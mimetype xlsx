--- v0 (2025-10-16)
+++ v1 (2025-11-05)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2495139ee9d34d04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cdb8f0f5c8594808a3ac89be787d5098.psmdcp" Id="Rb2455a50c4cb40f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R121387fbc8bc49b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/61baaaca41844f4eaaba10572145cdc3.psmdcp" Id="Rdc1b6032377148b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="184" uniqueCount="184">
@@ -2854,79 +2854,79 @@
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>79</x:v>