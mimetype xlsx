--- v1 (2025-11-05)
+++ v2 (2025-11-25)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R121387fbc8bc49b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/61baaaca41844f4eaaba10572145cdc3.psmdcp" Id="Rdc1b6032377148b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5e7a0be772b4575" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0c180522d7bf45ee8fb4a378a8968ba2.psmdcp" Id="Rec708028a3e345ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="184" uniqueCount="184">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="183" uniqueCount="183">
   <x:si>
     <x:t>Risk Profile - Horizons Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 09/30/2024 to 09/30/2025</x:t>
+    <x:t>From 09/30/2024 to 10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Horizons Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI ex Fossil Fuels</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -188,51 +188,51 @@
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI ACWI ex Fossil Fuels Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index based on the MSCI ACWI Index, its parent</x:t>
   </x:si>
   <x:si>
     <x:t>index, and includes large and mid-cap stocks across 23 Developed Markets (DM) and 24 Emerging Markets (EM) countries. The index represents the performance of the broad market while</x:t>
   </x:si>
   <x:si>
     <x:t>excluding companies that own oil, gas and coal reserves. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this</x:t>
   </x:si>
   <x:si>
     <x:t>report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Horizons Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (%)</x:t>
+    <x:t>As of 10/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Africa &amp; Middle East (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Asia Pacific (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging</x:t>
   </x:si>
   <x:si>
     <x:t>Europe (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>North America</x:t>
   </x:si>
   <x:si>
     <x:t>Countries - Horizons Investment Fund</x:t>
   </x:si>
@@ -536,183 +536,180 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Horizons Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (144.8 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.0 &amp; Below)</x:t>
+    <x:t>Large (149.0 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (48.6 To 149.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.1 To 48.6)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.1 To 19.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.1 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Horizons Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>NVIDIA Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Apple Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Amazon.com Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>Broadcom Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Broadcom Inc</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Tesla Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>JPMorgan Chase &amp; Co</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Horizons Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025</x:t>
+    <x:t>As of 10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>23.6x</x:t>
-[...2 lines deleted...]
-    <x:t>23.2x</x:t>
+    <x:t>25.0x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.0x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>30.0x</x:t>
-[...2 lines deleted...]
-    <x:t>29.3x</x:t>
+    <x:t>29.9x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>3.8x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>22.4x</x:t>
-[...2 lines deleted...]
-    <x:t>22.3x</x:t>
+    <x:t>22.0x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>22.7%</x:t>
   </x:si>
   <x:si>
-    <x:t>23.5%</x:t>
+    <x:t>24.2%</x:t>
   </x:si>
   <x:si>
     <x:t>Debt/Equity - Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>166.9 USD</x:t>
-[...2 lines deleted...]
-    <x:t>152.9 USD</x:t>
+    <x:t>168.3 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>163.2 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>47.0%</x:t>
+    <x:t>47.2%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -1094,98 +1091,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-2.75</x:v>
+        <x:v>-2.96</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>1.02</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.98</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.81</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>1.04</x:v>
+        <x:v>1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>12.7</x:v>
+        <x:v>12.59</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>12.37</x:v>
+        <x:v>12.31</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1261,87 +1258,87 @@
         <x:v>24</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>6.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>9.6</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>10.7</x:v>
+        <x:v>10.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>15.1</x:v>
+        <x:v>14.9</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>14.2</x:v>
+        <x:v>13.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>67.4</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>68.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
@@ -1387,260 +1384,260 @@
       <x:c r="A1" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.7</x:v>
@@ -1794,98 +1791,98 @@
         <x:v>68</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:3">
@@ -1893,54 +1890,54 @@
         <x:v>77</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:3">
       <x:c r="A51" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:3">
       <x:c r="A52" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>64</x:v>
+        <x:v>63.9</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>65.4</x:v>
+        <x:v>65.5</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:3">
       <x:c r="A53" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:3">
       <x:c r="A55" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:3">
       <x:c r="A56" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:3">
       <x:c r="A57" s="3" t="s">
@@ -1997,164 +1994,164 @@
         <x:v>82</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>8.1</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
@@ -2195,54 +2192,54 @@
         <x:v>100</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
@@ -2360,65 +2357,65 @@
         <x:v>115</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>64.5</x:v>
+        <x:v>64.3</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>65.4</x:v>
+        <x:v>65.5</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
@@ -2464,161 +2461,161 @@
       <x:c r="A1" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>9.4</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>9.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>9.6</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>11.2</x:v>
+        <x:v>11.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>16</x:v>
+        <x:v>15.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>17.3</x:v>
+        <x:v>16.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>9.9</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>12.9</x:v>
+        <x:v>12.4</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>10.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>30.2</x:v>
+        <x:v>31.9</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>28.6</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
@@ -2676,95 +2673,95 @@
       <x:c r="A1" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>54.1</x:v>
+        <x:v>54.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>51.5</x:v>
+        <x:v>52.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>17.4</x:v>
+        <x:v>16.5</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>22.4</x:v>
+        <x:v>21.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>11.1</x:v>
+        <x:v>10.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>14.5</x:v>
+        <x:v>14.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>10</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
@@ -2806,177 +2803,177 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
@@ -3043,103 +3040,103 @@
         <x:v>166</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="B10" s="3" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="B10" s="3" t="s">
+      <x:c r="C10" s="3" t="s">
         <x:v>174</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="B11" s="3" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="B12" s="3" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="B12" s="3" t="s">
+      <x:c r="C12" s="3" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>181</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>272</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>2234</x:v>
+        <x:v>2233</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="B14" s="3" t="s">
         <x:v>182</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>183</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>