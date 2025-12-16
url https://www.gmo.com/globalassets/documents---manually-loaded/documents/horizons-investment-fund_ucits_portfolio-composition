--- v2 (2025-11-25)
+++ v3 (2025-12-16)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5e7a0be772b4575" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0c180522d7bf45ee8fb4a378a8968ba2.psmdcp" Id="Rec708028a3e345ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bbe013ac31c4af4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4faaf0ff907644b982a1a2df07413117.psmdcp" Id="R0795c4bbce6541bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="183" uniqueCount="183">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="185" uniqueCount="185">
   <x:si>
     <x:t>Risk Profile - Horizons Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 09/30/2024 to 10/31/2025</x:t>
+    <x:t>From 09/30/2024 to 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Horizons Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI ex Fossil Fuels</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -188,51 +188,51 @@
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI ACWI ex Fossil Fuels Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index based on the MSCI ACWI Index, its parent</x:t>
   </x:si>
   <x:si>
     <x:t>index, and includes large and mid-cap stocks across 23 Developed Markets (DM) and 24 Emerging Markets (EM) countries. The index represents the performance of the broad market while</x:t>
   </x:si>
   <x:si>
     <x:t>excluding companies that own oil, gas and coal reserves. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this</x:t>
   </x:si>
   <x:si>
     <x:t>report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Horizons Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (%)</x:t>
+    <x:t>As of 11/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Africa &amp; Middle East (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Asia Pacific (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging</x:t>
   </x:si>
   <x:si>
     <x:t>Europe (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>North America</x:t>
   </x:si>
   <x:si>
     <x:t>Countries - Horizons Investment Fund</x:t>
   </x:si>
@@ -536,180 +536,186 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Horizons Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (149.0 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.1 &amp; Below)</x:t>
+    <x:t>Large (145.9 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.1 To 145.9)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.4 To 49.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.0 To 19.4)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.0 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Horizons Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>NVIDIA Corp</x:t>
   </x:si>
   <x:si>
+    <x:t>Alphabet Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Apple Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Alphabet Inc</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Amazon.com Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Broadcom Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Tesla Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>JPMorgan Chase &amp; Co</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Horizons Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025</x:t>
+    <x:t>As of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>25.0x</x:t>
-[...2 lines deleted...]
-    <x:t>24.0x</x:t>
+    <x:t>23.8x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>29.9x</x:t>
-[...2 lines deleted...]
-    <x:t>29.5x</x:t>
+    <x:t>30.6x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31.2x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
+    <x:t>3.7x</x:t>
+  </x:si>
+  <x:si>
     <x:t>3.8x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>22.0x</x:t>
+    <x:t>21.7x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>22.7%</x:t>
-[...2 lines deleted...]
-    <x:t>24.2%</x:t>
+    <x:t>23.0%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.3%</x:t>
   </x:si>
   <x:si>
     <x:t>Debt/Equity - Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>168.3 USD</x:t>
-[...2 lines deleted...]
-    <x:t>163.2 USD</x:t>
+    <x:t>169.0 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>159.3 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>47.2%</x:t>
+    <x:t>47.7%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -1091,98 +1097,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-2.96</x:v>
+        <x:v>-3.19</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>1.01</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.98</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>1.11</x:v>
+        <x:v>0.89</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>1.35</x:v>
+        <x:v>1.16</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>12.59</x:v>
+        <x:v>12.41</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>12.31</x:v>
+        <x:v>12.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1258,98 +1264,98 @@
         <x:v>24</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>6.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>9.4</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>10.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>14.9</x:v>
+        <x:v>15.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>13.9</x:v>
+        <x:v>14.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>67.4</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>68.1</x:v>
+        <x:v>68.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
@@ -1398,106 +1404,106 @@
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
@@ -1516,51 +1522,51 @@
         <x:v>43</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0.1</x:v>
@@ -1574,103 +1580,103 @@
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0.1</x:v>
@@ -1692,95 +1698,95 @@
         <x:v>59</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
         <x:v>0.3</x:v>
@@ -1794,158 +1800,158 @@
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:3">
       <x:c r="A50" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:3">
       <x:c r="A51" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:3">
       <x:c r="A52" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>63.9</x:v>
+        <x:v>64.1</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
         <x:v>65.5</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:3">
       <x:c r="A53" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:3">
       <x:c r="A55" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:3">
       <x:c r="A56" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:3">
       <x:c r="A57" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:3">
       <x:c r="A58" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
@@ -2005,98 +2011,98 @@
         <x:v>83</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
@@ -2107,59 +2113,59 @@
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>7.9</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>7.8</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0</x:v>
@@ -2173,114 +2179,114 @@
         <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0</x:v>
@@ -2357,62 +2363,62 @@
         <x:v>115</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>64.3</x:v>
+        <x:v>64.6</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>65.5</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
@@ -2461,164 +2467,164 @@
       <x:c r="A1" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>9.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>11.1</x:v>
+        <x:v>10.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>15.3</x:v>
+        <x:v>15.4</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>16.7</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>10.4</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>9.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>12.4</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>10.7</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>31.9</x:v>
+        <x:v>30.6</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>30</x:v>
+        <x:v>28.7</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
@@ -2673,95 +2679,95 @@
       <x:c r="A1" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>54.6</x:v>
+        <x:v>54.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>52.7</x:v>
+        <x:v>52.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>16.5</x:v>
+        <x:v>16.9</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>21.8</x:v>
+        <x:v>21.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>10.7</x:v>
+        <x:v>11.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>14.1</x:v>
+        <x:v>14.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>11.4</x:v>
+        <x:v>10.4</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6.9</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
@@ -2803,163 +2809,163 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>157</x:v>
@@ -3029,114 +3035,114 @@
         <x:v>163</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>271</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>2233</x:v>
+        <x:v>2221</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
-        <x:v>182</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>