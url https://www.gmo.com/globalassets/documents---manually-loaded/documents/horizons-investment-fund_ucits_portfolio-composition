--- v3 (2025-12-16)
+++ v4 (2026-01-26)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bbe013ac31c4af4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4faaf0ff907644b982a1a2df07413117.psmdcp" Id="R0795c4bbce6541bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dae0a5a95ee4027" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/72ce04ee2e254820826bf7a949c6d32a.psmdcp" Id="R3e16e4a699414777" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="185" uniqueCount="185">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="183" uniqueCount="183">
   <x:si>
     <x:t>Risk Profile - Horizons Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 09/30/2024 to 11/30/2025</x:t>
+    <x:t>From 09/30/2024 to 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Horizons Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI ex Fossil Fuels</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -188,51 +188,51 @@
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI ACWI ex Fossil Fuels Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index based on the MSCI ACWI Index, its parent</x:t>
   </x:si>
   <x:si>
     <x:t>index, and includes large and mid-cap stocks across 23 Developed Markets (DM) and 24 Emerging Markets (EM) countries. The index represents the performance of the broad market while</x:t>
   </x:si>
   <x:si>
     <x:t>excluding companies that own oil, gas and coal reserves. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this</x:t>
   </x:si>
   <x:si>
     <x:t>report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Horizons Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (%)</x:t>
+    <x:t>As of 12/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Africa &amp; Middle East (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Asia Pacific (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging</x:t>
   </x:si>
   <x:si>
     <x:t>Europe (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>North America</x:t>
   </x:si>
   <x:si>
     <x:t>Countries - Horizons Investment Fund</x:t>
   </x:si>
@@ -536,186 +536,180 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Horizons Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (145.9 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.0 &amp; Below)</x:t>
+    <x:t>Large (151.3 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.6 To 151.3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.8 To 49.6)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.1 To 19.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.1 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Horizons Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>NVIDIA Corp</x:t>
   </x:si>
   <x:si>
+    <x:t>Microsoft Corp</x:t>
+  </x:si>
+  <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Microsoft Corp</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Apple Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Amazon.com Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Broadcom Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Tesla Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>JPMorgan Chase &amp; Co</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Horizons Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025</x:t>
+    <x:t>As of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>23.8x</x:t>
-[...2 lines deleted...]
-    <x:t>23.5x</x:t>
+    <x:t>22.9x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.1x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>30.6x</x:t>
-[...2 lines deleted...]
-    <x:t>31.2x</x:t>
+    <x:t>30.9x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>3.7x</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>3.8x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>21.7x</x:t>
-[...2 lines deleted...]
-    <x:t>21.4x</x:t>
+    <x:t>21.1x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.9x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>23.0%</x:t>
   </x:si>
   <x:si>
-    <x:t>24.3%</x:t>
+    <x:t>23.7%</x:t>
   </x:si>
   <x:si>
     <x:t>Debt/Equity - Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>169.0 USD</x:t>
-[...2 lines deleted...]
-    <x:t>159.3 USD</x:t>
+    <x:t>176.2 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>164.7 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>47.7%</x:t>
+    <x:t>48.7%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -1097,98 +1091,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-3.19</x:v>
+        <x:v>-3.57</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>1.02</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.98</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.89</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>1.16</x:v>
+        <x:v>1.04</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>12.41</x:v>
+        <x:v>12.16</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>12.1</x:v>
+        <x:v>11.81</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1256,106 +1250,106 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>9.4</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>10.7</x:v>
+        <x:v>10.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>15.2</x:v>
+        <x:v>15.9</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>14.1</x:v>
+        <x:v>14.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>67.4</x:v>
+        <x:v>66.7</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>68.2</x:v>
+        <x:v>67.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
@@ -1390,117 +1384,117 @@
       <x:c r="A1" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
@@ -1522,164 +1516,164 @@
         <x:v>43</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
@@ -1742,51 +1736,51 @@
         <x:v>63</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
         <x:v>0.3</x:v>
@@ -1797,161 +1791,161 @@
         <x:v>68</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:3">
       <x:c r="A50" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:3">
       <x:c r="A51" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:3">
       <x:c r="A52" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>64.1</x:v>
+        <x:v>63.3</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>65.5</x:v>
+        <x:v>64.8</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:3">
       <x:c r="A53" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:3">
       <x:c r="A55" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:3">
       <x:c r="A56" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:3">
       <x:c r="A57" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:3">
       <x:c r="A58" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
@@ -2000,106 +1994,106 @@
         <x:v>82</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
@@ -2110,142 +2104,142 @@
         <x:v>92</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>4.8</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
@@ -2322,106 +2316,106 @@
         <x:v>0</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>64.6</x:v>
+        <x:v>63.8</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>65.5</x:v>
+        <x:v>64.8</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
@@ -2467,164 +2461,164 @@
       <x:c r="A1" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>10</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>9.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>10.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>15.4</x:v>
+        <x:v>16.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>17</x:v>
+        <x:v>17.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>10.4</x:v>
+        <x:v>10.3</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>9.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>12.4</x:v>
+        <x:v>12.5</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>10.7</x:v>
+        <x:v>10.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>30.6</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>28.7</x:v>
+        <x:v>28.5</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
@@ -2679,98 +2673,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>54.4</x:v>
+        <x:v>53.3</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>52.3</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>16.9</x:v>
+        <x:v>17.5</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>21.9</x:v>
+        <x:v>21.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>11.1</x:v>
+        <x:v>11.2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>14.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>10.4</x:v>
+        <x:v>10.9</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>8.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>7.1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="1" t="s">
         <x:v>21</x:v>
@@ -2809,177 +2803,177 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
@@ -3024,125 +3018,125 @@
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>167</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="B8" s="3" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="B8" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="B9" s="3" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="C9" s="3" t="s">
         <x:v>171</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="B10" s="3" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="C10" s="3" t="s">
         <x:v>174</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="B12" s="3" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="C12" s="3" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>182</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>266</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>2221</x:v>
+        <x:v>2219</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>183</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
-        <x:v>184</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>