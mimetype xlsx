--- v4 (2026-01-26)
+++ v5 (2026-02-15)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dae0a5a95ee4027" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/72ce04ee2e254820826bf7a949c6d32a.psmdcp" Id="R3e16e4a699414777" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d83570dcc854d8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/80824ac881b942119138634ca0086b54.psmdcp" Id="Re0c16a52b5d14541" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="183" uniqueCount="183">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="182" uniqueCount="182">
   <x:si>
     <x:t>Risk Profile - Horizons Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 09/30/2024 to 12/31/2025</x:t>
+    <x:t>From 09/30/2024 to 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Horizons Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI ex Fossil Fuels</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -188,51 +188,51 @@
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI ACWI ex Fossil Fuels Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index based on the MSCI ACWI Index, its parent</x:t>
   </x:si>
   <x:si>
     <x:t>index, and includes large and mid-cap stocks across 23 Developed Markets (DM) and 24 Emerging Markets (EM) countries. The index represents the performance of the broad market while</x:t>
   </x:si>
   <x:si>
     <x:t>excluding companies that own oil, gas and coal reserves. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this</x:t>
   </x:si>
   <x:si>
     <x:t>report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Horizons Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (%)</x:t>
+    <x:t>As of 01/31/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Africa &amp; Middle East (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Asia Pacific (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging</x:t>
   </x:si>
   <x:si>
     <x:t>Europe (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>North America</x:t>
   </x:si>
   <x:si>
     <x:t>Countries - Horizons Investment Fund</x:t>
   </x:si>
@@ -536,180 +536,177 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Horizons Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (151.3 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.1 &amp; Below)</x:t>
+    <x:t>Large (150.0 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (52.1 To 150.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (20.4 To 52.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.4 To 20.4)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.4 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Horizons Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>NVIDIA Corp</x:t>
   </x:si>
   <x:si>
+    <x:t>Alphabet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apple Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>Alphabet Inc</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Amazon.com Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>Meta Platforms Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
+  </x:si>
+  <x:si>
     <x:t>Broadcom Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Meta Platforms Inc</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Tesla Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>JPMorgan Chase &amp; Co</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Horizons Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025</x:t>
+    <x:t>As of 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>22.9x</x:t>
-[...2 lines deleted...]
-    <x:t>23.1x</x:t>
+    <x:t>23.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>30.9x</x:t>
+    <x:t>30.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>3.8x</x:t>
+    <x:t>3.9x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>21.1x</x:t>
-[...2 lines deleted...]
-    <x:t>20.9x</x:t>
+    <x:t>20.0x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>23.0%</x:t>
-[...2 lines deleted...]
-    <x:t>23.7%</x:t>
+    <x:t>24.3%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.8%</x:t>
   </x:si>
   <x:si>
     <x:t>Debt/Equity - Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>176.2 USD</x:t>
-[...2 lines deleted...]
-    <x:t>164.7 USD</x:t>
+    <x:t>180.8 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>162.7 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>48.7%</x:t>
+    <x:t>49.4%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -1091,98 +1088,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-3.57</x:v>
+        <x:v>-3.82</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>1.02</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.98</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.74</x:v>
+        <x:v>0.69</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>1.04</x:v>
+        <x:v>1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>12.16</x:v>
+        <x:v>11.81</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>11.81</x:v>
+        <x:v>11.45</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1258,98 +1255,98 @@
         <x:v>24</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>6.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>15.9</x:v>
+        <x:v>16.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>14.6</x:v>
+        <x:v>14.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>66.7</x:v>
+        <x:v>65.7</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>67.6</x:v>
+        <x:v>66.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
@@ -1384,373 +1381,373 @@
       <x:c r="A1" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
@@ -1783,169 +1780,169 @@
         <x:v>0</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:3">
       <x:c r="A50" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:3">
       <x:c r="A51" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:3">
       <x:c r="A52" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>63.3</x:v>
+        <x:v>62.2</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>64.8</x:v>
+        <x:v>63.8</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:3">
       <x:c r="A53" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:3">
       <x:c r="A55" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:3">
       <x:c r="A56" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:3">
       <x:c r="A57" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:3">
       <x:c r="A58" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
@@ -1994,172 +1991,172 @@
         <x:v>82</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>8.2</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>8.1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0</x:v>
@@ -2173,139 +2170,139 @@
         <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
@@ -2349,84 +2346,84 @@
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
+        <x:v>62.6</x:v>
+      </x:c>
+      <x:c r="C41" s="4" t="n">
         <x:v>63.8</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>64.8</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="1" t="s">
         <x:v>21</x:v>
@@ -2461,161 +2458,161 @@
       <x:c r="A1" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>9.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>8.9</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>10.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>16.3</x:v>
+        <x:v>15.5</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>17.7</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>10.3</x:v>
+        <x:v>10.5</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>12.5</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>11.3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>30.6</x:v>
+        <x:v>29.9</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>28.5</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
@@ -2673,98 +2670,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>53.3</x:v>
+        <x:v>53.8</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>52</x:v>
+        <x:v>51.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>17.5</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>21.8</x:v>
+        <x:v>21.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>11.2</x:v>
+        <x:v>11.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>14.6</x:v>
+        <x:v>14.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>10.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="1" t="s">
         <x:v>21</x:v>
@@ -2803,177 +2800,177 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
@@ -3007,136 +3004,136 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>164</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="B7" s="3" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="B7" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>166</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="B8" s="3" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="B8" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>168</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="B9" s="3" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="B9" s="3" t="s">
+      <x:c r="C9" s="3" t="s">
         <x:v>170</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="B10" s="3" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="B10" s="3" t="s">
+      <x:c r="C10" s="3" t="s">
         <x:v>173</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="B11" s="3" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="B11" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="B12" s="3" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="B12" s="3" t="s">
+      <x:c r="C12" s="3" t="s">
         <x:v>178</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>261</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>2219</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="B14" s="3" t="s">
         <x:v>181</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>182</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>