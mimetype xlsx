--- v5 (2026-02-15)
+++ v6 (2026-03-07)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d83570dcc854d8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/80824ac881b942119138634ca0086b54.psmdcp" Id="Re0c16a52b5d14541" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb83c4758683a4b12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b800391d1ee247279f8aaba798e7af33.psmdcp" Id="Re63da27763994be7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="182" uniqueCount="182">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="184" uniqueCount="184">
   <x:si>
     <x:t>Risk Profile - Horizons Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 09/30/2024 to 01/31/2026</x:t>
+    <x:t>From 09/30/2024 to 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Horizons Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI ex Fossil Fuels</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -188,51 +188,51 @@
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI ACWI ex Fossil Fuels Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index based on the MSCI ACWI Index, its parent</x:t>
   </x:si>
   <x:si>
     <x:t>index, and includes large and mid-cap stocks across 23 Developed Markets (DM) and 24 Emerging Markets (EM) countries. The index represents the performance of the broad market while</x:t>
   </x:si>
   <x:si>
     <x:t>excluding companies that own oil, gas and coal reserves. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this</x:t>
   </x:si>
   <x:si>
     <x:t>report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Horizons Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (%)</x:t>
+    <x:t>As of 02/28/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Africa &amp; Middle East (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Asia Pacific (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging</x:t>
   </x:si>
   <x:si>
     <x:t>Europe (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>North America</x:t>
   </x:si>
   <x:si>
     <x:t>Countries - Horizons Investment Fund</x:t>
   </x:si>
@@ -536,177 +536,183 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Horizons Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (150.0 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.4 &amp; Below)</x:t>
+    <x:t>Large (150.9 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (52.8 To 150.9)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (21.3 To 52.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.8 To 21.3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.8 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Horizons Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>NVIDIA Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Apple Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Amazon.com Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Broadcom Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Tesla Inc</x:t>
   </x:si>
   <x:si>
     <x:t>JPMorgan Chase &amp; Co</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Horizons Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026</x:t>
+    <x:t>As of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>23.4x</x:t>
+    <x:t>21.3x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>30.5x</x:t>
+    <x:t>28.8x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>3.9x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>20.0x</x:t>
-[...2 lines deleted...]
-    <x:t>20.4x</x:t>
+    <x:t>21.6x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.1x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>24.3%</x:t>
-[...2 lines deleted...]
-    <x:t>23.8%</x:t>
+    <x:t>22.5%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.3%</x:t>
   </x:si>
   <x:si>
     <x:t>Debt/Equity - Wtd Mdn</x:t>
   </x:si>
   <x:si>
+    <x:t>0.7x</x:t>
+  </x:si>
+  <x:si>
     <x:t>0.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>180.8 USD</x:t>
-[...2 lines deleted...]
-    <x:t>162.7 USD</x:t>
+    <x:t>179.1 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>153.4 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>49.4%</x:t>
+    <x:t>50.3%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -1088,98 +1094,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-3.82</x:v>
+        <x:v>-4.62</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>1.02</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.98</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.69</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>1.02</x:v>
+        <x:v>1.18</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>11.81</x:v>
+        <x:v>11.47</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>11.45</x:v>
+        <x:v>11.2</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1244,109 +1250,109 @@
       <x:c r="A1" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>7.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>10.2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>11.6</x:v>
+        <x:v>12.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>16.2</x:v>
+        <x:v>16.7</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>14.8</x:v>
+        <x:v>15.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>65.7</x:v>
+        <x:v>64.3</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>66.6</x:v>
+        <x:v>65.4</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
@@ -1381,296 +1387,296 @@
       <x:c r="A1" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
+        <x:v>5.1</x:v>
+      </x:c>
+      <x:c r="C28" s="4" t="n">
         <x:v>5</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
@@ -1689,51 +1695,51 @@
         <x:v>59</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>0</x:v>
@@ -1788,161 +1794,161 @@
         <x:v>68</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:3">
       <x:c r="A43" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:3">
       <x:c r="A47" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:3">
       <x:c r="A48" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:3">
       <x:c r="A49" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:3">
       <x:c r="A50" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:3">
       <x:c r="A51" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:3">
       <x:c r="A52" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>62.2</x:v>
+        <x:v>60.9</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>63.8</x:v>
+        <x:v>62.5</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:3">
       <x:c r="A53" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:3">
       <x:c r="A55" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:3">
       <x:c r="A56" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:3">
       <x:c r="A57" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:3">
       <x:c r="A58" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
@@ -1991,293 +1997,293 @@
         <x:v>82</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>8.1</x:v>
+        <x:v>8.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>5.1</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0.1</x:v>
@@ -2354,65 +2360,65 @@
         <x:v>115</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:3">
       <x:c r="A40" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>62.6</x:v>
+        <x:v>61.2</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>63.8</x:v>
+        <x:v>62.5</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:3">
       <x:c r="A44" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:3">
       <x:c r="A45" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:3">
       <x:c r="A46" s="3" t="s">
@@ -2458,164 +2464,164 @@
       <x:c r="A1" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>9.6</x:v>
+        <x:v>8.8</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>9.4</x:v>
+        <x:v>8.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>8.4</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>10.5</x:v>
+        <x:v>10.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>15.5</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>17.4</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>10.5</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>9.4</x:v>
+        <x:v>9.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>13</x:v>
+        <x:v>13.5</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>11.3</x:v>
+        <x:v>11.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>29.9</x:v>
+        <x:v>29.2</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>28</x:v>
+        <x:v>27.5</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
@@ -2670,98 +2676,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>53.8</x:v>
+        <x:v>52.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>51.8</x:v>
+        <x:v>50.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>17</x:v>
+        <x:v>17.6</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>21.7</x:v>
+        <x:v>22.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>11.6</x:v>
+        <x:v>10.5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>14.9</x:v>
+        <x:v>15.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>11.5</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>9.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="1" t="s">
         <x:v>21</x:v>
@@ -2800,177 +2806,177 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
@@ -3004,136 +3010,136 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>2219</x:v>
+        <x:v>2217</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>180</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
-        <x:v>181</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>