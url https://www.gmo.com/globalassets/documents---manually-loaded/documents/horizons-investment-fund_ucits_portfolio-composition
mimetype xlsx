--- v6 (2026-03-07)
+++ v7 (2026-03-30)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb83c4758683a4b12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b800391d1ee247279f8aaba798e7af33.psmdcp" Id="Re63da27763994be7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b2a628720e046e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1ef61944f98140e9883b226120437c81.psmdcp" Id="Rd5e7d672b0cb4e42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="184" uniqueCount="184">