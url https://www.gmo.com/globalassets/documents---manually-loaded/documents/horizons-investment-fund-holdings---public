--- v0 (2025-10-16)
+++ v1 (2025-11-05)
@@ -1,83 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\PerformanceSystems\ParcelsHoldings\ParcelsHoldingsExport\GMO\2025_08\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_09\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{7B7A1482-C331-45C4-88A1-7A78EC19774F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{EAE851A0-E6FC-40B5-9695-69E47BC4BA4C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{C3132763-ECB1-46EA-9562-6D9449DEA7D4}"/>
+    <workbookView xWindow="390" yWindow="465" windowWidth="11520" windowHeight="8265" xr2:uid="{558E4343-B8DA-4DCD-8F53-57FA7C5C7B3B}"/>
   </bookViews>
   <sheets>
-    <sheet name="August" sheetId="1" r:id="rId1"/>
+    <sheet name="September" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3842" uniqueCount="1439">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3907" uniqueCount="1451">
   <si>
     <t>GMO Horizons Investment Fund</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -143,65 +145,95 @@
   <si>
     <t>Trade Date Cash (AUD)</t>
   </si>
   <si>
     <t>Cash and Cash Equivalents</t>
   </si>
   <si>
     <t>Trade Date Cash</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AUD</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>CASH</t>
   </si>
   <si>
+    <t>BRLTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (BRL)</t>
+  </si>
+  <si>
+    <t>Brazil</t>
+  </si>
+  <si>
+    <t>BRL</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
     <t>CADTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (CAD)</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>CAD</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
+    <t>CHFTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (CHF)</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>CHF</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
     <t>DKKTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (DKK)</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
     <t>DKK</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>EURTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (EUR)</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>EUR</t>
@@ -293,50 +325,65 @@
   <si>
     <t>Taiwan</t>
   </si>
   <si>
     <t>TWD</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>USDTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (USD)</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>USD</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
+    <t>ZARTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (ZAR)</t>
+  </si>
+  <si>
+    <t>South Africa</t>
+  </si>
+  <si>
+    <t>ZAR</t>
+  </si>
+  <si>
+    <t>ZA</t>
+  </si>
+  <si>
     <t>00206R102</t>
   </si>
   <si>
     <t>At&amp;t Inc</t>
   </si>
   <si>
     <t>Equity</t>
   </si>
   <si>
     <t>Common Stock</t>
   </si>
   <si>
     <t>2831811</t>
   </si>
   <si>
     <t>T</t>
   </si>
   <si>
     <t>Communication Services</t>
   </si>
   <si>
     <t>US00206R1023</t>
   </si>
   <si>
     <t>XNYS</t>
@@ -956,65 +1003,50 @@
   <si>
     <t>CA0636711016</t>
   </si>
   <si>
     <t>XTSE</t>
   </si>
   <si>
     <t>063671101</t>
   </si>
   <si>
     <t>2077303</t>
   </si>
   <si>
     <t>National Bank Of Canada</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>CA6330671034</t>
   </si>
   <si>
     <t>633067103</t>
   </si>
   <si>
-    <t>21036P108</t>
-[...13 lines deleted...]
-  <si>
     <t>2166160</t>
   </si>
   <si>
     <t>CCO</t>
   </si>
   <si>
     <t>2170525</t>
   </si>
   <si>
     <t>Can Imperial Bk Of Commerce</t>
   </si>
   <si>
     <t>CM</t>
   </si>
   <si>
     <t>CA1360691010</t>
   </si>
   <si>
     <t>136069101</t>
   </si>
   <si>
     <t>2180632</t>
   </si>
   <si>
     <t>CNR</t>
@@ -1892,128 +1924,116 @@
   <si>
     <t>US59156R1086</t>
   </si>
   <si>
     <t>594918104</t>
   </si>
   <si>
     <t>Microsoft Corp</t>
   </si>
   <si>
     <t>2588173</t>
   </si>
   <si>
     <t>MSFT</t>
   </si>
   <si>
     <t>US5949181045</t>
   </si>
   <si>
     <t>5983816</t>
   </si>
   <si>
     <t>Zurich Insurance Group Ag</t>
   </si>
   <si>
-    <t>Switzerland</t>
-[...7 lines deleted...]
-  <si>
     <t>ZURN</t>
   </si>
   <si>
     <t>CH0011075394</t>
   </si>
   <si>
     <t>XSWX</t>
   </si>
   <si>
     <t>6057378</t>
   </si>
   <si>
     <t>Asics Corp</t>
   </si>
   <si>
     <t>7936</t>
   </si>
   <si>
     <t>JP3118000003</t>
   </si>
   <si>
     <t>XTKS</t>
   </si>
   <si>
     <t>6076146</t>
   </si>
   <si>
     <t>Westpac Banking Corp</t>
   </si>
   <si>
     <t>WBC</t>
   </si>
   <si>
     <t>AU000000WBC1</t>
   </si>
   <si>
     <t>XASX</t>
   </si>
   <si>
-    <t>60855R100</t>
-[...13 lines deleted...]
-  <si>
     <t>61174X109</t>
   </si>
   <si>
     <t>Monster Beverage Corp</t>
   </si>
   <si>
     <t>BZ07BW4</t>
   </si>
   <si>
     <t>MNST</t>
   </si>
   <si>
     <t>US61174X1090</t>
   </si>
   <si>
+    <t>6125639</t>
+  </si>
+  <si>
+    <t>Ntt Data Group Corp</t>
+  </si>
+  <si>
+    <t>9613</t>
+  </si>
+  <si>
+    <t>JP3165700000</t>
+  </si>
+  <si>
     <t>6173401</t>
   </si>
   <si>
     <t>Coway Co Ltd</t>
   </si>
   <si>
     <t>021240</t>
   </si>
   <si>
     <t>KR7021240007</t>
   </si>
   <si>
     <t>XKRX</t>
   </si>
   <si>
     <t>617446448</t>
   </si>
   <si>
     <t>Morgan Stanley</t>
   </si>
   <si>
     <t>2262314</t>
   </si>
   <si>
     <t>MS</t>
@@ -2084,50 +2104,62 @@
   <si>
     <t>Mtr Corp</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>HK0066009694</t>
   </si>
   <si>
     <t>XHKG</t>
   </si>
   <si>
     <t>6298542</t>
   </si>
   <si>
     <t>East Japan Railway Co</t>
   </si>
   <si>
     <t>9020</t>
   </si>
   <si>
     <t>JP3783600004</t>
   </si>
   <si>
+    <t>6309466</t>
+  </si>
+  <si>
+    <t>Sbi Holdings Inc</t>
+  </si>
+  <si>
+    <t>8473</t>
+  </si>
+  <si>
+    <t>JP3436120004</t>
+  </si>
+  <si>
     <t>6335171</t>
   </si>
   <si>
     <t>Mitsubishi Ufj Financial Gro</t>
   </si>
   <si>
     <t>8306</t>
   </si>
   <si>
     <t>JP3902900004</t>
   </si>
   <si>
     <t>64110L106</t>
   </si>
   <si>
     <t>Netflix Inc</t>
   </si>
   <si>
     <t>2857817</t>
   </si>
   <si>
     <t>NFLX</t>
   </si>
   <si>
     <t>US64110L1061</t>
@@ -2435,65 +2467,50 @@
   <si>
     <t>2692665</t>
   </si>
   <si>
     <t>PNC</t>
   </si>
   <si>
     <t>US6934751057</t>
   </si>
   <si>
     <t>69608A108</t>
   </si>
   <si>
     <t>Palantir Technologies Inc-A</t>
   </si>
   <si>
     <t>BN78DQ4</t>
   </si>
   <si>
     <t>PLTR</t>
   </si>
   <si>
     <t>US69608A1088</t>
   </si>
   <si>
-    <t>697435105</t>
-[...13 lines deleted...]
-  <si>
     <t>70450Y103</t>
   </si>
   <si>
     <t>Paypal Holdings Inc</t>
   </si>
   <si>
     <t>BYW36M8</t>
   </si>
   <si>
     <t>PYPL</t>
   </si>
   <si>
     <t>US70450Y1038</t>
   </si>
   <si>
     <t>7088429</t>
   </si>
   <si>
     <t>Axa Sa</t>
   </si>
   <si>
     <t>CS</t>
   </si>
   <si>
     <t>FR0000120628</t>
@@ -2786,50 +2803,65 @@
   <si>
     <t>B94Q9V0</t>
   </si>
   <si>
     <t>TMUS</t>
   </si>
   <si>
     <t>US8725901040</t>
   </si>
   <si>
     <t>874054109</t>
   </si>
   <si>
     <t>Take-Two Interactive Softwre</t>
   </si>
   <si>
     <t>2122117</t>
   </si>
   <si>
     <t>TTWO</t>
   </si>
   <si>
     <t>US8740541094</t>
   </si>
   <si>
+    <t>876030107</t>
+  </si>
+  <si>
+    <t>Tapestry Inc</t>
+  </si>
+  <si>
+    <t>BF09HX3</t>
+  </si>
+  <si>
+    <t>TPR</t>
+  </si>
+  <si>
+    <t>US8760301072</t>
+  </si>
+  <si>
     <t>88160R101</t>
   </si>
   <si>
     <t>Tesla Inc</t>
   </si>
   <si>
     <t>B616C79</t>
   </si>
   <si>
     <t>TSLA</t>
   </si>
   <si>
     <t>US88160R1014</t>
   </si>
   <si>
     <t>882508104</t>
   </si>
   <si>
     <t>Texas Instruments Inc</t>
   </si>
   <si>
     <t>2885409</t>
   </si>
   <si>
     <t>TXN</t>
@@ -3257,68 +3289,71 @@
   <si>
     <t>SG1U76934819</t>
   </si>
   <si>
     <t>XSES</t>
   </si>
   <si>
     <t>B1W5NW2</t>
   </si>
   <si>
     <t>Salmar Asa</t>
   </si>
   <si>
     <t>SALM</t>
   </si>
   <si>
     <t>NO0010310956</t>
   </si>
   <si>
     <t>B1YCHL8</t>
   </si>
   <si>
     <t>Cia Saneamento Basico De Sp</t>
   </si>
   <si>
-    <t>Brazil</t>
-[...7 lines deleted...]
-  <si>
     <t>SBSP3</t>
   </si>
   <si>
     <t>BRSBSPACNOR5</t>
   </si>
   <si>
     <t>BVMF</t>
   </si>
   <si>
+    <t>B249SN5</t>
+  </si>
+  <si>
+    <t>Sony Financial Group Inc</t>
+  </si>
+  <si>
+    <t>8729</t>
+  </si>
+  <si>
+    <t>JP3435350008</t>
+  </si>
+  <si>
     <t>B292JQ9</t>
   </si>
   <si>
     <t>Getlink Se</t>
   </si>
   <si>
     <t>GET</t>
   </si>
   <si>
     <t>FR0010533075</t>
   </si>
   <si>
     <t>B39GNW2</t>
   </si>
   <si>
     <t>Edp Renovaveis Sa</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>EDPR</t>
@@ -3701,59 +3736,50 @@
   <si>
     <t>ATCOA</t>
   </si>
   <si>
     <t>SE0017486889</t>
   </si>
   <si>
     <t>BLDBN52</t>
   </si>
   <si>
     <t>Atlas Copco Ab-B Shs</t>
   </si>
   <si>
     <t>ATCOB</t>
   </si>
   <si>
     <t>SE0017486897</t>
   </si>
   <si>
     <t>BLF9GQ6</t>
   </si>
   <si>
     <t>Nepi Rockcastle N.v.</t>
   </si>
   <si>
-    <t>South Africa</t>
-[...7 lines deleted...]
-  <si>
     <t>NRP</t>
   </si>
   <si>
     <t>NL0015000RT3</t>
   </si>
   <si>
     <t>XJSE</t>
   </si>
   <si>
     <t>BLP1HW5</t>
   </si>
   <si>
     <t>Aon Plc-Class A</t>
   </si>
   <si>
     <t>AON</t>
   </si>
   <si>
     <t>IE00BLP1HW54</t>
   </si>
   <si>
     <t>BLS09M3</t>
   </si>
   <si>
     <t>Pentair Plc</t>
@@ -3816,50 +3842,62 @@
     <t>FR0014000MR3</t>
   </si>
   <si>
     <t>BNDQ8P6</t>
   </si>
   <si>
     <t>Rede D Or Sao Luiz Sa</t>
   </si>
   <si>
     <t>RDOR3</t>
   </si>
   <si>
     <t>BRRDORACNOR8</t>
   </si>
   <si>
     <t>BNNJRV4</t>
   </si>
   <si>
     <t>Giant Biogene Holding Co Ltd</t>
   </si>
   <si>
     <t>2367</t>
   </si>
   <si>
     <t>KYG3887G1091</t>
+  </si>
+  <si>
+    <t>BP0QDP8</t>
+  </si>
+  <si>
+    <t>Belimo Holding Ag-Reg</t>
+  </si>
+  <si>
+    <t>BEAN</t>
+  </si>
+  <si>
+    <t>CH1101098163</t>
   </si>
   <si>
     <t>BP3R2M8</t>
   </si>
   <si>
     <t>China Yangtze Power Co Ltd-A</t>
   </si>
   <si>
     <t>600900</t>
   </si>
   <si>
     <t>CNE000001G87</t>
   </si>
   <si>
     <t>XSSC</t>
   </si>
   <si>
     <t>BP3R4Y4</t>
   </si>
   <si>
     <t>Sichuan Chuantou Energy Co-A</t>
   </si>
   <si>
     <t>600674</t>
   </si>
@@ -4745,92 +4783,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A44A779B-2EAA-4968-9843-5FA363A53276}">
-  <dimension ref="A1:Z303"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{422D5D0B-C787-4514-91AF-1C182DAB8EA7}">
+  <dimension ref="A1:Z308"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="23.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="25.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="11.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="10" style="5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="6.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="13.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="9.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>45898</v>
+        <v>45930</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -4880,21773 +4918,22137 @@
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>1625</v>
+        <v>4737.84</v>
       </c>
       <c r="E4" s="5">
-        <v>0.65449999999999997</v>
+        <v>0.66274999999999995</v>
       </c>
       <c r="F4" s="4">
-        <v>1063.5625</v>
+        <v>3140.0034599999999</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
-        <v>1.5278838808250572</v>
+        <v>1.5088645794039983</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>1625</v>
+        <v>4737.84</v>
       </c>
       <c r="N4" s="4">
-        <v>1063.5625</v>
+        <v>3140.0034599999999</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>4.6999999999999997E-5</v>
+        <v>1.35E-4</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
-        <v>2423.2800000000002</v>
+        <v>2090.1799999999998</v>
       </c>
       <c r="E5" s="5">
-        <v>0.72835899999999998</v>
+        <v>0.187774</v>
       </c>
       <c r="F5" s="4">
-        <v>1765.01693434</v>
+        <v>392.48152772999998</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J5" s="5">
         <v>1</v>
       </c>
       <c r="K5" s="5">
-        <v>1.3729500071558154</v>
+        <v>5.3255500773988818</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4">
-        <v>2423.2800120000002</v>
+        <v>2090.18003</v>
       </c>
       <c r="N5" s="4">
-        <v>1765.01693434</v>
+        <v>392.48152772999998</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>7.8999999999999996E-5</v>
+        <v>1.5999999999999999E-5</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
-        <v>5208.91</v>
+        <v>3602.19</v>
       </c>
       <c r="E6" s="5">
-        <v>0.156807</v>
+        <v>0.71870100000000003</v>
       </c>
       <c r="F6" s="4">
-        <v>816.79564074999996</v>
+        <v>2588.8960758899998</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>43</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>44</v>
       </c>
       <c r="J6" s="5">
         <v>1</v>
       </c>
       <c r="K6" s="5">
-        <v>6.3772500532500382</v>
+        <v>1.3913999987115637</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>45</v>
       </c>
       <c r="M6" s="4">
-        <v>5208.9100429999999</v>
+        <v>3602.1899960000001</v>
       </c>
       <c r="N6" s="4">
-        <v>816.79564074999996</v>
+        <v>2588.8960758899998</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
-        <v>3.6000000000000001E-5</v>
+        <v>1.11E-4</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="4">
-        <v>7769.07</v>
+        <v>368.55</v>
       </c>
       <c r="E7" s="5">
-        <v>1.1705000000000001</v>
+        <v>1.256834</v>
       </c>
       <c r="F7" s="4">
-        <v>9093.6964349999998</v>
+        <v>463.20618361999999</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>48</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>49</v>
       </c>
       <c r="J7" s="5">
         <v>1</v>
       </c>
       <c r="K7" s="5">
-        <v>0.8543357539513029</v>
+        <v>0.79564999687627802</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>50</v>
       </c>
       <c r="M7" s="4">
-        <v>7769.07</v>
+        <v>368.54999800000002</v>
       </c>
       <c r="N7" s="4">
-        <v>9093.6964349999998</v>
+        <v>463.20618361999999</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
-        <v>4.08E-4</v>
+        <v>1.9000000000000001E-5</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="4">
-        <v>5701.19</v>
+        <v>5208.91</v>
       </c>
       <c r="E8" s="5">
-        <v>1.3510500000000001</v>
+        <v>0.157411</v>
       </c>
       <c r="F8" s="4">
-        <v>7702.5927494999996</v>
+        <v>819.93923939000001</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H8" s="3" t="s">
         <v>53</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>54</v>
       </c>
       <c r="J8" s="5">
         <v>1</v>
       </c>
       <c r="K8" s="5">
-        <v>0.74016505680766809</v>
+        <v>6.3527998154638716</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>55</v>
       </c>
       <c r="M8" s="4">
-        <v>5701.19</v>
+        <v>5208.9098480000002</v>
       </c>
       <c r="N8" s="4">
-        <v>7702.5927494999996</v>
+        <v>819.93923939000001</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>3.4499999999999998E-4</v>
+        <v>3.4999999999999997E-5</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D9" s="4">
-        <v>50772.35</v>
+        <v>8159.35</v>
       </c>
       <c r="E9" s="5">
-        <v>0.128273</v>
+        <v>1.175</v>
       </c>
       <c r="F9" s="4">
-        <v>6512.74075309</v>
+        <v>9587.2362499999999</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>58</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>59</v>
       </c>
       <c r="J9" s="5">
         <v>1</v>
       </c>
       <c r="K9" s="5">
-        <v>7.7958497702329206</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>60</v>
       </c>
       <c r="M9" s="4">
-        <v>50772.348503000001</v>
+        <v>8159.35</v>
       </c>
       <c r="N9" s="4">
-        <v>6512.74075309</v>
+        <v>9587.2362499999999</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>2.92E-4</v>
+        <v>4.1300000000000001E-4</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D10" s="4">
-        <v>405195</v>
+        <v>6276.67</v>
       </c>
       <c r="E10" s="5">
-        <v>6.8110000000000002E-3</v>
+        <v>1.3462499999999999</v>
       </c>
       <c r="F10" s="4">
-        <v>2759.71394517</v>
+        <v>8449.9669875</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>63</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>64</v>
       </c>
       <c r="J10" s="5">
         <v>1</v>
       </c>
       <c r="K10" s="5">
-        <v>146.82498315183318</v>
+        <v>0.74280408542246978</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>65</v>
       </c>
       <c r="M10" s="4">
-        <v>405194.95350300003</v>
+        <v>6276.67</v>
       </c>
       <c r="N10" s="4">
-        <v>2759.71394517</v>
+        <v>8449.9669875</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>1.2300000000000001E-4</v>
+        <v>3.6400000000000001E-4</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D11" s="4">
-        <v>99463</v>
+        <v>62326.82</v>
       </c>
       <c r="E11" s="5">
-        <v>7.1900000000000002E-4</v>
+        <v>0.128528</v>
       </c>
       <c r="F11" s="4">
-        <v>71.543247620000002</v>
+        <v>8010.7475194099998</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>68</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>69</v>
       </c>
       <c r="J11" s="5">
         <v>1</v>
       </c>
       <c r="K11" s="5">
-        <v>1390.2405116085083</v>
+        <v>7.7803997725011103</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>70</v>
       </c>
       <c r="M11" s="4">
-        <v>99462.321173000004</v>
+        <v>62326.818177000001</v>
       </c>
       <c r="N11" s="4">
-        <v>71.543247620000002</v>
+        <v>8010.7475194099998</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S11" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T11" s="4">
         <v>1</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>3.0000000000000001E-6</v>
+        <v>3.4499999999999998E-4</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D12" s="4">
-        <v>5450.55</v>
+        <v>7998189</v>
       </c>
       <c r="E12" s="5">
-        <v>9.9528000000000005E-2</v>
+        <v>6.7710000000000001E-3</v>
       </c>
       <c r="F12" s="4">
-        <v>542.48092799999995</v>
+        <v>54157.084334899999</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>73</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>74</v>
       </c>
       <c r="J12" s="5">
         <v>1</v>
       </c>
       <c r="K12" s="5">
-        <v>10.04745008778457</v>
+        <v>147.68496434146536</v>
       </c>
       <c r="L12" s="3" t="s">
         <v>75</v>
       </c>
       <c r="M12" s="4">
-        <v>5450.5500469999997</v>
+        <v>7998187.0688370001</v>
       </c>
       <c r="N12" s="4">
-        <v>542.48092799999995</v>
+        <v>54157.084334899999</v>
       </c>
       <c r="O12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S12" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T12" s="4">
         <v>1</v>
       </c>
       <c r="W12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>2.4000000000000001E-5</v>
+        <v>2.3349999999999998E-3</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D13" s="4">
-        <v>18960</v>
+        <v>99463</v>
       </c>
       <c r="E13" s="5">
-        <v>3.2711999999999998E-2</v>
+        <v>7.1299999999999998E-4</v>
       </c>
       <c r="F13" s="4">
-        <v>620.22604230000002</v>
+        <v>70.890559850000002</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H13" s="3" t="s">
         <v>78</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>79</v>
       </c>
       <c r="J13" s="5">
         <v>1</v>
       </c>
       <c r="K13" s="5">
-        <v>30.569503740790172</v>
+        <v>1403.0558556536134</v>
       </c>
       <c r="L13" s="3" t="s">
         <v>80</v>
       </c>
       <c r="M13" s="4">
-        <v>18960.00232</v>
+        <v>99463.415108000001</v>
       </c>
       <c r="N13" s="4">
-        <v>620.22604230000002</v>
+        <v>70.890559850000002</v>
       </c>
       <c r="O13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S13" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T13" s="4">
         <v>1</v>
       </c>
       <c r="W13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>2.6999999999999999E-5</v>
+        <v>3.0000000000000001E-6</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D14" s="4">
-        <v>8893.0300000000007</v>
+        <v>5450.55</v>
       </c>
       <c r="E14" s="5">
-        <v>1</v>
+        <v>0.10022200000000001</v>
       </c>
       <c r="F14" s="4">
-        <v>8893.0300000000007</v>
+        <v>546.26771432999999</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>83</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>84</v>
       </c>
       <c r="J14" s="5">
         <v>1</v>
       </c>
       <c r="K14" s="5">
-        <v>1</v>
+        <v>9.977800391908044</v>
       </c>
       <c r="L14" s="3" t="s">
         <v>85</v>
       </c>
       <c r="M14" s="4">
-        <v>8893.0300000000007</v>
+        <v>5450.5502139999999</v>
       </c>
       <c r="N14" s="4">
-        <v>8893.0300000000007</v>
+        <v>546.26771432999999</v>
       </c>
       <c r="O14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T14" s="4">
         <v>1</v>
       </c>
       <c r="W14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
-        <v>3.9899999999999999E-4</v>
+        <v>2.3E-5</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C15" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D15" s="4">
+        <v>35550.160000000003</v>
+      </c>
+      <c r="E15" s="5">
+        <v>3.2811E-2</v>
+      </c>
+      <c r="F15" s="4">
+        <v>1166.4203687900001</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="H15" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="D15" s="4">
-[...8 lines deleted...]
-      <c r="G15" s="3" t="s">
+      <c r="I15" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="H15" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J15" s="5">
-        <v>29.29</v>
+        <v>1</v>
       </c>
       <c r="K15" s="5">
-        <v>1</v>
+        <v>30.478001740293898</v>
       </c>
       <c r="L15" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M15" s="4">
-        <v>87870</v>
+        <v>35550.162028999999</v>
       </c>
       <c r="N15" s="4">
-        <v>87870</v>
+        <v>1166.4203687900001</v>
       </c>
       <c r="O15" s="3" t="s">
-        <v>90</v>
+        <v>34</v>
       </c>
       <c r="P15" s="3" t="s">
-        <v>91</v>
+        <v>34</v>
       </c>
       <c r="Q15" s="3" t="s">
-        <v>92</v>
+        <v>34</v>
       </c>
       <c r="R15" s="3" t="s">
-        <v>93</v>
+        <v>34</v>
       </c>
       <c r="S15" s="3" t="s">
-        <v>94</v>
+        <v>35</v>
       </c>
       <c r="T15" s="4">
         <v>1</v>
       </c>
       <c r="W15" s="3" t="s">
-        <v>86</v>
+        <v>34</v>
       </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>3.9430000000000003E-3</v>
+        <v>5.0000000000000002E-5</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="C16" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D16" s="4">
+        <v>2475.36</v>
+      </c>
+      <c r="E16" s="5">
+        <v>1</v>
+      </c>
+      <c r="F16" s="4">
+        <v>2475.36</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="H16" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I16" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J16" s="5">
+        <v>1</v>
+      </c>
+      <c r="K16" s="5">
+        <v>1</v>
+      </c>
+      <c r="L16" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="B16" s="3" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="M16" s="4">
-        <v>69646.5</v>
+        <v>2475.36</v>
       </c>
       <c r="N16" s="4">
-        <v>69646.5</v>
+        <v>2475.36</v>
       </c>
       <c r="O16" s="3" t="s">
-        <v>97</v>
+        <v>34</v>
       </c>
       <c r="P16" s="3" t="s">
-        <v>98</v>
+        <v>34</v>
       </c>
       <c r="Q16" s="3" t="s">
-        <v>99</v>
+        <v>34</v>
       </c>
       <c r="R16" s="3" t="s">
-        <v>100</v>
+        <v>34</v>
       </c>
       <c r="S16" s="3" t="s">
-        <v>94</v>
+        <v>35</v>
       </c>
       <c r="T16" s="4">
         <v>1</v>
       </c>
       <c r="W16" s="3" t="s">
-        <v>95</v>
+        <v>34</v>
       </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>3.1250000000000002E-3</v>
+        <v>1.06E-4</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="C17" s="3" t="s">
-        <v>88</v>
+        <v>29</v>
       </c>
       <c r="D17" s="4">
-        <v>600</v>
+        <v>50731.14</v>
       </c>
       <c r="E17" s="5">
-        <v>210.4</v>
+        <v>5.7963000000000001E-2</v>
       </c>
       <c r="F17" s="4">
-        <v>126240</v>
+        <v>2940.5094913799999</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>89</v>
+        <v>30</v>
       </c>
       <c r="H17" s="3" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="I17" s="3" t="s">
-        <v>84</v>
+        <v>99</v>
       </c>
       <c r="J17" s="5">
-        <v>210.4</v>
+        <v>1</v>
       </c>
       <c r="K17" s="5">
-        <v>1</v>
+        <v>17.252501224496275</v>
       </c>
       <c r="L17" s="3" t="s">
-        <v>85</v>
+        <v>100</v>
       </c>
       <c r="M17" s="4">
-        <v>126240</v>
+        <v>50731.143600000003</v>
       </c>
       <c r="N17" s="4">
-        <v>126240</v>
+        <v>2940.5094913799999</v>
       </c>
       <c r="O17" s="3" t="s">
-        <v>103</v>
+        <v>34</v>
       </c>
       <c r="P17" s="3" t="s">
-        <v>104</v>
+        <v>34</v>
       </c>
       <c r="Q17" s="3" t="s">
-        <v>99</v>
+        <v>34</v>
       </c>
       <c r="R17" s="3" t="s">
-        <v>105</v>
+        <v>34</v>
       </c>
       <c r="S17" s="3" t="s">
-        <v>94</v>
+        <v>35</v>
       </c>
       <c r="T17" s="4">
         <v>1</v>
       </c>
       <c r="W17" s="3" t="s">
-        <v>101</v>
+        <v>34</v>
       </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>5.6649999999999999E-3</v>
+        <v>1.26E-4</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="C18" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D18" s="4">
+        <v>3000</v>
+      </c>
+      <c r="E18" s="5">
+        <v>28.24</v>
+      </c>
+      <c r="F18" s="4">
+        <v>84720</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H18" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I18" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J18" s="5">
+        <v>28.24</v>
+      </c>
+      <c r="K18" s="5">
+        <v>1</v>
+      </c>
+      <c r="L18" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M18" s="4">
+        <v>84720</v>
+      </c>
+      <c r="N18" s="4">
+        <v>84720</v>
+      </c>
+      <c r="O18" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="P18" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="B18" s="3" t="s">
+      <c r="Q18" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="C18" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P18" s="3" t="s">
+      <c r="R18" s="3" t="s">
         <v>108</v>
       </c>
-      <c r="Q18" s="3" t="s">
+      <c r="S18" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="R18" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T18" s="4">
         <v>1</v>
       </c>
       <c r="W18" s="3" t="s">
-        <v>34</v>
+        <v>101</v>
       </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>2.3549999999999999E-3</v>
+        <v>3.6519999999999999E-3</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="C19" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D19" s="4">
+        <v>525</v>
+      </c>
+      <c r="E19" s="5">
+        <v>133.94</v>
+      </c>
+      <c r="F19" s="4">
+        <v>70318.5</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H19" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I19" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J19" s="5">
+        <v>133.94</v>
+      </c>
+      <c r="K19" s="5">
+        <v>1</v>
+      </c>
+      <c r="L19" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M19" s="4">
+        <v>70318.5</v>
+      </c>
+      <c r="N19" s="4">
+        <v>70318.5</v>
+      </c>
+      <c r="O19" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="B19" s="3" t="s">
+      <c r="P19" s="3" t="s">
         <v>113</v>
       </c>
-      <c r="C19" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O19" s="3" t="s">
+      <c r="Q19" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="P19" s="3" t="s">
+      <c r="R19" s="3" t="s">
         <v>115</v>
       </c>
-      <c r="Q19" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S19" s="3" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="T19" s="4">
         <v>1</v>
       </c>
       <c r="W19" s="3" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="X19" s="4">
         <v>0</v>
       </c>
       <c r="Y19" s="4">
         <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>1.127E-3</v>
+        <v>3.0309999999999998E-3</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>117</v>
       </c>
-      <c r="B20" s="3" t="s">
+      <c r="C20" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D20" s="4">
+        <v>600</v>
+      </c>
+      <c r="E20" s="5">
+        <v>231.54</v>
+      </c>
+      <c r="F20" s="4">
+        <v>138924</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H20" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I20" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J20" s="5">
+        <v>231.54</v>
+      </c>
+      <c r="K20" s="5">
+        <v>1</v>
+      </c>
+      <c r="L20" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M20" s="4">
+        <v>138924</v>
+      </c>
+      <c r="N20" s="4">
+        <v>138924</v>
+      </c>
+      <c r="O20" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="C20" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O20" s="3" t="s">
+      <c r="P20" s="3" t="s">
         <v>119</v>
       </c>
-      <c r="P20" s="3" t="s">
+      <c r="Q20" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="R20" s="3" t="s">
         <v>120</v>
       </c>
-      <c r="Q20" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S20" s="3" t="s">
-        <v>122</v>
+        <v>109</v>
       </c>
       <c r="T20" s="4">
         <v>1</v>
       </c>
       <c r="W20" s="3" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="X20" s="4">
         <v>0</v>
       </c>
       <c r="Y20" s="4">
         <v>0</v>
       </c>
       <c r="Z20" s="6">
-        <v>1.3205E-2</v>
+        <v>5.9899999999999997E-3</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="B21" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="C21" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D21" s="4">
+        <v>10801</v>
+      </c>
+      <c r="E21" s="5">
+        <v>5.2490290000000002</v>
+      </c>
+      <c r="F21" s="4">
+        <v>56694.759528750001</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H21" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="I21" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="J21" s="5">
+        <v>3.899</v>
+      </c>
+      <c r="K21" s="5">
+        <v>0.74280408542246978</v>
+      </c>
+      <c r="L21" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="M21" s="4">
+        <v>42113.099000000002</v>
+      </c>
+      <c r="N21" s="4">
+        <v>56694.759528750001</v>
+      </c>
+      <c r="O21" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="P21" s="3" t="s">
         <v>123</v>
       </c>
-      <c r="B21" s="3" t="s">
+      <c r="Q21" s="3" t="s">
         <v>124</v>
       </c>
-      <c r="C21" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O21" s="3" t="s">
+      <c r="R21" s="3" t="s">
         <v>125</v>
       </c>
-      <c r="P21" s="3" t="s">
+      <c r="S21" s="3" t="s">
         <v>126</v>
       </c>
-      <c r="Q21" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T21" s="4">
         <v>1</v>
       </c>
       <c r="W21" s="3" t="s">
-        <v>123</v>
+        <v>34</v>
       </c>
       <c r="X21" s="4">
         <v>0</v>
       </c>
       <c r="Y21" s="4">
         <v>0</v>
       </c>
       <c r="Z21" s="6">
-        <v>1.7132999999999999E-2</v>
+        <v>2.444E-3</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>128</v>
       </c>
-      <c r="B22" s="3" t="s">
+      <c r="C22" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D22" s="4">
+        <v>200</v>
+      </c>
+      <c r="E22" s="5">
+        <v>128.35</v>
+      </c>
+      <c r="F22" s="4">
+        <v>25670</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H22" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I22" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J22" s="5">
+        <v>128.35</v>
+      </c>
+      <c r="K22" s="5">
+        <v>1</v>
+      </c>
+      <c r="L22" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M22" s="4">
+        <v>25670</v>
+      </c>
+      <c r="N22" s="4">
+        <v>25670</v>
+      </c>
+      <c r="O22" s="3" t="s">
         <v>129</v>
       </c>
-      <c r="C22" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O22" s="3" t="s">
+      <c r="P22" s="3" t="s">
         <v>130</v>
       </c>
-      <c r="P22" s="3" t="s">
+      <c r="Q22" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="R22" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="Q22" s="3" t="s">
+      <c r="S22" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="R22" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T22" s="4">
         <v>1</v>
       </c>
       <c r="W22" s="3" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="X22" s="4">
         <v>0</v>
       </c>
       <c r="Y22" s="4">
         <v>0</v>
       </c>
       <c r="Z22" s="6">
-        <v>3.1028E-2</v>
+        <v>1.106E-3</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>133</v>
       </c>
-      <c r="B23" s="3" t="s">
+      <c r="C23" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D23" s="4">
+        <v>1411</v>
+      </c>
+      <c r="E23" s="5">
+        <v>243.55</v>
+      </c>
+      <c r="F23" s="4">
+        <v>343649.05</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H23" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I23" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J23" s="5">
+        <v>243.55</v>
+      </c>
+      <c r="K23" s="5">
+        <v>1</v>
+      </c>
+      <c r="L23" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M23" s="4">
+        <v>343649.05</v>
+      </c>
+      <c r="N23" s="4">
+        <v>343649.05</v>
+      </c>
+      <c r="O23" s="3" t="s">
         <v>134</v>
-      </c>
-[...37 lines deleted...]
-        <v>133</v>
       </c>
       <c r="P23" s="3" t="s">
         <v>135</v>
       </c>
       <c r="Q23" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="R23" s="3" t="s">
         <v>136</v>
       </c>
-      <c r="R23" s="3" t="s">
+      <c r="S23" s="3" t="s">
         <v>137</v>
       </c>
-      <c r="S23" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T23" s="4">
         <v>1</v>
       </c>
       <c r="W23" s="3" t="s">
-        <v>34</v>
+        <v>132</v>
       </c>
       <c r="X23" s="4">
         <v>0</v>
       </c>
       <c r="Y23" s="4">
         <v>0</v>
       </c>
       <c r="Z23" s="6">
-        <v>1.7279999999999999E-3</v>
+        <v>1.4817E-2</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D24" s="4">
-        <v>200</v>
+        <v>1897</v>
       </c>
       <c r="E24" s="5">
-        <v>331.28</v>
+        <v>243.1</v>
       </c>
       <c r="F24" s="4">
-        <v>66256</v>
+        <v>461160.7</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H24" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I24" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J24" s="5">
-        <v>331.28</v>
+        <v>243.1</v>
       </c>
       <c r="K24" s="5">
         <v>1</v>
       </c>
       <c r="L24" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M24" s="4">
-        <v>66256</v>
+        <v>461160.7</v>
       </c>
       <c r="N24" s="4">
-        <v>66256</v>
+        <v>461160.7</v>
       </c>
       <c r="O24" s="3" t="s">
         <v>140</v>
       </c>
       <c r="P24" s="3" t="s">
         <v>141</v>
       </c>
       <c r="Q24" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="R24" s="3" t="s">
         <v>142</v>
       </c>
-      <c r="R24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S24" s="3" t="s">
-        <v>94</v>
+        <v>137</v>
       </c>
       <c r="T24" s="4">
         <v>1</v>
       </c>
       <c r="W24" s="3" t="s">
         <v>138</v>
       </c>
       <c r="X24" s="4">
         <v>0</v>
       </c>
       <c r="Y24" s="4">
         <v>0</v>
       </c>
       <c r="Z24" s="6">
-        <v>2.9729999999999999E-3</v>
+        <v>1.9883000000000001E-2</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="B25" s="3" t="s">
         <v>144</v>
       </c>
-      <c r="B25" s="3" t="s">
+      <c r="C25" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D25" s="4">
+        <v>3019</v>
+      </c>
+      <c r="E25" s="5">
+        <v>219.57</v>
+      </c>
+      <c r="F25" s="4">
+        <v>662881.82999999996</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H25" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I25" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J25" s="5">
+        <v>219.57</v>
+      </c>
+      <c r="K25" s="5">
+        <v>1</v>
+      </c>
+      <c r="L25" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M25" s="4">
+        <v>662881.82999999996</v>
+      </c>
+      <c r="N25" s="4">
+        <v>662881.82999999996</v>
+      </c>
+      <c r="O25" s="3" t="s">
         <v>145</v>
       </c>
-      <c r="C25" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O25" s="3" t="s">
+      <c r="P25" s="3" t="s">
         <v>146</v>
       </c>
-      <c r="P25" s="3" t="s">
+      <c r="Q25" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="R25" s="3" t="s">
         <v>147</v>
       </c>
-      <c r="Q25" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S25" s="3" t="s">
-        <v>94</v>
+        <v>137</v>
       </c>
       <c r="T25" s="4">
         <v>1</v>
       </c>
       <c r="W25" s="3" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="X25" s="4">
         <v>0</v>
       </c>
       <c r="Y25" s="4">
         <v>0</v>
       </c>
       <c r="Z25" s="6">
-        <v>7.2199999999999999E-4</v>
+        <v>2.8580999999999999E-2</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>149</v>
       </c>
-      <c r="B26" s="3" t="s">
+      <c r="C26" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D26" s="4">
+        <v>1391</v>
+      </c>
+      <c r="E26" s="5">
+        <v>23.902668999999999</v>
+      </c>
+      <c r="F26" s="4">
+        <v>33248.612231250001</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H26" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="I26" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="J26" s="5">
+        <v>17.754999999999999</v>
+      </c>
+      <c r="K26" s="5">
+        <v>0.74280408542246978</v>
+      </c>
+      <c r="L26" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="M26" s="4">
+        <v>24697.205000000002</v>
+      </c>
+      <c r="N26" s="4">
+        <v>33248.612231250001</v>
+      </c>
+      <c r="O26" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="P26" s="3" t="s">
         <v>150</v>
       </c>
-      <c r="C26" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O26" s="3" t="s">
+      <c r="Q26" s="3" t="s">
         <v>151</v>
       </c>
-      <c r="P26" s="3" t="s">
+      <c r="R26" s="3" t="s">
         <v>152</v>
       </c>
-      <c r="Q26" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S26" s="3" t="s">
-        <v>94</v>
+        <v>126</v>
       </c>
       <c r="T26" s="4">
         <v>1</v>
       </c>
       <c r="W26" s="3" t="s">
-        <v>149</v>
+        <v>34</v>
       </c>
       <c r="X26" s="4">
         <v>0</v>
       </c>
       <c r="Y26" s="4">
         <v>0</v>
       </c>
       <c r="Z26" s="6">
-        <v>4.7080000000000004E-3</v>
+        <v>1.433E-3</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="C27" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D27" s="4">
         <v>200</v>
       </c>
       <c r="E27" s="5">
-        <v>287.70999999999998</v>
+        <v>332.16</v>
       </c>
       <c r="F27" s="4">
-        <v>57542</v>
+        <v>66432</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H27" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I27" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J27" s="5">
-        <v>287.70999999999998</v>
+        <v>332.16</v>
       </c>
       <c r="K27" s="5">
         <v>1</v>
       </c>
       <c r="L27" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M27" s="4">
-        <v>57542</v>
+        <v>66432</v>
       </c>
       <c r="N27" s="4">
-        <v>57542</v>
+        <v>66432</v>
       </c>
       <c r="O27" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="P27" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="Q27" s="3" t="s">
         <v>157</v>
       </c>
-      <c r="P27" s="3" t="s">
+      <c r="R27" s="3" t="s">
         <v>158</v>
       </c>
-      <c r="Q27" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S27" s="3" t="s">
-        <v>122</v>
+        <v>109</v>
       </c>
       <c r="T27" s="4">
         <v>1</v>
       </c>
       <c r="W27" s="3" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="X27" s="4">
         <v>0</v>
       </c>
       <c r="Y27" s="4">
         <v>0</v>
       </c>
       <c r="Z27" s="6">
-        <v>2.5820000000000001E-3</v>
+        <v>2.8639999999999998E-3</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="B28" s="3" t="s">
         <v>160</v>
       </c>
-      <c r="B28" s="3" t="s">
+      <c r="C28" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D28" s="4">
+        <v>198</v>
+      </c>
+      <c r="E28" s="5">
+        <v>78.540000000000006</v>
+      </c>
+      <c r="F28" s="4">
+        <v>15550.92</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H28" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I28" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J28" s="5">
+        <v>78.540000000000006</v>
+      </c>
+      <c r="K28" s="5">
+        <v>1</v>
+      </c>
+      <c r="L28" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M28" s="4">
+        <v>15550.92</v>
+      </c>
+      <c r="N28" s="4">
+        <v>15550.92</v>
+      </c>
+      <c r="O28" s="3" t="s">
         <v>161</v>
       </c>
-      <c r="C28" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O28" s="3" t="s">
+      <c r="P28" s="3" t="s">
         <v>162</v>
       </c>
-      <c r="P28" s="3" t="s">
+      <c r="Q28" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="R28" s="3" t="s">
         <v>163</v>
       </c>
-      <c r="Q28" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S28" s="3" t="s">
-        <v>122</v>
+        <v>109</v>
       </c>
       <c r="T28" s="4">
         <v>1</v>
       </c>
       <c r="W28" s="3" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="X28" s="4">
         <v>0</v>
       </c>
       <c r="Y28" s="4">
         <v>0</v>
       </c>
       <c r="Z28" s="6">
-        <v>2.2550000000000001E-3</v>
+        <v>6.7000000000000002E-4</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="B29" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="C29" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D29" s="4">
+        <v>787</v>
+      </c>
+      <c r="E29" s="5">
+        <v>139.19</v>
+      </c>
+      <c r="F29" s="4">
+        <v>109542.53</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H29" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I29" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J29" s="5">
+        <v>139.19</v>
+      </c>
+      <c r="K29" s="5">
+        <v>1</v>
+      </c>
+      <c r="L29" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M29" s="4">
+        <v>109542.53</v>
+      </c>
+      <c r="N29" s="4">
+        <v>109542.53</v>
+      </c>
+      <c r="O29" s="3" t="s">
         <v>166</v>
       </c>
-      <c r="B29" s="3" t="s">
+      <c r="P29" s="3" t="s">
         <v>167</v>
       </c>
-      <c r="C29" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O29" s="3" t="s">
+      <c r="Q29" s="3" t="s">
         <v>168</v>
       </c>
-      <c r="P29" s="3" t="s">
+      <c r="R29" s="3" t="s">
         <v>169</v>
       </c>
-      <c r="Q29" s="3" t="s">
+      <c r="S29" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="T29" s="4">
+        <v>1</v>
+      </c>
+      <c r="W29" s="3" t="s">
         <v>164</v>
       </c>
-      <c r="R29" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="X29" s="4">
         <v>0</v>
       </c>
       <c r="Y29" s="4">
         <v>0</v>
       </c>
       <c r="Z29" s="6">
-        <v>3.6621000000000001E-2</v>
+        <v>4.7229999999999998E-3</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>171</v>
       </c>
-      <c r="B30" s="3" t="s">
+      <c r="C30" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D30" s="4">
+        <v>200</v>
+      </c>
+      <c r="E30" s="5">
+        <v>282.2</v>
+      </c>
+      <c r="F30" s="4">
+        <v>56440</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H30" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I30" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J30" s="5">
+        <v>282.2</v>
+      </c>
+      <c r="K30" s="5">
+        <v>1</v>
+      </c>
+      <c r="L30" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M30" s="4">
+        <v>56440</v>
+      </c>
+      <c r="N30" s="4">
+        <v>56440</v>
+      </c>
+      <c r="O30" s="3" t="s">
         <v>172</v>
       </c>
-      <c r="C30" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O30" s="3" t="s">
+      <c r="P30" s="3" t="s">
         <v>173</v>
       </c>
-      <c r="P30" s="3" t="s">
+      <c r="Q30" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="R30" s="3" t="s">
         <v>174</v>
       </c>
-      <c r="Q30" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S30" s="3" t="s">
-        <v>122</v>
+        <v>137</v>
       </c>
       <c r="T30" s="4">
         <v>1</v>
       </c>
       <c r="W30" s="3" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="X30" s="4">
         <v>0</v>
       </c>
       <c r="Y30" s="4">
         <v>0</v>
       </c>
       <c r="Z30" s="6">
-        <v>9.4499999999999998E-4</v>
+        <v>2.4329999999999998E-3</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="B31" s="3" t="s">
         <v>176</v>
       </c>
-      <c r="B31" s="3" t="s">
+      <c r="C31" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D31" s="4">
+        <v>200</v>
+      </c>
+      <c r="E31" s="5">
+        <v>245.7</v>
+      </c>
+      <c r="F31" s="4">
+        <v>49140</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H31" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I31" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J31" s="5">
+        <v>245.7</v>
+      </c>
+      <c r="K31" s="5">
+        <v>1</v>
+      </c>
+      <c r="L31" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M31" s="4">
+        <v>49140</v>
+      </c>
+      <c r="N31" s="4">
+        <v>49140</v>
+      </c>
+      <c r="O31" s="3" t="s">
         <v>177</v>
       </c>
-      <c r="C31" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O31" s="3" t="s">
+      <c r="P31" s="3" t="s">
         <v>178</v>
       </c>
-      <c r="P31" s="3" t="s">
+      <c r="Q31" s="3" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="R31" s="3" t="s">
         <v>180</v>
       </c>
       <c r="S31" s="3" t="s">
-        <v>94</v>
+        <v>137</v>
       </c>
       <c r="T31" s="4">
         <v>1</v>
       </c>
       <c r="W31" s="3" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="X31" s="4">
         <v>0</v>
       </c>
       <c r="Y31" s="4">
         <v>0</v>
       </c>
       <c r="Z31" s="6">
-        <v>4.9020000000000001E-3</v>
+        <v>2.1180000000000001E-3</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>182</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D32" s="4">
-        <v>32</v>
+        <v>3515</v>
       </c>
       <c r="E32" s="5">
-        <v>304.05</v>
+        <v>254.63</v>
       </c>
       <c r="F32" s="4">
-        <v>9729.6</v>
+        <v>895024.45</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H32" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I32" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J32" s="5">
-        <v>304.05</v>
+        <v>254.63</v>
       </c>
       <c r="K32" s="5">
         <v>1</v>
       </c>
       <c r="L32" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M32" s="4">
-        <v>9729.6</v>
+        <v>895024.45</v>
       </c>
       <c r="N32" s="4">
-        <v>9729.6</v>
+        <v>895024.45</v>
       </c>
       <c r="O32" s="3" t="s">
         <v>183</v>
       </c>
       <c r="P32" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q32" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="R32" s="3" t="s">
         <v>185</v>
       </c>
-      <c r="R32" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S32" s="3" t="s">
-        <v>122</v>
+        <v>137</v>
       </c>
       <c r="T32" s="4">
         <v>1</v>
       </c>
       <c r="W32" s="3" t="s">
         <v>181</v>
       </c>
       <c r="X32" s="4">
         <v>0</v>
       </c>
       <c r="Y32" s="4">
         <v>0</v>
       </c>
       <c r="Z32" s="6">
-        <v>4.3600000000000003E-4</v>
+        <v>3.8591E-2</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="B33" s="3" t="s">
         <v>187</v>
       </c>
-      <c r="B33" s="3" t="s">
+      <c r="C33" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D33" s="4">
+        <v>59</v>
+      </c>
+      <c r="E33" s="5">
+        <v>204.74</v>
+      </c>
+      <c r="F33" s="4">
+        <v>12079.66</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H33" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I33" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J33" s="5">
+        <v>204.74</v>
+      </c>
+      <c r="K33" s="5">
+        <v>1</v>
+      </c>
+      <c r="L33" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M33" s="4">
+        <v>12079.66</v>
+      </c>
+      <c r="N33" s="4">
+        <v>12079.66</v>
+      </c>
+      <c r="O33" s="3" t="s">
         <v>188</v>
-      </c>
-[...37 lines deleted...]
-        <v>187</v>
       </c>
       <c r="P33" s="3" t="s">
         <v>189</v>
       </c>
       <c r="Q33" s="3" t="s">
-        <v>142</v>
+        <v>179</v>
       </c>
       <c r="R33" s="3" t="s">
         <v>190</v>
       </c>
       <c r="S33" s="3" t="s">
-        <v>111</v>
+        <v>137</v>
       </c>
       <c r="T33" s="4">
         <v>1</v>
       </c>
       <c r="W33" s="3" t="s">
-        <v>34</v>
+        <v>186</v>
       </c>
       <c r="X33" s="4">
         <v>0</v>
       </c>
       <c r="Y33" s="4">
         <v>0</v>
       </c>
       <c r="Z33" s="6">
-        <v>4.4900000000000001E-3</v>
+        <v>5.1999999999999995E-4</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
         <v>191</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>192</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D34" s="4">
-        <v>2099</v>
+        <v>800</v>
       </c>
       <c r="E34" s="5">
-        <v>50.74</v>
+        <v>145.71</v>
       </c>
       <c r="F34" s="4">
-        <v>106503.26</v>
+        <v>116568</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H34" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I34" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J34" s="5">
-        <v>50.74</v>
+        <v>145.71</v>
       </c>
       <c r="K34" s="5">
         <v>1</v>
       </c>
       <c r="L34" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M34" s="4">
-        <v>106503.26</v>
+        <v>116568</v>
       </c>
       <c r="N34" s="4">
-        <v>106503.26</v>
+        <v>116568</v>
       </c>
       <c r="O34" s="3" t="s">
         <v>193</v>
       </c>
       <c r="P34" s="3" t="s">
         <v>194</v>
       </c>
       <c r="Q34" s="3" t="s">
-        <v>142</v>
+        <v>179</v>
       </c>
       <c r="R34" s="3" t="s">
         <v>195</v>
       </c>
       <c r="S34" s="3" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="T34" s="4">
         <v>1</v>
       </c>
       <c r="W34" s="3" t="s">
         <v>191</v>
       </c>
       <c r="X34" s="4">
         <v>0</v>
       </c>
       <c r="Y34" s="4">
         <v>0</v>
       </c>
       <c r="Z34" s="6">
-        <v>4.7790000000000003E-3</v>
+        <v>5.0260000000000001E-3</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
         <v>196</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>197</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D35" s="4">
-        <v>66</v>
+        <v>32</v>
       </c>
       <c r="E35" s="5">
-        <v>105.6</v>
+        <v>293.5</v>
       </c>
       <c r="F35" s="4">
-        <v>6969.6</v>
+        <v>9392</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H35" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I35" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J35" s="5">
-        <v>105.6</v>
+        <v>293.5</v>
       </c>
       <c r="K35" s="5">
         <v>1</v>
       </c>
       <c r="L35" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M35" s="4">
-        <v>6969.6</v>
+        <v>9392</v>
       </c>
       <c r="N35" s="4">
-        <v>6969.6</v>
+        <v>9392</v>
       </c>
       <c r="O35" s="3" t="s">
         <v>198</v>
       </c>
       <c r="P35" s="3" t="s">
         <v>199</v>
       </c>
       <c r="Q35" s="3" t="s">
-        <v>142</v>
+        <v>200</v>
       </c>
       <c r="R35" s="3" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="S35" s="3" t="s">
-        <v>94</v>
+        <v>137</v>
       </c>
       <c r="T35" s="4">
         <v>1</v>
       </c>
       <c r="W35" s="3" t="s">
         <v>196</v>
       </c>
       <c r="X35" s="4">
         <v>0</v>
       </c>
       <c r="Y35" s="4">
         <v>0</v>
       </c>
       <c r="Z35" s="6">
-        <v>3.1199999999999999E-4</v>
+        <v>4.0400000000000001E-4</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B36" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="C36" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D36" s="4">
+        <v>7823</v>
+      </c>
+      <c r="E36" s="5">
+        <v>14.068313</v>
+      </c>
+      <c r="F36" s="4">
+        <v>110056.40868750001</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H36" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="I36" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="J36" s="5">
+        <v>10.45</v>
+      </c>
+      <c r="K36" s="5">
+        <v>0.74280408542246978</v>
+      </c>
+      <c r="L36" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="M36" s="4">
+        <v>81750.350000000006</v>
+      </c>
+      <c r="N36" s="4">
+        <v>110056.40868750001</v>
+      </c>
+      <c r="O36" s="3" t="s">
         <v>202</v>
       </c>
-      <c r="C36" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P36" s="3" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="Q36" s="3" t="s">
-        <v>142</v>
+        <v>157</v>
       </c>
       <c r="R36" s="3" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="S36" s="3" t="s">
-        <v>111</v>
+        <v>126</v>
       </c>
       <c r="T36" s="4">
         <v>1</v>
       </c>
       <c r="W36" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X36" s="4">
         <v>0</v>
       </c>
       <c r="Y36" s="4">
         <v>0</v>
       </c>
       <c r="Z36" s="6">
-        <v>2.3939999999999999E-3</v>
+        <v>4.7450000000000001E-3</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B37" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="C37" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D37" s="4">
+        <v>2099</v>
+      </c>
+      <c r="E37" s="5">
+        <v>51.59</v>
+      </c>
+      <c r="F37" s="4">
+        <v>108287.41</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H37" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I37" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J37" s="5">
+        <v>51.59</v>
+      </c>
+      <c r="K37" s="5">
+        <v>1</v>
+      </c>
+      <c r="L37" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M37" s="4">
+        <v>108287.41</v>
+      </c>
+      <c r="N37" s="4">
+        <v>108287.41</v>
+      </c>
+      <c r="O37" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="P37" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="Q37" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="R37" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="S37" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="T37" s="4">
+        <v>1</v>
+      </c>
+      <c r="W37" s="3" t="s">
         <v>206</v>
       </c>
-      <c r="C37" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X37" s="4">
         <v>0</v>
       </c>
       <c r="Y37" s="4">
         <v>0</v>
       </c>
       <c r="Z37" s="6">
-        <v>2.307E-3</v>
+        <v>4.6690000000000004E-3</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B38" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="C38" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D38" s="4">
+        <v>66</v>
+      </c>
+      <c r="E38" s="5">
+        <v>108.96</v>
+      </c>
+      <c r="F38" s="4">
+        <v>7191.36</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H38" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I38" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J38" s="5">
+        <v>108.96</v>
+      </c>
+      <c r="K38" s="5">
+        <v>1</v>
+      </c>
+      <c r="L38" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M38" s="4">
+        <v>7191.36</v>
+      </c>
+      <c r="N38" s="4">
+        <v>7191.36</v>
+      </c>
+      <c r="O38" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="P38" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="Q38" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="R38" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="S38" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="T38" s="4">
+        <v>1</v>
+      </c>
+      <c r="W38" s="3" t="s">
         <v>211</v>
       </c>
-      <c r="C38" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X38" s="4">
         <v>0</v>
       </c>
       <c r="Y38" s="4">
         <v>0</v>
       </c>
       <c r="Z38" s="6">
-        <v>5.058E-3</v>
+        <v>3.1E-4</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B39" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="C39" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D39" s="4">
+        <v>49653</v>
+      </c>
+      <c r="E39" s="5">
+        <v>1.1284270000000001</v>
+      </c>
+      <c r="F39" s="4">
+        <v>56029.773417750002</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H39" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="I39" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="J39" s="5">
+        <v>0.83819999999999995</v>
+      </c>
+      <c r="K39" s="5">
+        <v>0.74280408542246978</v>
+      </c>
+      <c r="L39" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="M39" s="4">
+        <v>41619.1446</v>
+      </c>
+      <c r="N39" s="4">
+        <v>56029.773417750002</v>
+      </c>
+      <c r="O39" s="3" t="s">
         <v>216</v>
       </c>
-      <c r="C39" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P39" s="3" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="Q39" s="3" t="s">
-        <v>99</v>
+        <v>157</v>
       </c>
       <c r="R39" s="3" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="S39" s="3" t="s">
-        <v>111</v>
+        <v>126</v>
       </c>
       <c r="T39" s="4">
         <v>1</v>
       </c>
       <c r="W39" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X39" s="4">
         <v>0</v>
       </c>
       <c r="Y39" s="4">
         <v>0</v>
       </c>
       <c r="Z39" s="6">
-        <v>3.4169999999999999E-3</v>
+        <v>2.415E-3</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B40" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="C40" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D40" s="4">
+        <v>300</v>
+      </c>
+      <c r="E40" s="5">
+        <v>170.85</v>
+      </c>
+      <c r="F40" s="4">
+        <v>51255</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H40" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I40" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J40" s="5">
+        <v>170.85</v>
+      </c>
+      <c r="K40" s="5">
+        <v>1</v>
+      </c>
+      <c r="L40" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M40" s="4">
+        <v>51255</v>
+      </c>
+      <c r="N40" s="4">
+        <v>51255</v>
+      </c>
+      <c r="O40" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="P40" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="Q40" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="R40" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="S40" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="T40" s="4">
+        <v>1</v>
+      </c>
+      <c r="W40" s="3" t="s">
         <v>220</v>
       </c>
-      <c r="C40" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X40" s="4">
         <v>0</v>
       </c>
       <c r="Y40" s="4">
         <v>0</v>
       </c>
       <c r="Z40" s="6">
-        <v>1.155E-3</v>
+        <v>2.209E-3</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B41" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="C41" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D41" s="4">
+        <v>100</v>
+      </c>
+      <c r="E41" s="5">
+        <v>1165.8699999999999</v>
+      </c>
+      <c r="F41" s="4">
+        <v>116587</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H41" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I41" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J41" s="5">
+        <v>1165.8699999999999</v>
+      </c>
+      <c r="K41" s="5">
+        <v>1</v>
+      </c>
+      <c r="L41" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M41" s="4">
+        <v>116587</v>
+      </c>
+      <c r="N41" s="4">
+        <v>116587</v>
+      </c>
+      <c r="O41" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="P41" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="Q41" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="R41" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="S41" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="T41" s="4">
+        <v>1</v>
+      </c>
+      <c r="W41" s="3" t="s">
         <v>225</v>
       </c>
-      <c r="C41" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X41" s="4">
         <v>0</v>
       </c>
       <c r="Y41" s="4">
         <v>0</v>
       </c>
       <c r="Z41" s="6">
-        <v>1.482E-3</v>
+        <v>5.0260000000000001E-3</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B42" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="C42" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D42" s="4">
+        <v>478</v>
+      </c>
+      <c r="E42" s="5">
+        <v>150.53767500000001</v>
+      </c>
+      <c r="F42" s="4">
+        <v>71957.008650000003</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H42" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="I42" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="J42" s="5">
+        <v>111.82</v>
+      </c>
+      <c r="K42" s="5">
+        <v>0.74280408542246978</v>
+      </c>
+      <c r="L42" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="M42" s="4">
+        <v>53449.96</v>
+      </c>
+      <c r="N42" s="4">
+        <v>71957.008650000003</v>
+      </c>
+      <c r="O42" s="3" t="s">
         <v>230</v>
-      </c>
-[...37 lines deleted...]
-        <v>231</v>
       </c>
       <c r="P42" s="3" t="s">
         <v>232</v>
       </c>
       <c r="Q42" s="3" t="s">
-        <v>164</v>
+        <v>114</v>
       </c>
       <c r="R42" s="3" t="s">
         <v>233</v>
       </c>
       <c r="S42" s="3" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="T42" s="4">
         <v>1</v>
       </c>
       <c r="W42" s="3" t="s">
-        <v>229</v>
+        <v>34</v>
       </c>
       <c r="X42" s="4">
         <v>0</v>
       </c>
       <c r="Y42" s="4">
         <v>0</v>
       </c>
       <c r="Z42" s="6">
-        <v>1.7604000000000002E-2</v>
+        <v>3.1020000000000002E-3</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
         <v>234</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>235</v>
       </c>
       <c r="C43" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D43" s="4">
-        <v>500</v>
+        <v>244</v>
       </c>
       <c r="E43" s="5">
-        <v>162.12</v>
+        <v>97.63</v>
       </c>
       <c r="F43" s="4">
-        <v>81060</v>
+        <v>23821.72</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H43" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I43" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J43" s="5">
-        <v>162.12</v>
+        <v>97.63</v>
       </c>
       <c r="K43" s="5">
         <v>1</v>
       </c>
       <c r="L43" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M43" s="4">
-        <v>81060</v>
+        <v>23821.72</v>
       </c>
       <c r="N43" s="4">
-        <v>81060</v>
+        <v>23821.72</v>
       </c>
       <c r="O43" s="3" t="s">
         <v>236</v>
       </c>
       <c r="P43" s="3" t="s">
         <v>237</v>
       </c>
       <c r="Q43" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="R43" s="3" t="s">
         <v>238</v>
       </c>
-      <c r="R43" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S43" s="3" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="T43" s="4">
         <v>1</v>
       </c>
       <c r="W43" s="3" t="s">
         <v>234</v>
       </c>
       <c r="X43" s="4">
         <v>0</v>
       </c>
       <c r="Y43" s="4">
         <v>0</v>
       </c>
       <c r="Z43" s="6">
-        <v>3.6380000000000002E-3</v>
+        <v>1.0269999999999999E-3</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="B44" s="3" t="s">
         <v>240</v>
       </c>
-      <c r="B44" s="3" t="s">
+      <c r="C44" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D44" s="4">
+        <v>700</v>
+      </c>
+      <c r="E44" s="5">
+        <v>45.1</v>
+      </c>
+      <c r="F44" s="4">
+        <v>31570</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H44" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I44" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J44" s="5">
+        <v>45.1</v>
+      </c>
+      <c r="K44" s="5">
+        <v>1</v>
+      </c>
+      <c r="L44" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M44" s="4">
+        <v>31570</v>
+      </c>
+      <c r="N44" s="4">
+        <v>31570</v>
+      </c>
+      <c r="O44" s="3" t="s">
         <v>241</v>
       </c>
-      <c r="C44" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O44" s="3" t="s">
+      <c r="P44" s="3" t="s">
         <v>242</v>
       </c>
-      <c r="P44" s="3" t="s">
+      <c r="Q44" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="R44" s="3" t="s">
         <v>243</v>
       </c>
-      <c r="Q44" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S44" s="3" t="s">
-        <v>122</v>
+        <v>109</v>
       </c>
       <c r="T44" s="4">
         <v>1</v>
       </c>
       <c r="W44" s="3" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="X44" s="4">
         <v>0</v>
       </c>
       <c r="Y44" s="4">
         <v>0</v>
       </c>
       <c r="Z44" s="6">
-        <v>1.1379999999999999E-3</v>
+        <v>1.361E-3</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="B45" s="3" t="s">
         <v>245</v>
       </c>
-      <c r="B45" s="3" t="s">
+      <c r="C45" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D45" s="4">
+        <v>1485</v>
+      </c>
+      <c r="E45" s="5">
+        <v>329.91</v>
+      </c>
+      <c r="F45" s="4">
+        <v>489916.35</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H45" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I45" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J45" s="5">
+        <v>329.91</v>
+      </c>
+      <c r="K45" s="5">
+        <v>1</v>
+      </c>
+      <c r="L45" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M45" s="4">
+        <v>489916.35</v>
+      </c>
+      <c r="N45" s="4">
+        <v>489916.35</v>
+      </c>
+      <c r="O45" s="3" t="s">
         <v>246</v>
       </c>
-      <c r="C45" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O45" s="3" t="s">
+      <c r="P45" s="3" t="s">
         <v>247</v>
       </c>
-      <c r="P45" s="3" t="s">
+      <c r="Q45" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="R45" s="3" t="s">
         <v>248</v>
       </c>
-      <c r="Q45" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S45" s="3" t="s">
-        <v>94</v>
+        <v>137</v>
       </c>
       <c r="T45" s="4">
         <v>1</v>
       </c>
       <c r="W45" s="3" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="X45" s="4">
         <v>0</v>
       </c>
       <c r="Y45" s="4">
         <v>0</v>
       </c>
       <c r="Z45" s="6">
-        <v>1.9710000000000001E-3</v>
+        <v>2.1122999999999999E-2</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="B46" s="3" t="s">
         <v>250</v>
       </c>
-      <c r="B46" s="3" t="s">
+      <c r="C46" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D46" s="4">
+        <v>500</v>
+      </c>
+      <c r="E46" s="5">
+        <v>157.56</v>
+      </c>
+      <c r="F46" s="4">
+        <v>78780</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H46" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I46" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J46" s="5">
+        <v>157.56</v>
+      </c>
+      <c r="K46" s="5">
+        <v>1</v>
+      </c>
+      <c r="L46" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M46" s="4">
+        <v>78780</v>
+      </c>
+      <c r="N46" s="4">
+        <v>78780</v>
+      </c>
+      <c r="O46" s="3" t="s">
         <v>251</v>
       </c>
-      <c r="C46" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O46" s="3" t="s">
+      <c r="P46" s="3" t="s">
         <v>252</v>
       </c>
-      <c r="P46" s="3" t="s">
+      <c r="Q46" s="3" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="R46" s="3" t="s">
         <v>254</v>
       </c>
       <c r="S46" s="3" t="s">
-        <v>122</v>
+        <v>109</v>
       </c>
       <c r="T46" s="4">
         <v>1</v>
       </c>
       <c r="W46" s="3" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="X46" s="4">
         <v>0</v>
       </c>
       <c r="Y46" s="4">
         <v>0</v>
       </c>
       <c r="Z46" s="6">
-        <v>1.16E-3</v>
+        <v>3.3960000000000001E-3</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
         <v>255</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>256</v>
       </c>
       <c r="C47" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D47" s="4">
-        <v>513</v>
+        <v>154</v>
       </c>
       <c r="E47" s="5">
-        <v>32.51</v>
+        <v>159.28</v>
       </c>
       <c r="F47" s="4">
-        <v>16677.63</v>
+        <v>24529.119999999999</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H47" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I47" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J47" s="5">
-        <v>32.51</v>
+        <v>159.28</v>
       </c>
       <c r="K47" s="5">
         <v>1</v>
       </c>
       <c r="L47" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M47" s="4">
-        <v>16677.63</v>
+        <v>24529.119999999999</v>
       </c>
       <c r="N47" s="4">
-        <v>16677.63</v>
+        <v>24529.119999999999</v>
       </c>
       <c r="O47" s="3" t="s">
         <v>257</v>
       </c>
       <c r="P47" s="3" t="s">
         <v>258</v>
       </c>
       <c r="Q47" s="3" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="R47" s="3" t="s">
         <v>259</v>
       </c>
       <c r="S47" s="3" t="s">
-        <v>122</v>
+        <v>137</v>
       </c>
       <c r="T47" s="4">
         <v>1</v>
       </c>
       <c r="W47" s="3" t="s">
         <v>255</v>
       </c>
       <c r="X47" s="4">
         <v>0</v>
       </c>
       <c r="Y47" s="4">
         <v>0</v>
       </c>
       <c r="Z47" s="6">
-        <v>7.4799999999999997E-4</v>
+        <v>1.057E-3</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
         <v>260</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>261</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D48" s="4">
-        <v>54</v>
+        <v>146</v>
       </c>
       <c r="E48" s="5">
-        <v>77.39</v>
+        <v>288.25</v>
       </c>
       <c r="F48" s="4">
-        <v>4179.0600000000004</v>
+        <v>42084.5</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H48" s="3" t="s">
-        <v>38</v>
+        <v>93</v>
       </c>
       <c r="I48" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J48" s="5">
-        <v>77.39</v>
+        <v>288.25</v>
       </c>
       <c r="K48" s="5">
         <v>1</v>
       </c>
       <c r="L48" s="3" t="s">
-        <v>40</v>
+        <v>95</v>
       </c>
       <c r="M48" s="4">
-        <v>4179.0600000000004</v>
+        <v>42084.5</v>
       </c>
       <c r="N48" s="4">
-        <v>4179.0600000000004</v>
+        <v>42084.5</v>
       </c>
       <c r="O48" s="3" t="s">
         <v>262</v>
       </c>
       <c r="P48" s="3" t="s">
         <v>263</v>
       </c>
       <c r="Q48" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="R48" s="3" t="s">
         <v>264</v>
       </c>
-      <c r="R48" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S48" s="3" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="T48" s="4">
         <v>1</v>
       </c>
       <c r="W48" s="3" t="s">
         <v>260</v>
       </c>
       <c r="X48" s="4">
         <v>0</v>
       </c>
       <c r="Y48" s="4">
         <v>0</v>
       </c>
       <c r="Z48" s="6">
-        <v>1.8699999999999999E-4</v>
+        <v>1.8140000000000001E-3</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="B49" s="3" t="s">
         <v>266</v>
       </c>
-      <c r="B49" s="3" t="s">
+      <c r="C49" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D49" s="4">
+        <v>97</v>
+      </c>
+      <c r="E49" s="5">
+        <v>270.19</v>
+      </c>
+      <c r="F49" s="4">
+        <v>26208.43</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H49" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I49" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J49" s="5">
+        <v>270.19</v>
+      </c>
+      <c r="K49" s="5">
+        <v>1</v>
+      </c>
+      <c r="L49" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M49" s="4">
+        <v>26208.43</v>
+      </c>
+      <c r="N49" s="4">
+        <v>26208.43</v>
+      </c>
+      <c r="O49" s="3" t="s">
         <v>267</v>
       </c>
-      <c r="C49" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O49" s="3" t="s">
+      <c r="P49" s="3" t="s">
         <v>268</v>
       </c>
-      <c r="P49" s="3" t="s">
+      <c r="Q49" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="R49" s="3" t="s">
         <v>269</v>
       </c>
-      <c r="Q49" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S49" s="3" t="s">
-        <v>94</v>
+        <v>137</v>
       </c>
       <c r="T49" s="4">
         <v>1</v>
       </c>
       <c r="W49" s="3" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="X49" s="4">
         <v>0</v>
       </c>
       <c r="Y49" s="4">
         <v>0</v>
       </c>
       <c r="Z49" s="6">
-        <v>6.2100000000000002E-4</v>
+        <v>1.1299999999999999E-3</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="B50" s="3" t="s">
         <v>271</v>
       </c>
-      <c r="B50" s="3" t="s">
+      <c r="C50" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D50" s="4">
+        <v>513</v>
+      </c>
+      <c r="E50" s="5">
+        <v>35.51</v>
+      </c>
+      <c r="F50" s="4">
+        <v>18216.63</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H50" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I50" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J50" s="5">
+        <v>35.51</v>
+      </c>
+      <c r="K50" s="5">
+        <v>1</v>
+      </c>
+      <c r="L50" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M50" s="4">
+        <v>18216.63</v>
+      </c>
+      <c r="N50" s="4">
+        <v>18216.63</v>
+      </c>
+      <c r="O50" s="3" t="s">
         <v>272</v>
       </c>
-      <c r="C50" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O50" s="3" t="s">
+      <c r="P50" s="3" t="s">
         <v>273</v>
       </c>
-      <c r="P50" s="3" t="s">
+      <c r="Q50" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="R50" s="3" t="s">
         <v>274</v>
       </c>
-      <c r="Q50" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S50" s="3" t="s">
-        <v>94</v>
+        <v>137</v>
       </c>
       <c r="T50" s="4">
         <v>1</v>
       </c>
       <c r="W50" s="3" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="X50" s="4">
         <v>0</v>
       </c>
       <c r="Y50" s="4">
         <v>0</v>
       </c>
       <c r="Z50" s="6">
-        <v>1.7639999999999999E-3</v>
+        <v>7.85E-4</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="B51" s="3" t="s">
         <v>276</v>
       </c>
-      <c r="B51" s="3" t="s">
+      <c r="C51" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D51" s="4">
+        <v>54</v>
+      </c>
+      <c r="E51" s="5">
+        <v>83.86</v>
+      </c>
+      <c r="F51" s="4">
+        <v>4528.4399999999996</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H51" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="I51" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J51" s="5">
+        <v>83.86</v>
+      </c>
+      <c r="K51" s="5">
+        <v>1</v>
+      </c>
+      <c r="L51" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="M51" s="4">
+        <v>4528.4399999999996</v>
+      </c>
+      <c r="N51" s="4">
+        <v>4528.4399999999996</v>
+      </c>
+      <c r="O51" s="3" t="s">
         <v>277</v>
       </c>
-      <c r="C51" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O51" s="3" t="s">
+      <c r="P51" s="3" t="s">
         <v>278</v>
       </c>
-      <c r="P51" s="3" t="s">
+      <c r="Q51" s="3" t="s">
         <v>279</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="R51" s="3" t="s">
         <v>280</v>
       </c>
       <c r="S51" s="3" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="T51" s="4">
         <v>1</v>
       </c>
       <c r="W51" s="3" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="X51" s="4">
         <v>0</v>
       </c>
       <c r="Y51" s="4">
         <v>0</v>
       </c>
       <c r="Z51" s="6">
-        <v>1.7309999999999999E-3</v>
+        <v>1.95E-4</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
         <v>281</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>282</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D52" s="4">
-        <v>1959</v>
+        <v>264</v>
       </c>
       <c r="E52" s="5">
-        <v>69.09</v>
+        <v>94.3</v>
       </c>
       <c r="F52" s="4">
-        <v>135347.31</v>
+        <v>24895.200000000001</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H52" s="3" t="s">
-        <v>83</v>
+        <v>43</v>
       </c>
       <c r="I52" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J52" s="5">
-        <v>69.09</v>
+        <v>94.3</v>
       </c>
       <c r="K52" s="5">
         <v>1</v>
       </c>
       <c r="L52" s="3" t="s">
-        <v>85</v>
+        <v>45</v>
       </c>
       <c r="M52" s="4">
-        <v>135347.31</v>
+        <v>24895.200000000001</v>
       </c>
       <c r="N52" s="4">
-        <v>135347.31</v>
+        <v>24895.200000000001</v>
       </c>
       <c r="O52" s="3" t="s">
         <v>283</v>
       </c>
       <c r="P52" s="3" t="s">
         <v>284</v>
       </c>
       <c r="Q52" s="3" t="s">
-        <v>164</v>
+        <v>200</v>
       </c>
       <c r="R52" s="3" t="s">
         <v>285</v>
       </c>
       <c r="S52" s="3" t="s">
-        <v>122</v>
+        <v>109</v>
       </c>
       <c r="T52" s="4">
         <v>1</v>
       </c>
       <c r="W52" s="3" t="s">
         <v>281</v>
       </c>
       <c r="X52" s="4">
         <v>0</v>
       </c>
       <c r="Y52" s="4">
         <v>0</v>
       </c>
       <c r="Z52" s="6">
-        <v>6.0740000000000004E-3</v>
+        <v>1.073E-3</v>
       </c>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
         <v>286</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>287</v>
       </c>
       <c r="C53" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D53" s="4">
-        <v>1000</v>
+        <v>707</v>
       </c>
       <c r="E53" s="5">
-        <v>96.57</v>
+        <v>74.489999999999995</v>
       </c>
       <c r="F53" s="4">
-        <v>96570</v>
+        <v>52664.43</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H53" s="3" t="s">
-        <v>83</v>
+        <v>43</v>
       </c>
       <c r="I53" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J53" s="5">
-        <v>96.57</v>
+        <v>74.489999999999995</v>
       </c>
       <c r="K53" s="5">
         <v>1</v>
       </c>
       <c r="L53" s="3" t="s">
-        <v>85</v>
+        <v>45</v>
       </c>
       <c r="M53" s="4">
-        <v>96570</v>
+        <v>52664.43</v>
       </c>
       <c r="N53" s="4">
-        <v>96570</v>
+        <v>52664.43</v>
       </c>
       <c r="O53" s="3" t="s">
         <v>288</v>
       </c>
       <c r="P53" s="3" t="s">
         <v>289</v>
       </c>
       <c r="Q53" s="3" t="s">
-        <v>142</v>
+        <v>200</v>
       </c>
       <c r="R53" s="3" t="s">
         <v>290</v>
       </c>
       <c r="S53" s="3" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="T53" s="4">
         <v>1</v>
       </c>
       <c r="W53" s="3" t="s">
         <v>286</v>
       </c>
       <c r="X53" s="4">
         <v>0</v>
       </c>
       <c r="Y53" s="4">
         <v>0</v>
       </c>
       <c r="Z53" s="6">
-        <v>4.3340000000000002E-3</v>
+        <v>2.2699999999999999E-3</v>
       </c>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
         <v>291</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>292</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D54" s="4">
-        <v>116</v>
+        <v>100</v>
       </c>
       <c r="E54" s="5">
-        <v>72.25</v>
+        <v>328.96</v>
       </c>
       <c r="F54" s="4">
-        <v>8381</v>
+        <v>32896</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H54" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I54" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J54" s="5">
-        <v>72.25</v>
+        <v>328.96</v>
       </c>
       <c r="K54" s="5">
         <v>1</v>
       </c>
       <c r="L54" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M54" s="4">
-        <v>8381</v>
+        <v>32896</v>
       </c>
       <c r="N54" s="4">
-        <v>8381</v>
+        <v>32896</v>
       </c>
       <c r="O54" s="3" t="s">
         <v>293</v>
       </c>
       <c r="P54" s="3" t="s">
         <v>294</v>
       </c>
       <c r="Q54" s="3" t="s">
-        <v>164</v>
+        <v>200</v>
       </c>
       <c r="R54" s="3" t="s">
         <v>295</v>
       </c>
       <c r="S54" s="3" t="s">
-        <v>122</v>
+        <v>109</v>
       </c>
       <c r="T54" s="4">
         <v>1</v>
       </c>
       <c r="W54" s="3" t="s">
         <v>291</v>
       </c>
       <c r="X54" s="4">
         <v>0</v>
       </c>
       <c r="Y54" s="4">
         <v>0</v>
       </c>
       <c r="Z54" s="6">
-        <v>3.7599999999999998E-4</v>
+        <v>1.418E-3</v>
       </c>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
         <v>296</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>297</v>
       </c>
       <c r="C55" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D55" s="4">
-        <v>500</v>
+        <v>1959</v>
       </c>
       <c r="E55" s="5">
-        <v>121.045922</v>
+        <v>68.42</v>
       </c>
       <c r="F55" s="4">
-        <v>60522.961506250002</v>
+        <v>134034.78</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H55" s="3" t="s">
-        <v>38</v>
+        <v>93</v>
       </c>
       <c r="I55" s="3" t="s">
-        <v>39</v>
+        <v>94</v>
       </c>
       <c r="J55" s="5">
-        <v>166.19</v>
+        <v>68.42</v>
       </c>
       <c r="K55" s="5">
-        <v>1.3729500071558154</v>
+        <v>1</v>
       </c>
       <c r="L55" s="3" t="s">
-        <v>40</v>
+        <v>95</v>
       </c>
       <c r="M55" s="4">
-        <v>83095.000432999994</v>
+        <v>134034.78</v>
       </c>
       <c r="N55" s="4">
-        <v>60522.961506250002</v>
+        <v>134034.78</v>
       </c>
       <c r="O55" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="P55" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="Q55" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="R55" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="S55" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="T55" s="4">
+        <v>1</v>
+      </c>
+      <c r="W55" s="3" t="s">
         <v>296</v>
       </c>
-      <c r="P55" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X55" s="4">
         <v>0</v>
       </c>
       <c r="Y55" s="4">
         <v>0</v>
       </c>
       <c r="Z55" s="6">
-        <v>2.7160000000000001E-3</v>
+        <v>5.7790000000000003E-3</v>
       </c>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="B56" s="3" t="s">
         <v>302</v>
       </c>
-      <c r="B56" s="3" t="s">
+      <c r="C56" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D56" s="4">
+        <v>1000</v>
+      </c>
+      <c r="E56" s="5">
+        <v>101.5</v>
+      </c>
+      <c r="F56" s="4">
+        <v>101500</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H56" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I56" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J56" s="5">
+        <v>101.5</v>
+      </c>
+      <c r="K56" s="5">
+        <v>1</v>
+      </c>
+      <c r="L56" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M56" s="4">
+        <v>101500</v>
+      </c>
+      <c r="N56" s="4">
+        <v>101500</v>
+      </c>
+      <c r="O56" s="3" t="s">
         <v>303</v>
-      </c>
-[...37 lines deleted...]
-        <v>302</v>
       </c>
       <c r="P56" s="3" t="s">
         <v>304</v>
       </c>
       <c r="Q56" s="3" t="s">
-        <v>142</v>
+        <v>157</v>
       </c>
       <c r="R56" s="3" t="s">
         <v>305</v>
       </c>
       <c r="S56" s="3" t="s">
-        <v>300</v>
+        <v>109</v>
       </c>
       <c r="T56" s="4">
         <v>1</v>
       </c>
       <c r="W56" s="3" t="s">
-        <v>306</v>
+        <v>301</v>
       </c>
       <c r="X56" s="4">
         <v>0</v>
       </c>
       <c r="Y56" s="4">
         <v>0</v>
       </c>
       <c r="Z56" s="6">
-        <v>4.7100000000000001E-4</v>
+        <v>4.3759999999999997E-3</v>
       </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="B57" s="3" t="s">
         <v>307</v>
       </c>
-      <c r="B57" s="3" t="s">
+      <c r="C57" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D57" s="4">
+        <v>116</v>
+      </c>
+      <c r="E57" s="5">
+        <v>67.069999999999993</v>
+      </c>
+      <c r="F57" s="4">
+        <v>7780.12</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H57" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I57" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J57" s="5">
+        <v>67.069999999999993</v>
+      </c>
+      <c r="K57" s="5">
+        <v>1</v>
+      </c>
+      <c r="L57" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M57" s="4">
+        <v>7780.12</v>
+      </c>
+      <c r="N57" s="4">
+        <v>7780.12</v>
+      </c>
+      <c r="O57" s="3" t="s">
         <v>308</v>
       </c>
-      <c r="C57" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O57" s="3" t="s">
+      <c r="P57" s="3" t="s">
         <v>309</v>
       </c>
-      <c r="P57" s="3" t="s">
+      <c r="Q57" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="R57" s="3" t="s">
         <v>310</v>
       </c>
-      <c r="Q57" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S57" s="3" t="s">
-        <v>94</v>
+        <v>137</v>
       </c>
       <c r="T57" s="4">
         <v>1</v>
       </c>
       <c r="W57" s="3" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="X57" s="4">
         <v>0</v>
       </c>
       <c r="Y57" s="4">
         <v>0</v>
       </c>
       <c r="Z57" s="6">
-        <v>6.9700000000000003E-4</v>
+        <v>3.3500000000000001E-4</v>
       </c>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="B58" s="3" t="s">
         <v>312</v>
       </c>
-      <c r="B58" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D58" s="4">
-        <v>1400</v>
+        <v>500</v>
       </c>
       <c r="E58" s="5">
-        <v>77.380821999999995</v>
+        <v>130.33635200000001</v>
       </c>
       <c r="F58" s="4">
-        <v>108333.15124367</v>
+        <v>65168.1759379</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H58" s="3" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="I58" s="3" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="J58" s="5">
-        <v>106.24</v>
+        <v>181.35</v>
       </c>
       <c r="K58" s="5">
-        <v>1.3729500071558154</v>
+        <v>1.3913999987115637</v>
       </c>
       <c r="L58" s="3" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="M58" s="4">
-        <v>148736.00077499999</v>
+        <v>90674.999916000001</v>
       </c>
       <c r="N58" s="4">
-        <v>108333.15124367</v>
+        <v>65168.1759379</v>
       </c>
       <c r="O58" s="3" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="P58" s="3" t="s">
         <v>313</v>
       </c>
       <c r="Q58" s="3" t="s">
-        <v>264</v>
+        <v>157</v>
       </c>
       <c r="R58" s="3" t="s">
-        <v>265</v>
+        <v>314</v>
       </c>
       <c r="S58" s="3" t="s">
-        <v>300</v>
+        <v>315</v>
       </c>
       <c r="T58" s="4">
         <v>1</v>
       </c>
       <c r="W58" s="3" t="s">
-        <v>260</v>
+        <v>316</v>
       </c>
       <c r="X58" s="4">
         <v>0</v>
       </c>
       <c r="Y58" s="4">
         <v>0</v>
       </c>
       <c r="Z58" s="6">
-        <v>4.862E-3</v>
+        <v>2.8089999999999999E-3</v>
       </c>
     </row>
     <row r="59" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A59" s="3" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="C59" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D59" s="4">
         <v>100</v>
       </c>
       <c r="E59" s="5">
-        <v>77.271568000000002</v>
+        <v>106.245508</v>
       </c>
       <c r="F59" s="4">
-        <v>7727.1568520299998</v>
+        <v>10624.550812130001</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H59" s="3" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="I59" s="3" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="J59" s="5">
-        <v>106.09</v>
+        <v>147.83000000000001</v>
       </c>
       <c r="K59" s="5">
-        <v>1.3729500071558154</v>
+        <v>1.3913999987115637</v>
       </c>
       <c r="L59" s="3" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="M59" s="4">
-        <v>10609.000055</v>
+        <v>14782.999986000001</v>
       </c>
       <c r="N59" s="4">
-        <v>7727.1568520299998</v>
+        <v>10624.550812130001</v>
       </c>
       <c r="O59" s="3" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="P59" s="3" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="Q59" s="3" t="s">
-        <v>142</v>
+        <v>157</v>
       </c>
       <c r="R59" s="3" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="S59" s="3" t="s">
-        <v>300</v>
+        <v>315</v>
       </c>
       <c r="T59" s="4">
         <v>1</v>
       </c>
       <c r="W59" s="3" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="X59" s="4">
         <v>0</v>
       </c>
       <c r="Y59" s="4">
         <v>0</v>
       </c>
       <c r="Z59" s="6">
-        <v>3.4600000000000001E-4</v>
+        <v>4.5800000000000002E-4</v>
       </c>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A60" s="3" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>267</v>
+        <v>276</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D60" s="4">
-        <v>900</v>
+        <v>1400</v>
       </c>
       <c r="E60" s="5">
-        <v>96.835280999999995</v>
+        <v>83.944229000000007</v>
       </c>
       <c r="F60" s="4">
-        <v>87151.753523430001</v>
+        <v>117521.92036797</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H60" s="3" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="I60" s="3" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="J60" s="5">
-        <v>132.94999999999999</v>
+        <v>116.8</v>
       </c>
       <c r="K60" s="5">
-        <v>1.3729500071558154</v>
+        <v>1.3913999987115637</v>
       </c>
       <c r="L60" s="3" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="M60" s="4">
-        <v>119655.000623</v>
+        <v>163519.99984800001</v>
       </c>
       <c r="N60" s="4">
-        <v>87151.753523430001</v>
+        <v>117521.92036797</v>
       </c>
       <c r="O60" s="3" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="P60" s="3" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="Q60" s="3" t="s">
-        <v>185</v>
+        <v>279</v>
       </c>
       <c r="R60" s="3" t="s">
-        <v>270</v>
+        <v>280</v>
       </c>
       <c r="S60" s="3" t="s">
-        <v>300</v>
+        <v>315</v>
       </c>
       <c r="T60" s="4">
         <v>1</v>
       </c>
       <c r="W60" s="3" t="s">
-        <v>266</v>
+        <v>275</v>
       </c>
       <c r="X60" s="4">
         <v>0</v>
       </c>
       <c r="Y60" s="4">
         <v>0</v>
       </c>
       <c r="Z60" s="6">
-        <v>3.9110000000000004E-3</v>
+        <v>5.0670000000000003E-3</v>
       </c>
     </row>
     <row r="61" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="C61" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D61" s="4">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="E61" s="5">
-        <v>943.32</v>
+        <v>79.926693</v>
       </c>
       <c r="F61" s="4">
-        <v>188664</v>
+        <v>7992.6692539899996</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H61" s="3" t="s">
-        <v>83</v>
+        <v>43</v>
       </c>
       <c r="I61" s="3" t="s">
-        <v>84</v>
+        <v>44</v>
       </c>
       <c r="J61" s="5">
-        <v>943.32</v>
+        <v>111.21</v>
       </c>
       <c r="K61" s="5">
-        <v>1</v>
+        <v>1.3913999987115637</v>
       </c>
       <c r="L61" s="3" t="s">
-        <v>85</v>
+        <v>45</v>
       </c>
       <c r="M61" s="4">
-        <v>188664</v>
+        <v>11120.999989</v>
       </c>
       <c r="N61" s="4">
-        <v>188664</v>
+        <v>7992.6692539899996</v>
       </c>
       <c r="O61" s="3" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="P61" s="3" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="Q61" s="3" t="s">
-        <v>136</v>
+        <v>157</v>
       </c>
       <c r="R61" s="3" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="S61" s="3" t="s">
-        <v>122</v>
+        <v>315</v>
       </c>
       <c r="T61" s="4">
         <v>1</v>
       </c>
       <c r="W61" s="3" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
       <c r="X61" s="4">
         <v>0</v>
       </c>
       <c r="Y61" s="4">
         <v>0</v>
       </c>
       <c r="Z61" s="6">
-        <v>8.4670000000000006E-3</v>
+        <v>3.4400000000000001E-4</v>
       </c>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A62" s="3" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>327</v>
+        <v>282</v>
       </c>
       <c r="C62" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D62" s="4">
-        <v>300</v>
+        <v>900</v>
       </c>
       <c r="E62" s="5">
-        <v>205.82</v>
+        <v>94.322265000000002</v>
       </c>
       <c r="F62" s="4">
-        <v>61746</v>
+        <v>84890.038809830003</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H62" s="3" t="s">
-        <v>83</v>
+        <v>43</v>
       </c>
       <c r="I62" s="3" t="s">
-        <v>84</v>
+        <v>44</v>
       </c>
       <c r="J62" s="5">
-        <v>205.82</v>
+        <v>131.24</v>
       </c>
       <c r="K62" s="5">
-        <v>1</v>
+        <v>1.3913999987115637</v>
       </c>
       <c r="L62" s="3" t="s">
-        <v>85</v>
+        <v>45</v>
       </c>
       <c r="M62" s="4">
-        <v>61746</v>
+        <v>118115.99989000001</v>
       </c>
       <c r="N62" s="4">
-        <v>61746</v>
+        <v>84890.038809830003</v>
       </c>
       <c r="O62" s="3" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="P62" s="3" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="Q62" s="3" t="s">
-        <v>99</v>
+        <v>200</v>
       </c>
       <c r="R62" s="3" t="s">
-        <v>330</v>
+        <v>285</v>
       </c>
       <c r="S62" s="3" t="s">
-        <v>94</v>
+        <v>315</v>
       </c>
       <c r="T62" s="4">
         <v>1</v>
       </c>
       <c r="W62" s="3" t="s">
-        <v>326</v>
+        <v>281</v>
       </c>
       <c r="X62" s="4">
         <v>0</v>
       </c>
       <c r="Y62" s="4">
         <v>0</v>
       </c>
       <c r="Z62" s="6">
-        <v>2.771E-3</v>
+        <v>3.6600000000000001E-3</v>
       </c>
     </row>
     <row r="63" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A63" s="3" t="s">
         <v>331</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>332</v>
       </c>
       <c r="C63" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D63" s="4">
-        <v>776</v>
+        <v>200</v>
       </c>
       <c r="E63" s="5">
-        <v>137.76</v>
+        <v>925.63</v>
       </c>
       <c r="F63" s="4">
-        <v>106901.75999999999</v>
+        <v>185126</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H63" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I63" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J63" s="5">
-        <v>137.76</v>
+        <v>925.63</v>
       </c>
       <c r="K63" s="5">
         <v>1</v>
       </c>
       <c r="L63" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M63" s="4">
-        <v>106901.75999999999</v>
+        <v>185126</v>
       </c>
       <c r="N63" s="4">
-        <v>106901.75999999999</v>
+        <v>185126</v>
       </c>
       <c r="O63" s="3" t="s">
         <v>333</v>
       </c>
       <c r="P63" s="3" t="s">
         <v>334</v>
       </c>
       <c r="Q63" s="3" t="s">
-        <v>99</v>
+        <v>151</v>
       </c>
       <c r="R63" s="3" t="s">
         <v>335</v>
       </c>
       <c r="S63" s="3" t="s">
-        <v>94</v>
+        <v>137</v>
       </c>
       <c r="T63" s="4">
         <v>1</v>
       </c>
       <c r="W63" s="3" t="s">
         <v>331</v>
       </c>
       <c r="X63" s="4">
         <v>0</v>
       </c>
       <c r="Y63" s="4">
         <v>0</v>
       </c>
       <c r="Z63" s="6">
-        <v>4.797E-3</v>
+        <v>7.9819999999999995E-3</v>
       </c>
     </row>
     <row r="64" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A64" s="3" t="s">
         <v>336</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>337</v>
       </c>
       <c r="C64" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D64" s="4">
-        <v>225</v>
+        <v>300</v>
       </c>
       <c r="E64" s="5">
-        <v>118.38</v>
+        <v>198.26</v>
       </c>
       <c r="F64" s="4">
-        <v>26635.5</v>
+        <v>59478</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H64" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I64" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J64" s="5">
-        <v>118.38</v>
+        <v>198.26</v>
       </c>
       <c r="K64" s="5">
         <v>1</v>
       </c>
       <c r="L64" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M64" s="4">
-        <v>26635.5</v>
+        <v>59478</v>
       </c>
       <c r="N64" s="4">
-        <v>26635.5</v>
+        <v>59478</v>
       </c>
       <c r="O64" s="3" t="s">
         <v>338</v>
       </c>
       <c r="P64" s="3" t="s">
         <v>339</v>
       </c>
       <c r="Q64" s="3" t="s">
-        <v>92</v>
+        <v>114</v>
       </c>
       <c r="R64" s="3" t="s">
         <v>340</v>
       </c>
       <c r="S64" s="3" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="T64" s="4">
         <v>1</v>
       </c>
       <c r="W64" s="3" t="s">
         <v>336</v>
       </c>
       <c r="X64" s="4">
         <v>0</v>
       </c>
       <c r="Y64" s="4">
         <v>0</v>
       </c>
       <c r="Z64" s="6">
-        <v>1.1950000000000001E-3</v>
+        <v>2.5639999999999999E-3</v>
       </c>
     </row>
     <row r="65" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A65" s="3" t="s">
         <v>341</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>342</v>
       </c>
       <c r="C65" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D65" s="4">
-        <v>700</v>
+        <v>776</v>
       </c>
       <c r="E65" s="5">
-        <v>145.36581699999999</v>
+        <v>132.87</v>
       </c>
       <c r="F65" s="4">
-        <v>101756.07269019001</v>
+        <v>103107.12</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H65" s="3" t="s">
-        <v>38</v>
+        <v>93</v>
       </c>
       <c r="I65" s="3" t="s">
-        <v>39</v>
+        <v>94</v>
       </c>
       <c r="J65" s="5">
-        <v>199.58</v>
+        <v>132.87</v>
       </c>
       <c r="K65" s="5">
-        <v>1.3729500071558154</v>
+        <v>1</v>
       </c>
       <c r="L65" s="3" t="s">
-        <v>40</v>
+        <v>95</v>
       </c>
       <c r="M65" s="4">
-        <v>139706.00072800001</v>
+        <v>103107.12</v>
       </c>
       <c r="N65" s="4">
-        <v>101756.07269019001</v>
+        <v>103107.12</v>
       </c>
       <c r="O65" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="P65" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="Q65" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="R65" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="S65" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="T65" s="4">
+        <v>1</v>
+      </c>
+      <c r="W65" s="3" t="s">
         <v>341</v>
       </c>
-      <c r="P65" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X65" s="4">
         <v>0</v>
       </c>
       <c r="Y65" s="4">
         <v>0</v>
       </c>
       <c r="Z65" s="6">
-        <v>4.5659999999999997E-3</v>
+        <v>4.4450000000000002E-3</v>
       </c>
     </row>
     <row r="66" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A66" s="3" t="s">
         <v>346</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>347</v>
       </c>
       <c r="C66" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D66" s="4">
-        <v>1000</v>
+        <v>225</v>
       </c>
       <c r="E66" s="5">
-        <v>90.61</v>
+        <v>114.5</v>
       </c>
       <c r="F66" s="4">
-        <v>90610</v>
+        <v>25762.5</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H66" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I66" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J66" s="5">
-        <v>90.61</v>
+        <v>114.5</v>
       </c>
       <c r="K66" s="5">
         <v>1</v>
       </c>
       <c r="L66" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M66" s="4">
-        <v>90610</v>
+        <v>25762.5</v>
       </c>
       <c r="N66" s="4">
-        <v>90610</v>
+        <v>25762.5</v>
       </c>
       <c r="O66" s="3" t="s">
         <v>348</v>
       </c>
       <c r="P66" s="3" t="s">
         <v>349</v>
       </c>
       <c r="Q66" s="3" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="R66" s="3" t="s">
         <v>350</v>
       </c>
       <c r="S66" s="3" t="s">
-        <v>122</v>
+        <v>109</v>
       </c>
       <c r="T66" s="4">
         <v>1</v>
       </c>
       <c r="W66" s="3" t="s">
         <v>346</v>
       </c>
       <c r="X66" s="4">
         <v>0</v>
       </c>
       <c r="Y66" s="4">
         <v>0</v>
       </c>
       <c r="Z66" s="6">
-        <v>4.0660000000000002E-3</v>
+        <v>1.1100000000000001E-3</v>
       </c>
     </row>
     <row r="67" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A67" s="3" t="s">
         <v>351</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>352</v>
       </c>
       <c r="C67" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D67" s="4">
-        <v>146</v>
+        <v>700</v>
       </c>
       <c r="E67" s="5">
-        <v>81.34</v>
+        <v>147.41986499999999</v>
       </c>
       <c r="F67" s="4">
-        <v>11875.64</v>
+        <v>103193.905419</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H67" s="3" t="s">
-        <v>83</v>
+        <v>43</v>
       </c>
       <c r="I67" s="3" t="s">
-        <v>84</v>
+        <v>44</v>
       </c>
       <c r="J67" s="5">
-        <v>81.34</v>
+        <v>205.12</v>
       </c>
       <c r="K67" s="5">
-        <v>1</v>
+        <v>1.3913999987115637</v>
       </c>
       <c r="L67" s="3" t="s">
-        <v>85</v>
+        <v>45</v>
       </c>
       <c r="M67" s="4">
-        <v>11875.64</v>
+        <v>143583.99986700001</v>
       </c>
       <c r="N67" s="4">
-        <v>11875.64</v>
+        <v>103193.905419</v>
       </c>
       <c r="O67" s="3" t="s">
+        <v>351</v>
+      </c>
+      <c r="P67" s="3" t="s">
         <v>353</v>
       </c>
-      <c r="P67" s="3" t="s">
+      <c r="Q67" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="R67" s="3" t="s">
         <v>354</v>
       </c>
-      <c r="Q67" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R67" s="3" t="s">
+      <c r="S67" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="T67" s="4">
+        <v>1</v>
+      </c>
+      <c r="W67" s="3" t="s">
         <v>355</v>
       </c>
-      <c r="S67" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="X67" s="4">
         <v>0</v>
       </c>
       <c r="Y67" s="4">
         <v>0</v>
       </c>
       <c r="Z67" s="6">
-        <v>5.3200000000000003E-4</v>
+        <v>4.4489999999999998E-3</v>
       </c>
     </row>
     <row r="68" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A68" s="3" t="s">
         <v>356</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>357</v>
       </c>
       <c r="C68" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D68" s="4">
-        <v>700</v>
+        <v>1000</v>
       </c>
       <c r="E68" s="5">
-        <v>108.729378</v>
+        <v>90.95</v>
       </c>
       <c r="F68" s="4">
-        <v>76110.564842129999</v>
+        <v>90950</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H68" s="3" t="s">
-        <v>38</v>
+        <v>93</v>
       </c>
       <c r="I68" s="3" t="s">
-        <v>39</v>
+        <v>94</v>
       </c>
       <c r="J68" s="5">
-        <v>149.28</v>
+        <v>90.95</v>
       </c>
       <c r="K68" s="5">
-        <v>1.3729500071558154</v>
+        <v>1</v>
       </c>
       <c r="L68" s="3" t="s">
-        <v>40</v>
+        <v>95</v>
       </c>
       <c r="M68" s="4">
-        <v>104496.00054399999</v>
+        <v>90950</v>
       </c>
       <c r="N68" s="4">
-        <v>76110.564842129999</v>
+        <v>90950</v>
       </c>
       <c r="O68" s="3" t="s">
+        <v>358</v>
+      </c>
+      <c r="P68" s="3" t="s">
+        <v>359</v>
+      </c>
+      <c r="Q68" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="R68" s="3" t="s">
+        <v>360</v>
+      </c>
+      <c r="S68" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="T68" s="4">
+        <v>1</v>
+      </c>
+      <c r="W68" s="3" t="s">
         <v>356</v>
       </c>
-      <c r="P68" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X68" s="4">
         <v>0</v>
       </c>
       <c r="Y68" s="4">
         <v>0</v>
       </c>
       <c r="Z68" s="6">
-        <v>3.4150000000000001E-3</v>
+        <v>3.921E-3</v>
       </c>
     </row>
     <row r="69" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A69" s="3" t="s">
         <v>361</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>362</v>
       </c>
       <c r="C69" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D69" s="4">
-        <v>200</v>
+        <v>146</v>
       </c>
       <c r="E69" s="5">
-        <v>75.108343000000005</v>
+        <v>77.77</v>
       </c>
       <c r="F69" s="4">
-        <v>15021.66866965</v>
+        <v>11354.42</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H69" s="3" t="s">
-        <v>38</v>
+        <v>93</v>
       </c>
       <c r="I69" s="3" t="s">
-        <v>39</v>
+        <v>94</v>
       </c>
       <c r="J69" s="5">
-        <v>103.12</v>
+        <v>77.77</v>
       </c>
       <c r="K69" s="5">
-        <v>1.3729500071558154</v>
+        <v>1</v>
       </c>
       <c r="L69" s="3" t="s">
-        <v>40</v>
+        <v>95</v>
       </c>
       <c r="M69" s="4">
-        <v>20624.000107</v>
+        <v>11354.42</v>
       </c>
       <c r="N69" s="4">
-        <v>15021.66866965</v>
+        <v>11354.42</v>
       </c>
       <c r="O69" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="P69" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="Q69" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="R69" s="3" t="s">
+        <v>365</v>
+      </c>
+      <c r="S69" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="T69" s="4">
+        <v>1</v>
+      </c>
+      <c r="W69" s="3" t="s">
         <v>361</v>
       </c>
-      <c r="P69" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X69" s="4">
         <v>0</v>
       </c>
       <c r="Y69" s="4">
         <v>0</v>
       </c>
       <c r="Z69" s="6">
-        <v>6.7400000000000001E-4</v>
+        <v>4.8899999999999996E-4</v>
       </c>
     </row>
     <row r="70" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A70" s="3" t="s">
         <v>366</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>367</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D70" s="4">
-        <v>300</v>
+        <v>700</v>
       </c>
       <c r="E70" s="5">
-        <v>132</v>
+        <v>107.869772</v>
       </c>
       <c r="F70" s="4">
-        <v>39600</v>
+        <v>75508.840017249997</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H70" s="3" t="s">
-        <v>83</v>
+        <v>43</v>
       </c>
       <c r="I70" s="3" t="s">
-        <v>84</v>
+        <v>44</v>
       </c>
       <c r="J70" s="5">
-        <v>132</v>
+        <v>150.09</v>
       </c>
       <c r="K70" s="5">
-        <v>1</v>
+        <v>1.3913999987115637</v>
       </c>
       <c r="L70" s="3" t="s">
-        <v>85</v>
+        <v>45</v>
       </c>
       <c r="M70" s="4">
-        <v>39600</v>
+        <v>105062.999902</v>
       </c>
       <c r="N70" s="4">
-        <v>39600</v>
+        <v>75508.840017249997</v>
       </c>
       <c r="O70" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="P70" s="3" t="s">
         <v>368</v>
       </c>
-      <c r="P70" s="3" t="s">
+      <c r="Q70" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="R70" s="3" t="s">
         <v>369</v>
       </c>
-      <c r="Q70" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R70" s="3" t="s">
+      <c r="S70" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="T70" s="4">
+        <v>1</v>
+      </c>
+      <c r="W70" s="3" t="s">
         <v>370</v>
       </c>
-      <c r="S70" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="X70" s="4">
         <v>0</v>
       </c>
       <c r="Y70" s="4">
         <v>0</v>
       </c>
       <c r="Z70" s="6">
-        <v>1.7769999999999999E-3</v>
+        <v>3.2550000000000001E-3</v>
       </c>
     </row>
     <row r="71" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A71" s="3" t="s">
         <v>371</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>372</v>
       </c>
       <c r="C71" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D71" s="4">
-        <v>955</v>
+        <v>200</v>
       </c>
       <c r="E71" s="5">
-        <v>39.51</v>
+        <v>79.977001999999999</v>
       </c>
       <c r="F71" s="4">
-        <v>37732.050000000003</v>
+        <v>15995.40031623</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H71" s="3" t="s">
-        <v>83</v>
+        <v>43</v>
       </c>
       <c r="I71" s="3" t="s">
-        <v>84</v>
+        <v>44</v>
       </c>
       <c r="J71" s="5">
-        <v>39.51</v>
+        <v>111.28</v>
       </c>
       <c r="K71" s="5">
-        <v>1</v>
+        <v>1.3913999987115637</v>
       </c>
       <c r="L71" s="3" t="s">
-        <v>85</v>
+        <v>45</v>
       </c>
       <c r="M71" s="4">
-        <v>37732.050000000003</v>
+        <v>22255.999979</v>
       </c>
       <c r="N71" s="4">
-        <v>37732.050000000003</v>
+        <v>15995.40031623</v>
       </c>
       <c r="O71" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="P71" s="3" t="s">
         <v>373</v>
       </c>
-      <c r="P71" s="3" t="s">
+      <c r="Q71" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="R71" s="3" t="s">
         <v>374</v>
       </c>
-      <c r="Q71" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R71" s="3" t="s">
+      <c r="S71" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="T71" s="4">
+        <v>1</v>
+      </c>
+      <c r="W71" s="3" t="s">
         <v>375</v>
       </c>
-      <c r="S71" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="X71" s="4">
         <v>0</v>
       </c>
       <c r="Y71" s="4">
         <v>0</v>
       </c>
       <c r="Z71" s="6">
-        <v>1.6930000000000001E-3</v>
+        <v>6.8900000000000005E-4</v>
       </c>
     </row>
     <row r="72" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A72" s="3" t="s">
         <v>376</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>377</v>
       </c>
       <c r="C72" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D72" s="4">
-        <v>682</v>
+        <v>300</v>
       </c>
       <c r="E72" s="5">
-        <v>738.7</v>
+        <v>131.18</v>
       </c>
       <c r="F72" s="4">
-        <v>503793.4</v>
+        <v>39354</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H72" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I72" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J72" s="5">
-        <v>738.7</v>
+        <v>131.18</v>
       </c>
       <c r="K72" s="5">
         <v>1</v>
       </c>
       <c r="L72" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M72" s="4">
-        <v>503793.4</v>
+        <v>39354</v>
       </c>
       <c r="N72" s="4">
-        <v>503793.4</v>
+        <v>39354</v>
       </c>
       <c r="O72" s="3" t="s">
         <v>378</v>
       </c>
       <c r="P72" s="3" t="s">
         <v>379</v>
       </c>
       <c r="Q72" s="3" t="s">
-        <v>92</v>
+        <v>200</v>
       </c>
       <c r="R72" s="3" t="s">
         <v>380</v>
       </c>
       <c r="S72" s="3" t="s">
-        <v>122</v>
+        <v>109</v>
       </c>
       <c r="T72" s="4">
         <v>1</v>
       </c>
       <c r="W72" s="3" t="s">
         <v>376</v>
       </c>
       <c r="X72" s="4">
         <v>0</v>
       </c>
       <c r="Y72" s="4">
         <v>0</v>
       </c>
       <c r="Z72" s="6">
-        <v>2.2610000000000002E-2</v>
+        <v>1.696E-3</v>
       </c>
     </row>
     <row r="73" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A73" s="3" t="s">
         <v>381</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>382</v>
       </c>
       <c r="C73" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D73" s="4">
-        <v>19501</v>
+        <v>955</v>
       </c>
       <c r="E73" s="5">
-        <v>2.9250229999999999</v>
+        <v>39.9</v>
       </c>
       <c r="F73" s="4">
-        <v>57040.878398250003</v>
+        <v>38104.5</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H73" s="3" t="s">
-        <v>53</v>
+        <v>93</v>
       </c>
       <c r="I73" s="3" t="s">
-        <v>54</v>
+        <v>94</v>
       </c>
       <c r="J73" s="5">
-        <v>2.165</v>
+        <v>39.9</v>
       </c>
       <c r="K73" s="5">
-        <v>0.74016505680766809</v>
+        <v>1</v>
       </c>
       <c r="L73" s="3" t="s">
-        <v>55</v>
+        <v>95</v>
       </c>
       <c r="M73" s="4">
-        <v>42219.665000000001</v>
+        <v>38104.5</v>
       </c>
       <c r="N73" s="4">
-        <v>57040.878398250003</v>
+        <v>38104.5</v>
       </c>
       <c r="O73" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="P73" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="Q73" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="R73" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="S73" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="T73" s="4">
+        <v>1</v>
+      </c>
+      <c r="W73" s="3" t="s">
         <v>381</v>
       </c>
-      <c r="P73" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X73" s="4">
         <v>0</v>
       </c>
       <c r="Y73" s="4">
         <v>0</v>
       </c>
       <c r="Z73" s="6">
-        <v>2.5600000000000002E-3</v>
+        <v>1.642E-3</v>
       </c>
     </row>
     <row r="74" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A74" s="3" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B74" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="C74" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D74" s="4">
+        <v>719</v>
+      </c>
+      <c r="E74" s="5">
+        <v>734.38</v>
+      </c>
+      <c r="F74" s="4">
+        <v>528019.22</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H74" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I74" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J74" s="5">
+        <v>734.38</v>
+      </c>
+      <c r="K74" s="5">
+        <v>1</v>
+      </c>
+      <c r="L74" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M74" s="4">
+        <v>528019.22</v>
+      </c>
+      <c r="N74" s="4">
+        <v>528019.22</v>
+      </c>
+      <c r="O74" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="P74" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="Q74" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="R74" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="S74" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="T74" s="4">
+        <v>1</v>
+      </c>
+      <c r="W74" s="3" t="s">
         <v>386</v>
       </c>
-      <c r="C74" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X74" s="4">
         <v>0</v>
       </c>
       <c r="Y74" s="4">
         <v>0</v>
       </c>
       <c r="Z74" s="6">
-        <v>5.2560000000000003E-3</v>
+        <v>2.2766000000000002E-2</v>
       </c>
     </row>
     <row r="75" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A75" s="3" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="B75" s="3" t="s">
+        <v>392</v>
+      </c>
+      <c r="C75" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D75" s="4">
+        <v>19501</v>
+      </c>
+      <c r="E75" s="5">
+        <v>2.5733570000000001</v>
+      </c>
+      <c r="F75" s="4">
+        <v>50183.03241937</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H75" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="I75" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="J75" s="5">
+        <v>1.9115</v>
+      </c>
+      <c r="K75" s="5">
+        <v>0.74280408542246978</v>
+      </c>
+      <c r="L75" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="M75" s="4">
+        <v>37276.161499000002</v>
+      </c>
+      <c r="N75" s="4">
+        <v>50183.03241937</v>
+      </c>
+      <c r="O75" s="3" t="s">
         <v>391</v>
-      </c>
-[...37 lines deleted...]
-        <v>392</v>
       </c>
       <c r="P75" s="3" t="s">
         <v>393</v>
       </c>
       <c r="Q75" s="3" t="s">
-        <v>142</v>
+        <v>107</v>
       </c>
       <c r="R75" s="3" t="s">
         <v>394</v>
       </c>
       <c r="S75" s="3" t="s">
-        <v>94</v>
+        <v>126</v>
       </c>
       <c r="T75" s="4">
         <v>1</v>
       </c>
       <c r="W75" s="3" t="s">
-        <v>390</v>
+        <v>34</v>
       </c>
       <c r="X75" s="4">
         <v>0</v>
       </c>
       <c r="Y75" s="4">
         <v>0</v>
       </c>
       <c r="Z75" s="6">
-        <v>1.8600000000000001E-3</v>
+        <v>2.163E-3</v>
       </c>
     </row>
     <row r="76" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A76" s="3" t="s">
         <v>395</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>396</v>
       </c>
       <c r="C76" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D76" s="4">
-        <v>718</v>
+        <v>563</v>
       </c>
       <c r="E76" s="5">
-        <v>59.7</v>
+        <v>220.53</v>
       </c>
       <c r="F76" s="4">
-        <v>42864.6</v>
+        <v>124158.39</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H76" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I76" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J76" s="5">
-        <v>59.7</v>
+        <v>220.53</v>
       </c>
       <c r="K76" s="5">
         <v>1</v>
       </c>
       <c r="L76" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M76" s="4">
-        <v>42864.6</v>
+        <v>124158.39</v>
       </c>
       <c r="N76" s="4">
-        <v>42864.6</v>
+        <v>124158.39</v>
       </c>
       <c r="O76" s="3" t="s">
         <v>397</v>
       </c>
       <c r="P76" s="3" t="s">
         <v>398</v>
       </c>
       <c r="Q76" s="3" t="s">
-        <v>92</v>
+        <v>179</v>
       </c>
       <c r="R76" s="3" t="s">
         <v>399</v>
       </c>
       <c r="S76" s="3" t="s">
-        <v>122</v>
+        <v>137</v>
       </c>
       <c r="T76" s="4">
         <v>1</v>
       </c>
       <c r="W76" s="3" t="s">
         <v>395</v>
       </c>
       <c r="X76" s="4">
         <v>0</v>
       </c>
       <c r="Y76" s="4">
         <v>0</v>
       </c>
       <c r="Z76" s="6">
-        <v>1.923E-3</v>
+        <v>5.3530000000000001E-3</v>
       </c>
     </row>
     <row r="77" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A77" s="3" t="s">
         <v>400</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>401</v>
       </c>
       <c r="C77" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D77" s="4">
-        <v>795</v>
+        <v>111</v>
       </c>
       <c r="E77" s="5">
-        <v>50.04</v>
+        <v>128.93</v>
       </c>
       <c r="F77" s="4">
-        <v>39781.800000000003</v>
+        <v>14311.23</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H77" s="3" t="s">
-        <v>38</v>
+        <v>93</v>
       </c>
       <c r="I77" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J77" s="5">
-        <v>50.04</v>
+        <v>128.93</v>
       </c>
       <c r="K77" s="5">
         <v>1</v>
       </c>
       <c r="L77" s="3" t="s">
-        <v>40</v>
+        <v>95</v>
       </c>
       <c r="M77" s="4">
-        <v>39781.800000000003</v>
+        <v>14311.23</v>
       </c>
       <c r="N77" s="4">
-        <v>39781.800000000003</v>
+        <v>14311.23</v>
       </c>
       <c r="O77" s="3" t="s">
         <v>402</v>
       </c>
       <c r="P77" s="3" t="s">
         <v>403</v>
       </c>
       <c r="Q77" s="3" t="s">
-        <v>185</v>
+        <v>157</v>
       </c>
       <c r="R77" s="3" t="s">
         <v>404</v>
       </c>
       <c r="S77" s="3" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="T77" s="4">
         <v>1</v>
       </c>
       <c r="W77" s="3" t="s">
         <v>400</v>
       </c>
       <c r="X77" s="4">
         <v>0</v>
       </c>
       <c r="Y77" s="4">
         <v>0</v>
       </c>
       <c r="Z77" s="6">
-        <v>1.7849999999999999E-3</v>
+        <v>6.1700000000000004E-4</v>
       </c>
     </row>
     <row r="78" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A78" s="3" t="s">
         <v>405</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>406</v>
       </c>
       <c r="C78" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D78" s="4">
-        <v>452</v>
+        <v>718</v>
       </c>
       <c r="E78" s="5">
-        <v>275.2</v>
+        <v>63.06</v>
       </c>
       <c r="F78" s="4">
-        <v>124390.39999999999</v>
+        <v>45277.08</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H78" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I78" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J78" s="5">
-        <v>275.2</v>
+        <v>63.06</v>
       </c>
       <c r="K78" s="5">
         <v>1</v>
       </c>
       <c r="L78" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M78" s="4">
-        <v>124390.39999999999</v>
+        <v>45277.08</v>
       </c>
       <c r="N78" s="4">
-        <v>124390.39999999999</v>
+        <v>45277.08</v>
       </c>
       <c r="O78" s="3" t="s">
         <v>407</v>
       </c>
       <c r="P78" s="3" t="s">
         <v>408</v>
       </c>
       <c r="Q78" s="3" t="s">
-        <v>185</v>
+        <v>107</v>
       </c>
       <c r="R78" s="3" t="s">
         <v>409</v>
       </c>
       <c r="S78" s="3" t="s">
-        <v>94</v>
+        <v>137</v>
       </c>
       <c r="T78" s="4">
         <v>1</v>
       </c>
       <c r="W78" s="3" t="s">
         <v>405</v>
       </c>
       <c r="X78" s="4">
         <v>0</v>
       </c>
       <c r="Y78" s="4">
         <v>0</v>
       </c>
       <c r="Z78" s="6">
-        <v>5.5820000000000002E-3</v>
+        <v>1.952E-3</v>
       </c>
     </row>
     <row r="79" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A79" s="3" t="s">
         <v>410</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>411</v>
       </c>
       <c r="C79" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D79" s="4">
-        <v>1094</v>
+        <v>795</v>
       </c>
       <c r="E79" s="5">
-        <v>112.97</v>
+        <v>47.38</v>
       </c>
       <c r="F79" s="4">
-        <v>123589.18</v>
+        <v>37667.1</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H79" s="3" t="s">
-        <v>83</v>
+        <v>43</v>
       </c>
       <c r="I79" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J79" s="5">
-        <v>112.97</v>
+        <v>47.38</v>
       </c>
       <c r="K79" s="5">
         <v>1</v>
       </c>
       <c r="L79" s="3" t="s">
-        <v>85</v>
+        <v>45</v>
       </c>
       <c r="M79" s="4">
-        <v>123589.18</v>
+        <v>37667.1</v>
       </c>
       <c r="N79" s="4">
-        <v>123589.18</v>
+        <v>37667.1</v>
       </c>
       <c r="O79" s="3" t="s">
         <v>412</v>
       </c>
       <c r="P79" s="3" t="s">
         <v>413</v>
       </c>
       <c r="Q79" s="3" t="s">
-        <v>99</v>
+        <v>200</v>
       </c>
       <c r="R79" s="3" t="s">
         <v>414</v>
       </c>
       <c r="S79" s="3" t="s">
-        <v>122</v>
+        <v>109</v>
       </c>
       <c r="T79" s="4">
         <v>1</v>
       </c>
       <c r="W79" s="3" t="s">
         <v>410</v>
       </c>
       <c r="X79" s="4">
         <v>0</v>
       </c>
       <c r="Y79" s="4">
         <v>0</v>
       </c>
       <c r="Z79" s="6">
-        <v>5.5459999999999997E-3</v>
+        <v>1.624E-3</v>
       </c>
     </row>
     <row r="80" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A80" s="3" t="s">
         <v>415</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>416</v>
       </c>
       <c r="C80" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D80" s="4">
-        <v>100</v>
+        <v>452</v>
       </c>
       <c r="E80" s="5">
-        <v>745.25</v>
+        <v>300.82</v>
       </c>
       <c r="F80" s="4">
-        <v>74525</v>
+        <v>135970.64000000001</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H80" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I80" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J80" s="5">
-        <v>745.25</v>
+        <v>300.82</v>
       </c>
       <c r="K80" s="5">
         <v>1</v>
       </c>
       <c r="L80" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M80" s="4">
-        <v>74525</v>
+        <v>135970.64000000001</v>
       </c>
       <c r="N80" s="4">
-        <v>74525</v>
+        <v>135970.64000000001</v>
       </c>
       <c r="O80" s="3" t="s">
         <v>417</v>
       </c>
       <c r="P80" s="3" t="s">
         <v>418</v>
       </c>
       <c r="Q80" s="3" t="s">
-        <v>142</v>
+        <v>200</v>
       </c>
       <c r="R80" s="3" t="s">
         <v>419</v>
       </c>
       <c r="S80" s="3" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="T80" s="4">
         <v>1</v>
       </c>
       <c r="W80" s="3" t="s">
         <v>415</v>
       </c>
       <c r="X80" s="4">
         <v>0</v>
       </c>
       <c r="Y80" s="4">
         <v>0</v>
       </c>
       <c r="Z80" s="6">
-        <v>3.3440000000000002E-3</v>
+        <v>5.862E-3</v>
       </c>
     </row>
     <row r="81" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A81" s="3" t="s">
         <v>420</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>421</v>
       </c>
       <c r="C81" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D81" s="4">
-        <v>303</v>
+        <v>1094</v>
       </c>
       <c r="E81" s="5">
-        <v>403.96</v>
+        <v>111</v>
       </c>
       <c r="F81" s="4">
-        <v>122399.88</v>
+        <v>121434</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H81" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I81" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J81" s="5">
-        <v>403.96</v>
+        <v>111</v>
       </c>
       <c r="K81" s="5">
         <v>1</v>
       </c>
       <c r="L81" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M81" s="4">
-        <v>122399.88</v>
+        <v>121434</v>
       </c>
       <c r="N81" s="4">
-        <v>122399.88</v>
+        <v>121434</v>
       </c>
       <c r="O81" s="3" t="s">
         <v>422</v>
       </c>
       <c r="P81" s="3" t="s">
         <v>423</v>
       </c>
       <c r="Q81" s="3" t="s">
-        <v>99</v>
+        <v>114</v>
       </c>
       <c r="R81" s="3" t="s">
         <v>424</v>
       </c>
       <c r="S81" s="3" t="s">
-        <v>94</v>
+        <v>137</v>
       </c>
       <c r="T81" s="4">
         <v>1</v>
       </c>
       <c r="W81" s="3" t="s">
         <v>420</v>
       </c>
       <c r="X81" s="4">
         <v>0</v>
       </c>
       <c r="Y81" s="4">
         <v>0</v>
       </c>
       <c r="Z81" s="6">
-        <v>5.4929999999999996E-3</v>
+        <v>5.2350000000000001E-3</v>
       </c>
     </row>
     <row r="82" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A82" s="3" t="s">
         <v>425</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>426</v>
       </c>
       <c r="C82" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D82" s="4">
-        <v>1258</v>
+        <v>100</v>
       </c>
       <c r="E82" s="5">
-        <v>39.047879999999999</v>
+        <v>796.35</v>
       </c>
       <c r="F82" s="4">
-        <v>49122.233039999999</v>
+        <v>79635</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H82" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I82" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J82" s="5">
+        <v>796.35</v>
+      </c>
+      <c r="K82" s="5">
+        <v>1</v>
+      </c>
+      <c r="L82" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M82" s="4">
+        <v>79635</v>
+      </c>
+      <c r="N82" s="4">
+        <v>79635</v>
+      </c>
+      <c r="O82" s="3" t="s">
         <v>427</v>
       </c>
-      <c r="I82" s="3" t="s">
-[...8 lines deleted...]
-      <c r="L82" s="3" t="s">
+      <c r="P82" s="3" t="s">
         <v>428</v>
       </c>
-      <c r="M82" s="4">
-[...5 lines deleted...]
-      <c r="O82" s="3" t="s">
+      <c r="Q82" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="R82" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="S82" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="T82" s="4">
+        <v>1</v>
+      </c>
+      <c r="W82" s="3" t="s">
         <v>425</v>
       </c>
-      <c r="P82" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X82" s="4">
         <v>0</v>
       </c>
       <c r="Y82" s="4">
         <v>0</v>
       </c>
       <c r="Z82" s="6">
-        <v>2.2039999999999998E-3</v>
+        <v>3.4329999999999999E-3</v>
       </c>
     </row>
     <row r="83" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A83" s="3" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="C83" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D83" s="4">
-        <v>129</v>
+        <v>303</v>
       </c>
       <c r="E83" s="5">
-        <v>465.74194999999997</v>
+        <v>426.2</v>
       </c>
       <c r="F83" s="4">
-        <v>60080.71155</v>
+        <v>129138.6</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H83" s="3" t="s">
-        <v>434</v>
+        <v>93</v>
       </c>
       <c r="I83" s="3" t="s">
-        <v>49</v>
+        <v>94</v>
       </c>
       <c r="J83" s="5">
-        <v>397.9</v>
+        <v>426.2</v>
       </c>
       <c r="K83" s="5">
-        <v>0.8543357539513029</v>
+        <v>1</v>
       </c>
       <c r="L83" s="3" t="s">
-        <v>435</v>
+        <v>95</v>
       </c>
       <c r="M83" s="4">
-        <v>51329.1</v>
+        <v>129138.6</v>
       </c>
       <c r="N83" s="4">
-        <v>60080.71155</v>
+        <v>129138.6</v>
       </c>
       <c r="O83" s="3" t="s">
         <v>432</v>
       </c>
       <c r="P83" s="3" t="s">
-        <v>436</v>
+        <v>433</v>
       </c>
       <c r="Q83" s="3" t="s">
-        <v>136</v>
+        <v>114</v>
       </c>
       <c r="R83" s="3" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="S83" s="3" t="s">
-        <v>438</v>
+        <v>109</v>
       </c>
       <c r="T83" s="4">
         <v>1</v>
       </c>
       <c r="W83" s="3" t="s">
-        <v>34</v>
+        <v>430</v>
       </c>
       <c r="X83" s="4">
         <v>0</v>
       </c>
       <c r="Y83" s="4">
         <v>0</v>
       </c>
       <c r="Z83" s="6">
-        <v>2.696E-3</v>
+        <v>5.568E-3</v>
       </c>
     </row>
     <row r="84" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A84" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="B84" s="3" t="s">
+        <v>436</v>
+      </c>
+      <c r="C84" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D84" s="4">
+        <v>1258</v>
+      </c>
+      <c r="E84" s="5">
+        <v>39.256749999999997</v>
+      </c>
+      <c r="F84" s="4">
+        <v>49384.991499999996</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H84" s="3" t="s">
+        <v>437</v>
+      </c>
+      <c r="I84" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="J84" s="5">
+        <v>33.409999999999997</v>
+      </c>
+      <c r="K84" s="5">
+        <v>0.85106382978723405</v>
+      </c>
+      <c r="L84" s="3" t="s">
+        <v>438</v>
+      </c>
+      <c r="M84" s="4">
+        <v>42029.78</v>
+      </c>
+      <c r="N84" s="4">
+        <v>49384.991499999996</v>
+      </c>
+      <c r="O84" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="P84" s="3" t="s">
         <v>439</v>
       </c>
-      <c r="B84" s="3" t="s">
+      <c r="Q84" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="R84" s="3" t="s">
         <v>440</v>
       </c>
-      <c r="C84" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O84" s="3" t="s">
+      <c r="S84" s="3" t="s">
         <v>441</v>
       </c>
-      <c r="P84" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="T84" s="4">
         <v>1</v>
       </c>
       <c r="W84" s="3" t="s">
-        <v>439</v>
+        <v>34</v>
       </c>
       <c r="X84" s="4">
         <v>0</v>
       </c>
       <c r="Y84" s="4">
         <v>0</v>
       </c>
       <c r="Z84" s="6">
-        <v>1.6490000000000001E-3</v>
+        <v>2.1289999999999998E-3</v>
       </c>
     </row>
     <row r="85" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A85" s="3" t="s">
+        <v>442</v>
+      </c>
+      <c r="B85" s="3" t="s">
+        <v>443</v>
+      </c>
+      <c r="C85" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D85" s="4">
+        <v>129</v>
+      </c>
+      <c r="E85" s="5">
+        <v>432.98750000000001</v>
+      </c>
+      <c r="F85" s="4">
+        <v>55855.387499999997</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H85" s="3" t="s">
         <v>444</v>
       </c>
-      <c r="B85" s="3" t="s">
+      <c r="I85" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="J85" s="5">
+        <v>368.5</v>
+      </c>
+      <c r="K85" s="5">
+        <v>0.85106382978723405</v>
+      </c>
+      <c r="L85" s="3" t="s">
         <v>445</v>
       </c>
-      <c r="C85" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="M85" s="4">
-        <v>41167.68</v>
+        <v>47536.5</v>
       </c>
       <c r="N85" s="4">
-        <v>41167.68</v>
+        <v>55855.387499999997</v>
       </c>
       <c r="O85" s="3" t="s">
+        <v>442</v>
+      </c>
+      <c r="P85" s="3" t="s">
         <v>446</v>
       </c>
-      <c r="P85" s="3" t="s">
+      <c r="Q85" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="R85" s="3" t="s">
         <v>447</v>
       </c>
-      <c r="Q85" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R85" s="3" t="s">
+      <c r="S85" s="3" t="s">
         <v>448</v>
       </c>
-      <c r="S85" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T85" s="4">
         <v>1</v>
       </c>
       <c r="W85" s="3" t="s">
-        <v>444</v>
+        <v>34</v>
       </c>
       <c r="X85" s="4">
         <v>0</v>
       </c>
       <c r="Y85" s="4">
         <v>0</v>
       </c>
       <c r="Z85" s="6">
-        <v>1.8469999999999999E-3</v>
+        <v>2.408E-3</v>
       </c>
     </row>
     <row r="86" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A86" s="3" t="s">
         <v>449</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>450</v>
       </c>
       <c r="C86" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D86" s="4">
-        <v>699</v>
+        <v>200</v>
       </c>
       <c r="E86" s="5">
-        <v>54.322904999999999</v>
+        <v>187.05</v>
       </c>
       <c r="F86" s="4">
-        <v>37971.710594999997</v>
+        <v>37410</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H86" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I86" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J86" s="5">
+        <v>187.05</v>
+      </c>
+      <c r="K86" s="5">
+        <v>1</v>
+      </c>
+      <c r="L86" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M86" s="4">
+        <v>37410</v>
+      </c>
+      <c r="N86" s="4">
+        <v>37410</v>
+      </c>
+      <c r="O86" s="3" t="s">
         <v>451</v>
       </c>
-      <c r="I86" s="3" t="s">
-[...8 lines deleted...]
-      <c r="L86" s="3" t="s">
+      <c r="P86" s="3" t="s">
         <v>452</v>
       </c>
-      <c r="M86" s="4">
-[...5 lines deleted...]
-      <c r="O86" s="3" t="s">
+      <c r="Q86" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="R86" s="3" t="s">
+        <v>453</v>
+      </c>
+      <c r="S86" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="T86" s="4">
+        <v>1</v>
+      </c>
+      <c r="W86" s="3" t="s">
         <v>449</v>
       </c>
-      <c r="P86" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X86" s="4">
         <v>0</v>
       </c>
       <c r="Y86" s="4">
         <v>0</v>
       </c>
       <c r="Z86" s="6">
-        <v>1.704E-3</v>
+        <v>1.6130000000000001E-3</v>
       </c>
     </row>
     <row r="87" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A87" s="3" t="s">
+        <v>454</v>
+      </c>
+      <c r="B87" s="3" t="s">
+        <v>455</v>
+      </c>
+      <c r="C87" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D87" s="4">
+        <v>1824</v>
+      </c>
+      <c r="E87" s="5">
+        <v>24.56</v>
+      </c>
+      <c r="F87" s="4">
+        <v>44797.440000000002</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H87" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I87" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J87" s="5">
+        <v>24.56</v>
+      </c>
+      <c r="K87" s="5">
+        <v>1</v>
+      </c>
+      <c r="L87" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M87" s="4">
+        <v>44797.440000000002</v>
+      </c>
+      <c r="N87" s="4">
+        <v>44797.440000000002</v>
+      </c>
+      <c r="O87" s="3" t="s">
         <v>456</v>
       </c>
-      <c r="B87" s="3" t="s">
+      <c r="P87" s="3" t="s">
         <v>457</v>
       </c>
-      <c r="C87" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O87" s="3" t="s">
+      <c r="Q87" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="R87" s="3" t="s">
         <v>458</v>
       </c>
-      <c r="P87" s="3" t="s">
-[...2 lines deleted...]
-      <c r="Q87" s="3" t="s">
+      <c r="S87" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="R87" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T87" s="4">
         <v>1</v>
       </c>
       <c r="W87" s="3" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="X87" s="4">
         <v>0</v>
       </c>
       <c r="Y87" s="4">
         <v>0</v>
       </c>
       <c r="Z87" s="6">
-        <v>5.476E-3</v>
+        <v>1.931E-3</v>
       </c>
     </row>
     <row r="88" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A88" s="3" t="s">
+        <v>459</v>
+      </c>
+      <c r="B88" s="3" t="s">
+        <v>460</v>
+      </c>
+      <c r="C88" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D88" s="4">
+        <v>699</v>
+      </c>
+      <c r="E88" s="5">
+        <v>55.695</v>
+      </c>
+      <c r="F88" s="4">
+        <v>38930.805</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H88" s="3" t="s">
         <v>461</v>
       </c>
-      <c r="B88" s="3" t="s">
+      <c r="I88" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="J88" s="5">
+        <v>47.4</v>
+      </c>
+      <c r="K88" s="5">
+        <v>0.85106382978723405</v>
+      </c>
+      <c r="L88" s="3" t="s">
         <v>462</v>
       </c>
-      <c r="C88" s="3" t="s">
-[...14 lines deleted...]
-      <c r="H88" s="3" t="s">
+      <c r="M88" s="4">
+        <v>33132.6</v>
+      </c>
+      <c r="N88" s="4">
+        <v>38930.805</v>
+      </c>
+      <c r="O88" s="3" t="s">
+        <v>459</v>
+      </c>
+      <c r="P88" s="3" t="s">
         <v>463</v>
       </c>
-      <c r="I88" s="3" t="s">
-[...8 lines deleted...]
-      <c r="L88" s="3" t="s">
+      <c r="Q88" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="R88" s="3" t="s">
         <v>464</v>
       </c>
-      <c r="M88" s="4">
-[...8 lines deleted...]
-      <c r="P88" s="3" t="s">
+      <c r="S88" s="3" t="s">
         <v>465</v>
-      </c>
-[...7 lines deleted...]
-        <v>467</v>
       </c>
       <c r="T88" s="4">
         <v>1</v>
       </c>
       <c r="W88" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X88" s="4">
         <v>0</v>
       </c>
       <c r="Y88" s="4">
         <v>0</v>
       </c>
       <c r="Z88" s="6">
-        <v>1.5610000000000001E-3</v>
+        <v>1.678E-3</v>
       </c>
     </row>
     <row r="89" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A89" s="3" t="s">
+        <v>466</v>
+      </c>
+      <c r="B89" s="3" t="s">
+        <v>467</v>
+      </c>
+      <c r="C89" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D89" s="4">
+        <v>300</v>
+      </c>
+      <c r="E89" s="5">
+        <v>405.19</v>
+      </c>
+      <c r="F89" s="4">
+        <v>121557</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H89" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I89" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J89" s="5">
+        <v>405.19</v>
+      </c>
+      <c r="K89" s="5">
+        <v>1</v>
+      </c>
+      <c r="L89" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M89" s="4">
+        <v>121557</v>
+      </c>
+      <c r="N89" s="4">
+        <v>121557</v>
+      </c>
+      <c r="O89" s="3" t="s">
         <v>468</v>
       </c>
-      <c r="B89" s="3" t="s">
+      <c r="P89" s="3" t="s">
         <v>469</v>
       </c>
-      <c r="C89" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O89" s="3" t="s">
+      <c r="Q89" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="R89" s="3" t="s">
         <v>470</v>
       </c>
-      <c r="P89" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S89" s="3" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="T89" s="4">
         <v>1</v>
       </c>
       <c r="W89" s="3" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="X89" s="4">
         <v>0</v>
       </c>
       <c r="Y89" s="4">
         <v>0</v>
       </c>
       <c r="Z89" s="6">
-        <v>1.585E-3</v>
+        <v>5.241E-3</v>
       </c>
     </row>
     <row r="90" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A90" s="3" t="s">
+        <v>471</v>
+      </c>
+      <c r="B90" s="3" t="s">
+        <v>472</v>
+      </c>
+      <c r="C90" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D90" s="4">
+        <v>451</v>
+      </c>
+      <c r="E90" s="5">
+        <v>83.19</v>
+      </c>
+      <c r="F90" s="4">
+        <v>37518.69</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H90" s="3" t="s">
         <v>473</v>
       </c>
-      <c r="B90" s="3" t="s">
+      <c r="I90" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="J90" s="5">
+        <v>70.8</v>
+      </c>
+      <c r="K90" s="5">
+        <v>0.85106382978723405</v>
+      </c>
+      <c r="L90" s="3" t="s">
         <v>474</v>
       </c>
-      <c r="C90" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="M90" s="4">
-        <v>162651.32</v>
+        <v>31930.799999999999</v>
       </c>
       <c r="N90" s="4">
-        <v>162651.32</v>
+        <v>37518.69</v>
       </c>
       <c r="O90" s="3" t="s">
+        <v>471</v>
+      </c>
+      <c r="P90" s="3" t="s">
         <v>475</v>
       </c>
-      <c r="P90" s="3" t="s">
+      <c r="Q90" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="R90" s="3" t="s">
         <v>476</v>
       </c>
-      <c r="Q90" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R90" s="3" t="s">
+      <c r="S90" s="3" t="s">
         <v>477</v>
       </c>
-      <c r="S90" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T90" s="4">
         <v>1</v>
       </c>
       <c r="W90" s="3" t="s">
-        <v>473</v>
+        <v>34</v>
       </c>
       <c r="X90" s="4">
         <v>0</v>
       </c>
       <c r="Y90" s="4">
         <v>0</v>
       </c>
       <c r="Z90" s="6">
-        <v>7.2989999999999999E-3</v>
+        <v>1.6169999999999999E-3</v>
       </c>
     </row>
     <row r="91" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A91" s="3" t="s">
         <v>478</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>479</v>
       </c>
       <c r="C91" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D91" s="4">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="E91" s="5">
-        <v>667</v>
+        <v>168.48</v>
       </c>
       <c r="F91" s="4">
-        <v>66700</v>
+        <v>33696</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H91" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I91" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J91" s="5">
-        <v>667</v>
+        <v>168.48</v>
       </c>
       <c r="K91" s="5">
         <v>1</v>
       </c>
       <c r="L91" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M91" s="4">
-        <v>66700</v>
+        <v>33696</v>
       </c>
       <c r="N91" s="4">
-        <v>66700</v>
+        <v>33696</v>
       </c>
       <c r="O91" s="3" t="s">
         <v>480</v>
       </c>
       <c r="P91" s="3" t="s">
         <v>481</v>
       </c>
       <c r="Q91" s="3" t="s">
-        <v>164</v>
+        <v>157</v>
       </c>
       <c r="R91" s="3" t="s">
         <v>482</v>
       </c>
       <c r="S91" s="3" t="s">
-        <v>122</v>
+        <v>109</v>
       </c>
       <c r="T91" s="4">
         <v>1</v>
       </c>
       <c r="W91" s="3" t="s">
         <v>478</v>
       </c>
       <c r="X91" s="4">
         <v>0</v>
       </c>
       <c r="Y91" s="4">
         <v>0</v>
       </c>
       <c r="Z91" s="6">
-        <v>2.993E-3</v>
+        <v>1.4519999999999999E-3</v>
       </c>
     </row>
     <row r="92" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A92" s="3" t="s">
         <v>483</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>484</v>
       </c>
       <c r="C92" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D92" s="4">
-        <v>100</v>
+        <v>668</v>
       </c>
       <c r="E92" s="5">
-        <v>473.29500000000002</v>
+        <v>282.16000000000003</v>
       </c>
       <c r="F92" s="4">
-        <v>47329.5</v>
+        <v>188482.88</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H92" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I92" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J92" s="5">
-        <v>473.29500000000002</v>
+        <v>282.16000000000003</v>
       </c>
       <c r="K92" s="5">
         <v>1</v>
       </c>
       <c r="L92" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M92" s="4">
-        <v>47329.5</v>
+        <v>188482.88</v>
       </c>
       <c r="N92" s="4">
-        <v>47329.5</v>
+        <v>188482.88</v>
       </c>
       <c r="O92" s="3" t="s">
         <v>485</v>
       </c>
       <c r="P92" s="3" t="s">
         <v>486</v>
       </c>
       <c r="Q92" s="3" t="s">
-        <v>99</v>
+        <v>179</v>
       </c>
       <c r="R92" s="3" t="s">
         <v>487</v>
       </c>
       <c r="S92" s="3" t="s">
-        <v>122</v>
+        <v>109</v>
       </c>
       <c r="T92" s="4">
         <v>1</v>
       </c>
       <c r="W92" s="3" t="s">
         <v>483</v>
       </c>
       <c r="X92" s="4">
         <v>0</v>
       </c>
       <c r="Y92" s="4">
         <v>0</v>
       </c>
       <c r="Z92" s="6">
-        <v>2.124E-3</v>
+        <v>8.1259999999999995E-3</v>
       </c>
     </row>
     <row r="93" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A93" s="3" t="s">
         <v>488</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>489</v>
       </c>
       <c r="C93" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D93" s="4">
         <v>100</v>
       </c>
       <c r="E93" s="5">
-        <v>190.81</v>
+        <v>682.91</v>
       </c>
       <c r="F93" s="4">
-        <v>19081</v>
+        <v>68291</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H93" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I93" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J93" s="5">
-        <v>190.81</v>
+        <v>682.91</v>
       </c>
       <c r="K93" s="5">
         <v>1</v>
       </c>
       <c r="L93" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M93" s="4">
-        <v>19081</v>
+        <v>68291</v>
       </c>
       <c r="N93" s="4">
-        <v>19081</v>
+        <v>68291</v>
       </c>
       <c r="O93" s="3" t="s">
         <v>490</v>
       </c>
       <c r="P93" s="3" t="s">
         <v>491</v>
       </c>
       <c r="Q93" s="3" t="s">
-        <v>99</v>
+        <v>179</v>
       </c>
       <c r="R93" s="3" t="s">
         <v>492</v>
       </c>
       <c r="S93" s="3" t="s">
-        <v>94</v>
+        <v>137</v>
       </c>
       <c r="T93" s="4">
         <v>1</v>
       </c>
       <c r="W93" s="3" t="s">
         <v>488</v>
       </c>
       <c r="X93" s="4">
         <v>0</v>
       </c>
       <c r="Y93" s="4">
         <v>0</v>
       </c>
       <c r="Z93" s="6">
-        <v>8.5599999999999999E-4</v>
+        <v>2.944E-3</v>
       </c>
     </row>
     <row r="94" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A94" s="3" t="s">
         <v>493</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>494</v>
       </c>
       <c r="C94" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D94" s="4">
-        <v>1063</v>
+        <v>100</v>
       </c>
       <c r="E94" s="5">
-        <v>301.42</v>
+        <v>447.23</v>
       </c>
       <c r="F94" s="4">
-        <v>320409.46000000002</v>
+        <v>44723</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H94" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I94" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J94" s="5">
-        <v>301.42</v>
+        <v>447.23</v>
       </c>
       <c r="K94" s="5">
         <v>1</v>
       </c>
       <c r="L94" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M94" s="4">
-        <v>320409.46000000002</v>
+        <v>44723</v>
       </c>
       <c r="N94" s="4">
-        <v>320409.46000000002</v>
+        <v>44723</v>
       </c>
       <c r="O94" s="3" t="s">
         <v>495</v>
       </c>
       <c r="P94" s="3" t="s">
         <v>496</v>
       </c>
       <c r="Q94" s="3" t="s">
-        <v>142</v>
+        <v>114</v>
       </c>
       <c r="R94" s="3" t="s">
         <v>497</v>
       </c>
       <c r="S94" s="3" t="s">
-        <v>94</v>
+        <v>137</v>
       </c>
       <c r="T94" s="4">
         <v>1</v>
       </c>
       <c r="W94" s="3" t="s">
         <v>493</v>
       </c>
       <c r="X94" s="4">
         <v>0</v>
       </c>
       <c r="Y94" s="4">
         <v>0</v>
       </c>
       <c r="Z94" s="6">
-        <v>1.438E-2</v>
+        <v>1.928E-3</v>
       </c>
     </row>
     <row r="95" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A95" s="3" t="s">
         <v>498</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>499</v>
       </c>
       <c r="C95" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D95" s="4">
-        <v>242</v>
+        <v>100</v>
       </c>
       <c r="E95" s="5">
-        <v>177.17</v>
+        <v>189.94</v>
       </c>
       <c r="F95" s="4">
-        <v>42875.14</v>
+        <v>18994</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H95" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I95" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J95" s="5">
-        <v>177.17</v>
+        <v>189.94</v>
       </c>
       <c r="K95" s="5">
         <v>1</v>
       </c>
       <c r="L95" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M95" s="4">
-        <v>42875.14</v>
+        <v>18994</v>
       </c>
       <c r="N95" s="4">
-        <v>42875.14</v>
+        <v>18994</v>
       </c>
       <c r="O95" s="3" t="s">
         <v>500</v>
       </c>
       <c r="P95" s="3" t="s">
         <v>501</v>
       </c>
       <c r="Q95" s="3" t="s">
-        <v>99</v>
+        <v>114</v>
       </c>
       <c r="R95" s="3" t="s">
         <v>502</v>
       </c>
       <c r="S95" s="3" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="T95" s="4">
         <v>1</v>
       </c>
       <c r="W95" s="3" t="s">
         <v>498</v>
       </c>
       <c r="X95" s="4">
         <v>0</v>
       </c>
       <c r="Y95" s="4">
         <v>0</v>
       </c>
       <c r="Z95" s="6">
-        <v>1.9239999999999999E-3</v>
+        <v>8.1800000000000004E-4</v>
       </c>
     </row>
     <row r="96" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A96" s="3" t="s">
         <v>503</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>504</v>
       </c>
       <c r="C96" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D96" s="4">
-        <v>325</v>
+        <v>1063</v>
       </c>
       <c r="E96" s="5">
-        <v>245.86352500000001</v>
+        <v>315.43</v>
       </c>
       <c r="F96" s="4">
-        <v>79905.645625000005</v>
+        <v>335302.09000000003</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H96" s="3" t="s">
-        <v>434</v>
+        <v>93</v>
       </c>
       <c r="I96" s="3" t="s">
-        <v>49</v>
+        <v>94</v>
       </c>
       <c r="J96" s="5">
-        <v>210.05</v>
+        <v>315.43</v>
       </c>
       <c r="K96" s="5">
-        <v>0.8543357539513029</v>
+        <v>1</v>
       </c>
       <c r="L96" s="3" t="s">
-        <v>435</v>
+        <v>95</v>
       </c>
       <c r="M96" s="4">
-        <v>68266.25</v>
+        <v>335302.09000000003</v>
       </c>
       <c r="N96" s="4">
-        <v>79905.645625000005</v>
+        <v>335302.09000000003</v>
       </c>
       <c r="O96" s="3" t="s">
+        <v>505</v>
+      </c>
+      <c r="P96" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="Q96" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="R96" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="S96" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="T96" s="4">
+        <v>1</v>
+      </c>
+      <c r="W96" s="3" t="s">
         <v>503</v>
       </c>
-      <c r="P96" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X96" s="4">
         <v>0</v>
       </c>
       <c r="Y96" s="4">
         <v>0</v>
       </c>
       <c r="Z96" s="6">
-        <v>3.5860000000000002E-3</v>
+        <v>1.4456999999999999E-2</v>
       </c>
     </row>
     <row r="97" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A97" s="3" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="B97" s="3" t="s">
+        <v>509</v>
+      </c>
+      <c r="C97" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D97" s="4">
+        <v>242</v>
+      </c>
+      <c r="E97" s="5">
+        <v>185.42</v>
+      </c>
+      <c r="F97" s="4">
+        <v>44871.64</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H97" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I97" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J97" s="5">
+        <v>185.42</v>
+      </c>
+      <c r="K97" s="5">
+        <v>1</v>
+      </c>
+      <c r="L97" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M97" s="4">
+        <v>44871.64</v>
+      </c>
+      <c r="N97" s="4">
+        <v>44871.64</v>
+      </c>
+      <c r="O97" s="3" t="s">
+        <v>510</v>
+      </c>
+      <c r="P97" s="3" t="s">
+        <v>511</v>
+      </c>
+      <c r="Q97" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="R97" s="3" t="s">
+        <v>512</v>
+      </c>
+      <c r="S97" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="T97" s="4">
+        <v>1</v>
+      </c>
+      <c r="W97" s="3" t="s">
         <v>508</v>
       </c>
-      <c r="C97" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X97" s="4">
         <v>0</v>
       </c>
       <c r="Y97" s="4">
         <v>0</v>
       </c>
       <c r="Z97" s="6">
-        <v>5.0390000000000001E-3</v>
+        <v>1.934E-3</v>
       </c>
     </row>
     <row r="98" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A98" s="3" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="C98" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D98" s="4">
-        <v>729</v>
+        <v>325</v>
       </c>
       <c r="E98" s="5">
-        <v>29.09</v>
+        <v>279.18</v>
       </c>
       <c r="F98" s="4">
-        <v>21206.61</v>
+        <v>90733.5</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H98" s="3" t="s">
-        <v>83</v>
+        <v>444</v>
       </c>
       <c r="I98" s="3" t="s">
-        <v>84</v>
+        <v>59</v>
       </c>
       <c r="J98" s="5">
-        <v>29.09</v>
+        <v>237.6</v>
       </c>
       <c r="K98" s="5">
-        <v>1</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L98" s="3" t="s">
-        <v>85</v>
+        <v>445</v>
       </c>
       <c r="M98" s="4">
-        <v>21206.61</v>
+        <v>77220</v>
       </c>
       <c r="N98" s="4">
-        <v>21206.61</v>
+        <v>90733.5</v>
       </c>
       <c r="O98" s="3" t="s">
         <v>513</v>
       </c>
       <c r="P98" s="3" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="Q98" s="3" t="s">
-        <v>136</v>
+        <v>200</v>
       </c>
       <c r="R98" s="3" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="S98" s="3" t="s">
-        <v>122</v>
+        <v>448</v>
       </c>
       <c r="T98" s="4">
         <v>1</v>
       </c>
       <c r="W98" s="3" t="s">
-        <v>511</v>
+        <v>34</v>
       </c>
       <c r="X98" s="4">
         <v>0</v>
       </c>
       <c r="Y98" s="4">
         <v>0</v>
       </c>
       <c r="Z98" s="6">
-        <v>9.5100000000000002E-4</v>
+        <v>3.9119999999999997E-3</v>
       </c>
     </row>
     <row r="99" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A99" s="3" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="B99" s="3" t="s">
+        <v>518</v>
+      </c>
+      <c r="C99" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D99" s="4">
+        <v>414</v>
+      </c>
+      <c r="E99" s="5">
+        <v>267.78250000000003</v>
+      </c>
+      <c r="F99" s="4">
+        <v>110861.955</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H99" s="3" t="s">
+        <v>461</v>
+      </c>
+      <c r="I99" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="J99" s="5">
+        <v>227.9</v>
+      </c>
+      <c r="K99" s="5">
+        <v>0.85106382978723405</v>
+      </c>
+      <c r="L99" s="3" t="s">
+        <v>462</v>
+      </c>
+      <c r="M99" s="4">
+        <v>94350.6</v>
+      </c>
+      <c r="N99" s="4">
+        <v>110861.955</v>
+      </c>
+      <c r="O99" s="3" t="s">
         <v>517</v>
-      </c>
-[...37 lines deleted...]
-        <v>518</v>
       </c>
       <c r="P99" s="3" t="s">
         <v>519</v>
       </c>
       <c r="Q99" s="3" t="s">
-        <v>99</v>
+        <v>179</v>
       </c>
       <c r="R99" s="3" t="s">
         <v>520</v>
       </c>
       <c r="S99" s="3" t="s">
-        <v>94</v>
+        <v>465</v>
       </c>
       <c r="T99" s="4">
         <v>1</v>
       </c>
       <c r="W99" s="3" t="s">
-        <v>516</v>
+        <v>34</v>
       </c>
       <c r="X99" s="4">
         <v>0</v>
       </c>
       <c r="Y99" s="4">
         <v>0</v>
       </c>
       <c r="Z99" s="6">
-        <v>2.944E-3</v>
+        <v>4.7800000000000004E-3</v>
       </c>
     </row>
     <row r="100" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A100" s="3" t="s">
         <v>521</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>522</v>
       </c>
       <c r="C100" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D100" s="4">
-        <v>789</v>
+        <v>729</v>
       </c>
       <c r="E100" s="5">
-        <v>51.256194999999998</v>
+        <v>25.51</v>
       </c>
       <c r="F100" s="4">
-        <v>40441.137855000001</v>
+        <v>18596.79</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H100" s="3" t="s">
-        <v>451</v>
+        <v>93</v>
       </c>
       <c r="I100" s="3" t="s">
-        <v>49</v>
+        <v>94</v>
       </c>
       <c r="J100" s="5">
-        <v>43.79</v>
+        <v>25.51</v>
       </c>
       <c r="K100" s="5">
-        <v>0.8543357539513029</v>
+        <v>1</v>
       </c>
       <c r="L100" s="3" t="s">
-        <v>452</v>
+        <v>95</v>
       </c>
       <c r="M100" s="4">
-        <v>34550.31</v>
+        <v>18596.79</v>
       </c>
       <c r="N100" s="4">
-        <v>40441.137855000001</v>
+        <v>18596.79</v>
       </c>
       <c r="O100" s="3" t="s">
+        <v>523</v>
+      </c>
+      <c r="P100" s="3" t="s">
+        <v>524</v>
+      </c>
+      <c r="Q100" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="R100" s="3" t="s">
+        <v>525</v>
+      </c>
+      <c r="S100" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="T100" s="4">
+        <v>1</v>
+      </c>
+      <c r="W100" s="3" t="s">
         <v>521</v>
       </c>
-      <c r="P100" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X100" s="4">
         <v>0</v>
       </c>
       <c r="Y100" s="4">
         <v>0</v>
       </c>
       <c r="Z100" s="6">
-        <v>1.815E-3</v>
+        <v>8.0099999999999995E-4</v>
       </c>
     </row>
     <row r="101" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A101" s="3" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="B101" s="3" t="s">
+        <v>527</v>
+      </c>
+      <c r="C101" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D101" s="4">
+        <v>236</v>
+      </c>
+      <c r="E101" s="5">
+        <v>287.06</v>
+      </c>
+      <c r="F101" s="4">
+        <v>67746.16</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H101" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I101" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J101" s="5">
+        <v>287.06</v>
+      </c>
+      <c r="K101" s="5">
+        <v>1</v>
+      </c>
+      <c r="L101" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M101" s="4">
+        <v>67746.16</v>
+      </c>
+      <c r="N101" s="4">
+        <v>67746.16</v>
+      </c>
+      <c r="O101" s="3" t="s">
+        <v>528</v>
+      </c>
+      <c r="P101" s="3" t="s">
+        <v>529</v>
+      </c>
+      <c r="Q101" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="R101" s="3" t="s">
+        <v>530</v>
+      </c>
+      <c r="S101" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="T101" s="4">
+        <v>1</v>
+      </c>
+      <c r="W101" s="3" t="s">
         <v>526</v>
       </c>
-      <c r="C101" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X101" s="4">
         <v>0</v>
       </c>
       <c r="Y101" s="4">
         <v>0</v>
       </c>
       <c r="Z101" s="6">
-        <v>3.339E-3</v>
+        <v>2.921E-3</v>
       </c>
     </row>
     <row r="102" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A102" s="3" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="C102" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D102" s="4">
-        <v>9</v>
+        <v>789</v>
       </c>
       <c r="E102" s="5">
-        <v>2447.5155</v>
+        <v>52.475499999999997</v>
       </c>
       <c r="F102" s="4">
-        <v>22027.639500000001</v>
+        <v>41403.169500000004</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H102" s="3" t="s">
-        <v>434</v>
+        <v>461</v>
       </c>
       <c r="I102" s="3" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="J102" s="5">
-        <v>2091</v>
+        <v>44.66</v>
       </c>
       <c r="K102" s="5">
-        <v>0.8543357539513029</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L102" s="3" t="s">
-        <v>435</v>
+        <v>462</v>
       </c>
       <c r="M102" s="4">
-        <v>18819</v>
+        <v>35236.74</v>
       </c>
       <c r="N102" s="4">
-        <v>22027.639500000001</v>
+        <v>41403.169500000004</v>
       </c>
       <c r="O102" s="3" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="P102" s="3" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="Q102" s="3" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="R102" s="3" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="S102" s="3" t="s">
-        <v>438</v>
+        <v>465</v>
       </c>
       <c r="T102" s="4">
         <v>1</v>
       </c>
       <c r="W102" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X102" s="4">
         <v>0</v>
       </c>
       <c r="Y102" s="4">
         <v>0</v>
       </c>
       <c r="Z102" s="6">
-        <v>9.8799999999999995E-4</v>
+        <v>1.7849999999999999E-3</v>
       </c>
     </row>
     <row r="103" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A103" s="3" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="C103" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D103" s="4">
-        <v>100</v>
+        <v>176</v>
       </c>
       <c r="E103" s="5">
-        <v>557.86</v>
+        <v>419.94499999999999</v>
       </c>
       <c r="F103" s="4">
-        <v>55786</v>
+        <v>73910.320000000007</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H103" s="3" t="s">
-        <v>83</v>
+        <v>461</v>
       </c>
       <c r="I103" s="3" t="s">
-        <v>84</v>
+        <v>59</v>
       </c>
       <c r="J103" s="5">
-        <v>557.86</v>
+        <v>357.4</v>
       </c>
       <c r="K103" s="5">
-        <v>1</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L103" s="3" t="s">
-        <v>85</v>
+        <v>462</v>
       </c>
       <c r="M103" s="4">
-        <v>55786</v>
+        <v>62902.400000000001</v>
       </c>
       <c r="N103" s="4">
-        <v>55786</v>
+        <v>73910.320000000007</v>
       </c>
       <c r="O103" s="3" t="s">
         <v>535</v>
       </c>
       <c r="P103" s="3" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="Q103" s="3" t="s">
-        <v>185</v>
+        <v>157</v>
       </c>
       <c r="R103" s="3" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="S103" s="3" t="s">
-        <v>94</v>
+        <v>465</v>
       </c>
       <c r="T103" s="4">
         <v>1</v>
       </c>
       <c r="W103" s="3" t="s">
-        <v>533</v>
+        <v>34</v>
       </c>
       <c r="X103" s="4">
         <v>0</v>
       </c>
       <c r="Y103" s="4">
         <v>0</v>
       </c>
       <c r="Z103" s="6">
-        <v>2.503E-3</v>
+        <v>3.186E-3</v>
       </c>
     </row>
     <row r="104" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A104" s="3" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="B104" s="3" t="s">
+        <v>540</v>
+      </c>
+      <c r="C104" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D104" s="4">
+        <v>9</v>
+      </c>
+      <c r="E104" s="5">
+        <v>2447.5250000000001</v>
+      </c>
+      <c r="F104" s="4">
+        <v>22027.724999999999</v>
+      </c>
+      <c r="G104" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H104" s="3" t="s">
+        <v>444</v>
+      </c>
+      <c r="I104" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="J104" s="5">
+        <v>2083</v>
+      </c>
+      <c r="K104" s="5">
+        <v>0.85106382978723405</v>
+      </c>
+      <c r="L104" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="M104" s="4">
+        <v>18747</v>
+      </c>
+      <c r="N104" s="4">
+        <v>22027.724999999999</v>
+      </c>
+      <c r="O104" s="3" t="s">
         <v>539</v>
       </c>
-      <c r="C104" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P104" s="3" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="Q104" s="3" t="s">
-        <v>142</v>
+        <v>124</v>
       </c>
       <c r="R104" s="3" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="S104" s="3" t="s">
-        <v>455</v>
+        <v>448</v>
       </c>
       <c r="T104" s="4">
         <v>1</v>
       </c>
       <c r="W104" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X104" s="4">
         <v>0</v>
       </c>
       <c r="Y104" s="4">
         <v>0</v>
       </c>
       <c r="Z104" s="6">
-        <v>2.2599999999999999E-3</v>
+        <v>9.4899999999999997E-4</v>
       </c>
     </row>
     <row r="105" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A105" s="3" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="B105" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="C105" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D105" s="4">
+        <v>100</v>
+      </c>
+      <c r="E105" s="5">
+        <v>529.36</v>
+      </c>
+      <c r="F105" s="4">
+        <v>52936</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H105" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I105" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J105" s="5">
+        <v>529.36</v>
+      </c>
+      <c r="K105" s="5">
+        <v>1</v>
+      </c>
+      <c r="L105" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M105" s="4">
+        <v>52936</v>
+      </c>
+      <c r="N105" s="4">
+        <v>52936</v>
+      </c>
+      <c r="O105" s="3" t="s">
+        <v>545</v>
+      </c>
+      <c r="P105" s="3" t="s">
+        <v>546</v>
+      </c>
+      <c r="Q105" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="R105" s="3" t="s">
+        <v>547</v>
+      </c>
+      <c r="S105" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="T105" s="4">
+        <v>1</v>
+      </c>
+      <c r="W105" s="3" t="s">
         <v>543</v>
       </c>
-      <c r="C105" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X105" s="4">
         <v>0</v>
       </c>
       <c r="Y105" s="4">
         <v>0</v>
       </c>
       <c r="Z105" s="6">
-        <v>5.424E-3</v>
+        <v>2.2820000000000002E-3</v>
       </c>
     </row>
     <row r="106" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A106" s="3" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="B106" s="3" t="s">
+        <v>549</v>
+      </c>
+      <c r="C106" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D106" s="4">
+        <v>79</v>
+      </c>
+      <c r="E106" s="5">
+        <v>638.495</v>
+      </c>
+      <c r="F106" s="4">
+        <v>50441.105000000003</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H106" s="3" t="s">
+        <v>461</v>
+      </c>
+      <c r="I106" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="J106" s="5">
+        <v>543.4</v>
+      </c>
+      <c r="K106" s="5">
+        <v>0.85106382978723405</v>
+      </c>
+      <c r="L106" s="3" t="s">
+        <v>462</v>
+      </c>
+      <c r="M106" s="4">
+        <v>42928.6</v>
+      </c>
+      <c r="N106" s="4">
+        <v>50441.105000000003</v>
+      </c>
+      <c r="O106" s="3" t="s">
         <v>548</v>
-      </c>
-[...37 lines deleted...]
-        <v>549</v>
       </c>
       <c r="P106" s="3" t="s">
         <v>550</v>
       </c>
       <c r="Q106" s="3" t="s">
-        <v>109</v>
+        <v>157</v>
       </c>
       <c r="R106" s="3" t="s">
         <v>551</v>
       </c>
       <c r="S106" s="3" t="s">
-        <v>94</v>
+        <v>465</v>
       </c>
       <c r="T106" s="4">
         <v>1</v>
       </c>
       <c r="W106" s="3" t="s">
-        <v>547</v>
+        <v>34</v>
       </c>
       <c r="X106" s="4">
         <v>0</v>
       </c>
       <c r="Y106" s="4">
         <v>0</v>
       </c>
       <c r="Z106" s="6">
-        <v>1.3799999999999999E-4</v>
+        <v>2.1740000000000002E-3</v>
       </c>
     </row>
     <row r="107" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A107" s="3" t="s">
         <v>552</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>553</v>
       </c>
       <c r="C107" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D107" s="4">
-        <v>4239</v>
+        <v>70</v>
       </c>
       <c r="E107" s="5">
-        <v>18.131045</v>
+        <v>763</v>
       </c>
       <c r="F107" s="4">
-        <v>76857.499754999997</v>
+        <v>53410</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H107" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I107" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J107" s="5">
+        <v>763</v>
+      </c>
+      <c r="K107" s="5">
+        <v>1</v>
+      </c>
+      <c r="L107" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M107" s="4">
+        <v>53410</v>
+      </c>
+      <c r="N107" s="4">
+        <v>53410</v>
+      </c>
+      <c r="O107" s="3" t="s">
         <v>554</v>
       </c>
-      <c r="I107" s="3" t="s">
-[...8 lines deleted...]
-      <c r="L107" s="3" t="s">
+      <c r="P107" s="3" t="s">
         <v>555</v>
       </c>
-      <c r="M107" s="4">
-[...5 lines deleted...]
-      <c r="O107" s="3" t="s">
+      <c r="Q107" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="R107" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="S107" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="T107" s="4">
+        <v>1</v>
+      </c>
+      <c r="W107" s="3" t="s">
         <v>552</v>
       </c>
-      <c r="P107" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X107" s="4">
         <v>0</v>
       </c>
       <c r="Y107" s="4">
         <v>0</v>
       </c>
       <c r="Z107" s="6">
-        <v>3.4489999999999998E-3</v>
+        <v>2.3019999999999998E-3</v>
       </c>
     </row>
     <row r="108" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A108" s="3" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="C108" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D108" s="4">
-        <v>489</v>
+        <v>12</v>
       </c>
       <c r="E108" s="5">
-        <v>98.895544999999998</v>
+        <v>251.31</v>
       </c>
       <c r="F108" s="4">
-        <v>48359.921504999998</v>
+        <v>3015.72</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H108" s="3" t="s">
-        <v>434</v>
+        <v>93</v>
       </c>
       <c r="I108" s="3" t="s">
-        <v>49</v>
+        <v>94</v>
       </c>
       <c r="J108" s="5">
-        <v>84.49</v>
+        <v>251.31</v>
       </c>
       <c r="K108" s="5">
-        <v>0.8543357539513029</v>
+        <v>1</v>
       </c>
       <c r="L108" s="3" t="s">
-        <v>435</v>
+        <v>95</v>
       </c>
       <c r="M108" s="4">
-        <v>41315.61</v>
+        <v>3015.72</v>
       </c>
       <c r="N108" s="4">
-        <v>48359.921504999998</v>
+        <v>3015.72</v>
       </c>
       <c r="O108" s="3" t="s">
         <v>559</v>
       </c>
       <c r="P108" s="3" t="s">
+        <v>560</v>
+      </c>
+      <c r="Q108" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="R108" s="3" t="s">
         <v>561</v>
       </c>
-      <c r="Q108" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S108" s="3" t="s">
-        <v>438</v>
+        <v>109</v>
       </c>
       <c r="T108" s="4">
         <v>1</v>
       </c>
       <c r="W108" s="3" t="s">
-        <v>34</v>
+        <v>557</v>
       </c>
       <c r="X108" s="4">
         <v>0</v>
       </c>
       <c r="Y108" s="4">
         <v>0</v>
       </c>
       <c r="Z108" s="6">
-        <v>2.1700000000000001E-3</v>
+        <v>1.2999999999999999E-4</v>
       </c>
     </row>
     <row r="109" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A109" s="3" t="s">
+        <v>562</v>
+      </c>
+      <c r="B109" s="3" t="s">
         <v>563</v>
       </c>
-      <c r="B109" s="3" t="s">
+      <c r="C109" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D109" s="4">
+        <v>4239</v>
+      </c>
+      <c r="E109" s="5">
+        <v>19.1995</v>
+      </c>
+      <c r="F109" s="4">
+        <v>81386.680500000002</v>
+      </c>
+      <c r="G109" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H109" s="3" t="s">
         <v>564</v>
       </c>
-      <c r="C109" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I109" s="3" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="J109" s="5">
-        <v>8.16</v>
+        <v>16.34</v>
       </c>
       <c r="K109" s="5">
-        <v>0.8543357539513029</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L109" s="3" t="s">
-        <v>555</v>
+        <v>565</v>
       </c>
       <c r="M109" s="4">
-        <v>78654.240000000005</v>
+        <v>69265.259999999995</v>
       </c>
       <c r="N109" s="4">
-        <v>92064.787920000002</v>
+        <v>81386.680500000002</v>
       </c>
       <c r="O109" s="3" t="s">
-        <v>563</v>
+        <v>562</v>
       </c>
       <c r="P109" s="3" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
       <c r="Q109" s="3" t="s">
-        <v>142</v>
+        <v>157</v>
       </c>
       <c r="R109" s="3" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="S109" s="3" t="s">
-        <v>558</v>
+        <v>568</v>
       </c>
       <c r="T109" s="4">
         <v>1</v>
       </c>
       <c r="W109" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X109" s="4">
         <v>0</v>
       </c>
       <c r="Y109" s="4">
         <v>0</v>
       </c>
       <c r="Z109" s="6">
-        <v>4.1310000000000001E-3</v>
+        <v>3.509E-3</v>
       </c>
     </row>
     <row r="110" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A110" s="3" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="C110" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D110" s="4">
-        <v>200</v>
+        <v>489</v>
       </c>
       <c r="E110" s="5">
-        <v>205.81</v>
+        <v>92.296250000000001</v>
       </c>
       <c r="F110" s="4">
-        <v>41162</v>
+        <v>45132.866249999999</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H110" s="3" t="s">
-        <v>83</v>
+        <v>444</v>
       </c>
       <c r="I110" s="3" t="s">
-        <v>84</v>
+        <v>59</v>
       </c>
       <c r="J110" s="5">
-        <v>205.81</v>
+        <v>78.55</v>
       </c>
       <c r="K110" s="5">
-        <v>1</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L110" s="3" t="s">
-        <v>85</v>
+        <v>445</v>
       </c>
       <c r="M110" s="4">
-        <v>41162</v>
+        <v>38410.949999999997</v>
       </c>
       <c r="N110" s="4">
-        <v>41162</v>
+        <v>45132.866249999999</v>
       </c>
       <c r="O110" s="3" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="P110" s="3" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="Q110" s="3" t="s">
-        <v>142</v>
+        <v>114</v>
       </c>
       <c r="R110" s="3" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="S110" s="3" t="s">
-        <v>94</v>
+        <v>448</v>
       </c>
       <c r="T110" s="4">
         <v>1</v>
       </c>
       <c r="W110" s="3" t="s">
-        <v>566</v>
+        <v>34</v>
       </c>
       <c r="X110" s="4">
         <v>0</v>
       </c>
       <c r="Y110" s="4">
         <v>0</v>
       </c>
       <c r="Z110" s="6">
-        <v>1.8469999999999999E-3</v>
+        <v>1.946E-3</v>
       </c>
     </row>
     <row r="111" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A111" s="3" t="s">
+        <v>573</v>
+      </c>
+      <c r="B111" s="3" t="s">
+        <v>574</v>
+      </c>
+      <c r="C111" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D111" s="4">
+        <v>9639</v>
+      </c>
+      <c r="E111" s="5">
+        <v>10.42695</v>
+      </c>
+      <c r="F111" s="4">
+        <v>100505.37105</v>
+      </c>
+      <c r="G111" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H111" s="3" t="s">
+        <v>564</v>
+      </c>
+      <c r="I111" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="J111" s="5">
+        <v>8.8740000000000006</v>
+      </c>
+      <c r="K111" s="5">
+        <v>0.85106382978723405</v>
+      </c>
+      <c r="L111" s="3" t="s">
+        <v>565</v>
+      </c>
+      <c r="M111" s="4">
+        <v>85536.486000000004</v>
+      </c>
+      <c r="N111" s="4">
+        <v>100505.37105</v>
+      </c>
+      <c r="O111" s="3" t="s">
+        <v>573</v>
+      </c>
+      <c r="P111" s="3" t="s">
         <v>571</v>
       </c>
-      <c r="B111" s="3" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="Q111" s="3" t="s">
-        <v>185</v>
+        <v>157</v>
       </c>
       <c r="R111" s="3" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="S111" s="3" t="s">
-        <v>455</v>
+        <v>568</v>
       </c>
       <c r="T111" s="4">
         <v>1</v>
       </c>
       <c r="W111" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X111" s="4">
         <v>0</v>
       </c>
       <c r="Y111" s="4">
         <v>0</v>
       </c>
       <c r="Z111" s="6">
-        <v>3.9769999999999996E-3</v>
+        <v>4.333E-3</v>
       </c>
     </row>
     <row r="112" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A112" s="3" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="B112" s="3" t="s">
+        <v>577</v>
+      </c>
+      <c r="C112" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D112" s="4">
+        <v>200</v>
+      </c>
+      <c r="E112" s="5">
+        <v>201.53</v>
+      </c>
+      <c r="F112" s="4">
+        <v>40306</v>
+      </c>
+      <c r="G112" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H112" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I112" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J112" s="5">
+        <v>201.53</v>
+      </c>
+      <c r="K112" s="5">
+        <v>1</v>
+      </c>
+      <c r="L112" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M112" s="4">
+        <v>40306</v>
+      </c>
+      <c r="N112" s="4">
+        <v>40306</v>
+      </c>
+      <c r="O112" s="3" t="s">
+        <v>578</v>
+      </c>
+      <c r="P112" s="3" t="s">
+        <v>579</v>
+      </c>
+      <c r="Q112" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="R112" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="S112" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="T112" s="4">
+        <v>1</v>
+      </c>
+      <c r="W112" s="3" t="s">
         <v>576</v>
       </c>
-      <c r="C112" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X112" s="4">
         <v>0</v>
       </c>
       <c r="Y112" s="4">
         <v>0</v>
       </c>
       <c r="Z112" s="6">
-        <v>1.4189999999999999E-3</v>
+        <v>1.737E-3</v>
       </c>
     </row>
     <row r="113" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A113" s="3" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="B113" s="3" t="s">
+        <v>582</v>
+      </c>
+      <c r="C113" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D113" s="4">
+        <v>320</v>
+      </c>
+      <c r="E113" s="5">
+        <v>269.31</v>
+      </c>
+      <c r="F113" s="4">
+        <v>86179.199999999997</v>
+      </c>
+      <c r="G113" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H113" s="3" t="s">
+        <v>461</v>
+      </c>
+      <c r="I113" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="J113" s="5">
+        <v>229.2</v>
+      </c>
+      <c r="K113" s="5">
+        <v>0.85106382978723405</v>
+      </c>
+      <c r="L113" s="3" t="s">
+        <v>462</v>
+      </c>
+      <c r="M113" s="4">
+        <v>73344</v>
+      </c>
+      <c r="N113" s="4">
+        <v>86179.199999999997</v>
+      </c>
+      <c r="O113" s="3" t="s">
         <v>581</v>
       </c>
-      <c r="C113" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P113" s="3" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="Q113" s="3" t="s">
-        <v>142</v>
+        <v>200</v>
       </c>
       <c r="R113" s="3" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="S113" s="3" t="s">
-        <v>455</v>
+        <v>465</v>
       </c>
       <c r="T113" s="4">
         <v>1</v>
       </c>
       <c r="W113" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X113" s="4">
         <v>0</v>
       </c>
       <c r="Y113" s="4">
         <v>0</v>
       </c>
       <c r="Z113" s="6">
-        <v>1.4599999999999999E-3</v>
+        <v>3.715E-3</v>
       </c>
     </row>
     <row r="114" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A114" s="3" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="B114" s="3" t="s">
+        <v>586</v>
+      </c>
+      <c r="C114" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D114" s="4">
+        <v>431</v>
+      </c>
+      <c r="E114" s="5">
+        <v>70.39</v>
+      </c>
+      <c r="F114" s="4">
+        <v>30338.09</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H114" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I114" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J114" s="5">
+        <v>70.39</v>
+      </c>
+      <c r="K114" s="5">
+        <v>1</v>
+      </c>
+      <c r="L114" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M114" s="4">
+        <v>30338.09</v>
+      </c>
+      <c r="N114" s="4">
+        <v>30338.09</v>
+      </c>
+      <c r="O114" s="3" t="s">
+        <v>587</v>
+      </c>
+      <c r="P114" s="3" t="s">
+        <v>588</v>
+      </c>
+      <c r="Q114" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="R114" s="3" t="s">
+        <v>589</v>
+      </c>
+      <c r="S114" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="T114" s="4">
+        <v>1</v>
+      </c>
+      <c r="W114" s="3" t="s">
         <v>585</v>
       </c>
-      <c r="C114" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X114" s="4">
         <v>0</v>
       </c>
       <c r="Y114" s="4">
         <v>0</v>
       </c>
       <c r="Z114" s="6">
-        <v>8.0149999999999996E-3</v>
+        <v>1.3079999999999999E-3</v>
       </c>
     </row>
     <row r="115" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A115" s="3" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="B115" s="3" t="s">
+        <v>591</v>
+      </c>
+      <c r="C115" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D115" s="4">
+        <v>926</v>
+      </c>
+      <c r="E115" s="5">
+        <v>35.191249999999997</v>
+      </c>
+      <c r="F115" s="4">
+        <v>32587.0975</v>
+      </c>
+      <c r="G115" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H115" s="3" t="s">
+        <v>461</v>
+      </c>
+      <c r="I115" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="J115" s="5">
+        <v>29.95</v>
+      </c>
+      <c r="K115" s="5">
+        <v>0.85106382978723405</v>
+      </c>
+      <c r="L115" s="3" t="s">
+        <v>462</v>
+      </c>
+      <c r="M115" s="4">
+        <v>27733.7</v>
+      </c>
+      <c r="N115" s="4">
+        <v>32587.0975</v>
+      </c>
+      <c r="O115" s="3" t="s">
         <v>590</v>
-      </c>
-[...37 lines deleted...]
-        <v>591</v>
       </c>
       <c r="P115" s="3" t="s">
         <v>592</v>
       </c>
       <c r="Q115" s="3" t="s">
-        <v>109</v>
+        <v>157</v>
       </c>
       <c r="R115" s="3" t="s">
         <v>593</v>
       </c>
       <c r="S115" s="3" t="s">
-        <v>94</v>
+        <v>465</v>
       </c>
       <c r="T115" s="4">
         <v>1</v>
       </c>
       <c r="W115" s="3" t="s">
-        <v>589</v>
+        <v>34</v>
       </c>
       <c r="X115" s="4">
         <v>0</v>
       </c>
       <c r="Y115" s="4">
         <v>0</v>
       </c>
       <c r="Z115" s="6">
-        <v>4.2209999999999999E-3</v>
+        <v>1.405E-3</v>
       </c>
     </row>
     <row r="116" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A116" s="3" t="s">
         <v>594</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>595</v>
       </c>
       <c r="C116" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D116" s="4">
-        <v>1479</v>
+        <v>300</v>
       </c>
       <c r="E116" s="5">
-        <v>36.543010000000002</v>
+        <v>568.80999999999995</v>
       </c>
       <c r="F116" s="4">
-        <v>54047.111790000003</v>
+        <v>170643</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H116" s="3" t="s">
-        <v>451</v>
+        <v>93</v>
       </c>
       <c r="I116" s="3" t="s">
-        <v>49</v>
+        <v>94</v>
       </c>
       <c r="J116" s="5">
-        <v>31.22</v>
+        <v>568.80999999999995</v>
       </c>
       <c r="K116" s="5">
-        <v>0.8543357539513029</v>
+        <v>1</v>
       </c>
       <c r="L116" s="3" t="s">
-        <v>452</v>
+        <v>95</v>
       </c>
       <c r="M116" s="4">
-        <v>46174.38</v>
+        <v>170643</v>
       </c>
       <c r="N116" s="4">
-        <v>54047.111790000003</v>
+        <v>170643</v>
       </c>
       <c r="O116" s="3" t="s">
+        <v>596</v>
+      </c>
+      <c r="P116" s="3" t="s">
+        <v>597</v>
+      </c>
+      <c r="Q116" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="R116" s="3" t="s">
+        <v>598</v>
+      </c>
+      <c r="S116" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="T116" s="4">
+        <v>1</v>
+      </c>
+      <c r="W116" s="3" t="s">
         <v>594</v>
       </c>
-      <c r="P116" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X116" s="4">
         <v>0</v>
       </c>
       <c r="Y116" s="4">
         <v>0</v>
       </c>
       <c r="Z116" s="6">
-        <v>2.4250000000000001E-3</v>
+        <v>7.3569999999999998E-3</v>
       </c>
     </row>
     <row r="117" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A117" s="3" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="B117" s="3" t="s">
+        <v>600</v>
+      </c>
+      <c r="C117" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D117" s="4">
+        <v>300</v>
+      </c>
+      <c r="E117" s="5">
+        <v>303.89</v>
+      </c>
+      <c r="F117" s="4">
+        <v>91167</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H117" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I117" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J117" s="5">
+        <v>303.89</v>
+      </c>
+      <c r="K117" s="5">
+        <v>1</v>
+      </c>
+      <c r="L117" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M117" s="4">
+        <v>91167</v>
+      </c>
+      <c r="N117" s="4">
+        <v>91167</v>
+      </c>
+      <c r="O117" s="3" t="s">
+        <v>601</v>
+      </c>
+      <c r="P117" s="3" t="s">
+        <v>602</v>
+      </c>
+      <c r="Q117" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="R117" s="3" t="s">
+        <v>603</v>
+      </c>
+      <c r="S117" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="T117" s="4">
+        <v>1</v>
+      </c>
+      <c r="W117" s="3" t="s">
         <v>599</v>
       </c>
-      <c r="C117" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X117" s="4">
         <v>0</v>
       </c>
       <c r="Y117" s="4">
         <v>0</v>
       </c>
       <c r="Z117" s="6">
-        <v>2.1480000000000002E-3</v>
+        <v>3.9300000000000003E-3</v>
       </c>
     </row>
     <row r="118" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A118" s="3" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="C118" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D118" s="4">
-        <v>265</v>
+        <v>1479</v>
       </c>
       <c r="E118" s="5">
-        <v>84.12</v>
+        <v>34.086750000000002</v>
       </c>
       <c r="F118" s="4">
-        <v>22291.8</v>
+        <v>50414.303249999997</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H118" s="3" t="s">
-        <v>83</v>
+        <v>461</v>
       </c>
       <c r="I118" s="3" t="s">
-        <v>84</v>
+        <v>59</v>
       </c>
       <c r="J118" s="5">
-        <v>84.12</v>
+        <v>29.01</v>
       </c>
       <c r="K118" s="5">
-        <v>1</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L118" s="3" t="s">
-        <v>85</v>
+        <v>462</v>
       </c>
       <c r="M118" s="4">
-        <v>22291.8</v>
+        <v>42905.79</v>
       </c>
       <c r="N118" s="4">
-        <v>22291.8</v>
+        <v>50414.303249999997</v>
       </c>
       <c r="O118" s="3" t="s">
         <v>604</v>
       </c>
       <c r="P118" s="3" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="Q118" s="3" t="s">
-        <v>99</v>
+        <v>107</v>
       </c>
       <c r="R118" s="3" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="S118" s="3" t="s">
-        <v>94</v>
+        <v>465</v>
       </c>
       <c r="T118" s="4">
         <v>1</v>
       </c>
       <c r="W118" s="3" t="s">
-        <v>602</v>
+        <v>34</v>
       </c>
       <c r="X118" s="4">
         <v>0</v>
       </c>
       <c r="Y118" s="4">
         <v>0</v>
       </c>
       <c r="Z118" s="6">
-        <v>1E-3</v>
+        <v>2.173E-3</v>
       </c>
     </row>
     <row r="119" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A119" s="3" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="B119" s="3" t="s">
+        <v>609</v>
+      </c>
+      <c r="C119" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D119" s="4">
+        <v>1170</v>
+      </c>
+      <c r="E119" s="5">
+        <v>39.01</v>
+      </c>
+      <c r="F119" s="4">
+        <v>45641.7</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H119" s="3" t="s">
+        <v>461</v>
+      </c>
+      <c r="I119" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="J119" s="5">
+        <v>33.200000000000003</v>
+      </c>
+      <c r="K119" s="5">
+        <v>0.85106382978723405</v>
+      </c>
+      <c r="L119" s="3" t="s">
+        <v>462</v>
+      </c>
+      <c r="M119" s="4">
+        <v>38844</v>
+      </c>
+      <c r="N119" s="4">
+        <v>45641.7</v>
+      </c>
+      <c r="O119" s="3" t="s">
         <v>608</v>
-      </c>
-[...37 lines deleted...]
-        <v>609</v>
       </c>
       <c r="P119" s="3" t="s">
         <v>610</v>
       </c>
       <c r="Q119" s="3" t="s">
-        <v>142</v>
+        <v>179</v>
       </c>
       <c r="R119" s="3" t="s">
         <v>611</v>
       </c>
       <c r="S119" s="3" t="s">
-        <v>94</v>
+        <v>465</v>
       </c>
       <c r="T119" s="4">
         <v>1</v>
       </c>
       <c r="W119" s="3" t="s">
-        <v>607</v>
+        <v>34</v>
       </c>
       <c r="X119" s="4">
         <v>0</v>
       </c>
       <c r="Y119" s="4">
         <v>0</v>
       </c>
       <c r="Z119" s="6">
-        <v>1.825E-3</v>
+        <v>1.967E-3</v>
       </c>
     </row>
     <row r="120" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A120" s="3" t="s">
         <v>612</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>613</v>
       </c>
       <c r="C120" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D120" s="4">
-        <v>2102</v>
+        <v>265</v>
       </c>
       <c r="E120" s="5">
-        <v>506.69</v>
+        <v>83.93</v>
       </c>
       <c r="F120" s="4">
-        <v>1065062.3799999999</v>
+        <v>22241.45</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H120" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I120" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J120" s="5">
-        <v>506.69</v>
+        <v>83.93</v>
       </c>
       <c r="K120" s="5">
         <v>1</v>
       </c>
       <c r="L120" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M120" s="4">
-        <v>1065062.3799999999</v>
+        <v>22241.45</v>
       </c>
       <c r="N120" s="4">
-        <v>1065062.3799999999</v>
+        <v>22241.45</v>
       </c>
       <c r="O120" s="3" t="s">
         <v>614</v>
       </c>
       <c r="P120" s="3" t="s">
         <v>615</v>
       </c>
       <c r="Q120" s="3" t="s">
-        <v>164</v>
+        <v>114</v>
       </c>
       <c r="R120" s="3" t="s">
         <v>616</v>
       </c>
       <c r="S120" s="3" t="s">
-        <v>122</v>
+        <v>109</v>
       </c>
       <c r="T120" s="4">
         <v>1</v>
       </c>
       <c r="W120" s="3" t="s">
         <v>612</v>
       </c>
       <c r="X120" s="4">
         <v>0</v>
       </c>
       <c r="Y120" s="4">
         <v>0</v>
       </c>
       <c r="Z120" s="6">
-        <v>4.7800000000000002E-2</v>
+        <v>9.5799999999999998E-4</v>
       </c>
     </row>
     <row r="121" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A121" s="3" t="s">
         <v>617</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>618</v>
       </c>
       <c r="C121" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D121" s="4">
-        <v>74</v>
+        <v>500</v>
       </c>
       <c r="E121" s="5">
-        <v>731.36850000000004</v>
+        <v>82.37</v>
       </c>
       <c r="F121" s="4">
-        <v>54121.269006950002</v>
+        <v>41185</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H121" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I121" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J121" s="5">
+        <v>82.37</v>
+      </c>
+      <c r="K121" s="5">
+        <v>1</v>
+      </c>
+      <c r="L121" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M121" s="4">
+        <v>41185</v>
+      </c>
+      <c r="N121" s="4">
+        <v>41185</v>
+      </c>
+      <c r="O121" s="3" t="s">
         <v>619</v>
       </c>
-      <c r="I121" s="3" t="s">
+      <c r="P121" s="3" t="s">
         <v>620</v>
       </c>
-      <c r="J121" s="5">
-[...5 lines deleted...]
-      <c r="L121" s="3" t="s">
+      <c r="Q121" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="R121" s="3" t="s">
         <v>621</v>
       </c>
-      <c r="M121" s="4">
-[...5 lines deleted...]
-      <c r="O121" s="3" t="s">
+      <c r="S121" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="T121" s="4">
+        <v>1</v>
+      </c>
+      <c r="W121" s="3" t="s">
         <v>617</v>
       </c>
-      <c r="P121" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X121" s="4">
         <v>0</v>
       </c>
       <c r="Y121" s="4">
         <v>0</v>
       </c>
       <c r="Z121" s="6">
-        <v>2.428E-3</v>
+        <v>1.7750000000000001E-3</v>
       </c>
     </row>
     <row r="122" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A122" s="3" t="s">
+        <v>622</v>
+      </c>
+      <c r="B122" s="3" t="s">
+        <v>623</v>
+      </c>
+      <c r="C122" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D122" s="4">
+        <v>2102</v>
+      </c>
+      <c r="E122" s="5">
+        <v>517.95000000000005</v>
+      </c>
+      <c r="F122" s="4">
+        <v>1088730.8999999999</v>
+      </c>
+      <c r="G122" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H122" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I122" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J122" s="5">
+        <v>517.95000000000005</v>
+      </c>
+      <c r="K122" s="5">
+        <v>1</v>
+      </c>
+      <c r="L122" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M122" s="4">
+        <v>1088730.8999999999</v>
+      </c>
+      <c r="N122" s="4">
+        <v>1088730.8999999999</v>
+      </c>
+      <c r="O122" s="3" t="s">
+        <v>624</v>
+      </c>
+      <c r="P122" s="3" t="s">
         <v>625</v>
       </c>
-      <c r="B122" s="3" t="s">
+      <c r="Q122" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="R122" s="3" t="s">
         <v>626</v>
       </c>
-      <c r="C122" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S122" s="3" t="s">
-        <v>629</v>
+        <v>137</v>
       </c>
       <c r="T122" s="4">
         <v>1</v>
       </c>
       <c r="W122" s="3" t="s">
-        <v>34</v>
+        <v>622</v>
       </c>
       <c r="X122" s="4">
         <v>0</v>
       </c>
       <c r="Y122" s="4">
         <v>0</v>
       </c>
       <c r="Z122" s="6">
-        <v>3.6600000000000001E-4</v>
+        <v>4.6942999999999999E-2</v>
       </c>
     </row>
     <row r="123" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A123" s="3" t="s">
+        <v>627</v>
+      </c>
+      <c r="B123" s="3" t="s">
+        <v>628</v>
+      </c>
+      <c r="C123" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D123" s="4">
+        <v>74</v>
+      </c>
+      <c r="E123" s="5">
+        <v>712.12216699999999</v>
+      </c>
+      <c r="F123" s="4">
+        <v>52697.040155850002</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H123" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="I123" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="J123" s="5">
+        <v>566.6</v>
+      </c>
+      <c r="K123" s="5">
+        <v>0.79564999687627802</v>
+      </c>
+      <c r="L123" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="M123" s="4">
+        <v>41928.399834999997</v>
+      </c>
+      <c r="N123" s="4">
+        <v>52697.040155850002</v>
+      </c>
+      <c r="O123" s="3" t="s">
+        <v>627</v>
+      </c>
+      <c r="P123" s="3" t="s">
+        <v>629</v>
+      </c>
+      <c r="Q123" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="R123" s="3" t="s">
         <v>630</v>
       </c>
-      <c r="B123" s="3" t="s">
+      <c r="S123" s="3" t="s">
         <v>631</v>
-      </c>
-[...49 lines deleted...]
-        <v>634</v>
       </c>
       <c r="T123" s="4">
         <v>1</v>
       </c>
       <c r="W123" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X123" s="4">
         <v>0</v>
       </c>
       <c r="Y123" s="4">
         <v>0</v>
       </c>
       <c r="Z123" s="6">
-        <v>2.4759999999999999E-3</v>
+        <v>2.2720000000000001E-3</v>
       </c>
     </row>
     <row r="124" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A124" s="3" t="s">
+        <v>632</v>
+      </c>
+      <c r="B124" s="3" t="s">
+        <v>633</v>
+      </c>
+      <c r="C124" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D124" s="4">
+        <v>300</v>
+      </c>
+      <c r="E124" s="5">
+        <v>26.217970000000001</v>
+      </c>
+      <c r="F124" s="4">
+        <v>7865.3891728999997</v>
+      </c>
+      <c r="G124" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H124" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="I124" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="J124" s="5">
+        <v>3872</v>
+      </c>
+      <c r="K124" s="5">
+        <v>147.68496434146536</v>
+      </c>
+      <c r="L124" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="M124" s="4">
+        <v>1161599.7195309999</v>
+      </c>
+      <c r="N124" s="4">
+        <v>7865.3891728999997</v>
+      </c>
+      <c r="O124" s="3" t="s">
+        <v>632</v>
+      </c>
+      <c r="P124" s="3" t="s">
+        <v>634</v>
+      </c>
+      <c r="Q124" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="R124" s="3" t="s">
         <v>635</v>
       </c>
-      <c r="B124" s="3" t="s">
+      <c r="S124" s="3" t="s">
         <v>636</v>
       </c>
-      <c r="C124" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="T124" s="4">
         <v>1</v>
       </c>
       <c r="W124" s="3" t="s">
-        <v>635</v>
+        <v>34</v>
       </c>
       <c r="X124" s="4">
         <v>0</v>
       </c>
       <c r="Y124" s="4">
         <v>0</v>
       </c>
       <c r="Z124" s="6">
-        <v>7.9999999999999996E-6</v>
+        <v>3.39E-4</v>
       </c>
     </row>
     <row r="125" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A125" s="3" t="s">
+        <v>637</v>
+      </c>
+      <c r="B125" s="3" t="s">
+        <v>638</v>
+      </c>
+      <c r="C125" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D125" s="4">
+        <v>2184</v>
+      </c>
+      <c r="E125" s="5">
+        <v>25.827368</v>
+      </c>
+      <c r="F125" s="4">
+        <v>56406.97062</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H125" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I125" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J125" s="5">
+        <v>38.97</v>
+      </c>
+      <c r="K125" s="5">
+        <v>1.5088645794039983</v>
+      </c>
+      <c r="L125" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M125" s="4">
+        <v>85110.48</v>
+      </c>
+      <c r="N125" s="4">
+        <v>56406.97062</v>
+      </c>
+      <c r="O125" s="3" t="s">
+        <v>637</v>
+      </c>
+      <c r="P125" s="3" t="s">
+        <v>639</v>
+      </c>
+      <c r="Q125" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="R125" s="3" t="s">
         <v>640</v>
       </c>
-      <c r="B125" s="3" t="s">
+      <c r="S125" s="3" t="s">
         <v>641</v>
       </c>
-      <c r="C125" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="T125" s="4">
         <v>1</v>
       </c>
       <c r="W125" s="3" t="s">
-        <v>640</v>
+        <v>34</v>
       </c>
       <c r="X125" s="4">
         <v>0</v>
       </c>
       <c r="Y125" s="4">
         <v>0</v>
       </c>
       <c r="Z125" s="6">
-        <v>5.0610000000000004E-3</v>
+        <v>2.4320000000000001E-3</v>
       </c>
     </row>
     <row r="126" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A126" s="3" t="s">
+        <v>642</v>
+      </c>
+      <c r="B126" s="3" t="s">
+        <v>643</v>
+      </c>
+      <c r="C126" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D126" s="4">
+        <v>1807</v>
+      </c>
+      <c r="E126" s="5">
+        <v>67.31</v>
+      </c>
+      <c r="F126" s="4">
+        <v>121629.17</v>
+      </c>
+      <c r="G126" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H126" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I126" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J126" s="5">
+        <v>67.31</v>
+      </c>
+      <c r="K126" s="5">
+        <v>1</v>
+      </c>
+      <c r="L126" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M126" s="4">
+        <v>121629.17</v>
+      </c>
+      <c r="N126" s="4">
+        <v>121629.17</v>
+      </c>
+      <c r="O126" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="P126" s="3" t="s">
         <v>645</v>
       </c>
-      <c r="B126" s="3" t="s">
+      <c r="Q126" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="R126" s="3" t="s">
         <v>646</v>
       </c>
-      <c r="C126" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S126" s="3" t="s">
-        <v>649</v>
+        <v>137</v>
       </c>
       <c r="T126" s="4">
         <v>1</v>
       </c>
       <c r="W126" s="3" t="s">
-        <v>34</v>
+        <v>642</v>
       </c>
       <c r="X126" s="4">
         <v>0</v>
       </c>
       <c r="Y126" s="4">
         <v>0</v>
       </c>
       <c r="Z126" s="6">
-        <v>3.4099999999999998E-3</v>
+        <v>5.2440000000000004E-3</v>
       </c>
     </row>
     <row r="127" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A127" s="3" t="s">
+        <v>647</v>
+      </c>
+      <c r="B127" s="3" t="s">
+        <v>648</v>
+      </c>
+      <c r="C127" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D127" s="4">
+        <v>6.9999999999999999E-6</v>
+      </c>
+      <c r="E127" s="5">
+        <v>26.847688999999999</v>
+      </c>
+      <c r="F127" s="4">
+        <v>1.7827000000000001E-4</v>
+      </c>
+      <c r="G127" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H127" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="I127" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="J127" s="5">
+        <v>3965</v>
+      </c>
+      <c r="K127" s="5">
+        <v>147.68496434146536</v>
+      </c>
+      <c r="L127" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="M127" s="4">
+        <v>2.6327E-2</v>
+      </c>
+      <c r="N127" s="4">
+        <v>1.7827000000000001E-4</v>
+      </c>
+      <c r="O127" s="3" t="s">
+        <v>647</v>
+      </c>
+      <c r="P127" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="Q127" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="R127" s="3" t="s">
         <v>650</v>
       </c>
-      <c r="B127" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S127" s="3" t="s">
-        <v>94</v>
+        <v>636</v>
       </c>
       <c r="T127" s="4">
         <v>1</v>
       </c>
       <c r="W127" s="3" t="s">
-        <v>650</v>
+        <v>34</v>
       </c>
       <c r="X127" s="4">
         <v>0</v>
       </c>
       <c r="Y127" s="4">
         <v>0</v>
       </c>
       <c r="Z127" s="6">
-        <v>4.052E-3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A128" s="3" t="s">
+        <v>651</v>
+      </c>
+      <c r="B128" s="3" t="s">
+        <v>652</v>
+      </c>
+      <c r="C128" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D128" s="4">
+        <v>1014</v>
+      </c>
+      <c r="E128" s="5">
+        <v>70.203905000000006</v>
+      </c>
+      <c r="F128" s="4">
+        <v>71187.056769179995</v>
+      </c>
+      <c r="G128" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H128" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="I128" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="J128" s="5">
+        <v>98500</v>
+      </c>
+      <c r="K128" s="5">
+        <v>1403.0558556536134</v>
+      </c>
+      <c r="L128" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="M128" s="4">
+        <v>99879416.846744001</v>
+      </c>
+      <c r="N128" s="4">
+        <v>71187.056769179995</v>
+      </c>
+      <c r="O128" s="3" t="s">
+        <v>651</v>
+      </c>
+      <c r="P128" s="3" t="s">
+        <v>653</v>
+      </c>
+      <c r="Q128" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="R128" s="3" t="s">
+        <v>654</v>
+      </c>
+      <c r="S128" s="3" t="s">
         <v>655</v>
-      </c>
-[...52 lines deleted...]
-        <v>629</v>
       </c>
       <c r="T128" s="4">
         <v>1</v>
       </c>
       <c r="W128" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X128" s="4">
         <v>0</v>
       </c>
       <c r="Y128" s="4">
         <v>0</v>
       </c>
       <c r="Z128" s="6">
-        <v>3.7169999999999998E-3</v>
+        <v>3.0690000000000001E-3</v>
       </c>
     </row>
     <row r="129" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A129" s="3" t="s">
+        <v>656</v>
+      </c>
+      <c r="B129" s="3" t="s">
+        <v>657</v>
+      </c>
+      <c r="C129" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D129" s="4">
+        <v>600</v>
+      </c>
+      <c r="E129" s="5">
+        <v>158.96</v>
+      </c>
+      <c r="F129" s="4">
+        <v>95376</v>
+      </c>
+      <c r="G129" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H129" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I129" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J129" s="5">
+        <v>158.96</v>
+      </c>
+      <c r="K129" s="5">
+        <v>1</v>
+      </c>
+      <c r="L129" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M129" s="4">
+        <v>95376</v>
+      </c>
+      <c r="N129" s="4">
+        <v>95376</v>
+      </c>
+      <c r="O129" s="3" t="s">
+        <v>658</v>
+      </c>
+      <c r="P129" s="3" t="s">
         <v>659</v>
       </c>
-      <c r="B129" s="3" t="s">
+      <c r="Q129" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="R129" s="3" t="s">
         <v>660</v>
       </c>
-      <c r="C129" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S129" s="3" t="s">
-        <v>634</v>
+        <v>109</v>
       </c>
       <c r="T129" s="4">
         <v>1</v>
       </c>
       <c r="W129" s="3" t="s">
-        <v>34</v>
+        <v>656</v>
       </c>
       <c r="X129" s="4">
         <v>0</v>
       </c>
       <c r="Y129" s="4">
         <v>0</v>
       </c>
       <c r="Z129" s="6">
-        <v>1.1310000000000001E-3</v>
+        <v>4.1120000000000002E-3</v>
       </c>
     </row>
     <row r="130" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A130" s="3" t="s">
+        <v>661</v>
+      </c>
+      <c r="B130" s="3" t="s">
         <v>662</v>
       </c>
-      <c r="B130" s="3" t="s">
+      <c r="C130" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D130" s="4">
+        <v>3400</v>
+      </c>
+      <c r="E130" s="5">
+        <v>28.730073999999998</v>
+      </c>
+      <c r="F130" s="4">
+        <v>97682.229068629997</v>
+      </c>
+      <c r="G130" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H130" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="I130" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="J130" s="5">
+        <v>4243</v>
+      </c>
+      <c r="K130" s="5">
+        <v>147.68496434146536</v>
+      </c>
+      <c r="L130" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="M130" s="4">
+        <v>14426196.516795</v>
+      </c>
+      <c r="N130" s="4">
+        <v>97682.229068629997</v>
+      </c>
+      <c r="O130" s="3" t="s">
+        <v>661</v>
+      </c>
+      <c r="P130" s="3" t="s">
         <v>663</v>
       </c>
-      <c r="C130" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P130" s="3" t="s">
+      <c r="Q130" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="R130" s="3" t="s">
         <v>664</v>
       </c>
-      <c r="Q130" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S130" s="3" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="T130" s="4">
         <v>1</v>
       </c>
       <c r="W130" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X130" s="4">
         <v>0</v>
       </c>
       <c r="Y130" s="4">
         <v>0</v>
       </c>
       <c r="Z130" s="6">
-        <v>3.1259999999999999E-3</v>
+        <v>4.2110000000000003E-3</v>
       </c>
     </row>
     <row r="131" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A131" s="3" t="s">
+        <v>665</v>
+      </c>
+      <c r="B131" s="3" t="s">
         <v>666</v>
       </c>
-      <c r="B131" s="3" t="s">
+      <c r="C131" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D131" s="4">
+        <v>181</v>
+      </c>
+      <c r="E131" s="5">
+        <v>131.35704999999999</v>
+      </c>
+      <c r="F131" s="4">
+        <v>23775.626049999999</v>
+      </c>
+      <c r="G131" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H131" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I131" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J131" s="5">
+        <v>198.2</v>
+      </c>
+      <c r="K131" s="5">
+        <v>1.5088645794039983</v>
+      </c>
+      <c r="L131" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M131" s="4">
+        <v>35874.199999999997</v>
+      </c>
+      <c r="N131" s="4">
+        <v>23775.626049999999</v>
+      </c>
+      <c r="O131" s="3" t="s">
+        <v>665</v>
+      </c>
+      <c r="P131" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="Q131" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="R131" s="3" t="s">
         <v>667</v>
       </c>
-      <c r="C131" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S131" s="3" t="s">
-        <v>629</v>
+        <v>641</v>
       </c>
       <c r="T131" s="4">
         <v>1</v>
       </c>
       <c r="W131" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X131" s="4">
         <v>0</v>
       </c>
       <c r="Y131" s="4">
         <v>0</v>
       </c>
       <c r="Z131" s="6">
-        <v>1.403E-3</v>
+        <v>1.0250000000000001E-3</v>
       </c>
     </row>
     <row r="132" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A132" s="3" t="s">
+        <v>668</v>
+      </c>
+      <c r="B132" s="3" t="s">
+        <v>669</v>
+      </c>
+      <c r="C132" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D132" s="4">
+        <v>625</v>
+      </c>
+      <c r="E132" s="5">
+        <v>110.61297500000001</v>
+      </c>
+      <c r="F132" s="4">
+        <v>69133.109375</v>
+      </c>
+      <c r="G132" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H132" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I132" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J132" s="5">
+        <v>166.9</v>
+      </c>
+      <c r="K132" s="5">
+        <v>1.5088645794039983</v>
+      </c>
+      <c r="L132" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M132" s="4">
+        <v>104312.5</v>
+      </c>
+      <c r="N132" s="4">
+        <v>69133.109375</v>
+      </c>
+      <c r="O132" s="3" t="s">
+        <v>668</v>
+      </c>
+      <c r="P132" s="3" t="s">
         <v>670</v>
       </c>
-      <c r="B132" s="3" t="s">
+      <c r="Q132" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="R132" s="3" t="s">
         <v>671</v>
       </c>
-      <c r="C132" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S132" s="3" t="s">
-        <v>629</v>
+        <v>641</v>
       </c>
       <c r="T132" s="4">
         <v>1</v>
       </c>
       <c r="W132" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X132" s="4">
         <v>0</v>
       </c>
       <c r="Y132" s="4">
         <v>0</v>
       </c>
       <c r="Z132" s="6">
-        <v>2.7799999999999998E-4</v>
+        <v>2.98E-3</v>
       </c>
     </row>
     <row r="133" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A133" s="3" t="s">
+        <v>672</v>
+      </c>
+      <c r="B133" s="3" t="s">
+        <v>673</v>
+      </c>
+      <c r="C133" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D133" s="4">
+        <v>1800</v>
+      </c>
+      <c r="E133" s="5">
+        <v>15.983347</v>
+      </c>
+      <c r="F133" s="4">
+        <v>28770.017266480001</v>
+      </c>
+      <c r="G133" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H133" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="I133" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="J133" s="5">
+        <v>2360.5</v>
+      </c>
+      <c r="K133" s="5">
+        <v>147.68496434146536</v>
+      </c>
+      <c r="L133" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="M133" s="4">
+        <v>4248898.974103</v>
+      </c>
+      <c r="N133" s="4">
+        <v>28770.017266480001</v>
+      </c>
+      <c r="O133" s="3" t="s">
+        <v>672</v>
+      </c>
+      <c r="P133" s="3" t="s">
         <v>674</v>
       </c>
-      <c r="B133" s="3" t="s">
+      <c r="Q133" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="R133" s="3" t="s">
         <v>675</v>
       </c>
-      <c r="C133" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S133" s="3" t="s">
-        <v>678</v>
+        <v>636</v>
       </c>
       <c r="T133" s="4">
         <v>1</v>
       </c>
       <c r="W133" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X133" s="4">
         <v>0</v>
       </c>
       <c r="Y133" s="4">
         <v>0</v>
       </c>
       <c r="Z133" s="6">
-        <v>2.0479999999999999E-3</v>
+        <v>1.24E-3</v>
       </c>
     </row>
     <row r="134" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A134" s="3" t="s">
+        <v>676</v>
+      </c>
+      <c r="B134" s="3" t="s">
+        <v>677</v>
+      </c>
+      <c r="C134" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D134" s="4">
+        <v>300</v>
+      </c>
+      <c r="E134" s="5">
+        <v>20.909372999999999</v>
+      </c>
+      <c r="F134" s="4">
+        <v>6272.8103734300003</v>
+      </c>
+      <c r="G134" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H134" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="I134" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="J134" s="5">
+        <v>3088</v>
+      </c>
+      <c r="K134" s="5">
+        <v>147.68496434146536</v>
+      </c>
+      <c r="L134" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="M134" s="4">
+        <v>926399.77631999995</v>
+      </c>
+      <c r="N134" s="4">
+        <v>6272.8103734300003</v>
+      </c>
+      <c r="O134" s="3" t="s">
+        <v>676</v>
+      </c>
+      <c r="P134" s="3" t="s">
+        <v>678</v>
+      </c>
+      <c r="Q134" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="R134" s="3" t="s">
         <v>679</v>
       </c>
-      <c r="B134" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S134" s="3" t="s">
-        <v>629</v>
+        <v>636</v>
       </c>
       <c r="T134" s="4">
         <v>1</v>
       </c>
       <c r="W134" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X134" s="4">
         <v>0</v>
       </c>
       <c r="Y134" s="4">
         <v>0</v>
       </c>
       <c r="Z134" s="6">
-        <v>2.4299999999999999E-3</v>
+        <v>2.7E-4</v>
       </c>
     </row>
     <row r="135" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A135" s="3" t="s">
+        <v>680</v>
+      </c>
+      <c r="B135" s="3" t="s">
+        <v>681</v>
+      </c>
+      <c r="C135" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D135" s="4">
+        <v>13500</v>
+      </c>
+      <c r="E135" s="5">
+        <v>3.390571</v>
+      </c>
+      <c r="F135" s="4">
+        <v>45772.710914609997</v>
+      </c>
+      <c r="G135" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H135" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="I135" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="J135" s="5">
+        <v>26.38</v>
+      </c>
+      <c r="K135" s="5">
+        <v>7.7803997725011103</v>
+      </c>
+      <c r="L135" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="M135" s="4">
+        <v>356129.98958599998</v>
+      </c>
+      <c r="N135" s="4">
+        <v>45772.710914609997</v>
+      </c>
+      <c r="O135" s="3" t="s">
+        <v>680</v>
+      </c>
+      <c r="P135" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="Q135" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="R135" s="3" t="s">
         <v>683</v>
       </c>
-      <c r="B135" s="3" t="s">
+      <c r="S135" s="3" t="s">
         <v>684</v>
-      </c>
-[...49 lines deleted...]
-        <v>629</v>
       </c>
       <c r="T135" s="4">
         <v>1</v>
       </c>
       <c r="W135" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X135" s="4">
         <v>0</v>
       </c>
       <c r="Y135" s="4">
         <v>0</v>
       </c>
       <c r="Z135" s="6">
-        <v>3.3830000000000002E-3</v>
+        <v>1.9729999999999999E-3</v>
       </c>
     </row>
     <row r="136" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A136" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="B136" s="3" t="s">
+        <v>686</v>
+      </c>
+      <c r="C136" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D136" s="4">
+        <v>2200</v>
+      </c>
+      <c r="E136" s="5">
+        <v>24.511634999999998</v>
+      </c>
+      <c r="F136" s="4">
+        <v>53925.584859670002</v>
+      </c>
+      <c r="G136" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H136" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="I136" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="J136" s="5">
+        <v>3620</v>
+      </c>
+      <c r="K136" s="5">
+        <v>147.68496434146536</v>
+      </c>
+      <c r="L136" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="M136" s="4">
+        <v>7963998.0770929996</v>
+      </c>
+      <c r="N136" s="4">
+        <v>53925.584859670002</v>
+      </c>
+      <c r="O136" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="P136" s="3" t="s">
         <v>687</v>
       </c>
-      <c r="B136" s="3" t="s">
+      <c r="Q136" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="R136" s="3" t="s">
         <v>688</v>
       </c>
-      <c r="C136" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S136" s="3" t="s">
-        <v>122</v>
+        <v>636</v>
       </c>
       <c r="T136" s="4">
         <v>1</v>
       </c>
       <c r="W136" s="3" t="s">
-        <v>687</v>
+        <v>34</v>
       </c>
       <c r="X136" s="4">
         <v>0</v>
       </c>
       <c r="Y136" s="4">
         <v>0</v>
       </c>
       <c r="Z136" s="6">
-        <v>8.4049999999999993E-3</v>
+        <v>2.3249999999999998E-3</v>
       </c>
     </row>
     <row r="137" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A137" s="3" t="s">
+        <v>689</v>
+      </c>
+      <c r="B137" s="3" t="s">
+        <v>690</v>
+      </c>
+      <c r="C137" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D137" s="4">
+        <v>600</v>
+      </c>
+      <c r="E137" s="5">
+        <v>43.579250000000002</v>
+      </c>
+      <c r="F137" s="4">
+        <v>26147.54375868</v>
+      </c>
+      <c r="G137" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H137" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="I137" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="J137" s="5">
+        <v>6436</v>
+      </c>
+      <c r="K137" s="5">
+        <v>147.68496434146536</v>
+      </c>
+      <c r="L137" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="M137" s="4">
+        <v>3861599.0676170001</v>
+      </c>
+      <c r="N137" s="4">
+        <v>26147.54375868</v>
+      </c>
+      <c r="O137" s="3" t="s">
+        <v>689</v>
+      </c>
+      <c r="P137" s="3" t="s">
+        <v>691</v>
+      </c>
+      <c r="Q137" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="R137" s="3" t="s">
         <v>692</v>
       </c>
-      <c r="B137" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S137" s="3" t="s">
-        <v>649</v>
+        <v>636</v>
       </c>
       <c r="T137" s="4">
         <v>1</v>
       </c>
       <c r="W137" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X137" s="4">
         <v>0</v>
       </c>
       <c r="Y137" s="4">
         <v>0</v>
       </c>
       <c r="Z137" s="6">
-        <v>2.9520000000000002E-3</v>
+        <v>1.127E-3</v>
       </c>
     </row>
     <row r="138" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A138" s="3" t="s">
+        <v>693</v>
+      </c>
+      <c r="B138" s="3" t="s">
+        <v>694</v>
+      </c>
+      <c r="C138" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D138" s="4">
+        <v>4900</v>
+      </c>
+      <c r="E138" s="5">
+        <v>16.210180999999999</v>
+      </c>
+      <c r="F138" s="4">
+        <v>79429.86762366</v>
+      </c>
+      <c r="G138" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H138" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="I138" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="J138" s="5">
+        <v>2394</v>
+      </c>
+      <c r="K138" s="5">
+        <v>147.68496434146536</v>
+      </c>
+      <c r="L138" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="M138" s="4">
+        <v>11730597.167647</v>
+      </c>
+      <c r="N138" s="4">
+        <v>79429.86762366</v>
+      </c>
+      <c r="O138" s="3" t="s">
+        <v>693</v>
+      </c>
+      <c r="P138" s="3" t="s">
+        <v>695</v>
+      </c>
+      <c r="Q138" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="R138" s="3" t="s">
         <v>696</v>
       </c>
-      <c r="B138" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S138" s="3" t="s">
-        <v>629</v>
+        <v>636</v>
       </c>
       <c r="T138" s="4">
         <v>1</v>
       </c>
       <c r="W138" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X138" s="4">
         <v>0</v>
       </c>
       <c r="Y138" s="4">
         <v>0</v>
       </c>
       <c r="Z138" s="6">
-        <v>4.7850000000000002E-3</v>
+        <v>3.424E-3</v>
       </c>
     </row>
     <row r="139" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A139" s="3" t="s">
+        <v>697</v>
+      </c>
+      <c r="B139" s="3" t="s">
+        <v>698</v>
+      </c>
+      <c r="C139" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D139" s="4">
+        <v>155</v>
+      </c>
+      <c r="E139" s="5">
+        <v>1198.92</v>
+      </c>
+      <c r="F139" s="4">
+        <v>185832.6</v>
+      </c>
+      <c r="G139" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H139" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I139" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J139" s="5">
+        <v>1198.92</v>
+      </c>
+      <c r="K139" s="5">
+        <v>1</v>
+      </c>
+      <c r="L139" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M139" s="4">
+        <v>185832.6</v>
+      </c>
+      <c r="N139" s="4">
+        <v>185832.6</v>
+      </c>
+      <c r="O139" s="3" t="s">
+        <v>699</v>
+      </c>
+      <c r="P139" s="3" t="s">
         <v>700</v>
       </c>
-      <c r="B139" s="3" t="s">
+      <c r="Q139" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="R139" s="3" t="s">
         <v>701</v>
       </c>
-      <c r="C139" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S139" s="3" t="s">
-        <v>704</v>
+        <v>137</v>
       </c>
       <c r="T139" s="4">
         <v>1</v>
       </c>
       <c r="W139" s="3" t="s">
-        <v>34</v>
+        <v>697</v>
       </c>
       <c r="X139" s="4">
         <v>0</v>
       </c>
       <c r="Y139" s="4">
         <v>0</v>
       </c>
       <c r="Z139" s="6">
-        <v>2.2899999999999999E-3</v>
+        <v>8.012E-3</v>
       </c>
     </row>
     <row r="140" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A140" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="B140" s="3" t="s">
+        <v>703</v>
+      </c>
+      <c r="C140" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D140" s="4">
+        <v>340</v>
+      </c>
+      <c r="E140" s="5">
+        <v>247.673675</v>
+      </c>
+      <c r="F140" s="4">
+        <v>84209.40094793</v>
+      </c>
+      <c r="G140" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H140" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="I140" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="J140" s="5">
+        <v>347500</v>
+      </c>
+      <c r="K140" s="5">
+        <v>1403.0558556536134</v>
+      </c>
+      <c r="L140" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="M140" s="4">
+        <v>118150493.10107601</v>
+      </c>
+      <c r="N140" s="4">
+        <v>84209.40094793</v>
+      </c>
+      <c r="O140" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="P140" s="3" t="s">
+        <v>704</v>
+      </c>
+      <c r="Q140" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="R140" s="3" t="s">
         <v>705</v>
       </c>
-      <c r="B140" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S140" s="3" t="s">
-        <v>94</v>
+        <v>655</v>
       </c>
       <c r="T140" s="4">
         <v>1</v>
       </c>
       <c r="W140" s="3" t="s">
-        <v>705</v>
+        <v>34</v>
       </c>
       <c r="X140" s="4">
         <v>0</v>
       </c>
       <c r="Y140" s="4">
         <v>0</v>
       </c>
       <c r="Z140" s="6">
-        <v>2.513E-3</v>
+        <v>3.63E-3</v>
       </c>
     </row>
     <row r="141" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A141" s="3" t="s">
-        <v>710</v>
+        <v>706</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="C141" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D141" s="4">
-        <v>700</v>
+        <v>1000</v>
       </c>
       <c r="E141" s="5">
-        <v>27.570239999999998</v>
+        <v>137.488607</v>
       </c>
       <c r="F141" s="4">
-        <v>19299.165673420001</v>
+        <v>137488.57365338001</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H141" s="3" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="I141" s="3" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="J141" s="5">
-        <v>4048</v>
+        <v>20305</v>
       </c>
       <c r="K141" s="5">
-        <v>146.82498315183318</v>
+        <v>147.68496434146536</v>
       </c>
       <c r="L141" s="3" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="M141" s="4">
-        <v>2833599.674844</v>
+        <v>20304995.097358</v>
       </c>
       <c r="N141" s="4">
-        <v>19299.165673420001</v>
+        <v>137488.57365338001</v>
       </c>
       <c r="O141" s="3" t="s">
-        <v>710</v>
+        <v>706</v>
       </c>
       <c r="P141" s="3" t="s">
-        <v>712</v>
+        <v>708</v>
       </c>
       <c r="Q141" s="3" t="s">
-        <v>142</v>
+        <v>179</v>
       </c>
       <c r="R141" s="3" t="s">
-        <v>713</v>
+        <v>709</v>
       </c>
       <c r="S141" s="3" t="s">
-        <v>629</v>
+        <v>636</v>
       </c>
       <c r="T141" s="4">
         <v>1</v>
       </c>
       <c r="W141" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X141" s="4">
         <v>0</v>
       </c>
       <c r="Y141" s="4">
         <v>0</v>
       </c>
       <c r="Z141" s="6">
-        <v>8.6600000000000002E-4</v>
+        <v>5.9280000000000001E-3</v>
       </c>
     </row>
     <row r="142" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A142" s="3" t="s">
+        <v>710</v>
+      </c>
+      <c r="B142" s="3" t="s">
+        <v>711</v>
+      </c>
+      <c r="C142" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D142" s="4">
+        <v>12000</v>
+      </c>
+      <c r="E142" s="5">
+        <v>5.6598199999999999</v>
+      </c>
+      <c r="F142" s="4">
+        <v>67917.842378109999</v>
+      </c>
+      <c r="G142" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H142" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="I142" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="J142" s="5">
+        <v>172.5</v>
+      </c>
+      <c r="K142" s="5">
+        <v>30.478001740293898</v>
+      </c>
+      <c r="L142" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="M142" s="4">
+        <v>2070000.1181969999</v>
+      </c>
+      <c r="N142" s="4">
+        <v>67917.842378109999</v>
+      </c>
+      <c r="O142" s="3" t="s">
+        <v>710</v>
+      </c>
+      <c r="P142" s="3" t="s">
+        <v>712</v>
+      </c>
+      <c r="Q142" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="R142" s="3" t="s">
+        <v>713</v>
+      </c>
+      <c r="S142" s="3" t="s">
         <v>714</v>
-      </c>
-[...52 lines deleted...]
-        <v>629</v>
       </c>
       <c r="T142" s="4">
         <v>1</v>
       </c>
       <c r="W142" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X142" s="4">
         <v>0</v>
       </c>
       <c r="Y142" s="4">
         <v>0</v>
       </c>
       <c r="Z142" s="6">
-        <v>6.7500000000000004E-4</v>
+        <v>2.928E-3</v>
       </c>
     </row>
     <row r="143" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A143" s="3" t="s">
+        <v>715</v>
+      </c>
+      <c r="B143" s="3" t="s">
+        <v>716</v>
+      </c>
+      <c r="C143" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D143" s="4">
+        <v>200</v>
+      </c>
+      <c r="E143" s="5">
+        <v>300.41000000000003</v>
+      </c>
+      <c r="F143" s="4">
+        <v>60082</v>
+      </c>
+      <c r="G143" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H143" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I143" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J143" s="5">
+        <v>300.41000000000003</v>
+      </c>
+      <c r="K143" s="5">
+        <v>1</v>
+      </c>
+      <c r="L143" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M143" s="4">
+        <v>60082</v>
+      </c>
+      <c r="N143" s="4">
+        <v>60082</v>
+      </c>
+      <c r="O143" s="3" t="s">
+        <v>717</v>
+      </c>
+      <c r="P143" s="3" t="s">
         <v>718</v>
       </c>
-      <c r="B143" s="3" t="s">
+      <c r="Q143" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="R143" s="3" t="s">
         <v>719</v>
       </c>
-      <c r="C143" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S143" s="3" t="s">
-        <v>634</v>
+        <v>109</v>
       </c>
       <c r="T143" s="4">
         <v>1</v>
       </c>
       <c r="W143" s="3" t="s">
-        <v>34</v>
+        <v>715</v>
       </c>
       <c r="X143" s="4">
         <v>0</v>
       </c>
       <c r="Y143" s="4">
         <v>0</v>
       </c>
       <c r="Z143" s="6">
-        <v>1.874E-3</v>
+        <v>2.5899999999999999E-3</v>
       </c>
     </row>
     <row r="144" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A144" s="3" t="s">
+        <v>720</v>
+      </c>
+      <c r="B144" s="3" t="s">
+        <v>721</v>
+      </c>
+      <c r="C144" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D144" s="4">
+        <v>700</v>
+      </c>
+      <c r="E144" s="5">
+        <v>28.276406000000001</v>
+      </c>
+      <c r="F144" s="4">
+        <v>19793.479364859999</v>
+      </c>
+      <c r="G144" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H144" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="I144" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="J144" s="5">
+        <v>4176</v>
+      </c>
+      <c r="K144" s="5">
+        <v>147.68496434146536</v>
+      </c>
+      <c r="L144" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="M144" s="4">
+        <v>2923199.2941919998</v>
+      </c>
+      <c r="N144" s="4">
+        <v>19793.479364859999</v>
+      </c>
+      <c r="O144" s="3" t="s">
+        <v>720</v>
+      </c>
+      <c r="P144" s="3" t="s">
         <v>722</v>
       </c>
-      <c r="B144" s="3" t="s">
+      <c r="Q144" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="R144" s="3" t="s">
         <v>723</v>
       </c>
-      <c r="C144" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S144" s="3" t="s">
-        <v>629</v>
+        <v>636</v>
       </c>
       <c r="T144" s="4">
         <v>1</v>
       </c>
       <c r="W144" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X144" s="4">
         <v>0</v>
       </c>
       <c r="Y144" s="4">
         <v>0</v>
       </c>
       <c r="Z144" s="6">
-        <v>3.467E-3</v>
+        <v>8.5300000000000003E-4</v>
       </c>
     </row>
     <row r="145" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A145" s="3" t="s">
+        <v>724</v>
+      </c>
+      <c r="B145" s="3" t="s">
+        <v>725</v>
+      </c>
+      <c r="C145" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D145" s="4">
+        <v>700</v>
+      </c>
+      <c r="E145" s="5">
+        <v>23.042292</v>
+      </c>
+      <c r="F145" s="4">
+        <v>16129.60016251</v>
+      </c>
+      <c r="G145" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H145" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="I145" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="J145" s="5">
+        <v>3403</v>
+      </c>
+      <c r="K145" s="5">
+        <v>147.68496434146536</v>
+      </c>
+      <c r="L145" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="M145" s="4">
+        <v>2382099.424842</v>
+      </c>
+      <c r="N145" s="4">
+        <v>16129.60016251</v>
+      </c>
+      <c r="O145" s="3" t="s">
+        <v>724</v>
+      </c>
+      <c r="P145" s="3" t="s">
         <v>726</v>
       </c>
-      <c r="B145" s="3" t="s">
+      <c r="Q145" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="R145" s="3" t="s">
         <v>727</v>
       </c>
-      <c r="C145" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S145" s="3" t="s">
-        <v>629</v>
+        <v>636</v>
       </c>
       <c r="T145" s="4">
         <v>1</v>
       </c>
       <c r="W145" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X145" s="4">
         <v>0</v>
       </c>
       <c r="Y145" s="4">
         <v>0</v>
       </c>
       <c r="Z145" s="6">
-        <v>1.1850000000000001E-3</v>
+        <v>6.9499999999999998E-4</v>
       </c>
     </row>
     <row r="146" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A146" s="3" t="s">
+        <v>728</v>
+      </c>
+      <c r="B146" s="3" t="s">
+        <v>729</v>
+      </c>
+      <c r="C146" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D146" s="4">
+        <v>1491</v>
+      </c>
+      <c r="E146" s="5">
+        <v>29.260413</v>
+      </c>
+      <c r="F146" s="4">
+        <v>43627.275037500003</v>
+      </c>
+      <c r="G146" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H146" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I146" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J146" s="5">
+        <v>44.15</v>
+      </c>
+      <c r="K146" s="5">
+        <v>1.5088645794039983</v>
+      </c>
+      <c r="L146" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M146" s="4">
+        <v>65827.649999999994</v>
+      </c>
+      <c r="N146" s="4">
+        <v>43627.275037500003</v>
+      </c>
+      <c r="O146" s="3" t="s">
+        <v>728</v>
+      </c>
+      <c r="P146" s="3" t="s">
         <v>730</v>
       </c>
-      <c r="B146" s="3" t="s">
+      <c r="Q146" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="R146" s="3" t="s">
         <v>731</v>
       </c>
-      <c r="C146" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S146" s="3" t="s">
-        <v>122</v>
+        <v>641</v>
       </c>
       <c r="T146" s="4">
         <v>1</v>
       </c>
       <c r="W146" s="3" t="s">
-        <v>730</v>
+        <v>34</v>
       </c>
       <c r="X146" s="4">
         <v>0</v>
       </c>
       <c r="Y146" s="4">
         <v>0</v>
       </c>
       <c r="Z146" s="6">
-        <v>1.351E-3</v>
+        <v>1.8810000000000001E-3</v>
       </c>
     </row>
     <row r="147" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A147" s="3" t="s">
+        <v>732</v>
+      </c>
+      <c r="B147" s="3" t="s">
+        <v>733</v>
+      </c>
+      <c r="C147" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D147" s="4">
+        <v>2500</v>
+      </c>
+      <c r="E147" s="5">
+        <v>32.088574999999999</v>
+      </c>
+      <c r="F147" s="4">
+        <v>80221.417205539998</v>
+      </c>
+      <c r="G147" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H147" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="I147" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="J147" s="5">
+        <v>4739</v>
+      </c>
+      <c r="K147" s="5">
+        <v>147.68496434146536</v>
+      </c>
+      <c r="L147" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="M147" s="4">
+        <v>11847497.139420999</v>
+      </c>
+      <c r="N147" s="4">
+        <v>80221.417205539998</v>
+      </c>
+      <c r="O147" s="3" t="s">
+        <v>732</v>
+      </c>
+      <c r="P147" s="3" t="s">
+        <v>734</v>
+      </c>
+      <c r="Q147" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="R147" s="3" t="s">
         <v>735</v>
       </c>
-      <c r="B147" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S147" s="3" t="s">
-        <v>122</v>
+        <v>636</v>
       </c>
       <c r="T147" s="4">
         <v>1</v>
       </c>
       <c r="W147" s="3" t="s">
-        <v>735</v>
+        <v>34</v>
       </c>
       <c r="X147" s="4">
         <v>0</v>
       </c>
       <c r="Y147" s="4">
         <v>0</v>
       </c>
       <c r="Z147" s="6">
-        <v>5.0241000000000001E-2</v>
+        <v>3.4580000000000001E-3</v>
       </c>
     </row>
     <row r="148" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A148" s="3" t="s">
-        <v>740</v>
+        <v>736</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>741</v>
+        <v>737</v>
       </c>
       <c r="C148" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D148" s="4">
-        <v>11000</v>
+        <v>24900</v>
       </c>
       <c r="E148" s="5">
-        <v>8.6033449999999991</v>
+        <v>1.0475000000000001</v>
       </c>
       <c r="F148" s="4">
-        <v>94636.811200709999</v>
+        <v>26082.74367742</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H148" s="3" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="I148" s="3" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="J148" s="5">
-        <v>263</v>
+        <v>154.69999999999999</v>
       </c>
       <c r="K148" s="5">
-        <v>30.569503740790172</v>
+        <v>147.68496434146536</v>
       </c>
       <c r="L148" s="3" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="M148" s="4">
-        <v>2893000.3540159999</v>
+        <v>3852029.069927</v>
       </c>
       <c r="N148" s="4">
-        <v>94636.811200709999</v>
+        <v>26082.74367742</v>
       </c>
       <c r="O148" s="3" t="s">
-        <v>740</v>
+        <v>736</v>
       </c>
       <c r="P148" s="3" t="s">
-        <v>742</v>
+        <v>738</v>
       </c>
       <c r="Q148" s="3" t="s">
-        <v>164</v>
+        <v>107</v>
       </c>
       <c r="R148" s="3" t="s">
-        <v>743</v>
+        <v>739</v>
       </c>
       <c r="S148" s="3" t="s">
-        <v>744</v>
+        <v>636</v>
       </c>
       <c r="T148" s="4">
         <v>1</v>
       </c>
       <c r="W148" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X148" s="4">
         <v>0</v>
       </c>
       <c r="Y148" s="4">
         <v>0</v>
       </c>
       <c r="Z148" s="6">
-        <v>4.2469999999999999E-3</v>
+        <v>1.124E-3</v>
       </c>
     </row>
     <row r="149" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A149" s="3" t="s">
-        <v>745</v>
+        <v>740</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>746</v>
+        <v>741</v>
       </c>
       <c r="C149" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D149" s="4">
-        <v>300</v>
+        <v>448</v>
       </c>
       <c r="E149" s="5">
-        <v>110.539771</v>
+        <v>74.39</v>
       </c>
       <c r="F149" s="4">
-        <v>33161.92746467</v>
+        <v>33326.720000000001</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H149" s="3" t="s">
-        <v>63</v>
+        <v>93</v>
       </c>
       <c r="I149" s="3" t="s">
-        <v>64</v>
+        <v>94</v>
       </c>
       <c r="J149" s="5">
-        <v>16230</v>
+        <v>74.39</v>
       </c>
       <c r="K149" s="5">
-        <v>146.82498315183318</v>
+        <v>1</v>
       </c>
       <c r="L149" s="3" t="s">
-        <v>65</v>
+        <v>95</v>
       </c>
       <c r="M149" s="4">
-        <v>4868999.4412820004</v>
+        <v>33326.720000000001</v>
       </c>
       <c r="N149" s="4">
-        <v>33161.92746467</v>
+        <v>33326.720000000001</v>
       </c>
       <c r="O149" s="3" t="s">
-        <v>745</v>
+        <v>742</v>
       </c>
       <c r="P149" s="3" t="s">
-        <v>747</v>
+        <v>743</v>
       </c>
       <c r="Q149" s="3" t="s">
-        <v>92</v>
+        <v>179</v>
       </c>
       <c r="R149" s="3" t="s">
-        <v>748</v>
+        <v>744</v>
       </c>
       <c r="S149" s="3" t="s">
-        <v>629</v>
+        <v>137</v>
       </c>
       <c r="T149" s="4">
         <v>1</v>
       </c>
       <c r="W149" s="3" t="s">
-        <v>34</v>
+        <v>740</v>
       </c>
       <c r="X149" s="4">
         <v>0</v>
       </c>
       <c r="Y149" s="4">
         <v>0</v>
       </c>
       <c r="Z149" s="6">
-        <v>1.488E-3</v>
+        <v>1.436E-3</v>
       </c>
     </row>
     <row r="150" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A150" s="3" t="s">
+        <v>745</v>
+      </c>
+      <c r="B150" s="3" t="s">
+        <v>746</v>
+      </c>
+      <c r="C150" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D150" s="4">
+        <v>6427</v>
+      </c>
+      <c r="E150" s="5">
+        <v>186.58</v>
+      </c>
+      <c r="F150" s="4">
+        <v>1199149.6599999999</v>
+      </c>
+      <c r="G150" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H150" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I150" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J150" s="5">
+        <v>186.58</v>
+      </c>
+      <c r="K150" s="5">
+        <v>1</v>
+      </c>
+      <c r="L150" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M150" s="4">
+        <v>1199149.6599999999</v>
+      </c>
+      <c r="N150" s="4">
+        <v>1199149.6599999999</v>
+      </c>
+      <c r="O150" s="3" t="s">
+        <v>747</v>
+      </c>
+      <c r="P150" s="3" t="s">
+        <v>748</v>
+      </c>
+      <c r="Q150" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="R150" s="3" t="s">
         <v>749</v>
       </c>
-      <c r="B150" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S150" s="3" t="s">
-        <v>629</v>
+        <v>137</v>
       </c>
       <c r="T150" s="4">
         <v>1</v>
       </c>
       <c r="W150" s="3" t="s">
-        <v>34</v>
+        <v>745</v>
       </c>
       <c r="X150" s="4">
         <v>0</v>
       </c>
       <c r="Y150" s="4">
         <v>0</v>
       </c>
       <c r="Z150" s="6">
-        <v>2.3499999999999999E-4</v>
+        <v>5.1704E-2</v>
       </c>
     </row>
     <row r="151" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A151" s="3" t="s">
+        <v>750</v>
+      </c>
+      <c r="B151" s="3" t="s">
+        <v>751</v>
+      </c>
+      <c r="C151" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D151" s="4">
+        <v>11000</v>
+      </c>
+      <c r="E151" s="5">
+        <v>7.8909370000000001</v>
+      </c>
+      <c r="F151" s="4">
+        <v>86800.314981300005</v>
+      </c>
+      <c r="G151" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H151" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="I151" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="J151" s="5">
+        <v>240.5</v>
+      </c>
+      <c r="K151" s="5">
+        <v>30.478001740293898</v>
+      </c>
+      <c r="L151" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="M151" s="4">
+        <v>2645500.151058</v>
+      </c>
+      <c r="N151" s="4">
+        <v>86800.314981300005</v>
+      </c>
+      <c r="O151" s="3" t="s">
+        <v>750</v>
+      </c>
+      <c r="P151" s="3" t="s">
+        <v>752</v>
+      </c>
+      <c r="Q151" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="R151" s="3" t="s">
         <v>753</v>
       </c>
-      <c r="B151" s="3" t="s">
+      <c r="S151" s="3" t="s">
         <v>754</v>
-      </c>
-[...49 lines deleted...]
-        <v>629</v>
       </c>
       <c r="T151" s="4">
         <v>1</v>
       </c>
       <c r="W151" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X151" s="4">
         <v>0</v>
       </c>
       <c r="Y151" s="4">
         <v>0</v>
       </c>
       <c r="Z151" s="6">
-        <v>2.3249999999999998E-3</v>
+        <v>3.7420000000000001E-3</v>
       </c>
     </row>
     <row r="152" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A152" s="3" t="s">
+        <v>755</v>
+      </c>
+      <c r="B152" s="3" t="s">
+        <v>756</v>
+      </c>
+      <c r="C152" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D152" s="4">
+        <v>300</v>
+      </c>
+      <c r="E152" s="5">
+        <v>126.519311</v>
+      </c>
+      <c r="F152" s="4">
+        <v>37955.784270579999</v>
+      </c>
+      <c r="G152" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H152" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="I152" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="J152" s="5">
+        <v>18685</v>
+      </c>
+      <c r="K152" s="5">
+        <v>147.68496434146536</v>
+      </c>
+      <c r="L152" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="M152" s="4">
+        <v>5605498.6465520002</v>
+      </c>
+      <c r="N152" s="4">
+        <v>37955.784270579999</v>
+      </c>
+      <c r="O152" s="3" t="s">
+        <v>755</v>
+      </c>
+      <c r="P152" s="3" t="s">
         <v>757</v>
       </c>
-      <c r="B152" s="3" t="s">
+      <c r="Q152" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="R152" s="3" t="s">
         <v>758</v>
       </c>
-      <c r="C152" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S152" s="3" t="s">
-        <v>629</v>
+        <v>636</v>
       </c>
       <c r="T152" s="4">
         <v>1</v>
       </c>
       <c r="W152" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X152" s="4">
         <v>0</v>
       </c>
       <c r="Y152" s="4">
         <v>0</v>
       </c>
       <c r="Z152" s="6">
-        <v>4.0169999999999997E-3</v>
+        <v>1.6360000000000001E-3</v>
       </c>
     </row>
     <row r="153" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A153" s="3" t="s">
+        <v>759</v>
+      </c>
+      <c r="B153" s="3" t="s">
+        <v>760</v>
+      </c>
+      <c r="C153" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D153" s="4">
+        <v>900</v>
+      </c>
+      <c r="E153" s="5">
+        <v>47.066403000000001</v>
+      </c>
+      <c r="F153" s="4">
+        <v>42359.752175239999</v>
+      </c>
+      <c r="G153" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H153" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="I153" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="J153" s="5">
+        <v>6951</v>
+      </c>
+      <c r="K153" s="5">
+        <v>147.68496434146536</v>
+      </c>
+      <c r="L153" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="M153" s="4">
+        <v>6255898.4895129995</v>
+      </c>
+      <c r="N153" s="4">
+        <v>42359.752175239999</v>
+      </c>
+      <c r="O153" s="3" t="s">
+        <v>759</v>
+      </c>
+      <c r="P153" s="3" t="s">
         <v>761</v>
       </c>
-      <c r="B153" s="3" t="s">
+      <c r="Q153" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="R153" s="3" t="s">
         <v>762</v>
       </c>
-      <c r="C153" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S153" s="3" t="s">
-        <v>629</v>
+        <v>636</v>
       </c>
       <c r="T153" s="4">
         <v>1</v>
       </c>
       <c r="W153" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X153" s="4">
         <v>0</v>
       </c>
       <c r="Y153" s="4">
         <v>0</v>
       </c>
       <c r="Z153" s="6">
-        <v>6.2799999999999998E-4</v>
+        <v>1.8259999999999999E-3</v>
       </c>
     </row>
     <row r="154" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A154" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="B154" s="3" t="s">
+        <v>764</v>
+      </c>
+      <c r="C154" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D154" s="4">
+        <v>2100</v>
+      </c>
+      <c r="E154" s="5">
+        <v>25.290320000000001</v>
+      </c>
+      <c r="F154" s="4">
+        <v>53109.659071670001</v>
+      </c>
+      <c r="G154" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H154" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="I154" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="J154" s="5">
+        <v>3735</v>
+      </c>
+      <c r="K154" s="5">
+        <v>147.68496434146536</v>
+      </c>
+      <c r="L154" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="M154" s="4">
+        <v>7843498.1061859997</v>
+      </c>
+      <c r="N154" s="4">
+        <v>53109.659071670001</v>
+      </c>
+      <c r="O154" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="P154" s="3" t="s">
         <v>765</v>
       </c>
-      <c r="B154" s="3" t="s">
+      <c r="Q154" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="R154" s="3" t="s">
         <v>766</v>
       </c>
-      <c r="C154" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S154" s="3" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="T154" s="4">
         <v>1</v>
       </c>
       <c r="W154" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X154" s="4">
         <v>0</v>
       </c>
       <c r="Y154" s="4">
         <v>0</v>
       </c>
       <c r="Z154" s="6">
-        <v>2.4130000000000002E-3</v>
+        <v>2.2889999999999998E-3</v>
       </c>
     </row>
     <row r="155" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A155" s="3" t="s">
+        <v>767</v>
+      </c>
+      <c r="B155" s="3" t="s">
+        <v>768</v>
+      </c>
+      <c r="C155" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D155" s="4">
+        <v>800</v>
+      </c>
+      <c r="E155" s="5">
+        <v>112.401422</v>
+      </c>
+      <c r="F155" s="4">
+        <v>89921.115888550004</v>
+      </c>
+      <c r="G155" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H155" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="I155" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="J155" s="5">
+        <v>16600</v>
+      </c>
+      <c r="K155" s="5">
+        <v>147.68496434146536</v>
+      </c>
+      <c r="L155" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="M155" s="4">
+        <v>13279996.793545</v>
+      </c>
+      <c r="N155" s="4">
+        <v>89921.115888550004</v>
+      </c>
+      <c r="O155" s="3" t="s">
+        <v>767</v>
+      </c>
+      <c r="P155" s="3" t="s">
         <v>769</v>
       </c>
-      <c r="B155" s="3" t="s">
+      <c r="Q155" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="R155" s="3" t="s">
         <v>770</v>
       </c>
-      <c r="C155" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S155" s="3" t="s">
-        <v>629</v>
+        <v>636</v>
       </c>
       <c r="T155" s="4">
         <v>1</v>
       </c>
       <c r="W155" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X155" s="4">
         <v>0</v>
       </c>
       <c r="Y155" s="4">
         <v>0</v>
       </c>
       <c r="Z155" s="6">
-        <v>3.7399999999999998E-4</v>
+        <v>3.8769999999999998E-3</v>
       </c>
     </row>
     <row r="156" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A156" s="3" t="s">
+        <v>771</v>
+      </c>
+      <c r="B156" s="3" t="s">
+        <v>772</v>
+      </c>
+      <c r="C156" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D156" s="4">
+        <v>1300</v>
+      </c>
+      <c r="E156" s="5">
+        <v>10.969295000000001</v>
+      </c>
+      <c r="F156" s="4">
+        <v>14260.0805769</v>
+      </c>
+      <c r="G156" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H156" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="I156" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="J156" s="5">
+        <v>1620</v>
+      </c>
+      <c r="K156" s="5">
+        <v>147.68496434146536</v>
+      </c>
+      <c r="L156" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="M156" s="4">
+        <v>2105999.4915049998</v>
+      </c>
+      <c r="N156" s="4">
+        <v>14260.0805769</v>
+      </c>
+      <c r="O156" s="3" t="s">
+        <v>771</v>
+      </c>
+      <c r="P156" s="3" t="s">
         <v>773</v>
       </c>
-      <c r="B156" s="3" t="s">
+      <c r="Q156" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="R156" s="3" t="s">
         <v>774</v>
       </c>
-      <c r="C156" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S156" s="3" t="s">
-        <v>94</v>
+        <v>636</v>
       </c>
       <c r="T156" s="4">
         <v>1</v>
       </c>
       <c r="W156" s="3" t="s">
-        <v>773</v>
+        <v>34</v>
       </c>
       <c r="X156" s="4">
         <v>0</v>
       </c>
       <c r="Y156" s="4">
         <v>0</v>
       </c>
       <c r="Z156" s="6">
-        <v>5.6020000000000002E-3</v>
+        <v>6.1399999999999996E-4</v>
       </c>
     </row>
     <row r="157" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A157" s="3" t="s">
+        <v>775</v>
+      </c>
+      <c r="B157" s="3" t="s">
+        <v>776</v>
+      </c>
+      <c r="C157" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D157" s="4">
+        <v>3417</v>
+      </c>
+      <c r="E157" s="5">
+        <v>14.20936</v>
+      </c>
+      <c r="F157" s="4">
+        <v>48553.383119999999</v>
+      </c>
+      <c r="G157" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H157" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I157" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J157" s="5">
+        <v>21.44</v>
+      </c>
+      <c r="K157" s="5">
+        <v>1.5088645794039983</v>
+      </c>
+      <c r="L157" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M157" s="4">
+        <v>73260.479999999996</v>
+      </c>
+      <c r="N157" s="4">
+        <v>48553.383119999999</v>
+      </c>
+      <c r="O157" s="3" t="s">
+        <v>775</v>
+      </c>
+      <c r="P157" s="3" t="s">
+        <v>777</v>
+      </c>
+      <c r="Q157" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="R157" s="3" t="s">
         <v>778</v>
       </c>
-      <c r="B157" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S157" s="3" t="s">
-        <v>629</v>
+        <v>641</v>
       </c>
       <c r="T157" s="4">
         <v>1</v>
       </c>
       <c r="W157" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X157" s="4">
         <v>0</v>
       </c>
       <c r="Y157" s="4">
         <v>0</v>
       </c>
       <c r="Z157" s="6">
-        <v>1.756E-3</v>
+        <v>2.0929999999999998E-3</v>
       </c>
     </row>
     <row r="158" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A158" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="B158" s="3" t="s">
+        <v>780</v>
+      </c>
+      <c r="C158" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D158" s="4">
+        <v>300</v>
+      </c>
+      <c r="E158" s="5">
+        <v>28.838412999999999</v>
+      </c>
+      <c r="F158" s="4">
+        <v>8651.5218200899999</v>
+      </c>
+      <c r="G158" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H158" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="I158" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="J158" s="5">
+        <v>4259</v>
+      </c>
+      <c r="K158" s="5">
+        <v>147.68496434146536</v>
+      </c>
+      <c r="L158" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="M158" s="4">
+        <v>1277699.6914989999</v>
+      </c>
+      <c r="N158" s="4">
+        <v>8651.5218200899999</v>
+      </c>
+      <c r="O158" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="P158" s="3" t="s">
+        <v>781</v>
+      </c>
+      <c r="Q158" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="R158" s="3" t="s">
         <v>782</v>
       </c>
-      <c r="B158" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S158" s="3" t="s">
-        <v>704</v>
+        <v>636</v>
       </c>
       <c r="T158" s="4">
         <v>1</v>
       </c>
       <c r="W158" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X158" s="4">
         <v>0</v>
       </c>
       <c r="Y158" s="4">
         <v>0</v>
       </c>
       <c r="Z158" s="6">
-        <v>1.5327E-2</v>
+        <v>3.7300000000000001E-4</v>
       </c>
     </row>
     <row r="159" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A159" s="3" t="s">
+        <v>783</v>
+      </c>
+      <c r="B159" s="3" t="s">
+        <v>784</v>
+      </c>
+      <c r="C159" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D159" s="4">
+        <v>552</v>
+      </c>
+      <c r="E159" s="5">
+        <v>281.24</v>
+      </c>
+      <c r="F159" s="4">
+        <v>155244.48000000001</v>
+      </c>
+      <c r="G159" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H159" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I159" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J159" s="5">
+        <v>281.24</v>
+      </c>
+      <c r="K159" s="5">
+        <v>1</v>
+      </c>
+      <c r="L159" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M159" s="4">
+        <v>155244.48000000001</v>
+      </c>
+      <c r="N159" s="4">
+        <v>155244.48000000001</v>
+      </c>
+      <c r="O159" s="3" t="s">
+        <v>785</v>
+      </c>
+      <c r="P159" s="3" t="s">
         <v>786</v>
       </c>
-      <c r="B159" s="3" t="s">
+      <c r="Q159" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="R159" s="3" t="s">
         <v>787</v>
       </c>
-      <c r="C159" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S159" s="3" t="s">
-        <v>629</v>
+        <v>109</v>
       </c>
       <c r="T159" s="4">
         <v>1</v>
       </c>
       <c r="W159" s="3" t="s">
-        <v>34</v>
+        <v>783</v>
       </c>
       <c r="X159" s="4">
         <v>0</v>
       </c>
       <c r="Y159" s="4">
         <v>0</v>
       </c>
       <c r="Z159" s="6">
-        <v>5.0530000000000002E-3</v>
+        <v>6.6930000000000002E-3</v>
       </c>
     </row>
     <row r="160" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A160" s="3" t="s">
+        <v>788</v>
+      </c>
+      <c r="B160" s="3" t="s">
+        <v>789</v>
+      </c>
+      <c r="C160" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D160" s="4">
+        <v>1300</v>
+      </c>
+      <c r="E160" s="5">
+        <v>29.217599</v>
+      </c>
+      <c r="F160" s="4">
+        <v>37982.868944039998</v>
+      </c>
+      <c r="G160" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H160" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="I160" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="J160" s="5">
+        <v>4315</v>
+      </c>
+      <c r="K160" s="5">
+        <v>147.68496434146536</v>
+      </c>
+      <c r="L160" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="M160" s="4">
+        <v>5609498.6455870001</v>
+      </c>
+      <c r="N160" s="4">
+        <v>37982.868944039998</v>
+      </c>
+      <c r="O160" s="3" t="s">
+        <v>788</v>
+      </c>
+      <c r="P160" s="3" t="s">
         <v>790</v>
       </c>
-      <c r="B160" s="3" t="s">
+      <c r="Q160" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="R160" s="3" t="s">
         <v>791</v>
       </c>
-      <c r="C160" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S160" s="3" t="s">
-        <v>94</v>
+        <v>636</v>
       </c>
       <c r="T160" s="4">
         <v>1</v>
       </c>
       <c r="W160" s="3" t="s">
-        <v>790</v>
+        <v>34</v>
       </c>
       <c r="X160" s="4">
         <v>0</v>
       </c>
       <c r="Y160" s="4">
         <v>0</v>
       </c>
       <c r="Z160" s="6">
-        <v>1.8619999999999999E-3</v>
+        <v>1.637E-3</v>
       </c>
     </row>
     <row r="161" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A161" s="3" t="s">
+        <v>792</v>
+      </c>
+      <c r="B161" s="3" t="s">
+        <v>793</v>
+      </c>
+      <c r="C161" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D161" s="4">
+        <v>9000</v>
+      </c>
+      <c r="E161" s="5">
+        <v>42.817768000000001</v>
+      </c>
+      <c r="F161" s="4">
+        <v>385359.93175405002</v>
+      </c>
+      <c r="G161" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H161" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="I161" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="J161" s="5">
+        <v>1305</v>
+      </c>
+      <c r="K161" s="5">
+        <v>30.478001740293898</v>
+      </c>
+      <c r="L161" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="M161" s="4">
+        <v>11745000.670639001</v>
+      </c>
+      <c r="N161" s="4">
+        <v>385359.93175405002</v>
+      </c>
+      <c r="O161" s="3" t="s">
+        <v>792</v>
+      </c>
+      <c r="P161" s="3" t="s">
+        <v>794</v>
+      </c>
+      <c r="Q161" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="R161" s="3" t="s">
         <v>795</v>
       </c>
-      <c r="B161" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S161" s="3" t="s">
-        <v>122</v>
+        <v>714</v>
       </c>
       <c r="T161" s="4">
         <v>1</v>
       </c>
       <c r="W161" s="3" t="s">
-        <v>795</v>
+        <v>34</v>
       </c>
       <c r="X161" s="4">
         <v>0</v>
       </c>
       <c r="Y161" s="4">
         <v>0</v>
       </c>
       <c r="Z161" s="6">
-        <v>8.0739999999999996E-3</v>
+        <v>1.6615000000000001E-2</v>
       </c>
     </row>
     <row r="162" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A162" s="3" t="s">
+        <v>796</v>
+      </c>
+      <c r="B162" s="3" t="s">
+        <v>797</v>
+      </c>
+      <c r="C162" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D162" s="4">
         <v>800</v>
       </c>
-      <c r="B162" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E162" s="5">
-        <v>190.52</v>
+        <v>178.48804100000001</v>
       </c>
       <c r="F162" s="4">
-        <v>27815.919999999998</v>
+        <v>142790.39848326001</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H162" s="3" t="s">
-        <v>83</v>
+        <v>73</v>
       </c>
       <c r="I162" s="3" t="s">
-        <v>84</v>
+        <v>74</v>
       </c>
       <c r="J162" s="5">
-        <v>190.52</v>
+        <v>26360</v>
       </c>
       <c r="K162" s="5">
-        <v>1</v>
+        <v>147.68496434146536</v>
       </c>
       <c r="L162" s="3" t="s">
-        <v>85</v>
+        <v>75</v>
       </c>
       <c r="M162" s="4">
-        <v>27815.919999999998</v>
+        <v>21087994.908303</v>
       </c>
       <c r="N162" s="4">
-        <v>27815.919999999998</v>
+        <v>142790.39848326001</v>
       </c>
       <c r="O162" s="3" t="s">
-        <v>802</v>
+        <v>796</v>
       </c>
       <c r="P162" s="3" t="s">
-        <v>803</v>
+        <v>798</v>
       </c>
       <c r="Q162" s="3" t="s">
-        <v>164</v>
+        <v>179</v>
       </c>
       <c r="R162" s="3" t="s">
-        <v>804</v>
+        <v>799</v>
       </c>
       <c r="S162" s="3" t="s">
-        <v>122</v>
+        <v>636</v>
       </c>
       <c r="T162" s="4">
         <v>1</v>
       </c>
       <c r="W162" s="3" t="s">
-        <v>800</v>
+        <v>34</v>
       </c>
       <c r="X162" s="4">
         <v>0</v>
       </c>
       <c r="Y162" s="4">
         <v>0</v>
       </c>
       <c r="Z162" s="6">
-        <v>1.248E-3</v>
+        <v>6.156E-3</v>
       </c>
     </row>
     <row r="163" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A163" s="3" t="s">
-        <v>805</v>
+        <v>800</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>806</v>
+        <v>801</v>
       </c>
       <c r="C163" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D163" s="4">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="E163" s="5">
-        <v>70.19</v>
+        <v>200.93</v>
       </c>
       <c r="F163" s="4">
-        <v>35095</v>
+        <v>40186</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H163" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I163" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J163" s="5">
-        <v>70.19</v>
+        <v>200.93</v>
       </c>
       <c r="K163" s="5">
         <v>1</v>
       </c>
       <c r="L163" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M163" s="4">
-        <v>35095</v>
+        <v>40186</v>
       </c>
       <c r="N163" s="4">
-        <v>35095</v>
+        <v>40186</v>
       </c>
       <c r="O163" s="3" t="s">
-        <v>807</v>
+        <v>802</v>
       </c>
       <c r="P163" s="3" t="s">
-        <v>808</v>
+        <v>803</v>
       </c>
       <c r="Q163" s="3" t="s">
-        <v>142</v>
+        <v>157</v>
       </c>
       <c r="R163" s="3" t="s">
-        <v>809</v>
+        <v>804</v>
       </c>
       <c r="S163" s="3" t="s">
-        <v>122</v>
+        <v>109</v>
       </c>
       <c r="T163" s="4">
         <v>1</v>
       </c>
       <c r="W163" s="3" t="s">
-        <v>805</v>
+        <v>800</v>
       </c>
       <c r="X163" s="4">
         <v>0</v>
       </c>
       <c r="Y163" s="4">
         <v>0</v>
       </c>
       <c r="Z163" s="6">
-        <v>1.575E-3</v>
+        <v>1.732E-3</v>
       </c>
     </row>
     <row r="164" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A164" s="3" t="s">
-        <v>810</v>
+        <v>805</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>811</v>
+        <v>806</v>
       </c>
       <c r="C164" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D164" s="4">
-        <v>1192</v>
+        <v>1205</v>
       </c>
       <c r="E164" s="5">
-        <v>46.574195000000003</v>
+        <v>182.42</v>
       </c>
       <c r="F164" s="4">
-        <v>55516.440439999998</v>
+        <v>219816.1</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H164" s="3" t="s">
-        <v>434</v>
+        <v>93</v>
       </c>
       <c r="I164" s="3" t="s">
-        <v>49</v>
+        <v>94</v>
       </c>
       <c r="J164" s="5">
-        <v>39.79</v>
+        <v>182.42</v>
       </c>
       <c r="K164" s="5">
-        <v>0.8543357539513029</v>
+        <v>1</v>
       </c>
       <c r="L164" s="3" t="s">
-        <v>435</v>
+        <v>95</v>
       </c>
       <c r="M164" s="4">
-        <v>47429.68</v>
+        <v>219816.1</v>
       </c>
       <c r="N164" s="4">
-        <v>55516.440439999998</v>
+        <v>219816.1</v>
       </c>
       <c r="O164" s="3" t="s">
-        <v>810</v>
+        <v>807</v>
       </c>
       <c r="P164" s="3" t="s">
-        <v>812</v>
+        <v>808</v>
       </c>
       <c r="Q164" s="3" t="s">
-        <v>142</v>
+        <v>179</v>
       </c>
       <c r="R164" s="3" t="s">
-        <v>813</v>
+        <v>809</v>
       </c>
       <c r="S164" s="3" t="s">
-        <v>438</v>
+        <v>137</v>
       </c>
       <c r="T164" s="4">
         <v>1</v>
       </c>
       <c r="W164" s="3" t="s">
-        <v>34</v>
+        <v>805</v>
       </c>
       <c r="X164" s="4">
         <v>0</v>
       </c>
       <c r="Y164" s="4">
         <v>0</v>
       </c>
       <c r="Z164" s="6">
-        <v>2.4910000000000002E-3</v>
+        <v>9.4769999999999993E-3</v>
       </c>
     </row>
     <row r="165" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A165" s="3" t="s">
+        <v>810</v>
+      </c>
+      <c r="B165" s="3" t="s">
+        <v>811</v>
+      </c>
+      <c r="C165" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D165" s="4">
+        <v>500</v>
+      </c>
+      <c r="E165" s="5">
+        <v>67.06</v>
+      </c>
+      <c r="F165" s="4">
+        <v>33530</v>
+      </c>
+      <c r="G165" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H165" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I165" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J165" s="5">
+        <v>67.06</v>
+      </c>
+      <c r="K165" s="5">
+        <v>1</v>
+      </c>
+      <c r="L165" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M165" s="4">
+        <v>33530</v>
+      </c>
+      <c r="N165" s="4">
+        <v>33530</v>
+      </c>
+      <c r="O165" s="3" t="s">
+        <v>812</v>
+      </c>
+      <c r="P165" s="3" t="s">
+        <v>813</v>
+      </c>
+      <c r="Q165" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="R165" s="3" t="s">
         <v>814</v>
       </c>
-      <c r="B165" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S165" s="3" t="s">
-        <v>624</v>
+        <v>137</v>
       </c>
       <c r="T165" s="4">
         <v>1</v>
       </c>
       <c r="W165" s="3" t="s">
-        <v>34</v>
+        <v>810</v>
       </c>
       <c r="X165" s="4">
         <v>0</v>
       </c>
       <c r="Y165" s="4">
         <v>0</v>
       </c>
       <c r="Z165" s="6">
-        <v>3.869E-3</v>
+        <v>1.4450000000000001E-3</v>
       </c>
     </row>
     <row r="166" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A166" s="3" t="s">
+        <v>815</v>
+      </c>
+      <c r="B166" s="3" t="s">
+        <v>816</v>
+      </c>
+      <c r="C166" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D166" s="4">
+        <v>1192</v>
+      </c>
+      <c r="E166" s="5">
+        <v>47.752000000000002</v>
+      </c>
+      <c r="F166" s="4">
+        <v>56920.383999999998</v>
+      </c>
+      <c r="G166" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H166" s="3" t="s">
+        <v>444</v>
+      </c>
+      <c r="I166" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="J166" s="5">
+        <v>40.64</v>
+      </c>
+      <c r="K166" s="5">
+        <v>0.85106382978723405</v>
+      </c>
+      <c r="L166" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="M166" s="4">
+        <v>48442.879999999997</v>
+      </c>
+      <c r="N166" s="4">
+        <v>56920.383999999998</v>
+      </c>
+      <c r="O166" s="3" t="s">
+        <v>815</v>
+      </c>
+      <c r="P166" s="3" t="s">
+        <v>817</v>
+      </c>
+      <c r="Q166" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="R166" s="3" t="s">
         <v>818</v>
       </c>
-      <c r="B166" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S166" s="3" t="s">
-        <v>624</v>
+        <v>448</v>
       </c>
       <c r="T166" s="4">
         <v>1</v>
       </c>
       <c r="W166" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X166" s="4">
         <v>0</v>
       </c>
       <c r="Y166" s="4">
         <v>0</v>
       </c>
       <c r="Z166" s="6">
-        <v>3.5079999999999998E-3</v>
+        <v>2.454E-3</v>
       </c>
     </row>
     <row r="167" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A167" s="3" t="s">
+        <v>819</v>
+      </c>
+      <c r="B167" s="3" t="s">
+        <v>820</v>
+      </c>
+      <c r="C167" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D167" s="4">
+        <v>681</v>
+      </c>
+      <c r="E167" s="5">
+        <v>125.83422400000001</v>
+      </c>
+      <c r="F167" s="4">
+        <v>85693.106265320006</v>
+      </c>
+      <c r="G167" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H167" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="I167" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="J167" s="5">
+        <v>100.12</v>
+      </c>
+      <c r="K167" s="5">
+        <v>0.79564999687627802</v>
+      </c>
+      <c r="L167" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="M167" s="4">
+        <v>68181.719731999998</v>
+      </c>
+      <c r="N167" s="4">
+        <v>85693.106265320006</v>
+      </c>
+      <c r="O167" s="3" t="s">
+        <v>819</v>
+      </c>
+      <c r="P167" s="3" t="s">
+        <v>821</v>
+      </c>
+      <c r="Q167" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="R167" s="3" t="s">
         <v>822</v>
       </c>
-      <c r="B167" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S167" s="3" t="s">
-        <v>94</v>
+        <v>631</v>
       </c>
       <c r="T167" s="4">
         <v>1</v>
       </c>
       <c r="W167" s="3" t="s">
-        <v>822</v>
+        <v>34</v>
       </c>
       <c r="X167" s="4">
         <v>0</v>
       </c>
       <c r="Y167" s="4">
         <v>0</v>
       </c>
       <c r="Z167" s="6">
-        <v>2.111E-3</v>
+        <v>3.6939999999999998E-3</v>
       </c>
     </row>
     <row r="168" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A168" s="3" t="s">
-        <v>827</v>
+        <v>823</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>828</v>
+        <v>824</v>
       </c>
       <c r="C168" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D168" s="4">
-        <v>251</v>
+        <v>240</v>
       </c>
       <c r="E168" s="5">
-        <v>89.929514999999995</v>
+        <v>326.65116699999999</v>
       </c>
       <c r="F168" s="4">
-        <v>22572.308265</v>
+        <v>78396.27977126</v>
       </c>
       <c r="G168" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H168" s="3" t="s">
-        <v>434</v>
+        <v>48</v>
       </c>
       <c r="I168" s="3" t="s">
         <v>49</v>
       </c>
       <c r="J168" s="5">
-        <v>76.83</v>
+        <v>259.89999999999998</v>
       </c>
       <c r="K168" s="5">
-        <v>0.8543357539513029</v>
+        <v>0.79564999687627802</v>
       </c>
       <c r="L168" s="3" t="s">
-        <v>435</v>
+        <v>50</v>
       </c>
       <c r="M168" s="4">
-        <v>19284.330000000002</v>
+        <v>62375.999754999997</v>
       </c>
       <c r="N168" s="4">
-        <v>22572.308265</v>
+        <v>78396.27977126</v>
       </c>
       <c r="O168" s="3" t="s">
-        <v>827</v>
+        <v>823</v>
       </c>
       <c r="P168" s="3" t="s">
-        <v>829</v>
+        <v>825</v>
       </c>
       <c r="Q168" s="3" t="s">
-        <v>142</v>
+        <v>114</v>
       </c>
       <c r="R168" s="3" t="s">
-        <v>830</v>
+        <v>826</v>
       </c>
       <c r="S168" s="3" t="s">
-        <v>438</v>
+        <v>631</v>
       </c>
       <c r="T168" s="4">
         <v>1</v>
       </c>
       <c r="W168" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X168" s="4">
         <v>0</v>
       </c>
       <c r="Y168" s="4">
         <v>0</v>
       </c>
       <c r="Z168" s="6">
-        <v>1.013E-3</v>
+        <v>3.3800000000000002E-3</v>
       </c>
     </row>
     <row r="169" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A169" s="3" t="s">
+        <v>827</v>
+      </c>
+      <c r="B169" s="3" t="s">
+        <v>828</v>
+      </c>
+      <c r="C169" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D169" s="4">
+        <v>1900</v>
+      </c>
+      <c r="E169" s="5">
+        <v>25.48</v>
+      </c>
+      <c r="F169" s="4">
+        <v>48412</v>
+      </c>
+      <c r="G169" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H169" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I169" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J169" s="5">
+        <v>25.48</v>
+      </c>
+      <c r="K169" s="5">
+        <v>1</v>
+      </c>
+      <c r="L169" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M169" s="4">
+        <v>48412</v>
+      </c>
+      <c r="N169" s="4">
+        <v>48412</v>
+      </c>
+      <c r="O169" s="3" t="s">
+        <v>829</v>
+      </c>
+      <c r="P169" s="3" t="s">
+        <v>830</v>
+      </c>
+      <c r="Q169" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="R169" s="3" t="s">
         <v>831</v>
       </c>
-      <c r="B169" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S169" s="3" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="T169" s="4">
         <v>1</v>
       </c>
       <c r="W169" s="3" t="s">
-        <v>831</v>
+        <v>827</v>
       </c>
       <c r="X169" s="4">
         <v>0</v>
       </c>
       <c r="Y169" s="4">
         <v>0</v>
       </c>
       <c r="Z169" s="6">
-        <v>3.326E-3</v>
+        <v>2.0869999999999999E-3</v>
       </c>
     </row>
     <row r="170" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A170" s="3" t="s">
-        <v>836</v>
+        <v>832</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>837</v>
+        <v>833</v>
       </c>
       <c r="C170" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D170" s="4">
-        <v>103</v>
+        <v>251</v>
       </c>
       <c r="E170" s="5">
-        <v>109.66</v>
+        <v>90.862750000000005</v>
       </c>
       <c r="F170" s="4">
-        <v>11294.98</v>
+        <v>22806.55025</v>
       </c>
       <c r="G170" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H170" s="3" t="s">
-        <v>83</v>
+        <v>444</v>
       </c>
       <c r="I170" s="3" t="s">
-        <v>84</v>
+        <v>59</v>
       </c>
       <c r="J170" s="5">
-        <v>109.66</v>
+        <v>77.33</v>
       </c>
       <c r="K170" s="5">
-        <v>1</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L170" s="3" t="s">
-        <v>85</v>
+        <v>445</v>
       </c>
       <c r="M170" s="4">
-        <v>11294.98</v>
+        <v>19409.830000000002</v>
       </c>
       <c r="N170" s="4">
-        <v>11294.98</v>
+        <v>22806.55025</v>
       </c>
       <c r="O170" s="3" t="s">
-        <v>838</v>
+        <v>832</v>
       </c>
       <c r="P170" s="3" t="s">
-        <v>839</v>
+        <v>834</v>
       </c>
       <c r="Q170" s="3" t="s">
-        <v>142</v>
+        <v>157</v>
       </c>
       <c r="R170" s="3" t="s">
-        <v>840</v>
+        <v>835</v>
       </c>
       <c r="S170" s="3" t="s">
-        <v>94</v>
+        <v>448</v>
       </c>
       <c r="T170" s="4">
         <v>1</v>
       </c>
       <c r="W170" s="3" t="s">
-        <v>836</v>
+        <v>34</v>
       </c>
       <c r="X170" s="4">
         <v>0</v>
       </c>
       <c r="Y170" s="4">
         <v>0</v>
       </c>
       <c r="Z170" s="6">
-        <v>5.0600000000000005E-4</v>
+        <v>9.8299999999999993E-4</v>
       </c>
     </row>
     <row r="171" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A171" s="3" t="s">
-        <v>841</v>
+        <v>836</v>
       </c>
       <c r="B171" s="3" t="s">
-        <v>842</v>
+        <v>837</v>
       </c>
       <c r="C171" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D171" s="4">
-        <v>400</v>
+        <v>300</v>
       </c>
       <c r="E171" s="5">
-        <v>160.72999999999999</v>
+        <v>246.95</v>
       </c>
       <c r="F171" s="4">
-        <v>64292</v>
+        <v>74085</v>
       </c>
       <c r="G171" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H171" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I171" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J171" s="5">
-        <v>160.72999999999999</v>
+        <v>246.95</v>
       </c>
       <c r="K171" s="5">
         <v>1</v>
       </c>
       <c r="L171" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M171" s="4">
-        <v>64292</v>
+        <v>74085</v>
       </c>
       <c r="N171" s="4">
-        <v>64292</v>
+        <v>74085</v>
       </c>
       <c r="O171" s="3" t="s">
-        <v>843</v>
+        <v>838</v>
       </c>
       <c r="P171" s="3" t="s">
-        <v>844</v>
+        <v>839</v>
       </c>
       <c r="Q171" s="3" t="s">
-        <v>164</v>
+        <v>157</v>
       </c>
       <c r="R171" s="3" t="s">
-        <v>845</v>
+        <v>840</v>
       </c>
       <c r="S171" s="3" t="s">
-        <v>122</v>
+        <v>109</v>
       </c>
       <c r="T171" s="4">
         <v>1</v>
       </c>
       <c r="W171" s="3" t="s">
-        <v>841</v>
+        <v>836</v>
       </c>
       <c r="X171" s="4">
         <v>0</v>
       </c>
       <c r="Y171" s="4">
         <v>0</v>
       </c>
       <c r="Z171" s="6">
-        <v>2.885E-3</v>
+        <v>3.1939999999999998E-3</v>
       </c>
     </row>
     <row r="172" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A172" s="3" t="s">
-        <v>846</v>
+        <v>841</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>847</v>
+        <v>842</v>
       </c>
       <c r="C172" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D172" s="4">
-        <v>457</v>
+        <v>41</v>
       </c>
       <c r="E172" s="5">
-        <v>181.64</v>
+        <v>103.74</v>
       </c>
       <c r="F172" s="4">
-        <v>83009.48</v>
+        <v>4253.34</v>
       </c>
       <c r="G172" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H172" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I172" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J172" s="5">
-        <v>181.64</v>
+        <v>103.74</v>
       </c>
       <c r="K172" s="5">
         <v>1</v>
       </c>
       <c r="L172" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M172" s="4">
-        <v>83009.48</v>
+        <v>4253.34</v>
       </c>
       <c r="N172" s="4">
-        <v>83009.48</v>
+        <v>4253.34</v>
       </c>
       <c r="O172" s="3" t="s">
-        <v>848</v>
+        <v>843</v>
       </c>
       <c r="P172" s="3" t="s">
-        <v>849</v>
+        <v>844</v>
       </c>
       <c r="Q172" s="3" t="s">
-        <v>99</v>
+        <v>157</v>
       </c>
       <c r="R172" s="3" t="s">
-        <v>850</v>
+        <v>845</v>
       </c>
       <c r="S172" s="3" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="T172" s="4">
         <v>1</v>
       </c>
       <c r="W172" s="3" t="s">
-        <v>846</v>
+        <v>841</v>
       </c>
       <c r="X172" s="4">
         <v>0</v>
       </c>
       <c r="Y172" s="4">
         <v>0</v>
       </c>
       <c r="Z172" s="6">
-        <v>3.725E-3</v>
+        <v>1.83E-4</v>
       </c>
     </row>
     <row r="173" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A173" s="3" t="s">
-        <v>851</v>
+        <v>846</v>
       </c>
       <c r="B173" s="3" t="s">
-        <v>852</v>
+        <v>847</v>
       </c>
       <c r="C173" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D173" s="4">
-        <v>384</v>
+        <v>317</v>
       </c>
       <c r="E173" s="5">
-        <v>233.97</v>
+        <v>166.36</v>
       </c>
       <c r="F173" s="4">
-        <v>89844.479999999996</v>
+        <v>52736.12</v>
       </c>
       <c r="G173" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H173" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I173" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J173" s="5">
-        <v>233.97</v>
+        <v>166.36</v>
       </c>
       <c r="K173" s="5">
         <v>1</v>
       </c>
       <c r="L173" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M173" s="4">
-        <v>89844.479999999996</v>
+        <v>52736.12</v>
       </c>
       <c r="N173" s="4">
-        <v>89844.479999999996</v>
+        <v>52736.12</v>
       </c>
       <c r="O173" s="3" t="s">
-        <v>853</v>
+        <v>848</v>
       </c>
       <c r="P173" s="3" t="s">
-        <v>854</v>
+        <v>849</v>
       </c>
       <c r="Q173" s="3" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="R173" s="3" t="s">
-        <v>855</v>
+        <v>850</v>
       </c>
       <c r="S173" s="3" t="s">
-        <v>94</v>
+        <v>137</v>
       </c>
       <c r="T173" s="4">
         <v>1</v>
       </c>
       <c r="W173" s="3" t="s">
-        <v>851</v>
+        <v>846</v>
       </c>
       <c r="X173" s="4">
         <v>0</v>
       </c>
       <c r="Y173" s="4">
         <v>0</v>
       </c>
       <c r="Z173" s="6">
-        <v>4.032E-3</v>
+        <v>2.2729999999999998E-3</v>
       </c>
     </row>
     <row r="174" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A174" s="3" t="s">
-        <v>856</v>
+        <v>851</v>
       </c>
       <c r="B174" s="3" t="s">
-        <v>857</v>
+        <v>852</v>
       </c>
       <c r="C174" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D174" s="4">
-        <v>494</v>
+        <v>457</v>
       </c>
       <c r="E174" s="5">
-        <v>104.03</v>
+        <v>190.58</v>
       </c>
       <c r="F174" s="4">
-        <v>51390.82</v>
+        <v>87095.06</v>
       </c>
       <c r="G174" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H174" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I174" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J174" s="5">
-        <v>104.03</v>
+        <v>190.58</v>
       </c>
       <c r="K174" s="5">
         <v>1</v>
       </c>
       <c r="L174" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M174" s="4">
-        <v>51390.82</v>
+        <v>87095.06</v>
       </c>
       <c r="N174" s="4">
-        <v>51390.82</v>
+        <v>87095.06</v>
       </c>
       <c r="O174" s="3" t="s">
-        <v>858</v>
+        <v>853</v>
       </c>
       <c r="P174" s="3" t="s">
-        <v>859</v>
+        <v>854</v>
       </c>
       <c r="Q174" s="3" t="s">
-        <v>142</v>
+        <v>114</v>
       </c>
       <c r="R174" s="3" t="s">
-        <v>860</v>
+        <v>855</v>
       </c>
       <c r="S174" s="3" t="s">
-        <v>122</v>
+        <v>109</v>
       </c>
       <c r="T174" s="4">
         <v>1</v>
       </c>
       <c r="W174" s="3" t="s">
-        <v>856</v>
+        <v>851</v>
       </c>
       <c r="X174" s="4">
         <v>0</v>
       </c>
       <c r="Y174" s="4">
         <v>0</v>
       </c>
       <c r="Z174" s="6">
-        <v>2.3059999999999999E-3</v>
+        <v>3.7550000000000001E-3</v>
       </c>
     </row>
     <row r="175" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A175" s="3" t="s">
-        <v>861</v>
+        <v>856</v>
       </c>
       <c r="B175" s="3" t="s">
-        <v>862</v>
+        <v>857</v>
       </c>
       <c r="C175" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D175" s="4">
-        <v>100</v>
+        <v>384</v>
       </c>
       <c r="E175" s="5">
-        <v>526.30999999999995</v>
+        <v>229.48</v>
       </c>
       <c r="F175" s="4">
-        <v>52631</v>
+        <v>88120.320000000007</v>
       </c>
       <c r="G175" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H175" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I175" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J175" s="5">
-        <v>526.30999999999995</v>
+        <v>229.48</v>
       </c>
       <c r="K175" s="5">
         <v>1</v>
       </c>
       <c r="L175" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M175" s="4">
-        <v>52631</v>
+        <v>88120.320000000007</v>
       </c>
       <c r="N175" s="4">
-        <v>52631</v>
+        <v>88120.320000000007</v>
       </c>
       <c r="O175" s="3" t="s">
-        <v>863</v>
+        <v>858</v>
       </c>
       <c r="P175" s="3" t="s">
-        <v>864</v>
+        <v>859</v>
       </c>
       <c r="Q175" s="3" t="s">
-        <v>164</v>
+        <v>200</v>
       </c>
       <c r="R175" s="3" t="s">
-        <v>865</v>
+        <v>860</v>
       </c>
       <c r="S175" s="3" t="s">
-        <v>122</v>
+        <v>109</v>
       </c>
       <c r="T175" s="4">
         <v>1</v>
       </c>
       <c r="W175" s="3" t="s">
-        <v>861</v>
+        <v>856</v>
       </c>
       <c r="X175" s="4">
         <v>0</v>
       </c>
       <c r="Y175" s="4">
         <v>0</v>
       </c>
       <c r="Z175" s="6">
-        <v>2.362E-3</v>
+        <v>3.7989999999999999E-3</v>
       </c>
     </row>
     <row r="176" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A176" s="3" t="s">
-        <v>866</v>
+        <v>861</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>867</v>
+        <v>862</v>
       </c>
       <c r="C176" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D176" s="4">
-        <v>100</v>
+        <v>888</v>
       </c>
       <c r="E176" s="5">
-        <v>548.44000000000005</v>
+        <v>143.18</v>
       </c>
       <c r="F176" s="4">
-        <v>54844</v>
+        <v>127143.84</v>
       </c>
       <c r="G176" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H176" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I176" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J176" s="5">
-        <v>548.44000000000005</v>
+        <v>143.18</v>
       </c>
       <c r="K176" s="5">
         <v>1</v>
       </c>
       <c r="L176" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M176" s="4">
-        <v>54844</v>
+        <v>127143.84</v>
       </c>
       <c r="N176" s="4">
-        <v>54844</v>
+        <v>127143.84</v>
       </c>
       <c r="O176" s="3" t="s">
-        <v>868</v>
+        <v>863</v>
       </c>
       <c r="P176" s="3" t="s">
-        <v>869</v>
+        <v>864</v>
       </c>
       <c r="Q176" s="3" t="s">
-        <v>142</v>
+        <v>157</v>
       </c>
       <c r="R176" s="3" t="s">
-        <v>870</v>
+        <v>865</v>
       </c>
       <c r="S176" s="3" t="s">
-        <v>94</v>
+        <v>137</v>
       </c>
       <c r="T176" s="4">
         <v>1</v>
       </c>
       <c r="W176" s="3" t="s">
-        <v>866</v>
+        <v>861</v>
       </c>
       <c r="X176" s="4">
         <v>0</v>
       </c>
       <c r="Y176" s="4">
         <v>0</v>
       </c>
       <c r="Z176" s="6">
-        <v>2.4610000000000001E-3</v>
+        <v>5.4819999999999999E-3</v>
       </c>
     </row>
     <row r="177" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A177" s="3" t="s">
-        <v>871</v>
+        <v>866</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>872</v>
+        <v>867</v>
       </c>
       <c r="C177" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D177" s="4">
-        <v>429</v>
+        <v>100</v>
       </c>
       <c r="E177" s="5">
-        <v>256.25</v>
+        <v>498.69</v>
       </c>
       <c r="F177" s="4">
-        <v>109931.25</v>
+        <v>49869</v>
       </c>
       <c r="G177" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H177" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I177" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J177" s="5">
-        <v>256.25</v>
+        <v>498.69</v>
       </c>
       <c r="K177" s="5">
         <v>1</v>
       </c>
       <c r="L177" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M177" s="4">
-        <v>109931.25</v>
+        <v>49869</v>
       </c>
       <c r="N177" s="4">
-        <v>109931.25</v>
+        <v>49869</v>
       </c>
       <c r="O177" s="3" t="s">
-        <v>873</v>
+        <v>868</v>
       </c>
       <c r="P177" s="3" t="s">
-        <v>874</v>
+        <v>869</v>
       </c>
       <c r="Q177" s="3" t="s">
-        <v>164</v>
+        <v>179</v>
       </c>
       <c r="R177" s="3" t="s">
-        <v>875</v>
+        <v>870</v>
       </c>
       <c r="S177" s="3" t="s">
-        <v>94</v>
+        <v>137</v>
       </c>
       <c r="T177" s="4">
         <v>1</v>
       </c>
       <c r="W177" s="3" t="s">
-        <v>871</v>
+        <v>866</v>
       </c>
       <c r="X177" s="4">
         <v>0</v>
       </c>
       <c r="Y177" s="4">
         <v>0</v>
       </c>
       <c r="Z177" s="6">
-        <v>4.9329999999999999E-3</v>
+        <v>2.15E-3</v>
       </c>
     </row>
     <row r="178" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A178" s="3" t="s">
-        <v>876</v>
+        <v>871</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>877</v>
+        <v>872</v>
       </c>
       <c r="C178" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D178" s="4">
-        <v>84</v>
+        <v>100</v>
       </c>
       <c r="E178" s="5">
-        <v>95.84</v>
+        <v>486.71</v>
       </c>
       <c r="F178" s="4">
-        <v>8050.56</v>
+        <v>48671</v>
       </c>
       <c r="G178" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H178" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I178" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J178" s="5">
-        <v>95.84</v>
+        <v>486.71</v>
       </c>
       <c r="K178" s="5">
         <v>1</v>
       </c>
       <c r="L178" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M178" s="4">
-        <v>8050.56</v>
+        <v>48671</v>
       </c>
       <c r="N178" s="4">
-        <v>8050.56</v>
+        <v>48671</v>
       </c>
       <c r="O178" s="3" t="s">
-        <v>878</v>
+        <v>873</v>
       </c>
       <c r="P178" s="3" t="s">
-        <v>879</v>
+        <v>874</v>
       </c>
       <c r="Q178" s="3" t="s">
-        <v>142</v>
+        <v>157</v>
       </c>
       <c r="R178" s="3" t="s">
-        <v>880</v>
+        <v>875</v>
       </c>
       <c r="S178" s="3" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="T178" s="4">
         <v>1</v>
       </c>
       <c r="W178" s="3" t="s">
-        <v>876</v>
+        <v>871</v>
       </c>
       <c r="X178" s="4">
         <v>0</v>
       </c>
       <c r="Y178" s="4">
         <v>0</v>
       </c>
       <c r="Z178" s="6">
-        <v>3.6099999999999999E-4</v>
+        <v>2.098E-3</v>
       </c>
     </row>
     <row r="179" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A179" s="3" t="s">
-        <v>881</v>
+        <v>876</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>882</v>
+        <v>877</v>
       </c>
       <c r="C179" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D179" s="4">
-        <v>100</v>
+        <v>370</v>
       </c>
       <c r="E179" s="5">
-        <v>917.46</v>
+        <v>237</v>
       </c>
       <c r="F179" s="4">
-        <v>91746</v>
+        <v>87690</v>
       </c>
       <c r="G179" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H179" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I179" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J179" s="5">
-        <v>917.46</v>
+        <v>237</v>
       </c>
       <c r="K179" s="5">
         <v>1</v>
       </c>
       <c r="L179" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M179" s="4">
-        <v>91746</v>
+        <v>87690</v>
       </c>
       <c r="N179" s="4">
-        <v>91746</v>
+        <v>87690</v>
       </c>
       <c r="O179" s="3" t="s">
-        <v>883</v>
+        <v>878</v>
       </c>
       <c r="P179" s="3" t="s">
-        <v>884</v>
+        <v>879</v>
       </c>
       <c r="Q179" s="3" t="s">
-        <v>164</v>
+        <v>179</v>
       </c>
       <c r="R179" s="3" t="s">
-        <v>885</v>
+        <v>880</v>
       </c>
       <c r="S179" s="3" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="T179" s="4">
         <v>1</v>
       </c>
       <c r="W179" s="3" t="s">
-        <v>881</v>
+        <v>876</v>
       </c>
       <c r="X179" s="4">
         <v>0</v>
       </c>
       <c r="Y179" s="4">
         <v>0</v>
       </c>
       <c r="Z179" s="6">
-        <v>4.117E-3</v>
+        <v>3.7799999999999999E-3</v>
       </c>
     </row>
     <row r="180" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A180" s="3" t="s">
-        <v>886</v>
+        <v>881</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>887</v>
+        <v>882</v>
       </c>
       <c r="C180" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D180" s="4">
-        <v>152</v>
+        <v>84</v>
       </c>
       <c r="E180" s="5">
-        <v>73.09</v>
+        <v>95.47</v>
       </c>
       <c r="F180" s="4">
-        <v>11109.68</v>
+        <v>8019.48</v>
       </c>
       <c r="G180" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H180" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I180" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J180" s="5">
-        <v>73.09</v>
+        <v>95.47</v>
       </c>
       <c r="K180" s="5">
         <v>1</v>
       </c>
       <c r="L180" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M180" s="4">
-        <v>11109.68</v>
+        <v>8019.48</v>
       </c>
       <c r="N180" s="4">
-        <v>11109.68</v>
+        <v>8019.48</v>
       </c>
       <c r="O180" s="3" t="s">
-        <v>888</v>
+        <v>883</v>
       </c>
       <c r="P180" s="3" t="s">
-        <v>889</v>
+        <v>884</v>
       </c>
       <c r="Q180" s="3" t="s">
-        <v>99</v>
+        <v>157</v>
       </c>
       <c r="R180" s="3" t="s">
-        <v>890</v>
+        <v>885</v>
       </c>
       <c r="S180" s="3" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="T180" s="4">
         <v>1</v>
       </c>
       <c r="W180" s="3" t="s">
-        <v>886</v>
+        <v>881</v>
       </c>
       <c r="X180" s="4">
         <v>0</v>
       </c>
       <c r="Y180" s="4">
         <v>0</v>
       </c>
       <c r="Z180" s="6">
-        <v>4.9799999999999996E-4</v>
+        <v>3.4499999999999998E-4</v>
       </c>
     </row>
     <row r="181" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A181" s="3" t="s">
-        <v>360</v>
+        <v>886</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>357</v>
+        <v>887</v>
       </c>
       <c r="C181" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D181" s="4">
-        <v>91</v>
+        <v>55</v>
       </c>
       <c r="E181" s="5">
-        <v>108.67</v>
+        <v>920.28</v>
       </c>
       <c r="F181" s="4">
-        <v>9888.9699999999993</v>
+        <v>50615.4</v>
       </c>
       <c r="G181" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H181" s="3" t="s">
-        <v>38</v>
+        <v>93</v>
       </c>
       <c r="I181" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J181" s="5">
-        <v>108.67</v>
+        <v>920.28</v>
       </c>
       <c r="K181" s="5">
         <v>1</v>
       </c>
       <c r="L181" s="3" t="s">
-        <v>40</v>
+        <v>95</v>
       </c>
       <c r="M181" s="4">
-        <v>9888.9699999999993</v>
+        <v>50615.4</v>
       </c>
       <c r="N181" s="4">
-        <v>9888.9699999999993</v>
+        <v>50615.4</v>
       </c>
       <c r="O181" s="3" t="s">
-        <v>891</v>
+        <v>888</v>
       </c>
       <c r="P181" s="3" t="s">
-        <v>358</v>
+        <v>889</v>
       </c>
       <c r="Q181" s="3" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="R181" s="3" t="s">
-        <v>359</v>
+        <v>890</v>
       </c>
       <c r="S181" s="3" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="T181" s="4">
         <v>1</v>
       </c>
       <c r="W181" s="3" t="s">
-        <v>360</v>
+        <v>886</v>
       </c>
       <c r="X181" s="4">
         <v>0</v>
       </c>
       <c r="Y181" s="4">
         <v>0</v>
       </c>
       <c r="Z181" s="6">
-        <v>4.4299999999999998E-4</v>
+        <v>2.1819999999999999E-3</v>
       </c>
     </row>
     <row r="182" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A182" s="3" t="s">
+        <v>891</v>
+      </c>
+      <c r="B182" s="3" t="s">
         <v>892</v>
       </c>
-      <c r="B182" s="3" t="s">
+      <c r="C182" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D182" s="4">
+        <v>152</v>
+      </c>
+      <c r="E182" s="5">
+        <v>73</v>
+      </c>
+      <c r="F182" s="4">
+        <v>11096</v>
+      </c>
+      <c r="G182" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H182" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I182" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J182" s="5">
+        <v>73</v>
+      </c>
+      <c r="K182" s="5">
+        <v>1</v>
+      </c>
+      <c r="L182" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M182" s="4">
+        <v>11096</v>
+      </c>
+      <c r="N182" s="4">
+        <v>11096</v>
+      </c>
+      <c r="O182" s="3" t="s">
         <v>893</v>
       </c>
-      <c r="C182" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O182" s="3" t="s">
+      <c r="P182" s="3" t="s">
         <v>894</v>
       </c>
-      <c r="P182" s="3" t="s">
+      <c r="Q182" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="R182" s="3" t="s">
         <v>895</v>
       </c>
-      <c r="Q182" s="3" t="s">
+      <c r="S182" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="R182" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T182" s="4">
         <v>1</v>
       </c>
       <c r="W182" s="3" t="s">
-        <v>892</v>
+        <v>891</v>
       </c>
       <c r="X182" s="4">
         <v>0</v>
       </c>
       <c r="Y182" s="4">
         <v>0</v>
       </c>
       <c r="Z182" s="6">
-        <v>1.9789999999999999E-3</v>
+        <v>4.7800000000000002E-4</v>
       </c>
     </row>
     <row r="183" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A183" s="3" t="s">
-        <v>897</v>
+        <v>370</v>
       </c>
       <c r="B183" s="3" t="s">
-        <v>898</v>
+        <v>367</v>
       </c>
       <c r="C183" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D183" s="4">
-        <v>100</v>
+        <v>137</v>
       </c>
       <c r="E183" s="5">
-        <v>391.41</v>
+        <v>107.8</v>
       </c>
       <c r="F183" s="4">
-        <v>39141</v>
+        <v>14768.6</v>
       </c>
       <c r="G183" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H183" s="3" t="s">
-        <v>83</v>
+        <v>43</v>
       </c>
       <c r="I183" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J183" s="5">
-        <v>391.41</v>
+        <v>107.8</v>
       </c>
       <c r="K183" s="5">
         <v>1</v>
       </c>
       <c r="L183" s="3" t="s">
-        <v>85</v>
+        <v>45</v>
       </c>
       <c r="M183" s="4">
-        <v>39141</v>
+        <v>14768.6</v>
       </c>
       <c r="N183" s="4">
-        <v>39141</v>
+        <v>14768.6</v>
       </c>
       <c r="O183" s="3" t="s">
-        <v>899</v>
+        <v>896</v>
       </c>
       <c r="P183" s="3" t="s">
-        <v>900</v>
+        <v>368</v>
       </c>
       <c r="Q183" s="3" t="s">
-        <v>99</v>
+        <v>200</v>
       </c>
       <c r="R183" s="3" t="s">
-        <v>901</v>
+        <v>369</v>
       </c>
       <c r="S183" s="3" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="T183" s="4">
         <v>1</v>
       </c>
       <c r="W183" s="3" t="s">
-        <v>897</v>
+        <v>370</v>
       </c>
       <c r="X183" s="4">
         <v>0</v>
       </c>
       <c r="Y183" s="4">
         <v>0</v>
       </c>
       <c r="Z183" s="6">
-        <v>1.756E-3</v>
+        <v>6.3599999999999996E-4</v>
       </c>
     </row>
     <row r="184" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A184" s="3" t="s">
-        <v>902</v>
+        <v>897</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>903</v>
+        <v>898</v>
       </c>
       <c r="C184" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D184" s="4">
-        <v>245</v>
+        <v>500</v>
       </c>
       <c r="E184" s="5">
-        <v>136.61000000000001</v>
+        <v>84.6</v>
       </c>
       <c r="F184" s="4">
-        <v>33469.449999999997</v>
+        <v>42300</v>
       </c>
       <c r="G184" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H184" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I184" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J184" s="5">
-        <v>136.61000000000001</v>
+        <v>84.6</v>
       </c>
       <c r="K184" s="5">
         <v>1</v>
       </c>
       <c r="L184" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M184" s="4">
-        <v>33469.449999999997</v>
+        <v>42300</v>
       </c>
       <c r="N184" s="4">
-        <v>33469.449999999997</v>
+        <v>42300</v>
       </c>
       <c r="O184" s="3" t="s">
-        <v>904</v>
+        <v>899</v>
       </c>
       <c r="P184" s="3" t="s">
-        <v>905</v>
+        <v>900</v>
       </c>
       <c r="Q184" s="3" t="s">
-        <v>109</v>
+        <v>124</v>
       </c>
       <c r="R184" s="3" t="s">
-        <v>906</v>
+        <v>901</v>
       </c>
       <c r="S184" s="3" t="s">
-        <v>94</v>
+        <v>137</v>
       </c>
       <c r="T184" s="4">
         <v>1</v>
       </c>
       <c r="W184" s="3" t="s">
-        <v>902</v>
+        <v>897</v>
       </c>
       <c r="X184" s="4">
         <v>0</v>
       </c>
       <c r="Y184" s="4">
         <v>0</v>
       </c>
       <c r="Z184" s="6">
-        <v>1.5020000000000001E-3</v>
+        <v>1.823E-3</v>
       </c>
     </row>
     <row r="185" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A185" s="3" t="s">
-        <v>907</v>
+        <v>902</v>
       </c>
       <c r="B185" s="3" t="s">
-        <v>908</v>
+        <v>903</v>
       </c>
       <c r="C185" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D185" s="4">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="E185" s="5">
-        <v>251.99</v>
+        <v>369.67</v>
       </c>
       <c r="F185" s="4">
-        <v>50398</v>
+        <v>36967</v>
       </c>
       <c r="G185" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H185" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I185" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J185" s="5">
-        <v>251.99</v>
+        <v>369.67</v>
       </c>
       <c r="K185" s="5">
         <v>1</v>
       </c>
       <c r="L185" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M185" s="4">
-        <v>50398</v>
+        <v>36967</v>
       </c>
       <c r="N185" s="4">
-        <v>50398</v>
+        <v>36967</v>
       </c>
       <c r="O185" s="3" t="s">
-        <v>909</v>
+        <v>904</v>
       </c>
       <c r="P185" s="3" t="s">
-        <v>910</v>
+        <v>905</v>
       </c>
       <c r="Q185" s="3" t="s">
-        <v>92</v>
+        <v>114</v>
       </c>
       <c r="R185" s="3" t="s">
-        <v>911</v>
+        <v>906</v>
       </c>
       <c r="S185" s="3" t="s">
-        <v>122</v>
+        <v>109</v>
       </c>
       <c r="T185" s="4">
         <v>1</v>
       </c>
       <c r="W185" s="3" t="s">
-        <v>907</v>
+        <v>902</v>
       </c>
       <c r="X185" s="4">
         <v>0</v>
       </c>
       <c r="Y185" s="4">
         <v>0</v>
       </c>
       <c r="Z185" s="6">
-        <v>2.261E-3</v>
+        <v>1.593E-3</v>
       </c>
     </row>
     <row r="186" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A186" s="3" t="s">
-        <v>912</v>
+        <v>907</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>913</v>
+        <v>908</v>
       </c>
       <c r="C186" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D186" s="4">
-        <v>23</v>
+        <v>177</v>
       </c>
       <c r="E186" s="5">
-        <v>233.27</v>
+        <v>144.54</v>
       </c>
       <c r="F186" s="4">
-        <v>5365.21</v>
+        <v>25583.58</v>
       </c>
       <c r="G186" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H186" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I186" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J186" s="5">
-        <v>233.27</v>
+        <v>144.54</v>
       </c>
       <c r="K186" s="5">
         <v>1</v>
       </c>
       <c r="L186" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M186" s="4">
-        <v>5365.21</v>
+        <v>25583.58</v>
       </c>
       <c r="N186" s="4">
-        <v>5365.21</v>
+        <v>25583.58</v>
       </c>
       <c r="O186" s="3" t="s">
-        <v>914</v>
+        <v>909</v>
       </c>
       <c r="P186" s="3" t="s">
-        <v>915</v>
+        <v>910</v>
       </c>
       <c r="Q186" s="3" t="s">
-        <v>92</v>
+        <v>124</v>
       </c>
       <c r="R186" s="3" t="s">
-        <v>916</v>
+        <v>911</v>
       </c>
       <c r="S186" s="3" t="s">
-        <v>122</v>
+        <v>109</v>
       </c>
       <c r="T186" s="4">
         <v>1</v>
       </c>
       <c r="W186" s="3" t="s">
-        <v>912</v>
+        <v>907</v>
       </c>
       <c r="X186" s="4">
         <v>0</v>
       </c>
       <c r="Y186" s="4">
         <v>0</v>
       </c>
       <c r="Z186" s="6">
-        <v>2.4000000000000001E-4</v>
+        <v>1.103E-3</v>
       </c>
     </row>
     <row r="187" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A187" s="3" t="s">
-        <v>917</v>
+        <v>912</v>
       </c>
       <c r="B187" s="3" t="s">
-        <v>918</v>
+        <v>913</v>
       </c>
       <c r="C187" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D187" s="4">
-        <v>1079</v>
+        <v>200</v>
       </c>
       <c r="E187" s="5">
-        <v>333.87</v>
+        <v>239.38</v>
       </c>
       <c r="F187" s="4">
-        <v>360245.73</v>
+        <v>47876</v>
       </c>
       <c r="G187" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H187" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I187" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J187" s="5">
-        <v>333.87</v>
+        <v>239.38</v>
       </c>
       <c r="K187" s="5">
         <v>1</v>
       </c>
       <c r="L187" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M187" s="4">
-        <v>360245.73</v>
+        <v>47876</v>
       </c>
       <c r="N187" s="4">
-        <v>360245.73</v>
+        <v>47876</v>
       </c>
       <c r="O187" s="3" t="s">
-        <v>919</v>
+        <v>914</v>
       </c>
       <c r="P187" s="3" t="s">
-        <v>920</v>
+        <v>915</v>
       </c>
       <c r="Q187" s="3" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="R187" s="3" t="s">
-        <v>921</v>
+        <v>916</v>
       </c>
       <c r="S187" s="3" t="s">
-        <v>122</v>
+        <v>137</v>
       </c>
       <c r="T187" s="4">
         <v>1</v>
       </c>
       <c r="W187" s="3" t="s">
-        <v>917</v>
+        <v>912</v>
       </c>
       <c r="X187" s="4">
         <v>0</v>
       </c>
       <c r="Y187" s="4">
         <v>0</v>
       </c>
       <c r="Z187" s="6">
-        <v>1.6167999999999998E-2</v>
+        <v>2.0639999999999999E-3</v>
       </c>
     </row>
     <row r="188" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A188" s="3" t="s">
-        <v>922</v>
+        <v>917</v>
       </c>
       <c r="B188" s="3" t="s">
-        <v>923</v>
+        <v>918</v>
       </c>
       <c r="C188" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D188" s="4">
-        <v>783</v>
+        <v>23</v>
       </c>
       <c r="E188" s="5">
-        <v>202.48</v>
+        <v>258.36</v>
       </c>
       <c r="F188" s="4">
-        <v>158541.84</v>
+        <v>5942.28</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H188" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I188" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J188" s="5">
-        <v>202.48</v>
+        <v>258.36</v>
       </c>
       <c r="K188" s="5">
         <v>1</v>
       </c>
       <c r="L188" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M188" s="4">
-        <v>158541.84</v>
+        <v>5942.28</v>
       </c>
       <c r="N188" s="4">
-        <v>158541.84</v>
+        <v>5942.28</v>
       </c>
       <c r="O188" s="3" t="s">
-        <v>924</v>
+        <v>919</v>
       </c>
       <c r="P188" s="3" t="s">
-        <v>925</v>
+        <v>920</v>
       </c>
       <c r="Q188" s="3" t="s">
-        <v>164</v>
+        <v>107</v>
       </c>
       <c r="R188" s="3" t="s">
-        <v>926</v>
+        <v>921</v>
       </c>
       <c r="S188" s="3" t="s">
-        <v>122</v>
+        <v>137</v>
       </c>
       <c r="T188" s="4">
         <v>1</v>
       </c>
       <c r="W188" s="3" t="s">
-        <v>922</v>
+        <v>917</v>
       </c>
       <c r="X188" s="4">
         <v>0</v>
       </c>
       <c r="Y188" s="4">
         <v>0</v>
       </c>
       <c r="Z188" s="6">
-        <v>7.1149999999999998E-3</v>
+        <v>2.5599999999999999E-4</v>
       </c>
     </row>
     <row r="189" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A189" s="3" t="s">
-        <v>927</v>
+        <v>922</v>
       </c>
       <c r="B189" s="3" t="s">
-        <v>928</v>
+        <v>923</v>
       </c>
       <c r="C189" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D189" s="4">
-        <v>453</v>
+        <v>127</v>
       </c>
       <c r="E189" s="5">
-        <v>45.1</v>
+        <v>113.22</v>
       </c>
       <c r="F189" s="4">
-        <v>20430.3</v>
+        <v>14378.94</v>
       </c>
       <c r="G189" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H189" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I189" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J189" s="5">
-        <v>45.1</v>
+        <v>113.22</v>
       </c>
       <c r="K189" s="5">
         <v>1</v>
       </c>
       <c r="L189" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M189" s="4">
-        <v>20430.3</v>
+        <v>14378.94</v>
       </c>
       <c r="N189" s="4">
-        <v>20430.3</v>
+        <v>14378.94</v>
       </c>
       <c r="O189" s="3" t="s">
-        <v>929</v>
+        <v>924</v>
       </c>
       <c r="P189" s="3" t="s">
-        <v>930</v>
+        <v>925</v>
       </c>
       <c r="Q189" s="3" t="s">
-        <v>142</v>
+        <v>124</v>
       </c>
       <c r="R189" s="3" t="s">
-        <v>931</v>
+        <v>926</v>
       </c>
       <c r="S189" s="3" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="T189" s="4">
         <v>1</v>
       </c>
       <c r="W189" s="3" t="s">
-        <v>927</v>
+        <v>922</v>
       </c>
       <c r="X189" s="4">
         <v>0</v>
       </c>
       <c r="Y189" s="4">
         <v>0</v>
       </c>
       <c r="Z189" s="6">
-        <v>9.1600000000000004E-4</v>
+        <v>6.1899999999999998E-4</v>
       </c>
     </row>
     <row r="190" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A190" s="3" t="s">
-        <v>932</v>
+        <v>927</v>
       </c>
       <c r="B190" s="3" t="s">
-        <v>933</v>
+        <v>928</v>
       </c>
       <c r="C190" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D190" s="4">
-        <v>100</v>
+        <v>1052</v>
       </c>
       <c r="E190" s="5">
-        <v>271.51</v>
+        <v>444.72</v>
       </c>
       <c r="F190" s="4">
-        <v>27151</v>
+        <v>467845.44</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H190" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I190" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J190" s="5">
-        <v>271.51</v>
+        <v>444.72</v>
       </c>
       <c r="K190" s="5">
         <v>1</v>
       </c>
       <c r="L190" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M190" s="4">
-        <v>27151</v>
+        <v>467845.44</v>
       </c>
       <c r="N190" s="4">
-        <v>27151</v>
+        <v>467845.44</v>
       </c>
       <c r="O190" s="3" t="s">
-        <v>934</v>
+        <v>929</v>
       </c>
       <c r="P190" s="3" t="s">
-        <v>935</v>
+        <v>930</v>
       </c>
       <c r="Q190" s="3" t="s">
-        <v>142</v>
+        <v>124</v>
       </c>
       <c r="R190" s="3" t="s">
-        <v>936</v>
+        <v>931</v>
       </c>
       <c r="S190" s="3" t="s">
-        <v>94</v>
+        <v>137</v>
       </c>
       <c r="T190" s="4">
         <v>1</v>
       </c>
       <c r="W190" s="3" t="s">
-        <v>932</v>
+        <v>927</v>
       </c>
       <c r="X190" s="4">
         <v>0</v>
       </c>
       <c r="Y190" s="4">
         <v>0</v>
       </c>
       <c r="Z190" s="6">
-        <v>1.2179999999999999E-3</v>
+        <v>2.0171999999999999E-2</v>
       </c>
     </row>
     <row r="191" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A191" s="3" t="s">
-        <v>937</v>
+        <v>932</v>
       </c>
       <c r="B191" s="3" t="s">
-        <v>938</v>
+        <v>933</v>
       </c>
       <c r="C191" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D191" s="4">
-        <v>1313</v>
+        <v>783</v>
       </c>
       <c r="E191" s="5">
-        <v>80.819999999999993</v>
+        <v>183.73</v>
       </c>
       <c r="F191" s="4">
-        <v>106116.66</v>
+        <v>143860.59</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H191" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I191" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J191" s="5">
-        <v>80.819999999999993</v>
+        <v>183.73</v>
       </c>
       <c r="K191" s="5">
         <v>1</v>
       </c>
       <c r="L191" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M191" s="4">
-        <v>106116.66</v>
+        <v>143860.59</v>
       </c>
       <c r="N191" s="4">
-        <v>106116.66</v>
+        <v>143860.59</v>
       </c>
       <c r="O191" s="3" t="s">
-        <v>939</v>
+        <v>934</v>
       </c>
       <c r="P191" s="3" t="s">
-        <v>940</v>
+        <v>935</v>
       </c>
       <c r="Q191" s="3" t="s">
-        <v>164</v>
+        <v>179</v>
       </c>
       <c r="R191" s="3" t="s">
-        <v>941</v>
+        <v>936</v>
       </c>
       <c r="S191" s="3" t="s">
-        <v>122</v>
+        <v>137</v>
       </c>
       <c r="T191" s="4">
         <v>1</v>
       </c>
       <c r="W191" s="3" t="s">
-        <v>937</v>
+        <v>932</v>
       </c>
       <c r="X191" s="4">
         <v>0</v>
       </c>
       <c r="Y191" s="4">
         <v>0</v>
       </c>
       <c r="Z191" s="6">
-        <v>4.7619999999999997E-3</v>
+        <v>6.202E-3</v>
       </c>
     </row>
     <row r="192" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A192" s="3" t="s">
-        <v>942</v>
+        <v>937</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>943</v>
+        <v>938</v>
       </c>
       <c r="C192" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D192" s="4">
-        <v>900</v>
+        <v>453</v>
       </c>
       <c r="E192" s="5">
-        <v>48.83</v>
+        <v>36.51</v>
       </c>
       <c r="F192" s="4">
-        <v>43947</v>
+        <v>16539.03</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H192" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I192" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J192" s="5">
-        <v>48.83</v>
+        <v>36.51</v>
       </c>
       <c r="K192" s="5">
         <v>1</v>
       </c>
       <c r="L192" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M192" s="4">
-        <v>43947</v>
+        <v>16539.03</v>
       </c>
       <c r="N192" s="4">
-        <v>43947</v>
+        <v>16539.03</v>
       </c>
       <c r="O192" s="3" t="s">
-        <v>944</v>
+        <v>939</v>
       </c>
       <c r="P192" s="3" t="s">
-        <v>945</v>
+        <v>940</v>
       </c>
       <c r="Q192" s="3" t="s">
-        <v>142</v>
+        <v>157</v>
       </c>
       <c r="R192" s="3" t="s">
-        <v>946</v>
+        <v>941</v>
       </c>
       <c r="S192" s="3" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="T192" s="4">
         <v>1</v>
       </c>
       <c r="W192" s="3" t="s">
-        <v>942</v>
+        <v>937</v>
       </c>
       <c r="X192" s="4">
         <v>0</v>
       </c>
       <c r="Y192" s="4">
         <v>0</v>
       </c>
       <c r="Z192" s="6">
-        <v>1.9719999999999998E-3</v>
+        <v>7.1299999999999998E-4</v>
       </c>
     </row>
     <row r="193" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A193" s="3" t="s">
-        <v>947</v>
+        <v>942</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>948</v>
+        <v>943</v>
       </c>
       <c r="C193" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D193" s="4">
-        <v>539</v>
+        <v>100</v>
       </c>
       <c r="E193" s="5">
-        <v>93.75</v>
+        <v>279.22000000000003</v>
       </c>
       <c r="F193" s="4">
-        <v>50531.25</v>
+        <v>27922</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H193" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I193" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J193" s="5">
-        <v>93.75</v>
+        <v>279.22000000000003</v>
       </c>
       <c r="K193" s="5">
         <v>1</v>
       </c>
       <c r="L193" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M193" s="4">
-        <v>50531.25</v>
+        <v>27922</v>
       </c>
       <c r="N193" s="4">
-        <v>50531.25</v>
+        <v>27922</v>
       </c>
       <c r="O193" s="3" t="s">
-        <v>949</v>
+        <v>944</v>
       </c>
       <c r="P193" s="3" t="s">
-        <v>950</v>
+        <v>945</v>
       </c>
       <c r="Q193" s="3" t="s">
-        <v>185</v>
+        <v>157</v>
       </c>
       <c r="R193" s="3" t="s">
-        <v>951</v>
+        <v>946</v>
       </c>
       <c r="S193" s="3" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="T193" s="4">
         <v>1</v>
       </c>
       <c r="W193" s="3" t="s">
-        <v>947</v>
+        <v>942</v>
       </c>
       <c r="X193" s="4">
         <v>0</v>
       </c>
       <c r="Y193" s="4">
         <v>0</v>
       </c>
       <c r="Z193" s="6">
-        <v>2.2669999999999999E-3</v>
+        <v>1.2030000000000001E-3</v>
       </c>
     </row>
     <row r="194" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A194" s="3" t="s">
-        <v>952</v>
+        <v>947</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>953</v>
+        <v>948</v>
       </c>
       <c r="C194" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D194" s="4">
-        <v>611</v>
+        <v>1313</v>
       </c>
       <c r="E194" s="5">
-        <v>223.57</v>
+        <v>81.650000000000006</v>
       </c>
       <c r="F194" s="4">
-        <v>136601.26999999999</v>
+        <v>107206.45</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H194" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I194" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J194" s="5">
-        <v>223.57</v>
+        <v>81.650000000000006</v>
       </c>
       <c r="K194" s="5">
         <v>1</v>
       </c>
       <c r="L194" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M194" s="4">
-        <v>136601.26999999999</v>
+        <v>107206.45</v>
       </c>
       <c r="N194" s="4">
-        <v>136601.26999999999</v>
+        <v>107206.45</v>
       </c>
       <c r="O194" s="3" t="s">
-        <v>954</v>
+        <v>949</v>
       </c>
       <c r="P194" s="3" t="s">
-        <v>955</v>
+        <v>950</v>
       </c>
       <c r="Q194" s="3" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="R194" s="3" t="s">
-        <v>956</v>
+        <v>951</v>
       </c>
       <c r="S194" s="3" t="s">
-        <v>94</v>
+        <v>137</v>
       </c>
       <c r="T194" s="4">
         <v>1</v>
       </c>
       <c r="W194" s="3" t="s">
-        <v>952</v>
+        <v>947</v>
       </c>
       <c r="X194" s="4">
         <v>0</v>
       </c>
       <c r="Y194" s="4">
         <v>0</v>
       </c>
       <c r="Z194" s="6">
-        <v>6.13E-3</v>
+        <v>4.6220000000000002E-3</v>
       </c>
     </row>
     <row r="195" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A195" s="3" t="s">
-        <v>957</v>
+        <v>952</v>
       </c>
       <c r="B195" s="3" t="s">
-        <v>958</v>
+        <v>953</v>
       </c>
       <c r="C195" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D195" s="4">
-        <v>367</v>
+        <v>900</v>
       </c>
       <c r="E195" s="5">
-        <v>309.87</v>
+        <v>48.33</v>
       </c>
       <c r="F195" s="4">
-        <v>113722.29</v>
+        <v>43497</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H195" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I195" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J195" s="5">
-        <v>309.87</v>
+        <v>48.33</v>
       </c>
       <c r="K195" s="5">
         <v>1</v>
       </c>
       <c r="L195" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M195" s="4">
-        <v>113722.29</v>
+        <v>43497</v>
       </c>
       <c r="N195" s="4">
-        <v>113722.29</v>
+        <v>43497</v>
       </c>
       <c r="O195" s="3" t="s">
-        <v>959</v>
+        <v>954</v>
       </c>
       <c r="P195" s="3" t="s">
-        <v>960</v>
+        <v>955</v>
       </c>
       <c r="Q195" s="3" t="s">
-        <v>99</v>
+        <v>157</v>
       </c>
       <c r="R195" s="3" t="s">
-        <v>961</v>
+        <v>956</v>
       </c>
       <c r="S195" s="3" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="T195" s="4">
         <v>1</v>
       </c>
       <c r="W195" s="3" t="s">
-        <v>957</v>
+        <v>952</v>
       </c>
       <c r="X195" s="4">
         <v>0</v>
       </c>
       <c r="Y195" s="4">
         <v>0</v>
       </c>
       <c r="Z195" s="6">
-        <v>5.1029999999999999E-3</v>
+        <v>1.8749999999999999E-3</v>
       </c>
     </row>
     <row r="196" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A196" s="3" t="s">
-        <v>962</v>
+        <v>957</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>963</v>
+        <v>958</v>
       </c>
       <c r="C196" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D196" s="4">
-        <v>1400</v>
+        <v>244</v>
       </c>
       <c r="E196" s="5">
-        <v>44.23</v>
+        <v>97.97</v>
       </c>
       <c r="F196" s="4">
-        <v>61922</v>
+        <v>23904.68</v>
       </c>
       <c r="G196" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H196" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I196" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J196" s="5">
-        <v>44.23</v>
+        <v>97.97</v>
       </c>
       <c r="K196" s="5">
         <v>1</v>
       </c>
       <c r="L196" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M196" s="4">
-        <v>61922</v>
+        <v>23904.68</v>
       </c>
       <c r="N196" s="4">
-        <v>61922</v>
+        <v>23904.68</v>
       </c>
       <c r="O196" s="3" t="s">
-        <v>964</v>
+        <v>959</v>
       </c>
       <c r="P196" s="3" t="s">
-        <v>965</v>
+        <v>960</v>
       </c>
       <c r="Q196" s="3" t="s">
-        <v>92</v>
+        <v>200</v>
       </c>
       <c r="R196" s="3" t="s">
-        <v>966</v>
+        <v>961</v>
       </c>
       <c r="S196" s="3" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="T196" s="4">
         <v>1</v>
       </c>
       <c r="W196" s="3" t="s">
-        <v>962</v>
+        <v>957</v>
       </c>
       <c r="X196" s="4">
         <v>0</v>
       </c>
       <c r="Y196" s="4">
         <v>0</v>
       </c>
       <c r="Z196" s="6">
-        <v>2.7789999999999998E-3</v>
+        <v>1.0300000000000001E-3</v>
       </c>
     </row>
     <row r="197" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A197" s="3" t="s">
-        <v>967</v>
+        <v>962</v>
       </c>
       <c r="B197" s="3" t="s">
-        <v>968</v>
+        <v>963</v>
       </c>
       <c r="C197" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D197" s="4">
-        <v>100</v>
+        <v>637</v>
       </c>
       <c r="E197" s="5">
-        <v>391.02</v>
+        <v>236.37</v>
       </c>
       <c r="F197" s="4">
-        <v>39102</v>
+        <v>150567.69</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H197" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I197" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J197" s="5">
-        <v>391.02</v>
+        <v>236.37</v>
       </c>
       <c r="K197" s="5">
         <v>1</v>
       </c>
       <c r="L197" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M197" s="4">
-        <v>39102</v>
+        <v>150567.69</v>
       </c>
       <c r="N197" s="4">
-        <v>39102</v>
+        <v>150567.69</v>
       </c>
       <c r="O197" s="3" t="s">
-        <v>969</v>
+        <v>964</v>
       </c>
       <c r="P197" s="3" t="s">
-        <v>970</v>
+        <v>965</v>
       </c>
       <c r="Q197" s="3" t="s">
-        <v>99</v>
+        <v>200</v>
       </c>
       <c r="R197" s="3" t="s">
-        <v>971</v>
+        <v>966</v>
       </c>
       <c r="S197" s="3" t="s">
-        <v>122</v>
+        <v>109</v>
       </c>
       <c r="T197" s="4">
         <v>1</v>
       </c>
       <c r="W197" s="3" t="s">
-        <v>967</v>
+        <v>962</v>
       </c>
       <c r="X197" s="4">
         <v>0</v>
       </c>
       <c r="Y197" s="4">
         <v>0</v>
       </c>
       <c r="Z197" s="6">
-        <v>1.7539999999999999E-3</v>
+        <v>6.4920000000000004E-3</v>
       </c>
     </row>
     <row r="198" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A198" s="3" t="s">
-        <v>972</v>
+        <v>967</v>
       </c>
       <c r="B198" s="3" t="s">
-        <v>973</v>
+        <v>968</v>
       </c>
       <c r="C198" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D198" s="4">
-        <v>482</v>
+        <v>294</v>
       </c>
       <c r="E198" s="5">
-        <v>351.78</v>
+        <v>345.3</v>
       </c>
       <c r="F198" s="4">
-        <v>169557.96</v>
+        <v>101518.2</v>
       </c>
       <c r="G198" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H198" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I198" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J198" s="5">
-        <v>351.78</v>
+        <v>345.3</v>
       </c>
       <c r="K198" s="5">
         <v>1</v>
       </c>
       <c r="L198" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M198" s="4">
-        <v>169557.96</v>
+        <v>101518.2</v>
       </c>
       <c r="N198" s="4">
-        <v>169557.96</v>
+        <v>101518.2</v>
       </c>
       <c r="O198" s="3" t="s">
-        <v>974</v>
+        <v>969</v>
       </c>
       <c r="P198" s="3" t="s">
-        <v>975</v>
+        <v>970</v>
       </c>
       <c r="Q198" s="3" t="s">
-        <v>142</v>
+        <v>114</v>
       </c>
       <c r="R198" s="3" t="s">
-        <v>976</v>
+        <v>971</v>
       </c>
       <c r="S198" s="3" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="T198" s="4">
         <v>1</v>
       </c>
       <c r="W198" s="3" t="s">
-        <v>972</v>
+        <v>967</v>
       </c>
       <c r="X198" s="4">
         <v>0</v>
       </c>
       <c r="Y198" s="4">
         <v>0</v>
       </c>
       <c r="Z198" s="6">
-        <v>7.6090000000000003E-3</v>
+        <v>4.3769999999999998E-3</v>
       </c>
     </row>
     <row r="199" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A199" s="3" t="s">
-        <v>977</v>
+        <v>972</v>
       </c>
       <c r="B199" s="3" t="s">
-        <v>978</v>
+        <v>973</v>
       </c>
       <c r="C199" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D199" s="4">
-        <v>537</v>
+        <v>1400</v>
       </c>
       <c r="E199" s="5">
-        <v>193.5</v>
+        <v>43.95</v>
       </c>
       <c r="F199" s="4">
-        <v>103909.5</v>
+        <v>61530</v>
       </c>
       <c r="G199" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H199" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I199" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J199" s="5">
-        <v>193.5</v>
+        <v>43.95</v>
       </c>
       <c r="K199" s="5">
         <v>1</v>
       </c>
       <c r="L199" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M199" s="4">
-        <v>103909.5</v>
+        <v>61530</v>
       </c>
       <c r="N199" s="4">
-        <v>103909.5</v>
+        <v>61530</v>
       </c>
       <c r="O199" s="3" t="s">
-        <v>979</v>
+        <v>974</v>
       </c>
       <c r="P199" s="3" t="s">
-        <v>980</v>
+        <v>975</v>
       </c>
       <c r="Q199" s="3" t="s">
-        <v>185</v>
+        <v>107</v>
       </c>
       <c r="R199" s="3" t="s">
-        <v>981</v>
+        <v>976</v>
       </c>
       <c r="S199" s="3" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="T199" s="4">
         <v>1</v>
       </c>
       <c r="W199" s="3" t="s">
-        <v>977</v>
+        <v>972</v>
       </c>
       <c r="X199" s="4">
         <v>0</v>
       </c>
       <c r="Y199" s="4">
         <v>0</v>
       </c>
       <c r="Z199" s="6">
-        <v>4.6629999999999996E-3</v>
+        <v>2.653E-3</v>
       </c>
     </row>
     <row r="200" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A200" s="3" t="s">
-        <v>982</v>
+        <v>977</v>
       </c>
       <c r="B200" s="3" t="s">
-        <v>983</v>
+        <v>978</v>
       </c>
       <c r="C200" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D200" s="4">
-        <v>1786</v>
+        <v>100</v>
       </c>
       <c r="E200" s="5">
-        <v>96.98</v>
+        <v>391.64</v>
       </c>
       <c r="F200" s="4">
-        <v>173206.28</v>
+        <v>39164</v>
       </c>
       <c r="G200" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H200" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I200" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J200" s="5">
-        <v>96.98</v>
+        <v>391.64</v>
       </c>
       <c r="K200" s="5">
         <v>1</v>
       </c>
       <c r="L200" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M200" s="4">
-        <v>173206.28</v>
+        <v>39164</v>
       </c>
       <c r="N200" s="4">
-        <v>173206.28</v>
+        <v>39164</v>
       </c>
       <c r="O200" s="3" t="s">
-        <v>984</v>
+        <v>979</v>
       </c>
       <c r="P200" s="3" t="s">
-        <v>985</v>
+        <v>980</v>
       </c>
       <c r="Q200" s="3" t="s">
-        <v>136</v>
+        <v>114</v>
       </c>
       <c r="R200" s="3" t="s">
-        <v>986</v>
+        <v>981</v>
       </c>
       <c r="S200" s="3" t="s">
-        <v>94</v>
+        <v>137</v>
       </c>
       <c r="T200" s="4">
         <v>1</v>
       </c>
       <c r="W200" s="3" t="s">
-        <v>982</v>
+        <v>977</v>
       </c>
       <c r="X200" s="4">
         <v>0</v>
       </c>
       <c r="Y200" s="4">
         <v>0</v>
       </c>
       <c r="Z200" s="6">
-        <v>7.7730000000000004E-3</v>
+        <v>1.688E-3</v>
       </c>
     </row>
     <row r="201" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A201" s="3" t="s">
-        <v>987</v>
+        <v>982</v>
       </c>
       <c r="B201" s="3" t="s">
-        <v>988</v>
+        <v>983</v>
       </c>
       <c r="C201" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D201" s="4">
-        <v>767</v>
+        <v>482</v>
       </c>
       <c r="E201" s="5">
-        <v>11.64</v>
+        <v>341.38</v>
       </c>
       <c r="F201" s="4">
-        <v>8927.8799999999992</v>
+        <v>164545.16</v>
       </c>
       <c r="G201" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H201" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I201" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J201" s="5">
-        <v>11.64</v>
+        <v>341.38</v>
       </c>
       <c r="K201" s="5">
         <v>1</v>
       </c>
       <c r="L201" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M201" s="4">
-        <v>8927.8799999999992</v>
+        <v>164545.16</v>
       </c>
       <c r="N201" s="4">
-        <v>8927.8799999999992</v>
+        <v>164545.16</v>
       </c>
       <c r="O201" s="3" t="s">
-        <v>989</v>
+        <v>984</v>
       </c>
       <c r="P201" s="3" t="s">
-        <v>990</v>
+        <v>985</v>
       </c>
       <c r="Q201" s="3" t="s">
-        <v>92</v>
+        <v>157</v>
       </c>
       <c r="R201" s="3" t="s">
-        <v>991</v>
+        <v>986</v>
       </c>
       <c r="S201" s="3" t="s">
-        <v>122</v>
+        <v>109</v>
       </c>
       <c r="T201" s="4">
         <v>1</v>
       </c>
       <c r="W201" s="3" t="s">
-        <v>987</v>
+        <v>982</v>
       </c>
       <c r="X201" s="4">
         <v>0</v>
       </c>
       <c r="Y201" s="4">
         <v>0</v>
       </c>
       <c r="Z201" s="6">
-        <v>4.0000000000000002E-4</v>
+        <v>7.0939999999999996E-3</v>
       </c>
     </row>
     <row r="202" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A202" s="3" t="s">
-        <v>992</v>
+        <v>987</v>
       </c>
       <c r="B202" s="3" t="s">
-        <v>993</v>
+        <v>988</v>
       </c>
       <c r="C202" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D202" s="4">
-        <v>593</v>
+        <v>588</v>
       </c>
       <c r="E202" s="5">
-        <v>184.81</v>
+        <v>200.47</v>
       </c>
       <c r="F202" s="4">
-        <v>109592.33</v>
+        <v>117876.36</v>
       </c>
       <c r="G202" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H202" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I202" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J202" s="5">
-        <v>184.81</v>
+        <v>200.47</v>
       </c>
       <c r="K202" s="5">
         <v>1</v>
       </c>
       <c r="L202" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M202" s="4">
-        <v>109592.33</v>
+        <v>117876.36</v>
       </c>
       <c r="N202" s="4">
-        <v>109592.33</v>
+        <v>117876.36</v>
       </c>
       <c r="O202" s="3" t="s">
-        <v>994</v>
+        <v>989</v>
       </c>
       <c r="P202" s="3" t="s">
-        <v>995</v>
+        <v>990</v>
       </c>
       <c r="Q202" s="3" t="s">
-        <v>185</v>
+        <v>200</v>
       </c>
       <c r="R202" s="3" t="s">
-        <v>996</v>
+        <v>991</v>
       </c>
       <c r="S202" s="3" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="T202" s="4">
         <v>1</v>
       </c>
       <c r="W202" s="3" t="s">
-        <v>992</v>
+        <v>987</v>
       </c>
       <c r="X202" s="4">
         <v>0</v>
       </c>
       <c r="Y202" s="4">
         <v>0</v>
       </c>
       <c r="Z202" s="6">
-        <v>4.9179999999999996E-3</v>
+        <v>5.0819999999999997E-3</v>
       </c>
     </row>
     <row r="203" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A203" s="3" t="s">
-        <v>997</v>
+        <v>992</v>
       </c>
       <c r="B203" s="3" t="s">
-        <v>998</v>
+        <v>993</v>
       </c>
       <c r="C203" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D203" s="4">
-        <v>486</v>
+        <v>1566</v>
       </c>
       <c r="E203" s="5">
-        <v>226.39</v>
+        <v>103.06</v>
       </c>
       <c r="F203" s="4">
-        <v>110025.54</v>
+        <v>161391.96</v>
       </c>
       <c r="G203" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H203" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I203" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J203" s="5">
-        <v>226.39</v>
+        <v>103.06</v>
       </c>
       <c r="K203" s="5">
         <v>1</v>
       </c>
       <c r="L203" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M203" s="4">
-        <v>110025.54</v>
+        <v>161391.96</v>
       </c>
       <c r="N203" s="4">
-        <v>110025.54</v>
+        <v>161391.96</v>
       </c>
       <c r="O203" s="3" t="s">
-        <v>999</v>
+        <v>994</v>
       </c>
       <c r="P203" s="3" t="s">
-        <v>1000</v>
+        <v>995</v>
       </c>
       <c r="Q203" s="3" t="s">
-        <v>185</v>
+        <v>151</v>
       </c>
       <c r="R203" s="3" t="s">
-        <v>1001</v>
+        <v>996</v>
       </c>
       <c r="S203" s="3" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="T203" s="4">
         <v>1</v>
       </c>
       <c r="W203" s="3" t="s">
-        <v>997</v>
+        <v>992</v>
       </c>
       <c r="X203" s="4">
         <v>0</v>
       </c>
       <c r="Y203" s="4">
         <v>0</v>
       </c>
       <c r="Z203" s="6">
-        <v>4.9379999999999997E-3</v>
+        <v>6.9579999999999998E-3</v>
       </c>
     </row>
     <row r="204" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A204" s="3" t="s">
-        <v>1002</v>
+        <v>997</v>
       </c>
       <c r="B204" s="3" t="s">
-        <v>1003</v>
+        <v>998</v>
       </c>
       <c r="C204" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D204" s="4">
-        <v>1400</v>
+        <v>767</v>
       </c>
       <c r="E204" s="5">
-        <v>82.18</v>
+        <v>19.53</v>
       </c>
       <c r="F204" s="4">
-        <v>115052</v>
+        <v>14979.51</v>
       </c>
       <c r="G204" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H204" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I204" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J204" s="5">
-        <v>82.18</v>
+        <v>19.53</v>
       </c>
       <c r="K204" s="5">
         <v>1</v>
       </c>
       <c r="L204" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M204" s="4">
-        <v>115052</v>
+        <v>14979.51</v>
       </c>
       <c r="N204" s="4">
-        <v>115052</v>
+        <v>14979.51</v>
       </c>
       <c r="O204" s="3" t="s">
-        <v>1004</v>
+        <v>999</v>
       </c>
       <c r="P204" s="3" t="s">
-        <v>1005</v>
+        <v>1000</v>
       </c>
       <c r="Q204" s="3" t="s">
-        <v>142</v>
+        <v>107</v>
       </c>
       <c r="R204" s="3" t="s">
-        <v>1006</v>
+        <v>1001</v>
       </c>
       <c r="S204" s="3" t="s">
-        <v>94</v>
+        <v>137</v>
       </c>
       <c r="T204" s="4">
         <v>1</v>
       </c>
       <c r="W204" s="3" t="s">
-        <v>1002</v>
+        <v>997</v>
       </c>
       <c r="X204" s="4">
         <v>0</v>
       </c>
       <c r="Y204" s="4">
         <v>0</v>
       </c>
       <c r="Z204" s="6">
-        <v>5.1630000000000001E-3</v>
+        <v>6.4499999999999996E-4</v>
       </c>
     </row>
     <row r="205" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A205" s="3" t="s">
-        <v>1007</v>
+        <v>1002</v>
       </c>
       <c r="B205" s="3" t="s">
-        <v>1008</v>
+        <v>1003</v>
       </c>
       <c r="C205" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D205" s="4">
-        <v>757</v>
+        <v>651</v>
       </c>
       <c r="E205" s="5">
-        <v>141.56</v>
+        <v>175.8</v>
       </c>
       <c r="F205" s="4">
-        <v>107160.92</v>
+        <v>114445.8</v>
       </c>
       <c r="G205" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H205" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I205" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J205" s="5">
-        <v>141.56</v>
+        <v>175.8</v>
       </c>
       <c r="K205" s="5">
         <v>1</v>
       </c>
       <c r="L205" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M205" s="4">
-        <v>107160.92</v>
+        <v>114445.8</v>
       </c>
       <c r="N205" s="4">
-        <v>107160.92</v>
+        <v>114445.8</v>
       </c>
       <c r="O205" s="3" t="s">
-        <v>1009</v>
+        <v>1004</v>
       </c>
       <c r="P205" s="3" t="s">
-        <v>1010</v>
+        <v>1005</v>
       </c>
       <c r="Q205" s="3" t="s">
-        <v>185</v>
+        <v>200</v>
       </c>
       <c r="R205" s="3" t="s">
-        <v>1011</v>
+        <v>1006</v>
       </c>
       <c r="S205" s="3" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="T205" s="4">
         <v>1</v>
       </c>
       <c r="W205" s="3" t="s">
-        <v>1007</v>
+        <v>1002</v>
       </c>
       <c r="X205" s="4">
         <v>0</v>
       </c>
       <c r="Y205" s="4">
         <v>0</v>
       </c>
       <c r="Z205" s="6">
-        <v>4.8089999999999999E-3</v>
+        <v>4.934E-3</v>
       </c>
     </row>
     <row r="206" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A206" s="3" t="s">
-        <v>1012</v>
+        <v>1007</v>
       </c>
       <c r="B206" s="3" t="s">
-        <v>1013</v>
+        <v>1008</v>
       </c>
       <c r="C206" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D206" s="4">
-        <v>144</v>
+        <v>486</v>
       </c>
       <c r="E206" s="5">
-        <v>146.97</v>
+        <v>220.83</v>
       </c>
       <c r="F206" s="4">
-        <v>21163.68</v>
+        <v>107323.38</v>
       </c>
       <c r="G206" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H206" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I206" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J206" s="5">
-        <v>146.97</v>
+        <v>220.83</v>
       </c>
       <c r="K206" s="5">
         <v>1</v>
       </c>
       <c r="L206" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M206" s="4">
-        <v>21163.68</v>
+        <v>107323.38</v>
       </c>
       <c r="N206" s="4">
-        <v>21163.68</v>
+        <v>107323.38</v>
       </c>
       <c r="O206" s="3" t="s">
-        <v>1014</v>
+        <v>1009</v>
       </c>
       <c r="P206" s="3" t="s">
-        <v>1015</v>
+        <v>1010</v>
       </c>
       <c r="Q206" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="R206" s="3" t="s">
+        <v>1011</v>
+      </c>
+      <c r="S206" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="R206" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T206" s="4">
         <v>1</v>
       </c>
       <c r="W206" s="3" t="s">
-        <v>1012</v>
+        <v>1007</v>
       </c>
       <c r="X206" s="4">
         <v>0</v>
       </c>
       <c r="Y206" s="4">
         <v>0</v>
       </c>
       <c r="Z206" s="6">
-        <v>9.4899999999999997E-4</v>
+        <v>4.627E-3</v>
       </c>
     </row>
     <row r="207" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A207" s="3" t="s">
-        <v>1017</v>
+        <v>1012</v>
       </c>
       <c r="B207" s="3" t="s">
-        <v>1018</v>
+        <v>1013</v>
       </c>
       <c r="C207" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D207" s="4">
-        <v>200</v>
+        <v>1400</v>
       </c>
       <c r="E207" s="5">
-        <v>156.4</v>
+        <v>83.82</v>
       </c>
       <c r="F207" s="4">
-        <v>31280</v>
+        <v>117348</v>
       </c>
       <c r="G207" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H207" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I207" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J207" s="5">
-        <v>156.4</v>
+        <v>83.82</v>
       </c>
       <c r="K207" s="5">
         <v>1</v>
       </c>
       <c r="L207" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M207" s="4">
-        <v>31280</v>
+        <v>117348</v>
       </c>
       <c r="N207" s="4">
-        <v>31280</v>
+        <v>117348</v>
       </c>
       <c r="O207" s="3" t="s">
-        <v>1019</v>
+        <v>1014</v>
       </c>
       <c r="P207" s="3" t="s">
-        <v>1020</v>
+        <v>1015</v>
       </c>
       <c r="Q207" s="3" t="s">
-        <v>99</v>
+        <v>157</v>
       </c>
       <c r="R207" s="3" t="s">
-        <v>1021</v>
+        <v>1016</v>
       </c>
       <c r="S207" s="3" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="T207" s="4">
         <v>1</v>
       </c>
       <c r="W207" s="3" t="s">
-        <v>1017</v>
+        <v>1012</v>
       </c>
       <c r="X207" s="4">
         <v>0</v>
       </c>
       <c r="Y207" s="4">
         <v>0</v>
       </c>
       <c r="Z207" s="6">
-        <v>1.403E-3</v>
+        <v>5.0590000000000001E-3</v>
       </c>
     </row>
     <row r="208" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A208" s="3" t="s">
-        <v>1022</v>
+        <v>1017</v>
       </c>
       <c r="B208" s="3" t="s">
-        <v>1023</v>
+        <v>1018</v>
       </c>
       <c r="C208" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D208" s="4">
-        <v>1484</v>
+        <v>757</v>
       </c>
       <c r="E208" s="5">
-        <v>81.42</v>
+        <v>147.5</v>
       </c>
       <c r="F208" s="4">
-        <v>120827.28</v>
+        <v>111657.5</v>
       </c>
       <c r="G208" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H208" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I208" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J208" s="5">
-        <v>81.42</v>
+        <v>147.5</v>
       </c>
       <c r="K208" s="5">
         <v>1</v>
       </c>
       <c r="L208" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M208" s="4">
-        <v>120827.28</v>
+        <v>111657.5</v>
       </c>
       <c r="N208" s="4">
-        <v>120827.28</v>
+        <v>111657.5</v>
       </c>
       <c r="O208" s="3" t="s">
-        <v>1024</v>
+        <v>1019</v>
       </c>
       <c r="P208" s="3" t="s">
-        <v>1025</v>
+        <v>1020</v>
       </c>
       <c r="Q208" s="3" t="s">
-        <v>164</v>
+        <v>200</v>
       </c>
       <c r="R208" s="3" t="s">
-        <v>1026</v>
+        <v>1021</v>
       </c>
       <c r="S208" s="3" t="s">
-        <v>122</v>
+        <v>109</v>
       </c>
       <c r="T208" s="4">
         <v>1</v>
       </c>
       <c r="W208" s="3" t="s">
-        <v>1022</v>
+        <v>1017</v>
       </c>
       <c r="X208" s="4">
         <v>0</v>
       </c>
       <c r="Y208" s="4">
         <v>0</v>
       </c>
       <c r="Z208" s="6">
-        <v>5.4219999999999997E-3</v>
+        <v>4.8139999999999997E-3</v>
       </c>
     </row>
     <row r="209" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A209" s="3" t="s">
-        <v>1027</v>
+        <v>1022</v>
       </c>
       <c r="B209" s="3" t="s">
-        <v>1028</v>
+        <v>1023</v>
       </c>
       <c r="C209" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D209" s="4">
-        <v>5012</v>
+        <v>144</v>
       </c>
       <c r="E209" s="5">
-        <v>20.562431</v>
+        <v>152</v>
       </c>
       <c r="F209" s="4">
-        <v>103058.90549342999</v>
+        <v>21888</v>
       </c>
       <c r="G209" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H209" s="3" t="s">
-        <v>73</v>
+        <v>93</v>
       </c>
       <c r="I209" s="3" t="s">
-        <v>74</v>
+        <v>94</v>
       </c>
       <c r="J209" s="5">
-        <v>206.6</v>
+        <v>152</v>
       </c>
       <c r="K209" s="5">
-        <v>10.04745008778457</v>
+        <v>1</v>
       </c>
       <c r="L209" s="3" t="s">
-        <v>75</v>
+        <v>95</v>
       </c>
       <c r="M209" s="4">
-        <v>1035479.209046</v>
+        <v>21888</v>
       </c>
       <c r="N209" s="4">
-        <v>103058.90549342999</v>
+        <v>21888</v>
       </c>
       <c r="O209" s="3" t="s">
-        <v>1027</v>
+        <v>1024</v>
       </c>
       <c r="P209" s="3" t="s">
-        <v>1029</v>
+        <v>1025</v>
       </c>
       <c r="Q209" s="3" t="s">
-        <v>136</v>
+        <v>124</v>
       </c>
       <c r="R209" s="3" t="s">
-        <v>1030</v>
+        <v>1026</v>
       </c>
       <c r="S209" s="3" t="s">
-        <v>1031</v>
+        <v>109</v>
       </c>
       <c r="T209" s="4">
         <v>1</v>
       </c>
       <c r="W209" s="3" t="s">
-        <v>34</v>
+        <v>1022</v>
       </c>
       <c r="X209" s="4">
         <v>0</v>
       </c>
       <c r="Y209" s="4">
         <v>0</v>
       </c>
       <c r="Z209" s="6">
-        <v>4.6249999999999998E-3</v>
+        <v>9.4300000000000004E-4</v>
       </c>
     </row>
     <row r="210" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A210" s="3" t="s">
-        <v>1032</v>
+        <v>1027</v>
       </c>
       <c r="B210" s="3" t="s">
-        <v>1033</v>
+        <v>1028</v>
       </c>
       <c r="C210" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D210" s="4">
-        <v>25000</v>
+        <v>200</v>
       </c>
       <c r="E210" s="5">
-        <v>0.90286100000000002</v>
+        <v>146.32</v>
       </c>
       <c r="F210" s="4">
-        <v>22571.517362080001</v>
+        <v>29264</v>
       </c>
       <c r="G210" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H210" s="3" t="s">
-        <v>78</v>
+        <v>93</v>
       </c>
       <c r="I210" s="3" t="s">
-        <v>79</v>
+        <v>94</v>
       </c>
       <c r="J210" s="5">
-        <v>27.6</v>
+        <v>146.32</v>
       </c>
       <c r="K210" s="5">
-        <v>30.569503740790172</v>
+        <v>1</v>
       </c>
       <c r="L210" s="3" t="s">
-        <v>80</v>
+        <v>95</v>
       </c>
       <c r="M210" s="4">
-        <v>690000.08443499997</v>
+        <v>29264</v>
       </c>
       <c r="N210" s="4">
-        <v>22571.517362080001</v>
+        <v>29264</v>
       </c>
       <c r="O210" s="3" t="s">
-        <v>1032</v>
+        <v>1029</v>
       </c>
       <c r="P210" s="3" t="s">
-        <v>1034</v>
+        <v>1030</v>
       </c>
       <c r="Q210" s="3" t="s">
-        <v>185</v>
+        <v>114</v>
       </c>
       <c r="R210" s="3" t="s">
-        <v>1035</v>
+        <v>1031</v>
       </c>
       <c r="S210" s="3" t="s">
-        <v>704</v>
+        <v>109</v>
       </c>
       <c r="T210" s="4">
         <v>1</v>
       </c>
       <c r="W210" s="3" t="s">
-        <v>34</v>
+        <v>1027</v>
       </c>
       <c r="X210" s="4">
         <v>0</v>
       </c>
       <c r="Y210" s="4">
         <v>0</v>
       </c>
       <c r="Z210" s="6">
-        <v>1.013E-3</v>
+        <v>1.261E-3</v>
       </c>
     </row>
     <row r="211" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A211" s="3" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B211" s="3" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C211" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D211" s="4">
+        <v>1353</v>
+      </c>
+      <c r="E211" s="5">
+        <v>82.5</v>
+      </c>
+      <c r="F211" s="4">
+        <v>111622.5</v>
+      </c>
+      <c r="G211" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H211" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I211" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J211" s="5">
+        <v>82.5</v>
+      </c>
+      <c r="K211" s="5">
+        <v>1</v>
+      </c>
+      <c r="L211" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M211" s="4">
+        <v>111622.5</v>
+      </c>
+      <c r="N211" s="4">
+        <v>111622.5</v>
+      </c>
+      <c r="O211" s="3" t="s">
+        <v>1034</v>
+      </c>
+      <c r="P211" s="3" t="s">
+        <v>1035</v>
+      </c>
+      <c r="Q211" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="R211" s="3" t="s">
         <v>1036</v>
       </c>
-      <c r="B211" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S211" s="3" t="s">
-        <v>1041</v>
+        <v>137</v>
       </c>
       <c r="T211" s="4">
         <v>1</v>
       </c>
       <c r="W211" s="3" t="s">
-        <v>34</v>
+        <v>1032</v>
       </c>
       <c r="X211" s="4">
         <v>0</v>
       </c>
       <c r="Y211" s="4">
         <v>0</v>
       </c>
       <c r="Z211" s="6">
-        <v>1.2099999999999999E-3</v>
+        <v>4.8120000000000003E-3</v>
       </c>
     </row>
     <row r="212" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A212" s="3" t="s">
-        <v>1042</v>
+        <v>1037</v>
       </c>
       <c r="B212" s="3" t="s">
-        <v>1043</v>
+        <v>1038</v>
       </c>
       <c r="C212" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D212" s="4">
-        <v>800</v>
+        <v>5012</v>
       </c>
       <c r="E212" s="5">
-        <v>24.035419000000001</v>
+        <v>21.126901</v>
       </c>
       <c r="F212" s="4">
-        <v>19228.333049550001</v>
+        <v>105888.03142977</v>
       </c>
       <c r="G212" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H212" s="3" t="s">
-        <v>63</v>
+        <v>83</v>
       </c>
       <c r="I212" s="3" t="s">
-        <v>64</v>
+        <v>84</v>
       </c>
       <c r="J212" s="5">
-        <v>3529</v>
+        <v>210.8</v>
       </c>
       <c r="K212" s="5">
-        <v>146.82498315183318</v>
+        <v>9.977800391908044</v>
       </c>
       <c r="L212" s="3" t="s">
-        <v>65</v>
+        <v>85</v>
       </c>
       <c r="M212" s="4">
-        <v>2823199.6760379998</v>
+        <v>1056529.6414979999</v>
       </c>
       <c r="N212" s="4">
-        <v>19228.333049550001</v>
+        <v>105888.03142977</v>
       </c>
       <c r="O212" s="3" t="s">
-        <v>1042</v>
+        <v>1037</v>
       </c>
       <c r="P212" s="3" t="s">
-        <v>1044</v>
+        <v>1039</v>
       </c>
       <c r="Q212" s="3" t="s">
-        <v>99</v>
+        <v>151</v>
       </c>
       <c r="R212" s="3" t="s">
-        <v>1045</v>
+        <v>1040</v>
       </c>
       <c r="S212" s="3" t="s">
-        <v>629</v>
+        <v>1041</v>
       </c>
       <c r="T212" s="4">
         <v>1</v>
       </c>
       <c r="W212" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X212" s="4">
         <v>0</v>
       </c>
       <c r="Y212" s="4">
         <v>0</v>
       </c>
       <c r="Z212" s="6">
-        <v>8.6200000000000003E-4</v>
+        <v>4.5649999999999996E-3</v>
       </c>
     </row>
     <row r="213" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A213" s="3" t="s">
-        <v>1046</v>
+        <v>1042</v>
       </c>
       <c r="B213" s="3" t="s">
-        <v>1047</v>
+        <v>1043</v>
       </c>
       <c r="C213" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D213" s="4">
+        <v>25000</v>
+      </c>
+      <c r="E213" s="5">
+        <v>0.92197600000000002</v>
+      </c>
+      <c r="F213" s="4">
+        <v>23049.41269112</v>
+      </c>
+      <c r="G213" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H213" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="D213" s="4">
-[...8 lines deleted...]
-      <c r="G213" s="3" t="s">
+      <c r="I213" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="H213" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J213" s="5">
-        <v>130.1</v>
+        <v>28.1</v>
       </c>
       <c r="K213" s="5">
-        <v>0.8543357539513029</v>
+        <v>30.478001740293898</v>
       </c>
       <c r="L213" s="3" t="s">
-        <v>435</v>
+        <v>90</v>
       </c>
       <c r="M213" s="4">
-        <v>66351</v>
+        <v>702500.04011199996</v>
       </c>
       <c r="N213" s="4">
-        <v>77663.845499999996</v>
+        <v>23049.41269112</v>
       </c>
       <c r="O213" s="3" t="s">
-        <v>1046</v>
+        <v>1042</v>
       </c>
       <c r="P213" s="3" t="s">
-        <v>1048</v>
+        <v>1044</v>
       </c>
       <c r="Q213" s="3" t="s">
-        <v>185</v>
+        <v>200</v>
       </c>
       <c r="R213" s="3" t="s">
-        <v>1049</v>
+        <v>1045</v>
       </c>
       <c r="S213" s="3" t="s">
-        <v>438</v>
+        <v>714</v>
       </c>
       <c r="T213" s="4">
         <v>1</v>
       </c>
       <c r="W213" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X213" s="4">
         <v>0</v>
       </c>
       <c r="Y213" s="4">
         <v>0</v>
       </c>
       <c r="Z213" s="6">
-        <v>3.4849999999999998E-3</v>
+        <v>9.9299999999999996E-4</v>
       </c>
     </row>
     <row r="214" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A214" s="3" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B214" s="3" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C214" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D214" s="4">
+        <v>429</v>
+      </c>
+      <c r="E214" s="5">
+        <v>68.150000000000006</v>
+      </c>
+      <c r="F214" s="4">
+        <v>29236.35</v>
+      </c>
+      <c r="G214" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H214" s="3" t="s">
+        <v>1048</v>
+      </c>
+      <c r="I214" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="J214" s="5">
+        <v>58</v>
+      </c>
+      <c r="K214" s="5">
+        <v>0.85106382978723405</v>
+      </c>
+      <c r="L214" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="M214" s="4">
+        <v>24882</v>
+      </c>
+      <c r="N214" s="4">
+        <v>29236.35</v>
+      </c>
+      <c r="O214" s="3" t="s">
+        <v>1046</v>
+      </c>
+      <c r="P214" s="3" t="s">
+        <v>1049</v>
+      </c>
+      <c r="Q214" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="R214" s="3" t="s">
         <v>1050</v>
       </c>
-      <c r="B214" s="3" t="s">
+      <c r="S214" s="3" t="s">
         <v>1051</v>
-      </c>
-[...49 lines deleted...]
-        <v>111</v>
       </c>
       <c r="T214" s="4">
         <v>1</v>
       </c>
       <c r="W214" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X214" s="4">
         <v>0</v>
       </c>
       <c r="Y214" s="4">
         <v>0</v>
       </c>
       <c r="Z214" s="6">
-        <v>4.0109999999999998E-3</v>
+        <v>1.2600000000000001E-3</v>
       </c>
     </row>
     <row r="215" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A215" s="3" t="s">
+        <v>1052</v>
+      </c>
+      <c r="B215" s="3" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C215" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D215" s="4">
+        <v>800</v>
+      </c>
+      <c r="E215" s="5">
+        <v>22.446428999999998</v>
+      </c>
+      <c r="F215" s="4">
+        <v>17957.138504250001</v>
+      </c>
+      <c r="G215" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H215" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="I215" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="J215" s="5">
+        <v>3315</v>
+      </c>
+      <c r="K215" s="5">
+        <v>147.68496434146536</v>
+      </c>
+      <c r="L215" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="M215" s="4">
+        <v>2651999.3596740002</v>
+      </c>
+      <c r="N215" s="4">
+        <v>17957.138504250001</v>
+      </c>
+      <c r="O215" s="3" t="s">
+        <v>1052</v>
+      </c>
+      <c r="P215" s="3" t="s">
         <v>1054</v>
       </c>
-      <c r="B215" s="3" t="s">
+      <c r="Q215" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="R215" s="3" t="s">
         <v>1055</v>
       </c>
-      <c r="C215" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S215" s="3" t="s">
-        <v>678</v>
+        <v>636</v>
       </c>
       <c r="T215" s="4">
         <v>1</v>
       </c>
       <c r="W215" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X215" s="4">
         <v>0</v>
       </c>
       <c r="Y215" s="4">
         <v>0</v>
       </c>
       <c r="Z215" s="6">
-        <v>4.8500000000000001E-3</v>
+        <v>7.7399999999999995E-4</v>
       </c>
     </row>
     <row r="216" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A216" s="3" t="s">
-        <v>1060</v>
+        <v>1056</v>
       </c>
       <c r="B216" s="3" t="s">
-        <v>1061</v>
+        <v>1057</v>
       </c>
       <c r="C216" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D216" s="4">
-        <v>9200</v>
+        <v>510</v>
       </c>
       <c r="E216" s="5">
-        <v>2.268122</v>
+        <v>165.20500000000001</v>
       </c>
       <c r="F216" s="4">
-        <v>20866.718628219998</v>
+        <v>84254.55</v>
       </c>
       <c r="G216" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H216" s="3" t="s">
-        <v>1062</v>
+        <v>444</v>
       </c>
       <c r="I216" s="3" t="s">
-        <v>1063</v>
+        <v>59</v>
       </c>
       <c r="J216" s="5">
-        <v>2.91</v>
+        <v>140.6</v>
       </c>
       <c r="K216" s="5">
-        <v>1.2829999947525301</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L216" s="3" t="s">
-        <v>1064</v>
+        <v>445</v>
       </c>
       <c r="M216" s="4">
-        <v>26771.999889999999</v>
+        <v>71706</v>
       </c>
       <c r="N216" s="4">
-        <v>20866.718628219998</v>
+        <v>84254.55</v>
       </c>
       <c r="O216" s="3" t="s">
-        <v>1060</v>
+        <v>1056</v>
       </c>
       <c r="P216" s="3" t="s">
-        <v>1065</v>
+        <v>1058</v>
       </c>
       <c r="Q216" s="3" t="s">
-        <v>185</v>
+        <v>200</v>
       </c>
       <c r="R216" s="3" t="s">
-        <v>1066</v>
+        <v>1059</v>
       </c>
       <c r="S216" s="3" t="s">
-        <v>1067</v>
+        <v>448</v>
       </c>
       <c r="T216" s="4">
         <v>1</v>
       </c>
       <c r="W216" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X216" s="4">
         <v>0</v>
       </c>
       <c r="Y216" s="4">
         <v>0</v>
       </c>
       <c r="Z216" s="6">
-        <v>9.3599999999999998E-4</v>
+        <v>3.6319999999999998E-3</v>
       </c>
     </row>
     <row r="217" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A217" s="3" t="s">
-        <v>1068</v>
+        <v>1060</v>
       </c>
       <c r="B217" s="3" t="s">
-        <v>1069</v>
+        <v>1061</v>
       </c>
       <c r="C217" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D217" s="4">
-        <v>2295</v>
+        <v>2558</v>
       </c>
       <c r="E217" s="5">
-        <v>51.207022000000002</v>
+        <v>34.840949999999999</v>
       </c>
       <c r="F217" s="4">
-        <v>117520.11704462</v>
+        <v>89123.150099999999</v>
       </c>
       <c r="G217" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H217" s="3" t="s">
-        <v>73</v>
+        <v>63</v>
       </c>
       <c r="I217" s="3" t="s">
-        <v>74</v>
+        <v>64</v>
       </c>
       <c r="J217" s="5">
-        <v>514.5</v>
+        <v>25.88</v>
       </c>
       <c r="K217" s="5">
-        <v>10.04745008778457</v>
+        <v>0.74280408542246978</v>
       </c>
       <c r="L217" s="3" t="s">
-        <v>75</v>
+        <v>65</v>
       </c>
       <c r="M217" s="4">
-        <v>1180777.5103160001</v>
+        <v>66201.039999999994</v>
       </c>
       <c r="N217" s="4">
-        <v>117520.11704462</v>
+        <v>89123.150099999999</v>
       </c>
       <c r="O217" s="3" t="s">
-        <v>1068</v>
+        <v>1060</v>
       </c>
       <c r="P217" s="3" t="s">
-        <v>1070</v>
+        <v>1062</v>
       </c>
       <c r="Q217" s="3" t="s">
-        <v>136</v>
+        <v>168</v>
       </c>
       <c r="R217" s="3" t="s">
-        <v>1071</v>
+        <v>1063</v>
       </c>
       <c r="S217" s="3" t="s">
-        <v>1031</v>
+        <v>126</v>
       </c>
       <c r="T217" s="4">
         <v>1</v>
       </c>
       <c r="W217" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X217" s="4">
         <v>0</v>
       </c>
       <c r="Y217" s="4">
         <v>0</v>
       </c>
       <c r="Z217" s="6">
-        <v>5.274E-3</v>
+        <v>3.8419999999999999E-3</v>
       </c>
     </row>
     <row r="218" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A218" s="3" t="s">
-        <v>1072</v>
+        <v>1064</v>
       </c>
       <c r="B218" s="3" t="s">
-        <v>1073</v>
+        <v>1065</v>
       </c>
       <c r="C218" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D218" s="4">
-        <v>900</v>
+        <v>21200</v>
       </c>
       <c r="E218" s="5">
-        <v>22.565905999999998</v>
+        <v>5.5010029999999999</v>
       </c>
       <c r="F218" s="4">
-        <v>20309.31633537</v>
+        <v>116621.25340599001</v>
       </c>
       <c r="G218" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H218" s="3" t="s">
-        <v>1074</v>
+        <v>1066</v>
       </c>
       <c r="I218" s="3" t="s">
-        <v>1075</v>
+        <v>69</v>
       </c>
       <c r="J218" s="5">
-        <v>122.49</v>
+        <v>42.8</v>
       </c>
       <c r="K218" s="5">
-        <v>5.4281001454079467</v>
+        <v>7.7803997725011103</v>
       </c>
       <c r="L218" s="3" t="s">
-        <v>1076</v>
+        <v>1067</v>
       </c>
       <c r="M218" s="4">
-        <v>110241.002953</v>
+        <v>907359.97346799995</v>
       </c>
       <c r="N218" s="4">
-        <v>20309.31633537</v>
+        <v>116621.25340599001</v>
       </c>
       <c r="O218" s="3" t="s">
-        <v>1072</v>
+        <v>1064</v>
       </c>
       <c r="P218" s="3" t="s">
-        <v>1077</v>
+        <v>1068</v>
       </c>
       <c r="Q218" s="3" t="s">
-        <v>153</v>
+        <v>200</v>
       </c>
       <c r="R218" s="3" t="s">
-        <v>1078</v>
+        <v>1069</v>
       </c>
       <c r="S218" s="3" t="s">
-        <v>1079</v>
+        <v>684</v>
       </c>
       <c r="T218" s="4">
         <v>1</v>
       </c>
       <c r="W218" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X218" s="4">
         <v>0</v>
       </c>
       <c r="Y218" s="4">
         <v>0</v>
       </c>
       <c r="Z218" s="6">
-        <v>9.1100000000000003E-4</v>
+        <v>5.0280000000000004E-3</v>
       </c>
     </row>
     <row r="219" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A219" s="3" t="s">
-        <v>1080</v>
+        <v>1070</v>
       </c>
       <c r="B219" s="3" t="s">
-        <v>1081</v>
+        <v>1071</v>
       </c>
       <c r="C219" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D219" s="4">
-        <v>2510</v>
+        <v>9200</v>
       </c>
       <c r="E219" s="5">
-        <v>18.903575</v>
+        <v>2.6140240000000001</v>
       </c>
       <c r="F219" s="4">
-        <v>47447.973250000003</v>
+        <v>24049.022649710001</v>
       </c>
       <c r="G219" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H219" s="3" t="s">
-        <v>434</v>
+        <v>1072</v>
       </c>
       <c r="I219" s="3" t="s">
-        <v>49</v>
+        <v>1073</v>
       </c>
       <c r="J219" s="5">
-        <v>16.149999999999999</v>
+        <v>3.37</v>
       </c>
       <c r="K219" s="5">
-        <v>0.8543357539513029</v>
+        <v>1.2891999951938626</v>
       </c>
       <c r="L219" s="3" t="s">
-        <v>435</v>
+        <v>1074</v>
       </c>
       <c r="M219" s="4">
-        <v>40536.5</v>
+        <v>31003.999884000001</v>
       </c>
       <c r="N219" s="4">
-        <v>47447.973250000003</v>
+        <v>24049.022649710001</v>
       </c>
       <c r="O219" s="3" t="s">
-        <v>1080</v>
+        <v>1070</v>
       </c>
       <c r="P219" s="3" t="s">
-        <v>1082</v>
+        <v>1075</v>
       </c>
       <c r="Q219" s="3" t="s">
-        <v>185</v>
+        <v>200</v>
       </c>
       <c r="R219" s="3" t="s">
-        <v>1083</v>
+        <v>1076</v>
       </c>
       <c r="S219" s="3" t="s">
-        <v>438</v>
+        <v>1077</v>
       </c>
       <c r="T219" s="4">
         <v>1</v>
       </c>
       <c r="W219" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X219" s="4">
         <v>0</v>
       </c>
       <c r="Y219" s="4">
         <v>0</v>
       </c>
       <c r="Z219" s="6">
-        <v>2.1289999999999998E-3</v>
+        <v>1.036E-3</v>
       </c>
     </row>
     <row r="220" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A220" s="3" t="s">
-        <v>1084</v>
+        <v>1078</v>
       </c>
       <c r="B220" s="3" t="s">
-        <v>1085</v>
+        <v>1079</v>
       </c>
       <c r="C220" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D220" s="4">
-        <v>8552</v>
+        <v>1950</v>
       </c>
       <c r="E220" s="5">
-        <v>11.75182</v>
+        <v>53.418587000000002</v>
       </c>
       <c r="F220" s="4">
-        <v>100501.56464</v>
+        <v>104166.24907294</v>
       </c>
       <c r="G220" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H220" s="3" t="s">
-        <v>1086</v>
+        <v>83</v>
       </c>
       <c r="I220" s="3" t="s">
-        <v>49</v>
+        <v>84</v>
       </c>
       <c r="J220" s="5">
-        <v>10.039999999999999</v>
+        <v>533</v>
       </c>
       <c r="K220" s="5">
-        <v>0.8543357539513029</v>
+        <v>9.977800391908044</v>
       </c>
       <c r="L220" s="3" t="s">
-        <v>1087</v>
+        <v>85</v>
       </c>
       <c r="M220" s="4">
-        <v>85862.080000000002</v>
+        <v>1039350.040823</v>
       </c>
       <c r="N220" s="4">
-        <v>100501.56464</v>
+        <v>104166.24907294</v>
       </c>
       <c r="O220" s="3" t="s">
-        <v>1084</v>
+        <v>1078</v>
       </c>
       <c r="P220" s="3" t="s">
-        <v>1088</v>
+        <v>1080</v>
       </c>
       <c r="Q220" s="3" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="R220" s="3" t="s">
-        <v>1089</v>
+        <v>1081</v>
       </c>
       <c r="S220" s="3" t="s">
-        <v>1090</v>
+        <v>1041</v>
       </c>
       <c r="T220" s="4">
         <v>1</v>
       </c>
       <c r="W220" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X220" s="4">
         <v>0</v>
       </c>
       <c r="Y220" s="4">
         <v>0</v>
       </c>
       <c r="Z220" s="6">
-        <v>4.5100000000000001E-3</v>
+        <v>4.4910000000000002E-3</v>
       </c>
     </row>
     <row r="221" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A221" s="3" t="s">
-        <v>1091</v>
+        <v>1082</v>
       </c>
       <c r="B221" s="3" t="s">
-        <v>1092</v>
+        <v>1083</v>
       </c>
       <c r="C221" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D221" s="4">
-        <v>6240</v>
+        <v>900</v>
       </c>
       <c r="E221" s="5">
-        <v>15.537075</v>
+        <v>24.818093999999999</v>
       </c>
       <c r="F221" s="4">
-        <v>96951.347999999998</v>
+        <v>22336.284515210002</v>
       </c>
       <c r="G221" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H221" s="3" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="I221" s="3" t="s">
-        <v>54</v>
+        <v>39</v>
       </c>
       <c r="J221" s="5">
-        <v>11.5</v>
+        <v>132.16999999999999</v>
       </c>
       <c r="K221" s="5">
-        <v>0.74016505680766809</v>
+        <v>5.3255500773988818</v>
       </c>
       <c r="L221" s="3" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="M221" s="4">
-        <v>71760</v>
+        <v>118953.001728</v>
       </c>
       <c r="N221" s="4">
-        <v>96951.347999999998</v>
+        <v>22336.284515210002</v>
       </c>
       <c r="O221" s="3" t="s">
-        <v>1091</v>
+        <v>1082</v>
       </c>
       <c r="P221" s="3" t="s">
-        <v>1093</v>
+        <v>1084</v>
       </c>
       <c r="Q221" s="3" t="s">
-        <v>153</v>
+        <v>168</v>
       </c>
       <c r="R221" s="3" t="s">
-        <v>1094</v>
+        <v>1085</v>
       </c>
       <c r="S221" s="3" t="s">
-        <v>111</v>
+        <v>1086</v>
       </c>
       <c r="T221" s="4">
         <v>1</v>
       </c>
       <c r="W221" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X221" s="4">
         <v>0</v>
       </c>
       <c r="Y221" s="4">
         <v>0</v>
       </c>
       <c r="Z221" s="6">
-        <v>4.3509999999999998E-3</v>
+        <v>9.6299999999999999E-4</v>
       </c>
     </row>
     <row r="222" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A222" s="3" t="s">
-        <v>1095</v>
+        <v>1087</v>
       </c>
       <c r="B222" s="3" t="s">
-        <v>1096</v>
+        <v>1088</v>
       </c>
       <c r="C222" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D222" s="4">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="E222" s="5">
-        <v>275.07</v>
+        <v>1.1104719999999999</v>
       </c>
       <c r="F222" s="4">
-        <v>55014</v>
+        <v>333.14148355999998</v>
       </c>
       <c r="G222" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H222" s="3" t="s">
-        <v>83</v>
+        <v>73</v>
       </c>
       <c r="I222" s="3" t="s">
-        <v>84</v>
+        <v>74</v>
       </c>
       <c r="J222" s="5">
-        <v>275.07</v>
+        <v>164</v>
       </c>
       <c r="K222" s="5">
-        <v>1</v>
+        <v>147.68496434146536</v>
       </c>
       <c r="L222" s="3" t="s">
-        <v>85</v>
+        <v>75</v>
       </c>
       <c r="M222" s="4">
-        <v>55014</v>
+        <v>49199.988120000002</v>
       </c>
       <c r="N222" s="4">
-        <v>55014</v>
+        <v>333.14148355999998</v>
       </c>
       <c r="O222" s="3" t="s">
-        <v>1095</v>
+        <v>1087</v>
       </c>
       <c r="P222" s="3" t="s">
-        <v>1097</v>
+        <v>1089</v>
       </c>
       <c r="Q222" s="3" t="s">
-        <v>142</v>
+        <v>157</v>
       </c>
       <c r="R222" s="3" t="s">
-        <v>1098</v>
+        <v>1090</v>
       </c>
       <c r="S222" s="3" t="s">
-        <v>94</v>
+        <v>636</v>
       </c>
       <c r="T222" s="4">
         <v>1</v>
       </c>
       <c r="W222" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X222" s="4">
         <v>0</v>
       </c>
       <c r="Y222" s="4">
         <v>0</v>
       </c>
       <c r="Z222" s="6">
-        <v>2.4689999999999998E-3</v>
+        <v>1.4E-5</v>
       </c>
     </row>
     <row r="223" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A223" s="3" t="s">
-        <v>1099</v>
+        <v>1091</v>
       </c>
       <c r="B223" s="3" t="s">
-        <v>1100</v>
+        <v>1092</v>
       </c>
       <c r="C223" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D223" s="4">
-        <v>134</v>
+        <v>2510</v>
       </c>
       <c r="E223" s="5">
-        <v>31.101752999999999</v>
+        <v>18.400500000000001</v>
       </c>
       <c r="F223" s="4">
-        <v>4167.6349874699999</v>
+        <v>46185.254999999997</v>
       </c>
       <c r="G223" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H223" s="3" t="s">
-        <v>1101</v>
+        <v>444</v>
       </c>
       <c r="I223" s="3" t="s">
-        <v>1102</v>
+        <v>59</v>
       </c>
       <c r="J223" s="5">
-        <v>116.7</v>
+        <v>15.66</v>
       </c>
       <c r="K223" s="5">
-        <v>3.7522000556001003</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L223" s="3" t="s">
-        <v>1103</v>
+        <v>445</v>
       </c>
       <c r="M223" s="4">
-        <v>15637.800230999999</v>
+        <v>39306.6</v>
       </c>
       <c r="N223" s="4">
-        <v>4167.6349874699999</v>
+        <v>46185.254999999997</v>
       </c>
       <c r="O223" s="3" t="s">
-        <v>1099</v>
+        <v>1091</v>
       </c>
       <c r="P223" s="3" t="s">
-        <v>1104</v>
+        <v>1093</v>
       </c>
       <c r="Q223" s="3" t="s">
-        <v>142</v>
+        <v>200</v>
       </c>
       <c r="R223" s="3" t="s">
-        <v>1105</v>
+        <v>1094</v>
       </c>
       <c r="S223" s="3" t="s">
-        <v>1106</v>
+        <v>448</v>
       </c>
       <c r="T223" s="4">
         <v>1</v>
       </c>
       <c r="W223" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X223" s="4">
         <v>0</v>
       </c>
       <c r="Y223" s="4">
         <v>0</v>
       </c>
       <c r="Z223" s="6">
-        <v>1.8699999999999999E-4</v>
+        <v>1.9910000000000001E-3</v>
       </c>
     </row>
     <row r="224" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A224" s="3" t="s">
-        <v>1107</v>
+        <v>1095</v>
       </c>
       <c r="B224" s="3" t="s">
-        <v>1108</v>
+        <v>1096</v>
       </c>
       <c r="C224" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D224" s="4">
-        <v>200</v>
+        <v>8552</v>
       </c>
       <c r="E224" s="5">
-        <v>259.97000000000003</v>
+        <v>13.16</v>
       </c>
       <c r="F224" s="4">
-        <v>51994</v>
+        <v>112544.32000000001</v>
       </c>
       <c r="G224" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H224" s="3" t="s">
-        <v>83</v>
+        <v>1097</v>
       </c>
       <c r="I224" s="3" t="s">
-        <v>84</v>
+        <v>59</v>
       </c>
       <c r="J224" s="5">
-        <v>259.97000000000003</v>
+        <v>11.2</v>
       </c>
       <c r="K224" s="5">
-        <v>1</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L224" s="3" t="s">
-        <v>85</v>
+        <v>1098</v>
       </c>
       <c r="M224" s="4">
-        <v>51994</v>
+        <v>95782.399999999994</v>
       </c>
       <c r="N224" s="4">
-        <v>51994</v>
+        <v>112544.32000000001</v>
       </c>
       <c r="O224" s="3" t="s">
-        <v>1107</v>
+        <v>1095</v>
       </c>
       <c r="P224" s="3" t="s">
-        <v>1109</v>
+        <v>1099</v>
       </c>
       <c r="Q224" s="3" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="R224" s="3" t="s">
-        <v>1110</v>
+        <v>1100</v>
       </c>
       <c r="S224" s="3" t="s">
-        <v>94</v>
+        <v>1101</v>
       </c>
       <c r="T224" s="4">
         <v>1</v>
       </c>
       <c r="W224" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X224" s="4">
         <v>0</v>
       </c>
       <c r="Y224" s="4">
         <v>0</v>
       </c>
       <c r="Z224" s="6">
-        <v>2.333E-3</v>
+        <v>4.8520000000000004E-3</v>
       </c>
     </row>
     <row r="225" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A225" s="3" t="s">
-        <v>1111</v>
+        <v>1102</v>
       </c>
       <c r="B225" s="3" t="s">
-        <v>1112</v>
+        <v>1103</v>
       </c>
       <c r="C225" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D225" s="4">
-        <v>4800</v>
+        <v>6240</v>
       </c>
       <c r="E225" s="5">
-        <v>9.4152660000000008</v>
+        <v>15.434756</v>
       </c>
       <c r="F225" s="4">
-        <v>45193.275909620002</v>
+        <v>96312.879000000001</v>
       </c>
       <c r="G225" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H225" s="3" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="I225" s="3" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="J225" s="5">
-        <v>73.400000000000006</v>
+        <v>11.465</v>
       </c>
       <c r="K225" s="5">
-        <v>7.7958497702329206</v>
+        <v>0.74280408542246978</v>
       </c>
       <c r="L225" s="3" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="M225" s="4">
-        <v>352319.98961599998</v>
+        <v>71541.600000000006</v>
       </c>
       <c r="N225" s="4">
-        <v>45193.275909620002</v>
+        <v>96312.879000000001</v>
       </c>
       <c r="O225" s="3" t="s">
-        <v>1111</v>
+        <v>1102</v>
       </c>
       <c r="P225" s="3" t="s">
-        <v>1113</v>
+        <v>1104</v>
       </c>
       <c r="Q225" s="3" t="s">
-        <v>142</v>
+        <v>168</v>
       </c>
       <c r="R225" s="3" t="s">
-        <v>1114</v>
+        <v>1105</v>
       </c>
       <c r="S225" s="3" t="s">
-        <v>678</v>
+        <v>126</v>
       </c>
       <c r="T225" s="4">
         <v>1</v>
       </c>
       <c r="W225" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X225" s="4">
         <v>0</v>
       </c>
       <c r="Y225" s="4">
         <v>0</v>
       </c>
       <c r="Z225" s="6">
-        <v>2.0279999999999999E-3</v>
+        <v>4.1520000000000003E-3</v>
       </c>
     </row>
     <row r="226" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A226" s="3" t="s">
-        <v>1115</v>
+        <v>1106</v>
       </c>
       <c r="B226" s="3" t="s">
-        <v>1116</v>
+        <v>1107</v>
       </c>
       <c r="C226" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D226" s="4">
-        <v>386</v>
+        <v>200</v>
       </c>
       <c r="E226" s="5">
-        <v>90.99145</v>
+        <v>282.25</v>
       </c>
       <c r="F226" s="4">
-        <v>35122.459989210001</v>
+        <v>56450</v>
       </c>
       <c r="G226" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H226" s="3" t="s">
-        <v>68</v>
+        <v>93</v>
       </c>
       <c r="I226" s="3" t="s">
-        <v>69</v>
+        <v>94</v>
       </c>
       <c r="J226" s="5">
-        <v>126500</v>
+        <v>282.25</v>
       </c>
       <c r="K226" s="5">
-        <v>1390.2405116085083</v>
+        <v>1</v>
       </c>
       <c r="L226" s="3" t="s">
-        <v>70</v>
+        <v>95</v>
       </c>
       <c r="M226" s="4">
-        <v>48828666.744347997</v>
+        <v>56450</v>
       </c>
       <c r="N226" s="4">
-        <v>35122.459989210001</v>
+        <v>56450</v>
       </c>
       <c r="O226" s="3" t="s">
-        <v>1115</v>
+        <v>1106</v>
       </c>
       <c r="P226" s="3" t="s">
-        <v>1117</v>
+        <v>1108</v>
       </c>
       <c r="Q226" s="3" t="s">
-        <v>142</v>
+        <v>157</v>
       </c>
       <c r="R226" s="3" t="s">
-        <v>1118</v>
+        <v>1109</v>
       </c>
       <c r="S226" s="3" t="s">
-        <v>649</v>
+        <v>109</v>
       </c>
       <c r="T226" s="4">
         <v>1</v>
       </c>
       <c r="W226" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X226" s="4">
         <v>0</v>
       </c>
       <c r="Y226" s="4">
         <v>0</v>
       </c>
       <c r="Z226" s="6">
-        <v>1.5759999999999999E-3</v>
+        <v>2.4329999999999998E-3</v>
       </c>
     </row>
     <row r="227" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A227" s="3" t="s">
-        <v>1119</v>
+        <v>1110</v>
       </c>
       <c r="B227" s="3" t="s">
-        <v>1120</v>
+        <v>1111</v>
       </c>
       <c r="C227" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D227" s="4">
-        <v>200</v>
+        <v>134</v>
       </c>
       <c r="E227" s="5">
-        <v>234.85</v>
+        <v>32.344942000000003</v>
       </c>
       <c r="F227" s="4">
-        <v>46970</v>
+        <v>4334.22217482</v>
       </c>
       <c r="G227" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H227" s="3" t="s">
-        <v>83</v>
+        <v>1112</v>
       </c>
       <c r="I227" s="3" t="s">
-        <v>84</v>
+        <v>1113</v>
       </c>
       <c r="J227" s="5">
-        <v>234.85</v>
+        <v>121.3</v>
       </c>
       <c r="K227" s="5">
-        <v>1</v>
+        <v>3.7501999325339033</v>
       </c>
       <c r="L227" s="3" t="s">
-        <v>85</v>
+        <v>1114</v>
       </c>
       <c r="M227" s="4">
-        <v>46970</v>
+        <v>16254.199707</v>
       </c>
       <c r="N227" s="4">
-        <v>46970</v>
+        <v>4334.22217482</v>
       </c>
       <c r="O227" s="3" t="s">
-        <v>1119</v>
+        <v>1110</v>
       </c>
       <c r="P227" s="3" t="s">
-        <v>1121</v>
+        <v>1115</v>
       </c>
       <c r="Q227" s="3" t="s">
-        <v>164</v>
+        <v>157</v>
       </c>
       <c r="R227" s="3" t="s">
-        <v>1122</v>
+        <v>1116</v>
       </c>
       <c r="S227" s="3" t="s">
-        <v>122</v>
+        <v>1117</v>
       </c>
       <c r="T227" s="4">
         <v>1</v>
       </c>
       <c r="W227" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X227" s="4">
         <v>0</v>
       </c>
       <c r="Y227" s="4">
         <v>0</v>
       </c>
       <c r="Z227" s="6">
-        <v>2.1080000000000001E-3</v>
+        <v>1.8599999999999999E-4</v>
       </c>
     </row>
     <row r="228" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A228" s="3" t="s">
-        <v>1123</v>
+        <v>1118</v>
       </c>
       <c r="B228" s="3" t="s">
-        <v>1124</v>
+        <v>1119</v>
       </c>
       <c r="C228" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D228" s="4">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="E228" s="5">
-        <v>181.34034199999999</v>
+        <v>246.6</v>
       </c>
       <c r="F228" s="4">
-        <v>45335.085413929999</v>
+        <v>49320</v>
       </c>
       <c r="G228" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H228" s="3" t="s">
-        <v>619</v>
+        <v>93</v>
       </c>
       <c r="I228" s="3" t="s">
-        <v>620</v>
+        <v>94</v>
       </c>
       <c r="J228" s="5">
-        <v>144.9</v>
+        <v>246.6</v>
       </c>
       <c r="K228" s="5">
-        <v>0.79904999986655867</v>
+        <v>1</v>
       </c>
       <c r="L228" s="3" t="s">
-        <v>621</v>
+        <v>95</v>
       </c>
       <c r="M228" s="4">
-        <v>36224.999992999998</v>
+        <v>49320</v>
       </c>
       <c r="N228" s="4">
-        <v>45335.085413929999</v>
+        <v>49320</v>
       </c>
       <c r="O228" s="3" t="s">
-        <v>1123</v>
+        <v>1118</v>
       </c>
       <c r="P228" s="3" t="s">
-        <v>1125</v>
+        <v>1120</v>
       </c>
       <c r="Q228" s="3" t="s">
-        <v>142</v>
+        <v>179</v>
       </c>
       <c r="R228" s="3" t="s">
-        <v>1126</v>
+        <v>1121</v>
       </c>
       <c r="S228" s="3" t="s">
-        <v>624</v>
+        <v>109</v>
       </c>
       <c r="T228" s="4">
         <v>1</v>
       </c>
       <c r="W228" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X228" s="4">
         <v>0</v>
       </c>
       <c r="Y228" s="4">
         <v>0</v>
       </c>
       <c r="Z228" s="6">
-        <v>2.0339999999999998E-3</v>
+        <v>2.1259999999999999E-3</v>
       </c>
     </row>
     <row r="229" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A229" s="3" t="s">
-        <v>1127</v>
+        <v>1122</v>
       </c>
       <c r="B229" s="3" t="s">
-        <v>1128</v>
+        <v>1123</v>
       </c>
       <c r="C229" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D229" s="4">
-        <v>500</v>
+        <v>4800</v>
       </c>
       <c r="E229" s="5">
-        <v>52.892906000000004</v>
+        <v>9.5946230000000003</v>
       </c>
       <c r="F229" s="4">
-        <v>26446.449855269999</v>
+        <v>46054.187445379997</v>
       </c>
       <c r="G229" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H229" s="3" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="I229" s="3" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="J229" s="5">
-        <v>7766</v>
+        <v>74.650000000000006</v>
       </c>
       <c r="K229" s="5">
-        <v>146.82498315183318</v>
+        <v>7.7803997725011103</v>
       </c>
       <c r="L229" s="3" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="M229" s="4">
-        <v>3882999.5544250002</v>
+        <v>358319.98952200002</v>
       </c>
       <c r="N229" s="4">
-        <v>26446.449855269999</v>
+        <v>46054.187445379997</v>
       </c>
       <c r="O229" s="3" t="s">
-        <v>1127</v>
+        <v>1122</v>
       </c>
       <c r="P229" s="3" t="s">
-        <v>1129</v>
+        <v>1124</v>
       </c>
       <c r="Q229" s="3" t="s">
-        <v>99</v>
+        <v>157</v>
       </c>
       <c r="R229" s="3" t="s">
-        <v>1130</v>
+        <v>1125</v>
       </c>
       <c r="S229" s="3" t="s">
-        <v>629</v>
+        <v>684</v>
       </c>
       <c r="T229" s="4">
         <v>1</v>
       </c>
       <c r="W229" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X229" s="4">
         <v>0</v>
       </c>
       <c r="Y229" s="4">
         <v>0</v>
       </c>
       <c r="Z229" s="6">
-        <v>1.186E-3</v>
+        <v>1.9849999999999998E-3</v>
       </c>
     </row>
     <row r="230" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A230" s="3" t="s">
-        <v>1131</v>
+        <v>1126</v>
       </c>
       <c r="B230" s="3" t="s">
-        <v>1132</v>
+        <v>1127</v>
       </c>
       <c r="C230" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D230" s="4">
-        <v>1613</v>
+        <v>386</v>
       </c>
       <c r="E230" s="5">
-        <v>63.601081000000001</v>
+        <v>80.894855000000007</v>
       </c>
       <c r="F230" s="4">
-        <v>102588.54521933</v>
+        <v>31225.544349809999</v>
       </c>
       <c r="G230" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H230" s="3" t="s">
-        <v>43</v>
+        <v>78</v>
       </c>
       <c r="I230" s="3" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="J230" s="5">
-        <v>405.6</v>
+        <v>113500</v>
       </c>
       <c r="K230" s="5">
-        <v>6.3772500532500382</v>
+        <v>1403.0558556536134</v>
       </c>
       <c r="L230" s="3" t="s">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="M230" s="4">
-        <v>654232.80546199996</v>
+        <v>43811182.845972002</v>
       </c>
       <c r="N230" s="4">
-        <v>102588.54521933</v>
+        <v>31225.544349809999</v>
       </c>
       <c r="O230" s="3" t="s">
-        <v>1131</v>
+        <v>1126</v>
       </c>
       <c r="P230" s="3" t="s">
-        <v>1133</v>
+        <v>1128</v>
       </c>
       <c r="Q230" s="3" t="s">
-        <v>1134</v>
+        <v>157</v>
       </c>
       <c r="R230" s="3" t="s">
-        <v>1135</v>
+        <v>1129</v>
       </c>
       <c r="S230" s="3" t="s">
-        <v>1136</v>
+        <v>655</v>
       </c>
       <c r="T230" s="4">
         <v>1</v>
       </c>
       <c r="W230" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X230" s="4">
         <v>0</v>
       </c>
       <c r="Y230" s="4">
         <v>0</v>
       </c>
       <c r="Z230" s="6">
-        <v>4.6039999999999996E-3</v>
+        <v>1.346E-3</v>
       </c>
     </row>
     <row r="231" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A231" s="3" t="s">
-        <v>1137</v>
+        <v>1130</v>
       </c>
       <c r="B231" s="3" t="s">
-        <v>1138</v>
+        <v>1131</v>
       </c>
       <c r="C231" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D231" s="4">
-        <v>391</v>
+        <v>200</v>
       </c>
       <c r="E231" s="5">
-        <v>349.14</v>
+        <v>227.73</v>
       </c>
       <c r="F231" s="4">
-        <v>136513.74</v>
+        <v>45546</v>
       </c>
       <c r="G231" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H231" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I231" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J231" s="5">
-        <v>349.14</v>
+        <v>227.73</v>
       </c>
       <c r="K231" s="5">
         <v>1</v>
       </c>
       <c r="L231" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M231" s="4">
-        <v>136513.74</v>
+        <v>45546</v>
       </c>
       <c r="N231" s="4">
-        <v>136513.74</v>
+        <v>45546</v>
       </c>
       <c r="O231" s="3" t="s">
-        <v>1137</v>
+        <v>1130</v>
       </c>
       <c r="P231" s="3" t="s">
-        <v>1139</v>
+        <v>1132</v>
       </c>
       <c r="Q231" s="3" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="R231" s="3" t="s">
-        <v>1140</v>
+        <v>1133</v>
       </c>
       <c r="S231" s="3" t="s">
-        <v>94</v>
+        <v>137</v>
       </c>
       <c r="T231" s="4">
         <v>1</v>
       </c>
       <c r="W231" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X231" s="4">
         <v>0</v>
       </c>
       <c r="Y231" s="4">
         <v>0</v>
       </c>
       <c r="Z231" s="6">
-        <v>6.1260000000000004E-3</v>
+        <v>1.9629999999999999E-3</v>
       </c>
     </row>
     <row r="232" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A232" s="3" t="s">
-        <v>1141</v>
+        <v>1134</v>
       </c>
       <c r="B232" s="3" t="s">
-        <v>1142</v>
+        <v>1135</v>
       </c>
       <c r="C232" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D232" s="4">
-        <v>398</v>
+        <v>250</v>
       </c>
       <c r="E232" s="5">
-        <v>38.181710000000002</v>
+        <v>184.81744599999999</v>
       </c>
       <c r="F232" s="4">
-        <v>15196.32058</v>
+        <v>46204.361214099998</v>
       </c>
       <c r="G232" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H232" s="3" t="s">
-        <v>451</v>
+        <v>48</v>
       </c>
       <c r="I232" s="3" t="s">
         <v>49</v>
       </c>
       <c r="J232" s="5">
-        <v>32.619999999999997</v>
+        <v>147.05000000000001</v>
       </c>
       <c r="K232" s="5">
-        <v>0.8543357539513029</v>
+        <v>0.79564999687627802</v>
       </c>
       <c r="L232" s="3" t="s">
-        <v>452</v>
+        <v>50</v>
       </c>
       <c r="M232" s="4">
-        <v>12982.76</v>
+        <v>36762.499855000002</v>
       </c>
       <c r="N232" s="4">
-        <v>15196.32058</v>
+        <v>46204.361214099998</v>
       </c>
       <c r="O232" s="3" t="s">
-        <v>1141</v>
+        <v>1134</v>
       </c>
       <c r="P232" s="3" t="s">
-        <v>1143</v>
+        <v>1136</v>
       </c>
       <c r="Q232" s="3" t="s">
-        <v>142</v>
+        <v>157</v>
       </c>
       <c r="R232" s="3" t="s">
-        <v>1144</v>
+        <v>1137</v>
       </c>
       <c r="S232" s="3" t="s">
-        <v>455</v>
+        <v>631</v>
       </c>
       <c r="T232" s="4">
         <v>1</v>
       </c>
       <c r="W232" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X232" s="4">
         <v>0</v>
       </c>
       <c r="Y232" s="4">
         <v>0</v>
       </c>
       <c r="Z232" s="6">
-        <v>6.8199999999999999E-4</v>
+        <v>1.9919999999999998E-3</v>
       </c>
     </row>
     <row r="233" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A233" s="3" t="s">
-        <v>1145</v>
+        <v>1138</v>
       </c>
       <c r="B233" s="3" t="s">
-        <v>1146</v>
+        <v>1139</v>
       </c>
       <c r="C233" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D233" s="4">
-        <v>12</v>
+        <v>500</v>
       </c>
       <c r="E233" s="5">
-        <v>745.14030000000002</v>
+        <v>53.214624999999998</v>
       </c>
       <c r="F233" s="4">
-        <v>8941.6836000000003</v>
+        <v>26607.306090670001</v>
       </c>
       <c r="G233" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H233" s="3" t="s">
-        <v>1147</v>
+        <v>73</v>
       </c>
       <c r="I233" s="3" t="s">
-        <v>49</v>
+        <v>74</v>
       </c>
       <c r="J233" s="5">
-        <v>636.6</v>
+        <v>7859</v>
       </c>
       <c r="K233" s="5">
-        <v>0.8543357539513029</v>
+        <v>147.68496434146536</v>
       </c>
       <c r="L233" s="3" t="s">
-        <v>1148</v>
+        <v>75</v>
       </c>
       <c r="M233" s="4">
-        <v>7639.2</v>
+        <v>3929499.051223</v>
       </c>
       <c r="N233" s="4">
-        <v>8941.6836000000003</v>
+        <v>26607.306090670001</v>
       </c>
       <c r="O233" s="3" t="s">
-        <v>1145</v>
+        <v>1138</v>
       </c>
       <c r="P233" s="3" t="s">
-        <v>1149</v>
+        <v>1140</v>
       </c>
       <c r="Q233" s="3" t="s">
-        <v>164</v>
+        <v>114</v>
       </c>
       <c r="R233" s="3" t="s">
-        <v>1150</v>
+        <v>1141</v>
       </c>
       <c r="S233" s="3" t="s">
-        <v>1151</v>
+        <v>636</v>
       </c>
       <c r="T233" s="4">
         <v>1</v>
       </c>
       <c r="W233" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X233" s="4">
         <v>0</v>
       </c>
       <c r="Y233" s="4">
         <v>0</v>
       </c>
       <c r="Z233" s="6">
-        <v>4.0099999999999999E-4</v>
+        <v>1.147E-3</v>
       </c>
     </row>
     <row r="234" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A234" s="3" t="s">
-        <v>1152</v>
+        <v>1142</v>
       </c>
       <c r="B234" s="3" t="s">
-        <v>1153</v>
+        <v>1143</v>
       </c>
       <c r="C234" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D234" s="4">
-        <v>2000</v>
+        <v>1613</v>
       </c>
       <c r="E234" s="5">
-        <v>32.385216999999997</v>
+        <v>61.248584999999999</v>
       </c>
       <c r="F234" s="4">
-        <v>64770.441125960002</v>
+        <v>98793.964865889997</v>
       </c>
       <c r="G234" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H234" s="3" t="s">
-        <v>78</v>
+        <v>53</v>
       </c>
       <c r="I234" s="3" t="s">
-        <v>79</v>
+        <v>54</v>
       </c>
       <c r="J234" s="5">
-        <v>990</v>
+        <v>389.1</v>
       </c>
       <c r="K234" s="5">
-        <v>30.569503740790172</v>
+        <v>6.3527998154638716</v>
       </c>
       <c r="L234" s="3" t="s">
-        <v>80</v>
+        <v>55</v>
       </c>
       <c r="M234" s="4">
-        <v>1980000.242292</v>
+        <v>627618.28176799999</v>
       </c>
       <c r="N234" s="4">
-        <v>64770.441125960002</v>
+        <v>98793.964865889997</v>
       </c>
       <c r="O234" s="3" t="s">
-        <v>1152</v>
+        <v>1142</v>
       </c>
       <c r="P234" s="3" t="s">
-        <v>1154</v>
+        <v>1144</v>
       </c>
       <c r="Q234" s="3" t="s">
-        <v>185</v>
+        <v>1145</v>
       </c>
       <c r="R234" s="3" t="s">
-        <v>1155</v>
+        <v>1146</v>
       </c>
       <c r="S234" s="3" t="s">
-        <v>704</v>
+        <v>1147</v>
       </c>
       <c r="T234" s="4">
         <v>1</v>
       </c>
       <c r="W234" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X234" s="4">
         <v>0</v>
       </c>
       <c r="Y234" s="4">
         <v>0</v>
       </c>
       <c r="Z234" s="6">
-        <v>2.9060000000000002E-3</v>
+        <v>4.2589999999999998E-3</v>
       </c>
     </row>
     <row r="235" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A235" s="3" t="s">
-        <v>1156</v>
+        <v>1148</v>
       </c>
       <c r="B235" s="3" t="s">
-        <v>1157</v>
+        <v>1149</v>
       </c>
       <c r="C235" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D235" s="4">
-        <v>189</v>
+        <v>391</v>
       </c>
       <c r="E235" s="5">
-        <v>174.89518799999999</v>
+        <v>374.25</v>
       </c>
       <c r="F235" s="4">
-        <v>33055.190538759998</v>
+        <v>146331.75</v>
       </c>
       <c r="G235" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H235" s="3" t="s">
-        <v>619</v>
+        <v>93</v>
       </c>
       <c r="I235" s="3" t="s">
-        <v>620</v>
+        <v>94</v>
       </c>
       <c r="J235" s="5">
-        <v>139.75</v>
+        <v>374.25</v>
       </c>
       <c r="K235" s="5">
-        <v>0.79904999986655867</v>
+        <v>1</v>
       </c>
       <c r="L235" s="3" t="s">
-        <v>621</v>
+        <v>95</v>
       </c>
       <c r="M235" s="4">
-        <v>26412.749994999998</v>
+        <v>146331.75</v>
       </c>
       <c r="N235" s="4">
-        <v>33055.190538759998</v>
+        <v>146331.75</v>
       </c>
       <c r="O235" s="3" t="s">
-        <v>1156</v>
+        <v>1148</v>
       </c>
       <c r="P235" s="3" t="s">
-        <v>1158</v>
+        <v>1150</v>
       </c>
       <c r="Q235" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="R235" s="3" t="s">
+        <v>1151</v>
+      </c>
+      <c r="S235" s="3" t="s">
         <v>109</v>
-      </c>
-[...4 lines deleted...]
-        <v>624</v>
       </c>
       <c r="T235" s="4">
         <v>1</v>
       </c>
       <c r="W235" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X235" s="4">
         <v>0</v>
       </c>
       <c r="Y235" s="4">
         <v>0</v>
       </c>
       <c r="Z235" s="6">
-        <v>1.4829999999999999E-3</v>
+        <v>6.3090000000000004E-3</v>
       </c>
     </row>
     <row r="236" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A236" s="3" t="s">
-        <v>1160</v>
+        <v>1152</v>
       </c>
       <c r="B236" s="3" t="s">
-        <v>1161</v>
+        <v>1153</v>
       </c>
       <c r="C236" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D236" s="4">
-        <v>1100</v>
+        <v>398</v>
       </c>
       <c r="E236" s="5">
-        <v>14.001612</v>
+        <v>37.705750000000002</v>
       </c>
       <c r="F236" s="4">
-        <v>15401.773509520001</v>
+        <v>15006.888499999999</v>
       </c>
       <c r="G236" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H236" s="3" t="s">
-        <v>1056</v>
+        <v>461</v>
       </c>
       <c r="I236" s="3" t="s">
-        <v>1162</v>
+        <v>59</v>
       </c>
       <c r="J236" s="5">
-        <v>99.87</v>
+        <v>32.090000000000003</v>
       </c>
       <c r="K236" s="5">
-        <v>7.1327500360560521</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L236" s="3" t="s">
-        <v>1057</v>
+        <v>462</v>
       </c>
       <c r="M236" s="4">
-        <v>109857.00055500001</v>
+        <v>12771.82</v>
       </c>
       <c r="N236" s="4">
-        <v>15401.773509520001</v>
+        <v>15006.888499999999</v>
       </c>
       <c r="O236" s="3" t="s">
-        <v>1160</v>
+        <v>1152</v>
       </c>
       <c r="P236" s="3" t="s">
-        <v>1163</v>
+        <v>1154</v>
       </c>
       <c r="Q236" s="3" t="s">
-        <v>185</v>
+        <v>157</v>
       </c>
       <c r="R236" s="3" t="s">
-        <v>1164</v>
+        <v>1155</v>
       </c>
       <c r="S236" s="3" t="s">
-        <v>1165</v>
+        <v>465</v>
       </c>
       <c r="T236" s="4">
         <v>1</v>
       </c>
       <c r="W236" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X236" s="4">
         <v>0</v>
       </c>
       <c r="Y236" s="4">
         <v>0</v>
       </c>
       <c r="Z236" s="6">
-        <v>6.9099999999999999E-4</v>
+        <v>6.4700000000000001E-4</v>
       </c>
     </row>
     <row r="237" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A237" s="3" t="s">
-        <v>1166</v>
+        <v>1156</v>
       </c>
       <c r="B237" s="3" t="s">
-        <v>1167</v>
+        <v>1157</v>
       </c>
       <c r="C237" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D237" s="4">
-        <v>2305</v>
+        <v>12</v>
       </c>
       <c r="E237" s="5">
-        <v>38.918027000000002</v>
+        <v>973.01750000000004</v>
       </c>
       <c r="F237" s="4">
-        <v>89706.054795820004</v>
+        <v>11676.21</v>
       </c>
       <c r="G237" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H237" s="3" t="s">
-        <v>1168</v>
+        <v>1158</v>
       </c>
       <c r="I237" s="3" t="s">
-        <v>1169</v>
+        <v>59</v>
       </c>
       <c r="J237" s="5">
-        <v>368.4</v>
+        <v>828.1</v>
       </c>
       <c r="K237" s="5">
-        <v>9.466050388922147</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L237" s="3" t="s">
-        <v>1170</v>
+        <v>1159</v>
       </c>
       <c r="M237" s="4">
-        <v>849162.03488799999</v>
+        <v>9937.2000000000007</v>
       </c>
       <c r="N237" s="4">
-        <v>89706.054795820004</v>
+        <v>11676.21</v>
       </c>
       <c r="O237" s="3" t="s">
-        <v>1166</v>
+        <v>1156</v>
       </c>
       <c r="P237" s="3" t="s">
-        <v>1171</v>
+        <v>1160</v>
       </c>
       <c r="Q237" s="3" t="s">
-        <v>1134</v>
+        <v>179</v>
       </c>
       <c r="R237" s="3" t="s">
-        <v>1172</v>
+        <v>1161</v>
       </c>
       <c r="S237" s="3" t="s">
-        <v>1173</v>
+        <v>1162</v>
       </c>
       <c r="T237" s="4">
         <v>1</v>
       </c>
       <c r="W237" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X237" s="4">
         <v>0</v>
       </c>
       <c r="Y237" s="4">
         <v>0</v>
       </c>
       <c r="Z237" s="6">
-        <v>4.0260000000000001E-3</v>
+        <v>5.0299999999999997E-4</v>
       </c>
     </row>
     <row r="238" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A238" s="3" t="s">
-        <v>1174</v>
+        <v>1163</v>
       </c>
       <c r="B238" s="3" t="s">
-        <v>1175</v>
+        <v>1164</v>
       </c>
       <c r="C238" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D238" s="4">
+        <v>2000</v>
+      </c>
+      <c r="E238" s="5">
+        <v>30.415379999999999</v>
+      </c>
+      <c r="F238" s="4">
+        <v>60830.763173439998</v>
+      </c>
+      <c r="G238" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H238" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="D238" s="4">
-[...8 lines deleted...]
-      <c r="G238" s="3" t="s">
+      <c r="I238" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="H238" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J238" s="5">
-        <v>3.12</v>
+        <v>927</v>
       </c>
       <c r="K238" s="5">
-        <v>1.5278838808250572</v>
+        <v>30.478001740293898</v>
       </c>
       <c r="L238" s="3" t="s">
-        <v>33</v>
+        <v>90</v>
       </c>
       <c r="M238" s="4">
-        <v>123966.96</v>
+        <v>1854000.105863</v>
       </c>
       <c r="N238" s="4">
-        <v>81136.375320000006</v>
+        <v>60830.763173439998</v>
       </c>
       <c r="O238" s="3" t="s">
-        <v>1174</v>
+        <v>1163</v>
       </c>
       <c r="P238" s="3" t="s">
-        <v>1176</v>
+        <v>1165</v>
       </c>
       <c r="Q238" s="3" t="s">
-        <v>99</v>
+        <v>200</v>
       </c>
       <c r="R238" s="3" t="s">
-        <v>1177</v>
+        <v>1166</v>
       </c>
       <c r="S238" s="3" t="s">
-        <v>634</v>
+        <v>714</v>
       </c>
       <c r="T238" s="4">
         <v>1</v>
       </c>
       <c r="W238" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X238" s="4">
         <v>0</v>
       </c>
       <c r="Y238" s="4">
         <v>0</v>
       </c>
       <c r="Z238" s="6">
-        <v>3.6410000000000001E-3</v>
+        <v>2.6220000000000002E-3</v>
       </c>
     </row>
     <row r="239" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A239" s="3" t="s">
-        <v>1178</v>
+        <v>1167</v>
       </c>
       <c r="B239" s="3" t="s">
-        <v>1179</v>
+        <v>1168</v>
       </c>
       <c r="C239" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D239" s="4">
-        <v>13500</v>
+        <v>189</v>
       </c>
       <c r="E239" s="5">
-        <v>8.1763700000000004</v>
+        <v>190.53604000000001</v>
       </c>
       <c r="F239" s="4">
-        <v>110380.98909957999</v>
+        <v>36011.311506320002</v>
       </c>
       <c r="G239" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H239" s="3" t="s">
-        <v>1056</v>
+        <v>48</v>
       </c>
       <c r="I239" s="3" t="s">
-        <v>1162</v>
+        <v>49</v>
       </c>
       <c r="J239" s="5">
-        <v>58.32</v>
+        <v>151.6</v>
       </c>
       <c r="K239" s="5">
-        <v>7.1327500360560521</v>
+        <v>0.79564999687627802</v>
       </c>
       <c r="L239" s="3" t="s">
-        <v>1057</v>
+        <v>50</v>
       </c>
       <c r="M239" s="4">
-        <v>787320.00397900003</v>
+        <v>28652.399887</v>
       </c>
       <c r="N239" s="4">
-        <v>110380.98909957999</v>
+        <v>36011.311506320002</v>
       </c>
       <c r="O239" s="3" t="s">
-        <v>1178</v>
+        <v>1167</v>
       </c>
       <c r="P239" s="3" t="s">
-        <v>1180</v>
+        <v>1169</v>
       </c>
       <c r="Q239" s="3" t="s">
-        <v>1134</v>
+        <v>124</v>
       </c>
       <c r="R239" s="3" t="s">
-        <v>1181</v>
+        <v>1170</v>
       </c>
       <c r="S239" s="3" t="s">
-        <v>1165</v>
+        <v>631</v>
       </c>
       <c r="T239" s="4">
         <v>1</v>
       </c>
       <c r="W239" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X239" s="4">
         <v>0</v>
       </c>
       <c r="Y239" s="4">
         <v>0</v>
       </c>
       <c r="Z239" s="6">
-        <v>4.9529999999999999E-3</v>
+        <v>1.552E-3</v>
       </c>
     </row>
     <row r="240" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A240" s="3" t="s">
-        <v>1182</v>
+        <v>1171</v>
       </c>
       <c r="B240" s="3" t="s">
-        <v>1183</v>
+        <v>1172</v>
       </c>
       <c r="C240" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D240" s="4">
-        <v>31718</v>
+        <v>1100</v>
       </c>
       <c r="E240" s="5">
-        <v>1.1937880000000001</v>
+        <v>22.754954000000001</v>
       </c>
       <c r="F240" s="4">
-        <v>37864.560806039997</v>
+        <v>25030.449044379999</v>
       </c>
       <c r="G240" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H240" s="3" t="s">
-        <v>53</v>
+        <v>1066</v>
       </c>
       <c r="I240" s="3" t="s">
-        <v>54</v>
+        <v>1173</v>
       </c>
       <c r="J240" s="5">
-        <v>0.88360000000000005</v>
+        <v>161.97999999999999</v>
       </c>
       <c r="K240" s="5">
-        <v>0.74016505680766809</v>
+        <v>7.1184500116101921</v>
       </c>
       <c r="L240" s="3" t="s">
-        <v>55</v>
+        <v>1067</v>
       </c>
       <c r="M240" s="4">
-        <v>28026.024799999999</v>
+        <v>178178.00029</v>
       </c>
       <c r="N240" s="4">
-        <v>37864.560806039997</v>
+        <v>25030.449044379999</v>
       </c>
       <c r="O240" s="3" t="s">
-        <v>1182</v>
+        <v>1171</v>
       </c>
       <c r="P240" s="3" t="s">
-        <v>1184</v>
+        <v>1174</v>
       </c>
       <c r="Q240" s="3" t="s">
-        <v>92</v>
+        <v>200</v>
       </c>
       <c r="R240" s="3" t="s">
-        <v>1185</v>
+        <v>1175</v>
       </c>
       <c r="S240" s="3" t="s">
-        <v>111</v>
+        <v>1176</v>
       </c>
       <c r="T240" s="4">
         <v>1</v>
       </c>
       <c r="W240" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X240" s="4">
         <v>0</v>
       </c>
       <c r="Y240" s="4">
         <v>0</v>
       </c>
       <c r="Z240" s="6">
-        <v>1.699E-3</v>
+        <v>1.0790000000000001E-3</v>
       </c>
     </row>
     <row r="241" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A241" s="3" t="s">
-        <v>1186</v>
+        <v>1177</v>
       </c>
       <c r="B241" s="3" t="s">
-        <v>1187</v>
+        <v>1178</v>
       </c>
       <c r="C241" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D241" s="4">
-        <v>2700</v>
+        <v>2305</v>
       </c>
       <c r="E241" s="5">
-        <v>42.925939999999997</v>
+        <v>38.000658999999999</v>
       </c>
       <c r="F241" s="4">
-        <v>115900.03855455</v>
+        <v>87591.519494740001</v>
       </c>
       <c r="G241" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H241" s="3" t="s">
-        <v>1056</v>
+        <v>1179</v>
       </c>
       <c r="I241" s="3" t="s">
-        <v>1162</v>
+        <v>1180</v>
       </c>
       <c r="J241" s="5">
-        <v>306.18</v>
+        <v>357.4</v>
       </c>
       <c r="K241" s="5">
-        <v>7.1327500360560521</v>
+        <v>9.4051001412740085</v>
       </c>
       <c r="L241" s="3" t="s">
-        <v>1057</v>
+        <v>1181</v>
       </c>
       <c r="M241" s="4">
-        <v>826686.00417800003</v>
+        <v>823807.01237400004</v>
       </c>
       <c r="N241" s="4">
-        <v>115900.03855455</v>
+        <v>87591.519494740001</v>
       </c>
       <c r="O241" s="3" t="s">
-        <v>1186</v>
+        <v>1177</v>
       </c>
       <c r="P241" s="3" t="s">
-        <v>1188</v>
+        <v>1182</v>
       </c>
       <c r="Q241" s="3" t="s">
-        <v>185</v>
+        <v>1145</v>
       </c>
       <c r="R241" s="3" t="s">
-        <v>1189</v>
+        <v>1183</v>
       </c>
       <c r="S241" s="3" t="s">
-        <v>1165</v>
+        <v>1184</v>
       </c>
       <c r="T241" s="4">
         <v>1</v>
       </c>
       <c r="W241" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X241" s="4">
         <v>0</v>
       </c>
       <c r="Y241" s="4">
         <v>0</v>
       </c>
       <c r="Z241" s="6">
-        <v>5.2009999999999999E-3</v>
+        <v>3.7759999999999998E-3</v>
       </c>
     </row>
     <row r="242" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A242" s="3" t="s">
-        <v>1190</v>
+        <v>1185</v>
       </c>
       <c r="B242" s="3" t="s">
-        <v>1191</v>
+        <v>1186</v>
       </c>
       <c r="C242" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D242" s="4">
-        <v>750</v>
+        <v>39733</v>
       </c>
       <c r="E242" s="5">
-        <v>61.814104999999998</v>
+        <v>1.9683679999999999</v>
       </c>
       <c r="F242" s="4">
-        <v>46360.578750000001</v>
+        <v>78209.145877500006</v>
       </c>
       <c r="G242" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H242" s="3" t="s">
-        <v>1147</v>
+        <v>31</v>
       </c>
       <c r="I242" s="3" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="J242" s="5">
-        <v>52.81</v>
+        <v>2.97</v>
       </c>
       <c r="K242" s="5">
-        <v>0.8543357539513029</v>
+        <v>1.5088645794039983</v>
       </c>
       <c r="L242" s="3" t="s">
-        <v>1148</v>
+        <v>33</v>
       </c>
       <c r="M242" s="4">
-        <v>39607.5</v>
+        <v>118007.01</v>
       </c>
       <c r="N242" s="4">
-        <v>46360.578750000001</v>
+        <v>78209.145877500006</v>
       </c>
       <c r="O242" s="3" t="s">
-        <v>1190</v>
+        <v>1185</v>
       </c>
       <c r="P242" s="3" t="s">
-        <v>1192</v>
+        <v>1187</v>
       </c>
       <c r="Q242" s="3" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="R242" s="3" t="s">
-        <v>1193</v>
+        <v>1188</v>
       </c>
       <c r="S242" s="3" t="s">
-        <v>1151</v>
+        <v>641</v>
       </c>
       <c r="T242" s="4">
         <v>1</v>
       </c>
       <c r="W242" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X242" s="4">
         <v>0</v>
       </c>
       <c r="Y242" s="4">
         <v>0</v>
       </c>
       <c r="Z242" s="6">
-        <v>2.0799999999999998E-3</v>
+        <v>3.372E-3</v>
       </c>
     </row>
     <row r="243" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A243" s="3" t="s">
-        <v>1194</v>
+        <v>1189</v>
       </c>
       <c r="B243" s="3" t="s">
-        <v>1195</v>
+        <v>1190</v>
       </c>
       <c r="C243" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D243" s="4">
-        <v>1000</v>
+        <v>13500</v>
       </c>
       <c r="E243" s="5">
-        <v>8.2992880000000007</v>
+        <v>7.2698410000000004</v>
       </c>
       <c r="F243" s="4">
-        <v>8299.2874413999998</v>
+        <v>98142.854132570006</v>
       </c>
       <c r="G243" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H243" s="3" t="s">
-        <v>1056</v>
+        <v>1066</v>
       </c>
       <c r="I243" s="3" t="s">
-        <v>59</v>
+        <v>1173</v>
       </c>
       <c r="J243" s="5">
-        <v>64.7</v>
+        <v>51.75</v>
       </c>
       <c r="K243" s="5">
-        <v>7.7958497702329206</v>
+        <v>7.1184500116101921</v>
       </c>
       <c r="L243" s="3" t="s">
-        <v>1057</v>
+        <v>1067</v>
       </c>
       <c r="M243" s="4">
-        <v>64699.998093000002</v>
+        <v>698625.00113900006</v>
       </c>
       <c r="N243" s="4">
-        <v>8299.2874413999998</v>
+        <v>98142.854132570006</v>
       </c>
       <c r="O243" s="3" t="s">
-        <v>1194</v>
+        <v>1189</v>
       </c>
       <c r="P243" s="3" t="s">
-        <v>1196</v>
+        <v>1191</v>
       </c>
       <c r="Q243" s="3" t="s">
-        <v>109</v>
+        <v>1145</v>
       </c>
       <c r="R243" s="3" t="s">
-        <v>1197</v>
+        <v>1192</v>
       </c>
       <c r="S243" s="3" t="s">
-        <v>678</v>
+        <v>1176</v>
       </c>
       <c r="T243" s="4">
         <v>1</v>
       </c>
       <c r="W243" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X243" s="4">
         <v>0</v>
       </c>
       <c r="Y243" s="4">
         <v>0</v>
       </c>
       <c r="Z243" s="6">
-        <v>3.7199999999999999E-4</v>
+        <v>4.2310000000000004E-3</v>
       </c>
     </row>
     <row r="244" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A244" s="3" t="s">
-        <v>1198</v>
+        <v>1193</v>
       </c>
       <c r="B244" s="3" t="s">
-        <v>1199</v>
+        <v>1194</v>
       </c>
       <c r="C244" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D244" s="4">
-        <v>200</v>
+        <v>31718</v>
       </c>
       <c r="E244" s="5">
-        <v>201.38388</v>
+        <v>1.159929</v>
       </c>
       <c r="F244" s="4">
-        <v>40276.77628464</v>
+        <v>36790.628021999997</v>
       </c>
       <c r="G244" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H244" s="3" t="s">
-        <v>38</v>
+        <v>63</v>
       </c>
       <c r="I244" s="3" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="J244" s="5">
-        <v>276.49</v>
+        <v>0.86160000000000003</v>
       </c>
       <c r="K244" s="5">
-        <v>1.3729500071558154</v>
+        <v>0.74280408542246978</v>
       </c>
       <c r="L244" s="3" t="s">
-        <v>40</v>
+        <v>65</v>
       </c>
       <c r="M244" s="4">
-        <v>55298.000288000003</v>
+        <v>27328.228800000001</v>
       </c>
       <c r="N244" s="4">
-        <v>40276.77628464</v>
+        <v>36790.628021999997</v>
       </c>
       <c r="O244" s="3" t="s">
-        <v>1198</v>
+        <v>1193</v>
       </c>
       <c r="P244" s="3" t="s">
-        <v>1200</v>
+        <v>1195</v>
       </c>
       <c r="Q244" s="3" t="s">
-        <v>238</v>
+        <v>107</v>
       </c>
       <c r="R244" s="3" t="s">
-        <v>1201</v>
+        <v>1196</v>
       </c>
       <c r="S244" s="3" t="s">
-        <v>300</v>
+        <v>126</v>
       </c>
       <c r="T244" s="4">
         <v>1</v>
       </c>
       <c r="W244" s="3" t="s">
-        <v>1202</v>
+        <v>34</v>
       </c>
       <c r="X244" s="4">
         <v>0</v>
       </c>
       <c r="Y244" s="4">
         <v>0</v>
       </c>
       <c r="Z244" s="6">
-        <v>1.807E-3</v>
+        <v>1.586E-3</v>
       </c>
     </row>
     <row r="245" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A245" s="3" t="s">
-        <v>1203</v>
+        <v>1197</v>
       </c>
       <c r="B245" s="3" t="s">
-        <v>1204</v>
+        <v>1198</v>
       </c>
       <c r="C245" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D245" s="4">
-        <v>3400</v>
+        <v>2500</v>
       </c>
       <c r="E245" s="5">
-        <v>14.841229999999999</v>
+        <v>56.472968000000002</v>
       </c>
       <c r="F245" s="4">
-        <v>50460.180737189999</v>
+        <v>141182.42033026999</v>
       </c>
       <c r="G245" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H245" s="3" t="s">
-        <v>1056</v>
+        <v>1066</v>
       </c>
       <c r="I245" s="3" t="s">
-        <v>59</v>
+        <v>1173</v>
       </c>
       <c r="J245" s="5">
-        <v>115.7</v>
+        <v>402</v>
       </c>
       <c r="K245" s="5">
-        <v>7.7958497702329206</v>
+        <v>7.1184500116101921</v>
       </c>
       <c r="L245" s="3" t="s">
-        <v>1057</v>
+        <v>1067</v>
       </c>
       <c r="M245" s="4">
-        <v>393379.98840500001</v>
+        <v>1005000.001639</v>
       </c>
       <c r="N245" s="4">
-        <v>50460.180737189999</v>
+        <v>141182.42033026999</v>
       </c>
       <c r="O245" s="3" t="s">
-        <v>1203</v>
+        <v>1197</v>
       </c>
       <c r="P245" s="3" t="s">
-        <v>1205</v>
+        <v>1199</v>
       </c>
       <c r="Q245" s="3" t="s">
-        <v>109</v>
+        <v>200</v>
       </c>
       <c r="R245" s="3" t="s">
-        <v>1206</v>
+        <v>1200</v>
       </c>
       <c r="S245" s="3" t="s">
-        <v>678</v>
+        <v>1176</v>
       </c>
       <c r="T245" s="4">
         <v>1</v>
       </c>
       <c r="W245" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X245" s="4">
         <v>0</v>
       </c>
       <c r="Y245" s="4">
         <v>0</v>
       </c>
       <c r="Z245" s="6">
-        <v>2.264E-3</v>
+        <v>6.0870000000000004E-3</v>
       </c>
     </row>
     <row r="246" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A246" s="3" t="s">
-        <v>1207</v>
+        <v>1201</v>
       </c>
       <c r="B246" s="3" t="s">
-        <v>1208</v>
+        <v>1202</v>
       </c>
       <c r="C246" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D246" s="4">
+        <v>750</v>
+      </c>
+      <c r="E246" s="5">
+        <v>70.429500000000004</v>
+      </c>
+      <c r="F246" s="4">
+        <v>52822.125</v>
+      </c>
+      <c r="G246" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H246" s="3" t="s">
+        <v>1158</v>
+      </c>
+      <c r="I246" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="J246" s="5">
+        <v>59.94</v>
+      </c>
+      <c r="K246" s="5">
+        <v>0.85106382978723405</v>
+      </c>
+      <c r="L246" s="3" t="s">
+        <v>1159</v>
+      </c>
+      <c r="M246" s="4">
+        <v>44955</v>
+      </c>
+      <c r="N246" s="4">
+        <v>52822.125</v>
+      </c>
+      <c r="O246" s="3" t="s">
+        <v>1201</v>
+      </c>
+      <c r="P246" s="3" t="s">
+        <v>1203</v>
+      </c>
+      <c r="Q246" s="3" t="s">
         <v>124</v>
       </c>
-      <c r="E246" s="5">
-[...37 lines deleted...]
-      </c>
       <c r="R246" s="3" t="s">
-        <v>1210</v>
+        <v>1204</v>
       </c>
       <c r="S246" s="3" t="s">
-        <v>94</v>
+        <v>1162</v>
       </c>
       <c r="T246" s="4">
         <v>1</v>
       </c>
       <c r="W246" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X246" s="4">
         <v>0</v>
       </c>
       <c r="Y246" s="4">
         <v>0</v>
       </c>
       <c r="Z246" s="6">
-        <v>2.3119999999999998E-3</v>
+        <v>2.2769999999999999E-3</v>
       </c>
     </row>
     <row r="247" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A247" s="3" t="s">
-        <v>1211</v>
+        <v>1205</v>
       </c>
       <c r="B247" s="3" t="s">
-        <v>401</v>
+        <v>1206</v>
       </c>
       <c r="C247" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D247" s="4">
-        <v>800</v>
+        <v>1000</v>
       </c>
       <c r="E247" s="5">
-        <v>50.038238999999997</v>
+        <v>8.5278390000000002</v>
       </c>
       <c r="F247" s="4">
-        <v>40030.591063040003</v>
+        <v>8527.8391856500002</v>
       </c>
       <c r="G247" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H247" s="3" t="s">
-        <v>38</v>
+        <v>1066</v>
       </c>
       <c r="I247" s="3" t="s">
-        <v>39</v>
+        <v>69</v>
       </c>
       <c r="J247" s="5">
-        <v>68.7</v>
+        <v>66.349999999999994</v>
       </c>
       <c r="K247" s="5">
-        <v>1.3729500071558154</v>
+        <v>7.7803997725011103</v>
       </c>
       <c r="L247" s="3" t="s">
-        <v>40</v>
+        <v>1067</v>
       </c>
       <c r="M247" s="4">
-        <v>54960.000286000002</v>
+        <v>66349.998059000005</v>
       </c>
       <c r="N247" s="4">
-        <v>40030.591063040003</v>
+        <v>8527.8391856500002</v>
       </c>
       <c r="O247" s="3" t="s">
-        <v>1211</v>
+        <v>1205</v>
       </c>
       <c r="P247" s="3" t="s">
-        <v>403</v>
+        <v>1207</v>
       </c>
       <c r="Q247" s="3" t="s">
-        <v>185</v>
+        <v>124</v>
       </c>
       <c r="R247" s="3" t="s">
-        <v>404</v>
+        <v>1208</v>
       </c>
       <c r="S247" s="3" t="s">
-        <v>300</v>
+        <v>684</v>
       </c>
       <c r="T247" s="4">
         <v>1</v>
       </c>
       <c r="W247" s="3" t="s">
-        <v>400</v>
+        <v>34</v>
       </c>
       <c r="X247" s="4">
         <v>0</v>
       </c>
       <c r="Y247" s="4">
         <v>0</v>
       </c>
       <c r="Z247" s="6">
-        <v>1.7960000000000001E-3</v>
+        <v>3.6699999999999998E-4</v>
       </c>
     </row>
     <row r="248" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A248" s="3" t="s">
+        <v>1209</v>
+      </c>
+      <c r="B248" s="3" t="s">
+        <v>1210</v>
+      </c>
+      <c r="C248" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D248" s="4">
+        <v>200</v>
+      </c>
+      <c r="E248" s="5">
+        <v>190.57064800000001</v>
+      </c>
+      <c r="F248" s="4">
+        <v>38114.129653589996</v>
+      </c>
+      <c r="G248" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H248" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="I248" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="J248" s="5">
+        <v>265.16000000000003</v>
+      </c>
+      <c r="K248" s="5">
+        <v>1.3913999987115637</v>
+      </c>
+      <c r="L248" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="M248" s="4">
+        <v>53031.999949999998</v>
+      </c>
+      <c r="N248" s="4">
+        <v>38114.129653589996</v>
+      </c>
+      <c r="O248" s="3" t="s">
+        <v>1209</v>
+      </c>
+      <c r="P248" s="3" t="s">
+        <v>1211</v>
+      </c>
+      <c r="Q248" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="R248" s="3" t="s">
         <v>1212</v>
       </c>
-      <c r="B248" s="3" t="s">
+      <c r="S248" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="T248" s="4">
+        <v>1</v>
+      </c>
+      <c r="W248" s="3" t="s">
         <v>1213</v>
       </c>
-      <c r="C248" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X248" s="4">
         <v>0</v>
       </c>
       <c r="Y248" s="4">
         <v>0</v>
       </c>
       <c r="Z248" s="6">
-        <v>1.4289999999999999E-3</v>
+        <v>1.6429999999999999E-3</v>
       </c>
     </row>
     <row r="249" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A249" s="3" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B249" s="3" t="s">
+        <v>1215</v>
+      </c>
+      <c r="C249" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D249" s="4">
+        <v>3400</v>
+      </c>
+      <c r="E249" s="5">
+        <v>22.749473999999999</v>
+      </c>
+      <c r="F249" s="4">
+        <v>77348.208318339995</v>
+      </c>
+      <c r="G249" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H249" s="3" t="s">
+        <v>1066</v>
+      </c>
+      <c r="I249" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="J249" s="5">
+        <v>177</v>
+      </c>
+      <c r="K249" s="5">
+        <v>7.7803997725011103</v>
+      </c>
+      <c r="L249" s="3" t="s">
+        <v>1067</v>
+      </c>
+      <c r="M249" s="4">
+        <v>601799.982403</v>
+      </c>
+      <c r="N249" s="4">
+        <v>77348.208318339995</v>
+      </c>
+      <c r="O249" s="3" t="s">
+        <v>1214</v>
+      </c>
+      <c r="P249" s="3" t="s">
         <v>1216</v>
       </c>
-      <c r="B249" s="3" t="s">
+      <c r="Q249" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="R249" s="3" t="s">
         <v>1217</v>
       </c>
-      <c r="C249" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S249" s="3" t="s">
-        <v>1173</v>
+        <v>684</v>
       </c>
       <c r="T249" s="4">
         <v>1</v>
       </c>
       <c r="W249" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X249" s="4">
         <v>0</v>
       </c>
       <c r="Y249" s="4">
         <v>0</v>
       </c>
       <c r="Z249" s="6">
-        <v>1.3179999999999999E-3</v>
+        <v>3.3349999999999999E-3</v>
       </c>
     </row>
     <row r="250" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A250" s="3" t="s">
+        <v>1218</v>
+      </c>
+      <c r="B250" s="3" t="s">
+        <v>1219</v>
+      </c>
+      <c r="C250" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D250" s="4">
+        <v>124</v>
+      </c>
+      <c r="E250" s="5">
+        <v>421.96</v>
+      </c>
+      <c r="F250" s="4">
+        <v>52323.040000000001</v>
+      </c>
+      <c r="G250" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H250" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I250" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J250" s="5">
+        <v>421.96</v>
+      </c>
+      <c r="K250" s="5">
+        <v>1</v>
+      </c>
+      <c r="L250" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M250" s="4">
+        <v>52323.040000000001</v>
+      </c>
+      <c r="N250" s="4">
+        <v>52323.040000000001</v>
+      </c>
+      <c r="O250" s="3" t="s">
+        <v>1218</v>
+      </c>
+      <c r="P250" s="3" t="s">
         <v>1220</v>
       </c>
-      <c r="B250" s="3" t="s">
+      <c r="Q250" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="R250" s="3" t="s">
         <v>1221</v>
       </c>
-      <c r="C250" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S250" s="3" t="s">
-        <v>1227</v>
+        <v>109</v>
       </c>
       <c r="T250" s="4">
         <v>1</v>
       </c>
       <c r="W250" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X250" s="4">
         <v>0</v>
       </c>
       <c r="Y250" s="4">
         <v>0</v>
       </c>
       <c r="Z250" s="6">
-        <v>3.8300000000000001E-3</v>
+        <v>2.2560000000000002E-3</v>
       </c>
     </row>
     <row r="251" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A251" s="3" t="s">
-        <v>1228</v>
+        <v>1222</v>
       </c>
       <c r="B251" s="3" t="s">
-        <v>1229</v>
+        <v>411</v>
       </c>
       <c r="C251" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D251" s="4">
-        <v>100</v>
+        <v>800</v>
       </c>
       <c r="E251" s="5">
-        <v>367</v>
+        <v>47.405490999999998</v>
       </c>
       <c r="F251" s="4">
-        <v>36700</v>
+        <v>37924.392698000003</v>
       </c>
       <c r="G251" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H251" s="3" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="I251" s="3" t="s">
-        <v>84</v>
+        <v>44</v>
       </c>
       <c r="J251" s="5">
-        <v>367</v>
+        <v>65.959999999999994</v>
       </c>
       <c r="K251" s="5">
-        <v>1</v>
+        <v>1.3913999987115637</v>
       </c>
       <c r="L251" s="3" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="M251" s="4">
-        <v>36700</v>
+        <v>52767.999950999998</v>
       </c>
       <c r="N251" s="4">
-        <v>36700</v>
+        <v>37924.392698000003</v>
       </c>
       <c r="O251" s="3" t="s">
-        <v>1228</v>
+        <v>1222</v>
       </c>
       <c r="P251" s="3" t="s">
-        <v>1230</v>
+        <v>413</v>
       </c>
       <c r="Q251" s="3" t="s">
-        <v>142</v>
+        <v>200</v>
       </c>
       <c r="R251" s="3" t="s">
-        <v>1231</v>
+        <v>414</v>
       </c>
       <c r="S251" s="3" t="s">
-        <v>94</v>
+        <v>315</v>
       </c>
       <c r="T251" s="4">
         <v>1</v>
       </c>
       <c r="W251" s="3" t="s">
-        <v>34</v>
+        <v>410</v>
       </c>
       <c r="X251" s="4">
         <v>0</v>
       </c>
       <c r="Y251" s="4">
         <v>0</v>
       </c>
       <c r="Z251" s="6">
-        <v>1.647E-3</v>
+        <v>1.635E-3</v>
       </c>
     </row>
     <row r="252" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A252" s="3" t="s">
-        <v>1232</v>
+        <v>1223</v>
       </c>
       <c r="B252" s="3" t="s">
-        <v>1233</v>
+        <v>1224</v>
       </c>
       <c r="C252" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D252" s="4">
-        <v>527</v>
+        <v>1997</v>
       </c>
       <c r="E252" s="5">
-        <v>107.53</v>
+        <v>16.895088999999999</v>
       </c>
       <c r="F252" s="4">
-        <v>56668.31</v>
+        <v>33739.492403060001</v>
       </c>
       <c r="G252" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H252" s="3" t="s">
-        <v>83</v>
+        <v>1179</v>
       </c>
       <c r="I252" s="3" t="s">
-        <v>84</v>
+        <v>1180</v>
       </c>
       <c r="J252" s="5">
-        <v>107.53</v>
+        <v>158.9</v>
       </c>
       <c r="K252" s="5">
-        <v>1</v>
+        <v>9.4051001412740085</v>
       </c>
       <c r="L252" s="3" t="s">
-        <v>85</v>
+        <v>1181</v>
       </c>
       <c r="M252" s="4">
-        <v>56668.31</v>
+        <v>317323.30476600002</v>
       </c>
       <c r="N252" s="4">
-        <v>56668.31</v>
+        <v>33739.492403060001</v>
       </c>
       <c r="O252" s="3" t="s">
-        <v>1232</v>
+        <v>1223</v>
       </c>
       <c r="P252" s="3" t="s">
-        <v>1234</v>
+        <v>1225</v>
       </c>
       <c r="Q252" s="3" t="s">
-        <v>185</v>
+        <v>200</v>
       </c>
       <c r="R252" s="3" t="s">
-        <v>1235</v>
+        <v>1226</v>
       </c>
       <c r="S252" s="3" t="s">
-        <v>94</v>
+        <v>1184</v>
       </c>
       <c r="T252" s="4">
         <v>1</v>
       </c>
       <c r="W252" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X252" s="4">
         <v>0</v>
       </c>
       <c r="Y252" s="4">
         <v>0</v>
       </c>
       <c r="Z252" s="6">
-        <v>2.5430000000000001E-3</v>
+        <v>1.454E-3</v>
       </c>
     </row>
     <row r="253" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A253" s="3" t="s">
-        <v>1236</v>
+        <v>1227</v>
       </c>
       <c r="B253" s="3" t="s">
-        <v>272</v>
+        <v>1228</v>
       </c>
       <c r="C253" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D253" s="4">
-        <v>900</v>
+        <v>2069</v>
       </c>
       <c r="E253" s="5">
-        <v>76.193596999999997</v>
+        <v>14.986549999999999</v>
       </c>
       <c r="F253" s="4">
-        <v>68574.237954769997</v>
+        <v>31007.171640920002</v>
       </c>
       <c r="G253" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H253" s="3" t="s">
-        <v>38</v>
+        <v>1179</v>
       </c>
       <c r="I253" s="3" t="s">
-        <v>39</v>
+        <v>1180</v>
       </c>
       <c r="J253" s="5">
-        <v>104.61</v>
+        <v>140.94999999999999</v>
       </c>
       <c r="K253" s="5">
-        <v>1.3729500071558154</v>
+        <v>9.4051001412740085</v>
       </c>
       <c r="L253" s="3" t="s">
-        <v>40</v>
+        <v>1181</v>
       </c>
       <c r="M253" s="4">
-        <v>94149.000490000006</v>
+        <v>291625.55437999999</v>
       </c>
       <c r="N253" s="4">
-        <v>68574.237954769997</v>
+        <v>31007.171640920002</v>
       </c>
       <c r="O253" s="3" t="s">
-        <v>1236</v>
+        <v>1227</v>
       </c>
       <c r="P253" s="3" t="s">
-        <v>274</v>
+        <v>1229</v>
       </c>
       <c r="Q253" s="3" t="s">
-        <v>185</v>
+        <v>200</v>
       </c>
       <c r="R253" s="3" t="s">
-        <v>275</v>
+        <v>1230</v>
       </c>
       <c r="S253" s="3" t="s">
-        <v>300</v>
+        <v>1184</v>
       </c>
       <c r="T253" s="4">
         <v>1</v>
       </c>
       <c r="W253" s="3" t="s">
-        <v>271</v>
+        <v>34</v>
       </c>
       <c r="X253" s="4">
         <v>0</v>
       </c>
       <c r="Y253" s="4">
         <v>0</v>
       </c>
       <c r="Z253" s="6">
-        <v>3.0769999999999999E-3</v>
+        <v>1.3359999999999999E-3</v>
       </c>
     </row>
     <row r="254" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A254" s="3" t="s">
-        <v>1237</v>
+        <v>1231</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>1238</v>
+        <v>1232</v>
       </c>
       <c r="C254" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D254" s="4">
-        <v>1600</v>
+        <v>10307</v>
       </c>
       <c r="E254" s="5">
-        <v>76.515071000000006</v>
+        <v>8.0156489999999998</v>
       </c>
       <c r="F254" s="4">
-        <v>122424.11026379</v>
+        <v>82617.303579190004</v>
       </c>
       <c r="G254" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H254" s="3" t="s">
-        <v>1056</v>
+        <v>98</v>
       </c>
       <c r="I254" s="3" t="s">
-        <v>59</v>
+        <v>99</v>
       </c>
       <c r="J254" s="5">
-        <v>596.5</v>
+        <v>138.29</v>
       </c>
       <c r="K254" s="5">
-        <v>7.7958497702329206</v>
+        <v>17.252501224496275</v>
       </c>
       <c r="L254" s="3" t="s">
-        <v>1057</v>
+        <v>100</v>
       </c>
       <c r="M254" s="4">
-        <v>954399.97187000001</v>
+        <v>1425355.1311639999</v>
       </c>
       <c r="N254" s="4">
-        <v>122424.11026379</v>
+        <v>82617.303579190004</v>
       </c>
       <c r="O254" s="3" t="s">
-        <v>1237</v>
+        <v>1231</v>
       </c>
       <c r="P254" s="3" t="s">
-        <v>1239</v>
+        <v>1233</v>
       </c>
       <c r="Q254" s="3" t="s">
-        <v>92</v>
+        <v>253</v>
       </c>
       <c r="R254" s="3" t="s">
-        <v>1240</v>
+        <v>1234</v>
       </c>
       <c r="S254" s="3" t="s">
-        <v>678</v>
+        <v>1235</v>
       </c>
       <c r="T254" s="4">
         <v>1</v>
       </c>
       <c r="W254" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X254" s="4">
         <v>0</v>
       </c>
       <c r="Y254" s="4">
         <v>0</v>
       </c>
       <c r="Z254" s="6">
-        <v>5.4939999999999998E-3</v>
+        <v>3.5620000000000001E-3</v>
       </c>
     </row>
     <row r="255" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A255" s="3" t="s">
-        <v>1241</v>
+        <v>1236</v>
       </c>
       <c r="B255" s="3" t="s">
-        <v>1242</v>
+        <v>1237</v>
       </c>
       <c r="C255" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D255" s="4">
-        <v>5622</v>
+        <v>100</v>
       </c>
       <c r="E255" s="5">
-        <v>4.1009710000000004</v>
+        <v>356.58</v>
       </c>
       <c r="F255" s="4">
-        <v>23055.661020169999</v>
+        <v>35658</v>
       </c>
       <c r="G255" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H255" s="3" t="s">
-        <v>1168</v>
+        <v>63</v>
       </c>
       <c r="I255" s="3" t="s">
-        <v>1169</v>
+        <v>94</v>
       </c>
       <c r="J255" s="5">
-        <v>38.82</v>
+        <v>356.58</v>
       </c>
       <c r="K255" s="5">
-        <v>9.466050388922147</v>
+        <v>1</v>
       </c>
       <c r="L255" s="3" t="s">
-        <v>1170</v>
+        <v>65</v>
       </c>
       <c r="M255" s="4">
-        <v>218246.048966</v>
+        <v>35658</v>
       </c>
       <c r="N255" s="4">
-        <v>23055.661020169999</v>
+        <v>35658</v>
       </c>
       <c r="O255" s="3" t="s">
-        <v>1241</v>
+        <v>1236</v>
       </c>
       <c r="P255" s="3" t="s">
-        <v>1243</v>
+        <v>1238</v>
       </c>
       <c r="Q255" s="3" t="s">
-        <v>185</v>
+        <v>157</v>
       </c>
       <c r="R255" s="3" t="s">
-        <v>1244</v>
+        <v>1239</v>
       </c>
       <c r="S255" s="3" t="s">
-        <v>1173</v>
+        <v>109</v>
       </c>
       <c r="T255" s="4">
         <v>1</v>
       </c>
       <c r="W255" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X255" s="4">
         <v>0</v>
       </c>
       <c r="Y255" s="4">
         <v>0</v>
       </c>
       <c r="Z255" s="6">
-        <v>1.034E-3</v>
+        <v>1.537E-3</v>
       </c>
     </row>
     <row r="256" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A256" s="3" t="s">
-        <v>1245</v>
+        <v>1240</v>
       </c>
       <c r="B256" s="3" t="s">
-        <v>1246</v>
+        <v>1241</v>
       </c>
       <c r="C256" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D256" s="4">
-        <v>2313</v>
+        <v>527</v>
       </c>
       <c r="E256" s="5">
-        <v>19.624001</v>
+        <v>110.76</v>
       </c>
       <c r="F256" s="4">
-        <v>45390.314891249996</v>
+        <v>58370.52</v>
       </c>
       <c r="G256" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H256" s="3" t="s">
-        <v>53</v>
+        <v>93</v>
       </c>
       <c r="I256" s="3" t="s">
-        <v>54</v>
+        <v>94</v>
       </c>
       <c r="J256" s="5">
-        <v>14.525</v>
+        <v>110.76</v>
       </c>
       <c r="K256" s="5">
-        <v>0.74016505680766809</v>
+        <v>1</v>
       </c>
       <c r="L256" s="3" t="s">
-        <v>55</v>
+        <v>95</v>
       </c>
       <c r="M256" s="4">
-        <v>33596.324999999997</v>
+        <v>58370.52</v>
       </c>
       <c r="N256" s="4">
-        <v>45390.314891249996</v>
+        <v>58370.52</v>
       </c>
       <c r="O256" s="3" t="s">
-        <v>1245</v>
+        <v>1240</v>
       </c>
       <c r="P256" s="3" t="s">
-        <v>1247</v>
+        <v>1242</v>
       </c>
       <c r="Q256" s="3" t="s">
-        <v>99</v>
+        <v>200</v>
       </c>
       <c r="R256" s="3" t="s">
-        <v>1248</v>
+        <v>1243</v>
       </c>
       <c r="S256" s="3" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="T256" s="4">
         <v>1</v>
       </c>
       <c r="W256" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X256" s="4">
         <v>0</v>
       </c>
       <c r="Y256" s="4">
         <v>0</v>
       </c>
       <c r="Z256" s="6">
-        <v>2.0370000000000002E-3</v>
+        <v>2.516E-3</v>
       </c>
     </row>
     <row r="257" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A257" s="3" t="s">
-        <v>1249</v>
+        <v>1244</v>
       </c>
       <c r="B257" s="3" t="s">
-        <v>1250</v>
+        <v>287</v>
       </c>
       <c r="C257" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D257" s="4">
-        <v>831</v>
+        <v>900</v>
       </c>
       <c r="E257" s="5">
-        <v>75.871809999999996</v>
+        <v>74.493315999999993</v>
       </c>
       <c r="F257" s="4">
-        <v>63049.474110000003</v>
+        <v>67043.984476070007</v>
       </c>
       <c r="G257" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H257" s="3" t="s">
-        <v>434</v>
+        <v>43</v>
       </c>
       <c r="I257" s="3" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="J257" s="5">
-        <v>64.819999999999993</v>
+        <v>103.65</v>
       </c>
       <c r="K257" s="5">
-        <v>0.8543357539513029</v>
+        <v>1.3913999987115637</v>
       </c>
       <c r="L257" s="3" t="s">
-        <v>435</v>
+        <v>45</v>
       </c>
       <c r="M257" s="4">
-        <v>53865.42</v>
+        <v>93284.999913000007</v>
       </c>
       <c r="N257" s="4">
-        <v>63049.474110000003</v>
+        <v>67043.984476070007</v>
       </c>
       <c r="O257" s="3" t="s">
-        <v>1249</v>
+        <v>1244</v>
       </c>
       <c r="P257" s="3" t="s">
-        <v>1251</v>
+        <v>289</v>
       </c>
       <c r="Q257" s="3" t="s">
-        <v>99</v>
+        <v>200</v>
       </c>
       <c r="R257" s="3" t="s">
-        <v>1252</v>
+        <v>290</v>
       </c>
       <c r="S257" s="3" t="s">
-        <v>438</v>
+        <v>315</v>
       </c>
       <c r="T257" s="4">
         <v>1</v>
       </c>
       <c r="W257" s="3" t="s">
-        <v>34</v>
+        <v>286</v>
       </c>
       <c r="X257" s="4">
         <v>0</v>
       </c>
       <c r="Y257" s="4">
         <v>0</v>
       </c>
       <c r="Z257" s="6">
-        <v>2.8289999999999999E-3</v>
+        <v>2.8900000000000002E-3</v>
       </c>
     </row>
     <row r="258" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A258" s="3" t="s">
-        <v>1253</v>
+        <v>1245</v>
       </c>
       <c r="B258" s="3" t="s">
-        <v>1254</v>
+        <v>1246</v>
       </c>
       <c r="C258" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D258" s="4">
-        <v>12300</v>
+        <v>1600</v>
       </c>
       <c r="E258" s="5">
-        <v>7.2511559999999999</v>
+        <v>85.214129999999997</v>
       </c>
       <c r="F258" s="4">
-        <v>89189.21906376</v>
+        <v>136342.60449334001</v>
       </c>
       <c r="G258" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H258" s="3" t="s">
-        <v>1074</v>
+        <v>1066</v>
       </c>
       <c r="I258" s="3" t="s">
-        <v>1075</v>
+        <v>69</v>
       </c>
       <c r="J258" s="5">
-        <v>39.36</v>
+        <v>663</v>
       </c>
       <c r="K258" s="5">
-        <v>5.4281001454079467</v>
+        <v>7.7803997725011103</v>
       </c>
       <c r="L258" s="3" t="s">
-        <v>1076</v>
+        <v>1067</v>
       </c>
       <c r="M258" s="4">
-        <v>484128.01296800002</v>
+        <v>1060799.9689819999</v>
       </c>
       <c r="N258" s="4">
-        <v>89189.21906376</v>
+        <v>136342.60449334001</v>
       </c>
       <c r="O258" s="3" t="s">
-        <v>1253</v>
+        <v>1245</v>
       </c>
       <c r="P258" s="3" t="s">
-        <v>1255</v>
+        <v>1247</v>
       </c>
       <c r="Q258" s="3" t="s">
-        <v>99</v>
+        <v>107</v>
       </c>
       <c r="R258" s="3" t="s">
-        <v>1256</v>
+        <v>1248</v>
       </c>
       <c r="S258" s="3" t="s">
-        <v>1079</v>
+        <v>684</v>
       </c>
       <c r="T258" s="4">
         <v>1</v>
       </c>
       <c r="W258" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X258" s="4">
         <v>0</v>
       </c>
       <c r="Y258" s="4">
         <v>0</v>
       </c>
       <c r="Z258" s="6">
-        <v>4.0020000000000003E-3</v>
+        <v>5.8780000000000004E-3</v>
       </c>
     </row>
     <row r="259" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A259" s="3" t="s">
-        <v>1257</v>
+        <v>1249</v>
       </c>
       <c r="B259" s="3" t="s">
-        <v>1258</v>
+        <v>1250</v>
       </c>
       <c r="C259" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D259" s="4">
-        <v>1800</v>
+        <v>5622</v>
       </c>
       <c r="E259" s="5">
-        <v>6.9203489999999999</v>
+        <v>3.9382890000000002</v>
       </c>
       <c r="F259" s="4">
-        <v>12456.62756467</v>
+        <v>22141.059637859998</v>
       </c>
       <c r="G259" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H259" s="3" t="s">
-        <v>1056</v>
+        <v>1179</v>
       </c>
       <c r="I259" s="3" t="s">
-        <v>59</v>
+        <v>1180</v>
       </c>
       <c r="J259" s="5">
-        <v>53.95</v>
+        <v>37.04</v>
       </c>
       <c r="K259" s="5">
-        <v>7.7958497702329206</v>
+        <v>9.4051001412740085</v>
       </c>
       <c r="L259" s="3" t="s">
-        <v>1057</v>
+        <v>1181</v>
       </c>
       <c r="M259" s="4">
-        <v>97109.997136999998</v>
+        <v>208238.88312700001</v>
       </c>
       <c r="N259" s="4">
-        <v>12456.62756467</v>
+        <v>22141.059637859998</v>
       </c>
       <c r="O259" s="3" t="s">
-        <v>1257</v>
+        <v>1249</v>
       </c>
       <c r="P259" s="3" t="s">
-        <v>1259</v>
+        <v>1251</v>
       </c>
       <c r="Q259" s="3" t="s">
-        <v>136</v>
+        <v>200</v>
       </c>
       <c r="R259" s="3" t="s">
-        <v>1260</v>
+        <v>1252</v>
       </c>
       <c r="S259" s="3" t="s">
-        <v>678</v>
+        <v>1184</v>
       </c>
       <c r="T259" s="4">
         <v>1</v>
       </c>
       <c r="W259" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X259" s="4">
         <v>0</v>
       </c>
       <c r="Y259" s="4">
         <v>0</v>
       </c>
       <c r="Z259" s="6">
-        <v>5.5900000000000004E-4</v>
+        <v>9.5399999999999999E-4</v>
       </c>
     </row>
     <row r="260" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A260" s="3" t="s">
-        <v>1261</v>
+        <v>1253</v>
       </c>
       <c r="B260" s="3" t="s">
-        <v>1262</v>
+        <v>1254</v>
       </c>
       <c r="C260" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D260" s="4">
-        <v>6100</v>
+        <v>2313</v>
       </c>
       <c r="E260" s="5">
-        <v>3.9381719999999998</v>
+        <v>21.196705999999999</v>
       </c>
       <c r="F260" s="4">
-        <v>24022.852336060001</v>
+        <v>49027.981556250001</v>
       </c>
       <c r="G260" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H260" s="3" t="s">
-        <v>1056</v>
+        <v>63</v>
       </c>
       <c r="I260" s="3" t="s">
-        <v>1162</v>
+        <v>64</v>
       </c>
       <c r="J260" s="5">
-        <v>28.09</v>
+        <v>15.744999999999999</v>
       </c>
       <c r="K260" s="5">
-        <v>7.1327500360560521</v>
+        <v>0.74280408542246978</v>
       </c>
       <c r="L260" s="3" t="s">
-        <v>1057</v>
+        <v>65</v>
       </c>
       <c r="M260" s="4">
-        <v>171349.00086599999</v>
+        <v>36418.184999999998</v>
       </c>
       <c r="N260" s="4">
-        <v>24022.852336060001</v>
+        <v>49027.981556250001</v>
       </c>
       <c r="O260" s="3" t="s">
-        <v>1261</v>
+        <v>1253</v>
       </c>
       <c r="P260" s="3" t="s">
-        <v>1263</v>
+        <v>1255</v>
       </c>
       <c r="Q260" s="3" t="s">
-        <v>153</v>
+        <v>114</v>
       </c>
       <c r="R260" s="3" t="s">
-        <v>1264</v>
+        <v>1256</v>
       </c>
       <c r="S260" s="3" t="s">
-        <v>1265</v>
+        <v>126</v>
       </c>
       <c r="T260" s="4">
         <v>1</v>
       </c>
       <c r="W260" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X260" s="4">
         <v>0</v>
       </c>
       <c r="Y260" s="4">
         <v>0</v>
       </c>
       <c r="Z260" s="6">
-        <v>1.078E-3</v>
+        <v>2.1129999999999999E-3</v>
       </c>
     </row>
     <row r="261" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A261" s="3" t="s">
-        <v>1266</v>
+        <v>1257</v>
       </c>
       <c r="B261" s="3" t="s">
-        <v>1267</v>
+        <v>1258</v>
       </c>
       <c r="C261" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D261" s="4">
-        <v>9100</v>
+        <v>831</v>
       </c>
       <c r="E261" s="5">
-        <v>2.0875539999999999</v>
+        <v>72.591499999999996</v>
       </c>
       <c r="F261" s="4">
-        <v>18996.740387649999</v>
+        <v>60323.536500000002</v>
       </c>
       <c r="G261" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H261" s="3" t="s">
-        <v>1056</v>
+        <v>444</v>
       </c>
       <c r="I261" s="3" t="s">
-        <v>1162</v>
+        <v>59</v>
       </c>
       <c r="J261" s="5">
-        <v>14.89</v>
+        <v>61.78</v>
       </c>
       <c r="K261" s="5">
-        <v>7.1327500360560521</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L261" s="3" t="s">
-        <v>1057</v>
+        <v>445</v>
       </c>
       <c r="M261" s="4">
-        <v>135499.000684</v>
+        <v>51339.18</v>
       </c>
       <c r="N261" s="4">
-        <v>18996.740387649999</v>
+        <v>60323.536500000002</v>
       </c>
       <c r="O261" s="3" t="s">
-        <v>1266</v>
+        <v>1257</v>
       </c>
       <c r="P261" s="3" t="s">
-        <v>1268</v>
+        <v>1259</v>
       </c>
       <c r="Q261" s="3" t="s">
-        <v>153</v>
+        <v>114</v>
       </c>
       <c r="R261" s="3" t="s">
-        <v>1269</v>
+        <v>1260</v>
       </c>
       <c r="S261" s="3" t="s">
-        <v>1265</v>
+        <v>448</v>
       </c>
       <c r="T261" s="4">
         <v>1</v>
       </c>
       <c r="W261" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X261" s="4">
         <v>0</v>
       </c>
       <c r="Y261" s="4">
         <v>0</v>
       </c>
       <c r="Z261" s="6">
-        <v>8.52E-4</v>
+        <v>2.5999999999999999E-3</v>
       </c>
     </row>
     <row r="262" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A262" s="3" t="s">
-        <v>1270</v>
+        <v>1261</v>
       </c>
       <c r="B262" s="3" t="s">
-        <v>1271</v>
+        <v>1262</v>
       </c>
       <c r="C262" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D262" s="4">
-        <v>935</v>
+        <v>12300</v>
       </c>
       <c r="E262" s="5">
-        <v>56.262495000000001</v>
+        <v>7.9015310000000003</v>
       </c>
       <c r="F262" s="4">
-        <v>52605.433376460001</v>
+        <v>97188.834956010003</v>
       </c>
       <c r="G262" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H262" s="3" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="I262" s="3" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="J262" s="5">
-        <v>358.8</v>
+        <v>42.08</v>
       </c>
       <c r="K262" s="5">
-        <v>6.3772500532500382</v>
+        <v>5.3255500773988818</v>
       </c>
       <c r="L262" s="3" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="M262" s="4">
-        <v>335478.00280100002</v>
+        <v>517584.007522</v>
       </c>
       <c r="N262" s="4">
-        <v>52605.433376460001</v>
+        <v>97188.834956010003</v>
       </c>
       <c r="O262" s="3" t="s">
-        <v>1270</v>
+        <v>1261</v>
       </c>
       <c r="P262" s="3" t="s">
-        <v>1272</v>
+        <v>1263</v>
       </c>
       <c r="Q262" s="3" t="s">
-        <v>99</v>
+        <v>114</v>
       </c>
       <c r="R262" s="3" t="s">
-        <v>1273</v>
+        <v>1264</v>
       </c>
       <c r="S262" s="3" t="s">
-        <v>1136</v>
+        <v>1086</v>
       </c>
       <c r="T262" s="4">
         <v>1</v>
       </c>
       <c r="W262" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X262" s="4">
         <v>0</v>
       </c>
       <c r="Y262" s="4">
         <v>0</v>
       </c>
       <c r="Z262" s="6">
-        <v>2.3600000000000001E-3</v>
+        <v>4.1900000000000001E-3</v>
       </c>
     </row>
     <row r="263" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A263" s="3" t="s">
-        <v>1274</v>
+        <v>1265</v>
       </c>
       <c r="B263" s="3" t="s">
-        <v>1275</v>
+        <v>1266</v>
       </c>
       <c r="C263" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D263" s="4">
-        <v>1519</v>
+        <v>1800</v>
       </c>
       <c r="E263" s="5">
-        <v>40.523121000000003</v>
+        <v>7.261838</v>
       </c>
       <c r="F263" s="4">
-        <v>61554.621112569999</v>
+        <v>13071.307387790001</v>
       </c>
       <c r="G263" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H263" s="3" t="s">
-        <v>619</v>
+        <v>1066</v>
       </c>
       <c r="I263" s="3" t="s">
-        <v>620</v>
+        <v>69</v>
       </c>
       <c r="J263" s="5">
-        <v>32.380000000000003</v>
+        <v>56.5</v>
       </c>
       <c r="K263" s="5">
-        <v>0.79904999986655867</v>
+        <v>7.7803997725011103</v>
       </c>
       <c r="L263" s="3" t="s">
-        <v>621</v>
+        <v>1067</v>
       </c>
       <c r="M263" s="4">
-        <v>49185.219990999998</v>
+        <v>101699.997026</v>
       </c>
       <c r="N263" s="4">
-        <v>61554.621112569999</v>
+        <v>13071.307387790001</v>
       </c>
       <c r="O263" s="3" t="s">
-        <v>1274</v>
+        <v>1265</v>
       </c>
       <c r="P263" s="3" t="s">
-        <v>1276</v>
+        <v>1267</v>
       </c>
       <c r="Q263" s="3" t="s">
-        <v>142</v>
+        <v>151</v>
       </c>
       <c r="R263" s="3" t="s">
-        <v>1277</v>
+        <v>1268</v>
       </c>
       <c r="S263" s="3" t="s">
-        <v>624</v>
+        <v>684</v>
       </c>
       <c r="T263" s="4">
         <v>1</v>
       </c>
       <c r="W263" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X263" s="4">
         <v>0</v>
       </c>
       <c r="Y263" s="4">
         <v>0</v>
       </c>
       <c r="Z263" s="6">
-        <v>2.7620000000000001E-3</v>
+        <v>5.6300000000000002E-4</v>
       </c>
     </row>
     <row r="264" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A264" s="3" t="s">
-        <v>1278</v>
+        <v>1269</v>
       </c>
       <c r="B264" s="3" t="s">
-        <v>1279</v>
+        <v>1270</v>
       </c>
       <c r="C264" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D264" s="4">
-        <v>32400</v>
+        <v>12</v>
       </c>
       <c r="E264" s="5">
-        <v>2.407206</v>
+        <v>1045.0575040000001</v>
       </c>
       <c r="F264" s="4">
-        <v>77993.480775300006</v>
+        <v>12540.69000189</v>
       </c>
       <c r="G264" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H264" s="3" t="s">
-        <v>1056</v>
+        <v>48</v>
       </c>
       <c r="I264" s="3" t="s">
-        <v>1162</v>
+        <v>49</v>
       </c>
       <c r="J264" s="5">
-        <v>17.170000000000002</v>
+        <v>831.5</v>
       </c>
       <c r="K264" s="5">
-        <v>7.1327500360560521</v>
+        <v>0.79564999687627802</v>
       </c>
       <c r="L264" s="3" t="s">
-        <v>1057</v>
+        <v>50</v>
       </c>
       <c r="M264" s="4">
-        <v>556308.00281199999</v>
+        <v>9977.9999599999992</v>
       </c>
       <c r="N264" s="4">
-        <v>77993.480775300006</v>
+        <v>12540.69000189</v>
       </c>
       <c r="O264" s="3" t="s">
-        <v>1278</v>
+        <v>1269</v>
       </c>
       <c r="P264" s="3" t="s">
-        <v>1280</v>
+        <v>1271</v>
       </c>
       <c r="Q264" s="3" t="s">
-        <v>164</v>
+        <v>200</v>
       </c>
       <c r="R264" s="3" t="s">
-        <v>1281</v>
+        <v>1272</v>
       </c>
       <c r="S264" s="3" t="s">
-        <v>1265</v>
+        <v>631</v>
       </c>
       <c r="T264" s="4">
         <v>1</v>
       </c>
       <c r="W264" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X264" s="4">
         <v>0</v>
       </c>
       <c r="Y264" s="4">
         <v>0</v>
       </c>
       <c r="Z264" s="6">
-        <v>3.5000000000000001E-3</v>
+        <v>5.4000000000000001E-4</v>
       </c>
     </row>
     <row r="265" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A265" s="3" t="s">
-        <v>1282</v>
+        <v>1273</v>
       </c>
       <c r="B265" s="3" t="s">
-        <v>1283</v>
+        <v>1274</v>
       </c>
       <c r="C265" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D265" s="4">
-        <v>254000</v>
+        <v>6100</v>
       </c>
       <c r="E265" s="5">
-        <v>0.37712400000000001</v>
+        <v>3.8280810000000001</v>
       </c>
       <c r="F265" s="4">
-        <v>95789.426425600002</v>
+        <v>23351.29136259</v>
       </c>
       <c r="G265" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H265" s="3" t="s">
-        <v>1056</v>
+        <v>1066</v>
       </c>
       <c r="I265" s="3" t="s">
-        <v>59</v>
+        <v>1173</v>
       </c>
       <c r="J265" s="5">
-        <v>2.94</v>
+        <v>27.25</v>
       </c>
       <c r="K265" s="5">
-        <v>7.7958497702329206</v>
+        <v>7.1184500116101921</v>
       </c>
       <c r="L265" s="3" t="s">
-        <v>1057</v>
+        <v>1067</v>
       </c>
       <c r="M265" s="4">
-        <v>746759.97799000004</v>
+        <v>166225.000271</v>
       </c>
       <c r="N265" s="4">
-        <v>95789.426425600002</v>
+        <v>23351.29136259</v>
       </c>
       <c r="O265" s="3" t="s">
-        <v>1282</v>
+        <v>1273</v>
       </c>
       <c r="P265" s="3" t="s">
-        <v>1284</v>
+        <v>1275</v>
       </c>
       <c r="Q265" s="3" t="s">
-        <v>153</v>
+        <v>168</v>
       </c>
       <c r="R265" s="3" t="s">
-        <v>1285</v>
+        <v>1276</v>
       </c>
       <c r="S265" s="3" t="s">
-        <v>678</v>
+        <v>1277</v>
       </c>
       <c r="T265" s="4">
         <v>1</v>
       </c>
       <c r="W265" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X265" s="4">
         <v>0</v>
       </c>
       <c r="Y265" s="4">
         <v>0</v>
       </c>
       <c r="Z265" s="6">
-        <v>4.2989999999999999E-3</v>
+        <v>1.0059999999999999E-3</v>
       </c>
     </row>
     <row r="266" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A266" s="3" t="s">
-        <v>1286</v>
+        <v>1278</v>
       </c>
       <c r="B266" s="3" t="s">
-        <v>1287</v>
+        <v>1279</v>
       </c>
       <c r="C266" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D266" s="4">
-        <v>100</v>
+        <v>9100</v>
       </c>
       <c r="E266" s="5">
-        <v>194.835936</v>
+        <v>2.0060549999999999</v>
       </c>
       <c r="F266" s="4">
-        <v>19483.593721550002</v>
+        <v>18255.097668729999</v>
       </c>
       <c r="G266" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H266" s="3" t="s">
-        <v>38</v>
+        <v>1066</v>
       </c>
       <c r="I266" s="3" t="s">
-        <v>39</v>
+        <v>1173</v>
       </c>
       <c r="J266" s="5">
-        <v>267.5</v>
+        <v>14.28</v>
       </c>
       <c r="K266" s="5">
-        <v>1.3729500071558154</v>
+        <v>7.1184500116101921</v>
       </c>
       <c r="L266" s="3" t="s">
-        <v>40</v>
+        <v>1067</v>
       </c>
       <c r="M266" s="4">
-        <v>26750.000139</v>
+        <v>129948.00021100001</v>
       </c>
       <c r="N266" s="4">
-        <v>19483.593721550002</v>
+        <v>18255.097668729999</v>
       </c>
       <c r="O266" s="3" t="s">
-        <v>1286</v>
+        <v>1278</v>
       </c>
       <c r="P266" s="3" t="s">
-        <v>1288</v>
+        <v>1280</v>
       </c>
       <c r="Q266" s="3" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="R266" s="3" t="s">
-        <v>1289</v>
+        <v>1281</v>
       </c>
       <c r="S266" s="3" t="s">
-        <v>300</v>
+        <v>1277</v>
       </c>
       <c r="T266" s="4">
         <v>1</v>
       </c>
       <c r="W266" s="3" t="s">
-        <v>1290</v>
+        <v>34</v>
       </c>
       <c r="X266" s="4">
         <v>0</v>
       </c>
       <c r="Y266" s="4">
         <v>0</v>
       </c>
       <c r="Z266" s="6">
-        <v>8.7399999999999999E-4</v>
+        <v>7.8700000000000005E-4</v>
       </c>
     </row>
     <row r="267" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A267" s="3" t="s">
-        <v>1291</v>
+        <v>1282</v>
       </c>
       <c r="B267" s="3" t="s">
-        <v>1292</v>
+        <v>1283</v>
       </c>
       <c r="C267" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D267" s="4">
-        <v>100</v>
+        <v>935</v>
       </c>
       <c r="E267" s="5">
-        <v>33.715721000000002</v>
+        <v>54.251669999999997</v>
       </c>
       <c r="F267" s="4">
-        <v>3371.5721621299999</v>
+        <v>50725.310099479997</v>
       </c>
       <c r="G267" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H267" s="3" t="s">
-        <v>38</v>
+        <v>53</v>
       </c>
       <c r="I267" s="3" t="s">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="J267" s="5">
-        <v>46.29</v>
+        <v>344.65</v>
       </c>
       <c r="K267" s="5">
-        <v>1.3729500071558154</v>
+        <v>6.3527998154638716</v>
       </c>
       <c r="L267" s="3" t="s">
-        <v>40</v>
+        <v>55</v>
       </c>
       <c r="M267" s="4">
-        <v>4629.0000239999999</v>
+        <v>322247.74063900003</v>
       </c>
       <c r="N267" s="4">
-        <v>3371.5721621299999</v>
+        <v>50725.310099479997</v>
       </c>
       <c r="O267" s="3" t="s">
-        <v>1291</v>
+        <v>1282</v>
       </c>
       <c r="P267" s="3" t="s">
-        <v>1293</v>
+        <v>1284</v>
       </c>
       <c r="Q267" s="3" t="s">
-        <v>153</v>
+        <v>114</v>
       </c>
       <c r="R267" s="3" t="s">
-        <v>1294</v>
+        <v>1285</v>
       </c>
       <c r="S267" s="3" t="s">
-        <v>300</v>
+        <v>1147</v>
       </c>
       <c r="T267" s="4">
         <v>1</v>
       </c>
       <c r="W267" s="3" t="s">
-        <v>1295</v>
+        <v>34</v>
       </c>
       <c r="X267" s="4">
         <v>0</v>
       </c>
       <c r="Y267" s="4">
         <v>0</v>
       </c>
       <c r="Z267" s="6">
-        <v>1.5100000000000001E-4</v>
+        <v>2.1870000000000001E-3</v>
       </c>
     </row>
     <row r="268" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A268" s="3" t="s">
-        <v>1296</v>
+        <v>1286</v>
       </c>
       <c r="B268" s="3" t="s">
-        <v>1297</v>
+        <v>1287</v>
       </c>
       <c r="C268" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D268" s="4">
-        <v>613</v>
+        <v>1519</v>
       </c>
       <c r="E268" s="5">
-        <v>20.13</v>
+        <v>40.859675000000003</v>
       </c>
       <c r="F268" s="4">
-        <v>12339.69</v>
+        <v>62065.845535100001</v>
       </c>
       <c r="G268" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H268" s="3" t="s">
-        <v>31</v>
+        <v>48</v>
       </c>
       <c r="I268" s="3" t="s">
-        <v>84</v>
+        <v>49</v>
       </c>
       <c r="J268" s="5">
-        <v>20.13</v>
+        <v>32.51</v>
       </c>
       <c r="K268" s="5">
-        <v>1</v>
+        <v>0.79564999687627802</v>
       </c>
       <c r="L268" s="3" t="s">
-        <v>33</v>
+        <v>50</v>
       </c>
       <c r="M268" s="4">
-        <v>12339.69</v>
+        <v>49382.689806000002</v>
       </c>
       <c r="N268" s="4">
-        <v>12339.69</v>
+        <v>62065.845535100001</v>
       </c>
       <c r="O268" s="3" t="s">
-        <v>1296</v>
+        <v>1286</v>
       </c>
       <c r="P268" s="3" t="s">
-        <v>1298</v>
+        <v>1288</v>
       </c>
       <c r="Q268" s="3" t="s">
-        <v>1134</v>
+        <v>157</v>
       </c>
       <c r="R268" s="3" t="s">
-        <v>1299</v>
+        <v>1289</v>
       </c>
       <c r="S268" s="3" t="s">
-        <v>94</v>
+        <v>631</v>
       </c>
       <c r="T268" s="4">
         <v>1</v>
       </c>
       <c r="W268" s="3" t="s">
-        <v>1300</v>
+        <v>34</v>
       </c>
       <c r="X268" s="4">
         <v>0</v>
       </c>
       <c r="Y268" s="4">
         <v>0</v>
       </c>
       <c r="Z268" s="6">
-        <v>5.53E-4</v>
+        <v>2.676E-3</v>
       </c>
     </row>
     <row r="269" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A269" s="3" t="s">
-        <v>1301</v>
+        <v>1290</v>
       </c>
       <c r="B269" s="3" t="s">
-        <v>1302</v>
+        <v>1291</v>
       </c>
       <c r="C269" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D269" s="4">
-        <v>1113</v>
+        <v>32400</v>
       </c>
       <c r="E269" s="5">
-        <v>106.89</v>
+        <v>2.5286400000000002</v>
       </c>
       <c r="F269" s="4">
-        <v>118968.57</v>
+        <v>81927.94779762</v>
       </c>
       <c r="G269" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H269" s="3" t="s">
-        <v>83</v>
+        <v>1066</v>
       </c>
       <c r="I269" s="3" t="s">
-        <v>84</v>
+        <v>1173</v>
       </c>
       <c r="J269" s="5">
-        <v>106.89</v>
+        <v>18</v>
       </c>
       <c r="K269" s="5">
-        <v>1</v>
+        <v>7.1184500116101921</v>
       </c>
       <c r="L269" s="3" t="s">
-        <v>85</v>
+        <v>1067</v>
       </c>
       <c r="M269" s="4">
-        <v>118968.57</v>
+        <v>583200.00095100002</v>
       </c>
       <c r="N269" s="4">
-        <v>118968.57</v>
+        <v>81927.94779762</v>
       </c>
       <c r="O269" s="3" t="s">
-        <v>1301</v>
+        <v>1290</v>
       </c>
       <c r="P269" s="3" t="s">
-        <v>1303</v>
+        <v>1292</v>
       </c>
       <c r="Q269" s="3" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="R269" s="3" t="s">
-        <v>1304</v>
+        <v>1293</v>
       </c>
       <c r="S269" s="3" t="s">
-        <v>94</v>
+        <v>1277</v>
       </c>
       <c r="T269" s="4">
         <v>1</v>
       </c>
       <c r="W269" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X269" s="4">
         <v>0</v>
       </c>
       <c r="Y269" s="4">
         <v>0</v>
       </c>
       <c r="Z269" s="6">
-        <v>5.339E-3</v>
+        <v>3.532E-3</v>
       </c>
     </row>
     <row r="270" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A270" s="3" t="s">
-        <v>1305</v>
+        <v>1294</v>
       </c>
       <c r="B270" s="3" t="s">
-        <v>1306</v>
+        <v>1295</v>
       </c>
       <c r="C270" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D270" s="4">
+        <v>254000</v>
+      </c>
+      <c r="E270" s="5">
+        <v>0.371446</v>
+      </c>
+      <c r="F270" s="4">
+        <v>94347.334327279998</v>
+      </c>
+      <c r="G270" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H270" s="3" t="s">
         <v>1066</v>
       </c>
-      <c r="E270" s="5">
-[...10 lines deleted...]
-      </c>
       <c r="I270" s="3" t="s">
-        <v>49</v>
+        <v>69</v>
       </c>
       <c r="J270" s="5">
-        <v>66.040000000000006</v>
+        <v>2.89</v>
       </c>
       <c r="K270" s="5">
-        <v>0.8543357539513029</v>
+        <v>7.7803997725011103</v>
       </c>
       <c r="L270" s="3" t="s">
-        <v>428</v>
+        <v>1067</v>
       </c>
       <c r="M270" s="4">
-        <v>70398.64</v>
+        <v>734059.97853600001</v>
       </c>
       <c r="N270" s="4">
-        <v>82401.608120000004</v>
+        <v>94347.334327279998</v>
       </c>
       <c r="O270" s="3" t="s">
-        <v>1305</v>
+        <v>1294</v>
       </c>
       <c r="P270" s="3" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="Q270" s="3" t="s">
-        <v>142</v>
+        <v>168</v>
       </c>
       <c r="R270" s="3" t="s">
-        <v>1308</v>
+        <v>1297</v>
       </c>
       <c r="S270" s="3" t="s">
-        <v>431</v>
+        <v>684</v>
       </c>
       <c r="T270" s="4">
         <v>1</v>
       </c>
       <c r="W270" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X270" s="4">
         <v>0</v>
       </c>
       <c r="Y270" s="4">
         <v>0</v>
       </c>
       <c r="Z270" s="6">
-        <v>3.6979999999999999E-3</v>
+        <v>4.0670000000000003E-3</v>
       </c>
     </row>
     <row r="271" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A271" s="3" t="s">
-        <v>1309</v>
+        <v>1298</v>
       </c>
       <c r="B271" s="3" t="s">
-        <v>1310</v>
+        <v>1299</v>
       </c>
       <c r="C271" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D271" s="4">
-        <v>9200</v>
+        <v>100</v>
       </c>
       <c r="E271" s="5">
-        <v>2.6804960000000002</v>
+        <v>246.13339099999999</v>
       </c>
       <c r="F271" s="4">
-        <v>24660.562627809999</v>
+        <v>24613.339082940001</v>
       </c>
       <c r="G271" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H271" s="3" t="s">
-        <v>1074</v>
+        <v>43</v>
       </c>
       <c r="I271" s="3" t="s">
-        <v>1075</v>
+        <v>44</v>
       </c>
       <c r="J271" s="5">
-        <v>14.55</v>
+        <v>342.47</v>
       </c>
       <c r="K271" s="5">
-        <v>5.4281001454079467</v>
+        <v>1.3913999987115637</v>
       </c>
       <c r="L271" s="3" t="s">
-        <v>1076</v>
+        <v>45</v>
       </c>
       <c r="M271" s="4">
-        <v>133860.003585</v>
+        <v>34246.999967999996</v>
       </c>
       <c r="N271" s="4">
-        <v>24660.562627809999</v>
+        <v>24613.339082940001</v>
       </c>
       <c r="O271" s="3" t="s">
-        <v>1309</v>
+        <v>1298</v>
       </c>
       <c r="P271" s="3" t="s">
-        <v>1311</v>
+        <v>1300</v>
       </c>
       <c r="Q271" s="3" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="R271" s="3" t="s">
-        <v>1312</v>
+        <v>1301</v>
       </c>
       <c r="S271" s="3" t="s">
-        <v>1079</v>
+        <v>315</v>
       </c>
       <c r="T271" s="4">
         <v>1</v>
       </c>
       <c r="W271" s="3" t="s">
-        <v>34</v>
+        <v>1302</v>
       </c>
       <c r="X271" s="4">
         <v>0</v>
       </c>
       <c r="Y271" s="4">
         <v>0</v>
       </c>
       <c r="Z271" s="6">
-        <v>1.106E-3</v>
+        <v>1.0610000000000001E-3</v>
       </c>
     </row>
     <row r="272" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A272" s="3" t="s">
-        <v>1313</v>
+        <v>1303</v>
       </c>
       <c r="B272" s="3" t="s">
-        <v>1314</v>
+        <v>1304</v>
       </c>
       <c r="C272" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D272" s="4">
-        <v>663</v>
+        <v>100</v>
       </c>
       <c r="E272" s="5">
-        <v>62.668570000000003</v>
+        <v>34.432944999999997</v>
       </c>
       <c r="F272" s="4">
-        <v>41549.261910000001</v>
+        <v>3443.2945235000002</v>
       </c>
       <c r="G272" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H272" s="3" t="s">
-        <v>1315</v>
+        <v>43</v>
       </c>
       <c r="I272" s="3" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="J272" s="5">
-        <v>53.54</v>
+        <v>47.91</v>
       </c>
       <c r="K272" s="5">
-        <v>0.8543357539513029</v>
+        <v>1.3913999987115637</v>
       </c>
       <c r="L272" s="3" t="s">
-        <v>1316</v>
+        <v>45</v>
       </c>
       <c r="M272" s="4">
-        <v>35497.019999999997</v>
+        <v>4790.9999950000001</v>
       </c>
       <c r="N272" s="4">
-        <v>41549.261910000001</v>
+        <v>3443.2945235000002</v>
       </c>
       <c r="O272" s="3" t="s">
-        <v>1313</v>
+        <v>1303</v>
       </c>
       <c r="P272" s="3" t="s">
-        <v>1317</v>
+        <v>1305</v>
       </c>
       <c r="Q272" s="3" t="s">
-        <v>136</v>
+        <v>168</v>
       </c>
       <c r="R272" s="3" t="s">
-        <v>1318</v>
+        <v>1306</v>
       </c>
       <c r="S272" s="3" t="s">
-        <v>1319</v>
+        <v>315</v>
       </c>
       <c r="T272" s="4">
         <v>1</v>
       </c>
       <c r="W272" s="3" t="s">
-        <v>34</v>
+        <v>1307</v>
       </c>
       <c r="X272" s="4">
         <v>0</v>
       </c>
       <c r="Y272" s="4">
         <v>0</v>
       </c>
       <c r="Z272" s="6">
-        <v>1.864E-3</v>
+        <v>1.4799999999999999E-4</v>
       </c>
     </row>
     <row r="273" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A273" s="3" t="s">
-        <v>1320</v>
+        <v>1308</v>
       </c>
       <c r="B273" s="3" t="s">
-        <v>1321</v>
+        <v>1309</v>
       </c>
       <c r="C273" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D273" s="4">
-        <v>48000</v>
+        <v>613</v>
       </c>
       <c r="E273" s="5">
-        <v>1.7355389999999999</v>
+        <v>19.21</v>
       </c>
       <c r="F273" s="4">
-        <v>83305.861451930003</v>
+        <v>11775.73</v>
       </c>
       <c r="G273" s="3" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="H273" s="3" t="s">
-        <v>1056</v>
+        <v>31</v>
       </c>
       <c r="I273" s="3" t="s">
-        <v>59</v>
+        <v>94</v>
       </c>
       <c r="J273" s="5">
-        <v>13.53</v>
+        <v>19.21</v>
       </c>
       <c r="K273" s="5">
-        <v>7.7958497702329206</v>
+        <v>1</v>
       </c>
       <c r="L273" s="3" t="s">
-        <v>1057</v>
+        <v>33</v>
       </c>
       <c r="M273" s="4">
-        <v>649439.980859</v>
+        <v>11775.73</v>
       </c>
       <c r="N273" s="4">
-        <v>83305.861451930003</v>
+        <v>11775.73</v>
       </c>
       <c r="O273" s="3" t="s">
-        <v>1320</v>
+        <v>1308</v>
       </c>
       <c r="P273" s="3" t="s">
-        <v>1322</v>
+        <v>1310</v>
       </c>
       <c r="Q273" s="3" t="s">
+        <v>1145</v>
+      </c>
+      <c r="R273" s="3" t="s">
+        <v>1311</v>
+      </c>
+      <c r="S273" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="R273" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T273" s="4">
         <v>1</v>
       </c>
       <c r="W273" s="3" t="s">
-        <v>34</v>
+        <v>1312</v>
       </c>
       <c r="X273" s="4">
         <v>0</v>
       </c>
       <c r="Y273" s="4">
         <v>0</v>
       </c>
       <c r="Z273" s="6">
-        <v>3.738E-3</v>
+        <v>5.0699999999999996E-4</v>
       </c>
     </row>
     <row r="274" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A274" s="3" t="s">
-        <v>1324</v>
+        <v>1313</v>
       </c>
       <c r="B274" s="3" t="s">
-        <v>1325</v>
+        <v>1314</v>
       </c>
       <c r="C274" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D274" s="4">
-        <v>350</v>
+        <v>1113</v>
       </c>
       <c r="E274" s="5">
-        <v>135</v>
+        <v>109.95</v>
       </c>
       <c r="F274" s="4">
-        <v>47250</v>
+        <v>122374.35</v>
       </c>
       <c r="G274" s="3" t="s">
-        <v>1326</v>
+        <v>104</v>
       </c>
       <c r="H274" s="3" t="s">
-        <v>1056</v>
+        <v>93</v>
       </c>
       <c r="I274" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J274" s="5">
-        <v>135</v>
+        <v>109.95</v>
       </c>
       <c r="K274" s="5">
         <v>1</v>
       </c>
       <c r="L274" s="3" t="s">
-        <v>1057</v>
+        <v>95</v>
       </c>
       <c r="M274" s="4">
-        <v>47250</v>
+        <v>122374.35</v>
       </c>
       <c r="N274" s="4">
-        <v>47250</v>
+        <v>122374.35</v>
       </c>
       <c r="O274" s="3" t="s">
-        <v>1327</v>
+        <v>1313</v>
       </c>
       <c r="P274" s="3" t="s">
-        <v>1328</v>
+        <v>1315</v>
       </c>
       <c r="Q274" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="R274" s="3" t="s">
+        <v>1316</v>
+      </c>
+      <c r="S274" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="R274" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T274" s="4">
         <v>1</v>
       </c>
       <c r="W274" s="3" t="s">
-        <v>1324</v>
+        <v>34</v>
       </c>
       <c r="X274" s="4">
         <v>0</v>
       </c>
       <c r="Y274" s="4">
         <v>0</v>
       </c>
       <c r="Z274" s="6">
-        <v>2.1199999999999999E-3</v>
+        <v>5.2760000000000003E-3</v>
       </c>
     </row>
     <row r="275" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A275" s="3" t="s">
-        <v>1330</v>
+        <v>1317</v>
       </c>
       <c r="B275" s="3" t="s">
-        <v>1331</v>
+        <v>1318</v>
       </c>
       <c r="C275" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D275" s="4">
-        <v>500</v>
+        <v>1066</v>
       </c>
       <c r="E275" s="5">
-        <v>71.16</v>
+        <v>75.752250000000004</v>
       </c>
       <c r="F275" s="4">
-        <v>35580</v>
+        <v>80751.898499999996</v>
       </c>
       <c r="G275" s="3" t="s">
-        <v>1326</v>
+        <v>104</v>
       </c>
       <c r="H275" s="3" t="s">
-        <v>1332</v>
+        <v>437</v>
       </c>
       <c r="I275" s="3" t="s">
-        <v>84</v>
+        <v>59</v>
       </c>
       <c r="J275" s="5">
-        <v>71.16</v>
+        <v>64.47</v>
       </c>
       <c r="K275" s="5">
-        <v>1</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L275" s="3" t="s">
-        <v>1333</v>
+        <v>438</v>
       </c>
       <c r="M275" s="4">
-        <v>35580</v>
+        <v>68725.02</v>
       </c>
       <c r="N275" s="4">
-        <v>35580</v>
+        <v>80751.898499999996</v>
       </c>
       <c r="O275" s="3" t="s">
-        <v>1334</v>
+        <v>1317</v>
       </c>
       <c r="P275" s="3" t="s">
-        <v>1335</v>
+        <v>1319</v>
       </c>
       <c r="Q275" s="3" t="s">
-        <v>142</v>
+        <v>157</v>
       </c>
       <c r="R275" s="3" t="s">
-        <v>1336</v>
+        <v>1320</v>
       </c>
       <c r="S275" s="3" t="s">
-        <v>94</v>
+        <v>441</v>
       </c>
       <c r="T275" s="4">
         <v>1</v>
       </c>
       <c r="W275" s="3" t="s">
-        <v>1330</v>
+        <v>34</v>
       </c>
       <c r="X275" s="4">
         <v>0</v>
       </c>
       <c r="Y275" s="4">
         <v>0</v>
       </c>
       <c r="Z275" s="6">
-        <v>1.596E-3</v>
+        <v>3.4810000000000002E-3</v>
       </c>
     </row>
     <row r="276" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A276" s="3" t="s">
-        <v>1337</v>
+        <v>1321</v>
       </c>
       <c r="B276" s="3" t="s">
-        <v>1338</v>
+        <v>1322</v>
       </c>
       <c r="C276" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D276" s="4">
-        <v>1685</v>
+        <v>9200</v>
       </c>
       <c r="E276" s="5">
-        <v>31.74</v>
+        <v>2.9987509999999999</v>
       </c>
       <c r="F276" s="4">
-        <v>53481.9</v>
+        <v>27588.511984680001</v>
       </c>
       <c r="G276" s="3" t="s">
-        <v>1326</v>
+        <v>104</v>
       </c>
       <c r="H276" s="3" t="s">
-        <v>1332</v>
+        <v>38</v>
       </c>
       <c r="I276" s="3" t="s">
-        <v>84</v>
+        <v>39</v>
       </c>
       <c r="J276" s="5">
-        <v>31.74</v>
+        <v>15.97</v>
       </c>
       <c r="K276" s="5">
-        <v>1</v>
+        <v>5.3255500773988818</v>
       </c>
       <c r="L276" s="3" t="s">
-        <v>1333</v>
+        <v>40</v>
       </c>
       <c r="M276" s="4">
-        <v>53481.9</v>
+        <v>146924.00213499999</v>
       </c>
       <c r="N276" s="4">
-        <v>53481.9</v>
+        <v>27588.511984680001</v>
       </c>
       <c r="O276" s="3" t="s">
-        <v>1339</v>
+        <v>1321</v>
       </c>
       <c r="P276" s="3" t="s">
-        <v>1340</v>
+        <v>1323</v>
       </c>
       <c r="Q276" s="3" t="s">
-        <v>142</v>
+        <v>200</v>
       </c>
       <c r="R276" s="3" t="s">
-        <v>1341</v>
+        <v>1324</v>
       </c>
       <c r="S276" s="3" t="s">
-        <v>94</v>
+        <v>1086</v>
       </c>
       <c r="T276" s="4">
         <v>1</v>
       </c>
       <c r="W276" s="3" t="s">
-        <v>1337</v>
+        <v>34</v>
       </c>
       <c r="X276" s="4">
         <v>0</v>
       </c>
       <c r="Y276" s="4">
         <v>0</v>
       </c>
       <c r="Z276" s="6">
-        <v>2.3999999999999998E-3</v>
+        <v>1.189E-3</v>
       </c>
     </row>
     <row r="277" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A277" s="3" t="s">
-        <v>1342</v>
+        <v>1325</v>
       </c>
       <c r="B277" s="3" t="s">
-        <v>1343</v>
+        <v>1326</v>
       </c>
       <c r="C277" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D277" s="4">
-        <v>1924</v>
+        <v>663</v>
       </c>
       <c r="E277" s="5">
-        <v>16.82</v>
+        <v>59.69</v>
       </c>
       <c r="F277" s="4">
-        <v>32361.68</v>
+        <v>39574.47</v>
       </c>
       <c r="G277" s="3" t="s">
-        <v>1326</v>
+        <v>104</v>
       </c>
       <c r="H277" s="3" t="s">
-        <v>1332</v>
+        <v>1327</v>
       </c>
       <c r="I277" s="3" t="s">
-        <v>84</v>
+        <v>59</v>
       </c>
       <c r="J277" s="5">
-        <v>16.82</v>
+        <v>50.8</v>
       </c>
       <c r="K277" s="5">
-        <v>1</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L277" s="3" t="s">
-        <v>1333</v>
+        <v>1328</v>
       </c>
       <c r="M277" s="4">
-        <v>32361.68</v>
+        <v>33680.400000000001</v>
       </c>
       <c r="N277" s="4">
-        <v>32361.68</v>
+        <v>39574.47</v>
       </c>
       <c r="O277" s="3" t="s">
-        <v>1344</v>
+        <v>1325</v>
       </c>
       <c r="P277" s="3" t="s">
-        <v>1345</v>
+        <v>1329</v>
       </c>
       <c r="Q277" s="3" t="s">
-        <v>164</v>
+        <v>151</v>
       </c>
       <c r="R277" s="3" t="s">
-        <v>1346</v>
+        <v>1330</v>
       </c>
       <c r="S277" s="3" t="s">
-        <v>94</v>
+        <v>1331</v>
       </c>
       <c r="T277" s="4">
         <v>1</v>
       </c>
       <c r="W277" s="3" t="s">
-        <v>1342</v>
+        <v>34</v>
       </c>
       <c r="X277" s="4">
         <v>0</v>
       </c>
       <c r="Y277" s="4">
         <v>0</v>
       </c>
       <c r="Z277" s="6">
-        <v>1.4519999999999999E-3</v>
+        <v>1.7060000000000001E-3</v>
       </c>
     </row>
     <row r="278" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A278" s="3" t="s">
-        <v>1347</v>
+        <v>1332</v>
       </c>
       <c r="B278" s="3" t="s">
-        <v>1348</v>
+        <v>1333</v>
       </c>
       <c r="C278" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D278" s="4">
-        <v>32</v>
+        <v>48000</v>
       </c>
       <c r="E278" s="5">
-        <v>230.87</v>
+        <v>1.7826850000000001</v>
       </c>
       <c r="F278" s="4">
-        <v>7387.84</v>
+        <v>85568.865353970003</v>
       </c>
       <c r="G278" s="3" t="s">
-        <v>1326</v>
+        <v>104</v>
       </c>
       <c r="H278" s="3" t="s">
-        <v>78</v>
+        <v>1066</v>
       </c>
       <c r="I278" s="3" t="s">
-        <v>84</v>
+        <v>69</v>
       </c>
       <c r="J278" s="5">
-        <v>230.87</v>
+        <v>13.87</v>
       </c>
       <c r="K278" s="5">
-        <v>1</v>
+        <v>7.7803997725011103</v>
       </c>
       <c r="L278" s="3" t="s">
-        <v>80</v>
+        <v>1067</v>
       </c>
       <c r="M278" s="4">
-        <v>7387.84</v>
+        <v>665759.98053299997</v>
       </c>
       <c r="N278" s="4">
-        <v>7387.84</v>
+        <v>85568.865353970003</v>
       </c>
       <c r="O278" s="3" t="s">
-        <v>1349</v>
+        <v>1332</v>
       </c>
       <c r="P278" s="3" t="s">
-        <v>1350</v>
+        <v>1334</v>
       </c>
       <c r="Q278" s="3" t="s">
-        <v>164</v>
+        <v>124</v>
       </c>
       <c r="R278" s="3" t="s">
-        <v>1351</v>
+        <v>1335</v>
       </c>
       <c r="S278" s="3" t="s">
-        <v>94</v>
+        <v>684</v>
       </c>
       <c r="T278" s="4">
         <v>1</v>
       </c>
       <c r="W278" s="3" t="s">
-        <v>1347</v>
+        <v>34</v>
       </c>
       <c r="X278" s="4">
         <v>0</v>
       </c>
       <c r="Y278" s="4">
         <v>0</v>
       </c>
       <c r="Z278" s="6">
-        <v>3.3100000000000002E-4</v>
+        <v>3.689E-3</v>
       </c>
     </row>
     <row r="279" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A279" s="3" t="s">
-        <v>1352</v>
+        <v>1336</v>
       </c>
       <c r="B279" s="3" t="s">
-        <v>1353</v>
+        <v>1337</v>
       </c>
       <c r="C279" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D279" s="4">
-        <v>273</v>
+        <v>311</v>
       </c>
       <c r="E279" s="5">
-        <v>73.75</v>
+        <v>178.73</v>
       </c>
       <c r="F279" s="4">
-        <v>20133.75</v>
+        <v>55585.03</v>
       </c>
       <c r="G279" s="3" t="s">
-        <v>1326</v>
+        <v>1338</v>
       </c>
       <c r="H279" s="3" t="s">
-        <v>1056</v>
+        <v>1066</v>
       </c>
       <c r="I279" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J279" s="5">
-        <v>73.75</v>
+        <v>178.73</v>
       </c>
       <c r="K279" s="5">
         <v>1</v>
       </c>
       <c r="L279" s="3" t="s">
-        <v>1057</v>
+        <v>1067</v>
       </c>
       <c r="M279" s="4">
-        <v>20133.75</v>
+        <v>55585.03</v>
       </c>
       <c r="N279" s="4">
-        <v>20133.75</v>
+        <v>55585.03</v>
       </c>
       <c r="O279" s="3" t="s">
-        <v>1354</v>
+        <v>1339</v>
       </c>
       <c r="P279" s="3" t="s">
-        <v>1355</v>
+        <v>1340</v>
       </c>
       <c r="Q279" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="R279" s="3" t="s">
+        <v>1341</v>
+      </c>
+      <c r="S279" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="R279" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T279" s="4">
         <v>1</v>
       </c>
       <c r="W279" s="3" t="s">
-        <v>1352</v>
+        <v>1336</v>
       </c>
       <c r="X279" s="4">
         <v>0</v>
       </c>
       <c r="Y279" s="4">
         <v>0</v>
       </c>
       <c r="Z279" s="6">
-        <v>9.0300000000000005E-4</v>
+        <v>2.3960000000000001E-3</v>
       </c>
     </row>
     <row r="280" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A280" s="3" t="s">
-        <v>1357</v>
+        <v>1342</v>
       </c>
       <c r="B280" s="3" t="s">
-        <v>1358</v>
+        <v>1343</v>
       </c>
       <c r="C280" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D280" s="4">
-        <v>13400</v>
+        <v>1000</v>
       </c>
       <c r="E280" s="5">
-        <v>2.76</v>
+        <v>34.159999999999997</v>
       </c>
       <c r="F280" s="4">
-        <v>36984</v>
+        <v>34160</v>
       </c>
       <c r="G280" s="3" t="s">
-        <v>1326</v>
+        <v>1338</v>
       </c>
       <c r="H280" s="3" t="s">
-        <v>1332</v>
+        <v>1344</v>
       </c>
       <c r="I280" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J280" s="5">
-        <v>2.76</v>
+        <v>34.159999999999997</v>
       </c>
       <c r="K280" s="5">
         <v>1</v>
       </c>
       <c r="L280" s="3" t="s">
-        <v>1333</v>
+        <v>1345</v>
       </c>
       <c r="M280" s="4">
-        <v>36984</v>
+        <v>34160</v>
       </c>
       <c r="N280" s="4">
-        <v>36984</v>
+        <v>34160</v>
       </c>
       <c r="O280" s="3" t="s">
-        <v>1359</v>
+        <v>1346</v>
       </c>
       <c r="P280" s="3" t="s">
-        <v>1360</v>
+        <v>1347</v>
       </c>
       <c r="Q280" s="3" t="s">
-        <v>164</v>
+        <v>157</v>
       </c>
       <c r="R280" s="3" t="s">
-        <v>1361</v>
+        <v>1348</v>
       </c>
       <c r="S280" s="3" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="T280" s="4">
         <v>1</v>
       </c>
       <c r="W280" s="3" t="s">
-        <v>1357</v>
+        <v>1342</v>
       </c>
       <c r="X280" s="4">
         <v>0</v>
       </c>
       <c r="Y280" s="4">
         <v>0</v>
       </c>
       <c r="Z280" s="6">
-        <v>1.6590000000000001E-3</v>
+        <v>1.472E-3</v>
       </c>
     </row>
     <row r="281" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A281" s="3" t="s">
-        <v>1362</v>
+        <v>1349</v>
       </c>
       <c r="B281" s="3" t="s">
-        <v>1363</v>
+        <v>1350</v>
       </c>
       <c r="C281" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D281" s="4">
-        <v>991</v>
+        <v>1685</v>
       </c>
       <c r="E281" s="5">
-        <v>21.02</v>
+        <v>30.23</v>
       </c>
       <c r="F281" s="4">
-        <v>20830.82</v>
+        <v>50937.55</v>
       </c>
       <c r="G281" s="3" t="s">
-        <v>1326</v>
+        <v>1338</v>
       </c>
       <c r="H281" s="3" t="s">
-        <v>1056</v>
+        <v>1344</v>
       </c>
       <c r="I281" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J281" s="5">
-        <v>21.02</v>
+        <v>30.23</v>
       </c>
       <c r="K281" s="5">
         <v>1</v>
       </c>
       <c r="L281" s="3" t="s">
-        <v>1057</v>
+        <v>1345</v>
       </c>
       <c r="M281" s="4">
-        <v>20830.82</v>
+        <v>50937.55</v>
       </c>
       <c r="N281" s="4">
-        <v>20830.82</v>
+        <v>50937.55</v>
       </c>
       <c r="O281" s="3" t="s">
-        <v>1364</v>
+        <v>1351</v>
       </c>
       <c r="P281" s="3" t="s">
-        <v>1365</v>
+        <v>1352</v>
       </c>
       <c r="Q281" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="R281" s="3" t="s">
+        <v>1353</v>
+      </c>
+      <c r="S281" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="R281" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T281" s="4">
         <v>1</v>
       </c>
       <c r="W281" s="3" t="s">
-        <v>1362</v>
+        <v>1349</v>
       </c>
       <c r="X281" s="4">
         <v>0</v>
       </c>
       <c r="Y281" s="4">
         <v>0</v>
       </c>
       <c r="Z281" s="6">
-        <v>9.3400000000000004E-4</v>
+        <v>2.196E-3</v>
       </c>
     </row>
     <row r="282" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A282" s="3" t="s">
-        <v>1367</v>
+        <v>1354</v>
       </c>
       <c r="B282" s="3" t="s">
-        <v>1368</v>
+        <v>1355</v>
       </c>
       <c r="C282" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D282" s="4">
-        <v>1284</v>
+        <v>1924</v>
       </c>
       <c r="E282" s="5">
-        <v>20.400765</v>
+        <v>16.27</v>
       </c>
       <c r="F282" s="4">
-        <v>26194.582259999999</v>
+        <v>31303.48</v>
       </c>
       <c r="G282" s="3" t="s">
-        <v>1326</v>
+        <v>1338</v>
       </c>
       <c r="H282" s="3" t="s">
-        <v>31</v>
+        <v>1344</v>
       </c>
       <c r="I282" s="3" t="s">
-        <v>32</v>
+        <v>94</v>
       </c>
       <c r="J282" s="5">
-        <v>31.17</v>
+        <v>16.27</v>
       </c>
       <c r="K282" s="5">
-        <v>1.5278838808250572</v>
+        <v>1</v>
       </c>
       <c r="L282" s="3" t="s">
-        <v>33</v>
+        <v>1345</v>
       </c>
       <c r="M282" s="4">
-        <v>40022.28</v>
+        <v>31303.48</v>
       </c>
       <c r="N282" s="4">
-        <v>26194.582259999999</v>
+        <v>31303.48</v>
       </c>
       <c r="O282" s="3" t="s">
-        <v>1367</v>
+        <v>1356</v>
       </c>
       <c r="P282" s="3" t="s">
-        <v>1298</v>
+        <v>1357</v>
       </c>
       <c r="Q282" s="3" t="s">
-        <v>1134</v>
+        <v>179</v>
       </c>
       <c r="R282" s="3" t="s">
-        <v>1369</v>
+        <v>1358</v>
       </c>
       <c r="S282" s="3" t="s">
-        <v>634</v>
+        <v>109</v>
       </c>
       <c r="T282" s="4">
         <v>1</v>
       </c>
       <c r="W282" s="3" t="s">
-        <v>34</v>
+        <v>1354</v>
       </c>
       <c r="X282" s="4">
         <v>0</v>
       </c>
       <c r="Y282" s="4">
         <v>0</v>
       </c>
       <c r="Z282" s="6">
-        <v>1.175E-3</v>
+        <v>1.3489999999999999E-3</v>
       </c>
     </row>
     <row r="283" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A283" s="3" t="s">
-        <v>1370</v>
+        <v>1359</v>
       </c>
       <c r="B283" s="3" t="s">
-        <v>1371</v>
+        <v>1360</v>
       </c>
       <c r="C283" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D283" s="4">
+        <v>32</v>
+      </c>
+      <c r="E283" s="5">
+        <v>279.29000000000002</v>
+      </c>
+      <c r="F283" s="4">
+        <v>8937.2800000000007</v>
+      </c>
+      <c r="G283" s="3" t="s">
+        <v>1338</v>
+      </c>
+      <c r="H283" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="D283" s="4">
-[...13 lines deleted...]
-      </c>
       <c r="I283" s="3" t="s">
-        <v>49</v>
+        <v>94</v>
       </c>
       <c r="J283" s="5">
-        <v>24.65</v>
+        <v>279.29000000000002</v>
       </c>
       <c r="K283" s="5">
-        <v>0.8543357539513029</v>
+        <v>1</v>
       </c>
       <c r="L283" s="3" t="s">
-        <v>1148</v>
+        <v>90</v>
       </c>
       <c r="M283" s="4">
-        <v>8898.65</v>
+        <v>8937.2800000000007</v>
       </c>
       <c r="N283" s="4">
-        <v>10415.869825</v>
+        <v>8937.2800000000007</v>
       </c>
       <c r="O283" s="3" t="s">
-        <v>1370</v>
+        <v>1361</v>
       </c>
       <c r="P283" s="3" t="s">
-        <v>1372</v>
+        <v>1362</v>
       </c>
       <c r="Q283" s="3" t="s">
-        <v>142</v>
+        <v>179</v>
       </c>
       <c r="R283" s="3" t="s">
-        <v>1373</v>
+        <v>1363</v>
       </c>
       <c r="S283" s="3" t="s">
-        <v>1151</v>
+        <v>109</v>
       </c>
       <c r="T283" s="4">
         <v>1</v>
       </c>
       <c r="W283" s="3" t="s">
-        <v>34</v>
+        <v>1359</v>
       </c>
       <c r="X283" s="4">
         <v>0</v>
       </c>
       <c r="Y283" s="4">
         <v>0</v>
       </c>
       <c r="Z283" s="6">
-        <v>4.6700000000000002E-4</v>
+        <v>3.8499999999999998E-4</v>
       </c>
     </row>
     <row r="284" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A284" s="3" t="s">
-        <v>1374</v>
+        <v>1364</v>
       </c>
       <c r="B284" s="3" t="s">
-        <v>1375</v>
+        <v>1365</v>
       </c>
       <c r="C284" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D284" s="4">
-        <v>72</v>
+        <v>273</v>
       </c>
       <c r="E284" s="5">
-        <v>91.6</v>
+        <v>75.2</v>
       </c>
       <c r="F284" s="4">
-        <v>6595.2</v>
+        <v>20529.599999999999</v>
       </c>
       <c r="G284" s="3" t="s">
-        <v>1326</v>
+        <v>1338</v>
       </c>
       <c r="H284" s="3" t="s">
-        <v>1332</v>
+        <v>1066</v>
       </c>
       <c r="I284" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J284" s="5">
-        <v>91.6</v>
+        <v>75.2</v>
       </c>
       <c r="K284" s="5">
         <v>1</v>
       </c>
       <c r="L284" s="3" t="s">
-        <v>1333</v>
+        <v>1067</v>
       </c>
       <c r="M284" s="4">
-        <v>6595.2</v>
+        <v>20529.599999999999</v>
       </c>
       <c r="N284" s="4">
-        <v>6595.2</v>
+        <v>20529.599999999999</v>
       </c>
       <c r="O284" s="3" t="s">
-        <v>1374</v>
+        <v>1366</v>
       </c>
       <c r="P284" s="3" t="s">
-        <v>1376</v>
+        <v>1367</v>
       </c>
       <c r="Q284" s="3" t="s">
-        <v>142</v>
+        <v>124</v>
       </c>
       <c r="R284" s="3" t="s">
-        <v>1377</v>
+        <v>1368</v>
       </c>
       <c r="S284" s="3" t="s">
-        <v>111</v>
+        <v>137</v>
       </c>
       <c r="T284" s="4">
         <v>1</v>
       </c>
       <c r="W284" s="3" t="s">
-        <v>1378</v>
+        <v>1364</v>
       </c>
       <c r="X284" s="4">
         <v>0</v>
       </c>
       <c r="Y284" s="4">
         <v>0</v>
       </c>
       <c r="Z284" s="6">
-        <v>2.9500000000000001E-4</v>
+        <v>8.8500000000000004E-4</v>
       </c>
     </row>
     <row r="285" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A285" s="3" t="s">
-        <v>1379</v>
+        <v>1369</v>
       </c>
       <c r="B285" s="3" t="s">
-        <v>1380</v>
+        <v>1370</v>
       </c>
       <c r="C285" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D285" s="4">
-        <v>52</v>
+        <v>13400</v>
       </c>
       <c r="E285" s="5">
-        <v>82.44</v>
+        <v>2.63</v>
       </c>
       <c r="F285" s="4">
-        <v>4286.88</v>
+        <v>35242</v>
       </c>
       <c r="G285" s="3" t="s">
-        <v>1381</v>
+        <v>1338</v>
       </c>
       <c r="H285" s="3" t="s">
-        <v>83</v>
+        <v>1344</v>
       </c>
       <c r="I285" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J285" s="5">
-        <v>82.44</v>
+        <v>2.63</v>
       </c>
       <c r="K285" s="5">
         <v>1</v>
       </c>
       <c r="L285" s="3" t="s">
-        <v>85</v>
+        <v>1345</v>
       </c>
       <c r="M285" s="4">
-        <v>4286.88</v>
+        <v>35242</v>
       </c>
       <c r="N285" s="4">
-        <v>4286.88</v>
+        <v>35242</v>
       </c>
       <c r="O285" s="3" t="s">
-        <v>1382</v>
+        <v>1371</v>
       </c>
       <c r="P285" s="3" t="s">
-        <v>1383</v>
+        <v>1372</v>
       </c>
       <c r="Q285" s="3" t="s">
-        <v>238</v>
+        <v>179</v>
       </c>
       <c r="R285" s="3" t="s">
-        <v>1384</v>
+        <v>1373</v>
       </c>
       <c r="S285" s="3" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="T285" s="4">
         <v>1</v>
       </c>
       <c r="W285" s="3" t="s">
-        <v>1379</v>
+        <v>1369</v>
       </c>
       <c r="X285" s="4">
         <v>0</v>
       </c>
       <c r="Y285" s="4">
         <v>0</v>
       </c>
       <c r="Z285" s="6">
-        <v>1.92E-4</v>
+        <v>1.519E-3</v>
       </c>
     </row>
     <row r="286" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A286" s="3" t="s">
-        <v>1385</v>
+        <v>1374</v>
       </c>
       <c r="B286" s="3" t="s">
-        <v>1386</v>
+        <v>1375</v>
       </c>
       <c r="C286" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D286" s="4">
-        <v>1597</v>
+        <v>991</v>
       </c>
       <c r="E286" s="5">
-        <v>72.510000000000005</v>
+        <v>23.42</v>
       </c>
       <c r="F286" s="4">
-        <v>115798.47</v>
+        <v>23209.22</v>
       </c>
       <c r="G286" s="3" t="s">
-        <v>1381</v>
+        <v>1338</v>
       </c>
       <c r="H286" s="3" t="s">
-        <v>83</v>
+        <v>1066</v>
       </c>
       <c r="I286" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J286" s="5">
-        <v>72.510000000000005</v>
+        <v>23.42</v>
       </c>
       <c r="K286" s="5">
         <v>1</v>
       </c>
       <c r="L286" s="3" t="s">
-        <v>85</v>
+        <v>1067</v>
       </c>
       <c r="M286" s="4">
-        <v>115798.47</v>
+        <v>23209.22</v>
       </c>
       <c r="N286" s="4">
-        <v>115798.47</v>
+        <v>23209.22</v>
       </c>
       <c r="O286" s="3" t="s">
-        <v>1387</v>
+        <v>1376</v>
       </c>
       <c r="P286" s="3" t="s">
-        <v>1388</v>
+        <v>1377</v>
       </c>
       <c r="Q286" s="3" t="s">
-        <v>238</v>
+        <v>124</v>
       </c>
       <c r="R286" s="3" t="s">
-        <v>1389</v>
+        <v>1378</v>
       </c>
       <c r="S286" s="3" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="T286" s="4">
         <v>1</v>
       </c>
       <c r="W286" s="3" t="s">
-        <v>1385</v>
+        <v>1374</v>
       </c>
       <c r="X286" s="4">
         <v>0</v>
       </c>
       <c r="Y286" s="4">
         <v>0</v>
       </c>
       <c r="Z286" s="6">
-        <v>5.1970000000000002E-3</v>
+        <v>1E-3</v>
       </c>
     </row>
     <row r="287" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A287" s="3" t="s">
-        <v>1390</v>
+        <v>1379</v>
       </c>
       <c r="B287" s="3" t="s">
-        <v>1391</v>
+        <v>1380</v>
       </c>
       <c r="C287" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D287" s="4">
-        <v>127</v>
+        <v>1284</v>
       </c>
       <c r="E287" s="5">
-        <v>786.19</v>
+        <v>18.610019999999999</v>
       </c>
       <c r="F287" s="4">
-        <v>99846.13</v>
+        <v>23895.26568</v>
       </c>
       <c r="G287" s="3" t="s">
+        <v>1338</v>
+      </c>
+      <c r="H287" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I287" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J287" s="5">
+        <v>28.08</v>
+      </c>
+      <c r="K287" s="5">
+        <v>1.5088645794039983</v>
+      </c>
+      <c r="L287" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M287" s="4">
+        <v>36054.720000000001</v>
+      </c>
+      <c r="N287" s="4">
+        <v>23895.26568</v>
+      </c>
+      <c r="O287" s="3" t="s">
+        <v>1379</v>
+      </c>
+      <c r="P287" s="3" t="s">
+        <v>1310</v>
+      </c>
+      <c r="Q287" s="3" t="s">
+        <v>1145</v>
+      </c>
+      <c r="R287" s="3" t="s">
         <v>1381</v>
       </c>
-      <c r="H287" s="3" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="S287" s="3" t="s">
-        <v>122</v>
+        <v>641</v>
       </c>
       <c r="T287" s="4">
         <v>1</v>
       </c>
       <c r="W287" s="3" t="s">
-        <v>1390</v>
+        <v>34</v>
       </c>
       <c r="X287" s="4">
         <v>0</v>
       </c>
       <c r="Y287" s="4">
         <v>0</v>
       </c>
       <c r="Z287" s="6">
-        <v>4.4809999999999997E-3</v>
+        <v>1.0300000000000001E-3</v>
       </c>
     </row>
     <row r="288" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A288" s="3" t="s">
-        <v>1395</v>
+        <v>1382</v>
       </c>
       <c r="B288" s="3" t="s">
-        <v>1396</v>
+        <v>1383</v>
       </c>
       <c r="C288" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D288" s="4">
-        <v>30</v>
+        <v>361</v>
       </c>
       <c r="E288" s="5">
-        <v>968.50002600000005</v>
+        <v>32.018749999999997</v>
       </c>
       <c r="F288" s="4">
-        <v>29054.99744594</v>
+        <v>11558.768749999999</v>
       </c>
       <c r="G288" s="3" t="s">
-        <v>1381</v>
+        <v>1338</v>
       </c>
       <c r="H288" s="3" t="s">
-        <v>63</v>
+        <v>1158</v>
       </c>
       <c r="I288" s="3" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="J288" s="5">
-        <v>142200</v>
+        <v>27.25</v>
       </c>
       <c r="K288" s="5">
-        <v>146.82498315183318</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L288" s="3" t="s">
-        <v>65</v>
+        <v>1159</v>
       </c>
       <c r="M288" s="4">
-        <v>4265999.5104759997</v>
+        <v>9837.25</v>
       </c>
       <c r="N288" s="4">
-        <v>29054.99744594</v>
+        <v>11558.768749999999</v>
       </c>
       <c r="O288" s="3" t="s">
-        <v>1395</v>
+        <v>1382</v>
       </c>
       <c r="P288" s="3" t="s">
-        <v>1397</v>
+        <v>1384</v>
       </c>
       <c r="Q288" s="3" t="s">
-        <v>238</v>
+        <v>157</v>
       </c>
       <c r="R288" s="3" t="s">
-        <v>1398</v>
+        <v>1385</v>
       </c>
       <c r="S288" s="3" t="s">
-        <v>629</v>
+        <v>1162</v>
       </c>
       <c r="T288" s="4">
         <v>1</v>
       </c>
       <c r="W288" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X288" s="4">
         <v>0</v>
       </c>
       <c r="Y288" s="4">
         <v>0</v>
       </c>
       <c r="Z288" s="6">
-        <v>1.304E-3</v>
+        <v>4.9799999999999996E-4</v>
       </c>
     </row>
     <row r="289" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A289" s="3" t="s">
-        <v>1399</v>
+        <v>1386</v>
       </c>
       <c r="B289" s="3" t="s">
-        <v>1400</v>
+        <v>1387</v>
       </c>
       <c r="C289" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D289" s="4">
-        <v>2505</v>
+        <v>72</v>
       </c>
       <c r="E289" s="5">
-        <v>39.024470000000001</v>
+        <v>98.3</v>
       </c>
       <c r="F289" s="4">
-        <v>97756.297349999993</v>
+        <v>7077.6</v>
       </c>
       <c r="G289" s="3" t="s">
-        <v>1381</v>
+        <v>1338</v>
       </c>
       <c r="H289" s="3" t="s">
-        <v>434</v>
+        <v>1344</v>
       </c>
       <c r="I289" s="3" t="s">
-        <v>49</v>
+        <v>94</v>
       </c>
       <c r="J289" s="5">
-        <v>33.340000000000003</v>
+        <v>98.3</v>
       </c>
       <c r="K289" s="5">
-        <v>0.8543357539513029</v>
+        <v>1</v>
       </c>
       <c r="L289" s="3" t="s">
-        <v>435</v>
+        <v>1345</v>
       </c>
       <c r="M289" s="4">
-        <v>83516.7</v>
+        <v>7077.6</v>
       </c>
       <c r="N289" s="4">
-        <v>97756.297349999993</v>
+        <v>7077.6</v>
       </c>
       <c r="O289" s="3" t="s">
-        <v>1399</v>
+        <v>1386</v>
       </c>
       <c r="P289" s="3" t="s">
-        <v>1401</v>
+        <v>1388</v>
       </c>
       <c r="Q289" s="3" t="s">
-        <v>238</v>
+        <v>157</v>
       </c>
       <c r="R289" s="3" t="s">
-        <v>1402</v>
+        <v>1389</v>
       </c>
       <c r="S289" s="3" t="s">
-        <v>438</v>
+        <v>126</v>
       </c>
       <c r="T289" s="4">
         <v>1</v>
       </c>
       <c r="W289" s="3" t="s">
-        <v>34</v>
+        <v>1390</v>
       </c>
       <c r="X289" s="4">
         <v>0</v>
       </c>
       <c r="Y289" s="4">
         <v>0</v>
       </c>
       <c r="Z289" s="6">
-        <v>4.3870000000000003E-3</v>
+        <v>3.0499999999999999E-4</v>
       </c>
     </row>
     <row r="290" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A290" s="3" t="s">
-        <v>1403</v>
+        <v>1391</v>
       </c>
       <c r="B290" s="3" t="s">
-        <v>1404</v>
+        <v>1392</v>
       </c>
       <c r="C290" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D290" s="4">
-        <v>252</v>
+        <v>52</v>
       </c>
       <c r="E290" s="5">
-        <v>98.146424999999994</v>
+        <v>83.34</v>
       </c>
       <c r="F290" s="4">
-        <v>24732.899099999999</v>
+        <v>4333.68</v>
       </c>
       <c r="G290" s="3" t="s">
-        <v>1381</v>
+        <v>1393</v>
       </c>
       <c r="H290" s="3" t="s">
-        <v>434</v>
+        <v>93</v>
       </c>
       <c r="I290" s="3" t="s">
-        <v>49</v>
+        <v>94</v>
       </c>
       <c r="J290" s="5">
-        <v>83.85</v>
+        <v>83.34</v>
       </c>
       <c r="K290" s="5">
-        <v>0.8543357539513029</v>
+        <v>1</v>
       </c>
       <c r="L290" s="3" t="s">
-        <v>435</v>
+        <v>95</v>
       </c>
       <c r="M290" s="4">
-        <v>21130.2</v>
+        <v>4333.68</v>
       </c>
       <c r="N290" s="4">
-        <v>24732.899099999999</v>
+        <v>4333.68</v>
       </c>
       <c r="O290" s="3" t="s">
-        <v>1403</v>
+        <v>1394</v>
       </c>
       <c r="P290" s="3" t="s">
-        <v>1405</v>
+        <v>1395</v>
       </c>
       <c r="Q290" s="3" t="s">
-        <v>238</v>
+        <v>253</v>
       </c>
       <c r="R290" s="3" t="s">
-        <v>1406</v>
+        <v>1396</v>
       </c>
       <c r="S290" s="3" t="s">
-        <v>438</v>
+        <v>109</v>
       </c>
       <c r="T290" s="4">
         <v>1</v>
       </c>
       <c r="W290" s="3" t="s">
-        <v>34</v>
+        <v>1391</v>
       </c>
       <c r="X290" s="4">
         <v>0</v>
       </c>
       <c r="Y290" s="4">
         <v>0</v>
       </c>
       <c r="Z290" s="6">
-        <v>1.1100000000000001E-3</v>
+        <v>1.8599999999999999E-4</v>
       </c>
     </row>
     <row r="291" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A291" s="3" t="s">
-        <v>1407</v>
+        <v>1397</v>
       </c>
       <c r="B291" s="3" t="s">
-        <v>1408</v>
+        <v>1398</v>
       </c>
       <c r="C291" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D291" s="4">
-        <v>1532</v>
+        <v>1440</v>
       </c>
       <c r="E291" s="5">
-        <v>65.489474999999999</v>
+        <v>74.34</v>
       </c>
       <c r="F291" s="4">
-        <v>100329.8757</v>
+        <v>107049.60000000001</v>
       </c>
       <c r="G291" s="3" t="s">
-        <v>1381</v>
+        <v>1393</v>
       </c>
       <c r="H291" s="3" t="s">
-        <v>434</v>
+        <v>93</v>
       </c>
       <c r="I291" s="3" t="s">
-        <v>49</v>
+        <v>94</v>
       </c>
       <c r="J291" s="5">
-        <v>55.95</v>
+        <v>74.34</v>
       </c>
       <c r="K291" s="5">
-        <v>0.8543357539513029</v>
+        <v>1</v>
       </c>
       <c r="L291" s="3" t="s">
-        <v>435</v>
+        <v>95</v>
       </c>
       <c r="M291" s="4">
-        <v>85715.4</v>
+        <v>107049.60000000001</v>
       </c>
       <c r="N291" s="4">
-        <v>100329.8757</v>
+        <v>107049.60000000001</v>
       </c>
       <c r="O291" s="3" t="s">
-        <v>1407</v>
+        <v>1399</v>
       </c>
       <c r="P291" s="3" t="s">
-        <v>1409</v>
+        <v>1400</v>
       </c>
       <c r="Q291" s="3" t="s">
-        <v>238</v>
+        <v>253</v>
       </c>
       <c r="R291" s="3" t="s">
-        <v>1410</v>
+        <v>1401</v>
       </c>
       <c r="S291" s="3" t="s">
-        <v>438</v>
+        <v>109</v>
       </c>
       <c r="T291" s="4">
         <v>1</v>
       </c>
       <c r="W291" s="3" t="s">
-        <v>34</v>
+        <v>1397</v>
       </c>
       <c r="X291" s="4">
         <v>0</v>
       </c>
       <c r="Y291" s="4">
         <v>0</v>
       </c>
       <c r="Z291" s="6">
-        <v>4.5019999999999999E-3</v>
+        <v>4.6150000000000002E-3</v>
       </c>
     </row>
     <row r="292" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A292" s="3" t="s">
-        <v>1411</v>
+        <v>1402</v>
       </c>
       <c r="B292" s="3" t="s">
-        <v>1412</v>
+        <v>1403</v>
       </c>
       <c r="C292" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D292" s="4">
-        <v>509</v>
+        <v>127</v>
       </c>
       <c r="E292" s="5">
-        <v>68.08</v>
+        <v>783.24</v>
       </c>
       <c r="F292" s="4">
-        <v>34652.720000000001</v>
+        <v>99471.48</v>
       </c>
       <c r="G292" s="3" t="s">
-        <v>1381</v>
+        <v>1393</v>
       </c>
       <c r="H292" s="3" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="I292" s="3" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="J292" s="5">
-        <v>68.08</v>
+        <v>783.24</v>
       </c>
       <c r="K292" s="5">
         <v>1</v>
       </c>
       <c r="L292" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M292" s="4">
-        <v>34652.720000000001</v>
+        <v>99471.48</v>
       </c>
       <c r="N292" s="4">
-        <v>34652.720000000001</v>
+        <v>99471.48</v>
       </c>
       <c r="O292" s="3" t="s">
-        <v>1413</v>
+        <v>1404</v>
       </c>
       <c r="P292" s="3" t="s">
-        <v>1414</v>
+        <v>1405</v>
       </c>
       <c r="Q292" s="3" t="s">
-        <v>238</v>
+        <v>253</v>
       </c>
       <c r="R292" s="3" t="s">
-        <v>1415</v>
+        <v>1406</v>
       </c>
       <c r="S292" s="3" t="s">
-        <v>94</v>
+        <v>137</v>
       </c>
       <c r="T292" s="4">
         <v>1</v>
       </c>
       <c r="W292" s="3" t="s">
-        <v>1411</v>
+        <v>1402</v>
       </c>
       <c r="X292" s="4">
         <v>0</v>
       </c>
       <c r="Y292" s="4">
         <v>0</v>
       </c>
       <c r="Z292" s="6">
-        <v>1.555E-3</v>
+        <v>4.2880000000000001E-3</v>
       </c>
     </row>
     <row r="293" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A293" s="3" t="s">
-        <v>1416</v>
+        <v>1407</v>
       </c>
       <c r="B293" s="3" t="s">
-        <v>1417</v>
+        <v>1408</v>
       </c>
       <c r="C293" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D293" s="4">
-        <v>15900</v>
+        <v>36</v>
       </c>
       <c r="E293" s="5">
-        <v>5.3156489999999996</v>
+        <v>944.578215</v>
       </c>
       <c r="F293" s="4">
-        <v>84518.81449746</v>
+        <v>34004.807529539998</v>
       </c>
       <c r="G293" s="3" t="s">
-        <v>1381</v>
+        <v>1393</v>
       </c>
       <c r="H293" s="3" t="s">
-        <v>58</v>
+        <v>73</v>
       </c>
       <c r="I293" s="3" t="s">
-        <v>59</v>
+        <v>74</v>
       </c>
       <c r="J293" s="5">
-        <v>41.44</v>
+        <v>139500</v>
       </c>
       <c r="K293" s="5">
-        <v>7.7958497702329206</v>
+        <v>147.68496434146536</v>
       </c>
       <c r="L293" s="3" t="s">
-        <v>60</v>
+        <v>75</v>
       </c>
       <c r="M293" s="4">
-        <v>658895.98057999997</v>
+        <v>5021998.7874379996</v>
       </c>
       <c r="N293" s="4">
-        <v>84518.81449746</v>
+        <v>34004.807529539998</v>
       </c>
       <c r="O293" s="3" t="s">
-        <v>1416</v>
+        <v>1407</v>
       </c>
       <c r="P293" s="3" t="s">
-        <v>1418</v>
+        <v>1409</v>
       </c>
       <c r="Q293" s="3" t="s">
-        <v>238</v>
+        <v>253</v>
       </c>
       <c r="R293" s="3" t="s">
-        <v>1419</v>
+        <v>1410</v>
       </c>
       <c r="S293" s="3" t="s">
-        <v>678</v>
+        <v>636</v>
       </c>
       <c r="T293" s="4">
         <v>1</v>
       </c>
       <c r="W293" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X293" s="4">
         <v>0</v>
       </c>
       <c r="Y293" s="4">
         <v>0</v>
       </c>
       <c r="Z293" s="6">
-        <v>3.7929999999999999E-3</v>
+        <v>1.4660000000000001E-3</v>
       </c>
     </row>
     <row r="294" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A294" s="3" t="s">
-        <v>1420</v>
+        <v>1411</v>
       </c>
       <c r="B294" s="3" t="s">
-        <v>1421</v>
+        <v>1412</v>
       </c>
       <c r="C294" s="3" t="s">
-        <v>88</v>
+        <v>103</v>
       </c>
       <c r="D294" s="4">
-        <v>4659</v>
+        <v>2505</v>
       </c>
       <c r="E294" s="5">
-        <v>7.4848169999999996</v>
+        <v>38.963000000000001</v>
       </c>
       <c r="F294" s="4">
-        <v>34871.762403000001</v>
+        <v>97602.315000000002</v>
       </c>
       <c r="G294" s="3" t="s">
-        <v>1381</v>
+        <v>1393</v>
       </c>
       <c r="H294" s="3" t="s">
-        <v>53</v>
+        <v>444</v>
       </c>
       <c r="I294" s="3" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J294" s="5">
-        <v>5.54</v>
+        <v>33.159999999999997</v>
       </c>
       <c r="K294" s="5">
-        <v>0.74016505680766809</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L294" s="3" t="s">
-        <v>55</v>
+        <v>445</v>
       </c>
       <c r="M294" s="4">
-        <v>25810.86</v>
+        <v>83065.8</v>
       </c>
       <c r="N294" s="4">
-        <v>34871.762403000001</v>
+        <v>97602.315000000002</v>
       </c>
       <c r="O294" s="3" t="s">
-        <v>1420</v>
+        <v>1411</v>
       </c>
       <c r="P294" s="3" t="s">
-        <v>1422</v>
+        <v>1413</v>
       </c>
       <c r="Q294" s="3" t="s">
-        <v>238</v>
+        <v>253</v>
       </c>
       <c r="R294" s="3" t="s">
-        <v>1423</v>
+        <v>1414</v>
       </c>
       <c r="S294" s="3" t="s">
-        <v>111</v>
+        <v>448</v>
       </c>
       <c r="T294" s="4">
         <v>1</v>
       </c>
       <c r="W294" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X294" s="4">
         <v>0</v>
       </c>
       <c r="Y294" s="4">
         <v>0</v>
       </c>
       <c r="Z294" s="6">
-        <v>1.565E-3</v>
+        <v>4.2079999999999999E-3</v>
       </c>
     </row>
     <row r="295" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A295" s="3" t="s">
-        <v>1424</v>
+        <v>1415</v>
       </c>
       <c r="B295" s="3" t="s">
-        <v>1425</v>
+        <v>1416</v>
       </c>
       <c r="C295" s="3" t="s">
-        <v>1426</v>
+        <v>103</v>
       </c>
       <c r="D295" s="4">
-        <v>-102915.24</v>
+        <v>252</v>
       </c>
       <c r="E295" s="5">
-        <v>1</v>
+        <v>100.22750000000001</v>
       </c>
       <c r="F295" s="4">
-        <v>-102915.24</v>
+        <v>25257.33</v>
       </c>
       <c r="G295" s="3" t="s">
-        <v>1427</v>
+        <v>1393</v>
       </c>
       <c r="H295" s="3" t="s">
-        <v>83</v>
+        <v>444</v>
       </c>
       <c r="I295" s="3" t="s">
-        <v>84</v>
+        <v>59</v>
       </c>
       <c r="J295" s="5">
-        <v>1</v>
+        <v>85.3</v>
       </c>
       <c r="K295" s="5">
-        <v>1</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L295" s="3" t="s">
-        <v>85</v>
+        <v>445</v>
       </c>
       <c r="M295" s="4">
-        <v>-102915.24</v>
+        <v>21495.599999999999</v>
       </c>
       <c r="N295" s="4">
-        <v>-102915.24</v>
+        <v>25257.33</v>
       </c>
       <c r="O295" s="3" t="s">
-        <v>34</v>
+        <v>1415</v>
       </c>
       <c r="P295" s="3" t="s">
-        <v>34</v>
+        <v>1417</v>
       </c>
       <c r="Q295" s="3" t="s">
-        <v>34</v>
+        <v>253</v>
       </c>
       <c r="R295" s="3" t="s">
-        <v>34</v>
+        <v>1418</v>
       </c>
       <c r="S295" s="3" t="s">
-        <v>35</v>
+        <v>448</v>
       </c>
       <c r="T295" s="4">
         <v>1</v>
       </c>
       <c r="W295" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X295" s="4">
         <v>0</v>
       </c>
       <c r="Y295" s="4">
         <v>0</v>
       </c>
       <c r="Z295" s="6">
-        <v>-4.6179999999999997E-3</v>
+        <v>1.0889999999999999E-3</v>
       </c>
     </row>
     <row r="296" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A296" s="3" t="s">
-        <v>1428</v>
+        <v>1419</v>
       </c>
       <c r="B296" s="3" t="s">
-        <v>1429</v>
+        <v>1420</v>
       </c>
       <c r="C296" s="3" t="s">
-        <v>1430</v>
+        <v>103</v>
       </c>
       <c r="D296" s="4">
-        <v>196672.55</v>
+        <v>1532</v>
       </c>
       <c r="E296" s="5">
-        <v>1</v>
+        <v>67.209999999999994</v>
       </c>
       <c r="F296" s="4">
-        <v>196672.55</v>
+        <v>102965.72</v>
       </c>
       <c r="G296" s="3" t="s">
-        <v>1431</v>
+        <v>1393</v>
       </c>
       <c r="H296" s="3" t="s">
-        <v>83</v>
+        <v>444</v>
       </c>
       <c r="I296" s="3" t="s">
-        <v>84</v>
+        <v>59</v>
       </c>
       <c r="J296" s="5">
-        <v>1</v>
+        <v>57.2</v>
       </c>
       <c r="K296" s="5">
-        <v>1</v>
+        <v>0.85106382978723405</v>
       </c>
       <c r="L296" s="3" t="s">
-        <v>85</v>
+        <v>445</v>
       </c>
       <c r="M296" s="4">
-        <v>196672.55</v>
+        <v>87630.399999999994</v>
       </c>
       <c r="N296" s="4">
-        <v>196672.55</v>
+        <v>102965.72</v>
       </c>
       <c r="O296" s="3" t="s">
-        <v>34</v>
+        <v>1419</v>
       </c>
       <c r="P296" s="3" t="s">
-        <v>34</v>
+        <v>1421</v>
       </c>
       <c r="Q296" s="3" t="s">
-        <v>142</v>
+        <v>253</v>
       </c>
       <c r="R296" s="3" t="s">
-        <v>1428</v>
+        <v>1422</v>
       </c>
       <c r="S296" s="3" t="s">
-        <v>1432</v>
+        <v>448</v>
       </c>
       <c r="T296" s="4">
         <v>1</v>
       </c>
       <c r="W296" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X296" s="4">
         <v>0</v>
       </c>
       <c r="Y296" s="4">
         <v>0</v>
       </c>
       <c r="Z296" s="6">
-        <v>8.8260000000000005E-3</v>
+        <v>4.4390000000000002E-3</v>
+      </c>
+    </row>
+    <row r="297" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A297" s="3" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B297" s="3" t="s">
+        <v>1424</v>
+      </c>
+      <c r="C297" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D297" s="4">
+        <v>509</v>
+      </c>
+      <c r="E297" s="5">
+        <v>69.989999999999995</v>
+      </c>
+      <c r="F297" s="4">
+        <v>35624.910000000003</v>
+      </c>
+      <c r="G297" s="3" t="s">
+        <v>1393</v>
+      </c>
+      <c r="H297" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I297" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J297" s="5">
+        <v>69.989999999999995</v>
+      </c>
+      <c r="K297" s="5">
+        <v>1</v>
+      </c>
+      <c r="L297" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M297" s="4">
+        <v>35624.910000000003</v>
+      </c>
+      <c r="N297" s="4">
+        <v>35624.910000000003</v>
+      </c>
+      <c r="O297" s="3" t="s">
+        <v>1425</v>
+      </c>
+      <c r="P297" s="3" t="s">
+        <v>1426</v>
+      </c>
+      <c r="Q297" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="R297" s="3" t="s">
+        <v>1427</v>
+      </c>
+      <c r="S297" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="T297" s="4">
+        <v>1</v>
+      </c>
+      <c r="W297" s="3" t="s">
+        <v>1423</v>
+      </c>
+      <c r="X297" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y297" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z297" s="6">
+        <v>1.536E-3</v>
       </c>
     </row>
     <row r="298" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A298" s="3" t="s">
-        <v>1433</v>
+        <v>1428</v>
+      </c>
+      <c r="B298" s="3" t="s">
+        <v>1429</v>
+      </c>
+      <c r="C298" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D298" s="4">
+        <v>15900</v>
+      </c>
+      <c r="E298" s="5">
+        <v>5.1411239999999996</v>
+      </c>
+      <c r="F298" s="4">
+        <v>81743.86920981</v>
+      </c>
+      <c r="G298" s="3" t="s">
+        <v>1393</v>
+      </c>
+      <c r="H298" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="I298" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="J298" s="5">
+        <v>40</v>
+      </c>
+      <c r="K298" s="5">
+        <v>7.7803997725011103</v>
+      </c>
+      <c r="L298" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="M298" s="4">
+        <v>635999.98140299995</v>
+      </c>
+      <c r="N298" s="4">
+        <v>81743.86920981</v>
+      </c>
+      <c r="O298" s="3" t="s">
+        <v>1428</v>
+      </c>
+      <c r="P298" s="3" t="s">
+        <v>1430</v>
+      </c>
+      <c r="Q298" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="R298" s="3" t="s">
+        <v>1431</v>
+      </c>
+      <c r="S298" s="3" t="s">
+        <v>684</v>
+      </c>
+      <c r="T298" s="4">
+        <v>1</v>
+      </c>
+      <c r="W298" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X298" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y298" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z298" s="6">
+        <v>3.5239999999999998E-3</v>
       </c>
     </row>
     <row r="299" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A299" s="3" t="s">
+        <v>1432</v>
+      </c>
+      <c r="B299" s="3" t="s">
+        <v>1433</v>
+      </c>
+      <c r="C299" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D299" s="4">
+        <v>4659</v>
+      </c>
+      <c r="E299" s="5">
+        <v>7.8351749999999996</v>
+      </c>
+      <c r="F299" s="4">
+        <v>36504.080325000003</v>
+      </c>
+      <c r="G299" s="3" t="s">
+        <v>1393</v>
+      </c>
+      <c r="H299" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="I299" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="J299" s="5">
+        <v>5.82</v>
+      </c>
+      <c r="K299" s="5">
+        <v>0.74280408542246978</v>
+      </c>
+      <c r="L299" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="M299" s="4">
+        <v>27115.38</v>
+      </c>
+      <c r="N299" s="4">
+        <v>36504.080325000003</v>
+      </c>
+      <c r="O299" s="3" t="s">
+        <v>1432</v>
+      </c>
+      <c r="P299" s="3" t="s">
         <v>1434</v>
+      </c>
+      <c r="Q299" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="R299" s="3" t="s">
+        <v>1435</v>
+      </c>
+      <c r="S299" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="T299" s="4">
+        <v>1</v>
+      </c>
+      <c r="W299" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X299" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y299" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z299" s="6">
+        <v>1.573E-3</v>
       </c>
     </row>
     <row r="300" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A300" s="3" t="s">
-        <v>1435</v>
+        <v>1436</v>
+      </c>
+      <c r="B300" s="3" t="s">
+        <v>1437</v>
+      </c>
+      <c r="C300" s="3" t="s">
+        <v>1438</v>
+      </c>
+      <c r="D300" s="4">
+        <v>-42352.31</v>
+      </c>
+      <c r="E300" s="5">
+        <v>1</v>
+      </c>
+      <c r="F300" s="4">
+        <v>-42352.31</v>
+      </c>
+      <c r="G300" s="3" t="s">
+        <v>1439</v>
+      </c>
+      <c r="H300" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I300" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J300" s="5">
+        <v>1</v>
+      </c>
+      <c r="K300" s="5">
+        <v>1</v>
+      </c>
+      <c r="L300" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M300" s="4">
+        <v>-42352.31</v>
+      </c>
+      <c r="N300" s="4">
+        <v>-42352.31</v>
+      </c>
+      <c r="O300" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P300" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q300" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R300" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S300" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="T300" s="4">
+        <v>1</v>
+      </c>
+      <c r="W300" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X300" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y300" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z300" s="6">
+        <v>-1.8259999999999999E-3</v>
       </c>
     </row>
     <row r="301" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A301" s="3" t="s">
-        <v>1436</v>
-[...4 lines deleted...]
-        <v>1437</v>
+        <v>1440</v>
+      </c>
+      <c r="B301" s="3" t="s">
+        <v>1441</v>
+      </c>
+      <c r="C301" s="3" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D301" s="4">
+        <v>141918.32999999999</v>
+      </c>
+      <c r="E301" s="5">
+        <v>1</v>
+      </c>
+      <c r="F301" s="4">
+        <v>141918.32999999999</v>
+      </c>
+      <c r="G301" s="3" t="s">
+        <v>1443</v>
+      </c>
+      <c r="H301" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I301" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J301" s="5">
+        <v>1</v>
+      </c>
+      <c r="K301" s="5">
+        <v>1</v>
+      </c>
+      <c r="L301" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M301" s="4">
+        <v>141918.32999999999</v>
+      </c>
+      <c r="N301" s="4">
+        <v>141918.32999999999</v>
+      </c>
+      <c r="O301" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P301" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q301" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="R301" s="3" t="s">
+        <v>1440</v>
+      </c>
+      <c r="S301" s="3" t="s">
+        <v>1444</v>
+      </c>
+      <c r="T301" s="4">
+        <v>1</v>
+      </c>
+      <c r="W301" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X301" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y301" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z301" s="6">
+        <v>6.1190000000000003E-3</v>
       </c>
     </row>
     <row r="303" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A303" s="3" t="s">
-        <v>1438</v>
+        <v>1445</v>
+      </c>
+    </row>
+    <row r="304" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A304" s="3" t="s">
+        <v>1446</v>
+      </c>
+    </row>
+    <row r="305" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A305" s="3" t="s">
+        <v>1447</v>
+      </c>
+    </row>
+    <row r="306" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A306" s="3" t="s">
+        <v>1448</v>
+      </c>
+    </row>
+    <row r="307" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A307" s="3" t="s">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="308" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A308" s="3" t="s">
+        <v>1450</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
-</file>
-[...4 lines deleted...]
-</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>August</vt:lpstr>
+      <vt:lpstr>September</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>GMO, LLC</Company>
+  <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Odayne Smith</dc:creator>
+  <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>