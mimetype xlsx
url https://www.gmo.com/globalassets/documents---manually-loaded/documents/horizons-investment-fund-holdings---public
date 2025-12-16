--- v1 (2025-11-05)
+++ v2 (2025-12-16)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_09\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_10\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{EAE851A0-E6FC-40B5-9695-69E47BC4BA4C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{3757A055-D783-4E13-A923-3D0DD2DC3726}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="390" yWindow="465" windowWidth="11520" windowHeight="8265" xr2:uid="{558E4343-B8DA-4DCD-8F53-57FA7C5C7B3B}"/>
+    <workbookView xWindow="1560" yWindow="1860" windowWidth="11520" windowHeight="8265" xr2:uid="{0AFCEDD9-CE88-4113-A0BA-B1C35AB7D1E1}"/>
   </bookViews>
   <sheets>
-    <sheet name="September" sheetId="1" r:id="rId1"/>
+    <sheet name="October" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3907" uniqueCount="1451">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3842" uniqueCount="1431">
   <si>
     <t>GMO Horizons Investment Fund</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -145,3215 +145,3155 @@
   <si>
     <t>Trade Date Cash (AUD)</t>
   </si>
   <si>
     <t>Cash and Cash Equivalents</t>
   </si>
   <si>
     <t>Trade Date Cash</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AUD</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>CASH</t>
   </si>
   <si>
-    <t>BRLTCash</t>
-[...2 lines deleted...]
-    <t>Trade Date Cash (BRL)</t>
+    <t>CADTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (CAD)</t>
+  </si>
+  <si>
+    <t>Canada</t>
+  </si>
+  <si>
+    <t>CAD</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>CHFTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (CHF)</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>CHF</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>DKKTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (DKK)</t>
+  </si>
+  <si>
+    <t>Denmark</t>
+  </si>
+  <si>
+    <t>DKK</t>
+  </si>
+  <si>
+    <t>DK</t>
+  </si>
+  <si>
+    <t>EURTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (EUR)</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>EUR</t>
+  </si>
+  <si>
+    <t>EU</t>
+  </si>
+  <si>
+    <t>GBPTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (GBP)</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>GBP</t>
+  </si>
+  <si>
+    <t>GB</t>
+  </si>
+  <si>
+    <t>HKDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (HKD)</t>
+  </si>
+  <si>
+    <t>Hong Kong</t>
+  </si>
+  <si>
+    <t>HKD</t>
+  </si>
+  <si>
+    <t>HK</t>
+  </si>
+  <si>
+    <t>JPYTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (JPY)</t>
+  </si>
+  <si>
+    <t>Japan</t>
+  </si>
+  <si>
+    <t>JPY</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>NOKTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (NOK)</t>
+  </si>
+  <si>
+    <t>Norway</t>
+  </si>
+  <si>
+    <t>NOK</t>
+  </si>
+  <si>
+    <t>NO</t>
+  </si>
+  <si>
+    <t>SEKTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (SEK)</t>
+  </si>
+  <si>
+    <t>Sweden</t>
+  </si>
+  <si>
+    <t>SEK</t>
+  </si>
+  <si>
+    <t>SE</t>
+  </si>
+  <si>
+    <t>USDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (USD)</t>
+  </si>
+  <si>
+    <t>United States</t>
+  </si>
+  <si>
+    <t>USD</t>
+  </si>
+  <si>
+    <t>US</t>
+  </si>
+  <si>
+    <t>ZARTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (ZAR)</t>
+  </si>
+  <si>
+    <t>South Africa</t>
+  </si>
+  <si>
+    <t>ZAR</t>
+  </si>
+  <si>
+    <t>ZA</t>
+  </si>
+  <si>
+    <t>00206R102</t>
+  </si>
+  <si>
+    <t>At&amp;t Inc</t>
+  </si>
+  <si>
+    <t>Equity</t>
+  </si>
+  <si>
+    <t>Common Stock</t>
+  </si>
+  <si>
+    <t>2831811</t>
+  </si>
+  <si>
+    <t>T</t>
+  </si>
+  <si>
+    <t>Communication Services</t>
+  </si>
+  <si>
+    <t>US00206R1023</t>
+  </si>
+  <si>
+    <t>XNYS</t>
+  </si>
+  <si>
+    <t>002824100</t>
+  </si>
+  <si>
+    <t>Abbott Laboratories</t>
+  </si>
+  <si>
+    <t>2002305</t>
+  </si>
+  <si>
+    <t>ABT</t>
+  </si>
+  <si>
+    <t>Health Care</t>
+  </si>
+  <si>
+    <t>US0028241000</t>
+  </si>
+  <si>
+    <t>00287Y109</t>
+  </si>
+  <si>
+    <t>Abbvie Inc</t>
+  </si>
+  <si>
+    <t>B92SR70</t>
+  </si>
+  <si>
+    <t>ABBV</t>
+  </si>
+  <si>
+    <t>US00287Y1091</t>
+  </si>
+  <si>
+    <t>0081180</t>
+  </si>
+  <si>
+    <t>BARRATT REDROW PLC</t>
+  </si>
+  <si>
+    <t>BTRW</t>
+  </si>
+  <si>
+    <t>Consumer Discretionary</t>
+  </si>
+  <si>
+    <t>GB0000811801</t>
+  </si>
+  <si>
+    <t>XLON</t>
+  </si>
+  <si>
+    <t>00846U101</t>
+  </si>
+  <si>
+    <t>Agilent Technologies Inc</t>
+  </si>
+  <si>
+    <t>2520153</t>
+  </si>
+  <si>
+    <t>A</t>
+  </si>
+  <si>
+    <t>US00846U1016</t>
+  </si>
+  <si>
+    <t>02079K107</t>
+  </si>
+  <si>
+    <t>Alphabet Inc-Cl C</t>
+  </si>
+  <si>
+    <t>BYY88Y7</t>
+  </si>
+  <si>
+    <t>GOOG</t>
+  </si>
+  <si>
+    <t>US02079K1079</t>
+  </si>
+  <si>
+    <t>XNGS</t>
+  </si>
+  <si>
+    <t>02079K305</t>
+  </si>
+  <si>
+    <t>Alphabet Inc-Cl A</t>
+  </si>
+  <si>
+    <t>BYVY8G0</t>
+  </si>
+  <si>
+    <t>GOOGL</t>
+  </si>
+  <si>
+    <t>US02079K3059</t>
+  </si>
+  <si>
+    <t>023135106</t>
+  </si>
+  <si>
+    <t>Amazon.com Inc</t>
+  </si>
+  <si>
+    <t>2000019</t>
+  </si>
+  <si>
+    <t>AMZN</t>
+  </si>
+  <si>
+    <t>US0231351067</t>
+  </si>
+  <si>
+    <t>0237400</t>
+  </si>
+  <si>
+    <t>Diageo Plc</t>
+  </si>
+  <si>
+    <t>DGE</t>
+  </si>
+  <si>
+    <t>Consumer Staples</t>
+  </si>
+  <si>
+    <t>GB0002374006</t>
+  </si>
+  <si>
+    <t>025816109</t>
+  </si>
+  <si>
+    <t>American Express Co</t>
+  </si>
+  <si>
+    <t>2026082</t>
+  </si>
+  <si>
+    <t>AXP</t>
+  </si>
+  <si>
+    <t>Financials</t>
+  </si>
+  <si>
+    <t>US0258161092</t>
+  </si>
+  <si>
+    <t>026874784</t>
+  </si>
+  <si>
+    <t>American International Group</t>
+  </si>
+  <si>
+    <t>2027342</t>
+  </si>
+  <si>
+    <t>AIG</t>
+  </si>
+  <si>
+    <t>US0268747849</t>
+  </si>
+  <si>
+    <t>030420103</t>
+  </si>
+  <si>
+    <t>American Water Works Co Inc</t>
+  </si>
+  <si>
+    <t>B2R3PV1</t>
+  </si>
+  <si>
+    <t>AWK</t>
+  </si>
+  <si>
+    <t>Utilities</t>
+  </si>
+  <si>
+    <t>US0304201033</t>
+  </si>
+  <si>
+    <t>031162100</t>
+  </si>
+  <si>
+    <t>Amgen Inc</t>
+  </si>
+  <si>
+    <t>2023607</t>
+  </si>
+  <si>
+    <t>AMGN</t>
+  </si>
+  <si>
+    <t>US0311621009</t>
+  </si>
+  <si>
+    <t>032654105</t>
+  </si>
+  <si>
+    <t>Analog Devices Inc</t>
+  </si>
+  <si>
+    <t>2032067</t>
+  </si>
+  <si>
+    <t>ADI</t>
+  </si>
+  <si>
+    <t>Information Technology</t>
+  </si>
+  <si>
+    <t>US0326541051</t>
+  </si>
+  <si>
+    <t>037833100</t>
+  </si>
+  <si>
+    <t>Apple Inc</t>
+  </si>
+  <si>
+    <t>2046251</t>
+  </si>
+  <si>
+    <t>AAPL</t>
+  </si>
+  <si>
+    <t>US0378331005</t>
+  </si>
+  <si>
+    <t>038222105</t>
+  </si>
+  <si>
+    <t>Applied Materials Inc</t>
+  </si>
+  <si>
+    <t>2046552</t>
+  </si>
+  <si>
+    <t>AMAT</t>
+  </si>
+  <si>
+    <t>US0382221051</t>
+  </si>
+  <si>
+    <t>040413205</t>
+  </si>
+  <si>
+    <t>Arista Networks Inc</t>
+  </si>
+  <si>
+    <t>BL9XPM3</t>
+  </si>
+  <si>
+    <t>ANET</t>
+  </si>
+  <si>
+    <t>US0404132054</t>
+  </si>
+  <si>
+    <t>0540528</t>
+  </si>
+  <si>
+    <t>Hsbc Holdings Plc</t>
+  </si>
+  <si>
+    <t>HSBA</t>
+  </si>
+  <si>
+    <t>GB0005405286</t>
+  </si>
+  <si>
+    <t>060505104</t>
+  </si>
+  <si>
+    <t>Bank Of America Corp</t>
+  </si>
+  <si>
+    <t>2295677</t>
+  </si>
+  <si>
+    <t>BAC</t>
+  </si>
+  <si>
+    <t>US0605051046</t>
+  </si>
+  <si>
+    <t>064058100</t>
+  </si>
+  <si>
+    <t>Bank Of New York Mellon Corp</t>
+  </si>
+  <si>
+    <t>B1Z77F6</t>
+  </si>
+  <si>
+    <t>BK</t>
+  </si>
+  <si>
+    <t>US0640581007</t>
+  </si>
+  <si>
+    <t>0870612</t>
+  </si>
+  <si>
+    <t>Lloyds Banking Group Plc</t>
+  </si>
+  <si>
+    <t>LLOY</t>
+  </si>
+  <si>
+    <t>GB0008706128</t>
+  </si>
+  <si>
+    <t>09260D107</t>
+  </si>
+  <si>
+    <t>Blackstone Inc</t>
+  </si>
+  <si>
+    <t>BKF2SL7</t>
+  </si>
+  <si>
+    <t>BX</t>
+  </si>
+  <si>
+    <t>US09260D1072</t>
+  </si>
+  <si>
+    <t>09290D101</t>
+  </si>
+  <si>
+    <t>Blackrock Inc</t>
+  </si>
+  <si>
+    <t>BMZBBT7</t>
+  </si>
+  <si>
+    <t>BLK</t>
+  </si>
+  <si>
+    <t>US09290D1019</t>
+  </si>
+  <si>
+    <t>0989529</t>
+  </si>
+  <si>
+    <t>Astrazeneca Plc</t>
+  </si>
+  <si>
+    <t>AZN</t>
+  </si>
+  <si>
+    <t>GB0009895292</t>
+  </si>
+  <si>
+    <t>101137107</t>
+  </si>
+  <si>
+    <t>Boston Scientific Corp</t>
+  </si>
+  <si>
+    <t>2113434</t>
+  </si>
+  <si>
+    <t>BSX</t>
+  </si>
+  <si>
+    <t>US1011371077</t>
+  </si>
+  <si>
+    <t>110122108</t>
+  </si>
+  <si>
+    <t>Bristol-Myers Squibb Co</t>
+  </si>
+  <si>
+    <t>2126335</t>
+  </si>
+  <si>
+    <t>BMY</t>
+  </si>
+  <si>
+    <t>US1101221083</t>
+  </si>
+  <si>
+    <t>11135F101</t>
+  </si>
+  <si>
+    <t>Broadcom Inc</t>
+  </si>
+  <si>
+    <t>BDZ78H9</t>
+  </si>
+  <si>
+    <t>AVGO</t>
+  </si>
+  <si>
+    <t>US11135F1012</t>
+  </si>
+  <si>
+    <t>12504L109</t>
+  </si>
+  <si>
+    <t>Cbre Group Inc - A</t>
+  </si>
+  <si>
+    <t>B6WVMH3</t>
+  </si>
+  <si>
+    <t>CBRE</t>
+  </si>
+  <si>
+    <t>Real Estate</t>
+  </si>
+  <si>
+    <t>US12504L1098</t>
+  </si>
+  <si>
+    <t>12514G108</t>
+  </si>
+  <si>
+    <t>Cdw Corp/De</t>
+  </si>
+  <si>
+    <t>BBM5MD6</t>
+  </si>
+  <si>
+    <t>CDW</t>
+  </si>
+  <si>
+    <t>US12514G1085</t>
+  </si>
+  <si>
+    <t>125523100</t>
+  </si>
+  <si>
+    <t>The Cigna Group</t>
+  </si>
+  <si>
+    <t>BHJ0775</t>
+  </si>
+  <si>
+    <t>CI</t>
+  </si>
+  <si>
+    <t>US1255231003</t>
+  </si>
+  <si>
+    <t>12572Q105</t>
+  </si>
+  <si>
+    <t>CME Group Inc</t>
+  </si>
+  <si>
+    <t>2965839</t>
+  </si>
+  <si>
+    <t>CME</t>
+  </si>
+  <si>
+    <t>US12572Q1058</t>
+  </si>
+  <si>
+    <t>126408103</t>
+  </si>
+  <si>
+    <t>Csx Corp</t>
+  </si>
+  <si>
+    <t>2160753</t>
+  </si>
+  <si>
+    <t>CSX</t>
+  </si>
+  <si>
+    <t>Industrials</t>
+  </si>
+  <si>
+    <t>US1264081035</t>
+  </si>
+  <si>
+    <t>13321L108</t>
+  </si>
+  <si>
+    <t>Cameco Corp</t>
+  </si>
+  <si>
+    <t>2158684</t>
+  </si>
+  <si>
+    <t>CCJ</t>
+  </si>
+  <si>
+    <t>Energy</t>
+  </si>
+  <si>
+    <t>CA13321L1085</t>
+  </si>
+  <si>
+    <t>136375102</t>
+  </si>
+  <si>
+    <t>Canadian Natl Railway Co</t>
+  </si>
+  <si>
+    <t>2210959</t>
+  </si>
+  <si>
+    <t>CNI</t>
+  </si>
+  <si>
+    <t>CA1363751027</t>
+  </si>
+  <si>
+    <t>13646K108</t>
+  </si>
+  <si>
+    <t>Canadian Pacific Kansas City</t>
+  </si>
+  <si>
+    <t>BNVTFQ7</t>
+  </si>
+  <si>
+    <t>CP</t>
+  </si>
+  <si>
+    <t>CA13646K1084</t>
+  </si>
+  <si>
+    <t>142339100</t>
+  </si>
+  <si>
+    <t>Carlisle Cos Inc</t>
+  </si>
+  <si>
+    <t>2176318</t>
+  </si>
+  <si>
+    <t>CSL</t>
+  </si>
+  <si>
+    <t>US1423391002</t>
+  </si>
+  <si>
+    <t>17275R102</t>
+  </si>
+  <si>
+    <t>Cisco Systems Inc</t>
+  </si>
+  <si>
+    <t>2198163</t>
+  </si>
+  <si>
+    <t>CSCO</t>
+  </si>
+  <si>
+    <t>US17275R1023</t>
+  </si>
+  <si>
+    <t>172967424</t>
+  </si>
+  <si>
+    <t>Citigroup Inc</t>
+  </si>
+  <si>
+    <t>2297907</t>
+  </si>
+  <si>
+    <t>C</t>
+  </si>
+  <si>
+    <t>US1729674242</t>
+  </si>
+  <si>
+    <t>192446102</t>
+  </si>
+  <si>
+    <t>Cognizant Tech Solutions-A</t>
+  </si>
+  <si>
+    <t>2257019</t>
+  </si>
+  <si>
+    <t>CTSH</t>
+  </si>
+  <si>
+    <t>US1924461023</t>
+  </si>
+  <si>
+    <t>2076009</t>
+  </si>
+  <si>
+    <t>Bank Of Montreal</t>
+  </si>
+  <si>
+    <t>BMO</t>
+  </si>
+  <si>
+    <t>CA0636711016</t>
+  </si>
+  <si>
+    <t>XTSE</t>
+  </si>
+  <si>
+    <t>063671101</t>
+  </si>
+  <si>
+    <t>2077303</t>
+  </si>
+  <si>
+    <t>National Bank Of Canada</t>
+  </si>
+  <si>
+    <t>NA</t>
+  </si>
+  <si>
+    <t>CA6330671034</t>
+  </si>
+  <si>
+    <t>633067103</t>
+  </si>
+  <si>
+    <t>2166160</t>
+  </si>
+  <si>
+    <t>CCO</t>
+  </si>
+  <si>
+    <t>2180632</t>
+  </si>
+  <si>
+    <t>CNR</t>
+  </si>
+  <si>
+    <t>22160K105</t>
+  </si>
+  <si>
+    <t>Costco Wholesale Corp</t>
+  </si>
+  <si>
+    <t>2701271</t>
+  </si>
+  <si>
+    <t>COST</t>
+  </si>
+  <si>
+    <t>US22160K1051</t>
+  </si>
+  <si>
+    <t>235851102</t>
+  </si>
+  <si>
+    <t>Danaher Corp</t>
+  </si>
+  <si>
+    <t>2250870</t>
+  </si>
+  <si>
+    <t>DHR</t>
+  </si>
+  <si>
+    <t>US2358511028</t>
+  </si>
+  <si>
+    <t>23918K108</t>
+  </si>
+  <si>
+    <t>Davita Inc</t>
+  </si>
+  <si>
+    <t>2898087</t>
+  </si>
+  <si>
+    <t>DVA</t>
+  </si>
+  <si>
+    <t>US23918K1088</t>
+  </si>
+  <si>
+    <t>254687106</t>
+  </si>
+  <si>
+    <t>Walt Disney Co/The</t>
+  </si>
+  <si>
+    <t>2270726</t>
+  </si>
+  <si>
+    <t>DIS</t>
+  </si>
+  <si>
+    <t>US2546871060</t>
+  </si>
+  <si>
+    <t>2754383</t>
+  </si>
+  <si>
+    <t>Royal Bank Of Canada</t>
+  </si>
+  <si>
+    <t>RY</t>
+  </si>
+  <si>
+    <t>CA7800871021</t>
+  </si>
+  <si>
+    <t>780087102</t>
+  </si>
+  <si>
+    <t>278642103</t>
+  </si>
+  <si>
+    <t>Ebay Inc</t>
+  </si>
+  <si>
+    <t>2293819</t>
+  </si>
+  <si>
+    <t>EBAY</t>
+  </si>
+  <si>
+    <t>US2786421030</t>
+  </si>
+  <si>
+    <t>28176E108</t>
+  </si>
+  <si>
+    <t>Edwards Lifesciences Corp</t>
+  </si>
+  <si>
+    <t>2567116</t>
+  </si>
+  <si>
+    <t>EW</t>
+  </si>
+  <si>
+    <t>US28176E1082</t>
+  </si>
+  <si>
+    <t>2854238</t>
+  </si>
+  <si>
+    <t>Stantec Inc</t>
+  </si>
+  <si>
+    <t>STN</t>
+  </si>
+  <si>
+    <t>CA85472N1096</t>
+  </si>
+  <si>
+    <t>85472N109</t>
+  </si>
+  <si>
+    <t>2897222</t>
+  </si>
+  <si>
+    <t>Toronto-Dominion Bank</t>
+  </si>
+  <si>
+    <t>TD</t>
+  </si>
+  <si>
+    <t>CA8911605092</t>
+  </si>
+  <si>
+    <t>891160509</t>
+  </si>
+  <si>
+    <t>291011104</t>
+  </si>
+  <si>
+    <t>Emerson Electric Co</t>
+  </si>
+  <si>
+    <t>2313405</t>
+  </si>
+  <si>
+    <t>EMR</t>
+  </si>
+  <si>
+    <t>US2910111044</t>
+  </si>
+  <si>
+    <t>29670G102</t>
+  </si>
+  <si>
+    <t>Essential Utilities Inc</t>
+  </si>
+  <si>
+    <t>BLCF3J9</t>
+  </si>
+  <si>
+    <t>WTRG</t>
+  </si>
+  <si>
+    <t>US29670G1022</t>
+  </si>
+  <si>
+    <t>30303M102</t>
+  </si>
+  <si>
+    <t>Meta Platforms Inc-Class A</t>
+  </si>
+  <si>
+    <t>B7TL820</t>
+  </si>
+  <si>
+    <t>META</t>
+  </si>
+  <si>
+    <t>US30303M1027</t>
+  </si>
+  <si>
+    <t>3091357</t>
+  </si>
+  <si>
+    <t>Bt Group Plc</t>
+  </si>
+  <si>
+    <t>BT/A</t>
+  </si>
+  <si>
+    <t>GB0030913577</t>
+  </si>
+  <si>
+    <t>336433107</t>
+  </si>
+  <si>
+    <t>First Solar Inc</t>
+  </si>
+  <si>
+    <t>B1HMF22</t>
+  </si>
+  <si>
+    <t>FSLR</t>
+  </si>
+  <si>
+    <t>US3364331070</t>
+  </si>
+  <si>
+    <t>337738108</t>
+  </si>
+  <si>
+    <t>Fiserv Inc</t>
+  </si>
+  <si>
+    <t>2342034</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>US3377381088</t>
+  </si>
+  <si>
+    <t>35137L105</t>
+  </si>
+  <si>
+    <t>FOXA-WI</t>
+  </si>
+  <si>
+    <t>BJJMGL2</t>
+  </si>
+  <si>
+    <t>FOXA</t>
+  </si>
+  <si>
+    <t>US35137L1052</t>
+  </si>
+  <si>
+    <t>36168Q104</t>
+  </si>
+  <si>
+    <t>Gfl Environmental Inc-Sub Vt</t>
+  </si>
+  <si>
+    <t>BKDT650</t>
+  </si>
+  <si>
+    <t>GFL</t>
+  </si>
+  <si>
+    <t>CA36168Q1046</t>
+  </si>
+  <si>
+    <t>369604301</t>
+  </si>
+  <si>
+    <t>General Electric</t>
+  </si>
+  <si>
+    <t>BL59CR9</t>
+  </si>
+  <si>
+    <t>GE</t>
+  </si>
+  <si>
+    <t>US3696043013</t>
+  </si>
+  <si>
+    <t>375558103</t>
+  </si>
+  <si>
+    <t>Gilead Sciences Inc</t>
+  </si>
+  <si>
+    <t>2369174</t>
+  </si>
+  <si>
+    <t>GILD</t>
+  </si>
+  <si>
+    <t>US3755581036</t>
+  </si>
+  <si>
+    <t>38141G104</t>
+  </si>
+  <si>
+    <t>Goldman Sachs Group Inc</t>
+  </si>
+  <si>
+    <t>2407966</t>
+  </si>
+  <si>
+    <t>GS</t>
+  </si>
+  <si>
+    <t>US38141G1040</t>
+  </si>
+  <si>
+    <t>40412C101</t>
+  </si>
+  <si>
+    <t>Hca Healthcare Inc</t>
+  </si>
+  <si>
+    <t>B4MGBG6</t>
+  </si>
+  <si>
+    <t>HCA</t>
+  </si>
+  <si>
+    <t>US40412C1018</t>
+  </si>
+  <si>
+    <t>4056719</t>
+  </si>
+  <si>
+    <t>Generali</t>
+  </si>
+  <si>
+    <t>Italy</t>
+  </si>
+  <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>G</t>
+  </si>
+  <si>
+    <t>IT0000062072</t>
+  </si>
+  <si>
+    <t>MTAA</t>
+  </si>
+  <si>
+    <t>4057808</t>
+  </si>
+  <si>
+    <t>L Oreal</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>FR</t>
+  </si>
+  <si>
+    <t>OR</t>
+  </si>
+  <si>
+    <t>FR0000120321</t>
+  </si>
+  <si>
+    <t>XPAR</t>
+  </si>
+  <si>
+    <t>427866108</t>
+  </si>
+  <si>
+    <t>Hershey Co/The</t>
+  </si>
+  <si>
+    <t>2422806</t>
+  </si>
+  <si>
+    <t>HSY</t>
+  </si>
+  <si>
+    <t>US4278661081</t>
+  </si>
+  <si>
+    <t>42824C109</t>
+  </si>
+  <si>
+    <t>Hewlett Packard Enterprise</t>
+  </si>
+  <si>
+    <t>BYVYWS0</t>
+  </si>
+  <si>
+    <t>HPE</t>
+  </si>
+  <si>
+    <t>US42824C1099</t>
+  </si>
+  <si>
+    <t>4352097</t>
+  </si>
+  <si>
+    <t>Fresenius Se &amp; Co Kgaa</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>FRE</t>
+  </si>
+  <si>
+    <t>DE0005785604</t>
+  </si>
+  <si>
+    <t>XETR</t>
+  </si>
+  <si>
+    <t>437076102</t>
+  </si>
+  <si>
+    <t>Home Depot Inc</t>
+  </si>
+  <si>
+    <t>2434209</t>
+  </si>
+  <si>
+    <t>HD</t>
+  </si>
+  <si>
+    <t>US4370761029</t>
+  </si>
+  <si>
+    <t>4491235</t>
+  </si>
+  <si>
+    <t>Kingspan Group Plc</t>
+  </si>
+  <si>
+    <t>Ireland</t>
+  </si>
+  <si>
+    <t>IE</t>
+  </si>
+  <si>
+    <t>KSP</t>
+  </si>
+  <si>
+    <t>IE0004927939</t>
+  </si>
+  <si>
+    <t>XDUB</t>
+  </si>
+  <si>
+    <t>45866F104</t>
+  </si>
+  <si>
+    <t>Intercontinental Exchange In</t>
+  </si>
+  <si>
+    <t>BFSSDS9</t>
+  </si>
+  <si>
+    <t>ICE</t>
+  </si>
+  <si>
+    <t>US45866F1049</t>
+  </si>
+  <si>
+    <t>459200101</t>
+  </si>
+  <si>
+    <t>Intl Business Machines Corp</t>
+  </si>
+  <si>
+    <t>2005973</t>
+  </si>
+  <si>
+    <t>IBM</t>
+  </si>
+  <si>
+    <t>US4592001014</t>
+  </si>
+  <si>
+    <t>461202103</t>
+  </si>
+  <si>
+    <t>Intuit Inc</t>
+  </si>
+  <si>
+    <t>2459020</t>
+  </si>
+  <si>
+    <t>INTU</t>
+  </si>
+  <si>
+    <t>US4612021034</t>
+  </si>
+  <si>
+    <t>46120E602</t>
+  </si>
+  <si>
+    <t>Intuitive Surgical Inc</t>
+  </si>
+  <si>
+    <t>2871301</t>
+  </si>
+  <si>
+    <t>ISRG</t>
+  </si>
+  <si>
+    <t>US46120E6023</t>
+  </si>
+  <si>
+    <t>46266C105</t>
+  </si>
+  <si>
+    <t>Iqvia Holdings Inc</t>
+  </si>
+  <si>
+    <t>BDR73G1</t>
+  </si>
+  <si>
+    <t>IQV</t>
+  </si>
+  <si>
+    <t>US46266C1053</t>
+  </si>
+  <si>
+    <t>46625H100</t>
+  </si>
+  <si>
+    <t>Jpmorgan Chase &amp; Co</t>
+  </si>
+  <si>
+    <t>2190385</t>
+  </si>
+  <si>
+    <t>JPM</t>
+  </si>
+  <si>
+    <t>US46625H1005</t>
+  </si>
+  <si>
+    <t>478160104</t>
+  </si>
+  <si>
+    <t>Johnson &amp; Johnson</t>
+  </si>
+  <si>
+    <t>2475833</t>
+  </si>
+  <si>
+    <t>JNJ</t>
+  </si>
+  <si>
+    <t>US4781601046</t>
+  </si>
+  <si>
+    <t>4834108</t>
+  </si>
+  <si>
+    <t>Schneider Electric Se</t>
+  </si>
+  <si>
+    <t>SU</t>
+  </si>
+  <si>
+    <t>FR0000121972</t>
+  </si>
+  <si>
+    <t>4846288</t>
+  </si>
+  <si>
+    <t>Sap Se</t>
+  </si>
+  <si>
+    <t>SAP</t>
+  </si>
+  <si>
+    <t>DE0007164600</t>
+  </si>
+  <si>
+    <t>504922105</t>
+  </si>
+  <si>
+    <t>Labcorp Holdings Inc</t>
+  </si>
+  <si>
+    <t>BSBK800</t>
+  </si>
+  <si>
+    <t>LH</t>
+  </si>
+  <si>
+    <t>US5049221055</t>
+  </si>
+  <si>
+    <t>5129074</t>
+  </si>
+  <si>
+    <t>Fresenius Medical Care Ag</t>
+  </si>
+  <si>
+    <t>FME</t>
+  </si>
+  <si>
+    <t>DE0005785802</t>
+  </si>
+  <si>
+    <t>5231485</t>
+  </si>
+  <si>
+    <t>Allianz Se-Reg</t>
+  </si>
+  <si>
+    <t>ALV</t>
+  </si>
+  <si>
+    <t>DE0008404005</t>
+  </si>
+  <si>
+    <t>5253973</t>
+  </si>
+  <si>
+    <t>Hermes International</t>
+  </si>
+  <si>
+    <t>RMS</t>
+  </si>
+  <si>
+    <t>FR0000052292</t>
+  </si>
+  <si>
+    <t>526107107</t>
+  </si>
+  <si>
+    <t>Lennox International Inc</t>
+  </si>
+  <si>
+    <t>2442053</t>
+  </si>
+  <si>
+    <t>LII</t>
+  </si>
+  <si>
+    <t>US5261071071</t>
+  </si>
+  <si>
+    <t>5294121</t>
+  </si>
+  <si>
+    <t>Muenchener Rueckver Ag-Reg</t>
+  </si>
+  <si>
+    <t>MUV2</t>
+  </si>
+  <si>
+    <t>DE0008430026</t>
+  </si>
+  <si>
+    <t>532457108</t>
+  </si>
+  <si>
+    <t>Eli Lilly &amp; Co</t>
+  </si>
+  <si>
+    <t>2516152</t>
+  </si>
+  <si>
+    <t>LLY</t>
+  </si>
+  <si>
+    <t>US5324571083</t>
+  </si>
+  <si>
+    <t>548661107</t>
+  </si>
+  <si>
+    <t>Lowe S Cos Inc</t>
+  </si>
+  <si>
+    <t>2536763</t>
+  </si>
+  <si>
+    <t>LOW</t>
+  </si>
+  <si>
+    <t>US5486611073</t>
+  </si>
+  <si>
+    <t>5501906</t>
+  </si>
+  <si>
+    <t>Banco Bilbao Vizcaya Argenta</t>
+  </si>
+  <si>
+    <t>Spain</t>
+  </si>
+  <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>BBVA</t>
+  </si>
+  <si>
+    <t>ES0113211835</t>
+  </si>
+  <si>
+    <t>XMAD</t>
+  </si>
+  <si>
+    <t>5671735</t>
+  </si>
+  <si>
+    <t>Sanofi</t>
+  </si>
+  <si>
+    <t>SAN</t>
+  </si>
+  <si>
+    <t>FR0000120578</t>
+  </si>
+  <si>
+    <t>5705946</t>
+  </si>
+  <si>
+    <t>Banco Santander Sa</t>
+  </si>
+  <si>
+    <t>ES0113900J37</t>
+  </si>
+  <si>
+    <t>571748102</t>
+  </si>
+  <si>
+    <t>Marsh &amp; Mclennan Cos</t>
+  </si>
+  <si>
+    <t>2567741</t>
+  </si>
+  <si>
+    <t>MMC</t>
+  </si>
+  <si>
+    <t>US5717481023</t>
+  </si>
+  <si>
+    <t>5727973</t>
+  </si>
+  <si>
+    <t>Siemens Ag-Reg</t>
+  </si>
+  <si>
+    <t>SIE</t>
+  </si>
+  <si>
+    <t>DE0007236101</t>
+  </si>
+  <si>
+    <t>574599106</t>
+  </si>
+  <si>
+    <t>Masco Corp</t>
+  </si>
+  <si>
+    <t>2570200</t>
+  </si>
+  <si>
+    <t>MAS</t>
+  </si>
+  <si>
+    <t>US5745991068</t>
+  </si>
+  <si>
+    <t>5750355</t>
+  </si>
+  <si>
+    <t>Deutsche Bank Ag-Registered</t>
+  </si>
+  <si>
+    <t>DBK</t>
+  </si>
+  <si>
+    <t>DE0005140008</t>
+  </si>
+  <si>
+    <t>57636Q104</t>
+  </si>
+  <si>
+    <t>Mastercard Inc - A</t>
+  </si>
+  <si>
+    <t>B121557</t>
+  </si>
+  <si>
+    <t>MA</t>
+  </si>
+  <si>
+    <t>US57636Q1040</t>
+  </si>
+  <si>
+    <t>580135101</t>
+  </si>
+  <si>
+    <t>Mcdonald S Corp</t>
+  </si>
+  <si>
+    <t>2550707</t>
+  </si>
+  <si>
+    <t>MCD</t>
+  </si>
+  <si>
+    <t>US5801351017</t>
+  </si>
+  <si>
+    <t>5842359</t>
+  </si>
+  <si>
+    <t>Deutsche Telekom Ag-Reg</t>
+  </si>
+  <si>
+    <t>DTE</t>
+  </si>
+  <si>
+    <t>DE0005557508</t>
+  </si>
+  <si>
+    <t>5889505</t>
+  </si>
+  <si>
+    <t>Infineon Technologies Ag</t>
+  </si>
+  <si>
+    <t>IFX</t>
+  </si>
+  <si>
+    <t>DE0006231004</t>
+  </si>
+  <si>
+    <t>58933Y105</t>
+  </si>
+  <si>
+    <t>Merck &amp; Co. Inc.</t>
+  </si>
+  <si>
+    <t>2778844</t>
+  </si>
+  <si>
+    <t>MRK</t>
+  </si>
+  <si>
+    <t>US58933Y1055</t>
+  </si>
+  <si>
+    <t>59156R108</t>
+  </si>
+  <si>
+    <t>Metlife Inc</t>
+  </si>
+  <si>
+    <t>2573209</t>
+  </si>
+  <si>
+    <t>MET</t>
+  </si>
+  <si>
+    <t>US59156R1086</t>
+  </si>
+  <si>
+    <t>594918104</t>
+  </si>
+  <si>
+    <t>Microsoft Corp</t>
+  </si>
+  <si>
+    <t>2588173</t>
+  </si>
+  <si>
+    <t>MSFT</t>
+  </si>
+  <si>
+    <t>US5949181045</t>
+  </si>
+  <si>
+    <t>5983816</t>
+  </si>
+  <si>
+    <t>Zurich Insurance Group Ag</t>
+  </si>
+  <si>
+    <t>ZURN</t>
+  </si>
+  <si>
+    <t>CH0011075394</t>
+  </si>
+  <si>
+    <t>XSWX</t>
+  </si>
+  <si>
+    <t>6057378</t>
+  </si>
+  <si>
+    <t>Asics Corp</t>
+  </si>
+  <si>
+    <t>7936</t>
+  </si>
+  <si>
+    <t>JP3118000003</t>
+  </si>
+  <si>
+    <t>XTKS</t>
+  </si>
+  <si>
+    <t>6076146</t>
+  </si>
+  <si>
+    <t>Westpac Banking Corp</t>
+  </si>
+  <si>
+    <t>WBC</t>
+  </si>
+  <si>
+    <t>AU000000WBC1</t>
+  </si>
+  <si>
+    <t>XASX</t>
+  </si>
+  <si>
+    <t>61174X109</t>
+  </si>
+  <si>
+    <t>Monster Beverage Corp</t>
+  </si>
+  <si>
+    <t>BZ07BW4</t>
+  </si>
+  <si>
+    <t>MNST</t>
+  </si>
+  <si>
+    <t>US61174X1090</t>
+  </si>
+  <si>
+    <t>6125639</t>
+  </si>
+  <si>
+    <t>Ntt Data Group Corp</t>
+  </si>
+  <si>
+    <t>9613</t>
+  </si>
+  <si>
+    <t>JP3165700000</t>
+  </si>
+  <si>
+    <t>6173401</t>
+  </si>
+  <si>
+    <t>Coway Co Ltd</t>
+  </si>
+  <si>
+    <t>South Korea</t>
+  </si>
+  <si>
+    <t>KRW</t>
+  </si>
+  <si>
+    <t>KR</t>
+  </si>
+  <si>
+    <t>021240</t>
+  </si>
+  <si>
+    <t>KR7021240007</t>
+  </si>
+  <si>
+    <t>XKRX</t>
+  </si>
+  <si>
+    <t>617446448</t>
+  </si>
+  <si>
+    <t>Morgan Stanley</t>
+  </si>
+  <si>
+    <t>2262314</t>
+  </si>
+  <si>
+    <t>MS</t>
+  </si>
+  <si>
+    <t>US6174464486</t>
+  </si>
+  <si>
+    <t>6183552</t>
+  </si>
+  <si>
+    <t>Central Japan Railway Co</t>
+  </si>
+  <si>
+    <t>9022</t>
+  </si>
+  <si>
+    <t>JP3566800003</t>
+  </si>
+  <si>
+    <t>6185495</t>
+  </si>
+  <si>
+    <t>Csl Ltd</t>
+  </si>
+  <si>
+    <t>AU000000CSL8</t>
+  </si>
+  <si>
+    <t>6215035</t>
+  </si>
+  <si>
+    <t>Commonwealth Bank Of Austral</t>
+  </si>
+  <si>
+    <t>CBA</t>
+  </si>
+  <si>
+    <t>AU000000CBA7</t>
+  </si>
+  <si>
+    <t>6248990</t>
+  </si>
+  <si>
+    <t>Kddi Corp</t>
+  </si>
+  <si>
+    <t>9433</t>
+  </si>
+  <si>
+    <t>JP3496400007</t>
+  </si>
+  <si>
+    <t>6267058</t>
+  </si>
+  <si>
+    <t>Otsuka Corp</t>
+  </si>
+  <si>
+    <t>4768</t>
+  </si>
+  <si>
+    <t>JP3188200004</t>
+  </si>
+  <si>
+    <t>6290054</t>
+  </si>
+  <si>
+    <t>Mtr Corp</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>HK0066009694</t>
+  </si>
+  <si>
+    <t>XHKG</t>
+  </si>
+  <si>
+    <t>6298542</t>
+  </si>
+  <si>
+    <t>East Japan Railway Co</t>
+  </si>
+  <si>
+    <t>9020</t>
+  </si>
+  <si>
+    <t>JP3783600004</t>
+  </si>
+  <si>
+    <t>6309466</t>
+  </si>
+  <si>
+    <t>Sbi Holdings Inc</t>
+  </si>
+  <si>
+    <t>8473</t>
+  </si>
+  <si>
+    <t>JP3436120004</t>
+  </si>
+  <si>
+    <t>6335171</t>
+  </si>
+  <si>
+    <t>Mitsubishi Ufj Financial Gro</t>
+  </si>
+  <si>
+    <t>8306</t>
+  </si>
+  <si>
+    <t>JP3902900004</t>
+  </si>
+  <si>
+    <t>64110L106</t>
+  </si>
+  <si>
+    <t>Netflix Inc</t>
+  </si>
+  <si>
+    <t>2857817</t>
+  </si>
+  <si>
+    <t>NFLX</t>
+  </si>
+  <si>
+    <t>US64110L1061</t>
+  </si>
+  <si>
+    <t>6450267</t>
+  </si>
+  <si>
+    <t>Sk Hynix Inc</t>
+  </si>
+  <si>
+    <t>000660</t>
+  </si>
+  <si>
+    <t>KR7000660001</t>
+  </si>
+  <si>
+    <t>6506267</t>
+  </si>
+  <si>
+    <t>Lasertec Corp</t>
+  </si>
+  <si>
+    <t>6920</t>
+  </si>
+  <si>
+    <t>JP3979200007</t>
+  </si>
+  <si>
+    <t>6519481</t>
+  </si>
+  <si>
+    <t>Lite-On Technology Corp</t>
+  </si>
+  <si>
+    <t>Taiwan</t>
+  </si>
+  <si>
+    <t>TWD</t>
+  </si>
+  <si>
+    <t>TW</t>
+  </si>
+  <si>
+    <t>2301</t>
+  </si>
+  <si>
+    <t>TW0002301009</t>
+  </si>
+  <si>
+    <t>XTAI</t>
+  </si>
+  <si>
+    <t>655844108</t>
+  </si>
+  <si>
+    <t>Norfolk Southern Corp</t>
+  </si>
+  <si>
+    <t>2641894</t>
+  </si>
+  <si>
+    <t>NSC</t>
+  </si>
+  <si>
+    <t>US6558441084</t>
+  </si>
+  <si>
+    <t>6563024</t>
+  </si>
+  <si>
+    <t>Sumitomo Mitsui Financial Gr</t>
+  </si>
+  <si>
+    <t>8316</t>
+  </si>
+  <si>
+    <t>JP3890350006</t>
+  </si>
+  <si>
+    <t>6596729</t>
+  </si>
+  <si>
+    <t>Mitsubishi Estate Co Ltd</t>
+  </si>
+  <si>
+    <t>8802</t>
+  </si>
+  <si>
+    <t>JP3899600005</t>
+  </si>
+  <si>
+    <t>6624608</t>
+  </si>
+  <si>
+    <t>National Australia Bank Ltd</t>
+  </si>
+  <si>
+    <t>NAB</t>
+  </si>
+  <si>
+    <t>AU000000NAB4</t>
+  </si>
+  <si>
+    <t>6640400</t>
+  </si>
+  <si>
+    <t>Nec Corp</t>
+  </si>
+  <si>
+    <t>6701</t>
+  </si>
+  <si>
+    <t>JP3733000008</t>
+  </si>
+  <si>
+    <t>6641373</t>
+  </si>
+  <si>
+    <t>Ntt Inc</t>
+  </si>
+  <si>
+    <t>9432</t>
+  </si>
+  <si>
+    <t>JP3735400008</t>
+  </si>
+  <si>
+    <t>67059N108</t>
+  </si>
+  <si>
+    <t>Nutanix Inc - A</t>
+  </si>
+  <si>
+    <t>BYQBFT8</t>
+  </si>
+  <si>
+    <t>NTNX</t>
+  </si>
+  <si>
+    <t>US67059N1081</t>
+  </si>
+  <si>
+    <t>67066G104</t>
+  </si>
+  <si>
+    <t>Nvidia Corp</t>
+  </si>
+  <si>
+    <t>2379504</t>
+  </si>
+  <si>
+    <t>NVDA</t>
+  </si>
+  <si>
+    <t>US67066G1040</t>
+  </si>
+  <si>
+    <t>6744283</t>
+  </si>
+  <si>
+    <t>E Ink Holdings Inc</t>
+  </si>
+  <si>
+    <t>8069</t>
+  </si>
+  <si>
+    <t>TW0008069006</t>
+  </si>
+  <si>
+    <t>ROCO</t>
+  </si>
+  <si>
+    <t>6770620</t>
+  </si>
+  <si>
+    <t>Softbank Group Corp</t>
+  </si>
+  <si>
+    <t>9984</t>
+  </si>
+  <si>
+    <t>JP3436100006</t>
+  </si>
+  <si>
+    <t>6776349</t>
+  </si>
+  <si>
+    <t>Sanrio Co Ltd</t>
+  </si>
+  <si>
+    <t>8136</t>
+  </si>
+  <si>
+    <t>JP3343200006</t>
+  </si>
+  <si>
+    <t>6804369</t>
+  </si>
+  <si>
+    <t>Shimadzu Corp</t>
+  </si>
+  <si>
+    <t>7701</t>
+  </si>
+  <si>
+    <t>JP3357200009</t>
+  </si>
+  <si>
+    <t>6804820</t>
+  </si>
+  <si>
+    <t>Shimano Inc</t>
+  </si>
+  <si>
+    <t>7309</t>
+  </si>
+  <si>
+    <t>JP3358000002</t>
+  </si>
+  <si>
+    <t>6805317</t>
+  </si>
+  <si>
+    <t>Hulic Co Ltd</t>
+  </si>
+  <si>
+    <t>3003</t>
+  </si>
+  <si>
+    <t>JP3360800001</t>
+  </si>
+  <si>
+    <t>6821120</t>
+  </si>
+  <si>
+    <t>Sonic Healthcare Ltd</t>
+  </si>
+  <si>
+    <t>SHL</t>
+  </si>
+  <si>
+    <t>AU000000SHL7</t>
+  </si>
+  <si>
+    <t>6821506</t>
+  </si>
+  <si>
+    <t>Sony Group Corp</t>
+  </si>
+  <si>
+    <t>6758</t>
+  </si>
+  <si>
+    <t>JP3435000009</t>
+  </si>
+  <si>
+    <t>68389X105</t>
+  </si>
+  <si>
+    <t>Oracle Corp</t>
+  </si>
+  <si>
+    <t>2661568</t>
+  </si>
+  <si>
+    <t>ORCL</t>
+  </si>
+  <si>
+    <t>US68389X1054</t>
+  </si>
+  <si>
+    <t>6870445</t>
+  </si>
+  <si>
+    <t>Takeda Pharmaceutical Co Ltd</t>
+  </si>
+  <si>
+    <t>4502</t>
+  </si>
+  <si>
+    <t>JP3463000004</t>
+  </si>
+  <si>
+    <t>6889106</t>
+  </si>
+  <si>
+    <t>Taiwan Semiconductor Manufac</t>
+  </si>
+  <si>
+    <t>2330</t>
+  </si>
+  <si>
+    <t>TW0002330008</t>
+  </si>
+  <si>
+    <t>6895675</t>
+  </si>
+  <si>
+    <t>Tokyo Electron Ltd</t>
+  </si>
+  <si>
+    <t>8035</t>
+  </si>
+  <si>
+    <t>JP3571400005</t>
+  </si>
+  <si>
+    <t>693475105</t>
+  </si>
+  <si>
+    <t>Pnc Financial Services Group</t>
+  </si>
+  <si>
+    <t>2692665</t>
+  </si>
+  <si>
+    <t>PNC</t>
+  </si>
+  <si>
+    <t>US6934751057</t>
+  </si>
+  <si>
+    <t>69608A108</t>
+  </si>
+  <si>
+    <t>Palantir Technologies Inc-A</t>
+  </si>
+  <si>
+    <t>BN78DQ4</t>
+  </si>
+  <si>
+    <t>PLTR</t>
+  </si>
+  <si>
+    <t>US69608A1088</t>
+  </si>
+  <si>
+    <t>70450Y103</t>
+  </si>
+  <si>
+    <t>Paypal Holdings Inc</t>
+  </si>
+  <si>
+    <t>BYW36M8</t>
+  </si>
+  <si>
+    <t>PYPL</t>
+  </si>
+  <si>
+    <t>US70450Y1038</t>
+  </si>
+  <si>
+    <t>7088429</t>
+  </si>
+  <si>
+    <t>Axa Sa</t>
+  </si>
+  <si>
+    <t>CS</t>
+  </si>
+  <si>
+    <t>FR0000120628</t>
+  </si>
+  <si>
+    <t>7103065</t>
+  </si>
+  <si>
+    <t>Novartis Ag-Reg</t>
+  </si>
+  <si>
+    <t>NOVN</t>
+  </si>
+  <si>
+    <t>CH0012005267</t>
+  </si>
+  <si>
+    <t>7110388</t>
+  </si>
+  <si>
+    <t>Roche Holding Ag-Genusschein</t>
+  </si>
+  <si>
+    <t>ROG</t>
+  </si>
+  <si>
+    <t>CH0012032048</t>
+  </si>
+  <si>
+    <t>717081103</t>
+  </si>
+  <si>
+    <t>Pfizer Inc</t>
+  </si>
+  <si>
+    <t>2684703</t>
+  </si>
+  <si>
+    <t>PFE</t>
+  </si>
+  <si>
+    <t>US7170811035</t>
+  </si>
+  <si>
+    <t>7309681</t>
+  </si>
+  <si>
+    <t>Bnp Paribas</t>
+  </si>
+  <si>
+    <t>BNP</t>
+  </si>
+  <si>
+    <t>FR0000131104</t>
+  </si>
+  <si>
+    <t>743315103</t>
+  </si>
+  <si>
+    <t>Progressive Corp</t>
+  </si>
+  <si>
+    <t>2705024</t>
+  </si>
+  <si>
+    <t>PGR</t>
+  </si>
+  <si>
+    <t>US7433151039</t>
+  </si>
+  <si>
+    <t>744320102</t>
+  </si>
+  <si>
+    <t>Prudential Financial Inc</t>
+  </si>
+  <si>
+    <t>2819118</t>
+  </si>
+  <si>
+    <t>PRU</t>
+  </si>
+  <si>
+    <t>US7443201022</t>
+  </si>
+  <si>
+    <t>747525103</t>
+  </si>
+  <si>
+    <t>Qualcomm Inc</t>
+  </si>
+  <si>
+    <t>2714923</t>
+  </si>
+  <si>
+    <t>QCOM</t>
+  </si>
+  <si>
+    <t>US7475251036</t>
+  </si>
+  <si>
+    <t>74834L100</t>
+  </si>
+  <si>
+    <t>Quest Diagnostics Inc</t>
+  </si>
+  <si>
+    <t>2702791</t>
+  </si>
+  <si>
+    <t>DGX</t>
+  </si>
+  <si>
+    <t>US74834L1008</t>
+  </si>
+  <si>
+    <t>760759100</t>
+  </si>
+  <si>
+    <t>Republic Services Inc</t>
+  </si>
+  <si>
+    <t>2262530</t>
+  </si>
+  <si>
+    <t>RSG</t>
+  </si>
+  <si>
+    <t>US7607591002</t>
+  </si>
+  <si>
+    <t>770700102</t>
+  </si>
+  <si>
+    <t>Robinhood Markets Inc - A</t>
+  </si>
+  <si>
+    <t>BP0TQN6</t>
+  </si>
+  <si>
+    <t>HOOD</t>
+  </si>
+  <si>
+    <t>US7707001027</t>
+  </si>
+  <si>
+    <t>776696106</t>
+  </si>
+  <si>
+    <t>Roper Technologies Inc</t>
+  </si>
+  <si>
+    <t>2749602</t>
+  </si>
+  <si>
+    <t>ROP</t>
+  </si>
+  <si>
+    <t>US7766961061</t>
+  </si>
+  <si>
+    <t>78409V104</t>
+  </si>
+  <si>
+    <t>S&amp;p Global Inc</t>
+  </si>
+  <si>
+    <t>BYV2325</t>
+  </si>
+  <si>
+    <t>SPGI</t>
+  </si>
+  <si>
+    <t>US78409V1044</t>
+  </si>
+  <si>
+    <t>79466L302</t>
+  </si>
+  <si>
+    <t>Salesforce Inc</t>
+  </si>
+  <si>
+    <t>2310525</t>
+  </si>
+  <si>
+    <t>CRM</t>
+  </si>
+  <si>
+    <t>US79466L3024</t>
+  </si>
+  <si>
+    <t>808513105</t>
+  </si>
+  <si>
+    <t>Schwab (charles) Corp</t>
+  </si>
+  <si>
+    <t>2779397</t>
+  </si>
+  <si>
+    <t>SCHW</t>
+  </si>
+  <si>
+    <t>US8085131055</t>
+  </si>
+  <si>
+    <t>81762P102</t>
+  </si>
+  <si>
+    <t>Servicenow Inc</t>
+  </si>
+  <si>
+    <t>B80NXX8</t>
+  </si>
+  <si>
+    <t>NOW</t>
+  </si>
+  <si>
+    <t>US81762P1021</t>
+  </si>
+  <si>
+    <t>83444M101</t>
+  </si>
+  <si>
+    <t>Solventum Corp</t>
+  </si>
+  <si>
+    <t>BMTQB43</t>
+  </si>
+  <si>
+    <t>SOLV</t>
+  </si>
+  <si>
+    <t>US83444M1018</t>
+  </si>
+  <si>
+    <t>B0G11S1</t>
+  </si>
+  <si>
+    <t>855244109</t>
+  </si>
+  <si>
+    <t>Starbucks Corp</t>
+  </si>
+  <si>
+    <t>2842255</t>
+  </si>
+  <si>
+    <t>SBUX</t>
+  </si>
+  <si>
+    <t>US8552441094</t>
+  </si>
+  <si>
+    <t>863667101</t>
+  </si>
+  <si>
+    <t>Stryker Corp</t>
+  </si>
+  <si>
+    <t>2853688</t>
+  </si>
+  <si>
+    <t>SYK</t>
+  </si>
+  <si>
+    <t>US8636671013</t>
+  </si>
+  <si>
+    <t>872540109</t>
+  </si>
+  <si>
+    <t>Tjx Companies Inc</t>
+  </si>
+  <si>
+    <t>2989301</t>
+  </si>
+  <si>
+    <t>TJX</t>
+  </si>
+  <si>
+    <t>US8725401090</t>
+  </si>
+  <si>
+    <t>872590104</t>
+  </si>
+  <si>
+    <t>T-Mobile Us Inc</t>
+  </si>
+  <si>
+    <t>B94Q9V0</t>
+  </si>
+  <si>
+    <t>TMUS</t>
+  </si>
+  <si>
+    <t>US8725901040</t>
+  </si>
+  <si>
+    <t>874054109</t>
+  </si>
+  <si>
+    <t>Take-Two Interactive Softwre</t>
+  </si>
+  <si>
+    <t>2122117</t>
+  </si>
+  <si>
+    <t>TTWO</t>
+  </si>
+  <si>
+    <t>US8740541094</t>
+  </si>
+  <si>
+    <t>876030107</t>
+  </si>
+  <si>
+    <t>Tapestry Inc</t>
+  </si>
+  <si>
+    <t>BF09HX3</t>
+  </si>
+  <si>
+    <t>TPR</t>
+  </si>
+  <si>
+    <t>US8760301072</t>
+  </si>
+  <si>
+    <t>88160R101</t>
+  </si>
+  <si>
+    <t>Tesla Inc</t>
+  </si>
+  <si>
+    <t>B616C79</t>
+  </si>
+  <si>
+    <t>TSLA</t>
+  </si>
+  <si>
+    <t>US88160R1014</t>
+  </si>
+  <si>
+    <t>882508104</t>
+  </si>
+  <si>
+    <t>Texas Instruments Inc</t>
+  </si>
+  <si>
+    <t>2885409</t>
+  </si>
+  <si>
+    <t>TXN</t>
+  </si>
+  <si>
+    <t>US8825081040</t>
+  </si>
+  <si>
+    <t>888787108</t>
+  </si>
+  <si>
+    <t>Toast Inc-Class A</t>
+  </si>
+  <si>
+    <t>BP6D7B7</t>
+  </si>
+  <si>
+    <t>TOST</t>
+  </si>
+  <si>
+    <t>US8887871080</t>
+  </si>
+  <si>
+    <t>89417E109</t>
+  </si>
+  <si>
+    <t>Travelers Cos Inc/The</t>
+  </si>
+  <si>
+    <t>2769503</t>
+  </si>
+  <si>
+    <t>TRV</t>
+  </si>
+  <si>
+    <t>US89417E1091</t>
+  </si>
+  <si>
+    <t>896239100</t>
+  </si>
+  <si>
+    <t>Trimble Inc</t>
+  </si>
+  <si>
+    <t>2903958</t>
+  </si>
+  <si>
+    <t>TRMB</t>
+  </si>
+  <si>
+    <t>US8962391004</t>
+  </si>
+  <si>
+    <t>902973304</t>
+  </si>
+  <si>
+    <t>Us Bancorp</t>
+  </si>
+  <si>
+    <t>2736035</t>
+  </si>
+  <si>
+    <t>USB</t>
+  </si>
+  <si>
+    <t>US9029733048</t>
+  </si>
+  <si>
+    <t>907818108</t>
+  </si>
+  <si>
+    <t>Union Pacific Corp</t>
+  </si>
+  <si>
+    <t>2914734</t>
+  </si>
+  <si>
+    <t>UNP</t>
+  </si>
+  <si>
+    <t>US9078181081</t>
+  </si>
+  <si>
+    <t>91324P102</t>
+  </si>
+  <si>
+    <t>Unitedhealth Group Inc</t>
+  </si>
+  <si>
+    <t>2917766</t>
+  </si>
+  <si>
+    <t>UNH</t>
+  </si>
+  <si>
+    <t>US91324P1021</t>
+  </si>
+  <si>
+    <t>92338C103</t>
+  </si>
+  <si>
+    <t>Veralto Corp</t>
+  </si>
+  <si>
+    <t>BPGMZQ5</t>
+  </si>
+  <si>
+    <t>VLTO</t>
+  </si>
+  <si>
+    <t>US92338C1036</t>
+  </si>
+  <si>
+    <t>92343V104</t>
+  </si>
+  <si>
+    <t>Verizon Communications Inc</t>
+  </si>
+  <si>
+    <t>2090571</t>
+  </si>
+  <si>
+    <t>VZ</t>
+  </si>
+  <si>
+    <t>US92343V1044</t>
+  </si>
+  <si>
+    <t>92532F100</t>
+  </si>
+  <si>
+    <t>Vertex Pharmaceuticals Inc</t>
+  </si>
+  <si>
+    <t>2931034</t>
+  </si>
+  <si>
+    <t>VRTX</t>
+  </si>
+  <si>
+    <t>US92532F1003</t>
+  </si>
+  <si>
+    <t>92826C839</t>
+  </si>
+  <si>
+    <t>Visa Inc-Class A Shares</t>
+  </si>
+  <si>
+    <t>B2PZN04</t>
+  </si>
+  <si>
+    <t>V</t>
+  </si>
+  <si>
+    <t>US92826C8394</t>
+  </si>
+  <si>
+    <t>929740108</t>
+  </si>
+  <si>
+    <t>Wabtec Corp</t>
+  </si>
+  <si>
+    <t>2955733</t>
+  </si>
+  <si>
+    <t>WAB</t>
+  </si>
+  <si>
+    <t>US9297401088</t>
+  </si>
+  <si>
+    <t>931142103</t>
+  </si>
+  <si>
+    <t>Walmart Inc</t>
+  </si>
+  <si>
+    <t>2936921</t>
+  </si>
+  <si>
+    <t>WMT</t>
+  </si>
+  <si>
+    <t>US9311421039</t>
+  </si>
+  <si>
+    <t>934423104</t>
+  </si>
+  <si>
+    <t>Warner Bros Discovery Inc</t>
+  </si>
+  <si>
+    <t>BM8JYX3</t>
+  </si>
+  <si>
+    <t>WBD</t>
+  </si>
+  <si>
+    <t>US9344231041</t>
+  </si>
+  <si>
+    <t>94106B101</t>
+  </si>
+  <si>
+    <t>Waste Connections Inc</t>
+  </si>
+  <si>
+    <t>BYVG1F6</t>
+  </si>
+  <si>
+    <t>WCN</t>
+  </si>
+  <si>
+    <t>CA94106B1013</t>
+  </si>
+  <si>
+    <t>94106L109</t>
+  </si>
+  <si>
+    <t>Waste Management Inc</t>
+  </si>
+  <si>
+    <t>2937667</t>
+  </si>
+  <si>
+    <t>WM</t>
+  </si>
+  <si>
+    <t>US94106L1098</t>
+  </si>
+  <si>
+    <t>949746101</t>
+  </si>
+  <si>
+    <t>Wells Fargo &amp; Co</t>
+  </si>
+  <si>
+    <t>2649100</t>
+  </si>
+  <si>
+    <t>WFC</t>
+  </si>
+  <si>
+    <t>US9497461015</t>
+  </si>
+  <si>
+    <t>98419M100</t>
+  </si>
+  <si>
+    <t>Xylem Inc</t>
+  </si>
+  <si>
+    <t>B3P2CN8</t>
+  </si>
+  <si>
+    <t>XYL</t>
+  </si>
+  <si>
+    <t>US98419M1009</t>
+  </si>
+  <si>
+    <t>988498101</t>
+  </si>
+  <si>
+    <t>Yum  Brands Inc</t>
+  </si>
+  <si>
+    <t>2098876</t>
+  </si>
+  <si>
+    <t>YUM</t>
+  </si>
+  <si>
+    <t>US9884981013</t>
+  </si>
+  <si>
+    <t>98978V103</t>
+  </si>
+  <si>
+    <t>Zoetis Inc</t>
+  </si>
+  <si>
+    <t>B95WG16</t>
+  </si>
+  <si>
+    <t>ZTS</t>
+  </si>
+  <si>
+    <t>US98978V1035</t>
+  </si>
+  <si>
+    <t>98980L101</t>
+  </si>
+  <si>
+    <t>Zoom Communications Inc</t>
+  </si>
+  <si>
+    <t>BGSP7M9</t>
+  </si>
+  <si>
+    <t>ZM</t>
+  </si>
+  <si>
+    <t>US98980L1017</t>
+  </si>
+  <si>
+    <t>B02L486</t>
+  </si>
+  <si>
+    <t>Mowi Asa</t>
+  </si>
+  <si>
+    <t>MOWI</t>
+  </si>
+  <si>
+    <t>NO0003054108</t>
+  </si>
+  <si>
+    <t>XOSL</t>
+  </si>
+  <si>
+    <t>B04BGQ6</t>
+  </si>
+  <si>
+    <t>Taiwan High Speed Rail Corp</t>
+  </si>
+  <si>
+    <t>2633</t>
+  </si>
+  <si>
+    <t>TW0002633005</t>
+  </si>
+  <si>
+    <t>B09M9D2</t>
+  </si>
+  <si>
+    <t>Kone Oyj-B</t>
+  </si>
+  <si>
+    <t>Finland</t>
+  </si>
+  <si>
+    <t>KNEBV</t>
+  </si>
+  <si>
+    <t>FI0009013403</t>
+  </si>
+  <si>
+    <t>XHEL</t>
+  </si>
+  <si>
+    <t>B0J7D91</t>
+  </si>
+  <si>
+    <t>Daiichi Sankyo Co Ltd</t>
+  </si>
+  <si>
+    <t>4568</t>
+  </si>
+  <si>
+    <t>JP3475350009</t>
+  </si>
+  <si>
+    <t>B11ZRK9</t>
+  </si>
+  <si>
+    <t>Legrand Sa</t>
+  </si>
+  <si>
+    <t>LR</t>
+  </si>
+  <si>
+    <t>FR0010307819</t>
+  </si>
+  <si>
+    <t>B1FH8J7</t>
+  </si>
+  <si>
+    <t>Severn Trent Plc</t>
+  </si>
+  <si>
+    <t>SVT</t>
+  </si>
+  <si>
+    <t>GB00B1FH8J72</t>
+  </si>
+  <si>
+    <t>B1L3XL6</t>
+  </si>
+  <si>
+    <t>Zhuzhou Crrc Times Electri-H</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>CN</t>
+  </si>
+  <si>
+    <t>3898</t>
+  </si>
+  <si>
+    <t>CNE1000004X4</t>
+  </si>
+  <si>
+    <t>B1VT035</t>
+  </si>
+  <si>
+    <t>Yangzijiang Shipbuilding</t>
+  </si>
+  <si>
+    <t>Singapore</t>
+  </si>
+  <si>
+    <t>SGD</t>
+  </si>
+  <si>
+    <t>SG</t>
+  </si>
+  <si>
+    <t>YZJSGD</t>
+  </si>
+  <si>
+    <t>SG1U76934819</t>
+  </si>
+  <si>
+    <t>XSES</t>
+  </si>
+  <si>
+    <t>B1W5NW2</t>
+  </si>
+  <si>
+    <t>Salmar Asa</t>
+  </si>
+  <si>
+    <t>SALM</t>
+  </si>
+  <si>
+    <t>NO0010310956</t>
+  </si>
+  <si>
+    <t>B1YCHL8</t>
+  </si>
+  <si>
+    <t>Cia Saneamento Basico De Sp</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>BRL</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
-    <t>CADTCash</t>
-[...3127 lines deleted...]
-  <si>
     <t>SBSP3</t>
   </si>
   <si>
     <t>BRSBSPACNOR5</t>
   </si>
   <si>
     <t>BVMF</t>
   </si>
   <si>
-    <t>B249SN5</t>
-[...10 lines deleted...]
-  <si>
     <t>B292JQ9</t>
   </si>
   <si>
     <t>Getlink Se</t>
   </si>
   <si>
     <t>GET</t>
   </si>
   <si>
     <t>FR0010533075</t>
   </si>
   <si>
     <t>B39GNW2</t>
   </si>
   <si>
     <t>Edp Renovaveis Sa</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>EDPR</t>
@@ -3568,122 +3508,155 @@
   <si>
     <t>CFR</t>
   </si>
   <si>
     <t>CH0210483332</t>
   </si>
   <si>
     <t>BD5CGB4</t>
   </si>
   <si>
     <t>Sungrow Power Supply Co Lt-A</t>
   </si>
   <si>
     <t>CNY</t>
   </si>
   <si>
     <t>300274</t>
   </si>
   <si>
     <t>CNE1000018M7</t>
   </si>
   <si>
     <t>XSEC</t>
   </si>
   <si>
+    <t>BD6G507</t>
+  </si>
+  <si>
+    <t>Ferrari Nv</t>
+  </si>
+  <si>
+    <t>RACE</t>
+  </si>
+  <si>
+    <t>NL0011585146</t>
+  </si>
+  <si>
     <t>BDQQ1Q5</t>
   </si>
   <si>
     <t>Holmen Ab-B Shares</t>
   </si>
   <si>
-    <t>Sweden</t>
-[...7 lines deleted...]
-  <si>
     <t>HOLMB</t>
   </si>
   <si>
     <t>SE0011090018</t>
   </si>
   <si>
     <t>XSTO</t>
   </si>
   <si>
     <t>BF13K02</t>
   </si>
   <si>
     <t>Sigma Healthcare Ltd</t>
   </si>
   <si>
     <t>SIG</t>
   </si>
   <si>
     <t>AU000000SIG5</t>
   </si>
   <si>
+    <t>BF2DZJ5</t>
+  </si>
+  <si>
+    <t>Shanghai Putailai New Energy</t>
+  </si>
+  <si>
+    <t>603659</t>
+  </si>
+  <si>
+    <t>CNE100002TX3</t>
+  </si>
+  <si>
+    <t>XSSC</t>
+  </si>
+  <si>
     <t>BFY8HG9</t>
   </si>
   <si>
     <t>China Rare Earth Resources-A</t>
   </si>
   <si>
     <t>000831</t>
   </si>
   <si>
     <t>CNE000000WS2</t>
   </si>
   <si>
     <t>BH4HKS3</t>
   </si>
   <si>
     <t>Vodafone Group Plc</t>
   </si>
   <si>
     <t>VOD</t>
   </si>
   <si>
     <t>GB00BH4HKS39</t>
   </si>
   <si>
     <t>BHQPSY7</t>
   </si>
   <si>
     <t>Contemporary Amperex Techn-A</t>
   </si>
   <si>
     <t>300750</t>
   </si>
   <si>
     <t>CNE100003662</t>
   </si>
   <si>
+    <t>BJ2L575</t>
+  </si>
+  <si>
+    <t>Cgi Inc</t>
+  </si>
+  <si>
+    <t>GIB/A</t>
+  </si>
+  <si>
+    <t>CA12532H1047</t>
+  </si>
+  <si>
+    <t>12532H104</t>
+  </si>
+  <si>
     <t>BJDS7L3</t>
   </si>
   <si>
     <t>Prosus Nv</t>
   </si>
   <si>
     <t>PRX</t>
   </si>
   <si>
     <t>NL0013654783</t>
   </si>
   <si>
     <t>BJLVDM7</t>
   </si>
   <si>
     <t>Zhejiang Leapmotor Technol-H</t>
   </si>
   <si>
     <t>9863</t>
   </si>
   <si>
     <t>CNE100005K77</t>
   </si>
   <si>
     <t>BJMKSJ5</t>
@@ -3868,53 +3841,50 @@
   <si>
     <t>BP0QDP8</t>
   </si>
   <si>
     <t>Belimo Holding Ag-Reg</t>
   </si>
   <si>
     <t>BEAN</t>
   </si>
   <si>
     <t>CH1101098163</t>
   </si>
   <si>
     <t>BP3R2M8</t>
   </si>
   <si>
     <t>China Yangtze Power Co Ltd-A</t>
   </si>
   <si>
     <t>600900</t>
   </si>
   <si>
     <t>CNE000001G87</t>
   </si>
   <si>
-    <t>XSSC</t>
-[...1 lines deleted...]
-  <si>
     <t>BP3R4Y4</t>
   </si>
   <si>
     <t>Sichuan Chuantou Energy Co-A</t>
   </si>
   <si>
     <t>600674</t>
   </si>
   <si>
     <t>CNE000000BQ0</t>
   </si>
   <si>
     <t>BP6KMJ1</t>
   </si>
   <si>
     <t>Novo Nordisk A/S-B</t>
   </si>
   <si>
     <t>NOVOB</t>
   </si>
   <si>
     <t>DK0062498333</t>
   </si>
   <si>
     <t>BRJL176</t>
@@ -4045,132 +4015,117 @@
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>ABI</t>
   </si>
   <si>
     <t>BE0974293251</t>
   </si>
   <si>
     <t>XBRU</t>
   </si>
   <si>
     <t>BZ04KX9</t>
   </si>
   <si>
     <t>Yadea Group Holdings Ltd</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
     <t>KYG9830F1063</t>
   </si>
   <si>
-    <t>01609W102</t>
-[...2 lines deleted...]
-    <t>Alibaba Group Holding-Sp Adr</t>
+    <t>40415F101</t>
+  </si>
+  <si>
+    <t>Hdfc Bank Ltd-Adr</t>
   </si>
   <si>
     <t>Depository Receipt/Share</t>
   </si>
   <si>
-    <t>BP41ZD1</t>
-[...13 lines deleted...]
-  <si>
     <t>India</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>2781648</t>
   </si>
   <si>
     <t>HDB</t>
   </si>
   <si>
     <t>US40415F1012</t>
   </si>
   <si>
     <t>45104G104</t>
   </si>
   <si>
     <t>Icici Bank Ltd-Spon Adr</t>
   </si>
   <si>
     <t>2569286</t>
   </si>
   <si>
     <t>IBN</t>
   </si>
   <si>
     <t>US45104G1040</t>
   </si>
   <si>
     <t>456788108</t>
   </si>
   <si>
     <t>Infosys Ltd-Sp Adr</t>
   </si>
   <si>
     <t>2398822</t>
   </si>
   <si>
     <t>INFY</t>
   </si>
   <si>
     <t>US4567881085</t>
   </si>
   <si>
-    <t>874039100</t>
-[...11 lines deleted...]
-    <t>US8740391003</t>
+    <t>5131091</t>
+  </si>
+  <si>
+    <t>State Bank Of Indi-Gdr Reg S</t>
+  </si>
+  <si>
+    <t>SBID</t>
+  </si>
+  <si>
+    <t>US8565522039</t>
+  </si>
+  <si>
+    <t>856552203</t>
   </si>
   <si>
     <t>89677Q107</t>
   </si>
   <si>
     <t>Trip.com Group Ltd-Adr</t>
   </si>
   <si>
     <t>BK1K3N2</t>
   </si>
   <si>
     <t>TCOM</t>
   </si>
   <si>
     <t>US89677Q1076</t>
   </si>
   <si>
     <t>97651M109</t>
   </si>
   <si>
     <t>Wipro Ltd-Adr</t>
   </si>
   <si>
     <t>2646123</t>
   </si>
@@ -4193,65 +4148,50 @@
     <t>XPEV</t>
   </si>
   <si>
     <t>US98422D1054</t>
   </si>
   <si>
     <t>B60QWJ2</t>
   </si>
   <si>
     <t>James Hardie Industries-Cdi</t>
   </si>
   <si>
     <t>AU000000JHX1</t>
   </si>
   <si>
     <t>BYQP136</t>
   </si>
   <si>
     <t>Abn Amro Group Nv-Cva</t>
   </si>
   <si>
     <t>ABN</t>
   </si>
   <si>
     <t>NL0011540547</t>
-  </si>
-[...13 lines deleted...]
-    <t>856552203</t>
   </si>
   <si>
     <t>015271109</t>
   </si>
   <si>
     <t>Alexandria Real Estate Equit</t>
   </si>
   <si>
     <t>Real Estate Investment Trust (REIT)</t>
   </si>
   <si>
     <t>2009210</t>
   </si>
   <si>
     <t>ARE</t>
   </si>
   <si>
     <t>US0152711091</t>
   </si>
   <si>
     <t>101121101</t>
   </si>
   <si>
     <t>Bxp Inc</t>
   </si>
@@ -4783,92 +4723,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{422D5D0B-C787-4514-91AF-1C182DAB8EA7}">
-  <dimension ref="A1:Z308"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{32A1521A-5DB6-433E-9AE6-39F2FB5083D6}">
+  <dimension ref="A1:Z303"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="23.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="25.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="11.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="10" style="5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="6.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="13.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
-    <col min="23" max="23" width="9.28515625" style="3" bestFit="1" customWidth="1"/>
+    <col min="23" max="23" width="9.140625" style="3"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>45930</v>
+        <v>45961</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -4921,22134 +4861,21764 @@
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
         <v>4737.84</v>
       </c>
       <c r="E4" s="5">
-        <v>0.66274999999999995</v>
+        <v>0.65464999999999995</v>
       </c>
       <c r="F4" s="4">
-        <v>3140.0034599999999</v>
+        <v>3101.6269560000001</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
-        <v>1.5088645794039983</v>
+        <v>1.5275337966852518</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
         <v>4737.84</v>
       </c>
       <c r="N4" s="4">
-        <v>3140.0034599999999</v>
+        <v>3101.6269560000001</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>1.35E-4</v>
+        <v>1.2999999999999999E-4</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
-        <v>2090.1799999999998</v>
+        <v>5035.42</v>
       </c>
       <c r="E5" s="5">
-        <v>0.187774</v>
+        <v>0.71369899999999997</v>
       </c>
       <c r="F5" s="4">
-        <v>392.48152772999998</v>
+        <v>3593.7765407000002</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J5" s="5">
         <v>1</v>
       </c>
       <c r="K5" s="5">
-        <v>5.3255500773988818</v>
+        <v>1.4011500022712642</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4">
-        <v>2090.18003</v>
+        <v>5035.4200080000001</v>
       </c>
       <c r="N5" s="4">
-        <v>392.48152772999998</v>
+        <v>3593.7765407000002</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>1.5999999999999999E-5</v>
+        <v>1.5100000000000001E-4</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
-        <v>3602.19</v>
+        <v>368.55</v>
       </c>
       <c r="E6" s="5">
-        <v>0.71870100000000003</v>
+        <v>1.2457180000000001</v>
       </c>
       <c r="F6" s="4">
-        <v>2588.8960758899998</v>
+        <v>459.10931174000001</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>43</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>44</v>
       </c>
       <c r="J6" s="5">
         <v>1</v>
       </c>
       <c r="K6" s="5">
-        <v>1.3913999987115637</v>
+        <v>0.80275000316283507</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>45</v>
       </c>
       <c r="M6" s="4">
-        <v>3602.1899960000001</v>
+        <v>368.55000100000001</v>
       </c>
       <c r="N6" s="4">
-        <v>2588.8960758899998</v>
+        <v>459.10931174000001</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
-        <v>1.11E-4</v>
+        <v>1.9000000000000001E-5</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="4">
-        <v>368.55</v>
+        <v>5208.91</v>
       </c>
       <c r="E7" s="5">
-        <v>1.256834</v>
+        <v>0.15457000000000001</v>
       </c>
       <c r="F7" s="4">
-        <v>463.20618361999999</v>
+        <v>805.14255242000002</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>48</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>49</v>
       </c>
       <c r="J7" s="5">
         <v>1</v>
       </c>
       <c r="K7" s="5">
-        <v>0.79564999687627802</v>
+        <v>6.4695498344895066</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>50</v>
       </c>
       <c r="M7" s="4">
-        <v>368.54999800000002</v>
+        <v>5208.909866</v>
       </c>
       <c r="N7" s="4">
-        <v>463.20618361999999</v>
+        <v>805.14255242000002</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
-        <v>1.9000000000000001E-5</v>
+        <v>3.3000000000000003E-5</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="4">
-        <v>5208.91</v>
+        <v>9021.08</v>
       </c>
       <c r="E8" s="5">
-        <v>0.157411</v>
+        <v>1.1541999999999999</v>
       </c>
       <c r="F8" s="4">
-        <v>819.93923939000001</v>
+        <v>10412.130536000001</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H8" s="3" t="s">
         <v>53</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>54</v>
       </c>
       <c r="J8" s="5">
         <v>1</v>
       </c>
       <c r="K8" s="5">
-        <v>6.3527998154638716</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>55</v>
       </c>
       <c r="M8" s="4">
-        <v>5208.9098480000002</v>
+        <v>9021.08</v>
       </c>
       <c r="N8" s="4">
-        <v>819.93923939000001</v>
+        <v>10412.130536000001</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>3.4999999999999997E-5</v>
+        <v>4.3899999999999999E-4</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D9" s="4">
-        <v>8159.35</v>
+        <v>7583.6</v>
       </c>
       <c r="E9" s="5">
-        <v>1.175</v>
+        <v>1.31385</v>
       </c>
       <c r="F9" s="4">
-        <v>9587.2362499999999</v>
+        <v>9963.7128599999996</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>58</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>59</v>
       </c>
       <c r="J9" s="5">
         <v>1</v>
       </c>
       <c r="K9" s="5">
-        <v>0.85106382978723405</v>
+        <v>0.76112189367127148</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>60</v>
       </c>
       <c r="M9" s="4">
-        <v>8159.35</v>
+        <v>7583.6</v>
       </c>
       <c r="N9" s="4">
-        <v>9587.2362499999999</v>
+        <v>9963.7128599999996</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>4.1300000000000001E-4</v>
+        <v>4.2000000000000002E-4</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D10" s="4">
-        <v>6276.67</v>
+        <v>62326.82</v>
       </c>
       <c r="E10" s="5">
-        <v>1.3462499999999999</v>
+        <v>0.128664</v>
       </c>
       <c r="F10" s="4">
-        <v>8449.9669875</v>
+        <v>8019.1991971400003</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>63</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>64</v>
       </c>
       <c r="J10" s="5">
         <v>1</v>
       </c>
       <c r="K10" s="5">
-        <v>0.74280408542246978</v>
+        <v>7.7721999289620927</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>65</v>
       </c>
       <c r="M10" s="4">
-        <v>6276.67</v>
+        <v>62326.819430000003</v>
       </c>
       <c r="N10" s="4">
-        <v>8449.9669875</v>
+        <v>8019.1991971400003</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>3.6400000000000001E-4</v>
+        <v>3.3799999999999998E-4</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D11" s="4">
-        <v>62326.82</v>
+        <v>7619260</v>
       </c>
       <c r="E11" s="5">
-        <v>0.128528</v>
+        <v>6.4910000000000002E-3</v>
       </c>
       <c r="F11" s="4">
-        <v>8010.7475194099998</v>
+        <v>49458.050696179998</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>68</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>69</v>
       </c>
       <c r="J11" s="5">
         <v>1</v>
       </c>
       <c r="K11" s="5">
-        <v>7.7803997725011103</v>
+        <v>154.05495756556192</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>70</v>
       </c>
       <c r="M11" s="4">
-        <v>62326.818177000001</v>
+        <v>7619257.9012749996</v>
       </c>
       <c r="N11" s="4">
-        <v>8010.7475194099998</v>
+        <v>49458.050696179998</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S11" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T11" s="4">
         <v>1</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>3.4499999999999998E-4</v>
+        <v>2.0869999999999999E-3</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D12" s="4">
-        <v>7998189</v>
+        <v>5450.55</v>
       </c>
       <c r="E12" s="5">
-        <v>6.7710000000000001E-3</v>
+        <v>9.8844000000000001E-2</v>
       </c>
       <c r="F12" s="4">
-        <v>54157.084334899999</v>
+        <v>538.75426883</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>73</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>74</v>
       </c>
       <c r="J12" s="5">
         <v>1</v>
       </c>
       <c r="K12" s="5">
-        <v>147.68496434146536</v>
+        <v>10.116949917658145</v>
       </c>
       <c r="L12" s="3" t="s">
         <v>75</v>
       </c>
       <c r="M12" s="4">
-        <v>7998187.0688370001</v>
+        <v>5450.5499550000004</v>
       </c>
       <c r="N12" s="4">
-        <v>54157.084334899999</v>
+        <v>538.75426883</v>
       </c>
       <c r="O12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S12" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T12" s="4">
         <v>1</v>
       </c>
       <c r="W12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>2.3349999999999998E-3</v>
+        <v>2.1999999999999999E-5</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D13" s="4">
-        <v>99463</v>
+        <v>6099</v>
       </c>
       <c r="E13" s="5">
-        <v>7.1299999999999998E-4</v>
+        <v>0.105346</v>
       </c>
       <c r="F13" s="4">
-        <v>70.890559850000002</v>
+        <v>642.50724256000001</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H13" s="3" t="s">
         <v>78</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>79</v>
       </c>
       <c r="J13" s="5">
         <v>1</v>
       </c>
       <c r="K13" s="5">
-        <v>1403.0558556536134</v>
+        <v>9.4924996437939502</v>
       </c>
       <c r="L13" s="3" t="s">
         <v>80</v>
       </c>
       <c r="M13" s="4">
-        <v>99463.415108000001</v>
+        <v>6098.9997709999998</v>
       </c>
       <c r="N13" s="4">
-        <v>70.890559850000002</v>
+        <v>642.50724256000001</v>
       </c>
       <c r="O13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S13" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T13" s="4">
         <v>1</v>
       </c>
       <c r="W13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>3.0000000000000001E-6</v>
+        <v>2.6999999999999999E-5</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D14" s="4">
-        <v>5450.55</v>
+        <v>5333.62</v>
       </c>
       <c r="E14" s="5">
-        <v>0.10022200000000001</v>
+        <v>1</v>
       </c>
       <c r="F14" s="4">
-        <v>546.26771432999999</v>
+        <v>5333.62</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>83</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>84</v>
       </c>
       <c r="J14" s="5">
         <v>1</v>
       </c>
       <c r="K14" s="5">
-        <v>9.977800391908044</v>
+        <v>1</v>
       </c>
       <c r="L14" s="3" t="s">
         <v>85</v>
       </c>
       <c r="M14" s="4">
-        <v>5450.5502139999999</v>
+        <v>5333.62</v>
       </c>
       <c r="N14" s="4">
-        <v>546.26771432999999</v>
+        <v>5333.62</v>
       </c>
       <c r="O14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T14" s="4">
         <v>1</v>
       </c>
       <c r="W14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
-        <v>2.3E-5</v>
+        <v>2.2499999999999999E-4</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D15" s="4">
-        <v>35550.160000000003</v>
+        <v>59683.71</v>
       </c>
       <c r="E15" s="5">
-        <v>3.2811E-2</v>
+        <v>5.7695000000000003E-2</v>
       </c>
       <c r="F15" s="4">
-        <v>1166.4203687900001</v>
+        <v>3443.4565123299999</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>88</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>89</v>
       </c>
       <c r="J15" s="5">
         <v>1</v>
       </c>
       <c r="K15" s="5">
-        <v>30.478001740293898</v>
+        <v>17.332500448911762</v>
       </c>
       <c r="L15" s="3" t="s">
         <v>90</v>
       </c>
       <c r="M15" s="4">
-        <v>35550.162028999999</v>
+        <v>59683.711544999998</v>
       </c>
       <c r="N15" s="4">
-        <v>1166.4203687900001</v>
+        <v>3443.4565123299999</v>
       </c>
       <c r="O15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T15" s="4">
         <v>1</v>
       </c>
       <c r="W15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>5.0000000000000002E-5</v>
+        <v>1.45E-4</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>29</v>
+        <v>93</v>
       </c>
       <c r="D16" s="4">
-        <v>2475.36</v>
+        <v>2755</v>
       </c>
       <c r="E16" s="5">
-        <v>1</v>
+        <v>24.75</v>
       </c>
       <c r="F16" s="4">
-        <v>2475.36</v>
+        <v>68186.25</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>30</v>
+        <v>94</v>
       </c>
       <c r="H16" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I16" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J16" s="5">
-        <v>1</v>
+        <v>24.75</v>
       </c>
       <c r="K16" s="5">
         <v>1</v>
       </c>
       <c r="L16" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M16" s="4">
+        <v>68186.25</v>
+      </c>
+      <c r="N16" s="4">
+        <v>68186.25</v>
+      </c>
+      <c r="O16" s="3" t="s">
         <v>95</v>
       </c>
-      <c r="M16" s="4">
-[...7 lines deleted...]
-      </c>
       <c r="P16" s="3" t="s">
-        <v>34</v>
+        <v>96</v>
       </c>
       <c r="Q16" s="3" t="s">
-        <v>34</v>
+        <v>97</v>
       </c>
       <c r="R16" s="3" t="s">
-        <v>34</v>
+        <v>98</v>
       </c>
       <c r="S16" s="3" t="s">
-        <v>35</v>
+        <v>99</v>
       </c>
       <c r="T16" s="4">
         <v>1</v>
       </c>
       <c r="W16" s="3" t="s">
-        <v>34</v>
+        <v>91</v>
       </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>1.06E-4</v>
+        <v>2.8769999999999998E-3</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="C17" s="3" t="s">
-        <v>29</v>
+        <v>93</v>
       </c>
       <c r="D17" s="4">
-        <v>50731.14</v>
+        <v>525</v>
       </c>
       <c r="E17" s="5">
-        <v>5.7963000000000001E-2</v>
+        <v>123.62</v>
       </c>
       <c r="F17" s="4">
-        <v>2940.5094913799999</v>
+        <v>64900.5</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>30</v>
+        <v>94</v>
       </c>
       <c r="H17" s="3" t="s">
-        <v>98</v>
+        <v>83</v>
       </c>
       <c r="I17" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J17" s="5">
+        <v>123.62</v>
+      </c>
+      <c r="K17" s="5">
+        <v>1</v>
+      </c>
+      <c r="L17" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M17" s="4">
+        <v>64900.5</v>
+      </c>
+      <c r="N17" s="4">
+        <v>64900.5</v>
+      </c>
+      <c r="O17" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="P17" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="Q17" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="R17" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="S17" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="J17" s="5">
-[...5 lines deleted...]
-      <c r="L17" s="3" t="s">
+      <c r="T17" s="4">
+        <v>1</v>
+      </c>
+      <c r="W17" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="M17" s="4">
-[...25 lines deleted...]
-      </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>1.26E-4</v>
+        <v>2.7390000000000001E-3</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D18" s="4">
-        <v>3000</v>
+        <v>600</v>
       </c>
       <c r="E18" s="5">
-        <v>28.24</v>
+        <v>218.04</v>
       </c>
       <c r="F18" s="4">
-        <v>84720</v>
+        <v>130824</v>
       </c>
       <c r="G18" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H18" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I18" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J18" s="5">
+        <v>218.04</v>
+      </c>
+      <c r="K18" s="5">
+        <v>1</v>
+      </c>
+      <c r="L18" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M18" s="4">
+        <v>130824</v>
+      </c>
+      <c r="N18" s="4">
+        <v>130824</v>
+      </c>
+      <c r="O18" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="P18" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="Q18" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="H18" s="3" t="s">
-[...23 lines deleted...]
-      <c r="P18" s="3" t="s">
+      <c r="R18" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="S18" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="T18" s="4">
+        <v>1</v>
+      </c>
+      <c r="W18" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="Q18" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>3.6519999999999999E-3</v>
+        <v>5.5209999999999999E-3</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B19" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="C19" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D19" s="4">
+        <v>10801</v>
+      </c>
+      <c r="E19" s="5">
+        <v>4.9440179999999998</v>
+      </c>
+      <c r="F19" s="4">
+        <v>53400.333557550002</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H19" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="I19" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="J19" s="5">
+        <v>3.7629999999999999</v>
+      </c>
+      <c r="K19" s="5">
+        <v>0.76112189367127148</v>
+      </c>
+      <c r="L19" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="M19" s="4">
+        <v>40644.163</v>
+      </c>
+      <c r="N19" s="4">
+        <v>53400.333557550002</v>
+      </c>
+      <c r="O19" s="3" t="s">
         <v>111</v>
-      </c>
-[...37 lines deleted...]
-        <v>112</v>
       </c>
       <c r="P19" s="3" t="s">
         <v>113</v>
       </c>
       <c r="Q19" s="3" t="s">
         <v>114</v>
       </c>
       <c r="R19" s="3" t="s">
         <v>115</v>
       </c>
       <c r="S19" s="3" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="T19" s="4">
         <v>1</v>
       </c>
       <c r="W19" s="3" t="s">
-        <v>110</v>
+        <v>34</v>
       </c>
       <c r="X19" s="4">
         <v>0</v>
       </c>
       <c r="Y19" s="4">
         <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>3.0309999999999998E-3</v>
+        <v>2.2529999999999998E-3</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B20" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="C20" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D20" s="4">
+        <v>200</v>
+      </c>
+      <c r="E20" s="5">
+        <v>146.36000000000001</v>
+      </c>
+      <c r="F20" s="4">
+        <v>29272</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H20" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I20" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J20" s="5">
+        <v>146.36000000000001</v>
+      </c>
+      <c r="K20" s="5">
+        <v>1</v>
+      </c>
+      <c r="L20" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M20" s="4">
+        <v>29272</v>
+      </c>
+      <c r="N20" s="4">
+        <v>29272</v>
+      </c>
+      <c r="O20" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="P20" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="Q20" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="R20" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="S20" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="T20" s="4">
+        <v>1</v>
+      </c>
+      <c r="W20" s="3" t="s">
         <v>117</v>
       </c>
-      <c r="C20" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X20" s="4">
         <v>0</v>
       </c>
       <c r="Y20" s="4">
         <v>0</v>
       </c>
       <c r="Z20" s="6">
-        <v>5.9899999999999997E-3</v>
+        <v>1.235E-3</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B21" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="C21" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D21" s="4">
+        <v>1411</v>
+      </c>
+      <c r="E21" s="5">
+        <v>281.82</v>
+      </c>
+      <c r="F21" s="4">
+        <v>397648.02</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H21" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I21" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J21" s="5">
+        <v>281.82</v>
+      </c>
+      <c r="K21" s="5">
+        <v>1</v>
+      </c>
+      <c r="L21" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M21" s="4">
+        <v>397648.02</v>
+      </c>
+      <c r="N21" s="4">
+        <v>397648.02</v>
+      </c>
+      <c r="O21" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="P21" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q21" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="R21" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="S21" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="T21" s="4">
+        <v>1</v>
+      </c>
+      <c r="W21" s="3" t="s">
         <v>122</v>
       </c>
-      <c r="C21" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X21" s="4">
         <v>0</v>
       </c>
       <c r="Y21" s="4">
         <v>0</v>
       </c>
       <c r="Z21" s="6">
-        <v>2.444E-3</v>
+        <v>1.6781999999999998E-2</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="B22" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="C22" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D22" s="4">
+        <v>1897</v>
+      </c>
+      <c r="E22" s="5">
+        <v>281.19</v>
+      </c>
+      <c r="F22" s="4">
+        <v>533417.43000000005</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H22" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I22" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J22" s="5">
+        <v>281.19</v>
+      </c>
+      <c r="K22" s="5">
+        <v>1</v>
+      </c>
+      <c r="L22" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M22" s="4">
+        <v>533417.43000000005</v>
+      </c>
+      <c r="N22" s="4">
+        <v>533417.43000000005</v>
+      </c>
+      <c r="O22" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="P22" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="Q22" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="R22" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="S22" s="3" t="s">
         <v>127</v>
       </c>
-      <c r="B22" s="3" t="s">
+      <c r="T22" s="4">
+        <v>1</v>
+      </c>
+      <c r="W22" s="3" t="s">
         <v>128</v>
       </c>
-      <c r="C22" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X22" s="4">
         <v>0</v>
       </c>
       <c r="Y22" s="4">
         <v>0</v>
       </c>
       <c r="Z22" s="6">
-        <v>1.106E-3</v>
+        <v>2.2512000000000001E-2</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B23" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="C23" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D23" s="4">
+        <v>3019</v>
+      </c>
+      <c r="E23" s="5">
+        <v>244.22</v>
+      </c>
+      <c r="F23" s="4">
+        <v>737300.18</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H23" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I23" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J23" s="5">
+        <v>244.22</v>
+      </c>
+      <c r="K23" s="5">
+        <v>1</v>
+      </c>
+      <c r="L23" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M23" s="4">
+        <v>737300.18</v>
+      </c>
+      <c r="N23" s="4">
+        <v>737300.18</v>
+      </c>
+      <c r="O23" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="P23" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="Q23" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="R23" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="S23" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="T23" s="4">
+        <v>1</v>
+      </c>
+      <c r="W23" s="3" t="s">
         <v>133</v>
       </c>
-      <c r="C23" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X23" s="4">
         <v>0</v>
       </c>
       <c r="Y23" s="4">
         <v>0</v>
       </c>
       <c r="Z23" s="6">
-        <v>1.4817E-2</v>
+        <v>3.1116000000000001E-2</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D24" s="4">
-        <v>1897</v>
+        <v>1391</v>
       </c>
       <c r="E24" s="5">
-        <v>243.1</v>
+        <v>22.992374999999999</v>
       </c>
       <c r="F24" s="4">
-        <v>461160.7</v>
+        <v>31982.393625000001</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H24" s="3" t="s">
-        <v>93</v>
+        <v>58</v>
       </c>
       <c r="I24" s="3" t="s">
-        <v>94</v>
+        <v>59</v>
       </c>
       <c r="J24" s="5">
-        <v>243.1</v>
+        <v>17.5</v>
       </c>
       <c r="K24" s="5">
-        <v>1</v>
+        <v>0.76112189367127148</v>
       </c>
       <c r="L24" s="3" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="M24" s="4">
-        <v>461160.7</v>
+        <v>24342.5</v>
       </c>
       <c r="N24" s="4">
-        <v>461160.7</v>
+        <v>31982.393625000001</v>
       </c>
       <c r="O24" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="P24" s="3" t="s">
         <v>140</v>
       </c>
-      <c r="P24" s="3" t="s">
+      <c r="Q24" s="3" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="R24" s="3" t="s">
         <v>142</v>
       </c>
       <c r="S24" s="3" t="s">
-        <v>137</v>
+        <v>116</v>
       </c>
       <c r="T24" s="4">
         <v>1</v>
       </c>
       <c r="W24" s="3" t="s">
-        <v>138</v>
+        <v>34</v>
       </c>
       <c r="X24" s="4">
         <v>0</v>
       </c>
       <c r="Y24" s="4">
         <v>0</v>
       </c>
       <c r="Z24" s="6">
-        <v>1.9883000000000001E-2</v>
+        <v>1.3489999999999999E-3</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C25" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D25" s="4">
-        <v>3019</v>
+        <v>200</v>
       </c>
       <c r="E25" s="5">
-        <v>219.57</v>
+        <v>360.73</v>
       </c>
       <c r="F25" s="4">
-        <v>662881.82999999996</v>
+        <v>72146</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H25" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I25" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J25" s="5">
-        <v>219.57</v>
+        <v>360.73</v>
       </c>
       <c r="K25" s="5">
         <v>1</v>
       </c>
       <c r="L25" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M25" s="4">
-        <v>662881.82999999996</v>
+        <v>72146</v>
       </c>
       <c r="N25" s="4">
-        <v>662881.82999999996</v>
+        <v>72146</v>
       </c>
       <c r="O25" s="3" t="s">
         <v>145</v>
       </c>
       <c r="P25" s="3" t="s">
         <v>146</v>
       </c>
       <c r="Q25" s="3" t="s">
-        <v>124</v>
+        <v>147</v>
       </c>
       <c r="R25" s="3" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="S25" s="3" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="T25" s="4">
         <v>1</v>
       </c>
       <c r="W25" s="3" t="s">
         <v>143</v>
       </c>
       <c r="X25" s="4">
         <v>0</v>
       </c>
       <c r="Y25" s="4">
         <v>0</v>
       </c>
       <c r="Z25" s="6">
-        <v>2.8580999999999999E-2</v>
+        <v>3.0439999999999998E-3</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B26" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="C26" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D26" s="4">
+        <v>198</v>
+      </c>
+      <c r="E26" s="5">
+        <v>78.959999999999994</v>
+      </c>
+      <c r="F26" s="4">
+        <v>15634.08</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H26" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I26" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J26" s="5">
+        <v>78.959999999999994</v>
+      </c>
+      <c r="K26" s="5">
+        <v>1</v>
+      </c>
+      <c r="L26" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M26" s="4">
+        <v>15634.08</v>
+      </c>
+      <c r="N26" s="4">
+        <v>15634.08</v>
+      </c>
+      <c r="O26" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="P26" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="Q26" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="R26" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="S26" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="T26" s="4">
+        <v>1</v>
+      </c>
+      <c r="W26" s="3" t="s">
         <v>149</v>
       </c>
-      <c r="C26" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X26" s="4">
         <v>0</v>
       </c>
       <c r="Y26" s="4">
         <v>0</v>
       </c>
       <c r="Z26" s="6">
-        <v>1.433E-3</v>
+        <v>6.5899999999999997E-4</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B27" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D27" s="4">
+        <v>787</v>
+      </c>
+      <c r="E27" s="5">
+        <v>128.43</v>
+      </c>
+      <c r="F27" s="4">
+        <v>101074.41</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H27" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I27" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J27" s="5">
+        <v>128.43</v>
+      </c>
+      <c r="K27" s="5">
+        <v>1</v>
+      </c>
+      <c r="L27" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M27" s="4">
+        <v>101074.41</v>
+      </c>
+      <c r="N27" s="4">
+        <v>101074.41</v>
+      </c>
+      <c r="O27" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="P27" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="Q27" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="R27" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="S27" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="T27" s="4">
+        <v>1</v>
+      </c>
+      <c r="W27" s="3" t="s">
         <v>154</v>
       </c>
-      <c r="C27" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X27" s="4">
         <v>0</v>
       </c>
       <c r="Y27" s="4">
         <v>0</v>
       </c>
       <c r="Z27" s="6">
-        <v>2.8639999999999998E-3</v>
+        <v>4.2649999999999997E-3</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B28" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="C28" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D28" s="4">
+        <v>200</v>
+      </c>
+      <c r="E28" s="5">
+        <v>298.43</v>
+      </c>
+      <c r="F28" s="4">
+        <v>59686</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H28" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I28" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J28" s="5">
+        <v>298.43</v>
+      </c>
+      <c r="K28" s="5">
+        <v>1</v>
+      </c>
+      <c r="L28" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M28" s="4">
+        <v>59686</v>
+      </c>
+      <c r="N28" s="4">
+        <v>59686</v>
+      </c>
+      <c r="O28" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="P28" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="Q28" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="R28" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="S28" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="T28" s="4">
+        <v>1</v>
+      </c>
+      <c r="W28" s="3" t="s">
         <v>160</v>
       </c>
-      <c r="C28" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X28" s="4">
         <v>0</v>
       </c>
       <c r="Y28" s="4">
         <v>0</v>
       </c>
       <c r="Z28" s="6">
-        <v>6.7000000000000002E-4</v>
+        <v>2.5179999999999998E-3</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B29" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="C29" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D29" s="4">
+        <v>200</v>
+      </c>
+      <c r="E29" s="5">
+        <v>234.13</v>
+      </c>
+      <c r="F29" s="4">
+        <v>46826</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H29" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I29" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J29" s="5">
+        <v>234.13</v>
+      </c>
+      <c r="K29" s="5">
+        <v>1</v>
+      </c>
+      <c r="L29" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M29" s="4">
+        <v>46826</v>
+      </c>
+      <c r="N29" s="4">
+        <v>46826</v>
+      </c>
+      <c r="O29" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="P29" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="Q29" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="R29" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="S29" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="T29" s="4">
+        <v>1</v>
+      </c>
+      <c r="W29" s="3" t="s">
         <v>165</v>
       </c>
-      <c r="C29" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X29" s="4">
         <v>0</v>
       </c>
       <c r="Y29" s="4">
         <v>0</v>
       </c>
       <c r="Z29" s="6">
-        <v>4.7229999999999998E-3</v>
+        <v>1.9759999999999999E-3</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B30" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="C30" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D30" s="4">
+        <v>3515</v>
+      </c>
+      <c r="E30" s="5">
+        <v>270.37</v>
+      </c>
+      <c r="F30" s="4">
+        <v>950350.55</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H30" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I30" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J30" s="5">
+        <v>270.37</v>
+      </c>
+      <c r="K30" s="5">
+        <v>1</v>
+      </c>
+      <c r="L30" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M30" s="4">
+        <v>950350.55</v>
+      </c>
+      <c r="N30" s="4">
+        <v>950350.55</v>
+      </c>
+      <c r="O30" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="P30" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="Q30" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="R30" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="S30" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="T30" s="4">
+        <v>1</v>
+      </c>
+      <c r="W30" s="3" t="s">
         <v>171</v>
       </c>
-      <c r="C30" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X30" s="4">
         <v>0</v>
       </c>
       <c r="Y30" s="4">
         <v>0</v>
       </c>
       <c r="Z30" s="6">
-        <v>2.4329999999999998E-3</v>
+        <v>4.0107999999999998E-2</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D31" s="4">
-        <v>200</v>
+        <v>59</v>
       </c>
       <c r="E31" s="5">
-        <v>245.7</v>
+        <v>233.1</v>
       </c>
       <c r="F31" s="4">
-        <v>49140</v>
+        <v>13752.9</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H31" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I31" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J31" s="5">
-        <v>245.7</v>
+        <v>233.1</v>
       </c>
       <c r="K31" s="5">
         <v>1</v>
       </c>
       <c r="L31" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M31" s="4">
-        <v>49140</v>
+        <v>13752.9</v>
       </c>
       <c r="N31" s="4">
-        <v>49140</v>
+        <v>13752.9</v>
       </c>
       <c r="O31" s="3" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="P31" s="3" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="Q31" s="3" t="s">
-        <v>179</v>
+        <v>169</v>
       </c>
       <c r="R31" s="3" t="s">
         <v>180</v>
       </c>
       <c r="S31" s="3" t="s">
-        <v>137</v>
+        <v>127</v>
       </c>
       <c r="T31" s="4">
         <v>1</v>
       </c>
       <c r="W31" s="3" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="X31" s="4">
         <v>0</v>
       </c>
       <c r="Y31" s="4">
         <v>0</v>
       </c>
       <c r="Z31" s="6">
-        <v>2.1180000000000001E-3</v>
+        <v>5.8E-4</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>182</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D32" s="4">
-        <v>3515</v>
+        <v>905</v>
       </c>
       <c r="E32" s="5">
-        <v>254.63</v>
+        <v>157.69</v>
       </c>
       <c r="F32" s="4">
-        <v>895024.45</v>
+        <v>142709.45000000001</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H32" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I32" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J32" s="5">
-        <v>254.63</v>
+        <v>157.69</v>
       </c>
       <c r="K32" s="5">
         <v>1</v>
       </c>
       <c r="L32" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M32" s="4">
-        <v>895024.45</v>
+        <v>142709.45000000001</v>
       </c>
       <c r="N32" s="4">
-        <v>895024.45</v>
+        <v>142709.45000000001</v>
       </c>
       <c r="O32" s="3" t="s">
         <v>183</v>
       </c>
       <c r="P32" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q32" s="3" t="s">
-        <v>179</v>
+        <v>169</v>
       </c>
       <c r="R32" s="3" t="s">
         <v>185</v>
       </c>
       <c r="S32" s="3" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="T32" s="4">
         <v>1</v>
       </c>
       <c r="W32" s="3" t="s">
         <v>181</v>
       </c>
       <c r="X32" s="4">
         <v>0</v>
       </c>
       <c r="Y32" s="4">
         <v>0</v>
       </c>
       <c r="Z32" s="6">
-        <v>3.8591E-2</v>
+        <v>6.0219999999999996E-3</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
         <v>186</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>187</v>
       </c>
       <c r="C33" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D33" s="4">
+        <v>7823</v>
+      </c>
+      <c r="E33" s="5">
+        <v>13.971481000000001</v>
+      </c>
+      <c r="F33" s="4">
+        <v>109298.89508069999</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H33" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="I33" s="3" t="s">
         <v>59</v>
       </c>
-      <c r="E33" s="5">
-[...13 lines deleted...]
-      </c>
       <c r="J33" s="5">
-        <v>204.74</v>
+        <v>10.634</v>
       </c>
       <c r="K33" s="5">
-        <v>1</v>
+        <v>0.76112189367127148</v>
       </c>
       <c r="L33" s="3" t="s">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="M33" s="4">
-        <v>12079.66</v>
+        <v>83189.782000000007</v>
       </c>
       <c r="N33" s="4">
-        <v>12079.66</v>
+        <v>109298.89508069999</v>
       </c>
       <c r="O33" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="P33" s="3" t="s">
         <v>188</v>
       </c>
-      <c r="P33" s="3" t="s">
+      <c r="Q33" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="R33" s="3" t="s">
         <v>189</v>
       </c>
-      <c r="Q33" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S33" s="3" t="s">
-        <v>137</v>
+        <v>116</v>
       </c>
       <c r="T33" s="4">
         <v>1</v>
       </c>
       <c r="W33" s="3" t="s">
-        <v>186</v>
+        <v>34</v>
       </c>
       <c r="X33" s="4">
         <v>0</v>
       </c>
       <c r="Y33" s="4">
         <v>0</v>
       </c>
       <c r="Z33" s="6">
-        <v>5.1999999999999995E-4</v>
+        <v>4.6119999999999998E-3</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="B34" s="3" t="s">
         <v>191</v>
       </c>
-      <c r="B34" s="3" t="s">
+      <c r="C34" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D34" s="4">
+        <v>2099</v>
+      </c>
+      <c r="E34" s="5">
+        <v>53.45</v>
+      </c>
+      <c r="F34" s="4">
+        <v>112191.55</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H34" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I34" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J34" s="5">
+        <v>53.45</v>
+      </c>
+      <c r="K34" s="5">
+        <v>1</v>
+      </c>
+      <c r="L34" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M34" s="4">
+        <v>112191.55</v>
+      </c>
+      <c r="N34" s="4">
+        <v>112191.55</v>
+      </c>
+      <c r="O34" s="3" t="s">
         <v>192</v>
       </c>
-      <c r="C34" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O34" s="3" t="s">
+      <c r="P34" s="3" t="s">
         <v>193</v>
       </c>
-      <c r="P34" s="3" t="s">
+      <c r="Q34" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="R34" s="3" t="s">
         <v>194</v>
       </c>
-      <c r="Q34" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S34" s="3" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="T34" s="4">
         <v>1</v>
       </c>
       <c r="W34" s="3" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="X34" s="4">
         <v>0</v>
       </c>
       <c r="Y34" s="4">
         <v>0</v>
       </c>
       <c r="Z34" s="6">
-        <v>5.0260000000000001E-3</v>
+        <v>4.7340000000000004E-3</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="B35" s="3" t="s">
         <v>196</v>
       </c>
-      <c r="B35" s="3" t="s">
+      <c r="C35" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D35" s="4">
+        <v>66</v>
+      </c>
+      <c r="E35" s="5">
+        <v>107.93</v>
+      </c>
+      <c r="F35" s="4">
+        <v>7123.38</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H35" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I35" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J35" s="5">
+        <v>107.93</v>
+      </c>
+      <c r="K35" s="5">
+        <v>1</v>
+      </c>
+      <c r="L35" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M35" s="4">
+        <v>7123.38</v>
+      </c>
+      <c r="N35" s="4">
+        <v>7123.38</v>
+      </c>
+      <c r="O35" s="3" t="s">
         <v>197</v>
       </c>
-      <c r="C35" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O35" s="3" t="s">
+      <c r="P35" s="3" t="s">
         <v>198</v>
       </c>
-      <c r="P35" s="3" t="s">
+      <c r="Q35" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="R35" s="3" t="s">
         <v>199</v>
       </c>
-      <c r="Q35" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S35" s="3" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="T35" s="4">
         <v>1</v>
       </c>
       <c r="W35" s="3" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="X35" s="4">
         <v>0</v>
       </c>
       <c r="Y35" s="4">
         <v>0</v>
       </c>
       <c r="Z35" s="6">
-        <v>4.0400000000000001E-4</v>
+        <v>2.9999999999999997E-4</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="B36" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="C36" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D36" s="4">
+        <v>49653</v>
+      </c>
+      <c r="E36" s="5">
+        <v>1.1703779999999999</v>
+      </c>
+      <c r="F36" s="4">
+        <v>58112.757979740003</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H36" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="I36" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="J36" s="5">
+        <v>0.89080000000000004</v>
+      </c>
+      <c r="K36" s="5">
+        <v>0.76112189367127148</v>
+      </c>
+      <c r="L36" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="M36" s="4">
+        <v>44230.892399999997</v>
+      </c>
+      <c r="N36" s="4">
+        <v>58112.757979740003</v>
+      </c>
+      <c r="O36" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="P36" s="3" t="s">
         <v>202</v>
       </c>
-      <c r="B36" s="3" t="s">
+      <c r="Q36" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="R36" s="3" t="s">
         <v>203</v>
       </c>
-      <c r="C36" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S36" s="3" t="s">
-        <v>126</v>
+        <v>116</v>
       </c>
       <c r="T36" s="4">
         <v>1</v>
       </c>
       <c r="W36" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X36" s="4">
         <v>0</v>
       </c>
       <c r="Y36" s="4">
         <v>0</v>
       </c>
       <c r="Z36" s="6">
-        <v>4.7450000000000001E-3</v>
+        <v>2.4520000000000002E-3</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="B37" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="C37" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D37" s="4">
+        <v>300</v>
+      </c>
+      <c r="E37" s="5">
+        <v>146.63999999999999</v>
+      </c>
+      <c r="F37" s="4">
+        <v>43992</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H37" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I37" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J37" s="5">
+        <v>146.63999999999999</v>
+      </c>
+      <c r="K37" s="5">
+        <v>1</v>
+      </c>
+      <c r="L37" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M37" s="4">
+        <v>43992</v>
+      </c>
+      <c r="N37" s="4">
+        <v>43992</v>
+      </c>
+      <c r="O37" s="3" t="s">
         <v>206</v>
       </c>
-      <c r="B37" s="3" t="s">
+      <c r="P37" s="3" t="s">
         <v>207</v>
       </c>
-      <c r="C37" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O37" s="3" t="s">
+      <c r="Q37" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="R37" s="3" t="s">
         <v>208</v>
       </c>
-      <c r="P37" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S37" s="3" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="T37" s="4">
         <v>1</v>
       </c>
       <c r="W37" s="3" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="X37" s="4">
         <v>0</v>
       </c>
       <c r="Y37" s="4">
         <v>0</v>
       </c>
       <c r="Z37" s="6">
-        <v>4.6690000000000004E-3</v>
+        <v>1.856E-3</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="B38" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="C38" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D38" s="4">
+        <v>100</v>
+      </c>
+      <c r="E38" s="5">
+        <v>1082.81</v>
+      </c>
+      <c r="F38" s="4">
+        <v>108281</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H38" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I38" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J38" s="5">
+        <v>1082.81</v>
+      </c>
+      <c r="K38" s="5">
+        <v>1</v>
+      </c>
+      <c r="L38" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M38" s="4">
+        <v>108281</v>
+      </c>
+      <c r="N38" s="4">
+        <v>108281</v>
+      </c>
+      <c r="O38" s="3" t="s">
         <v>211</v>
       </c>
-      <c r="B38" s="3" t="s">
+      <c r="P38" s="3" t="s">
         <v>212</v>
       </c>
-      <c r="C38" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O38" s="3" t="s">
+      <c r="Q38" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="R38" s="3" t="s">
         <v>213</v>
       </c>
-      <c r="P38" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S38" s="3" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="T38" s="4">
         <v>1</v>
       </c>
       <c r="W38" s="3" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="X38" s="4">
         <v>0</v>
       </c>
       <c r="Y38" s="4">
         <v>0</v>
       </c>
       <c r="Z38" s="6">
-        <v>3.1E-4</v>
+        <v>4.5690000000000001E-3</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="B39" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="C39" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D39" s="4">
+        <v>478</v>
+      </c>
+      <c r="E39" s="5">
+        <v>163.83709500000001</v>
+      </c>
+      <c r="F39" s="4">
+        <v>78314.131410000002</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H39" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="I39" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="J39" s="5">
+        <v>124.7</v>
+      </c>
+      <c r="K39" s="5">
+        <v>0.76112189367127148</v>
+      </c>
+      <c r="L39" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="M39" s="4">
+        <v>59606.6</v>
+      </c>
+      <c r="N39" s="4">
+        <v>78314.131410000002</v>
+      </c>
+      <c r="O39" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="P39" s="3" t="s">
         <v>216</v>
       </c>
-      <c r="B39" s="3" t="s">
+      <c r="Q39" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="R39" s="3" t="s">
         <v>217</v>
       </c>
-      <c r="C39" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S39" s="3" t="s">
-        <v>126</v>
+        <v>116</v>
       </c>
       <c r="T39" s="4">
         <v>1</v>
       </c>
       <c r="W39" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X39" s="4">
         <v>0</v>
       </c>
       <c r="Y39" s="4">
         <v>0</v>
       </c>
       <c r="Z39" s="6">
-        <v>2.415E-3</v>
+        <v>3.3050000000000002E-3</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="B40" s="3" t="s">
+        <v>219</v>
+      </c>
+      <c r="C40" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D40" s="4">
+        <v>244</v>
+      </c>
+      <c r="E40" s="5">
+        <v>100.72</v>
+      </c>
+      <c r="F40" s="4">
+        <v>24575.68</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H40" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I40" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J40" s="5">
+        <v>100.72</v>
+      </c>
+      <c r="K40" s="5">
+        <v>1</v>
+      </c>
+      <c r="L40" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M40" s="4">
+        <v>24575.68</v>
+      </c>
+      <c r="N40" s="4">
+        <v>24575.68</v>
+      </c>
+      <c r="O40" s="3" t="s">
         <v>220</v>
       </c>
-      <c r="B40" s="3" t="s">
+      <c r="P40" s="3" t="s">
         <v>221</v>
       </c>
-      <c r="C40" s="3" t="s">
-[...11 lines deleted...]
-      <c r="G40" s="3" t="s">
+      <c r="Q40" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="H40" s="3" t="s">
-[...20 lines deleted...]
-      <c r="O40" s="3" t="s">
+      <c r="R40" s="3" t="s">
         <v>222</v>
       </c>
-      <c r="P40" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S40" s="3" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="T40" s="4">
         <v>1</v>
       </c>
       <c r="W40" s="3" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="X40" s="4">
         <v>0</v>
       </c>
       <c r="Y40" s="4">
         <v>0</v>
       </c>
       <c r="Z40" s="6">
-        <v>2.209E-3</v>
+        <v>1.0369999999999999E-3</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="B41" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="C41" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D41" s="4">
+        <v>700</v>
+      </c>
+      <c r="E41" s="5">
+        <v>46.07</v>
+      </c>
+      <c r="F41" s="4">
+        <v>32249</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H41" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I41" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J41" s="5">
+        <v>46.07</v>
+      </c>
+      <c r="K41" s="5">
+        <v>1</v>
+      </c>
+      <c r="L41" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M41" s="4">
+        <v>32249</v>
+      </c>
+      <c r="N41" s="4">
+        <v>32249</v>
+      </c>
+      <c r="O41" s="3" t="s">
         <v>225</v>
       </c>
-      <c r="B41" s="3" t="s">
+      <c r="P41" s="3" t="s">
         <v>226</v>
       </c>
-      <c r="C41" s="3" t="s">
-[...11 lines deleted...]
-      <c r="G41" s="3" t="s">
+      <c r="Q41" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="H41" s="3" t="s">
-[...20 lines deleted...]
-      <c r="O41" s="3" t="s">
+      <c r="R41" s="3" t="s">
         <v>227</v>
       </c>
-      <c r="P41" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S41" s="3" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="T41" s="4">
         <v>1</v>
       </c>
       <c r="W41" s="3" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="X41" s="4">
         <v>0</v>
       </c>
       <c r="Y41" s="4">
         <v>0</v>
       </c>
       <c r="Z41" s="6">
-        <v>5.0260000000000001E-3</v>
+        <v>1.361E-3</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D42" s="4">
-        <v>478</v>
+        <v>1485</v>
       </c>
       <c r="E42" s="5">
-        <v>150.53767500000001</v>
+        <v>369.63</v>
       </c>
       <c r="F42" s="4">
-        <v>71957.008650000003</v>
+        <v>548900.55000000005</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H42" s="3" t="s">
-        <v>63</v>
+        <v>83</v>
       </c>
       <c r="I42" s="3" t="s">
-        <v>64</v>
+        <v>84</v>
       </c>
       <c r="J42" s="5">
-        <v>111.82</v>
+        <v>369.63</v>
       </c>
       <c r="K42" s="5">
-        <v>0.74280408542246978</v>
+        <v>1</v>
       </c>
       <c r="L42" s="3" t="s">
-        <v>65</v>
+        <v>85</v>
       </c>
       <c r="M42" s="4">
-        <v>53449.96</v>
+        <v>548900.55000000005</v>
       </c>
       <c r="N42" s="4">
-        <v>71957.008650000003</v>
+        <v>548900.55000000005</v>
       </c>
       <c r="O42" s="3" t="s">
         <v>230</v>
       </c>
       <c r="P42" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="Q42" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="R42" s="3" t="s">
         <v>232</v>
       </c>
-      <c r="Q42" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S42" s="3" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="T42" s="4">
         <v>1</v>
       </c>
       <c r="W42" s="3" t="s">
-        <v>34</v>
+        <v>228</v>
       </c>
       <c r="X42" s="4">
         <v>0</v>
       </c>
       <c r="Y42" s="4">
         <v>0</v>
       </c>
       <c r="Z42" s="6">
-        <v>3.1020000000000002E-3</v>
+        <v>2.3165000000000002E-2</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="B43" s="3" t="s">
         <v>234</v>
       </c>
-      <c r="B43" s="3" t="s">
+      <c r="C43" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D43" s="4">
+        <v>500</v>
+      </c>
+      <c r="E43" s="5">
+        <v>152.43</v>
+      </c>
+      <c r="F43" s="4">
+        <v>76215</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H43" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I43" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J43" s="5">
+        <v>152.43</v>
+      </c>
+      <c r="K43" s="5">
+        <v>1</v>
+      </c>
+      <c r="L43" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M43" s="4">
+        <v>76215</v>
+      </c>
+      <c r="N43" s="4">
+        <v>76215</v>
+      </c>
+      <c r="O43" s="3" t="s">
         <v>235</v>
       </c>
-      <c r="C43" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O43" s="3" t="s">
+      <c r="P43" s="3" t="s">
         <v>236</v>
       </c>
-      <c r="P43" s="3" t="s">
+      <c r="Q43" s="3" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="R43" s="3" t="s">
         <v>238</v>
       </c>
       <c r="S43" s="3" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="T43" s="4">
         <v>1</v>
       </c>
       <c r="W43" s="3" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="X43" s="4">
         <v>0</v>
       </c>
       <c r="Y43" s="4">
         <v>0</v>
       </c>
       <c r="Z43" s="6">
-        <v>1.0269999999999999E-3</v>
+        <v>3.2160000000000001E-3</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
         <v>239</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>240</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D44" s="4">
-        <v>700</v>
+        <v>154</v>
       </c>
       <c r="E44" s="5">
-        <v>45.1</v>
+        <v>159.37</v>
       </c>
       <c r="F44" s="4">
-        <v>31570</v>
+        <v>24542.98</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H44" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I44" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J44" s="5">
-        <v>45.1</v>
+        <v>159.37</v>
       </c>
       <c r="K44" s="5">
         <v>1</v>
       </c>
       <c r="L44" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M44" s="4">
-        <v>31570</v>
+        <v>24542.98</v>
       </c>
       <c r="N44" s="4">
-        <v>31570</v>
+        <v>24542.98</v>
       </c>
       <c r="O44" s="3" t="s">
         <v>241</v>
       </c>
       <c r="P44" s="3" t="s">
         <v>242</v>
       </c>
       <c r="Q44" s="3" t="s">
-        <v>114</v>
+        <v>169</v>
       </c>
       <c r="R44" s="3" t="s">
         <v>243</v>
       </c>
       <c r="S44" s="3" t="s">
-        <v>109</v>
+        <v>127</v>
       </c>
       <c r="T44" s="4">
         <v>1</v>
       </c>
       <c r="W44" s="3" t="s">
         <v>239</v>
       </c>
       <c r="X44" s="4">
         <v>0</v>
       </c>
       <c r="Y44" s="4">
         <v>0</v>
       </c>
       <c r="Z44" s="6">
-        <v>1.361E-3</v>
+        <v>1.0349999999999999E-3</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
         <v>244</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>245</v>
       </c>
       <c r="C45" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D45" s="4">
-        <v>1485</v>
+        <v>33</v>
       </c>
       <c r="E45" s="5">
-        <v>329.91</v>
+        <v>244.41</v>
       </c>
       <c r="F45" s="4">
-        <v>489916.35</v>
+        <v>8065.53</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H45" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I45" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J45" s="5">
-        <v>329.91</v>
+        <v>244.41</v>
       </c>
       <c r="K45" s="5">
         <v>1</v>
       </c>
       <c r="L45" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M45" s="4">
-        <v>489916.35</v>
+        <v>8065.53</v>
       </c>
       <c r="N45" s="4">
-        <v>489916.35</v>
+        <v>8065.53</v>
       </c>
       <c r="O45" s="3" t="s">
         <v>246</v>
       </c>
       <c r="P45" s="3" t="s">
         <v>247</v>
       </c>
       <c r="Q45" s="3" t="s">
-        <v>179</v>
+        <v>104</v>
       </c>
       <c r="R45" s="3" t="s">
         <v>248</v>
       </c>
       <c r="S45" s="3" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="T45" s="4">
         <v>1</v>
       </c>
       <c r="W45" s="3" t="s">
         <v>244</v>
       </c>
       <c r="X45" s="4">
         <v>0</v>
       </c>
       <c r="Y45" s="4">
         <v>0</v>
       </c>
       <c r="Z45" s="6">
-        <v>2.1122999999999999E-2</v>
+        <v>3.4000000000000002E-4</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
         <v>249</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>250</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D46" s="4">
-        <v>500</v>
+        <v>97</v>
       </c>
       <c r="E46" s="5">
-        <v>157.56</v>
+        <v>265.49</v>
       </c>
       <c r="F46" s="4">
-        <v>78780</v>
+        <v>25752.53</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H46" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I46" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J46" s="5">
-        <v>157.56</v>
+        <v>265.49</v>
       </c>
       <c r="K46" s="5">
         <v>1</v>
       </c>
       <c r="L46" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M46" s="4">
-        <v>78780</v>
+        <v>25752.53</v>
       </c>
       <c r="N46" s="4">
-        <v>78780</v>
+        <v>25752.53</v>
       </c>
       <c r="O46" s="3" t="s">
         <v>251</v>
       </c>
       <c r="P46" s="3" t="s">
         <v>252</v>
       </c>
       <c r="Q46" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="R46" s="3" t="s">
         <v>253</v>
       </c>
-      <c r="R46" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S46" s="3" t="s">
-        <v>109</v>
+        <v>127</v>
       </c>
       <c r="T46" s="4">
         <v>1</v>
       </c>
       <c r="W46" s="3" t="s">
         <v>249</v>
       </c>
       <c r="X46" s="4">
         <v>0</v>
       </c>
       <c r="Y46" s="4">
         <v>0</v>
       </c>
       <c r="Z46" s="6">
-        <v>3.3960000000000001E-3</v>
+        <v>1.0859999999999999E-3</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="B47" s="3" t="s">
         <v>255</v>
       </c>
-      <c r="B47" s="3" t="s">
+      <c r="C47" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D47" s="4">
+        <v>513</v>
+      </c>
+      <c r="E47" s="5">
+        <v>36.020000000000003</v>
+      </c>
+      <c r="F47" s="4">
+        <v>18478.259999999998</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H47" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I47" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J47" s="5">
+        <v>36.020000000000003</v>
+      </c>
+      <c r="K47" s="5">
+        <v>1</v>
+      </c>
+      <c r="L47" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M47" s="4">
+        <v>18478.259999999998</v>
+      </c>
+      <c r="N47" s="4">
+        <v>18478.259999999998</v>
+      </c>
+      <c r="O47" s="3" t="s">
         <v>256</v>
       </c>
-      <c r="C47" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O47" s="3" t="s">
+      <c r="P47" s="3" t="s">
         <v>257</v>
       </c>
-      <c r="P47" s="3" t="s">
+      <c r="Q47" s="3" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="R47" s="3" t="s">
         <v>259</v>
       </c>
       <c r="S47" s="3" t="s">
-        <v>137</v>
+        <v>127</v>
       </c>
       <c r="T47" s="4">
         <v>1</v>
       </c>
       <c r="W47" s="3" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="X47" s="4">
         <v>0</v>
       </c>
       <c r="Y47" s="4">
         <v>0</v>
       </c>
       <c r="Z47" s="6">
-        <v>1.057E-3</v>
+        <v>7.7899999999999996E-4</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
         <v>260</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>261</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D48" s="4">
-        <v>146</v>
+        <v>54</v>
       </c>
       <c r="E48" s="5">
-        <v>288.25</v>
+        <v>102.21</v>
       </c>
       <c r="F48" s="4">
-        <v>42084.5</v>
+        <v>5519.34</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H48" s="3" t="s">
-        <v>93</v>
+        <v>38</v>
       </c>
       <c r="I48" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J48" s="5">
-        <v>288.25</v>
+        <v>102.21</v>
       </c>
       <c r="K48" s="5">
         <v>1</v>
       </c>
       <c r="L48" s="3" t="s">
-        <v>95</v>
+        <v>40</v>
       </c>
       <c r="M48" s="4">
-        <v>42084.5</v>
+        <v>5519.34</v>
       </c>
       <c r="N48" s="4">
-        <v>42084.5</v>
+        <v>5519.34</v>
       </c>
       <c r="O48" s="3" t="s">
         <v>262</v>
       </c>
       <c r="P48" s="3" t="s">
         <v>263</v>
       </c>
       <c r="Q48" s="3" t="s">
-        <v>114</v>
+        <v>264</v>
       </c>
       <c r="R48" s="3" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="S48" s="3" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="T48" s="4">
         <v>1</v>
       </c>
       <c r="W48" s="3" t="s">
         <v>260</v>
       </c>
       <c r="X48" s="4">
         <v>0</v>
       </c>
       <c r="Y48" s="4">
         <v>0</v>
       </c>
       <c r="Z48" s="6">
-        <v>1.8140000000000001E-3</v>
+        <v>2.32E-4</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B49" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="C49" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D49" s="4">
+        <v>324</v>
+      </c>
+      <c r="E49" s="5">
+        <v>95.91</v>
+      </c>
+      <c r="F49" s="4">
+        <v>31074.84</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H49" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I49" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J49" s="5">
+        <v>95.91</v>
+      </c>
+      <c r="K49" s="5">
+        <v>1</v>
+      </c>
+      <c r="L49" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M49" s="4">
+        <v>31074.84</v>
+      </c>
+      <c r="N49" s="4">
+        <v>31074.84</v>
+      </c>
+      <c r="O49" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="P49" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="Q49" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="R49" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="S49" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="T49" s="4">
+        <v>1</v>
+      </c>
+      <c r="W49" s="3" t="s">
         <v>266</v>
       </c>
-      <c r="C49" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X49" s="4">
         <v>0</v>
       </c>
       <c r="Y49" s="4">
         <v>0</v>
       </c>
       <c r="Z49" s="6">
-        <v>1.1299999999999999E-3</v>
+        <v>1.3110000000000001E-3</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B50" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="C50" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D50" s="4">
+        <v>707</v>
+      </c>
+      <c r="E50" s="5">
+        <v>71.95</v>
+      </c>
+      <c r="F50" s="4">
+        <v>50868.65</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H50" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I50" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J50" s="5">
+        <v>71.95</v>
+      </c>
+      <c r="K50" s="5">
+        <v>1</v>
+      </c>
+      <c r="L50" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M50" s="4">
+        <v>50868.65</v>
+      </c>
+      <c r="N50" s="4">
+        <v>50868.65</v>
+      </c>
+      <c r="O50" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="P50" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="Q50" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="R50" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="S50" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="T50" s="4">
+        <v>1</v>
+      </c>
+      <c r="W50" s="3" t="s">
         <v>271</v>
       </c>
-      <c r="C50" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X50" s="4">
         <v>0</v>
       </c>
       <c r="Y50" s="4">
         <v>0</v>
       </c>
       <c r="Z50" s="6">
-        <v>7.85E-4</v>
+        <v>2.1459999999999999E-3</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C51" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D51" s="4">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="E51" s="5">
-        <v>83.86</v>
+        <v>325.05</v>
       </c>
       <c r="F51" s="4">
-        <v>4528.4399999999996</v>
+        <v>32505</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H51" s="3" t="s">
-        <v>43</v>
+        <v>83</v>
       </c>
       <c r="I51" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J51" s="5">
-        <v>83.86</v>
+        <v>325.05</v>
       </c>
       <c r="K51" s="5">
         <v>1</v>
       </c>
       <c r="L51" s="3" t="s">
-        <v>45</v>
+        <v>85</v>
       </c>
       <c r="M51" s="4">
-        <v>4528.4399999999996</v>
+        <v>32505</v>
       </c>
       <c r="N51" s="4">
-        <v>4528.4399999999996</v>
+        <v>32505</v>
       </c>
       <c r="O51" s="3" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="P51" s="3" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="Q51" s="3" t="s">
-        <v>279</v>
+        <v>258</v>
       </c>
       <c r="R51" s="3" t="s">
         <v>280</v>
       </c>
       <c r="S51" s="3" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="T51" s="4">
         <v>1</v>
       </c>
       <c r="W51" s="3" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="X51" s="4">
         <v>0</v>
       </c>
       <c r="Y51" s="4">
         <v>0</v>
       </c>
       <c r="Z51" s="6">
-        <v>1.95E-4</v>
+        <v>1.371E-3</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
         <v>281</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>282</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D52" s="4">
-        <v>264</v>
+        <v>1959</v>
       </c>
       <c r="E52" s="5">
-        <v>94.3</v>
+        <v>73.11</v>
       </c>
       <c r="F52" s="4">
-        <v>24895.200000000001</v>
+        <v>143222.49</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H52" s="3" t="s">
-        <v>43</v>
+        <v>83</v>
       </c>
       <c r="I52" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J52" s="5">
-        <v>94.3</v>
+        <v>73.11</v>
       </c>
       <c r="K52" s="5">
         <v>1</v>
       </c>
       <c r="L52" s="3" t="s">
-        <v>45</v>
+        <v>85</v>
       </c>
       <c r="M52" s="4">
-        <v>24895.200000000001</v>
+        <v>143222.49</v>
       </c>
       <c r="N52" s="4">
-        <v>24895.200000000001</v>
+        <v>143222.49</v>
       </c>
       <c r="O52" s="3" t="s">
         <v>283</v>
       </c>
       <c r="P52" s="3" t="s">
         <v>284</v>
       </c>
       <c r="Q52" s="3" t="s">
-        <v>200</v>
+        <v>169</v>
       </c>
       <c r="R52" s="3" t="s">
         <v>285</v>
       </c>
       <c r="S52" s="3" t="s">
-        <v>109</v>
+        <v>127</v>
       </c>
       <c r="T52" s="4">
         <v>1</v>
       </c>
       <c r="W52" s="3" t="s">
         <v>281</v>
       </c>
       <c r="X52" s="4">
         <v>0</v>
       </c>
       <c r="Y52" s="4">
         <v>0</v>
       </c>
       <c r="Z52" s="6">
-        <v>1.073E-3</v>
+        <v>6.0439999999999999E-3</v>
       </c>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
         <v>286</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>287</v>
       </c>
       <c r="C53" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D53" s="4">
-        <v>707</v>
+        <v>1000</v>
       </c>
       <c r="E53" s="5">
-        <v>74.489999999999995</v>
+        <v>101.23</v>
       </c>
       <c r="F53" s="4">
-        <v>52664.43</v>
+        <v>101230</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H53" s="3" t="s">
-        <v>43</v>
+        <v>83</v>
       </c>
       <c r="I53" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J53" s="5">
-        <v>74.489999999999995</v>
+        <v>101.23</v>
       </c>
       <c r="K53" s="5">
         <v>1</v>
       </c>
       <c r="L53" s="3" t="s">
-        <v>45</v>
+        <v>85</v>
       </c>
       <c r="M53" s="4">
-        <v>52664.43</v>
+        <v>101230</v>
       </c>
       <c r="N53" s="4">
-        <v>52664.43</v>
+        <v>101230</v>
       </c>
       <c r="O53" s="3" t="s">
         <v>288</v>
       </c>
       <c r="P53" s="3" t="s">
         <v>289</v>
       </c>
       <c r="Q53" s="3" t="s">
-        <v>200</v>
+        <v>147</v>
       </c>
       <c r="R53" s="3" t="s">
         <v>290</v>
       </c>
       <c r="S53" s="3" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="T53" s="4">
         <v>1</v>
       </c>
       <c r="W53" s="3" t="s">
         <v>286</v>
       </c>
       <c r="X53" s="4">
         <v>0</v>
       </c>
       <c r="Y53" s="4">
         <v>0</v>
       </c>
       <c r="Z53" s="6">
-        <v>2.2699999999999999E-3</v>
+        <v>4.2719999999999998E-3</v>
       </c>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
         <v>291</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>292</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D54" s="4">
-        <v>100</v>
+        <v>683</v>
       </c>
       <c r="E54" s="5">
-        <v>328.96</v>
+        <v>72.88</v>
       </c>
       <c r="F54" s="4">
-        <v>32896</v>
+        <v>49777.04</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H54" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I54" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J54" s="5">
-        <v>328.96</v>
+        <v>72.88</v>
       </c>
       <c r="K54" s="5">
         <v>1</v>
       </c>
       <c r="L54" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M54" s="4">
-        <v>32896</v>
+        <v>49777.04</v>
       </c>
       <c r="N54" s="4">
-        <v>32896</v>
+        <v>49777.04</v>
       </c>
       <c r="O54" s="3" t="s">
         <v>293</v>
       </c>
       <c r="P54" s="3" t="s">
         <v>294</v>
       </c>
       <c r="Q54" s="3" t="s">
-        <v>200</v>
+        <v>169</v>
       </c>
       <c r="R54" s="3" t="s">
         <v>295</v>
       </c>
       <c r="S54" s="3" t="s">
-        <v>109</v>
+        <v>127</v>
       </c>
       <c r="T54" s="4">
         <v>1</v>
       </c>
       <c r="W54" s="3" t="s">
         <v>291</v>
       </c>
       <c r="X54" s="4">
         <v>0</v>
       </c>
       <c r="Y54" s="4">
         <v>0</v>
       </c>
       <c r="Z54" s="6">
-        <v>1.418E-3</v>
+        <v>2.0999999999999999E-3</v>
       </c>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
         <v>296</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>297</v>
       </c>
       <c r="C55" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D55" s="4">
-        <v>1959</v>
+        <v>500</v>
       </c>
       <c r="E55" s="5">
-        <v>68.42</v>
+        <v>124.347857</v>
       </c>
       <c r="F55" s="4">
-        <v>134034.78</v>
+        <v>62173.928558680003</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H55" s="3" t="s">
-        <v>93</v>
+        <v>38</v>
       </c>
       <c r="I55" s="3" t="s">
-        <v>94</v>
+        <v>39</v>
       </c>
       <c r="J55" s="5">
-        <v>68.42</v>
+        <v>174.23</v>
       </c>
       <c r="K55" s="5">
-        <v>1</v>
+        <v>1.4011500022712642</v>
       </c>
       <c r="L55" s="3" t="s">
-        <v>95</v>
+        <v>40</v>
       </c>
       <c r="M55" s="4">
-        <v>134034.78</v>
+        <v>87115.000140999997</v>
       </c>
       <c r="N55" s="4">
-        <v>134034.78</v>
+        <v>62173.928558680003</v>
       </c>
       <c r="O55" s="3" t="s">
+        <v>296</v>
+      </c>
+      <c r="P55" s="3" t="s">
         <v>298</v>
       </c>
-      <c r="P55" s="3" t="s">
+      <c r="Q55" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="R55" s="3" t="s">
         <v>299</v>
       </c>
-      <c r="Q55" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R55" s="3" t="s">
+      <c r="S55" s="3" t="s">
         <v>300</v>
       </c>
-      <c r="S55" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T55" s="4">
         <v>1</v>
       </c>
       <c r="W55" s="3" t="s">
-        <v>296</v>
+        <v>301</v>
       </c>
       <c r="X55" s="4">
         <v>0</v>
       </c>
       <c r="Y55" s="4">
         <v>0</v>
       </c>
       <c r="Z55" s="6">
-        <v>5.7790000000000003E-3</v>
+        <v>2.6229999999999999E-3</v>
       </c>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="B56" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="C56" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D56" s="4">
+        <v>100</v>
+      </c>
+      <c r="E56" s="5">
+        <v>111.83670499999999</v>
+      </c>
+      <c r="F56" s="4">
+        <v>11183.67055633</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H56" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I56" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J56" s="5">
+        <v>156.69999999999999</v>
+      </c>
+      <c r="K56" s="5">
+        <v>1.4011500022712642</v>
+      </c>
+      <c r="L56" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M56" s="4">
+        <v>15670.000024999999</v>
+      </c>
+      <c r="N56" s="4">
+        <v>11183.67055633</v>
+      </c>
+      <c r="O56" s="3" t="s">
         <v>302</v>
-      </c>
-[...37 lines deleted...]
-        <v>303</v>
       </c>
       <c r="P56" s="3" t="s">
         <v>304</v>
       </c>
       <c r="Q56" s="3" t="s">
-        <v>157</v>
+        <v>147</v>
       </c>
       <c r="R56" s="3" t="s">
         <v>305</v>
       </c>
       <c r="S56" s="3" t="s">
-        <v>109</v>
+        <v>300</v>
       </c>
       <c r="T56" s="4">
         <v>1</v>
       </c>
       <c r="W56" s="3" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="X56" s="4">
         <v>0</v>
       </c>
       <c r="Y56" s="4">
         <v>0</v>
       </c>
       <c r="Z56" s="6">
-        <v>4.3759999999999997E-3</v>
+        <v>4.7100000000000001E-4</v>
       </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="B57" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="C57" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D57" s="4">
+        <v>1400</v>
+      </c>
+      <c r="E57" s="5">
+        <v>102.301681</v>
+      </c>
+      <c r="F57" s="4">
+        <v>143222.35306712001</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H57" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I57" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J57" s="5">
+        <v>143.34</v>
+      </c>
+      <c r="K57" s="5">
+        <v>1.4011500022712642</v>
+      </c>
+      <c r="L57" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M57" s="4">
+        <v>200676.000325</v>
+      </c>
+      <c r="N57" s="4">
+        <v>143222.35306712001</v>
+      </c>
+      <c r="O57" s="3" t="s">
         <v>307</v>
       </c>
-      <c r="C57" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O57" s="3" t="s">
+      <c r="P57" s="3" t="s">
         <v>308</v>
       </c>
-      <c r="P57" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q57" s="3" t="s">
-        <v>179</v>
+        <v>264</v>
       </c>
       <c r="R57" s="3" t="s">
-        <v>310</v>
+        <v>265</v>
       </c>
       <c r="S57" s="3" t="s">
-        <v>137</v>
+        <v>300</v>
       </c>
       <c r="T57" s="4">
         <v>1</v>
       </c>
       <c r="W57" s="3" t="s">
-        <v>306</v>
+        <v>260</v>
       </c>
       <c r="X57" s="4">
         <v>0</v>
       </c>
       <c r="Y57" s="4">
         <v>0</v>
       </c>
       <c r="Z57" s="6">
-        <v>3.3500000000000001E-4</v>
+        <v>6.0439999999999999E-3</v>
       </c>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>312</v>
+        <v>267</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D58" s="4">
-        <v>500</v>
+        <v>900</v>
       </c>
       <c r="E58" s="5">
-        <v>130.33635200000001</v>
+        <v>95.985439999999997</v>
       </c>
       <c r="F58" s="4">
-        <v>65168.1759379</v>
+        <v>86386.896477889997</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H58" s="3" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="I58" s="3" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="J58" s="5">
-        <v>181.35</v>
+        <v>134.49</v>
       </c>
       <c r="K58" s="5">
-        <v>1.3913999987115637</v>
+        <v>1.4011500022712642</v>
       </c>
       <c r="L58" s="3" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="M58" s="4">
-        <v>90674.999916000001</v>
+        <v>121041.00019599999</v>
       </c>
       <c r="N58" s="4">
-        <v>65168.1759379</v>
+        <v>86386.896477889997</v>
       </c>
       <c r="O58" s="3" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="P58" s="3" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="Q58" s="3" t="s">
-        <v>157</v>
+        <v>258</v>
       </c>
       <c r="R58" s="3" t="s">
-        <v>314</v>
+        <v>270</v>
       </c>
       <c r="S58" s="3" t="s">
-        <v>315</v>
+        <v>300</v>
       </c>
       <c r="T58" s="4">
         <v>1</v>
       </c>
       <c r="W58" s="3" t="s">
-        <v>316</v>
+        <v>266</v>
       </c>
       <c r="X58" s="4">
         <v>0</v>
       </c>
       <c r="Y58" s="4">
         <v>0</v>
       </c>
       <c r="Z58" s="6">
-        <v>2.8089999999999999E-3</v>
+        <v>3.6449999999999998E-3</v>
       </c>
     </row>
     <row r="59" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A59" s="3" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>318</v>
+        <v>312</v>
       </c>
       <c r="C59" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D59" s="4">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="E59" s="5">
-        <v>106.245508</v>
+        <v>911.45</v>
       </c>
       <c r="F59" s="4">
-        <v>10624.550812130001</v>
+        <v>182290</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H59" s="3" t="s">
-        <v>43</v>
+        <v>83</v>
       </c>
       <c r="I59" s="3" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
       <c r="J59" s="5">
-        <v>147.83000000000001</v>
+        <v>911.45</v>
       </c>
       <c r="K59" s="5">
-        <v>1.3913999987115637</v>
+        <v>1</v>
       </c>
       <c r="L59" s="3" t="s">
-        <v>45</v>
+        <v>85</v>
       </c>
       <c r="M59" s="4">
-        <v>14782.999986000001</v>
+        <v>182290</v>
       </c>
       <c r="N59" s="4">
-        <v>10624.550812130001</v>
+        <v>182290</v>
       </c>
       <c r="O59" s="3" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="P59" s="3" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
       <c r="Q59" s="3" t="s">
-        <v>157</v>
+        <v>141</v>
       </c>
       <c r="R59" s="3" t="s">
-        <v>320</v>
+        <v>315</v>
       </c>
       <c r="S59" s="3" t="s">
-        <v>315</v>
+        <v>127</v>
       </c>
       <c r="T59" s="4">
         <v>1</v>
       </c>
       <c r="W59" s="3" t="s">
-        <v>321</v>
+        <v>311</v>
       </c>
       <c r="X59" s="4">
         <v>0</v>
       </c>
       <c r="Y59" s="4">
         <v>0</v>
       </c>
       <c r="Z59" s="6">
-        <v>4.5800000000000002E-4</v>
+        <v>7.6930000000000002E-3</v>
       </c>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A60" s="3" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>276</v>
+        <v>317</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D60" s="4">
-        <v>1400</v>
+        <v>300</v>
       </c>
       <c r="E60" s="5">
-        <v>83.944229000000007</v>
+        <v>215.38</v>
       </c>
       <c r="F60" s="4">
-        <v>117521.92036797</v>
+        <v>64614</v>
       </c>
       <c r="G60" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H60" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I60" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J60" s="5">
+        <v>215.38</v>
+      </c>
+      <c r="K60" s="5">
+        <v>1</v>
+      </c>
+      <c r="L60" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M60" s="4">
+        <v>64614</v>
+      </c>
+      <c r="N60" s="4">
+        <v>64614</v>
+      </c>
+      <c r="O60" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="P60" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="Q60" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="H60" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="R60" s="3" t="s">
-        <v>280</v>
+        <v>320</v>
       </c>
       <c r="S60" s="3" t="s">
-        <v>315</v>
+        <v>99</v>
       </c>
       <c r="T60" s="4">
         <v>1</v>
       </c>
       <c r="W60" s="3" t="s">
-        <v>275</v>
+        <v>316</v>
       </c>
       <c r="X60" s="4">
         <v>0</v>
       </c>
       <c r="Y60" s="4">
         <v>0</v>
       </c>
       <c r="Z60" s="6">
-        <v>5.0670000000000003E-3</v>
+        <v>2.7260000000000001E-3</v>
       </c>
     </row>
     <row r="61" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="B61" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="C61" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D61" s="4">
+        <v>828</v>
+      </c>
+      <c r="E61" s="5">
+        <v>119.02</v>
+      </c>
+      <c r="F61" s="4">
+        <v>98548.56</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H61" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I61" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J61" s="5">
+        <v>119.02</v>
+      </c>
+      <c r="K61" s="5">
+        <v>1</v>
+      </c>
+      <c r="L61" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M61" s="4">
+        <v>98548.56</v>
+      </c>
+      <c r="N61" s="4">
+        <v>98548.56</v>
+      </c>
+      <c r="O61" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="P61" s="3" t="s">
         <v>324</v>
       </c>
-      <c r="B61" s="3" t="s">
+      <c r="Q61" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="R61" s="3" t="s">
         <v>325</v>
       </c>
-      <c r="C61" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S61" s="3" t="s">
-        <v>315</v>
+        <v>99</v>
       </c>
       <c r="T61" s="4">
         <v>1</v>
       </c>
       <c r="W61" s="3" t="s">
-        <v>328</v>
+        <v>321</v>
       </c>
       <c r="X61" s="4">
         <v>0</v>
       </c>
       <c r="Y61" s="4">
         <v>0</v>
       </c>
       <c r="Z61" s="6">
-        <v>3.4400000000000001E-4</v>
+        <v>4.1590000000000004E-3</v>
       </c>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A62" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="B62" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="C62" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D62" s="4">
+        <v>225</v>
+      </c>
+      <c r="E62" s="5">
+        <v>112.62</v>
+      </c>
+      <c r="F62" s="4">
+        <v>25339.5</v>
+      </c>
+      <c r="G62" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H62" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I62" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J62" s="5">
+        <v>112.62</v>
+      </c>
+      <c r="K62" s="5">
+        <v>1</v>
+      </c>
+      <c r="L62" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M62" s="4">
+        <v>25339.5</v>
+      </c>
+      <c r="N62" s="4">
+        <v>25339.5</v>
+      </c>
+      <c r="O62" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="P62" s="3" t="s">
         <v>329</v>
       </c>
-      <c r="B62" s="3" t="s">
-[...41 lines deleted...]
-      <c r="P62" s="3" t="s">
+      <c r="Q62" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="R62" s="3" t="s">
         <v>330</v>
       </c>
-      <c r="Q62" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S62" s="3" t="s">
-        <v>315</v>
+        <v>99</v>
       </c>
       <c r="T62" s="4">
         <v>1</v>
       </c>
       <c r="W62" s="3" t="s">
-        <v>281</v>
+        <v>326</v>
       </c>
       <c r="X62" s="4">
         <v>0</v>
       </c>
       <c r="Y62" s="4">
         <v>0</v>
       </c>
       <c r="Z62" s="6">
-        <v>3.6600000000000001E-3</v>
+        <v>1.0690000000000001E-3</v>
       </c>
     </row>
     <row r="63" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A63" s="3" t="s">
         <v>331</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>332</v>
       </c>
       <c r="C63" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D63" s="4">
-        <v>200</v>
+        <v>700</v>
       </c>
       <c r="E63" s="5">
-        <v>925.63</v>
+        <v>146.64382800000001</v>
       </c>
       <c r="F63" s="4">
-        <v>185126</v>
+        <v>102650.67979874001</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H63" s="3" t="s">
-        <v>93</v>
+        <v>38</v>
       </c>
       <c r="I63" s="3" t="s">
-        <v>94</v>
+        <v>39</v>
       </c>
       <c r="J63" s="5">
-        <v>925.63</v>
+        <v>205.47</v>
       </c>
       <c r="K63" s="5">
-        <v>1</v>
+        <v>1.4011500022712642</v>
       </c>
       <c r="L63" s="3" t="s">
-        <v>95</v>
+        <v>40</v>
       </c>
       <c r="M63" s="4">
-        <v>185126</v>
+        <v>143829.000233</v>
       </c>
       <c r="N63" s="4">
-        <v>185126</v>
+        <v>102650.67979874001</v>
       </c>
       <c r="O63" s="3" t="s">
+        <v>331</v>
+      </c>
+      <c r="P63" s="3" t="s">
         <v>333</v>
       </c>
-      <c r="P63" s="3" t="s">
+      <c r="Q63" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="R63" s="3" t="s">
         <v>334</v>
       </c>
-      <c r="Q63" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R63" s="3" t="s">
+      <c r="S63" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="T63" s="4">
+        <v>1</v>
+      </c>
+      <c r="W63" s="3" t="s">
         <v>335</v>
       </c>
-      <c r="S63" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="X63" s="4">
         <v>0</v>
       </c>
       <c r="Y63" s="4">
         <v>0</v>
       </c>
       <c r="Z63" s="6">
-        <v>7.9819999999999995E-3</v>
+        <v>4.3319999999999999E-3</v>
       </c>
     </row>
     <row r="64" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A64" s="3" t="s">
         <v>336</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>337</v>
       </c>
       <c r="C64" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D64" s="4">
-        <v>300</v>
+        <v>1000</v>
       </c>
       <c r="E64" s="5">
-        <v>198.26</v>
+        <v>81.31</v>
       </c>
       <c r="F64" s="4">
-        <v>59478</v>
+        <v>81310</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H64" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I64" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J64" s="5">
-        <v>198.26</v>
+        <v>81.31</v>
       </c>
       <c r="K64" s="5">
         <v>1</v>
       </c>
       <c r="L64" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M64" s="4">
-        <v>59478</v>
+        <v>81310</v>
       </c>
       <c r="N64" s="4">
-        <v>59478</v>
+        <v>81310</v>
       </c>
       <c r="O64" s="3" t="s">
         <v>338</v>
       </c>
       <c r="P64" s="3" t="s">
         <v>339</v>
       </c>
       <c r="Q64" s="3" t="s">
         <v>114</v>
       </c>
       <c r="R64" s="3" t="s">
         <v>340</v>
       </c>
       <c r="S64" s="3" t="s">
-        <v>109</v>
+        <v>127</v>
       </c>
       <c r="T64" s="4">
         <v>1</v>
       </c>
       <c r="W64" s="3" t="s">
         <v>336</v>
       </c>
       <c r="X64" s="4">
         <v>0</v>
       </c>
       <c r="Y64" s="4">
         <v>0</v>
       </c>
       <c r="Z64" s="6">
-        <v>2.5639999999999999E-3</v>
+        <v>3.431E-3</v>
       </c>
     </row>
     <row r="65" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A65" s="3" t="s">
         <v>341</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>342</v>
       </c>
       <c r="C65" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D65" s="4">
-        <v>776</v>
+        <v>146</v>
       </c>
       <c r="E65" s="5">
-        <v>132.87</v>
+        <v>82.45</v>
       </c>
       <c r="F65" s="4">
-        <v>103107.12</v>
+        <v>12037.7</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H65" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I65" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J65" s="5">
-        <v>132.87</v>
+        <v>82.45</v>
       </c>
       <c r="K65" s="5">
         <v>1</v>
       </c>
       <c r="L65" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M65" s="4">
-        <v>103107.12</v>
+        <v>12037.7</v>
       </c>
       <c r="N65" s="4">
-        <v>103107.12</v>
+        <v>12037.7</v>
       </c>
       <c r="O65" s="3" t="s">
         <v>343</v>
       </c>
       <c r="P65" s="3" t="s">
         <v>344</v>
       </c>
       <c r="Q65" s="3" t="s">
-        <v>114</v>
+        <v>104</v>
       </c>
       <c r="R65" s="3" t="s">
         <v>345</v>
       </c>
       <c r="S65" s="3" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="T65" s="4">
         <v>1</v>
       </c>
       <c r="W65" s="3" t="s">
         <v>341</v>
       </c>
       <c r="X65" s="4">
         <v>0</v>
       </c>
       <c r="Y65" s="4">
         <v>0</v>
       </c>
       <c r="Z65" s="6">
-        <v>4.4450000000000002E-3</v>
+        <v>5.0799999999999999E-4</v>
       </c>
     </row>
     <row r="66" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A66" s="3" t="s">
         <v>346</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>347</v>
       </c>
       <c r="C66" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D66" s="4">
-        <v>225</v>
+        <v>700</v>
       </c>
       <c r="E66" s="5">
-        <v>114.5</v>
+        <v>110.8518</v>
       </c>
       <c r="F66" s="4">
-        <v>25762.5</v>
+        <v>77596.260214819995</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H66" s="3" t="s">
-        <v>93</v>
+        <v>38</v>
       </c>
       <c r="I66" s="3" t="s">
-        <v>94</v>
+        <v>39</v>
       </c>
       <c r="J66" s="5">
-        <v>114.5</v>
+        <v>155.32</v>
       </c>
       <c r="K66" s="5">
-        <v>1</v>
+        <v>1.4011500022712642</v>
       </c>
       <c r="L66" s="3" t="s">
-        <v>95</v>
+        <v>40</v>
       </c>
       <c r="M66" s="4">
-        <v>25762.5</v>
+        <v>108724.000176</v>
       </c>
       <c r="N66" s="4">
-        <v>25762.5</v>
+        <v>77596.260214819995</v>
       </c>
       <c r="O66" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="P66" s="3" t="s">
         <v>348</v>
       </c>
-      <c r="P66" s="3" t="s">
+      <c r="Q66" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="R66" s="3" t="s">
         <v>349</v>
       </c>
-      <c r="Q66" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R66" s="3" t="s">
+      <c r="S66" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="T66" s="4">
+        <v>1</v>
+      </c>
+      <c r="W66" s="3" t="s">
         <v>350</v>
       </c>
-      <c r="S66" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="X66" s="4">
         <v>0</v>
       </c>
       <c r="Y66" s="4">
         <v>0</v>
       </c>
       <c r="Z66" s="6">
-        <v>1.1100000000000001E-3</v>
+        <v>3.274E-3</v>
       </c>
     </row>
     <row r="67" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A67" s="3" t="s">
         <v>351</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>352</v>
       </c>
       <c r="C67" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D67" s="4">
-        <v>700</v>
+        <v>200</v>
       </c>
       <c r="E67" s="5">
-        <v>147.41986499999999</v>
+        <v>82.189629999999994</v>
       </c>
       <c r="F67" s="4">
-        <v>103193.905419</v>
+        <v>16437.92598937</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H67" s="3" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="I67" s="3" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="J67" s="5">
-        <v>205.12</v>
+        <v>115.16</v>
       </c>
       <c r="K67" s="5">
-        <v>1.3913999987115637</v>
+        <v>1.4011500022712642</v>
       </c>
       <c r="L67" s="3" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="M67" s="4">
-        <v>143583.99986700001</v>
+        <v>23032.000037000002</v>
       </c>
       <c r="N67" s="4">
-        <v>103193.905419</v>
+        <v>16437.92598937</v>
       </c>
       <c r="O67" s="3" t="s">
         <v>351</v>
       </c>
       <c r="P67" s="3" t="s">
         <v>353</v>
       </c>
       <c r="Q67" s="3" t="s">
-        <v>157</v>
+        <v>147</v>
       </c>
       <c r="R67" s="3" t="s">
         <v>354</v>
       </c>
       <c r="S67" s="3" t="s">
-        <v>315</v>
+        <v>300</v>
       </c>
       <c r="T67" s="4">
         <v>1</v>
       </c>
       <c r="W67" s="3" t="s">
         <v>355</v>
       </c>
       <c r="X67" s="4">
         <v>0</v>
       </c>
       <c r="Y67" s="4">
         <v>0</v>
       </c>
       <c r="Z67" s="6">
-        <v>4.4489999999999998E-3</v>
+        <v>6.9300000000000004E-4</v>
       </c>
     </row>
     <row r="68" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A68" s="3" t="s">
         <v>356</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>357</v>
       </c>
       <c r="C68" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D68" s="4">
-        <v>1000</v>
+        <v>300</v>
       </c>
       <c r="E68" s="5">
-        <v>90.95</v>
+        <v>139.57</v>
       </c>
       <c r="F68" s="4">
-        <v>90950</v>
+        <v>41871</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H68" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I68" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J68" s="5">
-        <v>90.95</v>
+        <v>139.57</v>
       </c>
       <c r="K68" s="5">
         <v>1</v>
       </c>
       <c r="L68" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M68" s="4">
-        <v>90950</v>
+        <v>41871</v>
       </c>
       <c r="N68" s="4">
-        <v>90950</v>
+        <v>41871</v>
       </c>
       <c r="O68" s="3" t="s">
         <v>358</v>
       </c>
       <c r="P68" s="3" t="s">
         <v>359</v>
       </c>
       <c r="Q68" s="3" t="s">
-        <v>124</v>
+        <v>258</v>
       </c>
       <c r="R68" s="3" t="s">
         <v>360</v>
       </c>
       <c r="S68" s="3" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="T68" s="4">
         <v>1</v>
       </c>
       <c r="W68" s="3" t="s">
         <v>356</v>
       </c>
       <c r="X68" s="4">
         <v>0</v>
       </c>
       <c r="Y68" s="4">
         <v>0</v>
       </c>
       <c r="Z68" s="6">
-        <v>3.921E-3</v>
+        <v>1.7669999999999999E-3</v>
       </c>
     </row>
     <row r="69" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A69" s="3" t="s">
         <v>361</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>362</v>
       </c>
       <c r="C69" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D69" s="4">
-        <v>146</v>
+        <v>955</v>
       </c>
       <c r="E69" s="5">
-        <v>77.77</v>
+        <v>39.03</v>
       </c>
       <c r="F69" s="4">
-        <v>11354.42</v>
+        <v>37273.65</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H69" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I69" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J69" s="5">
-        <v>77.77</v>
+        <v>39.03</v>
       </c>
       <c r="K69" s="5">
         <v>1</v>
       </c>
       <c r="L69" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M69" s="4">
-        <v>11354.42</v>
+        <v>37273.65</v>
       </c>
       <c r="N69" s="4">
-        <v>11354.42</v>
+        <v>37273.65</v>
       </c>
       <c r="O69" s="3" t="s">
         <v>363</v>
       </c>
       <c r="P69" s="3" t="s">
         <v>364</v>
       </c>
       <c r="Q69" s="3" t="s">
-        <v>114</v>
+        <v>158</v>
       </c>
       <c r="R69" s="3" t="s">
         <v>365</v>
       </c>
       <c r="S69" s="3" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="T69" s="4">
         <v>1</v>
       </c>
       <c r="W69" s="3" t="s">
         <v>361</v>
       </c>
       <c r="X69" s="4">
         <v>0</v>
       </c>
       <c r="Y69" s="4">
         <v>0</v>
       </c>
       <c r="Z69" s="6">
-        <v>4.8899999999999996E-4</v>
+        <v>1.573E-3</v>
       </c>
     </row>
     <row r="70" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A70" s="3" t="s">
         <v>366</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>367</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D70" s="4">
-        <v>700</v>
+        <v>728</v>
       </c>
       <c r="E70" s="5">
-        <v>107.869772</v>
+        <v>648.35</v>
       </c>
       <c r="F70" s="4">
-        <v>75508.840017249997</v>
+        <v>471998.8</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H70" s="3" t="s">
-        <v>43</v>
+        <v>83</v>
       </c>
       <c r="I70" s="3" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
       <c r="J70" s="5">
-        <v>150.09</v>
+        <v>648.35</v>
       </c>
       <c r="K70" s="5">
-        <v>1.3913999987115637</v>
+        <v>1</v>
       </c>
       <c r="L70" s="3" t="s">
-        <v>45</v>
+        <v>85</v>
       </c>
       <c r="M70" s="4">
-        <v>105062.999902</v>
+        <v>471998.8</v>
       </c>
       <c r="N70" s="4">
-        <v>75508.840017249997</v>
+        <v>471998.8</v>
       </c>
       <c r="O70" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="P70" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="Q70" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="R70" s="3" t="s">
+        <v>370</v>
+      </c>
+      <c r="S70" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="T70" s="4">
+        <v>1</v>
+      </c>
+      <c r="W70" s="3" t="s">
         <v>366</v>
       </c>
-      <c r="P70" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X70" s="4">
         <v>0</v>
       </c>
       <c r="Y70" s="4">
         <v>0</v>
       </c>
       <c r="Z70" s="6">
-        <v>3.2550000000000001E-3</v>
+        <v>1.992E-2</v>
       </c>
     </row>
     <row r="71" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A71" s="3" t="s">
         <v>371</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>372</v>
       </c>
       <c r="C71" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D71" s="4">
-        <v>200</v>
+        <v>19501</v>
       </c>
       <c r="E71" s="5">
-        <v>79.977001999999999</v>
+        <v>2.4404759999999999</v>
       </c>
       <c r="F71" s="4">
-        <v>15995.40031623</v>
+        <v>47591.729788880002</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H71" s="3" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
       <c r="I71" s="3" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="J71" s="5">
-        <v>111.28</v>
+        <v>1.8574999999999999</v>
       </c>
       <c r="K71" s="5">
-        <v>1.3913999987115637</v>
+        <v>0.76112189367127148</v>
       </c>
       <c r="L71" s="3" t="s">
-        <v>45</v>
+        <v>60</v>
       </c>
       <c r="M71" s="4">
-        <v>22255.999979</v>
+        <v>36223.107499999998</v>
       </c>
       <c r="N71" s="4">
-        <v>15995.40031623</v>
+        <v>47591.729788880002</v>
       </c>
       <c r="O71" s="3" t="s">
         <v>371</v>
       </c>
       <c r="P71" s="3" t="s">
         <v>373</v>
       </c>
       <c r="Q71" s="3" t="s">
-        <v>157</v>
+        <v>97</v>
       </c>
       <c r="R71" s="3" t="s">
         <v>374</v>
       </c>
       <c r="S71" s="3" t="s">
-        <v>315</v>
+        <v>116</v>
       </c>
       <c r="T71" s="4">
         <v>1</v>
       </c>
       <c r="W71" s="3" t="s">
-        <v>375</v>
+        <v>34</v>
       </c>
       <c r="X71" s="4">
         <v>0</v>
       </c>
       <c r="Y71" s="4">
         <v>0</v>
       </c>
       <c r="Z71" s="6">
-        <v>6.8900000000000005E-4</v>
+        <v>2.0079999999999998E-3</v>
       </c>
     </row>
     <row r="72" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A72" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="B72" s="3" t="s">
         <v>376</v>
       </c>
-      <c r="B72" s="3" t="s">
+      <c r="C72" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D72" s="4">
+        <v>508</v>
+      </c>
+      <c r="E72" s="5">
+        <v>266.94</v>
+      </c>
+      <c r="F72" s="4">
+        <v>135605.51999999999</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H72" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I72" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J72" s="5">
+        <v>266.94</v>
+      </c>
+      <c r="K72" s="5">
+        <v>1</v>
+      </c>
+      <c r="L72" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M72" s="4">
+        <v>135605.51999999999</v>
+      </c>
+      <c r="N72" s="4">
+        <v>135605.51999999999</v>
+      </c>
+      <c r="O72" s="3" t="s">
         <v>377</v>
       </c>
-      <c r="C72" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O72" s="3" t="s">
+      <c r="P72" s="3" t="s">
         <v>378</v>
       </c>
-      <c r="P72" s="3" t="s">
+      <c r="Q72" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="R72" s="3" t="s">
         <v>379</v>
       </c>
-      <c r="Q72" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S72" s="3" t="s">
-        <v>109</v>
+        <v>127</v>
       </c>
       <c r="T72" s="4">
         <v>1</v>
       </c>
       <c r="W72" s="3" t="s">
-        <v>376</v>
+        <v>375</v>
       </c>
       <c r="X72" s="4">
         <v>0</v>
       </c>
       <c r="Y72" s="4">
         <v>0</v>
       </c>
       <c r="Z72" s="6">
-        <v>1.696E-3</v>
+        <v>5.7229999999999998E-3</v>
       </c>
     </row>
     <row r="73" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A73" s="3" t="s">
+        <v>380</v>
+      </c>
+      <c r="B73" s="3" t="s">
         <v>381</v>
       </c>
-      <c r="B73" s="3" t="s">
+      <c r="C73" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D73" s="4">
+        <v>111</v>
+      </c>
+      <c r="E73" s="5">
+        <v>66.69</v>
+      </c>
+      <c r="F73" s="4">
+        <v>7402.59</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H73" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I73" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J73" s="5">
+        <v>66.69</v>
+      </c>
+      <c r="K73" s="5">
+        <v>1</v>
+      </c>
+      <c r="L73" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M73" s="4">
+        <v>7402.59</v>
+      </c>
+      <c r="N73" s="4">
+        <v>7402.59</v>
+      </c>
+      <c r="O73" s="3" t="s">
         <v>382</v>
       </c>
-      <c r="C73" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O73" s="3" t="s">
+      <c r="P73" s="3" t="s">
         <v>383</v>
       </c>
-      <c r="P73" s="3" t="s">
+      <c r="Q73" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="R73" s="3" t="s">
         <v>384</v>
       </c>
-      <c r="Q73" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S73" s="3" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="T73" s="4">
         <v>1</v>
       </c>
       <c r="W73" s="3" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
       <c r="X73" s="4">
         <v>0</v>
       </c>
       <c r="Y73" s="4">
         <v>0</v>
       </c>
       <c r="Z73" s="6">
-        <v>1.642E-3</v>
+        <v>3.1199999999999999E-4</v>
       </c>
     </row>
     <row r="74" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A74" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="B74" s="3" t="s">
         <v>386</v>
       </c>
-      <c r="B74" s="3" t="s">
+      <c r="C74" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D74" s="4">
+        <v>718</v>
+      </c>
+      <c r="E74" s="5">
+        <v>64.650000000000006</v>
+      </c>
+      <c r="F74" s="4">
+        <v>46418.7</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H74" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I74" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J74" s="5">
+        <v>64.650000000000006</v>
+      </c>
+      <c r="K74" s="5">
+        <v>1</v>
+      </c>
+      <c r="L74" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M74" s="4">
+        <v>46418.7</v>
+      </c>
+      <c r="N74" s="4">
+        <v>46418.7</v>
+      </c>
+      <c r="O74" s="3" t="s">
         <v>387</v>
       </c>
-      <c r="C74" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O74" s="3" t="s">
+      <c r="P74" s="3" t="s">
         <v>388</v>
       </c>
-      <c r="P74" s="3" t="s">
+      <c r="Q74" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="R74" s="3" t="s">
         <v>389</v>
       </c>
-      <c r="Q74" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S74" s="3" t="s">
-        <v>137</v>
+        <v>127</v>
       </c>
       <c r="T74" s="4">
         <v>1</v>
       </c>
       <c r="W74" s="3" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="X74" s="4">
         <v>0</v>
       </c>
       <c r="Y74" s="4">
         <v>0</v>
       </c>
       <c r="Z74" s="6">
-        <v>2.2766000000000002E-2</v>
+        <v>1.9589999999999998E-3</v>
       </c>
     </row>
     <row r="75" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A75" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="B75" s="3" t="s">
         <v>391</v>
       </c>
-      <c r="B75" s="3" t="s">
+      <c r="C75" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D75" s="4">
+        <v>795</v>
+      </c>
+      <c r="E75" s="5">
+        <v>43.69</v>
+      </c>
+      <c r="F75" s="4">
+        <v>34733.550000000003</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H75" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I75" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J75" s="5">
+        <v>43.69</v>
+      </c>
+      <c r="K75" s="5">
+        <v>1</v>
+      </c>
+      <c r="L75" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M75" s="4">
+        <v>34733.550000000003</v>
+      </c>
+      <c r="N75" s="4">
+        <v>34733.550000000003</v>
+      </c>
+      <c r="O75" s="3" t="s">
         <v>392</v>
-      </c>
-[...37 lines deleted...]
-        <v>391</v>
       </c>
       <c r="P75" s="3" t="s">
         <v>393</v>
       </c>
       <c r="Q75" s="3" t="s">
-        <v>107</v>
+        <v>258</v>
       </c>
       <c r="R75" s="3" t="s">
         <v>394</v>
       </c>
       <c r="S75" s="3" t="s">
-        <v>126</v>
+        <v>99</v>
       </c>
       <c r="T75" s="4">
         <v>1</v>
       </c>
       <c r="W75" s="3" t="s">
-        <v>34</v>
+        <v>390</v>
       </c>
       <c r="X75" s="4">
         <v>0</v>
       </c>
       <c r="Y75" s="4">
         <v>0</v>
       </c>
       <c r="Z75" s="6">
-        <v>2.163E-3</v>
+        <v>1.4649999999999999E-3</v>
       </c>
     </row>
     <row r="76" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A76" s="3" t="s">
         <v>395</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>396</v>
       </c>
       <c r="C76" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D76" s="4">
-        <v>563</v>
+        <v>452</v>
       </c>
       <c r="E76" s="5">
-        <v>220.53</v>
+        <v>308.95</v>
       </c>
       <c r="F76" s="4">
-        <v>124158.39</v>
+        <v>139645.4</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H76" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I76" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J76" s="5">
-        <v>220.53</v>
+        <v>308.95</v>
       </c>
       <c r="K76" s="5">
         <v>1</v>
       </c>
       <c r="L76" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M76" s="4">
-        <v>124158.39</v>
+        <v>139645.4</v>
       </c>
       <c r="N76" s="4">
-        <v>124158.39</v>
+        <v>139645.4</v>
       </c>
       <c r="O76" s="3" t="s">
         <v>397</v>
       </c>
       <c r="P76" s="3" t="s">
         <v>398</v>
       </c>
       <c r="Q76" s="3" t="s">
-        <v>179</v>
+        <v>258</v>
       </c>
       <c r="R76" s="3" t="s">
         <v>399</v>
       </c>
       <c r="S76" s="3" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="T76" s="4">
         <v>1</v>
       </c>
       <c r="W76" s="3" t="s">
         <v>395</v>
       </c>
       <c r="X76" s="4">
         <v>0</v>
       </c>
       <c r="Y76" s="4">
         <v>0</v>
       </c>
       <c r="Z76" s="6">
-        <v>5.3530000000000001E-3</v>
+        <v>5.8929999999999998E-3</v>
       </c>
     </row>
     <row r="77" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A77" s="3" t="s">
         <v>400</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>401</v>
       </c>
       <c r="C77" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D77" s="4">
-        <v>111</v>
+        <v>1094</v>
       </c>
       <c r="E77" s="5">
-        <v>128.93</v>
+        <v>119.79</v>
       </c>
       <c r="F77" s="4">
-        <v>14311.23</v>
+        <v>131050.26</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H77" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I77" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J77" s="5">
-        <v>128.93</v>
+        <v>119.79</v>
       </c>
       <c r="K77" s="5">
         <v>1</v>
       </c>
       <c r="L77" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M77" s="4">
-        <v>14311.23</v>
+        <v>131050.26</v>
       </c>
       <c r="N77" s="4">
-        <v>14311.23</v>
+        <v>131050.26</v>
       </c>
       <c r="O77" s="3" t="s">
         <v>402</v>
       </c>
       <c r="P77" s="3" t="s">
         <v>403</v>
       </c>
       <c r="Q77" s="3" t="s">
-        <v>157</v>
+        <v>104</v>
       </c>
       <c r="R77" s="3" t="s">
         <v>404</v>
       </c>
       <c r="S77" s="3" t="s">
-        <v>109</v>
+        <v>127</v>
       </c>
       <c r="T77" s="4">
         <v>1</v>
       </c>
       <c r="W77" s="3" t="s">
         <v>400</v>
       </c>
       <c r="X77" s="4">
         <v>0</v>
       </c>
       <c r="Y77" s="4">
         <v>0</v>
       </c>
       <c r="Z77" s="6">
-        <v>6.1700000000000004E-4</v>
+        <v>5.5300000000000002E-3</v>
       </c>
     </row>
     <row r="78" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A78" s="3" t="s">
         <v>405</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>406</v>
       </c>
       <c r="C78" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D78" s="4">
-        <v>718</v>
+        <v>100</v>
       </c>
       <c r="E78" s="5">
-        <v>63.06</v>
+        <v>789.37</v>
       </c>
       <c r="F78" s="4">
-        <v>45277.08</v>
+        <v>78937</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H78" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I78" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J78" s="5">
-        <v>63.06</v>
+        <v>789.37</v>
       </c>
       <c r="K78" s="5">
         <v>1</v>
       </c>
       <c r="L78" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M78" s="4">
-        <v>45277.08</v>
+        <v>78937</v>
       </c>
       <c r="N78" s="4">
-        <v>45277.08</v>
+        <v>78937</v>
       </c>
       <c r="O78" s="3" t="s">
         <v>407</v>
       </c>
       <c r="P78" s="3" t="s">
         <v>408</v>
       </c>
       <c r="Q78" s="3" t="s">
-        <v>107</v>
+        <v>147</v>
       </c>
       <c r="R78" s="3" t="s">
         <v>409</v>
       </c>
       <c r="S78" s="3" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="T78" s="4">
         <v>1</v>
       </c>
       <c r="W78" s="3" t="s">
         <v>405</v>
       </c>
       <c r="X78" s="4">
         <v>0</v>
       </c>
       <c r="Y78" s="4">
         <v>0</v>
       </c>
       <c r="Z78" s="6">
-        <v>1.952E-3</v>
+        <v>3.3310000000000002E-3</v>
       </c>
     </row>
     <row r="79" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A79" s="3" t="s">
         <v>410</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>411</v>
       </c>
       <c r="C79" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D79" s="4">
-        <v>795</v>
+        <v>303</v>
       </c>
       <c r="E79" s="5">
-        <v>47.38</v>
+        <v>459.68</v>
       </c>
       <c r="F79" s="4">
-        <v>37667.1</v>
+        <v>139283.04</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H79" s="3" t="s">
-        <v>43</v>
+        <v>83</v>
       </c>
       <c r="I79" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J79" s="5">
-        <v>47.38</v>
+        <v>459.68</v>
       </c>
       <c r="K79" s="5">
         <v>1</v>
       </c>
       <c r="L79" s="3" t="s">
-        <v>45</v>
+        <v>85</v>
       </c>
       <c r="M79" s="4">
-        <v>37667.1</v>
+        <v>139283.04</v>
       </c>
       <c r="N79" s="4">
-        <v>37667.1</v>
+        <v>139283.04</v>
       </c>
       <c r="O79" s="3" t="s">
         <v>412</v>
       </c>
       <c r="P79" s="3" t="s">
         <v>413</v>
       </c>
       <c r="Q79" s="3" t="s">
-        <v>200</v>
+        <v>104</v>
       </c>
       <c r="R79" s="3" t="s">
         <v>414</v>
       </c>
       <c r="S79" s="3" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="T79" s="4">
         <v>1</v>
       </c>
       <c r="W79" s="3" t="s">
         <v>410</v>
       </c>
       <c r="X79" s="4">
         <v>0</v>
       </c>
       <c r="Y79" s="4">
         <v>0</v>
       </c>
       <c r="Z79" s="6">
-        <v>1.624E-3</v>
+        <v>5.8780000000000004E-3</v>
       </c>
     </row>
     <row r="80" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A80" s="3" t="s">
         <v>415</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>416</v>
       </c>
       <c r="C80" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D80" s="4">
-        <v>452</v>
+        <v>1258</v>
       </c>
       <c r="E80" s="5">
-        <v>300.82</v>
+        <v>38.492570000000001</v>
       </c>
       <c r="F80" s="4">
-        <v>135970.64000000001</v>
+        <v>48423.653059999997</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H80" s="3" t="s">
-        <v>93</v>
+        <v>417</v>
       </c>
       <c r="I80" s="3" t="s">
-        <v>94</v>
+        <v>54</v>
       </c>
       <c r="J80" s="5">
-        <v>300.82</v>
+        <v>33.35</v>
       </c>
       <c r="K80" s="5">
-        <v>1</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L80" s="3" t="s">
-        <v>95</v>
+        <v>418</v>
       </c>
       <c r="M80" s="4">
-        <v>135970.64000000001</v>
+        <v>41954.3</v>
       </c>
       <c r="N80" s="4">
-        <v>135970.64000000001</v>
+        <v>48423.653059999997</v>
       </c>
       <c r="O80" s="3" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="P80" s="3" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="Q80" s="3" t="s">
-        <v>200</v>
+        <v>147</v>
       </c>
       <c r="R80" s="3" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="S80" s="3" t="s">
-        <v>109</v>
+        <v>421</v>
       </c>
       <c r="T80" s="4">
         <v>1</v>
       </c>
       <c r="W80" s="3" t="s">
-        <v>415</v>
+        <v>34</v>
       </c>
       <c r="X80" s="4">
         <v>0</v>
       </c>
       <c r="Y80" s="4">
         <v>0</v>
       </c>
       <c r="Z80" s="6">
-        <v>5.862E-3</v>
+        <v>2.0430000000000001E-3</v>
       </c>
     </row>
     <row r="81" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A81" s="3" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="C81" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D81" s="4">
-        <v>1094</v>
+        <v>129</v>
       </c>
       <c r="E81" s="5">
-        <v>111</v>
+        <v>418.57062999999999</v>
       </c>
       <c r="F81" s="4">
-        <v>121434</v>
+        <v>53995.611270000001</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H81" s="3" t="s">
-        <v>93</v>
+        <v>424</v>
       </c>
       <c r="I81" s="3" t="s">
-        <v>94</v>
+        <v>54</v>
       </c>
       <c r="J81" s="5">
-        <v>111</v>
+        <v>362.65</v>
       </c>
       <c r="K81" s="5">
-        <v>1</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L81" s="3" t="s">
-        <v>95</v>
+        <v>425</v>
       </c>
       <c r="M81" s="4">
-        <v>121434</v>
+        <v>46781.85</v>
       </c>
       <c r="N81" s="4">
-        <v>121434</v>
+        <v>53995.611270000001</v>
       </c>
       <c r="O81" s="3" t="s">
         <v>422</v>
       </c>
       <c r="P81" s="3" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="Q81" s="3" t="s">
-        <v>114</v>
+        <v>141</v>
       </c>
       <c r="R81" s="3" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="S81" s="3" t="s">
-        <v>137</v>
+        <v>428</v>
       </c>
       <c r="T81" s="4">
         <v>1</v>
       </c>
       <c r="W81" s="3" t="s">
-        <v>420</v>
+        <v>34</v>
       </c>
       <c r="X81" s="4">
         <v>0</v>
       </c>
       <c r="Y81" s="4">
         <v>0</v>
       </c>
       <c r="Z81" s="6">
-        <v>5.2350000000000001E-3</v>
+        <v>2.2780000000000001E-3</v>
       </c>
     </row>
     <row r="82" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A82" s="3" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
       <c r="C82" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D82" s="4">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="E82" s="5">
-        <v>796.35</v>
+        <v>169.63</v>
       </c>
       <c r="F82" s="4">
-        <v>79635</v>
+        <v>33926</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H82" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I82" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J82" s="5">
-        <v>796.35</v>
+        <v>169.63</v>
       </c>
       <c r="K82" s="5">
         <v>1</v>
       </c>
       <c r="L82" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M82" s="4">
-        <v>79635</v>
+        <v>33926</v>
       </c>
       <c r="N82" s="4">
-        <v>79635</v>
+        <v>33926</v>
       </c>
       <c r="O82" s="3" t="s">
-        <v>427</v>
+        <v>431</v>
       </c>
       <c r="P82" s="3" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="Q82" s="3" t="s">
-        <v>157</v>
+        <v>141</v>
       </c>
       <c r="R82" s="3" t="s">
+        <v>433</v>
+      </c>
+      <c r="S82" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="T82" s="4">
+        <v>1</v>
+      </c>
+      <c r="W82" s="3" t="s">
         <v>429</v>
       </c>
-      <c r="S82" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="X82" s="4">
         <v>0</v>
       </c>
       <c r="Y82" s="4">
         <v>0</v>
       </c>
       <c r="Z82" s="6">
-        <v>3.4329999999999999E-3</v>
+        <v>1.431E-3</v>
       </c>
     </row>
     <row r="83" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A83" s="3" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="C83" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D83" s="4">
-        <v>303</v>
+        <v>3948</v>
       </c>
       <c r="E83" s="5">
-        <v>426.2</v>
+        <v>24.42</v>
       </c>
       <c r="F83" s="4">
-        <v>129138.6</v>
+        <v>96410.16</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H83" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I83" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J83" s="5">
-        <v>426.2</v>
+        <v>24.42</v>
       </c>
       <c r="K83" s="5">
         <v>1</v>
       </c>
       <c r="L83" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M83" s="4">
-        <v>129138.6</v>
+        <v>96410.16</v>
       </c>
       <c r="N83" s="4">
-        <v>129138.6</v>
+        <v>96410.16</v>
       </c>
       <c r="O83" s="3" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="P83" s="3" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="Q83" s="3" t="s">
-        <v>114</v>
+        <v>169</v>
       </c>
       <c r="R83" s="3" t="s">
+        <v>438</v>
+      </c>
+      <c r="S83" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="T83" s="4">
+        <v>1</v>
+      </c>
+      <c r="W83" s="3" t="s">
         <v>434</v>
       </c>
-      <c r="S83" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="X83" s="4">
         <v>0</v>
       </c>
       <c r="Y83" s="4">
         <v>0</v>
       </c>
       <c r="Z83" s="6">
-        <v>5.568E-3</v>
+        <v>4.0679999999999996E-3</v>
       </c>
     </row>
     <row r="84" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A84" s="3" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="C84" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D84" s="4">
-        <v>1258</v>
+        <v>813</v>
       </c>
       <c r="E84" s="5">
-        <v>39.256749999999997</v>
+        <v>57.733083999999998</v>
       </c>
       <c r="F84" s="4">
-        <v>49384.991499999996</v>
+        <v>46936.997292</v>
       </c>
       <c r="G84" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H84" s="3" t="s">
+        <v>441</v>
+      </c>
+      <c r="I84" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="J84" s="5">
+        <v>50.02</v>
+      </c>
+      <c r="K84" s="5">
+        <v>0.86640097036908681</v>
+      </c>
+      <c r="L84" s="3" t="s">
+        <v>442</v>
+      </c>
+      <c r="M84" s="4">
+        <v>40666.26</v>
+      </c>
+      <c r="N84" s="4">
+        <v>46936.997292</v>
+      </c>
+      <c r="O84" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="P84" s="3" t="s">
+        <v>443</v>
+      </c>
+      <c r="Q84" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="H84" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="R84" s="3" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="S84" s="3" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="T84" s="4">
         <v>1</v>
       </c>
       <c r="W84" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X84" s="4">
         <v>0</v>
       </c>
       <c r="Y84" s="4">
         <v>0</v>
       </c>
       <c r="Z84" s="6">
-        <v>2.1289999999999998E-3</v>
+        <v>1.98E-3</v>
       </c>
     </row>
     <row r="85" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A85" s="3" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
       <c r="C85" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D85" s="4">
-        <v>129</v>
+        <v>300</v>
       </c>
       <c r="E85" s="5">
-        <v>432.98750000000001</v>
+        <v>379.59</v>
       </c>
       <c r="F85" s="4">
-        <v>55855.387499999997</v>
+        <v>113877</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H85" s="3" t="s">
-        <v>444</v>
+        <v>83</v>
       </c>
       <c r="I85" s="3" t="s">
-        <v>59</v>
+        <v>84</v>
       </c>
       <c r="J85" s="5">
-        <v>368.5</v>
+        <v>379.59</v>
       </c>
       <c r="K85" s="5">
-        <v>0.85106382978723405</v>
+        <v>1</v>
       </c>
       <c r="L85" s="3" t="s">
-        <v>445</v>
+        <v>85</v>
       </c>
       <c r="M85" s="4">
-        <v>47536.5</v>
+        <v>113877</v>
       </c>
       <c r="N85" s="4">
-        <v>55855.387499999997</v>
+        <v>113877</v>
       </c>
       <c r="O85" s="3" t="s">
-        <v>442</v>
+        <v>448</v>
       </c>
       <c r="P85" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="Q85" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="R85" s="3" t="s">
+        <v>450</v>
+      </c>
+      <c r="S85" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="T85" s="4">
+        <v>1</v>
+      </c>
+      <c r="W85" s="3" t="s">
         <v>446</v>
       </c>
-      <c r="Q85" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X85" s="4">
         <v>0</v>
       </c>
       <c r="Y85" s="4">
         <v>0</v>
       </c>
       <c r="Z85" s="6">
-        <v>2.408E-3</v>
+        <v>4.8060000000000004E-3</v>
       </c>
     </row>
     <row r="86" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A86" s="3" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="C86" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D86" s="4">
-        <v>200</v>
+        <v>451</v>
       </c>
       <c r="E86" s="5">
-        <v>187.05</v>
+        <v>74.907579999999996</v>
       </c>
       <c r="F86" s="4">
-        <v>37410</v>
+        <v>33783.318579999999</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H86" s="3" t="s">
-        <v>93</v>
+        <v>453</v>
       </c>
       <c r="I86" s="3" t="s">
-        <v>94</v>
+        <v>54</v>
       </c>
       <c r="J86" s="5">
-        <v>187.05</v>
+        <v>64.900000000000006</v>
       </c>
       <c r="K86" s="5">
-        <v>1</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L86" s="3" t="s">
-        <v>95</v>
+        <v>454</v>
       </c>
       <c r="M86" s="4">
-        <v>37410</v>
+        <v>29269.9</v>
       </c>
       <c r="N86" s="4">
-        <v>37410</v>
+        <v>33783.318579999999</v>
       </c>
       <c r="O86" s="3" t="s">
         <v>451</v>
       </c>
       <c r="P86" s="3" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="Q86" s="3" t="s">
-        <v>151</v>
+        <v>258</v>
       </c>
       <c r="R86" s="3" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="S86" s="3" t="s">
-        <v>109</v>
+        <v>457</v>
       </c>
       <c r="T86" s="4">
         <v>1</v>
       </c>
       <c r="W86" s="3" t="s">
-        <v>449</v>
+        <v>34</v>
       </c>
       <c r="X86" s="4">
         <v>0</v>
       </c>
       <c r="Y86" s="4">
         <v>0</v>
       </c>
       <c r="Z86" s="6">
-        <v>1.6130000000000001E-3</v>
+        <v>1.4250000000000001E-3</v>
       </c>
     </row>
     <row r="87" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A87" s="3" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="C87" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D87" s="4">
-        <v>1824</v>
+        <v>200</v>
       </c>
       <c r="E87" s="5">
-        <v>24.56</v>
+        <v>146.29</v>
       </c>
       <c r="F87" s="4">
-        <v>44797.440000000002</v>
+        <v>29258</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H87" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I87" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J87" s="5">
-        <v>24.56</v>
+        <v>146.29</v>
       </c>
       <c r="K87" s="5">
         <v>1</v>
       </c>
       <c r="L87" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M87" s="4">
-        <v>44797.440000000002</v>
+        <v>29258</v>
       </c>
       <c r="N87" s="4">
-        <v>44797.440000000002</v>
+        <v>29258</v>
       </c>
       <c r="O87" s="3" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="P87" s="3" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="Q87" s="3" t="s">
-        <v>179</v>
+        <v>147</v>
       </c>
       <c r="R87" s="3" t="s">
+        <v>462</v>
+      </c>
+      <c r="S87" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="T87" s="4">
+        <v>1</v>
+      </c>
+      <c r="W87" s="3" t="s">
         <v>458</v>
       </c>
-      <c r="S87" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="X87" s="4">
         <v>0</v>
       </c>
       <c r="Y87" s="4">
         <v>0</v>
       </c>
       <c r="Z87" s="6">
-        <v>1.931E-3</v>
+        <v>1.2340000000000001E-3</v>
       </c>
     </row>
     <row r="88" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A88" s="3" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="C88" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D88" s="4">
-        <v>699</v>
+        <v>631</v>
       </c>
       <c r="E88" s="5">
-        <v>55.695</v>
+        <v>307.41000000000003</v>
       </c>
       <c r="F88" s="4">
-        <v>38930.805</v>
+        <v>193975.71</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H88" s="3" t="s">
-        <v>461</v>
+        <v>83</v>
       </c>
       <c r="I88" s="3" t="s">
-        <v>59</v>
+        <v>84</v>
       </c>
       <c r="J88" s="5">
-        <v>47.4</v>
+        <v>307.41000000000003</v>
       </c>
       <c r="K88" s="5">
-        <v>0.85106382978723405</v>
+        <v>1</v>
       </c>
       <c r="L88" s="3" t="s">
-        <v>462</v>
+        <v>85</v>
       </c>
       <c r="M88" s="4">
-        <v>33132.6</v>
+        <v>193975.71</v>
       </c>
       <c r="N88" s="4">
-        <v>38930.805</v>
+        <v>193975.71</v>
       </c>
       <c r="O88" s="3" t="s">
-        <v>459</v>
+        <v>465</v>
       </c>
       <c r="P88" s="3" t="s">
+        <v>466</v>
+      </c>
+      <c r="Q88" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="R88" s="3" t="s">
+        <v>467</v>
+      </c>
+      <c r="S88" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="T88" s="4">
+        <v>1</v>
+      </c>
+      <c r="W88" s="3" t="s">
         <v>463</v>
       </c>
-      <c r="Q88" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X88" s="4">
         <v>0</v>
       </c>
       <c r="Y88" s="4">
         <v>0</v>
       </c>
       <c r="Z88" s="6">
-        <v>1.678E-3</v>
+        <v>8.1860000000000006E-3</v>
       </c>
     </row>
     <row r="89" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A89" s="3" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="C89" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D89" s="4">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="E89" s="5">
-        <v>405.19</v>
+        <v>667.55</v>
       </c>
       <c r="F89" s="4">
-        <v>121557</v>
+        <v>66755</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H89" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I89" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J89" s="5">
-        <v>405.19</v>
+        <v>667.55</v>
       </c>
       <c r="K89" s="5">
         <v>1</v>
       </c>
       <c r="L89" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M89" s="4">
-        <v>121557</v>
+        <v>66755</v>
       </c>
       <c r="N89" s="4">
-        <v>121557</v>
+        <v>66755</v>
       </c>
       <c r="O89" s="3" t="s">
+        <v>470</v>
+      </c>
+      <c r="P89" s="3" t="s">
+        <v>471</v>
+      </c>
+      <c r="Q89" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="R89" s="3" t="s">
+        <v>472</v>
+      </c>
+      <c r="S89" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="T89" s="4">
+        <v>1</v>
+      </c>
+      <c r="W89" s="3" t="s">
         <v>468</v>
       </c>
-      <c r="P89" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X89" s="4">
         <v>0</v>
       </c>
       <c r="Y89" s="4">
         <v>0</v>
       </c>
       <c r="Z89" s="6">
-        <v>5.241E-3</v>
+        <v>2.8170000000000001E-3</v>
       </c>
     </row>
     <row r="90" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A90" s="3" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="C90" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D90" s="4">
-        <v>451</v>
+        <v>100</v>
       </c>
       <c r="E90" s="5">
-        <v>83.19</v>
+        <v>534.28</v>
       </c>
       <c r="F90" s="4">
-        <v>37518.69</v>
+        <v>53428</v>
       </c>
       <c r="G90" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H90" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I90" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J90" s="5">
+        <v>534.28</v>
+      </c>
+      <c r="K90" s="5">
+        <v>1</v>
+      </c>
+      <c r="L90" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M90" s="4">
+        <v>53428</v>
+      </c>
+      <c r="N90" s="4">
+        <v>53428</v>
+      </c>
+      <c r="O90" s="3" t="s">
+        <v>475</v>
+      </c>
+      <c r="P90" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="Q90" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="H90" s="3" t="s">
+      <c r="R90" s="3" t="s">
+        <v>477</v>
+      </c>
+      <c r="S90" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="T90" s="4">
+        <v>1</v>
+      </c>
+      <c r="W90" s="3" t="s">
         <v>473</v>
       </c>
-      <c r="I90" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="X90" s="4">
         <v>0</v>
       </c>
       <c r="Y90" s="4">
         <v>0</v>
       </c>
       <c r="Z90" s="6">
-        <v>1.6169999999999999E-3</v>
+        <v>2.2539999999999999E-3</v>
       </c>
     </row>
     <row r="91" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A91" s="3" t="s">
         <v>478</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>479</v>
       </c>
       <c r="C91" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D91" s="4">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="E91" s="5">
-        <v>168.48</v>
+        <v>216.46</v>
       </c>
       <c r="F91" s="4">
-        <v>33696</v>
+        <v>21646</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H91" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I91" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J91" s="5">
-        <v>168.48</v>
+        <v>216.46</v>
       </c>
       <c r="K91" s="5">
         <v>1</v>
       </c>
       <c r="L91" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M91" s="4">
-        <v>33696</v>
+        <v>21646</v>
       </c>
       <c r="N91" s="4">
-        <v>33696</v>
+        <v>21646</v>
       </c>
       <c r="O91" s="3" t="s">
         <v>480</v>
       </c>
       <c r="P91" s="3" t="s">
         <v>481</v>
       </c>
       <c r="Q91" s="3" t="s">
-        <v>157</v>
+        <v>104</v>
       </c>
       <c r="R91" s="3" t="s">
         <v>482</v>
       </c>
       <c r="S91" s="3" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="T91" s="4">
         <v>1</v>
       </c>
       <c r="W91" s="3" t="s">
         <v>478</v>
       </c>
       <c r="X91" s="4">
         <v>0</v>
       </c>
       <c r="Y91" s="4">
         <v>0</v>
       </c>
       <c r="Z91" s="6">
-        <v>1.4519999999999999E-3</v>
+        <v>9.1299999999999997E-4</v>
       </c>
     </row>
     <row r="92" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A92" s="3" t="s">
         <v>483</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>484</v>
       </c>
       <c r="C92" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D92" s="4">
-        <v>668</v>
+        <v>1063</v>
       </c>
       <c r="E92" s="5">
-        <v>282.16000000000003</v>
+        <v>311.12</v>
       </c>
       <c r="F92" s="4">
-        <v>188482.88</v>
+        <v>330720.56</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H92" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I92" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J92" s="5">
-        <v>282.16000000000003</v>
+        <v>311.12</v>
       </c>
       <c r="K92" s="5">
         <v>1</v>
       </c>
       <c r="L92" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M92" s="4">
-        <v>188482.88</v>
+        <v>330720.56</v>
       </c>
       <c r="N92" s="4">
-        <v>188482.88</v>
+        <v>330720.56</v>
       </c>
       <c r="O92" s="3" t="s">
         <v>485</v>
       </c>
       <c r="P92" s="3" t="s">
         <v>486</v>
       </c>
       <c r="Q92" s="3" t="s">
-        <v>179</v>
+        <v>147</v>
       </c>
       <c r="R92" s="3" t="s">
         <v>487</v>
       </c>
       <c r="S92" s="3" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="T92" s="4">
         <v>1</v>
       </c>
       <c r="W92" s="3" t="s">
         <v>483</v>
       </c>
       <c r="X92" s="4">
         <v>0</v>
       </c>
       <c r="Y92" s="4">
         <v>0</v>
       </c>
       <c r="Z92" s="6">
-        <v>8.1259999999999995E-3</v>
+        <v>1.3957000000000001E-2</v>
       </c>
     </row>
     <row r="93" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A93" s="3" t="s">
         <v>488</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>489</v>
       </c>
       <c r="C93" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D93" s="4">
-        <v>100</v>
+        <v>242</v>
       </c>
       <c r="E93" s="5">
-        <v>682.91</v>
+        <v>188.87</v>
       </c>
       <c r="F93" s="4">
-        <v>68291</v>
+        <v>45706.54</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H93" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I93" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J93" s="5">
-        <v>682.91</v>
+        <v>188.87</v>
       </c>
       <c r="K93" s="5">
         <v>1</v>
       </c>
       <c r="L93" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M93" s="4">
-        <v>68291</v>
+        <v>45706.54</v>
       </c>
       <c r="N93" s="4">
-        <v>68291</v>
+        <v>45706.54</v>
       </c>
       <c r="O93" s="3" t="s">
         <v>490</v>
       </c>
       <c r="P93" s="3" t="s">
         <v>491</v>
       </c>
       <c r="Q93" s="3" t="s">
-        <v>179</v>
+        <v>104</v>
       </c>
       <c r="R93" s="3" t="s">
         <v>492</v>
       </c>
       <c r="S93" s="3" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="T93" s="4">
         <v>1</v>
       </c>
       <c r="W93" s="3" t="s">
         <v>488</v>
       </c>
       <c r="X93" s="4">
         <v>0</v>
       </c>
       <c r="Y93" s="4">
         <v>0</v>
       </c>
       <c r="Z93" s="6">
-        <v>2.944E-3</v>
+        <v>1.928E-3</v>
       </c>
     </row>
     <row r="94" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A94" s="3" t="s">
         <v>493</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>494</v>
       </c>
       <c r="C94" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D94" s="4">
-        <v>100</v>
+        <v>325</v>
       </c>
       <c r="E94" s="5">
-        <v>447.23</v>
+        <v>284.04862000000003</v>
       </c>
       <c r="F94" s="4">
-        <v>44723</v>
+        <v>92315.801500000001</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H94" s="3" t="s">
-        <v>93</v>
+        <v>424</v>
       </c>
       <c r="I94" s="3" t="s">
-        <v>94</v>
+        <v>54</v>
       </c>
       <c r="J94" s="5">
-        <v>447.23</v>
+        <v>246.1</v>
       </c>
       <c r="K94" s="5">
-        <v>1</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L94" s="3" t="s">
-        <v>95</v>
+        <v>425</v>
       </c>
       <c r="M94" s="4">
-        <v>44723</v>
+        <v>79982.5</v>
       </c>
       <c r="N94" s="4">
-        <v>44723</v>
+        <v>92315.801500000001</v>
       </c>
       <c r="O94" s="3" t="s">
+        <v>493</v>
+      </c>
+      <c r="P94" s="3" t="s">
         <v>495</v>
       </c>
-      <c r="P94" s="3" t="s">
+      <c r="Q94" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="R94" s="3" t="s">
         <v>496</v>
       </c>
-      <c r="Q94" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S94" s="3" t="s">
-        <v>137</v>
+        <v>428</v>
       </c>
       <c r="T94" s="4">
         <v>1</v>
       </c>
       <c r="W94" s="3" t="s">
-        <v>493</v>
+        <v>34</v>
       </c>
       <c r="X94" s="4">
         <v>0</v>
       </c>
       <c r="Y94" s="4">
         <v>0</v>
       </c>
       <c r="Z94" s="6">
-        <v>1.928E-3</v>
+        <v>3.8960000000000002E-3</v>
       </c>
     </row>
     <row r="95" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A95" s="3" t="s">
+        <v>497</v>
+      </c>
+      <c r="B95" s="3" t="s">
         <v>498</v>
       </c>
-      <c r="B95" s="3" t="s">
+      <c r="C95" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D95" s="4">
+        <v>414</v>
+      </c>
+      <c r="E95" s="5">
+        <v>259.06018999999998</v>
+      </c>
+      <c r="F95" s="4">
+        <v>107250.91866</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H95" s="3" t="s">
+        <v>441</v>
+      </c>
+      <c r="I95" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="J95" s="5">
+        <v>224.45</v>
+      </c>
+      <c r="K95" s="5">
+        <v>0.86640097036908681</v>
+      </c>
+      <c r="L95" s="3" t="s">
+        <v>442</v>
+      </c>
+      <c r="M95" s="4">
+        <v>92922.3</v>
+      </c>
+      <c r="N95" s="4">
+        <v>107250.91866</v>
+      </c>
+      <c r="O95" s="3" t="s">
+        <v>497</v>
+      </c>
+      <c r="P95" s="3" t="s">
         <v>499</v>
       </c>
-      <c r="C95" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O95" s="3" t="s">
+      <c r="Q95" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="R95" s="3" t="s">
         <v>500</v>
       </c>
-      <c r="P95" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S95" s="3" t="s">
-        <v>109</v>
+        <v>445</v>
       </c>
       <c r="T95" s="4">
         <v>1</v>
       </c>
       <c r="W95" s="3" t="s">
-        <v>498</v>
+        <v>34</v>
       </c>
       <c r="X95" s="4">
         <v>0</v>
       </c>
       <c r="Y95" s="4">
         <v>0</v>
       </c>
       <c r="Z95" s="6">
-        <v>8.1800000000000004E-4</v>
+        <v>4.5259999999999996E-3</v>
       </c>
     </row>
     <row r="96" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A96" s="3" t="s">
+        <v>501</v>
+      </c>
+      <c r="B96" s="3" t="s">
+        <v>502</v>
+      </c>
+      <c r="C96" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D96" s="4">
+        <v>236</v>
+      </c>
+      <c r="E96" s="5">
+        <v>253.96</v>
+      </c>
+      <c r="F96" s="4">
+        <v>59934.559999999998</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H96" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I96" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J96" s="5">
+        <v>253.96</v>
+      </c>
+      <c r="K96" s="5">
+        <v>1</v>
+      </c>
+      <c r="L96" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M96" s="4">
+        <v>59934.559999999998</v>
+      </c>
+      <c r="N96" s="4">
+        <v>59934.559999999998</v>
+      </c>
+      <c r="O96" s="3" t="s">
         <v>503</v>
       </c>
-      <c r="B96" s="3" t="s">
+      <c r="P96" s="3" t="s">
         <v>504</v>
       </c>
-      <c r="C96" s="3" t="s">
-[...11 lines deleted...]
-      <c r="G96" s="3" t="s">
+      <c r="Q96" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="H96" s="3" t="s">
-[...20 lines deleted...]
-      <c r="O96" s="3" t="s">
+      <c r="R96" s="3" t="s">
         <v>505</v>
       </c>
-      <c r="P96" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S96" s="3" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="T96" s="4">
         <v>1</v>
       </c>
       <c r="W96" s="3" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="X96" s="4">
         <v>0</v>
       </c>
       <c r="Y96" s="4">
         <v>0</v>
       </c>
       <c r="Z96" s="6">
-        <v>1.4456999999999999E-2</v>
+        <v>2.529E-3</v>
       </c>
     </row>
     <row r="97" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A97" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="B97" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="C97" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D97" s="4">
+        <v>789</v>
+      </c>
+      <c r="E97" s="5">
+        <v>53.739552000000003</v>
+      </c>
+      <c r="F97" s="4">
+        <v>42400.506527999998</v>
+      </c>
+      <c r="G97" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H97" s="3" t="s">
+        <v>441</v>
+      </c>
+      <c r="I97" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="J97" s="5">
+        <v>46.56</v>
+      </c>
+      <c r="K97" s="5">
+        <v>0.86640097036908681</v>
+      </c>
+      <c r="L97" s="3" t="s">
+        <v>442</v>
+      </c>
+      <c r="M97" s="4">
+        <v>36735.839999999997</v>
+      </c>
+      <c r="N97" s="4">
+        <v>42400.506527999998</v>
+      </c>
+      <c r="O97" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="P97" s="3" t="s">
         <v>508</v>
       </c>
-      <c r="B97" s="3" t="s">
+      <c r="Q97" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="R97" s="3" t="s">
         <v>509</v>
       </c>
-      <c r="C97" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S97" s="3" t="s">
-        <v>109</v>
+        <v>445</v>
       </c>
       <c r="T97" s="4">
         <v>1</v>
       </c>
       <c r="W97" s="3" t="s">
-        <v>508</v>
+        <v>34</v>
       </c>
       <c r="X97" s="4">
         <v>0</v>
       </c>
       <c r="Y97" s="4">
         <v>0</v>
       </c>
       <c r="Z97" s="6">
-        <v>1.934E-3</v>
+        <v>1.789E-3</v>
       </c>
     </row>
     <row r="98" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A98" s="3" t="s">
+        <v>510</v>
+      </c>
+      <c r="B98" s="3" t="s">
+        <v>511</v>
+      </c>
+      <c r="C98" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D98" s="4">
+        <v>176</v>
+      </c>
+      <c r="E98" s="5">
+        <v>401.89244000000002</v>
+      </c>
+      <c r="F98" s="4">
+        <v>70733.069440000007</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H98" s="3" t="s">
+        <v>441</v>
+      </c>
+      <c r="I98" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="J98" s="5">
+        <v>348.2</v>
+      </c>
+      <c r="K98" s="5">
+        <v>0.86640097036908681</v>
+      </c>
+      <c r="L98" s="3" t="s">
+        <v>442</v>
+      </c>
+      <c r="M98" s="4">
+        <v>61283.199999999997</v>
+      </c>
+      <c r="N98" s="4">
+        <v>70733.069440000007</v>
+      </c>
+      <c r="O98" s="3" t="s">
+        <v>510</v>
+      </c>
+      <c r="P98" s="3" t="s">
+        <v>512</v>
+      </c>
+      <c r="Q98" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="R98" s="3" t="s">
         <v>513</v>
       </c>
-      <c r="B98" s="3" t="s">
-[...29 lines deleted...]
-      <c r="L98" s="3" t="s">
+      <c r="S98" s="3" t="s">
         <v>445</v>
-      </c>
-[...19 lines deleted...]
-        <v>448</v>
       </c>
       <c r="T98" s="4">
         <v>1</v>
       </c>
       <c r="W98" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X98" s="4">
         <v>0</v>
       </c>
       <c r="Y98" s="4">
         <v>0</v>
       </c>
       <c r="Z98" s="6">
-        <v>3.9119999999999997E-3</v>
+        <v>2.9849999999999998E-3</v>
       </c>
     </row>
     <row r="99" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A99" s="3" t="s">
+        <v>514</v>
+      </c>
+      <c r="B99" s="3" t="s">
+        <v>515</v>
+      </c>
+      <c r="C99" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D99" s="4">
+        <v>9</v>
+      </c>
+      <c r="E99" s="5">
+        <v>2480.3757999999998</v>
+      </c>
+      <c r="F99" s="4">
+        <v>22323.3822</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H99" s="3" t="s">
+        <v>424</v>
+      </c>
+      <c r="I99" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="J99" s="5">
+        <v>2149</v>
+      </c>
+      <c r="K99" s="5">
+        <v>0.86640097036908681</v>
+      </c>
+      <c r="L99" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="M99" s="4">
+        <v>19341</v>
+      </c>
+      <c r="N99" s="4">
+        <v>22323.3822</v>
+      </c>
+      <c r="O99" s="3" t="s">
+        <v>514</v>
+      </c>
+      <c r="P99" s="3" t="s">
+        <v>516</v>
+      </c>
+      <c r="Q99" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="R99" s="3" t="s">
         <v>517</v>
       </c>
-      <c r="B99" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S99" s="3" t="s">
-        <v>465</v>
+        <v>428</v>
       </c>
       <c r="T99" s="4">
         <v>1</v>
       </c>
       <c r="W99" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X99" s="4">
         <v>0</v>
       </c>
       <c r="Y99" s="4">
         <v>0</v>
       </c>
       <c r="Z99" s="6">
-        <v>4.7800000000000004E-3</v>
+        <v>9.4200000000000002E-4</v>
       </c>
     </row>
     <row r="100" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A100" s="3" t="s">
+        <v>518</v>
+      </c>
+      <c r="B100" s="3" t="s">
+        <v>519</v>
+      </c>
+      <c r="C100" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D100" s="4">
+        <v>100</v>
+      </c>
+      <c r="E100" s="5">
+        <v>505</v>
+      </c>
+      <c r="F100" s="4">
+        <v>50500</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H100" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I100" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J100" s="5">
+        <v>505</v>
+      </c>
+      <c r="K100" s="5">
+        <v>1</v>
+      </c>
+      <c r="L100" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M100" s="4">
+        <v>50500</v>
+      </c>
+      <c r="N100" s="4">
+        <v>50500</v>
+      </c>
+      <c r="O100" s="3" t="s">
+        <v>520</v>
+      </c>
+      <c r="P100" s="3" t="s">
         <v>521</v>
       </c>
-      <c r="B100" s="3" t="s">
+      <c r="Q100" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="R100" s="3" t="s">
         <v>522</v>
       </c>
-      <c r="C100" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S100" s="3" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="T100" s="4">
         <v>1</v>
       </c>
       <c r="W100" s="3" t="s">
-        <v>521</v>
+        <v>518</v>
       </c>
       <c r="X100" s="4">
         <v>0</v>
       </c>
       <c r="Y100" s="4">
         <v>0</v>
       </c>
       <c r="Z100" s="6">
-        <v>8.0099999999999995E-4</v>
+        <v>2.1310000000000001E-3</v>
       </c>
     </row>
     <row r="101" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A101" s="3" t="s">
+        <v>523</v>
+      </c>
+      <c r="B101" s="3" t="s">
+        <v>524</v>
+      </c>
+      <c r="C101" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D101" s="4">
+        <v>79</v>
+      </c>
+      <c r="E101" s="5">
+        <v>619.11288000000002</v>
+      </c>
+      <c r="F101" s="4">
+        <v>48909.917520000003</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H101" s="3" t="s">
+        <v>441</v>
+      </c>
+      <c r="I101" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="J101" s="5">
+        <v>536.4</v>
+      </c>
+      <c r="K101" s="5">
+        <v>0.86640097036908681</v>
+      </c>
+      <c r="L101" s="3" t="s">
+        <v>442</v>
+      </c>
+      <c r="M101" s="4">
+        <v>42375.6</v>
+      </c>
+      <c r="N101" s="4">
+        <v>48909.917520000003</v>
+      </c>
+      <c r="O101" s="3" t="s">
+        <v>523</v>
+      </c>
+      <c r="P101" s="3" t="s">
+        <v>525</v>
+      </c>
+      <c r="Q101" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="R101" s="3" t="s">
         <v>526</v>
       </c>
-      <c r="B101" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S101" s="3" t="s">
-        <v>109</v>
+        <v>445</v>
       </c>
       <c r="T101" s="4">
         <v>1</v>
       </c>
       <c r="W101" s="3" t="s">
-        <v>526</v>
+        <v>34</v>
       </c>
       <c r="X101" s="4">
         <v>0</v>
       </c>
       <c r="Y101" s="4">
         <v>0</v>
       </c>
       <c r="Z101" s="6">
-        <v>2.921E-3</v>
+        <v>2.0639999999999999E-3</v>
       </c>
     </row>
     <row r="102" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A102" s="3" t="s">
+        <v>527</v>
+      </c>
+      <c r="B102" s="3" t="s">
+        <v>528</v>
+      </c>
+      <c r="C102" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D102" s="4">
+        <v>70</v>
+      </c>
+      <c r="E102" s="5">
+        <v>862.86</v>
+      </c>
+      <c r="F102" s="4">
+        <v>60400.2</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H102" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I102" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J102" s="5">
+        <v>862.86</v>
+      </c>
+      <c r="K102" s="5">
+        <v>1</v>
+      </c>
+      <c r="L102" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M102" s="4">
+        <v>60400.2</v>
+      </c>
+      <c r="N102" s="4">
+        <v>60400.2</v>
+      </c>
+      <c r="O102" s="3" t="s">
+        <v>529</v>
+      </c>
+      <c r="P102" s="3" t="s">
+        <v>530</v>
+      </c>
+      <c r="Q102" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="R102" s="3" t="s">
         <v>531</v>
       </c>
-      <c r="B102" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S102" s="3" t="s">
-        <v>465</v>
+        <v>99</v>
       </c>
       <c r="T102" s="4">
         <v>1</v>
       </c>
       <c r="W102" s="3" t="s">
-        <v>34</v>
+        <v>527</v>
       </c>
       <c r="X102" s="4">
         <v>0</v>
       </c>
       <c r="Y102" s="4">
         <v>0</v>
       </c>
       <c r="Z102" s="6">
-        <v>1.7849999999999999E-3</v>
+        <v>2.5490000000000001E-3</v>
       </c>
     </row>
     <row r="103" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A103" s="3" t="s">
+        <v>532</v>
+      </c>
+      <c r="B103" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="C103" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D103" s="4">
+        <v>12</v>
+      </c>
+      <c r="E103" s="5">
+        <v>238.13</v>
+      </c>
+      <c r="F103" s="4">
+        <v>2857.56</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H103" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I103" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J103" s="5">
+        <v>238.13</v>
+      </c>
+      <c r="K103" s="5">
+        <v>1</v>
+      </c>
+      <c r="L103" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M103" s="4">
+        <v>2857.56</v>
+      </c>
+      <c r="N103" s="4">
+        <v>2857.56</v>
+      </c>
+      <c r="O103" s="3" t="s">
+        <v>534</v>
+      </c>
+      <c r="P103" s="3" t="s">
         <v>535</v>
       </c>
-      <c r="B103" s="3" t="s">
+      <c r="Q103" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="R103" s="3" t="s">
         <v>536</v>
       </c>
-      <c r="C103" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S103" s="3" t="s">
-        <v>465</v>
+        <v>99</v>
       </c>
       <c r="T103" s="4">
         <v>1</v>
       </c>
       <c r="W103" s="3" t="s">
-        <v>34</v>
+        <v>532</v>
       </c>
       <c r="X103" s="4">
         <v>0</v>
       </c>
       <c r="Y103" s="4">
         <v>0</v>
       </c>
       <c r="Z103" s="6">
-        <v>3.186E-3</v>
+        <v>1.2E-4</v>
       </c>
     </row>
     <row r="104" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A104" s="3" t="s">
+        <v>537</v>
+      </c>
+      <c r="B104" s="3" t="s">
+        <v>538</v>
+      </c>
+      <c r="C104" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D104" s="4">
+        <v>4239</v>
+      </c>
+      <c r="E104" s="5">
+        <v>20.123477000000001</v>
+      </c>
+      <c r="F104" s="4">
+        <v>85303.419003000003</v>
+      </c>
+      <c r="G104" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H104" s="3" t="s">
         <v>539</v>
       </c>
-      <c r="B104" s="3" t="s">
+      <c r="I104" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="J104" s="5">
+        <v>17.434999999999999</v>
+      </c>
+      <c r="K104" s="5">
+        <v>0.86640097036908681</v>
+      </c>
+      <c r="L104" s="3" t="s">
         <v>540</v>
       </c>
-      <c r="C104" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="M104" s="4">
-        <v>18747</v>
+        <v>73906.964999999997</v>
       </c>
       <c r="N104" s="4">
-        <v>22027.724999999999</v>
+        <v>85303.419003000003</v>
       </c>
       <c r="O104" s="3" t="s">
-        <v>539</v>
+        <v>537</v>
       </c>
       <c r="P104" s="3" t="s">
         <v>541</v>
       </c>
       <c r="Q104" s="3" t="s">
-        <v>124</v>
+        <v>147</v>
       </c>
       <c r="R104" s="3" t="s">
         <v>542</v>
       </c>
       <c r="S104" s="3" t="s">
-        <v>448</v>
+        <v>543</v>
       </c>
       <c r="T104" s="4">
         <v>1</v>
       </c>
       <c r="W104" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X104" s="4">
         <v>0</v>
       </c>
       <c r="Y104" s="4">
         <v>0</v>
       </c>
       <c r="Z104" s="6">
-        <v>9.4899999999999997E-4</v>
+        <v>3.5999999999999999E-3</v>
       </c>
     </row>
     <row r="105" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A105" s="3" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="B105" s="3" t="s">
+        <v>545</v>
+      </c>
+      <c r="C105" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D105" s="4">
+        <v>489</v>
+      </c>
+      <c r="E105" s="5">
+        <v>101.10791999999999</v>
+      </c>
+      <c r="F105" s="4">
+        <v>49441.772879999997</v>
+      </c>
+      <c r="G105" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H105" s="3" t="s">
+        <v>424</v>
+      </c>
+      <c r="I105" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="J105" s="5">
+        <v>87.6</v>
+      </c>
+      <c r="K105" s="5">
+        <v>0.86640097036908681</v>
+      </c>
+      <c r="L105" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="M105" s="4">
+        <v>42836.4</v>
+      </c>
+      <c r="N105" s="4">
+        <v>49441.772879999997</v>
+      </c>
+      <c r="O105" s="3" t="s">
         <v>544</v>
-      </c>
-[...37 lines deleted...]
-        <v>545</v>
       </c>
       <c r="P105" s="3" t="s">
         <v>546</v>
       </c>
       <c r="Q105" s="3" t="s">
-        <v>200</v>
+        <v>104</v>
       </c>
       <c r="R105" s="3" t="s">
         <v>547</v>
       </c>
       <c r="S105" s="3" t="s">
-        <v>109</v>
+        <v>428</v>
       </c>
       <c r="T105" s="4">
         <v>1</v>
       </c>
       <c r="W105" s="3" t="s">
-        <v>543</v>
+        <v>34</v>
       </c>
       <c r="X105" s="4">
         <v>0</v>
       </c>
       <c r="Y105" s="4">
         <v>0</v>
       </c>
       <c r="Z105" s="6">
-        <v>2.2820000000000002E-3</v>
+        <v>2.0860000000000002E-3</v>
       </c>
     </row>
     <row r="106" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A106" s="3" t="s">
         <v>548</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>549</v>
       </c>
       <c r="C106" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D106" s="4">
-        <v>79</v>
+        <v>9639</v>
       </c>
       <c r="E106" s="5">
-        <v>638.495</v>
+        <v>10.186968999999999</v>
       </c>
       <c r="F106" s="4">
-        <v>50441.105000000003</v>
+        <v>98192.196118799999</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H106" s="3" t="s">
-        <v>461</v>
+        <v>539</v>
       </c>
       <c r="I106" s="3" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="J106" s="5">
-        <v>543.4</v>
+        <v>8.8260000000000005</v>
       </c>
       <c r="K106" s="5">
-        <v>0.85106382978723405</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L106" s="3" t="s">
-        <v>462</v>
+        <v>540</v>
       </c>
       <c r="M106" s="4">
-        <v>42928.6</v>
+        <v>85073.813999999998</v>
       </c>
       <c r="N106" s="4">
-        <v>50441.105000000003</v>
+        <v>98192.196118799999</v>
       </c>
       <c r="O106" s="3" t="s">
         <v>548</v>
       </c>
       <c r="P106" s="3" t="s">
+        <v>546</v>
+      </c>
+      <c r="Q106" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="R106" s="3" t="s">
         <v>550</v>
       </c>
-      <c r="Q106" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S106" s="3" t="s">
-        <v>465</v>
+        <v>543</v>
       </c>
       <c r="T106" s="4">
         <v>1</v>
       </c>
       <c r="W106" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X106" s="4">
         <v>0</v>
       </c>
       <c r="Y106" s="4">
         <v>0</v>
       </c>
       <c r="Z106" s="6">
-        <v>2.1740000000000002E-3</v>
+        <v>4.1440000000000001E-3</v>
       </c>
     </row>
     <row r="107" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A107" s="3" t="s">
+        <v>551</v>
+      </c>
+      <c r="B107" s="3" t="s">
         <v>552</v>
       </c>
-      <c r="B107" s="3" t="s">
+      <c r="C107" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D107" s="4">
+        <v>200</v>
+      </c>
+      <c r="E107" s="5">
+        <v>178.15</v>
+      </c>
+      <c r="F107" s="4">
+        <v>35630</v>
+      </c>
+      <c r="G107" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H107" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I107" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J107" s="5">
+        <v>178.15</v>
+      </c>
+      <c r="K107" s="5">
+        <v>1</v>
+      </c>
+      <c r="L107" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M107" s="4">
+        <v>35630</v>
+      </c>
+      <c r="N107" s="4">
+        <v>35630</v>
+      </c>
+      <c r="O107" s="3" t="s">
         <v>553</v>
       </c>
-      <c r="C107" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O107" s="3" t="s">
+      <c r="P107" s="3" t="s">
         <v>554</v>
       </c>
-      <c r="P107" s="3" t="s">
+      <c r="Q107" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="R107" s="3" t="s">
         <v>555</v>
       </c>
-      <c r="Q107" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S107" s="3" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="T107" s="4">
         <v>1</v>
       </c>
       <c r="W107" s="3" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="X107" s="4">
         <v>0</v>
       </c>
       <c r="Y107" s="4">
         <v>0</v>
       </c>
       <c r="Z107" s="6">
-        <v>2.3019999999999998E-3</v>
+        <v>1.503E-3</v>
       </c>
     </row>
     <row r="108" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A108" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="B108" s="3" t="s">
         <v>557</v>
       </c>
-      <c r="B108" s="3" t="s">
+      <c r="C108" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D108" s="4">
+        <v>320</v>
+      </c>
+      <c r="E108" s="5">
+        <v>283.41381000000001</v>
+      </c>
+      <c r="F108" s="4">
+        <v>90692.419200000004</v>
+      </c>
+      <c r="G108" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H108" s="3" t="s">
+        <v>441</v>
+      </c>
+      <c r="I108" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="J108" s="5">
+        <v>245.55</v>
+      </c>
+      <c r="K108" s="5">
+        <v>0.86640097036908681</v>
+      </c>
+      <c r="L108" s="3" t="s">
+        <v>442</v>
+      </c>
+      <c r="M108" s="4">
+        <v>78576</v>
+      </c>
+      <c r="N108" s="4">
+        <v>90692.419200000004</v>
+      </c>
+      <c r="O108" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="P108" s="3" t="s">
         <v>558</v>
       </c>
-      <c r="C108" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O108" s="3" t="s">
+      <c r="Q108" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="R108" s="3" t="s">
         <v>559</v>
       </c>
-      <c r="P108" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S108" s="3" t="s">
-        <v>109</v>
+        <v>445</v>
       </c>
       <c r="T108" s="4">
         <v>1</v>
       </c>
       <c r="W108" s="3" t="s">
-        <v>557</v>
+        <v>34</v>
       </c>
       <c r="X108" s="4">
         <v>0</v>
       </c>
       <c r="Y108" s="4">
         <v>0</v>
       </c>
       <c r="Z108" s="6">
-        <v>1.2999999999999999E-4</v>
+        <v>3.8270000000000001E-3</v>
       </c>
     </row>
     <row r="109" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A109" s="3" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>563</v>
+        <v>561</v>
       </c>
       <c r="C109" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D109" s="4">
-        <v>4239</v>
+        <v>143</v>
       </c>
       <c r="E109" s="5">
-        <v>19.1995</v>
+        <v>64.760000000000005</v>
       </c>
       <c r="F109" s="4">
-        <v>81386.680500000002</v>
+        <v>9260.68</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H109" s="3" t="s">
-        <v>564</v>
+        <v>83</v>
       </c>
       <c r="I109" s="3" t="s">
-        <v>59</v>
+        <v>84</v>
       </c>
       <c r="J109" s="5">
-        <v>16.34</v>
+        <v>64.760000000000005</v>
       </c>
       <c r="K109" s="5">
-        <v>0.85106382978723405</v>
+        <v>1</v>
       </c>
       <c r="L109" s="3" t="s">
-        <v>565</v>
+        <v>85</v>
       </c>
       <c r="M109" s="4">
-        <v>69265.259999999995</v>
+        <v>9260.68</v>
       </c>
       <c r="N109" s="4">
-        <v>81386.680500000002</v>
+        <v>9260.68</v>
       </c>
       <c r="O109" s="3" t="s">
         <v>562</v>
       </c>
       <c r="P109" s="3" t="s">
-        <v>566</v>
+        <v>563</v>
       </c>
       <c r="Q109" s="3" t="s">
-        <v>157</v>
+        <v>258</v>
       </c>
       <c r="R109" s="3" t="s">
-        <v>567</v>
+        <v>564</v>
       </c>
       <c r="S109" s="3" t="s">
-        <v>568</v>
+        <v>99</v>
       </c>
       <c r="T109" s="4">
         <v>1</v>
       </c>
       <c r="W109" s="3" t="s">
-        <v>34</v>
+        <v>560</v>
       </c>
       <c r="X109" s="4">
         <v>0</v>
       </c>
       <c r="Y109" s="4">
         <v>0</v>
       </c>
       <c r="Z109" s="6">
-        <v>3.509E-3</v>
+        <v>3.8999999999999999E-4</v>
       </c>
     </row>
     <row r="110" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A110" s="3" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>570</v>
+        <v>566</v>
       </c>
       <c r="C110" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D110" s="4">
-        <v>489</v>
+        <v>926</v>
       </c>
       <c r="E110" s="5">
-        <v>92.296250000000001</v>
+        <v>35.699406000000003</v>
       </c>
       <c r="F110" s="4">
-        <v>45132.866249999999</v>
+        <v>33057.649956000001</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H110" s="3" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
       <c r="I110" s="3" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="J110" s="5">
-        <v>78.55</v>
+        <v>30.93</v>
       </c>
       <c r="K110" s="5">
-        <v>0.85106382978723405</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L110" s="3" t="s">
+        <v>442</v>
+      </c>
+      <c r="M110" s="4">
+        <v>28641.18</v>
+      </c>
+      <c r="N110" s="4">
+        <v>33057.649956000001</v>
+      </c>
+      <c r="O110" s="3" t="s">
+        <v>565</v>
+      </c>
+      <c r="P110" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="Q110" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="R110" s="3" t="s">
+        <v>568</v>
+      </c>
+      <c r="S110" s="3" t="s">
         <v>445</v>
-      </c>
-[...19 lines deleted...]
-        <v>448</v>
       </c>
       <c r="T110" s="4">
         <v>1</v>
       </c>
       <c r="W110" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X110" s="4">
         <v>0</v>
       </c>
       <c r="Y110" s="4">
         <v>0</v>
       </c>
       <c r="Z110" s="6">
-        <v>1.946E-3</v>
+        <v>1.395E-3</v>
       </c>
     </row>
     <row r="111" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A111" s="3" t="s">
+        <v>569</v>
+      </c>
+      <c r="B111" s="3" t="s">
+        <v>570</v>
+      </c>
+      <c r="C111" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D111" s="4">
+        <v>300</v>
+      </c>
+      <c r="E111" s="5">
+        <v>551.99</v>
+      </c>
+      <c r="F111" s="4">
+        <v>165597</v>
+      </c>
+      <c r="G111" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H111" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I111" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J111" s="5">
+        <v>551.99</v>
+      </c>
+      <c r="K111" s="5">
+        <v>1</v>
+      </c>
+      <c r="L111" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M111" s="4">
+        <v>165597</v>
+      </c>
+      <c r="N111" s="4">
+        <v>165597</v>
+      </c>
+      <c r="O111" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="P111" s="3" t="s">
+        <v>572</v>
+      </c>
+      <c r="Q111" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="R111" s="3" t="s">
         <v>573</v>
       </c>
-      <c r="B111" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S111" s="3" t="s">
-        <v>568</v>
+        <v>99</v>
       </c>
       <c r="T111" s="4">
         <v>1</v>
       </c>
       <c r="W111" s="3" t="s">
-        <v>34</v>
+        <v>569</v>
       </c>
       <c r="X111" s="4">
         <v>0</v>
       </c>
       <c r="Y111" s="4">
         <v>0</v>
       </c>
       <c r="Z111" s="6">
-        <v>4.333E-3</v>
+        <v>6.9880000000000003E-3</v>
       </c>
     </row>
     <row r="112" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A112" s="3" t="s">
+        <v>574</v>
+      </c>
+      <c r="B112" s="3" t="s">
+        <v>575</v>
+      </c>
+      <c r="C112" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D112" s="4">
+        <v>300</v>
+      </c>
+      <c r="E112" s="5">
+        <v>298.43</v>
+      </c>
+      <c r="F112" s="4">
+        <v>89529</v>
+      </c>
+      <c r="G112" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H112" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I112" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J112" s="5">
+        <v>298.43</v>
+      </c>
+      <c r="K112" s="5">
+        <v>1</v>
+      </c>
+      <c r="L112" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M112" s="4">
+        <v>89529</v>
+      </c>
+      <c r="N112" s="4">
+        <v>89529</v>
+      </c>
+      <c r="O112" s="3" t="s">
         <v>576</v>
       </c>
-      <c r="B112" s="3" t="s">
+      <c r="P112" s="3" t="s">
         <v>577</v>
       </c>
-      <c r="C112" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O112" s="3" t="s">
+      <c r="Q112" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="R112" s="3" t="s">
         <v>578</v>
       </c>
-      <c r="P112" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S112" s="3" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="T112" s="4">
         <v>1</v>
       </c>
       <c r="W112" s="3" t="s">
-        <v>576</v>
+        <v>574</v>
       </c>
       <c r="X112" s="4">
         <v>0</v>
       </c>
       <c r="Y112" s="4">
         <v>0</v>
       </c>
       <c r="Z112" s="6">
-        <v>1.737E-3</v>
+        <v>3.7780000000000001E-3</v>
       </c>
     </row>
     <row r="113" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A113" s="3" t="s">
+        <v>579</v>
+      </c>
+      <c r="B113" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="C113" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D113" s="4">
+        <v>1479</v>
+      </c>
+      <c r="E113" s="5">
+        <v>31.036438</v>
+      </c>
+      <c r="F113" s="4">
+        <v>45902.891801999998</v>
+      </c>
+      <c r="G113" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H113" s="3" t="s">
+        <v>441</v>
+      </c>
+      <c r="I113" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="J113" s="5">
+        <v>26.89</v>
+      </c>
+      <c r="K113" s="5">
+        <v>0.86640097036908681</v>
+      </c>
+      <c r="L113" s="3" t="s">
+        <v>442</v>
+      </c>
+      <c r="M113" s="4">
+        <v>39770.31</v>
+      </c>
+      <c r="N113" s="4">
+        <v>45902.891801999998</v>
+      </c>
+      <c r="O113" s="3" t="s">
+        <v>579</v>
+      </c>
+      <c r="P113" s="3" t="s">
         <v>581</v>
       </c>
-      <c r="B113" s="3" t="s">
+      <c r="Q113" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="R113" s="3" t="s">
         <v>582</v>
       </c>
-      <c r="C113" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S113" s="3" t="s">
-        <v>465</v>
+        <v>445</v>
       </c>
       <c r="T113" s="4">
         <v>1</v>
       </c>
       <c r="W113" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X113" s="4">
         <v>0</v>
       </c>
       <c r="Y113" s="4">
         <v>0</v>
       </c>
       <c r="Z113" s="6">
-        <v>3.715E-3</v>
+        <v>1.9369999999999999E-3</v>
       </c>
     </row>
     <row r="114" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A114" s="3" t="s">
+        <v>583</v>
+      </c>
+      <c r="B114" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="C114" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D114" s="4">
+        <v>1170</v>
+      </c>
+      <c r="E114" s="5">
+        <v>39.612144000000001</v>
+      </c>
+      <c r="F114" s="4">
+        <v>46346.208480000001</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H114" s="3" t="s">
+        <v>441</v>
+      </c>
+      <c r="I114" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="J114" s="5">
+        <v>34.32</v>
+      </c>
+      <c r="K114" s="5">
+        <v>0.86640097036908681</v>
+      </c>
+      <c r="L114" s="3" t="s">
+        <v>442</v>
+      </c>
+      <c r="M114" s="4">
+        <v>40154.400000000001</v>
+      </c>
+      <c r="N114" s="4">
+        <v>46346.208480000001</v>
+      </c>
+      <c r="O114" s="3" t="s">
+        <v>583</v>
+      </c>
+      <c r="P114" s="3" t="s">
         <v>585</v>
       </c>
-      <c r="B114" s="3" t="s">
+      <c r="Q114" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="R114" s="3" t="s">
         <v>586</v>
       </c>
-      <c r="C114" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S114" s="3" t="s">
-        <v>109</v>
+        <v>445</v>
       </c>
       <c r="T114" s="4">
         <v>1</v>
       </c>
       <c r="W114" s="3" t="s">
-        <v>585</v>
+        <v>34</v>
       </c>
       <c r="X114" s="4">
         <v>0</v>
       </c>
       <c r="Y114" s="4">
         <v>0</v>
       </c>
       <c r="Z114" s="6">
-        <v>1.3079999999999999E-3</v>
+        <v>1.9550000000000001E-3</v>
       </c>
     </row>
     <row r="115" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A115" s="3" t="s">
+        <v>587</v>
+      </c>
+      <c r="B115" s="3" t="s">
+        <v>588</v>
+      </c>
+      <c r="C115" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D115" s="4">
+        <v>265</v>
+      </c>
+      <c r="E115" s="5">
+        <v>85.98</v>
+      </c>
+      <c r="F115" s="4">
+        <v>22784.7</v>
+      </c>
+      <c r="G115" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H115" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I115" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J115" s="5">
+        <v>85.98</v>
+      </c>
+      <c r="K115" s="5">
+        <v>1</v>
+      </c>
+      <c r="L115" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M115" s="4">
+        <v>22784.7</v>
+      </c>
+      <c r="N115" s="4">
+        <v>22784.7</v>
+      </c>
+      <c r="O115" s="3" t="s">
+        <v>589</v>
+      </c>
+      <c r="P115" s="3" t="s">
         <v>590</v>
       </c>
-      <c r="B115" s="3" t="s">
+      <c r="Q115" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="R115" s="3" t="s">
         <v>591</v>
       </c>
-      <c r="C115" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S115" s="3" t="s">
-        <v>465</v>
+        <v>99</v>
       </c>
       <c r="T115" s="4">
         <v>1</v>
       </c>
       <c r="W115" s="3" t="s">
-        <v>34</v>
+        <v>587</v>
       </c>
       <c r="X115" s="4">
         <v>0</v>
       </c>
       <c r="Y115" s="4">
         <v>0</v>
       </c>
       <c r="Z115" s="6">
-        <v>1.405E-3</v>
+        <v>9.6100000000000005E-4</v>
       </c>
     </row>
     <row r="116" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A116" s="3" t="s">
+        <v>592</v>
+      </c>
+      <c r="B116" s="3" t="s">
+        <v>593</v>
+      </c>
+      <c r="C116" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D116" s="4">
+        <v>500</v>
+      </c>
+      <c r="E116" s="5">
+        <v>79.819999999999993</v>
+      </c>
+      <c r="F116" s="4">
+        <v>39910</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H116" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I116" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J116" s="5">
+        <v>79.819999999999993</v>
+      </c>
+      <c r="K116" s="5">
+        <v>1</v>
+      </c>
+      <c r="L116" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M116" s="4">
+        <v>39910</v>
+      </c>
+      <c r="N116" s="4">
+        <v>39910</v>
+      </c>
+      <c r="O116" s="3" t="s">
         <v>594</v>
       </c>
-      <c r="B116" s="3" t="s">
+      <c r="P116" s="3" t="s">
         <v>595</v>
       </c>
-      <c r="C116" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O116" s="3" t="s">
+      <c r="Q116" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="R116" s="3" t="s">
         <v>596</v>
       </c>
-      <c r="P116" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S116" s="3" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="T116" s="4">
         <v>1</v>
       </c>
       <c r="W116" s="3" t="s">
-        <v>594</v>
+        <v>592</v>
       </c>
       <c r="X116" s="4">
         <v>0</v>
       </c>
       <c r="Y116" s="4">
         <v>0</v>
       </c>
       <c r="Z116" s="6">
-        <v>7.3569999999999998E-3</v>
+        <v>1.684E-3</v>
       </c>
     </row>
     <row r="117" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A117" s="3" t="s">
+        <v>597</v>
+      </c>
+      <c r="B117" s="3" t="s">
+        <v>598</v>
+      </c>
+      <c r="C117" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D117" s="4">
+        <v>2102</v>
+      </c>
+      <c r="E117" s="5">
+        <v>517.80999999999995</v>
+      </c>
+      <c r="F117" s="4">
+        <v>1088436.6200000001</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H117" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I117" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J117" s="5">
+        <v>517.80999999999995</v>
+      </c>
+      <c r="K117" s="5">
+        <v>1</v>
+      </c>
+      <c r="L117" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M117" s="4">
+        <v>1088436.6200000001</v>
+      </c>
+      <c r="N117" s="4">
+        <v>1088436.6200000001</v>
+      </c>
+      <c r="O117" s="3" t="s">
         <v>599</v>
       </c>
-      <c r="B117" s="3" t="s">
+      <c r="P117" s="3" t="s">
         <v>600</v>
       </c>
-      <c r="C117" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O117" s="3" t="s">
+      <c r="Q117" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="R117" s="3" t="s">
         <v>601</v>
       </c>
-      <c r="P117" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S117" s="3" t="s">
-        <v>109</v>
+        <v>127</v>
       </c>
       <c r="T117" s="4">
         <v>1</v>
       </c>
       <c r="W117" s="3" t="s">
-        <v>599</v>
+        <v>597</v>
       </c>
       <c r="X117" s="4">
         <v>0</v>
       </c>
       <c r="Y117" s="4">
         <v>0</v>
       </c>
       <c r="Z117" s="6">
-        <v>3.9300000000000003E-3</v>
+        <v>4.5935999999999998E-2</v>
       </c>
     </row>
     <row r="118" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A118" s="3" t="s">
+        <v>602</v>
+      </c>
+      <c r="B118" s="3" t="s">
+        <v>603</v>
+      </c>
+      <c r="C118" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D118" s="4">
+        <v>74</v>
+      </c>
+      <c r="E118" s="5">
+        <v>696.35627299999999</v>
+      </c>
+      <c r="F118" s="4">
+        <v>51530.364372470001</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H118" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="I118" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="J118" s="5">
+        <v>559</v>
+      </c>
+      <c r="K118" s="5">
+        <v>0.80275000316283507</v>
+      </c>
+      <c r="L118" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="M118" s="4">
+        <v>41366.000161999997</v>
+      </c>
+      <c r="N118" s="4">
+        <v>51530.364372470001</v>
+      </c>
+      <c r="O118" s="3" t="s">
+        <v>602</v>
+      </c>
+      <c r="P118" s="3" t="s">
         <v>604</v>
       </c>
-      <c r="B118" s="3" t="s">
+      <c r="Q118" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="R118" s="3" t="s">
         <v>605</v>
       </c>
-      <c r="C118" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P118" s="3" t="s">
+      <c r="S118" s="3" t="s">
         <v>606</v>
-      </c>
-[...7 lines deleted...]
-        <v>465</v>
       </c>
       <c r="T118" s="4">
         <v>1</v>
       </c>
       <c r="W118" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X118" s="4">
         <v>0</v>
       </c>
       <c r="Y118" s="4">
         <v>0</v>
       </c>
       <c r="Z118" s="6">
-        <v>2.173E-3</v>
+        <v>2.1740000000000002E-3</v>
       </c>
     </row>
     <row r="119" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A119" s="3" t="s">
+        <v>607</v>
+      </c>
+      <c r="B119" s="3" t="s">
         <v>608</v>
       </c>
-      <c r="B119" s="3" t="s">
+      <c r="C119" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D119" s="4">
+        <v>300</v>
+      </c>
+      <c r="E119" s="5">
+        <v>25.594761999999999</v>
+      </c>
+      <c r="F119" s="4">
+        <v>7678.4265359800002</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H119" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="I119" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="J119" s="5">
+        <v>3943</v>
+      </c>
+      <c r="K119" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L119" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="M119" s="4">
+        <v>1182899.67417</v>
+      </c>
+      <c r="N119" s="4">
+        <v>7678.4265359800002</v>
+      </c>
+      <c r="O119" s="3" t="s">
+        <v>607</v>
+      </c>
+      <c r="P119" s="3" t="s">
         <v>609</v>
       </c>
-      <c r="C119" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P119" s="3" t="s">
+      <c r="Q119" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="R119" s="3" t="s">
         <v>610</v>
       </c>
-      <c r="Q119" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R119" s="3" t="s">
+      <c r="S119" s="3" t="s">
         <v>611</v>
-      </c>
-[...1 lines deleted...]
-        <v>465</v>
       </c>
       <c r="T119" s="4">
         <v>1</v>
       </c>
       <c r="W119" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X119" s="4">
         <v>0</v>
       </c>
       <c r="Y119" s="4">
         <v>0</v>
       </c>
       <c r="Z119" s="6">
-        <v>1.967E-3</v>
+        <v>3.2400000000000001E-4</v>
       </c>
     </row>
     <row r="120" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A120" s="3" t="s">
         <v>612</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>613</v>
       </c>
       <c r="C120" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D120" s="4">
-        <v>265</v>
+        <v>2184</v>
       </c>
       <c r="E120" s="5">
-        <v>83.93</v>
+        <v>25.361141</v>
       </c>
       <c r="F120" s="4">
-        <v>22241.45</v>
+        <v>55388.731943999999</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H120" s="3" t="s">
-        <v>93</v>
+        <v>31</v>
       </c>
       <c r="I120" s="3" t="s">
-        <v>94</v>
+        <v>32</v>
       </c>
       <c r="J120" s="5">
-        <v>83.93</v>
+        <v>38.74</v>
       </c>
       <c r="K120" s="5">
-        <v>1</v>
+        <v>1.5275337966852518</v>
       </c>
       <c r="L120" s="3" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
       <c r="M120" s="4">
-        <v>22241.45</v>
+        <v>84608.16</v>
       </c>
       <c r="N120" s="4">
-        <v>22241.45</v>
+        <v>55388.731943999999</v>
       </c>
       <c r="O120" s="3" t="s">
+        <v>612</v>
+      </c>
+      <c r="P120" s="3" t="s">
         <v>614</v>
       </c>
-      <c r="P120" s="3" t="s">
+      <c r="Q120" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="R120" s="3" t="s">
         <v>615</v>
       </c>
-      <c r="Q120" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R120" s="3" t="s">
+      <c r="S120" s="3" t="s">
         <v>616</v>
       </c>
-      <c r="S120" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T120" s="4">
         <v>1</v>
       </c>
       <c r="W120" s="3" t="s">
-        <v>612</v>
+        <v>34</v>
       </c>
       <c r="X120" s="4">
         <v>0</v>
       </c>
       <c r="Y120" s="4">
         <v>0</v>
       </c>
       <c r="Z120" s="6">
-        <v>9.5799999999999998E-4</v>
+        <v>2.3370000000000001E-3</v>
       </c>
     </row>
     <row r="121" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A121" s="3" t="s">
         <v>617</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>618</v>
       </c>
       <c r="C121" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D121" s="4">
-        <v>500</v>
+        <v>1807</v>
       </c>
       <c r="E121" s="5">
-        <v>82.37</v>
+        <v>66.83</v>
       </c>
       <c r="F121" s="4">
-        <v>41185</v>
+        <v>120761.81</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H121" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I121" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J121" s="5">
-        <v>82.37</v>
+        <v>66.83</v>
       </c>
       <c r="K121" s="5">
         <v>1</v>
       </c>
       <c r="L121" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M121" s="4">
-        <v>41185</v>
+        <v>120761.81</v>
       </c>
       <c r="N121" s="4">
-        <v>41185</v>
+        <v>120761.81</v>
       </c>
       <c r="O121" s="3" t="s">
         <v>619</v>
       </c>
       <c r="P121" s="3" t="s">
         <v>620</v>
       </c>
       <c r="Q121" s="3" t="s">
-        <v>157</v>
+        <v>141</v>
       </c>
       <c r="R121" s="3" t="s">
         <v>621</v>
       </c>
       <c r="S121" s="3" t="s">
-        <v>109</v>
+        <v>127</v>
       </c>
       <c r="T121" s="4">
         <v>1</v>
       </c>
       <c r="W121" s="3" t="s">
         <v>617</v>
       </c>
       <c r="X121" s="4">
         <v>0</v>
       </c>
       <c r="Y121" s="4">
         <v>0</v>
       </c>
       <c r="Z121" s="6">
-        <v>1.7750000000000001E-3</v>
+        <v>5.0959999999999998E-3</v>
       </c>
     </row>
     <row r="122" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A122" s="3" t="s">
         <v>622</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>623</v>
       </c>
       <c r="C122" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D122" s="4">
-        <v>2102</v>
+        <v>6.9999999999999999E-6</v>
       </c>
       <c r="E122" s="5">
-        <v>517.95000000000005</v>
+        <v>25.737568</v>
       </c>
       <c r="F122" s="4">
-        <v>1088730.8999999999</v>
+        <v>1.7090000000000001E-4</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H122" s="3" t="s">
-        <v>93</v>
+        <v>68</v>
       </c>
       <c r="I122" s="3" t="s">
-        <v>94</v>
+        <v>69</v>
       </c>
       <c r="J122" s="5">
-        <v>517.95000000000005</v>
+        <v>3965</v>
       </c>
       <c r="K122" s="5">
-        <v>1</v>
+        <v>154.05495756556192</v>
       </c>
       <c r="L122" s="3" t="s">
-        <v>95</v>
+        <v>70</v>
       </c>
       <c r="M122" s="4">
-        <v>1088730.8999999999</v>
+        <v>2.6327E-2</v>
       </c>
       <c r="N122" s="4">
-        <v>1088730.8999999999</v>
+        <v>1.7090000000000001E-4</v>
       </c>
       <c r="O122" s="3" t="s">
+        <v>622</v>
+      </c>
+      <c r="P122" s="3" t="s">
         <v>624</v>
       </c>
-      <c r="P122" s="3" t="s">
+      <c r="Q122" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="R122" s="3" t="s">
         <v>625</v>
       </c>
-      <c r="Q122" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S122" s="3" t="s">
-        <v>137</v>
+        <v>611</v>
       </c>
       <c r="T122" s="4">
         <v>1</v>
       </c>
       <c r="W122" s="3" t="s">
-        <v>622</v>
+        <v>34</v>
       </c>
       <c r="X122" s="4">
         <v>0</v>
       </c>
       <c r="Y122" s="4">
         <v>0</v>
       </c>
       <c r="Z122" s="6">
-        <v>4.6942999999999999E-2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A123" s="3" t="s">
+        <v>626</v>
+      </c>
+      <c r="B123" s="3" t="s">
         <v>627</v>
       </c>
-      <c r="B123" s="3" t="s">
+      <c r="C123" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D123" s="4">
+        <v>1014</v>
+      </c>
+      <c r="E123" s="5">
+        <v>62.607695999999997</v>
+      </c>
+      <c r="F123" s="4">
+        <v>63483.979645550004</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H123" s="3" t="s">
         <v>628</v>
       </c>
-      <c r="C123" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I123" s="3" t="s">
-        <v>49</v>
+        <v>629</v>
       </c>
       <c r="J123" s="5">
-        <v>566.6</v>
+        <v>89200</v>
       </c>
       <c r="K123" s="5">
-        <v>0.79564999687627802</v>
+        <v>1424.7449706502537</v>
       </c>
       <c r="L123" s="3" t="s">
-        <v>50</v>
+        <v>630</v>
       </c>
       <c r="M123" s="4">
-        <v>41928.399834999997</v>
+        <v>90448480.716859996</v>
       </c>
       <c r="N123" s="4">
-        <v>52697.040155850002</v>
+        <v>63483.979645550004</v>
       </c>
       <c r="O123" s="3" t="s">
-        <v>627</v>
+        <v>626</v>
       </c>
       <c r="P123" s="3" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="Q123" s="3" t="s">
-        <v>157</v>
+        <v>114</v>
       </c>
       <c r="R123" s="3" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="S123" s="3" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="T123" s="4">
         <v>1</v>
       </c>
       <c r="W123" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X123" s="4">
         <v>0</v>
       </c>
       <c r="Y123" s="4">
         <v>0</v>
       </c>
       <c r="Z123" s="6">
-        <v>2.2720000000000001E-3</v>
+        <v>2.679E-3</v>
       </c>
     </row>
     <row r="124" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A124" s="3" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="C124" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D124" s="4">
-        <v>300</v>
+        <v>600</v>
       </c>
       <c r="E124" s="5">
-        <v>26.217970000000001</v>
+        <v>164</v>
       </c>
       <c r="F124" s="4">
-        <v>7865.3891728999997</v>
+        <v>98400</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H124" s="3" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="I124" s="3" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="J124" s="5">
-        <v>3872</v>
+        <v>164</v>
       </c>
       <c r="K124" s="5">
-        <v>147.68496434146536</v>
+        <v>1</v>
       </c>
       <c r="L124" s="3" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="M124" s="4">
-        <v>1161599.7195309999</v>
+        <v>98400</v>
       </c>
       <c r="N124" s="4">
-        <v>7865.3891728999997</v>
+        <v>98400</v>
       </c>
       <c r="O124" s="3" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="P124" s="3" t="s">
+        <v>637</v>
+      </c>
+      <c r="Q124" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="R124" s="3" t="s">
+        <v>638</v>
+      </c>
+      <c r="S124" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="T124" s="4">
+        <v>1</v>
+      </c>
+      <c r="W124" s="3" t="s">
         <v>634</v>
       </c>
-      <c r="Q124" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X124" s="4">
         <v>0</v>
       </c>
       <c r="Y124" s="4">
         <v>0</v>
       </c>
       <c r="Z124" s="6">
-        <v>3.39E-4</v>
+        <v>4.1520000000000003E-3</v>
       </c>
     </row>
     <row r="125" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A125" s="3" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="C125" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D125" s="4">
-        <v>2184</v>
+        <v>3400</v>
       </c>
       <c r="E125" s="5">
-        <v>25.827368</v>
+        <v>24.445822</v>
       </c>
       <c r="F125" s="4">
-        <v>56406.97062</v>
+        <v>83115.770341759999</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H125" s="3" t="s">
-        <v>31</v>
+        <v>68</v>
       </c>
       <c r="I125" s="3" t="s">
-        <v>32</v>
+        <v>69</v>
       </c>
       <c r="J125" s="5">
-        <v>38.97</v>
+        <v>3766</v>
       </c>
       <c r="K125" s="5">
-        <v>1.5088645794039983</v>
+        <v>154.05495756556192</v>
       </c>
       <c r="L125" s="3" t="s">
-        <v>33</v>
+        <v>70</v>
       </c>
       <c r="M125" s="4">
-        <v>85110.48</v>
+        <v>12804396.473028</v>
       </c>
       <c r="N125" s="4">
-        <v>56406.97062</v>
+        <v>83115.770341759999</v>
       </c>
       <c r="O125" s="3" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="P125" s="3" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="Q125" s="3" t="s">
-        <v>157</v>
+        <v>258</v>
       </c>
       <c r="R125" s="3" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="S125" s="3" t="s">
-        <v>641</v>
+        <v>611</v>
       </c>
       <c r="T125" s="4">
         <v>1</v>
       </c>
       <c r="W125" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X125" s="4">
         <v>0</v>
       </c>
       <c r="Y125" s="4">
         <v>0</v>
       </c>
       <c r="Z125" s="6">
-        <v>2.4320000000000001E-3</v>
+        <v>3.5070000000000001E-3</v>
       </c>
     </row>
     <row r="126" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A126" s="3" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="B126" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="C126" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D126" s="4">
+        <v>181</v>
+      </c>
+      <c r="E126" s="5">
+        <v>116.855025</v>
+      </c>
+      <c r="F126" s="4">
+        <v>21150.759525000001</v>
+      </c>
+      <c r="G126" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H126" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I126" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J126" s="5">
+        <v>178.5</v>
+      </c>
+      <c r="K126" s="5">
+        <v>1.5275337966852518</v>
+      </c>
+      <c r="L126" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M126" s="4">
+        <v>32308.5</v>
+      </c>
+      <c r="N126" s="4">
+        <v>21150.759525000001</v>
+      </c>
+      <c r="O126" s="3" t="s">
         <v>643</v>
       </c>
-      <c r="C126" s="3" t="s">
-[...11 lines deleted...]
-      <c r="G126" s="3" t="s">
+      <c r="P126" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="Q126" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="H126" s="3" t="s">
-[...23 lines deleted...]
-      <c r="P126" s="3" t="s">
+      <c r="R126" s="3" t="s">
         <v>645</v>
       </c>
-      <c r="Q126" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S126" s="3" t="s">
-        <v>137</v>
+        <v>616</v>
       </c>
       <c r="T126" s="4">
         <v>1</v>
       </c>
       <c r="W126" s="3" t="s">
-        <v>642</v>
+        <v>34</v>
       </c>
       <c r="X126" s="4">
         <v>0</v>
       </c>
       <c r="Y126" s="4">
         <v>0</v>
       </c>
       <c r="Z126" s="6">
-        <v>5.2440000000000004E-3</v>
+        <v>8.92E-4</v>
       </c>
     </row>
     <row r="127" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A127" s="3" t="s">
+        <v>646</v>
+      </c>
+      <c r="B127" s="3" t="s">
         <v>647</v>
       </c>
-      <c r="B127" s="3" t="s">
+      <c r="C127" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D127" s="4">
+        <v>625</v>
+      </c>
+      <c r="E127" s="5">
+        <v>112.364126</v>
+      </c>
+      <c r="F127" s="4">
+        <v>70227.578750000001</v>
+      </c>
+      <c r="G127" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H127" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I127" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J127" s="5">
+        <v>171.64</v>
+      </c>
+      <c r="K127" s="5">
+        <v>1.5275337966852518</v>
+      </c>
+      <c r="L127" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M127" s="4">
+        <v>107275</v>
+      </c>
+      <c r="N127" s="4">
+        <v>70227.578750000001</v>
+      </c>
+      <c r="O127" s="3" t="s">
+        <v>646</v>
+      </c>
+      <c r="P127" s="3" t="s">
         <v>648</v>
       </c>
-      <c r="C127" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P127" s="3" t="s">
+      <c r="Q127" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="R127" s="3" t="s">
         <v>649</v>
       </c>
-      <c r="Q127" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S127" s="3" t="s">
-        <v>636</v>
+        <v>616</v>
       </c>
       <c r="T127" s="4">
         <v>1</v>
       </c>
       <c r="W127" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X127" s="4">
         <v>0</v>
       </c>
       <c r="Y127" s="4">
         <v>0</v>
       </c>
       <c r="Z127" s="6">
-        <v>0</v>
+        <v>2.9629999999999999E-3</v>
       </c>
     </row>
     <row r="128" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A128" s="3" t="s">
+        <v>650</v>
+      </c>
+      <c r="B128" s="3" t="s">
         <v>651</v>
       </c>
-      <c r="B128" s="3" t="s">
+      <c r="C128" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D128" s="4">
+        <v>1800</v>
+      </c>
+      <c r="E128" s="5">
+        <v>15.978064</v>
+      </c>
+      <c r="F128" s="4">
+        <v>28760.507610920002</v>
+      </c>
+      <c r="G128" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H128" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="I128" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="J128" s="5">
+        <v>2461.5</v>
+      </c>
+      <c r="K128" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L128" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="M128" s="4">
+        <v>4430698.7795639997</v>
+      </c>
+      <c r="N128" s="4">
+        <v>28760.507610920002</v>
+      </c>
+      <c r="O128" s="3" t="s">
+        <v>650</v>
+      </c>
+      <c r="P128" s="3" t="s">
         <v>652</v>
       </c>
-      <c r="C128" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P128" s="3" t="s">
+      <c r="Q128" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="R128" s="3" t="s">
         <v>653</v>
       </c>
-      <c r="Q128" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S128" s="3" t="s">
-        <v>655</v>
+        <v>611</v>
       </c>
       <c r="T128" s="4">
         <v>1</v>
       </c>
       <c r="W128" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X128" s="4">
         <v>0</v>
       </c>
       <c r="Y128" s="4">
         <v>0</v>
       </c>
       <c r="Z128" s="6">
-        <v>3.0690000000000001E-3</v>
+        <v>1.2130000000000001E-3</v>
       </c>
     </row>
     <row r="129" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A129" s="3" t="s">
+        <v>654</v>
+      </c>
+      <c r="B129" s="3" t="s">
+        <v>655</v>
+      </c>
+      <c r="C129" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D129" s="4">
+        <v>300</v>
+      </c>
+      <c r="E129" s="5">
+        <v>19.79813</v>
+      </c>
+      <c r="F129" s="4">
+        <v>5939.4372139799998</v>
+      </c>
+      <c r="G129" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H129" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="I129" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="J129" s="5">
+        <v>3050</v>
+      </c>
+      <c r="K129" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L129" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="M129" s="4">
+        <v>914999.74796299997</v>
+      </c>
+      <c r="N129" s="4">
+        <v>5939.4372139799998</v>
+      </c>
+      <c r="O129" s="3" t="s">
+        <v>654</v>
+      </c>
+      <c r="P129" s="3" t="s">
         <v>656</v>
       </c>
-      <c r="B129" s="3" t="s">
+      <c r="Q129" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="R129" s="3" t="s">
         <v>657</v>
       </c>
-      <c r="C129" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S129" s="3" t="s">
-        <v>109</v>
+        <v>611</v>
       </c>
       <c r="T129" s="4">
         <v>1</v>
       </c>
       <c r="W129" s="3" t="s">
-        <v>656</v>
+        <v>34</v>
       </c>
       <c r="X129" s="4">
         <v>0</v>
       </c>
       <c r="Y129" s="4">
         <v>0</v>
       </c>
       <c r="Z129" s="6">
-        <v>4.1120000000000002E-3</v>
+        <v>2.5000000000000001E-4</v>
       </c>
     </row>
     <row r="130" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A130" s="3" t="s">
+        <v>658</v>
+      </c>
+      <c r="B130" s="3" t="s">
+        <v>659</v>
+      </c>
+      <c r="C130" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D130" s="4">
+        <v>13500</v>
+      </c>
+      <c r="E130" s="5">
+        <v>3.6669149999999999</v>
+      </c>
+      <c r="F130" s="4">
+        <v>49503.358122539998</v>
+      </c>
+      <c r="G130" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H130" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="I130" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="J130" s="5">
+        <v>28.5</v>
+      </c>
+      <c r="K130" s="5">
+        <v>7.7721999289620927</v>
+      </c>
+      <c r="L130" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="M130" s="4">
+        <v>384749.996483</v>
+      </c>
+      <c r="N130" s="4">
+        <v>49503.358122539998</v>
+      </c>
+      <c r="O130" s="3" t="s">
+        <v>658</v>
+      </c>
+      <c r="P130" s="3" t="s">
+        <v>660</v>
+      </c>
+      <c r="Q130" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="R130" s="3" t="s">
         <v>661</v>
       </c>
-      <c r="B130" s="3" t="s">
+      <c r="S130" s="3" t="s">
         <v>662</v>
-      </c>
-[...49 lines deleted...]
-        <v>636</v>
       </c>
       <c r="T130" s="4">
         <v>1</v>
       </c>
       <c r="W130" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X130" s="4">
         <v>0</v>
       </c>
       <c r="Y130" s="4">
         <v>0</v>
       </c>
       <c r="Z130" s="6">
-        <v>4.2110000000000003E-3</v>
+        <v>2.0890000000000001E-3</v>
       </c>
     </row>
     <row r="131" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A131" s="3" t="s">
+        <v>663</v>
+      </c>
+      <c r="B131" s="3" t="s">
+        <v>664</v>
+      </c>
+      <c r="C131" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D131" s="4">
+        <v>1900</v>
+      </c>
+      <c r="E131" s="5">
+        <v>24.38091</v>
+      </c>
+      <c r="F131" s="4">
+        <v>46323.715556130002</v>
+      </c>
+      <c r="G131" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H131" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="I131" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="J131" s="5">
+        <v>3756</v>
+      </c>
+      <c r="K131" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L131" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="M131" s="4">
+        <v>7136398.0342779998</v>
+      </c>
+      <c r="N131" s="4">
+        <v>46323.715556130002</v>
+      </c>
+      <c r="O131" s="3" t="s">
+        <v>663</v>
+      </c>
+      <c r="P131" s="3" t="s">
         <v>665</v>
       </c>
-      <c r="B131" s="3" t="s">
+      <c r="Q131" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="R131" s="3" t="s">
         <v>666</v>
       </c>
-      <c r="C131" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S131" s="3" t="s">
-        <v>641</v>
+        <v>611</v>
       </c>
       <c r="T131" s="4">
         <v>1</v>
       </c>
       <c r="W131" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X131" s="4">
         <v>0</v>
       </c>
       <c r="Y131" s="4">
         <v>0</v>
       </c>
       <c r="Z131" s="6">
-        <v>1.0250000000000001E-3</v>
+        <v>1.9550000000000001E-3</v>
       </c>
     </row>
     <row r="132" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A132" s="3" t="s">
+        <v>667</v>
+      </c>
+      <c r="B132" s="3" t="s">
         <v>668</v>
       </c>
-      <c r="B132" s="3" t="s">
+      <c r="C132" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D132" s="4">
+        <v>600</v>
+      </c>
+      <c r="E132" s="5">
+        <v>44.880088000000001</v>
+      </c>
+      <c r="F132" s="4">
+        <v>26928.04517867</v>
+      </c>
+      <c r="G132" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H132" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="I132" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="J132" s="5">
+        <v>6914</v>
+      </c>
+      <c r="K132" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L132" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="M132" s="4">
+        <v>4148398.8573230002</v>
+      </c>
+      <c r="N132" s="4">
+        <v>26928.04517867</v>
+      </c>
+      <c r="O132" s="3" t="s">
+        <v>667</v>
+      </c>
+      <c r="P132" s="3" t="s">
         <v>669</v>
       </c>
-      <c r="C132" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P132" s="3" t="s">
+      <c r="Q132" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="R132" s="3" t="s">
         <v>670</v>
       </c>
-      <c r="Q132" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S132" s="3" t="s">
-        <v>641</v>
+        <v>611</v>
       </c>
       <c r="T132" s="4">
         <v>1</v>
       </c>
       <c r="W132" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X132" s="4">
         <v>0</v>
       </c>
       <c r="Y132" s="4">
         <v>0</v>
       </c>
       <c r="Z132" s="6">
-        <v>2.98E-3</v>
+        <v>1.1360000000000001E-3</v>
       </c>
     </row>
     <row r="133" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A133" s="3" t="s">
+        <v>671</v>
+      </c>
+      <c r="B133" s="3" t="s">
         <v>672</v>
       </c>
-      <c r="B133" s="3" t="s">
+      <c r="C133" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D133" s="4">
+        <v>4900</v>
+      </c>
+      <c r="E133" s="5">
+        <v>15.124473</v>
+      </c>
+      <c r="F133" s="4">
+        <v>74109.895816429998</v>
+      </c>
+      <c r="G133" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H133" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="I133" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="J133" s="5">
+        <v>2330</v>
+      </c>
+      <c r="K133" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L133" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="M133" s="4">
+        <v>11416996.855187999</v>
+      </c>
+      <c r="N133" s="4">
+        <v>74109.895816429998</v>
+      </c>
+      <c r="O133" s="3" t="s">
+        <v>671</v>
+      </c>
+      <c r="P133" s="3" t="s">
         <v>673</v>
       </c>
-      <c r="C133" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P133" s="3" t="s">
+      <c r="Q133" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="R133" s="3" t="s">
         <v>674</v>
       </c>
-      <c r="Q133" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S133" s="3" t="s">
-        <v>636</v>
+        <v>611</v>
       </c>
       <c r="T133" s="4">
         <v>1</v>
       </c>
       <c r="W133" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X133" s="4">
         <v>0</v>
       </c>
       <c r="Y133" s="4">
         <v>0</v>
       </c>
       <c r="Z133" s="6">
-        <v>1.24E-3</v>
+        <v>3.127E-3</v>
       </c>
     </row>
     <row r="134" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A134" s="3" t="s">
+        <v>675</v>
+      </c>
+      <c r="B134" s="3" t="s">
         <v>676</v>
       </c>
-      <c r="B134" s="3" t="s">
+      <c r="C134" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D134" s="4">
+        <v>155</v>
+      </c>
+      <c r="E134" s="5">
+        <v>1118.8599999999999</v>
+      </c>
+      <c r="F134" s="4">
+        <v>173423.3</v>
+      </c>
+      <c r="G134" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H134" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I134" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J134" s="5">
+        <v>1118.8599999999999</v>
+      </c>
+      <c r="K134" s="5">
+        <v>1</v>
+      </c>
+      <c r="L134" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M134" s="4">
+        <v>173423.3</v>
+      </c>
+      <c r="N134" s="4">
+        <v>173423.3</v>
+      </c>
+      <c r="O134" s="3" t="s">
         <v>677</v>
-      </c>
-[...37 lines deleted...]
-        <v>676</v>
       </c>
       <c r="P134" s="3" t="s">
         <v>678</v>
       </c>
       <c r="Q134" s="3" t="s">
-        <v>179</v>
+        <v>97</v>
       </c>
       <c r="R134" s="3" t="s">
         <v>679</v>
       </c>
       <c r="S134" s="3" t="s">
-        <v>636</v>
+        <v>127</v>
       </c>
       <c r="T134" s="4">
         <v>1</v>
       </c>
       <c r="W134" s="3" t="s">
-        <v>34</v>
+        <v>675</v>
       </c>
       <c r="X134" s="4">
         <v>0</v>
       </c>
       <c r="Y134" s="4">
         <v>0</v>
       </c>
       <c r="Z134" s="6">
-        <v>2.7E-4</v>
+        <v>7.319E-3</v>
       </c>
     </row>
     <row r="135" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A135" s="3" t="s">
         <v>680</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>681</v>
       </c>
       <c r="C135" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D135" s="4">
-        <v>13500</v>
+        <v>340</v>
       </c>
       <c r="E135" s="5">
-        <v>3.390571</v>
+        <v>392.35091999999997</v>
       </c>
       <c r="F135" s="4">
-        <v>45772.710914609997</v>
+        <v>133398.84190209</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H135" s="3" t="s">
-        <v>68</v>
+        <v>628</v>
       </c>
       <c r="I135" s="3" t="s">
-        <v>69</v>
+        <v>629</v>
       </c>
       <c r="J135" s="5">
-        <v>26.38</v>
+        <v>559000</v>
       </c>
       <c r="K135" s="5">
-        <v>7.7803997725011103</v>
+        <v>1424.7449706502537</v>
       </c>
       <c r="L135" s="3" t="s">
-        <v>70</v>
+        <v>630</v>
       </c>
       <c r="M135" s="4">
-        <v>356129.98958599998</v>
+        <v>190059329.09057099</v>
       </c>
       <c r="N135" s="4">
-        <v>45772.710914609997</v>
+        <v>133398.84190209</v>
       </c>
       <c r="O135" s="3" t="s">
         <v>680</v>
       </c>
       <c r="P135" s="3" t="s">
         <v>682</v>
       </c>
       <c r="Q135" s="3" t="s">
-        <v>200</v>
+        <v>169</v>
       </c>
       <c r="R135" s="3" t="s">
         <v>683</v>
       </c>
       <c r="S135" s="3" t="s">
-        <v>684</v>
+        <v>633</v>
       </c>
       <c r="T135" s="4">
         <v>1</v>
       </c>
       <c r="W135" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X135" s="4">
         <v>0</v>
       </c>
       <c r="Y135" s="4">
         <v>0</v>
       </c>
       <c r="Z135" s="6">
-        <v>1.9729999999999999E-3</v>
+        <v>5.6290000000000003E-3</v>
       </c>
     </row>
     <row r="136" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A136" s="3" t="s">
+        <v>684</v>
+      </c>
+      <c r="B136" s="3" t="s">
         <v>685</v>
       </c>
-      <c r="B136" s="3" t="s">
+      <c r="C136" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D136" s="4">
+        <v>800</v>
+      </c>
+      <c r="E136" s="5">
+        <v>184.41470799999999</v>
+      </c>
+      <c r="F136" s="4">
+        <v>147531.72568239001</v>
+      </c>
+      <c r="G136" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H136" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="I136" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="J136" s="5">
+        <v>28410</v>
+      </c>
+      <c r="K136" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L136" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="M136" s="4">
+        <v>22727993.739574</v>
+      </c>
+      <c r="N136" s="4">
+        <v>147531.72568239001</v>
+      </c>
+      <c r="O136" s="3" t="s">
+        <v>684</v>
+      </c>
+      <c r="P136" s="3" t="s">
         <v>686</v>
       </c>
-      <c r="C136" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P136" s="3" t="s">
+      <c r="Q136" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="R136" s="3" t="s">
         <v>687</v>
       </c>
-      <c r="Q136" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S136" s="3" t="s">
-        <v>636</v>
+        <v>611</v>
       </c>
       <c r="T136" s="4">
         <v>1</v>
       </c>
       <c r="W136" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X136" s="4">
         <v>0</v>
       </c>
       <c r="Y136" s="4">
         <v>0</v>
       </c>
       <c r="Z136" s="6">
-        <v>2.3249999999999998E-3</v>
+        <v>6.2259999999999998E-3</v>
       </c>
     </row>
     <row r="137" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A137" s="3" t="s">
+        <v>688</v>
+      </c>
+      <c r="B137" s="3" t="s">
         <v>689</v>
       </c>
-      <c r="B137" s="3" t="s">
+      <c r="C137" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D137" s="4">
+        <v>12000</v>
+      </c>
+      <c r="E137" s="5">
+        <v>5.8391080000000004</v>
+      </c>
+      <c r="F137" s="4">
+        <v>70069.288572270001</v>
+      </c>
+      <c r="G137" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H137" s="3" t="s">
         <v>690</v>
       </c>
-      <c r="C137" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I137" s="3" t="s">
-        <v>74</v>
+        <v>691</v>
       </c>
       <c r="J137" s="5">
-        <v>6436</v>
+        <v>179.5</v>
       </c>
       <c r="K137" s="5">
-        <v>147.68496434146536</v>
+        <v>30.740996346432585</v>
       </c>
       <c r="L137" s="3" t="s">
-        <v>75</v>
+        <v>692</v>
       </c>
       <c r="M137" s="4">
-        <v>3861599.0676170001</v>
+        <v>2153999.7439970002</v>
       </c>
       <c r="N137" s="4">
-        <v>26147.54375868</v>
+        <v>70069.288572270001</v>
       </c>
       <c r="O137" s="3" t="s">
-        <v>689</v>
+        <v>688</v>
       </c>
       <c r="P137" s="3" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="Q137" s="3" t="s">
-        <v>157</v>
+        <v>169</v>
       </c>
       <c r="R137" s="3" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="S137" s="3" t="s">
-        <v>636</v>
+        <v>695</v>
       </c>
       <c r="T137" s="4">
         <v>1</v>
       </c>
       <c r="W137" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X137" s="4">
         <v>0</v>
       </c>
       <c r="Y137" s="4">
         <v>0</v>
       </c>
       <c r="Z137" s="6">
-        <v>1.127E-3</v>
+        <v>2.957E-3</v>
       </c>
     </row>
     <row r="138" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A138" s="3" t="s">
-        <v>693</v>
+        <v>696</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>694</v>
+        <v>697</v>
       </c>
       <c r="C138" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D138" s="4">
-        <v>4900</v>
+        <v>200</v>
       </c>
       <c r="E138" s="5">
-        <v>16.210180999999999</v>
+        <v>283.38</v>
       </c>
       <c r="F138" s="4">
-        <v>79429.86762366</v>
+        <v>56676</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H138" s="3" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="I138" s="3" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="J138" s="5">
-        <v>2394</v>
+        <v>283.38</v>
       </c>
       <c r="K138" s="5">
-        <v>147.68496434146536</v>
+        <v>1</v>
       </c>
       <c r="L138" s="3" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="M138" s="4">
-        <v>11730597.167647</v>
+        <v>56676</v>
       </c>
       <c r="N138" s="4">
-        <v>79429.86762366</v>
+        <v>56676</v>
       </c>
       <c r="O138" s="3" t="s">
-        <v>693</v>
+        <v>698</v>
       </c>
       <c r="P138" s="3" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="Q138" s="3" t="s">
-        <v>157</v>
+        <v>258</v>
       </c>
       <c r="R138" s="3" t="s">
+        <v>700</v>
+      </c>
+      <c r="S138" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="T138" s="4">
+        <v>1</v>
+      </c>
+      <c r="W138" s="3" t="s">
         <v>696</v>
       </c>
-      <c r="S138" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="X138" s="4">
         <v>0</v>
       </c>
       <c r="Y138" s="4">
         <v>0</v>
       </c>
       <c r="Z138" s="6">
-        <v>3.424E-3</v>
+        <v>2.3909999999999999E-3</v>
       </c>
     </row>
     <row r="139" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A139" s="3" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="B139" s="3" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="C139" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D139" s="4">
-        <v>155</v>
+        <v>700</v>
       </c>
       <c r="E139" s="5">
-        <v>1198.92</v>
+        <v>27.022824</v>
       </c>
       <c r="F139" s="4">
-        <v>185832.6</v>
+        <v>18915.971568600002</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H139" s="3" t="s">
-        <v>93</v>
+        <v>68</v>
       </c>
       <c r="I139" s="3" t="s">
-        <v>94</v>
+        <v>69</v>
       </c>
       <c r="J139" s="5">
-        <v>1198.92</v>
+        <v>4163</v>
       </c>
       <c r="K139" s="5">
-        <v>1</v>
+        <v>154.05495756556192</v>
       </c>
       <c r="L139" s="3" t="s">
-        <v>95</v>
+        <v>70</v>
       </c>
       <c r="M139" s="4">
-        <v>185832.6</v>
+        <v>2914099.1973120002</v>
       </c>
       <c r="N139" s="4">
-        <v>185832.6</v>
+        <v>18915.971568600002</v>
       </c>
       <c r="O139" s="3" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="P139" s="3" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="Q139" s="3" t="s">
-        <v>107</v>
+        <v>147</v>
       </c>
       <c r="R139" s="3" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="S139" s="3" t="s">
-        <v>137</v>
+        <v>611</v>
       </c>
       <c r="T139" s="4">
         <v>1</v>
       </c>
       <c r="W139" s="3" t="s">
-        <v>697</v>
+        <v>34</v>
       </c>
       <c r="X139" s="4">
         <v>0</v>
       </c>
       <c r="Y139" s="4">
         <v>0</v>
       </c>
       <c r="Z139" s="6">
-        <v>8.012E-3</v>
+        <v>7.9799999999999999E-4</v>
       </c>
     </row>
     <row r="140" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A140" s="3" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>703</v>
+        <v>706</v>
       </c>
       <c r="C140" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D140" s="4">
-        <v>340</v>
+        <v>700</v>
       </c>
       <c r="E140" s="5">
-        <v>247.673675</v>
+        <v>21.187244</v>
       </c>
       <c r="F140" s="4">
-        <v>84209.40094793</v>
+        <v>14831.066826779999</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H140" s="3" t="s">
-        <v>78</v>
+        <v>68</v>
       </c>
       <c r="I140" s="3" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="J140" s="5">
-        <v>347500</v>
+        <v>3264</v>
       </c>
       <c r="K140" s="5">
-        <v>1403.0558556536134</v>
+        <v>154.05495756556192</v>
       </c>
       <c r="L140" s="3" t="s">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="M140" s="4">
-        <v>118150493.10107601</v>
+        <v>2284799.3706510002</v>
       </c>
       <c r="N140" s="4">
-        <v>84209.40094793</v>
+        <v>14831.066826779999</v>
       </c>
       <c r="O140" s="3" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
       <c r="P140" s="3" t="s">
-        <v>704</v>
+        <v>707</v>
       </c>
       <c r="Q140" s="3" t="s">
-        <v>179</v>
+        <v>237</v>
       </c>
       <c r="R140" s="3" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
       <c r="S140" s="3" t="s">
-        <v>655</v>
+        <v>611</v>
       </c>
       <c r="T140" s="4">
         <v>1</v>
       </c>
       <c r="W140" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X140" s="4">
         <v>0</v>
       </c>
       <c r="Y140" s="4">
         <v>0</v>
       </c>
       <c r="Z140" s="6">
-        <v>3.63E-3</v>
+        <v>6.2500000000000001E-4</v>
       </c>
     </row>
     <row r="141" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A141" s="3" t="s">
-        <v>706</v>
+        <v>709</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>707</v>
+        <v>710</v>
       </c>
       <c r="C141" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D141" s="4">
-        <v>1000</v>
+        <v>1491</v>
       </c>
       <c r="E141" s="5">
-        <v>137.488607</v>
+        <v>28.555833</v>
       </c>
       <c r="F141" s="4">
-        <v>137488.57365338001</v>
+        <v>42576.747002999997</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H141" s="3" t="s">
-        <v>73</v>
+        <v>31</v>
       </c>
       <c r="I141" s="3" t="s">
-        <v>74</v>
+        <v>32</v>
       </c>
       <c r="J141" s="5">
-        <v>20305</v>
+        <v>43.62</v>
       </c>
       <c r="K141" s="5">
-        <v>147.68496434146536</v>
+        <v>1.5275337966852518</v>
       </c>
       <c r="L141" s="3" t="s">
-        <v>75</v>
+        <v>33</v>
       </c>
       <c r="M141" s="4">
-        <v>20304995.097358</v>
+        <v>65037.42</v>
       </c>
       <c r="N141" s="4">
-        <v>137488.57365338001</v>
+        <v>42576.747002999997</v>
       </c>
       <c r="O141" s="3" t="s">
-        <v>706</v>
+        <v>709</v>
       </c>
       <c r="P141" s="3" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="Q141" s="3" t="s">
-        <v>179</v>
+        <v>147</v>
       </c>
       <c r="R141" s="3" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="S141" s="3" t="s">
-        <v>636</v>
+        <v>616</v>
       </c>
       <c r="T141" s="4">
         <v>1</v>
       </c>
       <c r="W141" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X141" s="4">
         <v>0</v>
       </c>
       <c r="Y141" s="4">
         <v>0</v>
       </c>
       <c r="Z141" s="6">
-        <v>5.9280000000000001E-3</v>
+        <v>1.7960000000000001E-3</v>
       </c>
     </row>
     <row r="142" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A142" s="3" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="C142" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D142" s="4">
-        <v>12000</v>
+        <v>2500</v>
       </c>
       <c r="E142" s="5">
-        <v>5.6598199999999999</v>
+        <v>36.467505000000003</v>
       </c>
       <c r="F142" s="4">
-        <v>67917.842378109999</v>
+        <v>91168.738437570006</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H142" s="3" t="s">
-        <v>88</v>
+        <v>68</v>
       </c>
       <c r="I142" s="3" t="s">
-        <v>89</v>
+        <v>69</v>
       </c>
       <c r="J142" s="5">
-        <v>172.5</v>
+        <v>5618</v>
       </c>
       <c r="K142" s="5">
-        <v>30.478001740293898</v>
+        <v>154.05495756556192</v>
       </c>
       <c r="L142" s="3" t="s">
-        <v>90</v>
+        <v>70</v>
       </c>
       <c r="M142" s="4">
-        <v>2070000.1181969999</v>
+        <v>14044996.131305</v>
       </c>
       <c r="N142" s="4">
-        <v>67917.842378109999</v>
+        <v>91168.738437570006</v>
       </c>
       <c r="O142" s="3" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="P142" s="3" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
       <c r="Q142" s="3" t="s">
-        <v>179</v>
+        <v>169</v>
       </c>
       <c r="R142" s="3" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="S142" s="3" t="s">
-        <v>714</v>
+        <v>611</v>
       </c>
       <c r="T142" s="4">
         <v>1</v>
       </c>
       <c r="W142" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X142" s="4">
         <v>0</v>
       </c>
       <c r="Y142" s="4">
         <v>0</v>
       </c>
       <c r="Z142" s="6">
-        <v>2.928E-3</v>
+        <v>3.8470000000000002E-3</v>
       </c>
     </row>
     <row r="143" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A143" s="3" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="C143" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D143" s="4">
-        <v>200</v>
+        <v>24900</v>
       </c>
       <c r="E143" s="5">
-        <v>300.41000000000003</v>
+        <v>1.0282039999999999</v>
       </c>
       <c r="F143" s="4">
-        <v>60082</v>
+        <v>25602.28489825</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H143" s="3" t="s">
-        <v>93</v>
+        <v>68</v>
       </c>
       <c r="I143" s="3" t="s">
-        <v>94</v>
+        <v>69</v>
       </c>
       <c r="J143" s="5">
-        <v>300.41000000000003</v>
+        <v>158.4</v>
       </c>
       <c r="K143" s="5">
-        <v>1</v>
+        <v>154.05495756556192</v>
       </c>
       <c r="L143" s="3" t="s">
-        <v>95</v>
+        <v>70</v>
       </c>
       <c r="M143" s="4">
-        <v>60082</v>
+        <v>3944158.9135810002</v>
       </c>
       <c r="N143" s="4">
-        <v>60082</v>
+        <v>25602.28489825</v>
       </c>
       <c r="O143" s="3" t="s">
         <v>717</v>
       </c>
       <c r="P143" s="3" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="Q143" s="3" t="s">
-        <v>200</v>
+        <v>97</v>
       </c>
       <c r="R143" s="3" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="S143" s="3" t="s">
-        <v>109</v>
+        <v>611</v>
       </c>
       <c r="T143" s="4">
         <v>1</v>
       </c>
       <c r="W143" s="3" t="s">
-        <v>715</v>
+        <v>34</v>
       </c>
       <c r="X143" s="4">
         <v>0</v>
       </c>
       <c r="Y143" s="4">
         <v>0</v>
       </c>
       <c r="Z143" s="6">
-        <v>2.5899999999999999E-3</v>
+        <v>1.08E-3</v>
       </c>
     </row>
     <row r="144" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A144" s="3" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="B144" s="3" t="s">
+        <v>722</v>
+      </c>
+      <c r="C144" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D144" s="4">
+        <v>871</v>
+      </c>
+      <c r="E144" s="5">
+        <v>71.239999999999995</v>
+      </c>
+      <c r="F144" s="4">
+        <v>62050.04</v>
+      </c>
+      <c r="G144" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H144" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I144" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J144" s="5">
+        <v>71.239999999999995</v>
+      </c>
+      <c r="K144" s="5">
+        <v>1</v>
+      </c>
+      <c r="L144" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M144" s="4">
+        <v>62050.04</v>
+      </c>
+      <c r="N144" s="4">
+        <v>62050.04</v>
+      </c>
+      <c r="O144" s="3" t="s">
+        <v>723</v>
+      </c>
+      <c r="P144" s="3" t="s">
+        <v>724</v>
+      </c>
+      <c r="Q144" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="R144" s="3" t="s">
+        <v>725</v>
+      </c>
+      <c r="S144" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="T144" s="4">
+        <v>1</v>
+      </c>
+      <c r="W144" s="3" t="s">
         <v>721</v>
       </c>
-      <c r="C144" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X144" s="4">
         <v>0</v>
       </c>
       <c r="Y144" s="4">
         <v>0</v>
       </c>
       <c r="Z144" s="6">
-        <v>8.5300000000000003E-4</v>
+        <v>2.6180000000000001E-3</v>
       </c>
     </row>
     <row r="145" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A145" s="3" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="C145" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D145" s="4">
-        <v>700</v>
+        <v>6168</v>
       </c>
       <c r="E145" s="5">
-        <v>23.042292</v>
+        <v>202.49</v>
       </c>
       <c r="F145" s="4">
-        <v>16129.60016251</v>
+        <v>1248958.32</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H145" s="3" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="I145" s="3" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="J145" s="5">
-        <v>3403</v>
+        <v>202.49</v>
       </c>
       <c r="K145" s="5">
-        <v>147.68496434146536</v>
+        <v>1</v>
       </c>
       <c r="L145" s="3" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="M145" s="4">
-        <v>2382099.424842</v>
+        <v>1248958.32</v>
       </c>
       <c r="N145" s="4">
-        <v>16129.60016251</v>
+        <v>1248958.32</v>
       </c>
       <c r="O145" s="3" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="P145" s="3" t="s">
+        <v>729</v>
+      </c>
+      <c r="Q145" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="R145" s="3" t="s">
+        <v>730</v>
+      </c>
+      <c r="S145" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="T145" s="4">
+        <v>1</v>
+      </c>
+      <c r="W145" s="3" t="s">
         <v>726</v>
       </c>
-      <c r="Q145" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X145" s="4">
         <v>0</v>
       </c>
       <c r="Y145" s="4">
         <v>0</v>
       </c>
       <c r="Z145" s="6">
-        <v>6.9499999999999998E-4</v>
+        <v>5.271E-2</v>
       </c>
     </row>
     <row r="146" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A146" s="3" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="C146" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D146" s="4">
-        <v>1491</v>
+        <v>11000</v>
       </c>
       <c r="E146" s="5">
-        <v>29.260413</v>
+        <v>6.8963279999999996</v>
       </c>
       <c r="F146" s="4">
-        <v>43627.275037500003</v>
+        <v>75859.601184090003</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H146" s="3" t="s">
-        <v>31</v>
+        <v>690</v>
       </c>
       <c r="I146" s="3" t="s">
-        <v>32</v>
+        <v>691</v>
       </c>
       <c r="J146" s="5">
-        <v>44.15</v>
+        <v>212</v>
       </c>
       <c r="K146" s="5">
-        <v>1.5088645794039983</v>
+        <v>30.740996346432585</v>
       </c>
       <c r="L146" s="3" t="s">
-        <v>33</v>
+        <v>692</v>
       </c>
       <c r="M146" s="4">
-        <v>65827.649999999994</v>
+        <v>2331999.7228410002</v>
       </c>
       <c r="N146" s="4">
-        <v>43627.275037500003</v>
+        <v>75859.601184090003</v>
       </c>
       <c r="O146" s="3" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="P146" s="3" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="Q146" s="3" t="s">
-        <v>157</v>
+        <v>169</v>
       </c>
       <c r="R146" s="3" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
       <c r="S146" s="3" t="s">
-        <v>641</v>
+        <v>735</v>
       </c>
       <c r="T146" s="4">
         <v>1</v>
       </c>
       <c r="W146" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X146" s="4">
         <v>0</v>
       </c>
       <c r="Y146" s="4">
         <v>0</v>
       </c>
       <c r="Z146" s="6">
-        <v>1.8810000000000001E-3</v>
+        <v>3.2009999999999999E-3</v>
       </c>
     </row>
     <row r="147" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A147" s="3" t="s">
-        <v>732</v>
+        <v>736</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>733</v>
+        <v>737</v>
       </c>
       <c r="C147" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D147" s="4">
-        <v>2500</v>
+        <v>300</v>
       </c>
       <c r="E147" s="5">
-        <v>32.088574999999999</v>
+        <v>175.684057</v>
       </c>
       <c r="F147" s="4">
-        <v>80221.417205539998</v>
+        <v>52705.20268735</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H147" s="3" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="I147" s="3" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="J147" s="5">
-        <v>4739</v>
+        <v>27065</v>
       </c>
       <c r="K147" s="5">
-        <v>147.68496434146536</v>
+        <v>154.05495756556192</v>
       </c>
       <c r="L147" s="3" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="M147" s="4">
-        <v>11847497.139420999</v>
+        <v>8119497.7634840002</v>
       </c>
       <c r="N147" s="4">
-        <v>80221.417205539998</v>
+        <v>52705.20268735</v>
       </c>
       <c r="O147" s="3" t="s">
-        <v>732</v>
+        <v>736</v>
       </c>
       <c r="P147" s="3" t="s">
-        <v>734</v>
+        <v>738</v>
       </c>
       <c r="Q147" s="3" t="s">
-        <v>179</v>
+        <v>97</v>
       </c>
       <c r="R147" s="3" t="s">
-        <v>735</v>
+        <v>739</v>
       </c>
       <c r="S147" s="3" t="s">
-        <v>636</v>
+        <v>611</v>
       </c>
       <c r="T147" s="4">
         <v>1</v>
       </c>
       <c r="W147" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X147" s="4">
         <v>0</v>
       </c>
       <c r="Y147" s="4">
         <v>0</v>
       </c>
       <c r="Z147" s="6">
-        <v>3.4580000000000001E-3</v>
+        <v>2.2239999999999998E-3</v>
       </c>
     </row>
     <row r="148" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A148" s="3" t="s">
-        <v>736</v>
+        <v>740</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>737</v>
+        <v>741</v>
       </c>
       <c r="C148" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D148" s="4">
-        <v>24900</v>
+        <v>900</v>
       </c>
       <c r="E148" s="5">
-        <v>1.0475000000000001</v>
+        <v>46.457447000000002</v>
       </c>
       <c r="F148" s="4">
-        <v>26082.74367742</v>
+        <v>41811.690629969999</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H148" s="3" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="I148" s="3" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="J148" s="5">
-        <v>154.69999999999999</v>
+        <v>7157</v>
       </c>
       <c r="K148" s="5">
-        <v>147.68496434146536</v>
+        <v>154.05495756556192</v>
       </c>
       <c r="L148" s="3" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="M148" s="4">
-        <v>3852029.069927</v>
+        <v>6441298.2257439997</v>
       </c>
       <c r="N148" s="4">
-        <v>26082.74367742</v>
+        <v>41811.690629969999</v>
       </c>
       <c r="O148" s="3" t="s">
-        <v>736</v>
+        <v>740</v>
       </c>
       <c r="P148" s="3" t="s">
-        <v>738</v>
+        <v>742</v>
       </c>
       <c r="Q148" s="3" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="R148" s="3" t="s">
-        <v>739</v>
+        <v>743</v>
       </c>
       <c r="S148" s="3" t="s">
-        <v>636</v>
+        <v>611</v>
       </c>
       <c r="T148" s="4">
         <v>1</v>
       </c>
       <c r="W148" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X148" s="4">
         <v>0</v>
       </c>
       <c r="Y148" s="4">
         <v>0</v>
       </c>
       <c r="Z148" s="6">
-        <v>1.124E-3</v>
+        <v>1.7639999999999999E-3</v>
       </c>
     </row>
     <row r="149" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A149" s="3" t="s">
-        <v>740</v>
+        <v>744</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>741</v>
+        <v>745</v>
       </c>
       <c r="C149" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D149" s="4">
-        <v>448</v>
+        <v>2100</v>
       </c>
       <c r="E149" s="5">
-        <v>74.39</v>
+        <v>26.938438999999999</v>
       </c>
       <c r="F149" s="4">
-        <v>33326.720000000001</v>
+        <v>56570.705267600002</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H149" s="3" t="s">
-        <v>93</v>
+        <v>68</v>
       </c>
       <c r="I149" s="3" t="s">
-        <v>94</v>
+        <v>69</v>
       </c>
       <c r="J149" s="5">
-        <v>74.39</v>
+        <v>4150</v>
       </c>
       <c r="K149" s="5">
-        <v>1</v>
+        <v>154.05495756556192</v>
       </c>
       <c r="L149" s="3" t="s">
-        <v>95</v>
+        <v>70</v>
       </c>
       <c r="M149" s="4">
-        <v>33326.720000000001</v>
+        <v>8714997.5994540006</v>
       </c>
       <c r="N149" s="4">
-        <v>33326.720000000001</v>
+        <v>56570.705267600002</v>
       </c>
       <c r="O149" s="3" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="P149" s="3" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="Q149" s="3" t="s">
-        <v>179</v>
+        <v>169</v>
       </c>
       <c r="R149" s="3" t="s">
-        <v>744</v>
+        <v>747</v>
       </c>
       <c r="S149" s="3" t="s">
-        <v>137</v>
+        <v>611</v>
       </c>
       <c r="T149" s="4">
         <v>1</v>
       </c>
       <c r="W149" s="3" t="s">
-        <v>740</v>
+        <v>34</v>
       </c>
       <c r="X149" s="4">
         <v>0</v>
       </c>
       <c r="Y149" s="4">
         <v>0</v>
       </c>
       <c r="Z149" s="6">
-        <v>1.436E-3</v>
+        <v>2.3869999999999998E-3</v>
       </c>
     </row>
     <row r="150" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A150" s="3" t="s">
-        <v>745</v>
+        <v>748</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="C150" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D150" s="4">
-        <v>6427</v>
+        <v>900</v>
       </c>
       <c r="E150" s="5">
-        <v>186.58</v>
+        <v>105.189734</v>
       </c>
       <c r="F150" s="4">
-        <v>1199149.6599999999</v>
+        <v>94670.734477949998</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H150" s="3" t="s">
-        <v>93</v>
+        <v>68</v>
       </c>
       <c r="I150" s="3" t="s">
-        <v>94</v>
+        <v>69</v>
       </c>
       <c r="J150" s="5">
-        <v>186.58</v>
+        <v>16205</v>
       </c>
       <c r="K150" s="5">
-        <v>1</v>
+        <v>154.05495756556192</v>
       </c>
       <c r="L150" s="3" t="s">
-        <v>95</v>
+        <v>70</v>
       </c>
       <c r="M150" s="4">
-        <v>1199149.6599999999</v>
+        <v>14584495.982701</v>
       </c>
       <c r="N150" s="4">
-        <v>1199149.6599999999</v>
+        <v>94670.734477949998</v>
       </c>
       <c r="O150" s="3" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="P150" s="3" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="Q150" s="3" t="s">
-        <v>179</v>
+        <v>114</v>
       </c>
       <c r="R150" s="3" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="S150" s="3" t="s">
-        <v>137</v>
+        <v>611</v>
       </c>
       <c r="T150" s="4">
         <v>1</v>
       </c>
       <c r="W150" s="3" t="s">
-        <v>745</v>
+        <v>34</v>
       </c>
       <c r="X150" s="4">
         <v>0</v>
       </c>
       <c r="Y150" s="4">
         <v>0</v>
       </c>
       <c r="Z150" s="6">
-        <v>5.1704E-2</v>
+        <v>3.9950000000000003E-3</v>
       </c>
     </row>
     <row r="151" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A151" s="3" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="C151" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D151" s="4">
-        <v>11000</v>
+        <v>1300</v>
       </c>
       <c r="E151" s="5">
-        <v>7.8909370000000001</v>
+        <v>10.320992</v>
       </c>
       <c r="F151" s="4">
-        <v>86800.314981300005</v>
+        <v>13417.286034209999</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H151" s="3" t="s">
-        <v>88</v>
+        <v>68</v>
       </c>
       <c r="I151" s="3" t="s">
-        <v>89</v>
+        <v>69</v>
       </c>
       <c r="J151" s="5">
-        <v>240.5</v>
+        <v>1590</v>
       </c>
       <c r="K151" s="5">
-        <v>30.478001740293898</v>
+        <v>154.05495756556192</v>
       </c>
       <c r="L151" s="3" t="s">
-        <v>90</v>
+        <v>70</v>
       </c>
       <c r="M151" s="4">
-        <v>2645500.151058</v>
+        <v>2066999.430645</v>
       </c>
       <c r="N151" s="4">
-        <v>86800.314981300005</v>
+        <v>13417.286034209999</v>
       </c>
       <c r="O151" s="3" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="P151" s="3" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="Q151" s="3" t="s">
-        <v>179</v>
+        <v>237</v>
       </c>
       <c r="R151" s="3" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="S151" s="3" t="s">
-        <v>754</v>
+        <v>611</v>
       </c>
       <c r="T151" s="4">
         <v>1</v>
       </c>
       <c r="W151" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X151" s="4">
         <v>0</v>
       </c>
       <c r="Y151" s="4">
         <v>0</v>
       </c>
       <c r="Z151" s="6">
-        <v>3.7420000000000001E-3</v>
+        <v>5.6599999999999999E-4</v>
       </c>
     </row>
     <row r="152" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A152" s="3" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="B152" s="3" t="s">
+        <v>757</v>
+      </c>
+      <c r="C152" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D152" s="4">
+        <v>5249</v>
+      </c>
+      <c r="E152" s="5">
+        <v>13.852394</v>
+      </c>
+      <c r="F152" s="4">
+        <v>72711.216106000007</v>
+      </c>
+      <c r="G152" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H152" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I152" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J152" s="5">
+        <v>21.16</v>
+      </c>
+      <c r="K152" s="5">
+        <v>1.5275337966852518</v>
+      </c>
+      <c r="L152" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M152" s="4">
+        <v>111068.84</v>
+      </c>
+      <c r="N152" s="4">
+        <v>72711.216106000007</v>
+      </c>
+      <c r="O152" s="3" t="s">
         <v>756</v>
       </c>
-      <c r="C152" s="3" t="s">
-[...11 lines deleted...]
-      <c r="G152" s="3" t="s">
+      <c r="P152" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="Q152" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="H152" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="R152" s="3" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="S152" s="3" t="s">
-        <v>636</v>
+        <v>616</v>
       </c>
       <c r="T152" s="4">
         <v>1</v>
       </c>
       <c r="W152" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X152" s="4">
         <v>0</v>
       </c>
       <c r="Y152" s="4">
         <v>0</v>
       </c>
       <c r="Z152" s="6">
-        <v>1.6360000000000001E-3</v>
+        <v>3.068E-3</v>
       </c>
     </row>
     <row r="153" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A153" s="3" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="B153" s="3" t="s">
+        <v>761</v>
+      </c>
+      <c r="C153" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D153" s="4">
+        <v>300</v>
+      </c>
+      <c r="E153" s="5">
+        <v>28.119834999999998</v>
+      </c>
+      <c r="F153" s="4">
+        <v>8435.9482003199992</v>
+      </c>
+      <c r="G153" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H153" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="I153" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="J153" s="5">
+        <v>4332</v>
+      </c>
+      <c r="K153" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L153" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="M153" s="4">
+        <v>1299599.642025</v>
+      </c>
+      <c r="N153" s="4">
+        <v>8435.9482003199992</v>
+      </c>
+      <c r="O153" s="3" t="s">
         <v>760</v>
       </c>
-      <c r="C153" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P153" s="3" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="Q153" s="3" t="s">
-        <v>124</v>
+        <v>114</v>
       </c>
       <c r="R153" s="3" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="S153" s="3" t="s">
-        <v>636</v>
+        <v>611</v>
       </c>
       <c r="T153" s="4">
         <v>1</v>
       </c>
       <c r="W153" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X153" s="4">
         <v>0</v>
       </c>
       <c r="Y153" s="4">
         <v>0</v>
       </c>
       <c r="Z153" s="6">
-        <v>1.8259999999999999E-3</v>
+        <v>3.5599999999999998E-4</v>
       </c>
     </row>
     <row r="154" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A154" s="3" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="B154" s="3" t="s">
+        <v>765</v>
+      </c>
+      <c r="C154" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D154" s="4">
+        <v>552</v>
+      </c>
+      <c r="E154" s="5">
+        <v>262.61</v>
+      </c>
+      <c r="F154" s="4">
+        <v>144960.72</v>
+      </c>
+      <c r="G154" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H154" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I154" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J154" s="5">
+        <v>262.61</v>
+      </c>
+      <c r="K154" s="5">
+        <v>1</v>
+      </c>
+      <c r="L154" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M154" s="4">
+        <v>144960.72</v>
+      </c>
+      <c r="N154" s="4">
+        <v>144960.72</v>
+      </c>
+      <c r="O154" s="3" t="s">
+        <v>766</v>
+      </c>
+      <c r="P154" s="3" t="s">
+        <v>767</v>
+      </c>
+      <c r="Q154" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="R154" s="3" t="s">
+        <v>768</v>
+      </c>
+      <c r="S154" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="T154" s="4">
+        <v>1</v>
+      </c>
+      <c r="W154" s="3" t="s">
         <v>764</v>
       </c>
-      <c r="C154" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X154" s="4">
         <v>0</v>
       </c>
       <c r="Y154" s="4">
         <v>0</v>
       </c>
       <c r="Z154" s="6">
-        <v>2.2889999999999998E-3</v>
+        <v>6.117E-3</v>
       </c>
     </row>
     <row r="155" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A155" s="3" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="B155" s="3" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="C155" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D155" s="4">
-        <v>800</v>
+        <v>1300</v>
       </c>
       <c r="E155" s="5">
-        <v>112.401422</v>
+        <v>26.957912</v>
       </c>
       <c r="F155" s="4">
-        <v>89921.115888550004</v>
+        <v>35045.27603778</v>
       </c>
       <c r="G155" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H155" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="I155" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="J155" s="5">
+        <v>4153</v>
+      </c>
+      <c r="K155" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L155" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="M155" s="4">
+        <v>5398898.5128730005</v>
+      </c>
+      <c r="N155" s="4">
+        <v>35045.27603778</v>
+      </c>
+      <c r="O155" s="3" t="s">
+        <v>769</v>
+      </c>
+      <c r="P155" s="3" t="s">
+        <v>771</v>
+      </c>
+      <c r="Q155" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="H155" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="R155" s="3" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="S155" s="3" t="s">
-        <v>636</v>
+        <v>611</v>
       </c>
       <c r="T155" s="4">
         <v>1</v>
       </c>
       <c r="W155" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X155" s="4">
         <v>0</v>
       </c>
       <c r="Y155" s="4">
         <v>0</v>
       </c>
       <c r="Z155" s="6">
-        <v>3.8769999999999998E-3</v>
+        <v>1.4790000000000001E-3</v>
       </c>
     </row>
     <row r="156" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A156" s="3" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="C156" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D156" s="4">
-        <v>1300</v>
+        <v>9000</v>
       </c>
       <c r="E156" s="5">
-        <v>10.969295000000001</v>
+        <v>48.794775000000001</v>
       </c>
       <c r="F156" s="4">
-        <v>14260.0805769</v>
+        <v>439152.92280668003</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H156" s="3" t="s">
-        <v>73</v>
+        <v>690</v>
       </c>
       <c r="I156" s="3" t="s">
-        <v>74</v>
+        <v>691</v>
       </c>
       <c r="J156" s="5">
-        <v>1620</v>
+        <v>1500</v>
       </c>
       <c r="K156" s="5">
-        <v>147.68496434146536</v>
+        <v>30.740996346432585</v>
       </c>
       <c r="L156" s="3" t="s">
-        <v>75</v>
+        <v>692</v>
       </c>
       <c r="M156" s="4">
-        <v>2105999.4915049998</v>
+        <v>13499998.395524999</v>
       </c>
       <c r="N156" s="4">
-        <v>14260.0805769</v>
+        <v>439152.92280668003</v>
       </c>
       <c r="O156" s="3" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="P156" s="3" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="Q156" s="3" t="s">
-        <v>253</v>
+        <v>169</v>
       </c>
       <c r="R156" s="3" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="S156" s="3" t="s">
-        <v>636</v>
+        <v>695</v>
       </c>
       <c r="T156" s="4">
         <v>1</v>
       </c>
       <c r="W156" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X156" s="4">
         <v>0</v>
       </c>
       <c r="Y156" s="4">
         <v>0</v>
       </c>
       <c r="Z156" s="6">
-        <v>6.1399999999999996E-4</v>
+        <v>1.8533000000000001E-2</v>
       </c>
     </row>
     <row r="157" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A157" s="3" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="B157" s="3" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="C157" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D157" s="4">
-        <v>3417</v>
+        <v>700</v>
       </c>
       <c r="E157" s="5">
-        <v>14.20936</v>
+        <v>221.86887400000001</v>
       </c>
       <c r="F157" s="4">
-        <v>48553.383119999999</v>
+        <v>155308.16916036</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H157" s="3" t="s">
-        <v>31</v>
+        <v>68</v>
       </c>
       <c r="I157" s="3" t="s">
-        <v>32</v>
+        <v>69</v>
       </c>
       <c r="J157" s="5">
-        <v>21.44</v>
+        <v>34180</v>
       </c>
       <c r="K157" s="5">
-        <v>1.5088645794039983</v>
+        <v>154.05495756556192</v>
       </c>
       <c r="L157" s="3" t="s">
-        <v>33</v>
+        <v>70</v>
       </c>
       <c r="M157" s="4">
-        <v>73260.479999999996</v>
+        <v>23925993.409584001</v>
       </c>
       <c r="N157" s="4">
-        <v>48553.383119999999</v>
+        <v>155308.16916036</v>
       </c>
       <c r="O157" s="3" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="P157" s="3" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="Q157" s="3" t="s">
-        <v>114</v>
+        <v>169</v>
       </c>
       <c r="R157" s="3" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="S157" s="3" t="s">
-        <v>641</v>
+        <v>611</v>
       </c>
       <c r="T157" s="4">
         <v>1</v>
       </c>
       <c r="W157" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X157" s="4">
         <v>0</v>
       </c>
       <c r="Y157" s="4">
         <v>0</v>
       </c>
       <c r="Z157" s="6">
-        <v>2.0929999999999998E-3</v>
+        <v>6.5539999999999999E-3</v>
       </c>
     </row>
     <row r="158" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A158" s="3" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="C158" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D158" s="4">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="E158" s="5">
-        <v>28.838412999999999</v>
+        <v>182.55</v>
       </c>
       <c r="F158" s="4">
-        <v>8651.5218200899999</v>
+        <v>36510</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H158" s="3" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="I158" s="3" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="J158" s="5">
-        <v>4259</v>
+        <v>182.55</v>
       </c>
       <c r="K158" s="5">
-        <v>147.68496434146536</v>
+        <v>1</v>
       </c>
       <c r="L158" s="3" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="M158" s="4">
-        <v>1277699.6914989999</v>
+        <v>36510</v>
       </c>
       <c r="N158" s="4">
-        <v>8651.5218200899999</v>
+        <v>36510</v>
       </c>
       <c r="O158" s="3" t="s">
-        <v>779</v>
+        <v>783</v>
       </c>
       <c r="P158" s="3" t="s">
+        <v>784</v>
+      </c>
+      <c r="Q158" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="R158" s="3" t="s">
+        <v>785</v>
+      </c>
+      <c r="S158" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="T158" s="4">
+        <v>1</v>
+      </c>
+      <c r="W158" s="3" t="s">
         <v>781</v>
       </c>
-      <c r="Q158" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X158" s="4">
         <v>0</v>
       </c>
       <c r="Y158" s="4">
         <v>0</v>
       </c>
       <c r="Z158" s="6">
-        <v>3.7300000000000001E-4</v>
+        <v>1.5399999999999999E-3</v>
       </c>
     </row>
     <row r="159" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A159" s="3" t="s">
-        <v>783</v>
+        <v>786</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>784</v>
+        <v>787</v>
       </c>
       <c r="C159" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D159" s="4">
-        <v>552</v>
+        <v>1205</v>
       </c>
       <c r="E159" s="5">
-        <v>281.24</v>
+        <v>200.47</v>
       </c>
       <c r="F159" s="4">
-        <v>155244.48000000001</v>
+        <v>241566.35</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H159" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I159" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J159" s="5">
-        <v>281.24</v>
+        <v>200.47</v>
       </c>
       <c r="K159" s="5">
         <v>1</v>
       </c>
       <c r="L159" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M159" s="4">
-        <v>155244.48000000001</v>
+        <v>241566.35</v>
       </c>
       <c r="N159" s="4">
-        <v>155244.48000000001</v>
+        <v>241566.35</v>
       </c>
       <c r="O159" s="3" t="s">
-        <v>785</v>
+        <v>788</v>
       </c>
       <c r="P159" s="3" t="s">
+        <v>789</v>
+      </c>
+      <c r="Q159" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="R159" s="3" t="s">
+        <v>790</v>
+      </c>
+      <c r="S159" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="T159" s="4">
+        <v>1</v>
+      </c>
+      <c r="W159" s="3" t="s">
         <v>786</v>
       </c>
-      <c r="Q159" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X159" s="4">
         <v>0</v>
       </c>
       <c r="Y159" s="4">
         <v>0</v>
       </c>
       <c r="Z159" s="6">
-        <v>6.6930000000000002E-3</v>
+        <v>1.0194999999999999E-2</v>
       </c>
     </row>
     <row r="160" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A160" s="3" t="s">
-        <v>788</v>
+        <v>791</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>789</v>
+        <v>792</v>
       </c>
       <c r="C160" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D160" s="4">
-        <v>1300</v>
+        <v>500</v>
       </c>
       <c r="E160" s="5">
-        <v>29.217599</v>
+        <v>69.27</v>
       </c>
       <c r="F160" s="4">
-        <v>37982.868944039998</v>
+        <v>34635</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H160" s="3" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="I160" s="3" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="J160" s="5">
-        <v>4315</v>
+        <v>69.27</v>
       </c>
       <c r="K160" s="5">
-        <v>147.68496434146536</v>
+        <v>1</v>
       </c>
       <c r="L160" s="3" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="M160" s="4">
-        <v>5609498.6455870001</v>
+        <v>34635</v>
       </c>
       <c r="N160" s="4">
-        <v>37982.868944039998</v>
+        <v>34635</v>
       </c>
       <c r="O160" s="3" t="s">
-        <v>788</v>
+        <v>793</v>
       </c>
       <c r="P160" s="3" t="s">
-        <v>790</v>
+        <v>794</v>
       </c>
       <c r="Q160" s="3" t="s">
-        <v>114</v>
+        <v>147</v>
       </c>
       <c r="R160" s="3" t="s">
+        <v>795</v>
+      </c>
+      <c r="S160" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="T160" s="4">
+        <v>1</v>
+      </c>
+      <c r="W160" s="3" t="s">
         <v>791</v>
       </c>
-      <c r="S160" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="X160" s="4">
         <v>0</v>
       </c>
       <c r="Y160" s="4">
         <v>0</v>
       </c>
       <c r="Z160" s="6">
-        <v>1.637E-3</v>
+        <v>1.4610000000000001E-3</v>
       </c>
     </row>
     <row r="161" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A161" s="3" t="s">
-        <v>792</v>
+        <v>796</v>
       </c>
       <c r="B161" s="3" t="s">
-        <v>793</v>
+        <v>797</v>
       </c>
       <c r="C161" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D161" s="4">
-        <v>9000</v>
+        <v>1192</v>
       </c>
       <c r="E161" s="5">
-        <v>42.817768000000001</v>
+        <v>43.432546000000002</v>
       </c>
       <c r="F161" s="4">
-        <v>385359.93175405002</v>
+        <v>51771.594832000002</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H161" s="3" t="s">
-        <v>88</v>
+        <v>424</v>
       </c>
       <c r="I161" s="3" t="s">
-        <v>89</v>
+        <v>54</v>
       </c>
       <c r="J161" s="5">
-        <v>1305</v>
+        <v>37.630000000000003</v>
       </c>
       <c r="K161" s="5">
-        <v>30.478001740293898</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L161" s="3" t="s">
-        <v>90</v>
+        <v>425</v>
       </c>
       <c r="M161" s="4">
-        <v>11745000.670639001</v>
+        <v>44854.96</v>
       </c>
       <c r="N161" s="4">
-        <v>385359.93175405002</v>
+        <v>51771.594832000002</v>
       </c>
       <c r="O161" s="3" t="s">
-        <v>792</v>
+        <v>796</v>
       </c>
       <c r="P161" s="3" t="s">
-        <v>794</v>
+        <v>798</v>
       </c>
       <c r="Q161" s="3" t="s">
-        <v>179</v>
+        <v>147</v>
       </c>
       <c r="R161" s="3" t="s">
-        <v>795</v>
+        <v>799</v>
       </c>
       <c r="S161" s="3" t="s">
-        <v>714</v>
+        <v>428</v>
       </c>
       <c r="T161" s="4">
         <v>1</v>
       </c>
       <c r="W161" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X161" s="4">
         <v>0</v>
       </c>
       <c r="Y161" s="4">
         <v>0</v>
       </c>
       <c r="Z161" s="6">
-        <v>1.6615000000000001E-2</v>
+        <v>2.1840000000000002E-3</v>
       </c>
     </row>
     <row r="162" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A162" s="3" t="s">
-        <v>796</v>
+        <v>800</v>
       </c>
       <c r="B162" s="3" t="s">
-        <v>797</v>
+        <v>801</v>
       </c>
       <c r="C162" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D162" s="4">
+        <v>681</v>
+      </c>
+      <c r="E162" s="5">
+        <v>123.66240999999999</v>
+      </c>
+      <c r="F162" s="4">
+        <v>84214.101525999999</v>
+      </c>
+      <c r="G162" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H162" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="I162" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="J162" s="5">
+        <v>99.27</v>
+      </c>
+      <c r="K162" s="5">
+        <v>0.80275000316283507</v>
+      </c>
+      <c r="L162" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="M162" s="4">
+        <v>67602.870265999998</v>
+      </c>
+      <c r="N162" s="4">
+        <v>84214.101525999999</v>
+      </c>
+      <c r="O162" s="3" t="s">
         <v>800</v>
       </c>
-      <c r="E162" s="5">
-[...5 lines deleted...]
-      <c r="G162" s="3" t="s">
+      <c r="P162" s="3" t="s">
+        <v>802</v>
+      </c>
+      <c r="Q162" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="H162" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="R162" s="3" t="s">
-        <v>799</v>
+        <v>803</v>
       </c>
       <c r="S162" s="3" t="s">
-        <v>636</v>
+        <v>606</v>
       </c>
       <c r="T162" s="4">
         <v>1</v>
       </c>
       <c r="W162" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X162" s="4">
         <v>0</v>
       </c>
       <c r="Y162" s="4">
         <v>0</v>
       </c>
       <c r="Z162" s="6">
-        <v>6.156E-3</v>
+        <v>3.5539999999999999E-3</v>
       </c>
     </row>
     <row r="163" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A163" s="3" t="s">
-        <v>800</v>
+        <v>804</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>801</v>
+        <v>805</v>
       </c>
       <c r="C163" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D163" s="4">
-        <v>200</v>
+        <v>240</v>
       </c>
       <c r="E163" s="5">
-        <v>200.93</v>
+        <v>322.51634899999999</v>
       </c>
       <c r="F163" s="4">
-        <v>40186</v>
+        <v>77403.924011209994</v>
       </c>
       <c r="G163" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H163" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="I163" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="J163" s="5">
+        <v>258.89999999999998</v>
+      </c>
+      <c r="K163" s="5">
+        <v>0.80275000316283507</v>
+      </c>
+      <c r="L163" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="M163" s="4">
+        <v>62136.000244000003</v>
+      </c>
+      <c r="N163" s="4">
+        <v>77403.924011209994</v>
+      </c>
+      <c r="O163" s="3" t="s">
+        <v>804</v>
+      </c>
+      <c r="P163" s="3" t="s">
+        <v>806</v>
+      </c>
+      <c r="Q163" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="H163" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="R163" s="3" t="s">
-        <v>804</v>
+        <v>807</v>
       </c>
       <c r="S163" s="3" t="s">
-        <v>109</v>
+        <v>606</v>
       </c>
       <c r="T163" s="4">
         <v>1</v>
       </c>
       <c r="W163" s="3" t="s">
-        <v>800</v>
+        <v>34</v>
       </c>
       <c r="X163" s="4">
         <v>0</v>
       </c>
       <c r="Y163" s="4">
         <v>0</v>
       </c>
       <c r="Z163" s="6">
-        <v>1.732E-3</v>
+        <v>3.2659999999999998E-3</v>
       </c>
     </row>
     <row r="164" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A164" s="3" t="s">
-        <v>805</v>
+        <v>808</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>806</v>
+        <v>809</v>
       </c>
       <c r="C164" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D164" s="4">
-        <v>1205</v>
+        <v>1900</v>
       </c>
       <c r="E164" s="5">
-        <v>182.42</v>
+        <v>24.65</v>
       </c>
       <c r="F164" s="4">
-        <v>219816.1</v>
+        <v>46835</v>
       </c>
       <c r="G164" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H164" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I164" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J164" s="5">
+        <v>24.65</v>
+      </c>
+      <c r="K164" s="5">
+        <v>1</v>
+      </c>
+      <c r="L164" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M164" s="4">
+        <v>46835</v>
+      </c>
+      <c r="N164" s="4">
+        <v>46835</v>
+      </c>
+      <c r="O164" s="3" t="s">
+        <v>810</v>
+      </c>
+      <c r="P164" s="3" t="s">
+        <v>811</v>
+      </c>
+      <c r="Q164" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="H164" s="3" t="s">
-[...23 lines deleted...]
-      <c r="P164" s="3" t="s">
+      <c r="R164" s="3" t="s">
+        <v>812</v>
+      </c>
+      <c r="S164" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="T164" s="4">
+        <v>1</v>
+      </c>
+      <c r="W164" s="3" t="s">
         <v>808</v>
       </c>
-      <c r="Q164" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X164" s="4">
         <v>0</v>
       </c>
       <c r="Y164" s="4">
         <v>0</v>
       </c>
       <c r="Z164" s="6">
-        <v>9.4769999999999993E-3</v>
+        <v>1.9759999999999999E-3</v>
       </c>
     </row>
     <row r="165" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A165" s="3" t="s">
-        <v>810</v>
+        <v>813</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>811</v>
+        <v>814</v>
       </c>
       <c r="C165" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D165" s="4">
-        <v>500</v>
+        <v>251</v>
       </c>
       <c r="E165" s="5">
-        <v>67.06</v>
+        <v>77.400651999999994</v>
       </c>
       <c r="F165" s="4">
-        <v>33530</v>
+        <v>19427.563652000001</v>
       </c>
       <c r="G165" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H165" s="3" t="s">
-        <v>93</v>
+        <v>424</v>
       </c>
       <c r="I165" s="3" t="s">
-        <v>94</v>
+        <v>54</v>
       </c>
       <c r="J165" s="5">
         <v>67.06</v>
       </c>
       <c r="K165" s="5">
-        <v>1</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L165" s="3" t="s">
-        <v>95</v>
+        <v>425</v>
       </c>
       <c r="M165" s="4">
-        <v>33530</v>
+        <v>16832.060000000001</v>
       </c>
       <c r="N165" s="4">
-        <v>33530</v>
+        <v>19427.563652000001</v>
       </c>
       <c r="O165" s="3" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="P165" s="3" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="Q165" s="3" t="s">
-        <v>157</v>
+        <v>147</v>
       </c>
       <c r="R165" s="3" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="S165" s="3" t="s">
-        <v>137</v>
+        <v>428</v>
       </c>
       <c r="T165" s="4">
         <v>1</v>
       </c>
       <c r="W165" s="3" t="s">
-        <v>810</v>
+        <v>34</v>
       </c>
       <c r="X165" s="4">
         <v>0</v>
       </c>
       <c r="Y165" s="4">
         <v>0</v>
       </c>
       <c r="Z165" s="6">
-        <v>1.4450000000000001E-3</v>
+        <v>8.1899999999999996E-4</v>
       </c>
     </row>
     <row r="166" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A166" s="3" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="C166" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D166" s="4">
-        <v>1192</v>
+        <v>300</v>
       </c>
       <c r="E166" s="5">
-        <v>47.752000000000002</v>
+        <v>206</v>
       </c>
       <c r="F166" s="4">
-        <v>56920.383999999998</v>
+        <v>61800</v>
       </c>
       <c r="G166" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H166" s="3" t="s">
-        <v>444</v>
+        <v>83</v>
       </c>
       <c r="I166" s="3" t="s">
-        <v>59</v>
+        <v>84</v>
       </c>
       <c r="J166" s="5">
-        <v>40.64</v>
+        <v>206</v>
       </c>
       <c r="K166" s="5">
-        <v>0.85106382978723405</v>
+        <v>1</v>
       </c>
       <c r="L166" s="3" t="s">
-        <v>445</v>
+        <v>85</v>
       </c>
       <c r="M166" s="4">
-        <v>48442.879999999997</v>
+        <v>61800</v>
       </c>
       <c r="N166" s="4">
-        <v>56920.383999999998</v>
+        <v>61800</v>
       </c>
       <c r="O166" s="3" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="P166" s="3" t="s">
+        <v>820</v>
+      </c>
+      <c r="Q166" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="R166" s="3" t="s">
+        <v>821</v>
+      </c>
+      <c r="S166" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="T166" s="4">
+        <v>1</v>
+      </c>
+      <c r="W166" s="3" t="s">
         <v>817</v>
       </c>
-      <c r="Q166" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X166" s="4">
         <v>0</v>
       </c>
       <c r="Y166" s="4">
         <v>0</v>
       </c>
       <c r="Z166" s="6">
-        <v>2.454E-3</v>
+        <v>2.6080000000000001E-3</v>
       </c>
     </row>
     <row r="167" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A167" s="3" t="s">
-        <v>819</v>
+        <v>822</v>
       </c>
       <c r="B167" s="3" t="s">
-        <v>820</v>
+        <v>823</v>
       </c>
       <c r="C167" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D167" s="4">
-        <v>681</v>
+        <v>41</v>
       </c>
       <c r="E167" s="5">
-        <v>125.83422400000001</v>
+        <v>104</v>
       </c>
       <c r="F167" s="4">
-        <v>85693.106265320006</v>
+        <v>4264</v>
       </c>
       <c r="G167" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H167" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I167" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J167" s="5">
         <v>104</v>
       </c>
-      <c r="H167" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K167" s="5">
-        <v>0.79564999687627802</v>
+        <v>1</v>
       </c>
       <c r="L167" s="3" t="s">
-        <v>50</v>
+        <v>85</v>
       </c>
       <c r="M167" s="4">
-        <v>68181.719731999998</v>
+        <v>4264</v>
       </c>
       <c r="N167" s="4">
-        <v>85693.106265320006</v>
+        <v>4264</v>
       </c>
       <c r="O167" s="3" t="s">
-        <v>819</v>
+        <v>824</v>
       </c>
       <c r="P167" s="3" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
       <c r="Q167" s="3" t="s">
-        <v>114</v>
+        <v>147</v>
       </c>
       <c r="R167" s="3" t="s">
+        <v>826</v>
+      </c>
+      <c r="S167" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="T167" s="4">
+        <v>1</v>
+      </c>
+      <c r="W167" s="3" t="s">
         <v>822</v>
       </c>
-      <c r="S167" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="X167" s="4">
         <v>0</v>
       </c>
       <c r="Y167" s="4">
         <v>0</v>
       </c>
       <c r="Z167" s="6">
-        <v>3.6939999999999998E-3</v>
+        <v>1.7899999999999999E-4</v>
       </c>
     </row>
     <row r="168" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A168" s="3" t="s">
-        <v>823</v>
+        <v>827</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
       <c r="C168" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D168" s="4">
-        <v>240</v>
+        <v>317</v>
       </c>
       <c r="E168" s="5">
-        <v>326.65116699999999</v>
+        <v>180.9</v>
       </c>
       <c r="F168" s="4">
-        <v>78396.27977126</v>
+        <v>57345.3</v>
       </c>
       <c r="G168" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H168" s="3" t="s">
-        <v>48</v>
+        <v>83</v>
       </c>
       <c r="I168" s="3" t="s">
-        <v>49</v>
+        <v>84</v>
       </c>
       <c r="J168" s="5">
-        <v>259.89999999999998</v>
+        <v>180.9</v>
       </c>
       <c r="K168" s="5">
-        <v>0.79564999687627802</v>
+        <v>1</v>
       </c>
       <c r="L168" s="3" t="s">
-        <v>50</v>
+        <v>85</v>
       </c>
       <c r="M168" s="4">
-        <v>62375.999754999997</v>
+        <v>57345.3</v>
       </c>
       <c r="N168" s="4">
-        <v>78396.27977126</v>
+        <v>57345.3</v>
       </c>
       <c r="O168" s="3" t="s">
-        <v>823</v>
+        <v>829</v>
       </c>
       <c r="P168" s="3" t="s">
-        <v>825</v>
+        <v>830</v>
       </c>
       <c r="Q168" s="3" t="s">
-        <v>114</v>
+        <v>169</v>
       </c>
       <c r="R168" s="3" t="s">
-        <v>826</v>
+        <v>831</v>
       </c>
       <c r="S168" s="3" t="s">
-        <v>631</v>
+        <v>127</v>
       </c>
       <c r="T168" s="4">
         <v>1</v>
       </c>
       <c r="W168" s="3" t="s">
-        <v>34</v>
+        <v>827</v>
       </c>
       <c r="X168" s="4">
         <v>0</v>
       </c>
       <c r="Y168" s="4">
         <v>0</v>
       </c>
       <c r="Z168" s="6">
-        <v>3.3800000000000002E-3</v>
+        <v>2.4199999999999998E-3</v>
       </c>
     </row>
     <row r="169" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A169" s="3" t="s">
-        <v>827</v>
+        <v>832</v>
       </c>
       <c r="B169" s="3" t="s">
-        <v>828</v>
+        <v>833</v>
       </c>
       <c r="C169" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D169" s="4">
-        <v>1900</v>
+        <v>457</v>
       </c>
       <c r="E169" s="5">
-        <v>25.48</v>
+        <v>175.95</v>
       </c>
       <c r="F169" s="4">
-        <v>48412</v>
+        <v>80409.149999999994</v>
       </c>
       <c r="G169" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H169" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I169" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J169" s="5">
+        <v>175.95</v>
+      </c>
+      <c r="K169" s="5">
+        <v>1</v>
+      </c>
+      <c r="L169" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M169" s="4">
+        <v>80409.149999999994</v>
+      </c>
+      <c r="N169" s="4">
+        <v>80409.149999999994</v>
+      </c>
+      <c r="O169" s="3" t="s">
+        <v>834</v>
+      </c>
+      <c r="P169" s="3" t="s">
+        <v>835</v>
+      </c>
+      <c r="Q169" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="H169" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="R169" s="3" t="s">
-        <v>831</v>
+        <v>836</v>
       </c>
       <c r="S169" s="3" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="T169" s="4">
         <v>1</v>
       </c>
       <c r="W169" s="3" t="s">
-        <v>827</v>
+        <v>832</v>
       </c>
       <c r="X169" s="4">
         <v>0</v>
       </c>
       <c r="Y169" s="4">
         <v>0</v>
       </c>
       <c r="Z169" s="6">
-        <v>2.0869999999999999E-3</v>
+        <v>3.3930000000000002E-3</v>
       </c>
     </row>
     <row r="170" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A170" s="3" t="s">
-        <v>832</v>
+        <v>837</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>833</v>
+        <v>838</v>
       </c>
       <c r="C170" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D170" s="4">
-        <v>251</v>
+        <v>384</v>
       </c>
       <c r="E170" s="5">
-        <v>90.862750000000005</v>
+        <v>208.24</v>
       </c>
       <c r="F170" s="4">
-        <v>22806.55025</v>
+        <v>79964.160000000003</v>
       </c>
       <c r="G170" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H170" s="3" t="s">
-        <v>444</v>
+        <v>83</v>
       </c>
       <c r="I170" s="3" t="s">
-        <v>59</v>
+        <v>84</v>
       </c>
       <c r="J170" s="5">
-        <v>77.33</v>
+        <v>208.24</v>
       </c>
       <c r="K170" s="5">
-        <v>0.85106382978723405</v>
+        <v>1</v>
       </c>
       <c r="L170" s="3" t="s">
-        <v>445</v>
+        <v>85</v>
       </c>
       <c r="M170" s="4">
-        <v>19409.830000000002</v>
+        <v>79964.160000000003</v>
       </c>
       <c r="N170" s="4">
-        <v>22806.55025</v>
+        <v>79964.160000000003</v>
       </c>
       <c r="O170" s="3" t="s">
-        <v>832</v>
+        <v>839</v>
       </c>
       <c r="P170" s="3" t="s">
-        <v>834</v>
+        <v>840</v>
       </c>
       <c r="Q170" s="3" t="s">
-        <v>157</v>
+        <v>258</v>
       </c>
       <c r="R170" s="3" t="s">
-        <v>835</v>
+        <v>841</v>
       </c>
       <c r="S170" s="3" t="s">
-        <v>448</v>
+        <v>99</v>
       </c>
       <c r="T170" s="4">
         <v>1</v>
       </c>
       <c r="W170" s="3" t="s">
-        <v>34</v>
+        <v>837</v>
       </c>
       <c r="X170" s="4">
         <v>0</v>
       </c>
       <c r="Y170" s="4">
         <v>0</v>
       </c>
       <c r="Z170" s="6">
-        <v>9.8299999999999993E-4</v>
+        <v>3.3739999999999998E-3</v>
       </c>
     </row>
     <row r="171" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A171" s="3" t="s">
-        <v>836</v>
+        <v>842</v>
       </c>
       <c r="B171" s="3" t="s">
-        <v>837</v>
+        <v>843</v>
       </c>
       <c r="C171" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D171" s="4">
-        <v>300</v>
+        <v>888</v>
       </c>
       <c r="E171" s="5">
-        <v>246.95</v>
+        <v>146.78</v>
       </c>
       <c r="F171" s="4">
-        <v>74085</v>
+        <v>130340.64</v>
       </c>
       <c r="G171" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H171" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I171" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J171" s="5">
-        <v>246.95</v>
+        <v>146.78</v>
       </c>
       <c r="K171" s="5">
         <v>1</v>
       </c>
       <c r="L171" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M171" s="4">
-        <v>74085</v>
+        <v>130340.64</v>
       </c>
       <c r="N171" s="4">
-        <v>74085</v>
+        <v>130340.64</v>
       </c>
       <c r="O171" s="3" t="s">
-        <v>838</v>
+        <v>844</v>
       </c>
       <c r="P171" s="3" t="s">
-        <v>839</v>
+        <v>845</v>
       </c>
       <c r="Q171" s="3" t="s">
-        <v>157</v>
+        <v>147</v>
       </c>
       <c r="R171" s="3" t="s">
-        <v>840</v>
+        <v>846</v>
       </c>
       <c r="S171" s="3" t="s">
-        <v>109</v>
+        <v>127</v>
       </c>
       <c r="T171" s="4">
         <v>1</v>
       </c>
       <c r="W171" s="3" t="s">
-        <v>836</v>
+        <v>842</v>
       </c>
       <c r="X171" s="4">
         <v>0</v>
       </c>
       <c r="Y171" s="4">
         <v>0</v>
       </c>
       <c r="Z171" s="6">
-        <v>3.1939999999999998E-3</v>
+        <v>5.4999999999999997E-3</v>
       </c>
     </row>
     <row r="172" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A172" s="3" t="s">
-        <v>841</v>
+        <v>847</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>842</v>
+        <v>848</v>
       </c>
       <c r="C172" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D172" s="4">
-        <v>41</v>
+        <v>100</v>
       </c>
       <c r="E172" s="5">
-        <v>103.74</v>
+        <v>446.15</v>
       </c>
       <c r="F172" s="4">
-        <v>4253.34</v>
+        <v>44615</v>
       </c>
       <c r="G172" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H172" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I172" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J172" s="5">
-        <v>103.74</v>
+        <v>446.15</v>
       </c>
       <c r="K172" s="5">
         <v>1</v>
       </c>
       <c r="L172" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M172" s="4">
-        <v>4253.34</v>
+        <v>44615</v>
       </c>
       <c r="N172" s="4">
-        <v>4253.34</v>
+        <v>44615</v>
       </c>
       <c r="O172" s="3" t="s">
-        <v>843</v>
+        <v>849</v>
       </c>
       <c r="P172" s="3" t="s">
-        <v>844</v>
+        <v>850</v>
       </c>
       <c r="Q172" s="3" t="s">
-        <v>157</v>
+        <v>169</v>
       </c>
       <c r="R172" s="3" t="s">
-        <v>845</v>
+        <v>851</v>
       </c>
       <c r="S172" s="3" t="s">
-        <v>109</v>
+        <v>127</v>
       </c>
       <c r="T172" s="4">
         <v>1</v>
       </c>
       <c r="W172" s="3" t="s">
-        <v>841</v>
+        <v>847</v>
       </c>
       <c r="X172" s="4">
         <v>0</v>
       </c>
       <c r="Y172" s="4">
         <v>0</v>
       </c>
       <c r="Z172" s="6">
-        <v>1.83E-4</v>
+        <v>1.882E-3</v>
       </c>
     </row>
     <row r="173" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A173" s="3" t="s">
-        <v>846</v>
+        <v>852</v>
       </c>
       <c r="B173" s="3" t="s">
-        <v>847</v>
+        <v>853</v>
       </c>
       <c r="C173" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D173" s="4">
-        <v>317</v>
+        <v>100</v>
       </c>
       <c r="E173" s="5">
-        <v>166.36</v>
+        <v>487.21</v>
       </c>
       <c r="F173" s="4">
-        <v>52736.12</v>
+        <v>48721</v>
       </c>
       <c r="G173" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H173" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I173" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J173" s="5">
-        <v>166.36</v>
+        <v>487.21</v>
       </c>
       <c r="K173" s="5">
         <v>1</v>
       </c>
       <c r="L173" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M173" s="4">
-        <v>52736.12</v>
+        <v>48721</v>
       </c>
       <c r="N173" s="4">
-        <v>52736.12</v>
+        <v>48721</v>
       </c>
       <c r="O173" s="3" t="s">
-        <v>848</v>
+        <v>854</v>
       </c>
       <c r="P173" s="3" t="s">
-        <v>849</v>
+        <v>855</v>
       </c>
       <c r="Q173" s="3" t="s">
-        <v>179</v>
+        <v>147</v>
       </c>
       <c r="R173" s="3" t="s">
-        <v>850</v>
+        <v>856</v>
       </c>
       <c r="S173" s="3" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="T173" s="4">
         <v>1</v>
       </c>
       <c r="W173" s="3" t="s">
-        <v>846</v>
+        <v>852</v>
       </c>
       <c r="X173" s="4">
         <v>0</v>
       </c>
       <c r="Y173" s="4">
         <v>0</v>
       </c>
       <c r="Z173" s="6">
-        <v>2.2729999999999998E-3</v>
+        <v>2.0560000000000001E-3</v>
       </c>
     </row>
     <row r="174" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A174" s="3" t="s">
-        <v>851</v>
+        <v>857</v>
       </c>
       <c r="B174" s="3" t="s">
-        <v>852</v>
+        <v>858</v>
       </c>
       <c r="C174" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D174" s="4">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="E174" s="5">
-        <v>190.58</v>
+        <v>260.41000000000003</v>
       </c>
       <c r="F174" s="4">
-        <v>87095.06</v>
+        <v>118486.55</v>
       </c>
       <c r="G174" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H174" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I174" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J174" s="5">
-        <v>190.58</v>
+        <v>260.41000000000003</v>
       </c>
       <c r="K174" s="5">
         <v>1</v>
       </c>
       <c r="L174" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M174" s="4">
-        <v>87095.06</v>
+        <v>118486.55</v>
       </c>
       <c r="N174" s="4">
-        <v>87095.06</v>
+        <v>118486.55</v>
       </c>
       <c r="O174" s="3" t="s">
-        <v>853</v>
+        <v>859</v>
       </c>
       <c r="P174" s="3" t="s">
-        <v>854</v>
+        <v>860</v>
       </c>
       <c r="Q174" s="3" t="s">
-        <v>114</v>
+        <v>169</v>
       </c>
       <c r="R174" s="3" t="s">
-        <v>855</v>
+        <v>861</v>
       </c>
       <c r="S174" s="3" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="T174" s="4">
         <v>1</v>
       </c>
       <c r="W174" s="3" t="s">
-        <v>851</v>
+        <v>857</v>
       </c>
       <c r="X174" s="4">
         <v>0</v>
       </c>
       <c r="Y174" s="4">
         <v>0</v>
       </c>
       <c r="Z174" s="6">
-        <v>3.7550000000000001E-3</v>
+        <v>5.0000000000000001E-3</v>
       </c>
     </row>
     <row r="175" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A175" s="3" t="s">
-        <v>856</v>
+        <v>862</v>
       </c>
       <c r="B175" s="3" t="s">
-        <v>857</v>
+        <v>863</v>
       </c>
       <c r="C175" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D175" s="4">
-        <v>384</v>
+        <v>84</v>
       </c>
       <c r="E175" s="5">
-        <v>229.48</v>
+        <v>94.52</v>
       </c>
       <c r="F175" s="4">
-        <v>88120.320000000007</v>
+        <v>7939.68</v>
       </c>
       <c r="G175" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H175" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I175" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J175" s="5">
-        <v>229.48</v>
+        <v>94.52</v>
       </c>
       <c r="K175" s="5">
         <v>1</v>
       </c>
       <c r="L175" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M175" s="4">
-        <v>88120.320000000007</v>
+        <v>7939.68</v>
       </c>
       <c r="N175" s="4">
-        <v>88120.320000000007</v>
+        <v>7939.68</v>
       </c>
       <c r="O175" s="3" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="P175" s="3" t="s">
-        <v>859</v>
+        <v>865</v>
       </c>
       <c r="Q175" s="3" t="s">
-        <v>200</v>
+        <v>147</v>
       </c>
       <c r="R175" s="3" t="s">
-        <v>860</v>
+        <v>866</v>
       </c>
       <c r="S175" s="3" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="T175" s="4">
         <v>1</v>
       </c>
       <c r="W175" s="3" t="s">
-        <v>856</v>
+        <v>862</v>
       </c>
       <c r="X175" s="4">
         <v>0</v>
       </c>
       <c r="Y175" s="4">
         <v>0</v>
       </c>
       <c r="Z175" s="6">
-        <v>3.7989999999999999E-3</v>
+        <v>3.3500000000000001E-4</v>
       </c>
     </row>
     <row r="176" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A176" s="3" t="s">
-        <v>861</v>
+        <v>867</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>862</v>
+        <v>868</v>
       </c>
       <c r="C176" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D176" s="4">
-        <v>888</v>
+        <v>55</v>
       </c>
       <c r="E176" s="5">
-        <v>143.18</v>
+        <v>919.28</v>
       </c>
       <c r="F176" s="4">
-        <v>127143.84</v>
+        <v>50560.4</v>
       </c>
       <c r="G176" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H176" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I176" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J176" s="5">
-        <v>143.18</v>
+        <v>919.28</v>
       </c>
       <c r="K176" s="5">
         <v>1</v>
       </c>
       <c r="L176" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M176" s="4">
-        <v>127143.84</v>
+        <v>50560.4</v>
       </c>
       <c r="N176" s="4">
-        <v>127143.84</v>
+        <v>50560.4</v>
       </c>
       <c r="O176" s="3" t="s">
-        <v>863</v>
+        <v>869</v>
       </c>
       <c r="P176" s="3" t="s">
-        <v>864</v>
+        <v>870</v>
       </c>
       <c r="Q176" s="3" t="s">
-        <v>157</v>
+        <v>169</v>
       </c>
       <c r="R176" s="3" t="s">
-        <v>865</v>
+        <v>871</v>
       </c>
       <c r="S176" s="3" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="T176" s="4">
         <v>1</v>
       </c>
       <c r="W176" s="3" t="s">
-        <v>861</v>
+        <v>867</v>
       </c>
       <c r="X176" s="4">
         <v>0</v>
       </c>
       <c r="Y176" s="4">
         <v>0</v>
       </c>
       <c r="Z176" s="6">
-        <v>5.4819999999999999E-3</v>
+        <v>2.1329999999999999E-3</v>
       </c>
     </row>
     <row r="177" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A177" s="3" t="s">
-        <v>866</v>
+        <v>872</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>867</v>
+        <v>873</v>
       </c>
       <c r="C177" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D177" s="4">
-        <v>100</v>
+        <v>152</v>
       </c>
       <c r="E177" s="5">
-        <v>498.69</v>
+        <v>69.040000000000006</v>
       </c>
       <c r="F177" s="4">
-        <v>49869</v>
+        <v>10494.08</v>
       </c>
       <c r="G177" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H177" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I177" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J177" s="5">
+        <v>69.040000000000006</v>
+      </c>
+      <c r="K177" s="5">
+        <v>1</v>
+      </c>
+      <c r="L177" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M177" s="4">
+        <v>10494.08</v>
+      </c>
+      <c r="N177" s="4">
+        <v>10494.08</v>
+      </c>
+      <c r="O177" s="3" t="s">
+        <v>874</v>
+      </c>
+      <c r="P177" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="Q177" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="H177" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="R177" s="3" t="s">
-        <v>870</v>
+        <v>876</v>
       </c>
       <c r="S177" s="3" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="T177" s="4">
         <v>1</v>
       </c>
       <c r="W177" s="3" t="s">
-        <v>866</v>
+        <v>872</v>
       </c>
       <c r="X177" s="4">
         <v>0</v>
       </c>
       <c r="Y177" s="4">
         <v>0</v>
       </c>
       <c r="Z177" s="6">
-        <v>2.15E-3</v>
+        <v>4.4200000000000001E-4</v>
       </c>
     </row>
     <row r="178" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A178" s="3" t="s">
-        <v>871</v>
+        <v>350</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>872</v>
+        <v>347</v>
       </c>
       <c r="C178" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D178" s="4">
-        <v>100</v>
+        <v>195</v>
       </c>
       <c r="E178" s="5">
-        <v>486.71</v>
+        <v>110.88</v>
       </c>
       <c r="F178" s="4">
-        <v>48671</v>
+        <v>21621.599999999999</v>
       </c>
       <c r="G178" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H178" s="3" t="s">
-        <v>93</v>
+        <v>38</v>
       </c>
       <c r="I178" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J178" s="5">
-        <v>486.71</v>
+        <v>110.88</v>
       </c>
       <c r="K178" s="5">
         <v>1</v>
       </c>
       <c r="L178" s="3" t="s">
-        <v>95</v>
+        <v>40</v>
       </c>
       <c r="M178" s="4">
-        <v>48671</v>
+        <v>21621.599999999999</v>
       </c>
       <c r="N178" s="4">
-        <v>48671</v>
+        <v>21621.599999999999</v>
       </c>
       <c r="O178" s="3" t="s">
-        <v>873</v>
+        <v>877</v>
       </c>
       <c r="P178" s="3" t="s">
-        <v>874</v>
+        <v>348</v>
       </c>
       <c r="Q178" s="3" t="s">
-        <v>157</v>
+        <v>258</v>
       </c>
       <c r="R178" s="3" t="s">
-        <v>875</v>
+        <v>349</v>
       </c>
       <c r="S178" s="3" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="T178" s="4">
         <v>1</v>
       </c>
       <c r="W178" s="3" t="s">
-        <v>871</v>
+        <v>350</v>
       </c>
       <c r="X178" s="4">
         <v>0</v>
       </c>
       <c r="Y178" s="4">
         <v>0</v>
       </c>
       <c r="Z178" s="6">
-        <v>2.098E-3</v>
+        <v>9.1200000000000005E-4</v>
       </c>
     </row>
     <row r="179" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A179" s="3" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="C179" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D179" s="4">
-        <v>370</v>
+        <v>500</v>
       </c>
       <c r="E179" s="5">
-        <v>237</v>
+        <v>80.87</v>
       </c>
       <c r="F179" s="4">
-        <v>87690</v>
+        <v>40435</v>
       </c>
       <c r="G179" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H179" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I179" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J179" s="5">
-        <v>237</v>
+        <v>80.87</v>
       </c>
       <c r="K179" s="5">
         <v>1</v>
       </c>
       <c r="L179" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M179" s="4">
-        <v>87690</v>
+        <v>40435</v>
       </c>
       <c r="N179" s="4">
-        <v>87690</v>
+        <v>40435</v>
       </c>
       <c r="O179" s="3" t="s">
+        <v>880</v>
+      </c>
+      <c r="P179" s="3" t="s">
+        <v>881</v>
+      </c>
+      <c r="Q179" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="R179" s="3" t="s">
+        <v>882</v>
+      </c>
+      <c r="S179" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="T179" s="4">
+        <v>1</v>
+      </c>
+      <c r="W179" s="3" t="s">
         <v>878</v>
       </c>
-      <c r="P179" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X179" s="4">
         <v>0</v>
       </c>
       <c r="Y179" s="4">
         <v>0</v>
       </c>
       <c r="Z179" s="6">
-        <v>3.7799999999999999E-3</v>
+        <v>1.7060000000000001E-3</v>
       </c>
     </row>
     <row r="180" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A180" s="3" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="C180" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D180" s="4">
+        <v>100</v>
+      </c>
+      <c r="E180" s="5">
+        <v>356.24</v>
+      </c>
+      <c r="F180" s="4">
+        <v>35624</v>
+      </c>
+      <c r="G180" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H180" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I180" s="3" t="s">
         <v>84</v>
       </c>
-      <c r="E180" s="5">
-[...5 lines deleted...]
-      <c r="G180" s="3" t="s">
+      <c r="J180" s="5">
+        <v>356.24</v>
+      </c>
+      <c r="K180" s="5">
+        <v>1</v>
+      </c>
+      <c r="L180" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M180" s="4">
+        <v>35624</v>
+      </c>
+      <c r="N180" s="4">
+        <v>35624</v>
+      </c>
+      <c r="O180" s="3" t="s">
+        <v>885</v>
+      </c>
+      <c r="P180" s="3" t="s">
+        <v>886</v>
+      </c>
+      <c r="Q180" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="H180" s="3" t="s">
-[...20 lines deleted...]
-      <c r="O180" s="3" t="s">
+      <c r="R180" s="3" t="s">
+        <v>887</v>
+      </c>
+      <c r="S180" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="T180" s="4">
+        <v>1</v>
+      </c>
+      <c r="W180" s="3" t="s">
         <v>883</v>
       </c>
-      <c r="P180" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X180" s="4">
         <v>0</v>
       </c>
       <c r="Y180" s="4">
         <v>0</v>
       </c>
       <c r="Z180" s="6">
-        <v>3.4499999999999998E-4</v>
+        <v>1.503E-3</v>
       </c>
     </row>
     <row r="181" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A181" s="3" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="C181" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D181" s="4">
-        <v>55</v>
+        <v>177</v>
       </c>
       <c r="E181" s="5">
-        <v>920.28</v>
+        <v>140.13999999999999</v>
       </c>
       <c r="F181" s="4">
-        <v>50615.4</v>
+        <v>24804.78</v>
       </c>
       <c r="G181" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H181" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I181" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J181" s="5">
-        <v>920.28</v>
+        <v>140.13999999999999</v>
       </c>
       <c r="K181" s="5">
         <v>1</v>
       </c>
       <c r="L181" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M181" s="4">
-        <v>50615.4</v>
+        <v>24804.78</v>
       </c>
       <c r="N181" s="4">
-        <v>50615.4</v>
+        <v>24804.78</v>
       </c>
       <c r="O181" s="3" t="s">
+        <v>890</v>
+      </c>
+      <c r="P181" s="3" t="s">
+        <v>891</v>
+      </c>
+      <c r="Q181" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="R181" s="3" t="s">
+        <v>892</v>
+      </c>
+      <c r="S181" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="T181" s="4">
+        <v>1</v>
+      </c>
+      <c r="W181" s="3" t="s">
         <v>888</v>
       </c>
-      <c r="P181" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X181" s="4">
         <v>0</v>
       </c>
       <c r="Y181" s="4">
         <v>0</v>
       </c>
       <c r="Z181" s="6">
-        <v>2.1819999999999999E-3</v>
+        <v>1.0460000000000001E-3</v>
       </c>
     </row>
     <row r="182" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A182" s="3" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="C182" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D182" s="4">
-        <v>152</v>
+        <v>200</v>
       </c>
       <c r="E182" s="5">
-        <v>73</v>
+        <v>210.05</v>
       </c>
       <c r="F182" s="4">
-        <v>11096</v>
+        <v>42010</v>
       </c>
       <c r="G182" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H182" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I182" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J182" s="5">
-        <v>73</v>
+        <v>210.05</v>
       </c>
       <c r="K182" s="5">
         <v>1</v>
       </c>
       <c r="L182" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M182" s="4">
-        <v>11096</v>
+        <v>42010</v>
       </c>
       <c r="N182" s="4">
-        <v>11096</v>
+        <v>42010</v>
       </c>
       <c r="O182" s="3" t="s">
+        <v>895</v>
+      </c>
+      <c r="P182" s="3" t="s">
+        <v>896</v>
+      </c>
+      <c r="Q182" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="R182" s="3" t="s">
+        <v>897</v>
+      </c>
+      <c r="S182" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="T182" s="4">
+        <v>1</v>
+      </c>
+      <c r="W182" s="3" t="s">
         <v>893</v>
       </c>
-      <c r="P182" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X182" s="4">
         <v>0</v>
       </c>
       <c r="Y182" s="4">
         <v>0</v>
       </c>
       <c r="Z182" s="6">
-        <v>4.7800000000000002E-4</v>
+        <v>1.7719999999999999E-3</v>
       </c>
     </row>
     <row r="183" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A183" s="3" t="s">
-        <v>370</v>
+        <v>898</v>
       </c>
       <c r="B183" s="3" t="s">
-        <v>367</v>
+        <v>899</v>
       </c>
       <c r="C183" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D183" s="4">
-        <v>137</v>
+        <v>23</v>
       </c>
       <c r="E183" s="5">
-        <v>107.8</v>
+        <v>256.37</v>
       </c>
       <c r="F183" s="4">
-        <v>14768.6</v>
+        <v>5896.51</v>
       </c>
       <c r="G183" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H183" s="3" t="s">
-        <v>43</v>
+        <v>83</v>
       </c>
       <c r="I183" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J183" s="5">
-        <v>107.8</v>
+        <v>256.37</v>
       </c>
       <c r="K183" s="5">
         <v>1</v>
       </c>
       <c r="L183" s="3" t="s">
-        <v>45</v>
+        <v>85</v>
       </c>
       <c r="M183" s="4">
-        <v>14768.6</v>
+        <v>5896.51</v>
       </c>
       <c r="N183" s="4">
-        <v>14768.6</v>
+        <v>5896.51</v>
       </c>
       <c r="O183" s="3" t="s">
-        <v>896</v>
+        <v>900</v>
       </c>
       <c r="P183" s="3" t="s">
-        <v>368</v>
+        <v>901</v>
       </c>
       <c r="Q183" s="3" t="s">
-        <v>200</v>
+        <v>97</v>
       </c>
       <c r="R183" s="3" t="s">
-        <v>369</v>
+        <v>902</v>
       </c>
       <c r="S183" s="3" t="s">
-        <v>109</v>
+        <v>127</v>
       </c>
       <c r="T183" s="4">
         <v>1</v>
       </c>
       <c r="W183" s="3" t="s">
-        <v>370</v>
+        <v>898</v>
       </c>
       <c r="X183" s="4">
         <v>0</v>
       </c>
       <c r="Y183" s="4">
         <v>0</v>
       </c>
       <c r="Z183" s="6">
-        <v>6.3599999999999996E-4</v>
+        <v>2.4800000000000001E-4</v>
       </c>
     </row>
     <row r="184" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A184" s="3" t="s">
-        <v>897</v>
+        <v>903</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>898</v>
+        <v>904</v>
       </c>
       <c r="C184" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D184" s="4">
-        <v>500</v>
+        <v>127</v>
       </c>
       <c r="E184" s="5">
-        <v>84.6</v>
+        <v>109.82</v>
       </c>
       <c r="F184" s="4">
-        <v>42300</v>
+        <v>13947.14</v>
       </c>
       <c r="G184" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H184" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I184" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J184" s="5">
-        <v>84.6</v>
+        <v>109.82</v>
       </c>
       <c r="K184" s="5">
         <v>1</v>
       </c>
       <c r="L184" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M184" s="4">
-        <v>42300</v>
+        <v>13947.14</v>
       </c>
       <c r="N184" s="4">
-        <v>42300</v>
+        <v>13947.14</v>
       </c>
       <c r="O184" s="3" t="s">
-        <v>899</v>
+        <v>905</v>
       </c>
       <c r="P184" s="3" t="s">
-        <v>900</v>
+        <v>906</v>
       </c>
       <c r="Q184" s="3" t="s">
-        <v>124</v>
+        <v>114</v>
       </c>
       <c r="R184" s="3" t="s">
-        <v>901</v>
+        <v>907</v>
       </c>
       <c r="S184" s="3" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="T184" s="4">
         <v>1</v>
       </c>
       <c r="W184" s="3" t="s">
-        <v>897</v>
+        <v>903</v>
       </c>
       <c r="X184" s="4">
         <v>0</v>
       </c>
       <c r="Y184" s="4">
         <v>0</v>
       </c>
       <c r="Z184" s="6">
-        <v>1.823E-3</v>
+        <v>5.8799999999999998E-4</v>
       </c>
     </row>
     <row r="185" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A185" s="3" t="s">
-        <v>902</v>
+        <v>908</v>
       </c>
       <c r="B185" s="3" t="s">
-        <v>903</v>
+        <v>909</v>
       </c>
       <c r="C185" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D185" s="4">
-        <v>100</v>
+        <v>1021</v>
       </c>
       <c r="E185" s="5">
-        <v>369.67</v>
+        <v>456.56</v>
       </c>
       <c r="F185" s="4">
-        <v>36967</v>
+        <v>466147.76</v>
       </c>
       <c r="G185" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H185" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I185" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J185" s="5">
-        <v>369.67</v>
+        <v>456.56</v>
       </c>
       <c r="K185" s="5">
         <v>1</v>
       </c>
       <c r="L185" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M185" s="4">
-        <v>36967</v>
+        <v>466147.76</v>
       </c>
       <c r="N185" s="4">
-        <v>36967</v>
+        <v>466147.76</v>
       </c>
       <c r="O185" s="3" t="s">
-        <v>904</v>
+        <v>910</v>
       </c>
       <c r="P185" s="3" t="s">
-        <v>905</v>
+        <v>911</v>
       </c>
       <c r="Q185" s="3" t="s">
         <v>114</v>
       </c>
       <c r="R185" s="3" t="s">
-        <v>906</v>
+        <v>912</v>
       </c>
       <c r="S185" s="3" t="s">
-        <v>109</v>
+        <v>127</v>
       </c>
       <c r="T185" s="4">
         <v>1</v>
       </c>
       <c r="W185" s="3" t="s">
-        <v>902</v>
+        <v>908</v>
       </c>
       <c r="X185" s="4">
         <v>0</v>
       </c>
       <c r="Y185" s="4">
         <v>0</v>
       </c>
       <c r="Z185" s="6">
-        <v>1.593E-3</v>
+        <v>1.9673E-2</v>
       </c>
     </row>
     <row r="186" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A186" s="3" t="s">
-        <v>907</v>
+        <v>913</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>908</v>
+        <v>914</v>
       </c>
       <c r="C186" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D186" s="4">
-        <v>177</v>
+        <v>819</v>
       </c>
       <c r="E186" s="5">
-        <v>144.54</v>
+        <v>161.46</v>
       </c>
       <c r="F186" s="4">
-        <v>25583.58</v>
+        <v>132235.74</v>
       </c>
       <c r="G186" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H186" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I186" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J186" s="5">
-        <v>144.54</v>
+        <v>161.46</v>
       </c>
       <c r="K186" s="5">
         <v>1</v>
       </c>
       <c r="L186" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M186" s="4">
-        <v>25583.58</v>
+        <v>132235.74</v>
       </c>
       <c r="N186" s="4">
-        <v>25583.58</v>
+        <v>132235.74</v>
       </c>
       <c r="O186" s="3" t="s">
-        <v>909</v>
+        <v>915</v>
       </c>
       <c r="P186" s="3" t="s">
-        <v>910</v>
+        <v>916</v>
       </c>
       <c r="Q186" s="3" t="s">
-        <v>124</v>
+        <v>169</v>
       </c>
       <c r="R186" s="3" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="S186" s="3" t="s">
-        <v>109</v>
+        <v>127</v>
       </c>
       <c r="T186" s="4">
         <v>1</v>
       </c>
       <c r="W186" s="3" t="s">
-        <v>907</v>
+        <v>913</v>
       </c>
       <c r="X186" s="4">
         <v>0</v>
       </c>
       <c r="Y186" s="4">
         <v>0</v>
       </c>
       <c r="Z186" s="6">
-        <v>1.103E-3</v>
+        <v>5.5799999999999999E-3</v>
       </c>
     </row>
     <row r="187" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A187" s="3" t="s">
-        <v>912</v>
+        <v>918</v>
       </c>
       <c r="B187" s="3" t="s">
-        <v>913</v>
+        <v>919</v>
       </c>
       <c r="C187" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D187" s="4">
-        <v>200</v>
+        <v>453</v>
       </c>
       <c r="E187" s="5">
-        <v>239.38</v>
+        <v>36.14</v>
       </c>
       <c r="F187" s="4">
-        <v>47876</v>
+        <v>16371.42</v>
       </c>
       <c r="G187" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H187" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I187" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J187" s="5">
-        <v>239.38</v>
+        <v>36.14</v>
       </c>
       <c r="K187" s="5">
         <v>1</v>
       </c>
       <c r="L187" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M187" s="4">
-        <v>47876</v>
+        <v>16371.42</v>
       </c>
       <c r="N187" s="4">
-        <v>47876</v>
+        <v>16371.42</v>
       </c>
       <c r="O187" s="3" t="s">
-        <v>914</v>
+        <v>920</v>
       </c>
       <c r="P187" s="3" t="s">
-        <v>915</v>
+        <v>921</v>
       </c>
       <c r="Q187" s="3" t="s">
-        <v>107</v>
+        <v>147</v>
       </c>
       <c r="R187" s="3" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
       <c r="S187" s="3" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="T187" s="4">
         <v>1</v>
       </c>
       <c r="W187" s="3" t="s">
-        <v>912</v>
+        <v>918</v>
       </c>
       <c r="X187" s="4">
         <v>0</v>
       </c>
       <c r="Y187" s="4">
         <v>0</v>
       </c>
       <c r="Z187" s="6">
-        <v>2.0639999999999999E-3</v>
+        <v>6.8999999999999997E-4</v>
       </c>
     </row>
     <row r="188" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A188" s="3" t="s">
-        <v>917</v>
+        <v>923</v>
       </c>
       <c r="B188" s="3" t="s">
-        <v>918</v>
+        <v>924</v>
       </c>
       <c r="C188" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D188" s="4">
-        <v>23</v>
+        <v>100</v>
       </c>
       <c r="E188" s="5">
-        <v>258.36</v>
+        <v>268.62</v>
       </c>
       <c r="F188" s="4">
-        <v>5942.28</v>
+        <v>26862</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H188" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I188" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J188" s="5">
-        <v>258.36</v>
+        <v>268.62</v>
       </c>
       <c r="K188" s="5">
         <v>1</v>
       </c>
       <c r="L188" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M188" s="4">
-        <v>5942.28</v>
+        <v>26862</v>
       </c>
       <c r="N188" s="4">
-        <v>5942.28</v>
+        <v>26862</v>
       </c>
       <c r="O188" s="3" t="s">
-        <v>919</v>
+        <v>925</v>
       </c>
       <c r="P188" s="3" t="s">
-        <v>920</v>
+        <v>926</v>
       </c>
       <c r="Q188" s="3" t="s">
-        <v>107</v>
+        <v>147</v>
       </c>
       <c r="R188" s="3" t="s">
-        <v>921</v>
+        <v>927</v>
       </c>
       <c r="S188" s="3" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="T188" s="4">
         <v>1</v>
       </c>
       <c r="W188" s="3" t="s">
-        <v>917</v>
+        <v>923</v>
       </c>
       <c r="X188" s="4">
         <v>0</v>
       </c>
       <c r="Y188" s="4">
         <v>0</v>
       </c>
       <c r="Z188" s="6">
-        <v>2.5599999999999999E-4</v>
+        <v>1.1329999999999999E-3</v>
       </c>
     </row>
     <row r="189" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A189" s="3" t="s">
-        <v>922</v>
+        <v>928</v>
       </c>
       <c r="B189" s="3" t="s">
-        <v>923</v>
+        <v>929</v>
       </c>
       <c r="C189" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D189" s="4">
+        <v>1313</v>
+      </c>
+      <c r="E189" s="5">
+        <v>79.75</v>
+      </c>
+      <c r="F189" s="4">
+        <v>104711.75</v>
+      </c>
+      <c r="G189" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H189" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I189" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J189" s="5">
+        <v>79.75</v>
+      </c>
+      <c r="K189" s="5">
+        <v>1</v>
+      </c>
+      <c r="L189" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M189" s="4">
+        <v>104711.75</v>
+      </c>
+      <c r="N189" s="4">
+        <v>104711.75</v>
+      </c>
+      <c r="O189" s="3" t="s">
+        <v>930</v>
+      </c>
+      <c r="P189" s="3" t="s">
+        <v>931</v>
+      </c>
+      <c r="Q189" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="R189" s="3" t="s">
+        <v>932</v>
+      </c>
+      <c r="S189" s="3" t="s">
         <v>127</v>
       </c>
-      <c r="E189" s="5">
-[...43 lines deleted...]
-      </c>
       <c r="T189" s="4">
         <v>1</v>
       </c>
       <c r="W189" s="3" t="s">
-        <v>922</v>
+        <v>928</v>
       </c>
       <c r="X189" s="4">
         <v>0</v>
       </c>
       <c r="Y189" s="4">
         <v>0</v>
       </c>
       <c r="Z189" s="6">
-        <v>6.1899999999999998E-4</v>
+        <v>4.4190000000000002E-3</v>
       </c>
     </row>
     <row r="190" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A190" s="3" t="s">
-        <v>927</v>
+        <v>933</v>
       </c>
       <c r="B190" s="3" t="s">
-        <v>928</v>
+        <v>934</v>
       </c>
       <c r="C190" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D190" s="4">
-        <v>1052</v>
+        <v>900</v>
       </c>
       <c r="E190" s="5">
-        <v>444.72</v>
+        <v>46.68</v>
       </c>
       <c r="F190" s="4">
-        <v>467845.44</v>
+        <v>42012</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H190" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I190" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J190" s="5">
-        <v>444.72</v>
+        <v>46.68</v>
       </c>
       <c r="K190" s="5">
         <v>1</v>
       </c>
       <c r="L190" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M190" s="4">
-        <v>467845.44</v>
+        <v>42012</v>
       </c>
       <c r="N190" s="4">
-        <v>467845.44</v>
+        <v>42012</v>
       </c>
       <c r="O190" s="3" t="s">
-        <v>929</v>
+        <v>935</v>
       </c>
       <c r="P190" s="3" t="s">
-        <v>930</v>
+        <v>936</v>
       </c>
       <c r="Q190" s="3" t="s">
-        <v>124</v>
+        <v>147</v>
       </c>
       <c r="R190" s="3" t="s">
-        <v>931</v>
+        <v>937</v>
       </c>
       <c r="S190" s="3" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="T190" s="4">
         <v>1</v>
       </c>
       <c r="W190" s="3" t="s">
-        <v>927</v>
+        <v>933</v>
       </c>
       <c r="X190" s="4">
         <v>0</v>
       </c>
       <c r="Y190" s="4">
         <v>0</v>
       </c>
       <c r="Z190" s="6">
-        <v>2.0171999999999999E-2</v>
+        <v>1.7730000000000001E-3</v>
       </c>
     </row>
     <row r="191" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A191" s="3" t="s">
-        <v>932</v>
+        <v>938</v>
       </c>
       <c r="B191" s="3" t="s">
-        <v>933</v>
+        <v>939</v>
       </c>
       <c r="C191" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D191" s="4">
-        <v>783</v>
+        <v>637</v>
       </c>
       <c r="E191" s="5">
-        <v>183.73</v>
+        <v>220.37</v>
       </c>
       <c r="F191" s="4">
-        <v>143860.59</v>
+        <v>140375.69</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H191" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I191" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J191" s="5">
-        <v>183.73</v>
+        <v>220.37</v>
       </c>
       <c r="K191" s="5">
         <v>1</v>
       </c>
       <c r="L191" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M191" s="4">
-        <v>143860.59</v>
+        <v>140375.69</v>
       </c>
       <c r="N191" s="4">
-        <v>143860.59</v>
+        <v>140375.69</v>
       </c>
       <c r="O191" s="3" t="s">
-        <v>934</v>
+        <v>940</v>
       </c>
       <c r="P191" s="3" t="s">
-        <v>935</v>
+        <v>941</v>
       </c>
       <c r="Q191" s="3" t="s">
-        <v>179</v>
+        <v>258</v>
       </c>
       <c r="R191" s="3" t="s">
-        <v>936</v>
+        <v>942</v>
       </c>
       <c r="S191" s="3" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="T191" s="4">
         <v>1</v>
       </c>
       <c r="W191" s="3" t="s">
-        <v>932</v>
+        <v>938</v>
       </c>
       <c r="X191" s="4">
         <v>0</v>
       </c>
       <c r="Y191" s="4">
         <v>0</v>
       </c>
       <c r="Z191" s="6">
-        <v>6.202E-3</v>
+        <v>5.9239999999999996E-3</v>
       </c>
     </row>
     <row r="192" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A192" s="3" t="s">
-        <v>937</v>
+        <v>943</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>938</v>
+        <v>944</v>
       </c>
       <c r="C192" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D192" s="4">
-        <v>453</v>
+        <v>294</v>
       </c>
       <c r="E192" s="5">
-        <v>36.51</v>
+        <v>341.56</v>
       </c>
       <c r="F192" s="4">
-        <v>16539.03</v>
+        <v>100418.64</v>
       </c>
       <c r="G192" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H192" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I192" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J192" s="5">
+        <v>341.56</v>
+      </c>
+      <c r="K192" s="5">
+        <v>1</v>
+      </c>
+      <c r="L192" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M192" s="4">
+        <v>100418.64</v>
+      </c>
+      <c r="N192" s="4">
+        <v>100418.64</v>
+      </c>
+      <c r="O192" s="3" t="s">
+        <v>945</v>
+      </c>
+      <c r="P192" s="3" t="s">
+        <v>946</v>
+      </c>
+      <c r="Q192" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="H192" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="R192" s="3" t="s">
-        <v>941</v>
+        <v>947</v>
       </c>
       <c r="S192" s="3" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="T192" s="4">
         <v>1</v>
       </c>
       <c r="W192" s="3" t="s">
-        <v>937</v>
+        <v>943</v>
       </c>
       <c r="X192" s="4">
         <v>0</v>
       </c>
       <c r="Y192" s="4">
         <v>0</v>
       </c>
       <c r="Z192" s="6">
-        <v>7.1299999999999998E-4</v>
+        <v>4.2379999999999996E-3</v>
       </c>
     </row>
     <row r="193" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A193" s="3" t="s">
-        <v>942</v>
+        <v>948</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>943</v>
+        <v>949</v>
       </c>
       <c r="C193" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D193" s="4">
-        <v>100</v>
+        <v>322</v>
       </c>
       <c r="E193" s="5">
-        <v>279.22000000000003</v>
+        <v>98.68</v>
       </c>
       <c r="F193" s="4">
-        <v>27922</v>
+        <v>31774.959999999999</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H193" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I193" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J193" s="5">
-        <v>279.22000000000003</v>
+        <v>98.68</v>
       </c>
       <c r="K193" s="5">
         <v>1</v>
       </c>
       <c r="L193" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M193" s="4">
-        <v>27922</v>
+        <v>31774.959999999999</v>
       </c>
       <c r="N193" s="4">
-        <v>27922</v>
+        <v>31774.959999999999</v>
       </c>
       <c r="O193" s="3" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="P193" s="3" t="s">
-        <v>945</v>
+        <v>951</v>
       </c>
       <c r="Q193" s="3" t="s">
-        <v>157</v>
+        <v>258</v>
       </c>
       <c r="R193" s="3" t="s">
-        <v>946</v>
+        <v>952</v>
       </c>
       <c r="S193" s="3" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="T193" s="4">
         <v>1</v>
       </c>
       <c r="W193" s="3" t="s">
-        <v>942</v>
+        <v>948</v>
       </c>
       <c r="X193" s="4">
         <v>0</v>
       </c>
       <c r="Y193" s="4">
         <v>0</v>
       </c>
       <c r="Z193" s="6">
-        <v>1.2030000000000001E-3</v>
+        <v>1.341E-3</v>
       </c>
     </row>
     <row r="194" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A194" s="3" t="s">
-        <v>947</v>
+        <v>953</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>948</v>
+        <v>954</v>
       </c>
       <c r="C194" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D194" s="4">
-        <v>1313</v>
+        <v>866</v>
       </c>
       <c r="E194" s="5">
-        <v>81.650000000000006</v>
+        <v>39.74</v>
       </c>
       <c r="F194" s="4">
-        <v>107206.45</v>
+        <v>34414.839999999997</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H194" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I194" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J194" s="5">
-        <v>81.650000000000006</v>
+        <v>39.74</v>
       </c>
       <c r="K194" s="5">
         <v>1</v>
       </c>
       <c r="L194" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M194" s="4">
-        <v>107206.45</v>
+        <v>34414.839999999997</v>
       </c>
       <c r="N194" s="4">
-        <v>107206.45</v>
+        <v>34414.839999999997</v>
       </c>
       <c r="O194" s="3" t="s">
-        <v>949</v>
+        <v>955</v>
       </c>
       <c r="P194" s="3" t="s">
-        <v>950</v>
+        <v>956</v>
       </c>
       <c r="Q194" s="3" t="s">
-        <v>179</v>
+        <v>97</v>
       </c>
       <c r="R194" s="3" t="s">
-        <v>951</v>
+        <v>957</v>
       </c>
       <c r="S194" s="3" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="T194" s="4">
         <v>1</v>
       </c>
       <c r="W194" s="3" t="s">
-        <v>947</v>
+        <v>953</v>
       </c>
       <c r="X194" s="4">
         <v>0</v>
       </c>
       <c r="Y194" s="4">
         <v>0</v>
       </c>
       <c r="Z194" s="6">
-        <v>4.6220000000000002E-3</v>
+        <v>1.4519999999999999E-3</v>
       </c>
     </row>
     <row r="195" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A195" s="3" t="s">
-        <v>952</v>
+        <v>958</v>
       </c>
       <c r="B195" s="3" t="s">
-        <v>953</v>
+        <v>959</v>
       </c>
       <c r="C195" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D195" s="4">
-        <v>900</v>
+        <v>100</v>
       </c>
       <c r="E195" s="5">
-        <v>48.33</v>
+        <v>425.57</v>
       </c>
       <c r="F195" s="4">
-        <v>43497</v>
+        <v>42557</v>
       </c>
       <c r="G195" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H195" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I195" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J195" s="5">
+        <v>425.57</v>
+      </c>
+      <c r="K195" s="5">
+        <v>1</v>
+      </c>
+      <c r="L195" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M195" s="4">
+        <v>42557</v>
+      </c>
+      <c r="N195" s="4">
+        <v>42557</v>
+      </c>
+      <c r="O195" s="3" t="s">
+        <v>960</v>
+      </c>
+      <c r="P195" s="3" t="s">
+        <v>961</v>
+      </c>
+      <c r="Q195" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="H195" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="R195" s="3" t="s">
-        <v>956</v>
+        <v>962</v>
       </c>
       <c r="S195" s="3" t="s">
-        <v>109</v>
+        <v>127</v>
       </c>
       <c r="T195" s="4">
         <v>1</v>
       </c>
       <c r="W195" s="3" t="s">
-        <v>952</v>
+        <v>958</v>
       </c>
       <c r="X195" s="4">
         <v>0</v>
       </c>
       <c r="Y195" s="4">
         <v>0</v>
       </c>
       <c r="Z195" s="6">
-        <v>1.8749999999999999E-3</v>
+        <v>1.7960000000000001E-3</v>
       </c>
     </row>
     <row r="196" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A196" s="3" t="s">
-        <v>957</v>
+        <v>963</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>958</v>
+        <v>964</v>
       </c>
       <c r="C196" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D196" s="4">
-        <v>244</v>
+        <v>482</v>
       </c>
       <c r="E196" s="5">
-        <v>97.97</v>
+        <v>340.74</v>
       </c>
       <c r="F196" s="4">
-        <v>23904.68</v>
+        <v>164236.68</v>
       </c>
       <c r="G196" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H196" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I196" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J196" s="5">
-        <v>97.97</v>
+        <v>340.74</v>
       </c>
       <c r="K196" s="5">
         <v>1</v>
       </c>
       <c r="L196" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M196" s="4">
-        <v>23904.68</v>
+        <v>164236.68</v>
       </c>
       <c r="N196" s="4">
-        <v>23904.68</v>
+        <v>164236.68</v>
       </c>
       <c r="O196" s="3" t="s">
-        <v>959</v>
+        <v>965</v>
       </c>
       <c r="P196" s="3" t="s">
-        <v>960</v>
+        <v>966</v>
       </c>
       <c r="Q196" s="3" t="s">
-        <v>200</v>
+        <v>147</v>
       </c>
       <c r="R196" s="3" t="s">
-        <v>961</v>
+        <v>967</v>
       </c>
       <c r="S196" s="3" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="T196" s="4">
         <v>1</v>
       </c>
       <c r="W196" s="3" t="s">
-        <v>957</v>
+        <v>963</v>
       </c>
       <c r="X196" s="4">
         <v>0</v>
       </c>
       <c r="Y196" s="4">
         <v>0</v>
       </c>
       <c r="Z196" s="6">
-        <v>1.0300000000000001E-3</v>
+        <v>6.9309999999999997E-3</v>
       </c>
     </row>
     <row r="197" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A197" s="3" t="s">
-        <v>962</v>
+        <v>968</v>
       </c>
       <c r="B197" s="3" t="s">
-        <v>963</v>
+        <v>969</v>
       </c>
       <c r="C197" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D197" s="4">
-        <v>637</v>
+        <v>588</v>
       </c>
       <c r="E197" s="5">
-        <v>236.37</v>
+        <v>204.44</v>
       </c>
       <c r="F197" s="4">
-        <v>150567.69</v>
+        <v>120210.72</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H197" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I197" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J197" s="5">
-        <v>236.37</v>
+        <v>204.44</v>
       </c>
       <c r="K197" s="5">
         <v>1</v>
       </c>
       <c r="L197" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M197" s="4">
-        <v>150567.69</v>
+        <v>120210.72</v>
       </c>
       <c r="N197" s="4">
-        <v>150567.69</v>
+        <v>120210.72</v>
       </c>
       <c r="O197" s="3" t="s">
-        <v>964</v>
+        <v>970</v>
       </c>
       <c r="P197" s="3" t="s">
-        <v>965</v>
+        <v>971</v>
       </c>
       <c r="Q197" s="3" t="s">
-        <v>200</v>
+        <v>258</v>
       </c>
       <c r="R197" s="3" t="s">
-        <v>966</v>
+        <v>972</v>
       </c>
       <c r="S197" s="3" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="T197" s="4">
         <v>1</v>
       </c>
       <c r="W197" s="3" t="s">
-        <v>962</v>
+        <v>968</v>
       </c>
       <c r="X197" s="4">
         <v>0</v>
       </c>
       <c r="Y197" s="4">
         <v>0</v>
       </c>
       <c r="Z197" s="6">
-        <v>6.4920000000000004E-3</v>
+        <v>5.0730000000000003E-3</v>
       </c>
     </row>
     <row r="198" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A198" s="3" t="s">
-        <v>967</v>
+        <v>973</v>
       </c>
       <c r="B198" s="3" t="s">
-        <v>968</v>
+        <v>974</v>
       </c>
       <c r="C198" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D198" s="4">
-        <v>294</v>
+        <v>1375</v>
       </c>
       <c r="E198" s="5">
-        <v>345.3</v>
+        <v>101.18</v>
       </c>
       <c r="F198" s="4">
-        <v>101518.2</v>
+        <v>139122.5</v>
       </c>
       <c r="G198" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H198" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I198" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J198" s="5">
-        <v>345.3</v>
+        <v>101.18</v>
       </c>
       <c r="K198" s="5">
         <v>1</v>
       </c>
       <c r="L198" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M198" s="4">
-        <v>101518.2</v>
+        <v>139122.5</v>
       </c>
       <c r="N198" s="4">
-        <v>101518.2</v>
+        <v>139122.5</v>
       </c>
       <c r="O198" s="3" t="s">
-        <v>969</v>
+        <v>975</v>
       </c>
       <c r="P198" s="3" t="s">
-        <v>970</v>
+        <v>976</v>
       </c>
       <c r="Q198" s="3" t="s">
-        <v>114</v>
+        <v>141</v>
       </c>
       <c r="R198" s="3" t="s">
-        <v>971</v>
+        <v>977</v>
       </c>
       <c r="S198" s="3" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="T198" s="4">
         <v>1</v>
       </c>
       <c r="W198" s="3" t="s">
-        <v>967</v>
+        <v>973</v>
       </c>
       <c r="X198" s="4">
         <v>0</v>
       </c>
       <c r="Y198" s="4">
         <v>0</v>
       </c>
       <c r="Z198" s="6">
-        <v>4.3769999999999998E-3</v>
+        <v>5.8710000000000004E-3</v>
       </c>
     </row>
     <row r="199" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A199" s="3" t="s">
-        <v>972</v>
+        <v>978</v>
       </c>
       <c r="B199" s="3" t="s">
-        <v>973</v>
+        <v>979</v>
       </c>
       <c r="C199" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D199" s="4">
-        <v>1400</v>
+        <v>767</v>
       </c>
       <c r="E199" s="5">
-        <v>43.95</v>
+        <v>22.45</v>
       </c>
       <c r="F199" s="4">
-        <v>61530</v>
+        <v>17219.150000000001</v>
       </c>
       <c r="G199" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H199" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I199" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J199" s="5">
-        <v>43.95</v>
+        <v>22.45</v>
       </c>
       <c r="K199" s="5">
         <v>1</v>
       </c>
       <c r="L199" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M199" s="4">
-        <v>61530</v>
+        <v>17219.150000000001</v>
       </c>
       <c r="N199" s="4">
-        <v>61530</v>
+        <v>17219.150000000001</v>
       </c>
       <c r="O199" s="3" t="s">
-        <v>974</v>
+        <v>980</v>
       </c>
       <c r="P199" s="3" t="s">
-        <v>975</v>
+        <v>981</v>
       </c>
       <c r="Q199" s="3" t="s">
-        <v>107</v>
+        <v>97</v>
       </c>
       <c r="R199" s="3" t="s">
-        <v>976</v>
+        <v>982</v>
       </c>
       <c r="S199" s="3" t="s">
-        <v>109</v>
+        <v>127</v>
       </c>
       <c r="T199" s="4">
         <v>1</v>
       </c>
       <c r="W199" s="3" t="s">
-        <v>972</v>
+        <v>978</v>
       </c>
       <c r="X199" s="4">
         <v>0</v>
       </c>
       <c r="Y199" s="4">
         <v>0</v>
       </c>
       <c r="Z199" s="6">
-        <v>2.653E-3</v>
+        <v>7.2599999999999997E-4</v>
       </c>
     </row>
     <row r="200" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A200" s="3" t="s">
-        <v>977</v>
+        <v>983</v>
       </c>
       <c r="B200" s="3" t="s">
-        <v>978</v>
+        <v>984</v>
       </c>
       <c r="C200" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D200" s="4">
-        <v>100</v>
+        <v>651</v>
       </c>
       <c r="E200" s="5">
-        <v>391.64</v>
+        <v>167.68</v>
       </c>
       <c r="F200" s="4">
-        <v>39164</v>
+        <v>109159.67999999999</v>
       </c>
       <c r="G200" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H200" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I200" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J200" s="5">
-        <v>391.64</v>
+        <v>167.68</v>
       </c>
       <c r="K200" s="5">
         <v>1</v>
       </c>
       <c r="L200" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M200" s="4">
-        <v>39164</v>
+        <v>109159.67999999999</v>
       </c>
       <c r="N200" s="4">
-        <v>39164</v>
+        <v>109159.67999999999</v>
       </c>
       <c r="O200" s="3" t="s">
-        <v>979</v>
+        <v>985</v>
       </c>
       <c r="P200" s="3" t="s">
-        <v>980</v>
+        <v>986</v>
       </c>
       <c r="Q200" s="3" t="s">
-        <v>114</v>
+        <v>258</v>
       </c>
       <c r="R200" s="3" t="s">
-        <v>981</v>
+        <v>987</v>
       </c>
       <c r="S200" s="3" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="T200" s="4">
         <v>1</v>
       </c>
       <c r="W200" s="3" t="s">
-        <v>977</v>
+        <v>983</v>
       </c>
       <c r="X200" s="4">
         <v>0</v>
       </c>
       <c r="Y200" s="4">
         <v>0</v>
       </c>
       <c r="Z200" s="6">
-        <v>1.688E-3</v>
+        <v>4.6059999999999999E-3</v>
       </c>
     </row>
     <row r="201" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A201" s="3" t="s">
-        <v>982</v>
+        <v>988</v>
       </c>
       <c r="B201" s="3" t="s">
-        <v>983</v>
+        <v>989</v>
       </c>
       <c r="C201" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D201" s="4">
-        <v>482</v>
+        <v>536</v>
       </c>
       <c r="E201" s="5">
-        <v>341.38</v>
+        <v>199.77</v>
       </c>
       <c r="F201" s="4">
-        <v>164545.16</v>
+        <v>107076.72</v>
       </c>
       <c r="G201" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H201" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I201" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J201" s="5">
-        <v>341.38</v>
+        <v>199.77</v>
       </c>
       <c r="K201" s="5">
         <v>1</v>
       </c>
       <c r="L201" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M201" s="4">
-        <v>164545.16</v>
+        <v>107076.72</v>
       </c>
       <c r="N201" s="4">
-        <v>164545.16</v>
+        <v>107076.72</v>
       </c>
       <c r="O201" s="3" t="s">
-        <v>984</v>
+        <v>990</v>
       </c>
       <c r="P201" s="3" t="s">
-        <v>985</v>
+        <v>991</v>
       </c>
       <c r="Q201" s="3" t="s">
-        <v>157</v>
+        <v>258</v>
       </c>
       <c r="R201" s="3" t="s">
-        <v>986</v>
+        <v>992</v>
       </c>
       <c r="S201" s="3" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="T201" s="4">
         <v>1</v>
       </c>
       <c r="W201" s="3" t="s">
-        <v>982</v>
+        <v>988</v>
       </c>
       <c r="X201" s="4">
         <v>0</v>
       </c>
       <c r="Y201" s="4">
         <v>0</v>
       </c>
       <c r="Z201" s="6">
-        <v>7.0939999999999996E-3</v>
+        <v>4.5189999999999996E-3</v>
       </c>
     </row>
     <row r="202" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A202" s="3" t="s">
-        <v>987</v>
+        <v>993</v>
       </c>
       <c r="B202" s="3" t="s">
-        <v>988</v>
+        <v>994</v>
       </c>
       <c r="C202" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D202" s="4">
-        <v>588</v>
+        <v>1400</v>
       </c>
       <c r="E202" s="5">
-        <v>200.47</v>
+        <v>86.97</v>
       </c>
       <c r="F202" s="4">
-        <v>117876.36</v>
+        <v>121758</v>
       </c>
       <c r="G202" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H202" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I202" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J202" s="5">
-        <v>200.47</v>
+        <v>86.97</v>
       </c>
       <c r="K202" s="5">
         <v>1</v>
       </c>
       <c r="L202" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M202" s="4">
-        <v>117876.36</v>
+        <v>121758</v>
       </c>
       <c r="N202" s="4">
-        <v>117876.36</v>
+        <v>121758</v>
       </c>
       <c r="O202" s="3" t="s">
-        <v>989</v>
+        <v>995</v>
       </c>
       <c r="P202" s="3" t="s">
-        <v>990</v>
+        <v>996</v>
       </c>
       <c r="Q202" s="3" t="s">
-        <v>200</v>
+        <v>147</v>
       </c>
       <c r="R202" s="3" t="s">
-        <v>991</v>
+        <v>997</v>
       </c>
       <c r="S202" s="3" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="T202" s="4">
         <v>1</v>
       </c>
       <c r="W202" s="3" t="s">
-        <v>987</v>
+        <v>993</v>
       </c>
       <c r="X202" s="4">
         <v>0</v>
       </c>
       <c r="Y202" s="4">
         <v>0</v>
       </c>
       <c r="Z202" s="6">
-        <v>5.0819999999999997E-3</v>
+        <v>5.1380000000000002E-3</v>
       </c>
     </row>
     <row r="203" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A203" s="3" t="s">
-        <v>992</v>
+        <v>998</v>
       </c>
       <c r="B203" s="3" t="s">
-        <v>993</v>
+        <v>999</v>
       </c>
       <c r="C203" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D203" s="4">
-        <v>1566</v>
+        <v>757</v>
       </c>
       <c r="E203" s="5">
-        <v>103.06</v>
+        <v>150.85</v>
       </c>
       <c r="F203" s="4">
-        <v>161391.96</v>
+        <v>114193.45</v>
       </c>
       <c r="G203" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H203" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I203" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J203" s="5">
-        <v>103.06</v>
+        <v>150.85</v>
       </c>
       <c r="K203" s="5">
         <v>1</v>
       </c>
       <c r="L203" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M203" s="4">
-        <v>161391.96</v>
+        <v>114193.45</v>
       </c>
       <c r="N203" s="4">
-        <v>161391.96</v>
+        <v>114193.45</v>
       </c>
       <c r="O203" s="3" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="P203" s="3" t="s">
-        <v>995</v>
+        <v>1001</v>
       </c>
       <c r="Q203" s="3" t="s">
-        <v>151</v>
+        <v>258</v>
       </c>
       <c r="R203" s="3" t="s">
-        <v>996</v>
+        <v>1002</v>
       </c>
       <c r="S203" s="3" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="T203" s="4">
         <v>1</v>
       </c>
       <c r="W203" s="3" t="s">
-        <v>992</v>
+        <v>998</v>
       </c>
       <c r="X203" s="4">
         <v>0</v>
       </c>
       <c r="Y203" s="4">
         <v>0</v>
       </c>
       <c r="Z203" s="6">
-        <v>6.9579999999999998E-3</v>
+        <v>4.8190000000000004E-3</v>
       </c>
     </row>
     <row r="204" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A204" s="3" t="s">
-        <v>997</v>
+        <v>1003</v>
       </c>
       <c r="B204" s="3" t="s">
-        <v>998</v>
+        <v>1004</v>
       </c>
       <c r="C204" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D204" s="4">
-        <v>767</v>
+        <v>144</v>
       </c>
       <c r="E204" s="5">
-        <v>19.53</v>
+        <v>138.21</v>
       </c>
       <c r="F204" s="4">
-        <v>14979.51</v>
+        <v>19902.240000000002</v>
       </c>
       <c r="G204" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H204" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I204" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J204" s="5">
-        <v>19.53</v>
+        <v>138.21</v>
       </c>
       <c r="K204" s="5">
         <v>1</v>
       </c>
       <c r="L204" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M204" s="4">
-        <v>14979.51</v>
+        <v>19902.240000000002</v>
       </c>
       <c r="N204" s="4">
-        <v>14979.51</v>
+        <v>19902.240000000002</v>
       </c>
       <c r="O204" s="3" t="s">
-        <v>999</v>
+        <v>1005</v>
       </c>
       <c r="P204" s="3" t="s">
-        <v>1000</v>
+        <v>1006</v>
       </c>
       <c r="Q204" s="3" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="R204" s="3" t="s">
-        <v>1001</v>
+        <v>1007</v>
       </c>
       <c r="S204" s="3" t="s">
-        <v>137</v>
+        <v>99</v>
       </c>
       <c r="T204" s="4">
         <v>1</v>
       </c>
       <c r="W204" s="3" t="s">
-        <v>997</v>
+        <v>1003</v>
       </c>
       <c r="X204" s="4">
         <v>0</v>
       </c>
       <c r="Y204" s="4">
         <v>0</v>
       </c>
       <c r="Z204" s="6">
-        <v>6.4499999999999996E-4</v>
+        <v>8.3900000000000001E-4</v>
       </c>
     </row>
     <row r="205" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A205" s="3" t="s">
-        <v>1002</v>
+        <v>1008</v>
       </c>
       <c r="B205" s="3" t="s">
-        <v>1003</v>
+        <v>1009</v>
       </c>
       <c r="C205" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D205" s="4">
-        <v>651</v>
+        <v>200</v>
       </c>
       <c r="E205" s="5">
-        <v>175.8</v>
+        <v>144.09</v>
       </c>
       <c r="F205" s="4">
-        <v>114445.8</v>
+        <v>28818</v>
       </c>
       <c r="G205" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H205" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I205" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J205" s="5">
+        <v>144.09</v>
+      </c>
+      <c r="K205" s="5">
+        <v>1</v>
+      </c>
+      <c r="L205" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M205" s="4">
+        <v>28818</v>
+      </c>
+      <c r="N205" s="4">
+        <v>28818</v>
+      </c>
+      <c r="O205" s="3" t="s">
+        <v>1010</v>
+      </c>
+      <c r="P205" s="3" t="s">
+        <v>1011</v>
+      </c>
+      <c r="Q205" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="H205" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="R205" s="3" t="s">
-        <v>1006</v>
+        <v>1012</v>
       </c>
       <c r="S205" s="3" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="T205" s="4">
         <v>1</v>
       </c>
       <c r="W205" s="3" t="s">
-        <v>1002</v>
+        <v>1008</v>
       </c>
       <c r="X205" s="4">
         <v>0</v>
       </c>
       <c r="Y205" s="4">
         <v>0</v>
       </c>
       <c r="Z205" s="6">
-        <v>4.934E-3</v>
+        <v>1.2160000000000001E-3</v>
       </c>
     </row>
     <row r="206" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A206" s="3" t="s">
-        <v>1007</v>
+        <v>1013</v>
       </c>
       <c r="B206" s="3" t="s">
-        <v>1008</v>
+        <v>1014</v>
       </c>
       <c r="C206" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D206" s="4">
-        <v>486</v>
+        <v>1353</v>
       </c>
       <c r="E206" s="5">
-        <v>220.83</v>
+        <v>87.23</v>
       </c>
       <c r="F206" s="4">
-        <v>107323.38</v>
+        <v>118022.19</v>
       </c>
       <c r="G206" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H206" s="3" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="I206" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J206" s="5">
-        <v>220.83</v>
+        <v>87.23</v>
       </c>
       <c r="K206" s="5">
         <v>1</v>
       </c>
       <c r="L206" s="3" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="M206" s="4">
-        <v>107323.38</v>
+        <v>118022.19</v>
       </c>
       <c r="N206" s="4">
-        <v>107323.38</v>
+        <v>118022.19</v>
       </c>
       <c r="O206" s="3" t="s">
-        <v>1009</v>
+        <v>1015</v>
       </c>
       <c r="P206" s="3" t="s">
-        <v>1010</v>
+        <v>1016</v>
       </c>
       <c r="Q206" s="3" t="s">
-        <v>200</v>
+        <v>169</v>
       </c>
       <c r="R206" s="3" t="s">
-        <v>1011</v>
+        <v>1017</v>
       </c>
       <c r="S206" s="3" t="s">
-        <v>109</v>
+        <v>127</v>
       </c>
       <c r="T206" s="4">
         <v>1</v>
       </c>
       <c r="W206" s="3" t="s">
-        <v>1007</v>
+        <v>1013</v>
       </c>
       <c r="X206" s="4">
         <v>0</v>
       </c>
       <c r="Y206" s="4">
         <v>0</v>
       </c>
       <c r="Z206" s="6">
-        <v>4.627E-3</v>
+        <v>4.9800000000000001E-3</v>
       </c>
     </row>
     <row r="207" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A207" s="3" t="s">
-        <v>1012</v>
+        <v>1018</v>
       </c>
       <c r="B207" s="3" t="s">
-        <v>1013</v>
+        <v>1019</v>
       </c>
       <c r="C207" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D207" s="4">
-        <v>1400</v>
+        <v>5012</v>
       </c>
       <c r="E207" s="5">
-        <v>83.82</v>
+        <v>22.002679000000001</v>
       </c>
       <c r="F207" s="4">
-        <v>117348</v>
+        <v>110277.42550868</v>
       </c>
       <c r="G207" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H207" s="3" t="s">
-        <v>93</v>
+        <v>73</v>
       </c>
       <c r="I207" s="3" t="s">
-        <v>94</v>
+        <v>74</v>
       </c>
       <c r="J207" s="5">
-        <v>83.82</v>
+        <v>222.6</v>
       </c>
       <c r="K207" s="5">
-        <v>1</v>
+        <v>10.116949917658145</v>
       </c>
       <c r="L207" s="3" t="s">
-        <v>95</v>
+        <v>75</v>
       </c>
       <c r="M207" s="4">
-        <v>117348</v>
+        <v>1115671.190919</v>
       </c>
       <c r="N207" s="4">
-        <v>117348</v>
+        <v>110277.42550868</v>
       </c>
       <c r="O207" s="3" t="s">
-        <v>1014</v>
+        <v>1018</v>
       </c>
       <c r="P207" s="3" t="s">
-        <v>1015</v>
+        <v>1020</v>
       </c>
       <c r="Q207" s="3" t="s">
-        <v>157</v>
+        <v>141</v>
       </c>
       <c r="R207" s="3" t="s">
-        <v>1016</v>
+        <v>1021</v>
       </c>
       <c r="S207" s="3" t="s">
-        <v>109</v>
+        <v>1022</v>
       </c>
       <c r="T207" s="4">
         <v>1</v>
       </c>
       <c r="W207" s="3" t="s">
-        <v>1012</v>
+        <v>34</v>
       </c>
       <c r="X207" s="4">
         <v>0</v>
       </c>
       <c r="Y207" s="4">
         <v>0</v>
       </c>
       <c r="Z207" s="6">
-        <v>5.0590000000000001E-3</v>
+        <v>4.6540000000000002E-3</v>
       </c>
     </row>
     <row r="208" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A208" s="3" t="s">
-        <v>1017</v>
+        <v>1023</v>
       </c>
       <c r="B208" s="3" t="s">
-        <v>1018</v>
+        <v>1024</v>
       </c>
       <c r="C208" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D208" s="4">
-        <v>757</v>
+        <v>25000</v>
       </c>
       <c r="E208" s="5">
-        <v>147.5</v>
+        <v>0.88969100000000001</v>
       </c>
       <c r="F208" s="4">
-        <v>111657.5</v>
+        <v>22242.282294000001</v>
       </c>
       <c r="G208" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H208" s="3" t="s">
-        <v>93</v>
+        <v>690</v>
       </c>
       <c r="I208" s="3" t="s">
-        <v>94</v>
+        <v>691</v>
       </c>
       <c r="J208" s="5">
-        <v>147.5</v>
+        <v>27.35</v>
       </c>
       <c r="K208" s="5">
-        <v>1</v>
+        <v>30.740996346432585</v>
       </c>
       <c r="L208" s="3" t="s">
-        <v>95</v>
+        <v>692</v>
       </c>
       <c r="M208" s="4">
-        <v>111657.5</v>
+        <v>683749.91873599996</v>
       </c>
       <c r="N208" s="4">
-        <v>111657.5</v>
+        <v>22242.282294000001</v>
       </c>
       <c r="O208" s="3" t="s">
-        <v>1019</v>
+        <v>1023</v>
       </c>
       <c r="P208" s="3" t="s">
-        <v>1020</v>
+        <v>1025</v>
       </c>
       <c r="Q208" s="3" t="s">
-        <v>200</v>
+        <v>258</v>
       </c>
       <c r="R208" s="3" t="s">
-        <v>1021</v>
+        <v>1026</v>
       </c>
       <c r="S208" s="3" t="s">
-        <v>109</v>
+        <v>695</v>
       </c>
       <c r="T208" s="4">
         <v>1</v>
       </c>
       <c r="W208" s="3" t="s">
-        <v>1017</v>
+        <v>34</v>
       </c>
       <c r="X208" s="4">
         <v>0</v>
       </c>
       <c r="Y208" s="4">
         <v>0</v>
       </c>
       <c r="Z208" s="6">
-        <v>4.8139999999999997E-3</v>
+        <v>9.3800000000000003E-4</v>
       </c>
     </row>
     <row r="209" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A209" s="3" t="s">
-        <v>1022</v>
+        <v>1027</v>
       </c>
       <c r="B209" s="3" t="s">
-        <v>1023</v>
+        <v>1028</v>
       </c>
       <c r="C209" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D209" s="4">
-        <v>144</v>
+        <v>429</v>
       </c>
       <c r="E209" s="5">
-        <v>152</v>
+        <v>66.851264</v>
       </c>
       <c r="F209" s="4">
-        <v>21888</v>
+        <v>28679.192255999998</v>
       </c>
       <c r="G209" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H209" s="3" t="s">
-        <v>93</v>
+        <v>1029</v>
       </c>
       <c r="I209" s="3" t="s">
-        <v>94</v>
+        <v>54</v>
       </c>
       <c r="J209" s="5">
-        <v>152</v>
+        <v>57.92</v>
       </c>
       <c r="K209" s="5">
-        <v>1</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L209" s="3" t="s">
-        <v>95</v>
+        <v>383</v>
       </c>
       <c r="M209" s="4">
-        <v>21888</v>
+        <v>24847.68</v>
       </c>
       <c r="N209" s="4">
-        <v>21888</v>
+        <v>28679.192255999998</v>
       </c>
       <c r="O209" s="3" t="s">
-        <v>1024</v>
+        <v>1027</v>
       </c>
       <c r="P209" s="3" t="s">
-        <v>1025</v>
+        <v>1030</v>
       </c>
       <c r="Q209" s="3" t="s">
-        <v>124</v>
+        <v>258</v>
       </c>
       <c r="R209" s="3" t="s">
-        <v>1026</v>
+        <v>1031</v>
       </c>
       <c r="S209" s="3" t="s">
-        <v>109</v>
+        <v>1032</v>
       </c>
       <c r="T209" s="4">
         <v>1</v>
       </c>
       <c r="W209" s="3" t="s">
-        <v>1022</v>
+        <v>34</v>
       </c>
       <c r="X209" s="4">
         <v>0</v>
       </c>
       <c r="Y209" s="4">
         <v>0</v>
       </c>
       <c r="Z209" s="6">
-        <v>9.4300000000000004E-4</v>
+        <v>1.2099999999999999E-3</v>
       </c>
     </row>
     <row r="210" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A210" s="3" t="s">
-        <v>1027</v>
+        <v>1033</v>
       </c>
       <c r="B210" s="3" t="s">
-        <v>1028</v>
+        <v>1034</v>
       </c>
       <c r="C210" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D210" s="4">
-        <v>200</v>
+        <v>800</v>
       </c>
       <c r="E210" s="5">
-        <v>146.32</v>
+        <v>23.816175999999999</v>
       </c>
       <c r="F210" s="4">
-        <v>29264</v>
+        <v>19052.93563987</v>
       </c>
       <c r="G210" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H210" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="I210" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="J210" s="5">
+        <v>3669</v>
+      </c>
+      <c r="K210" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L210" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="M210" s="4">
+        <v>2935199.1914989999</v>
+      </c>
+      <c r="N210" s="4">
+        <v>19052.93563987</v>
+      </c>
+      <c r="O210" s="3" t="s">
+        <v>1033</v>
+      </c>
+      <c r="P210" s="3" t="s">
+        <v>1035</v>
+      </c>
+      <c r="Q210" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="H210" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="R210" s="3" t="s">
-        <v>1031</v>
+        <v>1036</v>
       </c>
       <c r="S210" s="3" t="s">
-        <v>109</v>
+        <v>611</v>
       </c>
       <c r="T210" s="4">
         <v>1</v>
       </c>
       <c r="W210" s="3" t="s">
-        <v>1027</v>
+        <v>34</v>
       </c>
       <c r="X210" s="4">
         <v>0</v>
       </c>
       <c r="Y210" s="4">
         <v>0</v>
       </c>
       <c r="Z210" s="6">
-        <v>1.261E-3</v>
+        <v>8.0400000000000003E-4</v>
       </c>
     </row>
     <row r="211" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A211" s="3" t="s">
-        <v>1032</v>
+        <v>1037</v>
       </c>
       <c r="B211" s="3" t="s">
-        <v>1033</v>
+        <v>1038</v>
       </c>
       <c r="C211" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D211" s="4">
-        <v>1353</v>
+        <v>510</v>
       </c>
       <c r="E211" s="5">
-        <v>82.5</v>
+        <v>172.55289999999999</v>
       </c>
       <c r="F211" s="4">
-        <v>111622.5</v>
+        <v>88001.979000000007</v>
       </c>
       <c r="G211" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H211" s="3" t="s">
-        <v>93</v>
+        <v>424</v>
       </c>
       <c r="I211" s="3" t="s">
-        <v>94</v>
+        <v>54</v>
       </c>
       <c r="J211" s="5">
-        <v>82.5</v>
+        <v>149.5</v>
       </c>
       <c r="K211" s="5">
-        <v>1</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L211" s="3" t="s">
-        <v>95</v>
+        <v>425</v>
       </c>
       <c r="M211" s="4">
-        <v>111622.5</v>
+        <v>76245</v>
       </c>
       <c r="N211" s="4">
-        <v>111622.5</v>
+        <v>88001.979000000007</v>
       </c>
       <c r="O211" s="3" t="s">
-        <v>1034</v>
+        <v>1037</v>
       </c>
       <c r="P211" s="3" t="s">
-        <v>1035</v>
+        <v>1039</v>
       </c>
       <c r="Q211" s="3" t="s">
-        <v>179</v>
+        <v>258</v>
       </c>
       <c r="R211" s="3" t="s">
-        <v>1036</v>
+        <v>1040</v>
       </c>
       <c r="S211" s="3" t="s">
-        <v>137</v>
+        <v>428</v>
       </c>
       <c r="T211" s="4">
         <v>1</v>
       </c>
       <c r="W211" s="3" t="s">
-        <v>1032</v>
+        <v>34</v>
       </c>
       <c r="X211" s="4">
         <v>0</v>
       </c>
       <c r="Y211" s="4">
         <v>0</v>
       </c>
       <c r="Z211" s="6">
-        <v>4.8120000000000003E-3</v>
+        <v>3.7139999999999999E-3</v>
       </c>
     </row>
     <row r="212" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A212" s="3" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="B212" s="3" t="s">
-        <v>1038</v>
+        <v>1042</v>
       </c>
       <c r="C212" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D212" s="4">
-        <v>5012</v>
+        <v>2558</v>
       </c>
       <c r="E212" s="5">
-        <v>21.126901</v>
+        <v>36.538169000000003</v>
       </c>
       <c r="F212" s="4">
-        <v>105888.03142977</v>
+        <v>93464.635022999995</v>
       </c>
       <c r="G212" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H212" s="3" t="s">
-        <v>83</v>
+        <v>58</v>
       </c>
       <c r="I212" s="3" t="s">
-        <v>84</v>
+        <v>59</v>
       </c>
       <c r="J212" s="5">
-        <v>210.8</v>
+        <v>27.81</v>
       </c>
       <c r="K212" s="5">
-        <v>9.977800391908044</v>
+        <v>0.76112189367127148</v>
       </c>
       <c r="L212" s="3" t="s">
-        <v>85</v>
+        <v>60</v>
       </c>
       <c r="M212" s="4">
-        <v>1056529.6414979999</v>
+        <v>71137.98</v>
       </c>
       <c r="N212" s="4">
-        <v>105888.03142977</v>
+        <v>93464.635022999995</v>
       </c>
       <c r="O212" s="3" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="P212" s="3" t="s">
-        <v>1039</v>
+        <v>1043</v>
       </c>
       <c r="Q212" s="3" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="R212" s="3" t="s">
-        <v>1040</v>
+        <v>1044</v>
       </c>
       <c r="S212" s="3" t="s">
-        <v>1041</v>
+        <v>116</v>
       </c>
       <c r="T212" s="4">
         <v>1</v>
       </c>
       <c r="W212" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X212" s="4">
         <v>0</v>
       </c>
       <c r="Y212" s="4">
         <v>0</v>
       </c>
       <c r="Z212" s="6">
-        <v>4.5649999999999996E-3</v>
+        <v>3.9439999999999996E-3</v>
       </c>
     </row>
     <row r="213" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A213" s="3" t="s">
-        <v>1042</v>
+        <v>1045</v>
       </c>
       <c r="B213" s="3" t="s">
-        <v>1043</v>
+        <v>1046</v>
       </c>
       <c r="C213" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D213" s="4">
-        <v>25000</v>
+        <v>20100</v>
       </c>
       <c r="E213" s="5">
-        <v>0.92197600000000002</v>
+        <v>5.0976559999999997</v>
       </c>
       <c r="F213" s="4">
-        <v>23049.41269112</v>
+        <v>102462.88052289</v>
       </c>
       <c r="G213" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H213" s="3" t="s">
-        <v>88</v>
+        <v>1047</v>
       </c>
       <c r="I213" s="3" t="s">
-        <v>89</v>
+        <v>64</v>
       </c>
       <c r="J213" s="5">
-        <v>28.1</v>
+        <v>39.619999999999997</v>
       </c>
       <c r="K213" s="5">
-        <v>30.478001740293898</v>
+        <v>7.7721999289620927</v>
       </c>
       <c r="L213" s="3" t="s">
-        <v>90</v>
+        <v>1048</v>
       </c>
       <c r="M213" s="4">
-        <v>702500.04011199996</v>
+        <v>796361.99272099999</v>
       </c>
       <c r="N213" s="4">
-        <v>23049.41269112</v>
+        <v>102462.88052289</v>
       </c>
       <c r="O213" s="3" t="s">
-        <v>1042</v>
+        <v>1045</v>
       </c>
       <c r="P213" s="3" t="s">
-        <v>1044</v>
+        <v>1049</v>
       </c>
       <c r="Q213" s="3" t="s">
-        <v>200</v>
+        <v>258</v>
       </c>
       <c r="R213" s="3" t="s">
-        <v>1045</v>
+        <v>1050</v>
       </c>
       <c r="S213" s="3" t="s">
-        <v>714</v>
+        <v>662</v>
       </c>
       <c r="T213" s="4">
         <v>1</v>
       </c>
       <c r="W213" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X213" s="4">
         <v>0</v>
       </c>
       <c r="Y213" s="4">
         <v>0</v>
       </c>
       <c r="Z213" s="6">
-        <v>9.9299999999999996E-4</v>
+        <v>4.3239999999999997E-3</v>
       </c>
     </row>
     <row r="214" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A214" s="3" t="s">
-        <v>1046</v>
+        <v>1051</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>1047</v>
+        <v>1052</v>
       </c>
       <c r="C214" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D214" s="4">
-        <v>429</v>
+        <v>9200</v>
       </c>
       <c r="E214" s="5">
-        <v>68.150000000000006</v>
+        <v>2.7046760000000001</v>
       </c>
       <c r="F214" s="4">
-        <v>29236.35</v>
+        <v>24883.01509854</v>
       </c>
       <c r="G214" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H214" s="3" t="s">
-        <v>1048</v>
+        <v>1053</v>
       </c>
       <c r="I214" s="3" t="s">
-        <v>59</v>
+        <v>1054</v>
       </c>
       <c r="J214" s="5">
-        <v>58</v>
+        <v>3.52</v>
       </c>
       <c r="K214" s="5">
-        <v>0.85106382978723405</v>
+        <v>1.3014499948944118</v>
       </c>
       <c r="L214" s="3" t="s">
-        <v>403</v>
+        <v>1055</v>
       </c>
       <c r="M214" s="4">
-        <v>24882</v>
+        <v>32383.999872</v>
       </c>
       <c r="N214" s="4">
-        <v>29236.35</v>
+        <v>24883.01509854</v>
       </c>
       <c r="O214" s="3" t="s">
-        <v>1046</v>
+        <v>1051</v>
       </c>
       <c r="P214" s="3" t="s">
-        <v>1049</v>
+        <v>1056</v>
       </c>
       <c r="Q214" s="3" t="s">
-        <v>200</v>
+        <v>258</v>
       </c>
       <c r="R214" s="3" t="s">
-        <v>1050</v>
+        <v>1057</v>
       </c>
       <c r="S214" s="3" t="s">
-        <v>1051</v>
+        <v>1058</v>
       </c>
       <c r="T214" s="4">
         <v>1</v>
       </c>
       <c r="W214" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X214" s="4">
         <v>0</v>
       </c>
       <c r="Y214" s="4">
         <v>0</v>
       </c>
       <c r="Z214" s="6">
-        <v>1.2600000000000001E-3</v>
+        <v>1.0499999999999999E-3</v>
       </c>
     </row>
     <row r="215" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A215" s="3" t="s">
-        <v>1052</v>
+        <v>1059</v>
       </c>
       <c r="B215" s="3" t="s">
-        <v>1053</v>
+        <v>1060</v>
       </c>
       <c r="C215" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D215" s="4">
-        <v>800</v>
+        <v>1950</v>
       </c>
       <c r="E215" s="5">
-        <v>22.446428999999998</v>
+        <v>56.291668999999999</v>
       </c>
       <c r="F215" s="4">
-        <v>17957.138504250001</v>
+        <v>109768.75441708999</v>
       </c>
       <c r="G215" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H215" s="3" t="s">
         <v>73</v>
       </c>
       <c r="I215" s="3" t="s">
         <v>74</v>
       </c>
       <c r="J215" s="5">
-        <v>3315</v>
+        <v>569.5</v>
       </c>
       <c r="K215" s="5">
-        <v>147.68496434146536</v>
+        <v>10.116949917658145</v>
       </c>
       <c r="L215" s="3" t="s">
         <v>75</v>
       </c>
       <c r="M215" s="4">
-        <v>2651999.3596740002</v>
+        <v>1110524.9909610001</v>
       </c>
       <c r="N215" s="4">
-        <v>17957.138504250001</v>
+        <v>109768.75441708999</v>
       </c>
       <c r="O215" s="3" t="s">
-        <v>1052</v>
+        <v>1059</v>
       </c>
       <c r="P215" s="3" t="s">
-        <v>1054</v>
+        <v>1061</v>
       </c>
       <c r="Q215" s="3" t="s">
-        <v>114</v>
+        <v>141</v>
       </c>
       <c r="R215" s="3" t="s">
-        <v>1055</v>
+        <v>1062</v>
       </c>
       <c r="S215" s="3" t="s">
-        <v>636</v>
+        <v>1022</v>
       </c>
       <c r="T215" s="4">
         <v>1</v>
       </c>
       <c r="W215" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X215" s="4">
         <v>0</v>
       </c>
       <c r="Y215" s="4">
         <v>0</v>
       </c>
       <c r="Z215" s="6">
-        <v>7.7399999999999995E-4</v>
+        <v>4.6319999999999998E-3</v>
       </c>
     </row>
     <row r="216" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A216" s="3" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="B216" s="3" t="s">
-        <v>1057</v>
+        <v>1064</v>
       </c>
       <c r="C216" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D216" s="4">
-        <v>510</v>
+        <v>900</v>
       </c>
       <c r="E216" s="5">
-        <v>165.20500000000001</v>
+        <v>24.480284000000001</v>
       </c>
       <c r="F216" s="4">
-        <v>84254.55</v>
+        <v>22032.25536893</v>
       </c>
       <c r="G216" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H216" s="3" t="s">
-        <v>444</v>
+        <v>1065</v>
       </c>
       <c r="I216" s="3" t="s">
-        <v>59</v>
+        <v>1066</v>
       </c>
       <c r="J216" s="5">
-        <v>140.6</v>
+        <v>131.83000000000001</v>
       </c>
       <c r="K216" s="5">
-        <v>0.85106382978723405</v>
+        <v>5.3851499643099183</v>
       </c>
       <c r="L216" s="3" t="s">
-        <v>445</v>
+        <v>1067</v>
       </c>
       <c r="M216" s="4">
-        <v>71706</v>
+        <v>118646.999213</v>
       </c>
       <c r="N216" s="4">
-        <v>84254.55</v>
+        <v>22032.25536893</v>
       </c>
       <c r="O216" s="3" t="s">
-        <v>1056</v>
+        <v>1063</v>
       </c>
       <c r="P216" s="3" t="s">
-        <v>1058</v>
+        <v>1068</v>
       </c>
       <c r="Q216" s="3" t="s">
-        <v>200</v>
+        <v>158</v>
       </c>
       <c r="R216" s="3" t="s">
-        <v>1059</v>
+        <v>1069</v>
       </c>
       <c r="S216" s="3" t="s">
-        <v>448</v>
+        <v>1070</v>
       </c>
       <c r="T216" s="4">
         <v>1</v>
       </c>
       <c r="W216" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X216" s="4">
         <v>0</v>
       </c>
       <c r="Y216" s="4">
         <v>0</v>
       </c>
       <c r="Z216" s="6">
-        <v>3.6319999999999998E-3</v>
+        <v>9.2900000000000003E-4</v>
       </c>
     </row>
     <row r="217" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A217" s="3" t="s">
-        <v>1060</v>
+        <v>1071</v>
       </c>
       <c r="B217" s="3" t="s">
-        <v>1061</v>
+        <v>1072</v>
       </c>
       <c r="C217" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D217" s="4">
-        <v>2558</v>
+        <v>2510</v>
       </c>
       <c r="E217" s="5">
-        <v>34.840949999999999</v>
+        <v>18.270986000000001</v>
       </c>
       <c r="F217" s="4">
-        <v>89123.150099999999</v>
+        <v>45860.174859999999</v>
       </c>
       <c r="G217" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H217" s="3" t="s">
-        <v>63</v>
+        <v>424</v>
       </c>
       <c r="I217" s="3" t="s">
-        <v>64</v>
+        <v>54</v>
       </c>
       <c r="J217" s="5">
-        <v>25.88</v>
+        <v>15.83</v>
       </c>
       <c r="K217" s="5">
-        <v>0.74280408542246978</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L217" s="3" t="s">
-        <v>65</v>
+        <v>425</v>
       </c>
       <c r="M217" s="4">
-        <v>66201.039999999994</v>
+        <v>39733.300000000003</v>
       </c>
       <c r="N217" s="4">
-        <v>89123.150099999999</v>
+        <v>45860.174859999999</v>
       </c>
       <c r="O217" s="3" t="s">
-        <v>1060</v>
+        <v>1071</v>
       </c>
       <c r="P217" s="3" t="s">
-        <v>1062</v>
+        <v>1073</v>
       </c>
       <c r="Q217" s="3" t="s">
-        <v>168</v>
+        <v>258</v>
       </c>
       <c r="R217" s="3" t="s">
-        <v>1063</v>
+        <v>1074</v>
       </c>
       <c r="S217" s="3" t="s">
-        <v>126</v>
+        <v>428</v>
       </c>
       <c r="T217" s="4">
         <v>1</v>
       </c>
       <c r="W217" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X217" s="4">
         <v>0</v>
       </c>
       <c r="Y217" s="4">
         <v>0</v>
       </c>
       <c r="Z217" s="6">
-        <v>3.8419999999999999E-3</v>
+        <v>1.9350000000000001E-3</v>
       </c>
     </row>
     <row r="218" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A218" s="3" t="s">
-        <v>1064</v>
+        <v>1075</v>
       </c>
       <c r="B218" s="3" t="s">
-        <v>1065</v>
+        <v>1076</v>
       </c>
       <c r="C218" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D218" s="4">
-        <v>21200</v>
+        <v>7631</v>
       </c>
       <c r="E218" s="5">
-        <v>5.5010029999999999</v>
+        <v>14.635256</v>
       </c>
       <c r="F218" s="4">
-        <v>116621.25340599001</v>
+        <v>111681.638536</v>
       </c>
       <c r="G218" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H218" s="3" t="s">
-        <v>1066</v>
+        <v>1077</v>
       </c>
       <c r="I218" s="3" t="s">
-        <v>69</v>
+        <v>54</v>
       </c>
       <c r="J218" s="5">
-        <v>42.8</v>
+        <v>12.68</v>
       </c>
       <c r="K218" s="5">
-        <v>7.7803997725011103</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L218" s="3" t="s">
-        <v>1067</v>
+        <v>1078</v>
       </c>
       <c r="M218" s="4">
-        <v>907359.97346799995</v>
+        <v>96761.08</v>
       </c>
       <c r="N218" s="4">
-        <v>116621.25340599001</v>
+        <v>111681.638536</v>
       </c>
       <c r="O218" s="3" t="s">
-        <v>1064</v>
+        <v>1075</v>
       </c>
       <c r="P218" s="3" t="s">
-        <v>1068</v>
+        <v>1079</v>
       </c>
       <c r="Q218" s="3" t="s">
-        <v>200</v>
+        <v>158</v>
       </c>
       <c r="R218" s="3" t="s">
-        <v>1069</v>
+        <v>1080</v>
       </c>
       <c r="S218" s="3" t="s">
-        <v>684</v>
+        <v>1081</v>
       </c>
       <c r="T218" s="4">
         <v>1</v>
       </c>
       <c r="W218" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X218" s="4">
         <v>0</v>
       </c>
       <c r="Y218" s="4">
         <v>0</v>
       </c>
       <c r="Z218" s="6">
-        <v>5.0280000000000004E-3</v>
+        <v>4.7130000000000002E-3</v>
       </c>
     </row>
     <row r="219" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A219" s="3" t="s">
-        <v>1070</v>
+        <v>1082</v>
       </c>
       <c r="B219" s="3" t="s">
-        <v>1071</v>
+        <v>1083</v>
       </c>
       <c r="C219" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D219" s="4">
-        <v>9200</v>
+        <v>6240</v>
       </c>
       <c r="E219" s="5">
-        <v>2.6140240000000001</v>
+        <v>15.772769</v>
       </c>
       <c r="F219" s="4">
-        <v>24049.022649710001</v>
+        <v>98422.080119999999</v>
       </c>
       <c r="G219" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H219" s="3" t="s">
-        <v>1072</v>
+        <v>58</v>
       </c>
       <c r="I219" s="3" t="s">
-        <v>1073</v>
+        <v>59</v>
       </c>
       <c r="J219" s="5">
-        <v>3.37</v>
+        <v>12.005000000000001</v>
       </c>
       <c r="K219" s="5">
-        <v>1.2891999951938626</v>
+        <v>0.76112189367127148</v>
       </c>
       <c r="L219" s="3" t="s">
-        <v>1074</v>
+        <v>60</v>
       </c>
       <c r="M219" s="4">
-        <v>31003.999884000001</v>
+        <v>74911.199999999997</v>
       </c>
       <c r="N219" s="4">
-        <v>24049.022649710001</v>
+        <v>98422.080119999999</v>
       </c>
       <c r="O219" s="3" t="s">
-        <v>1070</v>
+        <v>1082</v>
       </c>
       <c r="P219" s="3" t="s">
-        <v>1075</v>
+        <v>1084</v>
       </c>
       <c r="Q219" s="3" t="s">
-        <v>200</v>
+        <v>158</v>
       </c>
       <c r="R219" s="3" t="s">
-        <v>1076</v>
+        <v>1085</v>
       </c>
       <c r="S219" s="3" t="s">
-        <v>1077</v>
+        <v>116</v>
       </c>
       <c r="T219" s="4">
         <v>1</v>
       </c>
       <c r="W219" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X219" s="4">
         <v>0</v>
       </c>
       <c r="Y219" s="4">
         <v>0</v>
       </c>
       <c r="Z219" s="6">
-        <v>1.036E-3</v>
+        <v>4.1529999999999996E-3</v>
       </c>
     </row>
     <row r="220" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A220" s="3" t="s">
-        <v>1078</v>
+        <v>1086</v>
       </c>
       <c r="B220" s="3" t="s">
-        <v>1079</v>
+        <v>1087</v>
       </c>
       <c r="C220" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D220" s="4">
-        <v>1950</v>
+        <v>200</v>
       </c>
       <c r="E220" s="5">
-        <v>53.418587000000002</v>
+        <v>276.94</v>
       </c>
       <c r="F220" s="4">
-        <v>104166.24907294</v>
+        <v>55388</v>
       </c>
       <c r="G220" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H220" s="3" t="s">
         <v>83</v>
       </c>
       <c r="I220" s="3" t="s">
         <v>84</v>
       </c>
       <c r="J220" s="5">
-        <v>533</v>
+        <v>276.94</v>
       </c>
       <c r="K220" s="5">
-        <v>9.977800391908044</v>
+        <v>1</v>
       </c>
       <c r="L220" s="3" t="s">
         <v>85</v>
       </c>
       <c r="M220" s="4">
-        <v>1039350.040823</v>
+        <v>55388</v>
       </c>
       <c r="N220" s="4">
-        <v>104166.24907294</v>
+        <v>55388</v>
       </c>
       <c r="O220" s="3" t="s">
-        <v>1078</v>
+        <v>1086</v>
       </c>
       <c r="P220" s="3" t="s">
-        <v>1080</v>
+        <v>1088</v>
       </c>
       <c r="Q220" s="3" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="R220" s="3" t="s">
-        <v>1081</v>
+        <v>1089</v>
       </c>
       <c r="S220" s="3" t="s">
-        <v>1041</v>
+        <v>99</v>
       </c>
       <c r="T220" s="4">
         <v>1</v>
       </c>
       <c r="W220" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X220" s="4">
         <v>0</v>
       </c>
       <c r="Y220" s="4">
         <v>0</v>
       </c>
       <c r="Z220" s="6">
-        <v>4.4910000000000002E-3</v>
+        <v>2.3370000000000001E-3</v>
       </c>
     </row>
     <row r="221" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A221" s="3" t="s">
-        <v>1082</v>
+        <v>1090</v>
       </c>
       <c r="B221" s="3" t="s">
-        <v>1083</v>
+        <v>1091</v>
       </c>
       <c r="C221" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D221" s="4">
-        <v>900</v>
+        <v>134</v>
       </c>
       <c r="E221" s="5">
-        <v>24.818093999999999</v>
+        <v>31.438742000000001</v>
       </c>
       <c r="F221" s="4">
-        <v>22336.284515210002</v>
+        <v>4212.7914883399999</v>
       </c>
       <c r="G221" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H221" s="3" t="s">
-        <v>38</v>
+        <v>1092</v>
       </c>
       <c r="I221" s="3" t="s">
-        <v>39</v>
+        <v>1093</v>
       </c>
       <c r="J221" s="5">
-        <v>132.16999999999999</v>
+        <v>117.9</v>
       </c>
       <c r="K221" s="5">
-        <v>5.3255500773988818</v>
+        <v>3.7501500060002404</v>
       </c>
       <c r="L221" s="3" t="s">
-        <v>40</v>
+        <v>1094</v>
       </c>
       <c r="M221" s="4">
-        <v>118953.001728</v>
+        <v>15798.600025</v>
       </c>
       <c r="N221" s="4">
-        <v>22336.284515210002</v>
+        <v>4212.7914883399999</v>
       </c>
       <c r="O221" s="3" t="s">
-        <v>1082</v>
+        <v>1090</v>
       </c>
       <c r="P221" s="3" t="s">
-        <v>1084</v>
+        <v>1095</v>
       </c>
       <c r="Q221" s="3" t="s">
-        <v>168</v>
+        <v>147</v>
       </c>
       <c r="R221" s="3" t="s">
-        <v>1085</v>
+        <v>1096</v>
       </c>
       <c r="S221" s="3" t="s">
-        <v>1086</v>
+        <v>1097</v>
       </c>
       <c r="T221" s="4">
         <v>1</v>
       </c>
       <c r="W221" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X221" s="4">
         <v>0</v>
       </c>
       <c r="Y221" s="4">
         <v>0</v>
       </c>
       <c r="Z221" s="6">
-        <v>9.6299999999999999E-4</v>
+        <v>1.7699999999999999E-4</v>
       </c>
     </row>
     <row r="222" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A222" s="3" t="s">
-        <v>1087</v>
+        <v>1098</v>
       </c>
       <c r="B222" s="3" t="s">
-        <v>1088</v>
+        <v>1099</v>
       </c>
       <c r="C222" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D222" s="4">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="E222" s="5">
-        <v>1.1104719999999999</v>
+        <v>250.1</v>
       </c>
       <c r="F222" s="4">
-        <v>333.14148355999998</v>
+        <v>50020</v>
       </c>
       <c r="G222" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H222" s="3" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="I222" s="3" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="J222" s="5">
-        <v>164</v>
+        <v>250.1</v>
       </c>
       <c r="K222" s="5">
-        <v>147.68496434146536</v>
+        <v>1</v>
       </c>
       <c r="L222" s="3" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="M222" s="4">
-        <v>49199.988120000002</v>
+        <v>50020</v>
       </c>
       <c r="N222" s="4">
-        <v>333.14148355999998</v>
+        <v>50020</v>
       </c>
       <c r="O222" s="3" t="s">
-        <v>1087</v>
+        <v>1098</v>
       </c>
       <c r="P222" s="3" t="s">
-        <v>1089</v>
+        <v>1100</v>
       </c>
       <c r="Q222" s="3" t="s">
-        <v>157</v>
+        <v>169</v>
       </c>
       <c r="R222" s="3" t="s">
-        <v>1090</v>
+        <v>1101</v>
       </c>
       <c r="S222" s="3" t="s">
-        <v>636</v>
+        <v>99</v>
       </c>
       <c r="T222" s="4">
         <v>1</v>
       </c>
       <c r="W222" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X222" s="4">
         <v>0</v>
       </c>
       <c r="Y222" s="4">
         <v>0</v>
       </c>
       <c r="Z222" s="6">
-        <v>1.4E-5</v>
+        <v>2.111E-3</v>
       </c>
     </row>
     <row r="223" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A223" s="3" t="s">
-        <v>1091</v>
+        <v>1102</v>
       </c>
       <c r="B223" s="3" t="s">
-        <v>1092</v>
+        <v>1103</v>
       </c>
       <c r="C223" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D223" s="4">
-        <v>2510</v>
+        <v>4800</v>
       </c>
       <c r="E223" s="5">
-        <v>18.400500000000001</v>
+        <v>9.7076759999999993</v>
       </c>
       <c r="F223" s="4">
-        <v>46185.254999999997</v>
+        <v>46596.8451661</v>
       </c>
       <c r="G223" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H223" s="3" t="s">
-        <v>444</v>
+        <v>63</v>
       </c>
       <c r="I223" s="3" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="J223" s="5">
-        <v>15.66</v>
+        <v>75.45</v>
       </c>
       <c r="K223" s="5">
-        <v>0.85106382978723405</v>
+        <v>7.7721999289620927</v>
       </c>
       <c r="L223" s="3" t="s">
-        <v>445</v>
+        <v>65</v>
       </c>
       <c r="M223" s="4">
-        <v>39306.6</v>
+        <v>362159.99668899999</v>
       </c>
       <c r="N223" s="4">
-        <v>46185.254999999997</v>
+        <v>46596.8451661</v>
       </c>
       <c r="O223" s="3" t="s">
-        <v>1091</v>
+        <v>1102</v>
       </c>
       <c r="P223" s="3" t="s">
-        <v>1093</v>
+        <v>1104</v>
       </c>
       <c r="Q223" s="3" t="s">
-        <v>200</v>
+        <v>147</v>
       </c>
       <c r="R223" s="3" t="s">
-        <v>1094</v>
+        <v>1105</v>
       </c>
       <c r="S223" s="3" t="s">
-        <v>448</v>
+        <v>662</v>
       </c>
       <c r="T223" s="4">
         <v>1</v>
       </c>
       <c r="W223" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X223" s="4">
         <v>0</v>
       </c>
       <c r="Y223" s="4">
         <v>0</v>
       </c>
       <c r="Z223" s="6">
-        <v>1.9910000000000001E-3</v>
+        <v>1.9659999999999999E-3</v>
       </c>
     </row>
     <row r="224" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A224" s="3" t="s">
-        <v>1095</v>
+        <v>1106</v>
       </c>
       <c r="B224" s="3" t="s">
-        <v>1096</v>
+        <v>1107</v>
       </c>
       <c r="C224" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D224" s="4">
-        <v>8552</v>
+        <v>386</v>
       </c>
       <c r="E224" s="5">
-        <v>13.16</v>
+        <v>77.557739999999995</v>
       </c>
       <c r="F224" s="4">
-        <v>112544.32000000001</v>
+        <v>29937.18196175</v>
       </c>
       <c r="G224" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H224" s="3" t="s">
-        <v>1097</v>
+        <v>628</v>
       </c>
       <c r="I224" s="3" t="s">
-        <v>59</v>
+        <v>629</v>
       </c>
       <c r="J224" s="5">
-        <v>11.2</v>
+        <v>110500</v>
       </c>
       <c r="K224" s="5">
-        <v>0.85106382978723405</v>
+        <v>1424.7449706502537</v>
       </c>
       <c r="L224" s="3" t="s">
-        <v>1098</v>
+        <v>630</v>
       </c>
       <c r="M224" s="4">
-        <v>95782.399999999994</v>
+        <v>42652849.435443997</v>
       </c>
       <c r="N224" s="4">
-        <v>112544.32000000001</v>
+        <v>29937.18196175</v>
       </c>
       <c r="O224" s="3" t="s">
-        <v>1095</v>
+        <v>1106</v>
       </c>
       <c r="P224" s="3" t="s">
-        <v>1099</v>
+        <v>1108</v>
       </c>
       <c r="Q224" s="3" t="s">
-        <v>168</v>
+        <v>147</v>
       </c>
       <c r="R224" s="3" t="s">
-        <v>1100</v>
+        <v>1109</v>
       </c>
       <c r="S224" s="3" t="s">
-        <v>1101</v>
+        <v>633</v>
       </c>
       <c r="T224" s="4">
         <v>1</v>
       </c>
       <c r="W224" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X224" s="4">
         <v>0</v>
       </c>
       <c r="Y224" s="4">
         <v>0</v>
       </c>
       <c r="Z224" s="6">
-        <v>4.8520000000000004E-3</v>
+        <v>1.263E-3</v>
       </c>
     </row>
     <row r="225" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A225" s="3" t="s">
-        <v>1102</v>
+        <v>1110</v>
       </c>
       <c r="B225" s="3" t="s">
-        <v>1103</v>
+        <v>1111</v>
       </c>
       <c r="C225" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D225" s="4">
-        <v>6240</v>
+        <v>246</v>
       </c>
       <c r="E225" s="5">
-        <v>15.434756</v>
+        <v>209.12</v>
       </c>
       <c r="F225" s="4">
-        <v>96312.879000000001</v>
+        <v>51443.519999999997</v>
       </c>
       <c r="G225" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H225" s="3" t="s">
-        <v>63</v>
+        <v>83</v>
       </c>
       <c r="I225" s="3" t="s">
-        <v>64</v>
+        <v>84</v>
       </c>
       <c r="J225" s="5">
-        <v>11.465</v>
+        <v>209.12</v>
       </c>
       <c r="K225" s="5">
-        <v>0.74280408542246978</v>
+        <v>1</v>
       </c>
       <c r="L225" s="3" t="s">
-        <v>65</v>
+        <v>85</v>
       </c>
       <c r="M225" s="4">
-        <v>71541.600000000006</v>
+        <v>51443.519999999997</v>
       </c>
       <c r="N225" s="4">
-        <v>96312.879000000001</v>
+        <v>51443.519999999997</v>
       </c>
       <c r="O225" s="3" t="s">
-        <v>1102</v>
+        <v>1110</v>
       </c>
       <c r="P225" s="3" t="s">
-        <v>1104</v>
+        <v>1112</v>
       </c>
       <c r="Q225" s="3" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="R225" s="3" t="s">
-        <v>1105</v>
+        <v>1113</v>
       </c>
       <c r="S225" s="3" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="T225" s="4">
         <v>1</v>
       </c>
       <c r="W225" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X225" s="4">
         <v>0</v>
       </c>
       <c r="Y225" s="4">
         <v>0</v>
       </c>
       <c r="Z225" s="6">
-        <v>4.1520000000000003E-3</v>
+        <v>2.1710000000000002E-3</v>
       </c>
     </row>
     <row r="226" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A226" s="3" t="s">
-        <v>1106</v>
+        <v>1114</v>
       </c>
       <c r="B226" s="3" t="s">
-        <v>1107</v>
+        <v>1115</v>
       </c>
       <c r="C226" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D226" s="4">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="E226" s="5">
-        <v>282.25</v>
+        <v>182.62223499999999</v>
       </c>
       <c r="F226" s="4">
-        <v>56450</v>
+        <v>45655.559015879997</v>
       </c>
       <c r="G226" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H226" s="3" t="s">
-        <v>93</v>
+        <v>43</v>
       </c>
       <c r="I226" s="3" t="s">
-        <v>94</v>
+        <v>44</v>
       </c>
       <c r="J226" s="5">
-        <v>282.25</v>
+        <v>146.6</v>
       </c>
       <c r="K226" s="5">
-        <v>1</v>
+        <v>0.80275000316283507</v>
       </c>
       <c r="L226" s="3" t="s">
-        <v>95</v>
+        <v>45</v>
       </c>
       <c r="M226" s="4">
-        <v>56450</v>
+        <v>36650.000143999998</v>
       </c>
       <c r="N226" s="4">
-        <v>56450</v>
+        <v>45655.559015879997</v>
       </c>
       <c r="O226" s="3" t="s">
-        <v>1106</v>
+        <v>1114</v>
       </c>
       <c r="P226" s="3" t="s">
-        <v>1108</v>
+        <v>1116</v>
       </c>
       <c r="Q226" s="3" t="s">
-        <v>157</v>
+        <v>147</v>
       </c>
       <c r="R226" s="3" t="s">
-        <v>1109</v>
+        <v>1117</v>
       </c>
       <c r="S226" s="3" t="s">
-        <v>109</v>
+        <v>606</v>
       </c>
       <c r="T226" s="4">
         <v>1</v>
       </c>
       <c r="W226" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X226" s="4">
         <v>0</v>
       </c>
       <c r="Y226" s="4">
         <v>0</v>
       </c>
       <c r="Z226" s="6">
-        <v>2.4329999999999998E-3</v>
+        <v>1.926E-3</v>
       </c>
     </row>
     <row r="227" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A227" s="3" t="s">
-        <v>1110</v>
+        <v>1118</v>
       </c>
       <c r="B227" s="3" t="s">
-        <v>1111</v>
+        <v>1119</v>
       </c>
       <c r="C227" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D227" s="4">
-        <v>134</v>
+        <v>500</v>
       </c>
       <c r="E227" s="5">
-        <v>32.344942000000003</v>
+        <v>54.357225</v>
       </c>
       <c r="F227" s="4">
-        <v>4334.22217482</v>
+        <v>27178.605043650001</v>
       </c>
       <c r="G227" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H227" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="I227" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="J227" s="5">
+        <v>8374</v>
+      </c>
+      <c r="K227" s="5">
+        <v>154.05495756556192</v>
+      </c>
+      <c r="L227" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="M227" s="4">
+        <v>4186998.84669</v>
+      </c>
+      <c r="N227" s="4">
+        <v>27178.605043650001</v>
+      </c>
+      <c r="O227" s="3" t="s">
+        <v>1118</v>
+      </c>
+      <c r="P227" s="3" t="s">
+        <v>1120</v>
+      </c>
+      <c r="Q227" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="H227" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="R227" s="3" t="s">
-        <v>1116</v>
+        <v>1121</v>
       </c>
       <c r="S227" s="3" t="s">
-        <v>1117</v>
+        <v>611</v>
       </c>
       <c r="T227" s="4">
         <v>1</v>
       </c>
       <c r="W227" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X227" s="4">
         <v>0</v>
       </c>
       <c r="Y227" s="4">
         <v>0</v>
       </c>
       <c r="Z227" s="6">
-        <v>1.8599999999999999E-4</v>
+        <v>1.147E-3</v>
       </c>
     </row>
     <row r="228" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A228" s="3" t="s">
-        <v>1118</v>
+        <v>1122</v>
       </c>
       <c r="B228" s="3" t="s">
-        <v>1119</v>
+        <v>1123</v>
       </c>
       <c r="C228" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D228" s="4">
-        <v>200</v>
+        <v>1813</v>
       </c>
       <c r="E228" s="5">
-        <v>246.6</v>
+        <v>59.849604999999997</v>
       </c>
       <c r="F228" s="4">
-        <v>49320</v>
+        <v>108507.33049439</v>
       </c>
       <c r="G228" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H228" s="3" t="s">
-        <v>93</v>
+        <v>48</v>
       </c>
       <c r="I228" s="3" t="s">
-        <v>94</v>
+        <v>49</v>
       </c>
       <c r="J228" s="5">
-        <v>246.6</v>
+        <v>387.2</v>
       </c>
       <c r="K228" s="5">
-        <v>1</v>
+        <v>6.4695498344895066</v>
       </c>
       <c r="L228" s="3" t="s">
-        <v>95</v>
+        <v>50</v>
       </c>
       <c r="M228" s="4">
-        <v>49320</v>
+        <v>701993.58204000001</v>
       </c>
       <c r="N228" s="4">
-        <v>49320</v>
+        <v>108507.33049439</v>
       </c>
       <c r="O228" s="3" t="s">
-        <v>1118</v>
+        <v>1122</v>
       </c>
       <c r="P228" s="3" t="s">
-        <v>1120</v>
+        <v>1124</v>
       </c>
       <c r="Q228" s="3" t="s">
-        <v>179</v>
+        <v>1125</v>
       </c>
       <c r="R228" s="3" t="s">
-        <v>1121</v>
+        <v>1126</v>
       </c>
       <c r="S228" s="3" t="s">
-        <v>109</v>
+        <v>1127</v>
       </c>
       <c r="T228" s="4">
         <v>1</v>
       </c>
       <c r="W228" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X228" s="4">
         <v>0</v>
       </c>
       <c r="Y228" s="4">
         <v>0</v>
       </c>
       <c r="Z228" s="6">
-        <v>2.1259999999999999E-3</v>
+        <v>4.5789999999999997E-3</v>
       </c>
     </row>
     <row r="229" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A229" s="3" t="s">
-        <v>1122</v>
+        <v>1128</v>
       </c>
       <c r="B229" s="3" t="s">
-        <v>1123</v>
+        <v>1129</v>
       </c>
       <c r="C229" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D229" s="4">
-        <v>4800</v>
+        <v>391</v>
       </c>
       <c r="E229" s="5">
-        <v>9.5946230000000003</v>
+        <v>381.56</v>
       </c>
       <c r="F229" s="4">
-        <v>46054.187445379997</v>
+        <v>149189.96</v>
       </c>
       <c r="G229" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H229" s="3" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="I229" s="3" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="J229" s="5">
-        <v>74.650000000000006</v>
+        <v>381.56</v>
       </c>
       <c r="K229" s="5">
-        <v>7.7803997725011103</v>
+        <v>1</v>
       </c>
       <c r="L229" s="3" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="M229" s="4">
-        <v>358319.98952200002</v>
+        <v>149189.96</v>
       </c>
       <c r="N229" s="4">
-        <v>46054.187445379997</v>
+        <v>149189.96</v>
       </c>
       <c r="O229" s="3" t="s">
-        <v>1122</v>
+        <v>1128</v>
       </c>
       <c r="P229" s="3" t="s">
-        <v>1124</v>
+        <v>1130</v>
       </c>
       <c r="Q229" s="3" t="s">
-        <v>157</v>
+        <v>258</v>
       </c>
       <c r="R229" s="3" t="s">
-        <v>1125</v>
+        <v>1131</v>
       </c>
       <c r="S229" s="3" t="s">
-        <v>684</v>
+        <v>99</v>
       </c>
       <c r="T229" s="4">
         <v>1</v>
       </c>
       <c r="W229" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X229" s="4">
         <v>0</v>
       </c>
       <c r="Y229" s="4">
         <v>0</v>
       </c>
       <c r="Z229" s="6">
-        <v>1.9849999999999998E-3</v>
+        <v>6.2960000000000004E-3</v>
       </c>
     </row>
     <row r="230" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A230" s="3" t="s">
-        <v>1126</v>
+        <v>1132</v>
       </c>
       <c r="B230" s="3" t="s">
-        <v>1127</v>
+        <v>1133</v>
       </c>
       <c r="C230" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D230" s="4">
-        <v>386</v>
+        <v>398</v>
       </c>
       <c r="E230" s="5">
-        <v>80.894855000000007</v>
+        <v>36.368842000000001</v>
       </c>
       <c r="F230" s="4">
-        <v>31225.544349809999</v>
+        <v>14474.799116</v>
       </c>
       <c r="G230" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H230" s="3" t="s">
-        <v>78</v>
+        <v>441</v>
       </c>
       <c r="I230" s="3" t="s">
-        <v>79</v>
+        <v>54</v>
       </c>
       <c r="J230" s="5">
-        <v>113500</v>
+        <v>31.51</v>
       </c>
       <c r="K230" s="5">
-        <v>1403.0558556536134</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L230" s="3" t="s">
-        <v>80</v>
+        <v>442</v>
       </c>
       <c r="M230" s="4">
-        <v>43811182.845972002</v>
+        <v>12540.98</v>
       </c>
       <c r="N230" s="4">
-        <v>31225.544349809999</v>
+        <v>14474.799116</v>
       </c>
       <c r="O230" s="3" t="s">
-        <v>1126</v>
+        <v>1132</v>
       </c>
       <c r="P230" s="3" t="s">
-        <v>1128</v>
+        <v>1134</v>
       </c>
       <c r="Q230" s="3" t="s">
-        <v>157</v>
+        <v>147</v>
       </c>
       <c r="R230" s="3" t="s">
-        <v>1129</v>
+        <v>1135</v>
       </c>
       <c r="S230" s="3" t="s">
-        <v>655</v>
+        <v>445</v>
       </c>
       <c r="T230" s="4">
         <v>1</v>
       </c>
       <c r="W230" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X230" s="4">
         <v>0</v>
       </c>
       <c r="Y230" s="4">
         <v>0</v>
       </c>
       <c r="Z230" s="6">
-        <v>1.346E-3</v>
+        <v>6.0999999999999997E-4</v>
       </c>
     </row>
     <row r="231" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A231" s="3" t="s">
-        <v>1130</v>
+        <v>1136</v>
       </c>
       <c r="B231" s="3" t="s">
-        <v>1131</v>
+        <v>1137</v>
       </c>
       <c r="C231" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D231" s="4">
-        <v>200</v>
+        <v>12</v>
       </c>
       <c r="E231" s="5">
-        <v>227.73</v>
+        <v>1059.67102</v>
       </c>
       <c r="F231" s="4">
-        <v>45546</v>
+        <v>12716.052240000001</v>
       </c>
       <c r="G231" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H231" s="3" t="s">
-        <v>93</v>
+        <v>1138</v>
       </c>
       <c r="I231" s="3" t="s">
-        <v>94</v>
+        <v>54</v>
       </c>
       <c r="J231" s="5">
-        <v>227.73</v>
+        <v>918.1</v>
       </c>
       <c r="K231" s="5">
-        <v>1</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L231" s="3" t="s">
-        <v>95</v>
+        <v>1139</v>
       </c>
       <c r="M231" s="4">
-        <v>45546</v>
+        <v>11017.2</v>
       </c>
       <c r="N231" s="4">
-        <v>45546</v>
+        <v>12716.052240000001</v>
       </c>
       <c r="O231" s="3" t="s">
-        <v>1130</v>
+        <v>1136</v>
       </c>
       <c r="P231" s="3" t="s">
-        <v>1132</v>
+        <v>1140</v>
       </c>
       <c r="Q231" s="3" t="s">
-        <v>179</v>
+        <v>169</v>
       </c>
       <c r="R231" s="3" t="s">
-        <v>1133</v>
+        <v>1141</v>
       </c>
       <c r="S231" s="3" t="s">
-        <v>137</v>
+        <v>1142</v>
       </c>
       <c r="T231" s="4">
         <v>1</v>
       </c>
       <c r="W231" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X231" s="4">
         <v>0</v>
       </c>
       <c r="Y231" s="4">
         <v>0</v>
       </c>
       <c r="Z231" s="6">
-        <v>1.9629999999999999E-3</v>
+        <v>5.3600000000000002E-4</v>
       </c>
     </row>
     <row r="232" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A232" s="3" t="s">
-        <v>1134</v>
+        <v>1143</v>
       </c>
       <c r="B232" s="3" t="s">
-        <v>1135</v>
+        <v>1144</v>
       </c>
       <c r="C232" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D232" s="4">
-        <v>250</v>
+        <v>2000</v>
       </c>
       <c r="E232" s="5">
-        <v>184.81744599999999</v>
+        <v>39.361119000000002</v>
       </c>
       <c r="F232" s="4">
-        <v>46204.361214099998</v>
+        <v>78722.227643859995</v>
       </c>
       <c r="G232" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H232" s="3" t="s">
-        <v>48</v>
+        <v>690</v>
       </c>
       <c r="I232" s="3" t="s">
-        <v>49</v>
+        <v>691</v>
       </c>
       <c r="J232" s="5">
-        <v>147.05000000000001</v>
+        <v>1210</v>
       </c>
       <c r="K232" s="5">
-        <v>0.79564999687627802</v>
+        <v>30.740996346432585</v>
       </c>
       <c r="L232" s="3" t="s">
-        <v>50</v>
+        <v>692</v>
       </c>
       <c r="M232" s="4">
-        <v>36762.499855000002</v>
+        <v>2419999.7123819999</v>
       </c>
       <c r="N232" s="4">
-        <v>46204.361214099998</v>
+        <v>78722.227643859995</v>
       </c>
       <c r="O232" s="3" t="s">
-        <v>1134</v>
+        <v>1143</v>
       </c>
       <c r="P232" s="3" t="s">
-        <v>1136</v>
+        <v>1145</v>
       </c>
       <c r="Q232" s="3" t="s">
-        <v>157</v>
+        <v>258</v>
       </c>
       <c r="R232" s="3" t="s">
-        <v>1137</v>
+        <v>1146</v>
       </c>
       <c r="S232" s="3" t="s">
-        <v>631</v>
+        <v>695</v>
       </c>
       <c r="T232" s="4">
         <v>1</v>
       </c>
       <c r="W232" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X232" s="4">
         <v>0</v>
       </c>
       <c r="Y232" s="4">
         <v>0</v>
       </c>
       <c r="Z232" s="6">
-        <v>1.9919999999999998E-3</v>
+        <v>3.3219999999999999E-3</v>
       </c>
     </row>
     <row r="233" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A233" s="3" t="s">
-        <v>1138</v>
+        <v>1147</v>
       </c>
       <c r="B233" s="3" t="s">
-        <v>1139</v>
+        <v>1148</v>
       </c>
       <c r="C233" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D233" s="4">
-        <v>500</v>
+        <v>189</v>
       </c>
       <c r="E233" s="5">
-        <v>53.214624999999998</v>
+        <v>197.69542100000001</v>
       </c>
       <c r="F233" s="4">
-        <v>26607.306090670001</v>
+        <v>37364.434755529997</v>
       </c>
       <c r="G233" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H233" s="3" t="s">
-        <v>73</v>
+        <v>43</v>
       </c>
       <c r="I233" s="3" t="s">
-        <v>74</v>
+        <v>44</v>
       </c>
       <c r="J233" s="5">
-        <v>7859</v>
+        <v>158.69999999999999</v>
       </c>
       <c r="K233" s="5">
-        <v>147.68496434146536</v>
+        <v>0.80275000316283507</v>
       </c>
       <c r="L233" s="3" t="s">
-        <v>75</v>
+        <v>45</v>
       </c>
       <c r="M233" s="4">
-        <v>3929499.051223</v>
+        <v>29994.300117999999</v>
       </c>
       <c r="N233" s="4">
-        <v>26607.306090670001</v>
+        <v>37364.434755529997</v>
       </c>
       <c r="O233" s="3" t="s">
-        <v>1138</v>
+        <v>1147</v>
       </c>
       <c r="P233" s="3" t="s">
-        <v>1140</v>
+        <v>1149</v>
       </c>
       <c r="Q233" s="3" t="s">
         <v>114</v>
       </c>
       <c r="R233" s="3" t="s">
-        <v>1141</v>
+        <v>1150</v>
       </c>
       <c r="S233" s="3" t="s">
-        <v>636</v>
+        <v>606</v>
       </c>
       <c r="T233" s="4">
         <v>1</v>
       </c>
       <c r="W233" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X233" s="4">
         <v>0</v>
       </c>
       <c r="Y233" s="4">
         <v>0</v>
       </c>
       <c r="Z233" s="6">
-        <v>1.147E-3</v>
+        <v>1.5759999999999999E-3</v>
       </c>
     </row>
     <row r="234" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A234" s="3" t="s">
-        <v>1142</v>
+        <v>1151</v>
       </c>
       <c r="B234" s="3" t="s">
-        <v>1143</v>
+        <v>1152</v>
       </c>
       <c r="C234" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D234" s="4">
-        <v>1613</v>
+        <v>1600</v>
       </c>
       <c r="E234" s="5">
-        <v>61.248584999999999</v>
+        <v>26.682037000000001</v>
       </c>
       <c r="F234" s="4">
-        <v>98793.964865889997</v>
+        <v>42691.258751089998</v>
       </c>
       <c r="G234" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H234" s="3" t="s">
-        <v>53</v>
+        <v>1047</v>
       </c>
       <c r="I234" s="3" t="s">
-        <v>54</v>
+        <v>1153</v>
       </c>
       <c r="J234" s="5">
-        <v>389.1</v>
+        <v>189.8</v>
       </c>
       <c r="K234" s="5">
-        <v>6.3527998154638716</v>
+        <v>7.1134000451700903</v>
       </c>
       <c r="L234" s="3" t="s">
-        <v>55</v>
+        <v>1048</v>
       </c>
       <c r="M234" s="4">
-        <v>627618.28176799999</v>
+        <v>303680.00192800001</v>
       </c>
       <c r="N234" s="4">
-        <v>98793.964865889997</v>
+        <v>42691.258751089998</v>
       </c>
       <c r="O234" s="3" t="s">
-        <v>1142</v>
+        <v>1151</v>
       </c>
       <c r="P234" s="3" t="s">
-        <v>1144</v>
+        <v>1154</v>
       </c>
       <c r="Q234" s="3" t="s">
-        <v>1145</v>
+        <v>258</v>
       </c>
       <c r="R234" s="3" t="s">
-        <v>1146</v>
+        <v>1155</v>
       </c>
       <c r="S234" s="3" t="s">
-        <v>1147</v>
+        <v>1156</v>
       </c>
       <c r="T234" s="4">
         <v>1</v>
       </c>
       <c r="W234" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X234" s="4">
         <v>0</v>
       </c>
       <c r="Y234" s="4">
         <v>0</v>
       </c>
       <c r="Z234" s="6">
-        <v>4.2589999999999998E-3</v>
+        <v>1.8010000000000001E-3</v>
       </c>
     </row>
     <row r="235" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A235" s="3" t="s">
-        <v>1148</v>
+        <v>1157</v>
       </c>
       <c r="B235" s="3" t="s">
-        <v>1149</v>
+        <v>1158</v>
       </c>
       <c r="C235" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D235" s="4">
-        <v>391</v>
+        <v>29</v>
       </c>
       <c r="E235" s="5">
-        <v>374.25</v>
+        <v>399.93029999999999</v>
       </c>
       <c r="F235" s="4">
-        <v>146331.75</v>
+        <v>11597.9787</v>
       </c>
       <c r="G235" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H235" s="3" t="s">
-        <v>93</v>
+        <v>417</v>
       </c>
       <c r="I235" s="3" t="s">
-        <v>94</v>
+        <v>54</v>
       </c>
       <c r="J235" s="5">
-        <v>374.25</v>
+        <v>346.5</v>
       </c>
       <c r="K235" s="5">
-        <v>1</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L235" s="3" t="s">
-        <v>95</v>
+        <v>418</v>
       </c>
       <c r="M235" s="4">
-        <v>146331.75</v>
+        <v>10048.5</v>
       </c>
       <c r="N235" s="4">
-        <v>146331.75</v>
+        <v>11597.9787</v>
       </c>
       <c r="O235" s="3" t="s">
-        <v>1148</v>
+        <v>1157</v>
       </c>
       <c r="P235" s="3" t="s">
-        <v>1150</v>
+        <v>1159</v>
       </c>
       <c r="Q235" s="3" t="s">
-        <v>200</v>
+        <v>114</v>
       </c>
       <c r="R235" s="3" t="s">
-        <v>1151</v>
+        <v>1160</v>
       </c>
       <c r="S235" s="3" t="s">
-        <v>109</v>
+        <v>421</v>
       </c>
       <c r="T235" s="4">
         <v>1</v>
       </c>
       <c r="W235" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X235" s="4">
         <v>0</v>
       </c>
       <c r="Y235" s="4">
         <v>0</v>
       </c>
       <c r="Z235" s="6">
-        <v>6.3090000000000004E-3</v>
+        <v>4.8899999999999996E-4</v>
       </c>
     </row>
     <row r="236" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A236" s="3" t="s">
-        <v>1152</v>
+        <v>1161</v>
       </c>
       <c r="B236" s="3" t="s">
-        <v>1153</v>
+        <v>1162</v>
       </c>
       <c r="C236" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D236" s="4">
-        <v>398</v>
+        <v>2442</v>
       </c>
       <c r="E236" s="5">
-        <v>37.705750000000002</v>
+        <v>37.840401999999997</v>
       </c>
       <c r="F236" s="4">
-        <v>15006.888499999999</v>
+        <v>92406.257571769995</v>
       </c>
       <c r="G236" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H236" s="3" t="s">
-        <v>461</v>
+        <v>78</v>
       </c>
       <c r="I236" s="3" t="s">
-        <v>59</v>
+        <v>79</v>
       </c>
       <c r="J236" s="5">
-        <v>32.090000000000003</v>
+        <v>359.2</v>
       </c>
       <c r="K236" s="5">
-        <v>0.85106382978723405</v>
+        <v>9.4924996437939502</v>
       </c>
       <c r="L236" s="3" t="s">
-        <v>462</v>
+        <v>80</v>
       </c>
       <c r="M236" s="4">
-        <v>12771.82</v>
+        <v>877166.36708400003</v>
       </c>
       <c r="N236" s="4">
-        <v>15006.888499999999</v>
+        <v>92406.257571769995</v>
       </c>
       <c r="O236" s="3" t="s">
-        <v>1152</v>
+        <v>1161</v>
       </c>
       <c r="P236" s="3" t="s">
-        <v>1154</v>
+        <v>1163</v>
       </c>
       <c r="Q236" s="3" t="s">
-        <v>157</v>
+        <v>1125</v>
       </c>
       <c r="R236" s="3" t="s">
-        <v>1155</v>
+        <v>1164</v>
       </c>
       <c r="S236" s="3" t="s">
-        <v>465</v>
+        <v>1165</v>
       </c>
       <c r="T236" s="4">
         <v>1</v>
       </c>
       <c r="W236" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X236" s="4">
         <v>0</v>
       </c>
       <c r="Y236" s="4">
         <v>0</v>
       </c>
       <c r="Z236" s="6">
-        <v>6.4700000000000001E-4</v>
+        <v>3.8990000000000001E-3</v>
       </c>
     </row>
     <row r="237" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A237" s="3" t="s">
-        <v>1156</v>
+        <v>1166</v>
       </c>
       <c r="B237" s="3" t="s">
-        <v>1157</v>
+        <v>1167</v>
       </c>
       <c r="C237" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D237" s="4">
-        <v>12</v>
+        <v>52231</v>
       </c>
       <c r="E237" s="5">
-        <v>973.01750000000004</v>
+        <v>2.035962</v>
       </c>
       <c r="F237" s="4">
-        <v>11676.21</v>
+        <v>106340.3051065</v>
       </c>
       <c r="G237" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H237" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I237" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J237" s="5">
+        <v>3.11</v>
+      </c>
+      <c r="K237" s="5">
+        <v>1.5275337966852518</v>
+      </c>
+      <c r="L237" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M237" s="4">
+        <v>162438.41</v>
+      </c>
+      <c r="N237" s="4">
+        <v>106340.3051065</v>
+      </c>
+      <c r="O237" s="3" t="s">
+        <v>1166</v>
+      </c>
+      <c r="P237" s="3" t="s">
+        <v>1168</v>
+      </c>
+      <c r="Q237" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="H237" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="R237" s="3" t="s">
-        <v>1161</v>
+        <v>1169</v>
       </c>
       <c r="S237" s="3" t="s">
-        <v>1162</v>
+        <v>616</v>
       </c>
       <c r="T237" s="4">
         <v>1</v>
       </c>
       <c r="W237" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X237" s="4">
         <v>0</v>
       </c>
       <c r="Y237" s="4">
         <v>0</v>
       </c>
       <c r="Z237" s="6">
-        <v>5.0299999999999997E-4</v>
+        <v>4.4869999999999997E-3</v>
       </c>
     </row>
     <row r="238" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A238" s="3" t="s">
-        <v>1163</v>
+        <v>1170</v>
       </c>
       <c r="B238" s="3" t="s">
-        <v>1164</v>
+        <v>1171</v>
       </c>
       <c r="C238" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D238" s="4">
-        <v>2000</v>
+        <v>1200</v>
       </c>
       <c r="E238" s="5">
-        <v>30.415379999999999</v>
+        <v>4.109146</v>
       </c>
       <c r="F238" s="4">
-        <v>60830.763173439998</v>
+        <v>4930.9753423100001</v>
       </c>
       <c r="G238" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H238" s="3" t="s">
-        <v>88</v>
+        <v>1047</v>
       </c>
       <c r="I238" s="3" t="s">
-        <v>89</v>
+        <v>1153</v>
       </c>
       <c r="J238" s="5">
-        <v>927</v>
+        <v>29.23</v>
       </c>
       <c r="K238" s="5">
-        <v>30.478001740293898</v>
+        <v>7.1134000451700903</v>
       </c>
       <c r="L238" s="3" t="s">
-        <v>90</v>
+        <v>1048</v>
       </c>
       <c r="M238" s="4">
-        <v>1854000.105863</v>
+        <v>35076.000222000002</v>
       </c>
       <c r="N238" s="4">
-        <v>60830.763173439998</v>
+        <v>4930.9753423100001</v>
       </c>
       <c r="O238" s="3" t="s">
-        <v>1163</v>
+        <v>1170</v>
       </c>
       <c r="P238" s="3" t="s">
-        <v>1165</v>
+        <v>1172</v>
       </c>
       <c r="Q238" s="3" t="s">
-        <v>200</v>
+        <v>1125</v>
       </c>
       <c r="R238" s="3" t="s">
-        <v>1166</v>
+        <v>1173</v>
       </c>
       <c r="S238" s="3" t="s">
-        <v>714</v>
+        <v>1174</v>
       </c>
       <c r="T238" s="4">
         <v>1</v>
       </c>
       <c r="W238" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X238" s="4">
         <v>0</v>
       </c>
       <c r="Y238" s="4">
         <v>0</v>
       </c>
       <c r="Z238" s="6">
-        <v>2.6220000000000002E-3</v>
+        <v>2.0799999999999999E-4</v>
       </c>
     </row>
     <row r="239" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A239" s="3" t="s">
-        <v>1167</v>
+        <v>1175</v>
       </c>
       <c r="B239" s="3" t="s">
-        <v>1168</v>
+        <v>1176</v>
       </c>
       <c r="C239" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D239" s="4">
-        <v>189</v>
+        <v>14400</v>
       </c>
       <c r="E239" s="5">
-        <v>190.53604000000001</v>
+        <v>7.4085530000000004</v>
       </c>
       <c r="F239" s="4">
-        <v>36011.311506320002</v>
+        <v>106683.16135744</v>
       </c>
       <c r="G239" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H239" s="3" t="s">
-        <v>48</v>
+        <v>1047</v>
       </c>
       <c r="I239" s="3" t="s">
-        <v>49</v>
+        <v>1153</v>
       </c>
       <c r="J239" s="5">
-        <v>151.6</v>
+        <v>52.7</v>
       </c>
       <c r="K239" s="5">
-        <v>0.79564999687627802</v>
+        <v>7.1134000451700903</v>
       </c>
       <c r="L239" s="3" t="s">
-        <v>50</v>
+        <v>1048</v>
       </c>
       <c r="M239" s="4">
-        <v>28652.399887</v>
+        <v>758880.00481800002</v>
       </c>
       <c r="N239" s="4">
-        <v>36011.311506320002</v>
+        <v>106683.16135744</v>
       </c>
       <c r="O239" s="3" t="s">
-        <v>1167</v>
+        <v>1175</v>
       </c>
       <c r="P239" s="3" t="s">
-        <v>1169</v>
+        <v>1177</v>
       </c>
       <c r="Q239" s="3" t="s">
-        <v>124</v>
+        <v>1125</v>
       </c>
       <c r="R239" s="3" t="s">
-        <v>1170</v>
+        <v>1178</v>
       </c>
       <c r="S239" s="3" t="s">
-        <v>631</v>
+        <v>1156</v>
       </c>
       <c r="T239" s="4">
         <v>1</v>
       </c>
       <c r="W239" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X239" s="4">
         <v>0</v>
       </c>
       <c r="Y239" s="4">
         <v>0</v>
       </c>
       <c r="Z239" s="6">
-        <v>1.552E-3</v>
+        <v>4.5019999999999999E-3</v>
       </c>
     </row>
     <row r="240" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A240" s="3" t="s">
-        <v>1171</v>
+        <v>1179</v>
       </c>
       <c r="B240" s="3" t="s">
-        <v>1172</v>
+        <v>1180</v>
       </c>
       <c r="C240" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D240" s="4">
-        <v>1100</v>
+        <v>31718</v>
       </c>
       <c r="E240" s="5">
-        <v>22.754954000000001</v>
+        <v>1.2105809999999999</v>
       </c>
       <c r="F240" s="4">
-        <v>25030.449044379999</v>
+        <v>38397.22052802</v>
       </c>
       <c r="G240" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H240" s="3" t="s">
-        <v>1066</v>
+        <v>58</v>
       </c>
       <c r="I240" s="3" t="s">
-        <v>1173</v>
+        <v>59</v>
       </c>
       <c r="J240" s="5">
-        <v>161.97999999999999</v>
+        <v>0.9214</v>
       </c>
       <c r="K240" s="5">
-        <v>7.1184500116101921</v>
+        <v>0.76112189367127148</v>
       </c>
       <c r="L240" s="3" t="s">
-        <v>1067</v>
+        <v>60</v>
       </c>
       <c r="M240" s="4">
-        <v>178178.00029</v>
+        <v>29224.965199999999</v>
       </c>
       <c r="N240" s="4">
-        <v>25030.449044379999</v>
+        <v>38397.22052802</v>
       </c>
       <c r="O240" s="3" t="s">
-        <v>1171</v>
+        <v>1179</v>
       </c>
       <c r="P240" s="3" t="s">
-        <v>1174</v>
+        <v>1181</v>
       </c>
       <c r="Q240" s="3" t="s">
-        <v>200</v>
+        <v>97</v>
       </c>
       <c r="R240" s="3" t="s">
-        <v>1175</v>
+        <v>1182</v>
       </c>
       <c r="S240" s="3" t="s">
-        <v>1176</v>
+        <v>116</v>
       </c>
       <c r="T240" s="4">
         <v>1</v>
       </c>
       <c r="W240" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X240" s="4">
         <v>0</v>
       </c>
       <c r="Y240" s="4">
         <v>0</v>
       </c>
       <c r="Z240" s="6">
-        <v>1.0790000000000001E-3</v>
+        <v>1.6199999999999999E-3</v>
       </c>
     </row>
     <row r="241" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A241" s="3" t="s">
-        <v>1177</v>
+        <v>1183</v>
       </c>
       <c r="B241" s="3" t="s">
-        <v>1178</v>
+        <v>1184</v>
       </c>
       <c r="C241" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D241" s="4">
-        <v>2305</v>
+        <v>2100</v>
       </c>
       <c r="E241" s="5">
-        <v>38.000658999999999</v>
+        <v>54.653188999999998</v>
       </c>
       <c r="F241" s="4">
-        <v>87591.519494740001</v>
+        <v>114771.69848455</v>
       </c>
       <c r="G241" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H241" s="3" t="s">
-        <v>1179</v>
+        <v>1047</v>
       </c>
       <c r="I241" s="3" t="s">
-        <v>1180</v>
+        <v>1153</v>
       </c>
       <c r="J241" s="5">
-        <v>357.4</v>
+        <v>388.77</v>
       </c>
       <c r="K241" s="5">
-        <v>9.4051001412740085</v>
+        <v>7.1134000451700903</v>
       </c>
       <c r="L241" s="3" t="s">
-        <v>1181</v>
+        <v>1048</v>
       </c>
       <c r="M241" s="4">
-        <v>823807.01237400004</v>
+        <v>816417.00518400001</v>
       </c>
       <c r="N241" s="4">
-        <v>87591.519494740001</v>
+        <v>114771.69848455</v>
       </c>
       <c r="O241" s="3" t="s">
-        <v>1177</v>
+        <v>1183</v>
       </c>
       <c r="P241" s="3" t="s">
-        <v>1182</v>
+        <v>1185</v>
       </c>
       <c r="Q241" s="3" t="s">
-        <v>1145</v>
+        <v>258</v>
       </c>
       <c r="R241" s="3" t="s">
-        <v>1183</v>
+        <v>1186</v>
       </c>
       <c r="S241" s="3" t="s">
-        <v>1184</v>
+        <v>1156</v>
       </c>
       <c r="T241" s="4">
         <v>1</v>
       </c>
       <c r="W241" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X241" s="4">
         <v>0</v>
       </c>
       <c r="Y241" s="4">
         <v>0</v>
       </c>
       <c r="Z241" s="6">
-        <v>3.7759999999999998E-3</v>
+        <v>4.8430000000000001E-3</v>
       </c>
     </row>
     <row r="242" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A242" s="3" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
       <c r="B242" s="3" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="C242" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D242" s="4">
-        <v>39733</v>
+        <v>100</v>
       </c>
       <c r="E242" s="5">
-        <v>1.9683679999999999</v>
+        <v>87.114155999999994</v>
       </c>
       <c r="F242" s="4">
-        <v>78209.145877500006</v>
+        <v>8711.4156228800002</v>
       </c>
       <c r="G242" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H242" s="3" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I242" s="3" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="J242" s="5">
-        <v>2.97</v>
+        <v>122.06</v>
       </c>
       <c r="K242" s="5">
-        <v>1.5088645794039983</v>
+        <v>1.4011500022712642</v>
       </c>
       <c r="L242" s="3" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="M242" s="4">
-        <v>118007.01</v>
+        <v>12206.000018999999</v>
       </c>
       <c r="N242" s="4">
-        <v>78209.145877500006</v>
+        <v>8711.4156228800002</v>
       </c>
       <c r="O242" s="3" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
       <c r="P242" s="3" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
       <c r="Q242" s="3" t="s">
-        <v>114</v>
+        <v>169</v>
       </c>
       <c r="R242" s="3" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
       <c r="S242" s="3" t="s">
-        <v>641</v>
+        <v>300</v>
       </c>
       <c r="T242" s="4">
         <v>1</v>
       </c>
       <c r="W242" s="3" t="s">
-        <v>34</v>
+        <v>1191</v>
       </c>
       <c r="X242" s="4">
         <v>0</v>
       </c>
       <c r="Y242" s="4">
         <v>0</v>
       </c>
       <c r="Z242" s="6">
-        <v>3.372E-3</v>
+        <v>3.6699999999999998E-4</v>
       </c>
     </row>
     <row r="243" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A243" s="3" t="s">
-        <v>1189</v>
+        <v>1192</v>
       </c>
       <c r="B243" s="3" t="s">
-        <v>1190</v>
+        <v>1193</v>
       </c>
       <c r="C243" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D243" s="4">
-        <v>13500</v>
+        <v>750</v>
       </c>
       <c r="E243" s="5">
-        <v>7.2698410000000004</v>
+        <v>69.171205999999998</v>
       </c>
       <c r="F243" s="4">
-        <v>98142.854132570006</v>
+        <v>51878.404499999997</v>
       </c>
       <c r="G243" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H243" s="3" t="s">
-        <v>1066</v>
+        <v>1138</v>
       </c>
       <c r="I243" s="3" t="s">
-        <v>1173</v>
+        <v>54</v>
       </c>
       <c r="J243" s="5">
-        <v>51.75</v>
+        <v>59.93</v>
       </c>
       <c r="K243" s="5">
-        <v>7.1184500116101921</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L243" s="3" t="s">
-        <v>1067</v>
+        <v>1139</v>
       </c>
       <c r="M243" s="4">
-        <v>698625.00113900006</v>
+        <v>44947.5</v>
       </c>
       <c r="N243" s="4">
-        <v>98142.854132570006</v>
+        <v>51878.404499999997</v>
       </c>
       <c r="O243" s="3" t="s">
-        <v>1189</v>
+        <v>1192</v>
       </c>
       <c r="P243" s="3" t="s">
-        <v>1191</v>
+        <v>1194</v>
       </c>
       <c r="Q243" s="3" t="s">
-        <v>1145</v>
+        <v>114</v>
       </c>
       <c r="R243" s="3" t="s">
-        <v>1192</v>
+        <v>1195</v>
       </c>
       <c r="S243" s="3" t="s">
-        <v>1176</v>
+        <v>1142</v>
       </c>
       <c r="T243" s="4">
         <v>1</v>
       </c>
       <c r="W243" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X243" s="4">
         <v>0</v>
       </c>
       <c r="Y243" s="4">
         <v>0</v>
       </c>
       <c r="Z243" s="6">
-        <v>4.2310000000000004E-3</v>
+        <v>2.189E-3</v>
       </c>
     </row>
     <row r="244" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A244" s="3" t="s">
-        <v>1193</v>
+        <v>1196</v>
       </c>
       <c r="B244" s="3" t="s">
-        <v>1194</v>
+        <v>1197</v>
       </c>
       <c r="C244" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D244" s="4">
-        <v>31718</v>
+        <v>1000</v>
       </c>
       <c r="E244" s="5">
-        <v>1.159929</v>
+        <v>7.5010940000000002</v>
       </c>
       <c r="F244" s="4">
-        <v>36790.628021999997</v>
+        <v>7501.0936414400003</v>
       </c>
       <c r="G244" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H244" s="3" t="s">
-        <v>63</v>
+        <v>1047</v>
       </c>
       <c r="I244" s="3" t="s">
         <v>64</v>
       </c>
       <c r="J244" s="5">
-        <v>0.86160000000000003</v>
+        <v>58.3</v>
       </c>
       <c r="K244" s="5">
-        <v>0.74280408542246978</v>
+        <v>7.7721999289620927</v>
       </c>
       <c r="L244" s="3" t="s">
-        <v>65</v>
+        <v>1048</v>
       </c>
       <c r="M244" s="4">
-        <v>27328.228800000001</v>
+        <v>58299.999467000001</v>
       </c>
       <c r="N244" s="4">
-        <v>36790.628021999997</v>
+        <v>7501.0936414400003</v>
       </c>
       <c r="O244" s="3" t="s">
-        <v>1193</v>
+        <v>1196</v>
       </c>
       <c r="P244" s="3" t="s">
-        <v>1195</v>
+        <v>1198</v>
       </c>
       <c r="Q244" s="3" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="R244" s="3" t="s">
-        <v>1196</v>
+        <v>1199</v>
       </c>
       <c r="S244" s="3" t="s">
-        <v>126</v>
+        <v>662</v>
       </c>
       <c r="T244" s="4">
         <v>1</v>
       </c>
       <c r="W244" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X244" s="4">
         <v>0</v>
       </c>
       <c r="Y244" s="4">
         <v>0</v>
       </c>
       <c r="Z244" s="6">
-        <v>1.586E-3</v>
+        <v>3.1599999999999998E-4</v>
       </c>
     </row>
     <row r="245" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A245" s="3" t="s">
-        <v>1197</v>
+        <v>1200</v>
       </c>
       <c r="B245" s="3" t="s">
-        <v>1198</v>
+        <v>1201</v>
       </c>
       <c r="C245" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D245" s="4">
-        <v>2500</v>
+        <v>200</v>
       </c>
       <c r="E245" s="5">
-        <v>56.472968000000002</v>
+        <v>159.340541</v>
       </c>
       <c r="F245" s="4">
-        <v>141182.42033026999</v>
+        <v>31868.108339580001</v>
       </c>
       <c r="G245" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H245" s="3" t="s">
-        <v>1066</v>
+        <v>38</v>
       </c>
       <c r="I245" s="3" t="s">
-        <v>1173</v>
+        <v>39</v>
       </c>
       <c r="J245" s="5">
-        <v>402</v>
+        <v>223.26</v>
       </c>
       <c r="K245" s="5">
-        <v>7.1184500116101921</v>
+        <v>1.4011500022712642</v>
       </c>
       <c r="L245" s="3" t="s">
-        <v>1067</v>
+        <v>40</v>
       </c>
       <c r="M245" s="4">
-        <v>1005000.001639</v>
+        <v>44652.000072000003</v>
       </c>
       <c r="N245" s="4">
-        <v>141182.42033026999</v>
+        <v>31868.108339580001</v>
       </c>
       <c r="O245" s="3" t="s">
-        <v>1197</v>
+        <v>1200</v>
       </c>
       <c r="P245" s="3" t="s">
-        <v>1199</v>
+        <v>1202</v>
       </c>
       <c r="Q245" s="3" t="s">
-        <v>200</v>
+        <v>237</v>
       </c>
       <c r="R245" s="3" t="s">
-        <v>1200</v>
+        <v>1203</v>
       </c>
       <c r="S245" s="3" t="s">
-        <v>1176</v>
+        <v>300</v>
       </c>
       <c r="T245" s="4">
         <v>1</v>
       </c>
       <c r="W245" s="3" t="s">
-        <v>34</v>
+        <v>1204</v>
       </c>
       <c r="X245" s="4">
         <v>0</v>
       </c>
       <c r="Y245" s="4">
         <v>0</v>
       </c>
       <c r="Z245" s="6">
-        <v>6.0870000000000004E-3</v>
+        <v>1.3439999999999999E-3</v>
       </c>
     </row>
     <row r="246" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A246" s="3" t="s">
-        <v>1201</v>
+        <v>1205</v>
       </c>
       <c r="B246" s="3" t="s">
-        <v>1202</v>
+        <v>1206</v>
       </c>
       <c r="C246" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D246" s="4">
-        <v>750</v>
+        <v>3400</v>
       </c>
       <c r="E246" s="5">
-        <v>70.429500000000004</v>
+        <v>21.242377000000001</v>
       </c>
       <c r="F246" s="4">
-        <v>52822.125</v>
+        <v>72224.080697869998</v>
       </c>
       <c r="G246" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H246" s="3" t="s">
-        <v>1158</v>
+        <v>1047</v>
       </c>
       <c r="I246" s="3" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="J246" s="5">
-        <v>59.94</v>
+        <v>165.1</v>
       </c>
       <c r="K246" s="5">
-        <v>0.85106382978723405</v>
+        <v>7.7721999289620927</v>
       </c>
       <c r="L246" s="3" t="s">
-        <v>1159</v>
+        <v>1048</v>
       </c>
       <c r="M246" s="4">
-        <v>44955</v>
+        <v>561339.99486900005</v>
       </c>
       <c r="N246" s="4">
-        <v>52822.125</v>
+        <v>72224.080697869998</v>
       </c>
       <c r="O246" s="3" t="s">
-        <v>1201</v>
+        <v>1205</v>
       </c>
       <c r="P246" s="3" t="s">
-        <v>1203</v>
+        <v>1207</v>
       </c>
       <c r="Q246" s="3" t="s">
-        <v>124</v>
+        <v>114</v>
       </c>
       <c r="R246" s="3" t="s">
-        <v>1204</v>
+        <v>1208</v>
       </c>
       <c r="S246" s="3" t="s">
-        <v>1162</v>
+        <v>662</v>
       </c>
       <c r="T246" s="4">
         <v>1</v>
       </c>
       <c r="W246" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X246" s="4">
         <v>0</v>
       </c>
       <c r="Y246" s="4">
         <v>0</v>
       </c>
       <c r="Z246" s="6">
-        <v>2.2769999999999999E-3</v>
+        <v>3.0479999999999999E-3</v>
       </c>
     </row>
     <row r="247" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A247" s="3" t="s">
-        <v>1205</v>
+        <v>1209</v>
       </c>
       <c r="B247" s="3" t="s">
-        <v>1206</v>
+        <v>1210</v>
       </c>
       <c r="C247" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D247" s="4">
-        <v>1000</v>
+        <v>124</v>
       </c>
       <c r="E247" s="5">
-        <v>8.5278390000000002</v>
+        <v>448.65</v>
       </c>
       <c r="F247" s="4">
-        <v>8527.8391856500002</v>
+        <v>55632.6</v>
       </c>
       <c r="G247" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H247" s="3" t="s">
-        <v>1066</v>
+        <v>83</v>
       </c>
       <c r="I247" s="3" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="J247" s="5">
-        <v>66.349999999999994</v>
+        <v>448.65</v>
       </c>
       <c r="K247" s="5">
-        <v>7.7803997725011103</v>
+        <v>1</v>
       </c>
       <c r="L247" s="3" t="s">
-        <v>1067</v>
+        <v>85</v>
       </c>
       <c r="M247" s="4">
-        <v>66349.998059000005</v>
+        <v>55632.6</v>
       </c>
       <c r="N247" s="4">
-        <v>8527.8391856500002</v>
+        <v>55632.6</v>
       </c>
       <c r="O247" s="3" t="s">
-        <v>1205</v>
+        <v>1209</v>
       </c>
       <c r="P247" s="3" t="s">
-        <v>1207</v>
+        <v>1211</v>
       </c>
       <c r="Q247" s="3" t="s">
-        <v>124</v>
+        <v>258</v>
       </c>
       <c r="R247" s="3" t="s">
-        <v>1208</v>
+        <v>1212</v>
       </c>
       <c r="S247" s="3" t="s">
-        <v>684</v>
+        <v>99</v>
       </c>
       <c r="T247" s="4">
         <v>1</v>
       </c>
       <c r="W247" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X247" s="4">
         <v>0</v>
       </c>
       <c r="Y247" s="4">
         <v>0</v>
       </c>
       <c r="Z247" s="6">
-        <v>3.6699999999999998E-4</v>
+        <v>2.3470000000000001E-3</v>
       </c>
     </row>
     <row r="248" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A248" s="3" t="s">
-        <v>1209</v>
+        <v>1213</v>
       </c>
       <c r="B248" s="3" t="s">
-        <v>1210</v>
+        <v>391</v>
       </c>
       <c r="C248" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D248" s="4">
-        <v>200</v>
+        <v>800</v>
       </c>
       <c r="E248" s="5">
-        <v>190.57064800000001</v>
+        <v>43.764051000000002</v>
       </c>
       <c r="F248" s="4">
-        <v>38114.129653589996</v>
+        <v>35011.240766510004</v>
       </c>
       <c r="G248" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H248" s="3" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="I248" s="3" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="J248" s="5">
-        <v>265.16000000000003</v>
+        <v>61.32</v>
       </c>
       <c r="K248" s="5">
-        <v>1.3913999987115637</v>
+        <v>1.4011500022712642</v>
       </c>
       <c r="L248" s="3" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="M248" s="4">
-        <v>53031.999949999998</v>
+        <v>49056.000078999998</v>
       </c>
       <c r="N248" s="4">
-        <v>38114.129653589996</v>
+        <v>35011.240766510004</v>
       </c>
       <c r="O248" s="3" t="s">
-        <v>1209</v>
+        <v>1213</v>
       </c>
       <c r="P248" s="3" t="s">
-        <v>1211</v>
+        <v>393</v>
       </c>
       <c r="Q248" s="3" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="R248" s="3" t="s">
-        <v>1212</v>
+        <v>394</v>
       </c>
       <c r="S248" s="3" t="s">
-        <v>315</v>
+        <v>300</v>
       </c>
       <c r="T248" s="4">
         <v>1</v>
       </c>
       <c r="W248" s="3" t="s">
-        <v>1213</v>
+        <v>390</v>
       </c>
       <c r="X248" s="4">
         <v>0</v>
       </c>
       <c r="Y248" s="4">
         <v>0</v>
       </c>
       <c r="Z248" s="6">
-        <v>1.6429999999999999E-3</v>
+        <v>1.477E-3</v>
       </c>
     </row>
     <row r="249" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A249" s="3" t="s">
         <v>1214</v>
       </c>
       <c r="B249" s="3" t="s">
         <v>1215</v>
       </c>
       <c r="C249" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D249" s="4">
-        <v>3400</v>
+        <v>1997</v>
       </c>
       <c r="E249" s="5">
-        <v>22.749473999999999</v>
+        <v>16.871214999999999</v>
       </c>
       <c r="F249" s="4">
-        <v>77348.208318339995</v>
+        <v>33691.81459047</v>
       </c>
       <c r="G249" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H249" s="3" t="s">
-        <v>1066</v>
+        <v>78</v>
       </c>
       <c r="I249" s="3" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="J249" s="5">
-        <v>177</v>
+        <v>160.15</v>
       </c>
       <c r="K249" s="5">
-        <v>7.7803997725011103</v>
+        <v>9.4924996437939502</v>
       </c>
       <c r="L249" s="3" t="s">
-        <v>1067</v>
+        <v>80</v>
       </c>
       <c r="M249" s="4">
-        <v>601799.982403</v>
+        <v>319819.53799799999</v>
       </c>
       <c r="N249" s="4">
-        <v>77348.208318339995</v>
+        <v>33691.81459047</v>
       </c>
       <c r="O249" s="3" t="s">
         <v>1214</v>
       </c>
       <c r="P249" s="3" t="s">
         <v>1216</v>
       </c>
       <c r="Q249" s="3" t="s">
-        <v>124</v>
+        <v>258</v>
       </c>
       <c r="R249" s="3" t="s">
         <v>1217</v>
       </c>
       <c r="S249" s="3" t="s">
-        <v>684</v>
+        <v>1165</v>
       </c>
       <c r="T249" s="4">
         <v>1</v>
       </c>
       <c r="W249" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X249" s="4">
         <v>0</v>
       </c>
       <c r="Y249" s="4">
         <v>0</v>
       </c>
       <c r="Z249" s="6">
-        <v>3.3349999999999999E-3</v>
+        <v>1.421E-3</v>
       </c>
     </row>
     <row r="250" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A250" s="3" t="s">
         <v>1218</v>
       </c>
       <c r="B250" s="3" t="s">
         <v>1219</v>
       </c>
       <c r="C250" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D250" s="4">
-        <v>124</v>
+        <v>2069</v>
       </c>
       <c r="E250" s="5">
-        <v>421.96</v>
+        <v>15.038188999999999</v>
       </c>
       <c r="F250" s="4">
-        <v>52323.040000000001</v>
+        <v>31114.011061360001</v>
       </c>
       <c r="G250" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H250" s="3" t="s">
-        <v>93</v>
+        <v>78</v>
       </c>
       <c r="I250" s="3" t="s">
-        <v>94</v>
+        <v>79</v>
       </c>
       <c r="J250" s="5">
-        <v>421.96</v>
+        <v>142.75</v>
       </c>
       <c r="K250" s="5">
-        <v>1</v>
+        <v>9.4924996437939502</v>
       </c>
       <c r="L250" s="3" t="s">
-        <v>95</v>
+        <v>80</v>
       </c>
       <c r="M250" s="4">
-        <v>52323.040000000001</v>
+        <v>295349.738916</v>
       </c>
       <c r="N250" s="4">
-        <v>52323.040000000001</v>
+        <v>31114.011061360001</v>
       </c>
       <c r="O250" s="3" t="s">
         <v>1218</v>
       </c>
       <c r="P250" s="3" t="s">
         <v>1220</v>
       </c>
       <c r="Q250" s="3" t="s">
-        <v>200</v>
+        <v>258</v>
       </c>
       <c r="R250" s="3" t="s">
         <v>1221</v>
       </c>
       <c r="S250" s="3" t="s">
-        <v>109</v>
+        <v>1165</v>
       </c>
       <c r="T250" s="4">
         <v>1</v>
       </c>
       <c r="W250" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X250" s="4">
         <v>0</v>
       </c>
       <c r="Y250" s="4">
         <v>0</v>
       </c>
       <c r="Z250" s="6">
-        <v>2.2560000000000002E-3</v>
+        <v>1.3129999999999999E-3</v>
       </c>
     </row>
     <row r="251" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A251" s="3" t="s">
         <v>1222</v>
       </c>
       <c r="B251" s="3" t="s">
-        <v>411</v>
+        <v>1223</v>
       </c>
       <c r="C251" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D251" s="4">
-        <v>800</v>
+        <v>11127</v>
       </c>
       <c r="E251" s="5">
-        <v>47.405490999999998</v>
+        <v>8.1003889999999998</v>
       </c>
       <c r="F251" s="4">
-        <v>37924.392698000003</v>
+        <v>90133.033318910006</v>
       </c>
       <c r="G251" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H251" s="3" t="s">
-        <v>43</v>
+        <v>88</v>
       </c>
       <c r="I251" s="3" t="s">
-        <v>44</v>
+        <v>89</v>
       </c>
       <c r="J251" s="5">
-        <v>65.959999999999994</v>
+        <v>140.4</v>
       </c>
       <c r="K251" s="5">
-        <v>1.3913999987115637</v>
+        <v>17.332500448911762</v>
       </c>
       <c r="L251" s="3" t="s">
-        <v>45</v>
+        <v>90</v>
       </c>
       <c r="M251" s="4">
-        <v>52767.999950999998</v>
+        <v>1562230.8404610001</v>
       </c>
       <c r="N251" s="4">
-        <v>37924.392698000003</v>
+        <v>90133.033318910006</v>
       </c>
       <c r="O251" s="3" t="s">
         <v>1222</v>
       </c>
       <c r="P251" s="3" t="s">
-        <v>413</v>
+        <v>1224</v>
       </c>
       <c r="Q251" s="3" t="s">
-        <v>200</v>
+        <v>237</v>
       </c>
       <c r="R251" s="3" t="s">
-        <v>414</v>
+        <v>1225</v>
       </c>
       <c r="S251" s="3" t="s">
-        <v>315</v>
+        <v>1226</v>
       </c>
       <c r="T251" s="4">
         <v>1</v>
       </c>
       <c r="W251" s="3" t="s">
-        <v>410</v>
+        <v>34</v>
       </c>
       <c r="X251" s="4">
         <v>0</v>
       </c>
       <c r="Y251" s="4">
         <v>0</v>
       </c>
       <c r="Z251" s="6">
-        <v>1.635E-3</v>
+        <v>3.803E-3</v>
       </c>
     </row>
     <row r="252" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A252" s="3" t="s">
-        <v>1223</v>
+        <v>1227</v>
       </c>
       <c r="B252" s="3" t="s">
-        <v>1224</v>
+        <v>1228</v>
       </c>
       <c r="C252" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D252" s="4">
-        <v>1997</v>
+        <v>100</v>
       </c>
       <c r="E252" s="5">
-        <v>16.895088999999999</v>
+        <v>340.68</v>
       </c>
       <c r="F252" s="4">
-        <v>33739.492403060001</v>
+        <v>34068</v>
       </c>
       <c r="G252" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H252" s="3" t="s">
-        <v>1179</v>
+        <v>58</v>
       </c>
       <c r="I252" s="3" t="s">
-        <v>1180</v>
+        <v>84</v>
       </c>
       <c r="J252" s="5">
-        <v>158.9</v>
+        <v>340.68</v>
       </c>
       <c r="K252" s="5">
-        <v>9.4051001412740085</v>
+        <v>1</v>
       </c>
       <c r="L252" s="3" t="s">
-        <v>1181</v>
+        <v>60</v>
       </c>
       <c r="M252" s="4">
-        <v>317323.30476600002</v>
+        <v>34068</v>
       </c>
       <c r="N252" s="4">
-        <v>33739.492403060001</v>
+        <v>34068</v>
       </c>
       <c r="O252" s="3" t="s">
-        <v>1223</v>
+        <v>1227</v>
       </c>
       <c r="P252" s="3" t="s">
-        <v>1225</v>
+        <v>1229</v>
       </c>
       <c r="Q252" s="3" t="s">
-        <v>200</v>
+        <v>147</v>
       </c>
       <c r="R252" s="3" t="s">
-        <v>1226</v>
+        <v>1230</v>
       </c>
       <c r="S252" s="3" t="s">
-        <v>1184</v>
+        <v>99</v>
       </c>
       <c r="T252" s="4">
         <v>1</v>
       </c>
       <c r="W252" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X252" s="4">
         <v>0</v>
       </c>
       <c r="Y252" s="4">
         <v>0</v>
       </c>
       <c r="Z252" s="6">
-        <v>1.454E-3</v>
+        <v>1.4369999999999999E-3</v>
       </c>
     </row>
     <row r="253" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A253" s="3" t="s">
-        <v>1227</v>
+        <v>1231</v>
       </c>
       <c r="B253" s="3" t="s">
-        <v>1228</v>
+        <v>1232</v>
       </c>
       <c r="C253" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D253" s="4">
-        <v>2069</v>
+        <v>527</v>
       </c>
       <c r="E253" s="5">
-        <v>14.986549999999999</v>
+        <v>106.35</v>
       </c>
       <c r="F253" s="4">
-        <v>31007.171640920002</v>
+        <v>56046.45</v>
       </c>
       <c r="G253" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H253" s="3" t="s">
-        <v>1179</v>
+        <v>83</v>
       </c>
       <c r="I253" s="3" t="s">
-        <v>1180</v>
+        <v>84</v>
       </c>
       <c r="J253" s="5">
-        <v>140.94999999999999</v>
+        <v>106.35</v>
       </c>
       <c r="K253" s="5">
-        <v>9.4051001412740085</v>
+        <v>1</v>
       </c>
       <c r="L253" s="3" t="s">
-        <v>1181</v>
+        <v>85</v>
       </c>
       <c r="M253" s="4">
-        <v>291625.55437999999</v>
+        <v>56046.45</v>
       </c>
       <c r="N253" s="4">
-        <v>31007.171640920002</v>
+        <v>56046.45</v>
       </c>
       <c r="O253" s="3" t="s">
-        <v>1227</v>
+        <v>1231</v>
       </c>
       <c r="P253" s="3" t="s">
-        <v>1229</v>
+        <v>1233</v>
       </c>
       <c r="Q253" s="3" t="s">
-        <v>200</v>
+        <v>258</v>
       </c>
       <c r="R253" s="3" t="s">
-        <v>1230</v>
+        <v>1234</v>
       </c>
       <c r="S253" s="3" t="s">
-        <v>1184</v>
+        <v>99</v>
       </c>
       <c r="T253" s="4">
         <v>1</v>
       </c>
       <c r="W253" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X253" s="4">
         <v>0</v>
       </c>
       <c r="Y253" s="4">
         <v>0</v>
       </c>
       <c r="Z253" s="6">
-        <v>1.3359999999999999E-3</v>
+        <v>2.3649999999999999E-3</v>
       </c>
     </row>
     <row r="254" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A254" s="3" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>1232</v>
+        <v>272</v>
       </c>
       <c r="C254" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D254" s="4">
-        <v>10307</v>
+        <v>900</v>
       </c>
       <c r="E254" s="5">
-        <v>8.0156489999999998</v>
+        <v>72.033686000000003</v>
       </c>
       <c r="F254" s="4">
-        <v>82617.303579190004</v>
+        <v>64830.317953110003</v>
       </c>
       <c r="G254" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H254" s="3" t="s">
-        <v>98</v>
+        <v>38</v>
       </c>
       <c r="I254" s="3" t="s">
-        <v>99</v>
+        <v>39</v>
       </c>
       <c r="J254" s="5">
-        <v>138.29</v>
+        <v>100.93</v>
       </c>
       <c r="K254" s="5">
-        <v>17.252501224496275</v>
+        <v>1.4011500022712642</v>
       </c>
       <c r="L254" s="3" t="s">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="M254" s="4">
-        <v>1425355.1311639999</v>
+        <v>90837.000146999999</v>
       </c>
       <c r="N254" s="4">
-        <v>82617.303579190004</v>
+        <v>64830.317953110003</v>
       </c>
       <c r="O254" s="3" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="P254" s="3" t="s">
-        <v>1233</v>
+        <v>274</v>
       </c>
       <c r="Q254" s="3" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="R254" s="3" t="s">
-        <v>1234</v>
+        <v>275</v>
       </c>
       <c r="S254" s="3" t="s">
-        <v>1235</v>
+        <v>300</v>
       </c>
       <c r="T254" s="4">
         <v>1</v>
       </c>
       <c r="W254" s="3" t="s">
-        <v>34</v>
+        <v>271</v>
       </c>
       <c r="X254" s="4">
         <v>0</v>
       </c>
       <c r="Y254" s="4">
         <v>0</v>
       </c>
       <c r="Z254" s="6">
-        <v>3.5620000000000001E-3</v>
+        <v>2.7360000000000002E-3</v>
       </c>
     </row>
     <row r="255" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A255" s="3" t="s">
         <v>1236</v>
       </c>
       <c r="B255" s="3" t="s">
         <v>1237</v>
       </c>
       <c r="C255" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D255" s="4">
-        <v>100</v>
+        <v>1600</v>
       </c>
       <c r="E255" s="5">
-        <v>356.58</v>
+        <v>80.929467000000002</v>
       </c>
       <c r="F255" s="4">
-        <v>35658</v>
+        <v>129487.14649648999</v>
       </c>
       <c r="G255" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H255" s="3" t="s">
-        <v>63</v>
+        <v>1047</v>
       </c>
       <c r="I255" s="3" t="s">
-        <v>94</v>
+        <v>64</v>
       </c>
       <c r="J255" s="5">
-        <v>356.58</v>
+        <v>629</v>
       </c>
       <c r="K255" s="5">
-        <v>1</v>
+        <v>7.7721999289620927</v>
       </c>
       <c r="L255" s="3" t="s">
-        <v>65</v>
+        <v>1048</v>
       </c>
       <c r="M255" s="4">
-        <v>35658</v>
+        <v>1006399.990801</v>
       </c>
       <c r="N255" s="4">
-        <v>35658</v>
+        <v>129487.14649648999</v>
       </c>
       <c r="O255" s="3" t="s">
         <v>1236</v>
       </c>
       <c r="P255" s="3" t="s">
         <v>1238</v>
       </c>
       <c r="Q255" s="3" t="s">
-        <v>157</v>
+        <v>97</v>
       </c>
       <c r="R255" s="3" t="s">
         <v>1239</v>
       </c>
       <c r="S255" s="3" t="s">
-        <v>109</v>
+        <v>662</v>
       </c>
       <c r="T255" s="4">
         <v>1</v>
       </c>
       <c r="W255" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X255" s="4">
         <v>0</v>
       </c>
       <c r="Y255" s="4">
         <v>0</v>
       </c>
       <c r="Z255" s="6">
-        <v>1.537E-3</v>
+        <v>5.4640000000000001E-3</v>
       </c>
     </row>
     <row r="256" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A256" s="3" t="s">
         <v>1240</v>
       </c>
       <c r="B256" s="3" t="s">
         <v>1241</v>
       </c>
       <c r="C256" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D256" s="4">
-        <v>527</v>
+        <v>5622</v>
       </c>
       <c r="E256" s="5">
-        <v>110.76</v>
+        <v>3.909402</v>
       </c>
       <c r="F256" s="4">
-        <v>58370.52</v>
+        <v>21978.658941270001</v>
       </c>
       <c r="G256" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H256" s="3" t="s">
-        <v>93</v>
+        <v>78</v>
       </c>
       <c r="I256" s="3" t="s">
-        <v>94</v>
+        <v>79</v>
       </c>
       <c r="J256" s="5">
-        <v>110.76</v>
+        <v>37.11</v>
       </c>
       <c r="K256" s="5">
-        <v>1</v>
+        <v>9.4924996437939502</v>
       </c>
       <c r="L256" s="3" t="s">
-        <v>95</v>
+        <v>80</v>
       </c>
       <c r="M256" s="4">
-        <v>58370.52</v>
+        <v>208632.412171</v>
       </c>
       <c r="N256" s="4">
-        <v>58370.52</v>
+        <v>21978.658941270001</v>
       </c>
       <c r="O256" s="3" t="s">
         <v>1240</v>
       </c>
       <c r="P256" s="3" t="s">
         <v>1242</v>
       </c>
       <c r="Q256" s="3" t="s">
-        <v>200</v>
+        <v>258</v>
       </c>
       <c r="R256" s="3" t="s">
         <v>1243</v>
       </c>
       <c r="S256" s="3" t="s">
-        <v>109</v>
+        <v>1165</v>
       </c>
       <c r="T256" s="4">
         <v>1</v>
       </c>
       <c r="W256" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X256" s="4">
         <v>0</v>
       </c>
       <c r="Y256" s="4">
         <v>0</v>
       </c>
       <c r="Z256" s="6">
-        <v>2.516E-3</v>
+        <v>9.2699999999999998E-4</v>
       </c>
     </row>
     <row r="257" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A257" s="3" t="s">
         <v>1244</v>
       </c>
       <c r="B257" s="3" t="s">
-        <v>287</v>
+        <v>1245</v>
       </c>
       <c r="C257" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D257" s="4">
-        <v>900</v>
+        <v>2313</v>
       </c>
       <c r="E257" s="5">
-        <v>74.493315999999993</v>
+        <v>23.393098999999999</v>
       </c>
       <c r="F257" s="4">
-        <v>67043.984476070007</v>
+        <v>54108.238565250002</v>
       </c>
       <c r="G257" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H257" s="3" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
       <c r="I257" s="3" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="J257" s="5">
-        <v>103.65</v>
+        <v>17.805</v>
       </c>
       <c r="K257" s="5">
-        <v>1.3913999987115637</v>
+        <v>0.76112189367127148</v>
       </c>
       <c r="L257" s="3" t="s">
-        <v>45</v>
+        <v>60</v>
       </c>
       <c r="M257" s="4">
-        <v>93284.999913000007</v>
+        <v>41182.964999999997</v>
       </c>
       <c r="N257" s="4">
-        <v>67043.984476070007</v>
+        <v>54108.238565250002</v>
       </c>
       <c r="O257" s="3" t="s">
         <v>1244</v>
       </c>
       <c r="P257" s="3" t="s">
-        <v>289</v>
+        <v>1246</v>
       </c>
       <c r="Q257" s="3" t="s">
-        <v>200</v>
+        <v>104</v>
       </c>
       <c r="R257" s="3" t="s">
-        <v>290</v>
+        <v>1247</v>
       </c>
       <c r="S257" s="3" t="s">
-        <v>315</v>
+        <v>116</v>
       </c>
       <c r="T257" s="4">
         <v>1</v>
       </c>
       <c r="W257" s="3" t="s">
-        <v>286</v>
+        <v>34</v>
       </c>
       <c r="X257" s="4">
         <v>0</v>
       </c>
       <c r="Y257" s="4">
         <v>0</v>
       </c>
       <c r="Z257" s="6">
-        <v>2.8900000000000002E-3</v>
+        <v>2.2829999999999999E-3</v>
       </c>
     </row>
     <row r="258" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A258" s="3" t="s">
-        <v>1245</v>
+        <v>1248</v>
       </c>
       <c r="B258" s="3" t="s">
-        <v>1246</v>
+        <v>1249</v>
       </c>
       <c r="C258" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D258" s="4">
-        <v>1600</v>
+        <v>831</v>
       </c>
       <c r="E258" s="5">
-        <v>85.214129999999997</v>
+        <v>70.567787999999993</v>
       </c>
       <c r="F258" s="4">
-        <v>136342.60449334001</v>
+        <v>58641.831828000002</v>
       </c>
       <c r="G258" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H258" s="3" t="s">
+        <v>424</v>
+      </c>
+      <c r="I258" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="J258" s="5">
+        <v>61.14</v>
+      </c>
+      <c r="K258" s="5">
+        <v>0.86640097036908681</v>
+      </c>
+      <c r="L258" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="M258" s="4">
+        <v>50807.34</v>
+      </c>
+      <c r="N258" s="4">
+        <v>58641.831828000002</v>
+      </c>
+      <c r="O258" s="3" t="s">
+        <v>1248</v>
+      </c>
+      <c r="P258" s="3" t="s">
+        <v>1250</v>
+      </c>
+      <c r="Q258" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="H258" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="R258" s="3" t="s">
-        <v>1248</v>
+        <v>1251</v>
       </c>
       <c r="S258" s="3" t="s">
-        <v>684</v>
+        <v>428</v>
       </c>
       <c r="T258" s="4">
         <v>1</v>
       </c>
       <c r="W258" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X258" s="4">
         <v>0</v>
       </c>
       <c r="Y258" s="4">
         <v>0</v>
       </c>
       <c r="Z258" s="6">
-        <v>5.8780000000000004E-3</v>
+        <v>2.4740000000000001E-3</v>
       </c>
     </row>
     <row r="259" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A259" s="3" t="s">
-        <v>1249</v>
+        <v>1252</v>
       </c>
       <c r="B259" s="3" t="s">
-        <v>1250</v>
+        <v>1253</v>
       </c>
       <c r="C259" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D259" s="4">
-        <v>5622</v>
+        <v>12300</v>
       </c>
       <c r="E259" s="5">
-        <v>3.9382890000000002</v>
+        <v>8.0480579999999993</v>
       </c>
       <c r="F259" s="4">
-        <v>22141.059637859998</v>
+        <v>98991.114453639995</v>
       </c>
       <c r="G259" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H259" s="3" t="s">
+        <v>1065</v>
+      </c>
+      <c r="I259" s="3" t="s">
+        <v>1066</v>
+      </c>
+      <c r="J259" s="5">
+        <v>43.34</v>
+      </c>
+      <c r="K259" s="5">
+        <v>5.3851499643099183</v>
+      </c>
+      <c r="L259" s="3" t="s">
+        <v>1067</v>
+      </c>
+      <c r="M259" s="4">
+        <v>533081.99646699999</v>
+      </c>
+      <c r="N259" s="4">
+        <v>98991.114453639995</v>
+      </c>
+      <c r="O259" s="3" t="s">
+        <v>1252</v>
+      </c>
+      <c r="P259" s="3" t="s">
+        <v>1254</v>
+      </c>
+      <c r="Q259" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="H259" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="R259" s="3" t="s">
-        <v>1252</v>
+        <v>1255</v>
       </c>
       <c r="S259" s="3" t="s">
-        <v>1184</v>
+        <v>1070</v>
       </c>
       <c r="T259" s="4">
         <v>1</v>
       </c>
       <c r="W259" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X259" s="4">
         <v>0</v>
       </c>
       <c r="Y259" s="4">
         <v>0</v>
       </c>
       <c r="Z259" s="6">
-        <v>9.5399999999999999E-4</v>
+        <v>4.1770000000000002E-3</v>
       </c>
     </row>
     <row r="260" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A260" s="3" t="s">
-        <v>1253</v>
+        <v>1256</v>
       </c>
       <c r="B260" s="3" t="s">
-        <v>1254</v>
+        <v>1257</v>
       </c>
       <c r="C260" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D260" s="4">
-        <v>2313</v>
+        <v>1800</v>
       </c>
       <c r="E260" s="5">
-        <v>21.196705999999999</v>
+        <v>4.7862900000000002</v>
       </c>
       <c r="F260" s="4">
-        <v>49027.981556250001</v>
+        <v>8615.3212732600005</v>
       </c>
       <c r="G260" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H260" s="3" t="s">
-        <v>63</v>
+        <v>1047</v>
       </c>
       <c r="I260" s="3" t="s">
         <v>64</v>
       </c>
       <c r="J260" s="5">
-        <v>15.744999999999999</v>
+        <v>37.200000000000003</v>
       </c>
       <c r="K260" s="5">
-        <v>0.74280408542246978</v>
+        <v>7.7721999289620927</v>
       </c>
       <c r="L260" s="3" t="s">
-        <v>65</v>
+        <v>1048</v>
       </c>
       <c r="M260" s="4">
-        <v>36418.184999999998</v>
+        <v>66959.999387999997</v>
       </c>
       <c r="N260" s="4">
-        <v>49027.981556250001</v>
+        <v>8615.3212732600005</v>
       </c>
       <c r="O260" s="3" t="s">
-        <v>1253</v>
+        <v>1256</v>
       </c>
       <c r="P260" s="3" t="s">
-        <v>1255</v>
+        <v>1258</v>
       </c>
       <c r="Q260" s="3" t="s">
-        <v>114</v>
+        <v>141</v>
       </c>
       <c r="R260" s="3" t="s">
-        <v>1256</v>
+        <v>1259</v>
       </c>
       <c r="S260" s="3" t="s">
-        <v>126</v>
+        <v>662</v>
       </c>
       <c r="T260" s="4">
         <v>1</v>
       </c>
       <c r="W260" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X260" s="4">
         <v>0</v>
       </c>
       <c r="Y260" s="4">
         <v>0</v>
       </c>
       <c r="Z260" s="6">
-        <v>2.1129999999999999E-3</v>
+        <v>3.6299999999999999E-4</v>
       </c>
     </row>
     <row r="261" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A261" s="3" t="s">
-        <v>1257</v>
+        <v>1260</v>
       </c>
       <c r="B261" s="3" t="s">
-        <v>1258</v>
+        <v>1261</v>
       </c>
       <c r="C261" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D261" s="4">
-        <v>831</v>
+        <v>18</v>
       </c>
       <c r="E261" s="5">
-        <v>72.591499999999996</v>
+        <v>1078.791649</v>
       </c>
       <c r="F261" s="4">
-        <v>60323.536500000002</v>
+        <v>19418.249766429999</v>
       </c>
       <c r="G261" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H261" s="3" t="s">
-        <v>444</v>
+        <v>43</v>
       </c>
       <c r="I261" s="3" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="J261" s="5">
-        <v>61.78</v>
+        <v>866</v>
       </c>
       <c r="K261" s="5">
-        <v>0.85106382978723405</v>
+        <v>0.80275000316283507</v>
       </c>
       <c r="L261" s="3" t="s">
-        <v>445</v>
+        <v>45</v>
       </c>
       <c r="M261" s="4">
-        <v>51339.18</v>
+        <v>15588.000061000001</v>
       </c>
       <c r="N261" s="4">
-        <v>60323.536500000002</v>
+        <v>19418.249766429999</v>
       </c>
       <c r="O261" s="3" t="s">
-        <v>1257</v>
+        <v>1260</v>
       </c>
       <c r="P261" s="3" t="s">
-        <v>1259</v>
+        <v>1262</v>
       </c>
       <c r="Q261" s="3" t="s">
-        <v>114</v>
+        <v>258</v>
       </c>
       <c r="R261" s="3" t="s">
-        <v>1260</v>
+        <v>1263</v>
       </c>
       <c r="S261" s="3" t="s">
-        <v>448</v>
+        <v>606</v>
       </c>
       <c r="T261" s="4">
         <v>1</v>
       </c>
       <c r="W261" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X261" s="4">
         <v>0</v>
       </c>
       <c r="Y261" s="4">
         <v>0</v>
       </c>
       <c r="Z261" s="6">
-        <v>2.5999999999999999E-3</v>
+        <v>8.1899999999999996E-4</v>
       </c>
     </row>
     <row r="262" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A262" s="3" t="s">
-        <v>1261</v>
+        <v>1264</v>
       </c>
       <c r="B262" s="3" t="s">
-        <v>1262</v>
+        <v>1265</v>
       </c>
       <c r="C262" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D262" s="4">
-        <v>12300</v>
+        <v>9900</v>
       </c>
       <c r="E262" s="5">
-        <v>7.9015310000000003</v>
+        <v>3.950291</v>
       </c>
       <c r="F262" s="4">
-        <v>97188.834956010003</v>
+        <v>39107.880900839999</v>
       </c>
       <c r="G262" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H262" s="3" t="s">
-        <v>38</v>
+        <v>1047</v>
       </c>
       <c r="I262" s="3" t="s">
-        <v>39</v>
+        <v>1153</v>
       </c>
       <c r="J262" s="5">
-        <v>42.08</v>
+        <v>28.1</v>
       </c>
       <c r="K262" s="5">
-        <v>5.3255500773988818</v>
+        <v>7.1134000451700903</v>
       </c>
       <c r="L262" s="3" t="s">
-        <v>40</v>
+        <v>1048</v>
       </c>
       <c r="M262" s="4">
-        <v>517584.007522</v>
+        <v>278190.001766</v>
       </c>
       <c r="N262" s="4">
-        <v>97188.834956010003</v>
+        <v>39107.880900839999</v>
       </c>
       <c r="O262" s="3" t="s">
-        <v>1261</v>
+        <v>1264</v>
       </c>
       <c r="P262" s="3" t="s">
-        <v>1263</v>
+        <v>1266</v>
       </c>
       <c r="Q262" s="3" t="s">
-        <v>114</v>
+        <v>158</v>
       </c>
       <c r="R262" s="3" t="s">
-        <v>1264</v>
+        <v>1267</v>
       </c>
       <c r="S262" s="3" t="s">
-        <v>1086</v>
+        <v>1174</v>
       </c>
       <c r="T262" s="4">
         <v>1</v>
       </c>
       <c r="W262" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X262" s="4">
         <v>0</v>
       </c>
       <c r="Y262" s="4">
         <v>0</v>
       </c>
       <c r="Z262" s="6">
-        <v>4.1900000000000001E-3</v>
+        <v>1.65E-3</v>
       </c>
     </row>
     <row r="263" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A263" s="3" t="s">
-        <v>1265</v>
+        <v>1268</v>
       </c>
       <c r="B263" s="3" t="s">
-        <v>1266</v>
+        <v>1269</v>
       </c>
       <c r="C263" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D263" s="4">
-        <v>1800</v>
+        <v>12300</v>
       </c>
       <c r="E263" s="5">
-        <v>7.261838</v>
+        <v>2.069334</v>
       </c>
       <c r="F263" s="4">
-        <v>13071.307387790001</v>
+        <v>25452.807377630001</v>
       </c>
       <c r="G263" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H263" s="3" t="s">
-        <v>1066</v>
+        <v>1047</v>
       </c>
       <c r="I263" s="3" t="s">
-        <v>69</v>
+        <v>1153</v>
       </c>
       <c r="J263" s="5">
-        <v>56.5</v>
+        <v>14.72</v>
       </c>
       <c r="K263" s="5">
-        <v>7.7803997725011103</v>
+        <v>7.1134000451700903</v>
       </c>
       <c r="L263" s="3" t="s">
-        <v>1067</v>
+        <v>1048</v>
       </c>
       <c r="M263" s="4">
-        <v>101699.997026</v>
+        <v>181056.00114899999</v>
       </c>
       <c r="N263" s="4">
-        <v>13071.307387790001</v>
+        <v>25452.807377630001</v>
       </c>
       <c r="O263" s="3" t="s">
-        <v>1265</v>
+        <v>1268</v>
       </c>
       <c r="P263" s="3" t="s">
-        <v>1267</v>
+        <v>1270</v>
       </c>
       <c r="Q263" s="3" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="R263" s="3" t="s">
-        <v>1268</v>
+        <v>1271</v>
       </c>
       <c r="S263" s="3" t="s">
-        <v>684</v>
+        <v>1174</v>
       </c>
       <c r="T263" s="4">
         <v>1</v>
       </c>
       <c r="W263" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X263" s="4">
         <v>0</v>
       </c>
       <c r="Y263" s="4">
         <v>0</v>
       </c>
       <c r="Z263" s="6">
-        <v>5.6300000000000002E-4</v>
+        <v>1.0740000000000001E-3</v>
       </c>
     </row>
     <row r="264" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A264" s="3" t="s">
-        <v>1269</v>
+        <v>1272</v>
       </c>
       <c r="B264" s="3" t="s">
-        <v>1270</v>
+        <v>1273</v>
       </c>
       <c r="C264" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D264" s="4">
-        <v>12</v>
+        <v>935</v>
       </c>
       <c r="E264" s="5">
-        <v>1045.0575040000001</v>
+        <v>48.836474000000003</v>
       </c>
       <c r="F264" s="4">
-        <v>12540.69000189</v>
+        <v>45662.101691770004</v>
       </c>
       <c r="G264" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H264" s="3" t="s">
         <v>48</v>
       </c>
       <c r="I264" s="3" t="s">
         <v>49</v>
       </c>
       <c r="J264" s="5">
-        <v>831.5</v>
+        <v>315.95</v>
       </c>
       <c r="K264" s="5">
-        <v>0.79564999687627802</v>
+        <v>6.4695498344895066</v>
       </c>
       <c r="L264" s="3" t="s">
         <v>50</v>
       </c>
       <c r="M264" s="4">
-        <v>9977.9999599999992</v>
+        <v>295413.24244200002</v>
       </c>
       <c r="N264" s="4">
-        <v>12540.69000189</v>
+        <v>45662.101691770004</v>
       </c>
       <c r="O264" s="3" t="s">
-        <v>1269</v>
+        <v>1272</v>
       </c>
       <c r="P264" s="3" t="s">
-        <v>1271</v>
+        <v>1274</v>
       </c>
       <c r="Q264" s="3" t="s">
-        <v>200</v>
+        <v>104</v>
       </c>
       <c r="R264" s="3" t="s">
-        <v>1272</v>
+        <v>1275</v>
       </c>
       <c r="S264" s="3" t="s">
-        <v>631</v>
+        <v>1127</v>
       </c>
       <c r="T264" s="4">
         <v>1</v>
       </c>
       <c r="W264" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X264" s="4">
         <v>0</v>
       </c>
       <c r="Y264" s="4">
         <v>0</v>
       </c>
       <c r="Z264" s="6">
-        <v>5.4000000000000001E-4</v>
+        <v>1.9269999999999999E-3</v>
       </c>
     </row>
     <row r="265" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A265" s="3" t="s">
-        <v>1273</v>
+        <v>1276</v>
       </c>
       <c r="B265" s="3" t="s">
-        <v>1274</v>
+        <v>1277</v>
       </c>
       <c r="C265" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D265" s="4">
-        <v>6100</v>
+        <v>1519</v>
       </c>
       <c r="E265" s="5">
-        <v>3.8280810000000001</v>
+        <v>38.280909000000001</v>
       </c>
       <c r="F265" s="4">
-        <v>23351.29136259</v>
+        <v>58148.70133915</v>
       </c>
       <c r="G265" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H265" s="3" t="s">
-        <v>1066</v>
+        <v>43</v>
       </c>
       <c r="I265" s="3" t="s">
-        <v>1173</v>
+        <v>44</v>
       </c>
       <c r="J265" s="5">
-        <v>27.25</v>
+        <v>30.73</v>
       </c>
       <c r="K265" s="5">
-        <v>7.1184500116101921</v>
+        <v>0.80275000316283507</v>
       </c>
       <c r="L265" s="3" t="s">
-        <v>1067</v>
+        <v>45</v>
       </c>
       <c r="M265" s="4">
-        <v>166225.000271</v>
+        <v>46678.870182999999</v>
       </c>
       <c r="N265" s="4">
-        <v>23351.29136259</v>
+        <v>58148.70133915</v>
       </c>
       <c r="O265" s="3" t="s">
-        <v>1273</v>
+        <v>1276</v>
       </c>
       <c r="P265" s="3" t="s">
-        <v>1275</v>
+        <v>1278</v>
       </c>
       <c r="Q265" s="3" t="s">
-        <v>168</v>
+        <v>147</v>
       </c>
       <c r="R265" s="3" t="s">
-        <v>1276</v>
+        <v>1279</v>
       </c>
       <c r="S265" s="3" t="s">
-        <v>1277</v>
+        <v>606</v>
       </c>
       <c r="T265" s="4">
         <v>1</v>
       </c>
       <c r="W265" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X265" s="4">
         <v>0</v>
       </c>
       <c r="Y265" s="4">
         <v>0</v>
       </c>
       <c r="Z265" s="6">
-        <v>1.0059999999999999E-3</v>
+        <v>2.454E-3</v>
       </c>
     </row>
     <row r="266" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A266" s="3" t="s">
-        <v>1278</v>
+        <v>1280</v>
       </c>
       <c r="B266" s="3" t="s">
-        <v>1279</v>
+        <v>1281</v>
       </c>
       <c r="C266" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D266" s="4">
-        <v>9100</v>
+        <v>38400</v>
       </c>
       <c r="E266" s="5">
-        <v>2.0060549999999999</v>
+        <v>2.9676390000000001</v>
       </c>
       <c r="F266" s="4">
-        <v>18255.097668729999</v>
+        <v>113957.31998763001</v>
       </c>
       <c r="G266" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H266" s="3" t="s">
-        <v>1066</v>
+        <v>1047</v>
       </c>
       <c r="I266" s="3" t="s">
-        <v>1173</v>
+        <v>1153</v>
       </c>
       <c r="J266" s="5">
-        <v>14.28</v>
+        <v>21.11</v>
       </c>
       <c r="K266" s="5">
-        <v>7.1184500116101921</v>
+        <v>7.1134000451700903</v>
       </c>
       <c r="L266" s="3" t="s">
-        <v>1067</v>
+        <v>1048</v>
       </c>
       <c r="M266" s="4">
-        <v>129948.00021100001</v>
+        <v>810624.00514699996</v>
       </c>
       <c r="N266" s="4">
-        <v>18255.097668729999</v>
+        <v>113957.31998763001</v>
       </c>
       <c r="O266" s="3" t="s">
-        <v>1278</v>
+        <v>1280</v>
       </c>
       <c r="P266" s="3" t="s">
-        <v>1280</v>
+        <v>1282</v>
       </c>
       <c r="Q266" s="3" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="R266" s="3" t="s">
-        <v>1281</v>
+        <v>1283</v>
       </c>
       <c r="S266" s="3" t="s">
-        <v>1277</v>
+        <v>1174</v>
       </c>
       <c r="T266" s="4">
         <v>1</v>
       </c>
       <c r="W266" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X266" s="4">
         <v>0</v>
       </c>
       <c r="Y266" s="4">
         <v>0</v>
       </c>
       <c r="Z266" s="6">
-        <v>7.8700000000000005E-4</v>
+        <v>4.8089999999999999E-3</v>
       </c>
     </row>
     <row r="267" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A267" s="3" t="s">
-        <v>1282</v>
+        <v>1284</v>
       </c>
       <c r="B267" s="3" t="s">
-        <v>1283</v>
+        <v>1285</v>
       </c>
       <c r="C267" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D267" s="4">
-        <v>935</v>
+        <v>254000</v>
       </c>
       <c r="E267" s="5">
-        <v>54.251669999999997</v>
+        <v>0.39628400000000003</v>
       </c>
       <c r="F267" s="4">
-        <v>50725.310099479997</v>
+        <v>100656.184864</v>
       </c>
       <c r="G267" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H267" s="3" t="s">
-        <v>53</v>
+        <v>1047</v>
       </c>
       <c r="I267" s="3" t="s">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="J267" s="5">
-        <v>344.65</v>
+        <v>3.08</v>
       </c>
       <c r="K267" s="5">
-        <v>6.3527998154638716</v>
+        <v>7.7721999289620927</v>
       </c>
       <c r="L267" s="3" t="s">
-        <v>55</v>
+        <v>1048</v>
       </c>
       <c r="M267" s="4">
-        <v>322247.74063900003</v>
+        <v>782319.99284900003</v>
       </c>
       <c r="N267" s="4">
-        <v>50725.310099479997</v>
+        <v>100656.184864</v>
       </c>
       <c r="O267" s="3" t="s">
-        <v>1282</v>
+        <v>1284</v>
       </c>
       <c r="P267" s="3" t="s">
-        <v>1284</v>
+        <v>1286</v>
       </c>
       <c r="Q267" s="3" t="s">
-        <v>114</v>
+        <v>158</v>
       </c>
       <c r="R267" s="3" t="s">
-        <v>1285</v>
+        <v>1287</v>
       </c>
       <c r="S267" s="3" t="s">
-        <v>1147</v>
+        <v>662</v>
       </c>
       <c r="T267" s="4">
         <v>1</v>
       </c>
       <c r="W267" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X267" s="4">
         <v>0</v>
       </c>
       <c r="Y267" s="4">
         <v>0</v>
       </c>
       <c r="Z267" s="6">
-        <v>2.1870000000000001E-3</v>
+        <v>4.248E-3</v>
       </c>
     </row>
     <row r="268" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A268" s="3" t="s">
-        <v>1286</v>
+        <v>1288</v>
       </c>
       <c r="B268" s="3" t="s">
-        <v>1287</v>
+        <v>1289</v>
       </c>
       <c r="C268" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D268" s="4">
-        <v>1519</v>
+        <v>100</v>
       </c>
       <c r="E268" s="5">
-        <v>40.859675000000003</v>
+        <v>344.62405799999999</v>
       </c>
       <c r="F268" s="4">
-        <v>62065.845535100001</v>
+        <v>34462.405880879996</v>
       </c>
       <c r="G268" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H268" s="3" t="s">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="I268" s="3" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="J268" s="5">
-        <v>32.51</v>
+        <v>482.87</v>
       </c>
       <c r="K268" s="5">
-        <v>0.79564999687627802</v>
+        <v>1.4011500022712642</v>
       </c>
       <c r="L268" s="3" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="M268" s="4">
-        <v>49382.689806000002</v>
+        <v>48287.000077999997</v>
       </c>
       <c r="N268" s="4">
-        <v>62065.845535100001</v>
+        <v>34462.405880879996</v>
       </c>
       <c r="O268" s="3" t="s">
-        <v>1286</v>
+        <v>1288</v>
       </c>
       <c r="P268" s="3" t="s">
-        <v>1288</v>
+        <v>1290</v>
       </c>
       <c r="Q268" s="3" t="s">
-        <v>157</v>
+        <v>169</v>
       </c>
       <c r="R268" s="3" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="S268" s="3" t="s">
-        <v>631</v>
+        <v>300</v>
       </c>
       <c r="T268" s="4">
         <v>1</v>
       </c>
       <c r="W268" s="3" t="s">
-        <v>34</v>
+        <v>1292</v>
       </c>
       <c r="X268" s="4">
         <v>0</v>
       </c>
       <c r="Y268" s="4">
         <v>0</v>
       </c>
       <c r="Z268" s="6">
-        <v>2.676E-3</v>
+        <v>1.454E-3</v>
       </c>
     </row>
     <row r="269" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A269" s="3" t="s">
-        <v>1290</v>
+        <v>1293</v>
       </c>
       <c r="B269" s="3" t="s">
-        <v>1291</v>
+        <v>1294</v>
       </c>
       <c r="C269" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D269" s="4">
-        <v>32400</v>
+        <v>100</v>
       </c>
       <c r="E269" s="5">
-        <v>2.5286400000000002</v>
+        <v>43.335830999999999</v>
       </c>
       <c r="F269" s="4">
-        <v>81927.94779762</v>
+        <v>4333.5831281399996</v>
       </c>
       <c r="G269" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H269" s="3" t="s">
-        <v>1066</v>
+        <v>38</v>
       </c>
       <c r="I269" s="3" t="s">
-        <v>1173</v>
+        <v>39</v>
       </c>
       <c r="J269" s="5">
-        <v>18</v>
+        <v>60.72</v>
       </c>
       <c r="K269" s="5">
-        <v>7.1184500116101921</v>
+        <v>1.4011500022712642</v>
       </c>
       <c r="L269" s="3" t="s">
-        <v>1067</v>
+        <v>40</v>
       </c>
       <c r="M269" s="4">
-        <v>583200.00095100002</v>
+        <v>6072.0000090000003</v>
       </c>
       <c r="N269" s="4">
-        <v>81927.94779762</v>
+        <v>4333.5831281399996</v>
       </c>
       <c r="O269" s="3" t="s">
-        <v>1290</v>
+        <v>1293</v>
       </c>
       <c r="P269" s="3" t="s">
-        <v>1292</v>
+        <v>1295</v>
       </c>
       <c r="Q269" s="3" t="s">
-        <v>179</v>
+        <v>158</v>
       </c>
       <c r="R269" s="3" t="s">
-        <v>1293</v>
+        <v>1296</v>
       </c>
       <c r="S269" s="3" t="s">
-        <v>1277</v>
+        <v>300</v>
       </c>
       <c r="T269" s="4">
         <v>1</v>
       </c>
       <c r="W269" s="3" t="s">
-        <v>34</v>
+        <v>1297</v>
       </c>
       <c r="X269" s="4">
         <v>0</v>
       </c>
       <c r="Y269" s="4">
         <v>0</v>
       </c>
       <c r="Z269" s="6">
-        <v>3.532E-3</v>
+        <v>1.8200000000000001E-4</v>
       </c>
     </row>
     <row r="270" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A270" s="3" t="s">
-        <v>1294</v>
+        <v>1298</v>
       </c>
       <c r="B270" s="3" t="s">
-        <v>1295</v>
+        <v>1299</v>
       </c>
       <c r="C270" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D270" s="4">
-        <v>254000</v>
+        <v>613</v>
       </c>
       <c r="E270" s="5">
-        <v>0.371446</v>
+        <v>20.93</v>
       </c>
       <c r="F270" s="4">
-        <v>94347.334327279998</v>
+        <v>12830.09</v>
       </c>
       <c r="G270" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H270" s="3" t="s">
-        <v>1066</v>
+        <v>31</v>
       </c>
       <c r="I270" s="3" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="J270" s="5">
-        <v>2.89</v>
+        <v>20.93</v>
       </c>
       <c r="K270" s="5">
-        <v>7.7803997725011103</v>
+        <v>1</v>
       </c>
       <c r="L270" s="3" t="s">
-        <v>1067</v>
+        <v>33</v>
       </c>
       <c r="M270" s="4">
-        <v>734059.97853600001</v>
+        <v>12830.09</v>
       </c>
       <c r="N270" s="4">
-        <v>94347.334327279998</v>
+        <v>12830.09</v>
       </c>
       <c r="O270" s="3" t="s">
-        <v>1294</v>
+        <v>1298</v>
       </c>
       <c r="P270" s="3" t="s">
-        <v>1296</v>
+        <v>1300</v>
       </c>
       <c r="Q270" s="3" t="s">
-        <v>168</v>
+        <v>1125</v>
       </c>
       <c r="R270" s="3" t="s">
-        <v>1297</v>
+        <v>1301</v>
       </c>
       <c r="S270" s="3" t="s">
-        <v>684</v>
+        <v>99</v>
       </c>
       <c r="T270" s="4">
         <v>1</v>
       </c>
       <c r="W270" s="3" t="s">
-        <v>34</v>
+        <v>1302</v>
       </c>
       <c r="X270" s="4">
         <v>0</v>
       </c>
       <c r="Y270" s="4">
         <v>0</v>
       </c>
       <c r="Z270" s="6">
-        <v>4.0670000000000003E-3</v>
+        <v>5.4100000000000003E-4</v>
       </c>
     </row>
     <row r="271" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A271" s="3" t="s">
-        <v>1298</v>
+        <v>1303</v>
       </c>
       <c r="B271" s="3" t="s">
-        <v>1299</v>
+        <v>1304</v>
       </c>
       <c r="C271" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D271" s="4">
-        <v>100</v>
+        <v>1113</v>
       </c>
       <c r="E271" s="5">
-        <v>246.13339099999999</v>
+        <v>114.39</v>
       </c>
       <c r="F271" s="4">
-        <v>24613.339082940001</v>
+        <v>127316.07</v>
       </c>
       <c r="G271" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H271" s="3" t="s">
-        <v>43</v>
+        <v>83</v>
       </c>
       <c r="I271" s="3" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
       <c r="J271" s="5">
-        <v>342.47</v>
+        <v>114.39</v>
       </c>
       <c r="K271" s="5">
-        <v>1.3913999987115637</v>
+        <v>1</v>
       </c>
       <c r="L271" s="3" t="s">
-        <v>45</v>
+        <v>85</v>
       </c>
       <c r="M271" s="4">
-        <v>34246.999967999996</v>
+        <v>127316.07</v>
       </c>
       <c r="N271" s="4">
-        <v>24613.339082940001</v>
+        <v>127316.07</v>
       </c>
       <c r="O271" s="3" t="s">
-        <v>1298</v>
+        <v>1303</v>
       </c>
       <c r="P271" s="3" t="s">
-        <v>1300</v>
+        <v>1305</v>
       </c>
       <c r="Q271" s="3" t="s">
-        <v>179</v>
+        <v>258</v>
       </c>
       <c r="R271" s="3" t="s">
-        <v>1301</v>
+        <v>1306</v>
       </c>
       <c r="S271" s="3" t="s">
-        <v>315</v>
+        <v>99</v>
       </c>
       <c r="T271" s="4">
         <v>1</v>
       </c>
       <c r="W271" s="3" t="s">
-        <v>1302</v>
+        <v>34</v>
       </c>
       <c r="X271" s="4">
         <v>0</v>
       </c>
       <c r="Y271" s="4">
         <v>0</v>
       </c>
       <c r="Z271" s="6">
-        <v>1.0610000000000001E-3</v>
+        <v>5.3730000000000002E-3</v>
       </c>
     </row>
     <row r="272" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A272" s="3" t="s">
-        <v>1303</v>
+        <v>1307</v>
       </c>
       <c r="B272" s="3" t="s">
-        <v>1304</v>
+        <v>1308</v>
       </c>
       <c r="C272" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D272" s="4">
-        <v>100</v>
+        <v>1066</v>
       </c>
       <c r="E272" s="5">
-        <v>34.432944999999997</v>
+        <v>73.903425999999996</v>
       </c>
       <c r="F272" s="4">
-        <v>3443.2945235000002</v>
+        <v>78781.052116000006</v>
       </c>
       <c r="G272" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H272" s="3" t="s">
-        <v>43</v>
+        <v>417</v>
       </c>
       <c r="I272" s="3" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="J272" s="5">
-        <v>47.91</v>
+        <v>64.03</v>
       </c>
       <c r="K272" s="5">
-        <v>1.3913999987115637</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L272" s="3" t="s">
-        <v>45</v>
+        <v>418</v>
       </c>
       <c r="M272" s="4">
-        <v>4790.9999950000001</v>
+        <v>68255.98</v>
       </c>
       <c r="N272" s="4">
-        <v>3443.2945235000002</v>
+        <v>78781.052116000006</v>
       </c>
       <c r="O272" s="3" t="s">
-        <v>1303</v>
+        <v>1307</v>
       </c>
       <c r="P272" s="3" t="s">
-        <v>1305</v>
+        <v>1309</v>
       </c>
       <c r="Q272" s="3" t="s">
-        <v>168</v>
+        <v>147</v>
       </c>
       <c r="R272" s="3" t="s">
-        <v>1306</v>
+        <v>1310</v>
       </c>
       <c r="S272" s="3" t="s">
-        <v>315</v>
+        <v>421</v>
       </c>
       <c r="T272" s="4">
         <v>1</v>
       </c>
       <c r="W272" s="3" t="s">
-        <v>1307</v>
+        <v>34</v>
       </c>
       <c r="X272" s="4">
         <v>0</v>
       </c>
       <c r="Y272" s="4">
         <v>0</v>
       </c>
       <c r="Z272" s="6">
-        <v>1.4799999999999999E-4</v>
+        <v>3.3240000000000001E-3</v>
       </c>
     </row>
     <row r="273" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A273" s="3" t="s">
-        <v>1308</v>
+        <v>1311</v>
       </c>
       <c r="B273" s="3" t="s">
-        <v>1309</v>
+        <v>1312</v>
       </c>
       <c r="C273" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D273" s="4">
-        <v>613</v>
+        <v>9200</v>
       </c>
       <c r="E273" s="5">
-        <v>19.21</v>
+        <v>2.9562780000000002</v>
       </c>
       <c r="F273" s="4">
-        <v>11775.73</v>
+        <v>27197.756794149998</v>
       </c>
       <c r="G273" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H273" s="3" t="s">
-        <v>31</v>
+        <v>1065</v>
       </c>
       <c r="I273" s="3" t="s">
-        <v>94</v>
+        <v>1066</v>
       </c>
       <c r="J273" s="5">
-        <v>19.21</v>
+        <v>15.92</v>
       </c>
       <c r="K273" s="5">
-        <v>1</v>
+        <v>5.3851499643099183</v>
       </c>
       <c r="L273" s="3" t="s">
-        <v>33</v>
+        <v>1067</v>
       </c>
       <c r="M273" s="4">
-        <v>11775.73</v>
+        <v>146463.999029</v>
       </c>
       <c r="N273" s="4">
-        <v>11775.73</v>
+        <v>27197.756794149998</v>
       </c>
       <c r="O273" s="3" t="s">
-        <v>1308</v>
+        <v>1311</v>
       </c>
       <c r="P273" s="3" t="s">
-        <v>1310</v>
+        <v>1313</v>
       </c>
       <c r="Q273" s="3" t="s">
-        <v>1145</v>
+        <v>258</v>
       </c>
       <c r="R273" s="3" t="s">
-        <v>1311</v>
+        <v>1314</v>
       </c>
       <c r="S273" s="3" t="s">
-        <v>109</v>
+        <v>1070</v>
       </c>
       <c r="T273" s="4">
         <v>1</v>
       </c>
       <c r="W273" s="3" t="s">
-        <v>1312</v>
+        <v>34</v>
       </c>
       <c r="X273" s="4">
         <v>0</v>
       </c>
       <c r="Y273" s="4">
         <v>0</v>
       </c>
       <c r="Z273" s="6">
-        <v>5.0699999999999996E-4</v>
+        <v>1.147E-3</v>
       </c>
     </row>
     <row r="274" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A274" s="3" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
       <c r="B274" s="3" t="s">
-        <v>1314</v>
+        <v>1316</v>
       </c>
       <c r="C274" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D274" s="4">
-        <v>1113</v>
+        <v>663</v>
       </c>
       <c r="E274" s="5">
-        <v>109.95</v>
+        <v>61.057180000000002</v>
       </c>
       <c r="F274" s="4">
-        <v>122374.35</v>
+        <v>40480.910340000002</v>
       </c>
       <c r="G274" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H274" s="3" t="s">
-        <v>93</v>
+        <v>1317</v>
       </c>
       <c r="I274" s="3" t="s">
-        <v>94</v>
+        <v>54</v>
       </c>
       <c r="J274" s="5">
-        <v>109.95</v>
+        <v>52.9</v>
       </c>
       <c r="K274" s="5">
-        <v>1</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L274" s="3" t="s">
-        <v>95</v>
+        <v>1318</v>
       </c>
       <c r="M274" s="4">
-        <v>122374.35</v>
+        <v>35072.699999999997</v>
       </c>
       <c r="N274" s="4">
-        <v>122374.35</v>
+        <v>40480.910340000002</v>
       </c>
       <c r="O274" s="3" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
       <c r="P274" s="3" t="s">
-        <v>1315</v>
+        <v>1319</v>
       </c>
       <c r="Q274" s="3" t="s">
-        <v>200</v>
+        <v>141</v>
       </c>
       <c r="R274" s="3" t="s">
-        <v>1316</v>
+        <v>1320</v>
       </c>
       <c r="S274" s="3" t="s">
-        <v>109</v>
+        <v>1321</v>
       </c>
       <c r="T274" s="4">
         <v>1</v>
       </c>
       <c r="W274" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X274" s="4">
         <v>0</v>
       </c>
       <c r="Y274" s="4">
         <v>0</v>
       </c>
       <c r="Z274" s="6">
-        <v>5.2760000000000003E-3</v>
+        <v>1.7080000000000001E-3</v>
       </c>
     </row>
     <row r="275" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A275" s="3" t="s">
-        <v>1317</v>
+        <v>1322</v>
       </c>
       <c r="B275" s="3" t="s">
-        <v>1318</v>
+        <v>1323</v>
       </c>
       <c r="C275" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D275" s="4">
-        <v>1066</v>
+        <v>48000</v>
       </c>
       <c r="E275" s="5">
-        <v>75.752250000000004</v>
+        <v>1.563264</v>
       </c>
       <c r="F275" s="4">
-        <v>80751.898499999996</v>
+        <v>75036.669154160001</v>
       </c>
       <c r="G275" s="3" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="H275" s="3" t="s">
-        <v>437</v>
+        <v>1047</v>
       </c>
       <c r="I275" s="3" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="J275" s="5">
-        <v>64.47</v>
+        <v>12.15</v>
       </c>
       <c r="K275" s="5">
-        <v>0.85106382978723405</v>
+        <v>7.7721999289620927</v>
       </c>
       <c r="L275" s="3" t="s">
-        <v>438</v>
+        <v>1048</v>
       </c>
       <c r="M275" s="4">
-        <v>68725.02</v>
+        <v>583199.99466900004</v>
       </c>
       <c r="N275" s="4">
-        <v>80751.898499999996</v>
+        <v>75036.669154160001</v>
       </c>
       <c r="O275" s="3" t="s">
-        <v>1317</v>
+        <v>1322</v>
       </c>
       <c r="P275" s="3" t="s">
-        <v>1319</v>
+        <v>1324</v>
       </c>
       <c r="Q275" s="3" t="s">
-        <v>157</v>
+        <v>114</v>
       </c>
       <c r="R275" s="3" t="s">
-        <v>1320</v>
+        <v>1325</v>
       </c>
       <c r="S275" s="3" t="s">
-        <v>441</v>
+        <v>662</v>
       </c>
       <c r="T275" s="4">
         <v>1</v>
       </c>
       <c r="W275" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X275" s="4">
         <v>0</v>
       </c>
       <c r="Y275" s="4">
         <v>0</v>
       </c>
       <c r="Z275" s="6">
-        <v>3.4810000000000002E-3</v>
+        <v>3.166E-3</v>
       </c>
     </row>
     <row r="276" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A276" s="3" t="s">
-        <v>1321</v>
+        <v>1326</v>
       </c>
       <c r="B276" s="3" t="s">
-        <v>1322</v>
+        <v>1327</v>
       </c>
       <c r="C276" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D276" s="4">
-        <v>9200</v>
+        <v>1000</v>
       </c>
       <c r="E276" s="5">
-        <v>2.9987509999999999</v>
+        <v>36.22</v>
       </c>
       <c r="F276" s="4">
-        <v>27588.511984680001</v>
+        <v>36220</v>
       </c>
       <c r="G276" s="3" t="s">
-        <v>104</v>
+        <v>1328</v>
       </c>
       <c r="H276" s="3" t="s">
-        <v>38</v>
+        <v>1329</v>
       </c>
       <c r="I276" s="3" t="s">
-        <v>39</v>
+        <v>84</v>
       </c>
       <c r="J276" s="5">
-        <v>15.97</v>
+        <v>36.22</v>
       </c>
       <c r="K276" s="5">
-        <v>5.3255500773988818</v>
+        <v>1</v>
       </c>
       <c r="L276" s="3" t="s">
-        <v>40</v>
+        <v>1330</v>
       </c>
       <c r="M276" s="4">
-        <v>146924.00213499999</v>
+        <v>36220</v>
       </c>
       <c r="N276" s="4">
-        <v>27588.511984680001</v>
+        <v>36220</v>
       </c>
       <c r="O276" s="3" t="s">
-        <v>1321</v>
+        <v>1331</v>
       </c>
       <c r="P276" s="3" t="s">
-        <v>1323</v>
+        <v>1332</v>
       </c>
       <c r="Q276" s="3" t="s">
-        <v>200</v>
+        <v>147</v>
       </c>
       <c r="R276" s="3" t="s">
-        <v>1324</v>
+        <v>1333</v>
       </c>
       <c r="S276" s="3" t="s">
-        <v>1086</v>
+        <v>99</v>
       </c>
       <c r="T276" s="4">
         <v>1</v>
       </c>
       <c r="W276" s="3" t="s">
-        <v>34</v>
+        <v>1326</v>
       </c>
       <c r="X276" s="4">
         <v>0</v>
       </c>
       <c r="Y276" s="4">
         <v>0</v>
       </c>
       <c r="Z276" s="6">
-        <v>1.189E-3</v>
+        <v>1.5280000000000001E-3</v>
       </c>
     </row>
     <row r="277" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A277" s="3" t="s">
-        <v>1325</v>
+        <v>1334</v>
       </c>
       <c r="B277" s="3" t="s">
-        <v>1326</v>
+        <v>1335</v>
       </c>
       <c r="C277" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D277" s="4">
-        <v>663</v>
+        <v>1685</v>
       </c>
       <c r="E277" s="5">
-        <v>59.69</v>
+        <v>30.3</v>
       </c>
       <c r="F277" s="4">
-        <v>39574.47</v>
+        <v>51055.5</v>
       </c>
       <c r="G277" s="3" t="s">
-        <v>104</v>
+        <v>1328</v>
       </c>
       <c r="H277" s="3" t="s">
-        <v>1327</v>
+        <v>1329</v>
       </c>
       <c r="I277" s="3" t="s">
-        <v>59</v>
+        <v>84</v>
       </c>
       <c r="J277" s="5">
-        <v>50.8</v>
+        <v>30.3</v>
       </c>
       <c r="K277" s="5">
-        <v>0.85106382978723405</v>
+        <v>1</v>
       </c>
       <c r="L277" s="3" t="s">
-        <v>1328</v>
+        <v>1330</v>
       </c>
       <c r="M277" s="4">
-        <v>33680.400000000001</v>
+        <v>51055.5</v>
       </c>
       <c r="N277" s="4">
-        <v>39574.47</v>
+        <v>51055.5</v>
       </c>
       <c r="O277" s="3" t="s">
-        <v>1325</v>
+        <v>1336</v>
       </c>
       <c r="P277" s="3" t="s">
-        <v>1329</v>
+        <v>1337</v>
       </c>
       <c r="Q277" s="3" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="R277" s="3" t="s">
-        <v>1330</v>
+        <v>1338</v>
       </c>
       <c r="S277" s="3" t="s">
-        <v>1331</v>
+        <v>99</v>
       </c>
       <c r="T277" s="4">
         <v>1</v>
       </c>
       <c r="W277" s="3" t="s">
-        <v>34</v>
+        <v>1334</v>
       </c>
       <c r="X277" s="4">
         <v>0</v>
       </c>
       <c r="Y277" s="4">
         <v>0</v>
       </c>
       <c r="Z277" s="6">
-        <v>1.7060000000000001E-3</v>
+        <v>2.1540000000000001E-3</v>
       </c>
     </row>
     <row r="278" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A278" s="3" t="s">
-        <v>1332</v>
+        <v>1339</v>
       </c>
       <c r="B278" s="3" t="s">
-        <v>1333</v>
+        <v>1340</v>
       </c>
       <c r="C278" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D278" s="4">
-        <v>48000</v>
+        <v>1924</v>
       </c>
       <c r="E278" s="5">
-        <v>1.7826850000000001</v>
+        <v>16.57</v>
       </c>
       <c r="F278" s="4">
-        <v>85568.865353970003</v>
+        <v>31880.68</v>
       </c>
       <c r="G278" s="3" t="s">
-        <v>104</v>
+        <v>1328</v>
       </c>
       <c r="H278" s="3" t="s">
-        <v>1066</v>
+        <v>1329</v>
       </c>
       <c r="I278" s="3" t="s">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="J278" s="5">
-        <v>13.87</v>
+        <v>16.57</v>
       </c>
       <c r="K278" s="5">
-        <v>7.7803997725011103</v>
+        <v>1</v>
       </c>
       <c r="L278" s="3" t="s">
-        <v>1067</v>
+        <v>1330</v>
       </c>
       <c r="M278" s="4">
-        <v>665759.98053299997</v>
+        <v>31880.68</v>
       </c>
       <c r="N278" s="4">
-        <v>85568.865353970003</v>
+        <v>31880.68</v>
       </c>
       <c r="O278" s="3" t="s">
-        <v>1332</v>
+        <v>1341</v>
       </c>
       <c r="P278" s="3" t="s">
-        <v>1334</v>
+        <v>1342</v>
       </c>
       <c r="Q278" s="3" t="s">
-        <v>124</v>
+        <v>169</v>
       </c>
       <c r="R278" s="3" t="s">
-        <v>1335</v>
+        <v>1343</v>
       </c>
       <c r="S278" s="3" t="s">
-        <v>684</v>
+        <v>99</v>
       </c>
       <c r="T278" s="4">
         <v>1</v>
       </c>
       <c r="W278" s="3" t="s">
-        <v>34</v>
+        <v>1339</v>
       </c>
       <c r="X278" s="4">
         <v>0</v>
       </c>
       <c r="Y278" s="4">
         <v>0</v>
       </c>
       <c r="Z278" s="6">
-        <v>3.689E-3</v>
+        <v>1.3450000000000001E-3</v>
       </c>
     </row>
     <row r="279" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A279" s="3" t="s">
-        <v>1336</v>
+        <v>1344</v>
       </c>
       <c r="B279" s="3" t="s">
-        <v>1337</v>
+        <v>1345</v>
       </c>
       <c r="C279" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D279" s="4">
-        <v>311</v>
+        <v>72</v>
       </c>
       <c r="E279" s="5">
-        <v>178.73</v>
+        <v>106</v>
       </c>
       <c r="F279" s="4">
-        <v>55585.03</v>
+        <v>7632</v>
       </c>
       <c r="G279" s="3" t="s">
-        <v>1338</v>
+        <v>1328</v>
       </c>
       <c r="H279" s="3" t="s">
-        <v>1066</v>
+        <v>1329</v>
       </c>
       <c r="I279" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J279" s="5">
-        <v>178.73</v>
+        <v>106</v>
       </c>
       <c r="K279" s="5">
         <v>1</v>
       </c>
       <c r="L279" s="3" t="s">
-        <v>1067</v>
+        <v>1330</v>
       </c>
       <c r="M279" s="4">
-        <v>55585.03</v>
+        <v>7632</v>
       </c>
       <c r="N279" s="4">
-        <v>55585.03</v>
+        <v>7632</v>
       </c>
       <c r="O279" s="3" t="s">
-        <v>1339</v>
+        <v>1344</v>
       </c>
       <c r="P279" s="3" t="s">
-        <v>1340</v>
+        <v>1346</v>
       </c>
       <c r="Q279" s="3" t="s">
-        <v>124</v>
+        <v>147</v>
       </c>
       <c r="R279" s="3" t="s">
-        <v>1341</v>
+        <v>1347</v>
       </c>
       <c r="S279" s="3" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="T279" s="4">
         <v>1</v>
       </c>
       <c r="W279" s="3" t="s">
-        <v>1336</v>
+        <v>1348</v>
       </c>
       <c r="X279" s="4">
         <v>0</v>
       </c>
       <c r="Y279" s="4">
         <v>0</v>
       </c>
       <c r="Z279" s="6">
-        <v>2.3960000000000001E-3</v>
+        <v>3.2200000000000002E-4</v>
       </c>
     </row>
     <row r="280" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A280" s="3" t="s">
-        <v>1342</v>
+        <v>1349</v>
       </c>
       <c r="B280" s="3" t="s">
-        <v>1343</v>
+        <v>1350</v>
       </c>
       <c r="C280" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D280" s="4">
-        <v>1000</v>
+        <v>151</v>
       </c>
       <c r="E280" s="5">
-        <v>34.159999999999997</v>
+        <v>70.650000000000006</v>
       </c>
       <c r="F280" s="4">
-        <v>34160</v>
+        <v>10668.15</v>
       </c>
       <c r="G280" s="3" t="s">
-        <v>1338</v>
+        <v>1328</v>
       </c>
       <c r="H280" s="3" t="s">
-        <v>1344</v>
+        <v>1047</v>
       </c>
       <c r="I280" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J280" s="5">
-        <v>34.159999999999997</v>
+        <v>70.650000000000006</v>
       </c>
       <c r="K280" s="5">
         <v>1</v>
       </c>
       <c r="L280" s="3" t="s">
-        <v>1345</v>
+        <v>1048</v>
       </c>
       <c r="M280" s="4">
-        <v>34160</v>
+        <v>10668.15</v>
       </c>
       <c r="N280" s="4">
-        <v>34160</v>
+        <v>10668.15</v>
       </c>
       <c r="O280" s="3" t="s">
-        <v>1346</v>
+        <v>1351</v>
       </c>
       <c r="P280" s="3" t="s">
-        <v>1347</v>
+        <v>1352</v>
       </c>
       <c r="Q280" s="3" t="s">
-        <v>157</v>
+        <v>114</v>
       </c>
       <c r="R280" s="3" t="s">
-        <v>1348</v>
+        <v>1353</v>
       </c>
       <c r="S280" s="3" t="s">
-        <v>109</v>
+        <v>127</v>
       </c>
       <c r="T280" s="4">
         <v>1</v>
       </c>
       <c r="W280" s="3" t="s">
-        <v>1342</v>
+        <v>1349</v>
       </c>
       <c r="X280" s="4">
         <v>0</v>
       </c>
       <c r="Y280" s="4">
         <v>0</v>
       </c>
       <c r="Z280" s="6">
-        <v>1.472E-3</v>
+        <v>4.4999999999999999E-4</v>
       </c>
     </row>
     <row r="281" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A281" s="3" t="s">
-        <v>1349</v>
+        <v>1354</v>
       </c>
       <c r="B281" s="3" t="s">
-        <v>1350</v>
+        <v>1355</v>
       </c>
       <c r="C281" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D281" s="4">
-        <v>1685</v>
+        <v>13400</v>
       </c>
       <c r="E281" s="5">
-        <v>30.23</v>
+        <v>2.63</v>
       </c>
       <c r="F281" s="4">
-        <v>50937.55</v>
+        <v>35242</v>
       </c>
       <c r="G281" s="3" t="s">
-        <v>1338</v>
+        <v>1328</v>
       </c>
       <c r="H281" s="3" t="s">
-        <v>1344</v>
+        <v>1329</v>
       </c>
       <c r="I281" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J281" s="5">
-        <v>30.23</v>
+        <v>2.63</v>
       </c>
       <c r="K281" s="5">
         <v>1</v>
       </c>
       <c r="L281" s="3" t="s">
-        <v>1345</v>
+        <v>1330</v>
       </c>
       <c r="M281" s="4">
-        <v>50937.55</v>
+        <v>35242</v>
       </c>
       <c r="N281" s="4">
-        <v>50937.55</v>
+        <v>35242</v>
       </c>
       <c r="O281" s="3" t="s">
-        <v>1351</v>
+        <v>1356</v>
       </c>
       <c r="P281" s="3" t="s">
-        <v>1352</v>
+        <v>1357</v>
       </c>
       <c r="Q281" s="3" t="s">
-        <v>157</v>
+        <v>169</v>
       </c>
       <c r="R281" s="3" t="s">
-        <v>1353</v>
+        <v>1358</v>
       </c>
       <c r="S281" s="3" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="T281" s="4">
         <v>1</v>
       </c>
       <c r="W281" s="3" t="s">
-        <v>1349</v>
+        <v>1354</v>
       </c>
       <c r="X281" s="4">
         <v>0</v>
       </c>
       <c r="Y281" s="4">
         <v>0</v>
       </c>
       <c r="Z281" s="6">
-        <v>2.196E-3</v>
+        <v>1.487E-3</v>
       </c>
     </row>
     <row r="282" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A282" s="3" t="s">
-        <v>1354</v>
+        <v>1359</v>
       </c>
       <c r="B282" s="3" t="s">
-        <v>1355</v>
+        <v>1360</v>
       </c>
       <c r="C282" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D282" s="4">
-        <v>1924</v>
+        <v>991</v>
       </c>
       <c r="E282" s="5">
-        <v>16.27</v>
+        <v>23.49</v>
       </c>
       <c r="F282" s="4">
-        <v>31303.48</v>
+        <v>23278.59</v>
       </c>
       <c r="G282" s="3" t="s">
-        <v>1338</v>
+        <v>1328</v>
       </c>
       <c r="H282" s="3" t="s">
-        <v>1344</v>
+        <v>1047</v>
       </c>
       <c r="I282" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J282" s="5">
-        <v>16.27</v>
+        <v>23.49</v>
       </c>
       <c r="K282" s="5">
         <v>1</v>
       </c>
       <c r="L282" s="3" t="s">
-        <v>1345</v>
+        <v>1048</v>
       </c>
       <c r="M282" s="4">
-        <v>31303.48</v>
+        <v>23278.59</v>
       </c>
       <c r="N282" s="4">
-        <v>31303.48</v>
+        <v>23278.59</v>
       </c>
       <c r="O282" s="3" t="s">
-        <v>1356</v>
+        <v>1361</v>
       </c>
       <c r="P282" s="3" t="s">
-        <v>1357</v>
+        <v>1362</v>
       </c>
       <c r="Q282" s="3" t="s">
-        <v>179</v>
+        <v>114</v>
       </c>
       <c r="R282" s="3" t="s">
-        <v>1358</v>
+        <v>1363</v>
       </c>
       <c r="S282" s="3" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="T282" s="4">
         <v>1</v>
       </c>
       <c r="W282" s="3" t="s">
-        <v>1354</v>
+        <v>1359</v>
       </c>
       <c r="X282" s="4">
         <v>0</v>
       </c>
       <c r="Y282" s="4">
         <v>0</v>
       </c>
       <c r="Z282" s="6">
-        <v>1.3489999999999999E-3</v>
+        <v>9.8200000000000002E-4</v>
       </c>
     </row>
     <row r="283" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A283" s="3" t="s">
-        <v>1359</v>
+        <v>1364</v>
       </c>
       <c r="B283" s="3" t="s">
-        <v>1360</v>
+        <v>1365</v>
       </c>
       <c r="C283" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D283" s="4">
+        <v>1284</v>
+      </c>
+      <c r="E283" s="5">
+        <v>21.086276999999999</v>
+      </c>
+      <c r="F283" s="4">
+        <v>27074.779026</v>
+      </c>
+      <c r="G283" s="3" t="s">
+        <v>1328</v>
+      </c>
+      <c r="H283" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I283" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="E283" s="5">
-[...13 lines deleted...]
-      </c>
       <c r="J283" s="5">
-        <v>279.29000000000002</v>
+        <v>32.21</v>
       </c>
       <c r="K283" s="5">
-        <v>1</v>
+        <v>1.5275337966852518</v>
       </c>
       <c r="L283" s="3" t="s">
-        <v>90</v>
+        <v>33</v>
       </c>
       <c r="M283" s="4">
-        <v>8937.2800000000007</v>
+        <v>41357.64</v>
       </c>
       <c r="N283" s="4">
-        <v>8937.2800000000007</v>
+        <v>27074.779026</v>
       </c>
       <c r="O283" s="3" t="s">
-        <v>1361</v>
+        <v>1364</v>
       </c>
       <c r="P283" s="3" t="s">
-        <v>1362</v>
+        <v>1300</v>
       </c>
       <c r="Q283" s="3" t="s">
-        <v>179</v>
+        <v>1125</v>
       </c>
       <c r="R283" s="3" t="s">
-        <v>1363</v>
+        <v>1366</v>
       </c>
       <c r="S283" s="3" t="s">
-        <v>109</v>
+        <v>616</v>
       </c>
       <c r="T283" s="4">
         <v>1</v>
       </c>
       <c r="W283" s="3" t="s">
-        <v>1359</v>
+        <v>34</v>
       </c>
       <c r="X283" s="4">
         <v>0</v>
       </c>
       <c r="Y283" s="4">
         <v>0</v>
       </c>
       <c r="Z283" s="6">
-        <v>3.8499999999999998E-4</v>
+        <v>1.142E-3</v>
       </c>
     </row>
     <row r="284" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A284" s="3" t="s">
-        <v>1364</v>
+        <v>1367</v>
       </c>
       <c r="B284" s="3" t="s">
-        <v>1365</v>
+        <v>1368</v>
       </c>
       <c r="C284" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D284" s="4">
-        <v>273</v>
+        <v>361</v>
       </c>
       <c r="E284" s="5">
-        <v>75.2</v>
+        <v>29.905322000000002</v>
       </c>
       <c r="F284" s="4">
-        <v>20529.599999999999</v>
+        <v>10795.821242</v>
       </c>
       <c r="G284" s="3" t="s">
-        <v>1338</v>
+        <v>1328</v>
       </c>
       <c r="H284" s="3" t="s">
-        <v>1066</v>
+        <v>1138</v>
       </c>
       <c r="I284" s="3" t="s">
-        <v>94</v>
+        <v>54</v>
       </c>
       <c r="J284" s="5">
-        <v>75.2</v>
+        <v>25.91</v>
       </c>
       <c r="K284" s="5">
-        <v>1</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L284" s="3" t="s">
-        <v>1067</v>
+        <v>1139</v>
       </c>
       <c r="M284" s="4">
-        <v>20529.599999999999</v>
+        <v>9353.51</v>
       </c>
       <c r="N284" s="4">
-        <v>20529.599999999999</v>
+        <v>10795.821242</v>
       </c>
       <c r="O284" s="3" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="P284" s="3" t="s">
-        <v>1367</v>
+        <v>1369</v>
       </c>
       <c r="Q284" s="3" t="s">
-        <v>124</v>
+        <v>147</v>
       </c>
       <c r="R284" s="3" t="s">
-        <v>1368</v>
+        <v>1370</v>
       </c>
       <c r="S284" s="3" t="s">
-        <v>137</v>
+        <v>1142</v>
       </c>
       <c r="T284" s="4">
         <v>1</v>
       </c>
       <c r="W284" s="3" t="s">
-        <v>1364</v>
+        <v>34</v>
       </c>
       <c r="X284" s="4">
         <v>0</v>
       </c>
       <c r="Y284" s="4">
         <v>0</v>
       </c>
       <c r="Z284" s="6">
-        <v>8.8500000000000004E-4</v>
+        <v>4.55E-4</v>
       </c>
     </row>
     <row r="285" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A285" s="3" t="s">
-        <v>1369</v>
+        <v>1371</v>
       </c>
       <c r="B285" s="3" t="s">
-        <v>1370</v>
+        <v>1372</v>
       </c>
       <c r="C285" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D285" s="4">
-        <v>13400</v>
+        <v>52</v>
       </c>
       <c r="E285" s="5">
-        <v>2.63</v>
+        <v>58.22</v>
       </c>
       <c r="F285" s="4">
-        <v>35242</v>
+        <v>3027.44</v>
       </c>
       <c r="G285" s="3" t="s">
-        <v>1338</v>
+        <v>1373</v>
       </c>
       <c r="H285" s="3" t="s">
-        <v>1344</v>
+        <v>83</v>
       </c>
       <c r="I285" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J285" s="5">
-        <v>2.63</v>
+        <v>58.22</v>
       </c>
       <c r="K285" s="5">
         <v>1</v>
       </c>
       <c r="L285" s="3" t="s">
-        <v>1345</v>
+        <v>85</v>
       </c>
       <c r="M285" s="4">
-        <v>35242</v>
+        <v>3027.44</v>
       </c>
       <c r="N285" s="4">
-        <v>35242</v>
+        <v>3027.44</v>
       </c>
       <c r="O285" s="3" t="s">
+        <v>1374</v>
+      </c>
+      <c r="P285" s="3" t="s">
+        <v>1375</v>
+      </c>
+      <c r="Q285" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="R285" s="3" t="s">
+        <v>1376</v>
+      </c>
+      <c r="S285" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="T285" s="4">
+        <v>1</v>
+      </c>
+      <c r="W285" s="3" t="s">
         <v>1371</v>
       </c>
-      <c r="P285" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X285" s="4">
         <v>0</v>
       </c>
       <c r="Y285" s="4">
         <v>0</v>
       </c>
       <c r="Z285" s="6">
-        <v>1.519E-3</v>
+        <v>1.27E-4</v>
       </c>
     </row>
     <row r="286" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A286" s="3" t="s">
-        <v>1374</v>
+        <v>1377</v>
       </c>
       <c r="B286" s="3" t="s">
-        <v>1375</v>
+        <v>1378</v>
       </c>
       <c r="C286" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D286" s="4">
-        <v>991</v>
+        <v>1440</v>
       </c>
       <c r="E286" s="5">
-        <v>23.42</v>
+        <v>71.19</v>
       </c>
       <c r="F286" s="4">
-        <v>23209.22</v>
+        <v>102513.60000000001</v>
       </c>
       <c r="G286" s="3" t="s">
-        <v>1338</v>
+        <v>1373</v>
       </c>
       <c r="H286" s="3" t="s">
-        <v>1066</v>
+        <v>83</v>
       </c>
       <c r="I286" s="3" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="J286" s="5">
-        <v>23.42</v>
+        <v>71.19</v>
       </c>
       <c r="K286" s="5">
         <v>1</v>
       </c>
       <c r="L286" s="3" t="s">
-        <v>1067</v>
+        <v>85</v>
       </c>
       <c r="M286" s="4">
-        <v>23209.22</v>
+        <v>102513.60000000001</v>
       </c>
       <c r="N286" s="4">
-        <v>23209.22</v>
+        <v>102513.60000000001</v>
       </c>
       <c r="O286" s="3" t="s">
-        <v>1376</v>
+        <v>1379</v>
       </c>
       <c r="P286" s="3" t="s">
+        <v>1380</v>
+      </c>
+      <c r="Q286" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="R286" s="3" t="s">
+        <v>1381</v>
+      </c>
+      <c r="S286" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="T286" s="4">
+        <v>1</v>
+      </c>
+      <c r="W286" s="3" t="s">
         <v>1377</v>
       </c>
-      <c r="Q286" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X286" s="4">
         <v>0</v>
       </c>
       <c r="Y286" s="4">
         <v>0</v>
       </c>
       <c r="Z286" s="6">
-        <v>1E-3</v>
+        <v>4.326E-3</v>
       </c>
     </row>
     <row r="287" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A287" s="3" t="s">
-        <v>1379</v>
+        <v>1382</v>
       </c>
       <c r="B287" s="3" t="s">
-        <v>1380</v>
+        <v>1383</v>
       </c>
       <c r="C287" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D287" s="4">
-        <v>1284</v>
+        <v>127</v>
       </c>
       <c r="E287" s="5">
-        <v>18.610019999999999</v>
+        <v>846.01</v>
       </c>
       <c r="F287" s="4">
-        <v>23895.26568</v>
+        <v>107443.27</v>
       </c>
       <c r="G287" s="3" t="s">
-        <v>1338</v>
+        <v>1373</v>
       </c>
       <c r="H287" s="3" t="s">
-        <v>31</v>
+        <v>83</v>
       </c>
       <c r="I287" s="3" t="s">
-        <v>32</v>
+        <v>84</v>
       </c>
       <c r="J287" s="5">
-        <v>28.08</v>
+        <v>846.01</v>
       </c>
       <c r="K287" s="5">
-        <v>1.5088645794039983</v>
+        <v>1</v>
       </c>
       <c r="L287" s="3" t="s">
-        <v>33</v>
+        <v>85</v>
       </c>
       <c r="M287" s="4">
-        <v>36054.720000000001</v>
+        <v>107443.27</v>
       </c>
       <c r="N287" s="4">
-        <v>23895.26568</v>
+        <v>107443.27</v>
       </c>
       <c r="O287" s="3" t="s">
-        <v>1379</v>
+        <v>1384</v>
       </c>
       <c r="P287" s="3" t="s">
-        <v>1310</v>
+        <v>1385</v>
       </c>
       <c r="Q287" s="3" t="s">
-        <v>1145</v>
+        <v>237</v>
       </c>
       <c r="R287" s="3" t="s">
-        <v>1381</v>
+        <v>1386</v>
       </c>
       <c r="S287" s="3" t="s">
-        <v>641</v>
+        <v>127</v>
       </c>
       <c r="T287" s="4">
         <v>1</v>
       </c>
       <c r="W287" s="3" t="s">
-        <v>34</v>
+        <v>1382</v>
       </c>
       <c r="X287" s="4">
         <v>0</v>
       </c>
       <c r="Y287" s="4">
         <v>0</v>
       </c>
       <c r="Z287" s="6">
-        <v>1.0300000000000001E-3</v>
+        <v>4.5339999999999998E-3</v>
       </c>
     </row>
     <row r="288" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A288" s="3" t="s">
-        <v>1382</v>
+        <v>1387</v>
       </c>
       <c r="B288" s="3" t="s">
-        <v>1383</v>
+        <v>1388</v>
       </c>
       <c r="C288" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D288" s="4">
-        <v>361</v>
+        <v>36</v>
       </c>
       <c r="E288" s="5">
-        <v>32.018749999999997</v>
+        <v>923.04721800000004</v>
       </c>
       <c r="F288" s="4">
-        <v>11558.768749999999</v>
+        <v>33229.690694880002</v>
       </c>
       <c r="G288" s="3" t="s">
-        <v>1338</v>
+        <v>1373</v>
       </c>
       <c r="H288" s="3" t="s">
-        <v>1158</v>
+        <v>68</v>
       </c>
       <c r="I288" s="3" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="J288" s="5">
-        <v>27.25</v>
+        <v>142200</v>
       </c>
       <c r="K288" s="5">
-        <v>0.85106382978723405</v>
+        <v>154.05495756556192</v>
       </c>
       <c r="L288" s="3" t="s">
-        <v>1159</v>
+        <v>70</v>
       </c>
       <c r="M288" s="4">
-        <v>9837.25</v>
+        <v>5119198.5899160001</v>
       </c>
       <c r="N288" s="4">
-        <v>11558.768749999999</v>
+        <v>33229.690694880002</v>
       </c>
       <c r="O288" s="3" t="s">
-        <v>1382</v>
+        <v>1387</v>
       </c>
       <c r="P288" s="3" t="s">
-        <v>1384</v>
+        <v>1389</v>
       </c>
       <c r="Q288" s="3" t="s">
-        <v>157</v>
+        <v>237</v>
       </c>
       <c r="R288" s="3" t="s">
-        <v>1385</v>
+        <v>1390</v>
       </c>
       <c r="S288" s="3" t="s">
-        <v>1162</v>
+        <v>611</v>
       </c>
       <c r="T288" s="4">
         <v>1</v>
       </c>
       <c r="W288" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X288" s="4">
         <v>0</v>
       </c>
       <c r="Y288" s="4">
         <v>0</v>
       </c>
       <c r="Z288" s="6">
-        <v>4.9799999999999996E-4</v>
+        <v>1.402E-3</v>
       </c>
     </row>
     <row r="289" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A289" s="3" t="s">
-        <v>1386</v>
+        <v>1391</v>
       </c>
       <c r="B289" s="3" t="s">
-        <v>1387</v>
+        <v>1392</v>
       </c>
       <c r="C289" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D289" s="4">
-        <v>72</v>
+        <v>2505</v>
       </c>
       <c r="E289" s="5">
-        <v>98.3</v>
+        <v>38.250188000000001</v>
       </c>
       <c r="F289" s="4">
-        <v>7077.6</v>
+        <v>95816.720939999999</v>
       </c>
       <c r="G289" s="3" t="s">
-        <v>1338</v>
+        <v>1373</v>
       </c>
       <c r="H289" s="3" t="s">
-        <v>1344</v>
+        <v>424</v>
       </c>
       <c r="I289" s="3" t="s">
-        <v>94</v>
+        <v>54</v>
       </c>
       <c r="J289" s="5">
-        <v>98.3</v>
+        <v>33.14</v>
       </c>
       <c r="K289" s="5">
-        <v>1</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L289" s="3" t="s">
-        <v>1345</v>
+        <v>425</v>
       </c>
       <c r="M289" s="4">
-        <v>7077.6</v>
+        <v>83015.7</v>
       </c>
       <c r="N289" s="4">
-        <v>7077.6</v>
+        <v>95816.720939999999</v>
       </c>
       <c r="O289" s="3" t="s">
-        <v>1386</v>
+        <v>1391</v>
       </c>
       <c r="P289" s="3" t="s">
-        <v>1388</v>
+        <v>1393</v>
       </c>
       <c r="Q289" s="3" t="s">
-        <v>157</v>
+        <v>237</v>
       </c>
       <c r="R289" s="3" t="s">
-        <v>1389</v>
+        <v>1394</v>
       </c>
       <c r="S289" s="3" t="s">
-        <v>126</v>
+        <v>428</v>
       </c>
       <c r="T289" s="4">
         <v>1</v>
       </c>
       <c r="W289" s="3" t="s">
-        <v>1390</v>
+        <v>34</v>
       </c>
       <c r="X289" s="4">
         <v>0</v>
       </c>
       <c r="Y289" s="4">
         <v>0</v>
       </c>
       <c r="Z289" s="6">
-        <v>3.0499999999999999E-4</v>
+        <v>4.0429999999999997E-3</v>
       </c>
     </row>
     <row r="290" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A290" s="3" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="B290" s="3" t="s">
-        <v>1392</v>
+        <v>1396</v>
       </c>
       <c r="C290" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D290" s="4">
-        <v>52</v>
+        <v>252</v>
       </c>
       <c r="E290" s="5">
-        <v>83.34</v>
+        <v>92.97081</v>
       </c>
       <c r="F290" s="4">
-        <v>4333.68</v>
+        <v>23428.644120000001</v>
       </c>
       <c r="G290" s="3" t="s">
-        <v>1393</v>
+        <v>1373</v>
       </c>
       <c r="H290" s="3" t="s">
-        <v>93</v>
+        <v>424</v>
       </c>
       <c r="I290" s="3" t="s">
-        <v>94</v>
+        <v>54</v>
       </c>
       <c r="J290" s="5">
-        <v>83.34</v>
+        <v>80.55</v>
       </c>
       <c r="K290" s="5">
-        <v>1</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L290" s="3" t="s">
-        <v>95</v>
+        <v>425</v>
       </c>
       <c r="M290" s="4">
-        <v>4333.68</v>
+        <v>20298.599999999999</v>
       </c>
       <c r="N290" s="4">
-        <v>4333.68</v>
+        <v>23428.644120000001</v>
       </c>
       <c r="O290" s="3" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
       <c r="P290" s="3" t="s">
-        <v>1395</v>
+        <v>1397</v>
       </c>
       <c r="Q290" s="3" t="s">
-        <v>253</v>
+        <v>237</v>
       </c>
       <c r="R290" s="3" t="s">
-        <v>1396</v>
+        <v>1398</v>
       </c>
       <c r="S290" s="3" t="s">
-        <v>109</v>
+        <v>428</v>
       </c>
       <c r="T290" s="4">
         <v>1</v>
       </c>
       <c r="W290" s="3" t="s">
-        <v>1391</v>
+        <v>34</v>
       </c>
       <c r="X290" s="4">
         <v>0</v>
       </c>
       <c r="Y290" s="4">
         <v>0</v>
       </c>
       <c r="Z290" s="6">
-        <v>1.8599999999999999E-4</v>
+        <v>9.8799999999999995E-4</v>
       </c>
     </row>
     <row r="291" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A291" s="3" t="s">
-        <v>1397</v>
+        <v>1399</v>
       </c>
       <c r="B291" s="3" t="s">
-        <v>1398</v>
+        <v>1400</v>
       </c>
       <c r="C291" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D291" s="4">
-        <v>1440</v>
+        <v>1532</v>
       </c>
       <c r="E291" s="5">
-        <v>74.34</v>
+        <v>64.173519999999996</v>
       </c>
       <c r="F291" s="4">
-        <v>107049.60000000001</v>
+        <v>98313.832639999993</v>
       </c>
       <c r="G291" s="3" t="s">
-        <v>1393</v>
+        <v>1373</v>
       </c>
       <c r="H291" s="3" t="s">
-        <v>93</v>
+        <v>424</v>
       </c>
       <c r="I291" s="3" t="s">
-        <v>94</v>
+        <v>54</v>
       </c>
       <c r="J291" s="5">
-        <v>74.34</v>
+        <v>55.6</v>
       </c>
       <c r="K291" s="5">
-        <v>1</v>
+        <v>0.86640097036908681</v>
       </c>
       <c r="L291" s="3" t="s">
-        <v>95</v>
+        <v>425</v>
       </c>
       <c r="M291" s="4">
-        <v>107049.60000000001</v>
+        <v>85179.199999999997</v>
       </c>
       <c r="N291" s="4">
-        <v>107049.60000000001</v>
+        <v>98313.832639999993</v>
       </c>
       <c r="O291" s="3" t="s">
         <v>1399</v>
       </c>
       <c r="P291" s="3" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
       <c r="Q291" s="3" t="s">
-        <v>253</v>
+        <v>237</v>
       </c>
       <c r="R291" s="3" t="s">
-        <v>1401</v>
+        <v>1402</v>
       </c>
       <c r="S291" s="3" t="s">
-        <v>109</v>
+        <v>428</v>
       </c>
       <c r="T291" s="4">
         <v>1</v>
       </c>
       <c r="W291" s="3" t="s">
-        <v>1397</v>
+        <v>34</v>
       </c>
       <c r="X291" s="4">
         <v>0</v>
       </c>
       <c r="Y291" s="4">
         <v>0</v>
       </c>
       <c r="Z291" s="6">
-        <v>4.6150000000000002E-3</v>
+        <v>4.1489999999999999E-3</v>
       </c>
     </row>
     <row r="292" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A292" s="3" t="s">
-        <v>1402</v>
+        <v>1403</v>
       </c>
       <c r="B292" s="3" t="s">
+        <v>1404</v>
+      </c>
+      <c r="C292" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D292" s="4">
+        <v>509</v>
+      </c>
+      <c r="E292" s="5">
+        <v>73.790000000000006</v>
+      </c>
+      <c r="F292" s="4">
+        <v>37559.11</v>
+      </c>
+      <c r="G292" s="3" t="s">
+        <v>1373</v>
+      </c>
+      <c r="H292" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I292" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J292" s="5">
+        <v>73.790000000000006</v>
+      </c>
+      <c r="K292" s="5">
+        <v>1</v>
+      </c>
+      <c r="L292" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M292" s="4">
+        <v>37559.11</v>
+      </c>
+      <c r="N292" s="4">
+        <v>37559.11</v>
+      </c>
+      <c r="O292" s="3" t="s">
+        <v>1405</v>
+      </c>
+      <c r="P292" s="3" t="s">
+        <v>1406</v>
+      </c>
+      <c r="Q292" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="R292" s="3" t="s">
+        <v>1407</v>
+      </c>
+      <c r="S292" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="T292" s="4">
+        <v>1</v>
+      </c>
+      <c r="W292" s="3" t="s">
         <v>1403</v>
       </c>
-      <c r="C292" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X292" s="4">
         <v>0</v>
       </c>
       <c r="Y292" s="4">
         <v>0</v>
       </c>
       <c r="Z292" s="6">
-        <v>4.2880000000000001E-3</v>
+        <v>1.585E-3</v>
       </c>
     </row>
     <row r="293" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A293" s="3" t="s">
-        <v>1407</v>
+        <v>1408</v>
       </c>
       <c r="B293" s="3" t="s">
+        <v>1409</v>
+      </c>
+      <c r="C293" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D293" s="4">
+        <v>15900</v>
+      </c>
+      <c r="E293" s="5">
+        <v>5.2083069999999996</v>
+      </c>
+      <c r="F293" s="4">
+        <v>82812.073801499995</v>
+      </c>
+      <c r="G293" s="3" t="s">
+        <v>1373</v>
+      </c>
+      <c r="H293" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="I293" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="J293" s="5">
+        <v>40.479999999999997</v>
+      </c>
+      <c r="K293" s="5">
+        <v>7.7721999289620927</v>
+      </c>
+      <c r="L293" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="M293" s="4">
+        <v>643631.99411700002</v>
+      </c>
+      <c r="N293" s="4">
+        <v>82812.073801499995</v>
+      </c>
+      <c r="O293" s="3" t="s">
         <v>1408</v>
       </c>
-      <c r="C293" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P293" s="3" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
       <c r="Q293" s="3" t="s">
-        <v>253</v>
+        <v>237</v>
       </c>
       <c r="R293" s="3" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
       <c r="S293" s="3" t="s">
-        <v>636</v>
+        <v>662</v>
       </c>
       <c r="T293" s="4">
         <v>1</v>
       </c>
       <c r="W293" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X293" s="4">
         <v>0</v>
       </c>
       <c r="Y293" s="4">
         <v>0</v>
       </c>
       <c r="Z293" s="6">
-        <v>1.4660000000000001E-3</v>
+        <v>3.4940000000000001E-3</v>
       </c>
     </row>
     <row r="294" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A294" s="3" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="B294" s="3" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="C294" s="3" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D294" s="4">
-        <v>2505</v>
+        <v>4659</v>
       </c>
       <c r="E294" s="5">
-        <v>38.963000000000001</v>
+        <v>8.165578</v>
       </c>
       <c r="F294" s="4">
-        <v>97602.315000000002</v>
+        <v>38043.426737250003</v>
       </c>
       <c r="G294" s="3" t="s">
-        <v>1393</v>
+        <v>1373</v>
       </c>
       <c r="H294" s="3" t="s">
-        <v>444</v>
+        <v>58</v>
       </c>
       <c r="I294" s="3" t="s">
         <v>59</v>
       </c>
       <c r="J294" s="5">
-        <v>33.159999999999997</v>
+        <v>6.2149999999999999</v>
       </c>
       <c r="K294" s="5">
-        <v>0.85106382978723405</v>
+        <v>0.76112189367127148</v>
       </c>
       <c r="L294" s="3" t="s">
-        <v>445</v>
+        <v>60</v>
       </c>
       <c r="M294" s="4">
-        <v>83065.8</v>
+        <v>28955.685000000001</v>
       </c>
       <c r="N294" s="4">
-        <v>97602.315000000002</v>
+        <v>38043.426737250003</v>
       </c>
       <c r="O294" s="3" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="P294" s="3" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="Q294" s="3" t="s">
-        <v>253</v>
+        <v>237</v>
       </c>
       <c r="R294" s="3" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="S294" s="3" t="s">
-        <v>448</v>
+        <v>116</v>
       </c>
       <c r="T294" s="4">
         <v>1</v>
       </c>
       <c r="W294" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X294" s="4">
         <v>0</v>
       </c>
       <c r="Y294" s="4">
         <v>0</v>
       </c>
       <c r="Z294" s="6">
-        <v>4.2079999999999999E-3</v>
+        <v>1.6050000000000001E-3</v>
       </c>
     </row>
     <row r="295" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A295" s="3" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
       <c r="B295" s="3" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
       <c r="C295" s="3" t="s">
-        <v>103</v>
+        <v>1418</v>
       </c>
       <c r="D295" s="4">
-        <v>252</v>
+        <v>-26187.43</v>
       </c>
       <c r="E295" s="5">
-        <v>100.22750000000001</v>
+        <v>1</v>
       </c>
       <c r="F295" s="4">
-        <v>25257.33</v>
+        <v>-26187.43</v>
       </c>
       <c r="G295" s="3" t="s">
-        <v>1393</v>
+        <v>1419</v>
       </c>
       <c r="H295" s="3" t="s">
-        <v>444</v>
+        <v>83</v>
       </c>
       <c r="I295" s="3" t="s">
-        <v>59</v>
+        <v>84</v>
       </c>
       <c r="J295" s="5">
-        <v>85.3</v>
+        <v>1</v>
       </c>
       <c r="K295" s="5">
-        <v>0.85106382978723405</v>
+        <v>1</v>
       </c>
       <c r="L295" s="3" t="s">
-        <v>445</v>
+        <v>85</v>
       </c>
       <c r="M295" s="4">
-        <v>21495.599999999999</v>
+        <v>-26187.43</v>
       </c>
       <c r="N295" s="4">
-        <v>25257.33</v>
+        <v>-26187.43</v>
       </c>
       <c r="O295" s="3" t="s">
-        <v>1415</v>
+        <v>34</v>
       </c>
       <c r="P295" s="3" t="s">
-        <v>1417</v>
+        <v>34</v>
       </c>
       <c r="Q295" s="3" t="s">
-        <v>253</v>
+        <v>34</v>
       </c>
       <c r="R295" s="3" t="s">
-        <v>1418</v>
+        <v>34</v>
       </c>
       <c r="S295" s="3" t="s">
-        <v>448</v>
+        <v>35</v>
       </c>
       <c r="T295" s="4">
         <v>1</v>
       </c>
       <c r="W295" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X295" s="4">
         <v>0</v>
       </c>
       <c r="Y295" s="4">
         <v>0</v>
       </c>
       <c r="Z295" s="6">
-        <v>1.0889999999999999E-3</v>
+        <v>-1.1050000000000001E-3</v>
       </c>
     </row>
     <row r="296" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A296" s="3" t="s">
-        <v>1419</v>
+        <v>1420</v>
       </c>
       <c r="B296" s="3" t="s">
+        <v>1421</v>
+      </c>
+      <c r="C296" s="3" t="s">
+        <v>1422</v>
+      </c>
+      <c r="D296" s="4">
+        <v>125499.02</v>
+      </c>
+      <c r="E296" s="5">
+        <v>1</v>
+      </c>
+      <c r="F296" s="4">
+        <v>125499.02</v>
+      </c>
+      <c r="G296" s="3" t="s">
+        <v>1423</v>
+      </c>
+      <c r="H296" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I296" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J296" s="5">
+        <v>1</v>
+      </c>
+      <c r="K296" s="5">
+        <v>1</v>
+      </c>
+      <c r="L296" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M296" s="4">
+        <v>125499.02</v>
+      </c>
+      <c r="N296" s="4">
+        <v>125499.02</v>
+      </c>
+      <c r="O296" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P296" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q296" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="R296" s="3" t="s">
         <v>1420</v>
       </c>
-      <c r="C296" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S296" s="3" t="s">
-        <v>448</v>
+        <v>1424</v>
       </c>
       <c r="T296" s="4">
         <v>1</v>
       </c>
       <c r="W296" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X296" s="4">
         <v>0</v>
       </c>
       <c r="Y296" s="4">
         <v>0</v>
       </c>
       <c r="Z296" s="6">
-        <v>4.4390000000000002E-3</v>
-[...73 lines deleted...]
-        <v>1.536E-3</v>
+        <v>5.2960000000000004E-3</v>
       </c>
     </row>
     <row r="298" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A298" s="3" t="s">
-        <v>1428</v>
-[...68 lines deleted...]
-        <v>3.5239999999999998E-3</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="299" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A299" s="3" t="s">
-        <v>1432</v>
-[...68 lines deleted...]
-        <v>1.573E-3</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="300" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A300" s="3" t="s">
-        <v>1436</v>
-[...68 lines deleted...]
-        <v>-1.8259999999999999E-3</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="301" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A301" s="3" t="s">
-        <v>1440</v>
-[...68 lines deleted...]
-        <v>6.1190000000000003E-3</v>
+        <v>1428</v>
+      </c>
+    </row>
+    <row r="302" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A302" s="3" t="s">
+        <v>1429</v>
       </c>
     </row>
     <row r="303" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A303" s="3" t="s">
-        <v>1445</v>
-[...24 lines deleted...]
-        <v>1450</v>
+        <v>1430</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>September</vt:lpstr>
+      <vt:lpstr>October</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>