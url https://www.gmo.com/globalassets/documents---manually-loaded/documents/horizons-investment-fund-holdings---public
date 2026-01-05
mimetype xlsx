--- v2 (2025-12-16)
+++ v3 (2026-01-05)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_10\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_11\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{3757A055-D783-4E13-A923-3D0DD2DC3726}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{ED8535EF-0035-4F83-9AC3-D2C8C46ACDED}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1560" yWindow="1860" windowWidth="11520" windowHeight="8265" xr2:uid="{0AFCEDD9-CE88-4113-A0BA-B1C35AB7D1E1}"/>
+    <workbookView xWindow="1950" yWindow="2325" windowWidth="11520" windowHeight="8265" xr2:uid="{AA290446-170D-4139-9A0A-F8C87C7534F0}"/>
   </bookViews>
   <sheets>
-    <sheet name="October" sheetId="1" r:id="rId1"/>
+    <sheet name="November" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3842" uniqueCount="1431">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3790" uniqueCount="1411">
   <si>
     <t>GMO Horizons Investment Fund</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -250,50 +250,65 @@
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HKD</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>JPYTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (JPY)</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>JPY</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
+    <t>KRWTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (KRW)</t>
+  </si>
+  <si>
+    <t>South Korea</t>
+  </si>
+  <si>
+    <t>KRW</t>
+  </si>
+  <si>
+    <t>KR</t>
+  </si>
+  <si>
     <t>NOKTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (NOK)</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>SEKTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (SEK)</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>SEK</t>
@@ -769,245 +784,209 @@
   <si>
     <t>CBRE</t>
   </si>
   <si>
     <t>Real Estate</t>
   </si>
   <si>
     <t>US12504L1098</t>
   </si>
   <si>
     <t>12514G108</t>
   </si>
   <si>
     <t>Cdw Corp/De</t>
   </si>
   <si>
     <t>BBM5MD6</t>
   </si>
   <si>
     <t>CDW</t>
   </si>
   <si>
     <t>US12514G1085</t>
   </si>
   <si>
-    <t>125523100</t>
-[...13 lines deleted...]
-  <si>
     <t>12572Q105</t>
   </si>
   <si>
     <t>CME Group Inc</t>
   </si>
   <si>
     <t>2965839</t>
   </si>
   <si>
     <t>CME</t>
   </si>
   <si>
     <t>US12572Q1058</t>
   </si>
   <si>
     <t>126408103</t>
   </si>
   <si>
     <t>Csx Corp</t>
   </si>
   <si>
     <t>2160753</t>
   </si>
   <si>
     <t>CSX</t>
   </si>
   <si>
     <t>Industrials</t>
   </si>
   <si>
     <t>US1264081035</t>
   </si>
   <si>
+    <t>136375102</t>
+  </si>
+  <si>
+    <t>Canadian Natl Railway Co</t>
+  </si>
+  <si>
+    <t>2210959</t>
+  </si>
+  <si>
+    <t>CNI</t>
+  </si>
+  <si>
+    <t>CA1363751027</t>
+  </si>
+  <si>
+    <t>13646K108</t>
+  </si>
+  <si>
+    <t>Canadian Pacific Kansas City</t>
+  </si>
+  <si>
+    <t>BNVTFQ7</t>
+  </si>
+  <si>
+    <t>CP</t>
+  </si>
+  <si>
+    <t>CA13646K1084</t>
+  </si>
+  <si>
+    <t>142339100</t>
+  </si>
+  <si>
+    <t>Carlisle Cos Inc</t>
+  </si>
+  <si>
+    <t>2176318</t>
+  </si>
+  <si>
+    <t>CSL</t>
+  </si>
+  <si>
+    <t>US1423391002</t>
+  </si>
+  <si>
+    <t>17275R102</t>
+  </si>
+  <si>
+    <t>Cisco Systems Inc</t>
+  </si>
+  <si>
+    <t>2198163</t>
+  </si>
+  <si>
+    <t>CSCO</t>
+  </si>
+  <si>
+    <t>US17275R1023</t>
+  </si>
+  <si>
+    <t>172967424</t>
+  </si>
+  <si>
+    <t>Citigroup Inc</t>
+  </si>
+  <si>
+    <t>2297907</t>
+  </si>
+  <si>
+    <t>C</t>
+  </si>
+  <si>
+    <t>US1729674242</t>
+  </si>
+  <si>
+    <t>192446102</t>
+  </si>
+  <si>
+    <t>Cognizant Tech Solutions-A</t>
+  </si>
+  <si>
+    <t>2257019</t>
+  </si>
+  <si>
+    <t>CTSH</t>
+  </si>
+  <si>
+    <t>US1924461023</t>
+  </si>
+  <si>
+    <t>2076009</t>
+  </si>
+  <si>
+    <t>Bank Of Montreal</t>
+  </si>
+  <si>
+    <t>BMO</t>
+  </si>
+  <si>
+    <t>CA0636711016</t>
+  </si>
+  <si>
+    <t>XTSE</t>
+  </si>
+  <si>
+    <t>063671101</t>
+  </si>
+  <si>
+    <t>2166160</t>
+  </si>
+  <si>
+    <t>Cameco Corp</t>
+  </si>
+  <si>
+    <t>CCO</t>
+  </si>
+  <si>
+    <t>Energy</t>
+  </si>
+  <si>
+    <t>CA13321L1085</t>
+  </si>
+  <si>
     <t>13321L108</t>
   </si>
   <si>
-    <t>Cameco Corp</t>
-[...142 lines deleted...]
-  <si>
     <t>2180632</t>
   </si>
   <si>
     <t>CNR</t>
   </si>
   <si>
     <t>22160K105</t>
   </si>
   <si>
     <t>Costco Wholesale Corp</t>
   </si>
   <si>
     <t>2701271</t>
   </si>
   <si>
     <t>COST</t>
   </si>
   <si>
     <t>US22160K1051</t>
   </si>
   <si>
     <t>235851102</t>
   </si>
   <si>
     <t>Danaher Corp</t>
@@ -1186,1991 +1165,1955 @@
   <si>
     <t>336433107</t>
   </si>
   <si>
     <t>First Solar Inc</t>
   </si>
   <si>
     <t>B1HMF22</t>
   </si>
   <si>
     <t>FSLR</t>
   </si>
   <si>
     <t>US3364331070</t>
   </si>
   <si>
     <t>337738108</t>
   </si>
   <si>
     <t>Fiserv Inc</t>
   </si>
   <si>
     <t>2342034</t>
   </si>
   <si>
+    <t>FISV</t>
+  </si>
+  <si>
+    <t>US3377381088</t>
+  </si>
+  <si>
+    <t>35137L105</t>
+  </si>
+  <si>
+    <t>FOXA-WI</t>
+  </si>
+  <si>
+    <t>BJJMGL2</t>
+  </si>
+  <si>
+    <t>FOXA</t>
+  </si>
+  <si>
+    <t>US35137L1052</t>
+  </si>
+  <si>
+    <t>36168Q104</t>
+  </si>
+  <si>
+    <t>Gfl Environmental Inc-Sub Vt</t>
+  </si>
+  <si>
+    <t>BKDT650</t>
+  </si>
+  <si>
+    <t>GFL</t>
+  </si>
+  <si>
+    <t>CA36168Q1046</t>
+  </si>
+  <si>
+    <t>369604301</t>
+  </si>
+  <si>
+    <t>General Electric</t>
+  </si>
+  <si>
+    <t>BL59CR9</t>
+  </si>
+  <si>
+    <t>GE</t>
+  </si>
+  <si>
+    <t>US3696043013</t>
+  </si>
+  <si>
+    <t>375558103</t>
+  </si>
+  <si>
+    <t>Gilead Sciences Inc</t>
+  </si>
+  <si>
+    <t>2369174</t>
+  </si>
+  <si>
+    <t>GILD</t>
+  </si>
+  <si>
+    <t>US3755581036</t>
+  </si>
+  <si>
+    <t>38141G104</t>
+  </si>
+  <si>
+    <t>Goldman Sachs Group Inc</t>
+  </si>
+  <si>
+    <t>2407966</t>
+  </si>
+  <si>
+    <t>GS</t>
+  </si>
+  <si>
+    <t>US38141G1040</t>
+  </si>
+  <si>
+    <t>40412C101</t>
+  </si>
+  <si>
+    <t>Hca Healthcare Inc</t>
+  </si>
+  <si>
+    <t>B4MGBG6</t>
+  </si>
+  <si>
+    <t>HCA</t>
+  </si>
+  <si>
+    <t>US40412C1018</t>
+  </si>
+  <si>
+    <t>4056719</t>
+  </si>
+  <si>
+    <t>Generali</t>
+  </si>
+  <si>
+    <t>Italy</t>
+  </si>
+  <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>G</t>
+  </si>
+  <si>
+    <t>IT0000062072</t>
+  </si>
+  <si>
+    <t>MTAA</t>
+  </si>
+  <si>
+    <t>4057808</t>
+  </si>
+  <si>
+    <t>L Oreal</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>FR</t>
+  </si>
+  <si>
+    <t>OR</t>
+  </si>
+  <si>
+    <t>FR0000120321</t>
+  </si>
+  <si>
+    <t>XPAR</t>
+  </si>
+  <si>
+    <t>427866108</t>
+  </si>
+  <si>
+    <t>Hershey Co/The</t>
+  </si>
+  <si>
+    <t>2422806</t>
+  </si>
+  <si>
+    <t>HSY</t>
+  </si>
+  <si>
+    <t>US4278661081</t>
+  </si>
+  <si>
+    <t>42824C109</t>
+  </si>
+  <si>
+    <t>Hewlett Packard Enterprise</t>
+  </si>
+  <si>
+    <t>BYVYWS0</t>
+  </si>
+  <si>
+    <t>HPE</t>
+  </si>
+  <si>
+    <t>US42824C1099</t>
+  </si>
+  <si>
+    <t>4352097</t>
+  </si>
+  <si>
+    <t>Fresenius Se &amp; Co Kgaa</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>FRE</t>
+  </si>
+  <si>
+    <t>DE0005785604</t>
+  </si>
+  <si>
+    <t>XETR</t>
+  </si>
+  <si>
+    <t>437076102</t>
+  </si>
+  <si>
+    <t>Home Depot Inc</t>
+  </si>
+  <si>
+    <t>2434209</t>
+  </si>
+  <si>
+    <t>HD</t>
+  </si>
+  <si>
+    <t>US4370761029</t>
+  </si>
+  <si>
+    <t>4491235</t>
+  </si>
+  <si>
+    <t>Kingspan Group Plc</t>
+  </si>
+  <si>
+    <t>Ireland</t>
+  </si>
+  <si>
+    <t>IE</t>
+  </si>
+  <si>
+    <t>KSP</t>
+  </si>
+  <si>
+    <t>IE0004927939</t>
+  </si>
+  <si>
+    <t>XDUB</t>
+  </si>
+  <si>
+    <t>45866F104</t>
+  </si>
+  <si>
+    <t>Intercontinental Exchange In</t>
+  </si>
+  <si>
+    <t>BFSSDS9</t>
+  </si>
+  <si>
+    <t>ICE</t>
+  </si>
+  <si>
+    <t>US45866F1049</t>
+  </si>
+  <si>
+    <t>459200101</t>
+  </si>
+  <si>
+    <t>Intl Business Machines Corp</t>
+  </si>
+  <si>
+    <t>2005973</t>
+  </si>
+  <si>
+    <t>IBM</t>
+  </si>
+  <si>
+    <t>US4592001014</t>
+  </si>
+  <si>
+    <t>461202103</t>
+  </si>
+  <si>
+    <t>Intuit Inc</t>
+  </si>
+  <si>
+    <t>2459020</t>
+  </si>
+  <si>
+    <t>INTU</t>
+  </si>
+  <si>
+    <t>US4612021034</t>
+  </si>
+  <si>
+    <t>46120E602</t>
+  </si>
+  <si>
+    <t>Intuitive Surgical Inc</t>
+  </si>
+  <si>
+    <t>2871301</t>
+  </si>
+  <si>
+    <t>ISRG</t>
+  </si>
+  <si>
+    <t>US46120E6023</t>
+  </si>
+  <si>
+    <t>46266C105</t>
+  </si>
+  <si>
+    <t>Iqvia Holdings Inc</t>
+  </si>
+  <si>
+    <t>BDR73G1</t>
+  </si>
+  <si>
+    <t>IQV</t>
+  </si>
+  <si>
+    <t>US46266C1053</t>
+  </si>
+  <si>
+    <t>46625H100</t>
+  </si>
+  <si>
+    <t>Jpmorgan Chase &amp; Co</t>
+  </si>
+  <si>
+    <t>2190385</t>
+  </si>
+  <si>
+    <t>JPM</t>
+  </si>
+  <si>
+    <t>US46625H1005</t>
+  </si>
+  <si>
+    <t>478160104</t>
+  </si>
+  <si>
+    <t>Johnson &amp; Johnson</t>
+  </si>
+  <si>
+    <t>2475833</t>
+  </si>
+  <si>
+    <t>JNJ</t>
+  </si>
+  <si>
+    <t>US4781601046</t>
+  </si>
+  <si>
+    <t>4834108</t>
+  </si>
+  <si>
+    <t>Schneider Electric Se</t>
+  </si>
+  <si>
+    <t>SU</t>
+  </si>
+  <si>
+    <t>FR0000121972</t>
+  </si>
+  <si>
+    <t>4846288</t>
+  </si>
+  <si>
+    <t>Sap Se</t>
+  </si>
+  <si>
+    <t>SAP</t>
+  </si>
+  <si>
+    <t>DE0007164600</t>
+  </si>
+  <si>
+    <t>504922105</t>
+  </si>
+  <si>
+    <t>Labcorp Holdings Inc</t>
+  </si>
+  <si>
+    <t>BSBK800</t>
+  </si>
+  <si>
+    <t>LH</t>
+  </si>
+  <si>
+    <t>US5049221055</t>
+  </si>
+  <si>
+    <t>512807306</t>
+  </si>
+  <si>
+    <t>Lam Research Corp</t>
+  </si>
+  <si>
+    <t>BSML4N7</t>
+  </si>
+  <si>
+    <t>LRCX</t>
+  </si>
+  <si>
+    <t>US5128073062</t>
+  </si>
+  <si>
+    <t>5129074</t>
+  </si>
+  <si>
+    <t>Fresenius Medical Care Ag</t>
+  </si>
+  <si>
+    <t>FME</t>
+  </si>
+  <si>
+    <t>DE0005785802</t>
+  </si>
+  <si>
+    <t>5231485</t>
+  </si>
+  <si>
+    <t>Allianz Se-Reg</t>
+  </si>
+  <si>
+    <t>ALV</t>
+  </si>
+  <si>
+    <t>DE0008404005</t>
+  </si>
+  <si>
+    <t>5253973</t>
+  </si>
+  <si>
+    <t>Hermes International</t>
+  </si>
+  <si>
+    <t>RMS</t>
+  </si>
+  <si>
+    <t>FR0000052292</t>
+  </si>
+  <si>
+    <t>526107107</t>
+  </si>
+  <si>
+    <t>Lennox International Inc</t>
+  </si>
+  <si>
+    <t>2442053</t>
+  </si>
+  <si>
+    <t>LII</t>
+  </si>
+  <si>
+    <t>US5261071071</t>
+  </si>
+  <si>
+    <t>5294121</t>
+  </si>
+  <si>
+    <t>Muenchener Rueckver Ag-Reg</t>
+  </si>
+  <si>
+    <t>MUV2</t>
+  </si>
+  <si>
+    <t>DE0008430026</t>
+  </si>
+  <si>
+    <t>532457108</t>
+  </si>
+  <si>
+    <t>Eli Lilly &amp; Co</t>
+  </si>
+  <si>
+    <t>2516152</t>
+  </si>
+  <si>
+    <t>LLY</t>
+  </si>
+  <si>
+    <t>US5324571083</t>
+  </si>
+  <si>
+    <t>5501906</t>
+  </si>
+  <si>
+    <t>Banco Bilbao Vizcaya Argenta</t>
+  </si>
+  <si>
+    <t>Spain</t>
+  </si>
+  <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>BBVA</t>
+  </si>
+  <si>
+    <t>ES0113211835</t>
+  </si>
+  <si>
+    <t>XMAD</t>
+  </si>
+  <si>
+    <t>5671735</t>
+  </si>
+  <si>
+    <t>Sanofi</t>
+  </si>
+  <si>
+    <t>SAN</t>
+  </si>
+  <si>
+    <t>FR0000120578</t>
+  </si>
+  <si>
+    <t>5705946</t>
+  </si>
+  <si>
+    <t>Banco Santander Sa</t>
+  </si>
+  <si>
+    <t>ES0113900J37</t>
+  </si>
+  <si>
+    <t>571748102</t>
+  </si>
+  <si>
+    <t>Marsh &amp; Mclennan Cos</t>
+  </si>
+  <si>
+    <t>2567741</t>
+  </si>
+  <si>
+    <t>MMC</t>
+  </si>
+  <si>
+    <t>US5717481023</t>
+  </si>
+  <si>
+    <t>5727973</t>
+  </si>
+  <si>
+    <t>Siemens Ag-Reg</t>
+  </si>
+  <si>
+    <t>SIE</t>
+  </si>
+  <si>
+    <t>DE0007236101</t>
+  </si>
+  <si>
+    <t>5750355</t>
+  </si>
+  <si>
+    <t>Deutsche Bank Ag-Registered</t>
+  </si>
+  <si>
+    <t>DBK</t>
+  </si>
+  <si>
+    <t>DE0005140008</t>
+  </si>
+  <si>
+    <t>57636Q104</t>
+  </si>
+  <si>
+    <t>Mastercard Inc - A</t>
+  </si>
+  <si>
+    <t>B121557</t>
+  </si>
+  <si>
+    <t>MA</t>
+  </si>
+  <si>
+    <t>US57636Q1040</t>
+  </si>
+  <si>
+    <t>580135101</t>
+  </si>
+  <si>
+    <t>Mcdonald S Corp</t>
+  </si>
+  <si>
+    <t>2550707</t>
+  </si>
+  <si>
+    <t>MCD</t>
+  </si>
+  <si>
+    <t>US5801351017</t>
+  </si>
+  <si>
+    <t>5842359</t>
+  </si>
+  <si>
+    <t>Deutsche Telekom Ag-Reg</t>
+  </si>
+  <si>
+    <t>DTE</t>
+  </si>
+  <si>
+    <t>DE0005557508</t>
+  </si>
+  <si>
+    <t>5889505</t>
+  </si>
+  <si>
+    <t>Infineon Technologies Ag</t>
+  </si>
+  <si>
+    <t>IFX</t>
+  </si>
+  <si>
+    <t>DE0006231004</t>
+  </si>
+  <si>
+    <t>58933Y105</t>
+  </si>
+  <si>
+    <t>Merck &amp; Co. Inc.</t>
+  </si>
+  <si>
+    <t>2778844</t>
+  </si>
+  <si>
+    <t>MRK</t>
+  </si>
+  <si>
+    <t>US58933Y1055</t>
+  </si>
+  <si>
+    <t>59156R108</t>
+  </si>
+  <si>
+    <t>Metlife Inc</t>
+  </si>
+  <si>
+    <t>2573209</t>
+  </si>
+  <si>
+    <t>MET</t>
+  </si>
+  <si>
+    <t>US59156R1086</t>
+  </si>
+  <si>
+    <t>594918104</t>
+  </si>
+  <si>
+    <t>Microsoft Corp</t>
+  </si>
+  <si>
+    <t>2588173</t>
+  </si>
+  <si>
+    <t>MSFT</t>
+  </si>
+  <si>
+    <t>US5949181045</t>
+  </si>
+  <si>
+    <t>5983816</t>
+  </si>
+  <si>
+    <t>Zurich Insurance Group Ag</t>
+  </si>
+  <si>
+    <t>ZURN</t>
+  </si>
+  <si>
+    <t>CH0011075394</t>
+  </si>
+  <si>
+    <t>XSWX</t>
+  </si>
+  <si>
+    <t>6057378</t>
+  </si>
+  <si>
+    <t>Asics Corp</t>
+  </si>
+  <si>
+    <t>7936</t>
+  </si>
+  <si>
+    <t>JP3118000003</t>
+  </si>
+  <si>
+    <t>XTKS</t>
+  </si>
+  <si>
+    <t>6076146</t>
+  </si>
+  <si>
+    <t>Westpac Banking Corp</t>
+  </si>
+  <si>
+    <t>WBC</t>
+  </si>
+  <si>
+    <t>AU000000WBC1</t>
+  </si>
+  <si>
+    <t>XASX</t>
+  </si>
+  <si>
+    <t>61174X109</t>
+  </si>
+  <si>
+    <t>Monster Beverage Corp</t>
+  </si>
+  <si>
+    <t>BZ07BW4</t>
+  </si>
+  <si>
+    <t>MNST</t>
+  </si>
+  <si>
+    <t>US61174X1090</t>
+  </si>
+  <si>
+    <t>6125639</t>
+  </si>
+  <si>
+    <t>Ntt Data Group Corp</t>
+  </si>
+  <si>
+    <t>9613</t>
+  </si>
+  <si>
+    <t>JP3165700000</t>
+  </si>
+  <si>
+    <t>6173401</t>
+  </si>
+  <si>
+    <t>Coway Co Ltd</t>
+  </si>
+  <si>
+    <t>021240</t>
+  </si>
+  <si>
+    <t>KR7021240007</t>
+  </si>
+  <si>
+    <t>XKRX</t>
+  </si>
+  <si>
+    <t>617446448</t>
+  </si>
+  <si>
+    <t>Morgan Stanley</t>
+  </si>
+  <si>
+    <t>2262314</t>
+  </si>
+  <si>
+    <t>MS</t>
+  </si>
+  <si>
+    <t>US6174464486</t>
+  </si>
+  <si>
+    <t>6183552</t>
+  </si>
+  <si>
+    <t>Central Japan Railway Co</t>
+  </si>
+  <si>
+    <t>9022</t>
+  </si>
+  <si>
+    <t>JP3566800003</t>
+  </si>
+  <si>
+    <t>6185495</t>
+  </si>
+  <si>
+    <t>Csl Ltd</t>
+  </si>
+  <si>
+    <t>AU000000CSL8</t>
+  </si>
+  <si>
+    <t>6215035</t>
+  </si>
+  <si>
+    <t>Commonwealth Bank Of Austral</t>
+  </si>
+  <si>
+    <t>CBA</t>
+  </si>
+  <si>
+    <t>AU000000CBA7</t>
+  </si>
+  <si>
+    <t>6248990</t>
+  </si>
+  <si>
+    <t>Kddi Corp</t>
+  </si>
+  <si>
+    <t>9433</t>
+  </si>
+  <si>
+    <t>JP3496400007</t>
+  </si>
+  <si>
+    <t>6267058</t>
+  </si>
+  <si>
+    <t>Otsuka Corp</t>
+  </si>
+  <si>
+    <t>4768</t>
+  </si>
+  <si>
+    <t>JP3188200004</t>
+  </si>
+  <si>
+    <t>6290054</t>
+  </si>
+  <si>
+    <t>Mtr Corp</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>HK0066009694</t>
+  </si>
+  <si>
+    <t>XHKG</t>
+  </si>
+  <si>
+    <t>6298542</t>
+  </si>
+  <si>
+    <t>East Japan Railway Co</t>
+  </si>
+  <si>
+    <t>9020</t>
+  </si>
+  <si>
+    <t>JP3783600004</t>
+  </si>
+  <si>
+    <t>6309466</t>
+  </si>
+  <si>
+    <t>Sbi Holdings Inc</t>
+  </si>
+  <si>
+    <t>8473</t>
+  </si>
+  <si>
+    <t>JP3436120004</t>
+  </si>
+  <si>
+    <t>6335171</t>
+  </si>
+  <si>
+    <t>Mitsubishi Ufj Financial Gro</t>
+  </si>
+  <si>
+    <t>8306</t>
+  </si>
+  <si>
+    <t>JP3902900004</t>
+  </si>
+  <si>
+    <t>64110L106</t>
+  </si>
+  <si>
+    <t>Netflix Inc</t>
+  </si>
+  <si>
+    <t>2857817</t>
+  </si>
+  <si>
+    <t>NFLX</t>
+  </si>
+  <si>
+    <t>US64110L1061</t>
+  </si>
+  <si>
+    <t>6450267</t>
+  </si>
+  <si>
+    <t>Sk Hynix Inc</t>
+  </si>
+  <si>
+    <t>000660</t>
+  </si>
+  <si>
+    <t>KR7000660001</t>
+  </si>
+  <si>
+    <t>6506267</t>
+  </si>
+  <si>
+    <t>Lasertec Corp</t>
+  </si>
+  <si>
+    <t>6920</t>
+  </si>
+  <si>
+    <t>JP3979200007</t>
+  </si>
+  <si>
+    <t>6519481</t>
+  </si>
+  <si>
+    <t>Lite-On Technology Corp</t>
+  </si>
+  <si>
+    <t>Taiwan</t>
+  </si>
+  <si>
+    <t>TWD</t>
+  </si>
+  <si>
+    <t>TW</t>
+  </si>
+  <si>
+    <t>2301</t>
+  </si>
+  <si>
+    <t>TW0002301009</t>
+  </si>
+  <si>
+    <t>XTAI</t>
+  </si>
+  <si>
+    <t>655844108</t>
+  </si>
+  <si>
+    <t>Norfolk Southern Corp</t>
+  </si>
+  <si>
+    <t>2641894</t>
+  </si>
+  <si>
+    <t>NSC</t>
+  </si>
+  <si>
+    <t>US6558441084</t>
+  </si>
+  <si>
+    <t>6563024</t>
+  </si>
+  <si>
+    <t>Sumitomo Mitsui Financial Gr</t>
+  </si>
+  <si>
+    <t>8316</t>
+  </si>
+  <si>
+    <t>JP3890350006</t>
+  </si>
+  <si>
+    <t>6596729</t>
+  </si>
+  <si>
+    <t>Mitsubishi Estate Co Ltd</t>
+  </si>
+  <si>
+    <t>8802</t>
+  </si>
+  <si>
+    <t>JP3899600005</t>
+  </si>
+  <si>
+    <t>6624608</t>
+  </si>
+  <si>
+    <t>National Australia Bank Ltd</t>
+  </si>
+  <si>
+    <t>NAB</t>
+  </si>
+  <si>
+    <t>AU000000NAB4</t>
+  </si>
+  <si>
+    <t>6640400</t>
+  </si>
+  <si>
+    <t>Nec Corp</t>
+  </si>
+  <si>
+    <t>6701</t>
+  </si>
+  <si>
+    <t>JP3733000008</t>
+  </si>
+  <si>
+    <t>6641373</t>
+  </si>
+  <si>
+    <t>Ntt Inc</t>
+  </si>
+  <si>
+    <t>9432</t>
+  </si>
+  <si>
+    <t>JP3735400008</t>
+  </si>
+  <si>
+    <t>67059N108</t>
+  </si>
+  <si>
+    <t>Nutanix Inc - A</t>
+  </si>
+  <si>
+    <t>BYQBFT8</t>
+  </si>
+  <si>
+    <t>NTNX</t>
+  </si>
+  <si>
+    <t>US67059N1081</t>
+  </si>
+  <si>
+    <t>67066G104</t>
+  </si>
+  <si>
+    <t>Nvidia Corp</t>
+  </si>
+  <si>
+    <t>2379504</t>
+  </si>
+  <si>
+    <t>NVDA</t>
+  </si>
+  <si>
+    <t>US67066G1040</t>
+  </si>
+  <si>
+    <t>6744283</t>
+  </si>
+  <si>
+    <t>E Ink Holdings Inc</t>
+  </si>
+  <si>
+    <t>8069</t>
+  </si>
+  <si>
+    <t>TW0008069006</t>
+  </si>
+  <si>
+    <t>ROCO</t>
+  </si>
+  <si>
+    <t>6770620</t>
+  </si>
+  <si>
+    <t>Softbank Group Corp</t>
+  </si>
+  <si>
+    <t>9984</t>
+  </si>
+  <si>
+    <t>JP3436100006</t>
+  </si>
+  <si>
+    <t>6776349</t>
+  </si>
+  <si>
+    <t>Sanrio Co Ltd</t>
+  </si>
+  <si>
+    <t>8136</t>
+  </si>
+  <si>
+    <t>JP3343200006</t>
+  </si>
+  <si>
+    <t>6804369</t>
+  </si>
+  <si>
+    <t>Shimadzu Corp</t>
+  </si>
+  <si>
+    <t>7701</t>
+  </si>
+  <si>
+    <t>JP3357200009</t>
+  </si>
+  <si>
+    <t>6804820</t>
+  </si>
+  <si>
+    <t>Shimano Inc</t>
+  </si>
+  <si>
+    <t>7309</t>
+  </si>
+  <si>
+    <t>JP3358000002</t>
+  </si>
+  <si>
+    <t>6805317</t>
+  </si>
+  <si>
+    <t>Hulic Co Ltd</t>
+  </si>
+  <si>
+    <t>3003</t>
+  </si>
+  <si>
+    <t>JP3360800001</t>
+  </si>
+  <si>
+    <t>6821120</t>
+  </si>
+  <si>
+    <t>Sonic Healthcare Ltd</t>
+  </si>
+  <si>
+    <t>SHL</t>
+  </si>
+  <si>
+    <t>AU000000SHL7</t>
+  </si>
+  <si>
+    <t>6821506</t>
+  </si>
+  <si>
+    <t>Sony Group Corp</t>
+  </si>
+  <si>
+    <t>6758</t>
+  </si>
+  <si>
+    <t>JP3435000009</t>
+  </si>
+  <si>
+    <t>68389X105</t>
+  </si>
+  <si>
+    <t>Oracle Corp</t>
+  </si>
+  <si>
+    <t>2661568</t>
+  </si>
+  <si>
+    <t>ORCL</t>
+  </si>
+  <si>
+    <t>US68389X1054</t>
+  </si>
+  <si>
+    <t>6870445</t>
+  </si>
+  <si>
+    <t>Takeda Pharmaceutical Co Ltd</t>
+  </si>
+  <si>
+    <t>4502</t>
+  </si>
+  <si>
+    <t>JP3463000004</t>
+  </si>
+  <si>
+    <t>6889106</t>
+  </si>
+  <si>
+    <t>Taiwan Semiconductor Manufac</t>
+  </si>
+  <si>
+    <t>2330</t>
+  </si>
+  <si>
+    <t>TW0002330008</t>
+  </si>
+  <si>
+    <t>6895675</t>
+  </si>
+  <si>
+    <t>Tokyo Electron Ltd</t>
+  </si>
+  <si>
+    <t>8035</t>
+  </si>
+  <si>
+    <t>JP3571400005</t>
+  </si>
+  <si>
+    <t>693475105</t>
+  </si>
+  <si>
+    <t>Pnc Financial Services Group</t>
+  </si>
+  <si>
+    <t>2692665</t>
+  </si>
+  <si>
+    <t>PNC</t>
+  </si>
+  <si>
+    <t>US6934751057</t>
+  </si>
+  <si>
+    <t>69608A108</t>
+  </si>
+  <si>
+    <t>Palantir Technologies Inc-A</t>
+  </si>
+  <si>
+    <t>BN78DQ4</t>
+  </si>
+  <si>
+    <t>PLTR</t>
+  </si>
+  <si>
+    <t>US69608A1088</t>
+  </si>
+  <si>
+    <t>70450Y103</t>
+  </si>
+  <si>
+    <t>Paypal Holdings Inc</t>
+  </si>
+  <si>
+    <t>BYW36M8</t>
+  </si>
+  <si>
+    <t>PYPL</t>
+  </si>
+  <si>
+    <t>US70450Y1038</t>
+  </si>
+  <si>
+    <t>7088429</t>
+  </si>
+  <si>
+    <t>Axa Sa</t>
+  </si>
+  <si>
+    <t>CS</t>
+  </si>
+  <si>
+    <t>FR0000120628</t>
+  </si>
+  <si>
+    <t>7103065</t>
+  </si>
+  <si>
+    <t>Novartis Ag-Reg</t>
+  </si>
+  <si>
+    <t>NOVN</t>
+  </si>
+  <si>
+    <t>CH0012005267</t>
+  </si>
+  <si>
+    <t>7110388</t>
+  </si>
+  <si>
+    <t>Roche Holding Ag-Genusschein</t>
+  </si>
+  <si>
+    <t>ROG</t>
+  </si>
+  <si>
+    <t>CH0012032048</t>
+  </si>
+  <si>
+    <t>717081103</t>
+  </si>
+  <si>
+    <t>Pfizer Inc</t>
+  </si>
+  <si>
+    <t>2684703</t>
+  </si>
+  <si>
+    <t>PFE</t>
+  </si>
+  <si>
+    <t>US7170811035</t>
+  </si>
+  <si>
+    <t>7309681</t>
+  </si>
+  <si>
+    <t>Bnp Paribas</t>
+  </si>
+  <si>
+    <t>BNP</t>
+  </si>
+  <si>
+    <t>FR0000131104</t>
+  </si>
+  <si>
+    <t>743315103</t>
+  </si>
+  <si>
+    <t>Progressive Corp</t>
+  </si>
+  <si>
+    <t>2705024</t>
+  </si>
+  <si>
+    <t>PGR</t>
+  </si>
+  <si>
+    <t>US7433151039</t>
+  </si>
+  <si>
+    <t>744320102</t>
+  </si>
+  <si>
+    <t>Prudential Financial Inc</t>
+  </si>
+  <si>
+    <t>2819118</t>
+  </si>
+  <si>
+    <t>PRU</t>
+  </si>
+  <si>
+    <t>US7443201022</t>
+  </si>
+  <si>
+    <t>747525103</t>
+  </si>
+  <si>
+    <t>Qualcomm Inc</t>
+  </si>
+  <si>
+    <t>2714923</t>
+  </si>
+  <si>
+    <t>QCOM</t>
+  </si>
+  <si>
+    <t>US7475251036</t>
+  </si>
+  <si>
+    <t>74834L100</t>
+  </si>
+  <si>
+    <t>Quest Diagnostics Inc</t>
+  </si>
+  <si>
+    <t>2702791</t>
+  </si>
+  <si>
+    <t>DGX</t>
+  </si>
+  <si>
+    <t>US74834L1008</t>
+  </si>
+  <si>
+    <t>760759100</t>
+  </si>
+  <si>
+    <t>Republic Services Inc</t>
+  </si>
+  <si>
+    <t>2262530</t>
+  </si>
+  <si>
+    <t>RSG</t>
+  </si>
+  <si>
+    <t>US7607591002</t>
+  </si>
+  <si>
+    <t>770700102</t>
+  </si>
+  <si>
+    <t>Robinhood Markets Inc - A</t>
+  </si>
+  <si>
+    <t>BP0TQN6</t>
+  </si>
+  <si>
+    <t>HOOD</t>
+  </si>
+  <si>
+    <t>US7707001027</t>
+  </si>
+  <si>
+    <t>776696106</t>
+  </si>
+  <si>
+    <t>Roper Technologies Inc</t>
+  </si>
+  <si>
+    <t>2749602</t>
+  </si>
+  <si>
+    <t>ROP</t>
+  </si>
+  <si>
+    <t>US7766961061</t>
+  </si>
+  <si>
+    <t>78409V104</t>
+  </si>
+  <si>
+    <t>S&amp;p Global Inc</t>
+  </si>
+  <si>
+    <t>BYV2325</t>
+  </si>
+  <si>
+    <t>SPGI</t>
+  </si>
+  <si>
+    <t>US78409V1044</t>
+  </si>
+  <si>
+    <t>79466L302</t>
+  </si>
+  <si>
+    <t>Salesforce Inc</t>
+  </si>
+  <si>
+    <t>2310525</t>
+  </si>
+  <si>
+    <t>CRM</t>
+  </si>
+  <si>
+    <t>US79466L3024</t>
+  </si>
+  <si>
+    <t>808513105</t>
+  </si>
+  <si>
+    <t>Schwab (charles) Corp</t>
+  </si>
+  <si>
+    <t>2779397</t>
+  </si>
+  <si>
+    <t>SCHW</t>
+  </si>
+  <si>
+    <t>US8085131055</t>
+  </si>
+  <si>
+    <t>81762P102</t>
+  </si>
+  <si>
+    <t>Servicenow Inc</t>
+  </si>
+  <si>
+    <t>B80NXX8</t>
+  </si>
+  <si>
+    <t>NOW</t>
+  </si>
+  <si>
+    <t>US81762P1021</t>
+  </si>
+  <si>
+    <t>83444M101</t>
+  </si>
+  <si>
+    <t>Solventum Corp</t>
+  </si>
+  <si>
+    <t>BMTQB43</t>
+  </si>
+  <si>
+    <t>SOLV</t>
+  </si>
+  <si>
+    <t>US83444M1018</t>
+  </si>
+  <si>
+    <t>B0G11S1</t>
+  </si>
+  <si>
+    <t>855244109</t>
+  </si>
+  <si>
+    <t>Starbucks Corp</t>
+  </si>
+  <si>
+    <t>2842255</t>
+  </si>
+  <si>
+    <t>SBUX</t>
+  </si>
+  <si>
+    <t>US8552441094</t>
+  </si>
+  <si>
+    <t>863667101</t>
+  </si>
+  <si>
+    <t>Stryker Corp</t>
+  </si>
+  <si>
+    <t>2853688</t>
+  </si>
+  <si>
+    <t>SYK</t>
+  </si>
+  <si>
+    <t>US8636671013</t>
+  </si>
+  <si>
+    <t>872540109</t>
+  </si>
+  <si>
+    <t>Tjx Companies Inc</t>
+  </si>
+  <si>
+    <t>2989301</t>
+  </si>
+  <si>
+    <t>TJX</t>
+  </si>
+  <si>
+    <t>US8725401090</t>
+  </si>
+  <si>
+    <t>872590104</t>
+  </si>
+  <si>
+    <t>T-Mobile Us Inc</t>
+  </si>
+  <si>
+    <t>B94Q9V0</t>
+  </si>
+  <si>
+    <t>TMUS</t>
+  </si>
+  <si>
+    <t>US8725901040</t>
+  </si>
+  <si>
+    <t>874054109</t>
+  </si>
+  <si>
+    <t>Take-Two Interactive Softwre</t>
+  </si>
+  <si>
+    <t>2122117</t>
+  </si>
+  <si>
+    <t>TTWO</t>
+  </si>
+  <si>
+    <t>US8740541094</t>
+  </si>
+  <si>
+    <t>876030107</t>
+  </si>
+  <si>
+    <t>Tapestry Inc</t>
+  </si>
+  <si>
+    <t>BF09HX3</t>
+  </si>
+  <si>
+    <t>TPR</t>
+  </si>
+  <si>
+    <t>US8760301072</t>
+  </si>
+  <si>
+    <t>88160R101</t>
+  </si>
+  <si>
+    <t>Tesla Inc</t>
+  </si>
+  <si>
+    <t>B616C79</t>
+  </si>
+  <si>
+    <t>TSLA</t>
+  </si>
+  <si>
+    <t>US88160R1014</t>
+  </si>
+  <si>
+    <t>882508104</t>
+  </si>
+  <si>
+    <t>Texas Instruments Inc</t>
+  </si>
+  <si>
+    <t>2885409</t>
+  </si>
+  <si>
+    <t>TXN</t>
+  </si>
+  <si>
+    <t>US8825081040</t>
+  </si>
+  <si>
+    <t>89417E109</t>
+  </si>
+  <si>
+    <t>Travelers Cos Inc/The</t>
+  </si>
+  <si>
+    <t>2769503</t>
+  </si>
+  <si>
+    <t>TRV</t>
+  </si>
+  <si>
+    <t>US89417E1091</t>
+  </si>
+  <si>
+    <t>896239100</t>
+  </si>
+  <si>
+    <t>Trimble Inc</t>
+  </si>
+  <si>
+    <t>2903958</t>
+  </si>
+  <si>
+    <t>TRMB</t>
+  </si>
+  <si>
+    <t>US8962391004</t>
+  </si>
+  <si>
+    <t>902973304</t>
+  </si>
+  <si>
+    <t>Us Bancorp</t>
+  </si>
+  <si>
+    <t>2736035</t>
+  </si>
+  <si>
+    <t>USB</t>
+  </si>
+  <si>
+    <t>US9029733048</t>
+  </si>
+  <si>
+    <t>907818108</t>
+  </si>
+  <si>
+    <t>Union Pacific Corp</t>
+  </si>
+  <si>
+    <t>2914734</t>
+  </si>
+  <si>
+    <t>UNP</t>
+  </si>
+  <si>
+    <t>US9078181081</t>
+  </si>
+  <si>
+    <t>91324P102</t>
+  </si>
+  <si>
+    <t>Unitedhealth Group Inc</t>
+  </si>
+  <si>
+    <t>2917766</t>
+  </si>
+  <si>
+    <t>UNH</t>
+  </si>
+  <si>
+    <t>US91324P1021</t>
+  </si>
+  <si>
+    <t>92338C103</t>
+  </si>
+  <si>
+    <t>Veralto Corp</t>
+  </si>
+  <si>
+    <t>BPGMZQ5</t>
+  </si>
+  <si>
+    <t>VLTO</t>
+  </si>
+  <si>
+    <t>US92338C1036</t>
+  </si>
+  <si>
+    <t>92343V104</t>
+  </si>
+  <si>
+    <t>Verizon Communications Inc</t>
+  </si>
+  <si>
+    <t>2090571</t>
+  </si>
+  <si>
+    <t>VZ</t>
+  </si>
+  <si>
+    <t>US92343V1044</t>
+  </si>
+  <si>
+    <t>92532F100</t>
+  </si>
+  <si>
+    <t>Vertex Pharmaceuticals Inc</t>
+  </si>
+  <si>
+    <t>2931034</t>
+  </si>
+  <si>
+    <t>VRTX</t>
+  </si>
+  <si>
+    <t>US92532F1003</t>
+  </si>
+  <si>
+    <t>92826C839</t>
+  </si>
+  <si>
+    <t>Visa Inc-Class A Shares</t>
+  </si>
+  <si>
+    <t>B2PZN04</t>
+  </si>
+  <si>
+    <t>V</t>
+  </si>
+  <si>
+    <t>US92826C8394</t>
+  </si>
+  <si>
+    <t>929740108</t>
+  </si>
+  <si>
+    <t>Wabtec Corp</t>
+  </si>
+  <si>
+    <t>2955733</t>
+  </si>
+  <si>
+    <t>WAB</t>
+  </si>
+  <si>
+    <t>US9297401088</t>
+  </si>
+  <si>
+    <t>931142103</t>
+  </si>
+  <si>
+    <t>Walmart Inc</t>
+  </si>
+  <si>
+    <t>2936921</t>
+  </si>
+  <si>
+    <t>WMT</t>
+  </si>
+  <si>
+    <t>US9311421039</t>
+  </si>
+  <si>
+    <t>934423104</t>
+  </si>
+  <si>
+    <t>Warner Bros Discovery Inc</t>
+  </si>
+  <si>
+    <t>BM8JYX3</t>
+  </si>
+  <si>
+    <t>WBD</t>
+  </si>
+  <si>
+    <t>US9344231041</t>
+  </si>
+  <si>
+    <t>94106B101</t>
+  </si>
+  <si>
+    <t>Waste Connections Inc</t>
+  </si>
+  <si>
+    <t>BYVG1F6</t>
+  </si>
+  <si>
+    <t>WCN</t>
+  </si>
+  <si>
+    <t>CA94106B1013</t>
+  </si>
+  <si>
+    <t>94106L109</t>
+  </si>
+  <si>
+    <t>Waste Management Inc</t>
+  </si>
+  <si>
+    <t>2937667</t>
+  </si>
+  <si>
+    <t>WM</t>
+  </si>
+  <si>
+    <t>US94106L1098</t>
+  </si>
+  <si>
+    <t>949746101</t>
+  </si>
+  <si>
+    <t>Wells Fargo &amp; Co</t>
+  </si>
+  <si>
+    <t>2649100</t>
+  </si>
+  <si>
+    <t>WFC</t>
+  </si>
+  <si>
+    <t>US9497461015</t>
+  </si>
+  <si>
+    <t>98419M100</t>
+  </si>
+  <si>
+    <t>Xylem Inc</t>
+  </si>
+  <si>
+    <t>B3P2CN8</t>
+  </si>
+  <si>
+    <t>XYL</t>
+  </si>
+  <si>
+    <t>US98419M1009</t>
+  </si>
+  <si>
+    <t>988498101</t>
+  </si>
+  <si>
+    <t>Yum  Brands Inc</t>
+  </si>
+  <si>
+    <t>2098876</t>
+  </si>
+  <si>
+    <t>YUM</t>
+  </si>
+  <si>
+    <t>US9884981013</t>
+  </si>
+  <si>
+    <t>98978V103</t>
+  </si>
+  <si>
+    <t>Zoetis Inc</t>
+  </si>
+  <si>
+    <t>B95WG16</t>
+  </si>
+  <si>
+    <t>ZTS</t>
+  </si>
+  <si>
+    <t>US98978V1035</t>
+  </si>
+  <si>
+    <t>98980L101</t>
+  </si>
+  <si>
+    <t>Zoom Communications Inc</t>
+  </si>
+  <si>
+    <t>BGSP7M9</t>
+  </si>
+  <si>
+    <t>ZM</t>
+  </si>
+  <si>
+    <t>US98980L1017</t>
+  </si>
+  <si>
+    <t>B02L486</t>
+  </si>
+  <si>
+    <t>Mowi Asa</t>
+  </si>
+  <si>
+    <t>MOWI</t>
+  </si>
+  <si>
+    <t>NO0003054108</t>
+  </si>
+  <si>
+    <t>XOSL</t>
+  </si>
+  <si>
+    <t>B04BGQ6</t>
+  </si>
+  <si>
+    <t>Taiwan High Speed Rail Corp</t>
+  </si>
+  <si>
+    <t>2633</t>
+  </si>
+  <si>
+    <t>TW0002633005</t>
+  </si>
+  <si>
+    <t>B09M9D2</t>
+  </si>
+  <si>
+    <t>Kone Oyj-B</t>
+  </si>
+  <si>
+    <t>Finland</t>
+  </si>
+  <si>
     <t>FI</t>
   </si>
   <si>
-    <t>US3377381088</t>
-[...1936 lines deleted...]
-  <si>
     <t>KNEBV</t>
   </si>
   <si>
     <t>FI0009013403</t>
   </si>
   <si>
     <t>XHEL</t>
   </si>
   <si>
     <t>B0J7D91</t>
   </si>
   <si>
     <t>Daiichi Sankyo Co Ltd</t>
   </si>
   <si>
     <t>4568</t>
   </si>
   <si>
     <t>JP3475350009</t>
   </si>
   <si>
     <t>B11ZRK9</t>
   </si>
   <si>
     <t>Legrand Sa</t>
@@ -3679,50 +3622,62 @@
   <si>
     <t>Alibaba Group Holding Ltd</t>
   </si>
   <si>
     <t>9988</t>
   </si>
   <si>
     <t>KYG017191142</t>
   </si>
   <si>
     <t>BK9ZQ96</t>
   </si>
   <si>
     <t>Trane Technologies Plc</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>IE00BK9ZQ967</t>
   </si>
   <si>
     <t>BKDT649</t>
   </si>
   <si>
+    <t>BKVD2N4</t>
+  </si>
+  <si>
+    <t>Seagate Technology Holdings</t>
+  </si>
+  <si>
+    <t>STX</t>
+  </si>
+  <si>
+    <t>IE00BKVD2N49</t>
+  </si>
+  <si>
     <t>BLDBN41</t>
   </si>
   <si>
     <t>Atlas Copco Ab-A Shs</t>
   </si>
   <si>
     <t>ATCOA</t>
   </si>
   <si>
     <t>SE0017486889</t>
   </si>
   <si>
     <t>BLDBN52</t>
   </si>
   <si>
     <t>Atlas Copco Ab-B Shs</t>
   </si>
   <si>
     <t>ATCOB</t>
   </si>
   <si>
     <t>SE0017486897</t>
   </si>
   <si>
     <t>BLF9GQ6</t>
@@ -4082,65 +4037,50 @@
     <t>Infosys Ltd-Sp Adr</t>
   </si>
   <si>
     <t>2398822</t>
   </si>
   <si>
     <t>INFY</t>
   </si>
   <si>
     <t>US4567881085</t>
   </si>
   <si>
     <t>5131091</t>
   </si>
   <si>
     <t>State Bank Of Indi-Gdr Reg S</t>
   </si>
   <si>
     <t>SBID</t>
   </si>
   <si>
     <t>US8565522039</t>
   </si>
   <si>
     <t>856552203</t>
-  </si>
-[...13 lines deleted...]
-    <t>US89677Q1076</t>
   </si>
   <si>
     <t>97651M109</t>
   </si>
   <si>
     <t>Wipro Ltd-Adr</t>
   </si>
   <si>
     <t>2646123</t>
   </si>
   <si>
     <t>WIT</t>
   </si>
   <si>
     <t>US97651M1099</t>
   </si>
   <si>
     <t>98422D105</t>
   </si>
   <si>
     <t>Xpeng Inc - Adr</t>
   </si>
   <si>
     <t>BMXR2T4</t>
   </si>
@@ -4723,92 +4663,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{32A1521A-5DB6-433E-9AE6-39F2FB5083D6}">
-  <dimension ref="A1:Z303"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FDDE2279-939F-4375-A149-39509F6ED04D}">
+  <dimension ref="A1:Z299"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="23.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="25.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="11.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="10" style="5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="6.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="13.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="9.140625" style="3"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>45961</v>
+        <v>45989</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -4858,21767 +4798,21471 @@
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>4737.84</v>
+        <v>7686.87</v>
       </c>
       <c r="E4" s="5">
-        <v>0.65464999999999995</v>
+        <v>0.65580000000000005</v>
       </c>
       <c r="F4" s="4">
-        <v>3101.6269560000001</v>
+        <v>5041.0493459999998</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
-        <v>1.5275337966852518</v>
+        <v>1.5248551387618177</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>4737.84</v>
+        <v>7686.87</v>
       </c>
       <c r="N4" s="4">
-        <v>3101.6269560000001</v>
+        <v>5041.0493459999998</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>1.2999999999999999E-4</v>
+        <v>2.14E-4</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
-        <v>5035.42</v>
+        <v>5194.17</v>
       </c>
       <c r="E5" s="5">
-        <v>0.71369899999999997</v>
+        <v>0.71733400000000003</v>
       </c>
       <c r="F5" s="4">
-        <v>3593.7765407000002</v>
+        <v>3725.95674474</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J5" s="5">
         <v>1</v>
       </c>
       <c r="K5" s="5">
-        <v>1.4011500022712642</v>
+        <v>1.3940499911066582</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4">
-        <v>5035.4200080000001</v>
+        <v>5194.1699660000004</v>
       </c>
       <c r="N5" s="4">
-        <v>3593.7765407000002</v>
+        <v>3725.95674474</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>1.5100000000000001E-4</v>
+        <v>1.5799999999999999E-4</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
         <v>368.55</v>
       </c>
       <c r="E6" s="5">
-        <v>1.2457180000000001</v>
+        <v>1.2454080000000001</v>
       </c>
       <c r="F6" s="4">
-        <v>459.10931174000001</v>
+        <v>458.99495610000002</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>43</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>44</v>
       </c>
       <c r="J6" s="5">
         <v>1</v>
       </c>
       <c r="K6" s="5">
-        <v>0.80275000316283507</v>
+        <v>0.80294999975750914</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>45</v>
       </c>
       <c r="M6" s="4">
-        <v>368.55000100000001</v>
+        <v>368.54999900000001</v>
       </c>
       <c r="N6" s="4">
-        <v>459.10931174000001</v>
+        <v>458.99495610000002</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
         <v>1.9000000000000001E-5</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="4">
         <v>5208.91</v>
       </c>
       <c r="E7" s="5">
-        <v>0.15457000000000001</v>
+        <v>0.155388</v>
       </c>
       <c r="F7" s="4">
-        <v>805.14255242000002</v>
+        <v>809.40253283000004</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>48</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>49</v>
       </c>
       <c r="J7" s="5">
         <v>1</v>
       </c>
       <c r="K7" s="5">
-        <v>6.4695498344895066</v>
+        <v>6.4355000718201802</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>50</v>
       </c>
       <c r="M7" s="4">
-        <v>5208.909866</v>
+        <v>5208.9100580000004</v>
       </c>
       <c r="N7" s="4">
-        <v>805.14255242000002</v>
+        <v>809.40253283000004</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
-        <v>3.3000000000000003E-5</v>
+        <v>3.4E-5</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="4">
-        <v>9021.08</v>
+        <v>3570.8</v>
       </c>
       <c r="E8" s="5">
-        <v>1.1541999999999999</v>
+        <v>1.16055</v>
       </c>
       <c r="F8" s="4">
-        <v>10412.130536000001</v>
+        <v>4144.0919400000002</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H8" s="3" t="s">
         <v>53</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>54</v>
       </c>
       <c r="J8" s="5">
         <v>1</v>
       </c>
       <c r="K8" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>55</v>
       </c>
       <c r="M8" s="4">
-        <v>9021.08</v>
+        <v>3570.8</v>
       </c>
       <c r="N8" s="4">
-        <v>10412.130536000001</v>
+        <v>4144.0919400000002</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>4.3899999999999999E-4</v>
+        <v>1.76E-4</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D9" s="4">
-        <v>7583.6</v>
+        <v>10128.11</v>
       </c>
       <c r="E9" s="5">
-        <v>1.31385</v>
+        <v>1.325</v>
       </c>
       <c r="F9" s="4">
-        <v>9963.7128599999996</v>
+        <v>13419.74575</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>58</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>59</v>
       </c>
       <c r="J9" s="5">
         <v>1</v>
       </c>
       <c r="K9" s="5">
-        <v>0.76112189367127148</v>
+        <v>0.75471698113207553</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>60</v>
       </c>
       <c r="M9" s="4">
-        <v>7583.6</v>
+        <v>10128.11</v>
       </c>
       <c r="N9" s="4">
-        <v>9963.7128599999996</v>
+        <v>13419.74575</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>4.2000000000000002E-4</v>
+        <v>5.6999999999999998E-4</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D10" s="4">
         <v>62326.82</v>
       </c>
       <c r="E10" s="5">
-        <v>0.128664</v>
+        <v>0.128442</v>
       </c>
       <c r="F10" s="4">
-        <v>8019.1991971400003</v>
+        <v>8005.39714344</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>63</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>64</v>
       </c>
       <c r="J10" s="5">
         <v>1</v>
       </c>
       <c r="K10" s="5">
-        <v>7.7721999289620927</v>
+        <v>7.7856001432550421</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>65</v>
       </c>
       <c r="M10" s="4">
-        <v>62326.819430000003</v>
+        <v>62326.821146000002</v>
       </c>
       <c r="N10" s="4">
-        <v>8019.1991971400003</v>
+        <v>8005.39714344</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>3.3799999999999998E-4</v>
+        <v>3.4000000000000002E-4</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D11" s="4">
-        <v>7619260</v>
+        <v>7626994</v>
       </c>
       <c r="E11" s="5">
-        <v>6.4910000000000002E-3</v>
+        <v>6.4079999999999996E-3</v>
       </c>
       <c r="F11" s="4">
-        <v>49458.050696179998</v>
+        <v>48875.322012179997</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>68</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>69</v>
       </c>
       <c r="J11" s="5">
         <v>1</v>
       </c>
       <c r="K11" s="5">
-        <v>154.05495756556192</v>
+        <v>156.05006085952374</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>70</v>
       </c>
       <c r="M11" s="4">
-        <v>7619257.9012749996</v>
+        <v>7626996.974529</v>
       </c>
       <c r="N11" s="4">
-        <v>49458.050696179998</v>
+        <v>48875.322012179997</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S11" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T11" s="4">
         <v>1</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>2.0869999999999999E-3</v>
+        <v>2.0769999999999999E-3</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D12" s="4">
-        <v>5450.55</v>
+        <v>114075</v>
       </c>
       <c r="E12" s="5">
-        <v>9.8844000000000001E-2</v>
+        <v>6.8000000000000005E-4</v>
       </c>
       <c r="F12" s="4">
-        <v>538.75426883</v>
+        <v>77.567742150000001</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>73</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>74</v>
       </c>
       <c r="J12" s="5">
         <v>1</v>
       </c>
       <c r="K12" s="5">
-        <v>10.116949917658145</v>
+        <v>1470.6531170492815</v>
       </c>
       <c r="L12" s="3" t="s">
         <v>75</v>
       </c>
       <c r="M12" s="4">
-        <v>5450.5499550000004</v>
+        <v>114075.241775</v>
       </c>
       <c r="N12" s="4">
-        <v>538.75426883</v>
+        <v>77.567742150000001</v>
       </c>
       <c r="O12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S12" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T12" s="4">
         <v>1</v>
       </c>
       <c r="W12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>2.1999999999999999E-5</v>
+        <v>3.0000000000000001E-6</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D13" s="4">
-        <v>6099</v>
+        <v>12968.55</v>
       </c>
       <c r="E13" s="5">
-        <v>0.105346</v>
+        <v>9.8888000000000004E-2</v>
       </c>
       <c r="F13" s="4">
-        <v>642.50724256000001</v>
+        <v>1282.44037024</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H13" s="3" t="s">
         <v>78</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>79</v>
       </c>
       <c r="J13" s="5">
         <v>1</v>
       </c>
       <c r="K13" s="5">
-        <v>9.4924996437939502</v>
+        <v>10.11240034103059</v>
       </c>
       <c r="L13" s="3" t="s">
         <v>80</v>
       </c>
       <c r="M13" s="4">
-        <v>6098.9997709999998</v>
+        <v>12968.550437</v>
       </c>
       <c r="N13" s="4">
-        <v>642.50724256000001</v>
+        <v>1282.44037024</v>
       </c>
       <c r="O13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S13" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T13" s="4">
         <v>1</v>
       </c>
       <c r="W13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>2.6999999999999999E-5</v>
+        <v>5.3999999999999998E-5</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D14" s="4">
-        <v>5333.62</v>
+        <v>6099</v>
       </c>
       <c r="E14" s="5">
-        <v>1</v>
+        <v>0.10602499999999999</v>
       </c>
       <c r="F14" s="4">
-        <v>5333.62</v>
+        <v>646.64563840000005</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>83</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>84</v>
       </c>
       <c r="J14" s="5">
         <v>1</v>
       </c>
       <c r="K14" s="5">
-        <v>1</v>
+        <v>9.4317502517805725</v>
       </c>
       <c r="L14" s="3" t="s">
         <v>85</v>
       </c>
       <c r="M14" s="4">
-        <v>5333.62</v>
+        <v>6099.0001620000003</v>
       </c>
       <c r="N14" s="4">
-        <v>5333.62</v>
+        <v>646.64563840000005</v>
       </c>
       <c r="O14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T14" s="4">
         <v>1</v>
       </c>
       <c r="W14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
-        <v>2.2499999999999999E-4</v>
+        <v>2.6999999999999999E-5</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D15" s="4">
-        <v>59683.71</v>
+        <v>8229.4</v>
       </c>
       <c r="E15" s="5">
-        <v>5.7695000000000003E-2</v>
+        <v>1</v>
       </c>
       <c r="F15" s="4">
-        <v>3443.4565123299999</v>
+        <v>8229.4</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>88</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>89</v>
       </c>
       <c r="J15" s="5">
         <v>1</v>
       </c>
       <c r="K15" s="5">
-        <v>17.332500448911762</v>
+        <v>1</v>
       </c>
       <c r="L15" s="3" t="s">
         <v>90</v>
       </c>
       <c r="M15" s="4">
-        <v>59683.711544999998</v>
+        <v>8229.4</v>
       </c>
       <c r="N15" s="4">
-        <v>3443.4565123299999</v>
+        <v>8229.4</v>
       </c>
       <c r="O15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T15" s="4">
         <v>1</v>
       </c>
       <c r="W15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>1.45E-4</v>
+        <v>3.4900000000000003E-4</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C16" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D16" s="4">
+        <v>59683.71</v>
+      </c>
+      <c r="E16" s="5">
+        <v>5.8386E-2</v>
+      </c>
+      <c r="F16" s="4">
+        <v>3484.6714348300002</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="H16" s="3" t="s">
         <v>93</v>
       </c>
-      <c r="D16" s="4">
-[...8 lines deleted...]
-      <c r="G16" s="3" t="s">
+      <c r="I16" s="3" t="s">
         <v>94</v>
       </c>
-      <c r="H16" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J16" s="5">
-        <v>24.75</v>
+        <v>1</v>
       </c>
       <c r="K16" s="5">
-        <v>1</v>
+        <v>17.12749915903979</v>
       </c>
       <c r="L16" s="3" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="M16" s="4">
-        <v>68186.25</v>
+        <v>59683.707068999996</v>
       </c>
       <c r="N16" s="4">
-        <v>68186.25</v>
+        <v>3484.6714348300002</v>
       </c>
       <c r="O16" s="3" t="s">
-        <v>95</v>
+        <v>34</v>
       </c>
       <c r="P16" s="3" t="s">
-        <v>96</v>
+        <v>34</v>
       </c>
       <c r="Q16" s="3" t="s">
-        <v>97</v>
+        <v>34</v>
       </c>
       <c r="R16" s="3" t="s">
-        <v>98</v>
+        <v>34</v>
       </c>
       <c r="S16" s="3" t="s">
-        <v>99</v>
+        <v>35</v>
       </c>
       <c r="T16" s="4">
         <v>1</v>
       </c>
       <c r="W16" s="3" t="s">
-        <v>91</v>
+        <v>34</v>
       </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>2.8769999999999998E-3</v>
+        <v>1.4799999999999999E-4</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D17" s="4">
+        <v>2755</v>
+      </c>
+      <c r="E17" s="5">
+        <v>26.02</v>
+      </c>
+      <c r="F17" s="4">
+        <v>71685.100000000006</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H17" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="I17" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="J17" s="5">
+        <v>26.02</v>
+      </c>
+      <c r="K17" s="5">
+        <v>1</v>
+      </c>
+      <c r="L17" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="M17" s="4">
+        <v>71685.100000000006</v>
+      </c>
+      <c r="N17" s="4">
+        <v>71685.100000000006</v>
+      </c>
+      <c r="O17" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="B17" s="3" t="s">
+      <c r="P17" s="3" t="s">
         <v>101</v>
       </c>
-      <c r="C17" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O17" s="3" t="s">
+      <c r="Q17" s="3" t="s">
         <v>102</v>
       </c>
-      <c r="P17" s="3" t="s">
+      <c r="R17" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="Q17" s="3" t="s">
+      <c r="S17" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="R17" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T17" s="4">
         <v>1</v>
       </c>
       <c r="W17" s="3" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>2.7390000000000001E-3</v>
+        <v>3.0460000000000001E-3</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="B18" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="B18" s="3" t="s">
+      <c r="C18" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D18" s="4">
+        <v>525</v>
+      </c>
+      <c r="E18" s="5">
+        <v>128.9</v>
+      </c>
+      <c r="F18" s="4">
+        <v>67672.5</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H18" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="I18" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="J18" s="5">
+        <v>128.9</v>
+      </c>
+      <c r="K18" s="5">
+        <v>1</v>
+      </c>
+      <c r="L18" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="M18" s="4">
+        <v>67672.5</v>
+      </c>
+      <c r="N18" s="4">
+        <v>67672.5</v>
+      </c>
+      <c r="O18" s="3" t="s">
         <v>107</v>
       </c>
-      <c r="C18" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O18" s="3" t="s">
+      <c r="P18" s="3" t="s">
         <v>108</v>
       </c>
-      <c r="P18" s="3" t="s">
+      <c r="Q18" s="3" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="R18" s="3" t="s">
         <v>110</v>
       </c>
       <c r="S18" s="3" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="T18" s="4">
         <v>1</v>
       </c>
       <c r="W18" s="3" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>5.5209999999999999E-3</v>
+        <v>2.875E-3</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C19" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D19" s="4">
-        <v>10801</v>
+        <v>600</v>
       </c>
       <c r="E19" s="5">
-        <v>4.9440179999999998</v>
+        <v>227.7</v>
       </c>
       <c r="F19" s="4">
-        <v>53400.333557550002</v>
+        <v>136620</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H19" s="3" t="s">
-        <v>58</v>
+        <v>88</v>
       </c>
       <c r="I19" s="3" t="s">
-        <v>59</v>
+        <v>89</v>
       </c>
       <c r="J19" s="5">
-        <v>3.7629999999999999</v>
+        <v>227.7</v>
       </c>
       <c r="K19" s="5">
-        <v>0.76112189367127148</v>
+        <v>1</v>
       </c>
       <c r="L19" s="3" t="s">
-        <v>60</v>
+        <v>90</v>
       </c>
       <c r="M19" s="4">
-        <v>40644.163</v>
+        <v>136620</v>
       </c>
       <c r="N19" s="4">
-        <v>53400.333557550002</v>
+        <v>136620</v>
       </c>
       <c r="O19" s="3" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="P19" s="3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="Q19" s="3" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="R19" s="3" t="s">
         <v>115</v>
       </c>
       <c r="S19" s="3" t="s">
-        <v>116</v>
+        <v>104</v>
       </c>
       <c r="T19" s="4">
         <v>1</v>
       </c>
       <c r="W19" s="3" t="s">
-        <v>34</v>
+        <v>111</v>
       </c>
       <c r="X19" s="4">
         <v>0</v>
       </c>
       <c r="Y19" s="4">
         <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>2.2529999999999998E-3</v>
+        <v>5.8060000000000004E-3</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>117</v>
       </c>
-      <c r="B20" s="3" t="s">
+      <c r="C20" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D20" s="4">
+        <v>10801</v>
+      </c>
+      <c r="E20" s="5">
+        <v>5.2257999999999996</v>
+      </c>
+      <c r="F20" s="4">
+        <v>56443.8658</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H20" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="I20" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="J20" s="5">
+        <v>3.944</v>
+      </c>
+      <c r="K20" s="5">
+        <v>0.75471698113207553</v>
+      </c>
+      <c r="L20" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="M20" s="4">
+        <v>42599.144</v>
+      </c>
+      <c r="N20" s="4">
+        <v>56443.8658</v>
+      </c>
+      <c r="O20" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="P20" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="C20" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O20" s="3" t="s">
+      <c r="Q20" s="3" t="s">
         <v>119</v>
       </c>
-      <c r="P20" s="3" t="s">
+      <c r="R20" s="3" t="s">
         <v>120</v>
       </c>
-      <c r="Q20" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R20" s="3" t="s">
+      <c r="S20" s="3" t="s">
         <v>121</v>
       </c>
-      <c r="S20" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T20" s="4">
         <v>1</v>
       </c>
       <c r="W20" s="3" t="s">
-        <v>117</v>
+        <v>34</v>
       </c>
       <c r="X20" s="4">
         <v>0</v>
       </c>
       <c r="Y20" s="4">
         <v>0</v>
       </c>
       <c r="Z20" s="6">
-        <v>1.235E-3</v>
+        <v>2.398E-3</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
         <v>122</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>123</v>
       </c>
       <c r="C21" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D21" s="4">
-        <v>1411</v>
+        <v>200</v>
       </c>
       <c r="E21" s="5">
-        <v>281.82</v>
+        <v>153.5</v>
       </c>
       <c r="F21" s="4">
-        <v>397648.02</v>
+        <v>30700</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H21" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I21" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J21" s="5">
-        <v>281.82</v>
+        <v>153.5</v>
       </c>
       <c r="K21" s="5">
         <v>1</v>
       </c>
       <c r="L21" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M21" s="4">
-        <v>397648.02</v>
+        <v>30700</v>
       </c>
       <c r="N21" s="4">
-        <v>397648.02</v>
+        <v>30700</v>
       </c>
       <c r="O21" s="3" t="s">
         <v>124</v>
       </c>
       <c r="P21" s="3" t="s">
         <v>125</v>
       </c>
       <c r="Q21" s="3" t="s">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="R21" s="3" t="s">
         <v>126</v>
       </c>
       <c r="S21" s="3" t="s">
-        <v>127</v>
+        <v>104</v>
       </c>
       <c r="T21" s="4">
         <v>1</v>
       </c>
       <c r="W21" s="3" t="s">
         <v>122</v>
       </c>
       <c r="X21" s="4">
         <v>0</v>
       </c>
       <c r="Y21" s="4">
         <v>0</v>
       </c>
       <c r="Z21" s="6">
-        <v>1.6781999999999998E-2</v>
+        <v>1.304E-3</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>128</v>
       </c>
-      <c r="B22" s="3" t="s">
+      <c r="C22" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D22" s="4">
+        <v>1366</v>
+      </c>
+      <c r="E22" s="5">
+        <v>320.12</v>
+      </c>
+      <c r="F22" s="4">
+        <v>437283.92</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H22" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="I22" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="J22" s="5">
+        <v>320.12</v>
+      </c>
+      <c r="K22" s="5">
+        <v>1</v>
+      </c>
+      <c r="L22" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="M22" s="4">
+        <v>437283.92</v>
+      </c>
+      <c r="N22" s="4">
+        <v>437283.92</v>
+      </c>
+      <c r="O22" s="3" t="s">
         <v>129</v>
       </c>
-      <c r="C22" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O22" s="3" t="s">
+      <c r="P22" s="3" t="s">
         <v>130</v>
       </c>
-      <c r="P22" s="3" t="s">
+      <c r="Q22" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="R22" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="Q22" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R22" s="3" t="s">
+      <c r="S22" s="3" t="s">
         <v>132</v>
       </c>
-      <c r="S22" s="3" t="s">
+      <c r="T22" s="4">
+        <v>1</v>
+      </c>
+      <c r="W22" s="3" t="s">
         <v>127</v>
       </c>
-      <c r="T22" s="4">
-[...4 lines deleted...]
-      </c>
       <c r="X22" s="4">
         <v>0</v>
       </c>
       <c r="Y22" s="4">
         <v>0</v>
       </c>
       <c r="Z22" s="6">
-        <v>2.2512000000000001E-2</v>
+        <v>1.8582999999999999E-2</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
         <v>133</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D23" s="4">
-        <v>3019</v>
+        <v>1897</v>
       </c>
       <c r="E23" s="5">
-        <v>244.22</v>
+        <v>320.18</v>
       </c>
       <c r="F23" s="4">
-        <v>737300.18</v>
+        <v>607381.46</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H23" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I23" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J23" s="5">
-        <v>244.22</v>
+        <v>320.18</v>
       </c>
       <c r="K23" s="5">
         <v>1</v>
       </c>
       <c r="L23" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M23" s="4">
-        <v>737300.18</v>
+        <v>607381.46</v>
       </c>
       <c r="N23" s="4">
-        <v>737300.18</v>
+        <v>607381.46</v>
       </c>
       <c r="O23" s="3" t="s">
         <v>135</v>
       </c>
       <c r="P23" s="3" t="s">
         <v>136</v>
       </c>
       <c r="Q23" s="3" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="R23" s="3" t="s">
         <v>137</v>
       </c>
       <c r="S23" s="3" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="T23" s="4">
         <v>1</v>
       </c>
       <c r="W23" s="3" t="s">
         <v>133</v>
       </c>
       <c r="X23" s="4">
         <v>0</v>
       </c>
       <c r="Y23" s="4">
         <v>0</v>
       </c>
       <c r="Z23" s="6">
-        <v>3.1116000000000001E-2</v>
+        <v>2.5812000000000002E-2</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
         <v>138</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>139</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D24" s="4">
-        <v>1391</v>
+        <v>3019</v>
       </c>
       <c r="E24" s="5">
-        <v>22.992374999999999</v>
+        <v>233.22</v>
       </c>
       <c r="F24" s="4">
-        <v>31982.393625000001</v>
+        <v>704091.18</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H24" s="3" t="s">
-        <v>58</v>
+        <v>88</v>
       </c>
       <c r="I24" s="3" t="s">
-        <v>59</v>
+        <v>89</v>
       </c>
       <c r="J24" s="5">
-        <v>17.5</v>
+        <v>233.22</v>
       </c>
       <c r="K24" s="5">
-        <v>0.76112189367127148</v>
+        <v>1</v>
       </c>
       <c r="L24" s="3" t="s">
-        <v>60</v>
+        <v>90</v>
       </c>
       <c r="M24" s="4">
-        <v>24342.5</v>
+        <v>704091.18</v>
       </c>
       <c r="N24" s="4">
-        <v>31982.393625000001</v>
+        <v>704091.18</v>
       </c>
       <c r="O24" s="3" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="P24" s="3" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="Q24" s="3" t="s">
-        <v>141</v>
+        <v>119</v>
       </c>
       <c r="R24" s="3" t="s">
         <v>142</v>
       </c>
       <c r="S24" s="3" t="s">
-        <v>116</v>
+        <v>132</v>
       </c>
       <c r="T24" s="4">
         <v>1</v>
       </c>
       <c r="W24" s="3" t="s">
-        <v>34</v>
+        <v>138</v>
       </c>
       <c r="X24" s="4">
         <v>0</v>
       </c>
       <c r="Y24" s="4">
         <v>0</v>
       </c>
       <c r="Z24" s="6">
-        <v>1.3489999999999999E-3</v>
+        <v>2.9922000000000001E-2</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C25" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D25" s="4">
-        <v>200</v>
+        <v>1391</v>
       </c>
       <c r="E25" s="5">
-        <v>360.73</v>
+        <v>22.995374999999999</v>
       </c>
       <c r="F25" s="4">
-        <v>72146</v>
+        <v>31986.566624999999</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H25" s="3" t="s">
-        <v>83</v>
+        <v>58</v>
       </c>
       <c r="I25" s="3" t="s">
-        <v>84</v>
+        <v>59</v>
       </c>
       <c r="J25" s="5">
-        <v>360.73</v>
+        <v>17.355</v>
       </c>
       <c r="K25" s="5">
-        <v>1</v>
+        <v>0.75471698113207553</v>
       </c>
       <c r="L25" s="3" t="s">
-        <v>85</v>
+        <v>60</v>
       </c>
       <c r="M25" s="4">
-        <v>72146</v>
+        <v>24140.805</v>
       </c>
       <c r="N25" s="4">
-        <v>72146</v>
+        <v>31986.566624999999</v>
       </c>
       <c r="O25" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="P25" s="3" t="s">
         <v>145</v>
       </c>
-      <c r="P25" s="3" t="s">
+      <c r="Q25" s="3" t="s">
         <v>146</v>
       </c>
-      <c r="Q25" s="3" t="s">
+      <c r="R25" s="3" t="s">
         <v>147</v>
       </c>
-      <c r="R25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S25" s="3" t="s">
-        <v>99</v>
+        <v>121</v>
       </c>
       <c r="T25" s="4">
         <v>1</v>
       </c>
       <c r="W25" s="3" t="s">
-        <v>143</v>
+        <v>34</v>
       </c>
       <c r="X25" s="4">
         <v>0</v>
       </c>
       <c r="Y25" s="4">
         <v>0</v>
       </c>
       <c r="Z25" s="6">
-        <v>3.0439999999999998E-3</v>
+        <v>1.359E-3</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="B26" s="3" t="s">
         <v>149</v>
       </c>
-      <c r="B26" s="3" t="s">
+      <c r="C26" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D26" s="4">
+        <v>200</v>
+      </c>
+      <c r="E26" s="5">
+        <v>365.27</v>
+      </c>
+      <c r="F26" s="4">
+        <v>73054</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H26" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="I26" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="J26" s="5">
+        <v>365.27</v>
+      </c>
+      <c r="K26" s="5">
+        <v>1</v>
+      </c>
+      <c r="L26" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="M26" s="4">
+        <v>73054</v>
+      </c>
+      <c r="N26" s="4">
+        <v>73054</v>
+      </c>
+      <c r="O26" s="3" t="s">
         <v>150</v>
       </c>
-      <c r="C26" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O26" s="3" t="s">
+      <c r="P26" s="3" t="s">
         <v>151</v>
       </c>
-      <c r="P26" s="3" t="s">
+      <c r="Q26" s="3" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="R26" s="3" t="s">
         <v>153</v>
       </c>
       <c r="S26" s="3" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="T26" s="4">
         <v>1</v>
       </c>
       <c r="W26" s="3" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="X26" s="4">
         <v>0</v>
       </c>
       <c r="Y26" s="4">
         <v>0</v>
       </c>
       <c r="Z26" s="6">
-        <v>6.5899999999999997E-4</v>
+        <v>3.104E-3</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
         <v>154</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>155</v>
       </c>
       <c r="C27" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D27" s="4">
-        <v>787</v>
+        <v>198</v>
       </c>
       <c r="E27" s="5">
-        <v>128.43</v>
+        <v>76.16</v>
       </c>
       <c r="F27" s="4">
-        <v>101074.41</v>
+        <v>15079.68</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H27" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I27" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J27" s="5">
-        <v>128.43</v>
+        <v>76.16</v>
       </c>
       <c r="K27" s="5">
         <v>1</v>
       </c>
       <c r="L27" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M27" s="4">
-        <v>101074.41</v>
+        <v>15079.68</v>
       </c>
       <c r="N27" s="4">
-        <v>101074.41</v>
+        <v>15079.68</v>
       </c>
       <c r="O27" s="3" t="s">
         <v>156</v>
       </c>
       <c r="P27" s="3" t="s">
         <v>157</v>
       </c>
       <c r="Q27" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="R27" s="3" t="s">
         <v>158</v>
       </c>
-      <c r="R27" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S27" s="3" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="T27" s="4">
         <v>1</v>
       </c>
       <c r="W27" s="3" t="s">
         <v>154</v>
       </c>
       <c r="X27" s="4">
         <v>0</v>
       </c>
       <c r="Y27" s="4">
         <v>0</v>
       </c>
       <c r="Z27" s="6">
-        <v>4.2649999999999997E-3</v>
+        <v>6.4000000000000005E-4</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="B28" s="3" t="s">
         <v>160</v>
       </c>
-      <c r="B28" s="3" t="s">
+      <c r="C28" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D28" s="4">
+        <v>857</v>
+      </c>
+      <c r="E28" s="5">
+        <v>130.07</v>
+      </c>
+      <c r="F28" s="4">
+        <v>111469.99</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H28" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="I28" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="J28" s="5">
+        <v>130.07</v>
+      </c>
+      <c r="K28" s="5">
+        <v>1</v>
+      </c>
+      <c r="L28" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="M28" s="4">
+        <v>111469.99</v>
+      </c>
+      <c r="N28" s="4">
+        <v>111469.99</v>
+      </c>
+      <c r="O28" s="3" t="s">
         <v>161</v>
       </c>
-      <c r="C28" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O28" s="3" t="s">
+      <c r="P28" s="3" t="s">
         <v>162</v>
       </c>
-      <c r="P28" s="3" t="s">
+      <c r="Q28" s="3" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="R28" s="3" t="s">
         <v>164</v>
       </c>
       <c r="S28" s="3" t="s">
-        <v>127</v>
+        <v>104</v>
       </c>
       <c r="T28" s="4">
         <v>1</v>
       </c>
       <c r="W28" s="3" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="X28" s="4">
         <v>0</v>
       </c>
       <c r="Y28" s="4">
         <v>0</v>
       </c>
       <c r="Z28" s="6">
-        <v>2.5179999999999998E-3</v>
+        <v>4.7369999999999999E-3</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
         <v>165</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C29" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D29" s="4">
         <v>200</v>
       </c>
       <c r="E29" s="5">
-        <v>234.13</v>
+        <v>345.46</v>
       </c>
       <c r="F29" s="4">
-        <v>46826</v>
+        <v>69092</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H29" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I29" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J29" s="5">
-        <v>234.13</v>
+        <v>345.46</v>
       </c>
       <c r="K29" s="5">
         <v>1</v>
       </c>
       <c r="L29" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M29" s="4">
-        <v>46826</v>
+        <v>69092</v>
       </c>
       <c r="N29" s="4">
-        <v>46826</v>
+        <v>69092</v>
       </c>
       <c r="O29" s="3" t="s">
         <v>167</v>
       </c>
       <c r="P29" s="3" t="s">
         <v>168</v>
       </c>
       <c r="Q29" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="R29" s="3" t="s">
         <v>169</v>
       </c>
-      <c r="R29" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S29" s="3" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="T29" s="4">
         <v>1</v>
       </c>
       <c r="W29" s="3" t="s">
         <v>165</v>
       </c>
       <c r="X29" s="4">
         <v>0</v>
       </c>
       <c r="Y29" s="4">
         <v>0</v>
       </c>
       <c r="Z29" s="6">
-        <v>1.9759999999999999E-3</v>
+        <v>2.9359999999999998E-3</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>171</v>
       </c>
-      <c r="B30" s="3" t="s">
+      <c r="C30" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D30" s="4">
+        <v>200</v>
+      </c>
+      <c r="E30" s="5">
+        <v>265.33999999999997</v>
+      </c>
+      <c r="F30" s="4">
+        <v>53068</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H30" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="I30" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="J30" s="5">
+        <v>265.33999999999997</v>
+      </c>
+      <c r="K30" s="5">
+        <v>1</v>
+      </c>
+      <c r="L30" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="M30" s="4">
+        <v>53068</v>
+      </c>
+      <c r="N30" s="4">
+        <v>53068</v>
+      </c>
+      <c r="O30" s="3" t="s">
         <v>172</v>
       </c>
-      <c r="C30" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O30" s="3" t="s">
+      <c r="P30" s="3" t="s">
         <v>173</v>
       </c>
-      <c r="P30" s="3" t="s">
+      <c r="Q30" s="3" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="R30" s="3" t="s">
         <v>175</v>
       </c>
       <c r="S30" s="3" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="T30" s="4">
         <v>1</v>
       </c>
       <c r="W30" s="3" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="X30" s="4">
         <v>0</v>
       </c>
       <c r="Y30" s="4">
         <v>0</v>
       </c>
       <c r="Z30" s="6">
-        <v>4.0107999999999998E-2</v>
+        <v>2.2550000000000001E-3</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
         <v>176</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>177</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D31" s="4">
-        <v>59</v>
+        <v>3515</v>
       </c>
       <c r="E31" s="5">
-        <v>233.1</v>
+        <v>278.85000000000002</v>
       </c>
       <c r="F31" s="4">
-        <v>13752.9</v>
+        <v>980157.75</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H31" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I31" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J31" s="5">
-        <v>233.1</v>
+        <v>278.85000000000002</v>
       </c>
       <c r="K31" s="5">
         <v>1</v>
       </c>
       <c r="L31" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M31" s="4">
-        <v>13752.9</v>
+        <v>980157.75</v>
       </c>
       <c r="N31" s="4">
-        <v>13752.9</v>
+        <v>980157.75</v>
       </c>
       <c r="O31" s="3" t="s">
         <v>178</v>
       </c>
       <c r="P31" s="3" t="s">
         <v>179</v>
       </c>
       <c r="Q31" s="3" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="R31" s="3" t="s">
         <v>180</v>
       </c>
       <c r="S31" s="3" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="T31" s="4">
         <v>1</v>
       </c>
       <c r="W31" s="3" t="s">
         <v>176</v>
       </c>
       <c r="X31" s="4">
         <v>0</v>
       </c>
       <c r="Y31" s="4">
         <v>0</v>
       </c>
       <c r="Z31" s="6">
-        <v>5.8E-4</v>
+        <v>4.1654999999999998E-2</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>182</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D32" s="4">
-        <v>905</v>
+        <v>59</v>
       </c>
       <c r="E32" s="5">
-        <v>157.69</v>
+        <v>252.25</v>
       </c>
       <c r="F32" s="4">
-        <v>142709.45000000001</v>
+        <v>14882.75</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H32" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I32" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J32" s="5">
-        <v>157.69</v>
+        <v>252.25</v>
       </c>
       <c r="K32" s="5">
         <v>1</v>
       </c>
       <c r="L32" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M32" s="4">
-        <v>142709.45000000001</v>
+        <v>14882.75</v>
       </c>
       <c r="N32" s="4">
-        <v>142709.45000000001</v>
+        <v>14882.75</v>
       </c>
       <c r="O32" s="3" t="s">
         <v>183</v>
       </c>
       <c r="P32" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q32" s="3" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="R32" s="3" t="s">
         <v>185</v>
       </c>
       <c r="S32" s="3" t="s">
-        <v>99</v>
+        <v>132</v>
       </c>
       <c r="T32" s="4">
         <v>1</v>
       </c>
       <c r="W32" s="3" t="s">
         <v>181</v>
       </c>
       <c r="X32" s="4">
         <v>0</v>
       </c>
       <c r="Y32" s="4">
         <v>0</v>
       </c>
       <c r="Z32" s="6">
-        <v>6.0219999999999996E-3</v>
+        <v>6.3199999999999997E-4</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
         <v>186</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>187</v>
       </c>
       <c r="C33" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D33" s="4">
-        <v>7823</v>
+        <v>1063</v>
       </c>
       <c r="E33" s="5">
-        <v>13.971481000000001</v>
+        <v>130.68</v>
       </c>
       <c r="F33" s="4">
-        <v>109298.89508069999</v>
+        <v>138912.84</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H33" s="3" t="s">
-        <v>58</v>
+        <v>88</v>
       </c>
       <c r="I33" s="3" t="s">
-        <v>59</v>
+        <v>89</v>
       </c>
       <c r="J33" s="5">
-        <v>10.634</v>
+        <v>130.68</v>
       </c>
       <c r="K33" s="5">
-        <v>0.76112189367127148</v>
+        <v>1</v>
       </c>
       <c r="L33" s="3" t="s">
-        <v>60</v>
+        <v>90</v>
       </c>
       <c r="M33" s="4">
-        <v>83189.782000000007</v>
+        <v>138912.84</v>
       </c>
       <c r="N33" s="4">
-        <v>109298.89508069999</v>
+        <v>138912.84</v>
       </c>
       <c r="O33" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="P33" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q33" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="R33" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="S33" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="T33" s="4">
+        <v>1</v>
+      </c>
+      <c r="W33" s="3" t="s">
         <v>186</v>
       </c>
-      <c r="P33" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X33" s="4">
         <v>0</v>
       </c>
       <c r="Y33" s="4">
         <v>0</v>
       </c>
       <c r="Z33" s="6">
-        <v>4.6119999999999998E-3</v>
+        <v>5.9030000000000003E-3</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B34" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="C34" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D34" s="4">
+        <v>7823</v>
+      </c>
+      <c r="E34" s="5">
+        <v>14.180149999999999</v>
+      </c>
+      <c r="F34" s="4">
+        <v>110931.31345</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H34" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="I34" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="J34" s="5">
+        <v>10.702</v>
+      </c>
+      <c r="K34" s="5">
+        <v>0.75471698113207553</v>
+      </c>
+      <c r="L34" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="M34" s="4">
+        <v>83721.745999999999</v>
+      </c>
+      <c r="N34" s="4">
+        <v>110931.31345</v>
+      </c>
+      <c r="O34" s="3" t="s">
         <v>191</v>
-      </c>
-[...37 lines deleted...]
-        <v>192</v>
       </c>
       <c r="P34" s="3" t="s">
         <v>193</v>
       </c>
       <c r="Q34" s="3" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="R34" s="3" t="s">
         <v>194</v>
       </c>
       <c r="S34" s="3" t="s">
-        <v>99</v>
+        <v>121</v>
       </c>
       <c r="T34" s="4">
         <v>1</v>
       </c>
       <c r="W34" s="3" t="s">
-        <v>190</v>
+        <v>34</v>
       </c>
       <c r="X34" s="4">
         <v>0</v>
       </c>
       <c r="Y34" s="4">
         <v>0</v>
       </c>
       <c r="Z34" s="6">
-        <v>4.7340000000000004E-3</v>
+        <v>4.7140000000000003E-3</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
         <v>195</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>196</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D35" s="4">
-        <v>66</v>
+        <v>1973</v>
       </c>
       <c r="E35" s="5">
-        <v>107.93</v>
+        <v>53.65</v>
       </c>
       <c r="F35" s="4">
-        <v>7123.38</v>
+        <v>105851.45</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H35" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I35" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J35" s="5">
-        <v>107.93</v>
+        <v>53.65</v>
       </c>
       <c r="K35" s="5">
         <v>1</v>
       </c>
       <c r="L35" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M35" s="4">
-        <v>7123.38</v>
+        <v>105851.45</v>
       </c>
       <c r="N35" s="4">
-        <v>7123.38</v>
+        <v>105851.45</v>
       </c>
       <c r="O35" s="3" t="s">
         <v>197</v>
       </c>
       <c r="P35" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q35" s="3" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="R35" s="3" t="s">
         <v>199</v>
       </c>
       <c r="S35" s="3" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="T35" s="4">
         <v>1</v>
       </c>
       <c r="W35" s="3" t="s">
         <v>195</v>
       </c>
       <c r="X35" s="4">
         <v>0</v>
       </c>
       <c r="Y35" s="4">
         <v>0</v>
       </c>
       <c r="Z35" s="6">
-        <v>2.9999999999999997E-4</v>
+        <v>4.4980000000000003E-3</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
         <v>200</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>201</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D36" s="4">
-        <v>49653</v>
+        <v>66</v>
       </c>
       <c r="E36" s="5">
-        <v>1.1703779999999999</v>
+        <v>112.1</v>
       </c>
       <c r="F36" s="4">
-        <v>58112.757979740003</v>
+        <v>7398.6</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H36" s="3" t="s">
-        <v>58</v>
+        <v>88</v>
       </c>
       <c r="I36" s="3" t="s">
-        <v>59</v>
+        <v>89</v>
       </c>
       <c r="J36" s="5">
-        <v>0.89080000000000004</v>
+        <v>112.1</v>
       </c>
       <c r="K36" s="5">
-        <v>0.76112189367127148</v>
+        <v>1</v>
       </c>
       <c r="L36" s="3" t="s">
-        <v>60</v>
+        <v>90</v>
       </c>
       <c r="M36" s="4">
-        <v>44230.892399999997</v>
+        <v>7398.6</v>
       </c>
       <c r="N36" s="4">
-        <v>58112.757979740003</v>
+        <v>7398.6</v>
       </c>
       <c r="O36" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="P36" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="Q36" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="R36" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="S36" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="T36" s="4">
+        <v>1</v>
+      </c>
+      <c r="W36" s="3" t="s">
         <v>200</v>
       </c>
-      <c r="P36" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X36" s="4">
         <v>0</v>
       </c>
       <c r="Y36" s="4">
         <v>0</v>
       </c>
       <c r="Z36" s="6">
-        <v>2.4520000000000002E-3</v>
+        <v>3.1399999999999999E-4</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B37" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="C37" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D37" s="4">
+        <v>49653</v>
+      </c>
+      <c r="E37" s="5">
+        <v>1.273855</v>
+      </c>
+      <c r="F37" s="4">
+        <v>63250.722314999999</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H37" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="I37" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="J37" s="5">
+        <v>0.96140000000000003</v>
+      </c>
+      <c r="K37" s="5">
+        <v>0.75471698113207553</v>
+      </c>
+      <c r="L37" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="M37" s="4">
+        <v>47736.394200000002</v>
+      </c>
+      <c r="N37" s="4">
+        <v>63250.722314999999</v>
+      </c>
+      <c r="O37" s="3" t="s">
         <v>205</v>
-      </c>
-[...37 lines deleted...]
-        <v>206</v>
       </c>
       <c r="P37" s="3" t="s">
         <v>207</v>
       </c>
       <c r="Q37" s="3" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="R37" s="3" t="s">
         <v>208</v>
       </c>
       <c r="S37" s="3" t="s">
-        <v>99</v>
+        <v>121</v>
       </c>
       <c r="T37" s="4">
         <v>1</v>
       </c>
       <c r="W37" s="3" t="s">
-        <v>204</v>
+        <v>34</v>
       </c>
       <c r="X37" s="4">
         <v>0</v>
       </c>
       <c r="Y37" s="4">
         <v>0</v>
       </c>
       <c r="Z37" s="6">
-        <v>1.856E-3</v>
+        <v>2.6879999999999999E-3</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
         <v>209</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>210</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D38" s="4">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="E38" s="5">
-        <v>1082.81</v>
+        <v>146.41999999999999</v>
       </c>
       <c r="F38" s="4">
-        <v>108281</v>
+        <v>43926</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H38" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I38" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J38" s="5">
-        <v>1082.81</v>
+        <v>146.41999999999999</v>
       </c>
       <c r="K38" s="5">
         <v>1</v>
       </c>
       <c r="L38" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M38" s="4">
-        <v>108281</v>
+        <v>43926</v>
       </c>
       <c r="N38" s="4">
-        <v>108281</v>
+        <v>43926</v>
       </c>
       <c r="O38" s="3" t="s">
         <v>211</v>
       </c>
       <c r="P38" s="3" t="s">
         <v>212</v>
       </c>
       <c r="Q38" s="3" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="R38" s="3" t="s">
         <v>213</v>
       </c>
       <c r="S38" s="3" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="T38" s="4">
         <v>1</v>
       </c>
       <c r="W38" s="3" t="s">
         <v>209</v>
       </c>
       <c r="X38" s="4">
         <v>0</v>
       </c>
       <c r="Y38" s="4">
         <v>0</v>
       </c>
       <c r="Z38" s="6">
-        <v>4.5690000000000001E-3</v>
+        <v>1.866E-3</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
         <v>214</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>215</v>
       </c>
       <c r="C39" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D39" s="4">
-        <v>478</v>
+        <v>100</v>
       </c>
       <c r="E39" s="5">
-        <v>163.83709500000001</v>
+        <v>1047.3</v>
       </c>
       <c r="F39" s="4">
-        <v>78314.131410000002</v>
+        <v>104730</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H39" s="3" t="s">
-        <v>58</v>
+        <v>88</v>
       </c>
       <c r="I39" s="3" t="s">
-        <v>59</v>
+        <v>89</v>
       </c>
       <c r="J39" s="5">
-        <v>124.7</v>
+        <v>1047.3</v>
       </c>
       <c r="K39" s="5">
-        <v>0.76112189367127148</v>
+        <v>1</v>
       </c>
       <c r="L39" s="3" t="s">
-        <v>60</v>
+        <v>90</v>
       </c>
       <c r="M39" s="4">
-        <v>59606.6</v>
+        <v>104730</v>
       </c>
       <c r="N39" s="4">
-        <v>78314.131410000002</v>
+        <v>104730</v>
       </c>
       <c r="O39" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="P39" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="Q39" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="R39" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="S39" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="T39" s="4">
+        <v>1</v>
+      </c>
+      <c r="W39" s="3" t="s">
         <v>214</v>
       </c>
-      <c r="P39" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X39" s="4">
         <v>0</v>
       </c>
       <c r="Y39" s="4">
         <v>0</v>
       </c>
       <c r="Z39" s="6">
-        <v>3.3050000000000002E-3</v>
+        <v>4.45E-3</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B40" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="C40" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D40" s="4">
+        <v>478</v>
+      </c>
+      <c r="E40" s="5">
+        <v>185.15549999999999</v>
+      </c>
+      <c r="F40" s="4">
+        <v>88504.328999999998</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H40" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="I40" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="J40" s="5">
+        <v>139.74</v>
+      </c>
+      <c r="K40" s="5">
+        <v>0.75471698113207553</v>
+      </c>
+      <c r="L40" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="M40" s="4">
+        <v>66795.72</v>
+      </c>
+      <c r="N40" s="4">
+        <v>88504.328999999998</v>
+      </c>
+      <c r="O40" s="3" t="s">
         <v>219</v>
-      </c>
-[...37 lines deleted...]
-        <v>220</v>
       </c>
       <c r="P40" s="3" t="s">
         <v>221</v>
       </c>
       <c r="Q40" s="3" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="R40" s="3" t="s">
         <v>222</v>
       </c>
       <c r="S40" s="3" t="s">
-        <v>99</v>
+        <v>121</v>
       </c>
       <c r="T40" s="4">
         <v>1</v>
       </c>
       <c r="W40" s="3" t="s">
-        <v>218</v>
+        <v>34</v>
       </c>
       <c r="X40" s="4">
         <v>0</v>
       </c>
       <c r="Y40" s="4">
         <v>0</v>
       </c>
       <c r="Z40" s="6">
-        <v>1.0369999999999999E-3</v>
+        <v>3.761E-3</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
         <v>223</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>224</v>
       </c>
       <c r="C41" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D41" s="4">
-        <v>700</v>
+        <v>106</v>
       </c>
       <c r="E41" s="5">
-        <v>46.07</v>
+        <v>101.58</v>
       </c>
       <c r="F41" s="4">
-        <v>32249</v>
+        <v>10767.48</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H41" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I41" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J41" s="5">
-        <v>46.07</v>
+        <v>101.58</v>
       </c>
       <c r="K41" s="5">
         <v>1</v>
       </c>
       <c r="L41" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M41" s="4">
-        <v>32249</v>
+        <v>10767.48</v>
       </c>
       <c r="N41" s="4">
-        <v>32249</v>
+        <v>10767.48</v>
       </c>
       <c r="O41" s="3" t="s">
         <v>225</v>
       </c>
       <c r="P41" s="3" t="s">
         <v>226</v>
       </c>
       <c r="Q41" s="3" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="R41" s="3" t="s">
         <v>227</v>
       </c>
       <c r="S41" s="3" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="T41" s="4">
         <v>1</v>
       </c>
       <c r="W41" s="3" t="s">
         <v>223</v>
       </c>
       <c r="X41" s="4">
         <v>0</v>
       </c>
       <c r="Y41" s="4">
         <v>0</v>
       </c>
       <c r="Z41" s="6">
-        <v>1.361E-3</v>
+        <v>4.57E-4</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
         <v>228</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>229</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D42" s="4">
-        <v>1485</v>
+        <v>700</v>
       </c>
       <c r="E42" s="5">
-        <v>369.63</v>
+        <v>49.2</v>
       </c>
       <c r="F42" s="4">
-        <v>548900.55000000005</v>
+        <v>34440</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H42" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I42" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J42" s="5">
-        <v>369.63</v>
+        <v>49.2</v>
       </c>
       <c r="K42" s="5">
         <v>1</v>
       </c>
       <c r="L42" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M42" s="4">
-        <v>548900.55000000005</v>
+        <v>34440</v>
       </c>
       <c r="N42" s="4">
-        <v>548900.55000000005</v>
+        <v>34440</v>
       </c>
       <c r="O42" s="3" t="s">
         <v>230</v>
       </c>
       <c r="P42" s="3" t="s">
         <v>231</v>
       </c>
       <c r="Q42" s="3" t="s">
-        <v>169</v>
+        <v>109</v>
       </c>
       <c r="R42" s="3" t="s">
         <v>232</v>
       </c>
       <c r="S42" s="3" t="s">
-        <v>127</v>
+        <v>104</v>
       </c>
       <c r="T42" s="4">
         <v>1</v>
       </c>
       <c r="W42" s="3" t="s">
         <v>228</v>
       </c>
       <c r="X42" s="4">
         <v>0</v>
       </c>
       <c r="Y42" s="4">
         <v>0</v>
       </c>
       <c r="Z42" s="6">
-        <v>2.3165000000000002E-2</v>
+        <v>1.4630000000000001E-3</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
         <v>233</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>234</v>
       </c>
       <c r="C43" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D43" s="4">
-        <v>500</v>
+        <v>1485</v>
       </c>
       <c r="E43" s="5">
-        <v>152.43</v>
+        <v>402.96</v>
       </c>
       <c r="F43" s="4">
-        <v>76215</v>
+        <v>598395.6</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H43" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I43" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J43" s="5">
-        <v>152.43</v>
+        <v>402.96</v>
       </c>
       <c r="K43" s="5">
         <v>1</v>
       </c>
       <c r="L43" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M43" s="4">
-        <v>76215</v>
+        <v>598395.6</v>
       </c>
       <c r="N43" s="4">
-        <v>76215</v>
+        <v>598395.6</v>
       </c>
       <c r="O43" s="3" t="s">
         <v>235</v>
       </c>
       <c r="P43" s="3" t="s">
         <v>236</v>
       </c>
       <c r="Q43" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="R43" s="3" t="s">
         <v>237</v>
       </c>
-      <c r="R43" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S43" s="3" t="s">
-        <v>99</v>
+        <v>132</v>
       </c>
       <c r="T43" s="4">
         <v>1</v>
       </c>
       <c r="W43" s="3" t="s">
         <v>233</v>
       </c>
       <c r="X43" s="4">
         <v>0</v>
       </c>
       <c r="Y43" s="4">
         <v>0</v>
       </c>
       <c r="Z43" s="6">
-        <v>3.2160000000000001E-3</v>
+        <v>2.5430000000000001E-2</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="B44" s="3" t="s">
         <v>239</v>
       </c>
-      <c r="B44" s="3" t="s">
+      <c r="C44" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D44" s="4">
+        <v>500</v>
+      </c>
+      <c r="E44" s="5">
+        <v>161.83000000000001</v>
+      </c>
+      <c r="F44" s="4">
+        <v>80915</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H44" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="I44" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="J44" s="5">
+        <v>161.83000000000001</v>
+      </c>
+      <c r="K44" s="5">
+        <v>1</v>
+      </c>
+      <c r="L44" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="M44" s="4">
+        <v>80915</v>
+      </c>
+      <c r="N44" s="4">
+        <v>80915</v>
+      </c>
+      <c r="O44" s="3" t="s">
         <v>240</v>
       </c>
-      <c r="C44" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O44" s="3" t="s">
+      <c r="P44" s="3" t="s">
         <v>241</v>
       </c>
-      <c r="P44" s="3" t="s">
+      <c r="Q44" s="3" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="R44" s="3" t="s">
         <v>243</v>
       </c>
       <c r="S44" s="3" t="s">
-        <v>127</v>
+        <v>104</v>
       </c>
       <c r="T44" s="4">
         <v>1</v>
       </c>
       <c r="W44" s="3" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="X44" s="4">
         <v>0</v>
       </c>
       <c r="Y44" s="4">
         <v>0</v>
       </c>
       <c r="Z44" s="6">
-        <v>1.0349999999999999E-3</v>
+        <v>3.4380000000000001E-3</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
         <v>244</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>245</v>
       </c>
       <c r="C45" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D45" s="4">
-        <v>33</v>
+        <v>154</v>
       </c>
       <c r="E45" s="5">
-        <v>244.41</v>
+        <v>144.22</v>
       </c>
       <c r="F45" s="4">
-        <v>8065.53</v>
+        <v>22209.88</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H45" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I45" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J45" s="5">
-        <v>244.41</v>
+        <v>144.22</v>
       </c>
       <c r="K45" s="5">
         <v>1</v>
       </c>
       <c r="L45" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M45" s="4">
-        <v>8065.53</v>
+        <v>22209.88</v>
       </c>
       <c r="N45" s="4">
-        <v>8065.53</v>
+        <v>22209.88</v>
       </c>
       <c r="O45" s="3" t="s">
         <v>246</v>
       </c>
       <c r="P45" s="3" t="s">
         <v>247</v>
       </c>
       <c r="Q45" s="3" t="s">
-        <v>104</v>
+        <v>174</v>
       </c>
       <c r="R45" s="3" t="s">
         <v>248</v>
       </c>
       <c r="S45" s="3" t="s">
-        <v>99</v>
+        <v>132</v>
       </c>
       <c r="T45" s="4">
         <v>1</v>
       </c>
       <c r="W45" s="3" t="s">
         <v>244</v>
       </c>
       <c r="X45" s="4">
         <v>0</v>
       </c>
       <c r="Y45" s="4">
         <v>0</v>
       </c>
       <c r="Z45" s="6">
-        <v>3.4000000000000002E-4</v>
+        <v>9.4300000000000004E-4</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
         <v>249</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>250</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D46" s="4">
         <v>97</v>
       </c>
       <c r="E46" s="5">
-        <v>265.49</v>
+        <v>281.45999999999998</v>
       </c>
       <c r="F46" s="4">
-        <v>25752.53</v>
+        <v>27301.62</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H46" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I46" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J46" s="5">
-        <v>265.49</v>
+        <v>281.45999999999998</v>
       </c>
       <c r="K46" s="5">
         <v>1</v>
       </c>
       <c r="L46" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M46" s="4">
-        <v>25752.53</v>
+        <v>27301.62</v>
       </c>
       <c r="N46" s="4">
-        <v>25752.53</v>
+        <v>27301.62</v>
       </c>
       <c r="O46" s="3" t="s">
         <v>251</v>
       </c>
       <c r="P46" s="3" t="s">
         <v>252</v>
       </c>
       <c r="Q46" s="3" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="R46" s="3" t="s">
         <v>253</v>
       </c>
       <c r="S46" s="3" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="T46" s="4">
         <v>1</v>
       </c>
       <c r="W46" s="3" t="s">
         <v>249</v>
       </c>
       <c r="X46" s="4">
         <v>0</v>
       </c>
       <c r="Y46" s="4">
         <v>0</v>
       </c>
       <c r="Z46" s="6">
-        <v>1.0859999999999999E-3</v>
+        <v>1.16E-3</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
         <v>254</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>255</v>
       </c>
       <c r="C47" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D47" s="4">
         <v>513</v>
       </c>
       <c r="E47" s="5">
-        <v>36.020000000000003</v>
+        <v>35.36</v>
       </c>
       <c r="F47" s="4">
-        <v>18478.259999999998</v>
+        <v>18139.68</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H47" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I47" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J47" s="5">
-        <v>36.020000000000003</v>
+        <v>35.36</v>
       </c>
       <c r="K47" s="5">
         <v>1</v>
       </c>
       <c r="L47" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M47" s="4">
-        <v>18478.259999999998</v>
+        <v>18139.68</v>
       </c>
       <c r="N47" s="4">
-        <v>18478.259999999998</v>
+        <v>18139.68</v>
       </c>
       <c r="O47" s="3" t="s">
         <v>256</v>
       </c>
       <c r="P47" s="3" t="s">
         <v>257</v>
       </c>
       <c r="Q47" s="3" t="s">
         <v>258</v>
       </c>
       <c r="R47" s="3" t="s">
         <v>259</v>
       </c>
       <c r="S47" s="3" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="T47" s="4">
         <v>1</v>
       </c>
       <c r="W47" s="3" t="s">
         <v>254</v>
       </c>
       <c r="X47" s="4">
         <v>0</v>
       </c>
       <c r="Y47" s="4">
         <v>0</v>
       </c>
       <c r="Z47" s="6">
-        <v>7.7899999999999996E-4</v>
+        <v>7.6999999999999996E-4</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
         <v>260</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>261</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D48" s="4">
-        <v>54</v>
+        <v>324</v>
       </c>
       <c r="E48" s="5">
-        <v>102.21</v>
+        <v>95.89</v>
       </c>
       <c r="F48" s="4">
-        <v>5519.34</v>
+        <v>31068.36</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H48" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I48" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J48" s="5">
-        <v>102.21</v>
+        <v>95.89</v>
       </c>
       <c r="K48" s="5">
         <v>1</v>
       </c>
       <c r="L48" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M48" s="4">
-        <v>5519.34</v>
+        <v>31068.36</v>
       </c>
       <c r="N48" s="4">
-        <v>5519.34</v>
+        <v>31068.36</v>
       </c>
       <c r="O48" s="3" t="s">
         <v>262</v>
       </c>
       <c r="P48" s="3" t="s">
         <v>263</v>
       </c>
       <c r="Q48" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="R48" s="3" t="s">
         <v>264</v>
       </c>
-      <c r="R48" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S48" s="3" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="T48" s="4">
         <v>1</v>
       </c>
       <c r="W48" s="3" t="s">
         <v>260</v>
       </c>
       <c r="X48" s="4">
         <v>0</v>
       </c>
       <c r="Y48" s="4">
         <v>0</v>
       </c>
       <c r="Z48" s="6">
-        <v>2.32E-4</v>
+        <v>1.32E-3</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="B49" s="3" t="s">
         <v>266</v>
       </c>
-      <c r="B49" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C49" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D49" s="4">
-        <v>324</v>
+        <v>859</v>
       </c>
       <c r="E49" s="5">
-        <v>95.91</v>
+        <v>72.569999999999993</v>
       </c>
       <c r="F49" s="4">
-        <v>31074.84</v>
+        <v>62337.63</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H49" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I49" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J49" s="5">
-        <v>95.91</v>
+        <v>72.569999999999993</v>
       </c>
       <c r="K49" s="5">
         <v>1</v>
       </c>
       <c r="L49" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M49" s="4">
-        <v>31074.84</v>
+        <v>62337.63</v>
       </c>
       <c r="N49" s="4">
-        <v>31074.84</v>
+        <v>62337.63</v>
       </c>
       <c r="O49" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="P49" s="3" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
       <c r="Q49" s="3" t="s">
         <v>258</v>
       </c>
       <c r="R49" s="3" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="S49" s="3" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="T49" s="4">
         <v>1</v>
       </c>
       <c r="W49" s="3" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="X49" s="4">
         <v>0</v>
       </c>
       <c r="Y49" s="4">
         <v>0</v>
       </c>
       <c r="Z49" s="6">
-        <v>1.3110000000000001E-3</v>
+        <v>2.6489999999999999E-3</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="B50" s="3" t="s">
         <v>271</v>
       </c>
-      <c r="B50" s="3" t="s">
+      <c r="C50" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D50" s="4">
+        <v>100</v>
+      </c>
+      <c r="E50" s="5">
+        <v>318.07</v>
+      </c>
+      <c r="F50" s="4">
+        <v>31807</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H50" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="I50" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="J50" s="5">
+        <v>318.07</v>
+      </c>
+      <c r="K50" s="5">
+        <v>1</v>
+      </c>
+      <c r="L50" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="M50" s="4">
+        <v>31807</v>
+      </c>
+      <c r="N50" s="4">
+        <v>31807</v>
+      </c>
+      <c r="O50" s="3" t="s">
         <v>272</v>
       </c>
-      <c r="C50" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O50" s="3" t="s">
+      <c r="P50" s="3" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
       <c r="Q50" s="3" t="s">
         <v>258</v>
       </c>
       <c r="R50" s="3" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="S50" s="3" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="T50" s="4">
         <v>1</v>
       </c>
       <c r="W50" s="3" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="X50" s="4">
         <v>0</v>
       </c>
       <c r="Y50" s="4">
         <v>0</v>
       </c>
       <c r="Z50" s="6">
-        <v>2.1459999999999999E-3</v>
+        <v>1.351E-3</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="B51" s="3" t="s">
         <v>276</v>
       </c>
-      <c r="B51" s="3" t="s">
+      <c r="C51" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D51" s="4">
+        <v>1959</v>
+      </c>
+      <c r="E51" s="5">
+        <v>76.94</v>
+      </c>
+      <c r="F51" s="4">
+        <v>150725.46</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H51" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="I51" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="J51" s="5">
+        <v>76.94</v>
+      </c>
+      <c r="K51" s="5">
+        <v>1</v>
+      </c>
+      <c r="L51" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="M51" s="4">
+        <v>150725.46</v>
+      </c>
+      <c r="N51" s="4">
+        <v>150725.46</v>
+      </c>
+      <c r="O51" s="3" t="s">
         <v>277</v>
       </c>
-      <c r="C51" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O51" s="3" t="s">
+      <c r="P51" s="3" t="s">
         <v>278</v>
       </c>
-      <c r="P51" s="3" t="s">
+      <c r="Q51" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="R51" s="3" t="s">
         <v>279</v>
       </c>
-      <c r="Q51" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S51" s="3" t="s">
-        <v>99</v>
+        <v>132</v>
       </c>
       <c r="T51" s="4">
         <v>1</v>
       </c>
       <c r="W51" s="3" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="X51" s="4">
         <v>0</v>
       </c>
       <c r="Y51" s="4">
         <v>0</v>
       </c>
       <c r="Z51" s="6">
-        <v>1.371E-3</v>
+        <v>6.4050000000000001E-3</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="B52" s="3" t="s">
         <v>281</v>
       </c>
-      <c r="B52" s="3" t="s">
+      <c r="C52" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D52" s="4">
+        <v>1000</v>
+      </c>
+      <c r="E52" s="5">
+        <v>103.6</v>
+      </c>
+      <c r="F52" s="4">
+        <v>103600</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H52" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="I52" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="J52" s="5">
+        <v>103.6</v>
+      </c>
+      <c r="K52" s="5">
+        <v>1</v>
+      </c>
+      <c r="L52" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="M52" s="4">
+        <v>103600</v>
+      </c>
+      <c r="N52" s="4">
+        <v>103600</v>
+      </c>
+      <c r="O52" s="3" t="s">
         <v>282</v>
       </c>
-      <c r="C52" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O52" s="3" t="s">
+      <c r="P52" s="3" t="s">
         <v>283</v>
       </c>
-      <c r="P52" s="3" t="s">
+      <c r="Q52" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="R52" s="3" t="s">
         <v>284</v>
       </c>
-      <c r="Q52" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S52" s="3" t="s">
-        <v>127</v>
+        <v>104</v>
       </c>
       <c r="T52" s="4">
         <v>1</v>
       </c>
       <c r="W52" s="3" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="X52" s="4">
         <v>0</v>
       </c>
       <c r="Y52" s="4">
         <v>0</v>
       </c>
       <c r="Z52" s="6">
-        <v>6.0439999999999999E-3</v>
+        <v>4.4019999999999997E-3</v>
       </c>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="B53" s="3" t="s">
         <v>286</v>
       </c>
-      <c r="B53" s="3" t="s">
+      <c r="C53" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D53" s="4">
+        <v>683</v>
+      </c>
+      <c r="E53" s="5">
+        <v>77.709999999999994</v>
+      </c>
+      <c r="F53" s="4">
+        <v>53075.93</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H53" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="I53" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="J53" s="5">
+        <v>77.709999999999994</v>
+      </c>
+      <c r="K53" s="5">
+        <v>1</v>
+      </c>
+      <c r="L53" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="M53" s="4">
+        <v>53075.93</v>
+      </c>
+      <c r="N53" s="4">
+        <v>53075.93</v>
+      </c>
+      <c r="O53" s="3" t="s">
         <v>287</v>
       </c>
-      <c r="C53" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O53" s="3" t="s">
+      <c r="P53" s="3" t="s">
         <v>288</v>
       </c>
-      <c r="P53" s="3" t="s">
+      <c r="Q53" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="R53" s="3" t="s">
         <v>289</v>
       </c>
-      <c r="Q53" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S53" s="3" t="s">
-        <v>99</v>
+        <v>132</v>
       </c>
       <c r="T53" s="4">
         <v>1</v>
       </c>
       <c r="W53" s="3" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="X53" s="4">
         <v>0</v>
       </c>
       <c r="Y53" s="4">
         <v>0</v>
       </c>
       <c r="Z53" s="6">
-        <v>4.2719999999999998E-3</v>
+        <v>2.2550000000000001E-3</v>
       </c>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="B54" s="3" t="s">
         <v>291</v>
       </c>
-      <c r="B54" s="3" t="s">
+      <c r="C54" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D54" s="4">
+        <v>500</v>
+      </c>
+      <c r="E54" s="5">
+        <v>126.903627</v>
+      </c>
+      <c r="F54" s="4">
+        <v>63451.813062660003</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H54" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I54" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J54" s="5">
+        <v>176.91</v>
+      </c>
+      <c r="K54" s="5">
+        <v>1.3940499911066582</v>
+      </c>
+      <c r="L54" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M54" s="4">
+        <v>88454.999435000005</v>
+      </c>
+      <c r="N54" s="4">
+        <v>63451.813062660003</v>
+      </c>
+      <c r="O54" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="P54" s="3" t="s">
         <v>292</v>
       </c>
-      <c r="C54" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O54" s="3" t="s">
+      <c r="Q54" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="R54" s="3" t="s">
         <v>293</v>
       </c>
-      <c r="P54" s="3" t="s">
+      <c r="S54" s="3" t="s">
         <v>294</v>
       </c>
-      <c r="Q54" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R54" s="3" t="s">
+      <c r="T54" s="4">
+        <v>1</v>
+      </c>
+      <c r="W54" s="3" t="s">
         <v>295</v>
       </c>
-      <c r="S54" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="X54" s="4">
         <v>0</v>
       </c>
       <c r="Y54" s="4">
         <v>0</v>
       </c>
       <c r="Z54" s="6">
-        <v>2.0999999999999999E-3</v>
+        <v>2.696E-3</v>
       </c>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
         <v>296</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>297</v>
       </c>
       <c r="C55" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D55" s="4">
-        <v>500</v>
+        <v>1300</v>
       </c>
       <c r="E55" s="5">
-        <v>124.347857</v>
+        <v>88.913597999999993</v>
       </c>
       <c r="F55" s="4">
-        <v>62173.928558680003</v>
+        <v>115587.67619526001</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H55" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I55" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J55" s="5">
-        <v>174.23</v>
+        <v>123.95</v>
       </c>
       <c r="K55" s="5">
-        <v>1.4011500022712642</v>
+        <v>1.3940499911066582</v>
       </c>
       <c r="L55" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M55" s="4">
-        <v>87115.000140999997</v>
+        <v>161134.998972</v>
       </c>
       <c r="N55" s="4">
-        <v>62173.928558680003</v>
+        <v>115587.67619526001</v>
       </c>
       <c r="O55" s="3" t="s">
         <v>296</v>
       </c>
       <c r="P55" s="3" t="s">
         <v>298</v>
       </c>
       <c r="Q55" s="3" t="s">
-        <v>147</v>
+        <v>299</v>
       </c>
       <c r="R55" s="3" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="S55" s="3" t="s">
-        <v>300</v>
+        <v>294</v>
       </c>
       <c r="T55" s="4">
         <v>1</v>
       </c>
       <c r="W55" s="3" t="s">
         <v>301</v>
       </c>
       <c r="X55" s="4">
         <v>0</v>
       </c>
       <c r="Y55" s="4">
         <v>0</v>
       </c>
       <c r="Z55" s="6">
-        <v>2.6229999999999999E-3</v>
+        <v>4.9119999999999997E-3</v>
       </c>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
         <v>302</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>303</v>
+        <v>261</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D56" s="4">
-        <v>100</v>
+        <v>900</v>
       </c>
       <c r="E56" s="5">
-        <v>111.83670499999999</v>
+        <v>96.000861</v>
       </c>
       <c r="F56" s="4">
-        <v>11183.67055633</v>
+        <v>86400.774721139998</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H56" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I56" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J56" s="5">
-        <v>156.69999999999999</v>
+        <v>133.83000000000001</v>
       </c>
       <c r="K56" s="5">
-        <v>1.4011500022712642</v>
+        <v>1.3940499911066582</v>
       </c>
       <c r="L56" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M56" s="4">
-        <v>15670.000024999999</v>
+        <v>120446.99923099999</v>
       </c>
       <c r="N56" s="4">
-        <v>11183.67055633</v>
+        <v>86400.774721139998</v>
       </c>
       <c r="O56" s="3" t="s">
         <v>302</v>
       </c>
       <c r="P56" s="3" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="Q56" s="3" t="s">
-        <v>147</v>
+        <v>258</v>
       </c>
       <c r="R56" s="3" t="s">
-        <v>305</v>
+        <v>264</v>
       </c>
       <c r="S56" s="3" t="s">
-        <v>300</v>
+        <v>294</v>
       </c>
       <c r="T56" s="4">
         <v>1</v>
       </c>
       <c r="W56" s="3" t="s">
-        <v>306</v>
+        <v>260</v>
       </c>
       <c r="X56" s="4">
         <v>0</v>
       </c>
       <c r="Y56" s="4">
         <v>0</v>
       </c>
       <c r="Z56" s="6">
-        <v>4.7100000000000001E-4</v>
+        <v>3.6709999999999998E-3</v>
       </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="B57" s="3" t="s">
+        <v>305</v>
+      </c>
+      <c r="C57" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D57" s="4">
+        <v>200</v>
+      </c>
+      <c r="E57" s="5">
+        <v>913.59</v>
+      </c>
+      <c r="F57" s="4">
+        <v>182718</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H57" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="I57" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="J57" s="5">
+        <v>913.59</v>
+      </c>
+      <c r="K57" s="5">
+        <v>1</v>
+      </c>
+      <c r="L57" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="M57" s="4">
+        <v>182718</v>
+      </c>
+      <c r="N57" s="4">
+        <v>182718</v>
+      </c>
+      <c r="O57" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="P57" s="3" t="s">
         <v>307</v>
       </c>
-      <c r="B57" s="3" t="s">
-[...41 lines deleted...]
-      <c r="P57" s="3" t="s">
+      <c r="Q57" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="R57" s="3" t="s">
         <v>308</v>
       </c>
-      <c r="Q57" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S57" s="3" t="s">
-        <v>300</v>
+        <v>132</v>
       </c>
       <c r="T57" s="4">
         <v>1</v>
       </c>
       <c r="W57" s="3" t="s">
-        <v>260</v>
+        <v>304</v>
       </c>
       <c r="X57" s="4">
         <v>0</v>
       </c>
       <c r="Y57" s="4">
         <v>0</v>
       </c>
       <c r="Z57" s="6">
-        <v>6.0439999999999999E-3</v>
+        <v>7.7650000000000002E-3</v>
       </c>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
         <v>309</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>267</v>
+        <v>310</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D58" s="4">
-        <v>900</v>
+        <v>300</v>
       </c>
       <c r="E58" s="5">
-        <v>95.985439999999997</v>
+        <v>226.78</v>
       </c>
       <c r="F58" s="4">
-        <v>86386.896477889997</v>
+        <v>68034</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H58" s="3" t="s">
-        <v>38</v>
+        <v>88</v>
       </c>
       <c r="I58" s="3" t="s">
-        <v>39</v>
+        <v>89</v>
       </c>
       <c r="J58" s="5">
-        <v>134.49</v>
+        <v>226.78</v>
       </c>
       <c r="K58" s="5">
-        <v>1.4011500022712642</v>
+        <v>1</v>
       </c>
       <c r="L58" s="3" t="s">
-        <v>40</v>
+        <v>90</v>
       </c>
       <c r="M58" s="4">
-        <v>121041.00019599999</v>
+        <v>68034</v>
       </c>
       <c r="N58" s="4">
-        <v>86386.896477889997</v>
+        <v>68034</v>
       </c>
       <c r="O58" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="P58" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="Q58" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="R58" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="S58" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="T58" s="4">
+        <v>1</v>
+      </c>
+      <c r="W58" s="3" t="s">
         <v>309</v>
       </c>
-      <c r="P58" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X58" s="4">
         <v>0</v>
       </c>
       <c r="Y58" s="4">
         <v>0</v>
       </c>
       <c r="Z58" s="6">
-        <v>3.6449999999999998E-3</v>
+        <v>2.8909999999999999E-3</v>
       </c>
     </row>
     <row r="59" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A59" s="3" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="C59" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D59" s="4">
-        <v>200</v>
+        <v>828</v>
       </c>
       <c r="E59" s="5">
-        <v>911.45</v>
+        <v>119.68</v>
       </c>
       <c r="F59" s="4">
-        <v>182290</v>
+        <v>99095.039999999994</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H59" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I59" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J59" s="5">
-        <v>911.45</v>
+        <v>119.68</v>
       </c>
       <c r="K59" s="5">
         <v>1</v>
       </c>
       <c r="L59" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M59" s="4">
-        <v>182290</v>
+        <v>99095.039999999994</v>
       </c>
       <c r="N59" s="4">
-        <v>182290</v>
+        <v>99095.039999999994</v>
       </c>
       <c r="O59" s="3" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="P59" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="Q59" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="R59" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="S59" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="T59" s="4">
+        <v>1</v>
+      </c>
+      <c r="W59" s="3" t="s">
         <v>314</v>
       </c>
-      <c r="Q59" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X59" s="4">
         <v>0</v>
       </c>
       <c r="Y59" s="4">
         <v>0</v>
       </c>
       <c r="Z59" s="6">
-        <v>7.6930000000000002E-3</v>
+        <v>4.2110000000000003E-3</v>
       </c>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A60" s="3" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D60" s="4">
-        <v>300</v>
+        <v>225</v>
       </c>
       <c r="E60" s="5">
-        <v>215.38</v>
+        <v>104.47</v>
       </c>
       <c r="F60" s="4">
-        <v>64614</v>
+        <v>23505.75</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H60" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I60" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J60" s="5">
-        <v>215.38</v>
+        <v>104.47</v>
       </c>
       <c r="K60" s="5">
         <v>1</v>
       </c>
       <c r="L60" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M60" s="4">
-        <v>64614</v>
+        <v>23505.75</v>
       </c>
       <c r="N60" s="4">
-        <v>64614</v>
+        <v>23505.75</v>
       </c>
       <c r="O60" s="3" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="P60" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="Q60" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="R60" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="S60" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="T60" s="4">
+        <v>1</v>
+      </c>
+      <c r="W60" s="3" t="s">
         <v>319</v>
       </c>
-      <c r="Q60" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X60" s="4">
         <v>0</v>
       </c>
       <c r="Y60" s="4">
         <v>0</v>
       </c>
       <c r="Z60" s="6">
-        <v>2.7260000000000001E-3</v>
+        <v>9.9799999999999997E-4</v>
       </c>
     </row>
     <row r="61" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="C61" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D61" s="4">
-        <v>828</v>
+        <v>600</v>
       </c>
       <c r="E61" s="5">
-        <v>119.02</v>
+        <v>155.04465500000001</v>
       </c>
       <c r="F61" s="4">
-        <v>98548.56</v>
+        <v>93026.792439299999</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H61" s="3" t="s">
-        <v>83</v>
+        <v>38</v>
       </c>
       <c r="I61" s="3" t="s">
-        <v>84</v>
+        <v>39</v>
       </c>
       <c r="J61" s="5">
-        <v>119.02</v>
+        <v>216.14</v>
       </c>
       <c r="K61" s="5">
-        <v>1</v>
+        <v>1.3940499911066582</v>
       </c>
       <c r="L61" s="3" t="s">
-        <v>85</v>
+        <v>40</v>
       </c>
       <c r="M61" s="4">
-        <v>98548.56</v>
+        <v>129683.999172</v>
       </c>
       <c r="N61" s="4">
-        <v>98548.56</v>
+        <v>93026.792439299999</v>
       </c>
       <c r="O61" s="3" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="P61" s="3" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="Q61" s="3" t="s">
-        <v>104</v>
+        <v>152</v>
       </c>
       <c r="R61" s="3" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="S61" s="3" t="s">
-        <v>99</v>
+        <v>294</v>
       </c>
       <c r="T61" s="4">
         <v>1</v>
       </c>
       <c r="W61" s="3" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
       <c r="X61" s="4">
         <v>0</v>
       </c>
       <c r="Y61" s="4">
         <v>0</v>
       </c>
       <c r="Z61" s="6">
-        <v>4.1590000000000004E-3</v>
+        <v>3.9529999999999999E-3</v>
       </c>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A62" s="3" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="C62" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D62" s="4">
-        <v>225</v>
+        <v>1000</v>
       </c>
       <c r="E62" s="5">
-        <v>112.62</v>
+        <v>82.79</v>
       </c>
       <c r="F62" s="4">
-        <v>25339.5</v>
+        <v>82790</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H62" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I62" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J62" s="5">
-        <v>112.62</v>
+        <v>82.79</v>
       </c>
       <c r="K62" s="5">
         <v>1</v>
       </c>
       <c r="L62" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M62" s="4">
-        <v>25339.5</v>
+        <v>82790</v>
       </c>
       <c r="N62" s="4">
-        <v>25339.5</v>
+        <v>82790</v>
       </c>
       <c r="O62" s="3" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="P62" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="Q62" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="R62" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="S62" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="T62" s="4">
+        <v>1</v>
+      </c>
+      <c r="W62" s="3" t="s">
         <v>329</v>
       </c>
-      <c r="Q62" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X62" s="4">
         <v>0</v>
       </c>
       <c r="Y62" s="4">
         <v>0</v>
       </c>
       <c r="Z62" s="6">
-        <v>1.0690000000000001E-3</v>
+        <v>3.5179999999999999E-3</v>
       </c>
     </row>
     <row r="63" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A63" s="3" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="C63" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D63" s="4">
-        <v>700</v>
+        <v>146</v>
       </c>
       <c r="E63" s="5">
-        <v>146.64382800000001</v>
+        <v>86.67</v>
       </c>
       <c r="F63" s="4">
-        <v>102650.67979874001</v>
+        <v>12653.82</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H63" s="3" t="s">
-        <v>38</v>
+        <v>88</v>
       </c>
       <c r="I63" s="3" t="s">
-        <v>39</v>
+        <v>89</v>
       </c>
       <c r="J63" s="5">
-        <v>205.47</v>
+        <v>86.67</v>
       </c>
       <c r="K63" s="5">
-        <v>1.4011500022712642</v>
+        <v>1</v>
       </c>
       <c r="L63" s="3" t="s">
-        <v>40</v>
+        <v>90</v>
       </c>
       <c r="M63" s="4">
-        <v>143829.000233</v>
+        <v>12653.82</v>
       </c>
       <c r="N63" s="4">
-        <v>102650.67979874001</v>
+        <v>12653.82</v>
       </c>
       <c r="O63" s="3" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
       <c r="P63" s="3" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="Q63" s="3" t="s">
-        <v>147</v>
+        <v>109</v>
       </c>
       <c r="R63" s="3" t="s">
+        <v>338</v>
+      </c>
+      <c r="S63" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="T63" s="4">
+        <v>1</v>
+      </c>
+      <c r="W63" s="3" t="s">
         <v>334</v>
       </c>
-      <c r="S63" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="X63" s="4">
         <v>0</v>
       </c>
       <c r="Y63" s="4">
         <v>0</v>
       </c>
       <c r="Z63" s="6">
-        <v>4.3319999999999999E-3</v>
+        <v>5.3700000000000004E-4</v>
       </c>
     </row>
     <row r="64" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A64" s="3" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C64" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D64" s="4">
-        <v>1000</v>
+        <v>700</v>
       </c>
       <c r="E64" s="5">
-        <v>81.31</v>
+        <v>96.402569</v>
       </c>
       <c r="F64" s="4">
-        <v>81310</v>
+        <v>67481.797639969998</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H64" s="3" t="s">
-        <v>83</v>
+        <v>38</v>
       </c>
       <c r="I64" s="3" t="s">
-        <v>84</v>
+        <v>39</v>
       </c>
       <c r="J64" s="5">
-        <v>81.31</v>
+        <v>134.38999999999999</v>
       </c>
       <c r="K64" s="5">
-        <v>1</v>
+        <v>1.3940499911066582</v>
       </c>
       <c r="L64" s="3" t="s">
-        <v>85</v>
+        <v>40</v>
       </c>
       <c r="M64" s="4">
-        <v>81310</v>
+        <v>94072.999398999993</v>
       </c>
       <c r="N64" s="4">
-        <v>81310</v>
+        <v>67481.797639969998</v>
       </c>
       <c r="O64" s="3" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="P64" s="3" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="Q64" s="3" t="s">
-        <v>114</v>
+        <v>258</v>
       </c>
       <c r="R64" s="3" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="S64" s="3" t="s">
-        <v>127</v>
+        <v>294</v>
       </c>
       <c r="T64" s="4">
         <v>1</v>
       </c>
       <c r="W64" s="3" t="s">
-        <v>336</v>
+        <v>343</v>
       </c>
       <c r="X64" s="4">
         <v>0</v>
       </c>
       <c r="Y64" s="4">
         <v>0</v>
       </c>
       <c r="Z64" s="6">
-        <v>3.431E-3</v>
+        <v>2.8670000000000002E-3</v>
       </c>
     </row>
     <row r="65" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A65" s="3" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="C65" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D65" s="4">
-        <v>146</v>
+        <v>200</v>
       </c>
       <c r="E65" s="5">
-        <v>82.45</v>
+        <v>84.394390999999999</v>
       </c>
       <c r="F65" s="4">
-        <v>12037.7</v>
+        <v>16878.87808902</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H65" s="3" t="s">
-        <v>83</v>
+        <v>38</v>
       </c>
       <c r="I65" s="3" t="s">
-        <v>84</v>
+        <v>39</v>
       </c>
       <c r="J65" s="5">
-        <v>82.45</v>
+        <v>117.65</v>
       </c>
       <c r="K65" s="5">
-        <v>1</v>
+        <v>1.3940499911066582</v>
       </c>
       <c r="L65" s="3" t="s">
-        <v>85</v>
+        <v>40</v>
       </c>
       <c r="M65" s="4">
-        <v>12037.7</v>
+        <v>23529.999849</v>
       </c>
       <c r="N65" s="4">
-        <v>12037.7</v>
+        <v>16878.87808902</v>
       </c>
       <c r="O65" s="3" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="P65" s="3" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="Q65" s="3" t="s">
-        <v>104</v>
+        <v>152</v>
       </c>
       <c r="R65" s="3" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="S65" s="3" t="s">
-        <v>99</v>
+        <v>294</v>
       </c>
       <c r="T65" s="4">
         <v>1</v>
       </c>
       <c r="W65" s="3" t="s">
-        <v>341</v>
+        <v>348</v>
       </c>
       <c r="X65" s="4">
         <v>0</v>
       </c>
       <c r="Y65" s="4">
         <v>0</v>
       </c>
       <c r="Z65" s="6">
-        <v>5.0799999999999999E-4</v>
+        <v>7.1699999999999997E-4</v>
       </c>
     </row>
     <row r="66" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A66" s="3" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C66" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D66" s="4">
-        <v>700</v>
+        <v>234</v>
       </c>
       <c r="E66" s="5">
-        <v>110.8518</v>
+        <v>133.38</v>
       </c>
       <c r="F66" s="4">
-        <v>77596.260214819995</v>
+        <v>31210.92</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H66" s="3" t="s">
-        <v>38</v>
+        <v>88</v>
       </c>
       <c r="I66" s="3" t="s">
-        <v>39</v>
+        <v>89</v>
       </c>
       <c r="J66" s="5">
-        <v>155.32</v>
+        <v>133.38</v>
       </c>
       <c r="K66" s="5">
-        <v>1.4011500022712642</v>
+        <v>1</v>
       </c>
       <c r="L66" s="3" t="s">
-        <v>40</v>
+        <v>90</v>
       </c>
       <c r="M66" s="4">
-        <v>108724.000176</v>
+        <v>31210.92</v>
       </c>
       <c r="N66" s="4">
-        <v>77596.260214819995</v>
+        <v>31210.92</v>
       </c>
       <c r="O66" s="3" t="s">
-        <v>346</v>
+        <v>351</v>
       </c>
       <c r="P66" s="3" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="Q66" s="3" t="s">
         <v>258</v>
       </c>
       <c r="R66" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="S66" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="T66" s="4">
+        <v>1</v>
+      </c>
+      <c r="W66" s="3" t="s">
         <v>349</v>
       </c>
-      <c r="S66" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="X66" s="4">
         <v>0</v>
       </c>
       <c r="Y66" s="4">
         <v>0</v>
       </c>
       <c r="Z66" s="6">
-        <v>3.274E-3</v>
+        <v>1.3259999999999999E-3</v>
       </c>
     </row>
     <row r="67" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A67" s="3" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="C67" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D67" s="4">
-        <v>200</v>
+        <v>955</v>
       </c>
       <c r="E67" s="5">
-        <v>82.189629999999994</v>
+        <v>39.590000000000003</v>
       </c>
       <c r="F67" s="4">
-        <v>16437.92598937</v>
+        <v>37808.449999999997</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H67" s="3" t="s">
-        <v>38</v>
+        <v>88</v>
       </c>
       <c r="I67" s="3" t="s">
-        <v>39</v>
+        <v>89</v>
       </c>
       <c r="J67" s="5">
-        <v>115.16</v>
+        <v>39.590000000000003</v>
       </c>
       <c r="K67" s="5">
-        <v>1.4011500022712642</v>
+        <v>1</v>
       </c>
       <c r="L67" s="3" t="s">
-        <v>40</v>
+        <v>90</v>
       </c>
       <c r="M67" s="4">
-        <v>23032.000037000002</v>
+        <v>37808.449999999997</v>
       </c>
       <c r="N67" s="4">
-        <v>16437.92598937</v>
+        <v>37808.449999999997</v>
       </c>
       <c r="O67" s="3" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="P67" s="3" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="Q67" s="3" t="s">
-        <v>147</v>
+        <v>163</v>
       </c>
       <c r="R67" s="3" t="s">
+        <v>358</v>
+      </c>
+      <c r="S67" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="T67" s="4">
+        <v>1</v>
+      </c>
+      <c r="W67" s="3" t="s">
         <v>354</v>
       </c>
-      <c r="S67" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="X67" s="4">
         <v>0</v>
       </c>
       <c r="Y67" s="4">
         <v>0</v>
       </c>
       <c r="Z67" s="6">
-        <v>6.9300000000000004E-4</v>
+        <v>1.606E-3</v>
       </c>
     </row>
     <row r="68" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A68" s="3" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="C68" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D68" s="4">
-        <v>300</v>
+        <v>750</v>
       </c>
       <c r="E68" s="5">
-        <v>139.57</v>
+        <v>647.95000000000005</v>
       </c>
       <c r="F68" s="4">
-        <v>41871</v>
+        <v>485962.5</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H68" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I68" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J68" s="5">
-        <v>139.57</v>
+        <v>647.95000000000005</v>
       </c>
       <c r="K68" s="5">
         <v>1</v>
       </c>
       <c r="L68" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M68" s="4">
-        <v>41871</v>
+        <v>485962.5</v>
       </c>
       <c r="N68" s="4">
-        <v>41871</v>
+        <v>485962.5</v>
       </c>
       <c r="O68" s="3" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="P68" s="3" t="s">
+        <v>362</v>
+      </c>
+      <c r="Q68" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="R68" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="S68" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="T68" s="4">
+        <v>1</v>
+      </c>
+      <c r="W68" s="3" t="s">
         <v>359</v>
       </c>
-      <c r="Q68" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X68" s="4">
         <v>0</v>
       </c>
       <c r="Y68" s="4">
         <v>0</v>
       </c>
       <c r="Z68" s="6">
-        <v>1.7669999999999999E-3</v>
+        <v>2.0652E-2</v>
       </c>
     </row>
     <row r="69" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A69" s="3" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="C69" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D69" s="4">
-        <v>955</v>
+        <v>19501</v>
       </c>
       <c r="E69" s="5">
-        <v>39.03</v>
+        <v>2.3975879999999998</v>
       </c>
       <c r="F69" s="4">
-        <v>37273.65</v>
+        <v>46755.353837499999</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H69" s="3" t="s">
-        <v>83</v>
+        <v>58</v>
       </c>
       <c r="I69" s="3" t="s">
-        <v>84</v>
+        <v>59</v>
       </c>
       <c r="J69" s="5">
-        <v>39.03</v>
+        <v>1.8095000000000001</v>
       </c>
       <c r="K69" s="5">
-        <v>1</v>
+        <v>0.75471698113207553</v>
       </c>
       <c r="L69" s="3" t="s">
-        <v>85</v>
+        <v>60</v>
       </c>
       <c r="M69" s="4">
-        <v>37273.65</v>
+        <v>35287.059500000003</v>
       </c>
       <c r="N69" s="4">
-        <v>37273.65</v>
+        <v>46755.353837499999</v>
       </c>
       <c r="O69" s="3" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="P69" s="3" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="Q69" s="3" t="s">
-        <v>158</v>
+        <v>102</v>
       </c>
       <c r="R69" s="3" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="S69" s="3" t="s">
-        <v>99</v>
+        <v>121</v>
       </c>
       <c r="T69" s="4">
         <v>1</v>
       </c>
       <c r="W69" s="3" t="s">
-        <v>361</v>
+        <v>34</v>
       </c>
       <c r="X69" s="4">
         <v>0</v>
       </c>
       <c r="Y69" s="4">
         <v>0</v>
       </c>
       <c r="Z69" s="6">
-        <v>1.573E-3</v>
+        <v>1.9870000000000001E-3</v>
       </c>
     </row>
     <row r="70" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A70" s="3" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D70" s="4">
-        <v>728</v>
+        <v>432</v>
       </c>
       <c r="E70" s="5">
-        <v>648.35</v>
+        <v>272.92</v>
       </c>
       <c r="F70" s="4">
-        <v>471998.8</v>
+        <v>117901.44</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H70" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I70" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J70" s="5">
-        <v>648.35</v>
+        <v>272.92</v>
       </c>
       <c r="K70" s="5">
         <v>1</v>
       </c>
       <c r="L70" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M70" s="4">
-        <v>471998.8</v>
+        <v>117901.44</v>
       </c>
       <c r="N70" s="4">
-        <v>471998.8</v>
+        <v>117901.44</v>
       </c>
       <c r="O70" s="3" t="s">
+        <v>370</v>
+      </c>
+      <c r="P70" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="Q70" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="R70" s="3" t="s">
+        <v>372</v>
+      </c>
+      <c r="S70" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="T70" s="4">
+        <v>1</v>
+      </c>
+      <c r="W70" s="3" t="s">
         <v>368</v>
       </c>
-      <c r="P70" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X70" s="4">
         <v>0</v>
       </c>
       <c r="Y70" s="4">
         <v>0</v>
       </c>
       <c r="Z70" s="6">
-        <v>1.992E-2</v>
+        <v>5.0099999999999997E-3</v>
       </c>
     </row>
     <row r="71" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A71" s="3" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="C71" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D71" s="4">
-        <v>19501</v>
+        <v>111</v>
       </c>
       <c r="E71" s="5">
-        <v>2.4404759999999999</v>
+        <v>61.47</v>
       </c>
       <c r="F71" s="4">
-        <v>47591.729788880002</v>
+        <v>6823.17</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H71" s="3" t="s">
-        <v>58</v>
+        <v>88</v>
       </c>
       <c r="I71" s="3" t="s">
-        <v>59</v>
+        <v>89</v>
       </c>
       <c r="J71" s="5">
-        <v>1.8574999999999999</v>
+        <v>61.47</v>
       </c>
       <c r="K71" s="5">
-        <v>0.76112189367127148</v>
+        <v>1</v>
       </c>
       <c r="L71" s="3" t="s">
-        <v>60</v>
+        <v>90</v>
       </c>
       <c r="M71" s="4">
-        <v>36223.107499999998</v>
+        <v>6823.17</v>
       </c>
       <c r="N71" s="4">
-        <v>47591.729788880002</v>
+        <v>6823.17</v>
       </c>
       <c r="O71" s="3" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="P71" s="3" t="s">
+        <v>376</v>
+      </c>
+      <c r="Q71" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="R71" s="3" t="s">
+        <v>377</v>
+      </c>
+      <c r="S71" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="T71" s="4">
+        <v>1</v>
+      </c>
+      <c r="W71" s="3" t="s">
         <v>373</v>
       </c>
-      <c r="Q71" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X71" s="4">
         <v>0</v>
       </c>
       <c r="Y71" s="4">
         <v>0</v>
       </c>
       <c r="Z71" s="6">
-        <v>2.0079999999999998E-3</v>
+        <v>2.8899999999999998E-4</v>
       </c>
     </row>
     <row r="72" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A72" s="3" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="C72" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D72" s="4">
-        <v>508</v>
+        <v>718</v>
       </c>
       <c r="E72" s="5">
-        <v>266.94</v>
+        <v>65.5</v>
       </c>
       <c r="F72" s="4">
-        <v>135605.51999999999</v>
+        <v>47029</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H72" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I72" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J72" s="5">
-        <v>266.94</v>
+        <v>65.5</v>
       </c>
       <c r="K72" s="5">
         <v>1</v>
       </c>
       <c r="L72" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M72" s="4">
-        <v>135605.51999999999</v>
+        <v>47029</v>
       </c>
       <c r="N72" s="4">
-        <v>135605.51999999999</v>
+        <v>47029</v>
       </c>
       <c r="O72" s="3" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="P72" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="Q72" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="R72" s="3" t="s">
+        <v>382</v>
+      </c>
+      <c r="S72" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="T72" s="4">
+        <v>1</v>
+      </c>
+      <c r="W72" s="3" t="s">
         <v>378</v>
       </c>
-      <c r="Q72" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X72" s="4">
         <v>0</v>
       </c>
       <c r="Y72" s="4">
         <v>0</v>
       </c>
       <c r="Z72" s="6">
-        <v>5.7229999999999998E-3</v>
+        <v>1.9980000000000002E-3</v>
       </c>
     </row>
     <row r="73" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A73" s="3" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="C73" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D73" s="4">
-        <v>111</v>
+        <v>795</v>
       </c>
       <c r="E73" s="5">
-        <v>66.69</v>
+        <v>45.47</v>
       </c>
       <c r="F73" s="4">
-        <v>7402.59</v>
+        <v>36148.65</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H73" s="3" t="s">
-        <v>83</v>
+        <v>38</v>
       </c>
       <c r="I73" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J73" s="5">
-        <v>66.69</v>
+        <v>45.47</v>
       </c>
       <c r="K73" s="5">
         <v>1</v>
       </c>
       <c r="L73" s="3" t="s">
-        <v>85</v>
+        <v>40</v>
       </c>
       <c r="M73" s="4">
-        <v>7402.59</v>
+        <v>36148.65</v>
       </c>
       <c r="N73" s="4">
-        <v>7402.59</v>
+        <v>36148.65</v>
       </c>
       <c r="O73" s="3" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="P73" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="Q73" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="R73" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="S73" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="T73" s="4">
+        <v>1</v>
+      </c>
+      <c r="W73" s="3" t="s">
         <v>383</v>
       </c>
-      <c r="Q73" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X73" s="4">
         <v>0</v>
       </c>
       <c r="Y73" s="4">
         <v>0</v>
       </c>
       <c r="Z73" s="6">
-        <v>3.1199999999999999E-4</v>
+        <v>1.536E-3</v>
       </c>
     </row>
     <row r="74" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A74" s="3" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="C74" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D74" s="4">
-        <v>718</v>
+        <v>452</v>
       </c>
       <c r="E74" s="5">
-        <v>64.650000000000006</v>
+        <v>298.45</v>
       </c>
       <c r="F74" s="4">
-        <v>46418.7</v>
+        <v>134899.4</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H74" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I74" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J74" s="5">
-        <v>64.650000000000006</v>
+        <v>298.45</v>
       </c>
       <c r="K74" s="5">
         <v>1</v>
       </c>
       <c r="L74" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M74" s="4">
-        <v>46418.7</v>
+        <v>134899.4</v>
       </c>
       <c r="N74" s="4">
-        <v>46418.7</v>
+        <v>134899.4</v>
       </c>
       <c r="O74" s="3" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="P74" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="Q74" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="R74" s="3" t="s">
+        <v>392</v>
+      </c>
+      <c r="S74" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="T74" s="4">
+        <v>1</v>
+      </c>
+      <c r="W74" s="3" t="s">
         <v>388</v>
       </c>
-      <c r="Q74" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X74" s="4">
         <v>0</v>
       </c>
       <c r="Y74" s="4">
         <v>0</v>
       </c>
       <c r="Z74" s="6">
-        <v>1.9589999999999998E-3</v>
+        <v>5.7330000000000002E-3</v>
       </c>
     </row>
     <row r="75" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A75" s="3" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="C75" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D75" s="4">
-        <v>795</v>
+        <v>1094</v>
       </c>
       <c r="E75" s="5">
-        <v>43.69</v>
+        <v>125.84</v>
       </c>
       <c r="F75" s="4">
-        <v>34733.550000000003</v>
+        <v>137668.96</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H75" s="3" t="s">
-        <v>38</v>
+        <v>88</v>
       </c>
       <c r="I75" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J75" s="5">
-        <v>43.69</v>
+        <v>125.84</v>
       </c>
       <c r="K75" s="5">
         <v>1</v>
       </c>
       <c r="L75" s="3" t="s">
-        <v>40</v>
+        <v>90</v>
       </c>
       <c r="M75" s="4">
-        <v>34733.550000000003</v>
+        <v>137668.96</v>
       </c>
       <c r="N75" s="4">
-        <v>34733.550000000003</v>
+        <v>137668.96</v>
       </c>
       <c r="O75" s="3" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="P75" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="Q75" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="R75" s="3" t="s">
+        <v>397</v>
+      </c>
+      <c r="S75" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="T75" s="4">
+        <v>1</v>
+      </c>
+      <c r="W75" s="3" t="s">
         <v>393</v>
       </c>
-      <c r="Q75" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X75" s="4">
         <v>0</v>
       </c>
       <c r="Y75" s="4">
         <v>0</v>
       </c>
       <c r="Z75" s="6">
-        <v>1.4649999999999999E-3</v>
+        <v>5.8500000000000002E-3</v>
       </c>
     </row>
     <row r="76" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A76" s="3" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="C76" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D76" s="4">
-        <v>452</v>
+        <v>100</v>
       </c>
       <c r="E76" s="5">
-        <v>308.95</v>
+        <v>826.04</v>
       </c>
       <c r="F76" s="4">
-        <v>139645.4</v>
+        <v>82604</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H76" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I76" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J76" s="5">
-        <v>308.95</v>
+        <v>826.04</v>
       </c>
       <c r="K76" s="5">
         <v>1</v>
       </c>
       <c r="L76" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M76" s="4">
-        <v>139645.4</v>
+        <v>82604</v>
       </c>
       <c r="N76" s="4">
-        <v>139645.4</v>
+        <v>82604</v>
       </c>
       <c r="O76" s="3" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="P76" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="Q76" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="R76" s="3" t="s">
+        <v>402</v>
+      </c>
+      <c r="S76" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="T76" s="4">
+        <v>1</v>
+      </c>
+      <c r="W76" s="3" t="s">
         <v>398</v>
       </c>
-      <c r="Q76" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X76" s="4">
         <v>0</v>
       </c>
       <c r="Y76" s="4">
         <v>0</v>
       </c>
       <c r="Z76" s="6">
-        <v>5.8929999999999998E-3</v>
+        <v>3.5100000000000001E-3</v>
       </c>
     </row>
     <row r="77" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A77" s="3" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="C77" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D77" s="4">
-        <v>1094</v>
+        <v>282</v>
       </c>
       <c r="E77" s="5">
-        <v>119.79</v>
+        <v>508.29</v>
       </c>
       <c r="F77" s="4">
-        <v>131050.26</v>
+        <v>143337.78</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H77" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I77" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J77" s="5">
-        <v>119.79</v>
+        <v>508.29</v>
       </c>
       <c r="K77" s="5">
         <v>1</v>
       </c>
       <c r="L77" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M77" s="4">
-        <v>131050.26</v>
+        <v>143337.78</v>
       </c>
       <c r="N77" s="4">
-        <v>131050.26</v>
+        <v>143337.78</v>
       </c>
       <c r="O77" s="3" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="P77" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="Q77" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="R77" s="3" t="s">
+        <v>407</v>
+      </c>
+      <c r="S77" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="T77" s="4">
+        <v>1</v>
+      </c>
+      <c r="W77" s="3" t="s">
         <v>403</v>
       </c>
-      <c r="Q77" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X77" s="4">
         <v>0</v>
       </c>
       <c r="Y77" s="4">
         <v>0</v>
       </c>
       <c r="Z77" s="6">
-        <v>5.5300000000000002E-3</v>
+        <v>6.0910000000000001E-3</v>
       </c>
     </row>
     <row r="78" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A78" s="3" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="C78" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D78" s="4">
-        <v>100</v>
+        <v>1258</v>
       </c>
       <c r="E78" s="5">
-        <v>789.37</v>
+        <v>39.667599000000003</v>
       </c>
       <c r="F78" s="4">
-        <v>78937</v>
+        <v>49901.839542000002</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H78" s="3" t="s">
-        <v>83</v>
+        <v>410</v>
       </c>
       <c r="I78" s="3" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="J78" s="5">
-        <v>789.37</v>
+        <v>34.18</v>
       </c>
       <c r="K78" s="5">
-        <v>1</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L78" s="3" t="s">
-        <v>85</v>
+        <v>411</v>
       </c>
       <c r="M78" s="4">
-        <v>78937</v>
+        <v>42998.44</v>
       </c>
       <c r="N78" s="4">
-        <v>78937</v>
+        <v>49901.839542000002</v>
       </c>
       <c r="O78" s="3" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="P78" s="3" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="Q78" s="3" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="R78" s="3" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="S78" s="3" t="s">
-        <v>99</v>
+        <v>414</v>
       </c>
       <c r="T78" s="4">
         <v>1</v>
       </c>
       <c r="W78" s="3" t="s">
-        <v>405</v>
+        <v>34</v>
       </c>
       <c r="X78" s="4">
         <v>0</v>
       </c>
       <c r="Y78" s="4">
         <v>0</v>
       </c>
       <c r="Z78" s="6">
-        <v>3.3310000000000002E-3</v>
+        <v>2.1199999999999999E-3</v>
       </c>
     </row>
     <row r="79" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A79" s="3" t="s">
-        <v>410</v>
+        <v>415</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
       <c r="C79" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D79" s="4">
-        <v>303</v>
+        <v>129</v>
       </c>
       <c r="E79" s="5">
-        <v>459.68</v>
+        <v>435.90258</v>
       </c>
       <c r="F79" s="4">
-        <v>139283.04</v>
+        <v>56231.432820000002</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H79" s="3" t="s">
-        <v>83</v>
+        <v>417</v>
       </c>
       <c r="I79" s="3" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="J79" s="5">
-        <v>459.68</v>
+        <v>375.6</v>
       </c>
       <c r="K79" s="5">
-        <v>1</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L79" s="3" t="s">
-        <v>85</v>
+        <v>418</v>
       </c>
       <c r="M79" s="4">
-        <v>139283.04</v>
+        <v>48452.4</v>
       </c>
       <c r="N79" s="4">
-        <v>139283.04</v>
+        <v>56231.432820000002</v>
       </c>
       <c r="O79" s="3" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="P79" s="3" t="s">
-        <v>413</v>
+        <v>419</v>
       </c>
       <c r="Q79" s="3" t="s">
-        <v>104</v>
+        <v>146</v>
       </c>
       <c r="R79" s="3" t="s">
-        <v>414</v>
+        <v>420</v>
       </c>
       <c r="S79" s="3" t="s">
-        <v>99</v>
+        <v>421</v>
       </c>
       <c r="T79" s="4">
         <v>1</v>
       </c>
       <c r="W79" s="3" t="s">
-        <v>410</v>
+        <v>34</v>
       </c>
       <c r="X79" s="4">
         <v>0</v>
       </c>
       <c r="Y79" s="4">
         <v>0</v>
       </c>
       <c r="Z79" s="6">
-        <v>5.8780000000000004E-3</v>
+        <v>2.3890000000000001E-3</v>
       </c>
     </row>
     <row r="80" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A80" s="3" t="s">
-        <v>415</v>
+        <v>422</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>416</v>
+        <v>423</v>
       </c>
       <c r="C80" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D80" s="4">
-        <v>1258</v>
+        <v>200</v>
       </c>
       <c r="E80" s="5">
-        <v>38.492570000000001</v>
+        <v>188.08</v>
       </c>
       <c r="F80" s="4">
-        <v>48423.653059999997</v>
+        <v>37616</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H80" s="3" t="s">
-        <v>417</v>
+        <v>88</v>
       </c>
       <c r="I80" s="3" t="s">
-        <v>54</v>
+        <v>89</v>
       </c>
       <c r="J80" s="5">
-        <v>33.35</v>
+        <v>188.08</v>
       </c>
       <c r="K80" s="5">
-        <v>0.86640097036908681</v>
+        <v>1</v>
       </c>
       <c r="L80" s="3" t="s">
-        <v>418</v>
+        <v>90</v>
       </c>
       <c r="M80" s="4">
-        <v>41954.3</v>
+        <v>37616</v>
       </c>
       <c r="N80" s="4">
-        <v>48423.653059999997</v>
+        <v>37616</v>
       </c>
       <c r="O80" s="3" t="s">
-        <v>415</v>
+        <v>424</v>
       </c>
       <c r="P80" s="3" t="s">
-        <v>419</v>
+        <v>425</v>
       </c>
       <c r="Q80" s="3" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="R80" s="3" t="s">
-        <v>420</v>
+        <v>426</v>
       </c>
       <c r="S80" s="3" t="s">
-        <v>421</v>
+        <v>104</v>
       </c>
       <c r="T80" s="4">
         <v>1</v>
       </c>
       <c r="W80" s="3" t="s">
-        <v>34</v>
+        <v>422</v>
       </c>
       <c r="X80" s="4">
         <v>0</v>
       </c>
       <c r="Y80" s="4">
         <v>0</v>
       </c>
       <c r="Z80" s="6">
-        <v>2.0430000000000001E-3</v>
+        <v>1.598E-3</v>
       </c>
     </row>
     <row r="81" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A81" s="3" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="C81" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D81" s="4">
-        <v>129</v>
+        <v>4676</v>
       </c>
       <c r="E81" s="5">
-        <v>418.57062999999999</v>
+        <v>21.87</v>
       </c>
       <c r="F81" s="4">
-        <v>53995.611270000001</v>
+        <v>102264.12</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H81" s="3" t="s">
-        <v>424</v>
+        <v>88</v>
       </c>
       <c r="I81" s="3" t="s">
-        <v>54</v>
+        <v>89</v>
       </c>
       <c r="J81" s="5">
-        <v>362.65</v>
+        <v>21.87</v>
       </c>
       <c r="K81" s="5">
-        <v>0.86640097036908681</v>
+        <v>1</v>
       </c>
       <c r="L81" s="3" t="s">
-        <v>425</v>
+        <v>90</v>
       </c>
       <c r="M81" s="4">
-        <v>46781.85</v>
+        <v>102264.12</v>
       </c>
       <c r="N81" s="4">
-        <v>53995.611270000001</v>
+        <v>102264.12</v>
       </c>
       <c r="O81" s="3" t="s">
-        <v>422</v>
+        <v>429</v>
       </c>
       <c r="P81" s="3" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
       <c r="Q81" s="3" t="s">
-        <v>141</v>
+        <v>174</v>
       </c>
       <c r="R81" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="S81" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="T81" s="4">
+        <v>1</v>
+      </c>
+      <c r="W81" s="3" t="s">
         <v>427</v>
       </c>
-      <c r="S81" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="X81" s="4">
         <v>0</v>
       </c>
       <c r="Y81" s="4">
         <v>0</v>
       </c>
       <c r="Z81" s="6">
-        <v>2.2780000000000001E-3</v>
+        <v>4.346E-3</v>
       </c>
     </row>
     <row r="82" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A82" s="3" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="C82" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D82" s="4">
-        <v>200</v>
+        <v>813</v>
       </c>
       <c r="E82" s="5">
-        <v>169.63</v>
+        <v>54.928832</v>
       </c>
       <c r="F82" s="4">
-        <v>33926</v>
+        <v>44657.140009499999</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H82" s="3" t="s">
-        <v>83</v>
+        <v>434</v>
       </c>
       <c r="I82" s="3" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="J82" s="5">
-        <v>169.63</v>
+        <v>47.33</v>
       </c>
       <c r="K82" s="5">
-        <v>1</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L82" s="3" t="s">
-        <v>85</v>
+        <v>435</v>
       </c>
       <c r="M82" s="4">
-        <v>33926</v>
+        <v>38479.29</v>
       </c>
       <c r="N82" s="4">
-        <v>33926</v>
+        <v>44657.140009499999</v>
       </c>
       <c r="O82" s="3" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="P82" s="3" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="Q82" s="3" t="s">
-        <v>141</v>
+        <v>109</v>
       </c>
       <c r="R82" s="3" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="S82" s="3" t="s">
-        <v>99</v>
+        <v>438</v>
       </c>
       <c r="T82" s="4">
         <v>1</v>
       </c>
       <c r="W82" s="3" t="s">
-        <v>429</v>
+        <v>34</v>
       </c>
       <c r="X82" s="4">
         <v>0</v>
       </c>
       <c r="Y82" s="4">
         <v>0</v>
       </c>
       <c r="Z82" s="6">
-        <v>1.431E-3</v>
+        <v>1.897E-3</v>
       </c>
     </row>
     <row r="83" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A83" s="3" t="s">
-        <v>434</v>
+        <v>439</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
       <c r="C83" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D83" s="4">
-        <v>3948</v>
+        <v>300</v>
       </c>
       <c r="E83" s="5">
-        <v>24.42</v>
+        <v>356.92</v>
       </c>
       <c r="F83" s="4">
-        <v>96410.16</v>
+        <v>107076</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H83" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I83" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J83" s="5">
-        <v>24.42</v>
+        <v>356.92</v>
       </c>
       <c r="K83" s="5">
         <v>1</v>
       </c>
       <c r="L83" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M83" s="4">
-        <v>96410.16</v>
+        <v>107076</v>
       </c>
       <c r="N83" s="4">
-        <v>96410.16</v>
+        <v>107076</v>
       </c>
       <c r="O83" s="3" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
       <c r="P83" s="3" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
       <c r="Q83" s="3" t="s">
-        <v>169</v>
+        <v>119</v>
       </c>
       <c r="R83" s="3" t="s">
-        <v>438</v>
+        <v>443</v>
       </c>
       <c r="S83" s="3" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="T83" s="4">
         <v>1</v>
       </c>
       <c r="W83" s="3" t="s">
-        <v>434</v>
+        <v>439</v>
       </c>
       <c r="X83" s="4">
         <v>0</v>
       </c>
       <c r="Y83" s="4">
         <v>0</v>
       </c>
       <c r="Z83" s="6">
-        <v>4.0679999999999996E-3</v>
+        <v>4.5500000000000002E-3</v>
       </c>
     </row>
     <row r="84" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A84" s="3" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>440</v>
+        <v>445</v>
       </c>
       <c r="C84" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D84" s="4">
-        <v>813</v>
+        <v>451</v>
       </c>
       <c r="E84" s="5">
-        <v>57.733083999999998</v>
+        <v>85.706618000000006</v>
       </c>
       <c r="F84" s="4">
-        <v>46936.997292</v>
+        <v>38653.684492499997</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H84" s="3" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="I84" s="3" t="s">
         <v>54</v>
       </c>
       <c r="J84" s="5">
-        <v>50.02</v>
+        <v>73.849999999999994</v>
       </c>
       <c r="K84" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L84" s="3" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="M84" s="4">
-        <v>40666.26</v>
+        <v>33306.35</v>
       </c>
       <c r="N84" s="4">
-        <v>46936.997292</v>
+        <v>38653.684492499997</v>
       </c>
       <c r="O84" s="3" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="P84" s="3" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
       <c r="Q84" s="3" t="s">
-        <v>104</v>
+        <v>258</v>
       </c>
       <c r="R84" s="3" t="s">
-        <v>444</v>
+        <v>449</v>
       </c>
       <c r="S84" s="3" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="T84" s="4">
         <v>1</v>
       </c>
       <c r="W84" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X84" s="4">
         <v>0</v>
       </c>
       <c r="Y84" s="4">
         <v>0</v>
       </c>
       <c r="Z84" s="6">
-        <v>1.98E-3</v>
+        <v>1.642E-3</v>
       </c>
     </row>
     <row r="85" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A85" s="3" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
       <c r="C85" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D85" s="4">
-        <v>300</v>
+        <v>200</v>
       </c>
       <c r="E85" s="5">
-        <v>379.59</v>
+        <v>157.30000000000001</v>
       </c>
       <c r="F85" s="4">
-        <v>113877</v>
+        <v>31460</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H85" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I85" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J85" s="5">
-        <v>379.59</v>
+        <v>157.30000000000001</v>
       </c>
       <c r="K85" s="5">
         <v>1</v>
       </c>
       <c r="L85" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M85" s="4">
-        <v>113877</v>
+        <v>31460</v>
       </c>
       <c r="N85" s="4">
-        <v>113877</v>
+        <v>31460</v>
       </c>
       <c r="O85" s="3" t="s">
-        <v>448</v>
+        <v>453</v>
       </c>
       <c r="P85" s="3" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="Q85" s="3" t="s">
-        <v>114</v>
+        <v>152</v>
       </c>
       <c r="R85" s="3" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="S85" s="3" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="T85" s="4">
         <v>1</v>
       </c>
       <c r="W85" s="3" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
       <c r="X85" s="4">
         <v>0</v>
       </c>
       <c r="Y85" s="4">
         <v>0</v>
       </c>
       <c r="Z85" s="6">
-        <v>4.8060000000000004E-3</v>
+        <v>1.3370000000000001E-3</v>
       </c>
     </row>
     <row r="86" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A86" s="3" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
       <c r="C86" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D86" s="4">
-        <v>451</v>
+        <v>601</v>
       </c>
       <c r="E86" s="5">
-        <v>74.907579999999996</v>
+        <v>308.58</v>
       </c>
       <c r="F86" s="4">
-        <v>33783.318579999999</v>
+        <v>185456.58</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H86" s="3" t="s">
-        <v>453</v>
+        <v>88</v>
       </c>
       <c r="I86" s="3" t="s">
-        <v>54</v>
+        <v>89</v>
       </c>
       <c r="J86" s="5">
-        <v>64.900000000000006</v>
+        <v>308.58</v>
       </c>
       <c r="K86" s="5">
-        <v>0.86640097036908681</v>
+        <v>1</v>
       </c>
       <c r="L86" s="3" t="s">
-        <v>454</v>
+        <v>90</v>
       </c>
       <c r="M86" s="4">
-        <v>29269.9</v>
+        <v>185456.58</v>
       </c>
       <c r="N86" s="4">
-        <v>33783.318579999999</v>
+        <v>185456.58</v>
       </c>
       <c r="O86" s="3" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
       <c r="P86" s="3" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="Q86" s="3" t="s">
-        <v>258</v>
+        <v>174</v>
       </c>
       <c r="R86" s="3" t="s">
+        <v>460</v>
+      </c>
+      <c r="S86" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="T86" s="4">
+        <v>1</v>
+      </c>
+      <c r="W86" s="3" t="s">
         <v>456</v>
       </c>
-      <c r="S86" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="X86" s="4">
         <v>0</v>
       </c>
       <c r="Y86" s="4">
         <v>0</v>
       </c>
       <c r="Z86" s="6">
-        <v>1.4250000000000001E-3</v>
+        <v>7.8810000000000009E-3</v>
       </c>
     </row>
     <row r="87" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A87" s="3" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="C87" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D87" s="4">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="E87" s="5">
-        <v>146.29</v>
+        <v>634.08000000000004</v>
       </c>
       <c r="F87" s="4">
-        <v>29258</v>
+        <v>63408</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H87" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I87" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J87" s="5">
-        <v>146.29</v>
+        <v>634.08000000000004</v>
       </c>
       <c r="K87" s="5">
         <v>1</v>
       </c>
       <c r="L87" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M87" s="4">
-        <v>29258</v>
+        <v>63408</v>
       </c>
       <c r="N87" s="4">
-        <v>29258</v>
+        <v>63408</v>
       </c>
       <c r="O87" s="3" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="P87" s="3" t="s">
+        <v>464</v>
+      </c>
+      <c r="Q87" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="R87" s="3" t="s">
+        <v>465</v>
+      </c>
+      <c r="S87" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="T87" s="4">
+        <v>1</v>
+      </c>
+      <c r="W87" s="3" t="s">
         <v>461</v>
       </c>
-      <c r="Q87" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X87" s="4">
         <v>0</v>
       </c>
       <c r="Y87" s="4">
         <v>0</v>
       </c>
       <c r="Z87" s="6">
-        <v>1.2340000000000001E-3</v>
+        <v>2.6940000000000002E-3</v>
       </c>
     </row>
     <row r="88" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A88" s="3" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="C88" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D88" s="4">
-        <v>631</v>
+        <v>100</v>
       </c>
       <c r="E88" s="5">
-        <v>307.41000000000003</v>
+        <v>573.48</v>
       </c>
       <c r="F88" s="4">
-        <v>193975.71</v>
+        <v>57348</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H88" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I88" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J88" s="5">
-        <v>307.41000000000003</v>
+        <v>573.48</v>
       </c>
       <c r="K88" s="5">
         <v>1</v>
       </c>
       <c r="L88" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M88" s="4">
-        <v>193975.71</v>
+        <v>57348</v>
       </c>
       <c r="N88" s="4">
-        <v>193975.71</v>
+        <v>57348</v>
       </c>
       <c r="O88" s="3" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="P88" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="Q88" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="R88" s="3" t="s">
+        <v>470</v>
+      </c>
+      <c r="S88" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="T88" s="4">
+        <v>1</v>
+      </c>
+      <c r="W88" s="3" t="s">
         <v>466</v>
       </c>
-      <c r="Q88" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X88" s="4">
         <v>0</v>
       </c>
       <c r="Y88" s="4">
         <v>0</v>
       </c>
       <c r="Z88" s="6">
-        <v>8.1860000000000006E-3</v>
+        <v>2.4369999999999999E-3</v>
       </c>
     </row>
     <row r="89" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A89" s="3" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="C89" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D89" s="4">
         <v>100</v>
       </c>
       <c r="E89" s="5">
-        <v>667.55</v>
+        <v>230.01</v>
       </c>
       <c r="F89" s="4">
-        <v>66755</v>
+        <v>23001</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H89" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I89" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J89" s="5">
-        <v>667.55</v>
+        <v>230.01</v>
       </c>
       <c r="K89" s="5">
         <v>1</v>
       </c>
       <c r="L89" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M89" s="4">
-        <v>66755</v>
+        <v>23001</v>
       </c>
       <c r="N89" s="4">
-        <v>66755</v>
+        <v>23001</v>
       </c>
       <c r="O89" s="3" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="P89" s="3" t="s">
+        <v>474</v>
+      </c>
+      <c r="Q89" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="R89" s="3" t="s">
+        <v>475</v>
+      </c>
+      <c r="S89" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="T89" s="4">
+        <v>1</v>
+      </c>
+      <c r="W89" s="3" t="s">
         <v>471</v>
       </c>
-      <c r="Q89" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X89" s="4">
         <v>0</v>
       </c>
       <c r="Y89" s="4">
         <v>0</v>
       </c>
       <c r="Z89" s="6">
-        <v>2.8170000000000001E-3</v>
+        <v>9.77E-4</v>
       </c>
     </row>
     <row r="90" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A90" s="3" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="C90" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D90" s="4">
-        <v>100</v>
+        <v>1063</v>
       </c>
       <c r="E90" s="5">
-        <v>534.28</v>
+        <v>313.08</v>
       </c>
       <c r="F90" s="4">
-        <v>53428</v>
+        <v>332804.03999999998</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H90" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I90" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J90" s="5">
-        <v>534.28</v>
+        <v>313.08</v>
       </c>
       <c r="K90" s="5">
         <v>1</v>
       </c>
       <c r="L90" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M90" s="4">
-        <v>53428</v>
+        <v>332804.03999999998</v>
       </c>
       <c r="N90" s="4">
-        <v>53428</v>
+        <v>332804.03999999998</v>
       </c>
       <c r="O90" s="3" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="P90" s="3" t="s">
+        <v>479</v>
+      </c>
+      <c r="Q90" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="R90" s="3" t="s">
+        <v>480</v>
+      </c>
+      <c r="S90" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="T90" s="4">
+        <v>1</v>
+      </c>
+      <c r="W90" s="3" t="s">
         <v>476</v>
       </c>
-      <c r="Q90" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X90" s="4">
         <v>0</v>
       </c>
       <c r="Y90" s="4">
         <v>0</v>
       </c>
       <c r="Z90" s="6">
-        <v>2.2539999999999999E-3</v>
+        <v>1.4142999999999999E-2</v>
       </c>
     </row>
     <row r="91" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A91" s="3" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="C91" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D91" s="4">
-        <v>100</v>
+        <v>242</v>
       </c>
       <c r="E91" s="5">
-        <v>216.46</v>
+        <v>206.92</v>
       </c>
       <c r="F91" s="4">
-        <v>21646</v>
+        <v>50074.64</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H91" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I91" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J91" s="5">
-        <v>216.46</v>
+        <v>206.92</v>
       </c>
       <c r="K91" s="5">
         <v>1</v>
       </c>
       <c r="L91" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M91" s="4">
-        <v>21646</v>
+        <v>50074.64</v>
       </c>
       <c r="N91" s="4">
-        <v>21646</v>
+        <v>50074.64</v>
       </c>
       <c r="O91" s="3" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="P91" s="3" t="s">
+        <v>484</v>
+      </c>
+      <c r="Q91" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="R91" s="3" t="s">
+        <v>485</v>
+      </c>
+      <c r="S91" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="T91" s="4">
+        <v>1</v>
+      </c>
+      <c r="W91" s="3" t="s">
         <v>481</v>
       </c>
-      <c r="Q91" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X91" s="4">
         <v>0</v>
       </c>
       <c r="Y91" s="4">
         <v>0</v>
       </c>
       <c r="Z91" s="6">
-        <v>9.1299999999999997E-4</v>
+        <v>2.1280000000000001E-3</v>
       </c>
     </row>
     <row r="92" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A92" s="3" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="C92" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D92" s="4">
-        <v>1063</v>
+        <v>325</v>
       </c>
       <c r="E92" s="5">
-        <v>311.12</v>
+        <v>268.08704999999998</v>
       </c>
       <c r="F92" s="4">
-        <v>330720.56</v>
+        <v>87128.291249999995</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H92" s="3" t="s">
-        <v>83</v>
+        <v>417</v>
       </c>
       <c r="I92" s="3" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="J92" s="5">
-        <v>311.12</v>
+        <v>231</v>
       </c>
       <c r="K92" s="5">
-        <v>1</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L92" s="3" t="s">
-        <v>85</v>
+        <v>418</v>
       </c>
       <c r="M92" s="4">
-        <v>330720.56</v>
+        <v>75075</v>
       </c>
       <c r="N92" s="4">
-        <v>330720.56</v>
+        <v>87128.291249999995</v>
       </c>
       <c r="O92" s="3" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="P92" s="3" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="Q92" s="3" t="s">
-        <v>147</v>
+        <v>258</v>
       </c>
       <c r="R92" s="3" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="S92" s="3" t="s">
-        <v>99</v>
+        <v>421</v>
       </c>
       <c r="T92" s="4">
         <v>1</v>
       </c>
       <c r="W92" s="3" t="s">
-        <v>483</v>
+        <v>34</v>
       </c>
       <c r="X92" s="4">
         <v>0</v>
       </c>
       <c r="Y92" s="4">
         <v>0</v>
       </c>
       <c r="Z92" s="6">
-        <v>1.3957000000000001E-2</v>
+        <v>3.702E-3</v>
       </c>
     </row>
     <row r="93" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A93" s="3" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="C93" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D93" s="4">
-        <v>242</v>
+        <v>414</v>
       </c>
       <c r="E93" s="5">
-        <v>188.87</v>
+        <v>242.032703</v>
       </c>
       <c r="F93" s="4">
-        <v>45706.54</v>
+        <v>100201.538835</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H93" s="3" t="s">
-        <v>83</v>
+        <v>434</v>
       </c>
       <c r="I93" s="3" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="J93" s="5">
-        <v>188.87</v>
+        <v>208.55</v>
       </c>
       <c r="K93" s="5">
-        <v>1</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L93" s="3" t="s">
-        <v>85</v>
+        <v>435</v>
       </c>
       <c r="M93" s="4">
-        <v>45706.54</v>
+        <v>86339.7</v>
       </c>
       <c r="N93" s="4">
-        <v>45706.54</v>
+        <v>100201.538835</v>
       </c>
       <c r="O93" s="3" t="s">
         <v>490</v>
       </c>
       <c r="P93" s="3" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="Q93" s="3" t="s">
-        <v>104</v>
+        <v>174</v>
       </c>
       <c r="R93" s="3" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="S93" s="3" t="s">
-        <v>99</v>
+        <v>438</v>
       </c>
       <c r="T93" s="4">
         <v>1</v>
       </c>
       <c r="W93" s="3" t="s">
-        <v>488</v>
+        <v>34</v>
       </c>
       <c r="X93" s="4">
         <v>0</v>
       </c>
       <c r="Y93" s="4">
         <v>0</v>
       </c>
       <c r="Z93" s="6">
-        <v>1.928E-3</v>
+        <v>4.2579999999999996E-3</v>
       </c>
     </row>
     <row r="94" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A94" s="3" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="B94" s="3" t="s">
+        <v>495</v>
+      </c>
+      <c r="C94" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D94" s="4">
+        <v>236</v>
+      </c>
+      <c r="E94" s="5">
+        <v>268.77999999999997</v>
+      </c>
+      <c r="F94" s="4">
+        <v>63432.08</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H94" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="I94" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="J94" s="5">
+        <v>268.77999999999997</v>
+      </c>
+      <c r="K94" s="5">
+        <v>1</v>
+      </c>
+      <c r="L94" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="M94" s="4">
+        <v>63432.08</v>
+      </c>
+      <c r="N94" s="4">
+        <v>63432.08</v>
+      </c>
+      <c r="O94" s="3" t="s">
+        <v>496</v>
+      </c>
+      <c r="P94" s="3" t="s">
+        <v>497</v>
+      </c>
+      <c r="Q94" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="R94" s="3" t="s">
+        <v>498</v>
+      </c>
+      <c r="S94" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="T94" s="4">
+        <v>1</v>
+      </c>
+      <c r="W94" s="3" t="s">
         <v>494</v>
       </c>
-      <c r="C94" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X94" s="4">
         <v>0</v>
       </c>
       <c r="Y94" s="4">
         <v>0</v>
       </c>
       <c r="Z94" s="6">
-        <v>3.8960000000000002E-3</v>
+        <v>2.6949999999999999E-3</v>
       </c>
     </row>
     <row r="95" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A95" s="3" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="C95" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D95" s="4">
-        <v>414</v>
+        <v>127</v>
       </c>
       <c r="E95" s="5">
-        <v>259.06018999999998</v>
+        <v>156</v>
       </c>
       <c r="F95" s="4">
-        <v>107250.91866</v>
+        <v>19812</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H95" s="3" t="s">
-        <v>441</v>
+        <v>88</v>
       </c>
       <c r="I95" s="3" t="s">
-        <v>54</v>
+        <v>89</v>
       </c>
       <c r="J95" s="5">
-        <v>224.45</v>
+        <v>156</v>
       </c>
       <c r="K95" s="5">
-        <v>0.86640097036908681</v>
+        <v>1</v>
       </c>
       <c r="L95" s="3" t="s">
-        <v>442</v>
+        <v>90</v>
       </c>
       <c r="M95" s="4">
-        <v>92922.3</v>
+        <v>19812</v>
       </c>
       <c r="N95" s="4">
-        <v>107250.91866</v>
+        <v>19812</v>
       </c>
       <c r="O95" s="3" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
       <c r="P95" s="3" t="s">
+        <v>502</v>
+      </c>
+      <c r="Q95" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="R95" s="3" t="s">
+        <v>503</v>
+      </c>
+      <c r="S95" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="T95" s="4">
+        <v>1</v>
+      </c>
+      <c r="W95" s="3" t="s">
         <v>499</v>
       </c>
-      <c r="Q95" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X95" s="4">
         <v>0</v>
       </c>
       <c r="Y95" s="4">
         <v>0</v>
       </c>
       <c r="Z95" s="6">
-        <v>4.5259999999999996E-3</v>
+        <v>8.4099999999999995E-4</v>
       </c>
     </row>
     <row r="96" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A96" s="3" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="C96" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D96" s="4">
-        <v>236</v>
+        <v>789</v>
       </c>
       <c r="E96" s="5">
-        <v>253.96</v>
+        <v>47.872687999999997</v>
       </c>
       <c r="F96" s="4">
-        <v>59934.559999999998</v>
+        <v>37771.550437500002</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H96" s="3" t="s">
-        <v>83</v>
+        <v>434</v>
       </c>
       <c r="I96" s="3" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="J96" s="5">
-        <v>253.96</v>
+        <v>41.25</v>
       </c>
       <c r="K96" s="5">
-        <v>1</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L96" s="3" t="s">
-        <v>85</v>
+        <v>435</v>
       </c>
       <c r="M96" s="4">
-        <v>59934.559999999998</v>
+        <v>32546.25</v>
       </c>
       <c r="N96" s="4">
-        <v>59934.559999999998</v>
+        <v>37771.550437500002</v>
       </c>
       <c r="O96" s="3" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="P96" s="3" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="Q96" s="3" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="R96" s="3" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="S96" s="3" t="s">
-        <v>99</v>
+        <v>438</v>
       </c>
       <c r="T96" s="4">
         <v>1</v>
       </c>
       <c r="W96" s="3" t="s">
-        <v>501</v>
+        <v>34</v>
       </c>
       <c r="X96" s="4">
         <v>0</v>
       </c>
       <c r="Y96" s="4">
         <v>0</v>
       </c>
       <c r="Z96" s="6">
-        <v>2.529E-3</v>
+        <v>1.6050000000000001E-3</v>
       </c>
     </row>
     <row r="97" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A97" s="3" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="C97" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D97" s="4">
-        <v>789</v>
+        <v>176</v>
       </c>
       <c r="E97" s="5">
-        <v>53.739552000000003</v>
+        <v>432.072765</v>
       </c>
       <c r="F97" s="4">
-        <v>42400.506527999998</v>
+        <v>76044.806639999995</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H97" s="3" t="s">
-        <v>441</v>
+        <v>434</v>
       </c>
       <c r="I97" s="3" t="s">
         <v>54</v>
       </c>
       <c r="J97" s="5">
-        <v>46.56</v>
+        <v>372.3</v>
       </c>
       <c r="K97" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L97" s="3" t="s">
-        <v>442</v>
+        <v>435</v>
       </c>
       <c r="M97" s="4">
-        <v>36735.839999999997</v>
+        <v>65524.800000000003</v>
       </c>
       <c r="N97" s="4">
-        <v>42400.506527999998</v>
+        <v>76044.806639999995</v>
       </c>
       <c r="O97" s="3" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="P97" s="3" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="Q97" s="3" t="s">
-        <v>104</v>
+        <v>152</v>
       </c>
       <c r="R97" s="3" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="S97" s="3" t="s">
-        <v>445</v>
+        <v>438</v>
       </c>
       <c r="T97" s="4">
         <v>1</v>
       </c>
       <c r="W97" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X97" s="4">
         <v>0</v>
       </c>
       <c r="Y97" s="4">
         <v>0</v>
       </c>
       <c r="Z97" s="6">
-        <v>1.789E-3</v>
+        <v>3.2309999999999999E-3</v>
       </c>
     </row>
     <row r="98" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A98" s="3" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C98" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D98" s="4">
-        <v>176</v>
+        <v>9</v>
       </c>
       <c r="E98" s="5">
-        <v>401.89244000000002</v>
+        <v>2437.1550000000002</v>
       </c>
       <c r="F98" s="4">
-        <v>70733.069440000007</v>
+        <v>21934.395</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H98" s="3" t="s">
-        <v>441</v>
+        <v>417</v>
       </c>
       <c r="I98" s="3" t="s">
         <v>54</v>
       </c>
       <c r="J98" s="5">
-        <v>348.2</v>
+        <v>2100</v>
       </c>
       <c r="K98" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L98" s="3" t="s">
-        <v>442</v>
+        <v>418</v>
       </c>
       <c r="M98" s="4">
-        <v>61283.199999999997</v>
+        <v>18900</v>
       </c>
       <c r="N98" s="4">
-        <v>70733.069440000007</v>
+        <v>21934.395</v>
       </c>
       <c r="O98" s="3" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="P98" s="3" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="Q98" s="3" t="s">
-        <v>147</v>
+        <v>119</v>
       </c>
       <c r="R98" s="3" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="S98" s="3" t="s">
-        <v>445</v>
+        <v>421</v>
       </c>
       <c r="T98" s="4">
         <v>1</v>
       </c>
       <c r="W98" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X98" s="4">
         <v>0</v>
       </c>
       <c r="Y98" s="4">
         <v>0</v>
       </c>
       <c r="Z98" s="6">
-        <v>2.9849999999999998E-3</v>
+        <v>9.3199999999999999E-4</v>
       </c>
     </row>
     <row r="99" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A99" s="3" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="C99" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D99" s="4">
-        <v>9</v>
+        <v>100</v>
       </c>
       <c r="E99" s="5">
-        <v>2480.3757999999998</v>
+        <v>498.87</v>
       </c>
       <c r="F99" s="4">
-        <v>22323.3822</v>
+        <v>49887</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H99" s="3" t="s">
-        <v>424</v>
+        <v>88</v>
       </c>
       <c r="I99" s="3" t="s">
-        <v>54</v>
+        <v>89</v>
       </c>
       <c r="J99" s="5">
-        <v>2149</v>
+        <v>498.87</v>
       </c>
       <c r="K99" s="5">
-        <v>0.86640097036908681</v>
+        <v>1</v>
       </c>
       <c r="L99" s="3" t="s">
-        <v>425</v>
+        <v>90</v>
       </c>
       <c r="M99" s="4">
-        <v>19341</v>
+        <v>49887</v>
       </c>
       <c r="N99" s="4">
-        <v>22323.3822</v>
+        <v>49887</v>
       </c>
       <c r="O99" s="3" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
       <c r="P99" s="3" t="s">
+        <v>519</v>
+      </c>
+      <c r="Q99" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="R99" s="3" t="s">
+        <v>520</v>
+      </c>
+      <c r="S99" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="T99" s="4">
+        <v>1</v>
+      </c>
+      <c r="W99" s="3" t="s">
         <v>516</v>
       </c>
-      <c r="Q99" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X99" s="4">
         <v>0</v>
       </c>
       <c r="Y99" s="4">
         <v>0</v>
       </c>
       <c r="Z99" s="6">
-        <v>9.4200000000000002E-4</v>
+        <v>2.1199999999999999E-3</v>
       </c>
     </row>
     <row r="100" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A100" s="3" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="C100" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D100" s="4">
-        <v>100</v>
+        <v>79</v>
       </c>
       <c r="E100" s="5">
-        <v>505</v>
+        <v>631.33920000000001</v>
       </c>
       <c r="F100" s="4">
-        <v>50500</v>
+        <v>49875.796799999996</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H100" s="3" t="s">
-        <v>83</v>
+        <v>434</v>
       </c>
       <c r="I100" s="3" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="J100" s="5">
-        <v>505</v>
+        <v>544</v>
       </c>
       <c r="K100" s="5">
-        <v>1</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L100" s="3" t="s">
-        <v>85</v>
+        <v>435</v>
       </c>
       <c r="M100" s="4">
-        <v>50500</v>
+        <v>42976</v>
       </c>
       <c r="N100" s="4">
-        <v>50500</v>
+        <v>49875.796799999996</v>
       </c>
       <c r="O100" s="3" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="P100" s="3" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="Q100" s="3" t="s">
-        <v>258</v>
+        <v>152</v>
       </c>
       <c r="R100" s="3" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="S100" s="3" t="s">
-        <v>99</v>
+        <v>438</v>
       </c>
       <c r="T100" s="4">
         <v>1</v>
       </c>
       <c r="W100" s="3" t="s">
-        <v>518</v>
+        <v>34</v>
       </c>
       <c r="X100" s="4">
         <v>0</v>
       </c>
       <c r="Y100" s="4">
         <v>0</v>
       </c>
       <c r="Z100" s="6">
-        <v>2.1310000000000001E-3</v>
+        <v>2.1189999999999998E-3</v>
       </c>
     </row>
     <row r="101" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A101" s="3" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="C101" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D101" s="4">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E101" s="5">
-        <v>619.11288000000002</v>
+        <v>1075.47</v>
       </c>
       <c r="F101" s="4">
-        <v>48909.917520000003</v>
+        <v>86037.6</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H101" s="3" t="s">
-        <v>441</v>
+        <v>88</v>
       </c>
       <c r="I101" s="3" t="s">
-        <v>54</v>
+        <v>89</v>
       </c>
       <c r="J101" s="5">
-        <v>536.4</v>
+        <v>1075.47</v>
       </c>
       <c r="K101" s="5">
-        <v>0.86640097036908681</v>
+        <v>1</v>
       </c>
       <c r="L101" s="3" t="s">
-        <v>442</v>
+        <v>90</v>
       </c>
       <c r="M101" s="4">
-        <v>42375.6</v>
+        <v>86037.6</v>
       </c>
       <c r="N101" s="4">
-        <v>48909.917520000003</v>
+        <v>86037.6</v>
       </c>
       <c r="O101" s="3" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
       <c r="P101" s="3" t="s">
+        <v>528</v>
+      </c>
+      <c r="Q101" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="R101" s="3" t="s">
+        <v>529</v>
+      </c>
+      <c r="S101" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="T101" s="4">
+        <v>1</v>
+      </c>
+      <c r="W101" s="3" t="s">
         <v>525</v>
       </c>
-      <c r="Q101" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X101" s="4">
         <v>0</v>
       </c>
       <c r="Y101" s="4">
         <v>0</v>
       </c>
       <c r="Z101" s="6">
-        <v>2.0639999999999999E-3</v>
+        <v>3.656E-3</v>
       </c>
     </row>
     <row r="102" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A102" s="3" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="C102" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D102" s="4">
-        <v>70</v>
+        <v>4239</v>
       </c>
       <c r="E102" s="5">
-        <v>862.86</v>
+        <v>21.545611000000001</v>
       </c>
       <c r="F102" s="4">
-        <v>60400.2</v>
+        <v>91331.843969249996</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H102" s="3" t="s">
-        <v>83</v>
+        <v>532</v>
       </c>
       <c r="I102" s="3" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="J102" s="5">
-        <v>862.86</v>
+        <v>18.565000000000001</v>
       </c>
       <c r="K102" s="5">
-        <v>1</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L102" s="3" t="s">
-        <v>85</v>
+        <v>533</v>
       </c>
       <c r="M102" s="4">
-        <v>60400.2</v>
+        <v>78697.035000000003</v>
       </c>
       <c r="N102" s="4">
-        <v>60400.2</v>
+        <v>91331.843969249996</v>
       </c>
       <c r="O102" s="3" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="P102" s="3" t="s">
-        <v>530</v>
+        <v>534</v>
       </c>
       <c r="Q102" s="3" t="s">
-        <v>104</v>
+        <v>152</v>
       </c>
       <c r="R102" s="3" t="s">
-        <v>531</v>
+        <v>535</v>
       </c>
       <c r="S102" s="3" t="s">
-        <v>99</v>
+        <v>536</v>
       </c>
       <c r="T102" s="4">
         <v>1</v>
       </c>
       <c r="W102" s="3" t="s">
-        <v>527</v>
+        <v>34</v>
       </c>
       <c r="X102" s="4">
         <v>0</v>
       </c>
       <c r="Y102" s="4">
         <v>0</v>
       </c>
       <c r="Z102" s="6">
-        <v>2.5490000000000001E-3</v>
+        <v>3.8809999999999999E-3</v>
       </c>
     </row>
     <row r="103" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A103" s="3" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>533</v>
+        <v>538</v>
       </c>
       <c r="C103" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D103" s="4">
-        <v>12</v>
+        <v>489</v>
       </c>
       <c r="E103" s="5">
-        <v>238.13</v>
+        <v>99.528767999999999</v>
       </c>
       <c r="F103" s="4">
-        <v>2857.56</v>
+        <v>48669.567552</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H103" s="3" t="s">
-        <v>83</v>
+        <v>417</v>
       </c>
       <c r="I103" s="3" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="J103" s="5">
-        <v>238.13</v>
+        <v>85.76</v>
       </c>
       <c r="K103" s="5">
-        <v>1</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L103" s="3" t="s">
-        <v>85</v>
+        <v>418</v>
       </c>
       <c r="M103" s="4">
-        <v>2857.56</v>
+        <v>41936.639999999999</v>
       </c>
       <c r="N103" s="4">
-        <v>2857.56</v>
+        <v>48669.567552</v>
       </c>
       <c r="O103" s="3" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="P103" s="3" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="Q103" s="3" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="R103" s="3" t="s">
-        <v>536</v>
+        <v>540</v>
       </c>
       <c r="S103" s="3" t="s">
-        <v>99</v>
+        <v>421</v>
       </c>
       <c r="T103" s="4">
         <v>1</v>
       </c>
       <c r="W103" s="3" t="s">
-        <v>532</v>
+        <v>34</v>
       </c>
       <c r="X103" s="4">
         <v>0</v>
       </c>
       <c r="Y103" s="4">
         <v>0</v>
       </c>
       <c r="Z103" s="6">
-        <v>1.2E-4</v>
+        <v>2.068E-3</v>
       </c>
     </row>
     <row r="104" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A104" s="3" t="s">
-        <v>537</v>
+        <v>541</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>538</v>
+        <v>542</v>
       </c>
       <c r="C104" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D104" s="4">
-        <v>4239</v>
+        <v>9639</v>
       </c>
       <c r="E104" s="5">
-        <v>20.123477000000001</v>
+        <v>10.726964000000001</v>
       </c>
       <c r="F104" s="4">
-        <v>85303.419003000003</v>
+        <v>103397.20262235</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H104" s="3" t="s">
-        <v>539</v>
+        <v>532</v>
       </c>
       <c r="I104" s="3" t="s">
         <v>54</v>
       </c>
       <c r="J104" s="5">
-        <v>17.434999999999999</v>
+        <v>9.2430000000000003</v>
       </c>
       <c r="K104" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L104" s="3" t="s">
-        <v>540</v>
+        <v>533</v>
       </c>
       <c r="M104" s="4">
-        <v>73906.964999999997</v>
+        <v>89093.277000000002</v>
       </c>
       <c r="N104" s="4">
-        <v>85303.419003000003</v>
+        <v>103397.20262235</v>
       </c>
       <c r="O104" s="3" t="s">
-        <v>537</v>
+        <v>541</v>
       </c>
       <c r="P104" s="3" t="s">
-        <v>541</v>
+        <v>539</v>
       </c>
       <c r="Q104" s="3" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="R104" s="3" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="S104" s="3" t="s">
-        <v>543</v>
+        <v>536</v>
       </c>
       <c r="T104" s="4">
         <v>1</v>
       </c>
       <c r="W104" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X104" s="4">
         <v>0</v>
       </c>
       <c r="Y104" s="4">
         <v>0</v>
       </c>
       <c r="Z104" s="6">
-        <v>3.5999999999999999E-3</v>
+        <v>4.3940000000000003E-3</v>
       </c>
     </row>
     <row r="105" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A105" s="3" t="s">
         <v>544</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>545</v>
       </c>
       <c r="C105" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D105" s="4">
-        <v>489</v>
+        <v>200</v>
       </c>
       <c r="E105" s="5">
-        <v>101.10791999999999</v>
+        <v>183.45</v>
       </c>
       <c r="F105" s="4">
-        <v>49441.772879999997</v>
+        <v>36690</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H105" s="3" t="s">
-        <v>424</v>
+        <v>88</v>
       </c>
       <c r="I105" s="3" t="s">
-        <v>54</v>
+        <v>89</v>
       </c>
       <c r="J105" s="5">
-        <v>87.6</v>
+        <v>183.45</v>
       </c>
       <c r="K105" s="5">
-        <v>0.86640097036908681</v>
+        <v>1</v>
       </c>
       <c r="L105" s="3" t="s">
-        <v>425</v>
+        <v>90</v>
       </c>
       <c r="M105" s="4">
-        <v>42836.4</v>
+        <v>36690</v>
       </c>
       <c r="N105" s="4">
-        <v>49441.772879999997</v>
+        <v>36690</v>
       </c>
       <c r="O105" s="3" t="s">
+        <v>546</v>
+      </c>
+      <c r="P105" s="3" t="s">
+        <v>547</v>
+      </c>
+      <c r="Q105" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="R105" s="3" t="s">
+        <v>548</v>
+      </c>
+      <c r="S105" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="T105" s="4">
+        <v>1</v>
+      </c>
+      <c r="W105" s="3" t="s">
         <v>544</v>
       </c>
-      <c r="P105" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X105" s="4">
         <v>0</v>
       </c>
       <c r="Y105" s="4">
         <v>0</v>
       </c>
       <c r="Z105" s="6">
-        <v>2.0860000000000002E-3</v>
+        <v>1.5590000000000001E-3</v>
       </c>
     </row>
     <row r="106" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A106" s="3" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="C106" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D106" s="4">
-        <v>9639</v>
+        <v>320</v>
       </c>
       <c r="E106" s="5">
-        <v>10.186968999999999</v>
+        <v>264.95356500000003</v>
       </c>
       <c r="F106" s="4">
-        <v>98192.196118799999</v>
+        <v>84785.140799999994</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H106" s="3" t="s">
-        <v>539</v>
+        <v>434</v>
       </c>
       <c r="I106" s="3" t="s">
         <v>54</v>
       </c>
       <c r="J106" s="5">
-        <v>8.8260000000000005</v>
+        <v>228.3</v>
       </c>
       <c r="K106" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L106" s="3" t="s">
-        <v>540</v>
+        <v>435</v>
       </c>
       <c r="M106" s="4">
-        <v>85073.813999999998</v>
+        <v>73056</v>
       </c>
       <c r="N106" s="4">
-        <v>98192.196118799999</v>
+        <v>84785.140799999994</v>
       </c>
       <c r="O106" s="3" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="P106" s="3" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
       <c r="Q106" s="3" t="s">
-        <v>147</v>
+        <v>258</v>
       </c>
       <c r="R106" s="3" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="S106" s="3" t="s">
-        <v>543</v>
+        <v>438</v>
       </c>
       <c r="T106" s="4">
         <v>1</v>
       </c>
       <c r="W106" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X106" s="4">
         <v>0</v>
       </c>
       <c r="Y106" s="4">
         <v>0</v>
       </c>
       <c r="Z106" s="6">
-        <v>4.1440000000000001E-3</v>
+        <v>3.6029999999999999E-3</v>
       </c>
     </row>
     <row r="107" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A107" s="3" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="C107" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D107" s="4">
-        <v>200</v>
+        <v>926</v>
       </c>
       <c r="E107" s="5">
-        <v>178.15</v>
+        <v>35.524436000000001</v>
       </c>
       <c r="F107" s="4">
-        <v>35630</v>
+        <v>32895.627272999998</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H107" s="3" t="s">
-        <v>83</v>
+        <v>434</v>
       </c>
       <c r="I107" s="3" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="J107" s="5">
-        <v>178.15</v>
+        <v>30.61</v>
       </c>
       <c r="K107" s="5">
-        <v>1</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L107" s="3" t="s">
-        <v>85</v>
+        <v>435</v>
       </c>
       <c r="M107" s="4">
-        <v>35630</v>
+        <v>28344.86</v>
       </c>
       <c r="N107" s="4">
-        <v>35630</v>
+        <v>32895.627272999998</v>
       </c>
       <c r="O107" s="3" t="s">
         <v>553</v>
       </c>
       <c r="P107" s="3" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="Q107" s="3" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="R107" s="3" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="S107" s="3" t="s">
-        <v>99</v>
+        <v>438</v>
       </c>
       <c r="T107" s="4">
         <v>1</v>
       </c>
       <c r="W107" s="3" t="s">
-        <v>551</v>
+        <v>34</v>
       </c>
       <c r="X107" s="4">
         <v>0</v>
       </c>
       <c r="Y107" s="4">
         <v>0</v>
       </c>
       <c r="Z107" s="6">
-        <v>1.503E-3</v>
+        <v>1.3979999999999999E-3</v>
       </c>
     </row>
     <row r="108" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A108" s="3" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="B108" s="3" t="s">
+        <v>558</v>
+      </c>
+      <c r="C108" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D108" s="4">
+        <v>300</v>
+      </c>
+      <c r="E108" s="5">
+        <v>550.53</v>
+      </c>
+      <c r="F108" s="4">
+        <v>165159</v>
+      </c>
+      <c r="G108" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H108" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="I108" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="J108" s="5">
+        <v>550.53</v>
+      </c>
+      <c r="K108" s="5">
+        <v>1</v>
+      </c>
+      <c r="L108" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="M108" s="4">
+        <v>165159</v>
+      </c>
+      <c r="N108" s="4">
+        <v>165159</v>
+      </c>
+      <c r="O108" s="3" t="s">
+        <v>559</v>
+      </c>
+      <c r="P108" s="3" t="s">
+        <v>560</v>
+      </c>
+      <c r="Q108" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="R108" s="3" t="s">
+        <v>561</v>
+      </c>
+      <c r="S108" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="T108" s="4">
+        <v>1</v>
+      </c>
+      <c r="W108" s="3" t="s">
         <v>557</v>
       </c>
-      <c r="C108" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X108" s="4">
         <v>0</v>
       </c>
       <c r="Y108" s="4">
         <v>0</v>
       </c>
       <c r="Z108" s="6">
-        <v>3.8270000000000001E-3</v>
+        <v>7.0190000000000001E-3</v>
       </c>
     </row>
     <row r="109" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A109" s="3" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="C109" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D109" s="4">
-        <v>143</v>
+        <v>300</v>
       </c>
       <c r="E109" s="5">
-        <v>64.760000000000005</v>
+        <v>311.82</v>
       </c>
       <c r="F109" s="4">
-        <v>9260.68</v>
+        <v>93546</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H109" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I109" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J109" s="5">
-        <v>64.760000000000005</v>
+        <v>311.82</v>
       </c>
       <c r="K109" s="5">
         <v>1</v>
       </c>
       <c r="L109" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M109" s="4">
-        <v>9260.68</v>
+        <v>93546</v>
       </c>
       <c r="N109" s="4">
-        <v>9260.68</v>
+        <v>93546</v>
       </c>
       <c r="O109" s="3" t="s">
+        <v>564</v>
+      </c>
+      <c r="P109" s="3" t="s">
+        <v>565</v>
+      </c>
+      <c r="Q109" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="R109" s="3" t="s">
+        <v>566</v>
+      </c>
+      <c r="S109" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="T109" s="4">
+        <v>1</v>
+      </c>
+      <c r="W109" s="3" t="s">
         <v>562</v>
       </c>
-      <c r="P109" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X109" s="4">
         <v>0</v>
       </c>
       <c r="Y109" s="4">
         <v>0</v>
       </c>
       <c r="Z109" s="6">
-        <v>3.8999999999999999E-4</v>
+        <v>3.9750000000000002E-3</v>
       </c>
     </row>
     <row r="110" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A110" s="3" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="C110" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D110" s="4">
-        <v>926</v>
+        <v>1479</v>
       </c>
       <c r="E110" s="5">
-        <v>35.699406000000003</v>
+        <v>32.216867999999998</v>
       </c>
       <c r="F110" s="4">
-        <v>33057.649956000001</v>
+        <v>47648.747772000002</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H110" s="3" t="s">
-        <v>441</v>
+        <v>434</v>
       </c>
       <c r="I110" s="3" t="s">
         <v>54</v>
       </c>
       <c r="J110" s="5">
-        <v>30.93</v>
+        <v>27.76</v>
       </c>
       <c r="K110" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L110" s="3" t="s">
-        <v>442</v>
+        <v>435</v>
       </c>
       <c r="M110" s="4">
-        <v>28641.18</v>
+        <v>41057.040000000001</v>
       </c>
       <c r="N110" s="4">
-        <v>33057.649956000001</v>
+        <v>47648.747772000002</v>
       </c>
       <c r="O110" s="3" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="P110" s="3" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="Q110" s="3" t="s">
-        <v>147</v>
+        <v>102</v>
       </c>
       <c r="R110" s="3" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="S110" s="3" t="s">
-        <v>445</v>
+        <v>438</v>
       </c>
       <c r="T110" s="4">
         <v>1</v>
       </c>
       <c r="W110" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X110" s="4">
         <v>0</v>
       </c>
       <c r="Y110" s="4">
         <v>0</v>
       </c>
       <c r="Z110" s="6">
-        <v>1.395E-3</v>
+        <v>2.0240000000000002E-3</v>
       </c>
     </row>
     <row r="111" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A111" s="3" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="C111" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D111" s="4">
-        <v>300</v>
+        <v>1170</v>
       </c>
       <c r="E111" s="5">
-        <v>551.99</v>
+        <v>42.162782</v>
       </c>
       <c r="F111" s="4">
-        <v>165597</v>
+        <v>49330.454355000002</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H111" s="3" t="s">
-        <v>83</v>
+        <v>434</v>
       </c>
       <c r="I111" s="3" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="J111" s="5">
-        <v>551.99</v>
+        <v>36.33</v>
       </c>
       <c r="K111" s="5">
-        <v>1</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L111" s="3" t="s">
-        <v>85</v>
+        <v>435</v>
       </c>
       <c r="M111" s="4">
-        <v>165597</v>
+        <v>42506.1</v>
       </c>
       <c r="N111" s="4">
-        <v>165597</v>
+        <v>49330.454355000002</v>
       </c>
       <c r="O111" s="3" t="s">
         <v>571</v>
       </c>
       <c r="P111" s="3" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="Q111" s="3" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="R111" s="3" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="S111" s="3" t="s">
-        <v>99</v>
+        <v>438</v>
       </c>
       <c r="T111" s="4">
         <v>1</v>
       </c>
       <c r="W111" s="3" t="s">
-        <v>569</v>
+        <v>34</v>
       </c>
       <c r="X111" s="4">
         <v>0</v>
       </c>
       <c r="Y111" s="4">
         <v>0</v>
       </c>
       <c r="Z111" s="6">
-        <v>6.9880000000000003E-3</v>
+        <v>2.0960000000000002E-3</v>
       </c>
     </row>
     <row r="112" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A112" s="3" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="B112" s="3" t="s">
+        <v>576</v>
+      </c>
+      <c r="C112" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D112" s="4">
+        <v>265</v>
+      </c>
+      <c r="E112" s="5">
+        <v>104.83</v>
+      </c>
+      <c r="F112" s="4">
+        <v>27779.95</v>
+      </c>
+      <c r="G112" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H112" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="I112" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="J112" s="5">
+        <v>104.83</v>
+      </c>
+      <c r="K112" s="5">
+        <v>1</v>
+      </c>
+      <c r="L112" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="M112" s="4">
+        <v>27779.95</v>
+      </c>
+      <c r="N112" s="4">
+        <v>27779.95</v>
+      </c>
+      <c r="O112" s="3" t="s">
+        <v>577</v>
+      </c>
+      <c r="P112" s="3" t="s">
+        <v>578</v>
+      </c>
+      <c r="Q112" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="R112" s="3" t="s">
+        <v>579</v>
+      </c>
+      <c r="S112" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="T112" s="4">
+        <v>1</v>
+      </c>
+      <c r="W112" s="3" t="s">
         <v>575</v>
       </c>
-      <c r="C112" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X112" s="4">
         <v>0</v>
       </c>
       <c r="Y112" s="4">
         <v>0</v>
       </c>
       <c r="Z112" s="6">
-        <v>3.7780000000000001E-3</v>
+        <v>1.1800000000000001E-3</v>
       </c>
     </row>
     <row r="113" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A113" s="3" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="B113" s="3" t="s">
+        <v>581</v>
+      </c>
+      <c r="C113" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D113" s="4">
+        <v>500</v>
+      </c>
+      <c r="E113" s="5">
+        <v>76.56</v>
+      </c>
+      <c r="F113" s="4">
+        <v>38280</v>
+      </c>
+      <c r="G113" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H113" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="I113" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="J113" s="5">
+        <v>76.56</v>
+      </c>
+      <c r="K113" s="5">
+        <v>1</v>
+      </c>
+      <c r="L113" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="M113" s="4">
+        <v>38280</v>
+      </c>
+      <c r="N113" s="4">
+        <v>38280</v>
+      </c>
+      <c r="O113" s="3" t="s">
+        <v>582</v>
+      </c>
+      <c r="P113" s="3" t="s">
+        <v>583</v>
+      </c>
+      <c r="Q113" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="R113" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="S113" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="T113" s="4">
+        <v>1</v>
+      </c>
+      <c r="W113" s="3" t="s">
         <v>580</v>
       </c>
-      <c r="C113" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X113" s="4">
         <v>0</v>
       </c>
       <c r="Y113" s="4">
         <v>0</v>
       </c>
       <c r="Z113" s="6">
-        <v>1.9369999999999999E-3</v>
+        <v>1.6260000000000001E-3</v>
       </c>
     </row>
     <row r="114" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A114" s="3" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="C114" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D114" s="4">
-        <v>1170</v>
+        <v>2102</v>
       </c>
       <c r="E114" s="5">
-        <v>39.612144000000001</v>
+        <v>492.01</v>
       </c>
       <c r="F114" s="4">
-        <v>46346.208480000001</v>
+        <v>1034205.02</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H114" s="3" t="s">
-        <v>441</v>
+        <v>88</v>
       </c>
       <c r="I114" s="3" t="s">
-        <v>54</v>
+        <v>89</v>
       </c>
       <c r="J114" s="5">
-        <v>34.32</v>
+        <v>492.01</v>
       </c>
       <c r="K114" s="5">
-        <v>0.86640097036908681</v>
+        <v>1</v>
       </c>
       <c r="L114" s="3" t="s">
-        <v>442</v>
+        <v>90</v>
       </c>
       <c r="M114" s="4">
-        <v>40154.400000000001</v>
+        <v>1034205.02</v>
       </c>
       <c r="N114" s="4">
-        <v>46346.208480000001</v>
+        <v>1034205.02</v>
       </c>
       <c r="O114" s="3" t="s">
-        <v>583</v>
+        <v>587</v>
       </c>
       <c r="P114" s="3" t="s">
+        <v>588</v>
+      </c>
+      <c r="Q114" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="R114" s="3" t="s">
+        <v>589</v>
+      </c>
+      <c r="S114" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="T114" s="4">
+        <v>1</v>
+      </c>
+      <c r="W114" s="3" t="s">
         <v>585</v>
       </c>
-      <c r="Q114" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X114" s="4">
         <v>0</v>
       </c>
       <c r="Y114" s="4">
         <v>0</v>
       </c>
       <c r="Z114" s="6">
-        <v>1.9550000000000001E-3</v>
+        <v>4.3951999999999998E-2</v>
       </c>
     </row>
     <row r="115" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A115" s="3" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
       <c r="C115" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D115" s="4">
-        <v>265</v>
+        <v>74</v>
       </c>
       <c r="E115" s="5">
-        <v>85.98</v>
+        <v>718.849244</v>
       </c>
       <c r="F115" s="4">
-        <v>22784.7</v>
+        <v>53194.844012699999</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H115" s="3" t="s">
-        <v>83</v>
+        <v>43</v>
       </c>
       <c r="I115" s="3" t="s">
-        <v>84</v>
+        <v>44</v>
       </c>
       <c r="J115" s="5">
-        <v>85.98</v>
+        <v>577.20000000000005</v>
       </c>
       <c r="K115" s="5">
-        <v>1</v>
+        <v>0.80294999975750914</v>
       </c>
       <c r="L115" s="3" t="s">
-        <v>85</v>
+        <v>45</v>
       </c>
       <c r="M115" s="4">
-        <v>22784.7</v>
+        <v>42712.799986999999</v>
       </c>
       <c r="N115" s="4">
-        <v>22784.7</v>
+        <v>53194.844012699999</v>
       </c>
       <c r="O115" s="3" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="P115" s="3" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="Q115" s="3" t="s">
-        <v>104</v>
+        <v>152</v>
       </c>
       <c r="R115" s="3" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="S115" s="3" t="s">
-        <v>99</v>
+        <v>594</v>
       </c>
       <c r="T115" s="4">
         <v>1</v>
       </c>
       <c r="W115" s="3" t="s">
-        <v>587</v>
+        <v>34</v>
       </c>
       <c r="X115" s="4">
         <v>0</v>
       </c>
       <c r="Y115" s="4">
         <v>0</v>
       </c>
       <c r="Z115" s="6">
-        <v>9.6100000000000005E-4</v>
+        <v>2.2599999999999999E-3</v>
       </c>
     </row>
     <row r="116" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A116" s="3" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
       <c r="C116" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D116" s="4">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="E116" s="5">
-        <v>79.819999999999993</v>
+        <v>23.973075999999999</v>
       </c>
       <c r="F116" s="4">
-        <v>39910</v>
+        <v>7191.9256648500004</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H116" s="3" t="s">
-        <v>83</v>
+        <v>68</v>
       </c>
       <c r="I116" s="3" t="s">
-        <v>84</v>
+        <v>69</v>
       </c>
       <c r="J116" s="5">
-        <v>79.819999999999993</v>
+        <v>3741</v>
       </c>
       <c r="K116" s="5">
-        <v>1</v>
+        <v>156.05006085952374</v>
       </c>
       <c r="L116" s="3" t="s">
-        <v>85</v>
+        <v>70</v>
       </c>
       <c r="M116" s="4">
-        <v>39910</v>
+        <v>1122300.4376970001</v>
       </c>
       <c r="N116" s="4">
-        <v>39910</v>
+        <v>7191.9256648500004</v>
       </c>
       <c r="O116" s="3" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="P116" s="3" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="Q116" s="3" t="s">
-        <v>147</v>
+        <v>119</v>
       </c>
       <c r="R116" s="3" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="S116" s="3" t="s">
-        <v>99</v>
+        <v>599</v>
       </c>
       <c r="T116" s="4">
         <v>1</v>
       </c>
       <c r="W116" s="3" t="s">
-        <v>592</v>
+        <v>34</v>
       </c>
       <c r="X116" s="4">
         <v>0</v>
       </c>
       <c r="Y116" s="4">
         <v>0</v>
       </c>
       <c r="Z116" s="6">
-        <v>1.684E-3</v>
+        <v>3.0499999999999999E-4</v>
       </c>
     </row>
     <row r="117" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A117" s="3" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="C117" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D117" s="4">
-        <v>2102</v>
+        <v>2184</v>
       </c>
       <c r="E117" s="5">
-        <v>517.80999999999995</v>
+        <v>24.651522</v>
       </c>
       <c r="F117" s="4">
-        <v>1088436.6200000001</v>
+        <v>53838.924048000001</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H117" s="3" t="s">
-        <v>83</v>
+        <v>31</v>
       </c>
       <c r="I117" s="3" t="s">
-        <v>84</v>
+        <v>32</v>
       </c>
       <c r="J117" s="5">
-        <v>517.80999999999995</v>
+        <v>37.590000000000003</v>
       </c>
       <c r="K117" s="5">
-        <v>1</v>
+        <v>1.5248551387618177</v>
       </c>
       <c r="L117" s="3" t="s">
-        <v>85</v>
+        <v>33</v>
       </c>
       <c r="M117" s="4">
-        <v>1088436.6200000001</v>
+        <v>82096.56</v>
       </c>
       <c r="N117" s="4">
-        <v>1088436.6200000001</v>
+        <v>53838.924048000001</v>
       </c>
       <c r="O117" s="3" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="P117" s="3" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="Q117" s="3" t="s">
-        <v>169</v>
+        <v>152</v>
       </c>
       <c r="R117" s="3" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="S117" s="3" t="s">
-        <v>127</v>
+        <v>604</v>
       </c>
       <c r="T117" s="4">
         <v>1</v>
       </c>
       <c r="W117" s="3" t="s">
-        <v>597</v>
+        <v>34</v>
       </c>
       <c r="X117" s="4">
         <v>0</v>
       </c>
       <c r="Y117" s="4">
         <v>0</v>
       </c>
       <c r="Z117" s="6">
-        <v>4.5935999999999998E-2</v>
+        <v>2.2880000000000001E-3</v>
       </c>
     </row>
     <row r="118" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A118" s="3" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="C118" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D118" s="4">
-        <v>74</v>
+        <v>1807</v>
       </c>
       <c r="E118" s="5">
-        <v>696.35627299999999</v>
+        <v>74.989999999999995</v>
       </c>
       <c r="F118" s="4">
-        <v>51530.364372470001</v>
+        <v>135506.93</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H118" s="3" t="s">
-        <v>43</v>
+        <v>88</v>
       </c>
       <c r="I118" s="3" t="s">
-        <v>44</v>
+        <v>89</v>
       </c>
       <c r="J118" s="5">
-        <v>559</v>
+        <v>74.989999999999995</v>
       </c>
       <c r="K118" s="5">
-        <v>0.80275000316283507</v>
+        <v>1</v>
       </c>
       <c r="L118" s="3" t="s">
-        <v>45</v>
+        <v>90</v>
       </c>
       <c r="M118" s="4">
-        <v>41366.000161999997</v>
+        <v>135506.93</v>
       </c>
       <c r="N118" s="4">
-        <v>51530.364372470001</v>
+        <v>135506.93</v>
       </c>
       <c r="O118" s="3" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="P118" s="3" t="s">
-        <v>604</v>
+        <v>608</v>
       </c>
       <c r="Q118" s="3" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="R118" s="3" t="s">
+        <v>609</v>
+      </c>
+      <c r="S118" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="T118" s="4">
+        <v>1</v>
+      </c>
+      <c r="W118" s="3" t="s">
         <v>605</v>
       </c>
-      <c r="S118" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="X118" s="4">
         <v>0</v>
       </c>
       <c r="Y118" s="4">
         <v>0</v>
       </c>
       <c r="Z118" s="6">
-        <v>2.1740000000000002E-3</v>
+        <v>5.7580000000000001E-3</v>
       </c>
     </row>
     <row r="119" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A119" s="3" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="C119" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D119" s="4">
-        <v>300</v>
+        <v>6.9999999999999999E-6</v>
       </c>
       <c r="E119" s="5">
-        <v>25.594761999999999</v>
+        <v>25.408512999999999</v>
       </c>
       <c r="F119" s="4">
-        <v>7678.4265359800002</v>
+        <v>1.6871E-4</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H119" s="3" t="s">
         <v>68</v>
       </c>
       <c r="I119" s="3" t="s">
         <v>69</v>
       </c>
       <c r="J119" s="5">
-        <v>3943</v>
+        <v>3965</v>
       </c>
       <c r="K119" s="5">
-        <v>154.05495756556192</v>
+        <v>156.05006085952374</v>
       </c>
       <c r="L119" s="3" t="s">
         <v>70</v>
       </c>
       <c r="M119" s="4">
-        <v>1182899.67417</v>
+        <v>2.6327E-2</v>
       </c>
       <c r="N119" s="4">
-        <v>7678.4265359800002</v>
+        <v>1.6871E-4</v>
       </c>
       <c r="O119" s="3" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="P119" s="3" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="Q119" s="3" t="s">
-        <v>114</v>
+        <v>174</v>
       </c>
       <c r="R119" s="3" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="S119" s="3" t="s">
-        <v>611</v>
+        <v>599</v>
       </c>
       <c r="T119" s="4">
         <v>1</v>
       </c>
       <c r="W119" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X119" s="4">
         <v>0</v>
       </c>
       <c r="Y119" s="4">
         <v>0</v>
       </c>
       <c r="Z119" s="6">
-        <v>3.2400000000000001E-4</v>
+        <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A120" s="3" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="C120" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D120" s="4">
-        <v>2184</v>
+        <v>1014</v>
       </c>
       <c r="E120" s="5">
-        <v>25.361141</v>
+        <v>58.477420000000002</v>
       </c>
       <c r="F120" s="4">
-        <v>55388.731943999999</v>
+        <v>59296.229558359999</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H120" s="3" t="s">
-        <v>31</v>
+        <v>73</v>
       </c>
       <c r="I120" s="3" t="s">
-        <v>32</v>
+        <v>74</v>
       </c>
       <c r="J120" s="5">
-        <v>38.74</v>
+        <v>86000</v>
       </c>
       <c r="K120" s="5">
-        <v>1.5275337966852518</v>
+        <v>1470.6531170492815</v>
       </c>
       <c r="L120" s="3" t="s">
-        <v>33</v>
+        <v>75</v>
       </c>
       <c r="M120" s="4">
-        <v>84608.16</v>
+        <v>87204184.829271004</v>
       </c>
       <c r="N120" s="4">
-        <v>55388.731943999999</v>
+        <v>59296.229558359999</v>
       </c>
       <c r="O120" s="3" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="P120" s="3" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="Q120" s="3" t="s">
-        <v>147</v>
+        <v>119</v>
       </c>
       <c r="R120" s="3" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="S120" s="3" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="T120" s="4">
         <v>1</v>
       </c>
       <c r="W120" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X120" s="4">
         <v>0</v>
       </c>
       <c r="Y120" s="4">
         <v>0</v>
       </c>
       <c r="Z120" s="6">
-        <v>2.3370000000000001E-3</v>
+        <v>2.519E-3</v>
       </c>
     </row>
     <row r="121" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A121" s="3" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="C121" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D121" s="4">
-        <v>1807</v>
+        <v>600</v>
       </c>
       <c r="E121" s="5">
-        <v>66.83</v>
+        <v>169.66</v>
       </c>
       <c r="F121" s="4">
-        <v>120761.81</v>
+        <v>101796</v>
       </c>
       <c r="G121" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H121" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I121" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J121" s="5">
-        <v>66.83</v>
+        <v>169.66</v>
       </c>
       <c r="K121" s="5">
         <v>1</v>
       </c>
       <c r="L121" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M121" s="4">
-        <v>120761.81</v>
+        <v>101796</v>
       </c>
       <c r="N121" s="4">
-        <v>120761.81</v>
+        <v>101796</v>
       </c>
       <c r="O121" s="3" t="s">
+        <v>621</v>
+      </c>
+      <c r="P121" s="3" t="s">
+        <v>622</v>
+      </c>
+      <c r="Q121" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="R121" s="3" t="s">
+        <v>623</v>
+      </c>
+      <c r="S121" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="T121" s="4">
+        <v>1</v>
+      </c>
+      <c r="W121" s="3" t="s">
         <v>619</v>
       </c>
-      <c r="P121" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X121" s="4">
         <v>0</v>
       </c>
       <c r="Y121" s="4">
         <v>0</v>
       </c>
       <c r="Z121" s="6">
-        <v>5.0959999999999998E-3</v>
+        <v>4.326E-3</v>
       </c>
     </row>
     <row r="122" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A122" s="3" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="C122" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D122" s="4">
-        <v>6.9999999999999999E-6</v>
+        <v>3400</v>
       </c>
       <c r="E122" s="5">
-        <v>25.737568</v>
+        <v>27.350197999999999</v>
       </c>
       <c r="F122" s="4">
-        <v>1.7090000000000001E-4</v>
+        <v>92990.70810638</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H122" s="3" t="s">
         <v>68</v>
       </c>
       <c r="I122" s="3" t="s">
         <v>69</v>
       </c>
       <c r="J122" s="5">
-        <v>3965</v>
+        <v>4268</v>
       </c>
       <c r="K122" s="5">
-        <v>154.05495756556192</v>
+        <v>156.05006085952374</v>
       </c>
       <c r="L122" s="3" t="s">
         <v>70</v>
       </c>
       <c r="M122" s="4">
-        <v>2.6327E-2</v>
+        <v>14511205.65937</v>
       </c>
       <c r="N122" s="4">
-        <v>1.7090000000000001E-4</v>
+        <v>92990.70810638</v>
       </c>
       <c r="O122" s="3" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="P122" s="3" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="Q122" s="3" t="s">
-        <v>169</v>
+        <v>258</v>
       </c>
       <c r="R122" s="3" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="S122" s="3" t="s">
-        <v>611</v>
+        <v>599</v>
       </c>
       <c r="T122" s="4">
         <v>1</v>
       </c>
       <c r="W122" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X122" s="4">
         <v>0</v>
       </c>
       <c r="Y122" s="4">
         <v>0</v>
       </c>
       <c r="Z122" s="6">
-        <v>0</v>
+        <v>3.9509999999999997E-3</v>
       </c>
     </row>
     <row r="123" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A123" s="3" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="C123" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D123" s="4">
-        <v>1014</v>
+        <v>181</v>
       </c>
       <c r="E123" s="5">
-        <v>62.607695999999997</v>
+        <v>122.17554</v>
       </c>
       <c r="F123" s="4">
-        <v>63483.979645550004</v>
+        <v>22113.77274</v>
       </c>
       <c r="G123" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H123" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I123" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J123" s="5">
+        <v>186.3</v>
+      </c>
+      <c r="K123" s="5">
+        <v>1.5248551387618177</v>
+      </c>
+      <c r="L123" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M123" s="4">
+        <v>33720.300000000003</v>
+      </c>
+      <c r="N123" s="4">
+        <v>22113.77274</v>
+      </c>
+      <c r="O123" s="3" t="s">
         <v>628</v>
       </c>
-      <c r="I123" s="3" t="s">
-[...8 lines deleted...]
-      <c r="L123" s="3" t="s">
+      <c r="P123" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="Q123" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="R123" s="3" t="s">
         <v>630</v>
       </c>
-      <c r="M123" s="4">
-[...16 lines deleted...]
-      </c>
       <c r="S123" s="3" t="s">
-        <v>633</v>
+        <v>604</v>
       </c>
       <c r="T123" s="4">
         <v>1</v>
       </c>
       <c r="W123" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X123" s="4">
         <v>0</v>
       </c>
       <c r="Y123" s="4">
         <v>0</v>
       </c>
       <c r="Z123" s="6">
-        <v>2.679E-3</v>
+        <v>9.3899999999999995E-4</v>
       </c>
     </row>
     <row r="124" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A124" s="3" t="s">
+        <v>631</v>
+      </c>
+      <c r="B124" s="3" t="s">
+        <v>632</v>
+      </c>
+      <c r="C124" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D124" s="4">
+        <v>625</v>
+      </c>
+      <c r="E124" s="5">
+        <v>100.016058</v>
+      </c>
+      <c r="F124" s="4">
+        <v>62510.036249999997</v>
+      </c>
+      <c r="G124" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H124" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I124" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J124" s="5">
+        <v>152.51</v>
+      </c>
+      <c r="K124" s="5">
+        <v>1.5248551387618177</v>
+      </c>
+      <c r="L124" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M124" s="4">
+        <v>95318.75</v>
+      </c>
+      <c r="N124" s="4">
+        <v>62510.036249999997</v>
+      </c>
+      <c r="O124" s="3" t="s">
+        <v>631</v>
+      </c>
+      <c r="P124" s="3" t="s">
+        <v>633</v>
+      </c>
+      <c r="Q124" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="R124" s="3" t="s">
         <v>634</v>
       </c>
-      <c r="B124" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S124" s="3" t="s">
-        <v>99</v>
+        <v>604</v>
       </c>
       <c r="T124" s="4">
         <v>1</v>
       </c>
       <c r="W124" s="3" t="s">
-        <v>634</v>
+        <v>34</v>
       </c>
       <c r="X124" s="4">
         <v>0</v>
       </c>
       <c r="Y124" s="4">
         <v>0</v>
       </c>
       <c r="Z124" s="6">
-        <v>4.1520000000000003E-3</v>
+        <v>2.6559999999999999E-3</v>
       </c>
     </row>
     <row r="125" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A125" s="3" t="s">
-        <v>639</v>
+        <v>635</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>640</v>
+        <v>636</v>
       </c>
       <c r="C125" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D125" s="4">
-        <v>3400</v>
+        <v>1800</v>
       </c>
       <c r="E125" s="5">
-        <v>24.445822</v>
+        <v>17.234853999999999</v>
       </c>
       <c r="F125" s="4">
-        <v>83115.770341759999</v>
+        <v>31022.749118870001</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H125" s="3" t="s">
         <v>68</v>
       </c>
       <c r="I125" s="3" t="s">
         <v>69</v>
       </c>
       <c r="J125" s="5">
-        <v>3766</v>
+        <v>2689.5</v>
       </c>
       <c r="K125" s="5">
-        <v>154.05495756556192</v>
+        <v>156.05006085952374</v>
       </c>
       <c r="L125" s="3" t="s">
         <v>70</v>
       </c>
       <c r="M125" s="4">
-        <v>12804396.473028</v>
+        <v>4841101.8880289998</v>
       </c>
       <c r="N125" s="4">
-        <v>83115.770341759999</v>
+        <v>31022.749118870001</v>
       </c>
       <c r="O125" s="3" t="s">
-        <v>639</v>
+        <v>635</v>
       </c>
       <c r="P125" s="3" t="s">
-        <v>641</v>
+        <v>637</v>
       </c>
       <c r="Q125" s="3" t="s">
-        <v>258</v>
+        <v>102</v>
       </c>
       <c r="R125" s="3" t="s">
-        <v>642</v>
+        <v>638</v>
       </c>
       <c r="S125" s="3" t="s">
-        <v>611</v>
+        <v>599</v>
       </c>
       <c r="T125" s="4">
         <v>1</v>
       </c>
       <c r="W125" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X125" s="4">
         <v>0</v>
       </c>
       <c r="Y125" s="4">
         <v>0</v>
       </c>
       <c r="Z125" s="6">
-        <v>3.5070000000000001E-3</v>
+        <v>1.3179999999999999E-3</v>
       </c>
     </row>
     <row r="126" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A126" s="3" t="s">
-        <v>643</v>
+        <v>639</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>644</v>
+        <v>640</v>
       </c>
       <c r="C126" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D126" s="4">
-        <v>181</v>
+        <v>300</v>
       </c>
       <c r="E126" s="5">
-        <v>116.855025</v>
+        <v>19.782112999999999</v>
       </c>
       <c r="F126" s="4">
-        <v>21150.759525000001</v>
+        <v>5934.6363345099999</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H126" s="3" t="s">
-        <v>31</v>
+        <v>68</v>
       </c>
       <c r="I126" s="3" t="s">
-        <v>32</v>
+        <v>69</v>
       </c>
       <c r="J126" s="5">
-        <v>178.5</v>
+        <v>3087</v>
       </c>
       <c r="K126" s="5">
-        <v>1.5275337966852518</v>
+        <v>156.05006085952374</v>
       </c>
       <c r="L126" s="3" t="s">
-        <v>33</v>
+        <v>70</v>
       </c>
       <c r="M126" s="4">
-        <v>32308.5</v>
+        <v>926100.361179</v>
       </c>
       <c r="N126" s="4">
-        <v>21150.759525000001</v>
+        <v>5934.6363345099999</v>
       </c>
       <c r="O126" s="3" t="s">
-        <v>643</v>
+        <v>639</v>
       </c>
       <c r="P126" s="3" t="s">
-        <v>279</v>
+        <v>641</v>
       </c>
       <c r="Q126" s="3" t="s">
-        <v>104</v>
+        <v>174</v>
       </c>
       <c r="R126" s="3" t="s">
-        <v>645</v>
+        <v>642</v>
       </c>
       <c r="S126" s="3" t="s">
-        <v>616</v>
+        <v>599</v>
       </c>
       <c r="T126" s="4">
         <v>1</v>
       </c>
       <c r="W126" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X126" s="4">
         <v>0</v>
       </c>
       <c r="Y126" s="4">
         <v>0</v>
       </c>
       <c r="Z126" s="6">
-        <v>8.92E-4</v>
+        <v>2.52E-4</v>
       </c>
     </row>
     <row r="127" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A127" s="3" t="s">
+        <v>643</v>
+      </c>
+      <c r="B127" s="3" t="s">
+        <v>644</v>
+      </c>
+      <c r="C127" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D127" s="4">
+        <v>13500</v>
+      </c>
+      <c r="E127" s="5">
+        <v>3.966297</v>
+      </c>
+      <c r="F127" s="4">
+        <v>53545.006165229999</v>
+      </c>
+      <c r="G127" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H127" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="I127" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="J127" s="5">
+        <v>30.88</v>
+      </c>
+      <c r="K127" s="5">
+        <v>7.7856001432550421</v>
+      </c>
+      <c r="L127" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="M127" s="4">
+        <v>416880.00767000002</v>
+      </c>
+      <c r="N127" s="4">
+        <v>53545.006165229999</v>
+      </c>
+      <c r="O127" s="3" t="s">
+        <v>643</v>
+      </c>
+      <c r="P127" s="3" t="s">
+        <v>645</v>
+      </c>
+      <c r="Q127" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="R127" s="3" t="s">
         <v>646</v>
       </c>
-      <c r="B127" s="3" t="s">
+      <c r="S127" s="3" t="s">
         <v>647</v>
-      </c>
-[...49 lines deleted...]
-        <v>616</v>
       </c>
       <c r="T127" s="4">
         <v>1</v>
       </c>
       <c r="W127" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X127" s="4">
         <v>0</v>
       </c>
       <c r="Y127" s="4">
         <v>0</v>
       </c>
       <c r="Z127" s="6">
-        <v>2.9629999999999999E-3</v>
+        <v>2.2750000000000001E-3</v>
       </c>
     </row>
     <row r="128" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A128" s="3" t="s">
-        <v>650</v>
+        <v>648</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>651</v>
+        <v>649</v>
       </c>
       <c r="C128" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D128" s="4">
-        <v>1800</v>
+        <v>1900</v>
       </c>
       <c r="E128" s="5">
-        <v>15.978064</v>
+        <v>25.927576999999999</v>
       </c>
       <c r="F128" s="4">
-        <v>28760.507610920002</v>
+        <v>49262.415892340003</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H128" s="3" t="s">
         <v>68</v>
       </c>
       <c r="I128" s="3" t="s">
         <v>69</v>
       </c>
       <c r="J128" s="5">
-        <v>2461.5</v>
+        <v>4046</v>
       </c>
       <c r="K128" s="5">
-        <v>154.05495756556192</v>
+        <v>156.05006085952374</v>
       </c>
       <c r="L128" s="3" t="s">
         <v>70</v>
       </c>
       <c r="M128" s="4">
-        <v>4430698.7795639997</v>
+        <v>7687402.9980859999</v>
       </c>
       <c r="N128" s="4">
-        <v>28760.507610920002</v>
+        <v>49262.415892340003</v>
       </c>
       <c r="O128" s="3" t="s">
+        <v>648</v>
+      </c>
+      <c r="P128" s="3" t="s">
         <v>650</v>
       </c>
-      <c r="P128" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q128" s="3" t="s">
-        <v>97</v>
+        <v>258</v>
       </c>
       <c r="R128" s="3" t="s">
-        <v>653</v>
+        <v>651</v>
       </c>
       <c r="S128" s="3" t="s">
-        <v>611</v>
+        <v>599</v>
       </c>
       <c r="T128" s="4">
         <v>1</v>
       </c>
       <c r="W128" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X128" s="4">
         <v>0</v>
       </c>
       <c r="Y128" s="4">
         <v>0</v>
       </c>
       <c r="Z128" s="6">
-        <v>1.2130000000000001E-3</v>
+        <v>2.0929999999999998E-3</v>
       </c>
     </row>
     <row r="129" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A129" s="3" t="s">
-        <v>654</v>
+        <v>652</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>655</v>
+        <v>653</v>
       </c>
       <c r="C129" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D129" s="4">
-        <v>300</v>
+        <v>1200</v>
       </c>
       <c r="E129" s="5">
-        <v>19.79813</v>
+        <v>21.070162</v>
       </c>
       <c r="F129" s="4">
-        <v>5939.4372139799998</v>
+        <v>25284.203780839998</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H129" s="3" t="s">
         <v>68</v>
       </c>
       <c r="I129" s="3" t="s">
         <v>69</v>
       </c>
       <c r="J129" s="5">
-        <v>3050</v>
+        <v>3288</v>
       </c>
       <c r="K129" s="5">
-        <v>154.05495756556192</v>
+        <v>156.05006085952374</v>
       </c>
       <c r="L129" s="3" t="s">
         <v>70</v>
       </c>
       <c r="M129" s="4">
-        <v>914999.74796299997</v>
+        <v>3945601.5387840001</v>
       </c>
       <c r="N129" s="4">
-        <v>5939.4372139799998</v>
+        <v>25284.203780839998</v>
       </c>
       <c r="O129" s="3" t="s">
+        <v>652</v>
+      </c>
+      <c r="P129" s="3" t="s">
         <v>654</v>
       </c>
-      <c r="P129" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q129" s="3" t="s">
-        <v>169</v>
+        <v>152</v>
       </c>
       <c r="R129" s="3" t="s">
-        <v>657</v>
+        <v>655</v>
       </c>
       <c r="S129" s="3" t="s">
-        <v>611</v>
+        <v>599</v>
       </c>
       <c r="T129" s="4">
         <v>1</v>
       </c>
       <c r="W129" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X129" s="4">
         <v>0</v>
       </c>
       <c r="Y129" s="4">
         <v>0</v>
       </c>
       <c r="Z129" s="6">
-        <v>2.5000000000000001E-4</v>
+        <v>1.0740000000000001E-3</v>
       </c>
     </row>
     <row r="130" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A130" s="3" t="s">
+        <v>656</v>
+      </c>
+      <c r="B130" s="3" t="s">
+        <v>657</v>
+      </c>
+      <c r="C130" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D130" s="4">
+        <v>4900</v>
+      </c>
+      <c r="E130" s="5">
+        <v>15.530272999999999</v>
+      </c>
+      <c r="F130" s="4">
+        <v>76098.365908360007</v>
+      </c>
+      <c r="G130" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H130" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="I130" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="J130" s="5">
+        <v>2423.5</v>
+      </c>
+      <c r="K130" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L130" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="M130" s="4">
+        <v>11875154.631309001</v>
+      </c>
+      <c r="N130" s="4">
+        <v>76098.365908360007</v>
+      </c>
+      <c r="O130" s="3" t="s">
+        <v>656</v>
+      </c>
+      <c r="P130" s="3" t="s">
         <v>658</v>
       </c>
-      <c r="B130" s="3" t="s">
+      <c r="Q130" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="R130" s="3" t="s">
         <v>659</v>
       </c>
-      <c r="C130" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S130" s="3" t="s">
-        <v>662</v>
+        <v>599</v>
       </c>
       <c r="T130" s="4">
         <v>1</v>
       </c>
       <c r="W130" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X130" s="4">
         <v>0</v>
       </c>
       <c r="Y130" s="4">
         <v>0</v>
       </c>
       <c r="Z130" s="6">
-        <v>2.0890000000000001E-3</v>
+        <v>3.2339999999999999E-3</v>
       </c>
     </row>
     <row r="131" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A131" s="3" t="s">
+        <v>660</v>
+      </c>
+      <c r="B131" s="3" t="s">
+        <v>661</v>
+      </c>
+      <c r="C131" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D131" s="4">
+        <v>2090</v>
+      </c>
+      <c r="E131" s="5">
+        <v>107.58</v>
+      </c>
+      <c r="F131" s="4">
+        <v>224842.2</v>
+      </c>
+      <c r="G131" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H131" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="I131" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="J131" s="5">
+        <v>107.58</v>
+      </c>
+      <c r="K131" s="5">
+        <v>1</v>
+      </c>
+      <c r="L131" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="M131" s="4">
+        <v>224842.2</v>
+      </c>
+      <c r="N131" s="4">
+        <v>224842.2</v>
+      </c>
+      <c r="O131" s="3" t="s">
+        <v>662</v>
+      </c>
+      <c r="P131" s="3" t="s">
         <v>663</v>
       </c>
-      <c r="B131" s="3" t="s">
+      <c r="Q131" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="R131" s="3" t="s">
         <v>664</v>
       </c>
-      <c r="C131" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S131" s="3" t="s">
-        <v>611</v>
+        <v>132</v>
       </c>
       <c r="T131" s="4">
         <v>1</v>
       </c>
       <c r="W131" s="3" t="s">
-        <v>34</v>
+        <v>660</v>
       </c>
       <c r="X131" s="4">
         <v>0</v>
       </c>
       <c r="Y131" s="4">
         <v>0</v>
       </c>
       <c r="Z131" s="6">
-        <v>1.9550000000000001E-3</v>
+        <v>9.5549999999999993E-3</v>
       </c>
     </row>
     <row r="132" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A132" s="3" t="s">
+        <v>665</v>
+      </c>
+      <c r="B132" s="3" t="s">
+        <v>666</v>
+      </c>
+      <c r="C132" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D132" s="4">
+        <v>390</v>
+      </c>
+      <c r="E132" s="5">
+        <v>360.38409999999999</v>
+      </c>
+      <c r="F132" s="4">
+        <v>140550.09689593001</v>
+      </c>
+      <c r="G132" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H132" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="I132" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="J132" s="5">
+        <v>530000</v>
+      </c>
+      <c r="K132" s="5">
+        <v>1470.6531170492815</v>
+      </c>
+      <c r="L132" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="M132" s="4">
+        <v>206700438.101578</v>
+      </c>
+      <c r="N132" s="4">
+        <v>140550.09689593001</v>
+      </c>
+      <c r="O132" s="3" t="s">
+        <v>665</v>
+      </c>
+      <c r="P132" s="3" t="s">
         <v>667</v>
       </c>
-      <c r="B132" s="3" t="s">
+      <c r="Q132" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="R132" s="3" t="s">
         <v>668</v>
       </c>
-      <c r="C132" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S132" s="3" t="s">
-        <v>611</v>
+        <v>618</v>
       </c>
       <c r="T132" s="4">
         <v>1</v>
       </c>
       <c r="W132" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X132" s="4">
         <v>0</v>
       </c>
       <c r="Y132" s="4">
         <v>0</v>
       </c>
       <c r="Z132" s="6">
-        <v>1.1360000000000001E-3</v>
+        <v>5.973E-3</v>
       </c>
     </row>
     <row r="133" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A133" s="3" t="s">
-        <v>671</v>
+        <v>669</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>672</v>
+        <v>670</v>
       </c>
       <c r="C133" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D133" s="4">
-        <v>4900</v>
+        <v>600</v>
       </c>
       <c r="E133" s="5">
-        <v>15.124473</v>
+        <v>179.94225599999999</v>
       </c>
       <c r="F133" s="4">
-        <v>74109.895816429998</v>
+        <v>107965.3957065</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H133" s="3" t="s">
         <v>68</v>
       </c>
       <c r="I133" s="3" t="s">
         <v>69</v>
       </c>
       <c r="J133" s="5">
-        <v>2330</v>
+        <v>28080</v>
       </c>
       <c r="K133" s="5">
-        <v>154.05495756556192</v>
+        <v>156.05006085952374</v>
       </c>
       <c r="L133" s="3" t="s">
         <v>70</v>
       </c>
       <c r="M133" s="4">
-        <v>11416996.855187999</v>
+        <v>16848006.570721</v>
       </c>
       <c r="N133" s="4">
-        <v>74109.895816429998</v>
+        <v>107965.3957065</v>
       </c>
       <c r="O133" s="3" t="s">
+        <v>669</v>
+      </c>
+      <c r="P133" s="3" t="s">
         <v>671</v>
       </c>
-      <c r="P133" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q133" s="3" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="R133" s="3" t="s">
-        <v>674</v>
+        <v>672</v>
       </c>
       <c r="S133" s="3" t="s">
-        <v>611</v>
+        <v>599</v>
       </c>
       <c r="T133" s="4">
         <v>1</v>
       </c>
       <c r="W133" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X133" s="4">
         <v>0</v>
       </c>
       <c r="Y133" s="4">
         <v>0</v>
       </c>
       <c r="Z133" s="6">
-        <v>3.127E-3</v>
+        <v>4.5880000000000001E-3</v>
       </c>
     </row>
     <row r="134" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A134" s="3" t="s">
+        <v>673</v>
+      </c>
+      <c r="B134" s="3" t="s">
+        <v>674</v>
+      </c>
+      <c r="C134" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D134" s="4">
+        <v>12000</v>
+      </c>
+      <c r="E134" s="5">
+        <v>5.0661139999999998</v>
+      </c>
+      <c r="F134" s="4">
+        <v>60793.372630240003</v>
+      </c>
+      <c r="G134" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H134" s="3" t="s">
         <v>675</v>
       </c>
-      <c r="B134" s="3" t="s">
+      <c r="I134" s="3" t="s">
         <v>676</v>
       </c>
-      <c r="C134" s="3" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="J134" s="5">
-        <v>1118.8599999999999</v>
+        <v>159</v>
       </c>
       <c r="K134" s="5">
-        <v>1</v>
+        <v>31.385004558671913</v>
       </c>
       <c r="L134" s="3" t="s">
-        <v>85</v>
+        <v>677</v>
       </c>
       <c r="M134" s="4">
-        <v>173423.3</v>
+        <v>1908000.2771370001</v>
       </c>
       <c r="N134" s="4">
-        <v>173423.3</v>
+        <v>60793.372630240003</v>
       </c>
       <c r="O134" s="3" t="s">
-        <v>677</v>
+        <v>673</v>
       </c>
       <c r="P134" s="3" t="s">
         <v>678</v>
       </c>
       <c r="Q134" s="3" t="s">
-        <v>97</v>
+        <v>174</v>
       </c>
       <c r="R134" s="3" t="s">
         <v>679</v>
       </c>
       <c r="S134" s="3" t="s">
-        <v>127</v>
+        <v>680</v>
       </c>
       <c r="T134" s="4">
         <v>1</v>
       </c>
       <c r="W134" s="3" t="s">
-        <v>675</v>
+        <v>34</v>
       </c>
       <c r="X134" s="4">
         <v>0</v>
       </c>
       <c r="Y134" s="4">
         <v>0</v>
       </c>
       <c r="Z134" s="6">
-        <v>7.319E-3</v>
+        <v>2.5829999999999998E-3</v>
       </c>
     </row>
     <row r="135" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A135" s="3" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="B135" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="C135" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D135" s="4">
+        <v>200</v>
+      </c>
+      <c r="E135" s="5">
+        <v>292.08999999999997</v>
+      </c>
+      <c r="F135" s="4">
+        <v>58418</v>
+      </c>
+      <c r="G135" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H135" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="I135" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="J135" s="5">
+        <v>292.08999999999997</v>
+      </c>
+      <c r="K135" s="5">
+        <v>1</v>
+      </c>
+      <c r="L135" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="M135" s="4">
+        <v>58418</v>
+      </c>
+      <c r="N135" s="4">
+        <v>58418</v>
+      </c>
+      <c r="O135" s="3" t="s">
+        <v>683</v>
+      </c>
+      <c r="P135" s="3" t="s">
+        <v>684</v>
+      </c>
+      <c r="Q135" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="R135" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="S135" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="T135" s="4">
+        <v>1</v>
+      </c>
+      <c r="W135" s="3" t="s">
         <v>681</v>
       </c>
-      <c r="C135" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X135" s="4">
         <v>0</v>
       </c>
       <c r="Y135" s="4">
         <v>0</v>
       </c>
       <c r="Z135" s="6">
-        <v>5.6290000000000003E-3</v>
+        <v>2.4819999999999998E-3</v>
       </c>
     </row>
     <row r="136" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A136" s="3" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="C136" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D136" s="4">
-        <v>800</v>
+        <v>700</v>
       </c>
       <c r="E136" s="5">
-        <v>184.41470799999999</v>
+        <v>30.105723999999999</v>
       </c>
       <c r="F136" s="4">
-        <v>147531.72568239001</v>
+        <v>21074.014738869999</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H136" s="3" t="s">
         <v>68</v>
       </c>
       <c r="I136" s="3" t="s">
         <v>69</v>
       </c>
       <c r="J136" s="5">
-        <v>28410</v>
+        <v>4698</v>
       </c>
       <c r="K136" s="5">
-        <v>154.05495756556192</v>
+        <v>156.05006085952374</v>
       </c>
       <c r="L136" s="3" t="s">
         <v>70</v>
       </c>
       <c r="M136" s="4">
-        <v>22727993.739574</v>
+        <v>3288601.2825549999</v>
       </c>
       <c r="N136" s="4">
-        <v>147531.72568239001</v>
+        <v>21074.014738869999</v>
       </c>
       <c r="O136" s="3" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="P136" s="3" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="Q136" s="3" t="s">
-        <v>169</v>
+        <v>152</v>
       </c>
       <c r="R136" s="3" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="S136" s="3" t="s">
-        <v>611</v>
+        <v>599</v>
       </c>
       <c r="T136" s="4">
         <v>1</v>
       </c>
       <c r="W136" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X136" s="4">
         <v>0</v>
       </c>
       <c r="Y136" s="4">
         <v>0</v>
       </c>
       <c r="Z136" s="6">
-        <v>6.2259999999999998E-3</v>
+        <v>8.9499999999999996E-4</v>
       </c>
     </row>
     <row r="137" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A137" s="3" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="C137" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D137" s="4">
-        <v>12000</v>
+        <v>700</v>
       </c>
       <c r="E137" s="5">
-        <v>5.8391080000000004</v>
+        <v>23.614217</v>
       </c>
       <c r="F137" s="4">
-        <v>70069.288572270001</v>
+        <v>16529.95834668</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H137" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="I137" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="J137" s="5">
+        <v>3685</v>
+      </c>
+      <c r="K137" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L137" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="M137" s="4">
+        <v>2579501.0060040001</v>
+      </c>
+      <c r="N137" s="4">
+        <v>16529.95834668</v>
+      </c>
+      <c r="O137" s="3" t="s">
         <v>690</v>
       </c>
-      <c r="I137" s="3" t="s">
-[...8 lines deleted...]
-      <c r="L137" s="3" t="s">
+      <c r="P137" s="3" t="s">
         <v>692</v>
       </c>
-      <c r="M137" s="4">
-[...8 lines deleted...]
-      <c r="P137" s="3" t="s">
+      <c r="Q137" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="R137" s="3" t="s">
         <v>693</v>
       </c>
-      <c r="Q137" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S137" s="3" t="s">
-        <v>695</v>
+        <v>599</v>
       </c>
       <c r="T137" s="4">
         <v>1</v>
       </c>
       <c r="W137" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X137" s="4">
         <v>0</v>
       </c>
       <c r="Y137" s="4">
         <v>0</v>
       </c>
       <c r="Z137" s="6">
-        <v>2.957E-3</v>
+        <v>7.0200000000000004E-4</v>
       </c>
     </row>
     <row r="138" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A138" s="3" t="s">
+        <v>694</v>
+      </c>
+      <c r="B138" s="3" t="s">
+        <v>695</v>
+      </c>
+      <c r="C138" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D138" s="4">
+        <v>1491</v>
+      </c>
+      <c r="E138" s="5">
+        <v>26.29758</v>
+      </c>
+      <c r="F138" s="4">
+        <v>39209.691780000001</v>
+      </c>
+      <c r="G138" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H138" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I138" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J138" s="5">
+        <v>40.1</v>
+      </c>
+      <c r="K138" s="5">
+        <v>1.5248551387618177</v>
+      </c>
+      <c r="L138" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M138" s="4">
+        <v>59789.1</v>
+      </c>
+      <c r="N138" s="4">
+        <v>39209.691780000001</v>
+      </c>
+      <c r="O138" s="3" t="s">
+        <v>694</v>
+      </c>
+      <c r="P138" s="3" t="s">
         <v>696</v>
       </c>
-      <c r="B138" s="3" t="s">
+      <c r="Q138" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="R138" s="3" t="s">
         <v>697</v>
       </c>
-      <c r="C138" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S138" s="3" t="s">
-        <v>99</v>
+        <v>604</v>
       </c>
       <c r="T138" s="4">
         <v>1</v>
       </c>
       <c r="W138" s="3" t="s">
-        <v>696</v>
+        <v>34</v>
       </c>
       <c r="X138" s="4">
         <v>0</v>
       </c>
       <c r="Y138" s="4">
         <v>0</v>
       </c>
       <c r="Z138" s="6">
-        <v>2.3909999999999999E-3</v>
+        <v>1.6659999999999999E-3</v>
       </c>
     </row>
     <row r="139" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A139" s="3" t="s">
-        <v>701</v>
+        <v>698</v>
       </c>
       <c r="B139" s="3" t="s">
-        <v>702</v>
+        <v>699</v>
       </c>
       <c r="C139" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D139" s="4">
-        <v>700</v>
+        <v>2500</v>
       </c>
       <c r="E139" s="5">
-        <v>27.022824</v>
+        <v>37.750706000000001</v>
       </c>
       <c r="F139" s="4">
-        <v>18915.971568600002</v>
+        <v>94376.802306950005</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H139" s="3" t="s">
         <v>68</v>
       </c>
       <c r="I139" s="3" t="s">
         <v>69</v>
       </c>
       <c r="J139" s="5">
-        <v>4163</v>
+        <v>5891</v>
       </c>
       <c r="K139" s="5">
-        <v>154.05495756556192</v>
+        <v>156.05006085952374</v>
       </c>
       <c r="L139" s="3" t="s">
         <v>70</v>
       </c>
       <c r="M139" s="4">
-        <v>2914099.1973120002</v>
+        <v>14727505.743726</v>
       </c>
       <c r="N139" s="4">
-        <v>18915.971568600002</v>
+        <v>94376.802306950005</v>
       </c>
       <c r="O139" s="3" t="s">
+        <v>698</v>
+      </c>
+      <c r="P139" s="3" t="s">
+        <v>700</v>
+      </c>
+      <c r="Q139" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="R139" s="3" t="s">
         <v>701</v>
       </c>
-      <c r="P139" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S139" s="3" t="s">
-        <v>611</v>
+        <v>599</v>
       </c>
       <c r="T139" s="4">
         <v>1</v>
       </c>
       <c r="W139" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X139" s="4">
         <v>0</v>
       </c>
       <c r="Y139" s="4">
         <v>0</v>
       </c>
       <c r="Z139" s="6">
-        <v>7.9799999999999999E-4</v>
+        <v>4.0099999999999997E-3</v>
       </c>
     </row>
     <row r="140" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A140" s="3" t="s">
-        <v>705</v>
+        <v>702</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>706</v>
+        <v>703</v>
       </c>
       <c r="C140" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D140" s="4">
-        <v>700</v>
+        <v>24900</v>
       </c>
       <c r="E140" s="5">
-        <v>21.187244</v>
+        <v>0.99839800000000001</v>
       </c>
       <c r="F140" s="4">
-        <v>14831.066826779999</v>
+        <v>24860.108939440001</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H140" s="3" t="s">
         <v>68</v>
       </c>
       <c r="I140" s="3" t="s">
         <v>69</v>
       </c>
       <c r="J140" s="5">
-        <v>3264</v>
+        <v>155.80000000000001</v>
       </c>
       <c r="K140" s="5">
-        <v>154.05495756556192</v>
+        <v>156.05006085952374</v>
       </c>
       <c r="L140" s="3" t="s">
         <v>70</v>
       </c>
       <c r="M140" s="4">
-        <v>2284799.3706510002</v>
+        <v>3879421.5129740001</v>
       </c>
       <c r="N140" s="4">
-        <v>14831.066826779999</v>
+        <v>24860.108939440001</v>
       </c>
       <c r="O140" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="P140" s="3" t="s">
+        <v>704</v>
+      </c>
+      <c r="Q140" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="R140" s="3" t="s">
         <v>705</v>
       </c>
-      <c r="P140" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S140" s="3" t="s">
-        <v>611</v>
+        <v>599</v>
       </c>
       <c r="T140" s="4">
         <v>1</v>
       </c>
       <c r="W140" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X140" s="4">
         <v>0</v>
       </c>
       <c r="Y140" s="4">
         <v>0</v>
       </c>
       <c r="Z140" s="6">
-        <v>6.2500000000000001E-4</v>
+        <v>1.0560000000000001E-3</v>
       </c>
     </row>
     <row r="141" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A141" s="3" t="s">
+        <v>706</v>
+      </c>
+      <c r="B141" s="3" t="s">
+        <v>707</v>
+      </c>
+      <c r="C141" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D141" s="4">
+        <v>871</v>
+      </c>
+      <c r="E141" s="5">
+        <v>47.8</v>
+      </c>
+      <c r="F141" s="4">
+        <v>41633.800000000003</v>
+      </c>
+      <c r="G141" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H141" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="I141" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="J141" s="5">
+        <v>47.8</v>
+      </c>
+      <c r="K141" s="5">
+        <v>1</v>
+      </c>
+      <c r="L141" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="M141" s="4">
+        <v>41633.800000000003</v>
+      </c>
+      <c r="N141" s="4">
+        <v>41633.800000000003</v>
+      </c>
+      <c r="O141" s="3" t="s">
+        <v>708</v>
+      </c>
+      <c r="P141" s="3" t="s">
         <v>709</v>
       </c>
-      <c r="B141" s="3" t="s">
+      <c r="Q141" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="R141" s="3" t="s">
         <v>710</v>
       </c>
-      <c r="C141" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S141" s="3" t="s">
-        <v>616</v>
+        <v>132</v>
       </c>
       <c r="T141" s="4">
         <v>1</v>
       </c>
       <c r="W141" s="3" t="s">
-        <v>34</v>
+        <v>706</v>
       </c>
       <c r="X141" s="4">
         <v>0</v>
       </c>
       <c r="Y141" s="4">
         <v>0</v>
       </c>
       <c r="Z141" s="6">
-        <v>1.7960000000000001E-3</v>
+        <v>1.769E-3</v>
       </c>
     </row>
     <row r="142" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A142" s="3" t="s">
-        <v>713</v>
+        <v>711</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>714</v>
+        <v>712</v>
       </c>
       <c r="C142" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D142" s="4">
-        <v>2500</v>
+        <v>5951</v>
       </c>
       <c r="E142" s="5">
-        <v>36.467505000000003</v>
+        <v>177</v>
       </c>
       <c r="F142" s="4">
-        <v>91168.738437570006</v>
+        <v>1053327</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H142" s="3" t="s">
-        <v>68</v>
+        <v>88</v>
       </c>
       <c r="I142" s="3" t="s">
-        <v>69</v>
+        <v>89</v>
       </c>
       <c r="J142" s="5">
-        <v>5618</v>
+        <v>177</v>
       </c>
       <c r="K142" s="5">
-        <v>154.05495756556192</v>
+        <v>1</v>
       </c>
       <c r="L142" s="3" t="s">
-        <v>70</v>
+        <v>90</v>
       </c>
       <c r="M142" s="4">
-        <v>14044996.131305</v>
+        <v>1053327</v>
       </c>
       <c r="N142" s="4">
-        <v>91168.738437570006</v>
+        <v>1053327</v>
       </c>
       <c r="O142" s="3" t="s">
         <v>713</v>
       </c>
       <c r="P142" s="3" t="s">
+        <v>714</v>
+      </c>
+      <c r="Q142" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="R142" s="3" t="s">
         <v>715</v>
       </c>
-      <c r="Q142" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S142" s="3" t="s">
-        <v>611</v>
+        <v>132</v>
       </c>
       <c r="T142" s="4">
         <v>1</v>
       </c>
       <c r="W142" s="3" t="s">
-        <v>34</v>
+        <v>711</v>
       </c>
       <c r="X142" s="4">
         <v>0</v>
       </c>
       <c r="Y142" s="4">
         <v>0</v>
       </c>
       <c r="Z142" s="6">
-        <v>3.8470000000000002E-3</v>
+        <v>4.4763999999999998E-2</v>
       </c>
     </row>
     <row r="143" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A143" s="3" t="s">
+        <v>716</v>
+      </c>
+      <c r="B143" s="3" t="s">
         <v>717</v>
       </c>
-      <c r="B143" s="3" t="s">
+      <c r="C143" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D143" s="4">
+        <v>11000</v>
+      </c>
+      <c r="E143" s="5">
+        <v>6.1175709999999999</v>
+      </c>
+      <c r="F143" s="4">
+        <v>67293.292974349999</v>
+      </c>
+      <c r="G143" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H143" s="3" t="s">
+        <v>675</v>
+      </c>
+      <c r="I143" s="3" t="s">
+        <v>676</v>
+      </c>
+      <c r="J143" s="5">
+        <v>192</v>
+      </c>
+      <c r="K143" s="5">
+        <v>31.385004558671913</v>
+      </c>
+      <c r="L143" s="3" t="s">
+        <v>677</v>
+      </c>
+      <c r="M143" s="4">
+        <v>2112000.3067680001</v>
+      </c>
+      <c r="N143" s="4">
+        <v>67293.292974349999</v>
+      </c>
+      <c r="O143" s="3" t="s">
+        <v>716</v>
+      </c>
+      <c r="P143" s="3" t="s">
         <v>718</v>
       </c>
-      <c r="C143" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P143" s="3" t="s">
+      <c r="Q143" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="R143" s="3" t="s">
         <v>719</v>
       </c>
-      <c r="Q143" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R143" s="3" t="s">
+      <c r="S143" s="3" t="s">
         <v>720</v>
-      </c>
-[...1 lines deleted...]
-        <v>611</v>
       </c>
       <c r="T143" s="4">
         <v>1</v>
       </c>
       <c r="W143" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X143" s="4">
         <v>0</v>
       </c>
       <c r="Y143" s="4">
         <v>0</v>
       </c>
       <c r="Z143" s="6">
-        <v>1.08E-3</v>
+        <v>2.859E-3</v>
       </c>
     </row>
     <row r="144" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A144" s="3" t="s">
         <v>721</v>
       </c>
       <c r="B144" s="3" t="s">
         <v>722</v>
       </c>
       <c r="C144" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D144" s="4">
-        <v>871</v>
+        <v>500</v>
       </c>
       <c r="E144" s="5">
-        <v>71.239999999999995</v>
+        <v>107.817965</v>
       </c>
       <c r="F144" s="4">
-        <v>62050.04</v>
+        <v>53909.003524510001</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H144" s="3" t="s">
-        <v>83</v>
+        <v>68</v>
       </c>
       <c r="I144" s="3" t="s">
-        <v>84</v>
+        <v>69</v>
       </c>
       <c r="J144" s="5">
-        <v>71.239999999999995</v>
+        <v>16825</v>
       </c>
       <c r="K144" s="5">
-        <v>1</v>
+        <v>156.05006085952374</v>
       </c>
       <c r="L144" s="3" t="s">
-        <v>85</v>
+        <v>70</v>
       </c>
       <c r="M144" s="4">
-        <v>62050.04</v>
+        <v>8412503.2808759995</v>
       </c>
       <c r="N144" s="4">
-        <v>62050.04</v>
+        <v>53909.003524510001</v>
       </c>
       <c r="O144" s="3" t="s">
+        <v>721</v>
+      </c>
+      <c r="P144" s="3" t="s">
         <v>723</v>
       </c>
-      <c r="P144" s="3" t="s">
+      <c r="Q144" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="R144" s="3" t="s">
         <v>724</v>
       </c>
-      <c r="Q144" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S144" s="3" t="s">
-        <v>127</v>
+        <v>599</v>
       </c>
       <c r="T144" s="4">
         <v>1</v>
       </c>
       <c r="W144" s="3" t="s">
-        <v>721</v>
+        <v>34</v>
       </c>
       <c r="X144" s="4">
         <v>0</v>
       </c>
       <c r="Y144" s="4">
         <v>0</v>
       </c>
       <c r="Z144" s="6">
-        <v>2.6180000000000001E-3</v>
+        <v>2.2910000000000001E-3</v>
       </c>
     </row>
     <row r="145" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A145" s="3" t="s">
+        <v>725</v>
+      </c>
+      <c r="B145" s="3" t="s">
         <v>726</v>
       </c>
-      <c r="B145" s="3" t="s">
+      <c r="C145" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D145" s="4">
+        <v>900</v>
+      </c>
+      <c r="E145" s="5">
+        <v>35.783389</v>
+      </c>
+      <c r="F145" s="4">
+        <v>32205.062479970002</v>
+      </c>
+      <c r="G145" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H145" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="I145" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="J145" s="5">
+        <v>5584</v>
+      </c>
+      <c r="K145" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L145" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="M145" s="4">
+        <v>5025601.9599839998</v>
+      </c>
+      <c r="N145" s="4">
+        <v>32205.062479970002</v>
+      </c>
+      <c r="O145" s="3" t="s">
+        <v>725</v>
+      </c>
+      <c r="P145" s="3" t="s">
         <v>727</v>
       </c>
-      <c r="C145" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O145" s="3" t="s">
+      <c r="Q145" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="R145" s="3" t="s">
         <v>728</v>
       </c>
-      <c r="P145" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S145" s="3" t="s">
-        <v>127</v>
+        <v>599</v>
       </c>
       <c r="T145" s="4">
         <v>1</v>
       </c>
       <c r="W145" s="3" t="s">
-        <v>726</v>
+        <v>34</v>
       </c>
       <c r="X145" s="4">
         <v>0</v>
       </c>
       <c r="Y145" s="4">
         <v>0</v>
       </c>
       <c r="Z145" s="6">
-        <v>5.271E-2</v>
+        <v>1.3680000000000001E-3</v>
       </c>
     </row>
     <row r="146" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A146" s="3" t="s">
+        <v>729</v>
+      </c>
+      <c r="B146" s="3" t="s">
+        <v>730</v>
+      </c>
+      <c r="C146" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D146" s="4">
+        <v>2100</v>
+      </c>
+      <c r="E146" s="5">
+        <v>28.574164</v>
+      </c>
+      <c r="F146" s="4">
+        <v>60005.76738225</v>
+      </c>
+      <c r="G146" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H146" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="I146" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="J146" s="5">
+        <v>4459</v>
+      </c>
+      <c r="K146" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L146" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="M146" s="4">
+        <v>9363903.6519220006</v>
+      </c>
+      <c r="N146" s="4">
+        <v>60005.76738225</v>
+      </c>
+      <c r="O146" s="3" t="s">
+        <v>729</v>
+      </c>
+      <c r="P146" s="3" t="s">
         <v>731</v>
       </c>
-      <c r="B146" s="3" t="s">
+      <c r="Q146" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="R146" s="3" t="s">
         <v>732</v>
       </c>
-      <c r="C146" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S146" s="3" t="s">
-        <v>735</v>
+        <v>599</v>
       </c>
       <c r="T146" s="4">
         <v>1</v>
       </c>
       <c r="W146" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X146" s="4">
         <v>0</v>
       </c>
       <c r="Y146" s="4">
         <v>0</v>
       </c>
       <c r="Z146" s="6">
-        <v>3.2009999999999999E-3</v>
+        <v>2.5500000000000002E-3</v>
       </c>
     </row>
     <row r="147" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A147" s="3" t="s">
-        <v>736</v>
+        <v>733</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>737</v>
+        <v>734</v>
       </c>
       <c r="C147" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D147" s="4">
-        <v>300</v>
+        <v>1000</v>
       </c>
       <c r="E147" s="5">
-        <v>175.684057</v>
+        <v>105.703259</v>
       </c>
       <c r="F147" s="4">
-        <v>52705.20268735</v>
+        <v>105703.30022429</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H147" s="3" t="s">
         <v>68</v>
       </c>
       <c r="I147" s="3" t="s">
         <v>69</v>
       </c>
       <c r="J147" s="5">
-        <v>27065</v>
+        <v>16495</v>
       </c>
       <c r="K147" s="5">
-        <v>154.05495756556192</v>
+        <v>156.05006085952374</v>
       </c>
       <c r="L147" s="3" t="s">
         <v>70</v>
       </c>
       <c r="M147" s="4">
-        <v>8119497.7634840002</v>
+        <v>16495006.433052</v>
       </c>
       <c r="N147" s="4">
-        <v>52705.20268735</v>
+        <v>105703.30022429</v>
       </c>
       <c r="O147" s="3" t="s">
+        <v>733</v>
+      </c>
+      <c r="P147" s="3" t="s">
+        <v>735</v>
+      </c>
+      <c r="Q147" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="R147" s="3" t="s">
         <v>736</v>
       </c>
-      <c r="P147" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S147" s="3" t="s">
-        <v>611</v>
+        <v>599</v>
       </c>
       <c r="T147" s="4">
         <v>1</v>
       </c>
       <c r="W147" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X147" s="4">
         <v>0</v>
       </c>
       <c r="Y147" s="4">
         <v>0</v>
       </c>
       <c r="Z147" s="6">
-        <v>2.2239999999999998E-3</v>
+        <v>4.4920000000000003E-3</v>
       </c>
     </row>
     <row r="148" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A148" s="3" t="s">
-        <v>740</v>
+        <v>737</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="C148" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D148" s="4">
-        <v>900</v>
+        <v>1300</v>
       </c>
       <c r="E148" s="5">
-        <v>46.457447000000002</v>
+        <v>11.038125000000001</v>
       </c>
       <c r="F148" s="4">
-        <v>41811.690629969999</v>
+        <v>14349.56744633</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H148" s="3" t="s">
         <v>68</v>
       </c>
       <c r="I148" s="3" t="s">
         <v>69</v>
       </c>
       <c r="J148" s="5">
-        <v>7157</v>
+        <v>1722.5</v>
       </c>
       <c r="K148" s="5">
-        <v>154.05495756556192</v>
+        <v>156.05006085952374</v>
       </c>
       <c r="L148" s="3" t="s">
         <v>70</v>
       </c>
       <c r="M148" s="4">
-        <v>6441298.2257439997</v>
+        <v>2239250.8733069999</v>
       </c>
       <c r="N148" s="4">
-        <v>41811.690629969999</v>
+        <v>14349.56744633</v>
       </c>
       <c r="O148" s="3" t="s">
+        <v>737</v>
+      </c>
+      <c r="P148" s="3" t="s">
+        <v>739</v>
+      </c>
+      <c r="Q148" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="R148" s="3" t="s">
         <v>740</v>
       </c>
-      <c r="P148" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S148" s="3" t="s">
-        <v>611</v>
+        <v>599</v>
       </c>
       <c r="T148" s="4">
         <v>1</v>
       </c>
       <c r="W148" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X148" s="4">
         <v>0</v>
       </c>
       <c r="Y148" s="4">
         <v>0</v>
       </c>
       <c r="Z148" s="6">
-        <v>1.7639999999999999E-3</v>
+        <v>6.0899999999999995E-4</v>
       </c>
     </row>
     <row r="149" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A149" s="3" t="s">
+        <v>741</v>
+      </c>
+      <c r="B149" s="3" t="s">
+        <v>742</v>
+      </c>
+      <c r="C149" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D149" s="4">
+        <v>5249</v>
+      </c>
+      <c r="E149" s="5">
+        <v>15.299814</v>
+      </c>
+      <c r="F149" s="4">
+        <v>80308.723685999998</v>
+      </c>
+      <c r="G149" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H149" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I149" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J149" s="5">
+        <v>23.33</v>
+      </c>
+      <c r="K149" s="5">
+        <v>1.5248551387618177</v>
+      </c>
+      <c r="L149" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M149" s="4">
+        <v>122459.17</v>
+      </c>
+      <c r="N149" s="4">
+        <v>80308.723685999998</v>
+      </c>
+      <c r="O149" s="3" t="s">
+        <v>741</v>
+      </c>
+      <c r="P149" s="3" t="s">
+        <v>743</v>
+      </c>
+      <c r="Q149" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="R149" s="3" t="s">
         <v>744</v>
       </c>
-      <c r="B149" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S149" s="3" t="s">
-        <v>611</v>
+        <v>604</v>
       </c>
       <c r="T149" s="4">
         <v>1</v>
       </c>
       <c r="W149" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X149" s="4">
         <v>0</v>
       </c>
       <c r="Y149" s="4">
         <v>0</v>
       </c>
       <c r="Z149" s="6">
-        <v>2.3869999999999998E-3</v>
+        <v>3.4120000000000001E-3</v>
       </c>
     </row>
     <row r="150" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A150" s="3" t="s">
-        <v>748</v>
+        <v>745</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>749</v>
+        <v>746</v>
       </c>
       <c r="C150" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D150" s="4">
-        <v>900</v>
+        <v>300</v>
       </c>
       <c r="E150" s="5">
-        <v>105.189734</v>
+        <v>29.317515</v>
       </c>
       <c r="F150" s="4">
-        <v>94670.734477949998</v>
+        <v>8795.2579301500009</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H150" s="3" t="s">
         <v>68</v>
       </c>
       <c r="I150" s="3" t="s">
         <v>69</v>
       </c>
       <c r="J150" s="5">
-        <v>16205</v>
+        <v>4575</v>
       </c>
       <c r="K150" s="5">
-        <v>154.05495756556192</v>
+        <v>156.05006085952374</v>
       </c>
       <c r="L150" s="3" t="s">
         <v>70</v>
       </c>
       <c r="M150" s="4">
-        <v>14584495.982701</v>
+        <v>1372500.5352749999</v>
       </c>
       <c r="N150" s="4">
-        <v>94670.734477949998</v>
+        <v>8795.2579301500009</v>
       </c>
       <c r="O150" s="3" t="s">
+        <v>745</v>
+      </c>
+      <c r="P150" s="3" t="s">
+        <v>747</v>
+      </c>
+      <c r="Q150" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="R150" s="3" t="s">
         <v>748</v>
       </c>
-      <c r="P150" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S150" s="3" t="s">
-        <v>611</v>
+        <v>599</v>
       </c>
       <c r="T150" s="4">
         <v>1</v>
       </c>
       <c r="W150" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X150" s="4">
         <v>0</v>
       </c>
       <c r="Y150" s="4">
         <v>0</v>
       </c>
       <c r="Z150" s="6">
-        <v>3.9950000000000003E-3</v>
+        <v>3.7300000000000001E-4</v>
       </c>
     </row>
     <row r="151" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A151" s="3" t="s">
+        <v>749</v>
+      </c>
+      <c r="B151" s="3" t="s">
+        <v>750</v>
+      </c>
+      <c r="C151" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D151" s="4">
+        <v>672</v>
+      </c>
+      <c r="E151" s="5">
+        <v>201.95</v>
+      </c>
+      <c r="F151" s="4">
+        <v>135710.39999999999</v>
+      </c>
+      <c r="G151" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H151" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="I151" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="J151" s="5">
+        <v>201.95</v>
+      </c>
+      <c r="K151" s="5">
+        <v>1</v>
+      </c>
+      <c r="L151" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="M151" s="4">
+        <v>135710.39999999999</v>
+      </c>
+      <c r="N151" s="4">
+        <v>135710.39999999999</v>
+      </c>
+      <c r="O151" s="3" t="s">
+        <v>751</v>
+      </c>
+      <c r="P151" s="3" t="s">
         <v>752</v>
       </c>
-      <c r="B151" s="3" t="s">
+      <c r="Q151" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="R151" s="3" t="s">
         <v>753</v>
       </c>
-      <c r="C151" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S151" s="3" t="s">
-        <v>611</v>
+        <v>104</v>
       </c>
       <c r="T151" s="4">
         <v>1</v>
       </c>
       <c r="W151" s="3" t="s">
-        <v>34</v>
+        <v>749</v>
       </c>
       <c r="X151" s="4">
         <v>0</v>
       </c>
       <c r="Y151" s="4">
         <v>0</v>
       </c>
       <c r="Z151" s="6">
-        <v>5.6599999999999999E-4</v>
+        <v>5.7670000000000004E-3</v>
       </c>
     </row>
     <row r="152" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A152" s="3" t="s">
+        <v>754</v>
+      </c>
+      <c r="B152" s="3" t="s">
+        <v>755</v>
+      </c>
+      <c r="C152" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D152" s="4">
+        <v>1300</v>
+      </c>
+      <c r="E152" s="5">
+        <v>28.875349</v>
+      </c>
+      <c r="F152" s="4">
+        <v>37537.968599810003</v>
+      </c>
+      <c r="G152" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H152" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="I152" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="J152" s="5">
+        <v>4506</v>
+      </c>
+      <c r="K152" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L152" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="M152" s="4">
+        <v>5857802.2845430002</v>
+      </c>
+      <c r="N152" s="4">
+        <v>37537.968599810003</v>
+      </c>
+      <c r="O152" s="3" t="s">
+        <v>754</v>
+      </c>
+      <c r="P152" s="3" t="s">
         <v>756</v>
       </c>
-      <c r="B152" s="3" t="s">
+      <c r="Q152" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="R152" s="3" t="s">
         <v>757</v>
       </c>
-      <c r="C152" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S152" s="3" t="s">
-        <v>616</v>
+        <v>599</v>
       </c>
       <c r="T152" s="4">
         <v>1</v>
       </c>
       <c r="W152" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X152" s="4">
         <v>0</v>
       </c>
       <c r="Y152" s="4">
         <v>0</v>
       </c>
       <c r="Z152" s="6">
-        <v>3.068E-3</v>
+        <v>1.5950000000000001E-3</v>
       </c>
     </row>
     <row r="153" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A153" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="B153" s="3" t="s">
+        <v>759</v>
+      </c>
+      <c r="C153" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D153" s="4">
+        <v>9000</v>
+      </c>
+      <c r="E153" s="5">
+        <v>45.881784000000003</v>
+      </c>
+      <c r="F153" s="4">
+        <v>412936.11597897002</v>
+      </c>
+      <c r="G153" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H153" s="3" t="s">
+        <v>675</v>
+      </c>
+      <c r="I153" s="3" t="s">
+        <v>676</v>
+      </c>
+      <c r="J153" s="5">
+        <v>1440</v>
+      </c>
+      <c r="K153" s="5">
+        <v>31.385004558671913</v>
+      </c>
+      <c r="L153" s="3" t="s">
+        <v>677</v>
+      </c>
+      <c r="M153" s="4">
+        <v>12960001.882440001</v>
+      </c>
+      <c r="N153" s="4">
+        <v>412936.11597897002</v>
+      </c>
+      <c r="O153" s="3" t="s">
+        <v>758</v>
+      </c>
+      <c r="P153" s="3" t="s">
         <v>760</v>
       </c>
-      <c r="B153" s="3" t="s">
+      <c r="Q153" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="R153" s="3" t="s">
         <v>761</v>
       </c>
-      <c r="C153" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S153" s="3" t="s">
-        <v>611</v>
+        <v>680</v>
       </c>
       <c r="T153" s="4">
         <v>1</v>
       </c>
       <c r="W153" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X153" s="4">
         <v>0</v>
       </c>
       <c r="Y153" s="4">
         <v>0</v>
       </c>
       <c r="Z153" s="6">
-        <v>3.5599999999999998E-4</v>
+        <v>1.7548999999999999E-2</v>
       </c>
     </row>
     <row r="154" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A154" s="3" t="s">
+        <v>762</v>
+      </c>
+      <c r="B154" s="3" t="s">
+        <v>763</v>
+      </c>
+      <c r="C154" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D154" s="4">
+        <v>600</v>
+      </c>
+      <c r="E154" s="5">
+        <v>203.78075999999999</v>
+      </c>
+      <c r="F154" s="4">
+        <v>122268.50368472</v>
+      </c>
+      <c r="G154" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H154" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="I154" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="J154" s="5">
+        <v>31800</v>
+      </c>
+      <c r="K154" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L154" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="M154" s="4">
+        <v>19080007.441202998</v>
+      </c>
+      <c r="N154" s="4">
+        <v>122268.50368472</v>
+      </c>
+      <c r="O154" s="3" t="s">
+        <v>762</v>
+      </c>
+      <c r="P154" s="3" t="s">
         <v>764</v>
       </c>
-      <c r="B154" s="3" t="s">
+      <c r="Q154" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="R154" s="3" t="s">
         <v>765</v>
       </c>
-      <c r="C154" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S154" s="3" t="s">
-        <v>99</v>
+        <v>599</v>
       </c>
       <c r="T154" s="4">
         <v>1</v>
       </c>
       <c r="W154" s="3" t="s">
-        <v>764</v>
+        <v>34</v>
       </c>
       <c r="X154" s="4">
         <v>0</v>
       </c>
       <c r="Y154" s="4">
         <v>0</v>
       </c>
       <c r="Z154" s="6">
-        <v>6.117E-3</v>
+        <v>5.1960000000000001E-3</v>
       </c>
     </row>
     <row r="155" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A155" s="3" t="s">
+        <v>766</v>
+      </c>
+      <c r="B155" s="3" t="s">
+        <v>767</v>
+      </c>
+      <c r="C155" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D155" s="4">
+        <v>200</v>
+      </c>
+      <c r="E155" s="5">
+        <v>190.72</v>
+      </c>
+      <c r="F155" s="4">
+        <v>38144</v>
+      </c>
+      <c r="G155" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H155" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="I155" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="J155" s="5">
+        <v>190.72</v>
+      </c>
+      <c r="K155" s="5">
+        <v>1</v>
+      </c>
+      <c r="L155" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="M155" s="4">
+        <v>38144</v>
+      </c>
+      <c r="N155" s="4">
+        <v>38144</v>
+      </c>
+      <c r="O155" s="3" t="s">
+        <v>768</v>
+      </c>
+      <c r="P155" s="3" t="s">
         <v>769</v>
       </c>
-      <c r="B155" s="3" t="s">
+      <c r="Q155" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="R155" s="3" t="s">
         <v>770</v>
       </c>
-      <c r="C155" s="3" t="s">
-[...41 lines deleted...]
-      <c r="Q155" s="3" t="s">
+      <c r="S155" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="R155" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T155" s="4">
         <v>1</v>
       </c>
       <c r="W155" s="3" t="s">
-        <v>34</v>
+        <v>766</v>
       </c>
       <c r="X155" s="4">
         <v>0</v>
       </c>
       <c r="Y155" s="4">
         <v>0</v>
       </c>
       <c r="Z155" s="6">
-        <v>1.4790000000000001E-3</v>
+        <v>1.621E-3</v>
       </c>
     </row>
     <row r="156" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A156" s="3" t="s">
-        <v>773</v>
+        <v>771</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>774</v>
+        <v>772</v>
       </c>
       <c r="C156" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D156" s="4">
-        <v>9000</v>
+        <v>1205</v>
       </c>
       <c r="E156" s="5">
-        <v>48.794775000000001</v>
+        <v>168.45</v>
       </c>
       <c r="F156" s="4">
-        <v>439152.92280668003</v>
+        <v>202982.25</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H156" s="3" t="s">
-        <v>690</v>
+        <v>88</v>
       </c>
       <c r="I156" s="3" t="s">
-        <v>691</v>
+        <v>89</v>
       </c>
       <c r="J156" s="5">
-        <v>1500</v>
+        <v>168.45</v>
       </c>
       <c r="K156" s="5">
-        <v>30.740996346432585</v>
+        <v>1</v>
       </c>
       <c r="L156" s="3" t="s">
-        <v>692</v>
+        <v>90</v>
       </c>
       <c r="M156" s="4">
-        <v>13499998.395524999</v>
+        <v>202982.25</v>
       </c>
       <c r="N156" s="4">
-        <v>439152.92280668003</v>
+        <v>202982.25</v>
       </c>
       <c r="O156" s="3" t="s">
         <v>773</v>
       </c>
       <c r="P156" s="3" t="s">
+        <v>774</v>
+      </c>
+      <c r="Q156" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="R156" s="3" t="s">
         <v>775</v>
       </c>
-      <c r="Q156" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S156" s="3" t="s">
-        <v>695</v>
+        <v>132</v>
       </c>
       <c r="T156" s="4">
         <v>1</v>
       </c>
       <c r="W156" s="3" t="s">
-        <v>34</v>
+        <v>771</v>
       </c>
       <c r="X156" s="4">
         <v>0</v>
       </c>
       <c r="Y156" s="4">
         <v>0</v>
       </c>
       <c r="Z156" s="6">
-        <v>1.8533000000000001E-2</v>
+        <v>8.626E-3</v>
       </c>
     </row>
     <row r="157" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A157" s="3" t="s">
+        <v>776</v>
+      </c>
+      <c r="B157" s="3" t="s">
         <v>777</v>
       </c>
-      <c r="B157" s="3" t="s">
+      <c r="C157" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D157" s="4">
+        <v>500</v>
+      </c>
+      <c r="E157" s="5">
+        <v>62.69</v>
+      </c>
+      <c r="F157" s="4">
+        <v>31345</v>
+      </c>
+      <c r="G157" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H157" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="I157" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="J157" s="5">
+        <v>62.69</v>
+      </c>
+      <c r="K157" s="5">
+        <v>1</v>
+      </c>
+      <c r="L157" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="M157" s="4">
+        <v>31345</v>
+      </c>
+      <c r="N157" s="4">
+        <v>31345</v>
+      </c>
+      <c r="O157" s="3" t="s">
         <v>778</v>
-      </c>
-[...37 lines deleted...]
-        <v>777</v>
       </c>
       <c r="P157" s="3" t="s">
         <v>779</v>
       </c>
       <c r="Q157" s="3" t="s">
-        <v>169</v>
+        <v>152</v>
       </c>
       <c r="R157" s="3" t="s">
         <v>780</v>
       </c>
       <c r="S157" s="3" t="s">
-        <v>611</v>
+        <v>132</v>
       </c>
       <c r="T157" s="4">
         <v>1</v>
       </c>
       <c r="W157" s="3" t="s">
-        <v>34</v>
+        <v>776</v>
       </c>
       <c r="X157" s="4">
         <v>0</v>
       </c>
       <c r="Y157" s="4">
         <v>0</v>
       </c>
       <c r="Z157" s="6">
-        <v>6.5539999999999999E-3</v>
+        <v>1.3320000000000001E-3</v>
       </c>
     </row>
     <row r="158" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A158" s="3" t="s">
         <v>781</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>782</v>
       </c>
       <c r="C158" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D158" s="4">
-        <v>200</v>
+        <v>1192</v>
       </c>
       <c r="E158" s="5">
-        <v>182.55</v>
+        <v>45.145395000000001</v>
       </c>
       <c r="F158" s="4">
-        <v>36510</v>
+        <v>53813.310839999998</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H158" s="3" t="s">
-        <v>83</v>
+        <v>417</v>
       </c>
       <c r="I158" s="3" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="J158" s="5">
-        <v>182.55</v>
+        <v>38.9</v>
       </c>
       <c r="K158" s="5">
-        <v>1</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L158" s="3" t="s">
-        <v>85</v>
+        <v>418</v>
       </c>
       <c r="M158" s="4">
-        <v>36510</v>
+        <v>46368.800000000003</v>
       </c>
       <c r="N158" s="4">
-        <v>36510</v>
+        <v>53813.310839999998</v>
       </c>
       <c r="O158" s="3" t="s">
+        <v>781</v>
+      </c>
+      <c r="P158" s="3" t="s">
         <v>783</v>
       </c>
-      <c r="P158" s="3" t="s">
+      <c r="Q158" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="R158" s="3" t="s">
         <v>784</v>
       </c>
-      <c r="Q158" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S158" s="3" t="s">
-        <v>99</v>
+        <v>421</v>
       </c>
       <c r="T158" s="4">
         <v>1</v>
       </c>
       <c r="W158" s="3" t="s">
-        <v>781</v>
+        <v>34</v>
       </c>
       <c r="X158" s="4">
         <v>0</v>
       </c>
       <c r="Y158" s="4">
         <v>0</v>
       </c>
       <c r="Z158" s="6">
-        <v>1.5399999999999999E-3</v>
+        <v>2.2859999999999998E-3</v>
       </c>
     </row>
     <row r="159" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A159" s="3" t="s">
+        <v>785</v>
+      </c>
+      <c r="B159" s="3" t="s">
         <v>786</v>
       </c>
-      <c r="B159" s="3" t="s">
+      <c r="C159" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D159" s="4">
+        <v>681</v>
+      </c>
+      <c r="E159" s="5">
+        <v>130.120182</v>
+      </c>
+      <c r="F159" s="4">
+        <v>88611.843825889999</v>
+      </c>
+      <c r="G159" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H159" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="I159" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="J159" s="5">
+        <v>104.48</v>
+      </c>
+      <c r="K159" s="5">
+        <v>0.80294999975750914</v>
+      </c>
+      <c r="L159" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="M159" s="4">
+        <v>71150.879977999997</v>
+      </c>
+      <c r="N159" s="4">
+        <v>88611.843825889999</v>
+      </c>
+      <c r="O159" s="3" t="s">
+        <v>785</v>
+      </c>
+      <c r="P159" s="3" t="s">
         <v>787</v>
       </c>
-      <c r="C159" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O159" s="3" t="s">
+      <c r="Q159" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="R159" s="3" t="s">
         <v>788</v>
       </c>
-      <c r="P159" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S159" s="3" t="s">
-        <v>127</v>
+        <v>594</v>
       </c>
       <c r="T159" s="4">
         <v>1</v>
       </c>
       <c r="W159" s="3" t="s">
-        <v>786</v>
+        <v>34</v>
       </c>
       <c r="X159" s="4">
         <v>0</v>
       </c>
       <c r="Y159" s="4">
         <v>0</v>
       </c>
       <c r="Z159" s="6">
-        <v>1.0194999999999999E-2</v>
+        <v>3.7650000000000001E-3</v>
       </c>
     </row>
     <row r="160" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A160" s="3" t="s">
+        <v>789</v>
+      </c>
+      <c r="B160" s="3" t="s">
+        <v>790</v>
+      </c>
+      <c r="C160" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D160" s="4">
+        <v>240</v>
+      </c>
+      <c r="E160" s="5">
+        <v>382.83828399999999</v>
+      </c>
+      <c r="F160" s="4">
+        <v>91881.188118809994</v>
+      </c>
+      <c r="G160" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H160" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="I160" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="J160" s="5">
+        <v>307.39999999999998</v>
+      </c>
+      <c r="K160" s="5">
+        <v>0.80294999975750914</v>
+      </c>
+      <c r="L160" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="M160" s="4">
+        <v>73775.999976999999</v>
+      </c>
+      <c r="N160" s="4">
+        <v>91881.188118809994</v>
+      </c>
+      <c r="O160" s="3" t="s">
+        <v>789</v>
+      </c>
+      <c r="P160" s="3" t="s">
         <v>791</v>
       </c>
-      <c r="B160" s="3" t="s">
+      <c r="Q160" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="R160" s="3" t="s">
         <v>792</v>
       </c>
-      <c r="C160" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S160" s="3" t="s">
-        <v>127</v>
+        <v>594</v>
       </c>
       <c r="T160" s="4">
         <v>1</v>
       </c>
       <c r="W160" s="3" t="s">
-        <v>791</v>
+        <v>34</v>
       </c>
       <c r="X160" s="4">
         <v>0</v>
       </c>
       <c r="Y160" s="4">
         <v>0</v>
       </c>
       <c r="Z160" s="6">
-        <v>1.4610000000000001E-3</v>
+        <v>3.9039999999999999E-3</v>
       </c>
     </row>
     <row r="161" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A161" s="3" t="s">
+        <v>793</v>
+      </c>
+      <c r="B161" s="3" t="s">
+        <v>794</v>
+      </c>
+      <c r="C161" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D161" s="4">
+        <v>1900</v>
+      </c>
+      <c r="E161" s="5">
+        <v>25.74</v>
+      </c>
+      <c r="F161" s="4">
+        <v>48906</v>
+      </c>
+      <c r="G161" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H161" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="I161" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="J161" s="5">
+        <v>25.74</v>
+      </c>
+      <c r="K161" s="5">
+        <v>1</v>
+      </c>
+      <c r="L161" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="M161" s="4">
+        <v>48906</v>
+      </c>
+      <c r="N161" s="4">
+        <v>48906</v>
+      </c>
+      <c r="O161" s="3" t="s">
+        <v>795</v>
+      </c>
+      <c r="P161" s="3" t="s">
         <v>796</v>
       </c>
-      <c r="B161" s="3" t="s">
+      <c r="Q161" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="R161" s="3" t="s">
         <v>797</v>
       </c>
-      <c r="C161" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S161" s="3" t="s">
-        <v>428</v>
+        <v>104</v>
       </c>
       <c r="T161" s="4">
         <v>1</v>
       </c>
       <c r="W161" s="3" t="s">
-        <v>34</v>
+        <v>793</v>
       </c>
       <c r="X161" s="4">
         <v>0</v>
       </c>
       <c r="Y161" s="4">
         <v>0</v>
       </c>
       <c r="Z161" s="6">
-        <v>2.1840000000000002E-3</v>
+        <v>2.078E-3</v>
       </c>
     </row>
     <row r="162" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A162" s="3" t="s">
+        <v>798</v>
+      </c>
+      <c r="B162" s="3" t="s">
+        <v>799</v>
+      </c>
+      <c r="C162" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D162" s="4">
+        <v>251</v>
+      </c>
+      <c r="E162" s="5">
+        <v>85.520930000000007</v>
+      </c>
+      <c r="F162" s="4">
+        <v>21465.753304499998</v>
+      </c>
+      <c r="G162" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H162" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="I162" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="J162" s="5">
+        <v>73.69</v>
+      </c>
+      <c r="K162" s="5">
+        <v>0.86166041962862439</v>
+      </c>
+      <c r="L162" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="M162" s="4">
+        <v>18496.189999999999</v>
+      </c>
+      <c r="N162" s="4">
+        <v>21465.753304499998</v>
+      </c>
+      <c r="O162" s="3" t="s">
+        <v>798</v>
+      </c>
+      <c r="P162" s="3" t="s">
         <v>800</v>
       </c>
-      <c r="B162" s="3" t="s">
+      <c r="Q162" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="R162" s="3" t="s">
         <v>801</v>
       </c>
-      <c r="C162" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S162" s="3" t="s">
-        <v>606</v>
+        <v>421</v>
       </c>
       <c r="T162" s="4">
         <v>1</v>
       </c>
       <c r="W162" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X162" s="4">
         <v>0</v>
       </c>
       <c r="Y162" s="4">
         <v>0</v>
       </c>
       <c r="Z162" s="6">
-        <v>3.5539999999999999E-3</v>
+        <v>9.1200000000000005E-4</v>
       </c>
     </row>
     <row r="163" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A163" s="3" t="s">
-        <v>804</v>
+        <v>802</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>805</v>
+        <v>803</v>
       </c>
       <c r="C163" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D163" s="4">
-        <v>240</v>
+        <v>300</v>
       </c>
       <c r="E163" s="5">
-        <v>322.51634899999999</v>
+        <v>228.79</v>
       </c>
       <c r="F163" s="4">
-        <v>77403.924011209994</v>
+        <v>68637</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H163" s="3" t="s">
-        <v>43</v>
+        <v>88</v>
       </c>
       <c r="I163" s="3" t="s">
-        <v>44</v>
+        <v>89</v>
       </c>
       <c r="J163" s="5">
-        <v>258.89999999999998</v>
+        <v>228.79</v>
       </c>
       <c r="K163" s="5">
-        <v>0.80275000316283507</v>
+        <v>1</v>
       </c>
       <c r="L163" s="3" t="s">
-        <v>45</v>
+        <v>90</v>
       </c>
       <c r="M163" s="4">
-        <v>62136.000244000003</v>
+        <v>68637</v>
       </c>
       <c r="N163" s="4">
-        <v>77403.924011209994</v>
+        <v>68637</v>
       </c>
       <c r="O163" s="3" t="s">
         <v>804</v>
       </c>
       <c r="P163" s="3" t="s">
+        <v>805</v>
+      </c>
+      <c r="Q163" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="R163" s="3" t="s">
         <v>806</v>
       </c>
-      <c r="Q163" s="3" t="s">
+      <c r="S163" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="R163" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T163" s="4">
         <v>1</v>
       </c>
       <c r="W163" s="3" t="s">
-        <v>34</v>
+        <v>802</v>
       </c>
       <c r="X163" s="4">
         <v>0</v>
       </c>
       <c r="Y163" s="4">
         <v>0</v>
       </c>
       <c r="Z163" s="6">
-        <v>3.2659999999999998E-3</v>
+        <v>2.9160000000000002E-3</v>
       </c>
     </row>
     <row r="164" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A164" s="3" t="s">
+        <v>807</v>
+      </c>
+      <c r="B164" s="3" t="s">
         <v>808</v>
       </c>
-      <c r="B164" s="3" t="s">
+      <c r="C164" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D164" s="4">
+        <v>41</v>
+      </c>
+      <c r="E164" s="5">
+        <v>108.25</v>
+      </c>
+      <c r="F164" s="4">
+        <v>4438.25</v>
+      </c>
+      <c r="G164" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H164" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="I164" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="J164" s="5">
+        <v>108.25</v>
+      </c>
+      <c r="K164" s="5">
+        <v>1</v>
+      </c>
+      <c r="L164" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="M164" s="4">
+        <v>4438.25</v>
+      </c>
+      <c r="N164" s="4">
+        <v>4438.25</v>
+      </c>
+      <c r="O164" s="3" t="s">
         <v>809</v>
       </c>
-      <c r="C164" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O164" s="3" t="s">
+      <c r="P164" s="3" t="s">
         <v>810</v>
       </c>
-      <c r="P164" s="3" t="s">
+      <c r="Q164" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="R164" s="3" t="s">
         <v>811</v>
       </c>
-      <c r="Q164" s="3" t="s">
+      <c r="S164" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="R164" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T164" s="4">
         <v>1</v>
       </c>
       <c r="W164" s="3" t="s">
-        <v>808</v>
+        <v>807</v>
       </c>
       <c r="X164" s="4">
         <v>0</v>
       </c>
       <c r="Y164" s="4">
         <v>0</v>
       </c>
       <c r="Z164" s="6">
-        <v>1.9759999999999999E-3</v>
+        <v>1.8799999999999999E-4</v>
       </c>
     </row>
     <row r="165" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A165" s="3" t="s">
+        <v>812</v>
+      </c>
+      <c r="B165" s="3" t="s">
         <v>813</v>
       </c>
-      <c r="B165" s="3" t="s">
+      <c r="C165" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D165" s="4">
+        <v>317</v>
+      </c>
+      <c r="E165" s="5">
+        <v>168.09</v>
+      </c>
+      <c r="F165" s="4">
+        <v>53284.53</v>
+      </c>
+      <c r="G165" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H165" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="I165" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="J165" s="5">
+        <v>168.09</v>
+      </c>
+      <c r="K165" s="5">
+        <v>1</v>
+      </c>
+      <c r="L165" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="M165" s="4">
+        <v>53284.53</v>
+      </c>
+      <c r="N165" s="4">
+        <v>53284.53</v>
+      </c>
+      <c r="O165" s="3" t="s">
         <v>814</v>
-      </c>
-[...37 lines deleted...]
-        <v>813</v>
       </c>
       <c r="P165" s="3" t="s">
         <v>815</v>
       </c>
       <c r="Q165" s="3" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="R165" s="3" t="s">
         <v>816</v>
       </c>
       <c r="S165" s="3" t="s">
-        <v>428</v>
+        <v>132</v>
       </c>
       <c r="T165" s="4">
         <v>1</v>
       </c>
       <c r="W165" s="3" t="s">
-        <v>34</v>
+        <v>812</v>
       </c>
       <c r="X165" s="4">
         <v>0</v>
       </c>
       <c r="Y165" s="4">
         <v>0</v>
       </c>
       <c r="Z165" s="6">
-        <v>8.1899999999999996E-4</v>
+        <v>2.264E-3</v>
       </c>
     </row>
     <row r="166" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A166" s="3" t="s">
         <v>817</v>
       </c>
       <c r="B166" s="3" t="s">
         <v>818</v>
       </c>
       <c r="C166" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D166" s="4">
-        <v>300</v>
+        <v>560</v>
       </c>
       <c r="E166" s="5">
-        <v>206</v>
+        <v>189.18</v>
       </c>
       <c r="F166" s="4">
-        <v>61800</v>
+        <v>105940.8</v>
       </c>
       <c r="G166" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H166" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I166" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J166" s="5">
-        <v>206</v>
+        <v>189.18</v>
       </c>
       <c r="K166" s="5">
         <v>1</v>
       </c>
       <c r="L166" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M166" s="4">
-        <v>61800</v>
+        <v>105940.8</v>
       </c>
       <c r="N166" s="4">
-        <v>61800</v>
+        <v>105940.8</v>
       </c>
       <c r="O166" s="3" t="s">
         <v>819</v>
       </c>
       <c r="P166" s="3" t="s">
         <v>820</v>
       </c>
       <c r="Q166" s="3" t="s">
-        <v>147</v>
+        <v>109</v>
       </c>
       <c r="R166" s="3" t="s">
         <v>821</v>
       </c>
       <c r="S166" s="3" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="T166" s="4">
         <v>1</v>
       </c>
       <c r="W166" s="3" t="s">
         <v>817</v>
       </c>
       <c r="X166" s="4">
         <v>0</v>
       </c>
       <c r="Y166" s="4">
         <v>0</v>
       </c>
       <c r="Z166" s="6">
-        <v>2.6080000000000001E-3</v>
+        <v>4.5019999999999999E-3</v>
       </c>
     </row>
     <row r="167" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A167" s="3" t="s">
         <v>822</v>
       </c>
       <c r="B167" s="3" t="s">
         <v>823</v>
       </c>
       <c r="C167" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D167" s="4">
-        <v>41</v>
+        <v>384</v>
       </c>
       <c r="E167" s="5">
-        <v>104</v>
+        <v>217.06</v>
       </c>
       <c r="F167" s="4">
-        <v>4264</v>
+        <v>83351.039999999994</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H167" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I167" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J167" s="5">
-        <v>104</v>
+        <v>217.06</v>
       </c>
       <c r="K167" s="5">
         <v>1</v>
       </c>
       <c r="L167" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M167" s="4">
-        <v>4264</v>
+        <v>83351.039999999994</v>
       </c>
       <c r="N167" s="4">
-        <v>4264</v>
+        <v>83351.039999999994</v>
       </c>
       <c r="O167" s="3" t="s">
         <v>824</v>
       </c>
       <c r="P167" s="3" t="s">
         <v>825</v>
       </c>
       <c r="Q167" s="3" t="s">
-        <v>147</v>
+        <v>258</v>
       </c>
       <c r="R167" s="3" t="s">
         <v>826</v>
       </c>
       <c r="S167" s="3" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="T167" s="4">
         <v>1</v>
       </c>
       <c r="W167" s="3" t="s">
         <v>822</v>
       </c>
       <c r="X167" s="4">
         <v>0</v>
       </c>
       <c r="Y167" s="4">
         <v>0</v>
       </c>
       <c r="Z167" s="6">
-        <v>1.7899999999999999E-4</v>
+        <v>3.542E-3</v>
       </c>
     </row>
     <row r="168" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A168" s="3" t="s">
         <v>827</v>
       </c>
       <c r="B168" s="3" t="s">
         <v>828</v>
       </c>
       <c r="C168" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D168" s="4">
-        <v>317</v>
+        <v>888</v>
       </c>
       <c r="E168" s="5">
-        <v>180.9</v>
+        <v>128.49</v>
       </c>
       <c r="F168" s="4">
-        <v>57345.3</v>
+        <v>114099.12</v>
       </c>
       <c r="G168" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H168" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I168" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J168" s="5">
-        <v>180.9</v>
+        <v>128.49</v>
       </c>
       <c r="K168" s="5">
         <v>1</v>
       </c>
       <c r="L168" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M168" s="4">
-        <v>57345.3</v>
+        <v>114099.12</v>
       </c>
       <c r="N168" s="4">
-        <v>57345.3</v>
+        <v>114099.12</v>
       </c>
       <c r="O168" s="3" t="s">
         <v>829</v>
       </c>
       <c r="P168" s="3" t="s">
         <v>830</v>
       </c>
       <c r="Q168" s="3" t="s">
-        <v>169</v>
+        <v>152</v>
       </c>
       <c r="R168" s="3" t="s">
         <v>831</v>
       </c>
       <c r="S168" s="3" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="T168" s="4">
         <v>1</v>
       </c>
       <c r="W168" s="3" t="s">
         <v>827</v>
       </c>
       <c r="X168" s="4">
         <v>0</v>
       </c>
       <c r="Y168" s="4">
         <v>0</v>
       </c>
       <c r="Z168" s="6">
-        <v>2.4199999999999998E-3</v>
+        <v>4.849E-3</v>
       </c>
     </row>
     <row r="169" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A169" s="3" t="s">
         <v>832</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>833</v>
       </c>
       <c r="C169" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D169" s="4">
-        <v>457</v>
+        <v>100</v>
       </c>
       <c r="E169" s="5">
-        <v>175.95</v>
+        <v>446.22</v>
       </c>
       <c r="F169" s="4">
-        <v>80409.149999999994</v>
+        <v>44622</v>
       </c>
       <c r="G169" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H169" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I169" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J169" s="5">
-        <v>175.95</v>
+        <v>446.22</v>
       </c>
       <c r="K169" s="5">
         <v>1</v>
       </c>
       <c r="L169" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M169" s="4">
-        <v>80409.149999999994</v>
+        <v>44622</v>
       </c>
       <c r="N169" s="4">
-        <v>80409.149999999994</v>
+        <v>44622</v>
       </c>
       <c r="O169" s="3" t="s">
         <v>834</v>
       </c>
       <c r="P169" s="3" t="s">
         <v>835</v>
       </c>
       <c r="Q169" s="3" t="s">
-        <v>104</v>
+        <v>174</v>
       </c>
       <c r="R169" s="3" t="s">
         <v>836</v>
       </c>
       <c r="S169" s="3" t="s">
-        <v>99</v>
+        <v>132</v>
       </c>
       <c r="T169" s="4">
         <v>1</v>
       </c>
       <c r="W169" s="3" t="s">
         <v>832</v>
       </c>
       <c r="X169" s="4">
         <v>0</v>
       </c>
       <c r="Y169" s="4">
         <v>0</v>
       </c>
       <c r="Z169" s="6">
-        <v>3.3930000000000002E-3</v>
+        <v>1.8959999999999999E-3</v>
       </c>
     </row>
     <row r="170" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A170" s="3" t="s">
         <v>837</v>
       </c>
       <c r="B170" s="3" t="s">
         <v>838</v>
       </c>
       <c r="C170" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D170" s="4">
-        <v>384</v>
+        <v>100</v>
       </c>
       <c r="E170" s="5">
-        <v>208.24</v>
+        <v>498.83</v>
       </c>
       <c r="F170" s="4">
-        <v>79964.160000000003</v>
+        <v>49883</v>
       </c>
       <c r="G170" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H170" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I170" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J170" s="5">
-        <v>208.24</v>
+        <v>498.83</v>
       </c>
       <c r="K170" s="5">
         <v>1</v>
       </c>
       <c r="L170" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M170" s="4">
-        <v>79964.160000000003</v>
+        <v>49883</v>
       </c>
       <c r="N170" s="4">
-        <v>79964.160000000003</v>
+        <v>49883</v>
       </c>
       <c r="O170" s="3" t="s">
         <v>839</v>
       </c>
       <c r="P170" s="3" t="s">
         <v>840</v>
       </c>
       <c r="Q170" s="3" t="s">
-        <v>258</v>
+        <v>152</v>
       </c>
       <c r="R170" s="3" t="s">
         <v>841</v>
       </c>
       <c r="S170" s="3" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="T170" s="4">
         <v>1</v>
       </c>
       <c r="W170" s="3" t="s">
         <v>837</v>
       </c>
       <c r="X170" s="4">
         <v>0</v>
       </c>
       <c r="Y170" s="4">
         <v>0</v>
       </c>
       <c r="Z170" s="6">
-        <v>3.3739999999999998E-3</v>
+        <v>2.1189999999999998E-3</v>
       </c>
     </row>
     <row r="171" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A171" s="3" t="s">
         <v>842</v>
       </c>
       <c r="B171" s="3" t="s">
         <v>843</v>
       </c>
       <c r="C171" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D171" s="4">
-        <v>888</v>
+        <v>455</v>
       </c>
       <c r="E171" s="5">
-        <v>146.78</v>
+        <v>230.54</v>
       </c>
       <c r="F171" s="4">
-        <v>130340.64</v>
+        <v>104895.7</v>
       </c>
       <c r="G171" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H171" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I171" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J171" s="5">
-        <v>146.78</v>
+        <v>230.54</v>
       </c>
       <c r="K171" s="5">
         <v>1</v>
       </c>
       <c r="L171" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M171" s="4">
-        <v>130340.64</v>
+        <v>104895.7</v>
       </c>
       <c r="N171" s="4">
-        <v>130340.64</v>
+        <v>104895.7</v>
       </c>
       <c r="O171" s="3" t="s">
         <v>844</v>
       </c>
       <c r="P171" s="3" t="s">
         <v>845</v>
       </c>
       <c r="Q171" s="3" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="R171" s="3" t="s">
         <v>846</v>
       </c>
       <c r="S171" s="3" t="s">
-        <v>127</v>
+        <v>104</v>
       </c>
       <c r="T171" s="4">
         <v>1</v>
       </c>
       <c r="W171" s="3" t="s">
         <v>842</v>
       </c>
       <c r="X171" s="4">
         <v>0</v>
       </c>
       <c r="Y171" s="4">
         <v>0</v>
       </c>
       <c r="Z171" s="6">
-        <v>5.4999999999999997E-3</v>
+        <v>4.457E-3</v>
       </c>
     </row>
     <row r="172" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A172" s="3" t="s">
         <v>847</v>
       </c>
       <c r="B172" s="3" t="s">
         <v>848</v>
       </c>
       <c r="C172" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D172" s="4">
-        <v>100</v>
+        <v>84</v>
       </c>
       <c r="E172" s="5">
-        <v>446.15</v>
+        <v>92.73</v>
       </c>
       <c r="F172" s="4">
-        <v>44615</v>
+        <v>7789.32</v>
       </c>
       <c r="G172" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H172" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I172" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J172" s="5">
-        <v>446.15</v>
+        <v>92.73</v>
       </c>
       <c r="K172" s="5">
         <v>1</v>
       </c>
       <c r="L172" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M172" s="4">
-        <v>44615</v>
+        <v>7789.32</v>
       </c>
       <c r="N172" s="4">
-        <v>44615</v>
+        <v>7789.32</v>
       </c>
       <c r="O172" s="3" t="s">
         <v>849</v>
       </c>
       <c r="P172" s="3" t="s">
         <v>850</v>
       </c>
       <c r="Q172" s="3" t="s">
-        <v>169</v>
+        <v>152</v>
       </c>
       <c r="R172" s="3" t="s">
         <v>851</v>
       </c>
       <c r="S172" s="3" t="s">
-        <v>127</v>
+        <v>104</v>
       </c>
       <c r="T172" s="4">
         <v>1</v>
       </c>
       <c r="W172" s="3" t="s">
         <v>847</v>
       </c>
       <c r="X172" s="4">
         <v>0</v>
       </c>
       <c r="Y172" s="4">
         <v>0</v>
       </c>
       <c r="Z172" s="6">
-        <v>1.882E-3</v>
+        <v>3.3100000000000002E-4</v>
       </c>
     </row>
     <row r="173" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A173" s="3" t="s">
         <v>852</v>
       </c>
       <c r="B173" s="3" t="s">
         <v>853</v>
       </c>
       <c r="C173" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D173" s="4">
-        <v>100</v>
+        <v>55</v>
       </c>
       <c r="E173" s="5">
-        <v>487.21</v>
+        <v>812.41</v>
       </c>
       <c r="F173" s="4">
-        <v>48721</v>
+        <v>44682.55</v>
       </c>
       <c r="G173" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H173" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I173" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J173" s="5">
-        <v>487.21</v>
+        <v>812.41</v>
       </c>
       <c r="K173" s="5">
         <v>1</v>
       </c>
       <c r="L173" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M173" s="4">
-        <v>48721</v>
+        <v>44682.55</v>
       </c>
       <c r="N173" s="4">
-        <v>48721</v>
+        <v>44682.55</v>
       </c>
       <c r="O173" s="3" t="s">
         <v>854</v>
       </c>
       <c r="P173" s="3" t="s">
         <v>855</v>
       </c>
       <c r="Q173" s="3" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="R173" s="3" t="s">
         <v>856</v>
       </c>
       <c r="S173" s="3" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="T173" s="4">
         <v>1</v>
       </c>
       <c r="W173" s="3" t="s">
         <v>852</v>
       </c>
       <c r="X173" s="4">
         <v>0</v>
       </c>
       <c r="Y173" s="4">
         <v>0</v>
       </c>
       <c r="Z173" s="6">
-        <v>2.0560000000000001E-3</v>
+        <v>1.8979999999999999E-3</v>
       </c>
     </row>
     <row r="174" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A174" s="3" t="s">
         <v>857</v>
       </c>
       <c r="B174" s="3" t="s">
         <v>858</v>
       </c>
       <c r="C174" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D174" s="4">
-        <v>455</v>
+        <v>152</v>
       </c>
       <c r="E174" s="5">
-        <v>260.41000000000003</v>
+        <v>85.26</v>
       </c>
       <c r="F174" s="4">
-        <v>118486.55</v>
+        <v>12959.52</v>
       </c>
       <c r="G174" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H174" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I174" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J174" s="5">
-        <v>260.41000000000003</v>
+        <v>85.26</v>
       </c>
       <c r="K174" s="5">
         <v>1</v>
       </c>
       <c r="L174" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M174" s="4">
-        <v>118486.55</v>
+        <v>12959.52</v>
       </c>
       <c r="N174" s="4">
-        <v>118486.55</v>
+        <v>12959.52</v>
       </c>
       <c r="O174" s="3" t="s">
         <v>859</v>
       </c>
       <c r="P174" s="3" t="s">
         <v>860</v>
       </c>
       <c r="Q174" s="3" t="s">
-        <v>169</v>
+        <v>109</v>
       </c>
       <c r="R174" s="3" t="s">
         <v>861</v>
       </c>
       <c r="S174" s="3" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="T174" s="4">
         <v>1</v>
       </c>
       <c r="W174" s="3" t="s">
         <v>857</v>
       </c>
       <c r="X174" s="4">
         <v>0</v>
       </c>
       <c r="Y174" s="4">
         <v>0</v>
       </c>
       <c r="Z174" s="6">
-        <v>5.0000000000000001E-3</v>
+        <v>5.5000000000000003E-4</v>
       </c>
     </row>
     <row r="175" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A175" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="B175" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="C175" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D175" s="4">
+        <v>195</v>
+      </c>
+      <c r="E175" s="5">
+        <v>96.56</v>
+      </c>
+      <c r="F175" s="4">
+        <v>18829.2</v>
+      </c>
+      <c r="G175" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H175" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I175" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="J175" s="5">
+        <v>96.56</v>
+      </c>
+      <c r="K175" s="5">
+        <v>1</v>
+      </c>
+      <c r="L175" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M175" s="4">
+        <v>18829.2</v>
+      </c>
+      <c r="N175" s="4">
+        <v>18829.2</v>
+      </c>
+      <c r="O175" s="3" t="s">
         <v>862</v>
       </c>
-      <c r="B175" s="3" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="P175" s="3" t="s">
-        <v>865</v>
+        <v>341</v>
       </c>
       <c r="Q175" s="3" t="s">
-        <v>147</v>
+        <v>258</v>
       </c>
       <c r="R175" s="3" t="s">
-        <v>866</v>
+        <v>342</v>
       </c>
       <c r="S175" s="3" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="T175" s="4">
         <v>1</v>
       </c>
       <c r="W175" s="3" t="s">
-        <v>862</v>
+        <v>343</v>
       </c>
       <c r="X175" s="4">
         <v>0</v>
       </c>
       <c r="Y175" s="4">
         <v>0</v>
       </c>
       <c r="Z175" s="6">
-        <v>3.3500000000000001E-4</v>
+        <v>8.0000000000000004E-4</v>
       </c>
     </row>
     <row r="176" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A176" s="3" t="s">
+        <v>863</v>
+      </c>
+      <c r="B176" s="3" t="s">
+        <v>864</v>
+      </c>
+      <c r="C176" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D176" s="4">
+        <v>409</v>
+      </c>
+      <c r="E176" s="5">
+        <v>87.11</v>
+      </c>
+      <c r="F176" s="4">
+        <v>35627.99</v>
+      </c>
+      <c r="G176" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H176" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="I176" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="J176" s="5">
+        <v>87.11</v>
+      </c>
+      <c r="K176" s="5">
+        <v>1</v>
+      </c>
+      <c r="L176" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="M176" s="4">
+        <v>35627.99</v>
+      </c>
+      <c r="N176" s="4">
+        <v>35627.99</v>
+      </c>
+      <c r="O176" s="3" t="s">
+        <v>865</v>
+      </c>
+      <c r="P176" s="3" t="s">
+        <v>866</v>
+      </c>
+      <c r="Q176" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="R176" s="3" t="s">
         <v>867</v>
       </c>
-      <c r="B176" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S176" s="3" t="s">
-        <v>99</v>
+        <v>132</v>
       </c>
       <c r="T176" s="4">
         <v>1</v>
       </c>
       <c r="W176" s="3" t="s">
-        <v>867</v>
+        <v>863</v>
       </c>
       <c r="X176" s="4">
         <v>0</v>
       </c>
       <c r="Y176" s="4">
         <v>0</v>
       </c>
       <c r="Z176" s="6">
-        <v>2.1329999999999999E-3</v>
+        <v>1.5139999999999999E-3</v>
       </c>
     </row>
     <row r="177" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A177" s="3" t="s">
+        <v>868</v>
+      </c>
+      <c r="B177" s="3" t="s">
+        <v>869</v>
+      </c>
+      <c r="C177" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D177" s="4">
+        <v>100</v>
+      </c>
+      <c r="E177" s="5">
+        <v>371.18</v>
+      </c>
+      <c r="F177" s="4">
+        <v>37118</v>
+      </c>
+      <c r="G177" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H177" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="I177" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="J177" s="5">
+        <v>371.18</v>
+      </c>
+      <c r="K177" s="5">
+        <v>1</v>
+      </c>
+      <c r="L177" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="M177" s="4">
+        <v>37118</v>
+      </c>
+      <c r="N177" s="4">
+        <v>37118</v>
+      </c>
+      <c r="O177" s="3" t="s">
+        <v>870</v>
+      </c>
+      <c r="P177" s="3" t="s">
+        <v>871</v>
+      </c>
+      <c r="Q177" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="R177" s="3" t="s">
         <v>872</v>
       </c>
-      <c r="B177" s="3" t="s">
-[...44 lines deleted...]
-      <c r="Q177" s="3" t="s">
+      <c r="S177" s="3" t="s">
         <v>104</v>
       </c>
-      <c r="R177" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T177" s="4">
         <v>1</v>
       </c>
       <c r="W177" s="3" t="s">
-        <v>872</v>
+        <v>868</v>
       </c>
       <c r="X177" s="4">
         <v>0</v>
       </c>
       <c r="Y177" s="4">
         <v>0</v>
       </c>
       <c r="Z177" s="6">
-        <v>4.4200000000000001E-4</v>
+        <v>1.5770000000000001E-3</v>
       </c>
     </row>
     <row r="178" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A178" s="3" t="s">
-        <v>350</v>
+        <v>873</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>347</v>
+        <v>874</v>
       </c>
       <c r="C178" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D178" s="4">
-        <v>195</v>
+        <v>177</v>
       </c>
       <c r="E178" s="5">
-        <v>110.88</v>
+        <v>151.91999999999999</v>
       </c>
       <c r="F178" s="4">
-        <v>21621.599999999999</v>
+        <v>26889.84</v>
       </c>
       <c r="G178" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H178" s="3" t="s">
-        <v>38</v>
+        <v>88</v>
       </c>
       <c r="I178" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J178" s="5">
-        <v>110.88</v>
+        <v>151.91999999999999</v>
       </c>
       <c r="K178" s="5">
         <v>1</v>
       </c>
       <c r="L178" s="3" t="s">
-        <v>40</v>
+        <v>90</v>
       </c>
       <c r="M178" s="4">
-        <v>21621.599999999999</v>
+        <v>26889.84</v>
       </c>
       <c r="N178" s="4">
-        <v>21621.599999999999</v>
+        <v>26889.84</v>
       </c>
       <c r="O178" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="P178" s="3" t="s">
+        <v>876</v>
+      </c>
+      <c r="Q178" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="R178" s="3" t="s">
         <v>877</v>
       </c>
-      <c r="P178" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S178" s="3" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="T178" s="4">
         <v>1</v>
       </c>
       <c r="W178" s="3" t="s">
-        <v>350</v>
+        <v>873</v>
       </c>
       <c r="X178" s="4">
         <v>0</v>
       </c>
       <c r="Y178" s="4">
         <v>0</v>
       </c>
       <c r="Z178" s="6">
-        <v>9.1200000000000005E-4</v>
+        <v>1.142E-3</v>
       </c>
     </row>
     <row r="179" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A179" s="3" t="s">
         <v>878</v>
       </c>
       <c r="B179" s="3" t="s">
         <v>879</v>
       </c>
       <c r="C179" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D179" s="4">
-        <v>500</v>
+        <v>71</v>
       </c>
       <c r="E179" s="5">
-        <v>80.87</v>
+        <v>209.01</v>
       </c>
       <c r="F179" s="4">
-        <v>40435</v>
+        <v>14839.71</v>
       </c>
       <c r="G179" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H179" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I179" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J179" s="5">
-        <v>80.87</v>
+        <v>209.01</v>
       </c>
       <c r="K179" s="5">
         <v>1</v>
       </c>
       <c r="L179" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M179" s="4">
-        <v>40435</v>
+        <v>14839.71</v>
       </c>
       <c r="N179" s="4">
-        <v>40435</v>
+        <v>14839.71</v>
       </c>
       <c r="O179" s="3" t="s">
         <v>880</v>
       </c>
       <c r="P179" s="3" t="s">
         <v>881</v>
       </c>
       <c r="Q179" s="3" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="R179" s="3" t="s">
         <v>882</v>
       </c>
       <c r="S179" s="3" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="T179" s="4">
         <v>1</v>
       </c>
       <c r="W179" s="3" t="s">
         <v>878</v>
       </c>
       <c r="X179" s="4">
         <v>0</v>
       </c>
       <c r="Y179" s="4">
         <v>0</v>
       </c>
       <c r="Z179" s="6">
-        <v>1.7060000000000001E-3</v>
+        <v>6.3000000000000003E-4</v>
       </c>
     </row>
     <row r="180" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A180" s="3" t="s">
         <v>883</v>
       </c>
       <c r="B180" s="3" t="s">
         <v>884</v>
       </c>
       <c r="C180" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D180" s="4">
-        <v>100</v>
+        <v>23</v>
       </c>
       <c r="E180" s="5">
-        <v>356.24</v>
+        <v>246.07</v>
       </c>
       <c r="F180" s="4">
-        <v>35624</v>
+        <v>5659.61</v>
       </c>
       <c r="G180" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H180" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I180" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J180" s="5">
-        <v>356.24</v>
+        <v>246.07</v>
       </c>
       <c r="K180" s="5">
         <v>1</v>
       </c>
       <c r="L180" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M180" s="4">
-        <v>35624</v>
+        <v>5659.61</v>
       </c>
       <c r="N180" s="4">
-        <v>35624</v>
+        <v>5659.61</v>
       </c>
       <c r="O180" s="3" t="s">
         <v>885</v>
       </c>
       <c r="P180" s="3" t="s">
         <v>886</v>
       </c>
       <c r="Q180" s="3" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="R180" s="3" t="s">
         <v>887</v>
       </c>
       <c r="S180" s="3" t="s">
-        <v>99</v>
+        <v>132</v>
       </c>
       <c r="T180" s="4">
         <v>1</v>
       </c>
       <c r="W180" s="3" t="s">
         <v>883</v>
       </c>
       <c r="X180" s="4">
         <v>0</v>
       </c>
       <c r="Y180" s="4">
         <v>0</v>
       </c>
       <c r="Z180" s="6">
-        <v>1.503E-3</v>
+        <v>2.4000000000000001E-4</v>
       </c>
     </row>
     <row r="181" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A181" s="3" t="s">
         <v>888</v>
       </c>
       <c r="B181" s="3" t="s">
         <v>889</v>
       </c>
       <c r="C181" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D181" s="4">
-        <v>177</v>
+        <v>215</v>
       </c>
       <c r="E181" s="5">
-        <v>140.13999999999999</v>
+        <v>109.28</v>
       </c>
       <c r="F181" s="4">
-        <v>24804.78</v>
+        <v>23495.200000000001</v>
       </c>
       <c r="G181" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H181" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I181" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J181" s="5">
-        <v>140.13999999999999</v>
+        <v>109.28</v>
       </c>
       <c r="K181" s="5">
         <v>1</v>
       </c>
       <c r="L181" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M181" s="4">
-        <v>24804.78</v>
+        <v>23495.200000000001</v>
       </c>
       <c r="N181" s="4">
-        <v>24804.78</v>
+        <v>23495.200000000001</v>
       </c>
       <c r="O181" s="3" t="s">
         <v>890</v>
       </c>
       <c r="P181" s="3" t="s">
         <v>891</v>
       </c>
       <c r="Q181" s="3" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="R181" s="3" t="s">
         <v>892</v>
       </c>
       <c r="S181" s="3" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="T181" s="4">
         <v>1</v>
       </c>
       <c r="W181" s="3" t="s">
         <v>888</v>
       </c>
       <c r="X181" s="4">
         <v>0</v>
       </c>
       <c r="Y181" s="4">
         <v>0</v>
       </c>
       <c r="Z181" s="6">
-        <v>1.0460000000000001E-3</v>
+        <v>9.9799999999999997E-4</v>
       </c>
     </row>
     <row r="182" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A182" s="3" t="s">
         <v>893</v>
       </c>
       <c r="B182" s="3" t="s">
         <v>894</v>
       </c>
       <c r="C182" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D182" s="4">
-        <v>200</v>
+        <v>1021</v>
       </c>
       <c r="E182" s="5">
-        <v>210.05</v>
+        <v>430.17</v>
       </c>
       <c r="F182" s="4">
-        <v>42010</v>
+        <v>439203.57</v>
       </c>
       <c r="G182" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H182" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I182" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J182" s="5">
-        <v>210.05</v>
+        <v>430.17</v>
       </c>
       <c r="K182" s="5">
         <v>1</v>
       </c>
       <c r="L182" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M182" s="4">
-        <v>42010</v>
+        <v>439203.57</v>
       </c>
       <c r="N182" s="4">
-        <v>42010</v>
+        <v>439203.57</v>
       </c>
       <c r="O182" s="3" t="s">
         <v>895</v>
       </c>
       <c r="P182" s="3" t="s">
         <v>896</v>
       </c>
       <c r="Q182" s="3" t="s">
-        <v>97</v>
+        <v>119</v>
       </c>
       <c r="R182" s="3" t="s">
         <v>897</v>
       </c>
       <c r="S182" s="3" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="T182" s="4">
         <v>1</v>
       </c>
       <c r="W182" s="3" t="s">
         <v>893</v>
       </c>
       <c r="X182" s="4">
         <v>0</v>
       </c>
       <c r="Y182" s="4">
         <v>0</v>
       </c>
       <c r="Z182" s="6">
-        <v>1.7719999999999999E-3</v>
+        <v>1.8665000000000001E-2</v>
       </c>
     </row>
     <row r="183" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A183" s="3" t="s">
         <v>898</v>
       </c>
       <c r="B183" s="3" t="s">
         <v>899</v>
       </c>
       <c r="C183" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D183" s="4">
-        <v>23</v>
+        <v>889</v>
       </c>
       <c r="E183" s="5">
-        <v>256.37</v>
+        <v>168.27</v>
       </c>
       <c r="F183" s="4">
-        <v>5896.51</v>
+        <v>149592.03</v>
       </c>
       <c r="G183" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H183" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I183" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J183" s="5">
-        <v>256.37</v>
+        <v>168.27</v>
       </c>
       <c r="K183" s="5">
         <v>1</v>
       </c>
       <c r="L183" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M183" s="4">
-        <v>5896.51</v>
+        <v>149592.03</v>
       </c>
       <c r="N183" s="4">
-        <v>5896.51</v>
+        <v>149592.03</v>
       </c>
       <c r="O183" s="3" t="s">
         <v>900</v>
       </c>
       <c r="P183" s="3" t="s">
         <v>901</v>
       </c>
       <c r="Q183" s="3" t="s">
-        <v>97</v>
+        <v>174</v>
       </c>
       <c r="R183" s="3" t="s">
         <v>902</v>
       </c>
       <c r="S183" s="3" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="T183" s="4">
         <v>1</v>
       </c>
       <c r="W183" s="3" t="s">
         <v>898</v>
       </c>
       <c r="X183" s="4">
         <v>0</v>
       </c>
       <c r="Y183" s="4">
         <v>0</v>
       </c>
       <c r="Z183" s="6">
-        <v>2.4800000000000001E-4</v>
+        <v>6.3569999999999998E-3</v>
       </c>
     </row>
     <row r="184" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A184" s="3" t="s">
         <v>903</v>
       </c>
       <c r="B184" s="3" t="s">
         <v>904</v>
       </c>
       <c r="C184" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D184" s="4">
-        <v>127</v>
+        <v>100</v>
       </c>
       <c r="E184" s="5">
-        <v>109.82</v>
+        <v>292.86</v>
       </c>
       <c r="F184" s="4">
-        <v>13947.14</v>
+        <v>29286</v>
       </c>
       <c r="G184" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H184" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I184" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J184" s="5">
-        <v>109.82</v>
+        <v>292.86</v>
       </c>
       <c r="K184" s="5">
         <v>1</v>
       </c>
       <c r="L184" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M184" s="4">
-        <v>13947.14</v>
+        <v>29286</v>
       </c>
       <c r="N184" s="4">
-        <v>13947.14</v>
+        <v>29286</v>
       </c>
       <c r="O184" s="3" t="s">
         <v>905</v>
       </c>
       <c r="P184" s="3" t="s">
         <v>906</v>
       </c>
       <c r="Q184" s="3" t="s">
-        <v>114</v>
+        <v>152</v>
       </c>
       <c r="R184" s="3" t="s">
         <v>907</v>
       </c>
       <c r="S184" s="3" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="T184" s="4">
         <v>1</v>
       </c>
       <c r="W184" s="3" t="s">
         <v>903</v>
       </c>
       <c r="X184" s="4">
         <v>0</v>
       </c>
       <c r="Y184" s="4">
         <v>0</v>
       </c>
       <c r="Z184" s="6">
-        <v>5.8799999999999998E-4</v>
+        <v>1.2440000000000001E-3</v>
       </c>
     </row>
     <row r="185" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A185" s="3" t="s">
         <v>908</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>909</v>
       </c>
       <c r="C185" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D185" s="4">
-        <v>1021</v>
+        <v>1313</v>
       </c>
       <c r="E185" s="5">
-        <v>456.56</v>
+        <v>81.42</v>
       </c>
       <c r="F185" s="4">
-        <v>466147.76</v>
+        <v>106904.46</v>
       </c>
       <c r="G185" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H185" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I185" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J185" s="5">
-        <v>456.56</v>
+        <v>81.42</v>
       </c>
       <c r="K185" s="5">
         <v>1</v>
       </c>
       <c r="L185" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M185" s="4">
-        <v>466147.76</v>
+        <v>106904.46</v>
       </c>
       <c r="N185" s="4">
-        <v>466147.76</v>
+        <v>106904.46</v>
       </c>
       <c r="O185" s="3" t="s">
         <v>910</v>
       </c>
       <c r="P185" s="3" t="s">
         <v>911</v>
       </c>
       <c r="Q185" s="3" t="s">
-        <v>114</v>
+        <v>174</v>
       </c>
       <c r="R185" s="3" t="s">
         <v>912</v>
       </c>
       <c r="S185" s="3" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="T185" s="4">
         <v>1</v>
       </c>
       <c r="W185" s="3" t="s">
         <v>908</v>
       </c>
       <c r="X185" s="4">
         <v>0</v>
       </c>
       <c r="Y185" s="4">
         <v>0</v>
       </c>
       <c r="Z185" s="6">
-        <v>1.9673E-2</v>
+        <v>4.5430000000000002E-3</v>
       </c>
     </row>
     <row r="186" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A186" s="3" t="s">
         <v>913</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>914</v>
       </c>
       <c r="C186" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D186" s="4">
-        <v>819</v>
+        <v>900</v>
       </c>
       <c r="E186" s="5">
-        <v>161.46</v>
+        <v>49.05</v>
       </c>
       <c r="F186" s="4">
-        <v>132235.74</v>
+        <v>44145</v>
       </c>
       <c r="G186" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H186" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I186" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J186" s="5">
-        <v>161.46</v>
+        <v>49.05</v>
       </c>
       <c r="K186" s="5">
         <v>1</v>
       </c>
       <c r="L186" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M186" s="4">
-        <v>132235.74</v>
+        <v>44145</v>
       </c>
       <c r="N186" s="4">
-        <v>132235.74</v>
+        <v>44145</v>
       </c>
       <c r="O186" s="3" t="s">
         <v>915</v>
       </c>
       <c r="P186" s="3" t="s">
         <v>916</v>
       </c>
       <c r="Q186" s="3" t="s">
-        <v>169</v>
+        <v>152</v>
       </c>
       <c r="R186" s="3" t="s">
         <v>917</v>
       </c>
       <c r="S186" s="3" t="s">
-        <v>127</v>
+        <v>104</v>
       </c>
       <c r="T186" s="4">
         <v>1</v>
       </c>
       <c r="W186" s="3" t="s">
         <v>913</v>
       </c>
       <c r="X186" s="4">
         <v>0</v>
       </c>
       <c r="Y186" s="4">
         <v>0</v>
       </c>
       <c r="Z186" s="6">
-        <v>5.5799999999999999E-3</v>
+        <v>1.8760000000000001E-3</v>
       </c>
     </row>
     <row r="187" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A187" s="3" t="s">
         <v>918</v>
       </c>
       <c r="B187" s="3" t="s">
         <v>919</v>
       </c>
       <c r="C187" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D187" s="4">
-        <v>453</v>
+        <v>637</v>
       </c>
       <c r="E187" s="5">
-        <v>36.14</v>
+        <v>231.83</v>
       </c>
       <c r="F187" s="4">
-        <v>16371.42</v>
+        <v>147675.71</v>
       </c>
       <c r="G187" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H187" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I187" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J187" s="5">
-        <v>36.14</v>
+        <v>231.83</v>
       </c>
       <c r="K187" s="5">
         <v>1</v>
       </c>
       <c r="L187" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M187" s="4">
-        <v>16371.42</v>
+        <v>147675.71</v>
       </c>
       <c r="N187" s="4">
-        <v>16371.42</v>
+        <v>147675.71</v>
       </c>
       <c r="O187" s="3" t="s">
         <v>920</v>
       </c>
       <c r="P187" s="3" t="s">
         <v>921</v>
       </c>
       <c r="Q187" s="3" t="s">
-        <v>147</v>
+        <v>258</v>
       </c>
       <c r="R187" s="3" t="s">
         <v>922</v>
       </c>
       <c r="S187" s="3" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="T187" s="4">
         <v>1</v>
       </c>
       <c r="W187" s="3" t="s">
         <v>918</v>
       </c>
       <c r="X187" s="4">
         <v>0</v>
       </c>
       <c r="Y187" s="4">
         <v>0</v>
       </c>
       <c r="Z187" s="6">
-        <v>6.8999999999999997E-4</v>
+        <v>6.2750000000000002E-3</v>
       </c>
     </row>
     <row r="188" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A188" s="3" t="s">
         <v>923</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>924</v>
       </c>
       <c r="C188" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D188" s="4">
-        <v>100</v>
+        <v>225</v>
       </c>
       <c r="E188" s="5">
-        <v>268.62</v>
+        <v>329.77</v>
       </c>
       <c r="F188" s="4">
-        <v>26862</v>
+        <v>74198.25</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H188" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I188" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J188" s="5">
-        <v>268.62</v>
+        <v>329.77</v>
       </c>
       <c r="K188" s="5">
         <v>1</v>
       </c>
       <c r="L188" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M188" s="4">
-        <v>26862</v>
+        <v>74198.25</v>
       </c>
       <c r="N188" s="4">
-        <v>26862</v>
+        <v>74198.25</v>
       </c>
       <c r="O188" s="3" t="s">
         <v>925</v>
       </c>
       <c r="P188" s="3" t="s">
         <v>926</v>
       </c>
       <c r="Q188" s="3" t="s">
-        <v>147</v>
+        <v>109</v>
       </c>
       <c r="R188" s="3" t="s">
         <v>927</v>
       </c>
       <c r="S188" s="3" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="T188" s="4">
         <v>1</v>
       </c>
       <c r="W188" s="3" t="s">
         <v>923</v>
       </c>
       <c r="X188" s="4">
         <v>0</v>
       </c>
       <c r="Y188" s="4">
         <v>0</v>
       </c>
       <c r="Z188" s="6">
-        <v>1.1329999999999999E-3</v>
+        <v>3.153E-3</v>
       </c>
     </row>
     <row r="189" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A189" s="3" t="s">
         <v>928</v>
       </c>
       <c r="B189" s="3" t="s">
         <v>929</v>
       </c>
       <c r="C189" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D189" s="4">
-        <v>1313</v>
+        <v>322</v>
       </c>
       <c r="E189" s="5">
-        <v>79.75</v>
+        <v>101.22</v>
       </c>
       <c r="F189" s="4">
-        <v>104711.75</v>
+        <v>32592.84</v>
       </c>
       <c r="G189" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H189" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I189" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J189" s="5">
-        <v>79.75</v>
+        <v>101.22</v>
       </c>
       <c r="K189" s="5">
         <v>1</v>
       </c>
       <c r="L189" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M189" s="4">
-        <v>104711.75</v>
+        <v>32592.84</v>
       </c>
       <c r="N189" s="4">
-        <v>104711.75</v>
+        <v>32592.84</v>
       </c>
       <c r="O189" s="3" t="s">
         <v>930</v>
       </c>
       <c r="P189" s="3" t="s">
         <v>931</v>
       </c>
       <c r="Q189" s="3" t="s">
-        <v>169</v>
+        <v>258</v>
       </c>
       <c r="R189" s="3" t="s">
         <v>932</v>
       </c>
       <c r="S189" s="3" t="s">
-        <v>127</v>
+        <v>104</v>
       </c>
       <c r="T189" s="4">
         <v>1</v>
       </c>
       <c r="W189" s="3" t="s">
         <v>928</v>
       </c>
       <c r="X189" s="4">
         <v>0</v>
       </c>
       <c r="Y189" s="4">
         <v>0</v>
       </c>
       <c r="Z189" s="6">
-        <v>4.4190000000000002E-3</v>
+        <v>1.3849999999999999E-3</v>
       </c>
     </row>
     <row r="190" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A190" s="3" t="s">
         <v>933</v>
       </c>
       <c r="B190" s="3" t="s">
         <v>934</v>
       </c>
       <c r="C190" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D190" s="4">
-        <v>900</v>
+        <v>866</v>
       </c>
       <c r="E190" s="5">
-        <v>46.68</v>
+        <v>41.11</v>
       </c>
       <c r="F190" s="4">
-        <v>42012</v>
+        <v>35601.26</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H190" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I190" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J190" s="5">
-        <v>46.68</v>
+        <v>41.11</v>
       </c>
       <c r="K190" s="5">
         <v>1</v>
       </c>
       <c r="L190" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M190" s="4">
-        <v>42012</v>
+        <v>35601.26</v>
       </c>
       <c r="N190" s="4">
-        <v>42012</v>
+        <v>35601.26</v>
       </c>
       <c r="O190" s="3" t="s">
         <v>935</v>
       </c>
       <c r="P190" s="3" t="s">
         <v>936</v>
       </c>
       <c r="Q190" s="3" t="s">
-        <v>147</v>
+        <v>102</v>
       </c>
       <c r="R190" s="3" t="s">
         <v>937</v>
       </c>
       <c r="S190" s="3" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="T190" s="4">
         <v>1</v>
       </c>
       <c r="W190" s="3" t="s">
         <v>933</v>
       </c>
       <c r="X190" s="4">
         <v>0</v>
       </c>
       <c r="Y190" s="4">
         <v>0</v>
       </c>
       <c r="Z190" s="6">
-        <v>1.7730000000000001E-3</v>
+        <v>1.5120000000000001E-3</v>
       </c>
     </row>
     <row r="191" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A191" s="3" t="s">
         <v>938</v>
       </c>
       <c r="B191" s="3" t="s">
         <v>939</v>
       </c>
       <c r="C191" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D191" s="4">
-        <v>637</v>
+        <v>100</v>
       </c>
       <c r="E191" s="5">
-        <v>220.37</v>
+        <v>433.61</v>
       </c>
       <c r="F191" s="4">
-        <v>140375.69</v>
+        <v>43361</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H191" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I191" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J191" s="5">
-        <v>220.37</v>
+        <v>433.61</v>
       </c>
       <c r="K191" s="5">
         <v>1</v>
       </c>
       <c r="L191" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M191" s="4">
-        <v>140375.69</v>
+        <v>43361</v>
       </c>
       <c r="N191" s="4">
-        <v>140375.69</v>
+        <v>43361</v>
       </c>
       <c r="O191" s="3" t="s">
         <v>940</v>
       </c>
       <c r="P191" s="3" t="s">
         <v>941</v>
       </c>
       <c r="Q191" s="3" t="s">
-        <v>258</v>
+        <v>109</v>
       </c>
       <c r="R191" s="3" t="s">
         <v>942</v>
       </c>
       <c r="S191" s="3" t="s">
-        <v>99</v>
+        <v>132</v>
       </c>
       <c r="T191" s="4">
         <v>1</v>
       </c>
       <c r="W191" s="3" t="s">
         <v>938</v>
       </c>
       <c r="X191" s="4">
         <v>0</v>
       </c>
       <c r="Y191" s="4">
         <v>0</v>
       </c>
       <c r="Z191" s="6">
-        <v>5.9239999999999996E-3</v>
+        <v>1.8420000000000001E-3</v>
       </c>
     </row>
     <row r="192" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A192" s="3" t="s">
         <v>943</v>
       </c>
       <c r="B192" s="3" t="s">
         <v>944</v>
       </c>
       <c r="C192" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D192" s="4">
-        <v>294</v>
+        <v>482</v>
       </c>
       <c r="E192" s="5">
-        <v>341.56</v>
+        <v>334.44</v>
       </c>
       <c r="F192" s="4">
-        <v>100418.64</v>
+        <v>161200.07999999999</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H192" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I192" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J192" s="5">
-        <v>341.56</v>
+        <v>334.44</v>
       </c>
       <c r="K192" s="5">
         <v>1</v>
       </c>
       <c r="L192" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M192" s="4">
-        <v>100418.64</v>
+        <v>161200.07999999999</v>
       </c>
       <c r="N192" s="4">
-        <v>100418.64</v>
+        <v>161200.07999999999</v>
       </c>
       <c r="O192" s="3" t="s">
         <v>945</v>
       </c>
       <c r="P192" s="3" t="s">
         <v>946</v>
       </c>
       <c r="Q192" s="3" t="s">
-        <v>104</v>
+        <v>152</v>
       </c>
       <c r="R192" s="3" t="s">
         <v>947</v>
       </c>
       <c r="S192" s="3" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="T192" s="4">
         <v>1</v>
       </c>
       <c r="W192" s="3" t="s">
         <v>943</v>
       </c>
       <c r="X192" s="4">
         <v>0</v>
       </c>
       <c r="Y192" s="4">
         <v>0</v>
       </c>
       <c r="Z192" s="6">
-        <v>4.2379999999999996E-3</v>
+        <v>6.8500000000000002E-3</v>
       </c>
     </row>
     <row r="193" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A193" s="3" t="s">
         <v>948</v>
       </c>
       <c r="B193" s="3" t="s">
         <v>949</v>
       </c>
       <c r="C193" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D193" s="4">
-        <v>322</v>
+        <v>588</v>
       </c>
       <c r="E193" s="5">
-        <v>98.68</v>
+        <v>208.55</v>
       </c>
       <c r="F193" s="4">
-        <v>31774.959999999999</v>
+        <v>122627.4</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H193" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I193" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J193" s="5">
-        <v>98.68</v>
+        <v>208.55</v>
       </c>
       <c r="K193" s="5">
         <v>1</v>
       </c>
       <c r="L193" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M193" s="4">
-        <v>31774.959999999999</v>
+        <v>122627.4</v>
       </c>
       <c r="N193" s="4">
-        <v>31774.959999999999</v>
+        <v>122627.4</v>
       </c>
       <c r="O193" s="3" t="s">
         <v>950</v>
       </c>
       <c r="P193" s="3" t="s">
         <v>951</v>
       </c>
       <c r="Q193" s="3" t="s">
         <v>258</v>
       </c>
       <c r="R193" s="3" t="s">
         <v>952</v>
       </c>
       <c r="S193" s="3" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="T193" s="4">
         <v>1</v>
       </c>
       <c r="W193" s="3" t="s">
         <v>948</v>
       </c>
       <c r="X193" s="4">
         <v>0</v>
       </c>
       <c r="Y193" s="4">
         <v>0</v>
       </c>
       <c r="Z193" s="6">
-        <v>1.341E-3</v>
+        <v>5.2110000000000004E-3</v>
       </c>
     </row>
     <row r="194" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A194" s="3" t="s">
         <v>953</v>
       </c>
       <c r="B194" s="3" t="s">
         <v>954</v>
       </c>
       <c r="C194" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D194" s="4">
-        <v>866</v>
+        <v>1375</v>
       </c>
       <c r="E194" s="5">
-        <v>39.74</v>
+        <v>110.51</v>
       </c>
       <c r="F194" s="4">
-        <v>34414.839999999997</v>
+        <v>151951.25</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H194" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I194" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J194" s="5">
-        <v>39.74</v>
+        <v>110.51</v>
       </c>
       <c r="K194" s="5">
         <v>1</v>
       </c>
       <c r="L194" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M194" s="4">
-        <v>34414.839999999997</v>
+        <v>151951.25</v>
       </c>
       <c r="N194" s="4">
-        <v>34414.839999999997</v>
+        <v>151951.25</v>
       </c>
       <c r="O194" s="3" t="s">
         <v>955</v>
       </c>
       <c r="P194" s="3" t="s">
         <v>956</v>
       </c>
       <c r="Q194" s="3" t="s">
-        <v>97</v>
+        <v>146</v>
       </c>
       <c r="R194" s="3" t="s">
         <v>957</v>
       </c>
       <c r="S194" s="3" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="T194" s="4">
         <v>1</v>
       </c>
       <c r="W194" s="3" t="s">
         <v>953</v>
       </c>
       <c r="X194" s="4">
         <v>0</v>
       </c>
       <c r="Y194" s="4">
         <v>0</v>
       </c>
       <c r="Z194" s="6">
-        <v>1.4519999999999999E-3</v>
+        <v>6.4570000000000001E-3</v>
       </c>
     </row>
     <row r="195" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A195" s="3" t="s">
         <v>958</v>
       </c>
       <c r="B195" s="3" t="s">
         <v>959</v>
       </c>
       <c r="C195" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D195" s="4">
-        <v>100</v>
+        <v>767</v>
       </c>
       <c r="E195" s="5">
-        <v>425.57</v>
+        <v>24</v>
       </c>
       <c r="F195" s="4">
-        <v>42557</v>
+        <v>18408</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H195" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I195" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J195" s="5">
-        <v>425.57</v>
+        <v>24</v>
       </c>
       <c r="K195" s="5">
         <v>1</v>
       </c>
       <c r="L195" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M195" s="4">
-        <v>42557</v>
+        <v>18408</v>
       </c>
       <c r="N195" s="4">
-        <v>42557</v>
+        <v>18408</v>
       </c>
       <c r="O195" s="3" t="s">
         <v>960</v>
       </c>
       <c r="P195" s="3" t="s">
         <v>961</v>
       </c>
       <c r="Q195" s="3" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="R195" s="3" t="s">
         <v>962</v>
       </c>
       <c r="S195" s="3" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="T195" s="4">
         <v>1</v>
       </c>
       <c r="W195" s="3" t="s">
         <v>958</v>
       </c>
       <c r="X195" s="4">
         <v>0</v>
       </c>
       <c r="Y195" s="4">
         <v>0</v>
       </c>
       <c r="Z195" s="6">
-        <v>1.7960000000000001E-3</v>
+        <v>7.8200000000000003E-4</v>
       </c>
     </row>
     <row r="196" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A196" s="3" t="s">
         <v>963</v>
       </c>
       <c r="B196" s="3" t="s">
         <v>964</v>
       </c>
       <c r="C196" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D196" s="4">
-        <v>482</v>
+        <v>699</v>
       </c>
       <c r="E196" s="5">
-        <v>340.74</v>
+        <v>176.55</v>
       </c>
       <c r="F196" s="4">
-        <v>164236.68</v>
+        <v>123408.45</v>
       </c>
       <c r="G196" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H196" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I196" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J196" s="5">
-        <v>340.74</v>
+        <v>176.55</v>
       </c>
       <c r="K196" s="5">
         <v>1</v>
       </c>
       <c r="L196" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M196" s="4">
-        <v>164236.68</v>
+        <v>123408.45</v>
       </c>
       <c r="N196" s="4">
-        <v>164236.68</v>
+        <v>123408.45</v>
       </c>
       <c r="O196" s="3" t="s">
         <v>965</v>
       </c>
       <c r="P196" s="3" t="s">
         <v>966</v>
       </c>
       <c r="Q196" s="3" t="s">
-        <v>147</v>
+        <v>258</v>
       </c>
       <c r="R196" s="3" t="s">
         <v>967</v>
       </c>
       <c r="S196" s="3" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="T196" s="4">
         <v>1</v>
       </c>
       <c r="W196" s="3" t="s">
         <v>963</v>
       </c>
       <c r="X196" s="4">
         <v>0</v>
       </c>
       <c r="Y196" s="4">
         <v>0</v>
       </c>
       <c r="Z196" s="6">
-        <v>6.9309999999999997E-3</v>
+        <v>5.2440000000000004E-3</v>
       </c>
     </row>
     <row r="197" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A197" s="3" t="s">
         <v>968</v>
       </c>
       <c r="B197" s="3" t="s">
         <v>969</v>
       </c>
       <c r="C197" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D197" s="4">
-        <v>588</v>
+        <v>536</v>
       </c>
       <c r="E197" s="5">
-        <v>204.44</v>
+        <v>217.87</v>
       </c>
       <c r="F197" s="4">
-        <v>120210.72</v>
+        <v>116778.32</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H197" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I197" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J197" s="5">
-        <v>204.44</v>
+        <v>217.87</v>
       </c>
       <c r="K197" s="5">
         <v>1</v>
       </c>
       <c r="L197" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M197" s="4">
-        <v>120210.72</v>
+        <v>116778.32</v>
       </c>
       <c r="N197" s="4">
-        <v>120210.72</v>
+        <v>116778.32</v>
       </c>
       <c r="O197" s="3" t="s">
         <v>970</v>
       </c>
       <c r="P197" s="3" t="s">
         <v>971</v>
       </c>
       <c r="Q197" s="3" t="s">
         <v>258</v>
       </c>
       <c r="R197" s="3" t="s">
         <v>972</v>
       </c>
       <c r="S197" s="3" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="T197" s="4">
         <v>1</v>
       </c>
       <c r="W197" s="3" t="s">
         <v>968</v>
       </c>
       <c r="X197" s="4">
         <v>0</v>
       </c>
       <c r="Y197" s="4">
         <v>0</v>
       </c>
       <c r="Z197" s="6">
-        <v>5.0730000000000003E-3</v>
+        <v>4.9620000000000003E-3</v>
       </c>
     </row>
     <row r="198" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A198" s="3" t="s">
         <v>973</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>974</v>
       </c>
       <c r="C198" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D198" s="4">
-        <v>1375</v>
+        <v>1400</v>
       </c>
       <c r="E198" s="5">
-        <v>101.18</v>
+        <v>85.85</v>
       </c>
       <c r="F198" s="4">
-        <v>139122.5</v>
+        <v>120190</v>
       </c>
       <c r="G198" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H198" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I198" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J198" s="5">
-        <v>101.18</v>
+        <v>85.85</v>
       </c>
       <c r="K198" s="5">
         <v>1</v>
       </c>
       <c r="L198" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M198" s="4">
-        <v>139122.5</v>
+        <v>120190</v>
       </c>
       <c r="N198" s="4">
-        <v>139122.5</v>
+        <v>120190</v>
       </c>
       <c r="O198" s="3" t="s">
         <v>975</v>
       </c>
       <c r="P198" s="3" t="s">
         <v>976</v>
       </c>
       <c r="Q198" s="3" t="s">
-        <v>141</v>
+        <v>152</v>
       </c>
       <c r="R198" s="3" t="s">
         <v>977</v>
       </c>
       <c r="S198" s="3" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="T198" s="4">
         <v>1</v>
       </c>
       <c r="W198" s="3" t="s">
         <v>973</v>
       </c>
       <c r="X198" s="4">
         <v>0</v>
       </c>
       <c r="Y198" s="4">
         <v>0</v>
       </c>
       <c r="Z198" s="6">
-        <v>5.8710000000000004E-3</v>
+        <v>5.1070000000000004E-3</v>
       </c>
     </row>
     <row r="199" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A199" s="3" t="s">
         <v>978</v>
       </c>
       <c r="B199" s="3" t="s">
         <v>979</v>
       </c>
       <c r="C199" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D199" s="4">
-        <v>767</v>
+        <v>757</v>
       </c>
       <c r="E199" s="5">
-        <v>22.45</v>
+        <v>140.66999999999999</v>
       </c>
       <c r="F199" s="4">
-        <v>17219.150000000001</v>
+        <v>106487.19</v>
       </c>
       <c r="G199" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H199" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I199" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J199" s="5">
-        <v>22.45</v>
+        <v>140.66999999999999</v>
       </c>
       <c r="K199" s="5">
         <v>1</v>
       </c>
       <c r="L199" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M199" s="4">
-        <v>17219.150000000001</v>
+        <v>106487.19</v>
       </c>
       <c r="N199" s="4">
-        <v>17219.150000000001</v>
+        <v>106487.19</v>
       </c>
       <c r="O199" s="3" t="s">
         <v>980</v>
       </c>
       <c r="P199" s="3" t="s">
         <v>981</v>
       </c>
       <c r="Q199" s="3" t="s">
-        <v>97</v>
+        <v>258</v>
       </c>
       <c r="R199" s="3" t="s">
         <v>982</v>
       </c>
       <c r="S199" s="3" t="s">
-        <v>127</v>
+        <v>104</v>
       </c>
       <c r="T199" s="4">
         <v>1</v>
       </c>
       <c r="W199" s="3" t="s">
         <v>978</v>
       </c>
       <c r="X199" s="4">
         <v>0</v>
       </c>
       <c r="Y199" s="4">
         <v>0</v>
       </c>
       <c r="Z199" s="6">
-        <v>7.2599999999999997E-4</v>
+        <v>4.5250000000000004E-3</v>
       </c>
     </row>
     <row r="200" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A200" s="3" t="s">
         <v>983</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>984</v>
       </c>
       <c r="C200" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D200" s="4">
-        <v>651</v>
+        <v>144</v>
       </c>
       <c r="E200" s="5">
-        <v>167.68</v>
+        <v>153.21</v>
       </c>
       <c r="F200" s="4">
-        <v>109159.67999999999</v>
+        <v>22062.240000000002</v>
       </c>
       <c r="G200" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H200" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I200" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J200" s="5">
-        <v>167.68</v>
+        <v>153.21</v>
       </c>
       <c r="K200" s="5">
         <v>1</v>
       </c>
       <c r="L200" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M200" s="4">
-        <v>109159.67999999999</v>
+        <v>22062.240000000002</v>
       </c>
       <c r="N200" s="4">
-        <v>109159.67999999999</v>
+        <v>22062.240000000002</v>
       </c>
       <c r="O200" s="3" t="s">
         <v>985</v>
       </c>
       <c r="P200" s="3" t="s">
         <v>986</v>
       </c>
       <c r="Q200" s="3" t="s">
-        <v>258</v>
+        <v>119</v>
       </c>
       <c r="R200" s="3" t="s">
         <v>987</v>
       </c>
       <c r="S200" s="3" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="T200" s="4">
         <v>1</v>
       </c>
       <c r="W200" s="3" t="s">
         <v>983</v>
       </c>
       <c r="X200" s="4">
         <v>0</v>
       </c>
       <c r="Y200" s="4">
         <v>0</v>
       </c>
       <c r="Z200" s="6">
-        <v>4.6059999999999999E-3</v>
+        <v>9.3700000000000001E-4</v>
       </c>
     </row>
     <row r="201" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A201" s="3" t="s">
         <v>988</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>989</v>
       </c>
       <c r="C201" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D201" s="4">
-        <v>536</v>
+        <v>200</v>
       </c>
       <c r="E201" s="5">
-        <v>199.77</v>
+        <v>128.18</v>
       </c>
       <c r="F201" s="4">
-        <v>107076.72</v>
+        <v>25636</v>
       </c>
       <c r="G201" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H201" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I201" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J201" s="5">
-        <v>199.77</v>
+        <v>128.18</v>
       </c>
       <c r="K201" s="5">
         <v>1</v>
       </c>
       <c r="L201" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M201" s="4">
-        <v>107076.72</v>
+        <v>25636</v>
       </c>
       <c r="N201" s="4">
-        <v>107076.72</v>
+        <v>25636</v>
       </c>
       <c r="O201" s="3" t="s">
         <v>990</v>
       </c>
       <c r="P201" s="3" t="s">
         <v>991</v>
       </c>
       <c r="Q201" s="3" t="s">
-        <v>258</v>
+        <v>109</v>
       </c>
       <c r="R201" s="3" t="s">
         <v>992</v>
       </c>
       <c r="S201" s="3" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="T201" s="4">
         <v>1</v>
       </c>
       <c r="W201" s="3" t="s">
         <v>988</v>
       </c>
       <c r="X201" s="4">
         <v>0</v>
       </c>
       <c r="Y201" s="4">
         <v>0</v>
       </c>
       <c r="Z201" s="6">
-        <v>4.5189999999999996E-3</v>
+        <v>1.0889999999999999E-3</v>
       </c>
     </row>
     <row r="202" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A202" s="3" t="s">
         <v>993</v>
       </c>
       <c r="B202" s="3" t="s">
         <v>994</v>
       </c>
       <c r="C202" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D202" s="4">
-        <v>1400</v>
+        <v>1353</v>
       </c>
       <c r="E202" s="5">
-        <v>86.97</v>
+        <v>84.96</v>
       </c>
       <c r="F202" s="4">
-        <v>121758</v>
+        <v>114950.88</v>
       </c>
       <c r="G202" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H202" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I202" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J202" s="5">
-        <v>86.97</v>
+        <v>84.96</v>
       </c>
       <c r="K202" s="5">
         <v>1</v>
       </c>
       <c r="L202" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M202" s="4">
-        <v>121758</v>
+        <v>114950.88</v>
       </c>
       <c r="N202" s="4">
-        <v>121758</v>
+        <v>114950.88</v>
       </c>
       <c r="O202" s="3" t="s">
         <v>995</v>
       </c>
       <c r="P202" s="3" t="s">
         <v>996</v>
       </c>
       <c r="Q202" s="3" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="R202" s="3" t="s">
         <v>997</v>
       </c>
       <c r="S202" s="3" t="s">
-        <v>99</v>
+        <v>132</v>
       </c>
       <c r="T202" s="4">
         <v>1</v>
       </c>
       <c r="W202" s="3" t="s">
         <v>993</v>
       </c>
       <c r="X202" s="4">
         <v>0</v>
       </c>
       <c r="Y202" s="4">
         <v>0</v>
       </c>
       <c r="Z202" s="6">
-        <v>5.1380000000000002E-3</v>
+        <v>4.8849999999999996E-3</v>
       </c>
     </row>
     <row r="203" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A203" s="3" t="s">
         <v>998</v>
       </c>
       <c r="B203" s="3" t="s">
         <v>999</v>
       </c>
       <c r="C203" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D203" s="4">
-        <v>757</v>
+        <v>5012</v>
       </c>
       <c r="E203" s="5">
-        <v>150.85</v>
+        <v>22.704796999999999</v>
       </c>
       <c r="F203" s="4">
-        <v>114193.45</v>
+        <v>113796.44792532</v>
       </c>
       <c r="G203" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H203" s="3" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="I203" s="3" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="J203" s="5">
-        <v>150.85</v>
+        <v>229.6</v>
       </c>
       <c r="K203" s="5">
-        <v>1</v>
+        <v>10.11240034103059</v>
       </c>
       <c r="L203" s="3" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="M203" s="4">
-        <v>114193.45</v>
+        <v>1150755.238808</v>
       </c>
       <c r="N203" s="4">
-        <v>114193.45</v>
+        <v>113796.44792532</v>
       </c>
       <c r="O203" s="3" t="s">
+        <v>998</v>
+      </c>
+      <c r="P203" s="3" t="s">
         <v>1000</v>
       </c>
-      <c r="P203" s="3" t="s">
+      <c r="Q203" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="R203" s="3" t="s">
         <v>1001</v>
       </c>
-      <c r="Q203" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R203" s="3" t="s">
+      <c r="S203" s="3" t="s">
         <v>1002</v>
       </c>
-      <c r="S203" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T203" s="4">
         <v>1</v>
       </c>
       <c r="W203" s="3" t="s">
-        <v>998</v>
+        <v>34</v>
       </c>
       <c r="X203" s="4">
         <v>0</v>
       </c>
       <c r="Y203" s="4">
         <v>0</v>
       </c>
       <c r="Z203" s="6">
-        <v>4.8190000000000004E-3</v>
+        <v>4.836E-3</v>
       </c>
     </row>
     <row r="204" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A204" s="3" t="s">
         <v>1003</v>
       </c>
       <c r="B204" s="3" t="s">
         <v>1004</v>
       </c>
       <c r="C204" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D204" s="4">
-        <v>144</v>
+        <v>25000</v>
       </c>
       <c r="E204" s="5">
-        <v>138.21</v>
+        <v>0.89055300000000004</v>
       </c>
       <c r="F204" s="4">
-        <v>19902.240000000002</v>
+        <v>22263.820296319998</v>
       </c>
       <c r="G204" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H204" s="3" t="s">
-        <v>83</v>
+        <v>675</v>
       </c>
       <c r="I204" s="3" t="s">
-        <v>84</v>
+        <v>676</v>
       </c>
       <c r="J204" s="5">
-        <v>138.21</v>
+        <v>27.95</v>
       </c>
       <c r="K204" s="5">
-        <v>1</v>
+        <v>31.385004558671913</v>
       </c>
       <c r="L204" s="3" t="s">
-        <v>85</v>
+        <v>677</v>
       </c>
       <c r="M204" s="4">
-        <v>19902.240000000002</v>
+        <v>698750.10149300005</v>
       </c>
       <c r="N204" s="4">
-        <v>19902.240000000002</v>
+        <v>22263.820296319998</v>
       </c>
       <c r="O204" s="3" t="s">
+        <v>1003</v>
+      </c>
+      <c r="P204" s="3" t="s">
         <v>1005</v>
       </c>
-      <c r="P204" s="3" t="s">
+      <c r="Q204" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="R204" s="3" t="s">
         <v>1006</v>
       </c>
-      <c r="Q204" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S204" s="3" t="s">
-        <v>99</v>
+        <v>680</v>
       </c>
       <c r="T204" s="4">
         <v>1</v>
       </c>
       <c r="W204" s="3" t="s">
-        <v>1003</v>
+        <v>34</v>
       </c>
       <c r="X204" s="4">
         <v>0</v>
       </c>
       <c r="Y204" s="4">
         <v>0</v>
       </c>
       <c r="Z204" s="6">
-        <v>8.3900000000000001E-4</v>
+        <v>9.4600000000000001E-4</v>
       </c>
     </row>
     <row r="205" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A205" s="3" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B205" s="3" t="s">
         <v>1008</v>
       </c>
-      <c r="B205" s="3" t="s">
+      <c r="C205" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D205" s="4">
+        <v>429</v>
+      </c>
+      <c r="E205" s="5">
+        <v>67.938597000000001</v>
+      </c>
+      <c r="F205" s="4">
+        <v>29145.658113000001</v>
+      </c>
+      <c r="G205" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H205" s="3" t="s">
         <v>1009</v>
       </c>
-      <c r="C205" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I205" s="3" t="s">
-        <v>84</v>
+        <v>54</v>
       </c>
       <c r="J205" s="5">
-        <v>144.09</v>
+        <v>58.54</v>
       </c>
       <c r="K205" s="5">
-        <v>1</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L205" s="3" t="s">
-        <v>85</v>
+        <v>1010</v>
       </c>
       <c r="M205" s="4">
-        <v>28818</v>
+        <v>25113.66</v>
       </c>
       <c r="N205" s="4">
-        <v>28818</v>
+        <v>29145.658113000001</v>
       </c>
       <c r="O205" s="3" t="s">
-        <v>1010</v>
+        <v>1007</v>
       </c>
       <c r="P205" s="3" t="s">
         <v>1011</v>
       </c>
       <c r="Q205" s="3" t="s">
-        <v>104</v>
+        <v>258</v>
       </c>
       <c r="R205" s="3" t="s">
         <v>1012</v>
       </c>
       <c r="S205" s="3" t="s">
-        <v>99</v>
+        <v>1013</v>
       </c>
       <c r="T205" s="4">
         <v>1</v>
       </c>
       <c r="W205" s="3" t="s">
-        <v>1008</v>
+        <v>34</v>
       </c>
       <c r="X205" s="4">
         <v>0</v>
       </c>
       <c r="Y205" s="4">
         <v>0</v>
       </c>
       <c r="Z205" s="6">
-        <v>1.2160000000000001E-3</v>
+        <v>1.238E-3</v>
       </c>
     </row>
     <row r="206" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A206" s="3" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="B206" s="3" t="s">
+        <v>1015</v>
+      </c>
+      <c r="C206" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D206" s="4">
+        <v>800</v>
+      </c>
+      <c r="E206" s="5">
+        <v>24.761285000000001</v>
+      </c>
+      <c r="F206" s="4">
+        <v>19809.03556552</v>
+      </c>
+      <c r="G206" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H206" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="I206" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="J206" s="5">
+        <v>3864</v>
+      </c>
+      <c r="K206" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L206" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="M206" s="4">
+        <v>3091201.205567</v>
+      </c>
+      <c r="N206" s="4">
+        <v>19809.03556552</v>
+      </c>
+      <c r="O206" s="3" t="s">
         <v>1014</v>
-      </c>
-[...37 lines deleted...]
-        <v>1015</v>
       </c>
       <c r="P206" s="3" t="s">
         <v>1016</v>
       </c>
       <c r="Q206" s="3" t="s">
-        <v>169</v>
+        <v>109</v>
       </c>
       <c r="R206" s="3" t="s">
         <v>1017</v>
       </c>
       <c r="S206" s="3" t="s">
-        <v>127</v>
+        <v>599</v>
       </c>
       <c r="T206" s="4">
         <v>1</v>
       </c>
       <c r="W206" s="3" t="s">
-        <v>1013</v>
+        <v>34</v>
       </c>
       <c r="X206" s="4">
         <v>0</v>
       </c>
       <c r="Y206" s="4">
         <v>0</v>
       </c>
       <c r="Z206" s="6">
-        <v>4.9800000000000001E-3</v>
+        <v>8.4099999999999995E-4</v>
       </c>
     </row>
     <row r="207" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A207" s="3" t="s">
         <v>1018</v>
       </c>
       <c r="B207" s="3" t="s">
         <v>1019</v>
       </c>
       <c r="C207" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D207" s="4">
-        <v>5012</v>
+        <v>510</v>
       </c>
       <c r="E207" s="5">
-        <v>22.002679000000001</v>
+        <v>151.50980300000001</v>
       </c>
       <c r="F207" s="4">
-        <v>110277.42550868</v>
+        <v>77269.999274999995</v>
       </c>
       <c r="G207" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H207" s="3" t="s">
-        <v>73</v>
+        <v>417</v>
       </c>
       <c r="I207" s="3" t="s">
-        <v>74</v>
+        <v>54</v>
       </c>
       <c r="J207" s="5">
-        <v>222.6</v>
+        <v>130.55000000000001</v>
       </c>
       <c r="K207" s="5">
-        <v>10.116949917658145</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L207" s="3" t="s">
-        <v>75</v>
+        <v>418</v>
       </c>
       <c r="M207" s="4">
-        <v>1115671.190919</v>
+        <v>66580.5</v>
       </c>
       <c r="N207" s="4">
-        <v>110277.42550868</v>
+        <v>77269.999274999995</v>
       </c>
       <c r="O207" s="3" t="s">
         <v>1018</v>
       </c>
       <c r="P207" s="3" t="s">
         <v>1020</v>
       </c>
       <c r="Q207" s="3" t="s">
-        <v>141</v>
+        <v>258</v>
       </c>
       <c r="R207" s="3" t="s">
         <v>1021</v>
       </c>
       <c r="S207" s="3" t="s">
-        <v>1022</v>
+        <v>421</v>
       </c>
       <c r="T207" s="4">
         <v>1</v>
       </c>
       <c r="W207" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X207" s="4">
         <v>0</v>
       </c>
       <c r="Y207" s="4">
         <v>0</v>
       </c>
       <c r="Z207" s="6">
-        <v>4.6540000000000002E-3</v>
+        <v>3.2829999999999999E-3</v>
       </c>
     </row>
     <row r="208" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A208" s="3" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B208" s="3" t="s">
         <v>1023</v>
       </c>
-      <c r="B208" s="3" t="s">
+      <c r="C208" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D208" s="4">
+        <v>2558</v>
+      </c>
+      <c r="E208" s="5">
+        <v>37.338500000000003</v>
+      </c>
+      <c r="F208" s="4">
+        <v>95511.883000000002</v>
+      </c>
+      <c r="G208" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H208" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="I208" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="J208" s="5">
+        <v>28.18</v>
+      </c>
+      <c r="K208" s="5">
+        <v>0.75471698113207553</v>
+      </c>
+      <c r="L208" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="M208" s="4">
+        <v>72084.44</v>
+      </c>
+      <c r="N208" s="4">
+        <v>95511.883000000002</v>
+      </c>
+      <c r="O208" s="3" t="s">
+        <v>1022</v>
+      </c>
+      <c r="P208" s="3" t="s">
         <v>1024</v>
       </c>
-      <c r="C208" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P208" s="3" t="s">
+      <c r="Q208" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="R208" s="3" t="s">
         <v>1025</v>
       </c>
-      <c r="Q208" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S208" s="3" t="s">
-        <v>695</v>
+        <v>121</v>
       </c>
       <c r="T208" s="4">
         <v>1</v>
       </c>
       <c r="W208" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X208" s="4">
         <v>0</v>
       </c>
       <c r="Y208" s="4">
         <v>0</v>
       </c>
       <c r="Z208" s="6">
-        <v>9.3800000000000003E-4</v>
+        <v>4.0590000000000001E-3</v>
       </c>
     </row>
     <row r="209" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A209" s="3" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B209" s="3" t="s">
         <v>1027</v>
       </c>
-      <c r="B209" s="3" t="s">
+      <c r="C209" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D209" s="4">
+        <v>20100</v>
+      </c>
+      <c r="E209" s="5">
+        <v>4.9578709999999999</v>
+      </c>
+      <c r="F209" s="4">
+        <v>99653.205918620006</v>
+      </c>
+      <c r="G209" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H209" s="3" t="s">
         <v>1028</v>
       </c>
-      <c r="C209" s="3" t="s">
-[...14 lines deleted...]
-      <c r="H209" s="3" t="s">
+      <c r="I209" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="J209" s="5">
+        <v>38.6</v>
+      </c>
+      <c r="K209" s="5">
+        <v>7.7856001432550421</v>
+      </c>
+      <c r="L209" s="3" t="s">
         <v>1029</v>
       </c>
-      <c r="I209" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="M209" s="4">
-        <v>24847.68</v>
+        <v>775860.01427499996</v>
       </c>
       <c r="N209" s="4">
-        <v>28679.192255999998</v>
+        <v>99653.205918620006</v>
       </c>
       <c r="O209" s="3" t="s">
-        <v>1027</v>
+        <v>1026</v>
       </c>
       <c r="P209" s="3" t="s">
         <v>1030</v>
       </c>
       <c r="Q209" s="3" t="s">
         <v>258</v>
       </c>
       <c r="R209" s="3" t="s">
         <v>1031</v>
       </c>
       <c r="S209" s="3" t="s">
-        <v>1032</v>
+        <v>647</v>
       </c>
       <c r="T209" s="4">
         <v>1</v>
       </c>
       <c r="W209" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X209" s="4">
         <v>0</v>
       </c>
       <c r="Y209" s="4">
         <v>0</v>
       </c>
       <c r="Z209" s="6">
-        <v>1.2099999999999999E-3</v>
+        <v>4.235E-3</v>
       </c>
     </row>
     <row r="210" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A210" s="3" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B210" s="3" t="s">
         <v>1033</v>
       </c>
-      <c r="B210" s="3" t="s">
+      <c r="C210" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D210" s="4">
+        <v>9200</v>
+      </c>
+      <c r="E210" s="5">
+        <v>2.586573</v>
+      </c>
+      <c r="F210" s="4">
+        <v>23796.471451180001</v>
+      </c>
+      <c r="G210" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H210" s="3" t="s">
         <v>1034</v>
       </c>
-      <c r="C210" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I210" s="3" t="s">
-        <v>69</v>
+        <v>1035</v>
       </c>
       <c r="J210" s="5">
-        <v>3669</v>
+        <v>3.35</v>
       </c>
       <c r="K210" s="5">
-        <v>154.05495756556192</v>
+        <v>1.2951499974084049</v>
       </c>
       <c r="L210" s="3" t="s">
-        <v>70</v>
+        <v>1036</v>
       </c>
       <c r="M210" s="4">
-        <v>2935199.1914989999</v>
+        <v>30819.999938000001</v>
       </c>
       <c r="N210" s="4">
-        <v>19052.93563987</v>
+        <v>23796.471451180001</v>
       </c>
       <c r="O210" s="3" t="s">
-        <v>1033</v>
+        <v>1032</v>
       </c>
       <c r="P210" s="3" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="Q210" s="3" t="s">
-        <v>104</v>
+        <v>258</v>
       </c>
       <c r="R210" s="3" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="S210" s="3" t="s">
-        <v>611</v>
+        <v>1039</v>
       </c>
       <c r="T210" s="4">
         <v>1</v>
       </c>
       <c r="W210" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X210" s="4">
         <v>0</v>
       </c>
       <c r="Y210" s="4">
         <v>0</v>
       </c>
       <c r="Z210" s="6">
-        <v>8.0400000000000003E-4</v>
+        <v>1.011E-3</v>
       </c>
     </row>
     <row r="211" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A211" s="3" t="s">
-        <v>1037</v>
+        <v>1040</v>
       </c>
       <c r="B211" s="3" t="s">
-        <v>1038</v>
+        <v>1041</v>
       </c>
       <c r="C211" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D211" s="4">
-        <v>510</v>
+        <v>1950</v>
       </c>
       <c r="E211" s="5">
-        <v>172.55289999999999</v>
+        <v>58.443097999999999</v>
       </c>
       <c r="F211" s="4">
-        <v>88001.979000000007</v>
+        <v>113964.04414382001</v>
       </c>
       <c r="G211" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H211" s="3" t="s">
-        <v>424</v>
+        <v>78</v>
       </c>
       <c r="I211" s="3" t="s">
-        <v>54</v>
+        <v>79</v>
       </c>
       <c r="J211" s="5">
-        <v>149.5</v>
+        <v>591</v>
       </c>
       <c r="K211" s="5">
-        <v>0.86640097036908681</v>
+        <v>10.11240034103059</v>
       </c>
       <c r="L211" s="3" t="s">
-        <v>425</v>
+        <v>80</v>
       </c>
       <c r="M211" s="4">
-        <v>76245</v>
+        <v>1152450.038865</v>
       </c>
       <c r="N211" s="4">
-        <v>88001.979000000007</v>
+        <v>113964.04414382001</v>
       </c>
       <c r="O211" s="3" t="s">
-        <v>1037</v>
+        <v>1040</v>
       </c>
       <c r="P211" s="3" t="s">
-        <v>1039</v>
+        <v>1042</v>
       </c>
       <c r="Q211" s="3" t="s">
-        <v>258</v>
+        <v>146</v>
       </c>
       <c r="R211" s="3" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="S211" s="3" t="s">
-        <v>428</v>
+        <v>1002</v>
       </c>
       <c r="T211" s="4">
         <v>1</v>
       </c>
       <c r="W211" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X211" s="4">
         <v>0</v>
       </c>
       <c r="Y211" s="4">
         <v>0</v>
       </c>
       <c r="Z211" s="6">
-        <v>3.7139999999999999E-3</v>
+        <v>4.8430000000000001E-3</v>
       </c>
     </row>
     <row r="212" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A212" s="3" t="s">
-        <v>1041</v>
+        <v>1044</v>
       </c>
       <c r="B212" s="3" t="s">
-        <v>1042</v>
+        <v>1045</v>
       </c>
       <c r="C212" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D212" s="4">
-        <v>2558</v>
+        <v>900</v>
       </c>
       <c r="E212" s="5">
-        <v>36.538169000000003</v>
+        <v>26.386810000000001</v>
       </c>
       <c r="F212" s="4">
-        <v>93464.635022999995</v>
+        <v>23748.128462339999</v>
       </c>
       <c r="G212" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H212" s="3" t="s">
-        <v>58</v>
+        <v>1046</v>
       </c>
       <c r="I212" s="3" t="s">
-        <v>59</v>
+        <v>1047</v>
       </c>
       <c r="J212" s="5">
-        <v>27.81</v>
+        <v>140.99</v>
       </c>
       <c r="K212" s="5">
-        <v>0.76112189367127148</v>
+        <v>5.3431998724898779</v>
       </c>
       <c r="L212" s="3" t="s">
-        <v>60</v>
+        <v>1048</v>
       </c>
       <c r="M212" s="4">
-        <v>71137.98</v>
+        <v>126890.996971</v>
       </c>
       <c r="N212" s="4">
-        <v>93464.635022999995</v>
+        <v>23748.128462339999</v>
       </c>
       <c r="O212" s="3" t="s">
-        <v>1041</v>
+        <v>1044</v>
       </c>
       <c r="P212" s="3" t="s">
-        <v>1043</v>
+        <v>1049</v>
       </c>
       <c r="Q212" s="3" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="R212" s="3" t="s">
-        <v>1044</v>
+        <v>1050</v>
       </c>
       <c r="S212" s="3" t="s">
-        <v>116</v>
+        <v>1051</v>
       </c>
       <c r="T212" s="4">
         <v>1</v>
       </c>
       <c r="W212" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X212" s="4">
         <v>0</v>
       </c>
       <c r="Y212" s="4">
         <v>0</v>
       </c>
       <c r="Z212" s="6">
-        <v>3.9439999999999996E-3</v>
+        <v>1.0089999999999999E-3</v>
       </c>
     </row>
     <row r="213" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A213" s="3" t="s">
-        <v>1045</v>
+        <v>1052</v>
       </c>
       <c r="B213" s="3" t="s">
-        <v>1046</v>
+        <v>1053</v>
       </c>
       <c r="C213" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D213" s="4">
-        <v>20100</v>
+        <v>2510</v>
       </c>
       <c r="E213" s="5">
-        <v>5.0976559999999997</v>
+        <v>18.081368999999999</v>
       </c>
       <c r="F213" s="4">
-        <v>102462.88052289</v>
+        <v>45384.236190000003</v>
       </c>
       <c r="G213" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H213" s="3" t="s">
-        <v>1047</v>
+        <v>417</v>
       </c>
       <c r="I213" s="3" t="s">
-        <v>64</v>
+        <v>54</v>
       </c>
       <c r="J213" s="5">
-        <v>39.619999999999997</v>
+        <v>15.58</v>
       </c>
       <c r="K213" s="5">
-        <v>7.7721999289620927</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L213" s="3" t="s">
-        <v>1048</v>
+        <v>418</v>
       </c>
       <c r="M213" s="4">
-        <v>796361.99272099999</v>
+        <v>39105.800000000003</v>
       </c>
       <c r="N213" s="4">
-        <v>102462.88052289</v>
+        <v>45384.236190000003</v>
       </c>
       <c r="O213" s="3" t="s">
-        <v>1045</v>
+        <v>1052</v>
       </c>
       <c r="P213" s="3" t="s">
-        <v>1049</v>
+        <v>1054</v>
       </c>
       <c r="Q213" s="3" t="s">
         <v>258</v>
       </c>
       <c r="R213" s="3" t="s">
-        <v>1050</v>
+        <v>1055</v>
       </c>
       <c r="S213" s="3" t="s">
-        <v>662</v>
+        <v>421</v>
       </c>
       <c r="T213" s="4">
         <v>1</v>
       </c>
       <c r="W213" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X213" s="4">
         <v>0</v>
       </c>
       <c r="Y213" s="4">
         <v>0</v>
       </c>
       <c r="Z213" s="6">
-        <v>4.3239999999999997E-3</v>
+        <v>1.928E-3</v>
       </c>
     </row>
     <row r="214" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A214" s="3" t="s">
-        <v>1051</v>
+        <v>1056</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>1052</v>
+        <v>1057</v>
       </c>
       <c r="C214" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D214" s="4">
-        <v>9200</v>
+        <v>7631</v>
       </c>
       <c r="E214" s="5">
-        <v>2.7046760000000001</v>
+        <v>13.311508999999999</v>
       </c>
       <c r="F214" s="4">
-        <v>24883.01509854</v>
+        <v>101580.1213635</v>
       </c>
       <c r="G214" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H214" s="3" t="s">
-        <v>1053</v>
+        <v>1058</v>
       </c>
       <c r="I214" s="3" t="s">
-        <v>1054</v>
+        <v>54</v>
       </c>
       <c r="J214" s="5">
-        <v>3.52</v>
+        <v>11.47</v>
       </c>
       <c r="K214" s="5">
-        <v>1.3014499948944118</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L214" s="3" t="s">
-        <v>1055</v>
+        <v>1059</v>
       </c>
       <c r="M214" s="4">
-        <v>32383.999872</v>
+        <v>87527.57</v>
       </c>
       <c r="N214" s="4">
-        <v>24883.01509854</v>
+        <v>101580.1213635</v>
       </c>
       <c r="O214" s="3" t="s">
-        <v>1051</v>
+        <v>1056</v>
       </c>
       <c r="P214" s="3" t="s">
-        <v>1056</v>
+        <v>1060</v>
       </c>
       <c r="Q214" s="3" t="s">
-        <v>258</v>
+        <v>163</v>
       </c>
       <c r="R214" s="3" t="s">
-        <v>1057</v>
+        <v>1061</v>
       </c>
       <c r="S214" s="3" t="s">
-        <v>1058</v>
+        <v>1062</v>
       </c>
       <c r="T214" s="4">
         <v>1</v>
       </c>
       <c r="W214" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X214" s="4">
         <v>0</v>
       </c>
       <c r="Y214" s="4">
         <v>0</v>
       </c>
       <c r="Z214" s="6">
-        <v>1.0499999999999999E-3</v>
+        <v>4.3160000000000004E-3</v>
       </c>
     </row>
     <row r="215" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A215" s="3" t="s">
-        <v>1059</v>
+        <v>1063</v>
       </c>
       <c r="B215" s="3" t="s">
-        <v>1060</v>
+        <v>1064</v>
       </c>
       <c r="C215" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D215" s="4">
-        <v>1950</v>
+        <v>6240</v>
       </c>
       <c r="E215" s="5">
-        <v>56.291668999999999</v>
+        <v>16.390250000000002</v>
       </c>
       <c r="F215" s="4">
-        <v>109768.75441708999</v>
+        <v>102275.16</v>
       </c>
       <c r="G215" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H215" s="3" t="s">
-        <v>73</v>
+        <v>58</v>
       </c>
       <c r="I215" s="3" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="J215" s="5">
-        <v>569.5</v>
+        <v>12.37</v>
       </c>
       <c r="K215" s="5">
-        <v>10.116949917658145</v>
+        <v>0.75471698113207553</v>
       </c>
       <c r="L215" s="3" t="s">
-        <v>75</v>
+        <v>60</v>
       </c>
       <c r="M215" s="4">
-        <v>1110524.9909610001</v>
+        <v>77188.800000000003</v>
       </c>
       <c r="N215" s="4">
-        <v>109768.75441708999</v>
+        <v>102275.16</v>
       </c>
       <c r="O215" s="3" t="s">
-        <v>1059</v>
+        <v>1063</v>
       </c>
       <c r="P215" s="3" t="s">
-        <v>1061</v>
+        <v>1065</v>
       </c>
       <c r="Q215" s="3" t="s">
-        <v>141</v>
+        <v>163</v>
       </c>
       <c r="R215" s="3" t="s">
-        <v>1062</v>
+        <v>1066</v>
       </c>
       <c r="S215" s="3" t="s">
-        <v>1022</v>
+        <v>121</v>
       </c>
       <c r="T215" s="4">
         <v>1</v>
       </c>
       <c r="W215" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X215" s="4">
         <v>0</v>
       </c>
       <c r="Y215" s="4">
         <v>0</v>
       </c>
       <c r="Z215" s="6">
-        <v>4.6319999999999998E-3</v>
+        <v>4.346E-3</v>
       </c>
     </row>
     <row r="216" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A216" s="3" t="s">
-        <v>1063</v>
+        <v>1067</v>
       </c>
       <c r="B216" s="3" t="s">
-        <v>1064</v>
+        <v>1068</v>
       </c>
       <c r="C216" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D216" s="4">
-        <v>900</v>
+        <v>200</v>
       </c>
       <c r="E216" s="5">
-        <v>24.480284000000001</v>
+        <v>296.18</v>
       </c>
       <c r="F216" s="4">
-        <v>22032.25536893</v>
+        <v>59236</v>
       </c>
       <c r="G216" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H216" s="3" t="s">
-        <v>1065</v>
+        <v>88</v>
       </c>
       <c r="I216" s="3" t="s">
-        <v>1066</v>
+        <v>89</v>
       </c>
       <c r="J216" s="5">
-        <v>131.83000000000001</v>
+        <v>296.18</v>
       </c>
       <c r="K216" s="5">
-        <v>5.3851499643099183</v>
+        <v>1</v>
       </c>
       <c r="L216" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="M216" s="4">
+        <v>59236</v>
+      </c>
+      <c r="N216" s="4">
+        <v>59236</v>
+      </c>
+      <c r="O216" s="3" t="s">
         <v>1067</v>
       </c>
-      <c r="M216" s="4">
-[...7 lines deleted...]
-      </c>
       <c r="P216" s="3" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="Q216" s="3" t="s">
-        <v>158</v>
+        <v>152</v>
       </c>
       <c r="R216" s="3" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="S216" s="3" t="s">
-        <v>1070</v>
+        <v>104</v>
       </c>
       <c r="T216" s="4">
         <v>1</v>
       </c>
       <c r="W216" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X216" s="4">
         <v>0</v>
       </c>
       <c r="Y216" s="4">
         <v>0</v>
       </c>
       <c r="Z216" s="6">
-        <v>9.2900000000000003E-4</v>
+        <v>2.5170000000000001E-3</v>
       </c>
     </row>
     <row r="217" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A217" s="3" t="s">
         <v>1071</v>
       </c>
       <c r="B217" s="3" t="s">
         <v>1072</v>
       </c>
       <c r="C217" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D217" s="4">
-        <v>2510</v>
+        <v>134</v>
       </c>
       <c r="E217" s="5">
-        <v>18.270986000000001</v>
+        <v>23.084408</v>
       </c>
       <c r="F217" s="4">
-        <v>45860.174859999999</v>
+        <v>3093.3105865699999</v>
       </c>
       <c r="G217" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H217" s="3" t="s">
-        <v>424</v>
+        <v>1073</v>
       </c>
       <c r="I217" s="3" t="s">
-        <v>54</v>
+        <v>1074</v>
       </c>
       <c r="J217" s="5">
-        <v>15.83</v>
+        <v>86.6</v>
       </c>
       <c r="K217" s="5">
-        <v>0.86640097036908681</v>
+        <v>3.7514499354000317</v>
       </c>
       <c r="L217" s="3" t="s">
-        <v>425</v>
+        <v>1075</v>
       </c>
       <c r="M217" s="4">
-        <v>39733.300000000003</v>
+        <v>11604.399799999999</v>
       </c>
       <c r="N217" s="4">
-        <v>45860.174859999999</v>
+        <v>3093.3105865699999</v>
       </c>
       <c r="O217" s="3" t="s">
         <v>1071</v>
       </c>
       <c r="P217" s="3" t="s">
-        <v>1073</v>
+        <v>1076</v>
       </c>
       <c r="Q217" s="3" t="s">
-        <v>258</v>
+        <v>152</v>
       </c>
       <c r="R217" s="3" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="S217" s="3" t="s">
-        <v>428</v>
+        <v>1078</v>
       </c>
       <c r="T217" s="4">
         <v>1</v>
       </c>
       <c r="W217" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X217" s="4">
         <v>0</v>
       </c>
       <c r="Y217" s="4">
         <v>0</v>
       </c>
       <c r="Z217" s="6">
-        <v>1.9350000000000001E-3</v>
+        <v>1.3100000000000001E-4</v>
       </c>
     </row>
     <row r="218" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A218" s="3" t="s">
-        <v>1075</v>
+        <v>1079</v>
       </c>
       <c r="B218" s="3" t="s">
-        <v>1076</v>
+        <v>1080</v>
       </c>
       <c r="C218" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D218" s="4">
-        <v>7631</v>
+        <v>200</v>
       </c>
       <c r="E218" s="5">
-        <v>14.635256</v>
+        <v>250</v>
       </c>
       <c r="F218" s="4">
-        <v>111681.638536</v>
+        <v>50000</v>
       </c>
       <c r="G218" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H218" s="3" t="s">
-        <v>1077</v>
+        <v>88</v>
       </c>
       <c r="I218" s="3" t="s">
-        <v>54</v>
+        <v>89</v>
       </c>
       <c r="J218" s="5">
-        <v>12.68</v>
+        <v>250</v>
       </c>
       <c r="K218" s="5">
-        <v>0.86640097036908681</v>
+        <v>1</v>
       </c>
       <c r="L218" s="3" t="s">
-        <v>1078</v>
+        <v>90</v>
       </c>
       <c r="M218" s="4">
-        <v>96761.08</v>
+        <v>50000</v>
       </c>
       <c r="N218" s="4">
-        <v>111681.638536</v>
+        <v>50000</v>
       </c>
       <c r="O218" s="3" t="s">
-        <v>1075</v>
+        <v>1079</v>
       </c>
       <c r="P218" s="3" t="s">
-        <v>1079</v>
+        <v>1081</v>
       </c>
       <c r="Q218" s="3" t="s">
-        <v>158</v>
+        <v>174</v>
       </c>
       <c r="R218" s="3" t="s">
-        <v>1080</v>
+        <v>1082</v>
       </c>
       <c r="S218" s="3" t="s">
-        <v>1081</v>
+        <v>104</v>
       </c>
       <c r="T218" s="4">
         <v>1</v>
       </c>
       <c r="W218" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X218" s="4">
         <v>0</v>
       </c>
       <c r="Y218" s="4">
         <v>0</v>
       </c>
       <c r="Z218" s="6">
-        <v>4.7130000000000002E-3</v>
+        <v>2.124E-3</v>
       </c>
     </row>
     <row r="219" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A219" s="3" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="B219" s="3" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C219" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D219" s="4">
+        <v>4800</v>
+      </c>
+      <c r="E219" s="5">
+        <v>10.352444999999999</v>
+      </c>
+      <c r="F219" s="4">
+        <v>49691.738594330003</v>
+      </c>
+      <c r="G219" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H219" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="I219" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="J219" s="5">
+        <v>80.599999999999994</v>
+      </c>
+      <c r="K219" s="5">
+        <v>7.7856001432550421</v>
+      </c>
+      <c r="L219" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="M219" s="4">
+        <v>386880.00711800001</v>
+      </c>
+      <c r="N219" s="4">
+        <v>49691.738594330003</v>
+      </c>
+      <c r="O219" s="3" t="s">
         <v>1083</v>
       </c>
-      <c r="C219" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P219" s="3" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="Q219" s="3" t="s">
-        <v>158</v>
+        <v>152</v>
       </c>
       <c r="R219" s="3" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="S219" s="3" t="s">
-        <v>116</v>
+        <v>647</v>
       </c>
       <c r="T219" s="4">
         <v>1</v>
       </c>
       <c r="W219" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X219" s="4">
         <v>0</v>
       </c>
       <c r="Y219" s="4">
         <v>0</v>
       </c>
       <c r="Z219" s="6">
-        <v>4.1529999999999996E-3</v>
+        <v>2.111E-3</v>
       </c>
     </row>
     <row r="220" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A220" s="3" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="B220" s="3" t="s">
+        <v>1088</v>
+      </c>
+      <c r="C220" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D220" s="4">
+        <v>386</v>
+      </c>
+      <c r="E220" s="5">
+        <v>73.844741999999997</v>
+      </c>
+      <c r="F220" s="4">
+        <v>28504.130826510001</v>
+      </c>
+      <c r="G220" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H220" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="I220" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="J220" s="5">
+        <v>108600</v>
+      </c>
+      <c r="K220" s="5">
+        <v>1470.6531170492815</v>
+      </c>
+      <c r="L220" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="M220" s="4">
+        <v>41919688.848787002</v>
+      </c>
+      <c r="N220" s="4">
+        <v>28504.130826510001</v>
+      </c>
+      <c r="O220" s="3" t="s">
         <v>1087</v>
       </c>
-      <c r="C220" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P220" s="3" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="Q220" s="3" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="R220" s="3" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="S220" s="3" t="s">
-        <v>99</v>
+        <v>618</v>
       </c>
       <c r="T220" s="4">
         <v>1</v>
       </c>
       <c r="W220" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X220" s="4">
         <v>0</v>
       </c>
       <c r="Y220" s="4">
         <v>0</v>
       </c>
       <c r="Z220" s="6">
-        <v>2.3370000000000001E-3</v>
+        <v>1.2110000000000001E-3</v>
       </c>
     </row>
     <row r="221" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A221" s="3" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="B221" s="3" t="s">
+        <v>1092</v>
+      </c>
+      <c r="C221" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D221" s="4">
+        <v>246</v>
+      </c>
+      <c r="E221" s="5">
+        <v>194.94</v>
+      </c>
+      <c r="F221" s="4">
+        <v>47955.24</v>
+      </c>
+      <c r="G221" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H221" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="I221" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="J221" s="5">
+        <v>194.94</v>
+      </c>
+      <c r="K221" s="5">
+        <v>1</v>
+      </c>
+      <c r="L221" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="M221" s="4">
+        <v>47955.24</v>
+      </c>
+      <c r="N221" s="4">
+        <v>47955.24</v>
+      </c>
+      <c r="O221" s="3" t="s">
         <v>1091</v>
       </c>
-      <c r="C221" s="3" t="s">
-[...17 lines deleted...]
-      <c r="I221" s="3" t="s">
+      <c r="P221" s="3" t="s">
         <v>1093</v>
       </c>
-      <c r="J221" s="5">
-[...5 lines deleted...]
-      <c r="L221" s="3" t="s">
+      <c r="Q221" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="R221" s="3" t="s">
         <v>1094</v>
       </c>
-      <c r="M221" s="4">
-[...16 lines deleted...]
-      </c>
       <c r="S221" s="3" t="s">
-        <v>1097</v>
+        <v>132</v>
       </c>
       <c r="T221" s="4">
         <v>1</v>
       </c>
       <c r="W221" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X221" s="4">
         <v>0</v>
       </c>
       <c r="Y221" s="4">
         <v>0</v>
       </c>
       <c r="Z221" s="6">
-        <v>1.7699999999999999E-4</v>
+        <v>2.0379999999999999E-3</v>
       </c>
     </row>
     <row r="222" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A222" s="3" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B222" s="3" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C222" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D222" s="4">
+        <v>250</v>
+      </c>
+      <c r="E222" s="5">
+        <v>176.28744</v>
+      </c>
+      <c r="F222" s="4">
+        <v>44071.860016190003</v>
+      </c>
+      <c r="G222" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H222" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="I222" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="J222" s="5">
+        <v>141.55000000000001</v>
+      </c>
+      <c r="K222" s="5">
+        <v>0.80294999975750914</v>
+      </c>
+      <c r="L222" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="M222" s="4">
+        <v>35387.499989000004</v>
+      </c>
+      <c r="N222" s="4">
+        <v>44071.860016190003</v>
+      </c>
+      <c r="O222" s="3" t="s">
+        <v>1095</v>
+      </c>
+      <c r="P222" s="3" t="s">
+        <v>1097</v>
+      </c>
+      <c r="Q222" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="R222" s="3" t="s">
         <v>1098</v>
       </c>
-      <c r="B222" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S222" s="3" t="s">
-        <v>99</v>
+        <v>594</v>
       </c>
       <c r="T222" s="4">
         <v>1</v>
       </c>
       <c r="W222" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X222" s="4">
         <v>0</v>
       </c>
       <c r="Y222" s="4">
         <v>0</v>
       </c>
       <c r="Z222" s="6">
-        <v>2.111E-3</v>
+        <v>1.872E-3</v>
       </c>
     </row>
     <row r="223" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A223" s="3" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B223" s="3" t="s">
+        <v>1100</v>
+      </c>
+      <c r="C223" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D223" s="4">
+        <v>500</v>
+      </c>
+      <c r="E223" s="5">
+        <v>56.686937</v>
+      </c>
+      <c r="F223" s="4">
+        <v>28343.479653959999</v>
+      </c>
+      <c r="G223" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H223" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="I223" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="J223" s="5">
+        <v>8846</v>
+      </c>
+      <c r="K223" s="5">
+        <v>156.05006085952374</v>
+      </c>
+      <c r="L223" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="M223" s="4">
+        <v>4423001.7249710001</v>
+      </c>
+      <c r="N223" s="4">
+        <v>28343.479653959999</v>
+      </c>
+      <c r="O223" s="3" t="s">
+        <v>1099</v>
+      </c>
+      <c r="P223" s="3" t="s">
+        <v>1101</v>
+      </c>
+      <c r="Q223" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="R223" s="3" t="s">
         <v>1102</v>
       </c>
-      <c r="B223" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S223" s="3" t="s">
-        <v>662</v>
+        <v>599</v>
       </c>
       <c r="T223" s="4">
         <v>1</v>
       </c>
       <c r="W223" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X223" s="4">
         <v>0</v>
       </c>
       <c r="Y223" s="4">
         <v>0</v>
       </c>
       <c r="Z223" s="6">
-        <v>1.9659999999999999E-3</v>
+        <v>1.204E-3</v>
       </c>
     </row>
     <row r="224" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A224" s="3" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B224" s="3" t="s">
+        <v>1104</v>
+      </c>
+      <c r="C224" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D224" s="4">
+        <v>1813</v>
+      </c>
+      <c r="E224" s="5">
+        <v>62.403852999999998</v>
+      </c>
+      <c r="F224" s="4">
+        <v>113138.18662109</v>
+      </c>
+      <c r="G224" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H224" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="I224" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="J224" s="5">
+        <v>401.6</v>
+      </c>
+      <c r="K224" s="5">
+        <v>6.4355000718201802</v>
+      </c>
+      <c r="L224" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="M224" s="4">
+        <v>728100.80812499998</v>
+      </c>
+      <c r="N224" s="4">
+        <v>113138.18662109</v>
+      </c>
+      <c r="O224" s="3" t="s">
+        <v>1103</v>
+      </c>
+      <c r="P224" s="3" t="s">
+        <v>1105</v>
+      </c>
+      <c r="Q224" s="3" t="s">
         <v>1106</v>
       </c>
-      <c r="B224" s="3" t="s">
+      <c r="R224" s="3" t="s">
         <v>1107</v>
       </c>
-      <c r="C224" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P224" s="3" t="s">
+      <c r="S224" s="3" t="s">
         <v>1108</v>
-      </c>
-[...7 lines deleted...]
-        <v>633</v>
       </c>
       <c r="T224" s="4">
         <v>1</v>
       </c>
       <c r="W224" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X224" s="4">
         <v>0</v>
       </c>
       <c r="Y224" s="4">
         <v>0</v>
       </c>
       <c r="Z224" s="6">
-        <v>1.263E-3</v>
+        <v>4.8079999999999998E-3</v>
       </c>
     </row>
     <row r="225" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A225" s="3" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B225" s="3" t="s">
         <v>1110</v>
       </c>
-      <c r="B225" s="3" t="s">
+      <c r="C225" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D225" s="4">
+        <v>391</v>
+      </c>
+      <c r="E225" s="5">
+        <v>345.89</v>
+      </c>
+      <c r="F225" s="4">
+        <v>135242.99</v>
+      </c>
+      <c r="G225" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H225" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="I225" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="J225" s="5">
+        <v>345.89</v>
+      </c>
+      <c r="K225" s="5">
+        <v>1</v>
+      </c>
+      <c r="L225" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="M225" s="4">
+        <v>135242.99</v>
+      </c>
+      <c r="N225" s="4">
+        <v>135242.99</v>
+      </c>
+      <c r="O225" s="3" t="s">
+        <v>1109</v>
+      </c>
+      <c r="P225" s="3" t="s">
         <v>1111</v>
       </c>
-      <c r="C225" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P225" s="3" t="s">
+      <c r="Q225" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="R225" s="3" t="s">
         <v>1112</v>
       </c>
-      <c r="Q225" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S225" s="3" t="s">
-        <v>127</v>
+        <v>104</v>
       </c>
       <c r="T225" s="4">
         <v>1</v>
       </c>
       <c r="W225" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X225" s="4">
         <v>0</v>
       </c>
       <c r="Y225" s="4">
         <v>0</v>
       </c>
       <c r="Z225" s="6">
-        <v>2.1710000000000002E-3</v>
+        <v>5.7470000000000004E-3</v>
       </c>
     </row>
     <row r="226" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A226" s="3" t="s">
+        <v>1113</v>
+      </c>
+      <c r="B226" s="3" t="s">
         <v>1114</v>
       </c>
-      <c r="B226" s="3" t="s">
+      <c r="C226" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D226" s="4">
+        <v>398</v>
+      </c>
+      <c r="E226" s="5">
+        <v>39.319434000000001</v>
+      </c>
+      <c r="F226" s="4">
+        <v>15649.134732</v>
+      </c>
+      <c r="G226" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H226" s="3" t="s">
+        <v>434</v>
+      </c>
+      <c r="I226" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="J226" s="5">
+        <v>33.880000000000003</v>
+      </c>
+      <c r="K226" s="5">
+        <v>0.86166041962862439</v>
+      </c>
+      <c r="L226" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="M226" s="4">
+        <v>13484.24</v>
+      </c>
+      <c r="N226" s="4">
+        <v>15649.134732</v>
+      </c>
+      <c r="O226" s="3" t="s">
+        <v>1113</v>
+      </c>
+      <c r="P226" s="3" t="s">
         <v>1115</v>
       </c>
-      <c r="C226" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P226" s="3" t="s">
+      <c r="Q226" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="R226" s="3" t="s">
         <v>1116</v>
       </c>
-      <c r="Q226" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S226" s="3" t="s">
-        <v>606</v>
+        <v>438</v>
       </c>
       <c r="T226" s="4">
         <v>1</v>
       </c>
       <c r="W226" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X226" s="4">
         <v>0</v>
       </c>
       <c r="Y226" s="4">
         <v>0</v>
       </c>
       <c r="Z226" s="6">
-        <v>1.926E-3</v>
+        <v>6.6500000000000001E-4</v>
       </c>
     </row>
     <row r="227" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A227" s="3" t="s">
+        <v>1117</v>
+      </c>
+      <c r="B227" s="3" t="s">
         <v>1118</v>
       </c>
-      <c r="B227" s="3" t="s">
+      <c r="C227" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D227" s="4">
+        <v>12</v>
+      </c>
+      <c r="E227" s="5">
+        <v>1048.4408699999999</v>
+      </c>
+      <c r="F227" s="4">
+        <v>12581.290440000001</v>
+      </c>
+      <c r="G227" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H227" s="3" t="s">
         <v>1119</v>
       </c>
-      <c r="C227" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I227" s="3" t="s">
-        <v>69</v>
+        <v>54</v>
       </c>
       <c r="J227" s="5">
-        <v>8374</v>
+        <v>903.4</v>
       </c>
       <c r="K227" s="5">
-        <v>154.05495756556192</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L227" s="3" t="s">
-        <v>70</v>
+        <v>1120</v>
       </c>
       <c r="M227" s="4">
-        <v>4186998.84669</v>
+        <v>10840.8</v>
       </c>
       <c r="N227" s="4">
-        <v>27178.605043650001</v>
+        <v>12581.290440000001</v>
       </c>
       <c r="O227" s="3" t="s">
-        <v>1118</v>
+        <v>1117</v>
       </c>
       <c r="P227" s="3" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="Q227" s="3" t="s">
-        <v>104</v>
+        <v>174</v>
       </c>
       <c r="R227" s="3" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="S227" s="3" t="s">
-        <v>611</v>
+        <v>1123</v>
       </c>
       <c r="T227" s="4">
         <v>1</v>
       </c>
       <c r="W227" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X227" s="4">
         <v>0</v>
       </c>
       <c r="Y227" s="4">
         <v>0</v>
       </c>
       <c r="Z227" s="6">
-        <v>1.147E-3</v>
+        <v>5.3399999999999997E-4</v>
       </c>
     </row>
     <row r="228" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A228" s="3" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="B228" s="3" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="C228" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D228" s="4">
-        <v>1813</v>
+        <v>2000</v>
       </c>
       <c r="E228" s="5">
-        <v>59.849604999999997</v>
+        <v>36.960326000000002</v>
       </c>
       <c r="F228" s="4">
-        <v>108507.33049439</v>
+        <v>73920.662736979997</v>
       </c>
       <c r="G228" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H228" s="3" t="s">
-        <v>48</v>
+        <v>675</v>
       </c>
       <c r="I228" s="3" t="s">
-        <v>49</v>
+        <v>676</v>
       </c>
       <c r="J228" s="5">
-        <v>387.2</v>
+        <v>1160</v>
       </c>
       <c r="K228" s="5">
-        <v>6.4695498344895066</v>
+        <v>31.385004558671913</v>
       </c>
       <c r="L228" s="3" t="s">
-        <v>50</v>
+        <v>677</v>
       </c>
       <c r="M228" s="4">
-        <v>701993.58204000001</v>
+        <v>2320000.3369800001</v>
       </c>
       <c r="N228" s="4">
-        <v>108507.33049439</v>
+        <v>73920.662736979997</v>
       </c>
       <c r="O228" s="3" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="P228" s="3" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="Q228" s="3" t="s">
-        <v>1125</v>
+        <v>258</v>
       </c>
       <c r="R228" s="3" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="S228" s="3" t="s">
-        <v>1127</v>
+        <v>680</v>
       </c>
       <c r="T228" s="4">
         <v>1</v>
       </c>
       <c r="W228" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X228" s="4">
         <v>0</v>
       </c>
       <c r="Y228" s="4">
         <v>0</v>
       </c>
       <c r="Z228" s="6">
-        <v>4.5789999999999997E-3</v>
+        <v>3.1410000000000001E-3</v>
       </c>
     </row>
     <row r="229" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A229" s="3" t="s">
         <v>1128</v>
       </c>
       <c r="B229" s="3" t="s">
         <v>1129</v>
       </c>
       <c r="C229" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D229" s="4">
-        <v>391</v>
+        <v>189</v>
       </c>
       <c r="E229" s="5">
-        <v>381.56</v>
+        <v>212.092907</v>
       </c>
       <c r="F229" s="4">
-        <v>149189.96</v>
+        <v>40085.559499349998</v>
       </c>
       <c r="G229" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H229" s="3" t="s">
-        <v>83</v>
+        <v>43</v>
       </c>
       <c r="I229" s="3" t="s">
-        <v>84</v>
+        <v>44</v>
       </c>
       <c r="J229" s="5">
-        <v>381.56</v>
+        <v>170.3</v>
       </c>
       <c r="K229" s="5">
-        <v>1</v>
+        <v>0.80294999975750914</v>
       </c>
       <c r="L229" s="3" t="s">
-        <v>85</v>
+        <v>45</v>
       </c>
       <c r="M229" s="4">
-        <v>149189.96</v>
+        <v>32186.699990000001</v>
       </c>
       <c r="N229" s="4">
-        <v>149189.96</v>
+        <v>40085.559499349998</v>
       </c>
       <c r="O229" s="3" t="s">
         <v>1128</v>
       </c>
       <c r="P229" s="3" t="s">
         <v>1130</v>
       </c>
       <c r="Q229" s="3" t="s">
-        <v>258</v>
+        <v>119</v>
       </c>
       <c r="R229" s="3" t="s">
         <v>1131</v>
       </c>
       <c r="S229" s="3" t="s">
-        <v>99</v>
+        <v>594</v>
       </c>
       <c r="T229" s="4">
         <v>1</v>
       </c>
       <c r="W229" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X229" s="4">
         <v>0</v>
       </c>
       <c r="Y229" s="4">
         <v>0</v>
       </c>
       <c r="Z229" s="6">
-        <v>6.2960000000000004E-3</v>
+        <v>1.7030000000000001E-3</v>
       </c>
     </row>
     <row r="230" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A230" s="3" t="s">
         <v>1132</v>
       </c>
       <c r="B230" s="3" t="s">
         <v>1133</v>
       </c>
       <c r="C230" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D230" s="4">
-        <v>398</v>
+        <v>1600</v>
       </c>
       <c r="E230" s="5">
-        <v>36.368842000000001</v>
+        <v>25.836069999999999</v>
       </c>
       <c r="F230" s="4">
-        <v>14474.799116</v>
+        <v>41337.712328280002</v>
       </c>
       <c r="G230" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H230" s="3" t="s">
-        <v>441</v>
+        <v>1028</v>
       </c>
       <c r="I230" s="3" t="s">
-        <v>54</v>
+        <v>1134</v>
       </c>
       <c r="J230" s="5">
-        <v>31.51</v>
+        <v>182.9</v>
       </c>
       <c r="K230" s="5">
-        <v>0.86640097036908681</v>
+        <v>7.0792500808804322</v>
       </c>
       <c r="L230" s="3" t="s">
-        <v>442</v>
+        <v>1029</v>
       </c>
       <c r="M230" s="4">
-        <v>12540.98</v>
+        <v>292640.00334300002</v>
       </c>
       <c r="N230" s="4">
-        <v>14474.799116</v>
+        <v>41337.712328280002</v>
       </c>
       <c r="O230" s="3" t="s">
         <v>1132</v>
       </c>
       <c r="P230" s="3" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="Q230" s="3" t="s">
-        <v>147</v>
+        <v>258</v>
       </c>
       <c r="R230" s="3" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="S230" s="3" t="s">
-        <v>445</v>
+        <v>1137</v>
       </c>
       <c r="T230" s="4">
         <v>1</v>
       </c>
       <c r="W230" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X230" s="4">
         <v>0</v>
       </c>
       <c r="Y230" s="4">
         <v>0</v>
       </c>
       <c r="Z230" s="6">
-        <v>6.0999999999999997E-4</v>
+        <v>1.756E-3</v>
       </c>
     </row>
     <row r="231" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A231" s="3" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="B231" s="3" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
       <c r="C231" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D231" s="4">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="E231" s="5">
-        <v>1059.67102</v>
+        <v>392.03379000000001</v>
       </c>
       <c r="F231" s="4">
-        <v>12716.052240000001</v>
+        <v>11368.97991</v>
       </c>
       <c r="G231" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H231" s="3" t="s">
-        <v>1138</v>
+        <v>410</v>
       </c>
       <c r="I231" s="3" t="s">
         <v>54</v>
       </c>
       <c r="J231" s="5">
-        <v>918.1</v>
+        <v>337.8</v>
       </c>
       <c r="K231" s="5">
-        <v>0.86640097036908681</v>
+        <v>0.86166041962862439</v>
       </c>
       <c r="L231" s="3" t="s">
-        <v>1139</v>
+        <v>411</v>
       </c>
       <c r="M231" s="4">
-        <v>11017.2</v>
+        <v>9796.2000000000007</v>
       </c>
       <c r="N231" s="4">
-        <v>12716.052240000001</v>
+        <v>11368.97991</v>
       </c>
       <c r="O231" s="3" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="P231" s="3" t="s">
         <v>1140</v>
       </c>
       <c r="Q231" s="3" t="s">
-        <v>169</v>
+        <v>119</v>
       </c>
       <c r="R231" s="3" t="s">
         <v>1141</v>
       </c>
       <c r="S231" s="3" t="s">
-        <v>1142</v>
+        <v>414</v>
       </c>
       <c r="T231" s="4">
         <v>1</v>
       </c>
       <c r="W231" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X231" s="4">
         <v>0</v>
       </c>
       <c r="Y231" s="4">
         <v>0</v>
       </c>
       <c r="Z231" s="6">
-        <v>5.3600000000000002E-4</v>
+        <v>4.8299999999999998E-4</v>
       </c>
     </row>
     <row r="232" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A232" s="3" t="s">
+        <v>1142</v>
+      </c>
+      <c r="B232" s="3" t="s">
         <v>1143</v>
       </c>
-      <c r="B232" s="3" t="s">
+      <c r="C232" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D232" s="4">
+        <v>2616</v>
+      </c>
+      <c r="E232" s="5">
+        <v>36.642192000000001</v>
+      </c>
+      <c r="F232" s="4">
+        <v>95855.975826330003</v>
+      </c>
+      <c r="G232" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H232" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I232" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J232" s="5">
+        <v>345.6</v>
+      </c>
+      <c r="K232" s="5">
+        <v>9.4317502517805725</v>
+      </c>
+      <c r="L232" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M232" s="4">
+        <v>904089.62413400004</v>
+      </c>
+      <c r="N232" s="4">
+        <v>95855.975826330003</v>
+      </c>
+      <c r="O232" s="3" t="s">
+        <v>1142</v>
+      </c>
+      <c r="P232" s="3" t="s">
         <v>1144</v>
       </c>
-      <c r="C232" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P232" s="3" t="s">
+      <c r="Q232" s="3" t="s">
+        <v>1106</v>
+      </c>
+      <c r="R232" s="3" t="s">
         <v>1145</v>
       </c>
-      <c r="Q232" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R232" s="3" t="s">
+      <c r="S232" s="3" t="s">
         <v>1146</v>
-      </c>
-[...1 lines deleted...]
-        <v>695</v>
       </c>
       <c r="T232" s="4">
         <v>1</v>
       </c>
       <c r="W232" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X232" s="4">
         <v>0</v>
       </c>
       <c r="Y232" s="4">
         <v>0</v>
       </c>
       <c r="Z232" s="6">
-        <v>3.3219999999999999E-3</v>
+        <v>4.0730000000000002E-3</v>
       </c>
     </row>
     <row r="233" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A233" s="3" t="s">
         <v>1147</v>
       </c>
       <c r="B233" s="3" t="s">
         <v>1148</v>
       </c>
       <c r="C233" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D233" s="4">
-        <v>189</v>
+        <v>52231</v>
       </c>
       <c r="E233" s="5">
-        <v>197.69542100000001</v>
+        <v>1.8887039999999999</v>
       </c>
       <c r="F233" s="4">
-        <v>37364.434755529997</v>
+        <v>98648.898623999994</v>
       </c>
       <c r="G233" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H233" s="3" t="s">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="I233" s="3" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="J233" s="5">
-        <v>158.69999999999999</v>
+        <v>2.88</v>
       </c>
       <c r="K233" s="5">
-        <v>0.80275000316283507</v>
+        <v>1.5248551387618177</v>
       </c>
       <c r="L233" s="3" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="M233" s="4">
-        <v>29994.300117999999</v>
+        <v>150425.28</v>
       </c>
       <c r="N233" s="4">
-        <v>37364.434755529997</v>
+        <v>98648.898623999994</v>
       </c>
       <c r="O233" s="3" t="s">
         <v>1147</v>
       </c>
       <c r="P233" s="3" t="s">
         <v>1149</v>
       </c>
       <c r="Q233" s="3" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="R233" s="3" t="s">
         <v>1150</v>
       </c>
       <c r="S233" s="3" t="s">
-        <v>606</v>
+        <v>604</v>
       </c>
       <c r="T233" s="4">
         <v>1</v>
       </c>
       <c r="W233" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X233" s="4">
         <v>0</v>
       </c>
       <c r="Y233" s="4">
         <v>0</v>
       </c>
       <c r="Z233" s="6">
-        <v>1.5759999999999999E-3</v>
+        <v>4.1920000000000004E-3</v>
       </c>
     </row>
     <row r="234" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A234" s="3" t="s">
         <v>1151</v>
       </c>
       <c r="B234" s="3" t="s">
         <v>1152</v>
       </c>
       <c r="C234" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D234" s="4">
-        <v>1600</v>
+        <v>1200</v>
       </c>
       <c r="E234" s="5">
-        <v>26.682037000000001</v>
+        <v>3.765936</v>
       </c>
       <c r="F234" s="4">
-        <v>42691.258751089998</v>
+        <v>4519.1227884299997</v>
       </c>
       <c r="G234" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H234" s="3" t="s">
-        <v>1047</v>
+        <v>1028</v>
       </c>
       <c r="I234" s="3" t="s">
-        <v>1153</v>
+        <v>1134</v>
       </c>
       <c r="J234" s="5">
-        <v>189.8</v>
+        <v>26.66</v>
       </c>
       <c r="K234" s="5">
-        <v>7.1134000451700903</v>
+        <v>7.0792500808804322</v>
       </c>
       <c r="L234" s="3" t="s">
-        <v>1048</v>
+        <v>1029</v>
       </c>
       <c r="M234" s="4">
-        <v>303680.00192800001</v>
+        <v>31992.000365</v>
       </c>
       <c r="N234" s="4">
-        <v>42691.258751089998</v>
+        <v>4519.1227884299997</v>
       </c>
       <c r="O234" s="3" t="s">
         <v>1151</v>
       </c>
       <c r="P234" s="3" t="s">
+        <v>1153</v>
+      </c>
+      <c r="Q234" s="3" t="s">
+        <v>1106</v>
+      </c>
+      <c r="R234" s="3" t="s">
         <v>1154</v>
       </c>
-      <c r="Q234" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R234" s="3" t="s">
+      <c r="S234" s="3" t="s">
         <v>1155</v>
-      </c>
-[...1 lines deleted...]
-        <v>1156</v>
       </c>
       <c r="T234" s="4">
         <v>1</v>
       </c>
       <c r="W234" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X234" s="4">
         <v>0</v>
       </c>
       <c r="Y234" s="4">
         <v>0</v>
       </c>
       <c r="Z234" s="6">
-        <v>1.8010000000000001E-3</v>
+        <v>1.92E-4</v>
       </c>
     </row>
     <row r="235" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A235" s="3" t="s">
+        <v>1156</v>
+      </c>
+      <c r="B235" s="3" t="s">
         <v>1157</v>
       </c>
-      <c r="B235" s="3" t="s">
+      <c r="C235" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D235" s="4">
+        <v>14400</v>
+      </c>
+      <c r="E235" s="5">
+        <v>6.6122820000000004</v>
+      </c>
+      <c r="F235" s="4">
+        <v>95216.866193449998</v>
+      </c>
+      <c r="G235" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H235" s="3" t="s">
+        <v>1028</v>
+      </c>
+      <c r="I235" s="3" t="s">
+        <v>1134</v>
+      </c>
+      <c r="J235" s="5">
+        <v>46.81</v>
+      </c>
+      <c r="K235" s="5">
+        <v>7.0792500808804322</v>
+      </c>
+      <c r="L235" s="3" t="s">
+        <v>1029</v>
+      </c>
+      <c r="M235" s="4">
+        <v>674064.00770099997</v>
+      </c>
+      <c r="N235" s="4">
+        <v>95216.866193449998</v>
+      </c>
+      <c r="O235" s="3" t="s">
+        <v>1156</v>
+      </c>
+      <c r="P235" s="3" t="s">
         <v>1158</v>
       </c>
-      <c r="C235" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P235" s="3" t="s">
+      <c r="Q235" s="3" t="s">
+        <v>1106</v>
+      </c>
+      <c r="R235" s="3" t="s">
         <v>1159</v>
       </c>
-      <c r="Q235" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S235" s="3" t="s">
-        <v>421</v>
+        <v>1137</v>
       </c>
       <c r="T235" s="4">
         <v>1</v>
       </c>
       <c r="W235" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X235" s="4">
         <v>0</v>
       </c>
       <c r="Y235" s="4">
         <v>0</v>
       </c>
       <c r="Z235" s="6">
-        <v>4.8899999999999996E-4</v>
+        <v>4.0460000000000001E-3</v>
       </c>
     </row>
     <row r="236" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A236" s="3" t="s">
+        <v>1160</v>
+      </c>
+      <c r="B236" s="3" t="s">
         <v>1161</v>
       </c>
-      <c r="B236" s="3" t="s">
+      <c r="C236" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D236" s="4">
+        <v>31718</v>
+      </c>
+      <c r="E236" s="5">
+        <v>1.245765</v>
+      </c>
+      <c r="F236" s="4">
+        <v>39513.174270000003</v>
+      </c>
+      <c r="G236" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H236" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="I236" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="J236" s="5">
+        <v>0.94020000000000004</v>
+      </c>
+      <c r="K236" s="5">
+        <v>0.75471698113207553</v>
+      </c>
+      <c r="L236" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="M236" s="4">
+        <v>29821.263599999998</v>
+      </c>
+      <c r="N236" s="4">
+        <v>39513.174270000003</v>
+      </c>
+      <c r="O236" s="3" t="s">
+        <v>1160</v>
+      </c>
+      <c r="P236" s="3" t="s">
         <v>1162</v>
       </c>
-      <c r="C236" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P236" s="3" t="s">
+      <c r="Q236" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="R236" s="3" t="s">
         <v>1163</v>
       </c>
-      <c r="Q236" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S236" s="3" t="s">
-        <v>1165</v>
+        <v>121</v>
       </c>
       <c r="T236" s="4">
         <v>1</v>
       </c>
       <c r="W236" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X236" s="4">
         <v>0</v>
       </c>
       <c r="Y236" s="4">
         <v>0</v>
       </c>
       <c r="Z236" s="6">
-        <v>3.8990000000000001E-3</v>
+        <v>1.6789999999999999E-3</v>
       </c>
     </row>
     <row r="237" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A237" s="3" t="s">
+        <v>1164</v>
+      </c>
+      <c r="B237" s="3" t="s">
+        <v>1165</v>
+      </c>
+      <c r="C237" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D237" s="4">
+        <v>2100</v>
+      </c>
+      <c r="E237" s="5">
+        <v>52.717447999999997</v>
+      </c>
+      <c r="F237" s="4">
+        <v>110706.64265282</v>
+      </c>
+      <c r="G237" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H237" s="3" t="s">
+        <v>1028</v>
+      </c>
+      <c r="I237" s="3" t="s">
+        <v>1134</v>
+      </c>
+      <c r="J237" s="5">
+        <v>373.2</v>
+      </c>
+      <c r="K237" s="5">
+        <v>7.0792500808804322</v>
+      </c>
+      <c r="L237" s="3" t="s">
+        <v>1029</v>
+      </c>
+      <c r="M237" s="4">
+        <v>783720.00895299995</v>
+      </c>
+      <c r="N237" s="4">
+        <v>110706.64265282</v>
+      </c>
+      <c r="O237" s="3" t="s">
+        <v>1164</v>
+      </c>
+      <c r="P237" s="3" t="s">
         <v>1166</v>
       </c>
-      <c r="B237" s="3" t="s">
+      <c r="Q237" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="R237" s="3" t="s">
         <v>1167</v>
       </c>
-      <c r="C237" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S237" s="3" t="s">
-        <v>616</v>
+        <v>1137</v>
       </c>
       <c r="T237" s="4">
         <v>1</v>
       </c>
       <c r="W237" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X237" s="4">
         <v>0</v>
       </c>
       <c r="Y237" s="4">
         <v>0</v>
       </c>
       <c r="Z237" s="6">
-        <v>4.4869999999999997E-3</v>
+        <v>4.7039999999999998E-3</v>
       </c>
     </row>
     <row r="238" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A238" s="3" t="s">
+        <v>1168</v>
+      </c>
+      <c r="B238" s="3" t="s">
+        <v>1169</v>
+      </c>
+      <c r="C238" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D238" s="4">
+        <v>100</v>
+      </c>
+      <c r="E238" s="5">
+        <v>89.286612000000005</v>
+      </c>
+      <c r="F238" s="4">
+        <v>8928.6610953700001</v>
+      </c>
+      <c r="G238" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H238" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I238" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J238" s="5">
+        <v>124.47</v>
+      </c>
+      <c r="K238" s="5">
+        <v>1.3940499911066582</v>
+      </c>
+      <c r="L238" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M238" s="4">
+        <v>12446.99992</v>
+      </c>
+      <c r="N238" s="4">
+        <v>8928.6610953700001</v>
+      </c>
+      <c r="O238" s="3" t="s">
+        <v>1168</v>
+      </c>
+      <c r="P238" s="3" t="s">
         <v>1170</v>
       </c>
-      <c r="B238" s="3" t="s">
+      <c r="Q238" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="R238" s="3" t="s">
         <v>1171</v>
       </c>
-      <c r="C238" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P238" s="3" t="s">
+      <c r="S238" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="T238" s="4">
+        <v>1</v>
+      </c>
+      <c r="W238" s="3" t="s">
         <v>1172</v>
       </c>
-      <c r="Q238" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X238" s="4">
         <v>0</v>
       </c>
       <c r="Y238" s="4">
         <v>0</v>
       </c>
       <c r="Z238" s="6">
-        <v>2.0799999999999999E-4</v>
+        <v>3.79E-4</v>
       </c>
     </row>
     <row r="239" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A239" s="3" t="s">
+        <v>1173</v>
+      </c>
+      <c r="B239" s="3" t="s">
+        <v>1174</v>
+      </c>
+      <c r="C239" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D239" s="4">
+        <v>750</v>
+      </c>
+      <c r="E239" s="5">
+        <v>62.971443000000001</v>
+      </c>
+      <c r="F239" s="4">
+        <v>47228.582249999999</v>
+      </c>
+      <c r="G239" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H239" s="3" t="s">
+        <v>1119</v>
+      </c>
+      <c r="I239" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="J239" s="5">
+        <v>54.26</v>
+      </c>
+      <c r="K239" s="5">
+        <v>0.86166041962862439</v>
+      </c>
+      <c r="L239" s="3" t="s">
+        <v>1120</v>
+      </c>
+      <c r="M239" s="4">
+        <v>40695</v>
+      </c>
+      <c r="N239" s="4">
+        <v>47228.582249999999</v>
+      </c>
+      <c r="O239" s="3" t="s">
+        <v>1173</v>
+      </c>
+      <c r="P239" s="3" t="s">
         <v>1175</v>
       </c>
-      <c r="B239" s="3" t="s">
+      <c r="Q239" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="R239" s="3" t="s">
         <v>1176</v>
       </c>
-      <c r="C239" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S239" s="3" t="s">
-        <v>1156</v>
+        <v>1123</v>
       </c>
       <c r="T239" s="4">
         <v>1</v>
       </c>
       <c r="W239" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X239" s="4">
         <v>0</v>
       </c>
       <c r="Y239" s="4">
         <v>0</v>
       </c>
       <c r="Z239" s="6">
-        <v>4.5019999999999999E-3</v>
+        <v>2.0070000000000001E-3</v>
       </c>
     </row>
     <row r="240" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A240" s="3" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B240" s="3" t="s">
+        <v>1178</v>
+      </c>
+      <c r="C240" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D240" s="4">
+        <v>1000</v>
+      </c>
+      <c r="E240" s="5">
+        <v>6.8074389999999996</v>
+      </c>
+      <c r="F240" s="4">
+        <v>6807.4393752599999</v>
+      </c>
+      <c r="G240" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H240" s="3" t="s">
+        <v>1028</v>
+      </c>
+      <c r="I240" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="J240" s="5">
+        <v>53</v>
+      </c>
+      <c r="K240" s="5">
+        <v>7.7856001432550421</v>
+      </c>
+      <c r="L240" s="3" t="s">
+        <v>1029</v>
+      </c>
+      <c r="M240" s="4">
+        <v>53000.000975000003</v>
+      </c>
+      <c r="N240" s="4">
+        <v>6807.4393752599999</v>
+      </c>
+      <c r="O240" s="3" t="s">
+        <v>1177</v>
+      </c>
+      <c r="P240" s="3" t="s">
         <v>1179</v>
       </c>
-      <c r="B240" s="3" t="s">
+      <c r="Q240" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="R240" s="3" t="s">
         <v>1180</v>
       </c>
-      <c r="C240" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S240" s="3" t="s">
-        <v>116</v>
+        <v>647</v>
       </c>
       <c r="T240" s="4">
         <v>1</v>
       </c>
       <c r="W240" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X240" s="4">
         <v>0</v>
       </c>
       <c r="Y240" s="4">
         <v>0</v>
       </c>
       <c r="Z240" s="6">
-        <v>1.6199999999999999E-3</v>
+        <v>2.8899999999999998E-4</v>
       </c>
     </row>
     <row r="241" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A241" s="3" t="s">
+        <v>1181</v>
+      </c>
+      <c r="B241" s="3" t="s">
+        <v>1182</v>
+      </c>
+      <c r="C241" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D241" s="4">
+        <v>200</v>
+      </c>
+      <c r="E241" s="5">
+        <v>157.627059</v>
+      </c>
+      <c r="F241" s="4">
+        <v>31525.411570600001</v>
+      </c>
+      <c r="G241" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H241" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I241" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J241" s="5">
+        <v>219.74</v>
+      </c>
+      <c r="K241" s="5">
+        <v>1.3940499911066582</v>
+      </c>
+      <c r="L241" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M241" s="4">
+        <v>43947.999718999999</v>
+      </c>
+      <c r="N241" s="4">
+        <v>31525.411570600001</v>
+      </c>
+      <c r="O241" s="3" t="s">
+        <v>1181</v>
+      </c>
+      <c r="P241" s="3" t="s">
         <v>1183</v>
       </c>
-      <c r="B241" s="3" t="s">
+      <c r="Q241" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="R241" s="3" t="s">
         <v>1184</v>
       </c>
-      <c r="C241" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P241" s="3" t="s">
+      <c r="S241" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="T241" s="4">
+        <v>1</v>
+      </c>
+      <c r="W241" s="3" t="s">
         <v>1185</v>
       </c>
-      <c r="Q241" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X241" s="4">
         <v>0</v>
       </c>
       <c r="Y241" s="4">
         <v>0</v>
       </c>
       <c r="Z241" s="6">
-        <v>4.8430000000000001E-3</v>
+        <v>1.3389999999999999E-3</v>
       </c>
     </row>
     <row r="242" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A242" s="3" t="s">
+        <v>1186</v>
+      </c>
+      <c r="B242" s="3" t="s">
         <v>1187</v>
       </c>
-      <c r="B242" s="3" t="s">
+      <c r="C242" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D242" s="4">
+        <v>3400</v>
+      </c>
+      <c r="E242" s="5">
+        <v>19.459001000000001</v>
+      </c>
+      <c r="F242" s="4">
+        <v>66160.604192359999</v>
+      </c>
+      <c r="G242" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H242" s="3" t="s">
+        <v>1028</v>
+      </c>
+      <c r="I242" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="J242" s="5">
+        <v>151.5</v>
+      </c>
+      <c r="K242" s="5">
+        <v>7.7856001432550421</v>
+      </c>
+      <c r="L242" s="3" t="s">
+        <v>1029</v>
+      </c>
+      <c r="M242" s="4">
+        <v>515100.00947699999</v>
+      </c>
+      <c r="N242" s="4">
+        <v>66160.604192359999</v>
+      </c>
+      <c r="O242" s="3" t="s">
+        <v>1186</v>
+      </c>
+      <c r="P242" s="3" t="s">
         <v>1188</v>
       </c>
-      <c r="C242" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P242" s="3" t="s">
+      <c r="Q242" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="R242" s="3" t="s">
         <v>1189</v>
       </c>
-      <c r="Q242" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S242" s="3" t="s">
-        <v>300</v>
+        <v>647</v>
       </c>
       <c r="T242" s="4">
         <v>1</v>
       </c>
       <c r="W242" s="3" t="s">
-        <v>1191</v>
+        <v>34</v>
       </c>
       <c r="X242" s="4">
         <v>0</v>
       </c>
       <c r="Y242" s="4">
         <v>0</v>
       </c>
       <c r="Z242" s="6">
-        <v>3.6699999999999998E-4</v>
+        <v>2.8110000000000001E-3</v>
       </c>
     </row>
     <row r="243" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A243" s="3" t="s">
+        <v>1190</v>
+      </c>
+      <c r="B243" s="3" t="s">
+        <v>1191</v>
+      </c>
+      <c r="C243" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D243" s="4">
+        <v>124</v>
+      </c>
+      <c r="E243" s="5">
+        <v>421.48</v>
+      </c>
+      <c r="F243" s="4">
+        <v>52263.519999999997</v>
+      </c>
+      <c r="G243" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H243" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="I243" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="J243" s="5">
+        <v>421.48</v>
+      </c>
+      <c r="K243" s="5">
+        <v>1</v>
+      </c>
+      <c r="L243" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="M243" s="4">
+        <v>52263.519999999997</v>
+      </c>
+      <c r="N243" s="4">
+        <v>52263.519999999997</v>
+      </c>
+      <c r="O243" s="3" t="s">
+        <v>1190</v>
+      </c>
+      <c r="P243" s="3" t="s">
         <v>1192</v>
       </c>
-      <c r="B243" s="3" t="s">
+      <c r="Q243" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="R243" s="3" t="s">
         <v>1193</v>
       </c>
-      <c r="C243" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S243" s="3" t="s">
-        <v>1142</v>
+        <v>104</v>
       </c>
       <c r="T243" s="4">
         <v>1</v>
       </c>
       <c r="W243" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X243" s="4">
         <v>0</v>
       </c>
       <c r="Y243" s="4">
         <v>0</v>
       </c>
       <c r="Z243" s="6">
-        <v>2.189E-3</v>
+        <v>2.2209999999999999E-3</v>
       </c>
     </row>
     <row r="244" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A244" s="3" t="s">
-        <v>1196</v>
+        <v>1194</v>
       </c>
       <c r="B244" s="3" t="s">
-        <v>1197</v>
+        <v>384</v>
       </c>
       <c r="C244" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D244" s="4">
-        <v>1000</v>
+        <v>700</v>
       </c>
       <c r="E244" s="5">
-        <v>7.5010940000000002</v>
+        <v>45.608120999999997</v>
       </c>
       <c r="F244" s="4">
-        <v>7501.0936414400003</v>
+        <v>31925.684157669999</v>
       </c>
       <c r="G244" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H244" s="3" t="s">
-        <v>1047</v>
+        <v>38</v>
       </c>
       <c r="I244" s="3" t="s">
-        <v>64</v>
+        <v>39</v>
       </c>
       <c r="J244" s="5">
-        <v>58.3</v>
+        <v>63.58</v>
       </c>
       <c r="K244" s="5">
-        <v>7.7721999289620927</v>
+        <v>1.3940499911066582</v>
       </c>
       <c r="L244" s="3" t="s">
-        <v>1048</v>
+        <v>40</v>
       </c>
       <c r="M244" s="4">
-        <v>58299.999467000001</v>
+        <v>44505.999715999998</v>
       </c>
       <c r="N244" s="4">
-        <v>7501.0936414400003</v>
+        <v>31925.684157669999</v>
       </c>
       <c r="O244" s="3" t="s">
-        <v>1196</v>
+        <v>1194</v>
       </c>
       <c r="P244" s="3" t="s">
-        <v>1198</v>
+        <v>386</v>
       </c>
       <c r="Q244" s="3" t="s">
-        <v>114</v>
+        <v>258</v>
       </c>
       <c r="R244" s="3" t="s">
-        <v>1199</v>
+        <v>387</v>
       </c>
       <c r="S244" s="3" t="s">
-        <v>662</v>
+        <v>294</v>
       </c>
       <c r="T244" s="4">
         <v>1</v>
       </c>
       <c r="W244" s="3" t="s">
-        <v>34</v>
+        <v>383</v>
       </c>
       <c r="X244" s="4">
         <v>0</v>
       </c>
       <c r="Y244" s="4">
         <v>0</v>
       </c>
       <c r="Z244" s="6">
-        <v>3.1599999999999998E-4</v>
+        <v>1.356E-3</v>
       </c>
     </row>
     <row r="245" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A245" s="3" t="s">
-        <v>1200</v>
+        <v>1195</v>
       </c>
       <c r="B245" s="3" t="s">
-        <v>1201</v>
+        <v>1196</v>
       </c>
       <c r="C245" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D245" s="4">
-        <v>200</v>
+        <v>20</v>
       </c>
       <c r="E245" s="5">
-        <v>159.340541</v>
+        <v>276.69</v>
       </c>
       <c r="F245" s="4">
-        <v>31868.108339580001</v>
+        <v>5533.8</v>
       </c>
       <c r="G245" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H245" s="3" t="s">
-        <v>38</v>
+        <v>88</v>
       </c>
       <c r="I245" s="3" t="s">
-        <v>39</v>
+        <v>89</v>
       </c>
       <c r="J245" s="5">
-        <v>223.26</v>
+        <v>276.69</v>
       </c>
       <c r="K245" s="5">
-        <v>1.4011500022712642</v>
+        <v>1</v>
       </c>
       <c r="L245" s="3" t="s">
-        <v>40</v>
+        <v>90</v>
       </c>
       <c r="M245" s="4">
-        <v>44652.000072000003</v>
+        <v>5533.8</v>
       </c>
       <c r="N245" s="4">
-        <v>31868.108339580001</v>
+        <v>5533.8</v>
       </c>
       <c r="O245" s="3" t="s">
-        <v>1200</v>
+        <v>1195</v>
       </c>
       <c r="P245" s="3" t="s">
-        <v>1202</v>
+        <v>1197</v>
       </c>
       <c r="Q245" s="3" t="s">
-        <v>237</v>
+        <v>174</v>
       </c>
       <c r="R245" s="3" t="s">
-        <v>1203</v>
+        <v>1198</v>
       </c>
       <c r="S245" s="3" t="s">
-        <v>300</v>
+        <v>132</v>
       </c>
       <c r="T245" s="4">
         <v>1</v>
       </c>
       <c r="W245" s="3" t="s">
-        <v>1204</v>
+        <v>34</v>
       </c>
       <c r="X245" s="4">
         <v>0</v>
       </c>
       <c r="Y245" s="4">
         <v>0</v>
       </c>
       <c r="Z245" s="6">
-        <v>1.3439999999999999E-3</v>
+        <v>2.3499999999999999E-4</v>
       </c>
     </row>
     <row r="246" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A246" s="3" t="s">
-        <v>1205</v>
+        <v>1199</v>
       </c>
       <c r="B246" s="3" t="s">
-        <v>1206</v>
+        <v>1200</v>
       </c>
       <c r="C246" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D246" s="4">
-        <v>3400</v>
+        <v>1997</v>
       </c>
       <c r="E246" s="5">
-        <v>21.242377000000001</v>
+        <v>16.985182999999999</v>
       </c>
       <c r="F246" s="4">
-        <v>72224.080697869998</v>
+        <v>33919.410501760001</v>
       </c>
       <c r="G246" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H246" s="3" t="s">
-        <v>1047</v>
+        <v>83</v>
       </c>
       <c r="I246" s="3" t="s">
-        <v>64</v>
+        <v>84</v>
       </c>
       <c r="J246" s="5">
-        <v>165.1</v>
+        <v>160.19999999999999</v>
       </c>
       <c r="K246" s="5">
-        <v>7.7721999289620927</v>
+        <v>9.4317502517805725</v>
       </c>
       <c r="L246" s="3" t="s">
-        <v>1048</v>
+        <v>85</v>
       </c>
       <c r="M246" s="4">
-        <v>561339.99486900005</v>
+        <v>319919.40853999997</v>
       </c>
       <c r="N246" s="4">
-        <v>72224.080697869998</v>
+        <v>33919.410501760001</v>
       </c>
       <c r="O246" s="3" t="s">
-        <v>1205</v>
+        <v>1199</v>
       </c>
       <c r="P246" s="3" t="s">
-        <v>1207</v>
+        <v>1201</v>
       </c>
       <c r="Q246" s="3" t="s">
-        <v>114</v>
+        <v>258</v>
       </c>
       <c r="R246" s="3" t="s">
-        <v>1208</v>
+        <v>1202</v>
       </c>
       <c r="S246" s="3" t="s">
-        <v>662</v>
+        <v>1146</v>
       </c>
       <c r="T246" s="4">
         <v>1</v>
       </c>
       <c r="W246" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X246" s="4">
         <v>0</v>
       </c>
       <c r="Y246" s="4">
         <v>0</v>
       </c>
       <c r="Z246" s="6">
-        <v>3.0479999999999999E-3</v>
+        <v>1.441E-3</v>
       </c>
     </row>
     <row r="247" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A247" s="3" t="s">
-        <v>1209</v>
+        <v>1203</v>
       </c>
       <c r="B247" s="3" t="s">
-        <v>1210</v>
+        <v>1204</v>
       </c>
       <c r="C247" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D247" s="4">
-        <v>124</v>
+        <v>2069</v>
       </c>
       <c r="E247" s="5">
-        <v>448.65</v>
+        <v>15.299386999999999</v>
       </c>
       <c r="F247" s="4">
-        <v>55632.6</v>
+        <v>31654.433164580001</v>
       </c>
       <c r="G247" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H247" s="3" t="s">
         <v>83</v>
       </c>
       <c r="I247" s="3" t="s">
         <v>84</v>
       </c>
       <c r="J247" s="5">
-        <v>448.65</v>
+        <v>144.30000000000001</v>
       </c>
       <c r="K247" s="5">
-        <v>1</v>
+        <v>9.4317502517805725</v>
       </c>
       <c r="L247" s="3" t="s">
         <v>85</v>
       </c>
       <c r="M247" s="4">
-        <v>55632.6</v>
+        <v>298556.70796899998</v>
       </c>
       <c r="N247" s="4">
-        <v>55632.6</v>
+        <v>31654.433164580001</v>
       </c>
       <c r="O247" s="3" t="s">
-        <v>1209</v>
+        <v>1203</v>
       </c>
       <c r="P247" s="3" t="s">
-        <v>1211</v>
+        <v>1205</v>
       </c>
       <c r="Q247" s="3" t="s">
         <v>258</v>
       </c>
       <c r="R247" s="3" t="s">
-        <v>1212</v>
+        <v>1206</v>
       </c>
       <c r="S247" s="3" t="s">
-        <v>99</v>
+        <v>1146</v>
       </c>
       <c r="T247" s="4">
         <v>1</v>
       </c>
       <c r="W247" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X247" s="4">
         <v>0</v>
       </c>
       <c r="Y247" s="4">
         <v>0</v>
       </c>
       <c r="Z247" s="6">
-        <v>2.3470000000000001E-3</v>
+        <v>1.3450000000000001E-3</v>
       </c>
     </row>
     <row r="248" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A248" s="3" t="s">
-        <v>1213</v>
+        <v>1207</v>
       </c>
       <c r="B248" s="3" t="s">
-        <v>391</v>
+        <v>1208</v>
       </c>
       <c r="C248" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D248" s="4">
+        <v>11127</v>
+      </c>
+      <c r="E248" s="5">
+        <v>8.5587510000000009</v>
+      </c>
+      <c r="F248" s="4">
+        <v>95233.217340529998</v>
+      </c>
+      <c r="G248" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H248" s="3" t="s">
         <v>93</v>
       </c>
-      <c r="D248" s="4">
-[...8 lines deleted...]
-      <c r="G248" s="3" t="s">
+      <c r="I248" s="3" t="s">
         <v>94</v>
       </c>
-      <c r="H248" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J248" s="5">
-        <v>61.32</v>
+        <v>146.59</v>
       </c>
       <c r="K248" s="5">
-        <v>1.4011500022712642</v>
+        <v>17.12749915903979</v>
       </c>
       <c r="L248" s="3" t="s">
-        <v>40</v>
+        <v>95</v>
       </c>
       <c r="M248" s="4">
-        <v>49056.000078999998</v>
+        <v>1631106.8499119999</v>
       </c>
       <c r="N248" s="4">
-        <v>35011.240766510004</v>
+        <v>95233.217340529998</v>
       </c>
       <c r="O248" s="3" t="s">
-        <v>1213</v>
+        <v>1207</v>
       </c>
       <c r="P248" s="3" t="s">
-        <v>393</v>
+        <v>1209</v>
       </c>
       <c r="Q248" s="3" t="s">
-        <v>258</v>
+        <v>242</v>
       </c>
       <c r="R248" s="3" t="s">
-        <v>394</v>
+        <v>1210</v>
       </c>
       <c r="S248" s="3" t="s">
-        <v>300</v>
+        <v>1211</v>
       </c>
       <c r="T248" s="4">
         <v>1</v>
       </c>
       <c r="W248" s="3" t="s">
-        <v>390</v>
+        <v>34</v>
       </c>
       <c r="X248" s="4">
         <v>0</v>
       </c>
       <c r="Y248" s="4">
         <v>0</v>
       </c>
       <c r="Z248" s="6">
-        <v>1.477E-3</v>
+        <v>4.0470000000000002E-3</v>
       </c>
     </row>
     <row r="249" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A249" s="3" t="s">
+        <v>1212</v>
+      </c>
+      <c r="B249" s="3" t="s">
+        <v>1213</v>
+      </c>
+      <c r="C249" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D249" s="4">
+        <v>100</v>
+      </c>
+      <c r="E249" s="5">
+        <v>353.92</v>
+      </c>
+      <c r="F249" s="4">
+        <v>35392</v>
+      </c>
+      <c r="G249" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H249" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="I249" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="J249" s="5">
+        <v>353.92</v>
+      </c>
+      <c r="K249" s="5">
+        <v>1</v>
+      </c>
+      <c r="L249" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="M249" s="4">
+        <v>35392</v>
+      </c>
+      <c r="N249" s="4">
+        <v>35392</v>
+      </c>
+      <c r="O249" s="3" t="s">
+        <v>1212</v>
+      </c>
+      <c r="P249" s="3" t="s">
         <v>1214</v>
       </c>
-      <c r="B249" s="3" t="s">
+      <c r="Q249" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="R249" s="3" t="s">
         <v>1215</v>
       </c>
-      <c r="C249" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S249" s="3" t="s">
-        <v>1165</v>
+        <v>104</v>
       </c>
       <c r="T249" s="4">
         <v>1</v>
       </c>
       <c r="W249" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X249" s="4">
         <v>0</v>
       </c>
       <c r="Y249" s="4">
         <v>0</v>
       </c>
       <c r="Z249" s="6">
-        <v>1.421E-3</v>
+        <v>1.5039999999999999E-3</v>
       </c>
     </row>
     <row r="250" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A250" s="3" t="s">
+        <v>1216</v>
+      </c>
+      <c r="B250" s="3" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C250" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D250" s="4">
+        <v>527</v>
+      </c>
+      <c r="E250" s="5">
+        <v>105.24</v>
+      </c>
+      <c r="F250" s="4">
+        <v>55461.48</v>
+      </c>
+      <c r="G250" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H250" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="I250" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="J250" s="5">
+        <v>105.24</v>
+      </c>
+      <c r="K250" s="5">
+        <v>1</v>
+      </c>
+      <c r="L250" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="M250" s="4">
+        <v>55461.48</v>
+      </c>
+      <c r="N250" s="4">
+        <v>55461.48</v>
+      </c>
+      <c r="O250" s="3" t="s">
+        <v>1216</v>
+      </c>
+      <c r="P250" s="3" t="s">
         <v>1218</v>
-      </c>
-[...43 lines deleted...]
-        <v>1220</v>
       </c>
       <c r="Q250" s="3" t="s">
         <v>258</v>
       </c>
       <c r="R250" s="3" t="s">
-        <v>1221</v>
+        <v>1219</v>
       </c>
       <c r="S250" s="3" t="s">
-        <v>1165</v>
+        <v>104</v>
       </c>
       <c r="T250" s="4">
         <v>1</v>
       </c>
       <c r="W250" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X250" s="4">
         <v>0</v>
       </c>
       <c r="Y250" s="4">
         <v>0</v>
       </c>
       <c r="Z250" s="6">
-        <v>1.3129999999999999E-3</v>
+        <v>2.3570000000000002E-3</v>
       </c>
     </row>
     <row r="251" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A251" s="3" t="s">
-        <v>1222</v>
+        <v>1220</v>
       </c>
       <c r="B251" s="3" t="s">
-        <v>1223</v>
+        <v>266</v>
       </c>
       <c r="C251" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D251" s="4">
-        <v>11127</v>
+        <v>900</v>
       </c>
       <c r="E251" s="5">
-        <v>8.1003889999999998</v>
+        <v>72.615759999999995</v>
       </c>
       <c r="F251" s="4">
-        <v>90133.033318910006</v>
+        <v>65354.183852800001</v>
       </c>
       <c r="G251" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H251" s="3" t="s">
-        <v>88</v>
+        <v>38</v>
       </c>
       <c r="I251" s="3" t="s">
-        <v>89</v>
+        <v>39</v>
       </c>
       <c r="J251" s="5">
-        <v>140.4</v>
+        <v>101.23</v>
       </c>
       <c r="K251" s="5">
-        <v>17.332500448911762</v>
+        <v>1.3940499911066582</v>
       </c>
       <c r="L251" s="3" t="s">
-        <v>90</v>
+        <v>40</v>
       </c>
       <c r="M251" s="4">
-        <v>1562230.8404610001</v>
+        <v>91106.999418000007</v>
       </c>
       <c r="N251" s="4">
-        <v>90133.033318910006</v>
+        <v>65354.183852800001</v>
       </c>
       <c r="O251" s="3" t="s">
-        <v>1222</v>
+        <v>1220</v>
       </c>
       <c r="P251" s="3" t="s">
-        <v>1224</v>
+        <v>268</v>
       </c>
       <c r="Q251" s="3" t="s">
-        <v>237</v>
+        <v>258</v>
       </c>
       <c r="R251" s="3" t="s">
-        <v>1225</v>
+        <v>269</v>
       </c>
       <c r="S251" s="3" t="s">
-        <v>1226</v>
+        <v>294</v>
       </c>
       <c r="T251" s="4">
         <v>1</v>
       </c>
       <c r="W251" s="3" t="s">
-        <v>34</v>
+        <v>265</v>
       </c>
       <c r="X251" s="4">
         <v>0</v>
       </c>
       <c r="Y251" s="4">
         <v>0</v>
       </c>
       <c r="Z251" s="6">
-        <v>3.803E-3</v>
+        <v>2.777E-3</v>
       </c>
     </row>
     <row r="252" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A252" s="3" t="s">
-        <v>1227</v>
+        <v>1221</v>
       </c>
       <c r="B252" s="3" t="s">
-        <v>1228</v>
+        <v>1222</v>
       </c>
       <c r="C252" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D252" s="4">
-        <v>100</v>
+        <v>1600</v>
       </c>
       <c r="E252" s="5">
-        <v>340.68</v>
+        <v>78.542435999999995</v>
       </c>
       <c r="F252" s="4">
-        <v>34068</v>
+        <v>125667.89971229</v>
       </c>
       <c r="G252" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H252" s="3" t="s">
-        <v>58</v>
+        <v>1028</v>
       </c>
       <c r="I252" s="3" t="s">
-        <v>84</v>
+        <v>64</v>
       </c>
       <c r="J252" s="5">
-        <v>340.68</v>
+        <v>611.5</v>
       </c>
       <c r="K252" s="5">
-        <v>1</v>
+        <v>7.7856001432550421</v>
       </c>
       <c r="L252" s="3" t="s">
-        <v>60</v>
+        <v>1029</v>
       </c>
       <c r="M252" s="4">
-        <v>34068</v>
+        <v>978400.01800200006</v>
       </c>
       <c r="N252" s="4">
-        <v>34068</v>
+        <v>125667.89971229</v>
       </c>
       <c r="O252" s="3" t="s">
-        <v>1227</v>
+        <v>1221</v>
       </c>
       <c r="P252" s="3" t="s">
-        <v>1229</v>
+        <v>1223</v>
       </c>
       <c r="Q252" s="3" t="s">
-        <v>147</v>
+        <v>102</v>
       </c>
       <c r="R252" s="3" t="s">
-        <v>1230</v>
+        <v>1224</v>
       </c>
       <c r="S252" s="3" t="s">
-        <v>99</v>
+        <v>647</v>
       </c>
       <c r="T252" s="4">
         <v>1</v>
       </c>
       <c r="W252" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X252" s="4">
         <v>0</v>
       </c>
       <c r="Y252" s="4">
         <v>0</v>
       </c>
       <c r="Z252" s="6">
-        <v>1.4369999999999999E-3</v>
+        <v>5.3400000000000001E-3</v>
       </c>
     </row>
     <row r="253" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A253" s="3" t="s">
-        <v>1231</v>
+        <v>1225</v>
       </c>
       <c r="B253" s="3" t="s">
-        <v>1232</v>
+        <v>1226</v>
       </c>
       <c r="C253" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D253" s="4">
-        <v>527</v>
+        <v>5622</v>
       </c>
       <c r="E253" s="5">
-        <v>106.35</v>
+        <v>3.7002679999999999</v>
       </c>
       <c r="F253" s="4">
-        <v>56046.45</v>
+        <v>20802.905081239998</v>
       </c>
       <c r="G253" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H253" s="3" t="s">
         <v>83</v>
       </c>
       <c r="I253" s="3" t="s">
         <v>84</v>
       </c>
       <c r="J253" s="5">
-        <v>106.35</v>
+        <v>34.9</v>
       </c>
       <c r="K253" s="5">
-        <v>1</v>
+        <v>9.4317502517805725</v>
       </c>
       <c r="L253" s="3" t="s">
         <v>85</v>
       </c>
       <c r="M253" s="4">
-        <v>56046.45</v>
+        <v>196207.80523699999</v>
       </c>
       <c r="N253" s="4">
-        <v>56046.45</v>
+        <v>20802.905081239998</v>
       </c>
       <c r="O253" s="3" t="s">
-        <v>1231</v>
+        <v>1225</v>
       </c>
       <c r="P253" s="3" t="s">
-        <v>1233</v>
+        <v>1227</v>
       </c>
       <c r="Q253" s="3" t="s">
         <v>258</v>
       </c>
       <c r="R253" s="3" t="s">
-        <v>1234</v>
+        <v>1228</v>
       </c>
       <c r="S253" s="3" t="s">
-        <v>99</v>
+        <v>1146</v>
       </c>
       <c r="T253" s="4">
         <v>1</v>
       </c>
       <c r="W253" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X253" s="4">
         <v>0</v>
       </c>
       <c r="Y253" s="4">
         <v>0</v>
       </c>
       <c r="Z253" s="6">
-        <v>2.3649999999999999E-3</v>
+        <v>8.8400000000000002E-4</v>
       </c>
     </row>
     <row r="254" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A254" s="3" t="s">
-        <v>1235</v>
+        <v>1229</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>272</v>
+        <v>1230</v>
       </c>
       <c r="C254" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D254" s="4">
-        <v>900</v>
+        <v>2313</v>
       </c>
       <c r="E254" s="5">
-        <v>72.033686000000003</v>
+        <v>23.73075</v>
       </c>
       <c r="F254" s="4">
-        <v>64830.317953110003</v>
+        <v>54889.224750000001</v>
       </c>
       <c r="G254" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H254" s="3" t="s">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="I254" s="3" t="s">
-        <v>39</v>
+        <v>59</v>
       </c>
       <c r="J254" s="5">
-        <v>100.93</v>
+        <v>17.91</v>
       </c>
       <c r="K254" s="5">
-        <v>1.4011500022712642</v>
+        <v>0.75471698113207553</v>
       </c>
       <c r="L254" s="3" t="s">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="M254" s="4">
-        <v>90837.000146999999</v>
+        <v>41425.83</v>
       </c>
       <c r="N254" s="4">
-        <v>64830.317953110003</v>
+        <v>54889.224750000001</v>
       </c>
       <c r="O254" s="3" t="s">
-        <v>1235</v>
+        <v>1229</v>
       </c>
       <c r="P254" s="3" t="s">
-        <v>274</v>
+        <v>1231</v>
       </c>
       <c r="Q254" s="3" t="s">
-        <v>258</v>
+        <v>109</v>
       </c>
       <c r="R254" s="3" t="s">
-        <v>275</v>
+        <v>1232</v>
       </c>
       <c r="S254" s="3" t="s">
-        <v>300</v>
+        <v>121</v>
       </c>
       <c r="T254" s="4">
         <v>1</v>
       </c>
       <c r="W254" s="3" t="s">
-        <v>271</v>
+        <v>34</v>
       </c>
       <c r="X254" s="4">
         <v>0</v>
       </c>
       <c r="Y254" s="4">
         <v>0</v>
       </c>
       <c r="Z254" s="6">
-        <v>2.7360000000000002E-3</v>
+        <v>2.3319999999999999E-3</v>
       </c>
     </row>
     <row r="255" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A255" s="3" t="s">
+        <v>1233</v>
+      </c>
+      <c r="B255" s="3" t="s">
+        <v>1234</v>
+      </c>
+      <c r="C255" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D255" s="4">
+        <v>831</v>
+      </c>
+      <c r="E255" s="5">
+        <v>68.054652000000004</v>
+      </c>
+      <c r="F255" s="4">
+        <v>56553.415811999999</v>
+      </c>
+      <c r="G255" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H255" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="I255" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="J255" s="5">
+        <v>58.64</v>
+      </c>
+      <c r="K255" s="5">
+        <v>0.86166041962862439</v>
+      </c>
+      <c r="L255" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="M255" s="4">
+        <v>48729.84</v>
+      </c>
+      <c r="N255" s="4">
+        <v>56553.415811999999</v>
+      </c>
+      <c r="O255" s="3" t="s">
+        <v>1233</v>
+      </c>
+      <c r="P255" s="3" t="s">
+        <v>1235</v>
+      </c>
+      <c r="Q255" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="R255" s="3" t="s">
         <v>1236</v>
       </c>
-      <c r="B255" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S255" s="3" t="s">
-        <v>662</v>
+        <v>421</v>
       </c>
       <c r="T255" s="4">
         <v>1</v>
       </c>
       <c r="W255" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X255" s="4">
         <v>0</v>
       </c>
       <c r="Y255" s="4">
         <v>0</v>
       </c>
       <c r="Z255" s="6">
-        <v>5.4640000000000001E-3</v>
+        <v>2.4030000000000002E-3</v>
       </c>
     </row>
     <row r="256" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A256" s="3" t="s">
+        <v>1237</v>
+      </c>
+      <c r="B256" s="3" t="s">
+        <v>1238</v>
+      </c>
+      <c r="C256" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D256" s="4">
+        <v>12300</v>
+      </c>
+      <c r="E256" s="5">
+        <v>8.7269799999999993</v>
+      </c>
+      <c r="F256" s="4">
+        <v>107341.85506812</v>
+      </c>
+      <c r="G256" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H256" s="3" t="s">
+        <v>1046</v>
+      </c>
+      <c r="I256" s="3" t="s">
+        <v>1047</v>
+      </c>
+      <c r="J256" s="5">
+        <v>46.63</v>
+      </c>
+      <c r="K256" s="5">
+        <v>5.3431998724898779</v>
+      </c>
+      <c r="L256" s="3" t="s">
+        <v>1048</v>
+      </c>
+      <c r="M256" s="4">
+        <v>573548.98631199996</v>
+      </c>
+      <c r="N256" s="4">
+        <v>107341.85506812</v>
+      </c>
+      <c r="O256" s="3" t="s">
+        <v>1237</v>
+      </c>
+      <c r="P256" s="3" t="s">
+        <v>1239</v>
+      </c>
+      <c r="Q256" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="R256" s="3" t="s">
         <v>1240</v>
       </c>
-      <c r="B256" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S256" s="3" t="s">
-        <v>1165</v>
+        <v>1051</v>
       </c>
       <c r="T256" s="4">
         <v>1</v>
       </c>
       <c r="W256" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X256" s="4">
         <v>0</v>
       </c>
       <c r="Y256" s="4">
         <v>0</v>
       </c>
       <c r="Z256" s="6">
-        <v>9.2699999999999998E-4</v>
+        <v>4.561E-3</v>
       </c>
     </row>
     <row r="257" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A257" s="3" t="s">
+        <v>1241</v>
+      </c>
+      <c r="B257" s="3" t="s">
+        <v>1242</v>
+      </c>
+      <c r="C257" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D257" s="4">
+        <v>1800</v>
+      </c>
+      <c r="E257" s="5">
+        <v>4.6470409999999998</v>
+      </c>
+      <c r="F257" s="4">
+        <v>8364.6732429099993</v>
+      </c>
+      <c r="G257" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H257" s="3" t="s">
+        <v>1028</v>
+      </c>
+      <c r="I257" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="J257" s="5">
+        <v>36.18</v>
+      </c>
+      <c r="K257" s="5">
+        <v>7.7856001432550421</v>
+      </c>
+      <c r="L257" s="3" t="s">
+        <v>1029</v>
+      </c>
+      <c r="M257" s="4">
+        <v>65124.001197999998</v>
+      </c>
+      <c r="N257" s="4">
+        <v>8364.6732429099993</v>
+      </c>
+      <c r="O257" s="3" t="s">
+        <v>1241</v>
+      </c>
+      <c r="P257" s="3" t="s">
+        <v>1243</v>
+      </c>
+      <c r="Q257" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="R257" s="3" t="s">
         <v>1244</v>
       </c>
-      <c r="B257" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S257" s="3" t="s">
-        <v>116</v>
+        <v>647</v>
       </c>
       <c r="T257" s="4">
         <v>1</v>
       </c>
       <c r="W257" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X257" s="4">
         <v>0</v>
       </c>
       <c r="Y257" s="4">
         <v>0</v>
       </c>
       <c r="Z257" s="6">
-        <v>2.2829999999999999E-3</v>
+        <v>3.5500000000000001E-4</v>
       </c>
     </row>
     <row r="258" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A258" s="3" t="s">
+        <v>1245</v>
+      </c>
+      <c r="B258" s="3" t="s">
+        <v>1246</v>
+      </c>
+      <c r="C258" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D258" s="4">
+        <v>27</v>
+      </c>
+      <c r="E258" s="5">
+        <v>978.26763800000003</v>
+      </c>
+      <c r="F258" s="4">
+        <v>26413.22622828</v>
+      </c>
+      <c r="G258" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H258" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="I258" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="J258" s="5">
+        <v>785.5</v>
+      </c>
+      <c r="K258" s="5">
+        <v>0.80294999975750914</v>
+      </c>
+      <c r="L258" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="M258" s="4">
+        <v>21208.499993000001</v>
+      </c>
+      <c r="N258" s="4">
+        <v>26413.22622828</v>
+      </c>
+      <c r="O258" s="3" t="s">
+        <v>1245</v>
+      </c>
+      <c r="P258" s="3" t="s">
+        <v>1247</v>
+      </c>
+      <c r="Q258" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="R258" s="3" t="s">
         <v>1248</v>
       </c>
-      <c r="B258" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S258" s="3" t="s">
-        <v>428</v>
+        <v>594</v>
       </c>
       <c r="T258" s="4">
         <v>1</v>
       </c>
       <c r="W258" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X258" s="4">
         <v>0</v>
       </c>
       <c r="Y258" s="4">
         <v>0</v>
       </c>
       <c r="Z258" s="6">
-        <v>2.4740000000000001E-3</v>
+        <v>1.122E-3</v>
       </c>
     </row>
     <row r="259" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A259" s="3" t="s">
+        <v>1249</v>
+      </c>
+      <c r="B259" s="3" t="s">
+        <v>1250</v>
+      </c>
+      <c r="C259" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D259" s="4">
+        <v>9900</v>
+      </c>
+      <c r="E259" s="5">
+        <v>3.9523959999999998</v>
+      </c>
+      <c r="F259" s="4">
+        <v>39128.721262849998</v>
+      </c>
+      <c r="G259" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H259" s="3" t="s">
+        <v>1028</v>
+      </c>
+      <c r="I259" s="3" t="s">
+        <v>1134</v>
+      </c>
+      <c r="J259" s="5">
+        <v>27.98</v>
+      </c>
+      <c r="K259" s="5">
+        <v>7.0792500808804322</v>
+      </c>
+      <c r="L259" s="3" t="s">
+        <v>1029</v>
+      </c>
+      <c r="M259" s="4">
+        <v>277002.00316399999</v>
+      </c>
+      <c r="N259" s="4">
+        <v>39128.721262849998</v>
+      </c>
+      <c r="O259" s="3" t="s">
+        <v>1249</v>
+      </c>
+      <c r="P259" s="3" t="s">
+        <v>1251</v>
+      </c>
+      <c r="Q259" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="R259" s="3" t="s">
         <v>1252</v>
       </c>
-      <c r="B259" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S259" s="3" t="s">
-        <v>1070</v>
+        <v>1155</v>
       </c>
       <c r="T259" s="4">
         <v>1</v>
       </c>
       <c r="W259" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X259" s="4">
         <v>0</v>
       </c>
       <c r="Y259" s="4">
         <v>0</v>
       </c>
       <c r="Z259" s="6">
-        <v>4.1770000000000002E-3</v>
+        <v>1.6620000000000001E-3</v>
       </c>
     </row>
     <row r="260" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A260" s="3" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B260" s="3" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C260" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D260" s="4">
+        <v>12300</v>
+      </c>
+      <c r="E260" s="5">
+        <v>2.0595400000000001</v>
+      </c>
+      <c r="F260" s="4">
+        <v>25332.344528019999</v>
+      </c>
+      <c r="G260" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H260" s="3" t="s">
+        <v>1028</v>
+      </c>
+      <c r="I260" s="3" t="s">
+        <v>1134</v>
+      </c>
+      <c r="J260" s="5">
+        <v>14.58</v>
+      </c>
+      <c r="K260" s="5">
+        <v>7.0792500808804322</v>
+      </c>
+      <c r="L260" s="3" t="s">
+        <v>1029</v>
+      </c>
+      <c r="M260" s="4">
+        <v>179334.00204799999</v>
+      </c>
+      <c r="N260" s="4">
+        <v>25332.344528019999</v>
+      </c>
+      <c r="O260" s="3" t="s">
+        <v>1253</v>
+      </c>
+      <c r="P260" s="3" t="s">
+        <v>1255</v>
+      </c>
+      <c r="Q260" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="R260" s="3" t="s">
         <v>1256</v>
       </c>
-      <c r="B260" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S260" s="3" t="s">
-        <v>662</v>
+        <v>1155</v>
       </c>
       <c r="T260" s="4">
         <v>1</v>
       </c>
       <c r="W260" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X260" s="4">
         <v>0</v>
       </c>
       <c r="Y260" s="4">
         <v>0</v>
       </c>
       <c r="Z260" s="6">
-        <v>3.6299999999999999E-4</v>
+        <v>1.0759999999999999E-3</v>
       </c>
     </row>
     <row r="261" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A261" s="3" t="s">
+        <v>1257</v>
+      </c>
+      <c r="B261" s="3" t="s">
+        <v>1258</v>
+      </c>
+      <c r="C261" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D261" s="4">
+        <v>935</v>
+      </c>
+      <c r="E261" s="5">
+        <v>49.258020999999999</v>
+      </c>
+      <c r="F261" s="4">
+        <v>46056.250485589997</v>
+      </c>
+      <c r="G261" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H261" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="I261" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="J261" s="5">
+        <v>317</v>
+      </c>
+      <c r="K261" s="5">
+        <v>6.4355000718201802</v>
+      </c>
+      <c r="L261" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="M261" s="4">
+        <v>296395.00330699998</v>
+      </c>
+      <c r="N261" s="4">
+        <v>46056.250485589997</v>
+      </c>
+      <c r="O261" s="3" t="s">
+        <v>1257</v>
+      </c>
+      <c r="P261" s="3" t="s">
+        <v>1259</v>
+      </c>
+      <c r="Q261" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="R261" s="3" t="s">
         <v>1260</v>
       </c>
-      <c r="B261" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S261" s="3" t="s">
-        <v>606</v>
+        <v>1108</v>
       </c>
       <c r="T261" s="4">
         <v>1</v>
       </c>
       <c r="W261" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X261" s="4">
         <v>0</v>
       </c>
       <c r="Y261" s="4">
         <v>0</v>
       </c>
       <c r="Z261" s="6">
-        <v>8.1899999999999996E-4</v>
+        <v>1.957E-3</v>
       </c>
     </row>
     <row r="262" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A262" s="3" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B262" s="3" t="s">
+        <v>1262</v>
+      </c>
+      <c r="C262" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D262" s="4">
+        <v>1519</v>
+      </c>
+      <c r="E262" s="5">
+        <v>38.632542999999998</v>
+      </c>
+      <c r="F262" s="4">
+        <v>58682.832056790001</v>
+      </c>
+      <c r="G262" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H262" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="I262" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="J262" s="5">
+        <v>31.02</v>
+      </c>
+      <c r="K262" s="5">
+        <v>0.80294999975750914</v>
+      </c>
+      <c r="L262" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="M262" s="4">
+        <v>47119.379985</v>
+      </c>
+      <c r="N262" s="4">
+        <v>58682.832056790001</v>
+      </c>
+      <c r="O262" s="3" t="s">
+        <v>1261</v>
+      </c>
+      <c r="P262" s="3" t="s">
+        <v>1263</v>
+      </c>
+      <c r="Q262" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="R262" s="3" t="s">
         <v>1264</v>
       </c>
-      <c r="B262" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S262" s="3" t="s">
-        <v>1174</v>
+        <v>594</v>
       </c>
       <c r="T262" s="4">
         <v>1</v>
       </c>
       <c r="W262" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X262" s="4">
         <v>0</v>
       </c>
       <c r="Y262" s="4">
         <v>0</v>
       </c>
       <c r="Z262" s="6">
-        <v>1.65E-3</v>
+        <v>2.493E-3</v>
       </c>
     </row>
     <row r="263" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A263" s="3" t="s">
+        <v>1265</v>
+      </c>
+      <c r="B263" s="3" t="s">
+        <v>1266</v>
+      </c>
+      <c r="C263" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D263" s="4">
+        <v>36100</v>
+      </c>
+      <c r="E263" s="5">
+        <v>2.6231589999999998</v>
+      </c>
+      <c r="F263" s="4">
+        <v>94696.0483102</v>
+      </c>
+      <c r="G263" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H263" s="3" t="s">
+        <v>1028</v>
+      </c>
+      <c r="I263" s="3" t="s">
+        <v>1134</v>
+      </c>
+      <c r="J263" s="5">
+        <v>18.57</v>
+      </c>
+      <c r="K263" s="5">
+        <v>7.0792500808804322</v>
+      </c>
+      <c r="L263" s="3" t="s">
+        <v>1029</v>
+      </c>
+      <c r="M263" s="4">
+        <v>670377.007659</v>
+      </c>
+      <c r="N263" s="4">
+        <v>94696.0483102</v>
+      </c>
+      <c r="O263" s="3" t="s">
+        <v>1265</v>
+      </c>
+      <c r="P263" s="3" t="s">
+        <v>1267</v>
+      </c>
+      <c r="Q263" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="R263" s="3" t="s">
         <v>1268</v>
       </c>
-      <c r="B263" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S263" s="3" t="s">
-        <v>1174</v>
+        <v>1155</v>
       </c>
       <c r="T263" s="4">
         <v>1</v>
       </c>
       <c r="W263" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X263" s="4">
         <v>0</v>
       </c>
       <c r="Y263" s="4">
         <v>0</v>
       </c>
       <c r="Z263" s="6">
-        <v>1.0740000000000001E-3</v>
+        <v>4.0239999999999998E-3</v>
       </c>
     </row>
     <row r="264" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A264" s="3" t="s">
+        <v>1269</v>
+      </c>
+      <c r="B264" s="3" t="s">
+        <v>1270</v>
+      </c>
+      <c r="C264" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D264" s="4">
+        <v>254000</v>
+      </c>
+      <c r="E264" s="5">
+        <v>0.38918000000000003</v>
+      </c>
+      <c r="F264" s="4">
+        <v>98851.726263870005</v>
+      </c>
+      <c r="G264" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H264" s="3" t="s">
+        <v>1028</v>
+      </c>
+      <c r="I264" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="J264" s="5">
+        <v>3.03</v>
+      </c>
+      <c r="K264" s="5">
+        <v>7.7856001432550421</v>
+      </c>
+      <c r="L264" s="3" t="s">
+        <v>1029</v>
+      </c>
+      <c r="M264" s="4">
+        <v>769620.01416000002</v>
+      </c>
+      <c r="N264" s="4">
+        <v>98851.726263870005</v>
+      </c>
+      <c r="O264" s="3" t="s">
+        <v>1269</v>
+      </c>
+      <c r="P264" s="3" t="s">
+        <v>1271</v>
+      </c>
+      <c r="Q264" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="R264" s="3" t="s">
         <v>1272</v>
       </c>
-      <c r="B264" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S264" s="3" t="s">
-        <v>1127</v>
+        <v>647</v>
       </c>
       <c r="T264" s="4">
         <v>1</v>
       </c>
       <c r="W264" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X264" s="4">
         <v>0</v>
       </c>
       <c r="Y264" s="4">
         <v>0</v>
       </c>
       <c r="Z264" s="6">
-        <v>1.9269999999999999E-3</v>
+        <v>4.2009999999999999E-3</v>
       </c>
     </row>
     <row r="265" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A265" s="3" t="s">
+        <v>1273</v>
+      </c>
+      <c r="B265" s="3" t="s">
+        <v>1274</v>
+      </c>
+      <c r="C265" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D265" s="4">
+        <v>100</v>
+      </c>
+      <c r="E265" s="5">
+        <v>344.39941399999998</v>
+      </c>
+      <c r="F265" s="4">
+        <v>34439.941178579997</v>
+      </c>
+      <c r="G265" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H265" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I265" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J265" s="5">
+        <v>480.11</v>
+      </c>
+      <c r="K265" s="5">
+        <v>1.3940499911066582</v>
+      </c>
+      <c r="L265" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M265" s="4">
+        <v>48010.999692999998</v>
+      </c>
+      <c r="N265" s="4">
+        <v>34439.941178579997</v>
+      </c>
+      <c r="O265" s="3" t="s">
+        <v>1273</v>
+      </c>
+      <c r="P265" s="3" t="s">
+        <v>1275</v>
+      </c>
+      <c r="Q265" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="R265" s="3" t="s">
         <v>1276</v>
       </c>
-      <c r="B265" s="3" t="s">
+      <c r="S265" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="T265" s="4">
+        <v>1</v>
+      </c>
+      <c r="W265" s="3" t="s">
         <v>1277</v>
       </c>
-      <c r="C265" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X265" s="4">
         <v>0</v>
       </c>
       <c r="Y265" s="4">
         <v>0</v>
       </c>
       <c r="Z265" s="6">
-        <v>2.454E-3</v>
+        <v>1.4630000000000001E-3</v>
       </c>
     </row>
     <row r="266" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A266" s="3" t="s">
+        <v>1278</v>
+      </c>
+      <c r="B266" s="3" t="s">
+        <v>1279</v>
+      </c>
+      <c r="C266" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D266" s="4">
+        <v>400</v>
+      </c>
+      <c r="E266" s="5">
+        <v>41.662781000000003</v>
+      </c>
+      <c r="F266" s="4">
+        <v>16665.11244216</v>
+      </c>
+      <c r="G266" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H266" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I266" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="J266" s="5">
+        <v>58.08</v>
+      </c>
+      <c r="K266" s="5">
+        <v>1.3940499911066582</v>
+      </c>
+      <c r="L266" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="M266" s="4">
+        <v>23231.999851</v>
+      </c>
+      <c r="N266" s="4">
+        <v>16665.11244216</v>
+      </c>
+      <c r="O266" s="3" t="s">
+        <v>1278</v>
+      </c>
+      <c r="P266" s="3" t="s">
         <v>1280</v>
       </c>
-      <c r="B266" s="3" t="s">
+      <c r="Q266" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="R266" s="3" t="s">
         <v>1281</v>
       </c>
-      <c r="C266" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P266" s="3" t="s">
+      <c r="S266" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="T266" s="4">
+        <v>1</v>
+      </c>
+      <c r="W266" s="3" t="s">
         <v>1282</v>
       </c>
-      <c r="Q266" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X266" s="4">
         <v>0</v>
       </c>
       <c r="Y266" s="4">
         <v>0</v>
       </c>
       <c r="Z266" s="6">
-        <v>4.8089999999999999E-3</v>
+        <v>7.0799999999999997E-4</v>
       </c>
     </row>
     <row r="267" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A267" s="3" t="s">
+        <v>1283</v>
+      </c>
+      <c r="B267" s="3" t="s">
         <v>1284</v>
       </c>
-      <c r="B267" s="3" t="s">
+      <c r="C267" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D267" s="4">
+        <v>613</v>
+      </c>
+      <c r="E267" s="5">
+        <v>19.78</v>
+      </c>
+      <c r="F267" s="4">
+        <v>12125.14</v>
+      </c>
+      <c r="G267" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H267" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I267" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="J267" s="5">
+        <v>19.78</v>
+      </c>
+      <c r="K267" s="5">
+        <v>1</v>
+      </c>
+      <c r="L267" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M267" s="4">
+        <v>12125.14</v>
+      </c>
+      <c r="N267" s="4">
+        <v>12125.14</v>
+      </c>
+      <c r="O267" s="3" t="s">
+        <v>1283</v>
+      </c>
+      <c r="P267" s="3" t="s">
         <v>1285</v>
       </c>
-      <c r="C267" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P267" s="3" t="s">
+      <c r="Q267" s="3" t="s">
+        <v>1106</v>
+      </c>
+      <c r="R267" s="3" t="s">
         <v>1286</v>
       </c>
-      <c r="Q267" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R267" s="3" t="s">
+      <c r="S267" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="T267" s="4">
+        <v>1</v>
+      </c>
+      <c r="W267" s="3" t="s">
         <v>1287</v>
       </c>
-      <c r="S267" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="X267" s="4">
         <v>0</v>
       </c>
       <c r="Y267" s="4">
         <v>0</v>
       </c>
       <c r="Z267" s="6">
-        <v>4.248E-3</v>
+        <v>5.1500000000000005E-4</v>
       </c>
     </row>
     <row r="268" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A268" s="3" t="s">
         <v>1288</v>
       </c>
       <c r="B268" s="3" t="s">
         <v>1289</v>
       </c>
       <c r="C268" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D268" s="4">
-        <v>100</v>
+        <v>1113</v>
       </c>
       <c r="E268" s="5">
-        <v>344.62405799999999</v>
+        <v>116.31</v>
       </c>
       <c r="F268" s="4">
-        <v>34462.405880879996</v>
+        <v>129453.03</v>
       </c>
       <c r="G268" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H268" s="3" t="s">
-        <v>38</v>
+        <v>88</v>
       </c>
       <c r="I268" s="3" t="s">
-        <v>39</v>
+        <v>89</v>
       </c>
       <c r="J268" s="5">
-        <v>482.87</v>
+        <v>116.31</v>
       </c>
       <c r="K268" s="5">
-        <v>1.4011500022712642</v>
+        <v>1</v>
       </c>
       <c r="L268" s="3" t="s">
-        <v>40</v>
+        <v>90</v>
       </c>
       <c r="M268" s="4">
-        <v>48287.000077999997</v>
+        <v>129453.03</v>
       </c>
       <c r="N268" s="4">
-        <v>34462.405880879996</v>
+        <v>129453.03</v>
       </c>
       <c r="O268" s="3" t="s">
         <v>1288</v>
       </c>
       <c r="P268" s="3" t="s">
         <v>1290</v>
       </c>
       <c r="Q268" s="3" t="s">
-        <v>169</v>
+        <v>258</v>
       </c>
       <c r="R268" s="3" t="s">
         <v>1291</v>
       </c>
       <c r="S268" s="3" t="s">
-        <v>300</v>
+        <v>104</v>
       </c>
       <c r="T268" s="4">
         <v>1</v>
       </c>
       <c r="W268" s="3" t="s">
-        <v>1292</v>
+        <v>34</v>
       </c>
       <c r="X268" s="4">
         <v>0</v>
       </c>
       <c r="Y268" s="4">
         <v>0</v>
       </c>
       <c r="Z268" s="6">
-        <v>1.454E-3</v>
+        <v>5.5009999999999998E-3</v>
       </c>
     </row>
     <row r="269" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A269" s="3" t="s">
+        <v>1292</v>
+      </c>
+      <c r="B269" s="3" t="s">
         <v>1293</v>
       </c>
-      <c r="B269" s="3" t="s">
+      <c r="C269" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D269" s="4">
+        <v>1066</v>
+      </c>
+      <c r="E269" s="5">
+        <v>74.379649999999998</v>
+      </c>
+      <c r="F269" s="4">
+        <v>79288.706367000006</v>
+      </c>
+      <c r="G269" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H269" s="3" t="s">
+        <v>410</v>
+      </c>
+      <c r="I269" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="J269" s="5">
+        <v>64.09</v>
+      </c>
+      <c r="K269" s="5">
+        <v>0.86166041962862439</v>
+      </c>
+      <c r="L269" s="3" t="s">
+        <v>411</v>
+      </c>
+      <c r="M269" s="4">
+        <v>68319.94</v>
+      </c>
+      <c r="N269" s="4">
+        <v>79288.706367000006</v>
+      </c>
+      <c r="O269" s="3" t="s">
+        <v>1292</v>
+      </c>
+      <c r="P269" s="3" t="s">
         <v>1294</v>
       </c>
-      <c r="C269" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P269" s="3" t="s">
+      <c r="Q269" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="R269" s="3" t="s">
         <v>1295</v>
       </c>
-      <c r="Q269" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S269" s="3" t="s">
-        <v>300</v>
+        <v>414</v>
       </c>
       <c r="T269" s="4">
         <v>1</v>
       </c>
       <c r="W269" s="3" t="s">
-        <v>1297</v>
+        <v>34</v>
       </c>
       <c r="X269" s="4">
         <v>0</v>
       </c>
       <c r="Y269" s="4">
         <v>0</v>
       </c>
       <c r="Z269" s="6">
-        <v>1.8200000000000001E-4</v>
+        <v>3.369E-3</v>
       </c>
     </row>
     <row r="270" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A270" s="3" t="s">
+        <v>1296</v>
+      </c>
+      <c r="B270" s="3" t="s">
+        <v>1297</v>
+      </c>
+      <c r="C270" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D270" s="4">
+        <v>9200</v>
+      </c>
+      <c r="E270" s="5">
+        <v>3.1535410000000001</v>
+      </c>
+      <c r="F270" s="4">
+        <v>29012.576733040001</v>
+      </c>
+      <c r="G270" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H270" s="3" t="s">
+        <v>1046</v>
+      </c>
+      <c r="I270" s="3" t="s">
+        <v>1047</v>
+      </c>
+      <c r="J270" s="5">
+        <v>16.850000000000001</v>
+      </c>
+      <c r="K270" s="5">
+        <v>5.3431998724898779</v>
+      </c>
+      <c r="L270" s="3" t="s">
+        <v>1048</v>
+      </c>
+      <c r="M270" s="4">
+        <v>155019.9963</v>
+      </c>
+      <c r="N270" s="4">
+        <v>29012.576733040001</v>
+      </c>
+      <c r="O270" s="3" t="s">
+        <v>1296</v>
+      </c>
+      <c r="P270" s="3" t="s">
         <v>1298</v>
       </c>
-      <c r="B270" s="3" t="s">
+      <c r="Q270" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="R270" s="3" t="s">
         <v>1299</v>
       </c>
-      <c r="C270" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S270" s="3" t="s">
-        <v>99</v>
+        <v>1051</v>
       </c>
       <c r="T270" s="4">
         <v>1</v>
       </c>
       <c r="W270" s="3" t="s">
-        <v>1302</v>
+        <v>34</v>
       </c>
       <c r="X270" s="4">
         <v>0</v>
       </c>
       <c r="Y270" s="4">
         <v>0</v>
       </c>
       <c r="Z270" s="6">
-        <v>5.4100000000000003E-4</v>
+        <v>1.232E-3</v>
       </c>
     </row>
     <row r="271" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A271" s="3" t="s">
+        <v>1300</v>
+      </c>
+      <c r="B271" s="3" t="s">
+        <v>1301</v>
+      </c>
+      <c r="C271" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D271" s="4">
+        <v>663</v>
+      </c>
+      <c r="E271" s="5">
+        <v>61.532361000000002</v>
+      </c>
+      <c r="F271" s="4">
+        <v>40795.955343000001</v>
+      </c>
+      <c r="G271" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H271" s="3" t="s">
+        <v>1302</v>
+      </c>
+      <c r="I271" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="J271" s="5">
+        <v>53.02</v>
+      </c>
+      <c r="K271" s="5">
+        <v>0.86166041962862439</v>
+      </c>
+      <c r="L271" s="3" t="s">
         <v>1303</v>
       </c>
-      <c r="B271" s="3" t="s">
+      <c r="M271" s="4">
+        <v>35152.26</v>
+      </c>
+      <c r="N271" s="4">
+        <v>40795.955343000001</v>
+      </c>
+      <c r="O271" s="3" t="s">
+        <v>1300</v>
+      </c>
+      <c r="P271" s="3" t="s">
         <v>1304</v>
       </c>
-      <c r="C271" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P271" s="3" t="s">
+      <c r="Q271" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="R271" s="3" t="s">
         <v>1305</v>
       </c>
-      <c r="Q271" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R271" s="3" t="s">
+      <c r="S271" s="3" t="s">
         <v>1306</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="T271" s="4">
         <v>1</v>
       </c>
       <c r="W271" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X271" s="4">
         <v>0</v>
       </c>
       <c r="Y271" s="4">
         <v>0</v>
       </c>
       <c r="Z271" s="6">
-        <v>5.3730000000000002E-3</v>
+        <v>1.7329999999999999E-3</v>
       </c>
     </row>
     <row r="272" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A272" s="3" t="s">
         <v>1307</v>
       </c>
       <c r="B272" s="3" t="s">
         <v>1308</v>
       </c>
       <c r="C272" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D272" s="4">
-        <v>1066</v>
+        <v>48000</v>
       </c>
       <c r="E272" s="5">
-        <v>73.903425999999996</v>
+        <v>1.5849770000000001</v>
       </c>
       <c r="F272" s="4">
-        <v>78781.052116000006</v>
+        <v>76078.914919849994</v>
       </c>
       <c r="G272" s="3" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H272" s="3" t="s">
-        <v>417</v>
+        <v>1028</v>
       </c>
       <c r="I272" s="3" t="s">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="J272" s="5">
-        <v>64.03</v>
+        <v>12.34</v>
       </c>
       <c r="K272" s="5">
-        <v>0.86640097036908681</v>
+        <v>7.7856001432550421</v>
       </c>
       <c r="L272" s="3" t="s">
-        <v>418</v>
+        <v>1029</v>
       </c>
       <c r="M272" s="4">
-        <v>68255.98</v>
+        <v>592320.01089799998</v>
       </c>
       <c r="N272" s="4">
-        <v>78781.052116000006</v>
+        <v>76078.914919849994</v>
       </c>
       <c r="O272" s="3" t="s">
         <v>1307</v>
       </c>
       <c r="P272" s="3" t="s">
         <v>1309</v>
       </c>
       <c r="Q272" s="3" t="s">
-        <v>147</v>
+        <v>119</v>
       </c>
       <c r="R272" s="3" t="s">
         <v>1310</v>
       </c>
       <c r="S272" s="3" t="s">
-        <v>421</v>
+        <v>647</v>
       </c>
       <c r="T272" s="4">
         <v>1</v>
       </c>
       <c r="W272" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X272" s="4">
         <v>0</v>
       </c>
       <c r="Y272" s="4">
         <v>0</v>
       </c>
       <c r="Z272" s="6">
-        <v>3.3240000000000001E-3</v>
+        <v>3.2330000000000002E-3</v>
       </c>
     </row>
     <row r="273" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A273" s="3" t="s">
         <v>1311</v>
       </c>
       <c r="B273" s="3" t="s">
         <v>1312</v>
       </c>
       <c r="C273" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D273" s="4">
-        <v>9200</v>
+        <v>1000</v>
       </c>
       <c r="E273" s="5">
-        <v>2.9562780000000002</v>
+        <v>36.82</v>
       </c>
       <c r="F273" s="4">
-        <v>27197.756794149998</v>
+        <v>36820</v>
       </c>
       <c r="G273" s="3" t="s">
-        <v>94</v>
+        <v>1313</v>
       </c>
       <c r="H273" s="3" t="s">
-        <v>1065</v>
+        <v>1314</v>
       </c>
       <c r="I273" s="3" t="s">
-        <v>1066</v>
+        <v>89</v>
       </c>
       <c r="J273" s="5">
-        <v>15.92</v>
+        <v>36.82</v>
       </c>
       <c r="K273" s="5">
-        <v>5.3851499643099183</v>
+        <v>1</v>
       </c>
       <c r="L273" s="3" t="s">
-        <v>1067</v>
+        <v>1315</v>
       </c>
       <c r="M273" s="4">
-        <v>146463.999029</v>
+        <v>36820</v>
       </c>
       <c r="N273" s="4">
-        <v>27197.756794149998</v>
+        <v>36820</v>
       </c>
       <c r="O273" s="3" t="s">
+        <v>1316</v>
+      </c>
+      <c r="P273" s="3" t="s">
+        <v>1317</v>
+      </c>
+      <c r="Q273" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="R273" s="3" t="s">
+        <v>1318</v>
+      </c>
+      <c r="S273" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="T273" s="4">
+        <v>1</v>
+      </c>
+      <c r="W273" s="3" t="s">
         <v>1311</v>
       </c>
-      <c r="P273" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X273" s="4">
         <v>0</v>
       </c>
       <c r="Y273" s="4">
         <v>0</v>
       </c>
       <c r="Z273" s="6">
-        <v>1.147E-3</v>
+        <v>1.5640000000000001E-3</v>
       </c>
     </row>
     <row r="274" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A274" s="3" t="s">
+        <v>1319</v>
+      </c>
+      <c r="B274" s="3" t="s">
+        <v>1320</v>
+      </c>
+      <c r="C274" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D274" s="4">
+        <v>1685</v>
+      </c>
+      <c r="E274" s="5">
+        <v>31.23</v>
+      </c>
+      <c r="F274" s="4">
+        <v>52622.55</v>
+      </c>
+      <c r="G274" s="3" t="s">
+        <v>1313</v>
+      </c>
+      <c r="H274" s="3" t="s">
+        <v>1314</v>
+      </c>
+      <c r="I274" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="J274" s="5">
+        <v>31.23</v>
+      </c>
+      <c r="K274" s="5">
+        <v>1</v>
+      </c>
+      <c r="L274" s="3" t="s">
         <v>1315</v>
       </c>
-      <c r="B274" s="3" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="M274" s="4">
-        <v>35072.699999999997</v>
+        <v>52622.55</v>
       </c>
       <c r="N274" s="4">
-        <v>40480.910340000002</v>
+        <v>52622.55</v>
       </c>
       <c r="O274" s="3" t="s">
-        <v>1315</v>
+        <v>1321</v>
       </c>
       <c r="P274" s="3" t="s">
+        <v>1322</v>
+      </c>
+      <c r="Q274" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="R274" s="3" t="s">
+        <v>1323</v>
+      </c>
+      <c r="S274" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="T274" s="4">
+        <v>1</v>
+      </c>
+      <c r="W274" s="3" t="s">
         <v>1319</v>
       </c>
-      <c r="Q274" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X274" s="4">
         <v>0</v>
       </c>
       <c r="Y274" s="4">
         <v>0</v>
       </c>
       <c r="Z274" s="6">
-        <v>1.7080000000000001E-3</v>
+        <v>2.2360000000000001E-3</v>
       </c>
     </row>
     <row r="275" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A275" s="3" t="s">
-        <v>1322</v>
+        <v>1324</v>
       </c>
       <c r="B275" s="3" t="s">
-        <v>1323</v>
+        <v>1325</v>
       </c>
       <c r="C275" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D275" s="4">
-        <v>48000</v>
+        <v>1924</v>
       </c>
       <c r="E275" s="5">
-        <v>1.563264</v>
+        <v>17.48</v>
       </c>
       <c r="F275" s="4">
-        <v>75036.669154160001</v>
+        <v>33631.519999999997</v>
       </c>
       <c r="G275" s="3" t="s">
-        <v>94</v>
+        <v>1313</v>
       </c>
       <c r="H275" s="3" t="s">
-        <v>1047</v>
+        <v>1314</v>
       </c>
       <c r="I275" s="3" t="s">
-        <v>64</v>
+        <v>89</v>
       </c>
       <c r="J275" s="5">
-        <v>12.15</v>
+        <v>17.48</v>
       </c>
       <c r="K275" s="5">
-        <v>7.7721999289620927</v>
+        <v>1</v>
       </c>
       <c r="L275" s="3" t="s">
-        <v>1048</v>
+        <v>1315</v>
       </c>
       <c r="M275" s="4">
-        <v>583199.99466900004</v>
+        <v>33631.519999999997</v>
       </c>
       <c r="N275" s="4">
-        <v>75036.669154160001</v>
+        <v>33631.519999999997</v>
       </c>
       <c r="O275" s="3" t="s">
-        <v>1322</v>
+        <v>1326</v>
       </c>
       <c r="P275" s="3" t="s">
+        <v>1327</v>
+      </c>
+      <c r="Q275" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="R275" s="3" t="s">
+        <v>1328</v>
+      </c>
+      <c r="S275" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="T275" s="4">
+        <v>1</v>
+      </c>
+      <c r="W275" s="3" t="s">
         <v>1324</v>
       </c>
-      <c r="Q275" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X275" s="4">
         <v>0</v>
       </c>
       <c r="Y275" s="4">
         <v>0</v>
       </c>
       <c r="Z275" s="6">
-        <v>3.166E-3</v>
+        <v>1.4289999999999999E-3</v>
       </c>
     </row>
     <row r="276" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A276" s="3" t="s">
-        <v>1326</v>
+        <v>1329</v>
       </c>
       <c r="B276" s="3" t="s">
-        <v>1327</v>
+        <v>1330</v>
       </c>
       <c r="C276" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D276" s="4">
-        <v>1000</v>
+        <v>72</v>
       </c>
       <c r="E276" s="5">
-        <v>36.22</v>
+        <v>109.8</v>
       </c>
       <c r="F276" s="4">
-        <v>36220</v>
+        <v>7905.6</v>
       </c>
       <c r="G276" s="3" t="s">
-        <v>1328</v>
+        <v>1313</v>
       </c>
       <c r="H276" s="3" t="s">
+        <v>1314</v>
+      </c>
+      <c r="I276" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="J276" s="5">
+        <v>109.8</v>
+      </c>
+      <c r="K276" s="5">
+        <v>1</v>
+      </c>
+      <c r="L276" s="3" t="s">
+        <v>1315</v>
+      </c>
+      <c r="M276" s="4">
+        <v>7905.6</v>
+      </c>
+      <c r="N276" s="4">
+        <v>7905.6</v>
+      </c>
+      <c r="O276" s="3" t="s">
         <v>1329</v>
       </c>
-      <c r="I276" s="3" t="s">
-[...17 lines deleted...]
-      <c r="O276" s="3" t="s">
+      <c r="P276" s="3" t="s">
         <v>1331</v>
       </c>
-      <c r="P276" s="3" t="s">
+      <c r="Q276" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="R276" s="3" t="s">
         <v>1332</v>
       </c>
-      <c r="Q276" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R276" s="3" t="s">
+      <c r="S276" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="T276" s="4">
+        <v>1</v>
+      </c>
+      <c r="W276" s="3" t="s">
         <v>1333</v>
       </c>
-      <c r="S276" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="X276" s="4">
         <v>0</v>
       </c>
       <c r="Y276" s="4">
         <v>0</v>
       </c>
       <c r="Z276" s="6">
-        <v>1.5280000000000001E-3</v>
+        <v>3.3500000000000001E-4</v>
       </c>
     </row>
     <row r="277" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A277" s="3" t="s">
         <v>1334</v>
       </c>
       <c r="B277" s="3" t="s">
         <v>1335</v>
       </c>
       <c r="C277" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D277" s="4">
-        <v>1685</v>
+        <v>13400</v>
       </c>
       <c r="E277" s="5">
-        <v>30.3</v>
+        <v>2.72</v>
       </c>
       <c r="F277" s="4">
-        <v>51055.5</v>
+        <v>36448</v>
       </c>
       <c r="G277" s="3" t="s">
-        <v>1328</v>
+        <v>1313</v>
       </c>
       <c r="H277" s="3" t="s">
-        <v>1329</v>
+        <v>1314</v>
       </c>
       <c r="I277" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J277" s="5">
-        <v>30.3</v>
+        <v>2.72</v>
       </c>
       <c r="K277" s="5">
         <v>1</v>
       </c>
       <c r="L277" s="3" t="s">
-        <v>1330</v>
+        <v>1315</v>
       </c>
       <c r="M277" s="4">
-        <v>51055.5</v>
+        <v>36448</v>
       </c>
       <c r="N277" s="4">
-        <v>51055.5</v>
+        <v>36448</v>
       </c>
       <c r="O277" s="3" t="s">
         <v>1336</v>
       </c>
       <c r="P277" s="3" t="s">
         <v>1337</v>
       </c>
       <c r="Q277" s="3" t="s">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="R277" s="3" t="s">
         <v>1338</v>
       </c>
       <c r="S277" s="3" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="T277" s="4">
         <v>1</v>
       </c>
       <c r="W277" s="3" t="s">
         <v>1334</v>
       </c>
       <c r="X277" s="4">
         <v>0</v>
       </c>
       <c r="Y277" s="4">
         <v>0</v>
       </c>
       <c r="Z277" s="6">
-        <v>2.1540000000000001E-3</v>
+        <v>1.5479999999999999E-3</v>
       </c>
     </row>
     <row r="278" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A278" s="3" t="s">
         <v>1339</v>
       </c>
       <c r="B278" s="3" t="s">
         <v>1340</v>
       </c>
       <c r="C278" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D278" s="4">
-        <v>1924</v>
+        <v>991</v>
       </c>
       <c r="E278" s="5">
-        <v>16.57</v>
+        <v>21.83</v>
       </c>
       <c r="F278" s="4">
-        <v>31880.68</v>
+        <v>21633.53</v>
       </c>
       <c r="G278" s="3" t="s">
-        <v>1328</v>
+        <v>1313</v>
       </c>
       <c r="H278" s="3" t="s">
-        <v>1329</v>
+        <v>1028</v>
       </c>
       <c r="I278" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J278" s="5">
-        <v>16.57</v>
+        <v>21.83</v>
       </c>
       <c r="K278" s="5">
         <v>1</v>
       </c>
       <c r="L278" s="3" t="s">
-        <v>1330</v>
+        <v>1029</v>
       </c>
       <c r="M278" s="4">
-        <v>31880.68</v>
+        <v>21633.53</v>
       </c>
       <c r="N278" s="4">
-        <v>31880.68</v>
+        <v>21633.53</v>
       </c>
       <c r="O278" s="3" t="s">
         <v>1341</v>
       </c>
       <c r="P278" s="3" t="s">
         <v>1342</v>
       </c>
       <c r="Q278" s="3" t="s">
-        <v>169</v>
+        <v>119</v>
       </c>
       <c r="R278" s="3" t="s">
         <v>1343</v>
       </c>
       <c r="S278" s="3" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="T278" s="4">
         <v>1</v>
       </c>
       <c r="W278" s="3" t="s">
         <v>1339</v>
       </c>
       <c r="X278" s="4">
         <v>0</v>
       </c>
       <c r="Y278" s="4">
         <v>0</v>
       </c>
       <c r="Z278" s="6">
-        <v>1.3450000000000001E-3</v>
+        <v>9.19E-4</v>
       </c>
     </row>
     <row r="279" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A279" s="3" t="s">
         <v>1344</v>
       </c>
       <c r="B279" s="3" t="s">
         <v>1345</v>
       </c>
       <c r="C279" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D279" s="4">
-        <v>72</v>
+        <v>1284</v>
       </c>
       <c r="E279" s="5">
-        <v>106</v>
+        <v>19.916646</v>
       </c>
       <c r="F279" s="4">
-        <v>7632</v>
+        <v>25572.973463999999</v>
       </c>
       <c r="G279" s="3" t="s">
-        <v>1328</v>
+        <v>1313</v>
       </c>
       <c r="H279" s="3" t="s">
-        <v>1329</v>
+        <v>31</v>
       </c>
       <c r="I279" s="3" t="s">
-        <v>84</v>
+        <v>32</v>
       </c>
       <c r="J279" s="5">
-        <v>106</v>
+        <v>30.37</v>
       </c>
       <c r="K279" s="5">
-        <v>1</v>
+        <v>1.5248551387618177</v>
       </c>
       <c r="L279" s="3" t="s">
-        <v>1330</v>
+        <v>33</v>
       </c>
       <c r="M279" s="4">
-        <v>7632</v>
+        <v>38995.08</v>
       </c>
       <c r="N279" s="4">
-        <v>7632</v>
+        <v>25572.973463999999</v>
       </c>
       <c r="O279" s="3" t="s">
         <v>1344</v>
       </c>
       <c r="P279" s="3" t="s">
+        <v>1285</v>
+      </c>
+      <c r="Q279" s="3" t="s">
+        <v>1106</v>
+      </c>
+      <c r="R279" s="3" t="s">
         <v>1346</v>
       </c>
-      <c r="Q279" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S279" s="3" t="s">
-        <v>116</v>
+        <v>604</v>
       </c>
       <c r="T279" s="4">
         <v>1</v>
       </c>
       <c r="W279" s="3" t="s">
-        <v>1348</v>
+        <v>34</v>
       </c>
       <c r="X279" s="4">
         <v>0</v>
       </c>
       <c r="Y279" s="4">
         <v>0</v>
       </c>
       <c r="Z279" s="6">
-        <v>3.2200000000000002E-4</v>
+        <v>1.0859999999999999E-3</v>
       </c>
     </row>
     <row r="280" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A280" s="3" t="s">
+        <v>1347</v>
+      </c>
+      <c r="B280" s="3" t="s">
+        <v>1348</v>
+      </c>
+      <c r="C280" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D280" s="4">
+        <v>361</v>
+      </c>
+      <c r="E280" s="5">
+        <v>33.830033</v>
+      </c>
+      <c r="F280" s="4">
+        <v>12212.6417325</v>
+      </c>
+      <c r="G280" s="3" t="s">
+        <v>1313</v>
+      </c>
+      <c r="H280" s="3" t="s">
+        <v>1119</v>
+      </c>
+      <c r="I280" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="J280" s="5">
+        <v>29.15</v>
+      </c>
+      <c r="K280" s="5">
+        <v>0.86166041962862439</v>
+      </c>
+      <c r="L280" s="3" t="s">
+        <v>1120</v>
+      </c>
+      <c r="M280" s="4">
+        <v>10523.15</v>
+      </c>
+      <c r="N280" s="4">
+        <v>12212.6417325</v>
+      </c>
+      <c r="O280" s="3" t="s">
+        <v>1347</v>
+      </c>
+      <c r="P280" s="3" t="s">
         <v>1349</v>
       </c>
-      <c r="B280" s="3" t="s">
+      <c r="Q280" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="R280" s="3" t="s">
         <v>1350</v>
       </c>
-      <c r="C280" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S280" s="3" t="s">
-        <v>127</v>
+        <v>1123</v>
       </c>
       <c r="T280" s="4">
         <v>1</v>
       </c>
       <c r="W280" s="3" t="s">
-        <v>1349</v>
+        <v>34</v>
       </c>
       <c r="X280" s="4">
         <v>0</v>
       </c>
       <c r="Y280" s="4">
         <v>0</v>
       </c>
       <c r="Z280" s="6">
-        <v>4.4999999999999999E-4</v>
+        <v>5.1900000000000004E-4</v>
       </c>
     </row>
     <row r="281" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A281" s="3" t="s">
+        <v>1351</v>
+      </c>
+      <c r="B281" s="3" t="s">
+        <v>1352</v>
+      </c>
+      <c r="C281" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D281" s="4">
+        <v>52</v>
+      </c>
+      <c r="E281" s="5">
+        <v>53.67</v>
+      </c>
+      <c r="F281" s="4">
+        <v>2790.84</v>
+      </c>
+      <c r="G281" s="3" t="s">
+        <v>1353</v>
+      </c>
+      <c r="H281" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="I281" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="J281" s="5">
+        <v>53.67</v>
+      </c>
+      <c r="K281" s="5">
+        <v>1</v>
+      </c>
+      <c r="L281" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="M281" s="4">
+        <v>2790.84</v>
+      </c>
+      <c r="N281" s="4">
+        <v>2790.84</v>
+      </c>
+      <c r="O281" s="3" t="s">
         <v>1354</v>
       </c>
-      <c r="B281" s="3" t="s">
+      <c r="P281" s="3" t="s">
         <v>1355</v>
       </c>
-      <c r="C281" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O281" s="3" t="s">
+      <c r="Q281" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="R281" s="3" t="s">
         <v>1356</v>
       </c>
-      <c r="P281" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S281" s="3" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="T281" s="4">
         <v>1</v>
       </c>
       <c r="W281" s="3" t="s">
-        <v>1354</v>
+        <v>1351</v>
       </c>
       <c r="X281" s="4">
         <v>0</v>
       </c>
       <c r="Y281" s="4">
         <v>0</v>
       </c>
       <c r="Z281" s="6">
-        <v>1.487E-3</v>
+        <v>1.18E-4</v>
       </c>
     </row>
     <row r="282" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A282" s="3" t="s">
+        <v>1357</v>
+      </c>
+      <c r="B282" s="3" t="s">
+        <v>1358</v>
+      </c>
+      <c r="C282" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D282" s="4">
+        <v>1526</v>
+      </c>
+      <c r="E282" s="5">
+        <v>72.36</v>
+      </c>
+      <c r="F282" s="4">
+        <v>110421.36</v>
+      </c>
+      <c r="G282" s="3" t="s">
+        <v>1353</v>
+      </c>
+      <c r="H282" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="I282" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="J282" s="5">
+        <v>72.36</v>
+      </c>
+      <c r="K282" s="5">
+        <v>1</v>
+      </c>
+      <c r="L282" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="M282" s="4">
+        <v>110421.36</v>
+      </c>
+      <c r="N282" s="4">
+        <v>110421.36</v>
+      </c>
+      <c r="O282" s="3" t="s">
         <v>1359</v>
       </c>
-      <c r="B282" s="3" t="s">
+      <c r="P282" s="3" t="s">
         <v>1360</v>
       </c>
-      <c r="C282" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O282" s="3" t="s">
+      <c r="Q282" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="R282" s="3" t="s">
         <v>1361</v>
       </c>
-      <c r="P282" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S282" s="3" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="T282" s="4">
         <v>1</v>
       </c>
       <c r="W282" s="3" t="s">
-        <v>1359</v>
+        <v>1357</v>
       </c>
       <c r="X282" s="4">
         <v>0</v>
       </c>
       <c r="Y282" s="4">
         <v>0</v>
       </c>
       <c r="Z282" s="6">
-        <v>9.8200000000000002E-4</v>
+        <v>4.692E-3</v>
       </c>
     </row>
     <row r="283" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A283" s="3" t="s">
-        <v>1364</v>
+        <v>1362</v>
       </c>
       <c r="B283" s="3" t="s">
-        <v>1365</v>
+        <v>1363</v>
       </c>
       <c r="C283" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D283" s="4">
-        <v>1284</v>
+        <v>127</v>
       </c>
       <c r="E283" s="5">
-        <v>21.086276999999999</v>
+        <v>753.31</v>
       </c>
       <c r="F283" s="4">
-        <v>27074.779026</v>
+        <v>95670.37</v>
       </c>
       <c r="G283" s="3" t="s">
-        <v>1328</v>
+        <v>1353</v>
       </c>
       <c r="H283" s="3" t="s">
-        <v>31</v>
+        <v>88</v>
       </c>
       <c r="I283" s="3" t="s">
-        <v>32</v>
+        <v>89</v>
       </c>
       <c r="J283" s="5">
-        <v>32.21</v>
+        <v>753.31</v>
       </c>
       <c r="K283" s="5">
-        <v>1.5275337966852518</v>
+        <v>1</v>
       </c>
       <c r="L283" s="3" t="s">
-        <v>33</v>
+        <v>90</v>
       </c>
       <c r="M283" s="4">
-        <v>41357.64</v>
+        <v>95670.37</v>
       </c>
       <c r="N283" s="4">
-        <v>27074.779026</v>
+        <v>95670.37</v>
       </c>
       <c r="O283" s="3" t="s">
         <v>1364</v>
       </c>
       <c r="P283" s="3" t="s">
-        <v>1300</v>
+        <v>1365</v>
       </c>
       <c r="Q283" s="3" t="s">
-        <v>1125</v>
+        <v>242</v>
       </c>
       <c r="R283" s="3" t="s">
         <v>1366</v>
       </c>
       <c r="S283" s="3" t="s">
-        <v>616</v>
+        <v>132</v>
       </c>
       <c r="T283" s="4">
         <v>1</v>
       </c>
       <c r="W283" s="3" t="s">
-        <v>34</v>
+        <v>1362</v>
       </c>
       <c r="X283" s="4">
         <v>0</v>
       </c>
       <c r="Y283" s="4">
         <v>0</v>
       </c>
       <c r="Z283" s="6">
-        <v>1.142E-3</v>
+        <v>4.065E-3</v>
       </c>
     </row>
     <row r="284" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A284" s="3" t="s">
         <v>1367</v>
       </c>
       <c r="B284" s="3" t="s">
         <v>1368</v>
       </c>
       <c r="C284" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D284" s="4">
-        <v>361</v>
+        <v>36</v>
       </c>
       <c r="E284" s="5">
-        <v>29.905322000000002</v>
+        <v>956.74426000000005</v>
       </c>
       <c r="F284" s="4">
-        <v>10795.821242</v>
+        <v>34442.806792689997</v>
       </c>
       <c r="G284" s="3" t="s">
-        <v>1328</v>
+        <v>1353</v>
       </c>
       <c r="H284" s="3" t="s">
-        <v>1138</v>
+        <v>68</v>
       </c>
       <c r="I284" s="3" t="s">
-        <v>54</v>
+        <v>69</v>
       </c>
       <c r="J284" s="5">
-        <v>25.91</v>
+        <v>149300</v>
       </c>
       <c r="K284" s="5">
-        <v>0.86640097036908681</v>
+        <v>156.05006085952374</v>
       </c>
       <c r="L284" s="3" t="s">
-        <v>1139</v>
+        <v>70</v>
       </c>
       <c r="M284" s="4">
-        <v>9353.51</v>
+        <v>5374802.0961720003</v>
       </c>
       <c r="N284" s="4">
-        <v>10795.821242</v>
+        <v>34442.806792689997</v>
       </c>
       <c r="O284" s="3" t="s">
         <v>1367</v>
       </c>
       <c r="P284" s="3" t="s">
         <v>1369</v>
       </c>
       <c r="Q284" s="3" t="s">
-        <v>147</v>
+        <v>242</v>
       </c>
       <c r="R284" s="3" t="s">
         <v>1370</v>
       </c>
       <c r="S284" s="3" t="s">
-        <v>1142</v>
+        <v>599</v>
       </c>
       <c r="T284" s="4">
         <v>1</v>
       </c>
       <c r="W284" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X284" s="4">
         <v>0</v>
       </c>
       <c r="Y284" s="4">
         <v>0</v>
       </c>
       <c r="Z284" s="6">
-        <v>4.55E-4</v>
+        <v>1.4630000000000001E-3</v>
       </c>
     </row>
     <row r="285" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A285" s="3" t="s">
         <v>1371</v>
       </c>
       <c r="B285" s="3" t="s">
         <v>1372</v>
       </c>
       <c r="C285" s="3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D285" s="4">
-        <v>52</v>
+        <v>2505</v>
       </c>
       <c r="E285" s="5">
-        <v>58.22</v>
+        <v>38.948058000000003</v>
       </c>
       <c r="F285" s="4">
-        <v>3027.44</v>
+        <v>97564.885290000006</v>
       </c>
       <c r="G285" s="3" t="s">
+        <v>1353</v>
+      </c>
+      <c r="H285" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="I285" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="J285" s="5">
+        <v>33.56</v>
+      </c>
+      <c r="K285" s="5">
+        <v>0.86166041962862439</v>
+      </c>
+      <c r="L285" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="M285" s="4">
+        <v>84067.8</v>
+      </c>
+      <c r="N285" s="4">
+        <v>97564.885290000006</v>
+      </c>
+      <c r="O285" s="3" t="s">
+        <v>1371</v>
+      </c>
+      <c r="P285" s="3" t="s">
         <v>1373</v>
       </c>
-      <c r="H285" s="3" t="s">
-[...20 lines deleted...]
-      <c r="O285" s="3" t="s">
+      <c r="Q285" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="R285" s="3" t="s">
         <v>1374</v>
       </c>
-      <c r="P285" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S285" s="3" t="s">
-        <v>99</v>
+        <v>421</v>
       </c>
       <c r="T285" s="4">
         <v>1</v>
       </c>
       <c r="W285" s="3" t="s">
-        <v>1371</v>
+        <v>34</v>
       </c>
       <c r="X285" s="4">
         <v>0</v>
       </c>
       <c r="Y285" s="4">
         <v>0</v>
       </c>
       <c r="Z285" s="6">
-        <v>1.27E-4</v>
+        <v>4.1460000000000004E-3</v>
       </c>
     </row>
     <row r="286" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A286" s="3" t="s">
+        <v>1375</v>
+      </c>
+      <c r="B286" s="3" t="s">
+        <v>1376</v>
+      </c>
+      <c r="C286" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D286" s="4">
+        <v>252</v>
+      </c>
+      <c r="E286" s="5">
+        <v>92.727945000000005</v>
+      </c>
+      <c r="F286" s="4">
+        <v>23367.442139999999</v>
+      </c>
+      <c r="G286" s="3" t="s">
+        <v>1353</v>
+      </c>
+      <c r="H286" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="I286" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="J286" s="5">
+        <v>79.900000000000006</v>
+      </c>
+      <c r="K286" s="5">
+        <v>0.86166041962862439</v>
+      </c>
+      <c r="L286" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="M286" s="4">
+        <v>20134.8</v>
+      </c>
+      <c r="N286" s="4">
+        <v>23367.442139999999</v>
+      </c>
+      <c r="O286" s="3" t="s">
+        <v>1375</v>
+      </c>
+      <c r="P286" s="3" t="s">
         <v>1377</v>
       </c>
-      <c r="B286" s="3" t="s">
+      <c r="Q286" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="R286" s="3" t="s">
         <v>1378</v>
       </c>
-      <c r="C286" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S286" s="3" t="s">
-        <v>99</v>
+        <v>421</v>
       </c>
       <c r="T286" s="4">
         <v>1</v>
       </c>
       <c r="W286" s="3" t="s">
-        <v>1377</v>
+        <v>34</v>
       </c>
       <c r="X286" s="4">
         <v>0</v>
       </c>
       <c r="Y286" s="4">
         <v>0</v>
       </c>
       <c r="Z286" s="6">
-        <v>4.326E-3</v>
+        <v>9.9299999999999996E-4</v>
       </c>
     </row>
     <row r="287" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A287" s="3" t="s">
+        <v>1379</v>
+      </c>
+      <c r="B287" s="3" t="s">
+        <v>1380</v>
+      </c>
+      <c r="C287" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D287" s="4">
+        <v>1532</v>
+      </c>
+      <c r="E287" s="5">
+        <v>64.642634999999999</v>
+      </c>
+      <c r="F287" s="4">
+        <v>99032.516820000004</v>
+      </c>
+      <c r="G287" s="3" t="s">
+        <v>1353</v>
+      </c>
+      <c r="H287" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="I287" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="J287" s="5">
+        <v>55.7</v>
+      </c>
+      <c r="K287" s="5">
+        <v>0.86166041962862439</v>
+      </c>
+      <c r="L287" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="M287" s="4">
+        <v>85332.4</v>
+      </c>
+      <c r="N287" s="4">
+        <v>99032.516820000004</v>
+      </c>
+      <c r="O287" s="3" t="s">
+        <v>1379</v>
+      </c>
+      <c r="P287" s="3" t="s">
+        <v>1381</v>
+      </c>
+      <c r="Q287" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="R287" s="3" t="s">
         <v>1382</v>
       </c>
-      <c r="B287" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S287" s="3" t="s">
-        <v>127</v>
+        <v>421</v>
       </c>
       <c r="T287" s="4">
         <v>1</v>
       </c>
       <c r="W287" s="3" t="s">
-        <v>1382</v>
+        <v>34</v>
       </c>
       <c r="X287" s="4">
         <v>0</v>
       </c>
       <c r="Y287" s="4">
         <v>0</v>
       </c>
       <c r="Z287" s="6">
-        <v>4.5339999999999998E-3</v>
+        <v>4.2079999999999999E-3</v>
       </c>
     </row>
     <row r="288" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A288" s="3" t="s">
+        <v>1383</v>
+      </c>
+      <c r="B288" s="3" t="s">
+        <v>1384</v>
+      </c>
+      <c r="C288" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D288" s="4">
+        <v>437</v>
+      </c>
+      <c r="E288" s="5">
+        <v>80.63</v>
+      </c>
+      <c r="F288" s="4">
+        <v>35235.31</v>
+      </c>
+      <c r="G288" s="3" t="s">
+        <v>1353</v>
+      </c>
+      <c r="H288" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="I288" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="J288" s="5">
+        <v>80.63</v>
+      </c>
+      <c r="K288" s="5">
+        <v>1</v>
+      </c>
+      <c r="L288" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="M288" s="4">
+        <v>35235.31</v>
+      </c>
+      <c r="N288" s="4">
+        <v>35235.31</v>
+      </c>
+      <c r="O288" s="3" t="s">
+        <v>1385</v>
+      </c>
+      <c r="P288" s="3" t="s">
+        <v>1386</v>
+      </c>
+      <c r="Q288" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="R288" s="3" t="s">
         <v>1387</v>
       </c>
-      <c r="B288" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S288" s="3" t="s">
-        <v>611</v>
+        <v>104</v>
       </c>
       <c r="T288" s="4">
         <v>1</v>
       </c>
       <c r="W288" s="3" t="s">
-        <v>34</v>
+        <v>1383</v>
       </c>
       <c r="X288" s="4">
         <v>0</v>
       </c>
       <c r="Y288" s="4">
         <v>0</v>
       </c>
       <c r="Z288" s="6">
-        <v>1.402E-3</v>
+        <v>1.4970000000000001E-3</v>
       </c>
     </row>
     <row r="289" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A289" s="3" t="s">
+        <v>1388</v>
+      </c>
+      <c r="B289" s="3" t="s">
+        <v>1389</v>
+      </c>
+      <c r="C289" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D289" s="4">
+        <v>15900</v>
+      </c>
+      <c r="E289" s="5">
+        <v>4.7369500000000002</v>
+      </c>
+      <c r="F289" s="4">
+        <v>75317.509247840004</v>
+      </c>
+      <c r="G289" s="3" t="s">
+        <v>1353</v>
+      </c>
+      <c r="H289" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="I289" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="J289" s="5">
+        <v>36.880000000000003</v>
+      </c>
+      <c r="K289" s="5">
+        <v>7.7856001432550421</v>
+      </c>
+      <c r="L289" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="M289" s="4">
+        <v>586392.01078899996</v>
+      </c>
+      <c r="N289" s="4">
+        <v>75317.509247840004</v>
+      </c>
+      <c r="O289" s="3" t="s">
+        <v>1388</v>
+      </c>
+      <c r="P289" s="3" t="s">
+        <v>1390</v>
+      </c>
+      <c r="Q289" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="R289" s="3" t="s">
         <v>1391</v>
       </c>
-      <c r="B289" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S289" s="3" t="s">
-        <v>428</v>
+        <v>647</v>
       </c>
       <c r="T289" s="4">
         <v>1</v>
       </c>
       <c r="W289" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X289" s="4">
         <v>0</v>
       </c>
       <c r="Y289" s="4">
         <v>0</v>
       </c>
       <c r="Z289" s="6">
-        <v>4.0429999999999997E-3</v>
+        <v>3.2000000000000002E-3</v>
       </c>
     </row>
     <row r="290" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A290" s="3" t="s">
+        <v>1392</v>
+      </c>
+      <c r="B290" s="3" t="s">
+        <v>1393</v>
+      </c>
+      <c r="C290" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D290" s="4">
+        <v>4659</v>
+      </c>
+      <c r="E290" s="5">
+        <v>8.0162499999999994</v>
+      </c>
+      <c r="F290" s="4">
+        <v>37347.708749999998</v>
+      </c>
+      <c r="G290" s="3" t="s">
+        <v>1353</v>
+      </c>
+      <c r="H290" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="I290" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="J290" s="5">
+        <v>6.05</v>
+      </c>
+      <c r="K290" s="5">
+        <v>0.75471698113207553</v>
+      </c>
+      <c r="L290" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="M290" s="4">
+        <v>28186.95</v>
+      </c>
+      <c r="N290" s="4">
+        <v>37347.708749999998</v>
+      </c>
+      <c r="O290" s="3" t="s">
+        <v>1392</v>
+      </c>
+      <c r="P290" s="3" t="s">
+        <v>1394</v>
+      </c>
+      <c r="Q290" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="R290" s="3" t="s">
         <v>1395</v>
       </c>
-      <c r="B290" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S290" s="3" t="s">
-        <v>428</v>
+        <v>121</v>
       </c>
       <c r="T290" s="4">
         <v>1</v>
       </c>
       <c r="W290" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X290" s="4">
         <v>0</v>
       </c>
       <c r="Y290" s="4">
         <v>0</v>
       </c>
       <c r="Z290" s="6">
-        <v>9.8799999999999995E-4</v>
+        <v>1.5870000000000001E-3</v>
       </c>
     </row>
     <row r="291" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A291" s="3" t="s">
+        <v>1396</v>
+      </c>
+      <c r="B291" s="3" t="s">
+        <v>1397</v>
+      </c>
+      <c r="C291" s="3" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D291" s="4">
+        <v>-32658.94</v>
+      </c>
+      <c r="E291" s="5">
+        <v>1</v>
+      </c>
+      <c r="F291" s="4">
+        <v>-32658.94</v>
+      </c>
+      <c r="G291" s="3" t="s">
         <v>1399</v>
       </c>
-      <c r="B291" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H291" s="3" t="s">
-        <v>424</v>
+        <v>88</v>
       </c>
       <c r="I291" s="3" t="s">
-        <v>54</v>
+        <v>89</v>
       </c>
       <c r="J291" s="5">
-        <v>55.6</v>
+        <v>1</v>
       </c>
       <c r="K291" s="5">
-        <v>0.86640097036908681</v>
+        <v>1</v>
       </c>
       <c r="L291" s="3" t="s">
-        <v>425</v>
+        <v>90</v>
       </c>
       <c r="M291" s="4">
-        <v>85179.199999999997</v>
+        <v>-32658.94</v>
       </c>
       <c r="N291" s="4">
-        <v>98313.832639999993</v>
+        <v>-32658.94</v>
       </c>
       <c r="O291" s="3" t="s">
-        <v>1399</v>
+        <v>34</v>
       </c>
       <c r="P291" s="3" t="s">
-        <v>1401</v>
+        <v>34</v>
       </c>
       <c r="Q291" s="3" t="s">
-        <v>237</v>
+        <v>34</v>
       </c>
       <c r="R291" s="3" t="s">
-        <v>1402</v>
+        <v>34</v>
       </c>
       <c r="S291" s="3" t="s">
-        <v>428</v>
+        <v>35</v>
       </c>
       <c r="T291" s="4">
         <v>1</v>
       </c>
       <c r="W291" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X291" s="4">
         <v>0</v>
       </c>
       <c r="Y291" s="4">
         <v>0</v>
       </c>
       <c r="Z291" s="6">
-        <v>4.1489999999999999E-3</v>
+        <v>-1.387E-3</v>
       </c>
     </row>
     <row r="292" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A292" s="3" t="s">
+        <v>1400</v>
+      </c>
+      <c r="B292" s="3" t="s">
+        <v>1401</v>
+      </c>
+      <c r="C292" s="3" t="s">
+        <v>1402</v>
+      </c>
+      <c r="D292" s="4">
+        <v>152613.03</v>
+      </c>
+      <c r="E292" s="5">
+        <v>1</v>
+      </c>
+      <c r="F292" s="4">
+        <v>152613.03</v>
+      </c>
+      <c r="G292" s="3" t="s">
         <v>1403</v>
       </c>
-      <c r="B292" s="3" t="s">
+      <c r="H292" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="I292" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="J292" s="5">
+        <v>1</v>
+      </c>
+      <c r="K292" s="5">
+        <v>1</v>
+      </c>
+      <c r="L292" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="M292" s="4">
+        <v>152613.03</v>
+      </c>
+      <c r="N292" s="4">
+        <v>152613.03</v>
+      </c>
+      <c r="O292" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P292" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q292" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="R292" s="3" t="s">
+        <v>1400</v>
+      </c>
+      <c r="S292" s="3" t="s">
         <v>1404</v>
       </c>
-      <c r="C292" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="T292" s="4">
         <v>1</v>
       </c>
       <c r="W292" s="3" t="s">
-        <v>1403</v>
+        <v>34</v>
       </c>
       <c r="X292" s="4">
         <v>0</v>
       </c>
       <c r="Y292" s="4">
         <v>0</v>
       </c>
       <c r="Z292" s="6">
-        <v>1.585E-3</v>
-[...73 lines deleted...]
-        <v>3.4940000000000001E-3</v>
+        <v>6.4850000000000003E-3</v>
       </c>
     </row>
     <row r="294" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A294" s="3" t="s">
-        <v>1412</v>
-[...68 lines deleted...]
-        <v>1.6050000000000001E-3</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="295" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A295" s="3" t="s">
-        <v>1416</v>
-[...68 lines deleted...]
-        <v>-1.1050000000000001E-3</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="296" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A296" s="3" t="s">
-        <v>1420</v>
-[...68 lines deleted...]
-        <v>5.2960000000000004E-3</v>
+        <v>1407</v>
+      </c>
+    </row>
+    <row r="297" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A297" s="3" t="s">
+        <v>1408</v>
       </c>
     </row>
     <row r="298" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A298" s="3" t="s">
-        <v>1425</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="299" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A299" s="3" t="s">
-        <v>1426</v>
-[...19 lines deleted...]
-        <v>1430</v>
+        <v>1410</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>October</vt:lpstr>
+      <vt:lpstr>November</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>