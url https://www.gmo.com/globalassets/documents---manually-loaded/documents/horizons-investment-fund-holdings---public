--- v3 (2026-01-05)
+++ v4 (2026-02-15)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_11\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_12\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{ED8535EF-0035-4F83-9AC3-D2C8C46ACDED}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{FAC4822A-8C81-464B-B43C-217A91FDD470}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1950" yWindow="2325" windowWidth="11520" windowHeight="8265" xr2:uid="{AA290446-170D-4139-9A0A-F8C87C7534F0}"/>
+    <workbookView xWindow="1170" yWindow="1395" windowWidth="11520" windowHeight="8265" xr2:uid="{AC1568D3-ED72-4229-B077-5E7439C09EE3}"/>
   </bookViews>
   <sheets>
-    <sheet name="November" sheetId="1" r:id="rId1"/>
+    <sheet name="December" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3790" uniqueCount="1411">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3751" uniqueCount="1385">
   <si>
     <t>GMO Horizons Investment Fund</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -145,50 +145,65 @@
   <si>
     <t>Trade Date Cash (AUD)</t>
   </si>
   <si>
     <t>Cash and Cash Equivalents</t>
   </si>
   <si>
     <t>Trade Date Cash</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AUD</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>CASH</t>
   </si>
   <si>
+    <t>BRLTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (BRL)</t>
+  </si>
+  <si>
+    <t>Brazil</t>
+  </si>
+  <si>
+    <t>BRL</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
     <t>CADTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (CAD)</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>CAD</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>CHFTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (CHF)</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>CHF</t>
@@ -295,50 +310,65 @@
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>SEKTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (SEK)</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>SEK</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
+    <t>TWDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (TWD)</t>
+  </si>
+  <si>
+    <t>Taiwan</t>
+  </si>
+  <si>
+    <t>TWD</t>
+  </si>
+  <si>
+    <t>TW</t>
+  </si>
+  <si>
     <t>USDTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (USD)</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>USD</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>ZARTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (ZAR)</t>
   </si>
   <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>ZAR</t>
@@ -499,65 +529,50 @@
   <si>
     <t>Consumer Staples</t>
   </si>
   <si>
     <t>GB0002374006</t>
   </si>
   <si>
     <t>025816109</t>
   </si>
   <si>
     <t>American Express Co</t>
   </si>
   <si>
     <t>2026082</t>
   </si>
   <si>
     <t>AXP</t>
   </si>
   <si>
     <t>Financials</t>
   </si>
   <si>
     <t>US0258161092</t>
   </si>
   <si>
-    <t>026874784</t>
-[...13 lines deleted...]
-  <si>
     <t>030420103</t>
   </si>
   <si>
     <t>American Water Works Co Inc</t>
   </si>
   <si>
     <t>B2R3PV1</t>
   </si>
   <si>
     <t>AWK</t>
   </si>
   <si>
     <t>Utilities</t>
   </si>
   <si>
     <t>US0304201033</t>
   </si>
   <si>
     <t>031162100</t>
   </si>
   <si>
     <t>Amgen Inc</t>
   </si>
   <si>
     <t>2023607</t>
@@ -694,50 +709,68 @@
   <si>
     <t>BKF2SL7</t>
   </si>
   <si>
     <t>BX</t>
   </si>
   <si>
     <t>US09260D1072</t>
   </si>
   <si>
     <t>09290D101</t>
   </si>
   <si>
     <t>Blackrock Inc</t>
   </si>
   <si>
     <t>BMZBBT7</t>
   </si>
   <si>
     <t>BLK</t>
   </si>
   <si>
     <t>US09290D1019</t>
   </si>
   <si>
+    <t>093712107</t>
+  </si>
+  <si>
+    <t>Bloom Energy Corp- A</t>
+  </si>
+  <si>
+    <t>BDD1BB8</t>
+  </si>
+  <si>
+    <t>BE</t>
+  </si>
+  <si>
+    <t>Industrials</t>
+  </si>
+  <si>
+    <t>US0937121079</t>
+  </si>
+  <si>
     <t>0989529</t>
   </si>
   <si>
     <t>Astrazeneca Plc</t>
   </si>
   <si>
     <t>AZN</t>
   </si>
   <si>
     <t>GB0009895292</t>
   </si>
   <si>
     <t>101137107</t>
   </si>
   <si>
     <t>Boston Scientific Corp</t>
   </si>
   <si>
     <t>2113434</t>
   </si>
   <si>
     <t>BSX</t>
   </si>
   <si>
     <t>US1011371077</t>
@@ -751,50 +784,65 @@
   <si>
     <t>2126335</t>
   </si>
   <si>
     <t>BMY</t>
   </si>
   <si>
     <t>US1101221083</t>
   </si>
   <si>
     <t>11135F101</t>
   </si>
   <si>
     <t>Broadcom Inc</t>
   </si>
   <si>
     <t>BDZ78H9</t>
   </si>
   <si>
     <t>AVGO</t>
   </si>
   <si>
     <t>US11135F1012</t>
   </si>
   <si>
+    <t>11285B108</t>
+  </si>
+  <si>
+    <t>Brookfield Renewable Corp</t>
+  </si>
+  <si>
+    <t>BSPS5J8</t>
+  </si>
+  <si>
+    <t>BEPC</t>
+  </si>
+  <si>
+    <t>CA11285B1085</t>
+  </si>
+  <si>
     <t>12504L109</t>
   </si>
   <si>
     <t>Cbre Group Inc - A</t>
   </si>
   <si>
     <t>B6WVMH3</t>
   </si>
   <si>
     <t>CBRE</t>
   </si>
   <si>
     <t>Real Estate</t>
   </si>
   <si>
     <t>US12504L1098</t>
   </si>
   <si>
     <t>12514G108</t>
   </si>
   <si>
     <t>Cdw Corp/De</t>
   </si>
   <si>
     <t>BBM5MD6</t>
@@ -811,53 +859,50 @@
   <si>
     <t>CME Group Inc</t>
   </si>
   <si>
     <t>2965839</t>
   </si>
   <si>
     <t>CME</t>
   </si>
   <si>
     <t>US12572Q1058</t>
   </si>
   <si>
     <t>126408103</t>
   </si>
   <si>
     <t>Csx Corp</t>
   </si>
   <si>
     <t>2160753</t>
   </si>
   <si>
     <t>CSX</t>
   </si>
   <si>
-    <t>Industrials</t>
-[...1 lines deleted...]
-  <si>
     <t>US1264081035</t>
   </si>
   <si>
     <t>136375102</t>
   </si>
   <si>
     <t>Canadian Natl Railway Co</t>
   </si>
   <si>
     <t>2210959</t>
   </si>
   <si>
     <t>CNI</t>
   </si>
   <si>
     <t>CA1363751027</t>
   </si>
   <si>
     <t>13646K108</t>
   </si>
   <si>
     <t>Canadian Pacific Kansas City</t>
   </si>
   <si>
     <t>BNVTFQ7</t>
@@ -979,80 +1024,50 @@
   <si>
     <t>2701271</t>
   </si>
   <si>
     <t>COST</t>
   </si>
   <si>
     <t>US22160K1051</t>
   </si>
   <si>
     <t>235851102</t>
   </si>
   <si>
     <t>Danaher Corp</t>
   </si>
   <si>
     <t>2250870</t>
   </si>
   <si>
     <t>DHR</t>
   </si>
   <si>
     <t>US2358511028</t>
   </si>
   <si>
-    <t>23918K108</t>
-[...28 lines deleted...]
-  <si>
     <t>2754383</t>
   </si>
   <si>
     <t>Royal Bank Of Canada</t>
   </si>
   <si>
     <t>RY</t>
   </si>
   <si>
     <t>CA7800871021</t>
   </si>
   <si>
     <t>780087102</t>
   </si>
   <si>
     <t>278642103</t>
   </si>
   <si>
     <t>Ebay Inc</t>
   </si>
   <si>
     <t>2293819</t>
   </si>
   <si>
     <t>EBAY</t>
@@ -1156,65 +1171,50 @@
   <si>
     <t>Bt Group Plc</t>
   </si>
   <si>
     <t>BT/A</t>
   </si>
   <si>
     <t>GB0030913577</t>
   </si>
   <si>
     <t>336433107</t>
   </si>
   <si>
     <t>First Solar Inc</t>
   </si>
   <si>
     <t>B1HMF22</t>
   </si>
   <si>
     <t>FSLR</t>
   </si>
   <si>
     <t>US3364331070</t>
   </si>
   <si>
-    <t>337738108</t>
-[...13 lines deleted...]
-  <si>
     <t>35137L105</t>
   </si>
   <si>
     <t>FOXA-WI</t>
   </si>
   <si>
     <t>BJJMGL2</t>
   </si>
   <si>
     <t>FOXA</t>
   </si>
   <si>
     <t>US35137L1052</t>
   </si>
   <si>
     <t>36168Q104</t>
   </si>
   <si>
     <t>Gfl Environmental Inc-Sub Vt</t>
   </si>
   <si>
     <t>BKDT650</t>
   </si>
   <si>
     <t>GFL</t>
@@ -1390,50 +1390,65 @@
   <si>
     <t>US4370761029</t>
   </si>
   <si>
     <t>4491235</t>
   </si>
   <si>
     <t>Kingspan Group Plc</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>KSP</t>
   </si>
   <si>
     <t>IE0004927939</t>
   </si>
   <si>
     <t>XDUB</t>
   </si>
   <si>
+    <t>45168D104</t>
+  </si>
+  <si>
+    <t>Idexx Laboratories Inc</t>
+  </si>
+  <si>
+    <t>2459202</t>
+  </si>
+  <si>
+    <t>IDXX</t>
+  </si>
+  <si>
+    <t>US45168D1046</t>
+  </si>
+  <si>
     <t>45866F104</t>
   </si>
   <si>
     <t>Intercontinental Exchange In</t>
   </si>
   <si>
     <t>BFSSDS9</t>
   </si>
   <si>
     <t>ICE</t>
   </si>
   <si>
     <t>US45866F1049</t>
   </si>
   <si>
     <t>459200101</t>
   </si>
   <si>
     <t>Intl Business Machines Corp</t>
   </si>
   <si>
     <t>2005973</t>
   </si>
   <si>
     <t>IBM</t>
@@ -1867,50 +1882,65 @@
   <si>
     <t>WBC</t>
   </si>
   <si>
     <t>AU000000WBC1</t>
   </si>
   <si>
     <t>XASX</t>
   </si>
   <si>
     <t>61174X109</t>
   </si>
   <si>
     <t>Monster Beverage Corp</t>
   </si>
   <si>
     <t>BZ07BW4</t>
   </si>
   <si>
     <t>MNST</t>
   </si>
   <si>
     <t>US61174X1090</t>
   </si>
   <si>
+    <t>6121176</t>
+  </si>
+  <si>
+    <t>Lynas Rare Earths Ltd</t>
+  </si>
+  <si>
+    <t>LYC</t>
+  </si>
+  <si>
+    <t>Materials</t>
+  </si>
+  <si>
+    <t>AU000000LYC6</t>
+  </si>
+  <si>
     <t>6125639</t>
   </si>
   <si>
     <t>Ntt Data Group Corp</t>
   </si>
   <si>
     <t>9613</t>
   </si>
   <si>
     <t>JP3165700000</t>
   </si>
   <si>
     <t>6173401</t>
   </si>
   <si>
     <t>Coway Co Ltd</t>
   </si>
   <si>
     <t>021240</t>
   </si>
   <si>
     <t>KR7021240007</t>
   </si>
   <si>
     <t>XKRX</t>
@@ -2062,59 +2092,50 @@
   <si>
     <t>000660</t>
   </si>
   <si>
     <t>KR7000660001</t>
   </si>
   <si>
     <t>6506267</t>
   </si>
   <si>
     <t>Lasertec Corp</t>
   </si>
   <si>
     <t>6920</t>
   </si>
   <si>
     <t>JP3979200007</t>
   </si>
   <si>
     <t>6519481</t>
   </si>
   <si>
     <t>Lite-On Technology Corp</t>
   </si>
   <si>
-    <t>Taiwan</t>
-[...7 lines deleted...]
-  <si>
     <t>2301</t>
   </si>
   <si>
     <t>TW0002301009</t>
   </si>
   <si>
     <t>XTAI</t>
   </si>
   <si>
     <t>655844108</t>
   </si>
   <si>
     <t>Norfolk Southern Corp</t>
   </si>
   <si>
     <t>2641894</t>
   </si>
   <si>
     <t>NSC</t>
   </si>
   <si>
     <t>US6558441084</t>
   </si>
   <si>
     <t>6563024</t>
@@ -2458,65 +2479,50 @@
   <si>
     <t>Bnp Paribas</t>
   </si>
   <si>
     <t>BNP</t>
   </si>
   <si>
     <t>FR0000131104</t>
   </si>
   <si>
     <t>743315103</t>
   </si>
   <si>
     <t>Progressive Corp</t>
   </si>
   <si>
     <t>2705024</t>
   </si>
   <si>
     <t>PGR</t>
   </si>
   <si>
     <t>US7433151039</t>
   </si>
   <si>
-    <t>744320102</t>
-[...13 lines deleted...]
-  <si>
     <t>747525103</t>
   </si>
   <si>
     <t>Qualcomm Inc</t>
   </si>
   <si>
     <t>2714923</t>
   </si>
   <si>
     <t>QCOM</t>
   </si>
   <si>
     <t>US7475251036</t>
   </si>
   <si>
     <t>74834L100</t>
   </si>
   <si>
     <t>Quest Diagnostics Inc</t>
   </si>
   <si>
     <t>2702791</t>
   </si>
   <si>
     <t>DGX</t>
@@ -2533,50 +2539,65 @@
   <si>
     <t>2262530</t>
   </si>
   <si>
     <t>RSG</t>
   </si>
   <si>
     <t>US7607591002</t>
   </si>
   <si>
     <t>770700102</t>
   </si>
   <si>
     <t>Robinhood Markets Inc - A</t>
   </si>
   <si>
     <t>BP0TQN6</t>
   </si>
   <si>
     <t>HOOD</t>
   </si>
   <si>
     <t>US7707001027</t>
   </si>
   <si>
+    <t>77311W101</t>
+  </si>
+  <si>
+    <t>Rocket Cos Inc-Class A</t>
+  </si>
+  <si>
+    <t>BMD6Y84</t>
+  </si>
+  <si>
+    <t>RKT</t>
+  </si>
+  <si>
+    <t>US77311W1018</t>
+  </si>
+  <si>
     <t>776696106</t>
   </si>
   <si>
     <t>Roper Technologies Inc</t>
   </si>
   <si>
     <t>2749602</t>
   </si>
   <si>
     <t>ROP</t>
   </si>
   <si>
     <t>US7766961061</t>
   </si>
   <si>
     <t>78409V104</t>
   </si>
   <si>
     <t>S&amp;p Global Inc</t>
   </si>
   <si>
     <t>BYV2325</t>
   </si>
   <si>
     <t>SPGI</t>
@@ -3175,59 +3196,50 @@
   <si>
     <t>SG1U76934819</t>
   </si>
   <si>
     <t>XSES</t>
   </si>
   <si>
     <t>B1W5NW2</t>
   </si>
   <si>
     <t>Salmar Asa</t>
   </si>
   <si>
     <t>SALM</t>
   </si>
   <si>
     <t>NO0010310956</t>
   </si>
   <si>
     <t>B1YCHL8</t>
   </si>
   <si>
     <t>Cia Saneamento Basico De Sp</t>
   </si>
   <si>
-    <t>Brazil</t>
-[...7 lines deleted...]
-  <si>
     <t>SBSP3</t>
   </si>
   <si>
     <t>BRSBSPACNOR5</t>
   </si>
   <si>
     <t>BVMF</t>
   </si>
   <si>
     <t>B292JQ9</t>
   </si>
   <si>
     <t>Getlink Se</t>
   </si>
   <si>
     <t>GET</t>
   </si>
   <si>
     <t>FR0010533075</t>
   </si>
   <si>
     <t>B39GNW2</t>
   </si>
   <si>
     <t>Edp Renovaveis Sa</t>
@@ -3250,74 +3262,50 @@
   <si>
     <t>B39J2M4</t>
   </si>
   <si>
     <t>United Utilities Group Plc</t>
   </si>
   <si>
     <t>UU/</t>
   </si>
   <si>
     <t>GB00B39J2M42</t>
   </si>
   <si>
     <t>B3BQMF6</t>
   </si>
   <si>
     <t>Chubb Ltd</t>
   </si>
   <si>
     <t>CB</t>
   </si>
   <si>
     <t>CH0044328745</t>
   </si>
   <si>
-    <t>B3P6M52</t>
-[...22 lines deleted...]
-  <si>
     <t>B4BNMY3</t>
   </si>
   <si>
     <t>Accenture Plc-Cl A</t>
   </si>
   <si>
     <t>ACN</t>
   </si>
   <si>
     <t>IE00B4BNMY34</t>
   </si>
   <si>
     <t>B4TX8S1</t>
   </si>
   <si>
     <t>Aia Group Ltd</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
     <t>HK0000069689</t>
   </si>
   <si>
     <t>B4WRJD2</t>
@@ -3355,53 +3343,50 @@
   <si>
     <t>CH0126881561</t>
   </si>
   <si>
     <t>B5LTM93</t>
   </si>
   <si>
     <t>Otsuka Holdings Co Ltd</t>
   </si>
   <si>
     <t>4578</t>
   </si>
   <si>
     <t>JP3188220002</t>
   </si>
   <si>
     <t>B798FW0</t>
   </si>
   <si>
     <t>Novonesis (novozymes) B</t>
   </si>
   <si>
     <t>NSISB</t>
   </si>
   <si>
-    <t>Materials</t>
-[...1 lines deleted...]
-  <si>
     <t>DK0060336014</t>
   </si>
   <si>
     <t>XCSE</t>
   </si>
   <si>
     <t>B8KQN82</t>
   </si>
   <si>
     <t>Eaton Corp Plc</t>
   </si>
   <si>
     <t>ETN</t>
   </si>
   <si>
     <t>IE00B8KQN827</t>
   </si>
   <si>
     <t>B90LKT4</t>
   </si>
   <si>
     <t>Commerzbank Ag</t>
   </si>
   <si>
     <t>CBK</t>
@@ -3409,62 +3394,50 @@
   <si>
     <t>DE000CBK1001</t>
   </si>
   <si>
     <t>B929F46</t>
   </si>
   <si>
     <t>Asml Holding Nv</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>ASML</t>
   </si>
   <si>
     <t>NL0010273215</t>
   </si>
   <si>
     <t>XAMS</t>
   </si>
   <si>
-    <t>B96HCH8</t>
-[...10 lines deleted...]
-  <si>
     <t>BCRWZ18</t>
   </si>
   <si>
     <t>Cie Financiere Richemo-A Reg</t>
   </si>
   <si>
     <t>CFR</t>
   </si>
   <si>
     <t>CH0210483332</t>
   </si>
   <si>
     <t>BD5CGB4</t>
   </si>
   <si>
     <t>Sungrow Power Supply Co Lt-A</t>
   </si>
   <si>
     <t>CNY</t>
   </si>
   <si>
     <t>300274</t>
   </si>
   <si>
     <t>CNE1000018M7</t>
@@ -3568,62 +3541,50 @@
   <si>
     <t>Cgi Inc</t>
   </si>
   <si>
     <t>GIB/A</t>
   </si>
   <si>
     <t>CA12532H1047</t>
   </si>
   <si>
     <t>12532H104</t>
   </si>
   <si>
     <t>BJDS7L3</t>
   </si>
   <si>
     <t>Prosus Nv</t>
   </si>
   <si>
     <t>PRX</t>
   </si>
   <si>
     <t>NL0013654783</t>
   </si>
   <si>
-    <t>BJLVDM7</t>
-[...10 lines deleted...]
-  <si>
     <t>BJMKSJ5</t>
   </si>
   <si>
     <t>Firstservice Corp</t>
   </si>
   <si>
     <t>FSV</t>
   </si>
   <si>
     <t>CA33767E2024</t>
   </si>
   <si>
     <t>33767E202</t>
   </si>
   <si>
     <t>BK6YZP5</t>
   </si>
   <si>
     <t>Alibaba Group Holding Ltd</t>
   </si>
   <si>
     <t>9988</t>
   </si>
   <si>
     <t>KYG017191142</t>
@@ -3874,125 +3835,95 @@
   <si>
     <t>1816</t>
   </si>
   <si>
     <t>CNE100001T80</t>
   </si>
   <si>
     <t>BSCB6L9</t>
   </si>
   <si>
     <t>Celestica Inc</t>
   </si>
   <si>
     <t>CLS</t>
   </si>
   <si>
     <t>CA15101Q2071</t>
   </si>
   <si>
     <t>15101Q207</t>
   </si>
   <si>
     <t>BSQLLY3</t>
   </si>
   <si>
-    <t>Brookfield Renewable Corp</t>
-[...25 lines deleted...]
-  <si>
     <t>BY7QL61</t>
   </si>
   <si>
     <t>Johnson Controls Internation</t>
   </si>
   <si>
     <t>JCI</t>
   </si>
   <si>
     <t>IE00BY7QL619</t>
   </si>
   <si>
     <t>BYMXPS7</t>
   </si>
   <si>
     <t>Unicredit Spa</t>
   </si>
   <si>
     <t>UCG</t>
   </si>
   <si>
     <t>IT0005239360</t>
   </si>
   <si>
     <t>BYXZ2W5</t>
   </si>
   <si>
     <t>Rumo Sa</t>
   </si>
   <si>
     <t>RAIL3</t>
   </si>
   <si>
     <t>BRRAILACNOR9</t>
   </si>
   <si>
     <t>BYYHL23</t>
   </si>
   <si>
     <t>Anheuser-Busch Inbev Sa/Nv</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
-    <t>BE</t>
-[...1 lines deleted...]
-  <si>
     <t>ABI</t>
   </si>
   <si>
     <t>BE0974293251</t>
   </si>
   <si>
     <t>XBRU</t>
   </si>
   <si>
     <t>BZ04KX9</t>
   </si>
   <si>
     <t>Yadea Group Holdings Ltd</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
     <t>KYG9830F1063</t>
   </si>
   <si>
     <t>40415F101</t>
   </si>
   <si>
     <t>Hdfc Bank Ltd-Adr</t>
@@ -4067,59 +3998,50 @@
     <t>Wipro Ltd-Adr</t>
   </si>
   <si>
     <t>2646123</t>
   </si>
   <si>
     <t>WIT</t>
   </si>
   <si>
     <t>US97651M1099</t>
   </si>
   <si>
     <t>98422D105</t>
   </si>
   <si>
     <t>Xpeng Inc - Adr</t>
   </si>
   <si>
     <t>BMXR2T4</t>
   </si>
   <si>
     <t>XPEV</t>
   </si>
   <si>
     <t>US98422D1054</t>
-  </si>
-[...7 lines deleted...]
-    <t>AU000000JHX1</t>
   </si>
   <si>
     <t>BYQP136</t>
   </si>
   <si>
     <t>Abn Amro Group Nv-Cva</t>
   </si>
   <si>
     <t>ABN</t>
   </si>
   <si>
     <t>NL0011540547</t>
   </si>
   <si>
     <t>015271109</t>
   </si>
   <si>
     <t>Alexandria Real Estate Equit</t>
   </si>
   <si>
     <t>Real Estate Investment Trust (REIT)</t>
   </si>
   <si>
     <t>2009210</t>
   </si>
@@ -4663,92 +4585,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FDDE2279-939F-4375-A149-39509F6ED04D}">
-  <dimension ref="A1:Z299"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0D36852F-5D8C-4A0A-A2F2-BF5118611ACE}">
+  <dimension ref="A1:Z296"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="23.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="25.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="11.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="10" style="5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="6.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="13.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
-    <col min="23" max="23" width="9.140625" style="3"/>
+    <col min="23" max="23" width="9.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>45989</v>
+        <v>46022</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -4801,21468 +4723,21246 @@
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
         <v>7686.87</v>
       </c>
       <c r="E4" s="5">
-        <v>0.65580000000000005</v>
+        <v>0.66685000000000005</v>
       </c>
       <c r="F4" s="4">
-        <v>5041.0493459999998</v>
+        <v>5125.9892595000001</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
-        <v>1.5248551387618177</v>
+        <v>1.4995876134063133</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
         <v>7686.87</v>
       </c>
       <c r="N4" s="4">
-        <v>5041.0493459999998</v>
+        <v>5125.9892595000001</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>2.14E-4</v>
+        <v>2.1599999999999999E-4</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
-        <v>5194.17</v>
+        <v>45905.47</v>
       </c>
       <c r="E5" s="5">
-        <v>0.71733400000000003</v>
+        <v>0.18249000000000001</v>
       </c>
       <c r="F5" s="4">
-        <v>3725.95674474</v>
+        <v>8377.2927597100006</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>39</v>
       </c>
       <c r="J5" s="5">
         <v>1</v>
       </c>
       <c r="K5" s="5">
-        <v>1.3940499911066582</v>
+        <v>5.4797499129815712</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="M5" s="4">
-        <v>5194.1699660000004</v>
+        <v>45905.469271000002</v>
       </c>
       <c r="N5" s="4">
-        <v>3725.95674474</v>
+        <v>8377.2927597100006</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>1.5799999999999999E-4</v>
+        <v>3.5300000000000002E-4</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
-        <v>368.55</v>
+        <v>6507.55</v>
       </c>
       <c r="E6" s="5">
-        <v>1.2454080000000001</v>
+        <v>0.72952799999999995</v>
       </c>
       <c r="F6" s="4">
-        <v>458.99495610000002</v>
+        <v>4747.4375342000003</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>43</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>44</v>
       </c>
       <c r="J6" s="5">
         <v>1</v>
       </c>
       <c r="K6" s="5">
-        <v>0.80294999975750914</v>
+        <v>1.3707500016140581</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>45</v>
       </c>
       <c r="M6" s="4">
-        <v>368.54999900000001</v>
+        <v>6507.5500069999998</v>
       </c>
       <c r="N6" s="4">
-        <v>458.99495610000002</v>
+        <v>4747.4375342000003</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
-        <v>1.9000000000000001E-5</v>
+        <v>2.0000000000000001E-4</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>46</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="4">
-        <v>5208.91</v>
+        <v>368.55</v>
       </c>
       <c r="E7" s="5">
-        <v>0.155388</v>
+        <v>1.2622279999999999</v>
       </c>
       <c r="F7" s="4">
-        <v>809.40253283000004</v>
+        <v>465.19406752999998</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>48</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>49</v>
       </c>
       <c r="J7" s="5">
         <v>1</v>
       </c>
       <c r="K7" s="5">
-        <v>6.4355000718201802</v>
+        <v>0.79225000133296064</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>50</v>
       </c>
       <c r="M7" s="4">
-        <v>5208.9100580000004</v>
+        <v>368.55</v>
       </c>
       <c r="N7" s="4">
-        <v>809.40253283000004</v>
+        <v>465.19406752999998</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
-        <v>3.4E-5</v>
+        <v>1.9000000000000001E-5</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>51</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="4">
-        <v>3570.8</v>
+        <v>5208.91</v>
       </c>
       <c r="E8" s="5">
-        <v>1.16055</v>
+        <v>0.15724299999999999</v>
       </c>
       <c r="F8" s="4">
-        <v>4144.0919400000002</v>
+        <v>819.06251966000002</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H8" s="3" t="s">
         <v>53</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>54</v>
       </c>
       <c r="J8" s="5">
         <v>1</v>
       </c>
       <c r="K8" s="5">
-        <v>0.86166041962862439</v>
+        <v>6.3596001566751097</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>55</v>
       </c>
       <c r="M8" s="4">
-        <v>3570.8</v>
+        <v>5208.9101280000004</v>
       </c>
       <c r="N8" s="4">
-        <v>4144.0919400000002</v>
+        <v>819.06251966000002</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>1.76E-4</v>
+        <v>3.4E-5</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D9" s="4">
-        <v>10128.11</v>
+        <v>3999.8</v>
       </c>
       <c r="E9" s="5">
-        <v>1.325</v>
+        <v>1.17445</v>
       </c>
       <c r="F9" s="4">
-        <v>13419.74575</v>
+        <v>4697.5651099999995</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>58</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>59</v>
       </c>
       <c r="J9" s="5">
         <v>1</v>
       </c>
       <c r="K9" s="5">
-        <v>0.75471698113207553</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>60</v>
       </c>
       <c r="M9" s="4">
-        <v>10128.11</v>
+        <v>3999.8</v>
       </c>
       <c r="N9" s="4">
-        <v>13419.74575</v>
+        <v>4697.5651099999995</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>5.6999999999999998E-4</v>
+        <v>1.9799999999999999E-4</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D10" s="4">
-        <v>62326.82</v>
+        <v>5484.92</v>
       </c>
       <c r="E10" s="5">
-        <v>0.128442</v>
+        <v>1.3450500000000001</v>
       </c>
       <c r="F10" s="4">
-        <v>8005.39714344</v>
+        <v>7377.4916460000004</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>63</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>64</v>
       </c>
       <c r="J10" s="5">
         <v>1</v>
       </c>
       <c r="K10" s="5">
-        <v>7.7856001432550421</v>
+        <v>0.74346678562135238</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>65</v>
       </c>
       <c r="M10" s="4">
-        <v>62326.821146000002</v>
+        <v>5484.92</v>
       </c>
       <c r="N10" s="4">
-        <v>8005.39714344</v>
+        <v>7377.4916460000004</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>3.4000000000000002E-4</v>
+        <v>3.1100000000000002E-4</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D11" s="4">
-        <v>7626994</v>
+        <v>82500.740000000005</v>
       </c>
       <c r="E11" s="5">
-        <v>6.4079999999999996E-3</v>
+        <v>0.12847700000000001</v>
       </c>
       <c r="F11" s="4">
-        <v>48875.322012179997</v>
+        <v>10599.43984069</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>68</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>69</v>
       </c>
       <c r="J11" s="5">
         <v>1</v>
       </c>
       <c r="K11" s="5">
-        <v>156.05006085952374</v>
+        <v>7.783499774395259</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>70</v>
       </c>
       <c r="M11" s="4">
-        <v>7626996.974529</v>
+        <v>82500.737607999996</v>
       </c>
       <c r="N11" s="4">
-        <v>48875.322012179997</v>
+        <v>10599.43984069</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S11" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T11" s="4">
         <v>1</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>2.0769999999999999E-3</v>
+        <v>4.4700000000000002E-4</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D12" s="4">
-        <v>114075</v>
+        <v>8063124</v>
       </c>
       <c r="E12" s="5">
-        <v>6.8000000000000005E-4</v>
+        <v>6.3800000000000003E-3</v>
       </c>
       <c r="F12" s="4">
-        <v>77.567742150000001</v>
+        <v>51441.02842196</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>73</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>74</v>
       </c>
       <c r="J12" s="5">
         <v>1</v>
       </c>
       <c r="K12" s="5">
-        <v>1470.6531170492815</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L12" s="3" t="s">
         <v>75</v>
       </c>
       <c r="M12" s="4">
-        <v>114075.241775</v>
+        <v>8063122.5200129999</v>
       </c>
       <c r="N12" s="4">
-        <v>77.567742150000001</v>
+        <v>51441.02842196</v>
       </c>
       <c r="O12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S12" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T12" s="4">
         <v>1</v>
       </c>
       <c r="W12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>3.0000000000000001E-6</v>
+        <v>2.1719999999999999E-3</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D13" s="4">
-        <v>12968.55</v>
+        <v>114080</v>
       </c>
       <c r="E13" s="5">
-        <v>9.8888000000000004E-2</v>
+        <v>6.9399999999999996E-4</v>
       </c>
       <c r="F13" s="4">
-        <v>1282.44037024</v>
+        <v>79.191975290000002</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H13" s="3" t="s">
         <v>78</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>79</v>
       </c>
       <c r="J13" s="5">
         <v>1</v>
       </c>
       <c r="K13" s="5">
-        <v>10.11240034103059</v>
+        <v>1440.5485608919878</v>
       </c>
       <c r="L13" s="3" t="s">
         <v>80</v>
       </c>
       <c r="M13" s="4">
-        <v>12968.550437</v>
+        <v>114079.886038</v>
       </c>
       <c r="N13" s="4">
-        <v>1282.44037024</v>
+        <v>79.191975290000002</v>
       </c>
       <c r="O13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S13" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T13" s="4">
         <v>1</v>
       </c>
       <c r="W13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>5.3999999999999998E-5</v>
+        <v>3.0000000000000001E-6</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D14" s="4">
-        <v>6099</v>
+        <v>12968.55</v>
       </c>
       <c r="E14" s="5">
-        <v>0.10602499999999999</v>
+        <v>9.9139000000000005E-2</v>
       </c>
       <c r="F14" s="4">
-        <v>646.64563840000005</v>
+        <v>1285.68879283</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>83</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>84</v>
       </c>
       <c r="J14" s="5">
         <v>1</v>
       </c>
       <c r="K14" s="5">
-        <v>9.4317502517805725</v>
+        <v>10.086849794097136</v>
       </c>
       <c r="L14" s="3" t="s">
         <v>85</v>
       </c>
       <c r="M14" s="4">
-        <v>6099.0001620000003</v>
+        <v>12968.549735000001</v>
       </c>
       <c r="N14" s="4">
-        <v>646.64563840000005</v>
+        <v>1285.68879283</v>
       </c>
       <c r="O14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T14" s="4">
         <v>1</v>
       </c>
       <c r="W14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
-        <v>2.6999999999999999E-5</v>
+        <v>5.3999999999999998E-5</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
         <v>86</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D15" s="4">
-        <v>8229.4</v>
+        <v>6099</v>
       </c>
       <c r="E15" s="5">
-        <v>1</v>
+        <v>0.108474</v>
       </c>
       <c r="F15" s="4">
-        <v>8229.4</v>
+        <v>661.58285243</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>88</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>89</v>
       </c>
       <c r="J15" s="5">
         <v>1</v>
       </c>
       <c r="K15" s="5">
-        <v>1</v>
+        <v>9.2187998247321783</v>
       </c>
       <c r="L15" s="3" t="s">
         <v>90</v>
       </c>
       <c r="M15" s="4">
-        <v>8229.4</v>
+        <v>6098.9998839999998</v>
       </c>
       <c r="N15" s="4">
-        <v>8229.4</v>
+        <v>661.58285243</v>
       </c>
       <c r="O15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T15" s="4">
         <v>1</v>
       </c>
       <c r="W15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>3.4900000000000003E-4</v>
+        <v>2.6999999999999999E-5</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
         <v>91</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>92</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D16" s="4">
-        <v>59683.71</v>
+        <v>35550.1</v>
       </c>
       <c r="E16" s="5">
-        <v>5.8386E-2</v>
+        <v>3.1826E-2</v>
       </c>
       <c r="F16" s="4">
-        <v>3484.6714348300002</v>
+        <v>1131.4301172800001</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>93</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>94</v>
       </c>
       <c r="J16" s="5">
         <v>1</v>
       </c>
       <c r="K16" s="5">
-        <v>17.12749915903979</v>
+        <v>31.420495463508864</v>
       </c>
       <c r="L16" s="3" t="s">
         <v>95</v>
       </c>
       <c r="M16" s="4">
-        <v>59683.707068999996</v>
+        <v>35550.094867</v>
       </c>
       <c r="N16" s="4">
-        <v>3484.6714348300002</v>
+        <v>1131.4301172800001</v>
       </c>
       <c r="O16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S16" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T16" s="4">
         <v>1</v>
       </c>
       <c r="W16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>1.4799999999999999E-4</v>
+        <v>4.6999999999999997E-5</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
         <v>96</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C17" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D17" s="4">
+        <v>3312.88</v>
+      </c>
+      <c r="E17" s="5">
+        <v>1</v>
+      </c>
+      <c r="F17" s="4">
+        <v>3312.88</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="H17" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D17" s="4">
-[...8 lines deleted...]
-      <c r="G17" s="3" t="s">
+      <c r="I17" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H17" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J17" s="5">
-        <v>26.02</v>
+        <v>1</v>
       </c>
       <c r="K17" s="5">
         <v>1</v>
       </c>
       <c r="L17" s="3" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="M17" s="4">
-        <v>71685.100000000006</v>
+        <v>3312.88</v>
       </c>
       <c r="N17" s="4">
-        <v>71685.100000000006</v>
+        <v>3312.88</v>
       </c>
       <c r="O17" s="3" t="s">
-        <v>100</v>
+        <v>34</v>
       </c>
       <c r="P17" s="3" t="s">
-        <v>101</v>
+        <v>34</v>
       </c>
       <c r="Q17" s="3" t="s">
-        <v>102</v>
+        <v>34</v>
       </c>
       <c r="R17" s="3" t="s">
-        <v>103</v>
+        <v>34</v>
       </c>
       <c r="S17" s="3" t="s">
-        <v>104</v>
+        <v>35</v>
       </c>
       <c r="T17" s="4">
         <v>1</v>
       </c>
       <c r="W17" s="3" t="s">
-        <v>96</v>
+        <v>34</v>
       </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>3.0460000000000001E-3</v>
+        <v>1.3899999999999999E-4</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="C18" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D18" s="4">
+        <v>59683.71</v>
+      </c>
+      <c r="E18" s="5">
+        <v>6.0350000000000001E-2</v>
+      </c>
+      <c r="F18" s="4">
+        <v>3601.9136994599999</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="H18" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="I18" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="J18" s="5">
+        <v>1</v>
+      </c>
+      <c r="K18" s="5">
+        <v>16.570000048053</v>
+      </c>
+      <c r="L18" s="3" t="s">
         <v>105</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="M18" s="4">
-        <v>67672.5</v>
+        <v>59683.710172999999</v>
       </c>
       <c r="N18" s="4">
-        <v>67672.5</v>
+        <v>3601.9136994599999</v>
       </c>
       <c r="O18" s="3" t="s">
-        <v>107</v>
+        <v>34</v>
       </c>
       <c r="P18" s="3" t="s">
-        <v>108</v>
+        <v>34</v>
       </c>
       <c r="Q18" s="3" t="s">
-        <v>109</v>
+        <v>34</v>
       </c>
       <c r="R18" s="3" t="s">
-        <v>110</v>
+        <v>34</v>
       </c>
       <c r="S18" s="3" t="s">
-        <v>104</v>
+        <v>35</v>
       </c>
       <c r="T18" s="4">
         <v>1</v>
       </c>
       <c r="W18" s="3" t="s">
-        <v>105</v>
+        <v>34</v>
       </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>2.875E-3</v>
+        <v>1.5200000000000001E-4</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="C19" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D19" s="4">
+        <v>25</v>
+      </c>
+      <c r="E19" s="5">
+        <v>24.84</v>
+      </c>
+      <c r="F19" s="4">
+        <v>621</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H19" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I19" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J19" s="5">
+        <v>24.84</v>
+      </c>
+      <c r="K19" s="5">
+        <v>1</v>
+      </c>
+      <c r="L19" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M19" s="4">
+        <v>621</v>
+      </c>
+      <c r="N19" s="4">
+        <v>621</v>
+      </c>
+      <c r="O19" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="P19" s="3" t="s">
         <v>111</v>
       </c>
-      <c r="B19" s="3" t="s">
+      <c r="Q19" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="C19" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O19" s="3" t="s">
+      <c r="R19" s="3" t="s">
         <v>113</v>
       </c>
-      <c r="P19" s="3" t="s">
+      <c r="S19" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="Q19" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T19" s="4">
         <v>1</v>
       </c>
       <c r="W19" s="3" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="X19" s="4">
         <v>0</v>
       </c>
       <c r="Y19" s="4">
         <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>5.8060000000000004E-3</v>
+        <v>2.5999999999999998E-5</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>116</v>
       </c>
-      <c r="B20" s="3" t="s">
+      <c r="C20" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D20" s="4">
+        <v>525</v>
+      </c>
+      <c r="E20" s="5">
+        <v>125.29</v>
+      </c>
+      <c r="F20" s="4">
+        <v>65777.25</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H20" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I20" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J20" s="5">
+        <v>125.29</v>
+      </c>
+      <c r="K20" s="5">
+        <v>1</v>
+      </c>
+      <c r="L20" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M20" s="4">
+        <v>65777.25</v>
+      </c>
+      <c r="N20" s="4">
+        <v>65777.25</v>
+      </c>
+      <c r="O20" s="3" t="s">
         <v>117</v>
-      </c>
-[...37 lines deleted...]
-        <v>116</v>
       </c>
       <c r="P20" s="3" t="s">
         <v>118</v>
       </c>
       <c r="Q20" s="3" t="s">
         <v>119</v>
       </c>
       <c r="R20" s="3" t="s">
         <v>120</v>
       </c>
       <c r="S20" s="3" t="s">
-        <v>121</v>
+        <v>114</v>
       </c>
       <c r="T20" s="4">
         <v>1</v>
       </c>
       <c r="W20" s="3" t="s">
-        <v>34</v>
+        <v>115</v>
       </c>
       <c r="X20" s="4">
         <v>0</v>
       </c>
       <c r="Y20" s="4">
         <v>0</v>
       </c>
       <c r="Z20" s="6">
-        <v>2.398E-3</v>
+        <v>2.777E-3</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>122</v>
       </c>
-      <c r="B21" s="3" t="s">
+      <c r="C21" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D21" s="4">
+        <v>600</v>
+      </c>
+      <c r="E21" s="5">
+        <v>228.49</v>
+      </c>
+      <c r="F21" s="4">
+        <v>137094</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H21" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I21" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J21" s="5">
+        <v>228.49</v>
+      </c>
+      <c r="K21" s="5">
+        <v>1</v>
+      </c>
+      <c r="L21" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M21" s="4">
+        <v>137094</v>
+      </c>
+      <c r="N21" s="4">
+        <v>137094</v>
+      </c>
+      <c r="O21" s="3" t="s">
         <v>123</v>
       </c>
-      <c r="C21" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O21" s="3" t="s">
+      <c r="P21" s="3" t="s">
         <v>124</v>
       </c>
-      <c r="P21" s="3" t="s">
+      <c r="Q21" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="R21" s="3" t="s">
         <v>125</v>
       </c>
-      <c r="Q21" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S21" s="3" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="T21" s="4">
         <v>1</v>
       </c>
       <c r="W21" s="3" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="X21" s="4">
         <v>0</v>
       </c>
       <c r="Y21" s="4">
         <v>0</v>
       </c>
       <c r="Z21" s="6">
-        <v>1.304E-3</v>
+        <v>5.7879999999999997E-3</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>127</v>
       </c>
-      <c r="B22" s="3" t="s">
+      <c r="C22" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D22" s="4">
+        <v>10801</v>
+      </c>
+      <c r="E22" s="5">
+        <v>5.1259860000000002</v>
+      </c>
+      <c r="F22" s="4">
+        <v>55365.769925549997</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H22" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="I22" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="J22" s="5">
+        <v>3.8109999999999999</v>
+      </c>
+      <c r="K22" s="5">
+        <v>0.74346678562135238</v>
+      </c>
+      <c r="L22" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="M22" s="4">
+        <v>41162.610999999997</v>
+      </c>
+      <c r="N22" s="4">
+        <v>55365.769925549997</v>
+      </c>
+      <c r="O22" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="P22" s="3" t="s">
         <v>128</v>
       </c>
-      <c r="C22" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O22" s="3" t="s">
+      <c r="Q22" s="3" t="s">
         <v>129</v>
       </c>
-      <c r="P22" s="3" t="s">
+      <c r="R22" s="3" t="s">
         <v>130</v>
       </c>
-      <c r="Q22" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R22" s="3" t="s">
+      <c r="S22" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="S22" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T22" s="4">
         <v>1</v>
       </c>
       <c r="W22" s="3" t="s">
-        <v>127</v>
+        <v>34</v>
       </c>
       <c r="X22" s="4">
         <v>0</v>
       </c>
       <c r="Y22" s="4">
         <v>0</v>
       </c>
       <c r="Z22" s="6">
-        <v>1.8582999999999999E-2</v>
+        <v>2.3370000000000001E-3</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>133</v>
       </c>
-      <c r="B23" s="3" t="s">
+      <c r="C23" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D23" s="4">
+        <v>200</v>
+      </c>
+      <c r="E23" s="5">
+        <v>136.07</v>
+      </c>
+      <c r="F23" s="4">
+        <v>27214</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H23" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I23" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J23" s="5">
+        <v>136.07</v>
+      </c>
+      <c r="K23" s="5">
+        <v>1</v>
+      </c>
+      <c r="L23" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M23" s="4">
+        <v>27214</v>
+      </c>
+      <c r="N23" s="4">
+        <v>27214</v>
+      </c>
+      <c r="O23" s="3" t="s">
         <v>134</v>
       </c>
-      <c r="C23" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O23" s="3" t="s">
+      <c r="P23" s="3" t="s">
         <v>135</v>
       </c>
-      <c r="P23" s="3" t="s">
+      <c r="Q23" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="R23" s="3" t="s">
         <v>136</v>
       </c>
-      <c r="Q23" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S23" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="T23" s="4">
+        <v>1</v>
+      </c>
+      <c r="W23" s="3" t="s">
         <v>132</v>
       </c>
-      <c r="T23" s="4">
-[...4 lines deleted...]
-      </c>
       <c r="X23" s="4">
         <v>0</v>
       </c>
       <c r="Y23" s="4">
         <v>0</v>
       </c>
       <c r="Z23" s="6">
-        <v>2.5812000000000002E-2</v>
+        <v>1.1490000000000001E-3</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>138</v>
       </c>
-      <c r="B24" s="3" t="s">
+      <c r="C24" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D24" s="4">
+        <v>1307</v>
+      </c>
+      <c r="E24" s="5">
+        <v>313.8</v>
+      </c>
+      <c r="F24" s="4">
+        <v>410136.6</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H24" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I24" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J24" s="5">
+        <v>313.8</v>
+      </c>
+      <c r="K24" s="5">
+        <v>1</v>
+      </c>
+      <c r="L24" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M24" s="4">
+        <v>410136.6</v>
+      </c>
+      <c r="N24" s="4">
+        <v>410136.6</v>
+      </c>
+      <c r="O24" s="3" t="s">
         <v>139</v>
       </c>
-      <c r="C24" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O24" s="3" t="s">
+      <c r="P24" s="3" t="s">
         <v>140</v>
       </c>
-      <c r="P24" s="3" t="s">
+      <c r="Q24" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="R24" s="3" t="s">
         <v>141</v>
       </c>
-      <c r="Q24" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R24" s="3" t="s">
+      <c r="S24" s="3" t="s">
         <v>142</v>
       </c>
-      <c r="S24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T24" s="4">
         <v>1</v>
       </c>
       <c r="W24" s="3" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="X24" s="4">
         <v>0</v>
       </c>
       <c r="Y24" s="4">
         <v>0</v>
       </c>
       <c r="Z24" s="6">
-        <v>2.9922000000000001E-2</v>
+        <v>1.7316999999999999E-2</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
         <v>143</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>144</v>
       </c>
       <c r="C25" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D25" s="4">
+        <v>1897</v>
+      </c>
+      <c r="E25" s="5">
+        <v>313</v>
+      </c>
+      <c r="F25" s="4">
+        <v>593761</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H25" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D25" s="4">
-[...8 lines deleted...]
-      <c r="G25" s="3" t="s">
+      <c r="I25" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H25" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J25" s="5">
-        <v>17.355</v>
+        <v>313</v>
       </c>
       <c r="K25" s="5">
-        <v>0.75471698113207553</v>
+        <v>1</v>
       </c>
       <c r="L25" s="3" t="s">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="M25" s="4">
-        <v>24140.805</v>
+        <v>593761</v>
       </c>
       <c r="N25" s="4">
-        <v>31986.566624999999</v>
+        <v>593761</v>
       </c>
       <c r="O25" s="3" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="P25" s="3" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="Q25" s="3" t="s">
-        <v>146</v>
+        <v>112</v>
       </c>
       <c r="R25" s="3" t="s">
         <v>147</v>
       </c>
       <c r="S25" s="3" t="s">
-        <v>121</v>
+        <v>142</v>
       </c>
       <c r="T25" s="4">
         <v>1</v>
       </c>
       <c r="W25" s="3" t="s">
-        <v>34</v>
+        <v>143</v>
       </c>
       <c r="X25" s="4">
         <v>0</v>
       </c>
       <c r="Y25" s="4">
         <v>0</v>
       </c>
       <c r="Z25" s="6">
-        <v>1.359E-3</v>
+        <v>2.5071E-2</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
         <v>148</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>149</v>
       </c>
       <c r="C26" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D26" s="4">
+        <v>3019</v>
+      </c>
+      <c r="E26" s="5">
+        <v>230.82</v>
+      </c>
+      <c r="F26" s="4">
+        <v>696845.58</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H26" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D26" s="4">
-[...8 lines deleted...]
-      <c r="G26" s="3" t="s">
+      <c r="I26" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H26" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J26" s="5">
-        <v>365.27</v>
+        <v>230.82</v>
       </c>
       <c r="K26" s="5">
         <v>1</v>
       </c>
       <c r="L26" s="3" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="M26" s="4">
-        <v>73054</v>
+        <v>696845.58</v>
       </c>
       <c r="N26" s="4">
-        <v>73054</v>
+        <v>696845.58</v>
       </c>
       <c r="O26" s="3" t="s">
         <v>150</v>
       </c>
       <c r="P26" s="3" t="s">
         <v>151</v>
       </c>
       <c r="Q26" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="R26" s="3" t="s">
         <v>152</v>
       </c>
-      <c r="R26" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S26" s="3" t="s">
-        <v>104</v>
+        <v>142</v>
       </c>
       <c r="T26" s="4">
         <v>1</v>
       </c>
       <c r="W26" s="3" t="s">
         <v>148</v>
       </c>
       <c r="X26" s="4">
         <v>0</v>
       </c>
       <c r="Y26" s="4">
         <v>0</v>
       </c>
       <c r="Z26" s="6">
-        <v>3.104E-3</v>
+        <v>2.9423000000000001E-2</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="B27" s="3" t="s">
         <v>154</v>
       </c>
-      <c r="B27" s="3" t="s">
+      <c r="C27" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D27" s="4">
+        <v>1391</v>
+      </c>
+      <c r="E27" s="5">
+        <v>21.567876999999999</v>
+      </c>
+      <c r="F27" s="4">
+        <v>30000.916559249999</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H27" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="I27" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="J27" s="5">
+        <v>16.035</v>
+      </c>
+      <c r="K27" s="5">
+        <v>0.74346678562135238</v>
+      </c>
+      <c r="L27" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="M27" s="4">
+        <v>22304.685000000001</v>
+      </c>
+      <c r="N27" s="4">
+        <v>30000.916559249999</v>
+      </c>
+      <c r="O27" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="P27" s="3" t="s">
         <v>155</v>
       </c>
-      <c r="C27" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O27" s="3" t="s">
+      <c r="Q27" s="3" t="s">
         <v>156</v>
       </c>
-      <c r="P27" s="3" t="s">
+      <c r="R27" s="3" t="s">
         <v>157</v>
       </c>
-      <c r="Q27" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S27" s="3" t="s">
-        <v>104</v>
+        <v>131</v>
       </c>
       <c r="T27" s="4">
         <v>1</v>
       </c>
       <c r="W27" s="3" t="s">
-        <v>154</v>
+        <v>34</v>
       </c>
       <c r="X27" s="4">
         <v>0</v>
       </c>
       <c r="Y27" s="4">
         <v>0</v>
       </c>
       <c r="Z27" s="6">
-        <v>6.4000000000000005E-4</v>
+        <v>1.266E-3</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="B28" s="3" t="s">
         <v>159</v>
       </c>
-      <c r="B28" s="3" t="s">
+      <c r="C28" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D28" s="4">
+        <v>200</v>
+      </c>
+      <c r="E28" s="5">
+        <v>369.95</v>
+      </c>
+      <c r="F28" s="4">
+        <v>73990</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H28" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I28" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J28" s="5">
+        <v>369.95</v>
+      </c>
+      <c r="K28" s="5">
+        <v>1</v>
+      </c>
+      <c r="L28" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M28" s="4">
+        <v>73990</v>
+      </c>
+      <c r="N28" s="4">
+        <v>73990</v>
+      </c>
+      <c r="O28" s="3" t="s">
         <v>160</v>
       </c>
-      <c r="C28" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O28" s="3" t="s">
+      <c r="P28" s="3" t="s">
         <v>161</v>
       </c>
-      <c r="P28" s="3" t="s">
+      <c r="Q28" s="3" t="s">
         <v>162</v>
       </c>
-      <c r="Q28" s="3" t="s">
+      <c r="R28" s="3" t="s">
         <v>163</v>
       </c>
-      <c r="R28" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S28" s="3" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="T28" s="4">
         <v>1</v>
       </c>
       <c r="W28" s="3" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="X28" s="4">
         <v>0</v>
       </c>
       <c r="Y28" s="4">
         <v>0</v>
       </c>
       <c r="Z28" s="6">
-        <v>4.7369999999999999E-3</v>
+        <v>3.124E-3</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="B29" s="3" t="s">
         <v>165</v>
       </c>
-      <c r="B29" s="3" t="s">
+      <c r="C29" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D29" s="4">
+        <v>857</v>
+      </c>
+      <c r="E29" s="5">
+        <v>130.5</v>
+      </c>
+      <c r="F29" s="4">
+        <v>111838.5</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H29" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I29" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J29" s="5">
+        <v>130.5</v>
+      </c>
+      <c r="K29" s="5">
+        <v>1</v>
+      </c>
+      <c r="L29" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M29" s="4">
+        <v>111838.5</v>
+      </c>
+      <c r="N29" s="4">
+        <v>111838.5</v>
+      </c>
+      <c r="O29" s="3" t="s">
         <v>166</v>
       </c>
-      <c r="C29" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O29" s="3" t="s">
+      <c r="P29" s="3" t="s">
         <v>167</v>
       </c>
-      <c r="P29" s="3" t="s">
+      <c r="Q29" s="3" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="R29" s="3" t="s">
         <v>169</v>
       </c>
       <c r="S29" s="3" t="s">
-        <v>132</v>
+        <v>114</v>
       </c>
       <c r="T29" s="4">
         <v>1</v>
       </c>
       <c r="W29" s="3" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="X29" s="4">
         <v>0</v>
       </c>
       <c r="Y29" s="4">
         <v>0</v>
       </c>
       <c r="Z29" s="6">
-        <v>2.9359999999999998E-3</v>
+        <v>4.7219999999999996E-3</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
         <v>170</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>171</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D30" s="4">
         <v>200</v>
       </c>
       <c r="E30" s="5">
-        <v>265.33999999999997</v>
+        <v>327.31</v>
       </c>
       <c r="F30" s="4">
-        <v>53068</v>
+        <v>65462</v>
       </c>
       <c r="G30" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H30" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I30" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H30" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J30" s="5">
-        <v>265.33999999999997</v>
+        <v>327.31</v>
       </c>
       <c r="K30" s="5">
         <v>1</v>
       </c>
       <c r="L30" s="3" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="M30" s="4">
-        <v>53068</v>
+        <v>65462</v>
       </c>
       <c r="N30" s="4">
-        <v>53068</v>
+        <v>65462</v>
       </c>
       <c r="O30" s="3" t="s">
         <v>172</v>
       </c>
       <c r="P30" s="3" t="s">
         <v>173</v>
       </c>
       <c r="Q30" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="R30" s="3" t="s">
         <v>174</v>
       </c>
-      <c r="R30" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S30" s="3" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="T30" s="4">
         <v>1</v>
       </c>
       <c r="W30" s="3" t="s">
         <v>170</v>
       </c>
       <c r="X30" s="4">
         <v>0</v>
       </c>
       <c r="Y30" s="4">
         <v>0</v>
       </c>
       <c r="Z30" s="6">
-        <v>2.2550000000000001E-3</v>
+        <v>2.764E-3</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="B31" s="3" t="s">
         <v>176</v>
       </c>
-      <c r="B31" s="3" t="s">
+      <c r="C31" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D31" s="4">
+        <v>200</v>
+      </c>
+      <c r="E31" s="5">
+        <v>271.2</v>
+      </c>
+      <c r="F31" s="4">
+        <v>54240</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H31" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I31" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J31" s="5">
+        <v>271.2</v>
+      </c>
+      <c r="K31" s="5">
+        <v>1</v>
+      </c>
+      <c r="L31" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M31" s="4">
+        <v>54240</v>
+      </c>
+      <c r="N31" s="4">
+        <v>54240</v>
+      </c>
+      <c r="O31" s="3" t="s">
         <v>177</v>
       </c>
-      <c r="C31" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O31" s="3" t="s">
+      <c r="P31" s="3" t="s">
         <v>178</v>
       </c>
-      <c r="P31" s="3" t="s">
+      <c r="Q31" s="3" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="R31" s="3" t="s">
         <v>180</v>
       </c>
       <c r="S31" s="3" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="T31" s="4">
         <v>1</v>
       </c>
       <c r="W31" s="3" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="X31" s="4">
         <v>0</v>
       </c>
       <c r="Y31" s="4">
         <v>0</v>
       </c>
       <c r="Z31" s="6">
-        <v>4.1654999999999998E-2</v>
+        <v>2.2899999999999999E-3</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
         <v>181</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>182</v>
       </c>
       <c r="C32" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D32" s="4">
+        <v>3515</v>
+      </c>
+      <c r="E32" s="5">
+        <v>271.86</v>
+      </c>
+      <c r="F32" s="4">
+        <v>955587.9</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H32" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D32" s="4">
-[...8 lines deleted...]
-      <c r="G32" s="3" t="s">
+      <c r="I32" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H32" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J32" s="5">
-        <v>252.25</v>
+        <v>271.86</v>
       </c>
       <c r="K32" s="5">
         <v>1</v>
       </c>
       <c r="L32" s="3" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="M32" s="4">
-        <v>14882.75</v>
+        <v>955587.9</v>
       </c>
       <c r="N32" s="4">
-        <v>14882.75</v>
+        <v>955587.9</v>
       </c>
       <c r="O32" s="3" t="s">
         <v>183</v>
       </c>
       <c r="P32" s="3" t="s">
         <v>184</v>
       </c>
       <c r="Q32" s="3" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="R32" s="3" t="s">
         <v>185</v>
       </c>
       <c r="S32" s="3" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="T32" s="4">
         <v>1</v>
       </c>
       <c r="W32" s="3" t="s">
         <v>181</v>
       </c>
       <c r="X32" s="4">
         <v>0</v>
       </c>
       <c r="Y32" s="4">
         <v>0</v>
       </c>
       <c r="Z32" s="6">
-        <v>6.3199999999999997E-4</v>
+        <v>4.0348000000000002E-2</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
         <v>186</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>187</v>
       </c>
       <c r="C33" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D33" s="4">
+        <v>59</v>
+      </c>
+      <c r="E33" s="5">
+        <v>256.99</v>
+      </c>
+      <c r="F33" s="4">
+        <v>15162.41</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H33" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D33" s="4">
-[...8 lines deleted...]
-      <c r="G33" s="3" t="s">
+      <c r="I33" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H33" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J33" s="5">
-        <v>130.68</v>
+        <v>256.99</v>
       </c>
       <c r="K33" s="5">
         <v>1</v>
       </c>
       <c r="L33" s="3" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="M33" s="4">
-        <v>138912.84</v>
+        <v>15162.41</v>
       </c>
       <c r="N33" s="4">
-        <v>138912.84</v>
+        <v>15162.41</v>
       </c>
       <c r="O33" s="3" t="s">
         <v>188</v>
       </c>
       <c r="P33" s="3" t="s">
         <v>189</v>
       </c>
       <c r="Q33" s="3" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="R33" s="3" t="s">
         <v>190</v>
       </c>
       <c r="S33" s="3" t="s">
-        <v>104</v>
+        <v>142</v>
       </c>
       <c r="T33" s="4">
         <v>1</v>
       </c>
       <c r="W33" s="3" t="s">
         <v>186</v>
       </c>
       <c r="X33" s="4">
         <v>0</v>
       </c>
       <c r="Y33" s="4">
         <v>0</v>
       </c>
       <c r="Z33" s="6">
-        <v>5.9030000000000003E-3</v>
+        <v>6.4000000000000005E-4</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
         <v>191</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>192</v>
       </c>
       <c r="C34" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D34" s="4">
+        <v>1063</v>
+      </c>
+      <c r="E34" s="5">
+        <v>131.03</v>
+      </c>
+      <c r="F34" s="4">
+        <v>139284.89000000001</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H34" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D34" s="4">
-[...8 lines deleted...]
-      <c r="G34" s="3" t="s">
+      <c r="I34" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H34" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J34" s="5">
-        <v>10.702</v>
+        <v>131.03</v>
       </c>
       <c r="K34" s="5">
-        <v>0.75471698113207553</v>
+        <v>1</v>
       </c>
       <c r="L34" s="3" t="s">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="M34" s="4">
-        <v>83721.745999999999</v>
+        <v>139284.89000000001</v>
       </c>
       <c r="N34" s="4">
-        <v>110931.31345</v>
+        <v>139284.89000000001</v>
       </c>
       <c r="O34" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="P34" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="Q34" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="R34" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="S34" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="T34" s="4">
+        <v>1</v>
+      </c>
+      <c r="W34" s="3" t="s">
         <v>191</v>
       </c>
-      <c r="P34" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X34" s="4">
         <v>0</v>
       </c>
       <c r="Y34" s="4">
         <v>0</v>
       </c>
       <c r="Z34" s="6">
-        <v>4.7140000000000003E-3</v>
+        <v>5.8809999999999999E-3</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B35" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="C35" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D35" s="4">
+        <v>7823</v>
+      </c>
+      <c r="E35" s="5">
+        <v>15.788197</v>
+      </c>
+      <c r="F35" s="4">
+        <v>123511.06434870001</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H35" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="I35" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="J35" s="5">
+        <v>11.738</v>
+      </c>
+      <c r="K35" s="5">
+        <v>0.74346678562135238</v>
+      </c>
+      <c r="L35" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="M35" s="4">
+        <v>91826.373999999996</v>
+      </c>
+      <c r="N35" s="4">
+        <v>123511.06434870001</v>
+      </c>
+      <c r="O35" s="3" t="s">
         <v>196</v>
-      </c>
-[...37 lines deleted...]
-        <v>197</v>
       </c>
       <c r="P35" s="3" t="s">
         <v>198</v>
       </c>
       <c r="Q35" s="3" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="R35" s="3" t="s">
         <v>199</v>
       </c>
       <c r="S35" s="3" t="s">
-        <v>104</v>
+        <v>131</v>
       </c>
       <c r="T35" s="4">
         <v>1</v>
       </c>
       <c r="W35" s="3" t="s">
-        <v>195</v>
+        <v>34</v>
       </c>
       <c r="X35" s="4">
         <v>0</v>
       </c>
       <c r="Y35" s="4">
         <v>0</v>
       </c>
       <c r="Z35" s="6">
-        <v>4.4980000000000003E-3</v>
+        <v>5.215E-3</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
         <v>200</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>201</v>
       </c>
       <c r="C36" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D36" s="4">
+        <v>1552</v>
+      </c>
+      <c r="E36" s="5">
+        <v>55</v>
+      </c>
+      <c r="F36" s="4">
+        <v>85360</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H36" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D36" s="4">
-[...8 lines deleted...]
-      <c r="G36" s="3" t="s">
+      <c r="I36" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H36" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J36" s="5">
-        <v>112.1</v>
+        <v>55</v>
       </c>
       <c r="K36" s="5">
         <v>1</v>
       </c>
       <c r="L36" s="3" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="M36" s="4">
-        <v>7398.6</v>
+        <v>85360</v>
       </c>
       <c r="N36" s="4">
-        <v>7398.6</v>
+        <v>85360</v>
       </c>
       <c r="O36" s="3" t="s">
         <v>202</v>
       </c>
       <c r="P36" s="3" t="s">
         <v>203</v>
       </c>
       <c r="Q36" s="3" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="R36" s="3" t="s">
         <v>204</v>
       </c>
       <c r="S36" s="3" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="T36" s="4">
         <v>1</v>
       </c>
       <c r="W36" s="3" t="s">
         <v>200</v>
       </c>
       <c r="X36" s="4">
         <v>0</v>
       </c>
       <c r="Y36" s="4">
         <v>0</v>
       </c>
       <c r="Z36" s="6">
-        <v>3.1399999999999999E-4</v>
+        <v>3.604E-3</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
         <v>205</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>206</v>
       </c>
       <c r="C37" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D37" s="4">
+        <v>66</v>
+      </c>
+      <c r="E37" s="5">
+        <v>116.09</v>
+      </c>
+      <c r="F37" s="4">
+        <v>7661.94</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H37" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D37" s="4">
-[...8 lines deleted...]
-      <c r="G37" s="3" t="s">
+      <c r="I37" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H37" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J37" s="5">
-        <v>0.96140000000000003</v>
+        <v>116.09</v>
       </c>
       <c r="K37" s="5">
-        <v>0.75471698113207553</v>
+        <v>1</v>
       </c>
       <c r="L37" s="3" t="s">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="M37" s="4">
-        <v>47736.394200000002</v>
+        <v>7661.94</v>
       </c>
       <c r="N37" s="4">
-        <v>63250.722314999999</v>
+        <v>7661.94</v>
       </c>
       <c r="O37" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="P37" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="Q37" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="R37" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="S37" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="T37" s="4">
+        <v>1</v>
+      </c>
+      <c r="W37" s="3" t="s">
         <v>205</v>
       </c>
-      <c r="P37" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X37" s="4">
         <v>0</v>
       </c>
       <c r="Y37" s="4">
         <v>0</v>
       </c>
       <c r="Z37" s="6">
-        <v>2.6879999999999999E-3</v>
+        <v>3.2299999999999999E-4</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B38" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="C38" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D38" s="4">
+        <v>49653</v>
+      </c>
+      <c r="E38" s="5">
+        <v>1.321377</v>
+      </c>
+      <c r="F38" s="4">
+        <v>65610.338139359999</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H38" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="I38" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="J38" s="5">
+        <v>0.98240000000000005</v>
+      </c>
+      <c r="K38" s="5">
+        <v>0.74346678562135238</v>
+      </c>
+      <c r="L38" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="M38" s="4">
+        <v>48779.107199999999</v>
+      </c>
+      <c r="N38" s="4">
+        <v>65610.338139359999</v>
+      </c>
+      <c r="O38" s="3" t="s">
         <v>210</v>
-      </c>
-[...37 lines deleted...]
-        <v>211</v>
       </c>
       <c r="P38" s="3" t="s">
         <v>212</v>
       </c>
       <c r="Q38" s="3" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="R38" s="3" t="s">
         <v>213</v>
       </c>
       <c r="S38" s="3" t="s">
-        <v>104</v>
+        <v>131</v>
       </c>
       <c r="T38" s="4">
         <v>1</v>
       </c>
       <c r="W38" s="3" t="s">
-        <v>209</v>
+        <v>34</v>
       </c>
       <c r="X38" s="4">
         <v>0</v>
       </c>
       <c r="Y38" s="4">
         <v>0</v>
       </c>
       <c r="Z38" s="6">
-        <v>1.866E-3</v>
+        <v>2.7699999999999999E-3</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
         <v>214</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>215</v>
       </c>
       <c r="C39" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D39" s="4">
+        <v>300</v>
+      </c>
+      <c r="E39" s="5">
+        <v>154.13999999999999</v>
+      </c>
+      <c r="F39" s="4">
+        <v>46242</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H39" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D39" s="4">
+      <c r="I39" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J39" s="5">
+        <v>154.13999999999999</v>
+      </c>
+      <c r="K39" s="5">
+        <v>1</v>
+      </c>
+      <c r="L39" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="E39" s="5">
-[...22 lines deleted...]
-      </c>
       <c r="M39" s="4">
-        <v>104730</v>
+        <v>46242</v>
       </c>
       <c r="N39" s="4">
-        <v>104730</v>
+        <v>46242</v>
       </c>
       <c r="O39" s="3" t="s">
         <v>216</v>
       </c>
       <c r="P39" s="3" t="s">
         <v>217</v>
       </c>
       <c r="Q39" s="3" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="R39" s="3" t="s">
         <v>218</v>
       </c>
       <c r="S39" s="3" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="T39" s="4">
         <v>1</v>
       </c>
       <c r="W39" s="3" t="s">
         <v>214</v>
       </c>
       <c r="X39" s="4">
         <v>0</v>
       </c>
       <c r="Y39" s="4">
         <v>0</v>
       </c>
       <c r="Z39" s="6">
-        <v>4.45E-3</v>
+        <v>1.952E-3</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
         <v>219</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>220</v>
       </c>
       <c r="C40" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D40" s="4">
+        <v>100</v>
+      </c>
+      <c r="E40" s="5">
+        <v>1070.3399999999999</v>
+      </c>
+      <c r="F40" s="4">
+        <v>107034</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H40" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D40" s="4">
-[...8 lines deleted...]
-      <c r="G40" s="3" t="s">
+      <c r="I40" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H40" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J40" s="5">
-        <v>139.74</v>
+        <v>1070.3399999999999</v>
       </c>
       <c r="K40" s="5">
-        <v>0.75471698113207553</v>
+        <v>1</v>
       </c>
       <c r="L40" s="3" t="s">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="M40" s="4">
-        <v>66795.72</v>
+        <v>107034</v>
       </c>
       <c r="N40" s="4">
-        <v>88504.328999999998</v>
+        <v>107034</v>
       </c>
       <c r="O40" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="P40" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="Q40" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="R40" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="S40" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="T40" s="4">
+        <v>1</v>
+      </c>
+      <c r="W40" s="3" t="s">
         <v>219</v>
       </c>
-      <c r="P40" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X40" s="4">
         <v>0</v>
       </c>
       <c r="Y40" s="4">
         <v>0</v>
       </c>
       <c r="Z40" s="6">
-        <v>3.761E-3</v>
+        <v>4.5189999999999996E-3</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B41" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="C41" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D41" s="4">
+        <v>98</v>
+      </c>
+      <c r="E41" s="5">
+        <v>86.89</v>
+      </c>
+      <c r="F41" s="4">
+        <v>8515.2199999999993</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H41" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I41" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J41" s="5">
+        <v>86.89</v>
+      </c>
+      <c r="K41" s="5">
+        <v>1</v>
+      </c>
+      <c r="L41" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M41" s="4">
+        <v>8515.2199999999993</v>
+      </c>
+      <c r="N41" s="4">
+        <v>8515.2199999999993</v>
+      </c>
+      <c r="O41" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="P41" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="Q41" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="R41" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="S41" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="T41" s="4">
+        <v>1</v>
+      </c>
+      <c r="W41" s="3" t="s">
         <v>224</v>
       </c>
-      <c r="C41" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X41" s="4">
         <v>0</v>
       </c>
       <c r="Y41" s="4">
         <v>0</v>
       </c>
       <c r="Z41" s="6">
-        <v>4.57E-4</v>
+        <v>3.59E-4</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D42" s="4">
-        <v>700</v>
+        <v>478</v>
       </c>
       <c r="E42" s="5">
-        <v>49.2</v>
+        <v>185.482395</v>
       </c>
       <c r="F42" s="4">
-        <v>34440</v>
+        <v>88660.58481</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H42" s="3" t="s">
-        <v>88</v>
+        <v>63</v>
       </c>
       <c r="I42" s="3" t="s">
-        <v>89</v>
+        <v>64</v>
       </c>
       <c r="J42" s="5">
-        <v>49.2</v>
+        <v>137.9</v>
       </c>
       <c r="K42" s="5">
-        <v>1</v>
+        <v>0.74346678562135238</v>
       </c>
       <c r="L42" s="3" t="s">
-        <v>90</v>
+        <v>65</v>
       </c>
       <c r="M42" s="4">
-        <v>34440</v>
+        <v>65916.2</v>
       </c>
       <c r="N42" s="4">
-        <v>34440</v>
+        <v>88660.58481</v>
       </c>
       <c r="O42" s="3" t="s">
         <v>230</v>
       </c>
       <c r="P42" s="3" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="Q42" s="3" t="s">
-        <v>109</v>
+        <v>119</v>
       </c>
       <c r="R42" s="3" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="S42" s="3" t="s">
-        <v>104</v>
+        <v>131</v>
       </c>
       <c r="T42" s="4">
         <v>1</v>
       </c>
       <c r="W42" s="3" t="s">
-        <v>228</v>
+        <v>34</v>
       </c>
       <c r="X42" s="4">
         <v>0</v>
       </c>
       <c r="Y42" s="4">
         <v>0</v>
       </c>
       <c r="Z42" s="6">
-        <v>1.4630000000000001E-3</v>
+        <v>3.7429999999999998E-3</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B43" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="C43" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D43" s="4">
+        <v>106</v>
+      </c>
+      <c r="E43" s="5">
+        <v>95.35</v>
+      </c>
+      <c r="F43" s="4">
+        <v>10107.1</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H43" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I43" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J43" s="5">
+        <v>95.35</v>
+      </c>
+      <c r="K43" s="5">
+        <v>1</v>
+      </c>
+      <c r="L43" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M43" s="4">
+        <v>10107.1</v>
+      </c>
+      <c r="N43" s="4">
+        <v>10107.1</v>
+      </c>
+      <c r="O43" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="P43" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="Q43" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="R43" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="S43" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="T43" s="4">
+        <v>1</v>
+      </c>
+      <c r="W43" s="3" t="s">
         <v>234</v>
       </c>
-      <c r="C43" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X43" s="4">
         <v>0</v>
       </c>
       <c r="Y43" s="4">
         <v>0</v>
       </c>
       <c r="Z43" s="6">
-        <v>2.5430000000000001E-2</v>
+        <v>4.26E-4</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C44" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D44" s="4">
+        <v>700</v>
+      </c>
+      <c r="E44" s="5">
+        <v>53.94</v>
+      </c>
+      <c r="F44" s="4">
+        <v>37758</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H44" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D44" s="4">
-[...8 lines deleted...]
-      <c r="G44" s="3" t="s">
+      <c r="I44" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H44" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J44" s="5">
-        <v>161.83000000000001</v>
+        <v>53.94</v>
       </c>
       <c r="K44" s="5">
         <v>1</v>
       </c>
       <c r="L44" s="3" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="M44" s="4">
-        <v>80915</v>
+        <v>37758</v>
       </c>
       <c r="N44" s="4">
-        <v>80915</v>
+        <v>37758</v>
       </c>
       <c r="O44" s="3" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="P44" s="3" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="Q44" s="3" t="s">
-        <v>242</v>
+        <v>119</v>
       </c>
       <c r="R44" s="3" t="s">
         <v>243</v>
       </c>
       <c r="S44" s="3" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="T44" s="4">
         <v>1</v>
       </c>
       <c r="W44" s="3" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="X44" s="4">
         <v>0</v>
       </c>
       <c r="Y44" s="4">
         <v>0</v>
       </c>
       <c r="Z44" s="6">
-        <v>3.4380000000000001E-3</v>
+        <v>1.5939999999999999E-3</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
         <v>244</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>245</v>
       </c>
       <c r="C45" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D45" s="4">
+        <v>1469</v>
+      </c>
+      <c r="E45" s="5">
+        <v>346.1</v>
+      </c>
+      <c r="F45" s="4">
+        <v>508420.9</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H45" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D45" s="4">
-[...8 lines deleted...]
-      <c r="G45" s="3" t="s">
+      <c r="I45" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H45" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J45" s="5">
-        <v>144.22</v>
+        <v>346.1</v>
       </c>
       <c r="K45" s="5">
         <v>1</v>
       </c>
       <c r="L45" s="3" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="M45" s="4">
-        <v>22209.88</v>
+        <v>508420.9</v>
       </c>
       <c r="N45" s="4">
-        <v>22209.88</v>
+        <v>508420.9</v>
       </c>
       <c r="O45" s="3" t="s">
         <v>246</v>
       </c>
       <c r="P45" s="3" t="s">
         <v>247</v>
       </c>
       <c r="Q45" s="3" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="R45" s="3" t="s">
         <v>248</v>
       </c>
       <c r="S45" s="3" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="T45" s="4">
         <v>1</v>
       </c>
       <c r="W45" s="3" t="s">
         <v>244</v>
       </c>
       <c r="X45" s="4">
         <v>0</v>
       </c>
       <c r="Y45" s="4">
         <v>0</v>
       </c>
       <c r="Z45" s="6">
-        <v>9.4300000000000004E-4</v>
+        <v>2.1467E-2</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
         <v>249</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>250</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D46" s="4">
-        <v>97</v>
+        <v>662</v>
       </c>
       <c r="E46" s="5">
-        <v>281.45999999999998</v>
+        <v>38.340000000000003</v>
       </c>
       <c r="F46" s="4">
-        <v>27301.62</v>
+        <v>25381.08</v>
       </c>
       <c r="G46" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H46" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="I46" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H46" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J46" s="5">
-        <v>281.45999999999998</v>
+        <v>38.340000000000003</v>
       </c>
       <c r="K46" s="5">
         <v>1</v>
       </c>
       <c r="L46" s="3" t="s">
-        <v>90</v>
+        <v>45</v>
       </c>
       <c r="M46" s="4">
-        <v>27301.62</v>
+        <v>25381.08</v>
       </c>
       <c r="N46" s="4">
-        <v>27301.62</v>
+        <v>25381.08</v>
       </c>
       <c r="O46" s="3" t="s">
         <v>251</v>
       </c>
       <c r="P46" s="3" t="s">
         <v>252</v>
       </c>
       <c r="Q46" s="3" t="s">
-        <v>152</v>
+        <v>168</v>
       </c>
       <c r="R46" s="3" t="s">
         <v>253</v>
       </c>
       <c r="S46" s="3" t="s">
-        <v>132</v>
+        <v>114</v>
       </c>
       <c r="T46" s="4">
         <v>1</v>
       </c>
       <c r="W46" s="3" t="s">
         <v>249</v>
       </c>
       <c r="X46" s="4">
         <v>0</v>
       </c>
       <c r="Y46" s="4">
         <v>0</v>
       </c>
       <c r="Z46" s="6">
-        <v>1.16E-3</v>
+        <v>1.0709999999999999E-3</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
         <v>254</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>255</v>
       </c>
       <c r="C47" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D47" s="4">
+        <v>500</v>
+      </c>
+      <c r="E47" s="5">
+        <v>160.79</v>
+      </c>
+      <c r="F47" s="4">
+        <v>80395</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H47" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D47" s="4">
-[...8 lines deleted...]
-      <c r="G47" s="3" t="s">
+      <c r="I47" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H47" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J47" s="5">
-        <v>35.36</v>
+        <v>160.79</v>
       </c>
       <c r="K47" s="5">
         <v>1</v>
       </c>
       <c r="L47" s="3" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="M47" s="4">
-        <v>18139.68</v>
+        <v>80395</v>
       </c>
       <c r="N47" s="4">
-        <v>18139.68</v>
+        <v>80395</v>
       </c>
       <c r="O47" s="3" t="s">
         <v>256</v>
       </c>
       <c r="P47" s="3" t="s">
         <v>257</v>
       </c>
       <c r="Q47" s="3" t="s">
         <v>258</v>
       </c>
       <c r="R47" s="3" t="s">
         <v>259</v>
       </c>
       <c r="S47" s="3" t="s">
-        <v>132</v>
+        <v>114</v>
       </c>
       <c r="T47" s="4">
         <v>1</v>
       </c>
       <c r="W47" s="3" t="s">
         <v>254</v>
       </c>
       <c r="X47" s="4">
         <v>0</v>
       </c>
       <c r="Y47" s="4">
         <v>0</v>
       </c>
       <c r="Z47" s="6">
-        <v>7.6999999999999996E-4</v>
+        <v>3.3939999999999999E-3</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
         <v>260</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>261</v>
       </c>
       <c r="C48" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D48" s="4">
+        <v>224</v>
+      </c>
+      <c r="E48" s="5">
+        <v>136.19999999999999</v>
+      </c>
+      <c r="F48" s="4">
+        <v>30508.799999999999</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H48" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D48" s="4">
-[...8 lines deleted...]
-      <c r="G48" s="3" t="s">
+      <c r="I48" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H48" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J48" s="5">
-        <v>95.89</v>
+        <v>136.19999999999999</v>
       </c>
       <c r="K48" s="5">
         <v>1</v>
       </c>
       <c r="L48" s="3" t="s">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="M48" s="4">
-        <v>31068.36</v>
+        <v>30508.799999999999</v>
       </c>
       <c r="N48" s="4">
-        <v>31068.36</v>
+        <v>30508.799999999999</v>
       </c>
       <c r="O48" s="3" t="s">
         <v>262</v>
       </c>
       <c r="P48" s="3" t="s">
         <v>263</v>
       </c>
       <c r="Q48" s="3" t="s">
-        <v>258</v>
+        <v>179</v>
       </c>
       <c r="R48" s="3" t="s">
         <v>264</v>
       </c>
       <c r="S48" s="3" t="s">
-        <v>104</v>
+        <v>142</v>
       </c>
       <c r="T48" s="4">
         <v>1</v>
       </c>
       <c r="W48" s="3" t="s">
         <v>260</v>
       </c>
       <c r="X48" s="4">
         <v>0</v>
       </c>
       <c r="Y48" s="4">
         <v>0</v>
       </c>
       <c r="Z48" s="6">
-        <v>1.32E-3</v>
+        <v>1.2880000000000001E-3</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
         <v>265</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>266</v>
       </c>
       <c r="C49" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D49" s="4">
+        <v>97</v>
+      </c>
+      <c r="E49" s="5">
+        <v>273.08</v>
+      </c>
+      <c r="F49" s="4">
+        <v>26488.76</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H49" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D49" s="4">
-[...8 lines deleted...]
-      <c r="G49" s="3" t="s">
+      <c r="I49" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H49" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J49" s="5">
-        <v>72.569999999999993</v>
+        <v>273.08</v>
       </c>
       <c r="K49" s="5">
         <v>1</v>
       </c>
       <c r="L49" s="3" t="s">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="M49" s="4">
-        <v>62337.63</v>
+        <v>26488.76</v>
       </c>
       <c r="N49" s="4">
-        <v>62337.63</v>
+        <v>26488.76</v>
       </c>
       <c r="O49" s="3" t="s">
         <v>267</v>
       </c>
       <c r="P49" s="3" t="s">
         <v>268</v>
       </c>
       <c r="Q49" s="3" t="s">
-        <v>258</v>
+        <v>162</v>
       </c>
       <c r="R49" s="3" t="s">
         <v>269</v>
       </c>
       <c r="S49" s="3" t="s">
-        <v>104</v>
+        <v>142</v>
       </c>
       <c r="T49" s="4">
         <v>1</v>
       </c>
       <c r="W49" s="3" t="s">
         <v>265</v>
       </c>
       <c r="X49" s="4">
         <v>0</v>
       </c>
       <c r="Y49" s="4">
         <v>0</v>
       </c>
       <c r="Z49" s="6">
-        <v>2.6489999999999999E-3</v>
+        <v>1.1180000000000001E-3</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
         <v>270</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>271</v>
       </c>
       <c r="C50" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D50" s="4">
+        <v>977</v>
+      </c>
+      <c r="E50" s="5">
+        <v>36.25</v>
+      </c>
+      <c r="F50" s="4">
+        <v>35416.25</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H50" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D50" s="4">
+      <c r="I50" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J50" s="5">
+        <v>36.25</v>
+      </c>
+      <c r="K50" s="5">
+        <v>1</v>
+      </c>
+      <c r="L50" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="E50" s="5">
-[...22 lines deleted...]
-      </c>
       <c r="M50" s="4">
-        <v>31807</v>
+        <v>35416.25</v>
       </c>
       <c r="N50" s="4">
-        <v>31807</v>
+        <v>35416.25</v>
       </c>
       <c r="O50" s="3" t="s">
         <v>272</v>
       </c>
       <c r="P50" s="3" t="s">
         <v>273</v>
       </c>
       <c r="Q50" s="3" t="s">
-        <v>258</v>
+        <v>228</v>
       </c>
       <c r="R50" s="3" t="s">
         <v>274</v>
       </c>
       <c r="S50" s="3" t="s">
-        <v>104</v>
+        <v>142</v>
       </c>
       <c r="T50" s="4">
         <v>1</v>
       </c>
       <c r="W50" s="3" t="s">
         <v>270</v>
       </c>
       <c r="X50" s="4">
         <v>0</v>
       </c>
       <c r="Y50" s="4">
         <v>0</v>
       </c>
       <c r="Z50" s="6">
-        <v>1.351E-3</v>
+        <v>1.495E-3</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
         <v>275</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>276</v>
       </c>
       <c r="C51" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D51" s="4">
-        <v>1959</v>
+        <v>324</v>
       </c>
       <c r="E51" s="5">
-        <v>76.94</v>
+        <v>98.85</v>
       </c>
       <c r="F51" s="4">
-        <v>150725.46</v>
+        <v>32027.4</v>
       </c>
       <c r="G51" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H51" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="I51" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H51" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J51" s="5">
-        <v>76.94</v>
+        <v>98.85</v>
       </c>
       <c r="K51" s="5">
         <v>1</v>
       </c>
       <c r="L51" s="3" t="s">
-        <v>90</v>
+        <v>45</v>
       </c>
       <c r="M51" s="4">
-        <v>150725.46</v>
+        <v>32027.4</v>
       </c>
       <c r="N51" s="4">
-        <v>150725.46</v>
+        <v>32027.4</v>
       </c>
       <c r="O51" s="3" t="s">
         <v>277</v>
       </c>
       <c r="P51" s="3" t="s">
         <v>278</v>
       </c>
       <c r="Q51" s="3" t="s">
-        <v>174</v>
+        <v>228</v>
       </c>
       <c r="R51" s="3" t="s">
         <v>279</v>
       </c>
       <c r="S51" s="3" t="s">
-        <v>132</v>
+        <v>114</v>
       </c>
       <c r="T51" s="4">
         <v>1</v>
       </c>
       <c r="W51" s="3" t="s">
         <v>275</v>
       </c>
       <c r="X51" s="4">
         <v>0</v>
       </c>
       <c r="Y51" s="4">
         <v>0</v>
       </c>
       <c r="Z51" s="6">
-        <v>6.4050000000000001E-3</v>
+        <v>1.3519999999999999E-3</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
         <v>280</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>281</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D52" s="4">
-        <v>1000</v>
+        <v>859</v>
       </c>
       <c r="E52" s="5">
-        <v>103.6</v>
+        <v>73.63</v>
       </c>
       <c r="F52" s="4">
-        <v>103600</v>
+        <v>63248.17</v>
       </c>
       <c r="G52" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H52" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="I52" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H52" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J52" s="5">
-        <v>103.6</v>
+        <v>73.63</v>
       </c>
       <c r="K52" s="5">
         <v>1</v>
       </c>
       <c r="L52" s="3" t="s">
-        <v>90</v>
+        <v>45</v>
       </c>
       <c r="M52" s="4">
-        <v>103600</v>
+        <v>63248.17</v>
       </c>
       <c r="N52" s="4">
-        <v>103600</v>
+        <v>63248.17</v>
       </c>
       <c r="O52" s="3" t="s">
         <v>282</v>
       </c>
       <c r="P52" s="3" t="s">
         <v>283</v>
       </c>
       <c r="Q52" s="3" t="s">
-        <v>152</v>
+        <v>228</v>
       </c>
       <c r="R52" s="3" t="s">
         <v>284</v>
       </c>
       <c r="S52" s="3" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="T52" s="4">
         <v>1</v>
       </c>
       <c r="W52" s="3" t="s">
         <v>280</v>
       </c>
       <c r="X52" s="4">
         <v>0</v>
       </c>
       <c r="Y52" s="4">
         <v>0</v>
       </c>
       <c r="Z52" s="6">
-        <v>4.4019999999999997E-3</v>
+        <v>2.6700000000000001E-3</v>
       </c>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
         <v>285</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>286</v>
       </c>
       <c r="C53" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D53" s="4">
+        <v>100</v>
+      </c>
+      <c r="E53" s="5">
+        <v>319.86</v>
+      </c>
+      <c r="F53" s="4">
+        <v>31986</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H53" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D53" s="4">
-[...8 lines deleted...]
-      <c r="G53" s="3" t="s">
+      <c r="I53" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H53" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J53" s="5">
-        <v>77.709999999999994</v>
+        <v>319.86</v>
       </c>
       <c r="K53" s="5">
         <v>1</v>
       </c>
       <c r="L53" s="3" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="M53" s="4">
-        <v>53075.93</v>
+        <v>31986</v>
       </c>
       <c r="N53" s="4">
-        <v>53075.93</v>
+        <v>31986</v>
       </c>
       <c r="O53" s="3" t="s">
         <v>287</v>
       </c>
       <c r="P53" s="3" t="s">
         <v>288</v>
       </c>
       <c r="Q53" s="3" t="s">
-        <v>174</v>
+        <v>228</v>
       </c>
       <c r="R53" s="3" t="s">
         <v>289</v>
       </c>
       <c r="S53" s="3" t="s">
-        <v>132</v>
+        <v>114</v>
       </c>
       <c r="T53" s="4">
         <v>1</v>
       </c>
       <c r="W53" s="3" t="s">
         <v>285</v>
       </c>
       <c r="X53" s="4">
         <v>0</v>
       </c>
       <c r="Y53" s="4">
         <v>0</v>
       </c>
       <c r="Z53" s="6">
-        <v>2.2550000000000001E-3</v>
+        <v>1.3500000000000001E-3</v>
       </c>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
         <v>290</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>291</v>
       </c>
       <c r="C54" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D54" s="4">
+        <v>1959</v>
+      </c>
+      <c r="E54" s="5">
+        <v>77.03</v>
+      </c>
+      <c r="F54" s="4">
+        <v>150901.76999999999</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H54" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D54" s="4">
-[...8 lines deleted...]
-      <c r="G54" s="3" t="s">
+      <c r="I54" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H54" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J54" s="5">
-        <v>176.91</v>
+        <v>77.03</v>
       </c>
       <c r="K54" s="5">
-        <v>1.3940499911066582</v>
+        <v>1</v>
       </c>
       <c r="L54" s="3" t="s">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="M54" s="4">
-        <v>88454.999435000005</v>
+        <v>150901.76999999999</v>
       </c>
       <c r="N54" s="4">
-        <v>63451.813062660003</v>
+        <v>150901.76999999999</v>
       </c>
       <c r="O54" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="P54" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="Q54" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="R54" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="S54" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="T54" s="4">
+        <v>1</v>
+      </c>
+      <c r="W54" s="3" t="s">
         <v>290</v>
       </c>
-      <c r="P54" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X54" s="4">
         <v>0</v>
       </c>
       <c r="Y54" s="4">
         <v>0</v>
       </c>
       <c r="Z54" s="6">
-        <v>2.696E-3</v>
+        <v>6.3709999999999999E-3</v>
       </c>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="B55" s="3" t="s">
         <v>296</v>
       </c>
-      <c r="B55" s="3" t="s">
+      <c r="C55" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D55" s="4">
+        <v>1000</v>
+      </c>
+      <c r="E55" s="5">
+        <v>116.69</v>
+      </c>
+      <c r="F55" s="4">
+        <v>116690</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H55" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I55" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J55" s="5">
+        <v>116.69</v>
+      </c>
+      <c r="K55" s="5">
+        <v>1</v>
+      </c>
+      <c r="L55" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M55" s="4">
+        <v>116690</v>
+      </c>
+      <c r="N55" s="4">
+        <v>116690</v>
+      </c>
+      <c r="O55" s="3" t="s">
         <v>297</v>
-      </c>
-[...37 lines deleted...]
-        <v>296</v>
       </c>
       <c r="P55" s="3" t="s">
         <v>298</v>
       </c>
       <c r="Q55" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="R55" s="3" t="s">
         <v>299</v>
       </c>
-      <c r="R55" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S55" s="3" t="s">
-        <v>294</v>
+        <v>114</v>
       </c>
       <c r="T55" s="4">
         <v>1</v>
       </c>
       <c r="W55" s="3" t="s">
-        <v>301</v>
+        <v>295</v>
       </c>
       <c r="X55" s="4">
         <v>0</v>
       </c>
       <c r="Y55" s="4">
         <v>0</v>
       </c>
       <c r="Z55" s="6">
-        <v>4.9119999999999997E-3</v>
+        <v>4.927E-3</v>
       </c>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>261</v>
+        <v>301</v>
       </c>
       <c r="C56" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D56" s="4">
+        <v>683</v>
+      </c>
+      <c r="E56" s="5">
+        <v>83</v>
+      </c>
+      <c r="F56" s="4">
+        <v>56689</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H56" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D56" s="4">
-[...8 lines deleted...]
-      <c r="G56" s="3" t="s">
+      <c r="I56" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H56" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J56" s="5">
-        <v>133.83000000000001</v>
+        <v>83</v>
       </c>
       <c r="K56" s="5">
-        <v>1.3940499911066582</v>
+        <v>1</v>
       </c>
       <c r="L56" s="3" t="s">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="M56" s="4">
-        <v>120446.99923099999</v>
+        <v>56689</v>
       </c>
       <c r="N56" s="4">
-        <v>86400.774721139998</v>
+        <v>56689</v>
       </c>
       <c r="O56" s="3" t="s">
         <v>302</v>
       </c>
       <c r="P56" s="3" t="s">
         <v>303</v>
       </c>
       <c r="Q56" s="3" t="s">
-        <v>258</v>
+        <v>179</v>
       </c>
       <c r="R56" s="3" t="s">
-        <v>264</v>
+        <v>304</v>
       </c>
       <c r="S56" s="3" t="s">
-        <v>294</v>
+        <v>142</v>
       </c>
       <c r="T56" s="4">
         <v>1</v>
       </c>
       <c r="W56" s="3" t="s">
-        <v>260</v>
+        <v>300</v>
       </c>
       <c r="X56" s="4">
         <v>0</v>
       </c>
       <c r="Y56" s="4">
         <v>0</v>
       </c>
       <c r="Z56" s="6">
-        <v>3.6709999999999998E-3</v>
+        <v>2.3930000000000002E-3</v>
       </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="B57" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="C57" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D57" s="4">
+        <v>500</v>
+      </c>
+      <c r="E57" s="5">
+        <v>130.03829999999999</v>
+      </c>
+      <c r="F57" s="4">
+        <v>65019.150100309998</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H57" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="I57" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="J57" s="5">
+        <v>178.25</v>
+      </c>
+      <c r="K57" s="5">
+        <v>1.3707500016140581</v>
+      </c>
+      <c r="L57" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="M57" s="4">
+        <v>89125.000104000006</v>
+      </c>
+      <c r="N57" s="4">
+        <v>65019.150100309998</v>
+      </c>
+      <c r="O57" s="3" t="s">
         <v>305</v>
-      </c>
-[...37 lines deleted...]
-        <v>306</v>
       </c>
       <c r="P57" s="3" t="s">
         <v>307</v>
       </c>
       <c r="Q57" s="3" t="s">
-        <v>146</v>
+        <v>162</v>
       </c>
       <c r="R57" s="3" t="s">
         <v>308</v>
       </c>
       <c r="S57" s="3" t="s">
-        <v>132</v>
+        <v>309</v>
       </c>
       <c r="T57" s="4">
         <v>1</v>
       </c>
       <c r="W57" s="3" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="X57" s="4">
         <v>0</v>
       </c>
       <c r="Y57" s="4">
         <v>0</v>
       </c>
       <c r="Z57" s="6">
-        <v>7.7650000000000002E-3</v>
+        <v>2.745E-3</v>
       </c>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D58" s="4">
-        <v>300</v>
+        <v>1300</v>
       </c>
       <c r="E58" s="5">
-        <v>226.78</v>
+        <v>91.687033</v>
       </c>
       <c r="F58" s="4">
-        <v>68034</v>
+        <v>119193.14244027001</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H58" s="3" t="s">
-        <v>88</v>
+        <v>43</v>
       </c>
       <c r="I58" s="3" t="s">
-        <v>89</v>
+        <v>44</v>
       </c>
       <c r="J58" s="5">
-        <v>226.78</v>
+        <v>125.68</v>
       </c>
       <c r="K58" s="5">
-        <v>1</v>
+        <v>1.3707500016140581</v>
       </c>
       <c r="L58" s="3" t="s">
-        <v>90</v>
+        <v>45</v>
       </c>
       <c r="M58" s="4">
-        <v>68034</v>
+        <v>163384.00019200001</v>
       </c>
       <c r="N58" s="4">
-        <v>68034</v>
+        <v>119193.14244027001</v>
       </c>
       <c r="O58" s="3" t="s">
         <v>311</v>
       </c>
       <c r="P58" s="3" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="Q58" s="3" t="s">
-        <v>109</v>
+        <v>314</v>
       </c>
       <c r="R58" s="3" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="S58" s="3" t="s">
-        <v>104</v>
+        <v>309</v>
       </c>
       <c r="T58" s="4">
         <v>1</v>
       </c>
       <c r="W58" s="3" t="s">
-        <v>309</v>
+        <v>316</v>
       </c>
       <c r="X58" s="4">
         <v>0</v>
       </c>
       <c r="Y58" s="4">
         <v>0</v>
       </c>
       <c r="Z58" s="6">
-        <v>2.8909999999999999E-3</v>
+        <v>5.032E-3</v>
       </c>
     </row>
     <row r="59" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A59" s="3" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>315</v>
+        <v>276</v>
       </c>
       <c r="C59" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D59" s="4">
-        <v>828</v>
+        <v>900</v>
       </c>
       <c r="E59" s="5">
-        <v>119.68</v>
+        <v>99.033376000000004</v>
       </c>
       <c r="F59" s="4">
-        <v>99095.039999999994</v>
+        <v>89130.038300200002</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H59" s="3" t="s">
-        <v>88</v>
+        <v>43</v>
       </c>
       <c r="I59" s="3" t="s">
-        <v>89</v>
+        <v>44</v>
       </c>
       <c r="J59" s="5">
-        <v>119.68</v>
+        <v>135.75</v>
       </c>
       <c r="K59" s="5">
-        <v>1</v>
+        <v>1.3707500016140581</v>
       </c>
       <c r="L59" s="3" t="s">
-        <v>90</v>
+        <v>45</v>
       </c>
       <c r="M59" s="4">
-        <v>99095.039999999994</v>
+        <v>122175.000143</v>
       </c>
       <c r="N59" s="4">
-        <v>99095.039999999994</v>
+        <v>89130.038300200002</v>
       </c>
       <c r="O59" s="3" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="P59" s="3" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="Q59" s="3" t="s">
-        <v>109</v>
+        <v>228</v>
       </c>
       <c r="R59" s="3" t="s">
-        <v>318</v>
+        <v>279</v>
       </c>
       <c r="S59" s="3" t="s">
-        <v>104</v>
+        <v>309</v>
       </c>
       <c r="T59" s="4">
         <v>1</v>
       </c>
       <c r="W59" s="3" t="s">
-        <v>314</v>
+        <v>275</v>
       </c>
       <c r="X59" s="4">
         <v>0</v>
       </c>
       <c r="Y59" s="4">
         <v>0</v>
       </c>
       <c r="Z59" s="6">
-        <v>4.2110000000000003E-3</v>
+        <v>3.7629999999999999E-3</v>
       </c>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A60" s="3" t="s">
         <v>319</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>320</v>
       </c>
       <c r="C60" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D60" s="4">
+        <v>208</v>
+      </c>
+      <c r="E60" s="5">
+        <v>862.34</v>
+      </c>
+      <c r="F60" s="4">
+        <v>179366.72</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H60" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D60" s="4">
-[...8 lines deleted...]
-      <c r="G60" s="3" t="s">
+      <c r="I60" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H60" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J60" s="5">
-        <v>104.47</v>
+        <v>862.34</v>
       </c>
       <c r="K60" s="5">
         <v>1</v>
       </c>
       <c r="L60" s="3" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="M60" s="4">
-        <v>23505.75</v>
+        <v>179366.72</v>
       </c>
       <c r="N60" s="4">
-        <v>23505.75</v>
+        <v>179366.72</v>
       </c>
       <c r="O60" s="3" t="s">
         <v>321</v>
       </c>
       <c r="P60" s="3" t="s">
         <v>322</v>
       </c>
       <c r="Q60" s="3" t="s">
-        <v>102</v>
+        <v>156</v>
       </c>
       <c r="R60" s="3" t="s">
         <v>323</v>
       </c>
       <c r="S60" s="3" t="s">
-        <v>104</v>
+        <v>142</v>
       </c>
       <c r="T60" s="4">
         <v>1</v>
       </c>
       <c r="W60" s="3" t="s">
         <v>319</v>
       </c>
       <c r="X60" s="4">
         <v>0</v>
       </c>
       <c r="Y60" s="4">
         <v>0</v>
       </c>
       <c r="Z60" s="6">
-        <v>9.9799999999999997E-4</v>
+        <v>7.5729999999999999E-3</v>
       </c>
     </row>
     <row r="61" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
         <v>324</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>325</v>
       </c>
       <c r="C61" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D61" s="4">
+        <v>300</v>
+      </c>
+      <c r="E61" s="5">
+        <v>228.92</v>
+      </c>
+      <c r="F61" s="4">
+        <v>68676</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H61" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D61" s="4">
-[...8 lines deleted...]
-      <c r="G61" s="3" t="s">
+      <c r="I61" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H61" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J61" s="5">
-        <v>216.14</v>
+        <v>228.92</v>
       </c>
       <c r="K61" s="5">
-        <v>1.3940499911066582</v>
+        <v>1</v>
       </c>
       <c r="L61" s="3" t="s">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="M61" s="4">
-        <v>129683.999172</v>
+        <v>68676</v>
       </c>
       <c r="N61" s="4">
-        <v>93026.792439299999</v>
+        <v>68676</v>
       </c>
       <c r="O61" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="P61" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="Q61" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="R61" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="S61" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="T61" s="4">
+        <v>1</v>
+      </c>
+      <c r="W61" s="3" t="s">
         <v>324</v>
       </c>
-      <c r="P61" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X61" s="4">
         <v>0</v>
       </c>
       <c r="Y61" s="4">
         <v>0</v>
       </c>
       <c r="Z61" s="6">
-        <v>3.9529999999999999E-3</v>
+        <v>2.8990000000000001E-3</v>
       </c>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A62" s="3" t="s">
         <v>329</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>330</v>
       </c>
       <c r="C62" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D62" s="4">
-        <v>1000</v>
+        <v>600</v>
       </c>
       <c r="E62" s="5">
-        <v>82.79</v>
+        <v>170.70217</v>
       </c>
       <c r="F62" s="4">
-        <v>82790</v>
+        <v>102421.30220681999</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H62" s="3" t="s">
-        <v>88</v>
+        <v>43</v>
       </c>
       <c r="I62" s="3" t="s">
-        <v>89</v>
+        <v>44</v>
       </c>
       <c r="J62" s="5">
-        <v>82.79</v>
+        <v>233.99</v>
       </c>
       <c r="K62" s="5">
-        <v>1</v>
+        <v>1.3707500016140581</v>
       </c>
       <c r="L62" s="3" t="s">
-        <v>90</v>
+        <v>45</v>
       </c>
       <c r="M62" s="4">
-        <v>82790</v>
+        <v>140394.000165</v>
       </c>
       <c r="N62" s="4">
-        <v>82790</v>
+        <v>102421.30220681999</v>
       </c>
       <c r="O62" s="3" t="s">
+        <v>329</v>
+      </c>
+      <c r="P62" s="3" t="s">
         <v>331</v>
       </c>
-      <c r="P62" s="3" t="s">
+      <c r="Q62" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="R62" s="3" t="s">
         <v>332</v>
       </c>
-      <c r="Q62" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R62" s="3" t="s">
+      <c r="S62" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="T62" s="4">
+        <v>1</v>
+      </c>
+      <c r="W62" s="3" t="s">
         <v>333</v>
       </c>
-      <c r="S62" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="X62" s="4">
         <v>0</v>
       </c>
       <c r="Y62" s="4">
         <v>0</v>
       </c>
       <c r="Z62" s="6">
-        <v>3.5179999999999999E-3</v>
+        <v>4.3239999999999997E-3</v>
       </c>
     </row>
     <row r="63" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A63" s="3" t="s">
         <v>334</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>335</v>
       </c>
       <c r="C63" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D63" s="4">
+        <v>1000</v>
+      </c>
+      <c r="E63" s="5">
+        <v>87.1</v>
+      </c>
+      <c r="F63" s="4">
+        <v>87100</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H63" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D63" s="4">
-[...8 lines deleted...]
-      <c r="G63" s="3" t="s">
+      <c r="I63" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H63" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J63" s="5">
-        <v>86.67</v>
+        <v>87.1</v>
       </c>
       <c r="K63" s="5">
         <v>1</v>
       </c>
       <c r="L63" s="3" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="M63" s="4">
-        <v>12653.82</v>
+        <v>87100</v>
       </c>
       <c r="N63" s="4">
-        <v>12653.82</v>
+        <v>87100</v>
       </c>
       <c r="O63" s="3" t="s">
         <v>336</v>
       </c>
       <c r="P63" s="3" t="s">
         <v>337</v>
       </c>
       <c r="Q63" s="3" t="s">
-        <v>109</v>
+        <v>129</v>
       </c>
       <c r="R63" s="3" t="s">
         <v>338</v>
       </c>
       <c r="S63" s="3" t="s">
-        <v>104</v>
+        <v>142</v>
       </c>
       <c r="T63" s="4">
         <v>1</v>
       </c>
       <c r="W63" s="3" t="s">
         <v>334</v>
       </c>
       <c r="X63" s="4">
         <v>0</v>
       </c>
       <c r="Y63" s="4">
         <v>0</v>
       </c>
       <c r="Z63" s="6">
-        <v>5.3700000000000004E-4</v>
+        <v>3.6770000000000001E-3</v>
       </c>
     </row>
     <row r="64" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A64" s="3" t="s">
         <v>339</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>340</v>
       </c>
       <c r="C64" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D64" s="4">
+        <v>146</v>
+      </c>
+      <c r="E64" s="5">
+        <v>85.25</v>
+      </c>
+      <c r="F64" s="4">
+        <v>12446.5</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H64" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D64" s="4">
-[...8 lines deleted...]
-      <c r="G64" s="3" t="s">
+      <c r="I64" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H64" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J64" s="5">
-        <v>134.38999999999999</v>
+        <v>85.25</v>
       </c>
       <c r="K64" s="5">
-        <v>1.3940499911066582</v>
+        <v>1</v>
       </c>
       <c r="L64" s="3" t="s">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="M64" s="4">
-        <v>94072.999398999993</v>
+        <v>12446.5</v>
       </c>
       <c r="N64" s="4">
-        <v>67481.797639969998</v>
+        <v>12446.5</v>
       </c>
       <c r="O64" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="P64" s="3" t="s">
+        <v>342</v>
+      </c>
+      <c r="Q64" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="R64" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="S64" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="T64" s="4">
+        <v>1</v>
+      </c>
+      <c r="W64" s="3" t="s">
         <v>339</v>
       </c>
-      <c r="P64" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X64" s="4">
         <v>0</v>
       </c>
       <c r="Y64" s="4">
         <v>0</v>
       </c>
       <c r="Z64" s="6">
-        <v>2.8670000000000002E-3</v>
+        <v>5.2499999999999997E-4</v>
       </c>
     </row>
     <row r="65" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A65" s="3" t="s">
         <v>344</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>345</v>
       </c>
       <c r="C65" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D65" s="4">
-        <v>200</v>
+        <v>700</v>
       </c>
       <c r="E65" s="5">
-        <v>84.394390999999999</v>
+        <v>94.488418999999993</v>
       </c>
       <c r="F65" s="4">
-        <v>16878.87808902</v>
+        <v>66141.893124199996</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H65" s="3" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="I65" s="3" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="J65" s="5">
-        <v>117.65</v>
+        <v>129.52000000000001</v>
       </c>
       <c r="K65" s="5">
-        <v>1.3940499911066582</v>
+        <v>1.3707500016140581</v>
       </c>
       <c r="L65" s="3" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="M65" s="4">
-        <v>23529.999849</v>
+        <v>90664.000106000007</v>
       </c>
       <c r="N65" s="4">
-        <v>16878.87808902</v>
+        <v>66141.893124199996</v>
       </c>
       <c r="O65" s="3" t="s">
         <v>344</v>
       </c>
       <c r="P65" s="3" t="s">
         <v>346</v>
       </c>
       <c r="Q65" s="3" t="s">
-        <v>152</v>
+        <v>228</v>
       </c>
       <c r="R65" s="3" t="s">
         <v>347</v>
       </c>
       <c r="S65" s="3" t="s">
-        <v>294</v>
+        <v>309</v>
       </c>
       <c r="T65" s="4">
         <v>1</v>
       </c>
       <c r="W65" s="3" t="s">
         <v>348</v>
       </c>
       <c r="X65" s="4">
         <v>0</v>
       </c>
       <c r="Y65" s="4">
         <v>0</v>
       </c>
       <c r="Z65" s="6">
-        <v>7.1699999999999997E-4</v>
+        <v>2.7920000000000002E-3</v>
       </c>
     </row>
     <row r="66" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A66" s="3" t="s">
         <v>349</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>350</v>
       </c>
       <c r="C66" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D66" s="4">
-        <v>234</v>
+        <v>200</v>
       </c>
       <c r="E66" s="5">
-        <v>133.38</v>
+        <v>94.371694000000005</v>
       </c>
       <c r="F66" s="4">
-        <v>31210.92</v>
+        <v>18874.338865580001</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H66" s="3" t="s">
-        <v>88</v>
+        <v>43</v>
       </c>
       <c r="I66" s="3" t="s">
-        <v>89</v>
+        <v>44</v>
       </c>
       <c r="J66" s="5">
-        <v>133.38</v>
+        <v>129.36000000000001</v>
       </c>
       <c r="K66" s="5">
-        <v>1</v>
+        <v>1.3707500016140581</v>
       </c>
       <c r="L66" s="3" t="s">
-        <v>90</v>
+        <v>45</v>
       </c>
       <c r="M66" s="4">
-        <v>31210.92</v>
+        <v>25872.000029999999</v>
       </c>
       <c r="N66" s="4">
-        <v>31210.92</v>
+        <v>18874.338865580001</v>
       </c>
       <c r="O66" s="3" t="s">
+        <v>349</v>
+      </c>
+      <c r="P66" s="3" t="s">
         <v>351</v>
       </c>
-      <c r="P66" s="3" t="s">
+      <c r="Q66" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="R66" s="3" t="s">
         <v>352</v>
       </c>
-      <c r="Q66" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R66" s="3" t="s">
+      <c r="S66" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="T66" s="4">
+        <v>1</v>
+      </c>
+      <c r="W66" s="3" t="s">
         <v>353</v>
       </c>
-      <c r="S66" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="X66" s="4">
         <v>0</v>
       </c>
       <c r="Y66" s="4">
         <v>0</v>
       </c>
       <c r="Z66" s="6">
-        <v>1.3259999999999999E-3</v>
+        <v>7.9600000000000005E-4</v>
       </c>
     </row>
     <row r="67" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A67" s="3" t="s">
         <v>354</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>355</v>
       </c>
       <c r="C67" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D67" s="4">
+        <v>234</v>
+      </c>
+      <c r="E67" s="5">
+        <v>132.72</v>
+      </c>
+      <c r="F67" s="4">
+        <v>31056.48</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H67" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D67" s="4">
-[...8 lines deleted...]
-      <c r="G67" s="3" t="s">
+      <c r="I67" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H67" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J67" s="5">
-        <v>39.590000000000003</v>
+        <v>132.72</v>
       </c>
       <c r="K67" s="5">
         <v>1</v>
       </c>
       <c r="L67" s="3" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="M67" s="4">
-        <v>37808.449999999997</v>
+        <v>31056.48</v>
       </c>
       <c r="N67" s="4">
-        <v>37808.449999999997</v>
+        <v>31056.48</v>
       </c>
       <c r="O67" s="3" t="s">
         <v>356</v>
       </c>
       <c r="P67" s="3" t="s">
         <v>357</v>
       </c>
       <c r="Q67" s="3" t="s">
-        <v>163</v>
+        <v>228</v>
       </c>
       <c r="R67" s="3" t="s">
         <v>358</v>
       </c>
       <c r="S67" s="3" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="T67" s="4">
         <v>1</v>
       </c>
       <c r="W67" s="3" t="s">
         <v>354</v>
       </c>
       <c r="X67" s="4">
         <v>0</v>
       </c>
       <c r="Y67" s="4">
         <v>0</v>
       </c>
       <c r="Z67" s="6">
-        <v>1.606E-3</v>
+        <v>1.3110000000000001E-3</v>
       </c>
     </row>
     <row r="68" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A68" s="3" t="s">
         <v>359</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>360</v>
       </c>
       <c r="C68" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D68" s="4">
+        <v>955</v>
+      </c>
+      <c r="E68" s="5">
+        <v>38.36</v>
+      </c>
+      <c r="F68" s="4">
+        <v>36633.800000000003</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H68" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D68" s="4">
-[...8 lines deleted...]
-      <c r="G68" s="3" t="s">
+      <c r="I68" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H68" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J68" s="5">
-        <v>647.95000000000005</v>
+        <v>38.36</v>
       </c>
       <c r="K68" s="5">
         <v>1</v>
       </c>
       <c r="L68" s="3" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="M68" s="4">
-        <v>485962.5</v>
+        <v>36633.800000000003</v>
       </c>
       <c r="N68" s="4">
-        <v>485962.5</v>
+        <v>36633.800000000003</v>
       </c>
       <c r="O68" s="3" t="s">
         <v>361</v>
       </c>
       <c r="P68" s="3" t="s">
         <v>362</v>
       </c>
       <c r="Q68" s="3" t="s">
-        <v>102</v>
+        <v>168</v>
       </c>
       <c r="R68" s="3" t="s">
         <v>363</v>
       </c>
       <c r="S68" s="3" t="s">
-        <v>132</v>
+        <v>114</v>
       </c>
       <c r="T68" s="4">
         <v>1</v>
       </c>
       <c r="W68" s="3" t="s">
         <v>359</v>
       </c>
       <c r="X68" s="4">
         <v>0</v>
       </c>
       <c r="Y68" s="4">
         <v>0</v>
       </c>
       <c r="Z68" s="6">
-        <v>2.0652E-2</v>
+        <v>1.5460000000000001E-3</v>
       </c>
     </row>
     <row r="69" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A69" s="3" t="s">
         <v>364</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>365</v>
       </c>
       <c r="C69" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D69" s="4">
+        <v>750</v>
+      </c>
+      <c r="E69" s="5">
+        <v>660.09</v>
+      </c>
+      <c r="F69" s="4">
+        <v>495067.5</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H69" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D69" s="4">
-[...8 lines deleted...]
-      <c r="G69" s="3" t="s">
+      <c r="I69" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H69" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J69" s="5">
-        <v>1.8095000000000001</v>
+        <v>660.09</v>
       </c>
       <c r="K69" s="5">
-        <v>0.75471698113207553</v>
+        <v>1</v>
       </c>
       <c r="L69" s="3" t="s">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="M69" s="4">
-        <v>35287.059500000003</v>
+        <v>495067.5</v>
       </c>
       <c r="N69" s="4">
-        <v>46755.353837499999</v>
+        <v>495067.5</v>
       </c>
       <c r="O69" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="P69" s="3" t="s">
+        <v>367</v>
+      </c>
+      <c r="Q69" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="R69" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="S69" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="T69" s="4">
+        <v>1</v>
+      </c>
+      <c r="W69" s="3" t="s">
         <v>364</v>
       </c>
-      <c r="P69" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X69" s="4">
         <v>0</v>
       </c>
       <c r="Y69" s="4">
         <v>0</v>
       </c>
       <c r="Z69" s="6">
-        <v>1.9870000000000001E-3</v>
+        <v>2.0903000000000001E-2</v>
       </c>
     </row>
     <row r="70" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A70" s="3" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B70" s="3" t="s">
+        <v>370</v>
+      </c>
+      <c r="C70" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D70" s="4">
+        <v>19501</v>
+      </c>
+      <c r="E70" s="5">
+        <v>2.475565</v>
+      </c>
+      <c r="F70" s="4">
+        <v>48275.983802030001</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H70" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="I70" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="J70" s="5">
+        <v>1.8405</v>
+      </c>
+      <c r="K70" s="5">
+        <v>0.74346678562135238</v>
+      </c>
+      <c r="L70" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="M70" s="4">
+        <v>35891.590499999998</v>
+      </c>
+      <c r="N70" s="4">
+        <v>48275.983802030001</v>
+      </c>
+      <c r="O70" s="3" t="s">
         <v>369</v>
-      </c>
-[...37 lines deleted...]
-        <v>370</v>
       </c>
       <c r="P70" s="3" t="s">
         <v>371</v>
       </c>
       <c r="Q70" s="3" t="s">
-        <v>174</v>
+        <v>112</v>
       </c>
       <c r="R70" s="3" t="s">
         <v>372</v>
       </c>
       <c r="S70" s="3" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="T70" s="4">
         <v>1</v>
       </c>
       <c r="W70" s="3" t="s">
-        <v>368</v>
+        <v>34</v>
       </c>
       <c r="X70" s="4">
         <v>0</v>
       </c>
       <c r="Y70" s="4">
         <v>0</v>
       </c>
       <c r="Z70" s="6">
-        <v>5.0099999999999997E-3</v>
+        <v>2.0379999999999999E-3</v>
       </c>
     </row>
     <row r="71" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A71" s="3" t="s">
         <v>373</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>374</v>
       </c>
       <c r="C71" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D71" s="4">
+        <v>432</v>
+      </c>
+      <c r="E71" s="5">
+        <v>261.23</v>
+      </c>
+      <c r="F71" s="4">
+        <v>112851.36</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H71" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D71" s="4">
-[...8 lines deleted...]
-      <c r="G71" s="3" t="s">
+      <c r="I71" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H71" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J71" s="5">
-        <v>61.47</v>
+        <v>261.23</v>
       </c>
       <c r="K71" s="5">
         <v>1</v>
       </c>
       <c r="L71" s="3" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="M71" s="4">
-        <v>6823.17</v>
+        <v>112851.36</v>
       </c>
       <c r="N71" s="4">
-        <v>6823.17</v>
+        <v>112851.36</v>
       </c>
       <c r="O71" s="3" t="s">
         <v>375</v>
       </c>
       <c r="P71" s="3" t="s">
         <v>376</v>
       </c>
       <c r="Q71" s="3" t="s">
-        <v>152</v>
+        <v>179</v>
       </c>
       <c r="R71" s="3" t="s">
         <v>377</v>
       </c>
       <c r="S71" s="3" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="T71" s="4">
         <v>1</v>
       </c>
       <c r="W71" s="3" t="s">
         <v>373</v>
       </c>
       <c r="X71" s="4">
         <v>0</v>
       </c>
       <c r="Y71" s="4">
         <v>0</v>
       </c>
       <c r="Z71" s="6">
-        <v>2.8899999999999998E-4</v>
+        <v>4.7650000000000001E-3</v>
       </c>
     </row>
     <row r="72" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A72" s="3" t="s">
         <v>378</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>379</v>
       </c>
       <c r="C72" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D72" s="4">
         <v>718</v>
       </c>
       <c r="E72" s="5">
-        <v>65.5</v>
+        <v>73.069999999999993</v>
       </c>
       <c r="F72" s="4">
-        <v>47029</v>
+        <v>52464.26</v>
       </c>
       <c r="G72" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H72" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I72" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H72" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J72" s="5">
-        <v>65.5</v>
+        <v>73.069999999999993</v>
       </c>
       <c r="K72" s="5">
         <v>1</v>
       </c>
       <c r="L72" s="3" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="M72" s="4">
-        <v>47029</v>
+        <v>52464.26</v>
       </c>
       <c r="N72" s="4">
-        <v>47029</v>
+        <v>52464.26</v>
       </c>
       <c r="O72" s="3" t="s">
         <v>380</v>
       </c>
       <c r="P72" s="3" t="s">
         <v>381</v>
       </c>
       <c r="Q72" s="3" t="s">
-        <v>102</v>
+        <v>112</v>
       </c>
       <c r="R72" s="3" t="s">
         <v>382</v>
       </c>
       <c r="S72" s="3" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="T72" s="4">
         <v>1</v>
       </c>
       <c r="W72" s="3" t="s">
         <v>378</v>
       </c>
       <c r="X72" s="4">
         <v>0</v>
       </c>
       <c r="Y72" s="4">
         <v>0</v>
       </c>
       <c r="Z72" s="6">
-        <v>1.9980000000000002E-3</v>
+        <v>2.215E-3</v>
       </c>
     </row>
     <row r="73" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A73" s="3" t="s">
         <v>383</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>384</v>
       </c>
       <c r="C73" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D73" s="4">
         <v>795</v>
       </c>
       <c r="E73" s="5">
-        <v>45.47</v>
+        <v>42.95</v>
       </c>
       <c r="F73" s="4">
-        <v>36148.65</v>
+        <v>34145.25</v>
       </c>
       <c r="G73" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H73" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="I73" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H73" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J73" s="5">
-        <v>45.47</v>
+        <v>42.95</v>
       </c>
       <c r="K73" s="5">
         <v>1</v>
       </c>
       <c r="L73" s="3" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="M73" s="4">
-        <v>36148.65</v>
+        <v>34145.25</v>
       </c>
       <c r="N73" s="4">
-        <v>36148.65</v>
+        <v>34145.25</v>
       </c>
       <c r="O73" s="3" t="s">
         <v>385</v>
       </c>
       <c r="P73" s="3" t="s">
         <v>386</v>
       </c>
       <c r="Q73" s="3" t="s">
-        <v>258</v>
+        <v>228</v>
       </c>
       <c r="R73" s="3" t="s">
         <v>387</v>
       </c>
       <c r="S73" s="3" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="T73" s="4">
         <v>1</v>
       </c>
       <c r="W73" s="3" t="s">
         <v>383</v>
       </c>
       <c r="X73" s="4">
         <v>0</v>
       </c>
       <c r="Y73" s="4">
         <v>0</v>
       </c>
       <c r="Z73" s="6">
-        <v>1.536E-3</v>
+        <v>1.441E-3</v>
       </c>
     </row>
     <row r="74" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A74" s="3" t="s">
         <v>388</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>389</v>
       </c>
       <c r="C74" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D74" s="4">
         <v>452</v>
       </c>
       <c r="E74" s="5">
-        <v>298.45</v>
+        <v>308.02999999999997</v>
       </c>
       <c r="F74" s="4">
-        <v>134899.4</v>
+        <v>139229.56</v>
       </c>
       <c r="G74" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H74" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I74" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H74" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J74" s="5">
-        <v>298.45</v>
+        <v>308.02999999999997</v>
       </c>
       <c r="K74" s="5">
         <v>1</v>
       </c>
       <c r="L74" s="3" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="M74" s="4">
-        <v>134899.4</v>
+        <v>139229.56</v>
       </c>
       <c r="N74" s="4">
-        <v>134899.4</v>
+        <v>139229.56</v>
       </c>
       <c r="O74" s="3" t="s">
         <v>390</v>
       </c>
       <c r="P74" s="3" t="s">
         <v>391</v>
       </c>
       <c r="Q74" s="3" t="s">
-        <v>258</v>
+        <v>228</v>
       </c>
       <c r="R74" s="3" t="s">
         <v>392</v>
       </c>
       <c r="S74" s="3" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="T74" s="4">
         <v>1</v>
       </c>
       <c r="W74" s="3" t="s">
         <v>388</v>
       </c>
       <c r="X74" s="4">
         <v>0</v>
       </c>
       <c r="Y74" s="4">
         <v>0</v>
       </c>
       <c r="Z74" s="6">
-        <v>5.7330000000000002E-3</v>
+        <v>5.8780000000000004E-3</v>
       </c>
     </row>
     <row r="75" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A75" s="3" t="s">
         <v>393</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>394</v>
       </c>
       <c r="C75" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D75" s="4">
         <v>1094</v>
       </c>
       <c r="E75" s="5">
-        <v>125.84</v>
+        <v>122.74</v>
       </c>
       <c r="F75" s="4">
-        <v>137668.96</v>
+        <v>134277.56</v>
       </c>
       <c r="G75" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H75" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I75" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H75" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J75" s="5">
-        <v>125.84</v>
+        <v>122.74</v>
       </c>
       <c r="K75" s="5">
         <v>1</v>
       </c>
       <c r="L75" s="3" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="M75" s="4">
-        <v>137668.96</v>
+        <v>134277.56</v>
       </c>
       <c r="N75" s="4">
-        <v>137668.96</v>
+        <v>134277.56</v>
       </c>
       <c r="O75" s="3" t="s">
         <v>395</v>
       </c>
       <c r="P75" s="3" t="s">
         <v>396</v>
       </c>
       <c r="Q75" s="3" t="s">
-        <v>109</v>
+        <v>119</v>
       </c>
       <c r="R75" s="3" t="s">
         <v>397</v>
       </c>
       <c r="S75" s="3" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="T75" s="4">
         <v>1</v>
       </c>
       <c r="W75" s="3" t="s">
         <v>393</v>
       </c>
       <c r="X75" s="4">
         <v>0</v>
       </c>
       <c r="Y75" s="4">
         <v>0</v>
       </c>
       <c r="Z75" s="6">
-        <v>5.8500000000000002E-3</v>
+        <v>5.6690000000000004E-3</v>
       </c>
     </row>
     <row r="76" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A76" s="3" t="s">
         <v>398</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>399</v>
       </c>
       <c r="C76" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D76" s="4">
         <v>100</v>
       </c>
       <c r="E76" s="5">
-        <v>826.04</v>
+        <v>879</v>
       </c>
       <c r="F76" s="4">
-        <v>82604</v>
+        <v>87900</v>
       </c>
       <c r="G76" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H76" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I76" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H76" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J76" s="5">
-        <v>826.04</v>
+        <v>879</v>
       </c>
       <c r="K76" s="5">
         <v>1</v>
       </c>
       <c r="L76" s="3" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="M76" s="4">
-        <v>82604</v>
+        <v>87900</v>
       </c>
       <c r="N76" s="4">
-        <v>82604</v>
+        <v>87900</v>
       </c>
       <c r="O76" s="3" t="s">
         <v>400</v>
       </c>
       <c r="P76" s="3" t="s">
         <v>401</v>
       </c>
       <c r="Q76" s="3" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="R76" s="3" t="s">
         <v>402</v>
       </c>
       <c r="S76" s="3" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="T76" s="4">
         <v>1</v>
       </c>
       <c r="W76" s="3" t="s">
         <v>398</v>
       </c>
       <c r="X76" s="4">
         <v>0</v>
       </c>
       <c r="Y76" s="4">
         <v>0</v>
       </c>
       <c r="Z76" s="6">
-        <v>3.5100000000000001E-3</v>
+        <v>3.7109999999999999E-3</v>
       </c>
     </row>
     <row r="77" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A77" s="3" t="s">
         <v>403</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>404</v>
       </c>
       <c r="C77" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D77" s="4">
         <v>282</v>
       </c>
       <c r="E77" s="5">
-        <v>508.29</v>
+        <v>466.86</v>
       </c>
       <c r="F77" s="4">
-        <v>143337.78</v>
+        <v>131654.51999999999</v>
       </c>
       <c r="G77" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H77" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I77" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H77" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J77" s="5">
-        <v>508.29</v>
+        <v>466.86</v>
       </c>
       <c r="K77" s="5">
         <v>1</v>
       </c>
       <c r="L77" s="3" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="M77" s="4">
-        <v>143337.78</v>
+        <v>131654.51999999999</v>
       </c>
       <c r="N77" s="4">
-        <v>143337.78</v>
+        <v>131654.51999999999</v>
       </c>
       <c r="O77" s="3" t="s">
         <v>405</v>
       </c>
       <c r="P77" s="3" t="s">
         <v>406</v>
       </c>
       <c r="Q77" s="3" t="s">
-        <v>109</v>
+        <v>119</v>
       </c>
       <c r="R77" s="3" t="s">
         <v>407</v>
       </c>
       <c r="S77" s="3" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="T77" s="4">
         <v>1</v>
       </c>
       <c r="W77" s="3" t="s">
         <v>403</v>
       </c>
       <c r="X77" s="4">
         <v>0</v>
       </c>
       <c r="Y77" s="4">
         <v>0</v>
       </c>
       <c r="Z77" s="6">
-        <v>6.0910000000000001E-3</v>
+        <v>5.5579999999999996E-3</v>
       </c>
     </row>
     <row r="78" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A78" s="3" t="s">
         <v>408</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>409</v>
       </c>
       <c r="C78" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D78" s="4">
         <v>1258</v>
       </c>
       <c r="E78" s="5">
-        <v>39.667599000000003</v>
+        <v>41.986587999999998</v>
       </c>
       <c r="F78" s="4">
-        <v>49901.839542000002</v>
+        <v>52819.127074999997</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H78" s="3" t="s">
         <v>410</v>
       </c>
       <c r="I78" s="3" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J78" s="5">
-        <v>34.18</v>
+        <v>35.75</v>
       </c>
       <c r="K78" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L78" s="3" t="s">
         <v>411</v>
       </c>
       <c r="M78" s="4">
-        <v>42998.44</v>
+        <v>44973.5</v>
       </c>
       <c r="N78" s="4">
-        <v>49901.839542000002</v>
+        <v>52819.127074999997</v>
       </c>
       <c r="O78" s="3" t="s">
         <v>408</v>
       </c>
       <c r="P78" s="3" t="s">
         <v>412</v>
       </c>
       <c r="Q78" s="3" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="R78" s="3" t="s">
         <v>413</v>
       </c>
       <c r="S78" s="3" t="s">
         <v>414</v>
       </c>
       <c r="T78" s="4">
         <v>1</v>
       </c>
       <c r="W78" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X78" s="4">
         <v>0</v>
       </c>
       <c r="Y78" s="4">
         <v>0</v>
       </c>
       <c r="Z78" s="6">
-        <v>2.1199999999999999E-3</v>
+        <v>2.2300000000000002E-3</v>
       </c>
     </row>
     <row r="79" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A79" s="3" t="s">
         <v>415</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>416</v>
       </c>
       <c r="C79" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D79" s="4">
         <v>129</v>
       </c>
       <c r="E79" s="5">
-        <v>435.90258</v>
+        <v>430.55336999999997</v>
       </c>
       <c r="F79" s="4">
-        <v>56231.432820000002</v>
+        <v>55541.384729999998</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H79" s="3" t="s">
         <v>417</v>
       </c>
       <c r="I79" s="3" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J79" s="5">
-        <v>375.6</v>
+        <v>366.6</v>
       </c>
       <c r="K79" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L79" s="3" t="s">
         <v>418</v>
       </c>
       <c r="M79" s="4">
-        <v>48452.4</v>
+        <v>47291.4</v>
       </c>
       <c r="N79" s="4">
-        <v>56231.432820000002</v>
+        <v>55541.384729999998</v>
       </c>
       <c r="O79" s="3" t="s">
         <v>415</v>
       </c>
       <c r="P79" s="3" t="s">
         <v>419</v>
       </c>
       <c r="Q79" s="3" t="s">
-        <v>146</v>
+        <v>156</v>
       </c>
       <c r="R79" s="3" t="s">
         <v>420</v>
       </c>
       <c r="S79" s="3" t="s">
         <v>421</v>
       </c>
       <c r="T79" s="4">
         <v>1</v>
       </c>
       <c r="W79" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X79" s="4">
         <v>0</v>
       </c>
       <c r="Y79" s="4">
         <v>0</v>
       </c>
       <c r="Z79" s="6">
-        <v>2.3890000000000001E-3</v>
+        <v>2.3449999999999999E-3</v>
       </c>
     </row>
     <row r="80" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A80" s="3" t="s">
         <v>422</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>423</v>
       </c>
       <c r="C80" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D80" s="4">
         <v>200</v>
       </c>
       <c r="E80" s="5">
-        <v>188.08</v>
+        <v>181.98</v>
       </c>
       <c r="F80" s="4">
-        <v>37616</v>
+        <v>36396</v>
       </c>
       <c r="G80" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H80" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I80" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H80" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J80" s="5">
-        <v>188.08</v>
+        <v>181.98</v>
       </c>
       <c r="K80" s="5">
         <v>1</v>
       </c>
       <c r="L80" s="3" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="M80" s="4">
-        <v>37616</v>
+        <v>36396</v>
       </c>
       <c r="N80" s="4">
-        <v>37616</v>
+        <v>36396</v>
       </c>
       <c r="O80" s="3" t="s">
         <v>424</v>
       </c>
       <c r="P80" s="3" t="s">
         <v>425</v>
       </c>
       <c r="Q80" s="3" t="s">
-        <v>146</v>
+        <v>156</v>
       </c>
       <c r="R80" s="3" t="s">
         <v>426</v>
       </c>
       <c r="S80" s="3" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="T80" s="4">
         <v>1</v>
       </c>
       <c r="W80" s="3" t="s">
         <v>422</v>
       </c>
       <c r="X80" s="4">
         <v>0</v>
       </c>
       <c r="Y80" s="4">
         <v>0</v>
       </c>
       <c r="Z80" s="6">
-        <v>1.598E-3</v>
+        <v>1.536E-3</v>
       </c>
     </row>
     <row r="81" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A81" s="3" t="s">
         <v>427</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>428</v>
       </c>
       <c r="C81" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D81" s="4">
         <v>4676</v>
       </c>
       <c r="E81" s="5">
-        <v>21.87</v>
+        <v>24.02</v>
       </c>
       <c r="F81" s="4">
-        <v>102264.12</v>
+        <v>112317.52</v>
       </c>
       <c r="G81" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H81" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I81" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H81" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J81" s="5">
-        <v>21.87</v>
+        <v>24.02</v>
       </c>
       <c r="K81" s="5">
         <v>1</v>
       </c>
       <c r="L81" s="3" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="M81" s="4">
-        <v>102264.12</v>
+        <v>112317.52</v>
       </c>
       <c r="N81" s="4">
-        <v>102264.12</v>
+        <v>112317.52</v>
       </c>
       <c r="O81" s="3" t="s">
         <v>429</v>
       </c>
       <c r="P81" s="3" t="s">
         <v>430</v>
       </c>
       <c r="Q81" s="3" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="R81" s="3" t="s">
         <v>431</v>
       </c>
       <c r="S81" s="3" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="T81" s="4">
         <v>1</v>
       </c>
       <c r="W81" s="3" t="s">
         <v>427</v>
       </c>
       <c r="X81" s="4">
         <v>0</v>
       </c>
       <c r="Y81" s="4">
         <v>0</v>
       </c>
       <c r="Z81" s="6">
-        <v>4.346E-3</v>
+        <v>4.7419999999999997E-3</v>
       </c>
     </row>
     <row r="82" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A82" s="3" t="s">
         <v>432</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>433</v>
       </c>
       <c r="C82" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D82" s="4">
-        <v>813</v>
+        <v>1300</v>
       </c>
       <c r="E82" s="5">
-        <v>54.928832</v>
+        <v>57.524560999999999</v>
       </c>
       <c r="F82" s="4">
-        <v>44657.140009499999</v>
+        <v>74781.929300000003</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H82" s="3" t="s">
         <v>434</v>
       </c>
       <c r="I82" s="3" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J82" s="5">
-        <v>47.33</v>
+        <v>48.98</v>
       </c>
       <c r="K82" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L82" s="3" t="s">
         <v>435</v>
       </c>
       <c r="M82" s="4">
-        <v>38479.29</v>
+        <v>63674</v>
       </c>
       <c r="N82" s="4">
-        <v>44657.140009499999</v>
+        <v>74781.929300000003</v>
       </c>
       <c r="O82" s="3" t="s">
         <v>432</v>
       </c>
       <c r="P82" s="3" t="s">
         <v>436</v>
       </c>
       <c r="Q82" s="3" t="s">
-        <v>109</v>
+        <v>119</v>
       </c>
       <c r="R82" s="3" t="s">
         <v>437</v>
       </c>
       <c r="S82" s="3" t="s">
         <v>438</v>
       </c>
       <c r="T82" s="4">
         <v>1</v>
       </c>
       <c r="W82" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X82" s="4">
         <v>0</v>
       </c>
       <c r="Y82" s="4">
         <v>0</v>
       </c>
       <c r="Z82" s="6">
-        <v>1.897E-3</v>
+        <v>3.1570000000000001E-3</v>
       </c>
     </row>
     <row r="83" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A83" s="3" t="s">
         <v>439</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>440</v>
       </c>
       <c r="C83" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D83" s="4">
         <v>300</v>
       </c>
       <c r="E83" s="5">
-        <v>356.92</v>
+        <v>344.1</v>
       </c>
       <c r="F83" s="4">
-        <v>107076</v>
+        <v>103230</v>
       </c>
       <c r="G83" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H83" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I83" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H83" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J83" s="5">
-        <v>356.92</v>
+        <v>344.1</v>
       </c>
       <c r="K83" s="5">
         <v>1</v>
       </c>
       <c r="L83" s="3" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="M83" s="4">
-        <v>107076</v>
+        <v>103230</v>
       </c>
       <c r="N83" s="4">
-        <v>107076</v>
+        <v>103230</v>
       </c>
       <c r="O83" s="3" t="s">
         <v>441</v>
       </c>
       <c r="P83" s="3" t="s">
         <v>442</v>
       </c>
       <c r="Q83" s="3" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="R83" s="3" t="s">
         <v>443</v>
       </c>
       <c r="S83" s="3" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="T83" s="4">
         <v>1</v>
       </c>
       <c r="W83" s="3" t="s">
         <v>439</v>
       </c>
       <c r="X83" s="4">
         <v>0</v>
       </c>
       <c r="Y83" s="4">
         <v>0</v>
       </c>
       <c r="Z83" s="6">
-        <v>4.5500000000000002E-3</v>
+        <v>4.3579999999999999E-3</v>
       </c>
     </row>
     <row r="84" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A84" s="3" t="s">
         <v>444</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>445</v>
       </c>
       <c r="C84" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D84" s="4">
         <v>451</v>
       </c>
       <c r="E84" s="5">
-        <v>85.706618000000006</v>
+        <v>87.085468000000006</v>
       </c>
       <c r="F84" s="4">
-        <v>38653.684492499997</v>
+        <v>39275.545842500003</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H84" s="3" t="s">
         <v>446</v>
       </c>
       <c r="I84" s="3" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J84" s="5">
-        <v>73.849999999999994</v>
+        <v>74.150000000000006</v>
       </c>
       <c r="K84" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L84" s="3" t="s">
         <v>447</v>
       </c>
       <c r="M84" s="4">
-        <v>33306.35</v>
+        <v>33441.65</v>
       </c>
       <c r="N84" s="4">
-        <v>38653.684492499997</v>
+        <v>39275.545842500003</v>
       </c>
       <c r="O84" s="3" t="s">
         <v>444</v>
       </c>
       <c r="P84" s="3" t="s">
         <v>448</v>
       </c>
       <c r="Q84" s="3" t="s">
-        <v>258</v>
+        <v>228</v>
       </c>
       <c r="R84" s="3" t="s">
         <v>449</v>
       </c>
       <c r="S84" s="3" t="s">
         <v>450</v>
       </c>
       <c r="T84" s="4">
         <v>1</v>
       </c>
       <c r="W84" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X84" s="4">
         <v>0</v>
       </c>
       <c r="Y84" s="4">
         <v>0</v>
       </c>
       <c r="Z84" s="6">
-        <v>1.642E-3</v>
+        <v>1.658E-3</v>
       </c>
     </row>
     <row r="85" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A85" s="3" t="s">
         <v>451</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>452</v>
       </c>
       <c r="C85" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D85" s="4">
+        <v>14</v>
+      </c>
+      <c r="E85" s="5">
+        <v>676.53</v>
+      </c>
+      <c r="F85" s="4">
+        <v>9471.42</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H85" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D85" s="4">
-[...8 lines deleted...]
-      <c r="G85" s="3" t="s">
+      <c r="I85" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H85" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J85" s="5">
-        <v>157.30000000000001</v>
+        <v>676.53</v>
       </c>
       <c r="K85" s="5">
         <v>1</v>
       </c>
       <c r="L85" s="3" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="M85" s="4">
-        <v>31460</v>
+        <v>9471.42</v>
       </c>
       <c r="N85" s="4">
-        <v>31460</v>
+        <v>9471.42</v>
       </c>
       <c r="O85" s="3" t="s">
         <v>453</v>
       </c>
       <c r="P85" s="3" t="s">
         <v>454</v>
       </c>
       <c r="Q85" s="3" t="s">
-        <v>152</v>
+        <v>119</v>
       </c>
       <c r="R85" s="3" t="s">
         <v>455</v>
       </c>
       <c r="S85" s="3" t="s">
-        <v>104</v>
+        <v>142</v>
       </c>
       <c r="T85" s="4">
         <v>1</v>
       </c>
       <c r="W85" s="3" t="s">
         <v>451</v>
       </c>
       <c r="X85" s="4">
         <v>0</v>
       </c>
       <c r="Y85" s="4">
         <v>0</v>
       </c>
       <c r="Z85" s="6">
-        <v>1.3370000000000001E-3</v>
+        <v>3.9899999999999999E-4</v>
       </c>
     </row>
     <row r="86" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A86" s="3" t="s">
         <v>456</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>457</v>
       </c>
       <c r="C86" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D86" s="4">
+        <v>200</v>
+      </c>
+      <c r="E86" s="5">
+        <v>161.96</v>
+      </c>
+      <c r="F86" s="4">
+        <v>32392</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H86" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D86" s="4">
-[...8 lines deleted...]
-      <c r="G86" s="3" t="s">
+      <c r="I86" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H86" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J86" s="5">
-        <v>308.58</v>
+        <v>161.96</v>
       </c>
       <c r="K86" s="5">
         <v>1</v>
       </c>
       <c r="L86" s="3" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="M86" s="4">
-        <v>185456.58</v>
+        <v>32392</v>
       </c>
       <c r="N86" s="4">
-        <v>185456.58</v>
+        <v>32392</v>
       </c>
       <c r="O86" s="3" t="s">
         <v>458</v>
       </c>
       <c r="P86" s="3" t="s">
         <v>459</v>
       </c>
       <c r="Q86" s="3" t="s">
-        <v>174</v>
+        <v>162</v>
       </c>
       <c r="R86" s="3" t="s">
         <v>460</v>
       </c>
       <c r="S86" s="3" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="T86" s="4">
         <v>1</v>
       </c>
       <c r="W86" s="3" t="s">
         <v>456</v>
       </c>
       <c r="X86" s="4">
         <v>0</v>
       </c>
       <c r="Y86" s="4">
         <v>0</v>
       </c>
       <c r="Z86" s="6">
-        <v>7.8810000000000009E-3</v>
+        <v>1.3669999999999999E-3</v>
       </c>
     </row>
     <row r="87" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A87" s="3" t="s">
         <v>461</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>462</v>
       </c>
       <c r="C87" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D87" s="4">
+        <v>601</v>
+      </c>
+      <c r="E87" s="5">
+        <v>296.20999999999998</v>
+      </c>
+      <c r="F87" s="4">
+        <v>178022.21</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H87" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D87" s="4">
+      <c r="I87" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J87" s="5">
+        <v>296.20999999999998</v>
+      </c>
+      <c r="K87" s="5">
+        <v>1</v>
+      </c>
+      <c r="L87" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="E87" s="5">
-[...22 lines deleted...]
-      </c>
       <c r="M87" s="4">
-        <v>63408</v>
+        <v>178022.21</v>
       </c>
       <c r="N87" s="4">
-        <v>63408</v>
+        <v>178022.21</v>
       </c>
       <c r="O87" s="3" t="s">
         <v>463</v>
       </c>
       <c r="P87" s="3" t="s">
         <v>464</v>
       </c>
       <c r="Q87" s="3" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="R87" s="3" t="s">
         <v>465</v>
       </c>
       <c r="S87" s="3" t="s">
-        <v>132</v>
+        <v>114</v>
       </c>
       <c r="T87" s="4">
         <v>1</v>
       </c>
       <c r="W87" s="3" t="s">
         <v>461</v>
       </c>
       <c r="X87" s="4">
         <v>0</v>
       </c>
       <c r="Y87" s="4">
         <v>0</v>
       </c>
       <c r="Z87" s="6">
-        <v>2.6940000000000002E-3</v>
+        <v>7.5160000000000001E-3</v>
       </c>
     </row>
     <row r="88" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A88" s="3" t="s">
         <v>466</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>467</v>
       </c>
       <c r="C88" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D88" s="4">
+        <v>87</v>
+      </c>
+      <c r="E88" s="5">
+        <v>662.42</v>
+      </c>
+      <c r="F88" s="4">
+        <v>57630.54</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H88" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D88" s="4">
+      <c r="I88" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J88" s="5">
+        <v>662.42</v>
+      </c>
+      <c r="K88" s="5">
+        <v>1</v>
+      </c>
+      <c r="L88" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="E88" s="5">
-[...22 lines deleted...]
-      </c>
       <c r="M88" s="4">
-        <v>57348</v>
+        <v>57630.54</v>
       </c>
       <c r="N88" s="4">
-        <v>57348</v>
+        <v>57630.54</v>
       </c>
       <c r="O88" s="3" t="s">
         <v>468</v>
       </c>
       <c r="P88" s="3" t="s">
         <v>469</v>
       </c>
       <c r="Q88" s="3" t="s">
-        <v>109</v>
+        <v>179</v>
       </c>
       <c r="R88" s="3" t="s">
         <v>470</v>
       </c>
       <c r="S88" s="3" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="T88" s="4">
         <v>1</v>
       </c>
       <c r="W88" s="3" t="s">
         <v>466</v>
       </c>
       <c r="X88" s="4">
         <v>0</v>
       </c>
       <c r="Y88" s="4">
         <v>0</v>
       </c>
       <c r="Z88" s="6">
-        <v>2.4369999999999999E-3</v>
+        <v>2.4329999999999998E-3</v>
       </c>
     </row>
     <row r="89" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A89" s="3" t="s">
         <v>471</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>472</v>
       </c>
       <c r="C89" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D89" s="4">
         <v>100</v>
       </c>
       <c r="E89" s="5">
-        <v>230.01</v>
+        <v>566.36</v>
       </c>
       <c r="F89" s="4">
-        <v>23001</v>
+        <v>56636</v>
       </c>
       <c r="G89" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H89" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I89" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H89" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J89" s="5">
-        <v>230.01</v>
+        <v>566.36</v>
       </c>
       <c r="K89" s="5">
         <v>1</v>
       </c>
       <c r="L89" s="3" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="M89" s="4">
-        <v>23001</v>
+        <v>56636</v>
       </c>
       <c r="N89" s="4">
-        <v>23001</v>
+        <v>56636</v>
       </c>
       <c r="O89" s="3" t="s">
         <v>473</v>
       </c>
       <c r="P89" s="3" t="s">
         <v>474</v>
       </c>
       <c r="Q89" s="3" t="s">
-        <v>109</v>
+        <v>119</v>
       </c>
       <c r="R89" s="3" t="s">
         <v>475</v>
       </c>
       <c r="S89" s="3" t="s">
-        <v>104</v>
+        <v>142</v>
       </c>
       <c r="T89" s="4">
         <v>1</v>
       </c>
       <c r="W89" s="3" t="s">
         <v>471</v>
       </c>
       <c r="X89" s="4">
         <v>0</v>
       </c>
       <c r="Y89" s="4">
         <v>0</v>
       </c>
       <c r="Z89" s="6">
-        <v>9.77E-4</v>
+        <v>2.3909999999999999E-3</v>
       </c>
     </row>
     <row r="90" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A90" s="3" t="s">
         <v>476</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>477</v>
       </c>
       <c r="C90" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D90" s="4">
+        <v>100</v>
+      </c>
+      <c r="E90" s="5">
+        <v>225.41</v>
+      </c>
+      <c r="F90" s="4">
+        <v>22541</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H90" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D90" s="4">
-[...8 lines deleted...]
-      <c r="G90" s="3" t="s">
+      <c r="I90" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H90" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J90" s="5">
-        <v>313.08</v>
+        <v>225.41</v>
       </c>
       <c r="K90" s="5">
         <v>1</v>
       </c>
       <c r="L90" s="3" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="M90" s="4">
-        <v>332804.03999999998</v>
+        <v>22541</v>
       </c>
       <c r="N90" s="4">
-        <v>332804.03999999998</v>
+        <v>22541</v>
       </c>
       <c r="O90" s="3" t="s">
         <v>478</v>
       </c>
       <c r="P90" s="3" t="s">
         <v>479</v>
       </c>
       <c r="Q90" s="3" t="s">
-        <v>152</v>
+        <v>119</v>
       </c>
       <c r="R90" s="3" t="s">
         <v>480</v>
       </c>
       <c r="S90" s="3" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="T90" s="4">
         <v>1</v>
       </c>
       <c r="W90" s="3" t="s">
         <v>476</v>
       </c>
       <c r="X90" s="4">
         <v>0</v>
       </c>
       <c r="Y90" s="4">
         <v>0</v>
       </c>
       <c r="Z90" s="6">
-        <v>1.4142999999999999E-2</v>
+        <v>9.5100000000000002E-4</v>
       </c>
     </row>
     <row r="91" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A91" s="3" t="s">
         <v>481</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>482</v>
       </c>
       <c r="C91" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D91" s="4">
+        <v>1063</v>
+      </c>
+      <c r="E91" s="5">
+        <v>322.22000000000003</v>
+      </c>
+      <c r="F91" s="4">
+        <v>342519.86</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H91" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D91" s="4">
-[...8 lines deleted...]
-      <c r="G91" s="3" t="s">
+      <c r="I91" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H91" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J91" s="5">
-        <v>206.92</v>
+        <v>322.22000000000003</v>
       </c>
       <c r="K91" s="5">
         <v>1</v>
       </c>
       <c r="L91" s="3" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="M91" s="4">
-        <v>50074.64</v>
+        <v>342519.86</v>
       </c>
       <c r="N91" s="4">
-        <v>50074.64</v>
+        <v>342519.86</v>
       </c>
       <c r="O91" s="3" t="s">
         <v>483</v>
       </c>
       <c r="P91" s="3" t="s">
         <v>484</v>
       </c>
       <c r="Q91" s="3" t="s">
-        <v>109</v>
+        <v>162</v>
       </c>
       <c r="R91" s="3" t="s">
         <v>485</v>
       </c>
       <c r="S91" s="3" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="T91" s="4">
         <v>1</v>
       </c>
       <c r="W91" s="3" t="s">
         <v>481</v>
       </c>
       <c r="X91" s="4">
         <v>0</v>
       </c>
       <c r="Y91" s="4">
         <v>0</v>
       </c>
       <c r="Z91" s="6">
-        <v>2.1280000000000001E-3</v>
+        <v>1.4461999999999999E-2</v>
       </c>
     </row>
     <row r="92" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A92" s="3" t="s">
         <v>486</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>487</v>
       </c>
       <c r="C92" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D92" s="4">
+        <v>242</v>
+      </c>
+      <c r="E92" s="5">
+        <v>206.95</v>
+      </c>
+      <c r="F92" s="4">
+        <v>50081.9</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H92" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D92" s="4">
-[...8 lines deleted...]
-      <c r="G92" s="3" t="s">
+      <c r="I92" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H92" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J92" s="5">
-        <v>231</v>
+        <v>206.95</v>
       </c>
       <c r="K92" s="5">
-        <v>0.86166041962862439</v>
+        <v>1</v>
       </c>
       <c r="L92" s="3" t="s">
-        <v>418</v>
+        <v>100</v>
       </c>
       <c r="M92" s="4">
-        <v>75075</v>
+        <v>50081.9</v>
       </c>
       <c r="N92" s="4">
-        <v>87128.291249999995</v>
+        <v>50081.9</v>
       </c>
       <c r="O92" s="3" t="s">
+        <v>488</v>
+      </c>
+      <c r="P92" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="Q92" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="R92" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="S92" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="T92" s="4">
+        <v>1</v>
+      </c>
+      <c r="W92" s="3" t="s">
         <v>486</v>
       </c>
-      <c r="P92" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X92" s="4">
         <v>0</v>
       </c>
       <c r="Y92" s="4">
         <v>0</v>
       </c>
       <c r="Z92" s="6">
-        <v>3.702E-3</v>
+        <v>2.114E-3</v>
       </c>
     </row>
     <row r="93" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A93" s="3" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="B93" s="3" t="s">
+        <v>492</v>
+      </c>
+      <c r="C93" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D93" s="4">
+        <v>325</v>
+      </c>
+      <c r="E93" s="5">
+        <v>275.87830500000001</v>
+      </c>
+      <c r="F93" s="4">
+        <v>89660.449124999999</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H93" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="I93" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="J93" s="5">
+        <v>234.9</v>
+      </c>
+      <c r="K93" s="5">
+        <v>0.85146238664906981</v>
+      </c>
+      <c r="L93" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="M93" s="4">
+        <v>76342.5</v>
+      </c>
+      <c r="N93" s="4">
+        <v>89660.449124999999</v>
+      </c>
+      <c r="O93" s="3" t="s">
         <v>491</v>
       </c>
-      <c r="C93" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P93" s="3" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="Q93" s="3" t="s">
-        <v>174</v>
+        <v>228</v>
       </c>
       <c r="R93" s="3" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="S93" s="3" t="s">
-        <v>438</v>
+        <v>421</v>
       </c>
       <c r="T93" s="4">
         <v>1</v>
       </c>
       <c r="W93" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X93" s="4">
         <v>0</v>
       </c>
       <c r="Y93" s="4">
         <v>0</v>
       </c>
       <c r="Z93" s="6">
-        <v>4.2579999999999996E-3</v>
+        <v>3.7850000000000002E-3</v>
       </c>
     </row>
     <row r="94" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A94" s="3" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="B94" s="3" t="s">
+        <v>496</v>
+      </c>
+      <c r="C94" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D94" s="4">
+        <v>414</v>
+      </c>
+      <c r="E94" s="5">
+        <v>244.69665800000001</v>
+      </c>
+      <c r="F94" s="4">
+        <v>101304.416205</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H94" s="3" t="s">
+        <v>434</v>
+      </c>
+      <c r="I94" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="J94" s="5">
+        <v>208.35</v>
+      </c>
+      <c r="K94" s="5">
+        <v>0.85146238664906981</v>
+      </c>
+      <c r="L94" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="M94" s="4">
+        <v>86256.9</v>
+      </c>
+      <c r="N94" s="4">
+        <v>101304.416205</v>
+      </c>
+      <c r="O94" s="3" t="s">
         <v>495</v>
-      </c>
-[...37 lines deleted...]
-        <v>496</v>
       </c>
       <c r="P94" s="3" t="s">
         <v>497</v>
       </c>
       <c r="Q94" s="3" t="s">
-        <v>109</v>
+        <v>179</v>
       </c>
       <c r="R94" s="3" t="s">
         <v>498</v>
       </c>
       <c r="S94" s="3" t="s">
-        <v>104</v>
+        <v>438</v>
       </c>
       <c r="T94" s="4">
         <v>1</v>
       </c>
       <c r="W94" s="3" t="s">
-        <v>494</v>
+        <v>34</v>
       </c>
       <c r="X94" s="4">
         <v>0</v>
       </c>
       <c r="Y94" s="4">
         <v>0</v>
       </c>
       <c r="Z94" s="6">
-        <v>2.6949999999999999E-3</v>
+        <v>4.2770000000000004E-3</v>
       </c>
     </row>
     <row r="95" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A95" s="3" t="s">
         <v>499</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>500</v>
       </c>
       <c r="C95" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D95" s="4">
+        <v>426</v>
+      </c>
+      <c r="E95" s="5">
+        <v>250.88</v>
+      </c>
+      <c r="F95" s="4">
+        <v>106874.88</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H95" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D95" s="4">
-[...8 lines deleted...]
-      <c r="G95" s="3" t="s">
+      <c r="I95" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H95" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J95" s="5">
-        <v>156</v>
+        <v>250.88</v>
       </c>
       <c r="K95" s="5">
         <v>1</v>
       </c>
       <c r="L95" s="3" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="M95" s="4">
-        <v>19812</v>
+        <v>106874.88</v>
       </c>
       <c r="N95" s="4">
-        <v>19812</v>
+        <v>106874.88</v>
       </c>
       <c r="O95" s="3" t="s">
         <v>501</v>
       </c>
       <c r="P95" s="3" t="s">
         <v>502</v>
       </c>
       <c r="Q95" s="3" t="s">
-        <v>174</v>
+        <v>119</v>
       </c>
       <c r="R95" s="3" t="s">
         <v>503</v>
       </c>
       <c r="S95" s="3" t="s">
-        <v>132</v>
+        <v>114</v>
       </c>
       <c r="T95" s="4">
         <v>1</v>
       </c>
       <c r="W95" s="3" t="s">
         <v>499</v>
       </c>
       <c r="X95" s="4">
         <v>0</v>
       </c>
       <c r="Y95" s="4">
         <v>0</v>
       </c>
       <c r="Z95" s="6">
-        <v>8.4099999999999995E-4</v>
+        <v>4.5120000000000004E-3</v>
       </c>
     </row>
     <row r="96" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A96" s="3" t="s">
         <v>504</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>505</v>
       </c>
       <c r="C96" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D96" s="4">
+        <v>127</v>
+      </c>
+      <c r="E96" s="5">
+        <v>171.18</v>
+      </c>
+      <c r="F96" s="4">
+        <v>21739.86</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H96" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D96" s="4">
-[...8 lines deleted...]
-      <c r="G96" s="3" t="s">
+      <c r="I96" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H96" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J96" s="5">
-        <v>41.25</v>
+        <v>171.18</v>
       </c>
       <c r="K96" s="5">
-        <v>0.86166041962862439</v>
+        <v>1</v>
       </c>
       <c r="L96" s="3" t="s">
-        <v>435</v>
+        <v>100</v>
       </c>
       <c r="M96" s="4">
-        <v>32546.25</v>
+        <v>21739.86</v>
       </c>
       <c r="N96" s="4">
-        <v>37771.550437500002</v>
+        <v>21739.86</v>
       </c>
       <c r="O96" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="P96" s="3" t="s">
+        <v>507</v>
+      </c>
+      <c r="Q96" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="R96" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="S96" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="T96" s="4">
+        <v>1</v>
+      </c>
+      <c r="W96" s="3" t="s">
         <v>504</v>
       </c>
-      <c r="P96" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X96" s="4">
         <v>0</v>
       </c>
       <c r="Y96" s="4">
         <v>0</v>
       </c>
       <c r="Z96" s="6">
-        <v>1.6050000000000001E-3</v>
+        <v>9.1699999999999995E-4</v>
       </c>
     </row>
     <row r="97" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A97" s="3" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="C97" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D97" s="4">
-        <v>176</v>
+        <v>789</v>
       </c>
       <c r="E97" s="5">
-        <v>432.072765</v>
+        <v>47.870581999999999</v>
       </c>
       <c r="F97" s="4">
-        <v>76044.806639999995</v>
+        <v>37769.889197999997</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H97" s="3" t="s">
         <v>434</v>
       </c>
       <c r="I97" s="3" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J97" s="5">
-        <v>372.3</v>
+        <v>40.76</v>
       </c>
       <c r="K97" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L97" s="3" t="s">
         <v>435</v>
       </c>
       <c r="M97" s="4">
-        <v>65524.800000000003</v>
+        <v>32159.64</v>
       </c>
       <c r="N97" s="4">
-        <v>76044.806639999995</v>
+        <v>37769.889197999997</v>
       </c>
       <c r="O97" s="3" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="P97" s="3" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="Q97" s="3" t="s">
-        <v>152</v>
+        <v>119</v>
       </c>
       <c r="R97" s="3" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="S97" s="3" t="s">
         <v>438</v>
       </c>
       <c r="T97" s="4">
         <v>1</v>
       </c>
       <c r="W97" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X97" s="4">
         <v>0</v>
       </c>
       <c r="Y97" s="4">
         <v>0</v>
       </c>
       <c r="Z97" s="6">
-        <v>3.2309999999999999E-3</v>
+        <v>1.5939999999999999E-3</v>
       </c>
     </row>
     <row r="98" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A98" s="3" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="B98" s="3" t="s">
+        <v>514</v>
+      </c>
+      <c r="C98" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D98" s="4">
+        <v>176</v>
+      </c>
+      <c r="E98" s="5">
+        <v>458.622725</v>
+      </c>
+      <c r="F98" s="4">
+        <v>80717.599600000001</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H98" s="3" t="s">
+        <v>434</v>
+      </c>
+      <c r="I98" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="J98" s="5">
+        <v>390.5</v>
+      </c>
+      <c r="K98" s="5">
+        <v>0.85146238664906981</v>
+      </c>
+      <c r="L98" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="M98" s="4">
+        <v>68728</v>
+      </c>
+      <c r="N98" s="4">
+        <v>80717.599600000001</v>
+      </c>
+      <c r="O98" s="3" t="s">
         <v>513</v>
       </c>
-      <c r="C98" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P98" s="3" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="Q98" s="3" t="s">
-        <v>119</v>
+        <v>162</v>
       </c>
       <c r="R98" s="3" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="S98" s="3" t="s">
-        <v>421</v>
+        <v>438</v>
       </c>
       <c r="T98" s="4">
         <v>1</v>
       </c>
       <c r="W98" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X98" s="4">
         <v>0</v>
       </c>
       <c r="Y98" s="4">
         <v>0</v>
       </c>
       <c r="Z98" s="6">
-        <v>9.3199999999999999E-4</v>
+        <v>3.408E-3</v>
       </c>
     </row>
     <row r="99" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A99" s="3" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="B99" s="3" t="s">
+        <v>518</v>
+      </c>
+      <c r="C99" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D99" s="4">
+        <v>9</v>
+      </c>
+      <c r="E99" s="5">
+        <v>2492.1828999999998</v>
+      </c>
+      <c r="F99" s="4">
+        <v>22429.646100000002</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H99" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="I99" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="J99" s="5">
+        <v>2122</v>
+      </c>
+      <c r="K99" s="5">
+        <v>0.85146238664906981</v>
+      </c>
+      <c r="L99" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="M99" s="4">
+        <v>19098</v>
+      </c>
+      <c r="N99" s="4">
+        <v>22429.646100000002</v>
+      </c>
+      <c r="O99" s="3" t="s">
         <v>517</v>
-      </c>
-[...37 lines deleted...]
-        <v>518</v>
       </c>
       <c r="P99" s="3" t="s">
         <v>519</v>
       </c>
       <c r="Q99" s="3" t="s">
-        <v>258</v>
+        <v>129</v>
       </c>
       <c r="R99" s="3" t="s">
         <v>520</v>
       </c>
       <c r="S99" s="3" t="s">
-        <v>104</v>
+        <v>421</v>
       </c>
       <c r="T99" s="4">
         <v>1</v>
       </c>
       <c r="W99" s="3" t="s">
-        <v>516</v>
+        <v>34</v>
       </c>
       <c r="X99" s="4">
         <v>0</v>
       </c>
       <c r="Y99" s="4">
         <v>0</v>
       </c>
       <c r="Z99" s="6">
-        <v>2.1199999999999999E-3</v>
+        <v>9.4700000000000003E-4</v>
       </c>
     </row>
     <row r="100" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A100" s="3" t="s">
         <v>521</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>522</v>
       </c>
       <c r="C100" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D100" s="4">
+        <v>100</v>
+      </c>
+      <c r="E100" s="5">
+        <v>485.58</v>
+      </c>
+      <c r="F100" s="4">
+        <v>48558</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H100" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D100" s="4">
-[...8 lines deleted...]
-      <c r="G100" s="3" t="s">
+      <c r="I100" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H100" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J100" s="5">
-        <v>544</v>
+        <v>485.58</v>
       </c>
       <c r="K100" s="5">
-        <v>0.86166041962862439</v>
+        <v>1</v>
       </c>
       <c r="L100" s="3" t="s">
-        <v>435</v>
+        <v>100</v>
       </c>
       <c r="M100" s="4">
-        <v>42976</v>
+        <v>48558</v>
       </c>
       <c r="N100" s="4">
-        <v>49875.796799999996</v>
+        <v>48558</v>
       </c>
       <c r="O100" s="3" t="s">
+        <v>523</v>
+      </c>
+      <c r="P100" s="3" t="s">
+        <v>524</v>
+      </c>
+      <c r="Q100" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="R100" s="3" t="s">
+        <v>525</v>
+      </c>
+      <c r="S100" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="T100" s="4">
+        <v>1</v>
+      </c>
+      <c r="W100" s="3" t="s">
         <v>521</v>
       </c>
-      <c r="P100" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X100" s="4">
         <v>0</v>
       </c>
       <c r="Y100" s="4">
         <v>0</v>
       </c>
       <c r="Z100" s="6">
-        <v>2.1189999999999998E-3</v>
+        <v>2.0500000000000002E-3</v>
       </c>
     </row>
     <row r="101" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A101" s="3" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="B101" s="3" t="s">
+        <v>527</v>
+      </c>
+      <c r="C101" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D101" s="4">
+        <v>79</v>
+      </c>
+      <c r="E101" s="5">
+        <v>660.27579000000003</v>
+      </c>
+      <c r="F101" s="4">
+        <v>52161.787409999997</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H101" s="3" t="s">
+        <v>434</v>
+      </c>
+      <c r="I101" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="J101" s="5">
+        <v>562.20000000000005</v>
+      </c>
+      <c r="K101" s="5">
+        <v>0.85146238664906981</v>
+      </c>
+      <c r="L101" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="M101" s="4">
+        <v>44413.8</v>
+      </c>
+      <c r="N101" s="4">
+        <v>52161.787409999997</v>
+      </c>
+      <c r="O101" s="3" t="s">
         <v>526</v>
-      </c>
-[...37 lines deleted...]
-        <v>527</v>
       </c>
       <c r="P101" s="3" t="s">
         <v>528</v>
       </c>
       <c r="Q101" s="3" t="s">
-        <v>109</v>
+        <v>162</v>
       </c>
       <c r="R101" s="3" t="s">
         <v>529</v>
       </c>
       <c r="S101" s="3" t="s">
-        <v>104</v>
+        <v>438</v>
       </c>
       <c r="T101" s="4">
         <v>1</v>
       </c>
       <c r="W101" s="3" t="s">
-        <v>525</v>
+        <v>34</v>
       </c>
       <c r="X101" s="4">
         <v>0</v>
       </c>
       <c r="Y101" s="4">
         <v>0</v>
       </c>
       <c r="Z101" s="6">
-        <v>3.656E-3</v>
+        <v>2.202E-3</v>
       </c>
     </row>
     <row r="102" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A102" s="3" t="s">
         <v>530</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>531</v>
       </c>
       <c r="C102" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D102" s="4">
+        <v>85</v>
+      </c>
+      <c r="E102" s="5">
+        <v>1074.68</v>
+      </c>
+      <c r="F102" s="4">
+        <v>91347.8</v>
+      </c>
+      <c r="G102" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H102" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D102" s="4">
-[...8 lines deleted...]
-      <c r="G102" s="3" t="s">
+      <c r="I102" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H102" s="3" t="s">
+      <c r="J102" s="5">
+        <v>1074.68</v>
+      </c>
+      <c r="K102" s="5">
+        <v>1</v>
+      </c>
+      <c r="L102" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M102" s="4">
+        <v>91347.8</v>
+      </c>
+      <c r="N102" s="4">
+        <v>91347.8</v>
+      </c>
+      <c r="O102" s="3" t="s">
         <v>532</v>
       </c>
-      <c r="I102" s="3" t="s">
-[...8 lines deleted...]
-      <c r="L102" s="3" t="s">
+      <c r="P102" s="3" t="s">
         <v>533</v>
       </c>
-      <c r="M102" s="4">
-[...5 lines deleted...]
-      <c r="O102" s="3" t="s">
+      <c r="Q102" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="R102" s="3" t="s">
+        <v>534</v>
+      </c>
+      <c r="S102" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="T102" s="4">
+        <v>1</v>
+      </c>
+      <c r="W102" s="3" t="s">
         <v>530</v>
       </c>
-      <c r="P102" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X102" s="4">
         <v>0</v>
       </c>
       <c r="Y102" s="4">
         <v>0</v>
       </c>
       <c r="Z102" s="6">
-        <v>3.8809999999999999E-3</v>
+        <v>3.8570000000000002E-3</v>
       </c>
     </row>
     <row r="103" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A103" s="3" t="s">
+        <v>535</v>
+      </c>
+      <c r="B103" s="3" t="s">
+        <v>536</v>
+      </c>
+      <c r="C103" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D103" s="4">
+        <v>4239</v>
+      </c>
+      <c r="E103" s="5">
+        <v>23.547723000000001</v>
+      </c>
+      <c r="F103" s="4">
+        <v>99818.795677500006</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H103" s="3" t="s">
         <v>537</v>
       </c>
-      <c r="B103" s="3" t="s">
+      <c r="I103" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="J103" s="5">
+        <v>20.05</v>
+      </c>
+      <c r="K103" s="5">
+        <v>0.85146238664906981</v>
+      </c>
+      <c r="L103" s="3" t="s">
         <v>538</v>
       </c>
-      <c r="C103" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="M103" s="4">
-        <v>41936.639999999999</v>
+        <v>84991.95</v>
       </c>
       <c r="N103" s="4">
-        <v>48669.567552</v>
+        <v>99818.795677500006</v>
       </c>
       <c r="O103" s="3" t="s">
-        <v>537</v>
+        <v>535</v>
       </c>
       <c r="P103" s="3" t="s">
         <v>539</v>
       </c>
       <c r="Q103" s="3" t="s">
-        <v>109</v>
+        <v>162</v>
       </c>
       <c r="R103" s="3" t="s">
         <v>540</v>
       </c>
       <c r="S103" s="3" t="s">
-        <v>421</v>
+        <v>541</v>
       </c>
       <c r="T103" s="4">
         <v>1</v>
       </c>
       <c r="W103" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X103" s="4">
         <v>0</v>
       </c>
       <c r="Y103" s="4">
         <v>0</v>
       </c>
       <c r="Z103" s="6">
-        <v>2.068E-3</v>
+        <v>4.2139999999999999E-3</v>
       </c>
     </row>
     <row r="104" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A104" s="3" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="B104" s="3" t="s">
+        <v>543</v>
+      </c>
+      <c r="C104" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D104" s="4">
+        <v>489</v>
+      </c>
+      <c r="E104" s="5">
+        <v>97.150503999999998</v>
+      </c>
+      <c r="F104" s="4">
+        <v>47506.596455999999</v>
+      </c>
+      <c r="G104" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H104" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="I104" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="J104" s="5">
+        <v>82.72</v>
+      </c>
+      <c r="K104" s="5">
+        <v>0.85146238664906981</v>
+      </c>
+      <c r="L104" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="M104" s="4">
+        <v>40450.080000000002</v>
+      </c>
+      <c r="N104" s="4">
+        <v>47506.596455999999</v>
+      </c>
+      <c r="O104" s="3" t="s">
         <v>542</v>
       </c>
-      <c r="C104" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P104" s="3" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="Q104" s="3" t="s">
-        <v>152</v>
+        <v>119</v>
       </c>
       <c r="R104" s="3" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="S104" s="3" t="s">
-        <v>536</v>
+        <v>421</v>
       </c>
       <c r="T104" s="4">
         <v>1</v>
       </c>
       <c r="W104" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X104" s="4">
         <v>0</v>
       </c>
       <c r="Y104" s="4">
         <v>0</v>
       </c>
       <c r="Z104" s="6">
-        <v>4.3940000000000003E-3</v>
+        <v>2.0049999999999998E-3</v>
       </c>
     </row>
     <row r="105" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A105" s="3" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="C105" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D105" s="4">
-        <v>200</v>
+        <v>9639</v>
       </c>
       <c r="E105" s="5">
-        <v>183.45</v>
+        <v>11.826712000000001</v>
       </c>
       <c r="F105" s="4">
-        <v>36690</v>
+        <v>113997.6721485</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H105" s="3" t="s">
-        <v>88</v>
+        <v>537</v>
       </c>
       <c r="I105" s="3" t="s">
-        <v>89</v>
+        <v>59</v>
       </c>
       <c r="J105" s="5">
-        <v>183.45</v>
+        <v>10.07</v>
       </c>
       <c r="K105" s="5">
-        <v>1</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L105" s="3" t="s">
-        <v>90</v>
+        <v>538</v>
       </c>
       <c r="M105" s="4">
-        <v>36690</v>
+        <v>97064.73</v>
       </c>
       <c r="N105" s="4">
-        <v>36690</v>
+        <v>113997.6721485</v>
       </c>
       <c r="O105" s="3" t="s">
         <v>546</v>
       </c>
       <c r="P105" s="3" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="Q105" s="3" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="R105" s="3" t="s">
         <v>548</v>
       </c>
       <c r="S105" s="3" t="s">
-        <v>104</v>
+        <v>541</v>
       </c>
       <c r="T105" s="4">
         <v>1</v>
       </c>
       <c r="W105" s="3" t="s">
-        <v>544</v>
+        <v>34</v>
       </c>
       <c r="X105" s="4">
         <v>0</v>
       </c>
       <c r="Y105" s="4">
         <v>0</v>
       </c>
       <c r="Z105" s="6">
-        <v>1.5590000000000001E-3</v>
+        <v>4.8129999999999996E-3</v>
       </c>
     </row>
     <row r="106" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A106" s="3" t="s">
         <v>549</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>550</v>
       </c>
       <c r="C106" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D106" s="4">
+        <v>200</v>
+      </c>
+      <c r="E106" s="5">
+        <v>185.52</v>
+      </c>
+      <c r="F106" s="4">
+        <v>37104</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H106" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D106" s="4">
-[...8 lines deleted...]
-      <c r="G106" s="3" t="s">
+      <c r="I106" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H106" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J106" s="5">
-        <v>228.3</v>
+        <v>185.52</v>
       </c>
       <c r="K106" s="5">
-        <v>0.86166041962862439</v>
+        <v>1</v>
       </c>
       <c r="L106" s="3" t="s">
-        <v>435</v>
+        <v>100</v>
       </c>
       <c r="M106" s="4">
-        <v>73056</v>
+        <v>37104</v>
       </c>
       <c r="N106" s="4">
-        <v>84785.140799999994</v>
+        <v>37104</v>
       </c>
       <c r="O106" s="3" t="s">
+        <v>551</v>
+      </c>
+      <c r="P106" s="3" t="s">
+        <v>552</v>
+      </c>
+      <c r="Q106" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="R106" s="3" t="s">
+        <v>553</v>
+      </c>
+      <c r="S106" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="T106" s="4">
+        <v>1</v>
+      </c>
+      <c r="W106" s="3" t="s">
         <v>549</v>
       </c>
-      <c r="P106" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X106" s="4">
         <v>0</v>
       </c>
       <c r="Y106" s="4">
         <v>0</v>
       </c>
       <c r="Z106" s="6">
-        <v>3.6029999999999999E-3</v>
+        <v>1.5659999999999999E-3</v>
       </c>
     </row>
     <row r="107" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A107" s="3" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="C107" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D107" s="4">
-        <v>926</v>
+        <v>320</v>
       </c>
       <c r="E107" s="5">
-        <v>35.524436000000001</v>
+        <v>280.86971799999998</v>
       </c>
       <c r="F107" s="4">
-        <v>32895.627272999998</v>
+        <v>89878.309599999993</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H107" s="3" t="s">
         <v>434</v>
       </c>
       <c r="I107" s="3" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J107" s="5">
-        <v>30.61</v>
+        <v>239.15</v>
       </c>
       <c r="K107" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L107" s="3" t="s">
         <v>435</v>
       </c>
       <c r="M107" s="4">
-        <v>28344.86</v>
+        <v>76528</v>
       </c>
       <c r="N107" s="4">
-        <v>32895.627272999998</v>
+        <v>89878.309599999993</v>
       </c>
       <c r="O107" s="3" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="P107" s="3" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="Q107" s="3" t="s">
-        <v>152</v>
+        <v>228</v>
       </c>
       <c r="R107" s="3" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="S107" s="3" t="s">
         <v>438</v>
       </c>
       <c r="T107" s="4">
         <v>1</v>
       </c>
       <c r="W107" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X107" s="4">
         <v>0</v>
       </c>
       <c r="Y107" s="4">
         <v>0</v>
       </c>
       <c r="Z107" s="6">
-        <v>1.3979999999999999E-3</v>
+        <v>3.7950000000000002E-3</v>
       </c>
     </row>
     <row r="108" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A108" s="3" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="B108" s="3" t="s">
+        <v>559</v>
+      </c>
+      <c r="C108" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D108" s="4">
+        <v>926</v>
+      </c>
+      <c r="E108" s="5">
+        <v>38.886040000000001</v>
+      </c>
+      <c r="F108" s="4">
+        <v>36008.472577</v>
+      </c>
+      <c r="G108" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H108" s="3" t="s">
+        <v>434</v>
+      </c>
+      <c r="I108" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="J108" s="5">
+        <v>33.11</v>
+      </c>
+      <c r="K108" s="5">
+        <v>0.85146238664906981</v>
+      </c>
+      <c r="L108" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="M108" s="4">
+        <v>30659.86</v>
+      </c>
+      <c r="N108" s="4">
+        <v>36008.472577</v>
+      </c>
+      <c r="O108" s="3" t="s">
         <v>558</v>
-      </c>
-[...37 lines deleted...]
-        <v>559</v>
       </c>
       <c r="P108" s="3" t="s">
         <v>560</v>
       </c>
       <c r="Q108" s="3" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="R108" s="3" t="s">
         <v>561</v>
       </c>
       <c r="S108" s="3" t="s">
-        <v>104</v>
+        <v>438</v>
       </c>
       <c r="T108" s="4">
         <v>1</v>
       </c>
       <c r="W108" s="3" t="s">
-        <v>557</v>
+        <v>34</v>
       </c>
       <c r="X108" s="4">
         <v>0</v>
       </c>
       <c r="Y108" s="4">
         <v>0</v>
       </c>
       <c r="Z108" s="6">
-        <v>7.0190000000000001E-3</v>
+        <v>1.5200000000000001E-3</v>
       </c>
     </row>
     <row r="109" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A109" s="3" t="s">
         <v>562</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>563</v>
       </c>
       <c r="C109" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D109" s="4">
         <v>300</v>
       </c>
       <c r="E109" s="5">
-        <v>311.82</v>
+        <v>570.88</v>
       </c>
       <c r="F109" s="4">
-        <v>93546</v>
+        <v>171264</v>
       </c>
       <c r="G109" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H109" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I109" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H109" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J109" s="5">
-        <v>311.82</v>
+        <v>570.88</v>
       </c>
       <c r="K109" s="5">
         <v>1</v>
       </c>
       <c r="L109" s="3" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="M109" s="4">
-        <v>93546</v>
+        <v>171264</v>
       </c>
       <c r="N109" s="4">
-        <v>93546</v>
+        <v>171264</v>
       </c>
       <c r="O109" s="3" t="s">
         <v>564</v>
       </c>
       <c r="P109" s="3" t="s">
         <v>565</v>
       </c>
       <c r="Q109" s="3" t="s">
-        <v>119</v>
+        <v>162</v>
       </c>
       <c r="R109" s="3" t="s">
         <v>566</v>
       </c>
       <c r="S109" s="3" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="T109" s="4">
         <v>1</v>
       </c>
       <c r="W109" s="3" t="s">
         <v>562</v>
       </c>
       <c r="X109" s="4">
         <v>0</v>
       </c>
       <c r="Y109" s="4">
         <v>0</v>
       </c>
       <c r="Z109" s="6">
-        <v>3.9750000000000002E-3</v>
+        <v>7.2309999999999996E-3</v>
       </c>
     </row>
     <row r="110" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A110" s="3" t="s">
         <v>567</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>568</v>
       </c>
       <c r="C110" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D110" s="4">
+        <v>300</v>
+      </c>
+      <c r="E110" s="5">
+        <v>305.63</v>
+      </c>
+      <c r="F110" s="4">
+        <v>91689</v>
+      </c>
+      <c r="G110" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H110" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D110" s="4">
-[...8 lines deleted...]
-      <c r="G110" s="3" t="s">
+      <c r="I110" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H110" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J110" s="5">
-        <v>27.76</v>
+        <v>305.63</v>
       </c>
       <c r="K110" s="5">
-        <v>0.86166041962862439</v>
+        <v>1</v>
       </c>
       <c r="L110" s="3" t="s">
-        <v>435</v>
+        <v>100</v>
       </c>
       <c r="M110" s="4">
-        <v>41057.040000000001</v>
+        <v>91689</v>
       </c>
       <c r="N110" s="4">
-        <v>47648.747772000002</v>
+        <v>91689</v>
       </c>
       <c r="O110" s="3" t="s">
+        <v>569</v>
+      </c>
+      <c r="P110" s="3" t="s">
+        <v>570</v>
+      </c>
+      <c r="Q110" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="R110" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="S110" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="T110" s="4">
+        <v>1</v>
+      </c>
+      <c r="W110" s="3" t="s">
         <v>567</v>
       </c>
-      <c r="P110" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X110" s="4">
         <v>0</v>
       </c>
       <c r="Y110" s="4">
         <v>0</v>
       </c>
       <c r="Z110" s="6">
-        <v>2.0240000000000002E-3</v>
+        <v>3.8709999999999999E-3</v>
       </c>
     </row>
     <row r="111" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A111" s="3" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="C111" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D111" s="4">
-        <v>1170</v>
+        <v>1479</v>
       </c>
       <c r="E111" s="5">
-        <v>42.162782</v>
+        <v>32.485287</v>
       </c>
       <c r="F111" s="4">
-        <v>49330.454355000002</v>
+        <v>48045.739473000001</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H111" s="3" t="s">
         <v>434</v>
       </c>
       <c r="I111" s="3" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J111" s="5">
-        <v>36.33</v>
+        <v>27.66</v>
       </c>
       <c r="K111" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L111" s="3" t="s">
         <v>435</v>
       </c>
       <c r="M111" s="4">
-        <v>42506.1</v>
+        <v>40909.14</v>
       </c>
       <c r="N111" s="4">
-        <v>49330.454355000002</v>
+        <v>48045.739473000001</v>
       </c>
       <c r="O111" s="3" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="P111" s="3" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="Q111" s="3" t="s">
-        <v>174</v>
+        <v>112</v>
       </c>
       <c r="R111" s="3" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="S111" s="3" t="s">
         <v>438</v>
       </c>
       <c r="T111" s="4">
         <v>1</v>
       </c>
       <c r="W111" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X111" s="4">
         <v>0</v>
       </c>
       <c r="Y111" s="4">
         <v>0</v>
       </c>
       <c r="Z111" s="6">
-        <v>2.0960000000000002E-3</v>
+        <v>2.0279999999999999E-3</v>
       </c>
     </row>
     <row r="112" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A112" s="3" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="B112" s="3" t="s">
+        <v>577</v>
+      </c>
+      <c r="C112" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D112" s="4">
+        <v>1170</v>
+      </c>
+      <c r="E112" s="5">
+        <v>44.311999</v>
+      </c>
+      <c r="F112" s="4">
+        <v>51845.038245000003</v>
+      </c>
+      <c r="G112" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H112" s="3" t="s">
+        <v>434</v>
+      </c>
+      <c r="I112" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="J112" s="5">
+        <v>37.729999999999997</v>
+      </c>
+      <c r="K112" s="5">
+        <v>0.85146238664906981</v>
+      </c>
+      <c r="L112" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="M112" s="4">
+        <v>44144.1</v>
+      </c>
+      <c r="N112" s="4">
+        <v>51845.038245000003</v>
+      </c>
+      <c r="O112" s="3" t="s">
         <v>576</v>
-      </c>
-[...37 lines deleted...]
-        <v>577</v>
       </c>
       <c r="P112" s="3" t="s">
         <v>578</v>
       </c>
       <c r="Q112" s="3" t="s">
-        <v>109</v>
+        <v>179</v>
       </c>
       <c r="R112" s="3" t="s">
         <v>579</v>
       </c>
       <c r="S112" s="3" t="s">
-        <v>104</v>
+        <v>438</v>
       </c>
       <c r="T112" s="4">
         <v>1</v>
       </c>
       <c r="W112" s="3" t="s">
-        <v>575</v>
+        <v>34</v>
       </c>
       <c r="X112" s="4">
         <v>0</v>
       </c>
       <c r="Y112" s="4">
         <v>0</v>
       </c>
       <c r="Z112" s="6">
-        <v>1.1800000000000001E-3</v>
+        <v>2.189E-3</v>
       </c>
     </row>
     <row r="113" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A113" s="3" t="s">
         <v>580</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>581</v>
       </c>
       <c r="C113" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D113" s="4">
+        <v>265</v>
+      </c>
+      <c r="E113" s="5">
+        <v>105.26</v>
+      </c>
+      <c r="F113" s="4">
+        <v>27893.9</v>
+      </c>
+      <c r="G113" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H113" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D113" s="4">
-[...8 lines deleted...]
-      <c r="G113" s="3" t="s">
+      <c r="I113" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H113" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J113" s="5">
-        <v>76.56</v>
+        <v>105.26</v>
       </c>
       <c r="K113" s="5">
         <v>1</v>
       </c>
       <c r="L113" s="3" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="M113" s="4">
-        <v>38280</v>
+        <v>27893.9</v>
       </c>
       <c r="N113" s="4">
-        <v>38280</v>
+        <v>27893.9</v>
       </c>
       <c r="O113" s="3" t="s">
         <v>582</v>
       </c>
       <c r="P113" s="3" t="s">
         <v>583</v>
       </c>
       <c r="Q113" s="3" t="s">
-        <v>152</v>
+        <v>119</v>
       </c>
       <c r="R113" s="3" t="s">
         <v>584</v>
       </c>
       <c r="S113" s="3" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="T113" s="4">
         <v>1</v>
       </c>
       <c r="W113" s="3" t="s">
         <v>580</v>
       </c>
       <c r="X113" s="4">
         <v>0</v>
       </c>
       <c r="Y113" s="4">
         <v>0</v>
       </c>
       <c r="Z113" s="6">
-        <v>1.6260000000000001E-3</v>
+        <v>1.1770000000000001E-3</v>
       </c>
     </row>
     <row r="114" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A114" s="3" t="s">
         <v>585</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>586</v>
       </c>
       <c r="C114" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D114" s="4">
+        <v>500</v>
+      </c>
+      <c r="E114" s="5">
+        <v>78.94</v>
+      </c>
+      <c r="F114" s="4">
+        <v>39470</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H114" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D114" s="4">
-[...8 lines deleted...]
-      <c r="G114" s="3" t="s">
+      <c r="I114" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H114" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J114" s="5">
-        <v>492.01</v>
+        <v>78.94</v>
       </c>
       <c r="K114" s="5">
         <v>1</v>
       </c>
       <c r="L114" s="3" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="M114" s="4">
-        <v>1034205.02</v>
+        <v>39470</v>
       </c>
       <c r="N114" s="4">
-        <v>1034205.02</v>
+        <v>39470</v>
       </c>
       <c r="O114" s="3" t="s">
         <v>587</v>
       </c>
       <c r="P114" s="3" t="s">
         <v>588</v>
       </c>
       <c r="Q114" s="3" t="s">
-        <v>174</v>
+        <v>162</v>
       </c>
       <c r="R114" s="3" t="s">
         <v>589</v>
       </c>
       <c r="S114" s="3" t="s">
-        <v>132</v>
+        <v>114</v>
       </c>
       <c r="T114" s="4">
         <v>1</v>
       </c>
       <c r="W114" s="3" t="s">
         <v>585</v>
       </c>
       <c r="X114" s="4">
         <v>0</v>
       </c>
       <c r="Y114" s="4">
         <v>0</v>
       </c>
       <c r="Z114" s="6">
-        <v>4.3951999999999998E-2</v>
+        <v>1.6659999999999999E-3</v>
       </c>
     </row>
     <row r="115" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A115" s="3" t="s">
         <v>590</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>591</v>
       </c>
       <c r="C115" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D115" s="4">
+        <v>2102</v>
+      </c>
+      <c r="E115" s="5">
+        <v>483.62</v>
+      </c>
+      <c r="F115" s="4">
+        <v>1016569.24</v>
+      </c>
+      <c r="G115" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H115" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D115" s="4">
-[...8 lines deleted...]
-      <c r="G115" s="3" t="s">
+      <c r="I115" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H115" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J115" s="5">
-        <v>577.20000000000005</v>
+        <v>483.62</v>
       </c>
       <c r="K115" s="5">
-        <v>0.80294999975750914</v>
+        <v>1</v>
       </c>
       <c r="L115" s="3" t="s">
-        <v>45</v>
+        <v>100</v>
       </c>
       <c r="M115" s="4">
-        <v>42712.799986999999</v>
+        <v>1016569.24</v>
       </c>
       <c r="N115" s="4">
-        <v>53194.844012699999</v>
+        <v>1016569.24</v>
       </c>
       <c r="O115" s="3" t="s">
+        <v>592</v>
+      </c>
+      <c r="P115" s="3" t="s">
+        <v>593</v>
+      </c>
+      <c r="Q115" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="R115" s="3" t="s">
+        <v>594</v>
+      </c>
+      <c r="S115" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="T115" s="4">
+        <v>1</v>
+      </c>
+      <c r="W115" s="3" t="s">
         <v>590</v>
       </c>
-      <c r="P115" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X115" s="4">
         <v>0</v>
       </c>
       <c r="Y115" s="4">
         <v>0</v>
       </c>
       <c r="Z115" s="6">
-        <v>2.2599999999999999E-3</v>
+        <v>4.2923000000000003E-2</v>
       </c>
     </row>
     <row r="116" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A116" s="3" t="s">
         <v>595</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>596</v>
       </c>
       <c r="C116" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D116" s="4">
-        <v>300</v>
+        <v>74</v>
       </c>
       <c r="E116" s="5">
-        <v>23.973075999999999</v>
+        <v>759.60870799999998</v>
       </c>
       <c r="F116" s="4">
-        <v>7191.9256648500004</v>
+        <v>56211.044493529997</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H116" s="3" t="s">
-        <v>68</v>
+        <v>48</v>
       </c>
       <c r="I116" s="3" t="s">
-        <v>69</v>
+        <v>49</v>
       </c>
       <c r="J116" s="5">
-        <v>3741</v>
+        <v>601.79999999999995</v>
       </c>
       <c r="K116" s="5">
-        <v>156.05006085952374</v>
+        <v>0.79225000133296064</v>
       </c>
       <c r="L116" s="3" t="s">
-        <v>70</v>
+        <v>50</v>
       </c>
       <c r="M116" s="4">
-        <v>1122300.4376970001</v>
+        <v>44533.200074</v>
       </c>
       <c r="N116" s="4">
-        <v>7191.9256648500004</v>
+        <v>56211.044493529997</v>
       </c>
       <c r="O116" s="3" t="s">
         <v>595</v>
       </c>
       <c r="P116" s="3" t="s">
         <v>597</v>
       </c>
       <c r="Q116" s="3" t="s">
-        <v>119</v>
+        <v>162</v>
       </c>
       <c r="R116" s="3" t="s">
         <v>598</v>
       </c>
       <c r="S116" s="3" t="s">
         <v>599</v>
       </c>
       <c r="T116" s="4">
         <v>1</v>
       </c>
       <c r="W116" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X116" s="4">
         <v>0</v>
       </c>
       <c r="Y116" s="4">
         <v>0</v>
       </c>
       <c r="Z116" s="6">
-        <v>3.0499999999999999E-4</v>
+        <v>2.3730000000000001E-3</v>
       </c>
     </row>
     <row r="117" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A117" s="3" t="s">
         <v>600</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>601</v>
       </c>
       <c r="C117" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D117" s="4">
-        <v>2184</v>
+        <v>300</v>
       </c>
       <c r="E117" s="5">
-        <v>24.651522</v>
+        <v>23.956111</v>
       </c>
       <c r="F117" s="4">
-        <v>53838.924048000001</v>
+        <v>7186.8321158600002</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H117" s="3" t="s">
-        <v>31</v>
+        <v>73</v>
       </c>
       <c r="I117" s="3" t="s">
-        <v>32</v>
+        <v>74</v>
       </c>
       <c r="J117" s="5">
-        <v>37.590000000000003</v>
+        <v>3755</v>
       </c>
       <c r="K117" s="5">
-        <v>1.5248551387618177</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L117" s="3" t="s">
-        <v>33</v>
+        <v>75</v>
       </c>
       <c r="M117" s="4">
-        <v>82096.56</v>
+        <v>1126499.793231</v>
       </c>
       <c r="N117" s="4">
-        <v>53838.924048000001</v>
+        <v>7186.8321158600002</v>
       </c>
       <c r="O117" s="3" t="s">
         <v>600</v>
       </c>
       <c r="P117" s="3" t="s">
         <v>602</v>
       </c>
       <c r="Q117" s="3" t="s">
-        <v>152</v>
+        <v>129</v>
       </c>
       <c r="R117" s="3" t="s">
         <v>603</v>
       </c>
       <c r="S117" s="3" t="s">
         <v>604</v>
       </c>
       <c r="T117" s="4">
         <v>1</v>
       </c>
       <c r="W117" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X117" s="4">
         <v>0</v>
       </c>
       <c r="Y117" s="4">
         <v>0</v>
       </c>
       <c r="Z117" s="6">
-        <v>2.2880000000000001E-3</v>
+        <v>3.0299999999999999E-4</v>
       </c>
     </row>
     <row r="118" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A118" s="3" t="s">
         <v>605</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>606</v>
       </c>
       <c r="C118" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D118" s="4">
-        <v>1807</v>
+        <v>2184</v>
       </c>
       <c r="E118" s="5">
-        <v>74.989999999999995</v>
+        <v>25.740410000000001</v>
       </c>
       <c r="F118" s="4">
-        <v>135506.93</v>
+        <v>56217.055439999996</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H118" s="3" t="s">
-        <v>88</v>
+        <v>31</v>
       </c>
       <c r="I118" s="3" t="s">
-        <v>89</v>
+        <v>32</v>
       </c>
       <c r="J118" s="5">
-        <v>74.989999999999995</v>
+        <v>38.6</v>
       </c>
       <c r="K118" s="5">
-        <v>1</v>
+        <v>1.4995876134063133</v>
       </c>
       <c r="L118" s="3" t="s">
-        <v>90</v>
+        <v>33</v>
       </c>
       <c r="M118" s="4">
-        <v>135506.93</v>
+        <v>84302.399999999994</v>
       </c>
       <c r="N118" s="4">
-        <v>135506.93</v>
+        <v>56217.055439999996</v>
       </c>
       <c r="O118" s="3" t="s">
+        <v>605</v>
+      </c>
+      <c r="P118" s="3" t="s">
         <v>607</v>
       </c>
-      <c r="P118" s="3" t="s">
+      <c r="Q118" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="R118" s="3" t="s">
         <v>608</v>
       </c>
-      <c r="Q118" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R118" s="3" t="s">
+      <c r="S118" s="3" t="s">
         <v>609</v>
       </c>
-      <c r="S118" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T118" s="4">
         <v>1</v>
       </c>
       <c r="W118" s="3" t="s">
-        <v>605</v>
+        <v>34</v>
       </c>
       <c r="X118" s="4">
         <v>0</v>
       </c>
       <c r="Y118" s="4">
         <v>0</v>
       </c>
       <c r="Z118" s="6">
-        <v>5.7580000000000001E-3</v>
+        <v>2.3730000000000001E-3</v>
       </c>
     </row>
     <row r="119" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A119" s="3" t="s">
         <v>610</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>611</v>
       </c>
       <c r="C119" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D119" s="4">
+        <v>1695</v>
+      </c>
+      <c r="E119" s="5">
+        <v>76.67</v>
+      </c>
+      <c r="F119" s="4">
+        <v>129955.65</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H119" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D119" s="4">
-[...8 lines deleted...]
-      <c r="G119" s="3" t="s">
+      <c r="I119" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H119" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J119" s="5">
-        <v>3965</v>
+        <v>76.67</v>
       </c>
       <c r="K119" s="5">
-        <v>156.05006085952374</v>
+        <v>1</v>
       </c>
       <c r="L119" s="3" t="s">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="M119" s="4">
-        <v>2.6327E-2</v>
+        <v>129955.65</v>
       </c>
       <c r="N119" s="4">
-        <v>1.6871E-4</v>
+        <v>129955.65</v>
       </c>
       <c r="O119" s="3" t="s">
+        <v>612</v>
+      </c>
+      <c r="P119" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="Q119" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="R119" s="3" t="s">
+        <v>614</v>
+      </c>
+      <c r="S119" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="T119" s="4">
+        <v>1</v>
+      </c>
+      <c r="W119" s="3" t="s">
         <v>610</v>
       </c>
-      <c r="P119" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X119" s="4">
         <v>0</v>
       </c>
       <c r="Y119" s="4">
         <v>0</v>
       </c>
       <c r="Z119" s="6">
-        <v>0</v>
+        <v>5.4869999999999997E-3</v>
       </c>
     </row>
     <row r="120" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A120" s="3" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="B120" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="C120" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D120" s="4">
+        <v>4628</v>
+      </c>
+      <c r="E120" s="5">
+        <v>8.2956140000000005</v>
+      </c>
+      <c r="F120" s="4">
+        <v>38392.101591999999</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H120" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I120" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J120" s="5">
+        <v>12.44</v>
+      </c>
+      <c r="K120" s="5">
+        <v>1.4995876134063133</v>
+      </c>
+      <c r="L120" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M120" s="4">
+        <v>57572.32</v>
+      </c>
+      <c r="N120" s="4">
+        <v>38392.101591999999</v>
+      </c>
+      <c r="O120" s="3" t="s">
         <v>615</v>
       </c>
-      <c r="C120" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P120" s="3" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="Q120" s="3" t="s">
-        <v>119</v>
+        <v>618</v>
       </c>
       <c r="R120" s="3" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="S120" s="3" t="s">
-        <v>618</v>
+        <v>609</v>
       </c>
       <c r="T120" s="4">
         <v>1</v>
       </c>
       <c r="W120" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X120" s="4">
         <v>0</v>
       </c>
       <c r="Y120" s="4">
         <v>0</v>
       </c>
       <c r="Z120" s="6">
-        <v>2.519E-3</v>
+        <v>1.621E-3</v>
       </c>
     </row>
     <row r="121" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A121" s="3" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="B121" s="3" t="s">
+        <v>621</v>
+      </c>
+      <c r="C121" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D121" s="4">
+        <v>6.9999999999999999E-6</v>
+      </c>
+      <c r="E121" s="5">
+        <v>25.295867000000001</v>
+      </c>
+      <c r="F121" s="4">
+        <v>1.6796000000000001E-4</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H121" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="I121" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="J121" s="5">
+        <v>3965</v>
+      </c>
+      <c r="K121" s="5">
+        <v>156.74497122946053</v>
+      </c>
+      <c r="L121" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="M121" s="4">
+        <v>2.6325999999999999E-2</v>
+      </c>
+      <c r="N121" s="4">
+        <v>1.6796000000000001E-4</v>
+      </c>
+      <c r="O121" s="3" t="s">
         <v>620</v>
-      </c>
-[...37 lines deleted...]
-        <v>621</v>
       </c>
       <c r="P121" s="3" t="s">
         <v>622</v>
       </c>
       <c r="Q121" s="3" t="s">
-        <v>152</v>
+        <v>179</v>
       </c>
       <c r="R121" s="3" t="s">
         <v>623</v>
       </c>
       <c r="S121" s="3" t="s">
-        <v>104</v>
+        <v>604</v>
       </c>
       <c r="T121" s="4">
         <v>1</v>
       </c>
       <c r="W121" s="3" t="s">
-        <v>619</v>
+        <v>34</v>
       </c>
       <c r="X121" s="4">
         <v>0</v>
       </c>
       <c r="Y121" s="4">
         <v>0</v>
       </c>
       <c r="Z121" s="6">
-        <v>4.326E-3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A122" s="3" t="s">
         <v>624</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>625</v>
       </c>
       <c r="C122" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D122" s="4">
-        <v>3400</v>
+        <v>1014</v>
       </c>
       <c r="E122" s="5">
-        <v>27.350197999999999</v>
+        <v>60.324241999999998</v>
       </c>
       <c r="F122" s="4">
-        <v>92990.70810638</v>
+        <v>61168.720280449998</v>
       </c>
       <c r="G122" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H122" s="3" t="s">
-        <v>68</v>
+        <v>78</v>
       </c>
       <c r="I122" s="3" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="J122" s="5">
-        <v>4268</v>
+        <v>86900</v>
       </c>
       <c r="K122" s="5">
-        <v>156.05006085952374</v>
+        <v>1440.5485608919878</v>
       </c>
       <c r="L122" s="3" t="s">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="M122" s="4">
-        <v>14511205.65937</v>
+        <v>88116511.971606001</v>
       </c>
       <c r="N122" s="4">
-        <v>92990.70810638</v>
+        <v>61168.720280449998</v>
       </c>
       <c r="O122" s="3" t="s">
         <v>624</v>
       </c>
       <c r="P122" s="3" t="s">
         <v>626</v>
       </c>
       <c r="Q122" s="3" t="s">
-        <v>258</v>
+        <v>129</v>
       </c>
       <c r="R122" s="3" t="s">
         <v>627</v>
       </c>
       <c r="S122" s="3" t="s">
-        <v>599</v>
+        <v>628</v>
       </c>
       <c r="T122" s="4">
         <v>1</v>
       </c>
       <c r="W122" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X122" s="4">
         <v>0</v>
       </c>
       <c r="Y122" s="4">
         <v>0</v>
       </c>
       <c r="Z122" s="6">
-        <v>3.9509999999999997E-3</v>
+        <v>2.5820000000000001E-3</v>
       </c>
     </row>
     <row r="123" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A123" s="3" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="B123" s="3" t="s">
+        <v>630</v>
+      </c>
+      <c r="C123" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D123" s="4">
+        <v>600</v>
+      </c>
+      <c r="E123" s="5">
+        <v>177.53</v>
+      </c>
+      <c r="F123" s="4">
+        <v>106518</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H123" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I123" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J123" s="5">
+        <v>177.53</v>
+      </c>
+      <c r="K123" s="5">
+        <v>1</v>
+      </c>
+      <c r="L123" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M123" s="4">
+        <v>106518</v>
+      </c>
+      <c r="N123" s="4">
+        <v>106518</v>
+      </c>
+      <c r="O123" s="3" t="s">
+        <v>631</v>
+      </c>
+      <c r="P123" s="3" t="s">
+        <v>632</v>
+      </c>
+      <c r="Q123" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="R123" s="3" t="s">
+        <v>633</v>
+      </c>
+      <c r="S123" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="T123" s="4">
+        <v>1</v>
+      </c>
+      <c r="W123" s="3" t="s">
         <v>629</v>
       </c>
-      <c r="C123" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X123" s="4">
         <v>0</v>
       </c>
       <c r="Y123" s="4">
         <v>0</v>
       </c>
       <c r="Z123" s="6">
-        <v>9.3899999999999995E-4</v>
+        <v>4.4970000000000001E-3</v>
       </c>
     </row>
     <row r="124" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A124" s="3" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="C124" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D124" s="4">
-        <v>625</v>
+        <v>3400</v>
       </c>
       <c r="E124" s="5">
-        <v>100.016058</v>
+        <v>27.669149000000001</v>
       </c>
       <c r="F124" s="4">
-        <v>62510.036249999997</v>
+        <v>94075.090114520004</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H124" s="3" t="s">
-        <v>31</v>
+        <v>73</v>
       </c>
       <c r="I124" s="3" t="s">
-        <v>32</v>
+        <v>74</v>
       </c>
       <c r="J124" s="5">
-        <v>152.51</v>
+        <v>4337</v>
       </c>
       <c r="K124" s="5">
-        <v>1.5248551387618177</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L124" s="3" t="s">
-        <v>33</v>
+        <v>75</v>
       </c>
       <c r="M124" s="4">
-        <v>95318.75</v>
+        <v>14745797.293408999</v>
       </c>
       <c r="N124" s="4">
-        <v>62510.036249999997</v>
+        <v>94075.090114520004</v>
       </c>
       <c r="O124" s="3" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
       <c r="P124" s="3" t="s">
-        <v>633</v>
+        <v>636</v>
       </c>
       <c r="Q124" s="3" t="s">
-        <v>152</v>
+        <v>228</v>
       </c>
       <c r="R124" s="3" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
       <c r="S124" s="3" t="s">
         <v>604</v>
       </c>
       <c r="T124" s="4">
         <v>1</v>
       </c>
       <c r="W124" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X124" s="4">
         <v>0</v>
       </c>
       <c r="Y124" s="4">
         <v>0</v>
       </c>
       <c r="Z124" s="6">
-        <v>2.6559999999999999E-3</v>
+        <v>3.9719999999999998E-3</v>
       </c>
     </row>
     <row r="125" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A125" s="3" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>636</v>
+        <v>639</v>
       </c>
       <c r="C125" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D125" s="4">
-        <v>1800</v>
+        <v>181</v>
       </c>
       <c r="E125" s="5">
-        <v>17.234853999999999</v>
+        <v>115.131653</v>
       </c>
       <c r="F125" s="4">
-        <v>31022.749118870001</v>
+        <v>20838.8291025</v>
       </c>
       <c r="G125" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H125" s="3" t="s">
-        <v>68</v>
+        <v>31</v>
       </c>
       <c r="I125" s="3" t="s">
-        <v>69</v>
+        <v>32</v>
       </c>
       <c r="J125" s="5">
-        <v>2689.5</v>
+        <v>172.65</v>
       </c>
       <c r="K125" s="5">
-        <v>156.05006085952374</v>
+        <v>1.4995876134063133</v>
       </c>
       <c r="L125" s="3" t="s">
-        <v>70</v>
+        <v>33</v>
       </c>
       <c r="M125" s="4">
-        <v>4841101.8880289998</v>
+        <v>31249.65</v>
       </c>
       <c r="N125" s="4">
-        <v>31022.749118870001</v>
+        <v>20838.8291025</v>
       </c>
       <c r="O125" s="3" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
       <c r="P125" s="3" t="s">
-        <v>637</v>
+        <v>288</v>
       </c>
       <c r="Q125" s="3" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="R125" s="3" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="S125" s="3" t="s">
-        <v>599</v>
+        <v>609</v>
       </c>
       <c r="T125" s="4">
         <v>1</v>
       </c>
       <c r="W125" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X125" s="4">
         <v>0</v>
       </c>
       <c r="Y125" s="4">
         <v>0</v>
       </c>
       <c r="Z125" s="6">
-        <v>1.3179999999999999E-3</v>
+        <v>8.7900000000000001E-4</v>
       </c>
     </row>
     <row r="126" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A126" s="3" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="C126" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D126" s="4">
-        <v>300</v>
+        <v>625</v>
       </c>
       <c r="E126" s="5">
-        <v>19.782112999999999</v>
+        <v>107.076105</v>
       </c>
       <c r="F126" s="4">
-        <v>5934.6363345099999</v>
+        <v>66922.565312499995</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H126" s="3" t="s">
-        <v>68</v>
+        <v>31</v>
       </c>
       <c r="I126" s="3" t="s">
-        <v>69</v>
+        <v>32</v>
       </c>
       <c r="J126" s="5">
-        <v>3087</v>
+        <v>160.57</v>
       </c>
       <c r="K126" s="5">
-        <v>156.05006085952374</v>
+        <v>1.4995876134063133</v>
       </c>
       <c r="L126" s="3" t="s">
-        <v>70</v>
+        <v>33</v>
       </c>
       <c r="M126" s="4">
-        <v>926100.361179</v>
+        <v>100356.25</v>
       </c>
       <c r="N126" s="4">
-        <v>5934.6363345099999</v>
+        <v>66922.565312499995</v>
       </c>
       <c r="O126" s="3" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="P126" s="3" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="Q126" s="3" t="s">
-        <v>174</v>
+        <v>162</v>
       </c>
       <c r="R126" s="3" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="S126" s="3" t="s">
-        <v>599</v>
+        <v>609</v>
       </c>
       <c r="T126" s="4">
         <v>1</v>
       </c>
       <c r="W126" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X126" s="4">
         <v>0</v>
       </c>
       <c r="Y126" s="4">
         <v>0</v>
       </c>
       <c r="Z126" s="6">
-        <v>2.52E-4</v>
+        <v>2.8249999999999998E-3</v>
       </c>
     </row>
     <row r="127" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A127" s="3" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="C127" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D127" s="4">
-        <v>13500</v>
+        <v>1800</v>
       </c>
       <c r="E127" s="5">
-        <v>3.966297</v>
+        <v>17.279661000000001</v>
       </c>
       <c r="F127" s="4">
-        <v>53545.006165229999</v>
+        <v>31103.384477970001</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H127" s="3" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="I127" s="3" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="J127" s="5">
-        <v>30.88</v>
+        <v>2708.5</v>
       </c>
       <c r="K127" s="5">
-        <v>7.7856001432550421</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L127" s="3" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="M127" s="4">
-        <v>416880.00767000002</v>
+        <v>4875299.1051380001</v>
       </c>
       <c r="N127" s="4">
-        <v>53545.006165229999</v>
+        <v>31103.384477970001</v>
       </c>
       <c r="O127" s="3" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="P127" s="3" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="Q127" s="3" t="s">
-        <v>258</v>
+        <v>112</v>
       </c>
       <c r="R127" s="3" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="S127" s="3" t="s">
-        <v>647</v>
+        <v>604</v>
       </c>
       <c r="T127" s="4">
         <v>1</v>
       </c>
       <c r="W127" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X127" s="4">
         <v>0</v>
       </c>
       <c r="Y127" s="4">
         <v>0</v>
       </c>
       <c r="Z127" s="6">
-        <v>2.2750000000000001E-3</v>
+        <v>1.3129999999999999E-3</v>
       </c>
     </row>
     <row r="128" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A128" s="3" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="B128" s="3" t="s">
+        <v>650</v>
+      </c>
+      <c r="C128" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D128" s="4">
+        <v>300</v>
+      </c>
+      <c r="E128" s="5">
+        <v>20.619481</v>
+      </c>
+      <c r="F128" s="4">
+        <v>6185.8432485900003</v>
+      </c>
+      <c r="G128" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H128" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="I128" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="J128" s="5">
+        <v>3232</v>
+      </c>
+      <c r="K128" s="5">
+        <v>156.74497122946053</v>
+      </c>
+      <c r="L128" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="M128" s="4">
+        <v>969599.82203000004</v>
+      </c>
+      <c r="N128" s="4">
+        <v>6185.8432485900003</v>
+      </c>
+      <c r="O128" s="3" t="s">
         <v>649</v>
       </c>
-      <c r="C128" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P128" s="3" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="Q128" s="3" t="s">
-        <v>258</v>
+        <v>179</v>
       </c>
       <c r="R128" s="3" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="S128" s="3" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="T128" s="4">
         <v>1</v>
       </c>
       <c r="W128" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X128" s="4">
         <v>0</v>
       </c>
       <c r="Y128" s="4">
         <v>0</v>
       </c>
       <c r="Z128" s="6">
-        <v>2.0929999999999998E-3</v>
+        <v>2.61E-4</v>
       </c>
     </row>
     <row r="129" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A129" s="3" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="C129" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D129" s="4">
-        <v>1200</v>
+        <v>13500</v>
       </c>
       <c r="E129" s="5">
-        <v>21.070162</v>
+        <v>3.8286120000000001</v>
       </c>
       <c r="F129" s="4">
-        <v>25284.203780839998</v>
+        <v>51686.259394870001</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H129" s="3" t="s">
         <v>68</v>
       </c>
       <c r="I129" s="3" t="s">
         <v>69</v>
       </c>
       <c r="J129" s="5">
-        <v>3288</v>
+        <v>29.8</v>
       </c>
       <c r="K129" s="5">
-        <v>156.05006085952374</v>
+        <v>7.783499774395259</v>
       </c>
       <c r="L129" s="3" t="s">
         <v>70</v>
       </c>
       <c r="M129" s="4">
-        <v>3945601.5387840001</v>
+        <v>402299.98833899997</v>
       </c>
       <c r="N129" s="4">
-        <v>25284.203780839998</v>
+        <v>51686.259394870001</v>
       </c>
       <c r="O129" s="3" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="P129" s="3" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="Q129" s="3" t="s">
-        <v>152</v>
+        <v>228</v>
       </c>
       <c r="R129" s="3" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="S129" s="3" t="s">
-        <v>599</v>
+        <v>657</v>
       </c>
       <c r="T129" s="4">
         <v>1</v>
       </c>
       <c r="W129" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X129" s="4">
         <v>0</v>
       </c>
       <c r="Y129" s="4">
         <v>0</v>
       </c>
       <c r="Z129" s="6">
-        <v>1.0740000000000001E-3</v>
+        <v>2.1819999999999999E-3</v>
       </c>
     </row>
     <row r="130" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A130" s="3" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="C130" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D130" s="4">
-        <v>4900</v>
+        <v>1900</v>
       </c>
       <c r="E130" s="5">
-        <v>15.530272999999999</v>
+        <v>26.361291999999999</v>
       </c>
       <c r="F130" s="4">
-        <v>76098.365908360007</v>
+        <v>50086.446138630003</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H130" s="3" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="I130" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="J130" s="5">
-        <v>2423.5</v>
+        <v>4132</v>
       </c>
       <c r="K130" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L130" s="3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="M130" s="4">
-        <v>11875154.631309001</v>
+        <v>7850798.5589849995</v>
       </c>
       <c r="N130" s="4">
-        <v>76098.365908360007</v>
+        <v>50086.446138630003</v>
       </c>
       <c r="O130" s="3" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="P130" s="3" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="Q130" s="3" t="s">
-        <v>152</v>
+        <v>228</v>
       </c>
       <c r="R130" s="3" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="S130" s="3" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="T130" s="4">
         <v>1</v>
       </c>
       <c r="W130" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X130" s="4">
         <v>0</v>
       </c>
       <c r="Y130" s="4">
         <v>0</v>
       </c>
       <c r="Z130" s="6">
-        <v>3.2339999999999999E-3</v>
+        <v>2.114E-3</v>
       </c>
     </row>
     <row r="131" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A131" s="3" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="C131" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D131" s="4">
-        <v>2090</v>
+        <v>1200</v>
       </c>
       <c r="E131" s="5">
-        <v>107.58</v>
+        <v>21.531790999999998</v>
       </c>
       <c r="F131" s="4">
-        <v>224842.2</v>
+        <v>25838.144757409998</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H131" s="3" t="s">
-        <v>88</v>
+        <v>73</v>
       </c>
       <c r="I131" s="3" t="s">
-        <v>89</v>
+        <v>74</v>
       </c>
       <c r="J131" s="5">
-        <v>107.58</v>
+        <v>3375</v>
       </c>
       <c r="K131" s="5">
-        <v>1</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L131" s="3" t="s">
-        <v>90</v>
+        <v>75</v>
       </c>
       <c r="M131" s="4">
-        <v>224842.2</v>
+        <v>4049999.2566220001</v>
       </c>
       <c r="N131" s="4">
-        <v>224842.2</v>
+        <v>25838.144757409998</v>
       </c>
       <c r="O131" s="3" t="s">
         <v>662</v>
       </c>
       <c r="P131" s="3" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="Q131" s="3" t="s">
-        <v>102</v>
+        <v>162</v>
       </c>
       <c r="R131" s="3" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="S131" s="3" t="s">
-        <v>132</v>
+        <v>604</v>
       </c>
       <c r="T131" s="4">
         <v>1</v>
       </c>
       <c r="W131" s="3" t="s">
-        <v>660</v>
+        <v>34</v>
       </c>
       <c r="X131" s="4">
         <v>0</v>
       </c>
       <c r="Y131" s="4">
         <v>0</v>
       </c>
       <c r="Z131" s="6">
-        <v>9.5549999999999993E-3</v>
+        <v>1.09E-3</v>
       </c>
     </row>
     <row r="132" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A132" s="3" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="C132" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D132" s="4">
-        <v>390</v>
+        <v>4900</v>
       </c>
       <c r="E132" s="5">
-        <v>360.38409999999999</v>
+        <v>15.904816</v>
       </c>
       <c r="F132" s="4">
-        <v>140550.09689593001</v>
+        <v>77933.586398290005</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H132" s="3" t="s">
         <v>73</v>
       </c>
       <c r="I132" s="3" t="s">
         <v>74</v>
       </c>
       <c r="J132" s="5">
-        <v>530000</v>
+        <v>2493</v>
       </c>
       <c r="K132" s="5">
-        <v>1470.6531170492815</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L132" s="3" t="s">
         <v>75</v>
       </c>
       <c r="M132" s="4">
-        <v>206700438.101578</v>
+        <v>12215697.757808</v>
       </c>
       <c r="N132" s="4">
-        <v>140550.09689593001</v>
+        <v>77933.586398290005</v>
       </c>
       <c r="O132" s="3" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="P132" s="3" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="Q132" s="3" t="s">
-        <v>174</v>
+        <v>162</v>
       </c>
       <c r="R132" s="3" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="S132" s="3" t="s">
-        <v>618</v>
+        <v>604</v>
       </c>
       <c r="T132" s="4">
         <v>1</v>
       </c>
       <c r="W132" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X132" s="4">
         <v>0</v>
       </c>
       <c r="Y132" s="4">
         <v>0</v>
       </c>
       <c r="Z132" s="6">
-        <v>5.973E-3</v>
+        <v>3.29E-3</v>
       </c>
     </row>
     <row r="133" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A133" s="3" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="B133" s="3" t="s">
+        <v>671</v>
+      </c>
+      <c r="C133" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D133" s="4">
+        <v>2215</v>
+      </c>
+      <c r="E133" s="5">
+        <v>93.76</v>
+      </c>
+      <c r="F133" s="4">
+        <v>207678.4</v>
+      </c>
+      <c r="G133" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H133" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I133" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J133" s="5">
+        <v>93.76</v>
+      </c>
+      <c r="K133" s="5">
+        <v>1</v>
+      </c>
+      <c r="L133" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M133" s="4">
+        <v>207678.4</v>
+      </c>
+      <c r="N133" s="4">
+        <v>207678.4</v>
+      </c>
+      <c r="O133" s="3" t="s">
+        <v>672</v>
+      </c>
+      <c r="P133" s="3" t="s">
+        <v>673</v>
+      </c>
+      <c r="Q133" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="R133" s="3" t="s">
+        <v>674</v>
+      </c>
+      <c r="S133" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="T133" s="4">
+        <v>1</v>
+      </c>
+      <c r="W133" s="3" t="s">
         <v>670</v>
       </c>
-      <c r="C133" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X133" s="4">
         <v>0</v>
       </c>
       <c r="Y133" s="4">
         <v>0</v>
       </c>
       <c r="Z133" s="6">
-        <v>4.5880000000000001E-3</v>
+        <v>8.7690000000000008E-3</v>
       </c>
     </row>
     <row r="134" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A134" s="3" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="C134" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D134" s="4">
-        <v>12000</v>
+        <v>390</v>
       </c>
       <c r="E134" s="5">
-        <v>5.0661139999999998</v>
+        <v>451.91118</v>
       </c>
       <c r="F134" s="4">
-        <v>60793.372630240003</v>
+        <v>176245.18413106</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H134" s="3" t="s">
+        <v>78</v>
+      </c>
+      <c r="I134" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="J134" s="5">
+        <v>651000</v>
+      </c>
+      <c r="K134" s="5">
+        <v>1440.5485608919878</v>
+      </c>
+      <c r="L134" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="M134" s="4">
+        <v>253889746.36414099</v>
+      </c>
+      <c r="N134" s="4">
+        <v>176245.18413106</v>
+      </c>
+      <c r="O134" s="3" t="s">
         <v>675</v>
       </c>
-      <c r="I134" s="3" t="s">
-[...8 lines deleted...]
-      <c r="L134" s="3" t="s">
+      <c r="P134" s="3" t="s">
         <v>677</v>
       </c>
-      <c r="M134" s="4">
-[...8 lines deleted...]
-      <c r="P134" s="3" t="s">
+      <c r="Q134" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="R134" s="3" t="s">
         <v>678</v>
       </c>
-      <c r="Q134" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S134" s="3" t="s">
-        <v>680</v>
+        <v>628</v>
       </c>
       <c r="T134" s="4">
         <v>1</v>
       </c>
       <c r="W134" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X134" s="4">
         <v>0</v>
       </c>
       <c r="Y134" s="4">
         <v>0</v>
       </c>
       <c r="Z134" s="6">
-        <v>2.5829999999999998E-3</v>
+        <v>7.4409999999999997E-3</v>
       </c>
     </row>
     <row r="135" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A135" s="3" t="s">
+        <v>679</v>
+      </c>
+      <c r="B135" s="3" t="s">
+        <v>680</v>
+      </c>
+      <c r="C135" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D135" s="4">
+        <v>600</v>
+      </c>
+      <c r="E135" s="5">
+        <v>189.12887499999999</v>
+      </c>
+      <c r="F135" s="4">
+        <v>113477.30390124</v>
+      </c>
+      <c r="G135" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H135" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="I135" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="J135" s="5">
+        <v>29645</v>
+      </c>
+      <c r="K135" s="5">
+        <v>156.74497122946053</v>
+      </c>
+      <c r="L135" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="M135" s="4">
+        <v>17786996.735196002</v>
+      </c>
+      <c r="N135" s="4">
+        <v>113477.30390124</v>
+      </c>
+      <c r="O135" s="3" t="s">
+        <v>679</v>
+      </c>
+      <c r="P135" s="3" t="s">
         <v>681</v>
       </c>
-      <c r="B135" s="3" t="s">
+      <c r="Q135" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="R135" s="3" t="s">
         <v>682</v>
       </c>
-      <c r="C135" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S135" s="3" t="s">
-        <v>104</v>
+        <v>604</v>
       </c>
       <c r="T135" s="4">
         <v>1</v>
       </c>
       <c r="W135" s="3" t="s">
-        <v>681</v>
+        <v>34</v>
       </c>
       <c r="X135" s="4">
         <v>0</v>
       </c>
       <c r="Y135" s="4">
         <v>0</v>
       </c>
       <c r="Z135" s="6">
-        <v>2.4819999999999998E-3</v>
+        <v>4.7910000000000001E-3</v>
       </c>
     </row>
     <row r="136" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A136" s="3" t="s">
+        <v>683</v>
+      </c>
+      <c r="B136" s="3" t="s">
+        <v>684</v>
+      </c>
+      <c r="C136" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D136" s="4">
+        <v>12000</v>
+      </c>
+      <c r="E136" s="5">
+        <v>5.2036100000000003</v>
+      </c>
+      <c r="F136" s="4">
+        <v>62443.309304440001</v>
+      </c>
+      <c r="G136" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H136" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I136" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J136" s="5">
+        <v>163.5</v>
+      </c>
+      <c r="K136" s="5">
+        <v>31.420495463508864</v>
+      </c>
+      <c r="L136" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M136" s="4">
+        <v>1961999.716726</v>
+      </c>
+      <c r="N136" s="4">
+        <v>62443.309304440001</v>
+      </c>
+      <c r="O136" s="3" t="s">
+        <v>683</v>
+      </c>
+      <c r="P136" s="3" t="s">
+        <v>685</v>
+      </c>
+      <c r="Q136" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="R136" s="3" t="s">
         <v>686</v>
       </c>
-      <c r="B136" s="3" t="s">
+      <c r="S136" s="3" t="s">
         <v>687</v>
-      </c>
-[...49 lines deleted...]
-        <v>599</v>
       </c>
       <c r="T136" s="4">
         <v>1</v>
       </c>
       <c r="W136" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X136" s="4">
         <v>0</v>
       </c>
       <c r="Y136" s="4">
         <v>0</v>
       </c>
       <c r="Z136" s="6">
-        <v>8.9499999999999996E-4</v>
+        <v>2.6359999999999999E-3</v>
       </c>
     </row>
     <row r="137" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A137" s="3" t="s">
-        <v>690</v>
+        <v>688</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="C137" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D137" s="4">
+        <v>200</v>
+      </c>
+      <c r="E137" s="5">
+        <v>288.72000000000003</v>
+      </c>
+      <c r="F137" s="4">
+        <v>57744</v>
+      </c>
+      <c r="G137" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H137" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D137" s="4">
-[...8 lines deleted...]
-      <c r="G137" s="3" t="s">
+      <c r="I137" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H137" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J137" s="5">
-        <v>3685</v>
+        <v>288.72000000000003</v>
       </c>
       <c r="K137" s="5">
-        <v>156.05006085952374</v>
+        <v>1</v>
       </c>
       <c r="L137" s="3" t="s">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="M137" s="4">
-        <v>2579501.0060040001</v>
+        <v>57744</v>
       </c>
       <c r="N137" s="4">
-        <v>16529.95834668</v>
+        <v>57744</v>
       </c>
       <c r="O137" s="3" t="s">
         <v>690</v>
       </c>
       <c r="P137" s="3" t="s">
+        <v>691</v>
+      </c>
+      <c r="Q137" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="R137" s="3" t="s">
         <v>692</v>
       </c>
-      <c r="Q137" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S137" s="3" t="s">
-        <v>599</v>
+        <v>114</v>
       </c>
       <c r="T137" s="4">
         <v>1</v>
       </c>
       <c r="W137" s="3" t="s">
-        <v>34</v>
+        <v>688</v>
       </c>
       <c r="X137" s="4">
         <v>0</v>
       </c>
       <c r="Y137" s="4">
         <v>0</v>
       </c>
       <c r="Z137" s="6">
-        <v>7.0200000000000004E-4</v>
+        <v>2.4380000000000001E-3</v>
       </c>
     </row>
     <row r="138" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A138" s="3" t="s">
+        <v>693</v>
+      </c>
+      <c r="B138" s="3" t="s">
         <v>694</v>
       </c>
-      <c r="B138" s="3" t="s">
+      <c r="C138" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D138" s="4">
+        <v>700</v>
+      </c>
+      <c r="E138" s="5">
+        <v>32.160521000000003</v>
+      </c>
+      <c r="F138" s="4">
+        <v>22512.360840860001</v>
+      </c>
+      <c r="G138" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H138" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="I138" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="J138" s="5">
+        <v>5041</v>
+      </c>
+      <c r="K138" s="5">
+        <v>156.74497122946053</v>
+      </c>
+      <c r="L138" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="M138" s="4">
+        <v>3528699.3523070002</v>
+      </c>
+      <c r="N138" s="4">
+        <v>22512.360840860001</v>
+      </c>
+      <c r="O138" s="3" t="s">
+        <v>693</v>
+      </c>
+      <c r="P138" s="3" t="s">
         <v>695</v>
       </c>
-      <c r="C138" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P138" s="3" t="s">
+      <c r="Q138" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="R138" s="3" t="s">
         <v>696</v>
-      </c>
-[...4 lines deleted...]
-        <v>697</v>
       </c>
       <c r="S138" s="3" t="s">
         <v>604</v>
       </c>
       <c r="T138" s="4">
         <v>1</v>
       </c>
       <c r="W138" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X138" s="4">
         <v>0</v>
       </c>
       <c r="Y138" s="4">
         <v>0</v>
       </c>
       <c r="Z138" s="6">
-        <v>1.6659999999999999E-3</v>
+        <v>9.5E-4</v>
       </c>
     </row>
     <row r="139" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A139" s="3" t="s">
+        <v>697</v>
+      </c>
+      <c r="B139" s="3" t="s">
         <v>698</v>
       </c>
-      <c r="B139" s="3" t="s">
+      <c r="C139" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D139" s="4">
+        <v>1200</v>
+      </c>
+      <c r="E139" s="5">
+        <v>24.377178000000001</v>
+      </c>
+      <c r="F139" s="4">
+        <v>29252.607738679999</v>
+      </c>
+      <c r="G139" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H139" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="I139" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="J139" s="5">
+        <v>3821</v>
+      </c>
+      <c r="K139" s="5">
+        <v>156.74497122946053</v>
+      </c>
+      <c r="L139" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="M139" s="4">
+        <v>4585199.1583860004</v>
+      </c>
+      <c r="N139" s="4">
+        <v>29252.607738679999</v>
+      </c>
+      <c r="O139" s="3" t="s">
+        <v>697</v>
+      </c>
+      <c r="P139" s="3" t="s">
         <v>699</v>
       </c>
-      <c r="C139" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P139" s="3" t="s">
+      <c r="Q139" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="R139" s="3" t="s">
         <v>700</v>
       </c>
-      <c r="Q139" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S139" s="3" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="T139" s="4">
         <v>1</v>
       </c>
       <c r="W139" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X139" s="4">
         <v>0</v>
       </c>
       <c r="Y139" s="4">
         <v>0</v>
       </c>
       <c r="Z139" s="6">
-        <v>4.0099999999999997E-3</v>
+        <v>1.235E-3</v>
       </c>
     </row>
     <row r="140" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A140" s="3" t="s">
+        <v>701</v>
+      </c>
+      <c r="B140" s="3" t="s">
         <v>702</v>
       </c>
-      <c r="B140" s="3" t="s">
+      <c r="C140" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D140" s="4">
+        <v>1491</v>
+      </c>
+      <c r="E140" s="5">
+        <v>28.214424000000001</v>
+      </c>
+      <c r="F140" s="4">
+        <v>42067.705438500001</v>
+      </c>
+      <c r="G140" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H140" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I140" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J140" s="5">
+        <v>42.31</v>
+      </c>
+      <c r="K140" s="5">
+        <v>1.4995876134063133</v>
+      </c>
+      <c r="L140" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M140" s="4">
+        <v>63084.21</v>
+      </c>
+      <c r="N140" s="4">
+        <v>42067.705438500001</v>
+      </c>
+      <c r="O140" s="3" t="s">
+        <v>701</v>
+      </c>
+      <c r="P140" s="3" t="s">
         <v>703</v>
       </c>
-      <c r="C140" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P140" s="3" t="s">
+      <c r="Q140" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="R140" s="3" t="s">
         <v>704</v>
       </c>
-      <c r="Q140" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S140" s="3" t="s">
-        <v>599</v>
+        <v>609</v>
       </c>
       <c r="T140" s="4">
         <v>1</v>
       </c>
       <c r="W140" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X140" s="4">
         <v>0</v>
       </c>
       <c r="Y140" s="4">
         <v>0</v>
       </c>
       <c r="Z140" s="6">
-        <v>1.0560000000000001E-3</v>
+        <v>1.776E-3</v>
       </c>
     </row>
     <row r="141" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A141" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="B141" s="3" t="s">
         <v>706</v>
       </c>
-      <c r="B141" s="3" t="s">
+      <c r="C141" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D141" s="4">
+        <v>2500</v>
+      </c>
+      <c r="E141" s="5">
+        <v>33.876685000000002</v>
+      </c>
+      <c r="F141" s="4">
+        <v>84691.696704839997</v>
+      </c>
+      <c r="G141" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H141" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="I141" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="J141" s="5">
+        <v>5310</v>
+      </c>
+      <c r="K141" s="5">
+        <v>156.74497122946053</v>
+      </c>
+      <c r="L141" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="M141" s="4">
+        <v>13274997.563374</v>
+      </c>
+      <c r="N141" s="4">
+        <v>84691.696704839997</v>
+      </c>
+      <c r="O141" s="3" t="s">
+        <v>705</v>
+      </c>
+      <c r="P141" s="3" t="s">
         <v>707</v>
       </c>
-      <c r="C141" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O141" s="3" t="s">
+      <c r="Q141" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="R141" s="3" t="s">
         <v>708</v>
       </c>
-      <c r="P141" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S141" s="3" t="s">
-        <v>132</v>
+        <v>604</v>
       </c>
       <c r="T141" s="4">
         <v>1</v>
       </c>
       <c r="W141" s="3" t="s">
-        <v>706</v>
+        <v>34</v>
       </c>
       <c r="X141" s="4">
         <v>0</v>
       </c>
       <c r="Y141" s="4">
         <v>0</v>
       </c>
       <c r="Z141" s="6">
-        <v>1.769E-3</v>
+        <v>3.5760000000000002E-3</v>
       </c>
     </row>
     <row r="142" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A142" s="3" t="s">
+        <v>709</v>
+      </c>
+      <c r="B142" s="3" t="s">
+        <v>710</v>
+      </c>
+      <c r="C142" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D142" s="4">
+        <v>24900</v>
+      </c>
+      <c r="E142" s="5">
+        <v>1.0060929999999999</v>
+      </c>
+      <c r="F142" s="4">
+        <v>25051.708188460001</v>
+      </c>
+      <c r="G142" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H142" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="I142" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="J142" s="5">
+        <v>157.69999999999999</v>
+      </c>
+      <c r="K142" s="5">
+        <v>156.74497122946053</v>
+      </c>
+      <c r="L142" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="M142" s="4">
+        <v>3926729.2792489999</v>
+      </c>
+      <c r="N142" s="4">
+        <v>25051.708188460001</v>
+      </c>
+      <c r="O142" s="3" t="s">
+        <v>709</v>
+      </c>
+      <c r="P142" s="3" t="s">
         <v>711</v>
       </c>
-      <c r="B142" s="3" t="s">
+      <c r="Q142" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="R142" s="3" t="s">
         <v>712</v>
       </c>
-      <c r="C142" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S142" s="3" t="s">
-        <v>132</v>
+        <v>604</v>
       </c>
       <c r="T142" s="4">
         <v>1</v>
       </c>
       <c r="W142" s="3" t="s">
-        <v>711</v>
+        <v>34</v>
       </c>
       <c r="X142" s="4">
         <v>0</v>
       </c>
       <c r="Y142" s="4">
         <v>0</v>
       </c>
       <c r="Z142" s="6">
-        <v>4.4763999999999998E-2</v>
+        <v>1.057E-3</v>
       </c>
     </row>
     <row r="143" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A143" s="3" t="s">
+        <v>713</v>
+      </c>
+      <c r="B143" s="3" t="s">
+        <v>714</v>
+      </c>
+      <c r="C143" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D143" s="4">
+        <v>996</v>
+      </c>
+      <c r="E143" s="5">
+        <v>51.69</v>
+      </c>
+      <c r="F143" s="4">
+        <v>51483.24</v>
+      </c>
+      <c r="G143" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H143" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I143" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J143" s="5">
+        <v>51.69</v>
+      </c>
+      <c r="K143" s="5">
+        <v>1</v>
+      </c>
+      <c r="L143" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M143" s="4">
+        <v>51483.24</v>
+      </c>
+      <c r="N143" s="4">
+        <v>51483.24</v>
+      </c>
+      <c r="O143" s="3" t="s">
+        <v>715</v>
+      </c>
+      <c r="P143" s="3" t="s">
         <v>716</v>
       </c>
-      <c r="B143" s="3" t="s">
+      <c r="Q143" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="R143" s="3" t="s">
         <v>717</v>
       </c>
-      <c r="C143" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S143" s="3" t="s">
-        <v>720</v>
+        <v>142</v>
       </c>
       <c r="T143" s="4">
         <v>1</v>
       </c>
       <c r="W143" s="3" t="s">
-        <v>34</v>
+        <v>713</v>
       </c>
       <c r="X143" s="4">
         <v>0</v>
       </c>
       <c r="Y143" s="4">
         <v>0</v>
       </c>
       <c r="Z143" s="6">
-        <v>2.859E-3</v>
+        <v>2.173E-3</v>
       </c>
     </row>
     <row r="144" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A144" s="3" t="s">
+        <v>718</v>
+      </c>
+      <c r="B144" s="3" t="s">
+        <v>719</v>
+      </c>
+      <c r="C144" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D144" s="4">
+        <v>5951</v>
+      </c>
+      <c r="E144" s="5">
+        <v>186.5</v>
+      </c>
+      <c r="F144" s="4">
+        <v>1109861.5</v>
+      </c>
+      <c r="G144" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H144" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I144" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J144" s="5">
+        <v>186.5</v>
+      </c>
+      <c r="K144" s="5">
+        <v>1</v>
+      </c>
+      <c r="L144" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M144" s="4">
+        <v>1109861.5</v>
+      </c>
+      <c r="N144" s="4">
+        <v>1109861.5</v>
+      </c>
+      <c r="O144" s="3" t="s">
+        <v>720</v>
+      </c>
+      <c r="P144" s="3" t="s">
         <v>721</v>
       </c>
-      <c r="B144" s="3" t="s">
+      <c r="Q144" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="R144" s="3" t="s">
         <v>722</v>
       </c>
-      <c r="C144" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S144" s="3" t="s">
-        <v>599</v>
+        <v>142</v>
       </c>
       <c r="T144" s="4">
         <v>1</v>
       </c>
       <c r="W144" s="3" t="s">
-        <v>34</v>
+        <v>718</v>
       </c>
       <c r="X144" s="4">
         <v>0</v>
       </c>
       <c r="Y144" s="4">
         <v>0</v>
       </c>
       <c r="Z144" s="6">
-        <v>2.2910000000000001E-3</v>
+        <v>4.6862000000000001E-2</v>
       </c>
     </row>
     <row r="145" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A145" s="3" t="s">
+        <v>723</v>
+      </c>
+      <c r="B145" s="3" t="s">
+        <v>724</v>
+      </c>
+      <c r="C145" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D145" s="4">
+        <v>11000</v>
+      </c>
+      <c r="E145" s="5">
+        <v>6.3016189999999996</v>
+      </c>
+      <c r="F145" s="4">
+        <v>69317.802071900005</v>
+      </c>
+      <c r="G145" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H145" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I145" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J145" s="5">
+        <v>198</v>
+      </c>
+      <c r="K145" s="5">
+        <v>31.420495463508864</v>
+      </c>
+      <c r="L145" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M145" s="4">
+        <v>2177999.68554</v>
+      </c>
+      <c r="N145" s="4">
+        <v>69317.802071900005</v>
+      </c>
+      <c r="O145" s="3" t="s">
+        <v>723</v>
+      </c>
+      <c r="P145" s="3" t="s">
         <v>725</v>
       </c>
-      <c r="B145" s="3" t="s">
+      <c r="Q145" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="R145" s="3" t="s">
         <v>726</v>
       </c>
-      <c r="C145" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P145" s="3" t="s">
+      <c r="S145" s="3" t="s">
         <v>727</v>
-      </c>
-[...7 lines deleted...]
-        <v>599</v>
       </c>
       <c r="T145" s="4">
         <v>1</v>
       </c>
       <c r="W145" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X145" s="4">
         <v>0</v>
       </c>
       <c r="Y145" s="4">
         <v>0</v>
       </c>
       <c r="Z145" s="6">
-        <v>1.3680000000000001E-3</v>
+        <v>2.9260000000000002E-3</v>
       </c>
     </row>
     <row r="146" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A146" s="3" t="s">
+        <v>728</v>
+      </c>
+      <c r="B146" s="3" t="s">
         <v>729</v>
       </c>
-      <c r="B146" s="3" t="s">
+      <c r="C146" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D146" s="4">
+        <v>2000</v>
+      </c>
+      <c r="E146" s="5">
+        <v>28.071076000000001</v>
+      </c>
+      <c r="F146" s="4">
+        <v>56142.141695109996</v>
+      </c>
+      <c r="G146" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H146" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="I146" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="J146" s="5">
+        <v>4400</v>
+      </c>
+      <c r="K146" s="5">
+        <v>156.74497122946053</v>
+      </c>
+      <c r="L146" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="M146" s="4">
+        <v>8799998.3847599998</v>
+      </c>
+      <c r="N146" s="4">
+        <v>56142.141695109996</v>
+      </c>
+      <c r="O146" s="3" t="s">
+        <v>728</v>
+      </c>
+      <c r="P146" s="3" t="s">
         <v>730</v>
       </c>
-      <c r="C146" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P146" s="3" t="s">
+      <c r="Q146" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="R146" s="3" t="s">
         <v>731</v>
       </c>
-      <c r="Q146" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S146" s="3" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="T146" s="4">
         <v>1</v>
       </c>
       <c r="W146" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X146" s="4">
         <v>0</v>
       </c>
       <c r="Y146" s="4">
         <v>0</v>
       </c>
       <c r="Z146" s="6">
-        <v>2.5500000000000002E-3</v>
+        <v>2.3700000000000001E-3</v>
       </c>
     </row>
     <row r="147" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A147" s="3" t="s">
+        <v>732</v>
+      </c>
+      <c r="B147" s="3" t="s">
         <v>733</v>
       </c>
-      <c r="B147" s="3" t="s">
+      <c r="C147" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D147" s="4">
+        <v>900</v>
+      </c>
+      <c r="E147" s="5">
+        <v>31.369427000000002</v>
+      </c>
+      <c r="F147" s="4">
+        <v>28232.479504930001</v>
+      </c>
+      <c r="G147" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H147" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="I147" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="J147" s="5">
+        <v>4917</v>
+      </c>
+      <c r="K147" s="5">
+        <v>156.74497122946053</v>
+      </c>
+      <c r="L147" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="M147" s="4">
+        <v>4425299.1877359999</v>
+      </c>
+      <c r="N147" s="4">
+        <v>28232.479504930001</v>
+      </c>
+      <c r="O147" s="3" t="s">
+        <v>732</v>
+      </c>
+      <c r="P147" s="3" t="s">
         <v>734</v>
       </c>
-      <c r="C147" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P147" s="3" t="s">
+      <c r="Q147" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="R147" s="3" t="s">
         <v>735</v>
       </c>
-      <c r="Q147" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S147" s="3" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="T147" s="4">
         <v>1</v>
       </c>
       <c r="W147" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X147" s="4">
         <v>0</v>
       </c>
       <c r="Y147" s="4">
         <v>0</v>
       </c>
       <c r="Z147" s="6">
-        <v>4.4920000000000003E-3</v>
+        <v>1.1919999999999999E-3</v>
       </c>
     </row>
     <row r="148" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A148" s="3" t="s">
+        <v>736</v>
+      </c>
+      <c r="B148" s="3" t="s">
         <v>737</v>
       </c>
-      <c r="B148" s="3" t="s">
+      <c r="C148" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D148" s="4">
+        <v>2100</v>
+      </c>
+      <c r="E148" s="5">
+        <v>26.590965000000001</v>
+      </c>
+      <c r="F148" s="4">
+        <v>55841.015662379999</v>
+      </c>
+      <c r="G148" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H148" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="I148" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="J148" s="5">
+        <v>4168</v>
+      </c>
+      <c r="K148" s="5">
+        <v>156.74497122946053</v>
+      </c>
+      <c r="L148" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="M148" s="4">
+        <v>8752798.3934230004</v>
+      </c>
+      <c r="N148" s="4">
+        <v>55841.015662379999</v>
+      </c>
+      <c r="O148" s="3" t="s">
+        <v>736</v>
+      </c>
+      <c r="P148" s="3" t="s">
         <v>738</v>
       </c>
-      <c r="C148" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P148" s="3" t="s">
+      <c r="Q148" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="R148" s="3" t="s">
         <v>739</v>
       </c>
-      <c r="Q148" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S148" s="3" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="T148" s="4">
         <v>1</v>
       </c>
       <c r="W148" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X148" s="4">
         <v>0</v>
       </c>
       <c r="Y148" s="4">
         <v>0</v>
       </c>
       <c r="Z148" s="6">
-        <v>6.0899999999999995E-4</v>
+        <v>2.3570000000000002E-3</v>
       </c>
     </row>
     <row r="149" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A149" s="3" t="s">
+        <v>740</v>
+      </c>
+      <c r="B149" s="3" t="s">
         <v>741</v>
       </c>
-      <c r="B149" s="3" t="s">
+      <c r="C149" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D149" s="4">
+        <v>1000</v>
+      </c>
+      <c r="E149" s="5">
+        <v>105.489828</v>
+      </c>
+      <c r="F149" s="4">
+        <v>105489.80828735</v>
+      </c>
+      <c r="G149" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H149" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="I149" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="J149" s="5">
+        <v>16535</v>
+      </c>
+      <c r="K149" s="5">
+        <v>156.74497122946053</v>
+      </c>
+      <c r="L149" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="M149" s="4">
+        <v>16534996.965001</v>
+      </c>
+      <c r="N149" s="4">
+        <v>105489.80828735</v>
+      </c>
+      <c r="O149" s="3" t="s">
+        <v>740</v>
+      </c>
+      <c r="P149" s="3" t="s">
         <v>742</v>
       </c>
-      <c r="C149" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P149" s="3" t="s">
+      <c r="Q149" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="R149" s="3" t="s">
         <v>743</v>
-      </c>
-[...4 lines deleted...]
-        <v>744</v>
       </c>
       <c r="S149" s="3" t="s">
         <v>604</v>
       </c>
       <c r="T149" s="4">
         <v>1</v>
       </c>
       <c r="W149" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X149" s="4">
         <v>0</v>
       </c>
       <c r="Y149" s="4">
         <v>0</v>
       </c>
       <c r="Z149" s="6">
-        <v>3.4120000000000001E-3</v>
+        <v>4.4539999999999996E-3</v>
       </c>
     </row>
     <row r="150" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A150" s="3" t="s">
+        <v>744</v>
+      </c>
+      <c r="B150" s="3" t="s">
         <v>745</v>
       </c>
-      <c r="B150" s="3" t="s">
+      <c r="C150" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D150" s="4">
+        <v>1300</v>
+      </c>
+      <c r="E150" s="5">
+        <v>10.93815</v>
+      </c>
+      <c r="F150" s="4">
+        <v>14219.592331489999</v>
+      </c>
+      <c r="G150" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H150" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="I150" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="J150" s="5">
+        <v>1714.5</v>
+      </c>
+      <c r="K150" s="5">
+        <v>156.74497122946053</v>
+      </c>
+      <c r="L150" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="M150" s="4">
+        <v>2228849.5908940001</v>
+      </c>
+      <c r="N150" s="4">
+        <v>14219.592331489999</v>
+      </c>
+      <c r="O150" s="3" t="s">
+        <v>744</v>
+      </c>
+      <c r="P150" s="3" t="s">
         <v>746</v>
       </c>
-      <c r="C150" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P150" s="3" t="s">
+      <c r="Q150" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="R150" s="3" t="s">
         <v>747</v>
       </c>
-      <c r="Q150" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S150" s="3" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="T150" s="4">
         <v>1</v>
       </c>
       <c r="W150" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X150" s="4">
         <v>0</v>
       </c>
       <c r="Y150" s="4">
         <v>0</v>
       </c>
       <c r="Z150" s="6">
-        <v>3.7300000000000001E-4</v>
+        <v>5.9999999999999995E-4</v>
       </c>
     </row>
     <row r="151" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A151" s="3" t="s">
+        <v>748</v>
+      </c>
+      <c r="B151" s="3" t="s">
         <v>749</v>
       </c>
-      <c r="B151" s="3" t="s">
+      <c r="C151" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D151" s="4">
+        <v>6648</v>
+      </c>
+      <c r="E151" s="5">
+        <v>15.077479</v>
+      </c>
+      <c r="F151" s="4">
+        <v>100235.077068</v>
+      </c>
+      <c r="G151" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H151" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I151" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J151" s="5">
+        <v>22.61</v>
+      </c>
+      <c r="K151" s="5">
+        <v>1.4995876134063133</v>
+      </c>
+      <c r="L151" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M151" s="4">
+        <v>150311.28</v>
+      </c>
+      <c r="N151" s="4">
+        <v>100235.077068</v>
+      </c>
+      <c r="O151" s="3" t="s">
+        <v>748</v>
+      </c>
+      <c r="P151" s="3" t="s">
         <v>750</v>
       </c>
-      <c r="C151" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O151" s="3" t="s">
+      <c r="Q151" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="R151" s="3" t="s">
         <v>751</v>
       </c>
-      <c r="P151" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S151" s="3" t="s">
-        <v>104</v>
+        <v>609</v>
       </c>
       <c r="T151" s="4">
         <v>1</v>
       </c>
       <c r="W151" s="3" t="s">
-        <v>749</v>
+        <v>34</v>
       </c>
       <c r="X151" s="4">
         <v>0</v>
       </c>
       <c r="Y151" s="4">
         <v>0</v>
       </c>
       <c r="Z151" s="6">
-        <v>5.7670000000000004E-3</v>
+        <v>4.2319999999999997E-3</v>
       </c>
     </row>
     <row r="152" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A152" s="3" t="s">
+        <v>752</v>
+      </c>
+      <c r="B152" s="3" t="s">
+        <v>753</v>
+      </c>
+      <c r="C152" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D152" s="4">
+        <v>300</v>
+      </c>
+      <c r="E152" s="5">
+        <v>25.672274999999999</v>
+      </c>
+      <c r="F152" s="4">
+        <v>7701.6810743599999</v>
+      </c>
+      <c r="G152" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H152" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="I152" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="J152" s="5">
+        <v>4024</v>
+      </c>
+      <c r="K152" s="5">
+        <v>156.74497122946053</v>
+      </c>
+      <c r="L152" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="M152" s="4">
+        <v>1207199.7784190001</v>
+      </c>
+      <c r="N152" s="4">
+        <v>7701.6810743599999</v>
+      </c>
+      <c r="O152" s="3" t="s">
+        <v>752</v>
+      </c>
+      <c r="P152" s="3" t="s">
         <v>754</v>
       </c>
-      <c r="B152" s="3" t="s">
+      <c r="Q152" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="R152" s="3" t="s">
         <v>755</v>
       </c>
-      <c r="C152" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S152" s="3" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="T152" s="4">
         <v>1</v>
       </c>
       <c r="W152" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X152" s="4">
         <v>0</v>
       </c>
       <c r="Y152" s="4">
         <v>0</v>
       </c>
       <c r="Z152" s="6">
-        <v>1.5950000000000001E-3</v>
+        <v>3.2499999999999999E-4</v>
       </c>
     </row>
     <row r="153" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A153" s="3" t="s">
-        <v>758</v>
+        <v>756</v>
       </c>
       <c r="B153" s="3" t="s">
-        <v>759</v>
+        <v>757</v>
       </c>
       <c r="C153" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D153" s="4">
+        <v>876</v>
+      </c>
+      <c r="E153" s="5">
+        <v>194.91</v>
+      </c>
+      <c r="F153" s="4">
+        <v>170741.16</v>
+      </c>
+      <c r="G153" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H153" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D153" s="4">
-[...8 lines deleted...]
-      <c r="G153" s="3" t="s">
+      <c r="I153" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H153" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J153" s="5">
-        <v>1440</v>
+        <v>194.91</v>
       </c>
       <c r="K153" s="5">
-        <v>31.385004558671913</v>
+        <v>1</v>
       </c>
       <c r="L153" s="3" t="s">
-        <v>677</v>
+        <v>100</v>
       </c>
       <c r="M153" s="4">
-        <v>12960001.882440001</v>
+        <v>170741.16</v>
       </c>
       <c r="N153" s="4">
-        <v>412936.11597897002</v>
+        <v>170741.16</v>
       </c>
       <c r="O153" s="3" t="s">
         <v>758</v>
       </c>
       <c r="P153" s="3" t="s">
+        <v>759</v>
+      </c>
+      <c r="Q153" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="R153" s="3" t="s">
         <v>760</v>
       </c>
-      <c r="Q153" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S153" s="3" t="s">
-        <v>680</v>
+        <v>114</v>
       </c>
       <c r="T153" s="4">
         <v>1</v>
       </c>
       <c r="W153" s="3" t="s">
-        <v>34</v>
+        <v>756</v>
       </c>
       <c r="X153" s="4">
         <v>0</v>
       </c>
       <c r="Y153" s="4">
         <v>0</v>
       </c>
       <c r="Z153" s="6">
-        <v>1.7548999999999999E-2</v>
+        <v>7.2090000000000001E-3</v>
       </c>
     </row>
     <row r="154" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A154" s="3" t="s">
+        <v>761</v>
+      </c>
+      <c r="B154" s="3" t="s">
         <v>762</v>
       </c>
-      <c r="B154" s="3" t="s">
+      <c r="C154" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D154" s="4">
+        <v>1300</v>
+      </c>
+      <c r="E154" s="5">
+        <v>30.846285000000002</v>
+      </c>
+      <c r="F154" s="4">
+        <v>40100.162684620002</v>
+      </c>
+      <c r="G154" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H154" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="I154" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="J154" s="5">
+        <v>4835</v>
+      </c>
+      <c r="K154" s="5">
+        <v>156.74497122946053</v>
+      </c>
+      <c r="L154" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="M154" s="4">
+        <v>6285498.8462969996</v>
+      </c>
+      <c r="N154" s="4">
+        <v>40100.162684620002</v>
+      </c>
+      <c r="O154" s="3" t="s">
+        <v>761</v>
+      </c>
+      <c r="P154" s="3" t="s">
         <v>763</v>
       </c>
-      <c r="C154" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P154" s="3" t="s">
+      <c r="Q154" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="R154" s="3" t="s">
         <v>764</v>
       </c>
-      <c r="Q154" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S154" s="3" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="T154" s="4">
         <v>1</v>
       </c>
       <c r="W154" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X154" s="4">
         <v>0</v>
       </c>
       <c r="Y154" s="4">
         <v>0</v>
       </c>
       <c r="Z154" s="6">
-        <v>5.1960000000000001E-3</v>
+        <v>1.6930000000000001E-3</v>
       </c>
     </row>
     <row r="155" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A155" s="3" t="s">
+        <v>765</v>
+      </c>
+      <c r="B155" s="3" t="s">
         <v>766</v>
       </c>
-      <c r="B155" s="3" t="s">
+      <c r="C155" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D155" s="4">
+        <v>9000</v>
+      </c>
+      <c r="E155" s="5">
+        <v>49.330857999999999</v>
+      </c>
+      <c r="F155" s="4">
+        <v>443977.65789850999</v>
+      </c>
+      <c r="G155" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H155" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I155" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="J155" s="5">
+        <v>1550</v>
+      </c>
+      <c r="K155" s="5">
+        <v>31.420495463508864</v>
+      </c>
+      <c r="L155" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="M155" s="4">
+        <v>13949997.985898999</v>
+      </c>
+      <c r="N155" s="4">
+        <v>443977.65789850999</v>
+      </c>
+      <c r="O155" s="3" t="s">
+        <v>765</v>
+      </c>
+      <c r="P155" s="3" t="s">
         <v>767</v>
       </c>
-      <c r="C155" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O155" s="3" t="s">
+      <c r="Q155" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="R155" s="3" t="s">
         <v>768</v>
       </c>
-      <c r="P155" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S155" s="3" t="s">
-        <v>104</v>
+        <v>687</v>
       </c>
       <c r="T155" s="4">
         <v>1</v>
       </c>
       <c r="W155" s="3" t="s">
-        <v>766</v>
+        <v>34</v>
       </c>
       <c r="X155" s="4">
         <v>0</v>
       </c>
       <c r="Y155" s="4">
         <v>0</v>
       </c>
       <c r="Z155" s="6">
-        <v>1.621E-3</v>
+        <v>1.8745999999999999E-2</v>
       </c>
     </row>
     <row r="156" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A156" s="3" t="s">
+        <v>769</v>
+      </c>
+      <c r="B156" s="3" t="s">
+        <v>770</v>
+      </c>
+      <c r="C156" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D156" s="4">
+        <v>600</v>
+      </c>
+      <c r="E156" s="5">
+        <v>218.95439300000001</v>
+      </c>
+      <c r="F156" s="4">
+        <v>131372.61156655999</v>
+      </c>
+      <c r="G156" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H156" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="I156" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="J156" s="5">
+        <v>34320</v>
+      </c>
+      <c r="K156" s="5">
+        <v>156.74497122946053</v>
+      </c>
+      <c r="L156" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="M156" s="4">
+        <v>20591996.220339</v>
+      </c>
+      <c r="N156" s="4">
+        <v>131372.61156655999</v>
+      </c>
+      <c r="O156" s="3" t="s">
+        <v>769</v>
+      </c>
+      <c r="P156" s="3" t="s">
         <v>771</v>
       </c>
-      <c r="B156" s="3" t="s">
+      <c r="Q156" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="R156" s="3" t="s">
         <v>772</v>
       </c>
-      <c r="C156" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S156" s="3" t="s">
-        <v>132</v>
+        <v>604</v>
       </c>
       <c r="T156" s="4">
         <v>1</v>
       </c>
       <c r="W156" s="3" t="s">
-        <v>771</v>
+        <v>34</v>
       </c>
       <c r="X156" s="4">
         <v>0</v>
       </c>
       <c r="Y156" s="4">
         <v>0</v>
       </c>
       <c r="Z156" s="6">
-        <v>8.626E-3</v>
+        <v>5.5469999999999998E-3</v>
       </c>
     </row>
     <row r="157" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A157" s="3" t="s">
+        <v>773</v>
+      </c>
+      <c r="B157" s="3" t="s">
+        <v>774</v>
+      </c>
+      <c r="C157" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D157" s="4">
+        <v>200</v>
+      </c>
+      <c r="E157" s="5">
+        <v>208.73</v>
+      </c>
+      <c r="F157" s="4">
+        <v>41746</v>
+      </c>
+      <c r="G157" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H157" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I157" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J157" s="5">
+        <v>208.73</v>
+      </c>
+      <c r="K157" s="5">
+        <v>1</v>
+      </c>
+      <c r="L157" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M157" s="4">
+        <v>41746</v>
+      </c>
+      <c r="N157" s="4">
+        <v>41746</v>
+      </c>
+      <c r="O157" s="3" t="s">
+        <v>775</v>
+      </c>
+      <c r="P157" s="3" t="s">
         <v>776</v>
       </c>
-      <c r="B157" s="3" t="s">
+      <c r="Q157" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="R157" s="3" t="s">
         <v>777</v>
       </c>
-      <c r="C157" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S157" s="3" t="s">
-        <v>132</v>
+        <v>114</v>
       </c>
       <c r="T157" s="4">
         <v>1</v>
       </c>
       <c r="W157" s="3" t="s">
-        <v>776</v>
+        <v>773</v>
       </c>
       <c r="X157" s="4">
         <v>0</v>
       </c>
       <c r="Y157" s="4">
         <v>0</v>
       </c>
       <c r="Z157" s="6">
-        <v>1.3320000000000001E-3</v>
+        <v>1.7619999999999999E-3</v>
       </c>
     </row>
     <row r="158" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A158" s="3" t="s">
+        <v>778</v>
+      </c>
+      <c r="B158" s="3" t="s">
+        <v>779</v>
+      </c>
+      <c r="C158" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D158" s="4">
+        <v>1205</v>
+      </c>
+      <c r="E158" s="5">
+        <v>177.75</v>
+      </c>
+      <c r="F158" s="4">
+        <v>214188.75</v>
+      </c>
+      <c r="G158" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H158" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I158" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J158" s="5">
+        <v>177.75</v>
+      </c>
+      <c r="K158" s="5">
+        <v>1</v>
+      </c>
+      <c r="L158" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M158" s="4">
+        <v>214188.75</v>
+      </c>
+      <c r="N158" s="4">
+        <v>214188.75</v>
+      </c>
+      <c r="O158" s="3" t="s">
+        <v>780</v>
+      </c>
+      <c r="P158" s="3" t="s">
         <v>781</v>
       </c>
-      <c r="B158" s="3" t="s">
+      <c r="Q158" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="R158" s="3" t="s">
         <v>782</v>
       </c>
-      <c r="C158" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S158" s="3" t="s">
-        <v>421</v>
+        <v>142</v>
       </c>
       <c r="T158" s="4">
         <v>1</v>
       </c>
       <c r="W158" s="3" t="s">
-        <v>34</v>
+        <v>778</v>
       </c>
       <c r="X158" s="4">
         <v>0</v>
       </c>
       <c r="Y158" s="4">
         <v>0</v>
       </c>
       <c r="Z158" s="6">
-        <v>2.2859999999999998E-3</v>
+        <v>9.0430000000000007E-3</v>
       </c>
     </row>
     <row r="159" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A159" s="3" t="s">
-        <v>785</v>
+        <v>783</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>786</v>
+        <v>784</v>
       </c>
       <c r="C159" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D159" s="4">
+        <v>500</v>
+      </c>
+      <c r="E159" s="5">
+        <v>58.38</v>
+      </c>
+      <c r="F159" s="4">
+        <v>29190</v>
+      </c>
+      <c r="G159" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H159" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D159" s="4">
-[...8 lines deleted...]
-      <c r="G159" s="3" t="s">
+      <c r="I159" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H159" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J159" s="5">
-        <v>104.48</v>
+        <v>58.38</v>
       </c>
       <c r="K159" s="5">
-        <v>0.80294999975750914</v>
+        <v>1</v>
       </c>
       <c r="L159" s="3" t="s">
-        <v>45</v>
+        <v>100</v>
       </c>
       <c r="M159" s="4">
-        <v>71150.879977999997</v>
+        <v>29190</v>
       </c>
       <c r="N159" s="4">
-        <v>88611.843825889999</v>
+        <v>29190</v>
       </c>
       <c r="O159" s="3" t="s">
         <v>785</v>
       </c>
       <c r="P159" s="3" t="s">
+        <v>786</v>
+      </c>
+      <c r="Q159" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="R159" s="3" t="s">
         <v>787</v>
       </c>
-      <c r="Q159" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S159" s="3" t="s">
-        <v>594</v>
+        <v>142</v>
       </c>
       <c r="T159" s="4">
         <v>1</v>
       </c>
       <c r="W159" s="3" t="s">
-        <v>34</v>
+        <v>783</v>
       </c>
       <c r="X159" s="4">
         <v>0</v>
       </c>
       <c r="Y159" s="4">
         <v>0</v>
       </c>
       <c r="Z159" s="6">
-        <v>3.7650000000000001E-3</v>
+        <v>1.232E-3</v>
       </c>
     </row>
     <row r="160" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A160" s="3" t="s">
+        <v>788</v>
+      </c>
+      <c r="B160" s="3" t="s">
         <v>789</v>
       </c>
-      <c r="B160" s="3" t="s">
+      <c r="C160" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D160" s="4">
+        <v>1192</v>
+      </c>
+      <c r="E160" s="5">
+        <v>48.105471999999999</v>
+      </c>
+      <c r="F160" s="4">
+        <v>57341.722624000002</v>
+      </c>
+      <c r="G160" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H160" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="I160" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="J160" s="5">
+        <v>40.96</v>
+      </c>
+      <c r="K160" s="5">
+        <v>0.85146238664906981</v>
+      </c>
+      <c r="L160" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="M160" s="4">
+        <v>48824.32</v>
+      </c>
+      <c r="N160" s="4">
+        <v>57341.722624000002</v>
+      </c>
+      <c r="O160" s="3" t="s">
+        <v>788</v>
+      </c>
+      <c r="P160" s="3" t="s">
         <v>790</v>
       </c>
-      <c r="C160" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P160" s="3" t="s">
+      <c r="Q160" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="R160" s="3" t="s">
         <v>791</v>
       </c>
-      <c r="Q160" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S160" s="3" t="s">
-        <v>594</v>
+        <v>421</v>
       </c>
       <c r="T160" s="4">
         <v>1</v>
       </c>
       <c r="W160" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X160" s="4">
         <v>0</v>
       </c>
       <c r="Y160" s="4">
         <v>0</v>
       </c>
       <c r="Z160" s="6">
-        <v>3.9039999999999999E-3</v>
+        <v>2.421E-3</v>
       </c>
     </row>
     <row r="161" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A161" s="3" t="s">
+        <v>792</v>
+      </c>
+      <c r="B161" s="3" t="s">
         <v>793</v>
       </c>
-      <c r="B161" s="3" t="s">
+      <c r="C161" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D161" s="4">
+        <v>681</v>
+      </c>
+      <c r="E161" s="5">
+        <v>138.34017</v>
+      </c>
+      <c r="F161" s="4">
+        <v>94209.656042920004</v>
+      </c>
+      <c r="G161" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H161" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="I161" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="J161" s="5">
+        <v>109.6</v>
+      </c>
+      <c r="K161" s="5">
+        <v>0.79225000133296064</v>
+      </c>
+      <c r="L161" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="M161" s="4">
+        <v>74637.600124999997</v>
+      </c>
+      <c r="N161" s="4">
+        <v>94209.656042920004</v>
+      </c>
+      <c r="O161" s="3" t="s">
+        <v>792</v>
+      </c>
+      <c r="P161" s="3" t="s">
         <v>794</v>
       </c>
-      <c r="C161" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O161" s="3" t="s">
+      <c r="Q161" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="R161" s="3" t="s">
         <v>795</v>
       </c>
-      <c r="P161" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S161" s="3" t="s">
-        <v>104</v>
+        <v>599</v>
       </c>
       <c r="T161" s="4">
         <v>1</v>
       </c>
       <c r="W161" s="3" t="s">
-        <v>793</v>
+        <v>34</v>
       </c>
       <c r="X161" s="4">
         <v>0</v>
       </c>
       <c r="Y161" s="4">
         <v>0</v>
       </c>
       <c r="Z161" s="6">
-        <v>2.078E-3</v>
+        <v>3.9769999999999996E-3</v>
       </c>
     </row>
     <row r="162" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A162" s="3" t="s">
+        <v>796</v>
+      </c>
+      <c r="B162" s="3" t="s">
+        <v>797</v>
+      </c>
+      <c r="C162" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D162" s="4">
+        <v>240</v>
+      </c>
+      <c r="E162" s="5">
+        <v>414.26317399999999</v>
+      </c>
+      <c r="F162" s="4">
+        <v>99423.161880719999</v>
+      </c>
+      <c r="G162" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H162" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="I162" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="J162" s="5">
+        <v>328.2</v>
+      </c>
+      <c r="K162" s="5">
+        <v>0.79225000133296064</v>
+      </c>
+      <c r="L162" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="M162" s="4">
+        <v>78768.000132000001</v>
+      </c>
+      <c r="N162" s="4">
+        <v>99423.161880719999</v>
+      </c>
+      <c r="O162" s="3" t="s">
+        <v>796</v>
+      </c>
+      <c r="P162" s="3" t="s">
         <v>798</v>
       </c>
-      <c r="B162" s="3" t="s">
+      <c r="Q162" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="R162" s="3" t="s">
         <v>799</v>
       </c>
-      <c r="C162" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S162" s="3" t="s">
-        <v>421</v>
+        <v>599</v>
       </c>
       <c r="T162" s="4">
         <v>1</v>
       </c>
       <c r="W162" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X162" s="4">
         <v>0</v>
       </c>
       <c r="Y162" s="4">
         <v>0</v>
       </c>
       <c r="Z162" s="6">
-        <v>9.1200000000000005E-4</v>
+        <v>4.1980000000000003E-3</v>
       </c>
     </row>
     <row r="163" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A163" s="3" t="s">
+        <v>800</v>
+      </c>
+      <c r="B163" s="3" t="s">
+        <v>801</v>
+      </c>
+      <c r="C163" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D163" s="4">
+        <v>4</v>
+      </c>
+      <c r="E163" s="5">
+        <v>24.9</v>
+      </c>
+      <c r="F163" s="4">
+        <v>99.6</v>
+      </c>
+      <c r="G163" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H163" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I163" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J163" s="5">
+        <v>24.9</v>
+      </c>
+      <c r="K163" s="5">
+        <v>1</v>
+      </c>
+      <c r="L163" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M163" s="4">
+        <v>99.6</v>
+      </c>
+      <c r="N163" s="4">
+        <v>99.6</v>
+      </c>
+      <c r="O163" s="3" t="s">
         <v>802</v>
       </c>
-      <c r="B163" s="3" t="s">
+      <c r="P163" s="3" t="s">
         <v>803</v>
       </c>
-      <c r="C163" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O163" s="3" t="s">
+      <c r="Q163" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="R163" s="3" t="s">
         <v>804</v>
       </c>
-      <c r="P163" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S163" s="3" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="T163" s="4">
         <v>1</v>
       </c>
       <c r="W163" s="3" t="s">
-        <v>802</v>
+        <v>800</v>
       </c>
       <c r="X163" s="4">
         <v>0</v>
       </c>
       <c r="Y163" s="4">
         <v>0</v>
       </c>
       <c r="Z163" s="6">
-        <v>2.9160000000000002E-3</v>
+        <v>3.9999999999999998E-6</v>
       </c>
     </row>
     <row r="164" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A164" s="3" t="s">
+        <v>805</v>
+      </c>
+      <c r="B164" s="3" t="s">
+        <v>806</v>
+      </c>
+      <c r="C164" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D164" s="4">
+        <v>251</v>
+      </c>
+      <c r="E164" s="5">
+        <v>94.883815999999996</v>
+      </c>
+      <c r="F164" s="4">
+        <v>23815.8376905</v>
+      </c>
+      <c r="G164" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H164" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="I164" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="J164" s="5">
+        <v>80.790000000000006</v>
+      </c>
+      <c r="K164" s="5">
+        <v>0.85146238664906981</v>
+      </c>
+      <c r="L164" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="M164" s="4">
+        <v>20278.29</v>
+      </c>
+      <c r="N164" s="4">
+        <v>23815.8376905</v>
+      </c>
+      <c r="O164" s="3" t="s">
+        <v>805</v>
+      </c>
+      <c r="P164" s="3" t="s">
         <v>807</v>
       </c>
-      <c r="B164" s="3" t="s">
+      <c r="Q164" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="R164" s="3" t="s">
         <v>808</v>
       </c>
-      <c r="C164" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S164" s="3" t="s">
-        <v>104</v>
+        <v>421</v>
       </c>
       <c r="T164" s="4">
         <v>1</v>
       </c>
       <c r="W164" s="3" t="s">
-        <v>807</v>
+        <v>34</v>
       </c>
       <c r="X164" s="4">
         <v>0</v>
       </c>
       <c r="Y164" s="4">
         <v>0</v>
       </c>
       <c r="Z164" s="6">
-        <v>1.8799999999999999E-4</v>
+        <v>1.005E-3</v>
       </c>
     </row>
     <row r="165" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A165" s="3" t="s">
+        <v>809</v>
+      </c>
+      <c r="B165" s="3" t="s">
+        <v>810</v>
+      </c>
+      <c r="C165" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D165" s="4">
+        <v>300</v>
+      </c>
+      <c r="E165" s="5">
+        <v>227.72</v>
+      </c>
+      <c r="F165" s="4">
+        <v>68316</v>
+      </c>
+      <c r="G165" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H165" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I165" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J165" s="5">
+        <v>227.72</v>
+      </c>
+      <c r="K165" s="5">
+        <v>1</v>
+      </c>
+      <c r="L165" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M165" s="4">
+        <v>68316</v>
+      </c>
+      <c r="N165" s="4">
+        <v>68316</v>
+      </c>
+      <c r="O165" s="3" t="s">
+        <v>811</v>
+      </c>
+      <c r="P165" s="3" t="s">
         <v>812</v>
       </c>
-      <c r="B165" s="3" t="s">
+      <c r="Q165" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="R165" s="3" t="s">
         <v>813</v>
       </c>
-      <c r="C165" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S165" s="3" t="s">
-        <v>132</v>
+        <v>114</v>
       </c>
       <c r="T165" s="4">
         <v>1</v>
       </c>
       <c r="W165" s="3" t="s">
-        <v>812</v>
+        <v>809</v>
       </c>
       <c r="X165" s="4">
         <v>0</v>
       </c>
       <c r="Y165" s="4">
         <v>0</v>
       </c>
       <c r="Z165" s="6">
-        <v>2.264E-3</v>
+        <v>2.8839999999999998E-3</v>
       </c>
     </row>
     <row r="166" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A166" s="3" t="s">
+        <v>814</v>
+      </c>
+      <c r="B166" s="3" t="s">
+        <v>815</v>
+      </c>
+      <c r="C166" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D166" s="4">
+        <v>317</v>
+      </c>
+      <c r="E166" s="5">
+        <v>171.05</v>
+      </c>
+      <c r="F166" s="4">
+        <v>54222.85</v>
+      </c>
+      <c r="G166" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H166" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I166" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J166" s="5">
+        <v>171.05</v>
+      </c>
+      <c r="K166" s="5">
+        <v>1</v>
+      </c>
+      <c r="L166" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M166" s="4">
+        <v>54222.85</v>
+      </c>
+      <c r="N166" s="4">
+        <v>54222.85</v>
+      </c>
+      <c r="O166" s="3" t="s">
+        <v>816</v>
+      </c>
+      <c r="P166" s="3" t="s">
         <v>817</v>
       </c>
-      <c r="B166" s="3" t="s">
+      <c r="Q166" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="R166" s="3" t="s">
         <v>818</v>
       </c>
-      <c r="C166" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S166" s="3" t="s">
-        <v>104</v>
+        <v>142</v>
       </c>
       <c r="T166" s="4">
         <v>1</v>
       </c>
       <c r="W166" s="3" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
       <c r="X166" s="4">
         <v>0</v>
       </c>
       <c r="Y166" s="4">
         <v>0</v>
       </c>
       <c r="Z166" s="6">
-        <v>4.5019999999999999E-3</v>
+        <v>2.2889999999999998E-3</v>
       </c>
     </row>
     <row r="167" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A167" s="3" t="s">
+        <v>819</v>
+      </c>
+      <c r="B167" s="3" t="s">
+        <v>820</v>
+      </c>
+      <c r="C167" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D167" s="4">
+        <v>608</v>
+      </c>
+      <c r="E167" s="5">
+        <v>173.53</v>
+      </c>
+      <c r="F167" s="4">
+        <v>105506.24000000001</v>
+      </c>
+      <c r="G167" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H167" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I167" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J167" s="5">
+        <v>173.53</v>
+      </c>
+      <c r="K167" s="5">
+        <v>1</v>
+      </c>
+      <c r="L167" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M167" s="4">
+        <v>105506.24000000001</v>
+      </c>
+      <c r="N167" s="4">
+        <v>105506.24000000001</v>
+      </c>
+      <c r="O167" s="3" t="s">
+        <v>821</v>
+      </c>
+      <c r="P167" s="3" t="s">
         <v>822</v>
       </c>
-      <c r="B167" s="3" t="s">
+      <c r="Q167" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="R167" s="3" t="s">
         <v>823</v>
       </c>
-      <c r="C167" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S167" s="3" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="T167" s="4">
         <v>1</v>
       </c>
       <c r="W167" s="3" t="s">
-        <v>822</v>
+        <v>819</v>
       </c>
       <c r="X167" s="4">
         <v>0</v>
       </c>
       <c r="Y167" s="4">
         <v>0</v>
       </c>
       <c r="Z167" s="6">
-        <v>3.542E-3</v>
+        <v>4.4539999999999996E-3</v>
       </c>
     </row>
     <row r="168" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A168" s="3" t="s">
+        <v>824</v>
+      </c>
+      <c r="B168" s="3" t="s">
+        <v>825</v>
+      </c>
+      <c r="C168" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D168" s="4">
+        <v>384</v>
+      </c>
+      <c r="E168" s="5">
+        <v>211.93</v>
+      </c>
+      <c r="F168" s="4">
+        <v>81381.119999999995</v>
+      </c>
+      <c r="G168" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H168" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I168" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J168" s="5">
+        <v>211.93</v>
+      </c>
+      <c r="K168" s="5">
+        <v>1</v>
+      </c>
+      <c r="L168" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M168" s="4">
+        <v>81381.119999999995</v>
+      </c>
+      <c r="N168" s="4">
+        <v>81381.119999999995</v>
+      </c>
+      <c r="O168" s="3" t="s">
+        <v>826</v>
+      </c>
+      <c r="P168" s="3" t="s">
         <v>827</v>
       </c>
-      <c r="B168" s="3" t="s">
+      <c r="Q168" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="R168" s="3" t="s">
         <v>828</v>
       </c>
-      <c r="C168" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S168" s="3" t="s">
-        <v>132</v>
+        <v>114</v>
       </c>
       <c r="T168" s="4">
         <v>1</v>
       </c>
       <c r="W168" s="3" t="s">
-        <v>827</v>
+        <v>824</v>
       </c>
       <c r="X168" s="4">
         <v>0</v>
       </c>
       <c r="Y168" s="4">
         <v>0</v>
       </c>
       <c r="Z168" s="6">
-        <v>4.849E-3</v>
+        <v>3.4359999999999998E-3</v>
       </c>
     </row>
     <row r="169" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A169" s="3" t="s">
+        <v>829</v>
+      </c>
+      <c r="B169" s="3" t="s">
+        <v>830</v>
+      </c>
+      <c r="C169" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D169" s="4">
+        <v>888</v>
+      </c>
+      <c r="E169" s="5">
+        <v>113.1</v>
+      </c>
+      <c r="F169" s="4">
+        <v>100432.8</v>
+      </c>
+      <c r="G169" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H169" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I169" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J169" s="5">
+        <v>113.1</v>
+      </c>
+      <c r="K169" s="5">
+        <v>1</v>
+      </c>
+      <c r="L169" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M169" s="4">
+        <v>100432.8</v>
+      </c>
+      <c r="N169" s="4">
+        <v>100432.8</v>
+      </c>
+      <c r="O169" s="3" t="s">
+        <v>831</v>
+      </c>
+      <c r="P169" s="3" t="s">
         <v>832</v>
       </c>
-      <c r="B169" s="3" t="s">
+      <c r="Q169" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="R169" s="3" t="s">
         <v>833</v>
       </c>
-      <c r="C169" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S169" s="3" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="T169" s="4">
         <v>1</v>
       </c>
       <c r="W169" s="3" t="s">
-        <v>832</v>
+        <v>829</v>
       </c>
       <c r="X169" s="4">
         <v>0</v>
       </c>
       <c r="Y169" s="4">
         <v>0</v>
       </c>
       <c r="Z169" s="6">
-        <v>1.8959999999999999E-3</v>
+        <v>4.2399999999999998E-3</v>
       </c>
     </row>
     <row r="170" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A170" s="3" t="s">
+        <v>834</v>
+      </c>
+      <c r="B170" s="3" t="s">
+        <v>835</v>
+      </c>
+      <c r="C170" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D170" s="4">
+        <v>5832</v>
+      </c>
+      <c r="E170" s="5">
+        <v>19.36</v>
+      </c>
+      <c r="F170" s="4">
+        <v>112907.52</v>
+      </c>
+      <c r="G170" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H170" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I170" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J170" s="5">
+        <v>19.36</v>
+      </c>
+      <c r="K170" s="5">
+        <v>1</v>
+      </c>
+      <c r="L170" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M170" s="4">
+        <v>112907.52</v>
+      </c>
+      <c r="N170" s="4">
+        <v>112907.52</v>
+      </c>
+      <c r="O170" s="3" t="s">
+        <v>836</v>
+      </c>
+      <c r="P170" s="3" t="s">
         <v>837</v>
       </c>
-      <c r="B170" s="3" t="s">
+      <c r="Q170" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="R170" s="3" t="s">
         <v>838</v>
       </c>
-      <c r="C170" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S170" s="3" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="T170" s="4">
         <v>1</v>
       </c>
       <c r="W170" s="3" t="s">
-        <v>837</v>
+        <v>834</v>
       </c>
       <c r="X170" s="4">
         <v>0</v>
       </c>
       <c r="Y170" s="4">
         <v>0</v>
       </c>
       <c r="Z170" s="6">
-        <v>2.1189999999999998E-3</v>
+        <v>4.7670000000000004E-3</v>
       </c>
     </row>
     <row r="171" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A171" s="3" t="s">
+        <v>839</v>
+      </c>
+      <c r="B171" s="3" t="s">
+        <v>840</v>
+      </c>
+      <c r="C171" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D171" s="4">
+        <v>1</v>
+      </c>
+      <c r="E171" s="5">
+        <v>445.13</v>
+      </c>
+      <c r="F171" s="4">
+        <v>445.13</v>
+      </c>
+      <c r="G171" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H171" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I171" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J171" s="5">
+        <v>445.13</v>
+      </c>
+      <c r="K171" s="5">
+        <v>1</v>
+      </c>
+      <c r="L171" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M171" s="4">
+        <v>445.13</v>
+      </c>
+      <c r="N171" s="4">
+        <v>445.13</v>
+      </c>
+      <c r="O171" s="3" t="s">
+        <v>841</v>
+      </c>
+      <c r="P171" s="3" t="s">
         <v>842</v>
       </c>
-      <c r="B171" s="3" t="s">
+      <c r="Q171" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="R171" s="3" t="s">
         <v>843</v>
       </c>
-      <c r="C171" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S171" s="3" t="s">
-        <v>104</v>
+        <v>142</v>
       </c>
       <c r="T171" s="4">
         <v>1</v>
       </c>
       <c r="W171" s="3" t="s">
-        <v>842</v>
+        <v>839</v>
       </c>
       <c r="X171" s="4">
         <v>0</v>
       </c>
       <c r="Y171" s="4">
         <v>0</v>
       </c>
       <c r="Z171" s="6">
-        <v>4.457E-3</v>
+        <v>1.8E-5</v>
       </c>
     </row>
     <row r="172" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A172" s="3" t="s">
+        <v>844</v>
+      </c>
+      <c r="B172" s="3" t="s">
+        <v>845</v>
+      </c>
+      <c r="C172" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D172" s="4">
+        <v>100</v>
+      </c>
+      <c r="E172" s="5">
+        <v>522.59</v>
+      </c>
+      <c r="F172" s="4">
+        <v>52259</v>
+      </c>
+      <c r="G172" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H172" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I172" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J172" s="5">
+        <v>522.59</v>
+      </c>
+      <c r="K172" s="5">
+        <v>1</v>
+      </c>
+      <c r="L172" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M172" s="4">
+        <v>52259</v>
+      </c>
+      <c r="N172" s="4">
+        <v>52259</v>
+      </c>
+      <c r="O172" s="3" t="s">
+        <v>846</v>
+      </c>
+      <c r="P172" s="3" t="s">
         <v>847</v>
       </c>
-      <c r="B172" s="3" t="s">
+      <c r="Q172" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="R172" s="3" t="s">
         <v>848</v>
       </c>
-      <c r="C172" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S172" s="3" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="T172" s="4">
         <v>1</v>
       </c>
       <c r="W172" s="3" t="s">
-        <v>847</v>
+        <v>844</v>
       </c>
       <c r="X172" s="4">
         <v>0</v>
       </c>
       <c r="Y172" s="4">
         <v>0</v>
       </c>
       <c r="Z172" s="6">
-        <v>3.3100000000000002E-4</v>
+        <v>2.2060000000000001E-3</v>
       </c>
     </row>
     <row r="173" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A173" s="3" t="s">
+        <v>849</v>
+      </c>
+      <c r="B173" s="3" t="s">
+        <v>850</v>
+      </c>
+      <c r="C173" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D173" s="4">
+        <v>455</v>
+      </c>
+      <c r="E173" s="5">
+        <v>264.91000000000003</v>
+      </c>
+      <c r="F173" s="4">
+        <v>120534.05</v>
+      </c>
+      <c r="G173" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H173" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I173" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J173" s="5">
+        <v>264.91000000000003</v>
+      </c>
+      <c r="K173" s="5">
+        <v>1</v>
+      </c>
+      <c r="L173" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M173" s="4">
+        <v>120534.05</v>
+      </c>
+      <c r="N173" s="4">
+        <v>120534.05</v>
+      </c>
+      <c r="O173" s="3" t="s">
+        <v>851</v>
+      </c>
+      <c r="P173" s="3" t="s">
         <v>852</v>
       </c>
-      <c r="B173" s="3" t="s">
+      <c r="Q173" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="R173" s="3" t="s">
         <v>853</v>
       </c>
-      <c r="C173" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S173" s="3" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="T173" s="4">
         <v>1</v>
       </c>
       <c r="W173" s="3" t="s">
-        <v>852</v>
+        <v>849</v>
       </c>
       <c r="X173" s="4">
         <v>0</v>
       </c>
       <c r="Y173" s="4">
         <v>0</v>
       </c>
       <c r="Z173" s="6">
-        <v>1.8979999999999999E-3</v>
+        <v>5.0889999999999998E-3</v>
       </c>
     </row>
     <row r="174" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A174" s="3" t="s">
+        <v>854</v>
+      </c>
+      <c r="B174" s="3" t="s">
+        <v>855</v>
+      </c>
+      <c r="C174" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D174" s="4">
+        <v>84</v>
+      </c>
+      <c r="E174" s="5">
+        <v>99.91</v>
+      </c>
+      <c r="F174" s="4">
+        <v>8392.44</v>
+      </c>
+      <c r="G174" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H174" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I174" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J174" s="5">
+        <v>99.91</v>
+      </c>
+      <c r="K174" s="5">
+        <v>1</v>
+      </c>
+      <c r="L174" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M174" s="4">
+        <v>8392.44</v>
+      </c>
+      <c r="N174" s="4">
+        <v>8392.44</v>
+      </c>
+      <c r="O174" s="3" t="s">
+        <v>856</v>
+      </c>
+      <c r="P174" s="3" t="s">
         <v>857</v>
       </c>
-      <c r="B174" s="3" t="s">
+      <c r="Q174" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="R174" s="3" t="s">
         <v>858</v>
       </c>
-      <c r="C174" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S174" s="3" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="T174" s="4">
         <v>1</v>
       </c>
       <c r="W174" s="3" t="s">
-        <v>857</v>
+        <v>854</v>
       </c>
       <c r="X174" s="4">
         <v>0</v>
       </c>
       <c r="Y174" s="4">
         <v>0</v>
       </c>
       <c r="Z174" s="6">
-        <v>5.5000000000000003E-4</v>
+        <v>3.5399999999999999E-4</v>
       </c>
     </row>
     <row r="175" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A175" s="3" t="s">
-        <v>343</v>
+        <v>859</v>
       </c>
       <c r="B175" s="3" t="s">
-        <v>340</v>
+        <v>860</v>
       </c>
       <c r="C175" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D175" s="4">
+        <v>220</v>
+      </c>
+      <c r="E175" s="5">
+        <v>153.19</v>
+      </c>
+      <c r="F175" s="4">
+        <v>33701.800000000003</v>
+      </c>
+      <c r="G175" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H175" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D175" s="4">
-[...8 lines deleted...]
-      <c r="G175" s="3" t="s">
+      <c r="I175" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H175" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J175" s="5">
-        <v>96.56</v>
+        <v>153.19</v>
       </c>
       <c r="K175" s="5">
         <v>1</v>
       </c>
       <c r="L175" s="3" t="s">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="M175" s="4">
-        <v>18829.2</v>
+        <v>33701.800000000003</v>
       </c>
       <c r="N175" s="4">
-        <v>18829.2</v>
+        <v>33701.800000000003</v>
       </c>
       <c r="O175" s="3" t="s">
+        <v>861</v>
+      </c>
+      <c r="P175" s="3" t="s">
         <v>862</v>
       </c>
-      <c r="P175" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q175" s="3" t="s">
-        <v>258</v>
+        <v>179</v>
       </c>
       <c r="R175" s="3" t="s">
-        <v>342</v>
+        <v>863</v>
       </c>
       <c r="S175" s="3" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="T175" s="4">
         <v>1</v>
       </c>
       <c r="W175" s="3" t="s">
-        <v>343</v>
+        <v>859</v>
       </c>
       <c r="X175" s="4">
         <v>0</v>
       </c>
       <c r="Y175" s="4">
         <v>0</v>
       </c>
       <c r="Z175" s="6">
-        <v>8.0000000000000004E-4</v>
+        <v>1.423E-3</v>
       </c>
     </row>
     <row r="176" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A176" s="3" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="C176" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D176" s="4">
+        <v>152</v>
+      </c>
+      <c r="E176" s="5">
+        <v>79.239999999999995</v>
+      </c>
+      <c r="F176" s="4">
+        <v>12044.48</v>
+      </c>
+      <c r="G176" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H176" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D176" s="4">
-[...8 lines deleted...]
-      <c r="G176" s="3" t="s">
+      <c r="I176" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H176" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J176" s="5">
-        <v>87.11</v>
+        <v>79.239999999999995</v>
       </c>
       <c r="K176" s="5">
         <v>1</v>
       </c>
       <c r="L176" s="3" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="M176" s="4">
-        <v>35627.99</v>
+        <v>12044.48</v>
       </c>
       <c r="N176" s="4">
-        <v>35627.99</v>
+        <v>12044.48</v>
       </c>
       <c r="O176" s="3" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="P176" s="3" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="Q176" s="3" t="s">
         <v>119</v>
       </c>
       <c r="R176" s="3" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="S176" s="3" t="s">
-        <v>132</v>
+        <v>114</v>
       </c>
       <c r="T176" s="4">
         <v>1</v>
       </c>
       <c r="W176" s="3" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="X176" s="4">
         <v>0</v>
       </c>
       <c r="Y176" s="4">
         <v>0</v>
       </c>
       <c r="Z176" s="6">
-        <v>1.5139999999999999E-3</v>
+        <v>5.0799999999999999E-4</v>
       </c>
     </row>
     <row r="177" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A177" s="3" t="s">
-        <v>868</v>
+        <v>348</v>
       </c>
       <c r="B177" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="C177" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D177" s="4">
+        <v>302</v>
+      </c>
+      <c r="E177" s="5">
+        <v>94.36</v>
+      </c>
+      <c r="F177" s="4">
+        <v>28496.720000000001</v>
+      </c>
+      <c r="G177" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H177" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="I177" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J177" s="5">
+        <v>94.36</v>
+      </c>
+      <c r="K177" s="5">
+        <v>1</v>
+      </c>
+      <c r="L177" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="M177" s="4">
+        <v>28496.720000000001</v>
+      </c>
+      <c r="N177" s="4">
+        <v>28496.720000000001</v>
+      </c>
+      <c r="O177" s="3" t="s">
         <v>869</v>
       </c>
-      <c r="C177" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P177" s="3" t="s">
-        <v>871</v>
+        <v>346</v>
       </c>
       <c r="Q177" s="3" t="s">
-        <v>109</v>
+        <v>228</v>
       </c>
       <c r="R177" s="3" t="s">
-        <v>872</v>
+        <v>347</v>
       </c>
       <c r="S177" s="3" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="T177" s="4">
         <v>1</v>
       </c>
       <c r="W177" s="3" t="s">
-        <v>868</v>
+        <v>348</v>
       </c>
       <c r="X177" s="4">
         <v>0</v>
       </c>
       <c r="Y177" s="4">
         <v>0</v>
       </c>
       <c r="Z177" s="6">
-        <v>1.5770000000000001E-3</v>
+        <v>1.2030000000000001E-3</v>
       </c>
     </row>
     <row r="178" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A178" s="3" t="s">
+        <v>870</v>
+      </c>
+      <c r="B178" s="3" t="s">
+        <v>871</v>
+      </c>
+      <c r="C178" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D178" s="4">
+        <v>409</v>
+      </c>
+      <c r="E178" s="5">
+        <v>84.21</v>
+      </c>
+      <c r="F178" s="4">
+        <v>34441.89</v>
+      </c>
+      <c r="G178" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H178" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I178" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J178" s="5">
+        <v>84.21</v>
+      </c>
+      <c r="K178" s="5">
+        <v>1</v>
+      </c>
+      <c r="L178" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M178" s="4">
+        <v>34441.89</v>
+      </c>
+      <c r="N178" s="4">
+        <v>34441.89</v>
+      </c>
+      <c r="O178" s="3" t="s">
+        <v>872</v>
+      </c>
+      <c r="P178" s="3" t="s">
         <v>873</v>
       </c>
-      <c r="B178" s="3" t="s">
+      <c r="Q178" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="R178" s="3" t="s">
         <v>874</v>
       </c>
-      <c r="C178" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S178" s="3" t="s">
-        <v>104</v>
+        <v>142</v>
       </c>
       <c r="T178" s="4">
         <v>1</v>
       </c>
       <c r="W178" s="3" t="s">
-        <v>873</v>
+        <v>870</v>
       </c>
       <c r="X178" s="4">
         <v>0</v>
       </c>
       <c r="Y178" s="4">
         <v>0</v>
       </c>
       <c r="Z178" s="6">
-        <v>1.142E-3</v>
+        <v>1.454E-3</v>
       </c>
     </row>
     <row r="179" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A179" s="3" t="s">
+        <v>875</v>
+      </c>
+      <c r="B179" s="3" t="s">
+        <v>876</v>
+      </c>
+      <c r="C179" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D179" s="4">
+        <v>100</v>
+      </c>
+      <c r="E179" s="5">
+        <v>351.47</v>
+      </c>
+      <c r="F179" s="4">
+        <v>35147</v>
+      </c>
+      <c r="G179" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H179" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I179" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J179" s="5">
+        <v>351.47</v>
+      </c>
+      <c r="K179" s="5">
+        <v>1</v>
+      </c>
+      <c r="L179" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M179" s="4">
+        <v>35147</v>
+      </c>
+      <c r="N179" s="4">
+        <v>35147</v>
+      </c>
+      <c r="O179" s="3" t="s">
+        <v>877</v>
+      </c>
+      <c r="P179" s="3" t="s">
         <v>878</v>
       </c>
-      <c r="B179" s="3" t="s">
+      <c r="Q179" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="R179" s="3" t="s">
         <v>879</v>
       </c>
-      <c r="C179" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S179" s="3" t="s">
-        <v>132</v>
+        <v>114</v>
       </c>
       <c r="T179" s="4">
         <v>1</v>
       </c>
       <c r="W179" s="3" t="s">
-        <v>878</v>
+        <v>875</v>
       </c>
       <c r="X179" s="4">
         <v>0</v>
       </c>
       <c r="Y179" s="4">
         <v>0</v>
       </c>
       <c r="Z179" s="6">
-        <v>6.3000000000000003E-4</v>
+        <v>1.4840000000000001E-3</v>
       </c>
     </row>
     <row r="180" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A180" s="3" t="s">
+        <v>880</v>
+      </c>
+      <c r="B180" s="3" t="s">
+        <v>881</v>
+      </c>
+      <c r="C180" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D180" s="4">
+        <v>177</v>
+      </c>
+      <c r="E180" s="5">
+        <v>153.61000000000001</v>
+      </c>
+      <c r="F180" s="4">
+        <v>27188.97</v>
+      </c>
+      <c r="G180" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H180" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I180" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J180" s="5">
+        <v>153.61000000000001</v>
+      </c>
+      <c r="K180" s="5">
+        <v>1</v>
+      </c>
+      <c r="L180" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M180" s="4">
+        <v>27188.97</v>
+      </c>
+      <c r="N180" s="4">
+        <v>27188.97</v>
+      </c>
+      <c r="O180" s="3" t="s">
+        <v>882</v>
+      </c>
+      <c r="P180" s="3" t="s">
         <v>883</v>
       </c>
-      <c r="B180" s="3" t="s">
+      <c r="Q180" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="R180" s="3" t="s">
         <v>884</v>
       </c>
-      <c r="C180" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S180" s="3" t="s">
-        <v>132</v>
+        <v>114</v>
       </c>
       <c r="T180" s="4">
         <v>1</v>
       </c>
       <c r="W180" s="3" t="s">
-        <v>883</v>
+        <v>880</v>
       </c>
       <c r="X180" s="4">
         <v>0</v>
       </c>
       <c r="Y180" s="4">
         <v>0</v>
       </c>
       <c r="Z180" s="6">
-        <v>2.4000000000000001E-4</v>
+        <v>1.1479999999999999E-3</v>
       </c>
     </row>
     <row r="181" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A181" s="3" t="s">
+        <v>885</v>
+      </c>
+      <c r="B181" s="3" t="s">
+        <v>886</v>
+      </c>
+      <c r="C181" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D181" s="4">
+        <v>71</v>
+      </c>
+      <c r="E181" s="5">
+        <v>203.04</v>
+      </c>
+      <c r="F181" s="4">
+        <v>14415.84</v>
+      </c>
+      <c r="G181" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H181" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I181" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J181" s="5">
+        <v>203.04</v>
+      </c>
+      <c r="K181" s="5">
+        <v>1</v>
+      </c>
+      <c r="L181" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M181" s="4">
+        <v>14415.84</v>
+      </c>
+      <c r="N181" s="4">
+        <v>14415.84</v>
+      </c>
+      <c r="O181" s="3" t="s">
+        <v>887</v>
+      </c>
+      <c r="P181" s="3" t="s">
         <v>888</v>
       </c>
-      <c r="B181" s="3" t="s">
+      <c r="Q181" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="R181" s="3" t="s">
         <v>889</v>
       </c>
-      <c r="C181" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S181" s="3" t="s">
-        <v>104</v>
+        <v>142</v>
       </c>
       <c r="T181" s="4">
         <v>1</v>
       </c>
       <c r="W181" s="3" t="s">
-        <v>888</v>
+        <v>885</v>
       </c>
       <c r="X181" s="4">
         <v>0</v>
       </c>
       <c r="Y181" s="4">
         <v>0</v>
       </c>
       <c r="Z181" s="6">
-        <v>9.9799999999999997E-4</v>
+        <v>6.0800000000000003E-4</v>
       </c>
     </row>
     <row r="182" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A182" s="3" t="s">
+        <v>890</v>
+      </c>
+      <c r="B182" s="3" t="s">
+        <v>891</v>
+      </c>
+      <c r="C182" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D182" s="4">
+        <v>23</v>
+      </c>
+      <c r="E182" s="5">
+        <v>256.02999999999997</v>
+      </c>
+      <c r="F182" s="4">
+        <v>5888.69</v>
+      </c>
+      <c r="G182" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H182" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I182" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J182" s="5">
+        <v>256.02999999999997</v>
+      </c>
+      <c r="K182" s="5">
+        <v>1</v>
+      </c>
+      <c r="L182" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M182" s="4">
+        <v>5888.69</v>
+      </c>
+      <c r="N182" s="4">
+        <v>5888.69</v>
+      </c>
+      <c r="O182" s="3" t="s">
+        <v>892</v>
+      </c>
+      <c r="P182" s="3" t="s">
         <v>893</v>
       </c>
-      <c r="B182" s="3" t="s">
+      <c r="Q182" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="R182" s="3" t="s">
         <v>894</v>
       </c>
-      <c r="C182" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S182" s="3" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="T182" s="4">
         <v>1</v>
       </c>
       <c r="W182" s="3" t="s">
-        <v>893</v>
+        <v>890</v>
       </c>
       <c r="X182" s="4">
         <v>0</v>
       </c>
       <c r="Y182" s="4">
         <v>0</v>
       </c>
       <c r="Z182" s="6">
-        <v>1.8665000000000001E-2</v>
+        <v>2.4800000000000001E-4</v>
       </c>
     </row>
     <row r="183" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A183" s="3" t="s">
+        <v>895</v>
+      </c>
+      <c r="B183" s="3" t="s">
+        <v>896</v>
+      </c>
+      <c r="C183" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D183" s="4">
+        <v>215</v>
+      </c>
+      <c r="E183" s="5">
+        <v>127.77</v>
+      </c>
+      <c r="F183" s="4">
+        <v>27470.55</v>
+      </c>
+      <c r="G183" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H183" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I183" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J183" s="5">
+        <v>127.77</v>
+      </c>
+      <c r="K183" s="5">
+        <v>1</v>
+      </c>
+      <c r="L183" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M183" s="4">
+        <v>27470.55</v>
+      </c>
+      <c r="N183" s="4">
+        <v>27470.55</v>
+      </c>
+      <c r="O183" s="3" t="s">
+        <v>897</v>
+      </c>
+      <c r="P183" s="3" t="s">
         <v>898</v>
       </c>
-      <c r="B183" s="3" t="s">
+      <c r="Q183" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="R183" s="3" t="s">
         <v>899</v>
       </c>
-      <c r="C183" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S183" s="3" t="s">
-        <v>132</v>
+        <v>114</v>
       </c>
       <c r="T183" s="4">
         <v>1</v>
       </c>
       <c r="W183" s="3" t="s">
-        <v>898</v>
+        <v>895</v>
       </c>
       <c r="X183" s="4">
         <v>0</v>
       </c>
       <c r="Y183" s="4">
         <v>0</v>
       </c>
       <c r="Z183" s="6">
-        <v>6.3569999999999998E-3</v>
+        <v>1.1590000000000001E-3</v>
       </c>
     </row>
     <row r="184" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A184" s="3" t="s">
+        <v>900</v>
+      </c>
+      <c r="B184" s="3" t="s">
+        <v>901</v>
+      </c>
+      <c r="C184" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D184" s="4">
+        <v>1004</v>
+      </c>
+      <c r="E184" s="5">
+        <v>449.72</v>
+      </c>
+      <c r="F184" s="4">
+        <v>451518.88</v>
+      </c>
+      <c r="G184" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H184" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I184" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J184" s="5">
+        <v>449.72</v>
+      </c>
+      <c r="K184" s="5">
+        <v>1</v>
+      </c>
+      <c r="L184" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M184" s="4">
+        <v>451518.88</v>
+      </c>
+      <c r="N184" s="4">
+        <v>451518.88</v>
+      </c>
+      <c r="O184" s="3" t="s">
+        <v>902</v>
+      </c>
+      <c r="P184" s="3" t="s">
         <v>903</v>
       </c>
-      <c r="B184" s="3" t="s">
+      <c r="Q184" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="R184" s="3" t="s">
         <v>904</v>
       </c>
-      <c r="C184" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S184" s="3" t="s">
-        <v>104</v>
+        <v>142</v>
       </c>
       <c r="T184" s="4">
         <v>1</v>
       </c>
       <c r="W184" s="3" t="s">
-        <v>903</v>
+        <v>900</v>
       </c>
       <c r="X184" s="4">
         <v>0</v>
       </c>
       <c r="Y184" s="4">
         <v>0</v>
       </c>
       <c r="Z184" s="6">
-        <v>1.2440000000000001E-3</v>
+        <v>1.9064000000000001E-2</v>
       </c>
     </row>
     <row r="185" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A185" s="3" t="s">
+        <v>905</v>
+      </c>
+      <c r="B185" s="3" t="s">
+        <v>906</v>
+      </c>
+      <c r="C185" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D185" s="4">
+        <v>855</v>
+      </c>
+      <c r="E185" s="5">
+        <v>173.49</v>
+      </c>
+      <c r="F185" s="4">
+        <v>148333.95000000001</v>
+      </c>
+      <c r="G185" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H185" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I185" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J185" s="5">
+        <v>173.49</v>
+      </c>
+      <c r="K185" s="5">
+        <v>1</v>
+      </c>
+      <c r="L185" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M185" s="4">
+        <v>148333.95000000001</v>
+      </c>
+      <c r="N185" s="4">
+        <v>148333.95000000001</v>
+      </c>
+      <c r="O185" s="3" t="s">
+        <v>907</v>
+      </c>
+      <c r="P185" s="3" t="s">
         <v>908</v>
       </c>
-      <c r="B185" s="3" t="s">
+      <c r="Q185" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="R185" s="3" t="s">
         <v>909</v>
       </c>
-      <c r="C185" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S185" s="3" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="T185" s="4">
         <v>1</v>
       </c>
       <c r="W185" s="3" t="s">
-        <v>908</v>
+        <v>905</v>
       </c>
       <c r="X185" s="4">
         <v>0</v>
       </c>
       <c r="Y185" s="4">
         <v>0</v>
       </c>
       <c r="Z185" s="6">
-        <v>4.5430000000000002E-3</v>
+        <v>6.2630000000000003E-3</v>
       </c>
     </row>
     <row r="186" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A186" s="3" t="s">
+        <v>910</v>
+      </c>
+      <c r="B186" s="3" t="s">
+        <v>911</v>
+      </c>
+      <c r="C186" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D186" s="4">
+        <v>100</v>
+      </c>
+      <c r="E186" s="5">
+        <v>290.06</v>
+      </c>
+      <c r="F186" s="4">
+        <v>29006</v>
+      </c>
+      <c r="G186" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H186" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I186" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J186" s="5">
+        <v>290.06</v>
+      </c>
+      <c r="K186" s="5">
+        <v>1</v>
+      </c>
+      <c r="L186" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M186" s="4">
+        <v>29006</v>
+      </c>
+      <c r="N186" s="4">
+        <v>29006</v>
+      </c>
+      <c r="O186" s="3" t="s">
+        <v>912</v>
+      </c>
+      <c r="P186" s="3" t="s">
         <v>913</v>
       </c>
-      <c r="B186" s="3" t="s">
+      <c r="Q186" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="R186" s="3" t="s">
         <v>914</v>
       </c>
-      <c r="C186" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S186" s="3" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="T186" s="4">
         <v>1</v>
       </c>
       <c r="W186" s="3" t="s">
-        <v>913</v>
+        <v>910</v>
       </c>
       <c r="X186" s="4">
         <v>0</v>
       </c>
       <c r="Y186" s="4">
         <v>0</v>
       </c>
       <c r="Z186" s="6">
-        <v>1.8760000000000001E-3</v>
+        <v>1.224E-3</v>
       </c>
     </row>
     <row r="187" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A187" s="3" t="s">
+        <v>915</v>
+      </c>
+      <c r="B187" s="3" t="s">
+        <v>916</v>
+      </c>
+      <c r="C187" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D187" s="4">
+        <v>1313</v>
+      </c>
+      <c r="E187" s="5">
+        <v>78.349999999999994</v>
+      </c>
+      <c r="F187" s="4">
+        <v>102873.55</v>
+      </c>
+      <c r="G187" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H187" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I187" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J187" s="5">
+        <v>78.349999999999994</v>
+      </c>
+      <c r="K187" s="5">
+        <v>1</v>
+      </c>
+      <c r="L187" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M187" s="4">
+        <v>102873.55</v>
+      </c>
+      <c r="N187" s="4">
+        <v>102873.55</v>
+      </c>
+      <c r="O187" s="3" t="s">
+        <v>917</v>
+      </c>
+      <c r="P187" s="3" t="s">
         <v>918</v>
       </c>
-      <c r="B187" s="3" t="s">
+      <c r="Q187" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="R187" s="3" t="s">
         <v>919</v>
       </c>
-      <c r="C187" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S187" s="3" t="s">
-        <v>104</v>
+        <v>142</v>
       </c>
       <c r="T187" s="4">
         <v>1</v>
       </c>
       <c r="W187" s="3" t="s">
-        <v>918</v>
+        <v>915</v>
       </c>
       <c r="X187" s="4">
         <v>0</v>
       </c>
       <c r="Y187" s="4">
         <v>0</v>
       </c>
       <c r="Z187" s="6">
-        <v>6.2750000000000002E-3</v>
+        <v>4.3429999999999996E-3</v>
       </c>
     </row>
     <row r="188" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A188" s="3" t="s">
+        <v>920</v>
+      </c>
+      <c r="B188" s="3" t="s">
+        <v>921</v>
+      </c>
+      <c r="C188" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D188" s="4">
+        <v>900</v>
+      </c>
+      <c r="E188" s="5">
+        <v>53.36</v>
+      </c>
+      <c r="F188" s="4">
+        <v>48024</v>
+      </c>
+      <c r="G188" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H188" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I188" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J188" s="5">
+        <v>53.36</v>
+      </c>
+      <c r="K188" s="5">
+        <v>1</v>
+      </c>
+      <c r="L188" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M188" s="4">
+        <v>48024</v>
+      </c>
+      <c r="N188" s="4">
+        <v>48024</v>
+      </c>
+      <c r="O188" s="3" t="s">
+        <v>922</v>
+      </c>
+      <c r="P188" s="3" t="s">
         <v>923</v>
       </c>
-      <c r="B188" s="3" t="s">
+      <c r="Q188" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="R188" s="3" t="s">
         <v>924</v>
       </c>
-      <c r="C188" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S188" s="3" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="T188" s="4">
         <v>1</v>
       </c>
       <c r="W188" s="3" t="s">
-        <v>923</v>
+        <v>920</v>
       </c>
       <c r="X188" s="4">
         <v>0</v>
       </c>
       <c r="Y188" s="4">
         <v>0</v>
       </c>
       <c r="Z188" s="6">
-        <v>3.153E-3</v>
+        <v>2.0270000000000002E-3</v>
       </c>
     </row>
     <row r="189" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A189" s="3" t="s">
+        <v>925</v>
+      </c>
+      <c r="B189" s="3" t="s">
+        <v>926</v>
+      </c>
+      <c r="C189" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D189" s="4">
+        <v>637</v>
+      </c>
+      <c r="E189" s="5">
+        <v>231.32</v>
+      </c>
+      <c r="F189" s="4">
+        <v>147350.84</v>
+      </c>
+      <c r="G189" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H189" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I189" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J189" s="5">
+        <v>231.32</v>
+      </c>
+      <c r="K189" s="5">
+        <v>1</v>
+      </c>
+      <c r="L189" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M189" s="4">
+        <v>147350.84</v>
+      </c>
+      <c r="N189" s="4">
+        <v>147350.84</v>
+      </c>
+      <c r="O189" s="3" t="s">
+        <v>927</v>
+      </c>
+      <c r="P189" s="3" t="s">
         <v>928</v>
       </c>
-      <c r="B189" s="3" t="s">
+      <c r="Q189" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="R189" s="3" t="s">
         <v>929</v>
       </c>
-      <c r="C189" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S189" s="3" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="T189" s="4">
         <v>1</v>
       </c>
       <c r="W189" s="3" t="s">
-        <v>928</v>
+        <v>925</v>
       </c>
       <c r="X189" s="4">
         <v>0</v>
       </c>
       <c r="Y189" s="4">
         <v>0</v>
       </c>
       <c r="Z189" s="6">
-        <v>1.3849999999999999E-3</v>
+        <v>6.221E-3</v>
       </c>
     </row>
     <row r="190" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A190" s="3" t="s">
+        <v>930</v>
+      </c>
+      <c r="B190" s="3" t="s">
+        <v>931</v>
+      </c>
+      <c r="C190" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D190" s="4">
+        <v>353</v>
+      </c>
+      <c r="E190" s="5">
+        <v>330.11</v>
+      </c>
+      <c r="F190" s="4">
+        <v>116528.83</v>
+      </c>
+      <c r="G190" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H190" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I190" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J190" s="5">
+        <v>330.11</v>
+      </c>
+      <c r="K190" s="5">
+        <v>1</v>
+      </c>
+      <c r="L190" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M190" s="4">
+        <v>116528.83</v>
+      </c>
+      <c r="N190" s="4">
+        <v>116528.83</v>
+      </c>
+      <c r="O190" s="3" t="s">
+        <v>932</v>
+      </c>
+      <c r="P190" s="3" t="s">
         <v>933</v>
       </c>
-      <c r="B190" s="3" t="s">
+      <c r="Q190" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="R190" s="3" t="s">
         <v>934</v>
       </c>
-      <c r="C190" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S190" s="3" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="T190" s="4">
         <v>1</v>
       </c>
       <c r="W190" s="3" t="s">
-        <v>933</v>
+        <v>930</v>
       </c>
       <c r="X190" s="4">
         <v>0</v>
       </c>
       <c r="Y190" s="4">
         <v>0</v>
       </c>
       <c r="Z190" s="6">
-        <v>1.5120000000000001E-3</v>
+        <v>4.9199999999999999E-3</v>
       </c>
     </row>
     <row r="191" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A191" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="B191" s="3" t="s">
+        <v>936</v>
+      </c>
+      <c r="C191" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D191" s="4">
+        <v>542</v>
+      </c>
+      <c r="E191" s="5">
+        <v>99.78</v>
+      </c>
+      <c r="F191" s="4">
+        <v>54080.76</v>
+      </c>
+      <c r="G191" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H191" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I191" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J191" s="5">
+        <v>99.78</v>
+      </c>
+      <c r="K191" s="5">
+        <v>1</v>
+      </c>
+      <c r="L191" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M191" s="4">
+        <v>54080.76</v>
+      </c>
+      <c r="N191" s="4">
+        <v>54080.76</v>
+      </c>
+      <c r="O191" s="3" t="s">
+        <v>937</v>
+      </c>
+      <c r="P191" s="3" t="s">
         <v>938</v>
       </c>
-      <c r="B191" s="3" t="s">
+      <c r="Q191" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="R191" s="3" t="s">
         <v>939</v>
       </c>
-      <c r="C191" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S191" s="3" t="s">
-        <v>132</v>
+        <v>114</v>
       </c>
       <c r="T191" s="4">
         <v>1</v>
       </c>
       <c r="W191" s="3" t="s">
-        <v>938</v>
+        <v>935</v>
       </c>
       <c r="X191" s="4">
         <v>0</v>
       </c>
       <c r="Y191" s="4">
         <v>0</v>
       </c>
       <c r="Z191" s="6">
-        <v>1.8420000000000001E-3</v>
+        <v>2.2829999999999999E-3</v>
       </c>
     </row>
     <row r="192" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A192" s="3" t="s">
+        <v>940</v>
+      </c>
+      <c r="B192" s="3" t="s">
+        <v>941</v>
+      </c>
+      <c r="C192" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D192" s="4">
+        <v>174</v>
+      </c>
+      <c r="E192" s="5">
+        <v>40.729999999999997</v>
+      </c>
+      <c r="F192" s="4">
+        <v>7087.02</v>
+      </c>
+      <c r="G192" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H192" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I192" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J192" s="5">
+        <v>40.729999999999997</v>
+      </c>
+      <c r="K192" s="5">
+        <v>1</v>
+      </c>
+      <c r="L192" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M192" s="4">
+        <v>7087.02</v>
+      </c>
+      <c r="N192" s="4">
+        <v>7087.02</v>
+      </c>
+      <c r="O192" s="3" t="s">
+        <v>942</v>
+      </c>
+      <c r="P192" s="3" t="s">
         <v>943</v>
       </c>
-      <c r="B192" s="3" t="s">
+      <c r="Q192" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="R192" s="3" t="s">
         <v>944</v>
       </c>
-      <c r="C192" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S192" s="3" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="T192" s="4">
         <v>1</v>
       </c>
       <c r="W192" s="3" t="s">
-        <v>943</v>
+        <v>940</v>
       </c>
       <c r="X192" s="4">
         <v>0</v>
       </c>
       <c r="Y192" s="4">
         <v>0</v>
       </c>
       <c r="Z192" s="6">
-        <v>6.8500000000000002E-3</v>
+        <v>2.99E-4</v>
       </c>
     </row>
     <row r="193" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A193" s="3" t="s">
+        <v>945</v>
+      </c>
+      <c r="B193" s="3" t="s">
+        <v>946</v>
+      </c>
+      <c r="C193" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D193" s="4">
+        <v>100</v>
+      </c>
+      <c r="E193" s="5">
+        <v>453.36</v>
+      </c>
+      <c r="F193" s="4">
+        <v>45336</v>
+      </c>
+      <c r="G193" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H193" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I193" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J193" s="5">
+        <v>453.36</v>
+      </c>
+      <c r="K193" s="5">
+        <v>1</v>
+      </c>
+      <c r="L193" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M193" s="4">
+        <v>45336</v>
+      </c>
+      <c r="N193" s="4">
+        <v>45336</v>
+      </c>
+      <c r="O193" s="3" t="s">
+        <v>947</v>
+      </c>
+      <c r="P193" s="3" t="s">
         <v>948</v>
       </c>
-      <c r="B193" s="3" t="s">
+      <c r="Q193" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="R193" s="3" t="s">
         <v>949</v>
       </c>
-      <c r="C193" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S193" s="3" t="s">
-        <v>104</v>
+        <v>142</v>
       </c>
       <c r="T193" s="4">
         <v>1</v>
       </c>
       <c r="W193" s="3" t="s">
-        <v>948</v>
+        <v>945</v>
       </c>
       <c r="X193" s="4">
         <v>0</v>
       </c>
       <c r="Y193" s="4">
         <v>0</v>
       </c>
       <c r="Z193" s="6">
-        <v>5.2110000000000004E-3</v>
+        <v>1.9139999999999999E-3</v>
       </c>
     </row>
     <row r="194" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A194" s="3" t="s">
+        <v>950</v>
+      </c>
+      <c r="B194" s="3" t="s">
+        <v>951</v>
+      </c>
+      <c r="C194" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D194" s="4">
+        <v>482</v>
+      </c>
+      <c r="E194" s="5">
+        <v>350.71</v>
+      </c>
+      <c r="F194" s="4">
+        <v>169042.22</v>
+      </c>
+      <c r="G194" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H194" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I194" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J194" s="5">
+        <v>350.71</v>
+      </c>
+      <c r="K194" s="5">
+        <v>1</v>
+      </c>
+      <c r="L194" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M194" s="4">
+        <v>169042.22</v>
+      </c>
+      <c r="N194" s="4">
+        <v>169042.22</v>
+      </c>
+      <c r="O194" s="3" t="s">
+        <v>952</v>
+      </c>
+      <c r="P194" s="3" t="s">
         <v>953</v>
       </c>
-      <c r="B194" s="3" t="s">
+      <c r="Q194" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="R194" s="3" t="s">
         <v>954</v>
       </c>
-      <c r="C194" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S194" s="3" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="T194" s="4">
         <v>1</v>
       </c>
       <c r="W194" s="3" t="s">
-        <v>953</v>
+        <v>950</v>
       </c>
       <c r="X194" s="4">
         <v>0</v>
       </c>
       <c r="Y194" s="4">
         <v>0</v>
       </c>
       <c r="Z194" s="6">
-        <v>6.4570000000000001E-3</v>
+        <v>7.1370000000000001E-3</v>
       </c>
     </row>
     <row r="195" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A195" s="3" t="s">
+        <v>955</v>
+      </c>
+      <c r="B195" s="3" t="s">
+        <v>956</v>
+      </c>
+      <c r="C195" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D195" s="4">
+        <v>588</v>
+      </c>
+      <c r="E195" s="5">
+        <v>213.45</v>
+      </c>
+      <c r="F195" s="4">
+        <v>125508.6</v>
+      </c>
+      <c r="G195" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H195" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I195" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J195" s="5">
+        <v>213.45</v>
+      </c>
+      <c r="K195" s="5">
+        <v>1</v>
+      </c>
+      <c r="L195" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M195" s="4">
+        <v>125508.6</v>
+      </c>
+      <c r="N195" s="4">
+        <v>125508.6</v>
+      </c>
+      <c r="O195" s="3" t="s">
+        <v>957</v>
+      </c>
+      <c r="P195" s="3" t="s">
         <v>958</v>
       </c>
-      <c r="B195" s="3" t="s">
+      <c r="Q195" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="R195" s="3" t="s">
         <v>959</v>
       </c>
-      <c r="C195" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S195" s="3" t="s">
-        <v>132</v>
+        <v>114</v>
       </c>
       <c r="T195" s="4">
         <v>1</v>
       </c>
       <c r="W195" s="3" t="s">
-        <v>958</v>
+        <v>955</v>
       </c>
       <c r="X195" s="4">
         <v>0</v>
       </c>
       <c r="Y195" s="4">
         <v>0</v>
       </c>
       <c r="Z195" s="6">
-        <v>7.8200000000000003E-4</v>
+        <v>5.2989999999999999E-3</v>
       </c>
     </row>
     <row r="196" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A196" s="3" t="s">
+        <v>960</v>
+      </c>
+      <c r="B196" s="3" t="s">
+        <v>961</v>
+      </c>
+      <c r="C196" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D196" s="4">
+        <v>1375</v>
+      </c>
+      <c r="E196" s="5">
+        <v>111.41</v>
+      </c>
+      <c r="F196" s="4">
+        <v>153188.75</v>
+      </c>
+      <c r="G196" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H196" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I196" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J196" s="5">
+        <v>111.41</v>
+      </c>
+      <c r="K196" s="5">
+        <v>1</v>
+      </c>
+      <c r="L196" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M196" s="4">
+        <v>153188.75</v>
+      </c>
+      <c r="N196" s="4">
+        <v>153188.75</v>
+      </c>
+      <c r="O196" s="3" t="s">
+        <v>962</v>
+      </c>
+      <c r="P196" s="3" t="s">
         <v>963</v>
       </c>
-      <c r="B196" s="3" t="s">
+      <c r="Q196" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="R196" s="3" t="s">
         <v>964</v>
       </c>
-      <c r="C196" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S196" s="3" t="s">
-        <v>104</v>
+        <v>142</v>
       </c>
       <c r="T196" s="4">
         <v>1</v>
       </c>
       <c r="W196" s="3" t="s">
-        <v>963</v>
+        <v>960</v>
       </c>
       <c r="X196" s="4">
         <v>0</v>
       </c>
       <c r="Y196" s="4">
         <v>0</v>
       </c>
       <c r="Z196" s="6">
-        <v>5.2440000000000004E-3</v>
+        <v>6.4679999999999998E-3</v>
       </c>
     </row>
     <row r="197" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A197" s="3" t="s">
+        <v>965</v>
+      </c>
+      <c r="B197" s="3" t="s">
+        <v>966</v>
+      </c>
+      <c r="C197" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D197" s="4">
+        <v>767</v>
+      </c>
+      <c r="E197" s="5">
+        <v>28.82</v>
+      </c>
+      <c r="F197" s="4">
+        <v>22104.94</v>
+      </c>
+      <c r="G197" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H197" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I197" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J197" s="5">
+        <v>28.82</v>
+      </c>
+      <c r="K197" s="5">
+        <v>1</v>
+      </c>
+      <c r="L197" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M197" s="4">
+        <v>22104.94</v>
+      </c>
+      <c r="N197" s="4">
+        <v>22104.94</v>
+      </c>
+      <c r="O197" s="3" t="s">
+        <v>967</v>
+      </c>
+      <c r="P197" s="3" t="s">
         <v>968</v>
       </c>
-      <c r="B197" s="3" t="s">
+      <c r="Q197" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="R197" s="3" t="s">
         <v>969</v>
       </c>
-      <c r="C197" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S197" s="3" t="s">
-        <v>104</v>
+        <v>142</v>
       </c>
       <c r="T197" s="4">
         <v>1</v>
       </c>
       <c r="W197" s="3" t="s">
-        <v>968</v>
+        <v>965</v>
       </c>
       <c r="X197" s="4">
         <v>0</v>
       </c>
       <c r="Y197" s="4">
         <v>0</v>
       </c>
       <c r="Z197" s="6">
-        <v>4.9620000000000003E-3</v>
+        <v>9.3300000000000002E-4</v>
       </c>
     </row>
     <row r="198" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A198" s="3" t="s">
+        <v>970</v>
+      </c>
+      <c r="B198" s="3" t="s">
+        <v>971</v>
+      </c>
+      <c r="C198" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D198" s="4">
+        <v>699</v>
+      </c>
+      <c r="E198" s="5">
+        <v>175.36</v>
+      </c>
+      <c r="F198" s="4">
+        <v>122576.64</v>
+      </c>
+      <c r="G198" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H198" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I198" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J198" s="5">
+        <v>175.36</v>
+      </c>
+      <c r="K198" s="5">
+        <v>1</v>
+      </c>
+      <c r="L198" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M198" s="4">
+        <v>122576.64</v>
+      </c>
+      <c r="N198" s="4">
+        <v>122576.64</v>
+      </c>
+      <c r="O198" s="3" t="s">
+        <v>972</v>
+      </c>
+      <c r="P198" s="3" t="s">
         <v>973</v>
       </c>
-      <c r="B198" s="3" t="s">
+      <c r="Q198" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="R198" s="3" t="s">
         <v>974</v>
       </c>
-      <c r="C198" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S198" s="3" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="T198" s="4">
         <v>1</v>
       </c>
       <c r="W198" s="3" t="s">
-        <v>973</v>
+        <v>970</v>
       </c>
       <c r="X198" s="4">
         <v>0</v>
       </c>
       <c r="Y198" s="4">
         <v>0</v>
       </c>
       <c r="Z198" s="6">
-        <v>5.1070000000000004E-3</v>
+        <v>5.1749999999999999E-3</v>
       </c>
     </row>
     <row r="199" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A199" s="3" t="s">
+        <v>975</v>
+      </c>
+      <c r="B199" s="3" t="s">
+        <v>976</v>
+      </c>
+      <c r="C199" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D199" s="4">
+        <v>607</v>
+      </c>
+      <c r="E199" s="5">
+        <v>219.71</v>
+      </c>
+      <c r="F199" s="4">
+        <v>133363.97</v>
+      </c>
+      <c r="G199" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H199" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I199" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J199" s="5">
+        <v>219.71</v>
+      </c>
+      <c r="K199" s="5">
+        <v>1</v>
+      </c>
+      <c r="L199" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M199" s="4">
+        <v>133363.97</v>
+      </c>
+      <c r="N199" s="4">
+        <v>133363.97</v>
+      </c>
+      <c r="O199" s="3" t="s">
+        <v>977</v>
+      </c>
+      <c r="P199" s="3" t="s">
         <v>978</v>
       </c>
-      <c r="B199" s="3" t="s">
+      <c r="Q199" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="R199" s="3" t="s">
         <v>979</v>
       </c>
-      <c r="C199" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S199" s="3" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="T199" s="4">
         <v>1</v>
       </c>
       <c r="W199" s="3" t="s">
-        <v>978</v>
+        <v>975</v>
       </c>
       <c r="X199" s="4">
         <v>0</v>
       </c>
       <c r="Y199" s="4">
         <v>0</v>
       </c>
       <c r="Z199" s="6">
-        <v>4.5250000000000004E-3</v>
+        <v>5.6309999999999997E-3</v>
       </c>
     </row>
     <row r="200" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A200" s="3" t="s">
+        <v>980</v>
+      </c>
+      <c r="B200" s="3" t="s">
+        <v>981</v>
+      </c>
+      <c r="C200" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D200" s="4">
+        <v>1400</v>
+      </c>
+      <c r="E200" s="5">
+        <v>93.2</v>
+      </c>
+      <c r="F200" s="4">
+        <v>130480</v>
+      </c>
+      <c r="G200" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H200" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I200" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J200" s="5">
+        <v>93.2</v>
+      </c>
+      <c r="K200" s="5">
+        <v>1</v>
+      </c>
+      <c r="L200" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M200" s="4">
+        <v>130480</v>
+      </c>
+      <c r="N200" s="4">
+        <v>130480</v>
+      </c>
+      <c r="O200" s="3" t="s">
+        <v>982</v>
+      </c>
+      <c r="P200" s="3" t="s">
         <v>983</v>
       </c>
-      <c r="B200" s="3" t="s">
+      <c r="Q200" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="R200" s="3" t="s">
         <v>984</v>
       </c>
-      <c r="C200" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S200" s="3" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="T200" s="4">
         <v>1</v>
       </c>
       <c r="W200" s="3" t="s">
-        <v>983</v>
+        <v>980</v>
       </c>
       <c r="X200" s="4">
         <v>0</v>
       </c>
       <c r="Y200" s="4">
         <v>0</v>
       </c>
       <c r="Z200" s="6">
-        <v>9.3700000000000001E-4</v>
+        <v>5.509E-3</v>
       </c>
     </row>
     <row r="201" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A201" s="3" t="s">
+        <v>985</v>
+      </c>
+      <c r="B201" s="3" t="s">
+        <v>986</v>
+      </c>
+      <c r="C201" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D201" s="4">
+        <v>825</v>
+      </c>
+      <c r="E201" s="5">
+        <v>136.18</v>
+      </c>
+      <c r="F201" s="4">
+        <v>112348.5</v>
+      </c>
+      <c r="G201" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H201" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I201" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J201" s="5">
+        <v>136.18</v>
+      </c>
+      <c r="K201" s="5">
+        <v>1</v>
+      </c>
+      <c r="L201" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M201" s="4">
+        <v>112348.5</v>
+      </c>
+      <c r="N201" s="4">
+        <v>112348.5</v>
+      </c>
+      <c r="O201" s="3" t="s">
+        <v>987</v>
+      </c>
+      <c r="P201" s="3" t="s">
         <v>988</v>
       </c>
-      <c r="B201" s="3" t="s">
+      <c r="Q201" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="R201" s="3" t="s">
         <v>989</v>
       </c>
-      <c r="C201" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S201" s="3" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="T201" s="4">
         <v>1</v>
       </c>
       <c r="W201" s="3" t="s">
-        <v>988</v>
+        <v>985</v>
       </c>
       <c r="X201" s="4">
         <v>0</v>
       </c>
       <c r="Y201" s="4">
         <v>0</v>
       </c>
       <c r="Z201" s="6">
-        <v>1.0889999999999999E-3</v>
+        <v>4.7429999999999998E-3</v>
       </c>
     </row>
     <row r="202" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A202" s="3" t="s">
+        <v>990</v>
+      </c>
+      <c r="B202" s="3" t="s">
+        <v>991</v>
+      </c>
+      <c r="C202" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D202" s="4">
+        <v>144</v>
+      </c>
+      <c r="E202" s="5">
+        <v>151.28</v>
+      </c>
+      <c r="F202" s="4">
+        <v>21784.32</v>
+      </c>
+      <c r="G202" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H202" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I202" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J202" s="5">
+        <v>151.28</v>
+      </c>
+      <c r="K202" s="5">
+        <v>1</v>
+      </c>
+      <c r="L202" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M202" s="4">
+        <v>21784.32</v>
+      </c>
+      <c r="N202" s="4">
+        <v>21784.32</v>
+      </c>
+      <c r="O202" s="3" t="s">
+        <v>992</v>
+      </c>
+      <c r="P202" s="3" t="s">
         <v>993</v>
       </c>
-      <c r="B202" s="3" t="s">
+      <c r="Q202" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="R202" s="3" t="s">
         <v>994</v>
       </c>
-      <c r="C202" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S202" s="3" t="s">
-        <v>132</v>
+        <v>114</v>
       </c>
       <c r="T202" s="4">
         <v>1</v>
       </c>
       <c r="W202" s="3" t="s">
-        <v>993</v>
+        <v>990</v>
       </c>
       <c r="X202" s="4">
         <v>0</v>
       </c>
       <c r="Y202" s="4">
         <v>0</v>
       </c>
       <c r="Z202" s="6">
-        <v>4.8849999999999996E-3</v>
+        <v>9.19E-4</v>
       </c>
     </row>
     <row r="203" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A203" s="3" t="s">
+        <v>995</v>
+      </c>
+      <c r="B203" s="3" t="s">
+        <v>996</v>
+      </c>
+      <c r="C203" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D203" s="4">
+        <v>200</v>
+      </c>
+      <c r="E203" s="5">
+        <v>125.82</v>
+      </c>
+      <c r="F203" s="4">
+        <v>25164</v>
+      </c>
+      <c r="G203" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H203" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I203" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J203" s="5">
+        <v>125.82</v>
+      </c>
+      <c r="K203" s="5">
+        <v>1</v>
+      </c>
+      <c r="L203" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M203" s="4">
+        <v>25164</v>
+      </c>
+      <c r="N203" s="4">
+        <v>25164</v>
+      </c>
+      <c r="O203" s="3" t="s">
+        <v>997</v>
+      </c>
+      <c r="P203" s="3" t="s">
         <v>998</v>
       </c>
-      <c r="B203" s="3" t="s">
+      <c r="Q203" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="R203" s="3" t="s">
         <v>999</v>
       </c>
-      <c r="C203" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S203" s="3" t="s">
-        <v>1002</v>
+        <v>114</v>
       </c>
       <c r="T203" s="4">
         <v>1</v>
       </c>
       <c r="W203" s="3" t="s">
-        <v>34</v>
+        <v>995</v>
       </c>
       <c r="X203" s="4">
         <v>0</v>
       </c>
       <c r="Y203" s="4">
         <v>0</v>
       </c>
       <c r="Z203" s="6">
-        <v>4.836E-3</v>
+        <v>1.062E-3</v>
       </c>
     </row>
     <row r="204" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A204" s="3" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B204" s="3" t="s">
+        <v>1001</v>
+      </c>
+      <c r="C204" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D204" s="4">
+        <v>1353</v>
+      </c>
+      <c r="E204" s="5">
+        <v>86.29</v>
+      </c>
+      <c r="F204" s="4">
+        <v>116750.37</v>
+      </c>
+      <c r="G204" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H204" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I204" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J204" s="5">
+        <v>86.29</v>
+      </c>
+      <c r="K204" s="5">
+        <v>1</v>
+      </c>
+      <c r="L204" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="M204" s="4">
+        <v>116750.37</v>
+      </c>
+      <c r="N204" s="4">
+        <v>116750.37</v>
+      </c>
+      <c r="O204" s="3" t="s">
+        <v>1002</v>
+      </c>
+      <c r="P204" s="3" t="s">
         <v>1003</v>
       </c>
-      <c r="B204" s="3" t="s">
+      <c r="Q204" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="R204" s="3" t="s">
         <v>1004</v>
       </c>
-      <c r="C204" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S204" s="3" t="s">
-        <v>680</v>
+        <v>142</v>
       </c>
       <c r="T204" s="4">
         <v>1</v>
       </c>
       <c r="W204" s="3" t="s">
-        <v>34</v>
+        <v>1000</v>
       </c>
       <c r="X204" s="4">
         <v>0</v>
       </c>
       <c r="Y204" s="4">
         <v>0</v>
       </c>
       <c r="Z204" s="6">
-        <v>9.4600000000000001E-4</v>
+        <v>4.9290000000000002E-3</v>
       </c>
     </row>
     <row r="205" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A205" s="3" t="s">
+        <v>1005</v>
+      </c>
+      <c r="B205" s="3" t="s">
+        <v>1006</v>
+      </c>
+      <c r="C205" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D205" s="4">
+        <v>5012</v>
+      </c>
+      <c r="E205" s="5">
+        <v>24.110600000000002</v>
+      </c>
+      <c r="F205" s="4">
+        <v>120842.32441248</v>
+      </c>
+      <c r="G205" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H205" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="I205" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="J205" s="5">
+        <v>243.2</v>
+      </c>
+      <c r="K205" s="5">
+        <v>10.086849794097136</v>
+      </c>
+      <c r="L205" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M205" s="4">
+        <v>1218918.375118</v>
+      </c>
+      <c r="N205" s="4">
+        <v>120842.32441248</v>
+      </c>
+      <c r="O205" s="3" t="s">
+        <v>1005</v>
+      </c>
+      <c r="P205" s="3" t="s">
         <v>1007</v>
       </c>
-      <c r="B205" s="3" t="s">
+      <c r="Q205" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="R205" s="3" t="s">
         <v>1008</v>
       </c>
-      <c r="C205" s="3" t="s">
-[...14 lines deleted...]
-      <c r="H205" s="3" t="s">
+      <c r="S205" s="3" t="s">
         <v>1009</v>
-      </c>
-[...31 lines deleted...]
-        <v>1013</v>
       </c>
       <c r="T205" s="4">
         <v>1</v>
       </c>
       <c r="W205" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X205" s="4">
         <v>0</v>
       </c>
       <c r="Y205" s="4">
         <v>0</v>
       </c>
       <c r="Z205" s="6">
-        <v>1.238E-3</v>
+        <v>5.1019999999999998E-3</v>
       </c>
     </row>
     <row r="206" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A206" s="3" t="s">
-        <v>1014</v>
+        <v>1010</v>
       </c>
       <c r="B206" s="3" t="s">
-        <v>1015</v>
+        <v>1011</v>
       </c>
       <c r="C206" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D206" s="4">
-        <v>800</v>
+        <v>25000</v>
       </c>
       <c r="E206" s="5">
-        <v>24.761285000000001</v>
+        <v>0.89113799999999999</v>
       </c>
       <c r="F206" s="4">
-        <v>19809.03556552</v>
+        <v>22278.448783439999</v>
       </c>
       <c r="G206" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H206" s="3" t="s">
-        <v>68</v>
+        <v>93</v>
       </c>
       <c r="I206" s="3" t="s">
-        <v>69</v>
+        <v>94</v>
       </c>
       <c r="J206" s="5">
-        <v>3864</v>
+        <v>28</v>
       </c>
       <c r="K206" s="5">
-        <v>156.05006085952374</v>
+        <v>31.420495463508864</v>
       </c>
       <c r="L206" s="3" t="s">
-        <v>70</v>
+        <v>95</v>
       </c>
       <c r="M206" s="4">
-        <v>3091201.205567</v>
+        <v>699999.89893400006</v>
       </c>
       <c r="N206" s="4">
-        <v>19809.03556552</v>
+        <v>22278.448783439999</v>
       </c>
       <c r="O206" s="3" t="s">
-        <v>1014</v>
+        <v>1010</v>
       </c>
       <c r="P206" s="3" t="s">
-        <v>1016</v>
+        <v>1012</v>
       </c>
       <c r="Q206" s="3" t="s">
-        <v>109</v>
+        <v>228</v>
       </c>
       <c r="R206" s="3" t="s">
-        <v>1017</v>
+        <v>1013</v>
       </c>
       <c r="S206" s="3" t="s">
-        <v>599</v>
+        <v>687</v>
       </c>
       <c r="T206" s="4">
         <v>1</v>
       </c>
       <c r="W206" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X206" s="4">
         <v>0</v>
       </c>
       <c r="Y206" s="4">
         <v>0</v>
       </c>
       <c r="Z206" s="6">
-        <v>8.4099999999999995E-4</v>
+        <v>9.3999999999999997E-4</v>
       </c>
     </row>
     <row r="207" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A207" s="3" t="s">
+        <v>1014</v>
+      </c>
+      <c r="B207" s="3" t="s">
+        <v>1015</v>
+      </c>
+      <c r="C207" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D207" s="4">
+        <v>429</v>
+      </c>
+      <c r="E207" s="5">
+        <v>71.124691999999996</v>
+      </c>
+      <c r="F207" s="4">
+        <v>30512.492868000001</v>
+      </c>
+      <c r="G207" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H207" s="3" t="s">
+        <v>1016</v>
+      </c>
+      <c r="I207" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="J207" s="5">
+        <v>60.56</v>
+      </c>
+      <c r="K207" s="5">
+        <v>0.85146238664906981</v>
+      </c>
+      <c r="L207" s="3" t="s">
+        <v>1017</v>
+      </c>
+      <c r="M207" s="4">
+        <v>25980.240000000002</v>
+      </c>
+      <c r="N207" s="4">
+        <v>30512.492868000001</v>
+      </c>
+      <c r="O207" s="3" t="s">
+        <v>1014</v>
+      </c>
+      <c r="P207" s="3" t="s">
         <v>1018</v>
       </c>
-      <c r="B207" s="3" t="s">
+      <c r="Q207" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="R207" s="3" t="s">
         <v>1019</v>
       </c>
-      <c r="C207" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P207" s="3" t="s">
+      <c r="S207" s="3" t="s">
         <v>1020</v>
-      </c>
-[...7 lines deleted...]
-        <v>421</v>
       </c>
       <c r="T207" s="4">
         <v>1</v>
       </c>
       <c r="W207" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X207" s="4">
         <v>0</v>
       </c>
       <c r="Y207" s="4">
         <v>0</v>
       </c>
       <c r="Z207" s="6">
-        <v>3.2829999999999999E-3</v>
+        <v>1.2880000000000001E-3</v>
       </c>
     </row>
     <row r="208" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A208" s="3" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B208" s="3" t="s">
         <v>1022</v>
       </c>
-      <c r="B208" s="3" t="s">
+      <c r="C208" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D208" s="4">
+        <v>800</v>
+      </c>
+      <c r="E208" s="5">
+        <v>21.359537</v>
+      </c>
+      <c r="F208" s="4">
+        <v>17087.626399569999</v>
+      </c>
+      <c r="G208" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H208" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="I208" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="J208" s="5">
+        <v>3348</v>
+      </c>
+      <c r="K208" s="5">
+        <v>156.74497122946053</v>
+      </c>
+      <c r="L208" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="M208" s="4">
+        <v>2678399.50838</v>
+      </c>
+      <c r="N208" s="4">
+        <v>17087.626399569999</v>
+      </c>
+      <c r="O208" s="3" t="s">
+        <v>1021</v>
+      </c>
+      <c r="P208" s="3" t="s">
         <v>1023</v>
       </c>
-      <c r="C208" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P208" s="3" t="s">
+      <c r="Q208" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="R208" s="3" t="s">
         <v>1024</v>
       </c>
-      <c r="Q208" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S208" s="3" t="s">
-        <v>121</v>
+        <v>604</v>
       </c>
       <c r="T208" s="4">
         <v>1</v>
       </c>
       <c r="W208" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X208" s="4">
         <v>0</v>
       </c>
       <c r="Y208" s="4">
         <v>0</v>
       </c>
       <c r="Z208" s="6">
-        <v>4.0590000000000001E-3</v>
+        <v>7.2099999999999996E-4</v>
       </c>
     </row>
     <row r="209" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A209" s="3" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B209" s="3" t="s">
         <v>1026</v>
       </c>
-      <c r="B209" s="3" t="s">
+      <c r="C209" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D209" s="4">
+        <v>510</v>
+      </c>
+      <c r="E209" s="5">
+        <v>149.44876300000001</v>
+      </c>
+      <c r="F209" s="4">
+        <v>76218.868875</v>
+      </c>
+      <c r="G209" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H209" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="I209" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="J209" s="5">
+        <v>127.25</v>
+      </c>
+      <c r="K209" s="5">
+        <v>0.85146238664906981</v>
+      </c>
+      <c r="L209" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="M209" s="4">
+        <v>64897.5</v>
+      </c>
+      <c r="N209" s="4">
+        <v>76218.868875</v>
+      </c>
+      <c r="O209" s="3" t="s">
+        <v>1025</v>
+      </c>
+      <c r="P209" s="3" t="s">
         <v>1027</v>
       </c>
-      <c r="C209" s="3" t="s">
-[...14 lines deleted...]
-      <c r="H209" s="3" t="s">
+      <c r="Q209" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="R209" s="3" t="s">
         <v>1028</v>
       </c>
-      <c r="I209" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="S209" s="3" t="s">
-        <v>647</v>
+        <v>421</v>
       </c>
       <c r="T209" s="4">
         <v>1</v>
       </c>
       <c r="W209" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X209" s="4">
         <v>0</v>
       </c>
       <c r="Y209" s="4">
         <v>0</v>
       </c>
       <c r="Z209" s="6">
-        <v>4.235E-3</v>
+        <v>3.2179999999999999E-3</v>
       </c>
     </row>
     <row r="210" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A210" s="3" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B210" s="3" t="s">
+        <v>1030</v>
+      </c>
+      <c r="C210" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D210" s="4">
+        <v>2558</v>
+      </c>
+      <c r="E210" s="5">
+        <v>37.513444999999997</v>
+      </c>
+      <c r="F210" s="4">
+        <v>95959.391031000006</v>
+      </c>
+      <c r="G210" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H210" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="I210" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="J210" s="5">
+        <v>27.89</v>
+      </c>
+      <c r="K210" s="5">
+        <v>0.74346678562135238</v>
+      </c>
+      <c r="L210" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="M210" s="4">
+        <v>71342.62</v>
+      </c>
+      <c r="N210" s="4">
+        <v>95959.391031000006</v>
+      </c>
+      <c r="O210" s="3" t="s">
+        <v>1029</v>
+      </c>
+      <c r="P210" s="3" t="s">
+        <v>1031</v>
+      </c>
+      <c r="Q210" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="R210" s="3" t="s">
         <v>1032</v>
       </c>
-      <c r="B210" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S210" s="3" t="s">
-        <v>1039</v>
+        <v>131</v>
       </c>
       <c r="T210" s="4">
         <v>1</v>
       </c>
       <c r="W210" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X210" s="4">
         <v>0</v>
       </c>
       <c r="Y210" s="4">
         <v>0</v>
       </c>
       <c r="Z210" s="6">
-        <v>1.011E-3</v>
+        <v>4.0509999999999999E-3</v>
       </c>
     </row>
     <row r="211" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A211" s="3" t="s">
-        <v>1040</v>
+        <v>1033</v>
       </c>
       <c r="B211" s="3" t="s">
-        <v>1041</v>
+        <v>1034</v>
       </c>
       <c r="C211" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D211" s="4">
-        <v>1950</v>
+        <v>20100</v>
       </c>
       <c r="E211" s="5">
-        <v>58.443097999999999</v>
+        <v>4.8333009999999996</v>
       </c>
       <c r="F211" s="4">
-        <v>113964.04414382001</v>
+        <v>97149.354403549994</v>
       </c>
       <c r="G211" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H211" s="3" t="s">
-        <v>78</v>
+        <v>1035</v>
       </c>
       <c r="I211" s="3" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="J211" s="5">
-        <v>591</v>
+        <v>37.619999999999997</v>
       </c>
       <c r="K211" s="5">
-        <v>10.11240034103059</v>
+        <v>7.783499774395259</v>
       </c>
       <c r="L211" s="3" t="s">
-        <v>80</v>
+        <v>1036</v>
       </c>
       <c r="M211" s="4">
-        <v>1152450.038865</v>
+        <v>756161.97808200005</v>
       </c>
       <c r="N211" s="4">
-        <v>113964.04414382001</v>
+        <v>97149.354403549994</v>
       </c>
       <c r="O211" s="3" t="s">
-        <v>1040</v>
+        <v>1033</v>
       </c>
       <c r="P211" s="3" t="s">
-        <v>1042</v>
+        <v>1037</v>
       </c>
       <c r="Q211" s="3" t="s">
-        <v>146</v>
+        <v>228</v>
       </c>
       <c r="R211" s="3" t="s">
-        <v>1043</v>
+        <v>1038</v>
       </c>
       <c r="S211" s="3" t="s">
-        <v>1002</v>
+        <v>657</v>
       </c>
       <c r="T211" s="4">
         <v>1</v>
       </c>
       <c r="W211" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X211" s="4">
         <v>0</v>
       </c>
       <c r="Y211" s="4">
         <v>0</v>
       </c>
       <c r="Z211" s="6">
-        <v>4.8430000000000001E-3</v>
+        <v>4.1019999999999997E-3</v>
       </c>
     </row>
     <row r="212" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A212" s="3" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B212" s="3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="C212" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D212" s="4">
+        <v>9200</v>
+      </c>
+      <c r="E212" s="5">
+        <v>2.7060650000000002</v>
+      </c>
+      <c r="F212" s="4">
+        <v>24895.800933130002</v>
+      </c>
+      <c r="G212" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H212" s="3" t="s">
+        <v>1041</v>
+      </c>
+      <c r="I212" s="3" t="s">
+        <v>1042</v>
+      </c>
+      <c r="J212" s="5">
+        <v>3.48</v>
+      </c>
+      <c r="K212" s="5">
+        <v>1.2859999944959202</v>
+      </c>
+      <c r="L212" s="3" t="s">
+        <v>1043</v>
+      </c>
+      <c r="M212" s="4">
+        <v>32015.999862000001</v>
+      </c>
+      <c r="N212" s="4">
+        <v>24895.800933130002</v>
+      </c>
+      <c r="O212" s="3" t="s">
+        <v>1039</v>
+      </c>
+      <c r="P212" s="3" t="s">
         <v>1044</v>
       </c>
-      <c r="B212" s="3" t="s">
+      <c r="Q212" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="R212" s="3" t="s">
         <v>1045</v>
       </c>
-      <c r="C212" s="3" t="s">
-[...14 lines deleted...]
-      <c r="H212" s="3" t="s">
+      <c r="S212" s="3" t="s">
         <v>1046</v>
-      </c>
-[...31 lines deleted...]
-        <v>1051</v>
       </c>
       <c r="T212" s="4">
         <v>1</v>
       </c>
       <c r="W212" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X212" s="4">
         <v>0</v>
       </c>
       <c r="Y212" s="4">
         <v>0</v>
       </c>
       <c r="Z212" s="6">
-        <v>1.0089999999999999E-3</v>
+        <v>1.0510000000000001E-3</v>
       </c>
     </row>
     <row r="213" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A213" s="3" t="s">
-        <v>1052</v>
+        <v>1047</v>
       </c>
       <c r="B213" s="3" t="s">
-        <v>1053</v>
+        <v>1048</v>
       </c>
       <c r="C213" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D213" s="4">
-        <v>2510</v>
+        <v>1854</v>
       </c>
       <c r="E213" s="5">
-        <v>18.081368999999999</v>
+        <v>61.218319999999999</v>
       </c>
       <c r="F213" s="4">
-        <v>45384.236190000003</v>
+        <v>113498.76324125</v>
       </c>
       <c r="G213" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H213" s="3" t="s">
-        <v>417</v>
+        <v>83</v>
       </c>
       <c r="I213" s="3" t="s">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="J213" s="5">
-        <v>15.58</v>
+        <v>617.5</v>
       </c>
       <c r="K213" s="5">
-        <v>0.86166041962862439</v>
+        <v>10.086849794097136</v>
       </c>
       <c r="L213" s="3" t="s">
-        <v>418</v>
+        <v>85</v>
       </c>
       <c r="M213" s="4">
-        <v>39105.800000000003</v>
+        <v>1144844.9766299999</v>
       </c>
       <c r="N213" s="4">
-        <v>45384.236190000003</v>
+        <v>113498.76324125</v>
       </c>
       <c r="O213" s="3" t="s">
-        <v>1052</v>
+        <v>1047</v>
       </c>
       <c r="P213" s="3" t="s">
-        <v>1054</v>
+        <v>1049</v>
       </c>
       <c r="Q213" s="3" t="s">
-        <v>258</v>
+        <v>156</v>
       </c>
       <c r="R213" s="3" t="s">
-        <v>1055</v>
+        <v>1050</v>
       </c>
       <c r="S213" s="3" t="s">
-        <v>421</v>
+        <v>1009</v>
       </c>
       <c r="T213" s="4">
         <v>1</v>
       </c>
       <c r="W213" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X213" s="4">
         <v>0</v>
       </c>
       <c r="Y213" s="4">
         <v>0</v>
       </c>
       <c r="Z213" s="6">
-        <v>1.928E-3</v>
+        <v>4.7920000000000003E-3</v>
       </c>
     </row>
     <row r="214" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A214" s="3" t="s">
-        <v>1056</v>
+        <v>1051</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>1057</v>
+        <v>1052</v>
       </c>
       <c r="C214" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D214" s="4">
-        <v>7631</v>
+        <v>926</v>
       </c>
       <c r="E214" s="5">
-        <v>13.311508999999999</v>
+        <v>24.342352000000002</v>
       </c>
       <c r="F214" s="4">
-        <v>101580.1213635</v>
+        <v>22541.017382180002</v>
       </c>
       <c r="G214" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H214" s="3" t="s">
-        <v>1058</v>
+        <v>38</v>
       </c>
       <c r="I214" s="3" t="s">
-        <v>54</v>
+        <v>39</v>
       </c>
       <c r="J214" s="5">
-        <v>11.47</v>
+        <v>133.38999999999999</v>
       </c>
       <c r="K214" s="5">
-        <v>0.86166041962862439</v>
+        <v>5.4797499129815712</v>
       </c>
       <c r="L214" s="3" t="s">
-        <v>1059</v>
+        <v>40</v>
       </c>
       <c r="M214" s="4">
-        <v>87527.57</v>
+        <v>123519.138038</v>
       </c>
       <c r="N214" s="4">
-        <v>101580.1213635</v>
+        <v>22541.017382180002</v>
       </c>
       <c r="O214" s="3" t="s">
-        <v>1056</v>
+        <v>1051</v>
       </c>
       <c r="P214" s="3" t="s">
-        <v>1060</v>
+        <v>1053</v>
       </c>
       <c r="Q214" s="3" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="R214" s="3" t="s">
-        <v>1061</v>
+        <v>1054</v>
       </c>
       <c r="S214" s="3" t="s">
-        <v>1062</v>
+        <v>1055</v>
       </c>
       <c r="T214" s="4">
         <v>1</v>
       </c>
       <c r="W214" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X214" s="4">
         <v>0</v>
       </c>
       <c r="Y214" s="4">
         <v>0</v>
       </c>
       <c r="Z214" s="6">
-        <v>4.3160000000000004E-3</v>
+        <v>9.5100000000000002E-4</v>
       </c>
     </row>
     <row r="215" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A215" s="3" t="s">
-        <v>1063</v>
+        <v>1056</v>
       </c>
       <c r="B215" s="3" t="s">
-        <v>1064</v>
+        <v>1057</v>
       </c>
       <c r="C215" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D215" s="4">
-        <v>6240</v>
+        <v>2510</v>
       </c>
       <c r="E215" s="5">
-        <v>16.390250000000002</v>
+        <v>18.474098999999999</v>
       </c>
       <c r="F215" s="4">
-        <v>102275.16</v>
+        <v>46369.987235000001</v>
       </c>
       <c r="G215" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H215" s="3" t="s">
-        <v>58</v>
+        <v>417</v>
       </c>
       <c r="I215" s="3" t="s">
         <v>59</v>
       </c>
       <c r="J215" s="5">
-        <v>12.37</v>
+        <v>15.73</v>
       </c>
       <c r="K215" s="5">
-        <v>0.75471698113207553</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L215" s="3" t="s">
-        <v>60</v>
+        <v>418</v>
       </c>
       <c r="M215" s="4">
-        <v>77188.800000000003</v>
+        <v>39482.300000000003</v>
       </c>
       <c r="N215" s="4">
-        <v>102275.16</v>
+        <v>46369.987235000001</v>
       </c>
       <c r="O215" s="3" t="s">
-        <v>1063</v>
+        <v>1056</v>
       </c>
       <c r="P215" s="3" t="s">
-        <v>1065</v>
+        <v>1058</v>
       </c>
       <c r="Q215" s="3" t="s">
-        <v>163</v>
+        <v>228</v>
       </c>
       <c r="R215" s="3" t="s">
-        <v>1066</v>
+        <v>1059</v>
       </c>
       <c r="S215" s="3" t="s">
-        <v>121</v>
+        <v>421</v>
       </c>
       <c r="T215" s="4">
         <v>1</v>
       </c>
       <c r="W215" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X215" s="4">
         <v>0</v>
       </c>
       <c r="Y215" s="4">
         <v>0</v>
       </c>
       <c r="Z215" s="6">
-        <v>4.346E-3</v>
+        <v>1.957E-3</v>
       </c>
     </row>
     <row r="216" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A216" s="3" t="s">
-        <v>1067</v>
+        <v>1060</v>
       </c>
       <c r="B216" s="3" t="s">
-        <v>1068</v>
+        <v>1061</v>
       </c>
       <c r="C216" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D216" s="4">
-        <v>200</v>
+        <v>7631</v>
       </c>
       <c r="E216" s="5">
-        <v>296.18</v>
+        <v>14.140378</v>
       </c>
       <c r="F216" s="4">
-        <v>59236</v>
+        <v>107905.224518</v>
       </c>
       <c r="G216" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H216" s="3" t="s">
-        <v>88</v>
+        <v>1062</v>
       </c>
       <c r="I216" s="3" t="s">
-        <v>89</v>
+        <v>59</v>
       </c>
       <c r="J216" s="5">
-        <v>296.18</v>
+        <v>12.04</v>
       </c>
       <c r="K216" s="5">
-        <v>1</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L216" s="3" t="s">
-        <v>90</v>
+        <v>1063</v>
       </c>
       <c r="M216" s="4">
-        <v>59236</v>
+        <v>91877.24</v>
       </c>
       <c r="N216" s="4">
-        <v>59236</v>
+        <v>107905.224518</v>
       </c>
       <c r="O216" s="3" t="s">
-        <v>1067</v>
+        <v>1060</v>
       </c>
       <c r="P216" s="3" t="s">
-        <v>1069</v>
+        <v>1064</v>
       </c>
       <c r="Q216" s="3" t="s">
-        <v>152</v>
+        <v>168</v>
       </c>
       <c r="R216" s="3" t="s">
-        <v>1070</v>
+        <v>1065</v>
       </c>
       <c r="S216" s="3" t="s">
-        <v>104</v>
+        <v>1066</v>
       </c>
       <c r="T216" s="4">
         <v>1</v>
       </c>
       <c r="W216" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X216" s="4">
         <v>0</v>
       </c>
       <c r="Y216" s="4">
         <v>0</v>
       </c>
       <c r="Z216" s="6">
-        <v>2.5170000000000001E-3</v>
+        <v>4.5560000000000002E-3</v>
       </c>
     </row>
     <row r="217" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A217" s="3" t="s">
-        <v>1071</v>
+        <v>1067</v>
       </c>
       <c r="B217" s="3" t="s">
-        <v>1072</v>
+        <v>1068</v>
       </c>
       <c r="C217" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D217" s="4">
-        <v>134</v>
+        <v>6761</v>
       </c>
       <c r="E217" s="5">
-        <v>23.084408</v>
+        <v>16.059896999999999</v>
       </c>
       <c r="F217" s="4">
-        <v>3093.3105865699999</v>
+        <v>108580.963617</v>
       </c>
       <c r="G217" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H217" s="3" t="s">
-        <v>1073</v>
+        <v>63</v>
       </c>
       <c r="I217" s="3" t="s">
-        <v>1074</v>
+        <v>64</v>
       </c>
       <c r="J217" s="5">
-        <v>86.6</v>
+        <v>11.94</v>
       </c>
       <c r="K217" s="5">
-        <v>3.7514499354000317</v>
+        <v>0.74346678562135238</v>
       </c>
       <c r="L217" s="3" t="s">
-        <v>1075</v>
+        <v>65</v>
       </c>
       <c r="M217" s="4">
-        <v>11604.399799999999</v>
+        <v>80726.34</v>
       </c>
       <c r="N217" s="4">
-        <v>3093.3105865699999</v>
+        <v>108580.963617</v>
       </c>
       <c r="O217" s="3" t="s">
-        <v>1071</v>
+        <v>1067</v>
       </c>
       <c r="P217" s="3" t="s">
-        <v>1076</v>
+        <v>1069</v>
       </c>
       <c r="Q217" s="3" t="s">
-        <v>152</v>
+        <v>168</v>
       </c>
       <c r="R217" s="3" t="s">
-        <v>1077</v>
+        <v>1070</v>
       </c>
       <c r="S217" s="3" t="s">
-        <v>1078</v>
+        <v>131</v>
       </c>
       <c r="T217" s="4">
         <v>1</v>
       </c>
       <c r="W217" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X217" s="4">
         <v>0</v>
       </c>
       <c r="Y217" s="4">
         <v>0</v>
       </c>
       <c r="Z217" s="6">
-        <v>1.3100000000000001E-4</v>
+        <v>4.5840000000000004E-3</v>
       </c>
     </row>
     <row r="218" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A218" s="3" t="s">
-        <v>1079</v>
+        <v>1071</v>
       </c>
       <c r="B218" s="3" t="s">
-        <v>1080</v>
+        <v>1072</v>
       </c>
       <c r="C218" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D218" s="4">
         <v>200</v>
       </c>
       <c r="E218" s="5">
-        <v>250</v>
+        <v>312.12</v>
       </c>
       <c r="F218" s="4">
-        <v>50000</v>
+        <v>62424</v>
       </c>
       <c r="G218" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H218" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="I218" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H218" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J218" s="5">
-        <v>250</v>
+        <v>312.12</v>
       </c>
       <c r="K218" s="5">
         <v>1</v>
       </c>
       <c r="L218" s="3" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="M218" s="4">
-        <v>50000</v>
+        <v>62424</v>
       </c>
       <c r="N218" s="4">
-        <v>50000</v>
+        <v>62424</v>
       </c>
       <c r="O218" s="3" t="s">
-        <v>1079</v>
+        <v>1071</v>
       </c>
       <c r="P218" s="3" t="s">
-        <v>1081</v>
+        <v>1073</v>
       </c>
       <c r="Q218" s="3" t="s">
-        <v>174</v>
+        <v>162</v>
       </c>
       <c r="R218" s="3" t="s">
-        <v>1082</v>
+        <v>1074</v>
       </c>
       <c r="S218" s="3" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="T218" s="4">
         <v>1</v>
       </c>
       <c r="W218" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X218" s="4">
         <v>0</v>
       </c>
       <c r="Y218" s="4">
         <v>0</v>
       </c>
       <c r="Z218" s="6">
-        <v>2.124E-3</v>
+        <v>2.6350000000000002E-3</v>
       </c>
     </row>
     <row r="219" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A219" s="3" t="s">
-        <v>1083</v>
+        <v>1075</v>
       </c>
       <c r="B219" s="3" t="s">
-        <v>1084</v>
+        <v>1076</v>
       </c>
       <c r="C219" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D219" s="4">
+        <v>200</v>
+      </c>
+      <c r="E219" s="5">
+        <v>268.3</v>
+      </c>
+      <c r="F219" s="4">
+        <v>53660</v>
+      </c>
+      <c r="G219" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H219" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D219" s="4">
-[...8 lines deleted...]
-      <c r="G219" s="3" t="s">
+      <c r="I219" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H219" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J219" s="5">
-        <v>80.599999999999994</v>
+        <v>268.3</v>
       </c>
       <c r="K219" s="5">
-        <v>7.7856001432550421</v>
+        <v>1</v>
       </c>
       <c r="L219" s="3" t="s">
-        <v>65</v>
+        <v>100</v>
       </c>
       <c r="M219" s="4">
-        <v>386880.00711800001</v>
+        <v>53660</v>
       </c>
       <c r="N219" s="4">
-        <v>49691.738594330003</v>
+        <v>53660</v>
       </c>
       <c r="O219" s="3" t="s">
-        <v>1083</v>
+        <v>1075</v>
       </c>
       <c r="P219" s="3" t="s">
-        <v>1085</v>
+        <v>1077</v>
       </c>
       <c r="Q219" s="3" t="s">
-        <v>152</v>
+        <v>179</v>
       </c>
       <c r="R219" s="3" t="s">
-        <v>1086</v>
+        <v>1078</v>
       </c>
       <c r="S219" s="3" t="s">
-        <v>647</v>
+        <v>114</v>
       </c>
       <c r="T219" s="4">
         <v>1</v>
       </c>
       <c r="W219" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X219" s="4">
         <v>0</v>
       </c>
       <c r="Y219" s="4">
         <v>0</v>
       </c>
       <c r="Z219" s="6">
-        <v>2.111E-3</v>
+        <v>2.2650000000000001E-3</v>
       </c>
     </row>
     <row r="220" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A220" s="3" t="s">
-        <v>1087</v>
+        <v>1079</v>
       </c>
       <c r="B220" s="3" t="s">
-        <v>1088</v>
+        <v>1080</v>
       </c>
       <c r="C220" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D220" s="4">
-        <v>386</v>
+        <v>4800</v>
       </c>
       <c r="E220" s="5">
-        <v>73.844741999999997</v>
+        <v>10.265305</v>
       </c>
       <c r="F220" s="4">
-        <v>28504.130826510001</v>
+        <v>49273.463095010004</v>
       </c>
       <c r="G220" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H220" s="3" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="I220" s="3" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="J220" s="5">
-        <v>108600</v>
+        <v>79.900000000000006</v>
       </c>
       <c r="K220" s="5">
-        <v>1470.6531170492815</v>
+        <v>7.783499774395259</v>
       </c>
       <c r="L220" s="3" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="M220" s="4">
-        <v>41919688.848787002</v>
+        <v>383519.98888299998</v>
       </c>
       <c r="N220" s="4">
-        <v>28504.130826510001</v>
+        <v>49273.463095010004</v>
       </c>
       <c r="O220" s="3" t="s">
-        <v>1087</v>
+        <v>1079</v>
       </c>
       <c r="P220" s="3" t="s">
-        <v>1089</v>
+        <v>1081</v>
       </c>
       <c r="Q220" s="3" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="R220" s="3" t="s">
-        <v>1090</v>
+        <v>1082</v>
       </c>
       <c r="S220" s="3" t="s">
-        <v>618</v>
+        <v>657</v>
       </c>
       <c r="T220" s="4">
         <v>1</v>
       </c>
       <c r="W220" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X220" s="4">
         <v>0</v>
       </c>
       <c r="Y220" s="4">
         <v>0</v>
       </c>
       <c r="Z220" s="6">
-        <v>1.2110000000000001E-3</v>
+        <v>2.0799999999999998E-3</v>
       </c>
     </row>
     <row r="221" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A221" s="3" t="s">
-        <v>1091</v>
+        <v>1083</v>
       </c>
       <c r="B221" s="3" t="s">
-        <v>1092</v>
+        <v>1084</v>
       </c>
       <c r="C221" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D221" s="4">
-        <v>246</v>
+        <v>386</v>
       </c>
       <c r="E221" s="5">
-        <v>194.94</v>
+        <v>78.511758</v>
       </c>
       <c r="F221" s="4">
-        <v>47955.24</v>
+        <v>30305.508312800001</v>
       </c>
       <c r="G221" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H221" s="3" t="s">
-        <v>88</v>
+        <v>78</v>
       </c>
       <c r="I221" s="3" t="s">
-        <v>89</v>
+        <v>79</v>
       </c>
       <c r="J221" s="5">
-        <v>194.94</v>
+        <v>113100</v>
       </c>
       <c r="K221" s="5">
-        <v>1</v>
+        <v>1440.5485608919878</v>
       </c>
       <c r="L221" s="3" t="s">
-        <v>90</v>
+        <v>80</v>
       </c>
       <c r="M221" s="4">
-        <v>47955.24</v>
+        <v>43656556.387103997</v>
       </c>
       <c r="N221" s="4">
-        <v>47955.24</v>
+        <v>30305.508312800001</v>
       </c>
       <c r="O221" s="3" t="s">
-        <v>1091</v>
+        <v>1083</v>
       </c>
       <c r="P221" s="3" t="s">
-        <v>1093</v>
+        <v>1085</v>
       </c>
       <c r="Q221" s="3" t="s">
-        <v>174</v>
+        <v>162</v>
       </c>
       <c r="R221" s="3" t="s">
-        <v>1094</v>
+        <v>1086</v>
       </c>
       <c r="S221" s="3" t="s">
-        <v>132</v>
+        <v>628</v>
       </c>
       <c r="T221" s="4">
         <v>1</v>
       </c>
       <c r="W221" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X221" s="4">
         <v>0</v>
       </c>
       <c r="Y221" s="4">
         <v>0</v>
       </c>
       <c r="Z221" s="6">
-        <v>2.0379999999999999E-3</v>
+        <v>1.279E-3</v>
       </c>
     </row>
     <row r="222" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A222" s="3" t="s">
-        <v>1095</v>
+        <v>1087</v>
       </c>
       <c r="B222" s="3" t="s">
-        <v>1096</v>
+        <v>1088</v>
       </c>
       <c r="C222" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D222" s="4">
+        <v>246</v>
+      </c>
+      <c r="E222" s="5">
+        <v>217.06</v>
+      </c>
+      <c r="F222" s="4">
+        <v>53396.76</v>
+      </c>
+      <c r="G222" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H222" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D222" s="4">
-[...8 lines deleted...]
-      <c r="G222" s="3" t="s">
+      <c r="I222" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H222" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J222" s="5">
-        <v>141.55000000000001</v>
+        <v>217.06</v>
       </c>
       <c r="K222" s="5">
-        <v>0.80294999975750914</v>
+        <v>1</v>
       </c>
       <c r="L222" s="3" t="s">
-        <v>45</v>
+        <v>100</v>
       </c>
       <c r="M222" s="4">
-        <v>35387.499989000004</v>
+        <v>53396.76</v>
       </c>
       <c r="N222" s="4">
-        <v>44071.860016190003</v>
+        <v>53396.76</v>
       </c>
       <c r="O222" s="3" t="s">
-        <v>1095</v>
+        <v>1087</v>
       </c>
       <c r="P222" s="3" t="s">
-        <v>1097</v>
+        <v>1089</v>
       </c>
       <c r="Q222" s="3" t="s">
-        <v>152</v>
+        <v>179</v>
       </c>
       <c r="R222" s="3" t="s">
-        <v>1098</v>
+        <v>1090</v>
       </c>
       <c r="S222" s="3" t="s">
-        <v>594</v>
+        <v>142</v>
       </c>
       <c r="T222" s="4">
         <v>1</v>
       </c>
       <c r="W222" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X222" s="4">
         <v>0</v>
       </c>
       <c r="Y222" s="4">
         <v>0</v>
       </c>
       <c r="Z222" s="6">
-        <v>1.872E-3</v>
+        <v>2.2539999999999999E-3</v>
       </c>
     </row>
     <row r="223" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A223" s="3" t="s">
-        <v>1099</v>
+        <v>1091</v>
       </c>
       <c r="B223" s="3" t="s">
-        <v>1100</v>
+        <v>1092</v>
       </c>
       <c r="C223" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D223" s="4">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="E223" s="5">
-        <v>56.686937</v>
+        <v>167.68696700000001</v>
       </c>
       <c r="F223" s="4">
-        <v>28343.479653959999</v>
+        <v>41921.74187441</v>
       </c>
       <c r="G223" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H223" s="3" t="s">
-        <v>68</v>
+        <v>48</v>
       </c>
       <c r="I223" s="3" t="s">
-        <v>69</v>
+        <v>49</v>
       </c>
       <c r="J223" s="5">
-        <v>8846</v>
+        <v>132.85</v>
       </c>
       <c r="K223" s="5">
-        <v>156.05006085952374</v>
+        <v>0.79225000133296064</v>
       </c>
       <c r="L223" s="3" t="s">
-        <v>70</v>
+        <v>50</v>
       </c>
       <c r="M223" s="4">
-        <v>4423001.7249710001</v>
+        <v>33212.500054999997</v>
       </c>
       <c r="N223" s="4">
-        <v>28343.479653959999</v>
+        <v>41921.74187441</v>
       </c>
       <c r="O223" s="3" t="s">
-        <v>1099</v>
+        <v>1091</v>
       </c>
       <c r="P223" s="3" t="s">
-        <v>1101</v>
+        <v>1093</v>
       </c>
       <c r="Q223" s="3" t="s">
-        <v>109</v>
+        <v>162</v>
       </c>
       <c r="R223" s="3" t="s">
-        <v>1102</v>
+        <v>1094</v>
       </c>
       <c r="S223" s="3" t="s">
         <v>599</v>
       </c>
       <c r="T223" s="4">
         <v>1</v>
       </c>
       <c r="W223" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X223" s="4">
         <v>0</v>
       </c>
       <c r="Y223" s="4">
         <v>0</v>
       </c>
       <c r="Z223" s="6">
-        <v>1.204E-3</v>
+        <v>1.7700000000000001E-3</v>
       </c>
     </row>
     <row r="224" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A224" s="3" t="s">
-        <v>1103</v>
+        <v>1095</v>
       </c>
       <c r="B224" s="3" t="s">
-        <v>1104</v>
+        <v>1096</v>
       </c>
       <c r="C224" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D224" s="4">
-        <v>1813</v>
+        <v>500</v>
       </c>
       <c r="E224" s="5">
-        <v>62.403852999999998</v>
+        <v>56.607877000000002</v>
       </c>
       <c r="F224" s="4">
-        <v>113138.18662109</v>
+        <v>28303.93313981</v>
       </c>
       <c r="G224" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H224" s="3" t="s">
-        <v>48</v>
+        <v>73</v>
       </c>
       <c r="I224" s="3" t="s">
-        <v>49</v>
+        <v>74</v>
       </c>
       <c r="J224" s="5">
-        <v>401.6</v>
+        <v>8873</v>
       </c>
       <c r="K224" s="5">
-        <v>6.4355000718201802</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L224" s="3" t="s">
-        <v>50</v>
+        <v>75</v>
       </c>
       <c r="M224" s="4">
-        <v>728100.80812499998</v>
+        <v>4436499.1856800001</v>
       </c>
       <c r="N224" s="4">
-        <v>113138.18662109</v>
+        <v>28303.93313981</v>
       </c>
       <c r="O224" s="3" t="s">
-        <v>1103</v>
+        <v>1095</v>
       </c>
       <c r="P224" s="3" t="s">
-        <v>1105</v>
+        <v>1097</v>
       </c>
       <c r="Q224" s="3" t="s">
-        <v>1106</v>
+        <v>119</v>
       </c>
       <c r="R224" s="3" t="s">
-        <v>1107</v>
+        <v>1098</v>
       </c>
       <c r="S224" s="3" t="s">
-        <v>1108</v>
+        <v>604</v>
       </c>
       <c r="T224" s="4">
         <v>1</v>
       </c>
       <c r="W224" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X224" s="4">
         <v>0</v>
       </c>
       <c r="Y224" s="4">
         <v>0</v>
       </c>
       <c r="Z224" s="6">
-        <v>4.8079999999999998E-3</v>
+        <v>1.1950000000000001E-3</v>
       </c>
     </row>
     <row r="225" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A225" s="3" t="s">
-        <v>1109</v>
+        <v>1099</v>
       </c>
       <c r="B225" s="3" t="s">
-        <v>1110</v>
+        <v>1100</v>
       </c>
       <c r="C225" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D225" s="4">
-        <v>391</v>
+        <v>1813</v>
       </c>
       <c r="E225" s="5">
-        <v>345.89</v>
+        <v>64.123527999999993</v>
       </c>
       <c r="F225" s="4">
-        <v>135242.99</v>
+        <v>116255.95949430999</v>
       </c>
       <c r="G225" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H225" s="3" t="s">
-        <v>88</v>
+        <v>53</v>
       </c>
       <c r="I225" s="3" t="s">
-        <v>89</v>
+        <v>54</v>
       </c>
       <c r="J225" s="5">
-        <v>345.89</v>
+        <v>407.8</v>
       </c>
       <c r="K225" s="5">
-        <v>1</v>
+        <v>6.3596001566751097</v>
       </c>
       <c r="L225" s="3" t="s">
-        <v>90</v>
+        <v>55</v>
       </c>
       <c r="M225" s="4">
-        <v>135242.99</v>
+        <v>739341.41821399995</v>
       </c>
       <c r="N225" s="4">
-        <v>135242.99</v>
+        <v>116255.95949430999</v>
       </c>
       <c r="O225" s="3" t="s">
-        <v>1109</v>
+        <v>1099</v>
       </c>
       <c r="P225" s="3" t="s">
-        <v>1111</v>
+        <v>1101</v>
       </c>
       <c r="Q225" s="3" t="s">
-        <v>258</v>
+        <v>618</v>
       </c>
       <c r="R225" s="3" t="s">
-        <v>1112</v>
+        <v>1102</v>
       </c>
       <c r="S225" s="3" t="s">
-        <v>104</v>
+        <v>1103</v>
       </c>
       <c r="T225" s="4">
         <v>1</v>
       </c>
       <c r="W225" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X225" s="4">
         <v>0</v>
       </c>
       <c r="Y225" s="4">
         <v>0</v>
       </c>
       <c r="Z225" s="6">
-        <v>5.7470000000000004E-3</v>
+        <v>4.908E-3</v>
       </c>
     </row>
     <row r="226" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A226" s="3" t="s">
-        <v>1113</v>
+        <v>1104</v>
       </c>
       <c r="B226" s="3" t="s">
-        <v>1114</v>
+        <v>1105</v>
       </c>
       <c r="C226" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D226" s="4">
+        <v>410</v>
+      </c>
+      <c r="E226" s="5">
+        <v>318.51</v>
+      </c>
+      <c r="F226" s="4">
+        <v>130589.1</v>
+      </c>
+      <c r="G226" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H226" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D226" s="4">
-[...8 lines deleted...]
-      <c r="G226" s="3" t="s">
+      <c r="I226" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H226" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J226" s="5">
-        <v>33.880000000000003</v>
+        <v>318.51</v>
       </c>
       <c r="K226" s="5">
-        <v>0.86166041962862439</v>
+        <v>1</v>
       </c>
       <c r="L226" s="3" t="s">
-        <v>435</v>
+        <v>100</v>
       </c>
       <c r="M226" s="4">
-        <v>13484.24</v>
+        <v>130589.1</v>
       </c>
       <c r="N226" s="4">
-        <v>15649.134732</v>
+        <v>130589.1</v>
       </c>
       <c r="O226" s="3" t="s">
-        <v>1113</v>
+        <v>1104</v>
       </c>
       <c r="P226" s="3" t="s">
-        <v>1115</v>
+        <v>1106</v>
       </c>
       <c r="Q226" s="3" t="s">
-        <v>152</v>
+        <v>228</v>
       </c>
       <c r="R226" s="3" t="s">
-        <v>1116</v>
+        <v>1107</v>
       </c>
       <c r="S226" s="3" t="s">
-        <v>438</v>
+        <v>114</v>
       </c>
       <c r="T226" s="4">
         <v>1</v>
       </c>
       <c r="W226" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X226" s="4">
         <v>0</v>
       </c>
       <c r="Y226" s="4">
         <v>0</v>
       </c>
       <c r="Z226" s="6">
-        <v>6.6500000000000001E-4</v>
+        <v>5.5139999999999998E-3</v>
       </c>
     </row>
     <row r="227" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A227" s="3" t="s">
-        <v>1117</v>
+        <v>1108</v>
       </c>
       <c r="B227" s="3" t="s">
-        <v>1118</v>
+        <v>1109</v>
       </c>
       <c r="C227" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D227" s="4">
-        <v>12</v>
+        <v>398</v>
       </c>
       <c r="E227" s="5">
-        <v>1048.4408699999999</v>
+        <v>42.397644999999997</v>
       </c>
       <c r="F227" s="4">
-        <v>12581.290440000001</v>
+        <v>16874.262709999999</v>
       </c>
       <c r="G227" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H227" s="3" t="s">
-        <v>1119</v>
+        <v>434</v>
       </c>
       <c r="I227" s="3" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J227" s="5">
-        <v>903.4</v>
+        <v>36.1</v>
       </c>
       <c r="K227" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L227" s="3" t="s">
-        <v>1120</v>
+        <v>435</v>
       </c>
       <c r="M227" s="4">
-        <v>10840.8</v>
+        <v>14367.8</v>
       </c>
       <c r="N227" s="4">
-        <v>12581.290440000001</v>
+        <v>16874.262709999999</v>
       </c>
       <c r="O227" s="3" t="s">
-        <v>1117</v>
+        <v>1108</v>
       </c>
       <c r="P227" s="3" t="s">
-        <v>1121</v>
+        <v>1110</v>
       </c>
       <c r="Q227" s="3" t="s">
-        <v>174</v>
+        <v>162</v>
       </c>
       <c r="R227" s="3" t="s">
-        <v>1122</v>
+        <v>1111</v>
       </c>
       <c r="S227" s="3" t="s">
-        <v>1123</v>
+        <v>438</v>
       </c>
       <c r="T227" s="4">
         <v>1</v>
       </c>
       <c r="W227" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X227" s="4">
         <v>0</v>
       </c>
       <c r="Y227" s="4">
         <v>0</v>
       </c>
       <c r="Z227" s="6">
-        <v>5.3399999999999997E-4</v>
+        <v>7.1199999999999996E-4</v>
       </c>
     </row>
     <row r="228" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A228" s="3" t="s">
-        <v>1124</v>
+        <v>1112</v>
       </c>
       <c r="B228" s="3" t="s">
-        <v>1125</v>
+        <v>1113</v>
       </c>
       <c r="C228" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D228" s="4">
-        <v>2000</v>
+        <v>12</v>
       </c>
       <c r="E228" s="5">
-        <v>36.960326000000002</v>
+        <v>1082.13823</v>
       </c>
       <c r="F228" s="4">
-        <v>73920.662736979997</v>
+        <v>12985.65876</v>
       </c>
       <c r="G228" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H228" s="3" t="s">
-        <v>675</v>
+        <v>1114</v>
       </c>
       <c r="I228" s="3" t="s">
-        <v>676</v>
+        <v>59</v>
       </c>
       <c r="J228" s="5">
-        <v>1160</v>
+        <v>921.4</v>
       </c>
       <c r="K228" s="5">
-        <v>31.385004558671913</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L228" s="3" t="s">
-        <v>677</v>
+        <v>1115</v>
       </c>
       <c r="M228" s="4">
-        <v>2320000.3369800001</v>
+        <v>11056.8</v>
       </c>
       <c r="N228" s="4">
-        <v>73920.662736979997</v>
+        <v>12985.65876</v>
       </c>
       <c r="O228" s="3" t="s">
-        <v>1124</v>
+        <v>1112</v>
       </c>
       <c r="P228" s="3" t="s">
-        <v>1126</v>
+        <v>1116</v>
       </c>
       <c r="Q228" s="3" t="s">
-        <v>258</v>
+        <v>179</v>
       </c>
       <c r="R228" s="3" t="s">
-        <v>1127</v>
+        <v>1117</v>
       </c>
       <c r="S228" s="3" t="s">
-        <v>680</v>
+        <v>1118</v>
       </c>
       <c r="T228" s="4">
         <v>1</v>
       </c>
       <c r="W228" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X228" s="4">
         <v>0</v>
       </c>
       <c r="Y228" s="4">
         <v>0</v>
       </c>
       <c r="Z228" s="6">
-        <v>3.1410000000000001E-3</v>
+        <v>5.4799999999999998E-4</v>
       </c>
     </row>
     <row r="229" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A229" s="3" t="s">
-        <v>1128</v>
+        <v>1119</v>
       </c>
       <c r="B229" s="3" t="s">
-        <v>1129</v>
+        <v>1120</v>
       </c>
       <c r="C229" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D229" s="4">
         <v>189</v>
       </c>
       <c r="E229" s="5">
-        <v>212.092907</v>
+        <v>217.16629800000001</v>
       </c>
       <c r="F229" s="4">
-        <v>40085.559499349998</v>
+        <v>41044.430419689998</v>
       </c>
       <c r="G229" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H229" s="3" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="I229" s="3" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="J229" s="5">
-        <v>170.3</v>
+        <v>172.05</v>
       </c>
       <c r="K229" s="5">
-        <v>0.80294999975750914</v>
+        <v>0.79225000133296064</v>
       </c>
       <c r="L229" s="3" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="M229" s="4">
-        <v>32186.699990000001</v>
+        <v>32517.450054000001</v>
       </c>
       <c r="N229" s="4">
-        <v>40085.559499349998</v>
+        <v>41044.430419689998</v>
       </c>
       <c r="O229" s="3" t="s">
-        <v>1128</v>
+        <v>1119</v>
       </c>
       <c r="P229" s="3" t="s">
-        <v>1130</v>
+        <v>1121</v>
       </c>
       <c r="Q229" s="3" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="R229" s="3" t="s">
-        <v>1131</v>
+        <v>1122</v>
       </c>
       <c r="S229" s="3" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="T229" s="4">
         <v>1</v>
       </c>
       <c r="W229" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X229" s="4">
         <v>0</v>
       </c>
       <c r="Y229" s="4">
         <v>0</v>
       </c>
       <c r="Z229" s="6">
-        <v>1.7030000000000001E-3</v>
+        <v>1.7329999999999999E-3</v>
       </c>
     </row>
     <row r="230" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A230" s="3" t="s">
-        <v>1132</v>
+        <v>1123</v>
       </c>
       <c r="B230" s="3" t="s">
-        <v>1133</v>
+        <v>1124</v>
       </c>
       <c r="C230" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D230" s="4">
-        <v>1600</v>
+        <v>2500</v>
       </c>
       <c r="E230" s="5">
-        <v>25.836069999999999</v>
+        <v>24.475719999999999</v>
       </c>
       <c r="F230" s="4">
-        <v>41337.712328280002</v>
+        <v>61189.299027640001</v>
       </c>
       <c r="G230" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H230" s="3" t="s">
-        <v>1028</v>
+        <v>1035</v>
       </c>
       <c r="I230" s="3" t="s">
-        <v>1134</v>
+        <v>1125</v>
       </c>
       <c r="J230" s="5">
-        <v>182.9</v>
+        <v>171.04</v>
       </c>
       <c r="K230" s="5">
-        <v>7.0792500808804322</v>
+        <v>6.9881499844269079</v>
       </c>
       <c r="L230" s="3" t="s">
-        <v>1029</v>
+        <v>1036</v>
       </c>
       <c r="M230" s="4">
-        <v>292640.00334300002</v>
+        <v>427599.99904700002</v>
       </c>
       <c r="N230" s="4">
-        <v>41337.712328280002</v>
+        <v>61189.299027640001</v>
       </c>
       <c r="O230" s="3" t="s">
-        <v>1132</v>
+        <v>1123</v>
       </c>
       <c r="P230" s="3" t="s">
-        <v>1135</v>
+        <v>1126</v>
       </c>
       <c r="Q230" s="3" t="s">
-        <v>258</v>
+        <v>228</v>
       </c>
       <c r="R230" s="3" t="s">
-        <v>1136</v>
+        <v>1127</v>
       </c>
       <c r="S230" s="3" t="s">
-        <v>1137</v>
+        <v>1128</v>
       </c>
       <c r="T230" s="4">
         <v>1</v>
       </c>
       <c r="W230" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X230" s="4">
         <v>0</v>
       </c>
       <c r="Y230" s="4">
         <v>0</v>
       </c>
       <c r="Z230" s="6">
-        <v>1.756E-3</v>
+        <v>2.5829999999999998E-3</v>
       </c>
     </row>
     <row r="231" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A231" s="3" t="s">
-        <v>1138</v>
+        <v>1129</v>
       </c>
       <c r="B231" s="3" t="s">
-        <v>1139</v>
+        <v>1130</v>
       </c>
       <c r="C231" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D231" s="4">
-        <v>29</v>
+        <v>100</v>
       </c>
       <c r="E231" s="5">
-        <v>392.03379000000001</v>
+        <v>374.29721499999999</v>
       </c>
       <c r="F231" s="4">
-        <v>11368.97991</v>
+        <v>37429.7215</v>
       </c>
       <c r="G231" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H231" s="3" t="s">
         <v>410</v>
       </c>
       <c r="I231" s="3" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J231" s="5">
-        <v>337.8</v>
+        <v>318.7</v>
       </c>
       <c r="K231" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L231" s="3" t="s">
         <v>411</v>
       </c>
       <c r="M231" s="4">
-        <v>9796.2000000000007</v>
+        <v>31870</v>
       </c>
       <c r="N231" s="4">
-        <v>11368.97991</v>
+        <v>37429.7215</v>
       </c>
       <c r="O231" s="3" t="s">
-        <v>1138</v>
+        <v>1129</v>
       </c>
       <c r="P231" s="3" t="s">
-        <v>1140</v>
+        <v>1131</v>
       </c>
       <c r="Q231" s="3" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="R231" s="3" t="s">
-        <v>1141</v>
+        <v>1132</v>
       </c>
       <c r="S231" s="3" t="s">
         <v>414</v>
       </c>
       <c r="T231" s="4">
         <v>1</v>
       </c>
       <c r="W231" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X231" s="4">
         <v>0</v>
       </c>
       <c r="Y231" s="4">
         <v>0</v>
       </c>
       <c r="Z231" s="6">
-        <v>4.8299999999999998E-4</v>
+        <v>1.58E-3</v>
       </c>
     </row>
     <row r="232" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A232" s="3" t="s">
-        <v>1142</v>
+        <v>1133</v>
       </c>
       <c r="B232" s="3" t="s">
-        <v>1143</v>
+        <v>1134</v>
       </c>
       <c r="C232" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D232" s="4">
         <v>2616</v>
       </c>
       <c r="E232" s="5">
-        <v>36.642192000000001</v>
+        <v>38.443182</v>
       </c>
       <c r="F232" s="4">
-        <v>95855.975826330003</v>
+        <v>100567.36234651</v>
       </c>
       <c r="G232" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H232" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I232" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J232" s="5">
-        <v>345.6</v>
+        <v>354.4</v>
       </c>
       <c r="K232" s="5">
-        <v>9.4317502517805725</v>
+        <v>9.2187998247321783</v>
       </c>
       <c r="L232" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M232" s="4">
-        <v>904089.62413400004</v>
+        <v>927110.38237300003</v>
       </c>
       <c r="N232" s="4">
-        <v>95855.975826330003</v>
+        <v>100567.36234651</v>
       </c>
       <c r="O232" s="3" t="s">
-        <v>1142</v>
+        <v>1133</v>
       </c>
       <c r="P232" s="3" t="s">
-        <v>1144</v>
+        <v>1135</v>
       </c>
       <c r="Q232" s="3" t="s">
-        <v>1106</v>
+        <v>618</v>
       </c>
       <c r="R232" s="3" t="s">
-        <v>1145</v>
+        <v>1136</v>
       </c>
       <c r="S232" s="3" t="s">
-        <v>1146</v>
+        <v>1137</v>
       </c>
       <c r="T232" s="4">
         <v>1</v>
       </c>
       <c r="W232" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X232" s="4">
         <v>0</v>
       </c>
       <c r="Y232" s="4">
         <v>0</v>
       </c>
       <c r="Z232" s="6">
-        <v>4.0730000000000002E-3</v>
+        <v>4.2459999999999998E-3</v>
       </c>
     </row>
     <row r="233" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A233" s="3" t="s">
-        <v>1147</v>
+        <v>1138</v>
       </c>
       <c r="B233" s="3" t="s">
-        <v>1148</v>
+        <v>1139</v>
       </c>
       <c r="C233" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D233" s="4">
         <v>52231</v>
       </c>
       <c r="E233" s="5">
-        <v>1.8887039999999999</v>
+        <v>1.960539</v>
       </c>
       <c r="F233" s="4">
-        <v>98648.898623999994</v>
+        <v>102400.912509</v>
       </c>
       <c r="G233" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H233" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I233" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J233" s="5">
-        <v>2.88</v>
+        <v>2.94</v>
       </c>
       <c r="K233" s="5">
-        <v>1.5248551387618177</v>
+        <v>1.4995876134063133</v>
       </c>
       <c r="L233" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M233" s="4">
-        <v>150425.28</v>
+        <v>153559.14000000001</v>
       </c>
       <c r="N233" s="4">
-        <v>98648.898623999994</v>
+        <v>102400.912509</v>
       </c>
       <c r="O233" s="3" t="s">
-        <v>1147</v>
+        <v>1138</v>
       </c>
       <c r="P233" s="3" t="s">
-        <v>1149</v>
+        <v>1140</v>
       </c>
       <c r="Q233" s="3" t="s">
-        <v>109</v>
+        <v>119</v>
       </c>
       <c r="R233" s="3" t="s">
-        <v>1150</v>
+        <v>1141</v>
       </c>
       <c r="S233" s="3" t="s">
-        <v>604</v>
+        <v>609</v>
       </c>
       <c r="T233" s="4">
         <v>1</v>
       </c>
       <c r="W233" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X233" s="4">
         <v>0</v>
       </c>
       <c r="Y233" s="4">
         <v>0</v>
       </c>
       <c r="Z233" s="6">
-        <v>4.1920000000000004E-3</v>
+        <v>4.3229999999999996E-3</v>
       </c>
     </row>
     <row r="234" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A234" s="3" t="s">
-        <v>1151</v>
+        <v>1142</v>
       </c>
       <c r="B234" s="3" t="s">
-        <v>1152</v>
+        <v>1143</v>
       </c>
       <c r="C234" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D234" s="4">
         <v>1200</v>
       </c>
       <c r="E234" s="5">
-        <v>3.765936</v>
+        <v>3.912337</v>
       </c>
       <c r="F234" s="4">
-        <v>4519.1227884299997</v>
+        <v>4694.8047766600002</v>
       </c>
       <c r="G234" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H234" s="3" t="s">
-        <v>1028</v>
+        <v>1035</v>
       </c>
       <c r="I234" s="3" t="s">
-        <v>1134</v>
+        <v>1125</v>
       </c>
       <c r="J234" s="5">
-        <v>26.66</v>
+        <v>27.34</v>
       </c>
       <c r="K234" s="5">
-        <v>7.0792500808804322</v>
+        <v>6.9881499844269079</v>
       </c>
       <c r="L234" s="3" t="s">
-        <v>1029</v>
+        <v>1036</v>
       </c>
       <c r="M234" s="4">
-        <v>31992.000365</v>
+        <v>32807.999925999997</v>
       </c>
       <c r="N234" s="4">
-        <v>4519.1227884299997</v>
+        <v>4694.8047766600002</v>
       </c>
       <c r="O234" s="3" t="s">
-        <v>1151</v>
+        <v>1142</v>
       </c>
       <c r="P234" s="3" t="s">
-        <v>1153</v>
+        <v>1144</v>
       </c>
       <c r="Q234" s="3" t="s">
-        <v>1106</v>
+        <v>618</v>
       </c>
       <c r="R234" s="3" t="s">
-        <v>1154</v>
+        <v>1145</v>
       </c>
       <c r="S234" s="3" t="s">
-        <v>1155</v>
+        <v>1146</v>
       </c>
       <c r="T234" s="4">
         <v>1</v>
       </c>
       <c r="W234" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X234" s="4">
         <v>0</v>
       </c>
       <c r="Y234" s="4">
         <v>0</v>
       </c>
       <c r="Z234" s="6">
-        <v>1.92E-4</v>
+        <v>1.9799999999999999E-4</v>
       </c>
     </row>
     <row r="235" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A235" s="3" t="s">
-        <v>1156</v>
+        <v>1147</v>
       </c>
       <c r="B235" s="3" t="s">
-        <v>1157</v>
+        <v>1148</v>
       </c>
       <c r="C235" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D235" s="4">
         <v>14400</v>
       </c>
       <c r="E235" s="5">
-        <v>6.6122820000000004</v>
+        <v>6.6455359999999999</v>
       </c>
       <c r="F235" s="4">
-        <v>95216.866193449998</v>
+        <v>95695.713457780002</v>
       </c>
       <c r="G235" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H235" s="3" t="s">
-        <v>1028</v>
+        <v>1035</v>
       </c>
       <c r="I235" s="3" t="s">
-        <v>1134</v>
+        <v>1125</v>
       </c>
       <c r="J235" s="5">
-        <v>46.81</v>
+        <v>46.44</v>
       </c>
       <c r="K235" s="5">
-        <v>7.0792500808804322</v>
+        <v>6.9881499844269079</v>
       </c>
       <c r="L235" s="3" t="s">
-        <v>1029</v>
+        <v>1036</v>
       </c>
       <c r="M235" s="4">
-        <v>674064.00770099997</v>
+        <v>668735.99850900006</v>
       </c>
       <c r="N235" s="4">
-        <v>95216.866193449998</v>
+        <v>95695.713457780002</v>
       </c>
       <c r="O235" s="3" t="s">
-        <v>1156</v>
+        <v>1147</v>
       </c>
       <c r="P235" s="3" t="s">
-        <v>1158</v>
+        <v>1149</v>
       </c>
       <c r="Q235" s="3" t="s">
-        <v>1106</v>
+        <v>618</v>
       </c>
       <c r="R235" s="3" t="s">
-        <v>1159</v>
+        <v>1150</v>
       </c>
       <c r="S235" s="3" t="s">
-        <v>1137</v>
+        <v>1128</v>
       </c>
       <c r="T235" s="4">
         <v>1</v>
       </c>
       <c r="W235" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X235" s="4">
         <v>0</v>
       </c>
       <c r="Y235" s="4">
         <v>0</v>
       </c>
       <c r="Z235" s="6">
-        <v>4.0460000000000001E-3</v>
+        <v>4.0400000000000002E-3</v>
       </c>
     </row>
     <row r="236" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A236" s="3" t="s">
-        <v>1160</v>
+        <v>1151</v>
       </c>
       <c r="B236" s="3" t="s">
-        <v>1161</v>
+        <v>1152</v>
       </c>
       <c r="C236" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D236" s="4">
         <v>31718</v>
       </c>
       <c r="E236" s="5">
-        <v>1.245765</v>
+        <v>1.329985</v>
       </c>
       <c r="F236" s="4">
-        <v>39513.174270000003</v>
+        <v>42184.478185920001</v>
       </c>
       <c r="G236" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H236" s="3" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="I236" s="3" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="J236" s="5">
-        <v>0.94020000000000004</v>
+        <v>0.98880000000000001</v>
       </c>
       <c r="K236" s="5">
-        <v>0.75471698113207553</v>
+        <v>0.74346678562135238</v>
       </c>
       <c r="L236" s="3" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="M236" s="4">
-        <v>29821.263599999998</v>
+        <v>31362.758399999999</v>
       </c>
       <c r="N236" s="4">
-        <v>39513.174270000003</v>
+        <v>42184.478185920001</v>
       </c>
       <c r="O236" s="3" t="s">
-        <v>1160</v>
+        <v>1151</v>
       </c>
       <c r="P236" s="3" t="s">
-        <v>1162</v>
+        <v>1153</v>
       </c>
       <c r="Q236" s="3" t="s">
-        <v>102</v>
+        <v>112</v>
       </c>
       <c r="R236" s="3" t="s">
-        <v>1163</v>
+        <v>1154</v>
       </c>
       <c r="S236" s="3" t="s">
-        <v>121</v>
+        <v>131</v>
       </c>
       <c r="T236" s="4">
         <v>1</v>
       </c>
       <c r="W236" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X236" s="4">
         <v>0</v>
       </c>
       <c r="Y236" s="4">
         <v>0</v>
       </c>
       <c r="Z236" s="6">
-        <v>1.6789999999999999E-3</v>
+        <v>1.781E-3</v>
       </c>
     </row>
     <row r="237" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A237" s="3" t="s">
-        <v>1164</v>
+        <v>1155</v>
       </c>
       <c r="B237" s="3" t="s">
-        <v>1165</v>
+        <v>1156</v>
       </c>
       <c r="C237" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D237" s="4">
         <v>2100</v>
       </c>
       <c r="E237" s="5">
-        <v>52.717447999999997</v>
+        <v>52.554682</v>
       </c>
       <c r="F237" s="4">
-        <v>110706.64265282</v>
+        <v>110364.83189399001</v>
       </c>
       <c r="G237" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H237" s="3" t="s">
-        <v>1028</v>
+        <v>1035</v>
       </c>
       <c r="I237" s="3" t="s">
-        <v>1134</v>
+        <v>1125</v>
       </c>
       <c r="J237" s="5">
-        <v>373.2</v>
+        <v>367.26</v>
       </c>
       <c r="K237" s="5">
-        <v>7.0792500808804322</v>
+        <v>6.9881499844269079</v>
       </c>
       <c r="L237" s="3" t="s">
-        <v>1029</v>
+        <v>1036</v>
       </c>
       <c r="M237" s="4">
-        <v>783720.00895299995</v>
+        <v>771245.99828099995</v>
       </c>
       <c r="N237" s="4">
-        <v>110706.64265282</v>
+        <v>110364.83189399001</v>
       </c>
       <c r="O237" s="3" t="s">
-        <v>1164</v>
+        <v>1155</v>
       </c>
       <c r="P237" s="3" t="s">
-        <v>1166</v>
+        <v>1157</v>
       </c>
       <c r="Q237" s="3" t="s">
-        <v>258</v>
+        <v>228</v>
       </c>
       <c r="R237" s="3" t="s">
-        <v>1167</v>
+        <v>1158</v>
       </c>
       <c r="S237" s="3" t="s">
-        <v>1137</v>
+        <v>1128</v>
       </c>
       <c r="T237" s="4">
         <v>1</v>
       </c>
       <c r="W237" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X237" s="4">
         <v>0</v>
       </c>
       <c r="Y237" s="4">
         <v>0</v>
       </c>
       <c r="Z237" s="6">
-        <v>4.7039999999999998E-3</v>
+        <v>4.6600000000000001E-3</v>
       </c>
     </row>
     <row r="238" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A238" s="3" t="s">
-        <v>1168</v>
+        <v>1159</v>
       </c>
       <c r="B238" s="3" t="s">
-        <v>1169</v>
+        <v>1160</v>
       </c>
       <c r="C238" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D238" s="4">
         <v>100</v>
       </c>
       <c r="E238" s="5">
-        <v>89.286612000000005</v>
+        <v>92.489513000000002</v>
       </c>
       <c r="F238" s="4">
-        <v>8928.6610953700001</v>
+        <v>9248.9513040300008</v>
       </c>
       <c r="G238" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H238" s="3" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="I238" s="3" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="J238" s="5">
-        <v>124.47</v>
+        <v>126.78</v>
       </c>
       <c r="K238" s="5">
-        <v>1.3940499911066582</v>
+        <v>1.3707500016140581</v>
       </c>
       <c r="L238" s="3" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="M238" s="4">
-        <v>12446.99992</v>
+        <v>12678.000013999999</v>
       </c>
       <c r="N238" s="4">
-        <v>8928.6610953700001</v>
+        <v>9248.9513040300008</v>
       </c>
       <c r="O238" s="3" t="s">
-        <v>1168</v>
+        <v>1159</v>
       </c>
       <c r="P238" s="3" t="s">
-        <v>1170</v>
+        <v>1161</v>
       </c>
       <c r="Q238" s="3" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="R238" s="3" t="s">
-        <v>1171</v>
+        <v>1162</v>
       </c>
       <c r="S238" s="3" t="s">
-        <v>294</v>
+        <v>309</v>
       </c>
       <c r="T238" s="4">
         <v>1</v>
       </c>
       <c r="W238" s="3" t="s">
-        <v>1172</v>
+        <v>1163</v>
       </c>
       <c r="X238" s="4">
         <v>0</v>
       </c>
       <c r="Y238" s="4">
         <v>0</v>
       </c>
       <c r="Z238" s="6">
-        <v>3.79E-4</v>
+        <v>3.8999999999999999E-4</v>
       </c>
     </row>
     <row r="239" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A239" s="3" t="s">
-        <v>1173</v>
+        <v>1164</v>
       </c>
       <c r="B239" s="3" t="s">
-        <v>1174</v>
+        <v>1165</v>
       </c>
       <c r="C239" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D239" s="4">
         <v>750</v>
       </c>
       <c r="E239" s="5">
-        <v>62.971443000000001</v>
+        <v>62.069682999999998</v>
       </c>
       <c r="F239" s="4">
-        <v>47228.582249999999</v>
+        <v>46552.261874999997</v>
       </c>
       <c r="G239" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H239" s="3" t="s">
-        <v>1119</v>
+        <v>1114</v>
       </c>
       <c r="I239" s="3" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J239" s="5">
-        <v>54.26</v>
+        <v>52.85</v>
       </c>
       <c r="K239" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L239" s="3" t="s">
-        <v>1120</v>
+        <v>1115</v>
       </c>
       <c r="M239" s="4">
-        <v>40695</v>
+        <v>39637.5</v>
       </c>
       <c r="N239" s="4">
-        <v>47228.582249999999</v>
+        <v>46552.261874999997</v>
       </c>
       <c r="O239" s="3" t="s">
-        <v>1173</v>
+        <v>1164</v>
       </c>
       <c r="P239" s="3" t="s">
-        <v>1175</v>
+        <v>1166</v>
       </c>
       <c r="Q239" s="3" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="R239" s="3" t="s">
-        <v>1176</v>
+        <v>1167</v>
       </c>
       <c r="S239" s="3" t="s">
-        <v>1123</v>
+        <v>1118</v>
       </c>
       <c r="T239" s="4">
         <v>1</v>
       </c>
       <c r="W239" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X239" s="4">
         <v>0</v>
       </c>
       <c r="Y239" s="4">
         <v>0</v>
       </c>
       <c r="Z239" s="6">
-        <v>2.0070000000000001E-3</v>
+        <v>1.9650000000000002E-3</v>
       </c>
     </row>
     <row r="240" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A240" s="3" t="s">
-        <v>1177</v>
+        <v>1168</v>
       </c>
       <c r="B240" s="3" t="s">
-        <v>1178</v>
+        <v>1169</v>
       </c>
       <c r="C240" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D240" s="4">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="E240" s="5">
-        <v>6.8074389999999996</v>
+        <v>155.71767299999999</v>
       </c>
       <c r="F240" s="4">
-        <v>6807.4393752599999</v>
+        <v>31143.534561370001</v>
       </c>
       <c r="G240" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H240" s="3" t="s">
-        <v>1028</v>
+        <v>43</v>
       </c>
       <c r="I240" s="3" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="J240" s="5">
-        <v>53</v>
+        <v>213.45</v>
       </c>
       <c r="K240" s="5">
-        <v>7.7856001432550421</v>
+        <v>1.3707500016140581</v>
       </c>
       <c r="L240" s="3" t="s">
-        <v>1029</v>
+        <v>45</v>
       </c>
       <c r="M240" s="4">
-        <v>53000.000975000003</v>
+        <v>42690.000050000002</v>
       </c>
       <c r="N240" s="4">
-        <v>6807.4393752599999</v>
+        <v>31143.534561370001</v>
       </c>
       <c r="O240" s="3" t="s">
-        <v>1177</v>
+        <v>1168</v>
       </c>
       <c r="P240" s="3" t="s">
-        <v>1179</v>
+        <v>1170</v>
       </c>
       <c r="Q240" s="3" t="s">
-        <v>119</v>
+        <v>258</v>
       </c>
       <c r="R240" s="3" t="s">
-        <v>1180</v>
+        <v>1171</v>
       </c>
       <c r="S240" s="3" t="s">
-        <v>647</v>
+        <v>309</v>
       </c>
       <c r="T240" s="4">
         <v>1</v>
       </c>
       <c r="W240" s="3" t="s">
-        <v>34</v>
+        <v>1172</v>
       </c>
       <c r="X240" s="4">
         <v>0</v>
       </c>
       <c r="Y240" s="4">
         <v>0</v>
       </c>
       <c r="Z240" s="6">
-        <v>2.8899999999999998E-4</v>
+        <v>1.315E-3</v>
       </c>
     </row>
     <row r="241" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A241" s="3" t="s">
-        <v>1181</v>
+        <v>1173</v>
       </c>
       <c r="B241" s="3" t="s">
-        <v>1182</v>
+        <v>1174</v>
       </c>
       <c r="C241" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D241" s="4">
-        <v>200</v>
+        <v>3400</v>
       </c>
       <c r="E241" s="5">
-        <v>157.627059</v>
+        <v>18.346502999999998</v>
       </c>
       <c r="F241" s="4">
-        <v>31525.411570600001</v>
+        <v>62378.107535169998</v>
       </c>
       <c r="G241" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H241" s="3" t="s">
-        <v>38</v>
+        <v>1035</v>
       </c>
       <c r="I241" s="3" t="s">
-        <v>39</v>
+        <v>69</v>
       </c>
       <c r="J241" s="5">
-        <v>219.74</v>
+        <v>142.80000000000001</v>
       </c>
       <c r="K241" s="5">
-        <v>1.3940499911066582</v>
+        <v>7.783499774395259</v>
       </c>
       <c r="L241" s="3" t="s">
-        <v>40</v>
+        <v>1036</v>
       </c>
       <c r="M241" s="4">
-        <v>43947.999718999999</v>
+        <v>485519.985927</v>
       </c>
       <c r="N241" s="4">
-        <v>31525.411570600001</v>
+        <v>62378.107535169998</v>
       </c>
       <c r="O241" s="3" t="s">
-        <v>1181</v>
+        <v>1173</v>
       </c>
       <c r="P241" s="3" t="s">
-        <v>1183</v>
+        <v>1175</v>
       </c>
       <c r="Q241" s="3" t="s">
-        <v>242</v>
+        <v>129</v>
       </c>
       <c r="R241" s="3" t="s">
-        <v>1184</v>
+        <v>1176</v>
       </c>
       <c r="S241" s="3" t="s">
-        <v>294</v>
+        <v>657</v>
       </c>
       <c r="T241" s="4">
         <v>1</v>
       </c>
       <c r="W241" s="3" t="s">
-        <v>1185</v>
+        <v>34</v>
       </c>
       <c r="X241" s="4">
         <v>0</v>
       </c>
       <c r="Y241" s="4">
         <v>0</v>
       </c>
       <c r="Z241" s="6">
-        <v>1.3389999999999999E-3</v>
+        <v>2.6329999999999999E-3</v>
       </c>
     </row>
     <row r="242" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A242" s="3" t="s">
-        <v>1186</v>
+        <v>1177</v>
       </c>
       <c r="B242" s="3" t="s">
-        <v>1187</v>
+        <v>1178</v>
       </c>
       <c r="C242" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D242" s="4">
+        <v>124</v>
+      </c>
+      <c r="E242" s="5">
+        <v>389.2</v>
+      </c>
+      <c r="F242" s="4">
+        <v>48260.800000000003</v>
+      </c>
+      <c r="G242" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H242" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D242" s="4">
-[...8 lines deleted...]
-      <c r="G242" s="3" t="s">
+      <c r="I242" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H242" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J242" s="5">
-        <v>151.5</v>
+        <v>389.2</v>
       </c>
       <c r="K242" s="5">
-        <v>7.7856001432550421</v>
+        <v>1</v>
       </c>
       <c r="L242" s="3" t="s">
-        <v>1029</v>
+        <v>100</v>
       </c>
       <c r="M242" s="4">
-        <v>515100.00947699999</v>
+        <v>48260.800000000003</v>
       </c>
       <c r="N242" s="4">
-        <v>66160.604192359999</v>
+        <v>48260.800000000003</v>
       </c>
       <c r="O242" s="3" t="s">
-        <v>1186</v>
+        <v>1177</v>
       </c>
       <c r="P242" s="3" t="s">
-        <v>1188</v>
+        <v>1179</v>
       </c>
       <c r="Q242" s="3" t="s">
-        <v>119</v>
+        <v>228</v>
       </c>
       <c r="R242" s="3" t="s">
-        <v>1189</v>
+        <v>1180</v>
       </c>
       <c r="S242" s="3" t="s">
-        <v>647</v>
+        <v>114</v>
       </c>
       <c r="T242" s="4">
         <v>1</v>
       </c>
       <c r="W242" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X242" s="4">
         <v>0</v>
       </c>
       <c r="Y242" s="4">
         <v>0</v>
       </c>
       <c r="Z242" s="6">
-        <v>2.8110000000000001E-3</v>
+        <v>2.0370000000000002E-3</v>
       </c>
     </row>
     <row r="243" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A243" s="3" t="s">
-        <v>1190</v>
+        <v>1181</v>
       </c>
       <c r="B243" s="3" t="s">
-        <v>1191</v>
+        <v>384</v>
       </c>
       <c r="C243" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D243" s="4">
-        <v>124</v>
+        <v>600</v>
       </c>
       <c r="E243" s="5">
-        <v>421.48</v>
+        <v>43.012948999999999</v>
       </c>
       <c r="F243" s="4">
-        <v>52263.519999999997</v>
+        <v>25807.769469269999</v>
       </c>
       <c r="G243" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H243" s="3" t="s">
-        <v>88</v>
+        <v>43</v>
       </c>
       <c r="I243" s="3" t="s">
-        <v>89</v>
+        <v>44</v>
       </c>
       <c r="J243" s="5">
-        <v>421.48</v>
+        <v>58.96</v>
       </c>
       <c r="K243" s="5">
-        <v>1</v>
+        <v>1.3707500016140581</v>
       </c>
       <c r="L243" s="3" t="s">
-        <v>90</v>
+        <v>45</v>
       </c>
       <c r="M243" s="4">
-        <v>52263.519999999997</v>
+        <v>35376.000040999999</v>
       </c>
       <c r="N243" s="4">
-        <v>52263.519999999997</v>
+        <v>25807.769469269999</v>
       </c>
       <c r="O243" s="3" t="s">
-        <v>1190</v>
+        <v>1181</v>
       </c>
       <c r="P243" s="3" t="s">
-        <v>1192</v>
+        <v>386</v>
       </c>
       <c r="Q243" s="3" t="s">
-        <v>258</v>
+        <v>228</v>
       </c>
       <c r="R243" s="3" t="s">
-        <v>1193</v>
+        <v>387</v>
       </c>
       <c r="S243" s="3" t="s">
-        <v>104</v>
+        <v>309</v>
       </c>
       <c r="T243" s="4">
         <v>1</v>
       </c>
       <c r="W243" s="3" t="s">
-        <v>34</v>
+        <v>383</v>
       </c>
       <c r="X243" s="4">
         <v>0</v>
       </c>
       <c r="Y243" s="4">
         <v>0</v>
       </c>
       <c r="Z243" s="6">
-        <v>2.2209999999999999E-3</v>
+        <v>1.0889999999999999E-3</v>
       </c>
     </row>
     <row r="244" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A244" s="3" t="s">
-        <v>1194</v>
+        <v>1182</v>
       </c>
       <c r="B244" s="3" t="s">
-        <v>384</v>
+        <v>1183</v>
       </c>
       <c r="C244" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D244" s="4">
+        <v>20</v>
+      </c>
+      <c r="E244" s="5">
+        <v>275.39</v>
+      </c>
+      <c r="F244" s="4">
+        <v>5507.8</v>
+      </c>
+      <c r="G244" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H244" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D244" s="4">
-[...8 lines deleted...]
-      <c r="G244" s="3" t="s">
+      <c r="I244" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H244" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J244" s="5">
-        <v>63.58</v>
+        <v>275.39</v>
       </c>
       <c r="K244" s="5">
-        <v>1.3940499911066582</v>
+        <v>1</v>
       </c>
       <c r="L244" s="3" t="s">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="M244" s="4">
-        <v>44505.999715999998</v>
+        <v>5507.8</v>
       </c>
       <c r="N244" s="4">
-        <v>31925.684157669999</v>
+        <v>5507.8</v>
       </c>
       <c r="O244" s="3" t="s">
-        <v>1194</v>
+        <v>1182</v>
       </c>
       <c r="P244" s="3" t="s">
-        <v>386</v>
+        <v>1184</v>
       </c>
       <c r="Q244" s="3" t="s">
-        <v>258</v>
+        <v>179</v>
       </c>
       <c r="R244" s="3" t="s">
-        <v>387</v>
+        <v>1185</v>
       </c>
       <c r="S244" s="3" t="s">
-        <v>294</v>
+        <v>142</v>
       </c>
       <c r="T244" s="4">
         <v>1</v>
       </c>
       <c r="W244" s="3" t="s">
-        <v>383</v>
+        <v>34</v>
       </c>
       <c r="X244" s="4">
         <v>0</v>
       </c>
       <c r="Y244" s="4">
         <v>0</v>
       </c>
       <c r="Z244" s="6">
-        <v>1.356E-3</v>
+        <v>2.32E-4</v>
       </c>
     </row>
     <row r="245" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A245" s="3" t="s">
-        <v>1195</v>
+        <v>1186</v>
       </c>
       <c r="B245" s="3" t="s">
-        <v>1196</v>
+        <v>1187</v>
       </c>
       <c r="C245" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D245" s="4">
-        <v>20</v>
+        <v>1997</v>
       </c>
       <c r="E245" s="5">
-        <v>276.69</v>
+        <v>18.012105999999999</v>
       </c>
       <c r="F245" s="4">
-        <v>5533.8</v>
+        <v>35970.175077020001</v>
       </c>
       <c r="G245" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H245" s="3" t="s">
         <v>88</v>
       </c>
       <c r="I245" s="3" t="s">
         <v>89</v>
       </c>
       <c r="J245" s="5">
-        <v>276.69</v>
+        <v>166.05</v>
       </c>
       <c r="K245" s="5">
-        <v>1</v>
+        <v>9.2187998247321783</v>
       </c>
       <c r="L245" s="3" t="s">
         <v>90</v>
       </c>
       <c r="M245" s="4">
-        <v>5533.8</v>
+        <v>331601.84369499999</v>
       </c>
       <c r="N245" s="4">
-        <v>5533.8</v>
+        <v>35970.175077020001</v>
       </c>
       <c r="O245" s="3" t="s">
-        <v>1195</v>
+        <v>1186</v>
       </c>
       <c r="P245" s="3" t="s">
-        <v>1197</v>
+        <v>1188</v>
       </c>
       <c r="Q245" s="3" t="s">
-        <v>174</v>
+        <v>228</v>
       </c>
       <c r="R245" s="3" t="s">
-        <v>1198</v>
+        <v>1189</v>
       </c>
       <c r="S245" s="3" t="s">
-        <v>132</v>
+        <v>1137</v>
       </c>
       <c r="T245" s="4">
         <v>1</v>
       </c>
       <c r="W245" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X245" s="4">
         <v>0</v>
       </c>
       <c r="Y245" s="4">
         <v>0</v>
       </c>
       <c r="Z245" s="6">
-        <v>2.3499999999999999E-4</v>
+        <v>1.518E-3</v>
       </c>
     </row>
     <row r="246" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A246" s="3" t="s">
-        <v>1199</v>
+        <v>1190</v>
       </c>
       <c r="B246" s="3" t="s">
-        <v>1200</v>
+        <v>1191</v>
       </c>
       <c r="C246" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D246" s="4">
-        <v>1997</v>
+        <v>2069</v>
       </c>
       <c r="E246" s="5">
-        <v>16.985182999999999</v>
+        <v>16.162624999999998</v>
       </c>
       <c r="F246" s="4">
-        <v>33919.410501760001</v>
+        <v>33440.469475420003</v>
       </c>
       <c r="G246" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H246" s="3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I246" s="3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J246" s="5">
-        <v>160.19999999999999</v>
+        <v>149</v>
       </c>
       <c r="K246" s="5">
-        <v>9.4317502517805725</v>
+        <v>9.2187998247321783</v>
       </c>
       <c r="L246" s="3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M246" s="4">
-        <v>319919.40853999997</v>
+        <v>308280.99413800001</v>
       </c>
       <c r="N246" s="4">
-        <v>33919.410501760001</v>
+        <v>33440.469475420003</v>
       </c>
       <c r="O246" s="3" t="s">
-        <v>1199</v>
+        <v>1190</v>
       </c>
       <c r="P246" s="3" t="s">
-        <v>1201</v>
+        <v>1192</v>
       </c>
       <c r="Q246" s="3" t="s">
-        <v>258</v>
+        <v>228</v>
       </c>
       <c r="R246" s="3" t="s">
-        <v>1202</v>
+        <v>1193</v>
       </c>
       <c r="S246" s="3" t="s">
-        <v>1146</v>
+        <v>1137</v>
       </c>
       <c r="T246" s="4">
         <v>1</v>
       </c>
       <c r="W246" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X246" s="4">
         <v>0</v>
       </c>
       <c r="Y246" s="4">
         <v>0</v>
       </c>
       <c r="Z246" s="6">
-        <v>1.441E-3</v>
+        <v>1.4109999999999999E-3</v>
       </c>
     </row>
     <row r="247" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A247" s="3" t="s">
-        <v>1203</v>
+        <v>1194</v>
       </c>
       <c r="B247" s="3" t="s">
-        <v>1204</v>
+        <v>1195</v>
       </c>
       <c r="C247" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D247" s="4">
-        <v>2069</v>
+        <v>11127</v>
       </c>
       <c r="E247" s="5">
-        <v>15.299386999999999</v>
+        <v>8.8020519999999998</v>
       </c>
       <c r="F247" s="4">
-        <v>31654.433164580001</v>
+        <v>97940.431502720006</v>
       </c>
       <c r="G247" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H247" s="3" t="s">
-        <v>83</v>
+        <v>103</v>
       </c>
       <c r="I247" s="3" t="s">
-        <v>84</v>
+        <v>104</v>
       </c>
       <c r="J247" s="5">
-        <v>144.30000000000001</v>
+        <v>145.85</v>
       </c>
       <c r="K247" s="5">
-        <v>9.4317502517805725</v>
+        <v>16.570000048053</v>
       </c>
       <c r="L247" s="3" t="s">
-        <v>85</v>
+        <v>105</v>
       </c>
       <c r="M247" s="4">
-        <v>298556.70796899998</v>
+        <v>1622872.9547059999</v>
       </c>
       <c r="N247" s="4">
-        <v>31654.433164580001</v>
+        <v>97940.431502720006</v>
       </c>
       <c r="O247" s="3" t="s">
-        <v>1203</v>
+        <v>1194</v>
       </c>
       <c r="P247" s="3" t="s">
-        <v>1205</v>
+        <v>1196</v>
       </c>
       <c r="Q247" s="3" t="s">
         <v>258</v>
       </c>
       <c r="R247" s="3" t="s">
-        <v>1206</v>
+        <v>1197</v>
       </c>
       <c r="S247" s="3" t="s">
-        <v>1146</v>
+        <v>1198</v>
       </c>
       <c r="T247" s="4">
         <v>1</v>
       </c>
       <c r="W247" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X247" s="4">
         <v>0</v>
       </c>
       <c r="Y247" s="4">
         <v>0</v>
       </c>
       <c r="Z247" s="6">
-        <v>1.3450000000000001E-3</v>
+        <v>4.1349999999999998E-3</v>
       </c>
     </row>
     <row r="248" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A248" s="3" t="s">
-        <v>1207</v>
+        <v>1199</v>
       </c>
       <c r="B248" s="3" t="s">
-        <v>1208</v>
+        <v>1200</v>
       </c>
       <c r="C248" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D248" s="4">
-        <v>11127</v>
+        <v>100</v>
       </c>
       <c r="E248" s="5">
-        <v>8.5587510000000009</v>
+        <v>352.88</v>
       </c>
       <c r="F248" s="4">
-        <v>95233.217340529998</v>
+        <v>35288</v>
       </c>
       <c r="G248" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H248" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="I248" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H248" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J248" s="5">
-        <v>146.59</v>
+        <v>352.88</v>
       </c>
       <c r="K248" s="5">
-        <v>17.12749915903979</v>
+        <v>1</v>
       </c>
       <c r="L248" s="3" t="s">
-        <v>95</v>
+        <v>65</v>
       </c>
       <c r="M248" s="4">
-        <v>1631106.8499119999</v>
+        <v>35288</v>
       </c>
       <c r="N248" s="4">
-        <v>95233.217340529998</v>
+        <v>35288</v>
       </c>
       <c r="O248" s="3" t="s">
-        <v>1207</v>
+        <v>1199</v>
       </c>
       <c r="P248" s="3" t="s">
-        <v>1209</v>
+        <v>1201</v>
       </c>
       <c r="Q248" s="3" t="s">
-        <v>242</v>
+        <v>162</v>
       </c>
       <c r="R248" s="3" t="s">
-        <v>1210</v>
+        <v>1202</v>
       </c>
       <c r="S248" s="3" t="s">
-        <v>1211</v>
+        <v>114</v>
       </c>
       <c r="T248" s="4">
         <v>1</v>
       </c>
       <c r="W248" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X248" s="4">
         <v>0</v>
       </c>
       <c r="Y248" s="4">
         <v>0</v>
       </c>
       <c r="Z248" s="6">
-        <v>4.0470000000000002E-3</v>
+        <v>1.49E-3</v>
       </c>
     </row>
     <row r="249" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A249" s="3" t="s">
-        <v>1212</v>
+        <v>1203</v>
       </c>
       <c r="B249" s="3" t="s">
-        <v>1213</v>
+        <v>1204</v>
       </c>
       <c r="C249" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D249" s="4">
+        <v>527</v>
+      </c>
+      <c r="E249" s="5">
+        <v>104.14</v>
+      </c>
+      <c r="F249" s="4">
+        <v>54881.78</v>
+      </c>
+      <c r="G249" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H249" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D249" s="4">
+      <c r="I249" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J249" s="5">
+        <v>104.14</v>
+      </c>
+      <c r="K249" s="5">
+        <v>1</v>
+      </c>
+      <c r="L249" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="E249" s="5">
-[...22 lines deleted...]
-      </c>
       <c r="M249" s="4">
-        <v>35392</v>
+        <v>54881.78</v>
       </c>
       <c r="N249" s="4">
-        <v>35392</v>
+        <v>54881.78</v>
       </c>
       <c r="O249" s="3" t="s">
-        <v>1212</v>
+        <v>1203</v>
       </c>
       <c r="P249" s="3" t="s">
-        <v>1214</v>
+        <v>1205</v>
       </c>
       <c r="Q249" s="3" t="s">
-        <v>152</v>
+        <v>228</v>
       </c>
       <c r="R249" s="3" t="s">
-        <v>1215</v>
+        <v>1206</v>
       </c>
       <c r="S249" s="3" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="T249" s="4">
         <v>1</v>
       </c>
       <c r="W249" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X249" s="4">
         <v>0</v>
       </c>
       <c r="Y249" s="4">
         <v>0</v>
       </c>
       <c r="Z249" s="6">
-        <v>1.5039999999999999E-3</v>
+        <v>2.317E-3</v>
       </c>
     </row>
     <row r="250" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A250" s="3" t="s">
-        <v>1216</v>
+        <v>1207</v>
       </c>
       <c r="B250" s="3" t="s">
-        <v>1217</v>
+        <v>281</v>
       </c>
       <c r="C250" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D250" s="4">
-        <v>527</v>
+        <v>900</v>
       </c>
       <c r="E250" s="5">
-        <v>105.24</v>
+        <v>73.718767</v>
       </c>
       <c r="F250" s="4">
-        <v>55461.48</v>
+        <v>66346.890388469998</v>
       </c>
       <c r="G250" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H250" s="3" t="s">
-        <v>88</v>
+        <v>43</v>
       </c>
       <c r="I250" s="3" t="s">
-        <v>89</v>
+        <v>44</v>
       </c>
       <c r="J250" s="5">
-        <v>105.24</v>
+        <v>101.05</v>
       </c>
       <c r="K250" s="5">
-        <v>1</v>
+        <v>1.3707500016140581</v>
       </c>
       <c r="L250" s="3" t="s">
-        <v>90</v>
+        <v>45</v>
       </c>
       <c r="M250" s="4">
-        <v>55461.48</v>
+        <v>90945.000107</v>
       </c>
       <c r="N250" s="4">
-        <v>55461.48</v>
+        <v>66346.890388469998</v>
       </c>
       <c r="O250" s="3" t="s">
-        <v>1216</v>
+        <v>1207</v>
       </c>
       <c r="P250" s="3" t="s">
-        <v>1218</v>
+        <v>283</v>
       </c>
       <c r="Q250" s="3" t="s">
-        <v>258</v>
+        <v>228</v>
       </c>
       <c r="R250" s="3" t="s">
-        <v>1219</v>
+        <v>284</v>
       </c>
       <c r="S250" s="3" t="s">
-        <v>104</v>
+        <v>309</v>
       </c>
       <c r="T250" s="4">
         <v>1</v>
       </c>
       <c r="W250" s="3" t="s">
-        <v>34</v>
+        <v>280</v>
       </c>
       <c r="X250" s="4">
         <v>0</v>
       </c>
       <c r="Y250" s="4">
         <v>0</v>
       </c>
       <c r="Z250" s="6">
-        <v>2.3570000000000002E-3</v>
+        <v>2.8010000000000001E-3</v>
       </c>
     </row>
     <row r="251" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A251" s="3" t="s">
-        <v>1220</v>
+        <v>1208</v>
       </c>
       <c r="B251" s="3" t="s">
-        <v>266</v>
+        <v>1209</v>
       </c>
       <c r="C251" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D251" s="4">
-        <v>900</v>
+        <v>1600</v>
       </c>
       <c r="E251" s="5">
-        <v>72.615759999999995</v>
+        <v>76.957668999999996</v>
       </c>
       <c r="F251" s="4">
-        <v>65354.183852800001</v>
+        <v>123132.26697501</v>
       </c>
       <c r="G251" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H251" s="3" t="s">
-        <v>38</v>
+        <v>1035</v>
       </c>
       <c r="I251" s="3" t="s">
-        <v>39</v>
+        <v>69</v>
       </c>
       <c r="J251" s="5">
-        <v>101.23</v>
+        <v>599</v>
       </c>
       <c r="K251" s="5">
-        <v>1.3940499911066582</v>
+        <v>7.783499774395259</v>
       </c>
       <c r="L251" s="3" t="s">
-        <v>40</v>
+        <v>1036</v>
       </c>
       <c r="M251" s="4">
-        <v>91106.999418000007</v>
+        <v>958399.97222</v>
       </c>
       <c r="N251" s="4">
-        <v>65354.183852800001</v>
+        <v>123132.26697501</v>
       </c>
       <c r="O251" s="3" t="s">
-        <v>1220</v>
+        <v>1208</v>
       </c>
       <c r="P251" s="3" t="s">
-        <v>268</v>
+        <v>1210</v>
       </c>
       <c r="Q251" s="3" t="s">
-        <v>258</v>
+        <v>112</v>
       </c>
       <c r="R251" s="3" t="s">
-        <v>269</v>
+        <v>1211</v>
       </c>
       <c r="S251" s="3" t="s">
-        <v>294</v>
+        <v>657</v>
       </c>
       <c r="T251" s="4">
         <v>1</v>
       </c>
       <c r="W251" s="3" t="s">
-        <v>265</v>
+        <v>34</v>
       </c>
       <c r="X251" s="4">
         <v>0</v>
       </c>
       <c r="Y251" s="4">
         <v>0</v>
       </c>
       <c r="Z251" s="6">
-        <v>2.777E-3</v>
+        <v>5.1989999999999996E-3</v>
       </c>
     </row>
     <row r="252" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A252" s="3" t="s">
-        <v>1221</v>
+        <v>1212</v>
       </c>
       <c r="B252" s="3" t="s">
-        <v>1222</v>
+        <v>1213</v>
       </c>
       <c r="C252" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D252" s="4">
-        <v>1600</v>
+        <v>5622</v>
       </c>
       <c r="E252" s="5">
-        <v>78.542435999999995</v>
+        <v>3.8638439999999998</v>
       </c>
       <c r="F252" s="4">
-        <v>125667.89971229</v>
+        <v>21722.52787781</v>
       </c>
       <c r="G252" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H252" s="3" t="s">
-        <v>1028</v>
+        <v>88</v>
       </c>
       <c r="I252" s="3" t="s">
-        <v>64</v>
+        <v>89</v>
       </c>
       <c r="J252" s="5">
-        <v>611.5</v>
+        <v>35.619999999999997</v>
       </c>
       <c r="K252" s="5">
-        <v>7.7856001432550421</v>
+        <v>9.2187998247321783</v>
       </c>
       <c r="L252" s="3" t="s">
-        <v>1029</v>
+        <v>90</v>
       </c>
       <c r="M252" s="4">
-        <v>978400.01800200006</v>
+        <v>200255.63619200001</v>
       </c>
       <c r="N252" s="4">
-        <v>125667.89971229</v>
+        <v>21722.52787781</v>
       </c>
       <c r="O252" s="3" t="s">
-        <v>1221</v>
+        <v>1212</v>
       </c>
       <c r="P252" s="3" t="s">
-        <v>1223</v>
+        <v>1214</v>
       </c>
       <c r="Q252" s="3" t="s">
-        <v>102</v>
+        <v>228</v>
       </c>
       <c r="R252" s="3" t="s">
-        <v>1224</v>
+        <v>1215</v>
       </c>
       <c r="S252" s="3" t="s">
-        <v>647</v>
+        <v>1137</v>
       </c>
       <c r="T252" s="4">
         <v>1</v>
       </c>
       <c r="W252" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X252" s="4">
         <v>0</v>
       </c>
       <c r="Y252" s="4">
         <v>0</v>
       </c>
       <c r="Z252" s="6">
-        <v>5.3400000000000001E-3</v>
+        <v>9.1699999999999995E-4</v>
       </c>
     </row>
     <row r="253" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A253" s="3" t="s">
-        <v>1225</v>
+        <v>1216</v>
       </c>
       <c r="B253" s="3" t="s">
-        <v>1226</v>
+        <v>1217</v>
       </c>
       <c r="C253" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D253" s="4">
-        <v>5622</v>
+        <v>2313</v>
       </c>
       <c r="E253" s="5">
-        <v>3.7002679999999999</v>
+        <v>24.540437000000001</v>
       </c>
       <c r="F253" s="4">
-        <v>20802.905081239998</v>
+        <v>56762.031359250002</v>
       </c>
       <c r="G253" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H253" s="3" t="s">
-        <v>83</v>
+        <v>63</v>
       </c>
       <c r="I253" s="3" t="s">
-        <v>84</v>
+        <v>64</v>
       </c>
       <c r="J253" s="5">
-        <v>34.9</v>
+        <v>18.245000000000001</v>
       </c>
       <c r="K253" s="5">
-        <v>9.4317502517805725</v>
+        <v>0.74346678562135238</v>
       </c>
       <c r="L253" s="3" t="s">
-        <v>85</v>
+        <v>65</v>
       </c>
       <c r="M253" s="4">
-        <v>196207.80523699999</v>
+        <v>42200.684999999998</v>
       </c>
       <c r="N253" s="4">
-        <v>20802.905081239998</v>
+        <v>56762.031359250002</v>
       </c>
       <c r="O253" s="3" t="s">
-        <v>1225</v>
+        <v>1216</v>
       </c>
       <c r="P253" s="3" t="s">
-        <v>1227</v>
+        <v>1218</v>
       </c>
       <c r="Q253" s="3" t="s">
-        <v>258</v>
+        <v>119</v>
       </c>
       <c r="R253" s="3" t="s">
-        <v>1228</v>
+        <v>1219</v>
       </c>
       <c r="S253" s="3" t="s">
-        <v>1146</v>
+        <v>131</v>
       </c>
       <c r="T253" s="4">
         <v>1</v>
       </c>
       <c r="W253" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X253" s="4">
         <v>0</v>
       </c>
       <c r="Y253" s="4">
         <v>0</v>
       </c>
       <c r="Z253" s="6">
-        <v>8.8400000000000002E-4</v>
+        <v>2.3960000000000001E-3</v>
       </c>
     </row>
     <row r="254" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A254" s="3" t="s">
-        <v>1229</v>
+        <v>1220</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>1230</v>
+        <v>1221</v>
       </c>
       <c r="C254" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D254" s="4">
-        <v>2313</v>
+        <v>831</v>
       </c>
       <c r="E254" s="5">
-        <v>23.73075</v>
+        <v>73.285679999999999</v>
       </c>
       <c r="F254" s="4">
-        <v>54889.224750000001</v>
+        <v>60900.400079999999</v>
       </c>
       <c r="G254" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H254" s="3" t="s">
-        <v>58</v>
+        <v>417</v>
       </c>
       <c r="I254" s="3" t="s">
         <v>59</v>
       </c>
       <c r="J254" s="5">
-        <v>17.91</v>
+        <v>62.4</v>
       </c>
       <c r="K254" s="5">
-        <v>0.75471698113207553</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L254" s="3" t="s">
-        <v>60</v>
+        <v>418</v>
       </c>
       <c r="M254" s="4">
-        <v>41425.83</v>
+        <v>51854.400000000001</v>
       </c>
       <c r="N254" s="4">
-        <v>54889.224750000001</v>
+        <v>60900.400079999999</v>
       </c>
       <c r="O254" s="3" t="s">
-        <v>1229</v>
+        <v>1220</v>
       </c>
       <c r="P254" s="3" t="s">
-        <v>1231</v>
+        <v>1222</v>
       </c>
       <c r="Q254" s="3" t="s">
-        <v>109</v>
+        <v>119</v>
       </c>
       <c r="R254" s="3" t="s">
-        <v>1232</v>
+        <v>1223</v>
       </c>
       <c r="S254" s="3" t="s">
-        <v>121</v>
+        <v>421</v>
       </c>
       <c r="T254" s="4">
         <v>1</v>
       </c>
       <c r="W254" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X254" s="4">
         <v>0</v>
       </c>
       <c r="Y254" s="4">
         <v>0</v>
       </c>
       <c r="Z254" s="6">
-        <v>2.3319999999999999E-3</v>
+        <v>2.5709999999999999E-3</v>
       </c>
     </row>
     <row r="255" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A255" s="3" t="s">
-        <v>1233</v>
+        <v>1224</v>
       </c>
       <c r="B255" s="3" t="s">
-        <v>1234</v>
+        <v>1225</v>
       </c>
       <c r="C255" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D255" s="4">
-        <v>831</v>
+        <v>13000</v>
       </c>
       <c r="E255" s="5">
-        <v>68.054652000000004</v>
+        <v>7.4109220000000002</v>
       </c>
       <c r="F255" s="4">
-        <v>56553.415811999999</v>
+        <v>96341.986404490002</v>
       </c>
       <c r="G255" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H255" s="3" t="s">
-        <v>417</v>
+        <v>38</v>
       </c>
       <c r="I255" s="3" t="s">
-        <v>54</v>
+        <v>39</v>
       </c>
       <c r="J255" s="5">
-        <v>58.64</v>
+        <v>40.61</v>
       </c>
       <c r="K255" s="5">
-        <v>0.86166041962862439</v>
+        <v>5.4797499129815712</v>
       </c>
       <c r="L255" s="3" t="s">
-        <v>418</v>
+        <v>40</v>
       </c>
       <c r="M255" s="4">
-        <v>48729.84</v>
+        <v>527929.99161599996</v>
       </c>
       <c r="N255" s="4">
-        <v>56553.415811999999</v>
+        <v>96341.986404490002</v>
       </c>
       <c r="O255" s="3" t="s">
-        <v>1233</v>
+        <v>1224</v>
       </c>
       <c r="P255" s="3" t="s">
-        <v>1235</v>
+        <v>1226</v>
       </c>
       <c r="Q255" s="3" t="s">
-        <v>109</v>
+        <v>119</v>
       </c>
       <c r="R255" s="3" t="s">
-        <v>1236</v>
+        <v>1227</v>
       </c>
       <c r="S255" s="3" t="s">
-        <v>421</v>
+        <v>1055</v>
       </c>
       <c r="T255" s="4">
         <v>1</v>
       </c>
       <c r="W255" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X255" s="4">
         <v>0</v>
       </c>
       <c r="Y255" s="4">
         <v>0</v>
       </c>
       <c r="Z255" s="6">
-        <v>2.4030000000000002E-3</v>
+        <v>4.0670000000000003E-3</v>
       </c>
     </row>
     <row r="256" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A256" s="3" t="s">
-        <v>1237</v>
+        <v>1228</v>
       </c>
       <c r="B256" s="3" t="s">
-        <v>1238</v>
+        <v>1229</v>
       </c>
       <c r="C256" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D256" s="4">
-        <v>12300</v>
+        <v>1800</v>
       </c>
       <c r="E256" s="5">
-        <v>8.7269799999999993</v>
+        <v>4.2757120000000004</v>
       </c>
       <c r="F256" s="4">
-        <v>107341.85506812</v>
+        <v>7696.2805935599999</v>
       </c>
       <c r="G256" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H256" s="3" t="s">
-        <v>1046</v>
+        <v>1035</v>
       </c>
       <c r="I256" s="3" t="s">
-        <v>1047</v>
+        <v>69</v>
       </c>
       <c r="J256" s="5">
-        <v>46.63</v>
+        <v>33.28</v>
       </c>
       <c r="K256" s="5">
-        <v>5.3431998724898779</v>
+        <v>7.783499774395259</v>
       </c>
       <c r="L256" s="3" t="s">
-        <v>1048</v>
+        <v>1036</v>
       </c>
       <c r="M256" s="4">
-        <v>573548.98631199996</v>
+        <v>59903.998263000001</v>
       </c>
       <c r="N256" s="4">
-        <v>107341.85506812</v>
+        <v>7696.2805935599999</v>
       </c>
       <c r="O256" s="3" t="s">
-        <v>1237</v>
+        <v>1228</v>
       </c>
       <c r="P256" s="3" t="s">
-        <v>1239</v>
+        <v>1230</v>
       </c>
       <c r="Q256" s="3" t="s">
-        <v>109</v>
+        <v>156</v>
       </c>
       <c r="R256" s="3" t="s">
-        <v>1240</v>
+        <v>1231</v>
       </c>
       <c r="S256" s="3" t="s">
-        <v>1051</v>
+        <v>657</v>
       </c>
       <c r="T256" s="4">
         <v>1</v>
       </c>
       <c r="W256" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X256" s="4">
         <v>0</v>
       </c>
       <c r="Y256" s="4">
         <v>0</v>
       </c>
       <c r="Z256" s="6">
-        <v>4.561E-3</v>
+        <v>3.2400000000000001E-4</v>
       </c>
     </row>
     <row r="257" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A257" s="3" t="s">
-        <v>1241</v>
+        <v>1232</v>
       </c>
       <c r="B257" s="3" t="s">
-        <v>1242</v>
+        <v>1233</v>
       </c>
       <c r="C257" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D257" s="4">
-        <v>1800</v>
+        <v>33</v>
       </c>
       <c r="E257" s="5">
-        <v>4.6470409999999998</v>
+        <v>985.799935</v>
       </c>
       <c r="F257" s="4">
-        <v>8364.6732429099993</v>
+        <v>32531.397917319999</v>
       </c>
       <c r="G257" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H257" s="3" t="s">
-        <v>1028</v>
+        <v>48</v>
       </c>
       <c r="I257" s="3" t="s">
-        <v>64</v>
+        <v>49</v>
       </c>
       <c r="J257" s="5">
-        <v>36.18</v>
+        <v>781</v>
       </c>
       <c r="K257" s="5">
-        <v>7.7856001432550421</v>
+        <v>0.79225000133296064</v>
       </c>
       <c r="L257" s="3" t="s">
-        <v>1029</v>
+        <v>50</v>
       </c>
       <c r="M257" s="4">
-        <v>65124.001197999998</v>
+        <v>25773.000043</v>
       </c>
       <c r="N257" s="4">
-        <v>8364.6732429099993</v>
+        <v>32531.397917319999</v>
       </c>
       <c r="O257" s="3" t="s">
-        <v>1241</v>
+        <v>1232</v>
       </c>
       <c r="P257" s="3" t="s">
-        <v>1243</v>
+        <v>1234</v>
       </c>
       <c r="Q257" s="3" t="s">
-        <v>146</v>
+        <v>228</v>
       </c>
       <c r="R257" s="3" t="s">
-        <v>1244</v>
+        <v>1235</v>
       </c>
       <c r="S257" s="3" t="s">
-        <v>647</v>
+        <v>599</v>
       </c>
       <c r="T257" s="4">
         <v>1</v>
       </c>
       <c r="W257" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X257" s="4">
         <v>0</v>
       </c>
       <c r="Y257" s="4">
         <v>0</v>
       </c>
       <c r="Z257" s="6">
-        <v>3.5500000000000001E-4</v>
+        <v>1.3730000000000001E-3</v>
       </c>
     </row>
     <row r="258" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A258" s="3" t="s">
-        <v>1245</v>
+        <v>1236</v>
       </c>
       <c r="B258" s="3" t="s">
-        <v>1246</v>
+        <v>1237</v>
       </c>
       <c r="C258" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D258" s="4">
-        <v>27</v>
+        <v>9900</v>
       </c>
       <c r="E258" s="5">
-        <v>978.26763800000003</v>
+        <v>3.8908719999999999</v>
       </c>
       <c r="F258" s="4">
-        <v>26413.22622828</v>
+        <v>38519.636813750003</v>
       </c>
       <c r="G258" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H258" s="3" t="s">
-        <v>43</v>
+        <v>1035</v>
       </c>
       <c r="I258" s="3" t="s">
-        <v>44</v>
+        <v>1125</v>
       </c>
       <c r="J258" s="5">
-        <v>785.5</v>
+        <v>27.19</v>
       </c>
       <c r="K258" s="5">
-        <v>0.80294999975750914</v>
+        <v>6.9881499844269079</v>
       </c>
       <c r="L258" s="3" t="s">
-        <v>45</v>
+        <v>1036</v>
       </c>
       <c r="M258" s="4">
-        <v>21208.499993000001</v>
+        <v>269180.99939999997</v>
       </c>
       <c r="N258" s="4">
-        <v>26413.22622828</v>
+        <v>38519.636813750003</v>
       </c>
       <c r="O258" s="3" t="s">
-        <v>1245</v>
+        <v>1236</v>
       </c>
       <c r="P258" s="3" t="s">
-        <v>1247</v>
+        <v>1238</v>
       </c>
       <c r="Q258" s="3" t="s">
-        <v>258</v>
+        <v>168</v>
       </c>
       <c r="R258" s="3" t="s">
-        <v>1248</v>
+        <v>1239</v>
       </c>
       <c r="S258" s="3" t="s">
-        <v>594</v>
+        <v>1146</v>
       </c>
       <c r="T258" s="4">
         <v>1</v>
       </c>
       <c r="W258" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X258" s="4">
         <v>0</v>
       </c>
       <c r="Y258" s="4">
         <v>0</v>
       </c>
       <c r="Z258" s="6">
-        <v>1.122E-3</v>
+        <v>1.6260000000000001E-3</v>
       </c>
     </row>
     <row r="259" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A259" s="3" t="s">
-        <v>1249</v>
+        <v>1240</v>
       </c>
       <c r="B259" s="3" t="s">
-        <v>1250</v>
+        <v>1241</v>
       </c>
       <c r="C259" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D259" s="4">
-        <v>9900</v>
+        <v>12300</v>
       </c>
       <c r="E259" s="5">
-        <v>3.9523959999999998</v>
+        <v>1.989082</v>
       </c>
       <c r="F259" s="4">
-        <v>39128.721262849998</v>
+        <v>24465.702653780001</v>
       </c>
       <c r="G259" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H259" s="3" t="s">
-        <v>1028</v>
+        <v>1035</v>
       </c>
       <c r="I259" s="3" t="s">
-        <v>1134</v>
+        <v>1125</v>
       </c>
       <c r="J259" s="5">
-        <v>27.98</v>
+        <v>13.9</v>
       </c>
       <c r="K259" s="5">
-        <v>7.0792500808804322</v>
+        <v>6.9881499844269079</v>
       </c>
       <c r="L259" s="3" t="s">
-        <v>1029</v>
+        <v>1036</v>
       </c>
       <c r="M259" s="4">
-        <v>277002.00316399999</v>
+        <v>170969.99961900001</v>
       </c>
       <c r="N259" s="4">
-        <v>39128.721262849998</v>
+        <v>24465.702653780001</v>
       </c>
       <c r="O259" s="3" t="s">
-        <v>1249</v>
+        <v>1240</v>
       </c>
       <c r="P259" s="3" t="s">
-        <v>1251</v>
+        <v>1242</v>
       </c>
       <c r="Q259" s="3" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="R259" s="3" t="s">
-        <v>1252</v>
+        <v>1243</v>
       </c>
       <c r="S259" s="3" t="s">
-        <v>1155</v>
+        <v>1146</v>
       </c>
       <c r="T259" s="4">
         <v>1</v>
       </c>
       <c r="W259" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X259" s="4">
         <v>0</v>
       </c>
       <c r="Y259" s="4">
         <v>0</v>
       </c>
       <c r="Z259" s="6">
-        <v>1.6620000000000001E-3</v>
+        <v>1.0330000000000001E-3</v>
       </c>
     </row>
     <row r="260" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A260" s="3" t="s">
-        <v>1253</v>
+        <v>1244</v>
       </c>
       <c r="B260" s="3" t="s">
-        <v>1254</v>
+        <v>1245</v>
       </c>
       <c r="C260" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D260" s="4">
-        <v>12300</v>
+        <v>935</v>
       </c>
       <c r="E260" s="5">
-        <v>2.0595400000000001</v>
+        <v>51.143152000000001</v>
       </c>
       <c r="F260" s="4">
-        <v>25332.344528019999</v>
+        <v>47818.848669730003</v>
       </c>
       <c r="G260" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H260" s="3" t="s">
-        <v>1028</v>
+        <v>53</v>
       </c>
       <c r="I260" s="3" t="s">
-        <v>1134</v>
+        <v>54</v>
       </c>
       <c r="J260" s="5">
-        <v>14.58</v>
+        <v>325.25</v>
       </c>
       <c r="K260" s="5">
-        <v>7.0792500808804322</v>
+        <v>6.3596001566751097</v>
       </c>
       <c r="L260" s="3" t="s">
-        <v>1029</v>
+        <v>55</v>
       </c>
       <c r="M260" s="4">
-        <v>179334.00204799999</v>
+        <v>304108.757492</v>
       </c>
       <c r="N260" s="4">
-        <v>25332.344528019999</v>
+        <v>47818.848669730003</v>
       </c>
       <c r="O260" s="3" t="s">
-        <v>1253</v>
+        <v>1244</v>
       </c>
       <c r="P260" s="3" t="s">
-        <v>1255</v>
+        <v>1246</v>
       </c>
       <c r="Q260" s="3" t="s">
-        <v>163</v>
+        <v>119</v>
       </c>
       <c r="R260" s="3" t="s">
-        <v>1256</v>
+        <v>1247</v>
       </c>
       <c r="S260" s="3" t="s">
-        <v>1155</v>
+        <v>1103</v>
       </c>
       <c r="T260" s="4">
         <v>1</v>
       </c>
       <c r="W260" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X260" s="4">
         <v>0</v>
       </c>
       <c r="Y260" s="4">
         <v>0</v>
       </c>
       <c r="Z260" s="6">
-        <v>1.0759999999999999E-3</v>
+        <v>2.019E-3</v>
       </c>
     </row>
     <row r="261" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A261" s="3" t="s">
-        <v>1257</v>
+        <v>1248</v>
       </c>
       <c r="B261" s="3" t="s">
-        <v>1258</v>
+        <v>1249</v>
       </c>
       <c r="C261" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D261" s="4">
-        <v>935</v>
+        <v>1519</v>
       </c>
       <c r="E261" s="5">
-        <v>49.258020999999999</v>
+        <v>46.651941000000001</v>
       </c>
       <c r="F261" s="4">
-        <v>46056.250485589997</v>
+        <v>70864.297885770007</v>
       </c>
       <c r="G261" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H261" s="3" t="s">
         <v>48</v>
       </c>
       <c r="I261" s="3" t="s">
         <v>49</v>
       </c>
       <c r="J261" s="5">
-        <v>317</v>
+        <v>36.96</v>
       </c>
       <c r="K261" s="5">
-        <v>6.4355000718201802</v>
+        <v>0.79225000133296064</v>
       </c>
       <c r="L261" s="3" t="s">
         <v>50</v>
       </c>
       <c r="M261" s="4">
-        <v>296395.00330699998</v>
+        <v>56142.240094000001</v>
       </c>
       <c r="N261" s="4">
-        <v>46056.250485589997</v>
+        <v>70864.297885770007</v>
       </c>
       <c r="O261" s="3" t="s">
-        <v>1257</v>
+        <v>1248</v>
       </c>
       <c r="P261" s="3" t="s">
-        <v>1259</v>
+        <v>1250</v>
       </c>
       <c r="Q261" s="3" t="s">
-        <v>109</v>
+        <v>162</v>
       </c>
       <c r="R261" s="3" t="s">
-        <v>1260</v>
+        <v>1251</v>
       </c>
       <c r="S261" s="3" t="s">
-        <v>1108</v>
+        <v>599</v>
       </c>
       <c r="T261" s="4">
         <v>1</v>
       </c>
       <c r="W261" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X261" s="4">
         <v>0</v>
       </c>
       <c r="Y261" s="4">
         <v>0</v>
       </c>
       <c r="Z261" s="6">
-        <v>1.957E-3</v>
+        <v>2.9919999999999999E-3</v>
       </c>
     </row>
     <row r="262" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A262" s="3" t="s">
-        <v>1261</v>
+        <v>1252</v>
       </c>
       <c r="B262" s="3" t="s">
-        <v>1262</v>
+        <v>1253</v>
       </c>
       <c r="C262" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D262" s="4">
-        <v>1519</v>
+        <v>38800</v>
       </c>
       <c r="E262" s="5">
-        <v>38.632542999999998</v>
+        <v>2.604409</v>
       </c>
       <c r="F262" s="4">
-        <v>58682.832056790001</v>
+        <v>101051.06501721</v>
       </c>
       <c r="G262" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H262" s="3" t="s">
-        <v>43</v>
+        <v>1035</v>
       </c>
       <c r="I262" s="3" t="s">
-        <v>44</v>
+        <v>1125</v>
       </c>
       <c r="J262" s="5">
-        <v>31.02</v>
+        <v>18.2</v>
       </c>
       <c r="K262" s="5">
-        <v>0.80294999975750914</v>
+        <v>6.9881499844269079</v>
       </c>
       <c r="L262" s="3" t="s">
-        <v>45</v>
+        <v>1036</v>
       </c>
       <c r="M262" s="4">
-        <v>47119.379985</v>
+        <v>706159.99842600001</v>
       </c>
       <c r="N262" s="4">
-        <v>58682.832056790001</v>
+        <v>101051.06501721</v>
       </c>
       <c r="O262" s="3" t="s">
-        <v>1261</v>
+        <v>1252</v>
       </c>
       <c r="P262" s="3" t="s">
-        <v>1263</v>
+        <v>1254</v>
       </c>
       <c r="Q262" s="3" t="s">
-        <v>152</v>
+        <v>179</v>
       </c>
       <c r="R262" s="3" t="s">
-        <v>1264</v>
+        <v>1255</v>
       </c>
       <c r="S262" s="3" t="s">
-        <v>594</v>
+        <v>1146</v>
       </c>
       <c r="T262" s="4">
         <v>1</v>
       </c>
       <c r="W262" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X262" s="4">
         <v>0</v>
       </c>
       <c r="Y262" s="4">
         <v>0</v>
       </c>
       <c r="Z262" s="6">
-        <v>2.493E-3</v>
+        <v>4.2659999999999998E-3</v>
       </c>
     </row>
     <row r="263" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A263" s="3" t="s">
-        <v>1265</v>
+        <v>1256</v>
       </c>
       <c r="B263" s="3" t="s">
-        <v>1266</v>
+        <v>1257</v>
       </c>
       <c r="C263" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D263" s="4">
-        <v>36100</v>
+        <v>254000</v>
       </c>
       <c r="E263" s="5">
-        <v>2.6231589999999998</v>
+        <v>0.37643700000000002</v>
       </c>
       <c r="F263" s="4">
-        <v>94696.0483102</v>
+        <v>95615.083188799996</v>
       </c>
       <c r="G263" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H263" s="3" t="s">
-        <v>1028</v>
+        <v>1035</v>
       </c>
       <c r="I263" s="3" t="s">
-        <v>1134</v>
+        <v>69</v>
       </c>
       <c r="J263" s="5">
-        <v>18.57</v>
+        <v>2.93</v>
       </c>
       <c r="K263" s="5">
-        <v>7.0792500808804322</v>
+        <v>7.783499774395259</v>
       </c>
       <c r="L263" s="3" t="s">
-        <v>1029</v>
+        <v>1036</v>
       </c>
       <c r="M263" s="4">
-        <v>670377.007659</v>
+        <v>744219.978428</v>
       </c>
       <c r="N263" s="4">
-        <v>94696.0483102</v>
+        <v>95615.083188799996</v>
       </c>
       <c r="O263" s="3" t="s">
-        <v>1265</v>
+        <v>1256</v>
       </c>
       <c r="P263" s="3" t="s">
-        <v>1267</v>
+        <v>1258</v>
       </c>
       <c r="Q263" s="3" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="R263" s="3" t="s">
-        <v>1268</v>
+        <v>1259</v>
       </c>
       <c r="S263" s="3" t="s">
-        <v>1155</v>
+        <v>657</v>
       </c>
       <c r="T263" s="4">
         <v>1</v>
       </c>
       <c r="W263" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X263" s="4">
         <v>0</v>
       </c>
       <c r="Y263" s="4">
         <v>0</v>
       </c>
       <c r="Z263" s="6">
-        <v>4.0239999999999998E-3</v>
+        <v>4.0369999999999998E-3</v>
       </c>
     </row>
     <row r="264" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A264" s="3" t="s">
-        <v>1269</v>
+        <v>1260</v>
       </c>
       <c r="B264" s="3" t="s">
-        <v>1270</v>
+        <v>1261</v>
       </c>
       <c r="C264" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D264" s="4">
-        <v>254000</v>
+        <v>100</v>
       </c>
       <c r="E264" s="5">
-        <v>0.38918000000000003</v>
+        <v>296.19551300000001</v>
       </c>
       <c r="F264" s="4">
-        <v>98851.726263870005</v>
+        <v>29619.551340509999</v>
       </c>
       <c r="G264" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H264" s="3" t="s">
-        <v>1028</v>
+        <v>43</v>
       </c>
       <c r="I264" s="3" t="s">
-        <v>64</v>
+        <v>44</v>
       </c>
       <c r="J264" s="5">
-        <v>3.03</v>
+        <v>406.01</v>
       </c>
       <c r="K264" s="5">
-        <v>7.7856001432550421</v>
+        <v>1.3707500016140581</v>
       </c>
       <c r="L264" s="3" t="s">
-        <v>1029</v>
+        <v>45</v>
       </c>
       <c r="M264" s="4">
-        <v>769620.01416000002</v>
+        <v>40601.000047000001</v>
       </c>
       <c r="N264" s="4">
-        <v>98851.726263870005</v>
+        <v>29619.551340509999</v>
       </c>
       <c r="O264" s="3" t="s">
-        <v>1269</v>
+        <v>1260</v>
       </c>
       <c r="P264" s="3" t="s">
-        <v>1271</v>
+        <v>1262</v>
       </c>
       <c r="Q264" s="3" t="s">
-        <v>163</v>
+        <v>179</v>
       </c>
       <c r="R264" s="3" t="s">
-        <v>1272</v>
+        <v>1263</v>
       </c>
       <c r="S264" s="3" t="s">
-        <v>647</v>
+        <v>309</v>
       </c>
       <c r="T264" s="4">
         <v>1</v>
       </c>
       <c r="W264" s="3" t="s">
-        <v>34</v>
+        <v>1264</v>
       </c>
       <c r="X264" s="4">
         <v>0</v>
       </c>
       <c r="Y264" s="4">
         <v>0</v>
       </c>
       <c r="Z264" s="6">
-        <v>4.2009999999999999E-3</v>
+        <v>1.25E-3</v>
       </c>
     </row>
     <row r="265" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A265" s="3" t="s">
-        <v>1273</v>
+        <v>1265</v>
       </c>
       <c r="B265" s="3" t="s">
-        <v>1274</v>
+        <v>250</v>
       </c>
       <c r="C265" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D265" s="4">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="E265" s="5">
-        <v>344.39941399999998</v>
+        <v>38.40963</v>
       </c>
       <c r="F265" s="4">
-        <v>34439.941178579997</v>
+        <v>15363.85190589</v>
       </c>
       <c r="G265" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H265" s="3" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="I265" s="3" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="J265" s="5">
-        <v>480.11</v>
+        <v>52.65</v>
       </c>
       <c r="K265" s="5">
-        <v>1.3940499911066582</v>
+        <v>1.3707500016140581</v>
       </c>
       <c r="L265" s="3" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="M265" s="4">
-        <v>48010.999692999998</v>
+        <v>21060.000024000001</v>
       </c>
       <c r="N265" s="4">
-        <v>34439.941178579997</v>
+        <v>15363.85190589</v>
       </c>
       <c r="O265" s="3" t="s">
-        <v>1273</v>
+        <v>1265</v>
       </c>
       <c r="P265" s="3" t="s">
-        <v>1275</v>
+        <v>252</v>
       </c>
       <c r="Q265" s="3" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="R265" s="3" t="s">
-        <v>1276</v>
+        <v>253</v>
       </c>
       <c r="S265" s="3" t="s">
-        <v>294</v>
+        <v>309</v>
       </c>
       <c r="T265" s="4">
         <v>1</v>
       </c>
       <c r="W265" s="3" t="s">
-        <v>1277</v>
+        <v>249</v>
       </c>
       <c r="X265" s="4">
         <v>0</v>
       </c>
       <c r="Y265" s="4">
         <v>0</v>
       </c>
       <c r="Z265" s="6">
-        <v>1.4630000000000001E-3</v>
+        <v>6.4800000000000003E-4</v>
       </c>
     </row>
     <row r="266" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A266" s="3" t="s">
-        <v>1278</v>
+        <v>1266</v>
       </c>
       <c r="B266" s="3" t="s">
-        <v>1279</v>
+        <v>1267</v>
       </c>
       <c r="C266" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D266" s="4">
+        <v>1113</v>
+      </c>
+      <c r="E266" s="5">
+        <v>119.75</v>
+      </c>
+      <c r="F266" s="4">
+        <v>133281.75</v>
+      </c>
+      <c r="G266" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H266" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D266" s="4">
-[...8 lines deleted...]
-      <c r="G266" s="3" t="s">
+      <c r="I266" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H266" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J266" s="5">
-        <v>58.08</v>
+        <v>119.75</v>
       </c>
       <c r="K266" s="5">
-        <v>1.3940499911066582</v>
+        <v>1</v>
       </c>
       <c r="L266" s="3" t="s">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="M266" s="4">
-        <v>23231.999851</v>
+        <v>133281.75</v>
       </c>
       <c r="N266" s="4">
-        <v>16665.11244216</v>
+        <v>133281.75</v>
       </c>
       <c r="O266" s="3" t="s">
-        <v>1278</v>
+        <v>1266</v>
       </c>
       <c r="P266" s="3" t="s">
-        <v>1280</v>
+        <v>1268</v>
       </c>
       <c r="Q266" s="3" t="s">
-        <v>163</v>
+        <v>228</v>
       </c>
       <c r="R266" s="3" t="s">
-        <v>1281</v>
+        <v>1269</v>
       </c>
       <c r="S266" s="3" t="s">
-        <v>294</v>
+        <v>114</v>
       </c>
       <c r="T266" s="4">
         <v>1</v>
       </c>
       <c r="W266" s="3" t="s">
-        <v>1282</v>
+        <v>34</v>
       </c>
       <c r="X266" s="4">
         <v>0</v>
       </c>
       <c r="Y266" s="4">
         <v>0</v>
       </c>
       <c r="Z266" s="6">
-        <v>7.0799999999999997E-4</v>
+        <v>5.6270000000000001E-3</v>
       </c>
     </row>
     <row r="267" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A267" s="3" t="s">
-        <v>1283</v>
+        <v>1270</v>
       </c>
       <c r="B267" s="3" t="s">
-        <v>1284</v>
+        <v>1271</v>
       </c>
       <c r="C267" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D267" s="4">
-        <v>613</v>
+        <v>1066</v>
       </c>
       <c r="E267" s="5">
-        <v>19.78</v>
+        <v>83.291994000000003</v>
       </c>
       <c r="F267" s="4">
-        <v>12125.14</v>
+        <v>88789.265604</v>
       </c>
       <c r="G267" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H267" s="3" t="s">
-        <v>31</v>
+        <v>410</v>
       </c>
       <c r="I267" s="3" t="s">
-        <v>89</v>
+        <v>59</v>
       </c>
       <c r="J267" s="5">
-        <v>19.78</v>
+        <v>70.92</v>
       </c>
       <c r="K267" s="5">
-        <v>1</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L267" s="3" t="s">
-        <v>33</v>
+        <v>411</v>
       </c>
       <c r="M267" s="4">
-        <v>12125.14</v>
+        <v>75600.72</v>
       </c>
       <c r="N267" s="4">
-        <v>12125.14</v>
+        <v>88789.265604</v>
       </c>
       <c r="O267" s="3" t="s">
-        <v>1283</v>
+        <v>1270</v>
       </c>
       <c r="P267" s="3" t="s">
-        <v>1285</v>
+        <v>1272</v>
       </c>
       <c r="Q267" s="3" t="s">
-        <v>1106</v>
+        <v>162</v>
       </c>
       <c r="R267" s="3" t="s">
-        <v>1286</v>
+        <v>1273</v>
       </c>
       <c r="S267" s="3" t="s">
-        <v>104</v>
+        <v>414</v>
       </c>
       <c r="T267" s="4">
         <v>1</v>
       </c>
       <c r="W267" s="3" t="s">
-        <v>1287</v>
+        <v>34</v>
       </c>
       <c r="X267" s="4">
         <v>0</v>
       </c>
       <c r="Y267" s="4">
         <v>0</v>
       </c>
       <c r="Z267" s="6">
-        <v>5.1500000000000005E-4</v>
+        <v>3.7490000000000002E-3</v>
       </c>
     </row>
     <row r="268" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A268" s="3" t="s">
-        <v>1288</v>
+        <v>1274</v>
       </c>
       <c r="B268" s="3" t="s">
-        <v>1289</v>
+        <v>1275</v>
       </c>
       <c r="C268" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D268" s="4">
-        <v>1113</v>
+        <v>9200</v>
       </c>
       <c r="E268" s="5">
-        <v>116.31</v>
+        <v>2.6935539999999998</v>
       </c>
       <c r="F268" s="4">
-        <v>129453.03</v>
+        <v>24780.692549840001</v>
       </c>
       <c r="G268" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H268" s="3" t="s">
-        <v>88</v>
+        <v>38</v>
       </c>
       <c r="I268" s="3" t="s">
-        <v>89</v>
+        <v>39</v>
       </c>
       <c r="J268" s="5">
-        <v>116.31</v>
+        <v>14.76</v>
       </c>
       <c r="K268" s="5">
-        <v>1</v>
+        <v>5.4797499129815712</v>
       </c>
       <c r="L268" s="3" t="s">
-        <v>90</v>
+        <v>40</v>
       </c>
       <c r="M268" s="4">
-        <v>129453.03</v>
+        <v>135791.99784299999</v>
       </c>
       <c r="N268" s="4">
-        <v>129453.03</v>
+        <v>24780.692549840001</v>
       </c>
       <c r="O268" s="3" t="s">
-        <v>1288</v>
+        <v>1274</v>
       </c>
       <c r="P268" s="3" t="s">
-        <v>1290</v>
+        <v>1276</v>
       </c>
       <c r="Q268" s="3" t="s">
-        <v>258</v>
+        <v>228</v>
       </c>
       <c r="R268" s="3" t="s">
-        <v>1291</v>
+        <v>1277</v>
       </c>
       <c r="S268" s="3" t="s">
-        <v>104</v>
+        <v>1055</v>
       </c>
       <c r="T268" s="4">
         <v>1</v>
       </c>
       <c r="W268" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X268" s="4">
         <v>0</v>
       </c>
       <c r="Y268" s="4">
         <v>0</v>
       </c>
       <c r="Z268" s="6">
-        <v>5.5009999999999998E-3</v>
+        <v>1.0460000000000001E-3</v>
       </c>
     </row>
     <row r="269" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A269" s="3" t="s">
-        <v>1292</v>
+        <v>1278</v>
       </c>
       <c r="B269" s="3" t="s">
-        <v>1293</v>
+        <v>1279</v>
       </c>
       <c r="C269" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D269" s="4">
-        <v>1066</v>
+        <v>142</v>
       </c>
       <c r="E269" s="5">
-        <v>74.379649999999998</v>
+        <v>64.477305000000001</v>
       </c>
       <c r="F269" s="4">
-        <v>79288.706367000006</v>
+        <v>9155.7773099999995</v>
       </c>
       <c r="G269" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H269" s="3" t="s">
-        <v>410</v>
+        <v>1280</v>
       </c>
       <c r="I269" s="3" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="J269" s="5">
-        <v>64.09</v>
+        <v>54.9</v>
       </c>
       <c r="K269" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L269" s="3" t="s">
-        <v>411</v>
+        <v>227</v>
       </c>
       <c r="M269" s="4">
-        <v>68319.94</v>
+        <v>7795.8</v>
       </c>
       <c r="N269" s="4">
-        <v>79288.706367000006</v>
+        <v>9155.7773099999995</v>
       </c>
       <c r="O269" s="3" t="s">
-        <v>1292</v>
+        <v>1278</v>
       </c>
       <c r="P269" s="3" t="s">
-        <v>1294</v>
+        <v>1281</v>
       </c>
       <c r="Q269" s="3" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="R269" s="3" t="s">
-        <v>1295</v>
+        <v>1282</v>
       </c>
       <c r="S269" s="3" t="s">
-        <v>414</v>
+        <v>1283</v>
       </c>
       <c r="T269" s="4">
         <v>1</v>
       </c>
       <c r="W269" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X269" s="4">
         <v>0</v>
       </c>
       <c r="Y269" s="4">
         <v>0</v>
       </c>
       <c r="Z269" s="6">
-        <v>3.369E-3</v>
+        <v>3.86E-4</v>
       </c>
     </row>
     <row r="270" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A270" s="3" t="s">
-        <v>1296</v>
+        <v>1284</v>
       </c>
       <c r="B270" s="3" t="s">
-        <v>1297</v>
+        <v>1285</v>
       </c>
       <c r="C270" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D270" s="4">
-        <v>9200</v>
+        <v>48000</v>
       </c>
       <c r="E270" s="5">
-        <v>3.1535410000000001</v>
+        <v>1.460782</v>
       </c>
       <c r="F270" s="4">
-        <v>29012.576733040001</v>
+        <v>70117.556369240003</v>
       </c>
       <c r="G270" s="3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="H270" s="3" t="s">
-        <v>1046</v>
+        <v>1035</v>
       </c>
       <c r="I270" s="3" t="s">
-        <v>1047</v>
+        <v>69</v>
       </c>
       <c r="J270" s="5">
-        <v>16.850000000000001</v>
+        <v>11.37</v>
       </c>
       <c r="K270" s="5">
-        <v>5.3431998724898779</v>
+        <v>7.783499774395259</v>
       </c>
       <c r="L270" s="3" t="s">
-        <v>1048</v>
+        <v>1036</v>
       </c>
       <c r="M270" s="4">
-        <v>155019.9963</v>
+        <v>545759.98418100004</v>
       </c>
       <c r="N270" s="4">
-        <v>29012.576733040001</v>
+        <v>70117.556369240003</v>
       </c>
       <c r="O270" s="3" t="s">
-        <v>1296</v>
+        <v>1284</v>
       </c>
       <c r="P270" s="3" t="s">
-        <v>1298</v>
+        <v>1286</v>
       </c>
       <c r="Q270" s="3" t="s">
-        <v>258</v>
+        <v>129</v>
       </c>
       <c r="R270" s="3" t="s">
-        <v>1299</v>
+        <v>1287</v>
       </c>
       <c r="S270" s="3" t="s">
-        <v>1051</v>
+        <v>657</v>
       </c>
       <c r="T270" s="4">
         <v>1</v>
       </c>
       <c r="W270" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X270" s="4">
         <v>0</v>
       </c>
       <c r="Y270" s="4">
         <v>0</v>
       </c>
       <c r="Z270" s="6">
-        <v>1.232E-3</v>
+        <v>2.96E-3</v>
       </c>
     </row>
     <row r="271" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A271" s="3" t="s">
-        <v>1300</v>
+        <v>1288</v>
       </c>
       <c r="B271" s="3" t="s">
-        <v>1301</v>
+        <v>1289</v>
       </c>
       <c r="C271" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D271" s="4">
-        <v>663</v>
+        <v>1000</v>
       </c>
       <c r="E271" s="5">
-        <v>61.532361000000002</v>
+        <v>36.54</v>
       </c>
       <c r="F271" s="4">
-        <v>40795.955343000001</v>
+        <v>36540</v>
       </c>
       <c r="G271" s="3" t="s">
+        <v>1290</v>
+      </c>
+      <c r="H271" s="3" t="s">
+        <v>1291</v>
+      </c>
+      <c r="I271" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H271" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J271" s="5">
-        <v>53.02</v>
+        <v>36.54</v>
       </c>
       <c r="K271" s="5">
-        <v>0.86166041962862439</v>
+        <v>1</v>
       </c>
       <c r="L271" s="3" t="s">
-        <v>1303</v>
+        <v>1292</v>
       </c>
       <c r="M271" s="4">
-        <v>35152.26</v>
+        <v>36540</v>
       </c>
       <c r="N271" s="4">
-        <v>40795.955343000001</v>
+        <v>36540</v>
       </c>
       <c r="O271" s="3" t="s">
-        <v>1300</v>
+        <v>1293</v>
       </c>
       <c r="P271" s="3" t="s">
-        <v>1304</v>
+        <v>1294</v>
       </c>
       <c r="Q271" s="3" t="s">
-        <v>146</v>
+        <v>162</v>
       </c>
       <c r="R271" s="3" t="s">
-        <v>1305</v>
+        <v>1295</v>
       </c>
       <c r="S271" s="3" t="s">
-        <v>1306</v>
+        <v>114</v>
       </c>
       <c r="T271" s="4">
         <v>1</v>
       </c>
       <c r="W271" s="3" t="s">
-        <v>34</v>
+        <v>1288</v>
       </c>
       <c r="X271" s="4">
         <v>0</v>
       </c>
       <c r="Y271" s="4">
         <v>0</v>
       </c>
       <c r="Z271" s="6">
-        <v>1.7329999999999999E-3</v>
+        <v>1.542E-3</v>
       </c>
     </row>
     <row r="272" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A272" s="3" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="B272" s="3" t="s">
-        <v>1308</v>
+        <v>1297</v>
       </c>
       <c r="C272" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D272" s="4">
-        <v>48000</v>
+        <v>1685</v>
       </c>
       <c r="E272" s="5">
-        <v>1.5849770000000001</v>
+        <v>29.8</v>
       </c>
       <c r="F272" s="4">
-        <v>76078.914919849994</v>
+        <v>50213</v>
       </c>
       <c r="G272" s="3" t="s">
+        <v>1290</v>
+      </c>
+      <c r="H272" s="3" t="s">
+        <v>1291</v>
+      </c>
+      <c r="I272" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="H272" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J272" s="5">
-        <v>12.34</v>
+        <v>29.8</v>
       </c>
       <c r="K272" s="5">
-        <v>7.7856001432550421</v>
+        <v>1</v>
       </c>
       <c r="L272" s="3" t="s">
-        <v>1029</v>
+        <v>1292</v>
       </c>
       <c r="M272" s="4">
-        <v>592320.01089799998</v>
+        <v>50213</v>
       </c>
       <c r="N272" s="4">
-        <v>76078.914919849994</v>
+        <v>50213</v>
       </c>
       <c r="O272" s="3" t="s">
-        <v>1307</v>
+        <v>1298</v>
       </c>
       <c r="P272" s="3" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="Q272" s="3" t="s">
-        <v>119</v>
+        <v>162</v>
       </c>
       <c r="R272" s="3" t="s">
-        <v>1310</v>
+        <v>1300</v>
       </c>
       <c r="S272" s="3" t="s">
-        <v>647</v>
+        <v>114</v>
       </c>
       <c r="T272" s="4">
         <v>1</v>
       </c>
       <c r="W272" s="3" t="s">
-        <v>34</v>
+        <v>1296</v>
       </c>
       <c r="X272" s="4">
         <v>0</v>
       </c>
       <c r="Y272" s="4">
         <v>0</v>
       </c>
       <c r="Z272" s="6">
-        <v>3.2330000000000002E-3</v>
+        <v>2.1199999999999999E-3</v>
       </c>
     </row>
     <row r="273" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A273" s="3" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="B273" s="3" t="s">
-        <v>1312</v>
+        <v>1302</v>
       </c>
       <c r="C273" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D273" s="4">
-        <v>1000</v>
+        <v>1924</v>
       </c>
       <c r="E273" s="5">
-        <v>36.82</v>
+        <v>17.82</v>
       </c>
       <c r="F273" s="4">
-        <v>36820</v>
+        <v>34285.68</v>
       </c>
       <c r="G273" s="3" t="s">
-        <v>1313</v>
+        <v>1290</v>
       </c>
       <c r="H273" s="3" t="s">
-        <v>1314</v>
+        <v>1291</v>
       </c>
       <c r="I273" s="3" t="s">
-        <v>89</v>
+        <v>99</v>
       </c>
       <c r="J273" s="5">
-        <v>36.82</v>
+        <v>17.82</v>
       </c>
       <c r="K273" s="5">
         <v>1</v>
       </c>
       <c r="L273" s="3" t="s">
-        <v>1315</v>
+        <v>1292</v>
       </c>
       <c r="M273" s="4">
-        <v>36820</v>
+        <v>34285.68</v>
       </c>
       <c r="N273" s="4">
-        <v>36820</v>
+        <v>34285.68</v>
       </c>
       <c r="O273" s="3" t="s">
-        <v>1316</v>
+        <v>1303</v>
       </c>
       <c r="P273" s="3" t="s">
-        <v>1317</v>
+        <v>1304</v>
       </c>
       <c r="Q273" s="3" t="s">
-        <v>152</v>
+        <v>179</v>
       </c>
       <c r="R273" s="3" t="s">
-        <v>1318</v>
+        <v>1305</v>
       </c>
       <c r="S273" s="3" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="T273" s="4">
         <v>1</v>
       </c>
       <c r="W273" s="3" t="s">
-        <v>1311</v>
+        <v>1301</v>
       </c>
       <c r="X273" s="4">
         <v>0</v>
       </c>
       <c r="Y273" s="4">
         <v>0</v>
       </c>
       <c r="Z273" s="6">
-        <v>1.5640000000000001E-3</v>
+        <v>1.4469999999999999E-3</v>
       </c>
     </row>
     <row r="274" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A274" s="3" t="s">
-        <v>1319</v>
+        <v>1306</v>
       </c>
       <c r="B274" s="3" t="s">
-        <v>1320</v>
+        <v>1307</v>
       </c>
       <c r="C274" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D274" s="4">
-        <v>1685</v>
+        <v>72</v>
       </c>
       <c r="E274" s="5">
-        <v>31.23</v>
+        <v>108.8</v>
       </c>
       <c r="F274" s="4">
-        <v>52622.55</v>
+        <v>7833.6</v>
       </c>
       <c r="G274" s="3" t="s">
-        <v>1313</v>
+        <v>1290</v>
       </c>
       <c r="H274" s="3" t="s">
-        <v>1314</v>
+        <v>1291</v>
       </c>
       <c r="I274" s="3" t="s">
-        <v>89</v>
+        <v>99</v>
       </c>
       <c r="J274" s="5">
-        <v>31.23</v>
+        <v>108.8</v>
       </c>
       <c r="K274" s="5">
         <v>1</v>
       </c>
       <c r="L274" s="3" t="s">
-        <v>1315</v>
+        <v>1292</v>
       </c>
       <c r="M274" s="4">
-        <v>52622.55</v>
+        <v>7833.6</v>
       </c>
       <c r="N274" s="4">
-        <v>52622.55</v>
+        <v>7833.6</v>
       </c>
       <c r="O274" s="3" t="s">
-        <v>1321</v>
+        <v>1306</v>
       </c>
       <c r="P274" s="3" t="s">
-        <v>1322</v>
+        <v>1308</v>
       </c>
       <c r="Q274" s="3" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="R274" s="3" t="s">
-        <v>1323</v>
+        <v>1309</v>
       </c>
       <c r="S274" s="3" t="s">
-        <v>104</v>
+        <v>131</v>
       </c>
       <c r="T274" s="4">
         <v>1</v>
       </c>
       <c r="W274" s="3" t="s">
-        <v>1319</v>
+        <v>1310</v>
       </c>
       <c r="X274" s="4">
         <v>0</v>
       </c>
       <c r="Y274" s="4">
         <v>0</v>
       </c>
       <c r="Z274" s="6">
-        <v>2.2360000000000001E-3</v>
+        <v>3.3E-4</v>
       </c>
     </row>
     <row r="275" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A275" s="3" t="s">
-        <v>1324</v>
+        <v>1311</v>
       </c>
       <c r="B275" s="3" t="s">
-        <v>1325</v>
+        <v>1312</v>
       </c>
       <c r="C275" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D275" s="4">
-        <v>1924</v>
+        <v>13400</v>
       </c>
       <c r="E275" s="5">
-        <v>17.48</v>
+        <v>2.84</v>
       </c>
       <c r="F275" s="4">
-        <v>33631.519999999997</v>
+        <v>38056</v>
       </c>
       <c r="G275" s="3" t="s">
+        <v>1290</v>
+      </c>
+      <c r="H275" s="3" t="s">
+        <v>1291</v>
+      </c>
+      <c r="I275" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="J275" s="5">
+        <v>2.84</v>
+      </c>
+      <c r="K275" s="5">
+        <v>1</v>
+      </c>
+      <c r="L275" s="3" t="s">
+        <v>1292</v>
+      </c>
+      <c r="M275" s="4">
+        <v>38056</v>
+      </c>
+      <c r="N275" s="4">
+        <v>38056</v>
+      </c>
+      <c r="O275" s="3" t="s">
         <v>1313</v>
       </c>
-      <c r="H275" s="3" t="s">
+      <c r="P275" s="3" t="s">
         <v>1314</v>
       </c>
-      <c r="I275" s="3" t="s">
-[...8 lines deleted...]
-      <c r="L275" s="3" t="s">
+      <c r="Q275" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="R275" s="3" t="s">
         <v>1315</v>
       </c>
-      <c r="M275" s="4">
-[...16 lines deleted...]
-      </c>
       <c r="S275" s="3" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="T275" s="4">
         <v>1</v>
       </c>
       <c r="W275" s="3" t="s">
-        <v>1324</v>
+        <v>1311</v>
       </c>
       <c r="X275" s="4">
         <v>0</v>
       </c>
       <c r="Y275" s="4">
         <v>0</v>
       </c>
       <c r="Z275" s="6">
-        <v>1.4289999999999999E-3</v>
+        <v>1.606E-3</v>
       </c>
     </row>
     <row r="276" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A276" s="3" t="s">
-        <v>1329</v>
+        <v>1316</v>
       </c>
       <c r="B276" s="3" t="s">
-        <v>1330</v>
+        <v>1317</v>
       </c>
       <c r="C276" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D276" s="4">
-        <v>72</v>
+        <v>305</v>
       </c>
       <c r="E276" s="5">
-        <v>109.8</v>
+        <v>20.28</v>
       </c>
       <c r="F276" s="4">
-        <v>7905.6</v>
+        <v>6185.4</v>
       </c>
       <c r="G276" s="3" t="s">
-        <v>1313</v>
+        <v>1290</v>
       </c>
       <c r="H276" s="3" t="s">
-        <v>1314</v>
+        <v>1035</v>
       </c>
       <c r="I276" s="3" t="s">
-        <v>89</v>
+        <v>99</v>
       </c>
       <c r="J276" s="5">
-        <v>109.8</v>
+        <v>20.28</v>
       </c>
       <c r="K276" s="5">
         <v>1</v>
       </c>
       <c r="L276" s="3" t="s">
-        <v>1315</v>
+        <v>1036</v>
       </c>
       <c r="M276" s="4">
-        <v>7905.6</v>
+        <v>6185.4</v>
       </c>
       <c r="N276" s="4">
-        <v>7905.6</v>
+        <v>6185.4</v>
       </c>
       <c r="O276" s="3" t="s">
-        <v>1329</v>
+        <v>1318</v>
       </c>
       <c r="P276" s="3" t="s">
-        <v>1331</v>
+        <v>1319</v>
       </c>
       <c r="Q276" s="3" t="s">
-        <v>152</v>
+        <v>129</v>
       </c>
       <c r="R276" s="3" t="s">
-        <v>1332</v>
+        <v>1320</v>
       </c>
       <c r="S276" s="3" t="s">
-        <v>121</v>
+        <v>114</v>
       </c>
       <c r="T276" s="4">
         <v>1</v>
       </c>
       <c r="W276" s="3" t="s">
-        <v>1333</v>
+        <v>1316</v>
       </c>
       <c r="X276" s="4">
         <v>0</v>
       </c>
       <c r="Y276" s="4">
         <v>0</v>
       </c>
       <c r="Z276" s="6">
-        <v>3.3500000000000001E-4</v>
+        <v>2.61E-4</v>
       </c>
     </row>
     <row r="277" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A277" s="3" t="s">
-        <v>1334</v>
+        <v>1321</v>
       </c>
       <c r="B277" s="3" t="s">
-        <v>1335</v>
+        <v>1322</v>
       </c>
       <c r="C277" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D277" s="4">
-        <v>13400</v>
+        <v>361</v>
       </c>
       <c r="E277" s="5">
-        <v>2.72</v>
+        <v>34.986865999999999</v>
       </c>
       <c r="F277" s="4">
-        <v>36448</v>
+        <v>12630.2584455</v>
       </c>
       <c r="G277" s="3" t="s">
-        <v>1313</v>
+        <v>1290</v>
       </c>
       <c r="H277" s="3" t="s">
-        <v>1314</v>
+        <v>1114</v>
       </c>
       <c r="I277" s="3" t="s">
-        <v>89</v>
+        <v>59</v>
       </c>
       <c r="J277" s="5">
-        <v>2.72</v>
+        <v>29.79</v>
       </c>
       <c r="K277" s="5">
-        <v>1</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L277" s="3" t="s">
-        <v>1315</v>
+        <v>1115</v>
       </c>
       <c r="M277" s="4">
-        <v>36448</v>
+        <v>10754.19</v>
       </c>
       <c r="N277" s="4">
-        <v>36448</v>
+        <v>12630.2584455</v>
       </c>
       <c r="O277" s="3" t="s">
-        <v>1336</v>
+        <v>1321</v>
       </c>
       <c r="P277" s="3" t="s">
-        <v>1337</v>
+        <v>1323</v>
       </c>
       <c r="Q277" s="3" t="s">
-        <v>174</v>
+        <v>162</v>
       </c>
       <c r="R277" s="3" t="s">
-        <v>1338</v>
+        <v>1324</v>
       </c>
       <c r="S277" s="3" t="s">
-        <v>104</v>
+        <v>1118</v>
       </c>
       <c r="T277" s="4">
         <v>1</v>
       </c>
       <c r="W277" s="3" t="s">
-        <v>1334</v>
+        <v>34</v>
       </c>
       <c r="X277" s="4">
         <v>0</v>
       </c>
       <c r="Y277" s="4">
         <v>0</v>
       </c>
       <c r="Z277" s="6">
-        <v>1.5479999999999999E-3</v>
+        <v>5.3300000000000005E-4</v>
       </c>
     </row>
     <row r="278" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A278" s="3" t="s">
-        <v>1339</v>
+        <v>1325</v>
       </c>
       <c r="B278" s="3" t="s">
-        <v>1340</v>
+        <v>1326</v>
       </c>
       <c r="C278" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D278" s="4">
+        <v>52</v>
+      </c>
+      <c r="E278" s="5">
+        <v>48.94</v>
+      </c>
+      <c r="F278" s="4">
+        <v>2544.88</v>
+      </c>
+      <c r="G278" s="3" t="s">
+        <v>1327</v>
+      </c>
+      <c r="H278" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D278" s="4">
-[...13 lines deleted...]
-      </c>
       <c r="I278" s="3" t="s">
-        <v>89</v>
+        <v>99</v>
       </c>
       <c r="J278" s="5">
-        <v>21.83</v>
+        <v>48.94</v>
       </c>
       <c r="K278" s="5">
         <v>1</v>
       </c>
       <c r="L278" s="3" t="s">
-        <v>1029</v>
+        <v>100</v>
       </c>
       <c r="M278" s="4">
-        <v>21633.53</v>
+        <v>2544.88</v>
       </c>
       <c r="N278" s="4">
-        <v>21633.53</v>
+        <v>2544.88</v>
       </c>
       <c r="O278" s="3" t="s">
-        <v>1341</v>
+        <v>1328</v>
       </c>
       <c r="P278" s="3" t="s">
-        <v>1342</v>
+        <v>1329</v>
       </c>
       <c r="Q278" s="3" t="s">
-        <v>119</v>
+        <v>258</v>
       </c>
       <c r="R278" s="3" t="s">
-        <v>1343</v>
+        <v>1330</v>
       </c>
       <c r="S278" s="3" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="T278" s="4">
         <v>1</v>
       </c>
       <c r="W278" s="3" t="s">
-        <v>1339</v>
+        <v>1325</v>
       </c>
       <c r="X278" s="4">
         <v>0</v>
       </c>
       <c r="Y278" s="4">
         <v>0</v>
       </c>
       <c r="Z278" s="6">
-        <v>9.19E-4</v>
+        <v>1.07E-4</v>
       </c>
     </row>
     <row r="279" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A279" s="3" t="s">
-        <v>1344</v>
+        <v>1331</v>
       </c>
       <c r="B279" s="3" t="s">
-        <v>1345</v>
+        <v>1332</v>
       </c>
       <c r="C279" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D279" s="4">
+        <v>1526</v>
+      </c>
+      <c r="E279" s="5">
+        <v>67.48</v>
+      </c>
+      <c r="F279" s="4">
+        <v>102974.48</v>
+      </c>
+      <c r="G279" s="3" t="s">
+        <v>1327</v>
+      </c>
+      <c r="H279" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D279" s="4">
-[...13 lines deleted...]
-      </c>
       <c r="I279" s="3" t="s">
-        <v>32</v>
+        <v>99</v>
       </c>
       <c r="J279" s="5">
-        <v>30.37</v>
+        <v>67.48</v>
       </c>
       <c r="K279" s="5">
-        <v>1.5248551387618177</v>
+        <v>1</v>
       </c>
       <c r="L279" s="3" t="s">
-        <v>33</v>
+        <v>100</v>
       </c>
       <c r="M279" s="4">
-        <v>38995.08</v>
+        <v>102974.48</v>
       </c>
       <c r="N279" s="4">
-        <v>25572.973463999999</v>
+        <v>102974.48</v>
       </c>
       <c r="O279" s="3" t="s">
-        <v>1344</v>
+        <v>1333</v>
       </c>
       <c r="P279" s="3" t="s">
-        <v>1285</v>
+        <v>1334</v>
       </c>
       <c r="Q279" s="3" t="s">
-        <v>1106</v>
+        <v>258</v>
       </c>
       <c r="R279" s="3" t="s">
-        <v>1346</v>
+        <v>1335</v>
       </c>
       <c r="S279" s="3" t="s">
-        <v>604</v>
+        <v>114</v>
       </c>
       <c r="T279" s="4">
         <v>1</v>
       </c>
       <c r="W279" s="3" t="s">
-        <v>34</v>
+        <v>1331</v>
       </c>
       <c r="X279" s="4">
         <v>0</v>
       </c>
       <c r="Y279" s="4">
         <v>0</v>
       </c>
       <c r="Z279" s="6">
-        <v>1.0859999999999999E-3</v>
+        <v>4.3480000000000003E-3</v>
       </c>
     </row>
     <row r="280" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A280" s="3" t="s">
-        <v>1347</v>
+        <v>1336</v>
       </c>
       <c r="B280" s="3" t="s">
-        <v>1348</v>
+        <v>1337</v>
       </c>
       <c r="C280" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D280" s="4">
+        <v>127</v>
+      </c>
+      <c r="E280" s="5">
+        <v>766.16</v>
+      </c>
+      <c r="F280" s="4">
+        <v>97302.32</v>
+      </c>
+      <c r="G280" s="3" t="s">
+        <v>1327</v>
+      </c>
+      <c r="H280" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D280" s="4">
-[...13 lines deleted...]
-      </c>
       <c r="I280" s="3" t="s">
-        <v>54</v>
+        <v>99</v>
       </c>
       <c r="J280" s="5">
-        <v>29.15</v>
+        <v>766.16</v>
       </c>
       <c r="K280" s="5">
-        <v>0.86166041962862439</v>
+        <v>1</v>
       </c>
       <c r="L280" s="3" t="s">
-        <v>1120</v>
+        <v>100</v>
       </c>
       <c r="M280" s="4">
-        <v>10523.15</v>
+        <v>97302.32</v>
       </c>
       <c r="N280" s="4">
-        <v>12212.6417325</v>
+        <v>97302.32</v>
       </c>
       <c r="O280" s="3" t="s">
-        <v>1347</v>
+        <v>1338</v>
       </c>
       <c r="P280" s="3" t="s">
-        <v>1349</v>
+        <v>1339</v>
       </c>
       <c r="Q280" s="3" t="s">
-        <v>152</v>
+        <v>258</v>
       </c>
       <c r="R280" s="3" t="s">
-        <v>1350</v>
+        <v>1340</v>
       </c>
       <c r="S280" s="3" t="s">
-        <v>1123</v>
+        <v>142</v>
       </c>
       <c r="T280" s="4">
         <v>1</v>
       </c>
       <c r="W280" s="3" t="s">
-        <v>34</v>
+        <v>1336</v>
       </c>
       <c r="X280" s="4">
         <v>0</v>
       </c>
       <c r="Y280" s="4">
         <v>0</v>
       </c>
       <c r="Z280" s="6">
-        <v>5.1900000000000004E-4</v>
+        <v>4.1079999999999997E-3</v>
       </c>
     </row>
     <row r="281" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A281" s="3" t="s">
-        <v>1351</v>
+        <v>1341</v>
       </c>
       <c r="B281" s="3" t="s">
-        <v>1352</v>
+        <v>1342</v>
       </c>
       <c r="C281" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D281" s="4">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="E281" s="5">
-        <v>53.67</v>
+        <v>911.67199100000005</v>
       </c>
       <c r="F281" s="4">
-        <v>2790.84</v>
+        <v>38290.216593830002</v>
       </c>
       <c r="G281" s="3" t="s">
-        <v>1353</v>
+        <v>1327</v>
       </c>
       <c r="H281" s="3" t="s">
-        <v>88</v>
+        <v>73</v>
       </c>
       <c r="I281" s="3" t="s">
-        <v>89</v>
+        <v>74</v>
       </c>
       <c r="J281" s="5">
-        <v>53.67</v>
+        <v>142900</v>
       </c>
       <c r="K281" s="5">
-        <v>1</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L281" s="3" t="s">
-        <v>90</v>
+        <v>75</v>
       </c>
       <c r="M281" s="4">
-        <v>2790.84</v>
+        <v>6001798.8983690003</v>
       </c>
       <c r="N281" s="4">
-        <v>2790.84</v>
+        <v>38290.216593830002</v>
       </c>
       <c r="O281" s="3" t="s">
-        <v>1354</v>
+        <v>1341</v>
       </c>
       <c r="P281" s="3" t="s">
-        <v>1355</v>
+        <v>1343</v>
       </c>
       <c r="Q281" s="3" t="s">
-        <v>242</v>
+        <v>258</v>
       </c>
       <c r="R281" s="3" t="s">
-        <v>1356</v>
+        <v>1344</v>
       </c>
       <c r="S281" s="3" t="s">
-        <v>104</v>
+        <v>604</v>
       </c>
       <c r="T281" s="4">
         <v>1</v>
       </c>
       <c r="W281" s="3" t="s">
-        <v>1351</v>
+        <v>34</v>
       </c>
       <c r="X281" s="4">
         <v>0</v>
       </c>
       <c r="Y281" s="4">
         <v>0</v>
       </c>
       <c r="Z281" s="6">
-        <v>1.18E-4</v>
+        <v>1.616E-3</v>
       </c>
     </row>
     <row r="282" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A282" s="3" t="s">
-        <v>1357</v>
+        <v>1345</v>
       </c>
       <c r="B282" s="3" t="s">
-        <v>1358</v>
+        <v>1346</v>
       </c>
       <c r="C282" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D282" s="4">
-        <v>1526</v>
+        <v>2505</v>
       </c>
       <c r="E282" s="5">
-        <v>72.36</v>
+        <v>39.625942999999999</v>
       </c>
       <c r="F282" s="4">
-        <v>110421.36</v>
+        <v>99262.987215000001</v>
       </c>
       <c r="G282" s="3" t="s">
-        <v>1353</v>
+        <v>1327</v>
       </c>
       <c r="H282" s="3" t="s">
-        <v>88</v>
+        <v>417</v>
       </c>
       <c r="I282" s="3" t="s">
-        <v>89</v>
+        <v>59</v>
       </c>
       <c r="J282" s="5">
-        <v>72.36</v>
+        <v>33.74</v>
       </c>
       <c r="K282" s="5">
-        <v>1</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L282" s="3" t="s">
-        <v>90</v>
+        <v>418</v>
       </c>
       <c r="M282" s="4">
-        <v>110421.36</v>
+        <v>84518.7</v>
       </c>
       <c r="N282" s="4">
-        <v>110421.36</v>
+        <v>99262.987215000001</v>
       </c>
       <c r="O282" s="3" t="s">
-        <v>1359</v>
+        <v>1345</v>
       </c>
       <c r="P282" s="3" t="s">
-        <v>1360</v>
+        <v>1347</v>
       </c>
       <c r="Q282" s="3" t="s">
-        <v>242</v>
+        <v>258</v>
       </c>
       <c r="R282" s="3" t="s">
-        <v>1361</v>
+        <v>1348</v>
       </c>
       <c r="S282" s="3" t="s">
-        <v>104</v>
+        <v>421</v>
       </c>
       <c r="T282" s="4">
         <v>1</v>
       </c>
       <c r="W282" s="3" t="s">
-        <v>1357</v>
+        <v>34</v>
       </c>
       <c r="X282" s="4">
         <v>0</v>
       </c>
       <c r="Y282" s="4">
         <v>0</v>
       </c>
       <c r="Z282" s="6">
-        <v>4.692E-3</v>
+        <v>4.1910000000000003E-3</v>
       </c>
     </row>
     <row r="283" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A283" s="3" t="s">
-        <v>1362</v>
+        <v>1349</v>
       </c>
       <c r="B283" s="3" t="s">
-        <v>1363</v>
+        <v>1350</v>
       </c>
       <c r="C283" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D283" s="4">
-        <v>127</v>
+        <v>252</v>
       </c>
       <c r="E283" s="5">
-        <v>753.31</v>
+        <v>95.013005000000007</v>
       </c>
       <c r="F283" s="4">
-        <v>95670.37</v>
+        <v>23943.277259999999</v>
       </c>
       <c r="G283" s="3" t="s">
-        <v>1353</v>
+        <v>1327</v>
       </c>
       <c r="H283" s="3" t="s">
-        <v>88</v>
+        <v>417</v>
       </c>
       <c r="I283" s="3" t="s">
-        <v>89</v>
+        <v>59</v>
       </c>
       <c r="J283" s="5">
-        <v>753.31</v>
+        <v>80.900000000000006</v>
       </c>
       <c r="K283" s="5">
-        <v>1</v>
+        <v>0.85146238664906981</v>
       </c>
       <c r="L283" s="3" t="s">
-        <v>90</v>
+        <v>418</v>
       </c>
       <c r="M283" s="4">
-        <v>95670.37</v>
+        <v>20386.8</v>
       </c>
       <c r="N283" s="4">
-        <v>95670.37</v>
+        <v>23943.277259999999</v>
       </c>
       <c r="O283" s="3" t="s">
-        <v>1364</v>
+        <v>1349</v>
       </c>
       <c r="P283" s="3" t="s">
-        <v>1365</v>
+        <v>1351</v>
       </c>
       <c r="Q283" s="3" t="s">
-        <v>242</v>
+        <v>258</v>
       </c>
       <c r="R283" s="3" t="s">
-        <v>1366</v>
+        <v>1352</v>
       </c>
       <c r="S283" s="3" t="s">
-        <v>132</v>
+        <v>421</v>
       </c>
       <c r="T283" s="4">
         <v>1</v>
       </c>
       <c r="W283" s="3" t="s">
-        <v>1362</v>
+        <v>34</v>
       </c>
       <c r="X283" s="4">
         <v>0</v>
       </c>
       <c r="Y283" s="4">
         <v>0</v>
       </c>
       <c r="Z283" s="6">
-        <v>4.065E-3</v>
+        <v>1.01E-3</v>
       </c>
     </row>
     <row r="284" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A284" s="3" t="s">
-        <v>1367</v>
+        <v>1353</v>
       </c>
       <c r="B284" s="3" t="s">
-        <v>1368</v>
+        <v>1354</v>
       </c>
       <c r="C284" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D284" s="4">
-        <v>36</v>
+        <v>1532</v>
       </c>
       <c r="E284" s="5">
-        <v>956.74426000000005</v>
+        <v>66.532593000000006</v>
       </c>
       <c r="F284" s="4">
-        <v>34442.806792689997</v>
+        <v>101927.93171</v>
       </c>
       <c r="G284" s="3" t="s">
+        <v>1327</v>
+      </c>
+      <c r="H284" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="I284" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="J284" s="5">
+        <v>56.65</v>
+      </c>
+      <c r="K284" s="5">
+        <v>0.85146238664906981</v>
+      </c>
+      <c r="L284" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="M284" s="4">
+        <v>86787.8</v>
+      </c>
+      <c r="N284" s="4">
+        <v>101927.93171</v>
+      </c>
+      <c r="O284" s="3" t="s">
         <v>1353</v>
       </c>
-      <c r="H284" s="3" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="P284" s="3" t="s">
-        <v>1369</v>
+        <v>1355</v>
       </c>
       <c r="Q284" s="3" t="s">
-        <v>242</v>
+        <v>258</v>
       </c>
       <c r="R284" s="3" t="s">
-        <v>1370</v>
+        <v>1356</v>
       </c>
       <c r="S284" s="3" t="s">
-        <v>599</v>
+        <v>421</v>
       </c>
       <c r="T284" s="4">
         <v>1</v>
       </c>
       <c r="W284" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X284" s="4">
         <v>0</v>
       </c>
       <c r="Y284" s="4">
         <v>0</v>
       </c>
       <c r="Z284" s="6">
-        <v>1.4630000000000001E-3</v>
+        <v>4.3030000000000004E-3</v>
       </c>
     </row>
     <row r="285" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A285" s="3" t="s">
-        <v>1371</v>
+        <v>1357</v>
       </c>
       <c r="B285" s="3" t="s">
-        <v>1372</v>
+        <v>1358</v>
       </c>
       <c r="C285" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="D285" s="4">
+        <v>437</v>
+      </c>
+      <c r="E285" s="5">
+        <v>77.38</v>
+      </c>
+      <c r="F285" s="4">
+        <v>33815.06</v>
+      </c>
+      <c r="G285" s="3" t="s">
+        <v>1327</v>
+      </c>
+      <c r="H285" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D285" s="4">
-[...13 lines deleted...]
-      </c>
       <c r="I285" s="3" t="s">
-        <v>54</v>
+        <v>99</v>
       </c>
       <c r="J285" s="5">
-        <v>33.56</v>
+        <v>77.38</v>
       </c>
       <c r="K285" s="5">
-        <v>0.86166041962862439</v>
+        <v>1</v>
       </c>
       <c r="L285" s="3" t="s">
-        <v>418</v>
+        <v>100</v>
       </c>
       <c r="M285" s="4">
-        <v>84067.8</v>
+        <v>33815.06</v>
       </c>
       <c r="N285" s="4">
-        <v>97564.885290000006</v>
+        <v>33815.06</v>
       </c>
       <c r="O285" s="3" t="s">
-        <v>1371</v>
+        <v>1359</v>
       </c>
       <c r="P285" s="3" t="s">
-        <v>1373</v>
+        <v>1360</v>
       </c>
       <c r="Q285" s="3" t="s">
-        <v>242</v>
+        <v>258</v>
       </c>
       <c r="R285" s="3" t="s">
-        <v>1374</v>
+        <v>1361</v>
       </c>
       <c r="S285" s="3" t="s">
-        <v>421</v>
+        <v>114</v>
       </c>
       <c r="T285" s="4">
         <v>1</v>
       </c>
       <c r="W285" s="3" t="s">
-        <v>34</v>
+        <v>1357</v>
       </c>
       <c r="X285" s="4">
         <v>0</v>
       </c>
       <c r="Y285" s="4">
         <v>0</v>
       </c>
       <c r="Z285" s="6">
-        <v>4.1460000000000004E-3</v>
+        <v>1.4270000000000001E-3</v>
       </c>
     </row>
     <row r="286" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A286" s="3" t="s">
-        <v>1375</v>
+        <v>1362</v>
       </c>
       <c r="B286" s="3" t="s">
-        <v>1376</v>
+        <v>1363</v>
       </c>
       <c r="C286" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D286" s="4">
-        <v>252</v>
+        <v>15900</v>
       </c>
       <c r="E286" s="5">
-        <v>92.727945000000005</v>
+        <v>4.4632880000000004</v>
       </c>
       <c r="F286" s="4">
-        <v>23367.442139999999</v>
+        <v>70966.274812100004</v>
       </c>
       <c r="G286" s="3" t="s">
-        <v>1353</v>
+        <v>1327</v>
       </c>
       <c r="H286" s="3" t="s">
-        <v>417</v>
+        <v>68</v>
       </c>
       <c r="I286" s="3" t="s">
-        <v>54</v>
+        <v>69</v>
       </c>
       <c r="J286" s="5">
-        <v>79.900000000000006</v>
+        <v>34.74</v>
       </c>
       <c r="K286" s="5">
-        <v>0.86166041962862439</v>
+        <v>7.783499774395259</v>
       </c>
       <c r="L286" s="3" t="s">
-        <v>418</v>
+        <v>70</v>
       </c>
       <c r="M286" s="4">
-        <v>20134.8</v>
+        <v>552365.98398899997</v>
       </c>
       <c r="N286" s="4">
-        <v>23367.442139999999</v>
+        <v>70966.274812100004</v>
       </c>
       <c r="O286" s="3" t="s">
-        <v>1375</v>
+        <v>1362</v>
       </c>
       <c r="P286" s="3" t="s">
-        <v>1377</v>
+        <v>1364</v>
       </c>
       <c r="Q286" s="3" t="s">
-        <v>242</v>
+        <v>258</v>
       </c>
       <c r="R286" s="3" t="s">
-        <v>1378</v>
+        <v>1365</v>
       </c>
       <c r="S286" s="3" t="s">
-        <v>421</v>
+        <v>657</v>
       </c>
       <c r="T286" s="4">
         <v>1</v>
       </c>
       <c r="W286" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X286" s="4">
         <v>0</v>
       </c>
       <c r="Y286" s="4">
         <v>0</v>
       </c>
       <c r="Z286" s="6">
-        <v>9.9299999999999996E-4</v>
+        <v>2.996E-3</v>
       </c>
     </row>
     <row r="287" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A287" s="3" t="s">
-        <v>1379</v>
+        <v>1366</v>
       </c>
       <c r="B287" s="3" t="s">
-        <v>1380</v>
+        <v>1367</v>
       </c>
       <c r="C287" s="3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="D287" s="4">
-        <v>1532</v>
+        <v>4659</v>
       </c>
       <c r="E287" s="5">
-        <v>64.642634999999999</v>
+        <v>8.3662109999999998</v>
       </c>
       <c r="F287" s="4">
-        <v>99032.516820000004</v>
+        <v>38978.177048999998</v>
       </c>
       <c r="G287" s="3" t="s">
-        <v>1353</v>
+        <v>1327</v>
       </c>
       <c r="H287" s="3" t="s">
-        <v>417</v>
+        <v>63</v>
       </c>
       <c r="I287" s="3" t="s">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="J287" s="5">
-        <v>55.7</v>
+        <v>6.22</v>
       </c>
       <c r="K287" s="5">
-        <v>0.86166041962862439</v>
+        <v>0.74346678562135238</v>
       </c>
       <c r="L287" s="3" t="s">
-        <v>418</v>
+        <v>65</v>
       </c>
       <c r="M287" s="4">
-        <v>85332.4</v>
+        <v>28978.98</v>
       </c>
       <c r="N287" s="4">
-        <v>99032.516820000004</v>
+        <v>38978.177048999998</v>
       </c>
       <c r="O287" s="3" t="s">
-        <v>1379</v>
+        <v>1366</v>
       </c>
       <c r="P287" s="3" t="s">
-        <v>1381</v>
+        <v>1368</v>
       </c>
       <c r="Q287" s="3" t="s">
-        <v>242</v>
+        <v>258</v>
       </c>
       <c r="R287" s="3" t="s">
-        <v>1382</v>
+        <v>1369</v>
       </c>
       <c r="S287" s="3" t="s">
-        <v>421</v>
+        <v>131</v>
       </c>
       <c r="T287" s="4">
         <v>1</v>
       </c>
       <c r="W287" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X287" s="4">
         <v>0</v>
       </c>
       <c r="Y287" s="4">
         <v>0</v>
       </c>
       <c r="Z287" s="6">
-        <v>4.2079999999999999E-3</v>
+        <v>1.645E-3</v>
       </c>
     </row>
     <row r="288" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A288" s="3" t="s">
-        <v>1383</v>
+        <v>1370</v>
       </c>
       <c r="B288" s="3" t="s">
-        <v>1384</v>
+        <v>1371</v>
       </c>
       <c r="C288" s="3" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D288" s="4">
+        <v>-35946.230000000003</v>
+      </c>
+      <c r="E288" s="5">
+        <v>1</v>
+      </c>
+      <c r="F288" s="4">
+        <v>-35946.230000000003</v>
+      </c>
+      <c r="G288" s="3" t="s">
+        <v>1373</v>
+      </c>
+      <c r="H288" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D288" s="4">
-[...13 lines deleted...]
-      </c>
       <c r="I288" s="3" t="s">
-        <v>89</v>
+        <v>99</v>
       </c>
       <c r="J288" s="5">
-        <v>80.63</v>
+        <v>1</v>
       </c>
       <c r="K288" s="5">
         <v>1</v>
       </c>
       <c r="L288" s="3" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="M288" s="4">
-        <v>35235.31</v>
+        <v>-35946.230000000003</v>
       </c>
       <c r="N288" s="4">
-        <v>35235.31</v>
+        <v>-35946.230000000003</v>
       </c>
       <c r="O288" s="3" t="s">
-        <v>1385</v>
+        <v>34</v>
       </c>
       <c r="P288" s="3" t="s">
-        <v>1386</v>
+        <v>34</v>
       </c>
       <c r="Q288" s="3" t="s">
-        <v>242</v>
+        <v>34</v>
       </c>
       <c r="R288" s="3" t="s">
-        <v>1387</v>
+        <v>34</v>
       </c>
       <c r="S288" s="3" t="s">
-        <v>104</v>
+        <v>35</v>
       </c>
       <c r="T288" s="4">
         <v>1</v>
       </c>
       <c r="W288" s="3" t="s">
-        <v>1383</v>
+        <v>34</v>
       </c>
       <c r="X288" s="4">
         <v>0</v>
       </c>
       <c r="Y288" s="4">
         <v>0</v>
       </c>
       <c r="Z288" s="6">
-        <v>1.4970000000000001E-3</v>
+        <v>-1.5169999999999999E-3</v>
       </c>
     </row>
     <row r="289" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A289" s="3" t="s">
-        <v>1388</v>
+        <v>1374</v>
       </c>
       <c r="B289" s="3" t="s">
-        <v>1389</v>
+        <v>1375</v>
       </c>
       <c r="C289" s="3" t="s">
+        <v>1376</v>
+      </c>
+      <c r="D289" s="4">
+        <v>160845.71</v>
+      </c>
+      <c r="E289" s="5">
+        <v>1</v>
+      </c>
+      <c r="F289" s="4">
+        <v>160845.71</v>
+      </c>
+      <c r="G289" s="3" t="s">
+        <v>1377</v>
+      </c>
+      <c r="H289" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="D289" s="4">
-[...13 lines deleted...]
-      </c>
       <c r="I289" s="3" t="s">
-        <v>64</v>
+        <v>99</v>
       </c>
       <c r="J289" s="5">
-        <v>36.880000000000003</v>
+        <v>1</v>
       </c>
       <c r="K289" s="5">
-        <v>7.7856001432550421</v>
+        <v>1</v>
       </c>
       <c r="L289" s="3" t="s">
-        <v>65</v>
+        <v>100</v>
       </c>
       <c r="M289" s="4">
-        <v>586392.01078899996</v>
+        <v>160845.71</v>
       </c>
       <c r="N289" s="4">
-        <v>75317.509247840004</v>
+        <v>160845.71</v>
       </c>
       <c r="O289" s="3" t="s">
-        <v>1388</v>
+        <v>34</v>
       </c>
       <c r="P289" s="3" t="s">
-        <v>1390</v>
+        <v>34</v>
       </c>
       <c r="Q289" s="3" t="s">
-        <v>242</v>
+        <v>162</v>
       </c>
       <c r="R289" s="3" t="s">
-        <v>1391</v>
+        <v>1374</v>
       </c>
       <c r="S289" s="3" t="s">
-        <v>647</v>
+        <v>1378</v>
       </c>
       <c r="T289" s="4">
         <v>1</v>
       </c>
       <c r="W289" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X289" s="4">
         <v>0</v>
       </c>
       <c r="Y289" s="4">
         <v>0</v>
       </c>
       <c r="Z289" s="6">
-        <v>3.2000000000000002E-3</v>
-[...73 lines deleted...]
-        <v>1.5870000000000001E-3</v>
+        <v>6.7910000000000002E-3</v>
       </c>
     </row>
     <row r="291" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A291" s="3" t="s">
-        <v>1396</v>
-[...68 lines deleted...]
-        <v>-1.387E-3</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="292" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A292" s="3" t="s">
-        <v>1400</v>
-[...68 lines deleted...]
-        <v>6.4850000000000003E-3</v>
+        <v>1380</v>
+      </c>
+    </row>
+    <row r="293" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A293" s="3" t="s">
+        <v>1381</v>
       </c>
     </row>
     <row r="294" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A294" s="3" t="s">
-        <v>1405</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="295" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A295" s="3" t="s">
-        <v>1406</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="296" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A296" s="3" t="s">
-        <v>1407</v>
-[...14 lines deleted...]
-        <v>1410</v>
+        <v>1384</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>November</vt:lpstr>
+      <vt:lpstr>December</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>