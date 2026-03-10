--- v4 (2026-02-15)
+++ v5 (2026-03-10)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_12\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2026_01\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{FAC4822A-8C81-464B-B43C-217A91FDD470}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{DD932910-DE16-4E83-A65E-0762D4C0EB72}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1170" yWindow="1395" windowWidth="11520" windowHeight="8265" xr2:uid="{AC1568D3-ED72-4229-B077-5E7439C09EE3}"/>
+    <workbookView xWindow="390" yWindow="390" windowWidth="11520" windowHeight="8325" xr2:uid="{773BF59F-7EBB-4F0F-9B58-5F930EA815D7}"/>
   </bookViews>
   <sheets>
-    <sheet name="December" sheetId="1" r:id="rId1"/>
+    <sheet name="January" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3751" uniqueCount="1385">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3712" uniqueCount="1377">
   <si>
     <t>GMO Horizons Investment Fund</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -118,77 +118,95 @@
   <si>
     <t>Exchange</t>
   </si>
   <si>
     <t>Multiplier</t>
   </si>
   <si>
     <t>Maturity Date</t>
   </si>
   <si>
     <t>Coupon</t>
   </si>
   <si>
     <t>Cusip</t>
   </si>
   <si>
     <t>Accrued Income Base</t>
   </si>
   <si>
     <t>Accrued Income Local</t>
   </si>
   <si>
     <t>Percent Weight**</t>
   </si>
   <si>
+    <t>CASH_USD_BMO1ARZH7</t>
+  </si>
+  <si>
+    <t>USD TAX RECLAIMS</t>
+  </si>
+  <si>
+    <t>Cash and Cash Equivalents</t>
+  </si>
+  <si>
+    <t>Cash</t>
+  </si>
+  <si>
+    <t>United States</t>
+  </si>
+  <si>
+    <t>USD</t>
+  </si>
+  <si>
+    <t>US</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>CASH</t>
+  </si>
+  <si>
     <t>AUDTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (AUD)</t>
   </si>
   <si>
-    <t>Cash and Cash Equivalents</t>
-[...1 lines deleted...]
-  <si>
     <t>Trade Date Cash</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AUD</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
-    <t/>
-[...4 lines deleted...]
-  <si>
     <t>BRLTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (BRL)</t>
   </si>
   <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>BRL</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>CADTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (CAD)</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>CAD</t>
@@ -235,1907 +253,1895 @@
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>EUR</t>
   </si>
   <si>
     <t>EU</t>
   </si>
   <si>
     <t>GBPTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (GBP)</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GBP</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
-    <t>HKDTCash</t>
-[...2 lines deleted...]
-    <t>Trade Date Cash (HKD)</t>
+    <t>JPYTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (JPY)</t>
+  </si>
+  <si>
+    <t>Japan</t>
+  </si>
+  <si>
+    <t>JPY</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>NOKTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (NOK)</t>
+  </si>
+  <si>
+    <t>Norway</t>
+  </si>
+  <si>
+    <t>NOK</t>
+  </si>
+  <si>
+    <t>NO</t>
+  </si>
+  <si>
+    <t>SEKTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (SEK)</t>
+  </si>
+  <si>
+    <t>Sweden</t>
+  </si>
+  <si>
+    <t>SEK</t>
+  </si>
+  <si>
+    <t>SE</t>
+  </si>
+  <si>
+    <t>USDTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (USD)</t>
+  </si>
+  <si>
+    <t>ZARTCash</t>
+  </si>
+  <si>
+    <t>Trade Date Cash (ZAR)</t>
+  </si>
+  <si>
+    <t>South Africa</t>
+  </si>
+  <si>
+    <t>ZAR</t>
+  </si>
+  <si>
+    <t>ZA</t>
+  </si>
+  <si>
+    <t>00206R102</t>
+  </si>
+  <si>
+    <t>At&amp;t Inc</t>
+  </si>
+  <si>
+    <t>Equity</t>
+  </si>
+  <si>
+    <t>Common Stock</t>
+  </si>
+  <si>
+    <t>2831811</t>
+  </si>
+  <si>
+    <t>T</t>
+  </si>
+  <si>
+    <t>Communication Services</t>
+  </si>
+  <si>
+    <t>US00206R1023</t>
+  </si>
+  <si>
+    <t>XNYS</t>
+  </si>
+  <si>
+    <t>002824100</t>
+  </si>
+  <si>
+    <t>Abbott Laboratories</t>
+  </si>
+  <si>
+    <t>2002305</t>
+  </si>
+  <si>
+    <t>ABT</t>
+  </si>
+  <si>
+    <t>Health Care</t>
+  </si>
+  <si>
+    <t>US0028241000</t>
+  </si>
+  <si>
+    <t>00287Y109</t>
+  </si>
+  <si>
+    <t>Abbvie Inc</t>
+  </si>
+  <si>
+    <t>B92SR70</t>
+  </si>
+  <si>
+    <t>ABBV</t>
+  </si>
+  <si>
+    <t>US00287Y1091</t>
+  </si>
+  <si>
+    <t>0081180</t>
+  </si>
+  <si>
+    <t>BARRATT REDROW PLC</t>
+  </si>
+  <si>
+    <t>BTRW</t>
+  </si>
+  <si>
+    <t>Consumer Discretionary</t>
+  </si>
+  <si>
+    <t>GB0000811801</t>
+  </si>
+  <si>
+    <t>XLON</t>
+  </si>
+  <si>
+    <t>00846U101</t>
+  </si>
+  <si>
+    <t>Agilent Technologies Inc</t>
+  </si>
+  <si>
+    <t>2520153</t>
+  </si>
+  <si>
+    <t>A</t>
+  </si>
+  <si>
+    <t>US00846U1016</t>
+  </si>
+  <si>
+    <t>02079K107</t>
+  </si>
+  <si>
+    <t>Alphabet Inc-Cl C</t>
+  </si>
+  <si>
+    <t>BYY88Y7</t>
+  </si>
+  <si>
+    <t>GOOG</t>
+  </si>
+  <si>
+    <t>US02079K1079</t>
+  </si>
+  <si>
+    <t>XNGS</t>
+  </si>
+  <si>
+    <t>02079K305</t>
+  </si>
+  <si>
+    <t>Alphabet Inc-Cl A</t>
+  </si>
+  <si>
+    <t>BYVY8G0</t>
+  </si>
+  <si>
+    <t>GOOGL</t>
+  </si>
+  <si>
+    <t>US02079K3059</t>
+  </si>
+  <si>
+    <t>023135106</t>
+  </si>
+  <si>
+    <t>Amazon.com Inc</t>
+  </si>
+  <si>
+    <t>2000019</t>
+  </si>
+  <si>
+    <t>AMZN</t>
+  </si>
+  <si>
+    <t>US0231351067</t>
+  </si>
+  <si>
+    <t>0237400</t>
+  </si>
+  <si>
+    <t>Diageo Plc</t>
+  </si>
+  <si>
+    <t>DGE</t>
+  </si>
+  <si>
+    <t>Consumer Staples</t>
+  </si>
+  <si>
+    <t>GB0002374006</t>
+  </si>
+  <si>
+    <t>025816109</t>
+  </si>
+  <si>
+    <t>American Express Co</t>
+  </si>
+  <si>
+    <t>2026082</t>
+  </si>
+  <si>
+    <t>AXP</t>
+  </si>
+  <si>
+    <t>Financials</t>
+  </si>
+  <si>
+    <t>US0258161092</t>
+  </si>
+  <si>
+    <t>030420103</t>
+  </si>
+  <si>
+    <t>American Water Works Co Inc</t>
+  </si>
+  <si>
+    <t>B2R3PV1</t>
+  </si>
+  <si>
+    <t>AWK</t>
+  </si>
+  <si>
+    <t>Utilities</t>
+  </si>
+  <si>
+    <t>US0304201033</t>
+  </si>
+  <si>
+    <t>031162100</t>
+  </si>
+  <si>
+    <t>Amgen Inc</t>
+  </si>
+  <si>
+    <t>2023607</t>
+  </si>
+  <si>
+    <t>AMGN</t>
+  </si>
+  <si>
+    <t>US0311621009</t>
+  </si>
+  <si>
+    <t>032654105</t>
+  </si>
+  <si>
+    <t>Analog Devices Inc</t>
+  </si>
+  <si>
+    <t>2032067</t>
+  </si>
+  <si>
+    <t>ADI</t>
+  </si>
+  <si>
+    <t>Information Technology</t>
+  </si>
+  <si>
+    <t>US0326541051</t>
+  </si>
+  <si>
+    <t>037833100</t>
+  </si>
+  <si>
+    <t>Apple Inc</t>
+  </si>
+  <si>
+    <t>2046251</t>
+  </si>
+  <si>
+    <t>AAPL</t>
+  </si>
+  <si>
+    <t>US0378331005</t>
+  </si>
+  <si>
+    <t>038222105</t>
+  </si>
+  <si>
+    <t>Applied Materials Inc</t>
+  </si>
+  <si>
+    <t>2046552</t>
+  </si>
+  <si>
+    <t>AMAT</t>
+  </si>
+  <si>
+    <t>US0382221051</t>
+  </si>
+  <si>
+    <t>040413205</t>
+  </si>
+  <si>
+    <t>Arista Networks Inc</t>
+  </si>
+  <si>
+    <t>BL9XPM3</t>
+  </si>
+  <si>
+    <t>ANET</t>
+  </si>
+  <si>
+    <t>US0404132054</t>
+  </si>
+  <si>
+    <t>0540528</t>
+  </si>
+  <si>
+    <t>Hsbc Holdings Plc</t>
+  </si>
+  <si>
+    <t>HSBA</t>
+  </si>
+  <si>
+    <t>GB0005405286</t>
+  </si>
+  <si>
+    <t>060505104</t>
+  </si>
+  <si>
+    <t>Bank Of America Corp</t>
+  </si>
+  <si>
+    <t>2295677</t>
+  </si>
+  <si>
+    <t>BAC</t>
+  </si>
+  <si>
+    <t>US0605051046</t>
+  </si>
+  <si>
+    <t>064058100</t>
+  </si>
+  <si>
+    <t>Bank Of New York Mellon Corp</t>
+  </si>
+  <si>
+    <t>B1Z77F6</t>
+  </si>
+  <si>
+    <t>BK</t>
+  </si>
+  <si>
+    <t>US0640581007</t>
+  </si>
+  <si>
+    <t>0870612</t>
+  </si>
+  <si>
+    <t>Lloyds Banking Group Plc</t>
+  </si>
+  <si>
+    <t>LLOY</t>
+  </si>
+  <si>
+    <t>GB0008706128</t>
+  </si>
+  <si>
+    <t>09260D107</t>
+  </si>
+  <si>
+    <t>Blackstone Inc</t>
+  </si>
+  <si>
+    <t>BKF2SL7</t>
+  </si>
+  <si>
+    <t>BX</t>
+  </si>
+  <si>
+    <t>US09260D1072</t>
+  </si>
+  <si>
+    <t>09290D101</t>
+  </si>
+  <si>
+    <t>Blackrock Inc</t>
+  </si>
+  <si>
+    <t>BMZBBT7</t>
+  </si>
+  <si>
+    <t>BLK</t>
+  </si>
+  <si>
+    <t>US09290D1019</t>
+  </si>
+  <si>
+    <t>093712107</t>
+  </si>
+  <si>
+    <t>Bloom Energy Corp- A</t>
+  </si>
+  <si>
+    <t>BDD1BB8</t>
+  </si>
+  <si>
+    <t>BE</t>
+  </si>
+  <si>
+    <t>Industrials</t>
+  </si>
+  <si>
+    <t>US0937121079</t>
+  </si>
+  <si>
+    <t>0989529</t>
+  </si>
+  <si>
+    <t>Astrazeneca Plc</t>
+  </si>
+  <si>
+    <t>AZN</t>
+  </si>
+  <si>
+    <t>GB0009895292</t>
+  </si>
+  <si>
+    <t>101137107</t>
+  </si>
+  <si>
+    <t>Boston Scientific Corp</t>
+  </si>
+  <si>
+    <t>2113434</t>
+  </si>
+  <si>
+    <t>BSX</t>
+  </si>
+  <si>
+    <t>US1011371077</t>
+  </si>
+  <si>
+    <t>110122108</t>
+  </si>
+  <si>
+    <t>Bristol-Myers Squibb Co</t>
+  </si>
+  <si>
+    <t>2126335</t>
+  </si>
+  <si>
+    <t>BMY</t>
+  </si>
+  <si>
+    <t>US1101221083</t>
+  </si>
+  <si>
+    <t>11135F101</t>
+  </si>
+  <si>
+    <t>Broadcom Inc</t>
+  </si>
+  <si>
+    <t>BDZ78H9</t>
+  </si>
+  <si>
+    <t>AVGO</t>
+  </si>
+  <si>
+    <t>US11135F1012</t>
+  </si>
+  <si>
+    <t>11285B108</t>
+  </si>
+  <si>
+    <t>Brookfield Renewable Corp</t>
+  </si>
+  <si>
+    <t>BSPS5J8</t>
+  </si>
+  <si>
+    <t>BEPC</t>
+  </si>
+  <si>
+    <t>CA11285B1085</t>
+  </si>
+  <si>
+    <t>12504L109</t>
+  </si>
+  <si>
+    <t>Cbre Group Inc - A</t>
+  </si>
+  <si>
+    <t>B6WVMH3</t>
+  </si>
+  <si>
+    <t>CBRE</t>
+  </si>
+  <si>
+    <t>Real Estate</t>
+  </si>
+  <si>
+    <t>US12504L1098</t>
+  </si>
+  <si>
+    <t>12514G108</t>
+  </si>
+  <si>
+    <t>Cdw Corp/De</t>
+  </si>
+  <si>
+    <t>BBM5MD6</t>
+  </si>
+  <si>
+    <t>CDW</t>
+  </si>
+  <si>
+    <t>US12514G1085</t>
+  </si>
+  <si>
+    <t>12572Q105</t>
+  </si>
+  <si>
+    <t>CME Group Inc</t>
+  </si>
+  <si>
+    <t>2965839</t>
+  </si>
+  <si>
+    <t>CME</t>
+  </si>
+  <si>
+    <t>US12572Q1058</t>
+  </si>
+  <si>
+    <t>126408103</t>
+  </si>
+  <si>
+    <t>Csx Corp</t>
+  </si>
+  <si>
+    <t>2160753</t>
+  </si>
+  <si>
+    <t>CSX</t>
+  </si>
+  <si>
+    <t>US1264081035</t>
+  </si>
+  <si>
+    <t>136375102</t>
+  </si>
+  <si>
+    <t>Canadian Natl Railway Co</t>
+  </si>
+  <si>
+    <t>2210959</t>
+  </si>
+  <si>
+    <t>CNI</t>
+  </si>
+  <si>
+    <t>CA1363751027</t>
+  </si>
+  <si>
+    <t>13646K108</t>
+  </si>
+  <si>
+    <t>Canadian Pacific Kansas City</t>
+  </si>
+  <si>
+    <t>BNVTFQ7</t>
+  </si>
+  <si>
+    <t>CP</t>
+  </si>
+  <si>
+    <t>CA13646K1084</t>
+  </si>
+  <si>
+    <t>142339100</t>
+  </si>
+  <si>
+    <t>Carlisle Cos Inc</t>
+  </si>
+  <si>
+    <t>2176318</t>
+  </si>
+  <si>
+    <t>CSL</t>
+  </si>
+  <si>
+    <t>US1423391002</t>
+  </si>
+  <si>
+    <t>17275R102</t>
+  </si>
+  <si>
+    <t>Cisco Systems Inc</t>
+  </si>
+  <si>
+    <t>2198163</t>
+  </si>
+  <si>
+    <t>CSCO</t>
+  </si>
+  <si>
+    <t>US17275R1023</t>
+  </si>
+  <si>
+    <t>172967424</t>
+  </si>
+  <si>
+    <t>Citigroup Inc</t>
+  </si>
+  <si>
+    <t>2297907</t>
+  </si>
+  <si>
+    <t>C</t>
+  </si>
+  <si>
+    <t>US1729674242</t>
+  </si>
+  <si>
+    <t>192446102</t>
+  </si>
+  <si>
+    <t>Cognizant Tech Solutions-A</t>
+  </si>
+  <si>
+    <t>2257019</t>
+  </si>
+  <si>
+    <t>CTSH</t>
+  </si>
+  <si>
+    <t>US1924461023</t>
+  </si>
+  <si>
+    <t>2076009</t>
+  </si>
+  <si>
+    <t>Bank Of Montreal</t>
+  </si>
+  <si>
+    <t>BMO</t>
+  </si>
+  <si>
+    <t>CA0636711016</t>
+  </si>
+  <si>
+    <t>XTSE</t>
+  </si>
+  <si>
+    <t>063671101</t>
+  </si>
+  <si>
+    <t>2166160</t>
+  </si>
+  <si>
+    <t>Cameco Corp</t>
+  </si>
+  <si>
+    <t>CCO</t>
+  </si>
+  <si>
+    <t>Energy</t>
+  </si>
+  <si>
+    <t>CA13321L1085</t>
+  </si>
+  <si>
+    <t>13321L108</t>
+  </si>
+  <si>
+    <t>2180632</t>
+  </si>
+  <si>
+    <t>CNR</t>
+  </si>
+  <si>
+    <t>22160K105</t>
+  </si>
+  <si>
+    <t>Costco Wholesale Corp</t>
+  </si>
+  <si>
+    <t>2701271</t>
+  </si>
+  <si>
+    <t>COST</t>
+  </si>
+  <si>
+    <t>US22160K1051</t>
+  </si>
+  <si>
+    <t>235851102</t>
+  </si>
+  <si>
+    <t>Danaher Corp</t>
+  </si>
+  <si>
+    <t>2250870</t>
+  </si>
+  <si>
+    <t>DHR</t>
+  </si>
+  <si>
+    <t>US2358511028</t>
+  </si>
+  <si>
+    <t>2754383</t>
+  </si>
+  <si>
+    <t>Royal Bank Of Canada</t>
+  </si>
+  <si>
+    <t>RY</t>
+  </si>
+  <si>
+    <t>CA7800871021</t>
+  </si>
+  <si>
+    <t>780087102</t>
+  </si>
+  <si>
+    <t>278642103</t>
+  </si>
+  <si>
+    <t>Ebay Inc</t>
+  </si>
+  <si>
+    <t>2293819</t>
+  </si>
+  <si>
+    <t>EBAY</t>
+  </si>
+  <si>
+    <t>US2786421030</t>
+  </si>
+  <si>
+    <t>28176E108</t>
+  </si>
+  <si>
+    <t>Edwards Lifesciences Corp</t>
+  </si>
+  <si>
+    <t>2567116</t>
+  </si>
+  <si>
+    <t>EW</t>
+  </si>
+  <si>
+    <t>US28176E1082</t>
+  </si>
+  <si>
+    <t>2854238</t>
+  </si>
+  <si>
+    <t>Stantec Inc</t>
+  </si>
+  <si>
+    <t>STN</t>
+  </si>
+  <si>
+    <t>CA85472N1096</t>
+  </si>
+  <si>
+    <t>85472N109</t>
+  </si>
+  <si>
+    <t>2897222</t>
+  </si>
+  <si>
+    <t>Toronto-Dominion Bank</t>
+  </si>
+  <si>
+    <t>TD</t>
+  </si>
+  <si>
+    <t>CA8911605092</t>
+  </si>
+  <si>
+    <t>891160509</t>
+  </si>
+  <si>
+    <t>291011104</t>
+  </si>
+  <si>
+    <t>Emerson Electric Co</t>
+  </si>
+  <si>
+    <t>2313405</t>
+  </si>
+  <si>
+    <t>EMR</t>
+  </si>
+  <si>
+    <t>US2910111044</t>
+  </si>
+  <si>
+    <t>29670G102</t>
+  </si>
+  <si>
+    <t>Essential Utilities Inc</t>
+  </si>
+  <si>
+    <t>BLCF3J9</t>
+  </si>
+  <si>
+    <t>WTRG</t>
+  </si>
+  <si>
+    <t>US29670G1022</t>
+  </si>
+  <si>
+    <t>30303M102</t>
+  </si>
+  <si>
+    <t>Meta Platforms Inc-Class A</t>
+  </si>
+  <si>
+    <t>B7TL820</t>
+  </si>
+  <si>
+    <t>META</t>
+  </si>
+  <si>
+    <t>US30303M1027</t>
+  </si>
+  <si>
+    <t>3091357</t>
+  </si>
+  <si>
+    <t>Bt Group Plc</t>
+  </si>
+  <si>
+    <t>BT/A</t>
+  </si>
+  <si>
+    <t>GB0030913577</t>
+  </si>
+  <si>
+    <t>336433107</t>
+  </si>
+  <si>
+    <t>First Solar Inc</t>
+  </si>
+  <si>
+    <t>B1HMF22</t>
+  </si>
+  <si>
+    <t>FSLR</t>
+  </si>
+  <si>
+    <t>US3364331070</t>
+  </si>
+  <si>
+    <t>35137L105</t>
+  </si>
+  <si>
+    <t>FOXA-WI</t>
+  </si>
+  <si>
+    <t>BJJMGL2</t>
+  </si>
+  <si>
+    <t>FOXA</t>
+  </si>
+  <si>
+    <t>US35137L1052</t>
+  </si>
+  <si>
+    <t>36168Q104</t>
+  </si>
+  <si>
+    <t>Gfl Environmental Inc-Sub Vt</t>
+  </si>
+  <si>
+    <t>BKDT650</t>
+  </si>
+  <si>
+    <t>GFL</t>
+  </si>
+  <si>
+    <t>CA36168Q1046</t>
+  </si>
+  <si>
+    <t>369604301</t>
+  </si>
+  <si>
+    <t>General Electric</t>
+  </si>
+  <si>
+    <t>BL59CR9</t>
+  </si>
+  <si>
+    <t>GE</t>
+  </si>
+  <si>
+    <t>US3696043013</t>
+  </si>
+  <si>
+    <t>375558103</t>
+  </si>
+  <si>
+    <t>Gilead Sciences Inc</t>
+  </si>
+  <si>
+    <t>2369174</t>
+  </si>
+  <si>
+    <t>GILD</t>
+  </si>
+  <si>
+    <t>US3755581036</t>
+  </si>
+  <si>
+    <t>38141G104</t>
+  </si>
+  <si>
+    <t>Goldman Sachs Group Inc</t>
+  </si>
+  <si>
+    <t>2407966</t>
+  </si>
+  <si>
+    <t>GS</t>
+  </si>
+  <si>
+    <t>US38141G1040</t>
+  </si>
+  <si>
+    <t>40412C101</t>
+  </si>
+  <si>
+    <t>Hca Healthcare Inc</t>
+  </si>
+  <si>
+    <t>B4MGBG6</t>
+  </si>
+  <si>
+    <t>HCA</t>
+  </si>
+  <si>
+    <t>US40412C1018</t>
+  </si>
+  <si>
+    <t>4056719</t>
+  </si>
+  <si>
+    <t>Generali</t>
+  </si>
+  <si>
+    <t>Italy</t>
+  </si>
+  <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>G</t>
+  </si>
+  <si>
+    <t>IT0000062072</t>
+  </si>
+  <si>
+    <t>MTAA</t>
+  </si>
+  <si>
+    <t>4057808</t>
+  </si>
+  <si>
+    <t>L Oreal</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>FR</t>
+  </si>
+  <si>
+    <t>OR</t>
+  </si>
+  <si>
+    <t>FR0000120321</t>
+  </si>
+  <si>
+    <t>XPAR</t>
+  </si>
+  <si>
+    <t>427866108</t>
+  </si>
+  <si>
+    <t>Hershey Co/The</t>
+  </si>
+  <si>
+    <t>2422806</t>
+  </si>
+  <si>
+    <t>HSY</t>
+  </si>
+  <si>
+    <t>US4278661081</t>
+  </si>
+  <si>
+    <t>42824C109</t>
+  </si>
+  <si>
+    <t>Hewlett Packard Enterprise</t>
+  </si>
+  <si>
+    <t>BYVYWS0</t>
+  </si>
+  <si>
+    <t>HPE</t>
+  </si>
+  <si>
+    <t>US42824C1099</t>
+  </si>
+  <si>
+    <t>4352097</t>
+  </si>
+  <si>
+    <t>Fresenius Se &amp; Co Kgaa</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>FRE</t>
+  </si>
+  <si>
+    <t>DE0005785604</t>
+  </si>
+  <si>
+    <t>XETR</t>
+  </si>
+  <si>
+    <t>437076102</t>
+  </si>
+  <si>
+    <t>Home Depot Inc</t>
+  </si>
+  <si>
+    <t>2434209</t>
+  </si>
+  <si>
+    <t>HD</t>
+  </si>
+  <si>
+    <t>US4370761029</t>
+  </si>
+  <si>
+    <t>4491235</t>
+  </si>
+  <si>
+    <t>Kingspan Group Plc</t>
+  </si>
+  <si>
+    <t>Ireland</t>
+  </si>
+  <si>
+    <t>IE</t>
+  </si>
+  <si>
+    <t>KSP</t>
+  </si>
+  <si>
+    <t>IE0004927939</t>
+  </si>
+  <si>
+    <t>XDUB</t>
+  </si>
+  <si>
+    <t>45168D104</t>
+  </si>
+  <si>
+    <t>Idexx Laboratories Inc</t>
+  </si>
+  <si>
+    <t>2459202</t>
+  </si>
+  <si>
+    <t>IDXX</t>
+  </si>
+  <si>
+    <t>US45168D1046</t>
+  </si>
+  <si>
+    <t>45866F104</t>
+  </si>
+  <si>
+    <t>Intercontinental Exchange In</t>
+  </si>
+  <si>
+    <t>BFSSDS9</t>
+  </si>
+  <si>
+    <t>ICE</t>
+  </si>
+  <si>
+    <t>US45866F1049</t>
+  </si>
+  <si>
+    <t>459200101</t>
+  </si>
+  <si>
+    <t>Intl Business Machines Corp</t>
+  </si>
+  <si>
+    <t>2005973</t>
+  </si>
+  <si>
+    <t>IBM</t>
+  </si>
+  <si>
+    <t>US4592001014</t>
+  </si>
+  <si>
+    <t>461202103</t>
+  </si>
+  <si>
+    <t>Intuit Inc</t>
+  </si>
+  <si>
+    <t>2459020</t>
+  </si>
+  <si>
+    <t>INTU</t>
+  </si>
+  <si>
+    <t>US4612021034</t>
+  </si>
+  <si>
+    <t>46120E602</t>
+  </si>
+  <si>
+    <t>Intuitive Surgical Inc</t>
+  </si>
+  <si>
+    <t>2871301</t>
+  </si>
+  <si>
+    <t>ISRG</t>
+  </si>
+  <si>
+    <t>US46120E6023</t>
+  </si>
+  <si>
+    <t>46266C105</t>
+  </si>
+  <si>
+    <t>Iqvia Holdings Inc</t>
+  </si>
+  <si>
+    <t>BDR73G1</t>
+  </si>
+  <si>
+    <t>IQV</t>
+  </si>
+  <si>
+    <t>US46266C1053</t>
+  </si>
+  <si>
+    <t>46625H100</t>
+  </si>
+  <si>
+    <t>Jpmorgan Chase &amp; Co</t>
+  </si>
+  <si>
+    <t>2190385</t>
+  </si>
+  <si>
+    <t>JPM</t>
+  </si>
+  <si>
+    <t>US46625H1005</t>
+  </si>
+  <si>
+    <t>478160104</t>
+  </si>
+  <si>
+    <t>Johnson &amp; Johnson</t>
+  </si>
+  <si>
+    <t>2475833</t>
+  </si>
+  <si>
+    <t>JNJ</t>
+  </si>
+  <si>
+    <t>US4781601046</t>
+  </si>
+  <si>
+    <t>4834108</t>
+  </si>
+  <si>
+    <t>Schneider Electric Se</t>
+  </si>
+  <si>
+    <t>SU</t>
+  </si>
+  <si>
+    <t>FR0000121972</t>
+  </si>
+  <si>
+    <t>4846288</t>
+  </si>
+  <si>
+    <t>Sap Se</t>
+  </si>
+  <si>
+    <t>SAP</t>
+  </si>
+  <si>
+    <t>DE0007164600</t>
+  </si>
+  <si>
+    <t>504922105</t>
+  </si>
+  <si>
+    <t>Labcorp Holdings Inc</t>
+  </si>
+  <si>
+    <t>BSBK800</t>
+  </si>
+  <si>
+    <t>LH</t>
+  </si>
+  <si>
+    <t>US5049221055</t>
+  </si>
+  <si>
+    <t>512807306</t>
+  </si>
+  <si>
+    <t>Lam Research Corp</t>
+  </si>
+  <si>
+    <t>BSML4N7</t>
+  </si>
+  <si>
+    <t>LRCX</t>
+  </si>
+  <si>
+    <t>US5128073062</t>
+  </si>
+  <si>
+    <t>5129074</t>
+  </si>
+  <si>
+    <t>Fresenius Medical Care Ag</t>
+  </si>
+  <si>
+    <t>FME</t>
+  </si>
+  <si>
+    <t>DE0005785802</t>
+  </si>
+  <si>
+    <t>5231485</t>
+  </si>
+  <si>
+    <t>Allianz Se-Reg</t>
+  </si>
+  <si>
+    <t>ALV</t>
+  </si>
+  <si>
+    <t>DE0008404005</t>
+  </si>
+  <si>
+    <t>5253973</t>
+  </si>
+  <si>
+    <t>Hermes International</t>
+  </si>
+  <si>
+    <t>RMS</t>
+  </si>
+  <si>
+    <t>FR0000052292</t>
+  </si>
+  <si>
+    <t>526107107</t>
+  </si>
+  <si>
+    <t>Lennox International Inc</t>
+  </si>
+  <si>
+    <t>2442053</t>
+  </si>
+  <si>
+    <t>LII</t>
+  </si>
+  <si>
+    <t>US5261071071</t>
+  </si>
+  <si>
+    <t>5294121</t>
+  </si>
+  <si>
+    <t>Muenchener Rueckver Ag-Reg</t>
+  </si>
+  <si>
+    <t>MUV2</t>
+  </si>
+  <si>
+    <t>DE0008430026</t>
+  </si>
+  <si>
+    <t>532457108</t>
+  </si>
+  <si>
+    <t>Eli Lilly &amp; Co</t>
+  </si>
+  <si>
+    <t>2516152</t>
+  </si>
+  <si>
+    <t>LLY</t>
+  </si>
+  <si>
+    <t>US5324571083</t>
+  </si>
+  <si>
+    <t>5501906</t>
+  </si>
+  <si>
+    <t>Banco Bilbao Vizcaya Argenta</t>
+  </si>
+  <si>
+    <t>Spain</t>
+  </si>
+  <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>BBVA</t>
+  </si>
+  <si>
+    <t>ES0113211835</t>
+  </si>
+  <si>
+    <t>XMAD</t>
+  </si>
+  <si>
+    <t>5671735</t>
+  </si>
+  <si>
+    <t>Sanofi</t>
+  </si>
+  <si>
+    <t>SAN</t>
+  </si>
+  <si>
+    <t>FR0000120578</t>
+  </si>
+  <si>
+    <t>5705946</t>
+  </si>
+  <si>
+    <t>Banco Santander Sa</t>
+  </si>
+  <si>
+    <t>ES0113900J37</t>
+  </si>
+  <si>
+    <t>571748102</t>
+  </si>
+  <si>
+    <t>Marsh &amp; Mclennan Cos</t>
+  </si>
+  <si>
+    <t>2567741</t>
+  </si>
+  <si>
+    <t>MRSH</t>
+  </si>
+  <si>
+    <t>US5717481023</t>
+  </si>
+  <si>
+    <t>5727973</t>
+  </si>
+  <si>
+    <t>Siemens Ag-Reg</t>
+  </si>
+  <si>
+    <t>SIE</t>
+  </si>
+  <si>
+    <t>DE0007236101</t>
+  </si>
+  <si>
+    <t>5750355</t>
+  </si>
+  <si>
+    <t>Deutsche Bank Ag-Registered</t>
+  </si>
+  <si>
+    <t>DBK</t>
+  </si>
+  <si>
+    <t>DE0005140008</t>
+  </si>
+  <si>
+    <t>57636Q104</t>
+  </si>
+  <si>
+    <t>Mastercard Inc - A</t>
+  </si>
+  <si>
+    <t>B121557</t>
+  </si>
+  <si>
+    <t>MA</t>
+  </si>
+  <si>
+    <t>US57636Q1040</t>
+  </si>
+  <si>
+    <t>580135101</t>
+  </si>
+  <si>
+    <t>Mcdonald S Corp</t>
+  </si>
+  <si>
+    <t>2550707</t>
+  </si>
+  <si>
+    <t>MCD</t>
+  </si>
+  <si>
+    <t>US5801351017</t>
+  </si>
+  <si>
+    <t>5842359</t>
+  </si>
+  <si>
+    <t>Deutsche Telekom Ag-Reg</t>
+  </si>
+  <si>
+    <t>DTE</t>
+  </si>
+  <si>
+    <t>DE0005557508</t>
+  </si>
+  <si>
+    <t>5889505</t>
+  </si>
+  <si>
+    <t>Infineon Technologies Ag</t>
+  </si>
+  <si>
+    <t>IFX</t>
+  </si>
+  <si>
+    <t>DE0006231004</t>
+  </si>
+  <si>
+    <t>58933Y105</t>
+  </si>
+  <si>
+    <t>Merck &amp; Co. Inc.</t>
+  </si>
+  <si>
+    <t>2778844</t>
+  </si>
+  <si>
+    <t>MRK</t>
+  </si>
+  <si>
+    <t>US58933Y1055</t>
+  </si>
+  <si>
+    <t>59156R108</t>
+  </si>
+  <si>
+    <t>Metlife Inc</t>
+  </si>
+  <si>
+    <t>2573209</t>
+  </si>
+  <si>
+    <t>MET</t>
+  </si>
+  <si>
+    <t>US59156R1086</t>
+  </si>
+  <si>
+    <t>594918104</t>
+  </si>
+  <si>
+    <t>Microsoft Corp</t>
+  </si>
+  <si>
+    <t>2588173</t>
+  </si>
+  <si>
+    <t>MSFT</t>
+  </si>
+  <si>
+    <t>US5949181045</t>
+  </si>
+  <si>
+    <t>595112103</t>
+  </si>
+  <si>
+    <t>Micron Technology Inc</t>
+  </si>
+  <si>
+    <t>2588184</t>
+  </si>
+  <si>
+    <t>MU</t>
+  </si>
+  <si>
+    <t>US5951121038</t>
+  </si>
+  <si>
+    <t>5983816</t>
+  </si>
+  <si>
+    <t>Zurich Insurance Group Ag</t>
+  </si>
+  <si>
+    <t>ZURN</t>
+  </si>
+  <si>
+    <t>CH0011075394</t>
+  </si>
+  <si>
+    <t>XSWX</t>
+  </si>
+  <si>
+    <t>6057378</t>
+  </si>
+  <si>
+    <t>Asics Corp</t>
+  </si>
+  <si>
+    <t>7936</t>
+  </si>
+  <si>
+    <t>JP3118000003</t>
+  </si>
+  <si>
+    <t>XTKS</t>
+  </si>
+  <si>
+    <t>6076146</t>
+  </si>
+  <si>
+    <t>Westpac Banking Corp</t>
+  </si>
+  <si>
+    <t>WBC</t>
+  </si>
+  <si>
+    <t>AU000000WBC1</t>
+  </si>
+  <si>
+    <t>XASX</t>
+  </si>
+  <si>
+    <t>61174X109</t>
+  </si>
+  <si>
+    <t>Monster Beverage Corp</t>
+  </si>
+  <si>
+    <t>BZ07BW4</t>
+  </si>
+  <si>
+    <t>MNST</t>
+  </si>
+  <si>
+    <t>US61174X1090</t>
+  </si>
+  <si>
+    <t>6121176</t>
+  </si>
+  <si>
+    <t>Lynas Rare Earths Ltd</t>
+  </si>
+  <si>
+    <t>LYC</t>
+  </si>
+  <si>
+    <t>Materials</t>
+  </si>
+  <si>
+    <t>AU000000LYC6</t>
+  </si>
+  <si>
+    <t>6125639</t>
+  </si>
+  <si>
+    <t>Ntt Data Group Corp</t>
+  </si>
+  <si>
+    <t>9613</t>
+  </si>
+  <si>
+    <t>JP3165700000</t>
+  </si>
+  <si>
+    <t>6173401</t>
+  </si>
+  <si>
+    <t>Coway Co Ltd</t>
+  </si>
+  <si>
+    <t>South Korea</t>
+  </si>
+  <si>
+    <t>KRW</t>
+  </si>
+  <si>
+    <t>KR</t>
+  </si>
+  <si>
+    <t>021240</t>
+  </si>
+  <si>
+    <t>KR7021240007</t>
+  </si>
+  <si>
+    <t>XKRX</t>
+  </si>
+  <si>
+    <t>617446448</t>
+  </si>
+  <si>
+    <t>Morgan Stanley</t>
+  </si>
+  <si>
+    <t>2262314</t>
+  </si>
+  <si>
+    <t>MS</t>
+  </si>
+  <si>
+    <t>US6174464486</t>
+  </si>
+  <si>
+    <t>6183552</t>
+  </si>
+  <si>
+    <t>Central Japan Railway Co</t>
+  </si>
+  <si>
+    <t>9022</t>
+  </si>
+  <si>
+    <t>JP3566800003</t>
+  </si>
+  <si>
+    <t>6185495</t>
+  </si>
+  <si>
+    <t>Csl Ltd</t>
+  </si>
+  <si>
+    <t>AU000000CSL8</t>
+  </si>
+  <si>
+    <t>6215035</t>
+  </si>
+  <si>
+    <t>Commonwealth Bank Of Austral</t>
+  </si>
+  <si>
+    <t>CBA</t>
+  </si>
+  <si>
+    <t>AU000000CBA7</t>
+  </si>
+  <si>
+    <t>6248990</t>
+  </si>
+  <si>
+    <t>Kddi Corp</t>
+  </si>
+  <si>
+    <t>9433</t>
+  </si>
+  <si>
+    <t>JP3496400007</t>
+  </si>
+  <si>
+    <t>6267058</t>
+  </si>
+  <si>
+    <t>Otsuka Corp</t>
+  </si>
+  <si>
+    <t>4768</t>
+  </si>
+  <si>
+    <t>JP3188200004</t>
+  </si>
+  <si>
+    <t>6290054</t>
+  </si>
+  <si>
+    <t>Mtr Corp</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HKD</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
-    <t>JPYTCash</t>
-[...62 lines deleted...]
-    <t>Trade Date Cash (TWD)</t>
+    <t>66</t>
+  </si>
+  <si>
+    <t>HK0066009694</t>
+  </si>
+  <si>
+    <t>XHKG</t>
+  </si>
+  <si>
+    <t>6298542</t>
+  </si>
+  <si>
+    <t>East Japan Railway Co</t>
+  </si>
+  <si>
+    <t>9020</t>
+  </si>
+  <si>
+    <t>JP3783600004</t>
+  </si>
+  <si>
+    <t>6309466</t>
+  </si>
+  <si>
+    <t>Sbi Holdings Inc</t>
+  </si>
+  <si>
+    <t>8473</t>
+  </si>
+  <si>
+    <t>JP3436120004</t>
+  </si>
+  <si>
+    <t>6335171</t>
+  </si>
+  <si>
+    <t>Mitsubishi Ufj Financial Gro</t>
+  </si>
+  <si>
+    <t>8306</t>
+  </si>
+  <si>
+    <t>JP3902900004</t>
+  </si>
+  <si>
+    <t>64110L106</t>
+  </si>
+  <si>
+    <t>Netflix Inc</t>
+  </si>
+  <si>
+    <t>2857817</t>
+  </si>
+  <si>
+    <t>NFLX</t>
+  </si>
+  <si>
+    <t>US64110L1061</t>
+  </si>
+  <si>
+    <t>6450267</t>
+  </si>
+  <si>
+    <t>Sk Hynix Inc</t>
+  </si>
+  <si>
+    <t>000660</t>
+  </si>
+  <si>
+    <t>KR7000660001</t>
+  </si>
+  <si>
+    <t>6506267</t>
+  </si>
+  <si>
+    <t>Lasertec Corp</t>
+  </si>
+  <si>
+    <t>6920</t>
+  </si>
+  <si>
+    <t>JP3979200007</t>
+  </si>
+  <si>
+    <t>6519481</t>
+  </si>
+  <si>
+    <t>Lite-On Technology Corp</t>
   </si>
   <si>
     <t>Taiwan</t>
   </si>
   <si>
     <t>TWD</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
-    <t>USDTCash</t>
-[...1765 lines deleted...]
-  <si>
     <t>2301</t>
   </si>
   <si>
     <t>TW0002301009</t>
   </si>
   <si>
     <t>XTAI</t>
   </si>
   <si>
     <t>655844108</t>
   </si>
   <si>
     <t>Norfolk Southern Corp</t>
   </si>
   <si>
     <t>2641894</t>
   </si>
   <si>
     <t>NSC</t>
   </si>
   <si>
     <t>US6558441084</t>
   </si>
   <si>
     <t>6563024</t>
@@ -2614,65 +2620,50 @@
   <si>
     <t>2310525</t>
   </si>
   <si>
     <t>CRM</t>
   </si>
   <si>
     <t>US79466L3024</t>
   </si>
   <si>
     <t>808513105</t>
   </si>
   <si>
     <t>Schwab (charles) Corp</t>
   </si>
   <si>
     <t>2779397</t>
   </si>
   <si>
     <t>SCHW</t>
   </si>
   <si>
     <t>US8085131055</t>
   </si>
   <si>
-    <t>81762P102</t>
-[...13 lines deleted...]
-  <si>
     <t>83444M101</t>
   </si>
   <si>
     <t>Solventum Corp</t>
   </si>
   <si>
     <t>BMTQB43</t>
   </si>
   <si>
     <t>SOLV</t>
   </si>
   <si>
     <t>US83444M1018</t>
   </si>
   <si>
     <t>B0G11S1</t>
   </si>
   <si>
     <t>855244109</t>
   </si>
   <si>
     <t>Starbucks Corp</t>
   </si>
   <si>
     <t>2842255</t>
@@ -3983,65 +3974,50 @@
     <t>State Bank Of Indi-Gdr Reg S</t>
   </si>
   <si>
     <t>SBID</t>
   </si>
   <si>
     <t>US8565522039</t>
   </si>
   <si>
     <t>856552203</t>
   </si>
   <si>
     <t>97651M109</t>
   </si>
   <si>
     <t>Wipro Ltd-Adr</t>
   </si>
   <si>
     <t>2646123</t>
   </si>
   <si>
     <t>WIT</t>
   </si>
   <si>
     <t>US97651M1099</t>
-  </si>
-[...13 lines deleted...]
-    <t>US98422D1054</t>
   </si>
   <si>
     <t>BYQP136</t>
   </si>
   <si>
     <t>Abn Amro Group Nv-Cva</t>
   </si>
   <si>
     <t>ABN</t>
   </si>
   <si>
     <t>NL0011540547</t>
   </si>
   <si>
     <t>015271109</t>
   </si>
   <si>
     <t>Alexandria Real Estate Equit</t>
   </si>
   <si>
     <t>Real Estate Investment Trust (REIT)</t>
   </si>
   <si>
     <t>2009210</t>
   </si>
@@ -4585,92 +4561,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0D36852F-5D8C-4A0A-A2F2-BF5118611ACE}">
-  <dimension ref="A1:Z296"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DBB832D8-B484-488C-A79A-5FF7D153A4E3}">
+  <dimension ref="A1:Z293"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="23.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="11.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="25.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="11.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="10" style="5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="6.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="13.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="9.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>46022</v>
+        <v>46052</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -4720,21249 +4696,21027 @@
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>7686.87</v>
+        <v>1535.86</v>
       </c>
       <c r="E4" s="5">
-        <v>0.66685000000000005</v>
+        <v>1</v>
       </c>
       <c r="F4" s="4">
-        <v>5125.9892595000001</v>
+        <v>1535.86</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
-        <v>1.4995876134063133</v>
+        <v>1</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>7686.87</v>
+        <v>1535.86</v>
       </c>
       <c r="N4" s="4">
-        <v>5125.9892595000001</v>
+        <v>1535.86</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>2.1599999999999999E-4</v>
+        <v>6.3E-5</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
-        <v>45905.47</v>
+        <v>7686.87</v>
       </c>
       <c r="E5" s="5">
-        <v>0.18249000000000001</v>
+        <v>0.70055000000000001</v>
       </c>
       <c r="F5" s="4">
-        <v>8377.2927597100006</v>
+        <v>5385.0367784999999</v>
       </c>
       <c r="G5" s="3" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="H5" s="3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="I5" s="3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="J5" s="5">
         <v>1</v>
       </c>
       <c r="K5" s="5">
-        <v>5.4797499129815712</v>
+        <v>1.4274498608236386</v>
       </c>
       <c r="L5" s="3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M5" s="4">
-        <v>45905.469271000002</v>
+        <v>7686.87</v>
       </c>
       <c r="N5" s="4">
-        <v>8377.2927597100006</v>
+        <v>5385.0367784999999</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>3.5300000000000002E-4</v>
+        <v>2.23E-4</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
-        <v>6507.55</v>
+        <v>11063.86</v>
       </c>
       <c r="E6" s="5">
-        <v>0.72952799999999995</v>
+        <v>0.19100200000000001</v>
       </c>
       <c r="F6" s="4">
-        <v>4747.4375342000003</v>
+        <v>2113.2182865200002</v>
       </c>
       <c r="G6" s="3" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="H6" s="3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="I6" s="3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="J6" s="5">
         <v>1</v>
       </c>
       <c r="K6" s="5">
-        <v>1.3707500016140581</v>
+        <v>5.2355500128532748</v>
       </c>
       <c r="L6" s="3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="M6" s="4">
-        <v>6507.5500069999998</v>
+        <v>11063.860027000001</v>
       </c>
       <c r="N6" s="4">
-        <v>4747.4375342000003</v>
+        <v>2113.2182865200002</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
-        <v>2.0000000000000001E-4</v>
+        <v>8.7000000000000001E-5</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B7" s="3" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="4">
-        <v>368.55</v>
+        <v>7835.93</v>
       </c>
       <c r="E7" s="5">
-        <v>1.2622279999999999</v>
+        <v>0.73847099999999999</v>
       </c>
       <c r="F7" s="4">
-        <v>465.19406752999998</v>
+        <v>5786.6041428199997</v>
       </c>
       <c r="G7" s="3" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="H7" s="3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="I7" s="3" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J7" s="5">
         <v>1</v>
       </c>
       <c r="K7" s="5">
-        <v>0.79225000133296064</v>
+        <v>1.3541499951054248</v>
       </c>
       <c r="L7" s="3" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M7" s="4">
-        <v>368.55</v>
+        <v>7835.9299709999996</v>
       </c>
       <c r="N7" s="4">
-        <v>465.19406752999998</v>
+        <v>5786.6041428199997</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
-        <v>1.9000000000000001E-5</v>
+        <v>2.4000000000000001E-4</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B8" s="3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="4">
-        <v>5208.91</v>
+        <v>368.55</v>
       </c>
       <c r="E8" s="5">
-        <v>0.15724299999999999</v>
+        <v>1.2986169999999999</v>
       </c>
       <c r="F8" s="4">
-        <v>819.06251966000002</v>
+        <v>478.60528536999999</v>
       </c>
       <c r="G8" s="3" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="H8" s="3" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="I8" s="3" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="J8" s="5">
         <v>1</v>
       </c>
       <c r="K8" s="5">
-        <v>6.3596001566751097</v>
+        <v>0.77005000173376759</v>
       </c>
       <c r="L8" s="3" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="M8" s="4">
-        <v>5208.9101280000004</v>
+        <v>368.55</v>
       </c>
       <c r="N8" s="4">
-        <v>819.06251966000002</v>
+        <v>478.60528536999999</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>3.4E-5</v>
+        <v>1.9000000000000001E-5</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B9" s="3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D9" s="4">
-        <v>3999.8</v>
+        <v>5208.91</v>
       </c>
       <c r="E9" s="5">
-        <v>1.17445</v>
+        <v>0.159307</v>
       </c>
       <c r="F9" s="4">
-        <v>4697.5651099999995</v>
+        <v>829.81424838999999</v>
       </c>
       <c r="G9" s="3" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="H9" s="3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I9" s="3" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="J9" s="5">
         <v>1</v>
       </c>
       <c r="K9" s="5">
-        <v>0.85146238664906981</v>
+        <v>6.2771998917810743</v>
       </c>
       <c r="L9" s="3" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="M9" s="4">
-        <v>3999.8</v>
+        <v>5208.9099100000003</v>
       </c>
       <c r="N9" s="4">
-        <v>4697.5651099999995</v>
+        <v>829.81424838999999</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T9" s="4">
         <v>1</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>1.9799999999999999E-4</v>
+        <v>3.4E-5</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D10" s="4">
-        <v>5484.92</v>
+        <v>3286.14</v>
       </c>
       <c r="E10" s="5">
-        <v>1.3450500000000001</v>
+        <v>1.1896500000000001</v>
       </c>
       <c r="F10" s="4">
-        <v>7377.4916460000004</v>
+        <v>3909.3564510000001</v>
       </c>
       <c r="G10" s="3" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="H10" s="3" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="I10" s="3" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="J10" s="5">
         <v>1</v>
       </c>
       <c r="K10" s="5">
-        <v>0.74346678562135238</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L10" s="3" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M10" s="4">
-        <v>5484.92</v>
+        <v>3286.14</v>
       </c>
       <c r="N10" s="4">
-        <v>7377.4916460000004</v>
+        <v>3909.3564510000001</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T10" s="4">
         <v>1</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>3.1100000000000002E-4</v>
+        <v>1.6200000000000001E-4</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D11" s="4">
-        <v>82500.740000000005</v>
+        <v>5977.07</v>
       </c>
       <c r="E11" s="5">
-        <v>0.12847700000000001</v>
+        <v>1.37225</v>
       </c>
       <c r="F11" s="4">
-        <v>10599.43984069</v>
+        <v>8202.0343075000001</v>
       </c>
       <c r="G11" s="3" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="H11" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="I11" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="J11" s="5">
         <v>1</v>
       </c>
       <c r="K11" s="5">
-        <v>7.783499774395259</v>
+        <v>0.72873018764802333</v>
       </c>
       <c r="L11" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="M11" s="4">
-        <v>82500.737607999996</v>
+        <v>5977.07</v>
       </c>
       <c r="N11" s="4">
-        <v>10599.43984069</v>
+        <v>8202.0343075000001</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S11" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T11" s="4">
         <v>1</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>4.4700000000000002E-4</v>
+        <v>3.4000000000000002E-4</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B12" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D12" s="4">
-        <v>8063124</v>
+        <v>439616</v>
       </c>
       <c r="E12" s="5">
-        <v>6.3800000000000003E-3</v>
+        <v>6.483E-3</v>
       </c>
       <c r="F12" s="4">
-        <v>51441.02842196</v>
+        <v>2849.83793595</v>
       </c>
       <c r="G12" s="3" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="H12" s="3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="I12" s="3" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="J12" s="5">
         <v>1</v>
       </c>
       <c r="K12" s="5">
-        <v>156.74497122946053</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L12" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M12" s="4">
-        <v>8063122.5200129999</v>
+        <v>439616.12942200003</v>
       </c>
       <c r="N12" s="4">
-        <v>51441.02842196</v>
+        <v>2849.83793595</v>
       </c>
       <c r="O12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S12" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T12" s="4">
         <v>1</v>
       </c>
       <c r="W12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>2.1719999999999999E-3</v>
+        <v>1.18E-4</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D13" s="4">
-        <v>114080</v>
+        <v>12968.55</v>
       </c>
       <c r="E13" s="5">
-        <v>6.9399999999999996E-4</v>
+        <v>0.10417700000000001</v>
       </c>
       <c r="F13" s="4">
-        <v>79.191975290000002</v>
+        <v>1351.0243201200001</v>
       </c>
       <c r="G13" s="3" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="H13" s="3" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="I13" s="3" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="J13" s="5">
         <v>1</v>
       </c>
       <c r="K13" s="5">
-        <v>1440.5485608919878</v>
+        <v>9.5990496172954902</v>
       </c>
       <c r="L13" s="3" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="M13" s="4">
-        <v>114079.886038</v>
+        <v>12968.549483000001</v>
       </c>
       <c r="N13" s="4">
-        <v>79.191975290000002</v>
+        <v>1351.0243201200001</v>
       </c>
       <c r="O13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S13" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T13" s="4">
         <v>1</v>
       </c>
       <c r="W13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>3.0000000000000001E-6</v>
+        <v>5.5999999999999999E-5</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D14" s="4">
-        <v>12968.55</v>
+        <v>6099</v>
       </c>
       <c r="E14" s="5">
-        <v>9.9139000000000005E-2</v>
+        <v>0.112966</v>
       </c>
       <c r="F14" s="4">
-        <v>1285.68879283</v>
+        <v>688.97737862999998</v>
       </c>
       <c r="G14" s="3" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="H14" s="3" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="I14" s="3" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="J14" s="5">
         <v>1</v>
       </c>
       <c r="K14" s="5">
-        <v>10.086849794097136</v>
+        <v>8.8522500162217472</v>
       </c>
       <c r="L14" s="3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="M14" s="4">
-        <v>12968.549735000001</v>
+        <v>6099.0000110000001</v>
       </c>
       <c r="N14" s="4">
-        <v>1285.68879283</v>
+        <v>688.97737862999998</v>
       </c>
       <c r="O14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T14" s="4">
         <v>1</v>
       </c>
       <c r="W14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
-        <v>5.3999999999999998E-5</v>
+        <v>2.8E-5</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D15" s="4">
-        <v>6099</v>
+        <v>6057.69</v>
       </c>
       <c r="E15" s="5">
-        <v>0.108474</v>
+        <v>1</v>
       </c>
       <c r="F15" s="4">
-        <v>661.58285243</v>
+        <v>6057.69</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="H15" s="3" t="s">
-        <v>88</v>
+        <v>31</v>
       </c>
       <c r="I15" s="3" t="s">
-        <v>89</v>
+        <v>32</v>
       </c>
       <c r="J15" s="5">
         <v>1</v>
       </c>
       <c r="K15" s="5">
-        <v>9.2187998247321783</v>
+        <v>1</v>
       </c>
       <c r="L15" s="3" t="s">
-        <v>90</v>
+        <v>33</v>
       </c>
       <c r="M15" s="4">
-        <v>6098.9998839999998</v>
+        <v>6057.69</v>
       </c>
       <c r="N15" s="4">
-        <v>661.58285243</v>
+        <v>6057.69</v>
       </c>
       <c r="O15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T15" s="4">
         <v>1</v>
       </c>
       <c r="W15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>2.6999999999999999E-5</v>
+        <v>2.5099999999999998E-4</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D16" s="4">
-        <v>35550.1</v>
+        <v>59683.71</v>
       </c>
       <c r="E16" s="5">
-        <v>3.1826E-2</v>
+        <v>6.2354E-2</v>
       </c>
       <c r="F16" s="4">
-        <v>1131.4301172800001</v>
+        <v>3721.5095869100001</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="H16" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="I16" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="J16" s="5">
+        <v>1</v>
+      </c>
+      <c r="K16" s="5">
+        <v>16.037499522884389</v>
+      </c>
+      <c r="L16" s="3" t="s">
         <v>93</v>
       </c>
-      <c r="I16" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="M16" s="4">
-        <v>35550.094867</v>
+        <v>59683.708224000002</v>
       </c>
       <c r="N16" s="4">
-        <v>1131.4301172800001</v>
+        <v>3721.5095869100001</v>
       </c>
       <c r="O16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S16" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T16" s="4">
         <v>1</v>
       </c>
       <c r="W16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>4.6999999999999997E-5</v>
+        <v>1.54E-4</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B17" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D17" s="4">
+        <v>25</v>
+      </c>
+      <c r="E17" s="5">
+        <v>26.21</v>
+      </c>
+      <c r="F17" s="4">
+        <v>655.25</v>
+      </c>
+      <c r="G17" s="3" t="s">
         <v>97</v>
       </c>
-      <c r="C17" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H17" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I17" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J17" s="5">
+        <v>26.21</v>
+      </c>
+      <c r="K17" s="5">
+        <v>1</v>
+      </c>
+      <c r="L17" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M17" s="4">
+        <v>655.25</v>
+      </c>
+      <c r="N17" s="4">
+        <v>655.25</v>
+      </c>
+      <c r="O17" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="I17" s="3" t="s">
+      <c r="P17" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="J17" s="5">
-[...5 lines deleted...]
-      <c r="L17" s="3" t="s">
+      <c r="Q17" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="M17" s="4">
-[...13 lines deleted...]
-      </c>
       <c r="R17" s="3" t="s">
-        <v>34</v>
+        <v>101</v>
       </c>
       <c r="S17" s="3" t="s">
-        <v>35</v>
+        <v>102</v>
       </c>
       <c r="T17" s="4">
         <v>1</v>
       </c>
       <c r="W17" s="3" t="s">
-        <v>34</v>
+        <v>94</v>
       </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>1.3899999999999999E-4</v>
+        <v>2.6999999999999999E-5</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="B18" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="C18" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D18" s="4">
+        <v>525</v>
+      </c>
+      <c r="E18" s="5">
+        <v>109.3</v>
+      </c>
+      <c r="F18" s="4">
+        <v>57382.5</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H18" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I18" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J18" s="5">
+        <v>109.3</v>
+      </c>
+      <c r="K18" s="5">
+        <v>1</v>
+      </c>
+      <c r="L18" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M18" s="4">
+        <v>57382.5</v>
+      </c>
+      <c r="N18" s="4">
+        <v>57382.5</v>
+      </c>
+      <c r="O18" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="P18" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="Q18" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="R18" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="S18" s="3" t="s">
         <v>102</v>
       </c>
-      <c r="C18" s="3" t="s">
-[...14 lines deleted...]
-      <c r="H18" s="3" t="s">
+      <c r="T18" s="4">
+        <v>1</v>
+      </c>
+      <c r="W18" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="I18" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>1.5200000000000001E-4</v>
+        <v>2.382E-3</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="B19" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="C19" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D19" s="4">
+        <v>600</v>
+      </c>
+      <c r="E19" s="5">
+        <v>223.01</v>
+      </c>
+      <c r="F19" s="4">
+        <v>133806</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H19" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I19" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J19" s="5">
+        <v>223.01</v>
+      </c>
+      <c r="K19" s="5">
+        <v>1</v>
+      </c>
+      <c r="L19" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M19" s="4">
+        <v>133806</v>
+      </c>
+      <c r="N19" s="4">
+        <v>133806</v>
+      </c>
+      <c r="O19" s="3" t="s">
+        <v>111</v>
+      </c>
+      <c r="P19" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="Q19" s="3" t="s">
         <v>107</v>
-      </c>
-[...43 lines deleted...]
-        <v>112</v>
       </c>
       <c r="R19" s="3" t="s">
         <v>113</v>
       </c>
       <c r="S19" s="3" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="T19" s="4">
         <v>1</v>
       </c>
       <c r="W19" s="3" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="X19" s="4">
         <v>0</v>
       </c>
       <c r="Y19" s="4">
         <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>2.5999999999999998E-5</v>
+        <v>5.5539999999999999E-3</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="B20" s="3" t="s">
         <v>115</v>
       </c>
-      <c r="B20" s="3" t="s">
+      <c r="C20" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D20" s="4">
+        <v>10801</v>
+      </c>
+      <c r="E20" s="5">
+        <v>5.3270749999999998</v>
+      </c>
+      <c r="F20" s="4">
+        <v>57537.731674499999</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H20" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I20" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J20" s="5">
+        <v>3.8820000000000001</v>
+      </c>
+      <c r="K20" s="5">
+        <v>0.72873018764802333</v>
+      </c>
+      <c r="L20" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M20" s="4">
+        <v>41929.482000000004</v>
+      </c>
+      <c r="N20" s="4">
+        <v>57537.731674499999</v>
+      </c>
+      <c r="O20" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="P20" s="3" t="s">
         <v>116</v>
       </c>
-      <c r="C20" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O20" s="3" t="s">
+      <c r="Q20" s="3" t="s">
         <v>117</v>
       </c>
-      <c r="P20" s="3" t="s">
+      <c r="R20" s="3" t="s">
         <v>118</v>
       </c>
-      <c r="Q20" s="3" t="s">
+      <c r="S20" s="3" t="s">
         <v>119</v>
       </c>
-      <c r="R20" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T20" s="4">
         <v>1</v>
       </c>
       <c r="W20" s="3" t="s">
-        <v>115</v>
+        <v>34</v>
       </c>
       <c r="X20" s="4">
         <v>0</v>
       </c>
       <c r="Y20" s="4">
         <v>0</v>
       </c>
       <c r="Z20" s="6">
-        <v>2.777E-3</v>
+        <v>2.3879999999999999E-3</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="B21" s="3" t="s">
         <v>121</v>
       </c>
-      <c r="B21" s="3" t="s">
+      <c r="C21" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D21" s="4">
+        <v>200</v>
+      </c>
+      <c r="E21" s="5">
+        <v>133.85</v>
+      </c>
+      <c r="F21" s="4">
+        <v>26770</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H21" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I21" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J21" s="5">
+        <v>133.85</v>
+      </c>
+      <c r="K21" s="5">
+        <v>1</v>
+      </c>
+      <c r="L21" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M21" s="4">
+        <v>26770</v>
+      </c>
+      <c r="N21" s="4">
+        <v>26770</v>
+      </c>
+      <c r="O21" s="3" t="s">
         <v>122</v>
       </c>
-      <c r="C21" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O21" s="3" t="s">
+      <c r="P21" s="3" t="s">
         <v>123</v>
       </c>
-      <c r="P21" s="3" t="s">
+      <c r="Q21" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="R21" s="3" t="s">
         <v>124</v>
       </c>
-      <c r="Q21" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S21" s="3" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="T21" s="4">
         <v>1</v>
       </c>
       <c r="W21" s="3" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="X21" s="4">
         <v>0</v>
       </c>
       <c r="Y21" s="4">
         <v>0</v>
       </c>
       <c r="Z21" s="6">
-        <v>5.7879999999999997E-3</v>
+        <v>1.111E-3</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="B22" s="3" t="s">
         <v>126</v>
       </c>
-      <c r="B22" s="3" t="s">
+      <c r="C22" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D22" s="4">
+        <v>1286</v>
+      </c>
+      <c r="E22" s="5">
+        <v>338.53</v>
+      </c>
+      <c r="F22" s="4">
+        <v>435349.58</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H22" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I22" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J22" s="5">
+        <v>338.53</v>
+      </c>
+      <c r="K22" s="5">
+        <v>1</v>
+      </c>
+      <c r="L22" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M22" s="4">
+        <v>435349.58</v>
+      </c>
+      <c r="N22" s="4">
+        <v>435349.58</v>
+      </c>
+      <c r="O22" s="3" t="s">
         <v>127</v>
-      </c>
-[...37 lines deleted...]
-        <v>126</v>
       </c>
       <c r="P22" s="3" t="s">
         <v>128</v>
       </c>
       <c r="Q22" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="R22" s="3" t="s">
         <v>129</v>
       </c>
-      <c r="R22" s="3" t="s">
+      <c r="S22" s="3" t="s">
         <v>130</v>
       </c>
-      <c r="S22" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T22" s="4">
         <v>1</v>
       </c>
       <c r="W22" s="3" t="s">
-        <v>34</v>
+        <v>125</v>
       </c>
       <c r="X22" s="4">
         <v>0</v>
       </c>
       <c r="Y22" s="4">
         <v>0</v>
       </c>
       <c r="Z22" s="6">
-        <v>2.3370000000000001E-3</v>
+        <v>1.8072999999999999E-2</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="B23" s="3" t="s">
         <v>132</v>
       </c>
-      <c r="B23" s="3" t="s">
+      <c r="C23" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D23" s="4">
+        <v>1897</v>
+      </c>
+      <c r="E23" s="5">
+        <v>338</v>
+      </c>
+      <c r="F23" s="4">
+        <v>641186</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H23" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I23" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J23" s="5">
+        <v>338</v>
+      </c>
+      <c r="K23" s="5">
+        <v>1</v>
+      </c>
+      <c r="L23" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M23" s="4">
+        <v>641186</v>
+      </c>
+      <c r="N23" s="4">
+        <v>641186</v>
+      </c>
+      <c r="O23" s="3" t="s">
         <v>133</v>
       </c>
-      <c r="C23" s="3" t="s">
-[...26 lines deleted...]
-      <c r="L23" s="3" t="s">
+      <c r="P23" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="Q23" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="M23" s="4">
-[...8 lines deleted...]
-      <c r="P23" s="3" t="s">
+      <c r="R23" s="3" t="s">
         <v>135</v>
       </c>
-      <c r="Q23" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S23" s="3" t="s">
-        <v>114</v>
+        <v>130</v>
       </c>
       <c r="T23" s="4">
         <v>1</v>
       </c>
       <c r="W23" s="3" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="X23" s="4">
         <v>0</v>
       </c>
       <c r="Y23" s="4">
         <v>0</v>
       </c>
       <c r="Z23" s="6">
-        <v>1.1490000000000001E-3</v>
+        <v>2.6617999999999999E-2</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>137</v>
       </c>
-      <c r="B24" s="3" t="s">
+      <c r="C24" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D24" s="4">
+        <v>3019</v>
+      </c>
+      <c r="E24" s="5">
+        <v>239.3</v>
+      </c>
+      <c r="F24" s="4">
+        <v>722446.7</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H24" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I24" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J24" s="5">
+        <v>239.3</v>
+      </c>
+      <c r="K24" s="5">
+        <v>1</v>
+      </c>
+      <c r="L24" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M24" s="4">
+        <v>722446.7</v>
+      </c>
+      <c r="N24" s="4">
+        <v>722446.7</v>
+      </c>
+      <c r="O24" s="3" t="s">
         <v>138</v>
       </c>
-      <c r="C24" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O24" s="3" t="s">
+      <c r="P24" s="3" t="s">
         <v>139</v>
       </c>
-      <c r="P24" s="3" t="s">
+      <c r="Q24" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="R24" s="3" t="s">
         <v>140</v>
       </c>
-      <c r="Q24" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S24" s="3" t="s">
-        <v>142</v>
+        <v>130</v>
       </c>
       <c r="T24" s="4">
         <v>1</v>
       </c>
       <c r="W24" s="3" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="X24" s="4">
         <v>0</v>
       </c>
       <c r="Y24" s="4">
         <v>0</v>
       </c>
       <c r="Z24" s="6">
-        <v>1.7316999999999999E-2</v>
+        <v>2.9991E-2</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="B25" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="C25" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D25" s="4">
+        <v>1391</v>
+      </c>
+      <c r="E25" s="5">
+        <v>22.992049000000002</v>
+      </c>
+      <c r="F25" s="4">
+        <v>31981.939811249998</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H25" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I25" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J25" s="5">
+        <v>16.754999999999999</v>
+      </c>
+      <c r="K25" s="5">
+        <v>0.72873018764802333</v>
+      </c>
+      <c r="L25" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M25" s="4">
+        <v>23306.205000000002</v>
+      </c>
+      <c r="N25" s="4">
+        <v>31981.939811249998</v>
+      </c>
+      <c r="O25" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="P25" s="3" t="s">
         <v>143</v>
       </c>
-      <c r="B25" s="3" t="s">
+      <c r="Q25" s="3" t="s">
         <v>144</v>
       </c>
-      <c r="C25" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O25" s="3" t="s">
+      <c r="R25" s="3" t="s">
         <v>145</v>
       </c>
-      <c r="P25" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S25" s="3" t="s">
-        <v>142</v>
+        <v>119</v>
       </c>
       <c r="T25" s="4">
         <v>1</v>
       </c>
       <c r="W25" s="3" t="s">
-        <v>143</v>
+        <v>34</v>
       </c>
       <c r="X25" s="4">
         <v>0</v>
       </c>
       <c r="Y25" s="4">
         <v>0</v>
       </c>
       <c r="Z25" s="6">
-        <v>2.5071E-2</v>
+        <v>1.3270000000000001E-3</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="B26" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="C26" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D26" s="4">
+        <v>200</v>
+      </c>
+      <c r="E26" s="5">
+        <v>352.17</v>
+      </c>
+      <c r="F26" s="4">
+        <v>70434</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H26" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I26" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J26" s="5">
+        <v>352.17</v>
+      </c>
+      <c r="K26" s="5">
+        <v>1</v>
+      </c>
+      <c r="L26" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M26" s="4">
+        <v>70434</v>
+      </c>
+      <c r="N26" s="4">
+        <v>70434</v>
+      </c>
+      <c r="O26" s="3" t="s">
         <v>148</v>
       </c>
-      <c r="B26" s="3" t="s">
+      <c r="P26" s="3" t="s">
         <v>149</v>
       </c>
-      <c r="C26" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O26" s="3" t="s">
+      <c r="Q26" s="3" t="s">
         <v>150</v>
       </c>
-      <c r="P26" s="3" t="s">
+      <c r="R26" s="3" t="s">
         <v>151</v>
       </c>
-      <c r="Q26" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S26" s="3" t="s">
-        <v>142</v>
+        <v>102</v>
       </c>
       <c r="T26" s="4">
         <v>1</v>
       </c>
       <c r="W26" s="3" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="X26" s="4">
         <v>0</v>
       </c>
       <c r="Y26" s="4">
         <v>0</v>
       </c>
       <c r="Z26" s="6">
-        <v>2.9423000000000001E-2</v>
+        <v>2.9229999999999998E-3</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="B27" s="3" t="s">
         <v>153</v>
       </c>
-      <c r="B27" s="3" t="s">
+      <c r="C27" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D27" s="4">
+        <v>857</v>
+      </c>
+      <c r="E27" s="5">
+        <v>129.13</v>
+      </c>
+      <c r="F27" s="4">
+        <v>110664.41</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H27" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I27" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J27" s="5">
+        <v>129.13</v>
+      </c>
+      <c r="K27" s="5">
+        <v>1</v>
+      </c>
+      <c r="L27" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M27" s="4">
+        <v>110664.41</v>
+      </c>
+      <c r="N27" s="4">
+        <v>110664.41</v>
+      </c>
+      <c r="O27" s="3" t="s">
         <v>154</v>
-      </c>
-[...37 lines deleted...]
-        <v>153</v>
       </c>
       <c r="P27" s="3" t="s">
         <v>155</v>
       </c>
       <c r="Q27" s="3" t="s">
         <v>156</v>
       </c>
       <c r="R27" s="3" t="s">
         <v>157</v>
       </c>
       <c r="S27" s="3" t="s">
-        <v>131</v>
+        <v>102</v>
       </c>
       <c r="T27" s="4">
         <v>1</v>
       </c>
       <c r="W27" s="3" t="s">
-        <v>34</v>
+        <v>152</v>
       </c>
       <c r="X27" s="4">
         <v>0</v>
       </c>
       <c r="Y27" s="4">
         <v>0</v>
       </c>
       <c r="Z27" s="6">
-        <v>1.266E-3</v>
+        <v>4.594E-3</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
         <v>158</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>159</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D28" s="4">
         <v>200</v>
       </c>
       <c r="E28" s="5">
-        <v>369.95</v>
+        <v>341.88</v>
       </c>
       <c r="F28" s="4">
-        <v>73990</v>
+        <v>68376</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H28" s="3" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="I28" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J28" s="5">
-        <v>369.95</v>
+        <v>341.88</v>
       </c>
       <c r="K28" s="5">
         <v>1</v>
       </c>
       <c r="L28" s="3" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="M28" s="4">
-        <v>73990</v>
+        <v>68376</v>
       </c>
       <c r="N28" s="4">
-        <v>73990</v>
+        <v>68376</v>
       </c>
       <c r="O28" s="3" t="s">
         <v>160</v>
       </c>
       <c r="P28" s="3" t="s">
         <v>161</v>
       </c>
       <c r="Q28" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="R28" s="3" t="s">
         <v>162</v>
       </c>
-      <c r="R28" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S28" s="3" t="s">
-        <v>114</v>
+        <v>130</v>
       </c>
       <c r="T28" s="4">
         <v>1</v>
       </c>
       <c r="W28" s="3" t="s">
         <v>158</v>
       </c>
       <c r="X28" s="4">
         <v>0</v>
       </c>
       <c r="Y28" s="4">
         <v>0</v>
       </c>
       <c r="Z28" s="6">
-        <v>3.124E-3</v>
+        <v>2.8379999999999998E-3</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="B29" s="3" t="s">
         <v>164</v>
       </c>
-      <c r="B29" s="3" t="s">
+      <c r="C29" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D29" s="4">
+        <v>200</v>
+      </c>
+      <c r="E29" s="5">
+        <v>310.88</v>
+      </c>
+      <c r="F29" s="4">
+        <v>62176</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H29" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I29" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J29" s="5">
+        <v>310.88</v>
+      </c>
+      <c r="K29" s="5">
+        <v>1</v>
+      </c>
+      <c r="L29" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M29" s="4">
+        <v>62176</v>
+      </c>
+      <c r="N29" s="4">
+        <v>62176</v>
+      </c>
+      <c r="O29" s="3" t="s">
         <v>165</v>
       </c>
-      <c r="C29" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O29" s="3" t="s">
+      <c r="P29" s="3" t="s">
         <v>166</v>
       </c>
-      <c r="P29" s="3" t="s">
+      <c r="Q29" s="3" t="s">
         <v>167</v>
       </c>
-      <c r="Q29" s="3" t="s">
+      <c r="R29" s="3" t="s">
         <v>168</v>
       </c>
-      <c r="R29" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S29" s="3" t="s">
-        <v>114</v>
+        <v>130</v>
       </c>
       <c r="T29" s="4">
         <v>1</v>
       </c>
       <c r="W29" s="3" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="X29" s="4">
         <v>0</v>
       </c>
       <c r="Y29" s="4">
         <v>0</v>
       </c>
       <c r="Z29" s="6">
-        <v>4.7219999999999996E-3</v>
+        <v>2.581E-3</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="B30" s="3" t="s">
         <v>170</v>
       </c>
-      <c r="B30" s="3" t="s">
+      <c r="C30" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D30" s="4">
+        <v>3515</v>
+      </c>
+      <c r="E30" s="5">
+        <v>259.48</v>
+      </c>
+      <c r="F30" s="4">
+        <v>912072.2</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H30" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I30" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J30" s="5">
+        <v>259.48</v>
+      </c>
+      <c r="K30" s="5">
+        <v>1</v>
+      </c>
+      <c r="L30" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M30" s="4">
+        <v>912072.2</v>
+      </c>
+      <c r="N30" s="4">
+        <v>912072.2</v>
+      </c>
+      <c r="O30" s="3" t="s">
         <v>171</v>
       </c>
-      <c r="C30" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O30" s="3" t="s">
+      <c r="P30" s="3" t="s">
         <v>172</v>
       </c>
-      <c r="P30" s="3" t="s">
+      <c r="Q30" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="R30" s="3" t="s">
         <v>173</v>
       </c>
-      <c r="Q30" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S30" s="3" t="s">
-        <v>142</v>
+        <v>130</v>
       </c>
       <c r="T30" s="4">
         <v>1</v>
       </c>
       <c r="W30" s="3" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="X30" s="4">
         <v>0</v>
       </c>
       <c r="Y30" s="4">
         <v>0</v>
       </c>
       <c r="Z30" s="6">
-        <v>2.764E-3</v>
+        <v>3.7863000000000001E-2</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="B31" s="3" t="s">
         <v>175</v>
       </c>
-      <c r="B31" s="3" t="s">
+      <c r="C31" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D31" s="4">
+        <v>59</v>
+      </c>
+      <c r="E31" s="5">
+        <v>322.32</v>
+      </c>
+      <c r="F31" s="4">
+        <v>19016.88</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H31" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I31" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J31" s="5">
+        <v>322.32</v>
+      </c>
+      <c r="K31" s="5">
+        <v>1</v>
+      </c>
+      <c r="L31" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M31" s="4">
+        <v>19016.88</v>
+      </c>
+      <c r="N31" s="4">
+        <v>19016.88</v>
+      </c>
+      <c r="O31" s="3" t="s">
         <v>176</v>
       </c>
-      <c r="C31" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O31" s="3" t="s">
+      <c r="P31" s="3" t="s">
         <v>177</v>
       </c>
-      <c r="P31" s="3" t="s">
+      <c r="Q31" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="R31" s="3" t="s">
         <v>178</v>
       </c>
-      <c r="Q31" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S31" s="3" t="s">
-        <v>142</v>
+        <v>130</v>
       </c>
       <c r="T31" s="4">
         <v>1</v>
       </c>
       <c r="W31" s="3" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="X31" s="4">
         <v>0</v>
       </c>
       <c r="Y31" s="4">
         <v>0</v>
       </c>
       <c r="Z31" s="6">
-        <v>2.2899999999999999E-3</v>
+        <v>7.8899999999999999E-4</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="B32" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="C32" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D32" s="4">
+        <v>1063</v>
+      </c>
+      <c r="E32" s="5">
+        <v>141.74</v>
+      </c>
+      <c r="F32" s="4">
+        <v>150669.62</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H32" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I32" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J32" s="5">
+        <v>141.74</v>
+      </c>
+      <c r="K32" s="5">
+        <v>1</v>
+      </c>
+      <c r="L32" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M32" s="4">
+        <v>150669.62</v>
+      </c>
+      <c r="N32" s="4">
+        <v>150669.62</v>
+      </c>
+      <c r="O32" s="3" t="s">
         <v>181</v>
       </c>
-      <c r="B32" s="3" t="s">
+      <c r="P32" s="3" t="s">
         <v>182</v>
       </c>
-      <c r="C32" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O32" s="3" t="s">
+      <c r="Q32" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="R32" s="3" t="s">
         <v>183</v>
       </c>
-      <c r="P32" s="3" t="s">
-[...2 lines deleted...]
-      <c r="Q32" s="3" t="s">
+      <c r="S32" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="T32" s="4">
+        <v>1</v>
+      </c>
+      <c r="W32" s="3" t="s">
         <v>179</v>
       </c>
-      <c r="R32" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="X32" s="4">
         <v>0</v>
       </c>
       <c r="Y32" s="4">
         <v>0</v>
       </c>
       <c r="Z32" s="6">
-        <v>4.0348000000000002E-2</v>
+        <v>6.254E-3</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="B33" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="C33" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D33" s="4">
+        <v>7823</v>
+      </c>
+      <c r="E33" s="5">
+        <v>17.638902000000002</v>
+      </c>
+      <c r="F33" s="4">
+        <v>137989.12643450001</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H33" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I33" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J33" s="5">
+        <v>12.853999999999999</v>
+      </c>
+      <c r="K33" s="5">
+        <v>0.72873018764802333</v>
+      </c>
+      <c r="L33" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M33" s="4">
+        <v>100556.842</v>
+      </c>
+      <c r="N33" s="4">
+        <v>137989.12643450001</v>
+      </c>
+      <c r="O33" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="P33" s="3" t="s">
         <v>186</v>
       </c>
-      <c r="B33" s="3" t="s">
+      <c r="Q33" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="R33" s="3" t="s">
         <v>187</v>
       </c>
-      <c r="C33" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S33" s="3" t="s">
-        <v>142</v>
+        <v>119</v>
       </c>
       <c r="T33" s="4">
         <v>1</v>
       </c>
       <c r="W33" s="3" t="s">
-        <v>186</v>
+        <v>34</v>
       </c>
       <c r="X33" s="4">
         <v>0</v>
       </c>
       <c r="Y33" s="4">
         <v>0</v>
       </c>
       <c r="Z33" s="6">
-        <v>6.4000000000000005E-4</v>
+        <v>5.7279999999999996E-3</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="B34" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="C34" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D34" s="4">
+        <v>1552</v>
+      </c>
+      <c r="E34" s="5">
+        <v>53.2</v>
+      </c>
+      <c r="F34" s="4">
+        <v>82566.399999999994</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H34" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I34" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J34" s="5">
+        <v>53.2</v>
+      </c>
+      <c r="K34" s="5">
+        <v>1</v>
+      </c>
+      <c r="L34" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M34" s="4">
+        <v>82566.399999999994</v>
+      </c>
+      <c r="N34" s="4">
+        <v>82566.399999999994</v>
+      </c>
+      <c r="O34" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="P34" s="3" t="s">
         <v>191</v>
       </c>
-      <c r="B34" s="3" t="s">
+      <c r="Q34" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="R34" s="3" t="s">
         <v>192</v>
       </c>
-      <c r="C34" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S34" s="3" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="T34" s="4">
         <v>1</v>
       </c>
       <c r="W34" s="3" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="X34" s="4">
         <v>0</v>
       </c>
       <c r="Y34" s="4">
         <v>0</v>
       </c>
       <c r="Z34" s="6">
-        <v>5.8809999999999999E-3</v>
+        <v>3.4269999999999999E-3</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="B35" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="C35" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D35" s="4">
+        <v>66</v>
+      </c>
+      <c r="E35" s="5">
+        <v>119.92</v>
+      </c>
+      <c r="F35" s="4">
+        <v>7914.72</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H35" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I35" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J35" s="5">
+        <v>119.92</v>
+      </c>
+      <c r="K35" s="5">
+        <v>1</v>
+      </c>
+      <c r="L35" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M35" s="4">
+        <v>7914.72</v>
+      </c>
+      <c r="N35" s="4">
+        <v>7914.72</v>
+      </c>
+      <c r="O35" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="P35" s="3" t="s">
         <v>196</v>
       </c>
-      <c r="B35" s="3" t="s">
+      <c r="Q35" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="R35" s="3" t="s">
         <v>197</v>
       </c>
-      <c r="C35" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S35" s="3" t="s">
-        <v>131</v>
+        <v>102</v>
       </c>
       <c r="T35" s="4">
         <v>1</v>
       </c>
       <c r="W35" s="3" t="s">
-        <v>34</v>
+        <v>193</v>
       </c>
       <c r="X35" s="4">
         <v>0</v>
       </c>
       <c r="Y35" s="4">
         <v>0</v>
       </c>
       <c r="Z35" s="6">
-        <v>5.215E-3</v>
+        <v>3.28E-4</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="B36" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="C36" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D36" s="4">
+        <v>49653</v>
+      </c>
+      <c r="E36" s="5">
+        <v>1.495066</v>
+      </c>
+      <c r="F36" s="4">
+        <v>74234.530717879999</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H36" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I36" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J36" s="5">
+        <v>1.0894999999999999</v>
+      </c>
+      <c r="K36" s="5">
+        <v>0.72873018764802333</v>
+      </c>
+      <c r="L36" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M36" s="4">
+        <v>54096.943500000001</v>
+      </c>
+      <c r="N36" s="4">
+        <v>74234.530717879999</v>
+      </c>
+      <c r="O36" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="P36" s="3" t="s">
         <v>200</v>
       </c>
-      <c r="B36" s="3" t="s">
+      <c r="Q36" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="R36" s="3" t="s">
         <v>201</v>
       </c>
-      <c r="C36" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S36" s="3" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="T36" s="4">
         <v>1</v>
       </c>
       <c r="W36" s="3" t="s">
-        <v>200</v>
+        <v>34</v>
       </c>
       <c r="X36" s="4">
         <v>0</v>
       </c>
       <c r="Y36" s="4">
         <v>0</v>
       </c>
       <c r="Z36" s="6">
-        <v>3.604E-3</v>
+        <v>3.081E-3</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="B37" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="C37" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D37" s="4">
+        <v>300</v>
+      </c>
+      <c r="E37" s="5">
+        <v>142.41999999999999</v>
+      </c>
+      <c r="F37" s="4">
+        <v>42726</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H37" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I37" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J37" s="5">
+        <v>142.41999999999999</v>
+      </c>
+      <c r="K37" s="5">
+        <v>1</v>
+      </c>
+      <c r="L37" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M37" s="4">
+        <v>42726</v>
+      </c>
+      <c r="N37" s="4">
+        <v>42726</v>
+      </c>
+      <c r="O37" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="P37" s="3" t="s">
         <v>205</v>
       </c>
-      <c r="B37" s="3" t="s">
+      <c r="Q37" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="R37" s="3" t="s">
         <v>206</v>
       </c>
-      <c r="C37" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S37" s="3" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="T37" s="4">
         <v>1</v>
       </c>
       <c r="W37" s="3" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="X37" s="4">
         <v>0</v>
       </c>
       <c r="Y37" s="4">
         <v>0</v>
       </c>
       <c r="Z37" s="6">
-        <v>3.2299999999999999E-4</v>
+        <v>1.7730000000000001E-3</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="B38" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="C38" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D38" s="4">
+        <v>100</v>
+      </c>
+      <c r="E38" s="5">
+        <v>1118.94</v>
+      </c>
+      <c r="F38" s="4">
+        <v>111894</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H38" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I38" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J38" s="5">
+        <v>1118.94</v>
+      </c>
+      <c r="K38" s="5">
+        <v>1</v>
+      </c>
+      <c r="L38" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M38" s="4">
+        <v>111894</v>
+      </c>
+      <c r="N38" s="4">
+        <v>111894</v>
+      </c>
+      <c r="O38" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="P38" s="3" t="s">
         <v>210</v>
       </c>
-      <c r="B38" s="3" t="s">
+      <c r="Q38" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="R38" s="3" t="s">
         <v>211</v>
       </c>
-      <c r="C38" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S38" s="3" t="s">
-        <v>131</v>
+        <v>102</v>
       </c>
       <c r="T38" s="4">
         <v>1</v>
       </c>
       <c r="W38" s="3" t="s">
-        <v>34</v>
+        <v>207</v>
       </c>
       <c r="X38" s="4">
         <v>0</v>
       </c>
       <c r="Y38" s="4">
         <v>0</v>
       </c>
       <c r="Z38" s="6">
-        <v>2.7699999999999999E-3</v>
+        <v>4.6449999999999998E-3</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="B39" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="C39" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D39" s="4">
+        <v>98</v>
+      </c>
+      <c r="E39" s="5">
+        <v>151.37</v>
+      </c>
+      <c r="F39" s="4">
+        <v>14834.26</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H39" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I39" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J39" s="5">
+        <v>151.37</v>
+      </c>
+      <c r="K39" s="5">
+        <v>1</v>
+      </c>
+      <c r="L39" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M39" s="4">
+        <v>14834.26</v>
+      </c>
+      <c r="N39" s="4">
+        <v>14834.26</v>
+      </c>
+      <c r="O39" s="3" t="s">
         <v>214</v>
       </c>
-      <c r="B39" s="3" t="s">
+      <c r="P39" s="3" t="s">
         <v>215</v>
       </c>
-      <c r="C39" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O39" s="3" t="s">
+      <c r="Q39" s="3" t="s">
         <v>216</v>
       </c>
-      <c r="P39" s="3" t="s">
+      <c r="R39" s="3" t="s">
         <v>217</v>
       </c>
-      <c r="Q39" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S39" s="3" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="T39" s="4">
         <v>1</v>
       </c>
       <c r="W39" s="3" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="X39" s="4">
         <v>0</v>
       </c>
       <c r="Y39" s="4">
         <v>0</v>
       </c>
       <c r="Z39" s="6">
-        <v>1.952E-3</v>
+        <v>6.1499999999999999E-4</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="B40" s="3" t="s">
         <v>219</v>
       </c>
-      <c r="B40" s="3" t="s">
+      <c r="C40" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D40" s="4">
+        <v>478</v>
+      </c>
+      <c r="E40" s="5">
+        <v>186.626</v>
+      </c>
+      <c r="F40" s="4">
+        <v>89207.228000000003</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H40" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I40" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J40" s="5">
+        <v>136</v>
+      </c>
+      <c r="K40" s="5">
+        <v>0.72873018764802333</v>
+      </c>
+      <c r="L40" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M40" s="4">
+        <v>65008</v>
+      </c>
+      <c r="N40" s="4">
+        <v>89207.228000000003</v>
+      </c>
+      <c r="O40" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="P40" s="3" t="s">
         <v>220</v>
       </c>
-      <c r="C40" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O40" s="3" t="s">
+      <c r="Q40" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="R40" s="3" t="s">
         <v>221</v>
       </c>
-      <c r="P40" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S40" s="3" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="T40" s="4">
         <v>1</v>
       </c>
       <c r="W40" s="3" t="s">
-        <v>219</v>
+        <v>34</v>
       </c>
       <c r="X40" s="4">
         <v>0</v>
       </c>
       <c r="Y40" s="4">
         <v>0</v>
       </c>
       <c r="Z40" s="6">
-        <v>4.5189999999999996E-3</v>
+        <v>3.7030000000000001E-3</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="B41" s="3" t="s">
+        <v>223</v>
+      </c>
+      <c r="C41" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D41" s="4">
+        <v>1</v>
+      </c>
+      <c r="E41" s="5">
+        <v>93.53</v>
+      </c>
+      <c r="F41" s="4">
+        <v>93.53</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H41" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I41" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J41" s="5">
+        <v>93.53</v>
+      </c>
+      <c r="K41" s="5">
+        <v>1</v>
+      </c>
+      <c r="L41" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M41" s="4">
+        <v>93.53</v>
+      </c>
+      <c r="N41" s="4">
+        <v>93.53</v>
+      </c>
+      <c r="O41" s="3" t="s">
         <v>224</v>
       </c>
-      <c r="B41" s="3" t="s">
+      <c r="P41" s="3" t="s">
         <v>225</v>
       </c>
-      <c r="C41" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O41" s="3" t="s">
+      <c r="Q41" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="R41" s="3" t="s">
         <v>226</v>
       </c>
-      <c r="P41" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S41" s="3" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="T41" s="4">
         <v>1</v>
       </c>
       <c r="W41" s="3" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="X41" s="4">
         <v>0</v>
       </c>
       <c r="Y41" s="4">
         <v>0</v>
       </c>
       <c r="Z41" s="6">
-        <v>3.59E-4</v>
+        <v>3.0000000000000001E-6</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="B42" s="3" t="s">
+        <v>228</v>
+      </c>
+      <c r="C42" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D42" s="4">
+        <v>700</v>
+      </c>
+      <c r="E42" s="5">
+        <v>55.05</v>
+      </c>
+      <c r="F42" s="4">
+        <v>38535</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H42" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I42" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J42" s="5">
+        <v>55.05</v>
+      </c>
+      <c r="K42" s="5">
+        <v>1</v>
+      </c>
+      <c r="L42" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M42" s="4">
+        <v>38535</v>
+      </c>
+      <c r="N42" s="4">
+        <v>38535</v>
+      </c>
+      <c r="O42" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="P42" s="3" t="s">
         <v>230</v>
       </c>
-      <c r="B42" s="3" t="s">
+      <c r="Q42" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="R42" s="3" t="s">
         <v>231</v>
       </c>
-      <c r="C42" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S42" s="3" t="s">
-        <v>131</v>
+        <v>102</v>
       </c>
       <c r="T42" s="4">
         <v>1</v>
       </c>
       <c r="W42" s="3" t="s">
-        <v>34</v>
+        <v>227</v>
       </c>
       <c r="X42" s="4">
         <v>0</v>
       </c>
       <c r="Y42" s="4">
         <v>0</v>
       </c>
       <c r="Z42" s="6">
-        <v>3.7429999999999998E-3</v>
+        <v>1.5989999999999999E-3</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="B43" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="C43" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D43" s="4">
+        <v>1469</v>
+      </c>
+      <c r="E43" s="5">
+        <v>331.3</v>
+      </c>
+      <c r="F43" s="4">
+        <v>486679.7</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H43" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I43" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J43" s="5">
+        <v>331.3</v>
+      </c>
+      <c r="K43" s="5">
+        <v>1</v>
+      </c>
+      <c r="L43" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M43" s="4">
+        <v>486679.7</v>
+      </c>
+      <c r="N43" s="4">
+        <v>486679.7</v>
+      </c>
+      <c r="O43" s="3" t="s">
         <v>234</v>
       </c>
-      <c r="B43" s="3" t="s">
+      <c r="P43" s="3" t="s">
         <v>235</v>
       </c>
-      <c r="C43" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O43" s="3" t="s">
+      <c r="Q43" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="R43" s="3" t="s">
         <v>236</v>
       </c>
-      <c r="P43" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S43" s="3" t="s">
-        <v>114</v>
+        <v>130</v>
       </c>
       <c r="T43" s="4">
         <v>1</v>
       </c>
       <c r="W43" s="3" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="X43" s="4">
         <v>0</v>
       </c>
       <c r="Y43" s="4">
         <v>0</v>
       </c>
       <c r="Z43" s="6">
-        <v>4.26E-4</v>
+        <v>2.0202999999999999E-2</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="B44" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="C44" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D44" s="4">
+        <v>662</v>
+      </c>
+      <c r="E44" s="5">
+        <v>41.64</v>
+      </c>
+      <c r="F44" s="4">
+        <v>27565.68</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H44" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="I44" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J44" s="5">
+        <v>41.64</v>
+      </c>
+      <c r="K44" s="5">
+        <v>1</v>
+      </c>
+      <c r="L44" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="M44" s="4">
+        <v>27565.68</v>
+      </c>
+      <c r="N44" s="4">
+        <v>27565.68</v>
+      </c>
+      <c r="O44" s="3" t="s">
         <v>239</v>
       </c>
-      <c r="B44" s="3" t="s">
+      <c r="P44" s="3" t="s">
         <v>240</v>
       </c>
-      <c r="C44" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O44" s="3" t="s">
+      <c r="Q44" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="R44" s="3" t="s">
         <v>241</v>
       </c>
-      <c r="P44" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S44" s="3" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="T44" s="4">
         <v>1</v>
       </c>
       <c r="W44" s="3" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="X44" s="4">
         <v>0</v>
       </c>
       <c r="Y44" s="4">
         <v>0</v>
       </c>
       <c r="Z44" s="6">
-        <v>1.5939999999999999E-3</v>
+        <v>1.1440000000000001E-3</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="B45" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="C45" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D45" s="4">
+        <v>500</v>
+      </c>
+      <c r="E45" s="5">
+        <v>170.33</v>
+      </c>
+      <c r="F45" s="4">
+        <v>85165</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H45" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I45" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J45" s="5">
+        <v>170.33</v>
+      </c>
+      <c r="K45" s="5">
+        <v>1</v>
+      </c>
+      <c r="L45" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M45" s="4">
+        <v>85165</v>
+      </c>
+      <c r="N45" s="4">
+        <v>85165</v>
+      </c>
+      <c r="O45" s="3" t="s">
         <v>244</v>
       </c>
-      <c r="B45" s="3" t="s">
+      <c r="P45" s="3" t="s">
         <v>245</v>
       </c>
-      <c r="C45" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O45" s="3" t="s">
+      <c r="Q45" s="3" t="s">
         <v>246</v>
       </c>
-      <c r="P45" s="3" t="s">
+      <c r="R45" s="3" t="s">
         <v>247</v>
       </c>
-      <c r="Q45" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S45" s="3" t="s">
-        <v>142</v>
+        <v>102</v>
       </c>
       <c r="T45" s="4">
         <v>1</v>
       </c>
       <c r="W45" s="3" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="X45" s="4">
         <v>0</v>
       </c>
       <c r="Y45" s="4">
         <v>0</v>
       </c>
       <c r="Z45" s="6">
-        <v>2.1467E-2</v>
+        <v>3.5349999999999999E-3</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="B46" s="3" t="s">
         <v>249</v>
       </c>
-      <c r="B46" s="3" t="s">
+      <c r="C46" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D46" s="4">
+        <v>224</v>
+      </c>
+      <c r="E46" s="5">
+        <v>126.39</v>
+      </c>
+      <c r="F46" s="4">
+        <v>28311.360000000001</v>
+      </c>
+      <c r="G46" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H46" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I46" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J46" s="5">
+        <v>126.39</v>
+      </c>
+      <c r="K46" s="5">
+        <v>1</v>
+      </c>
+      <c r="L46" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M46" s="4">
+        <v>28311.360000000001</v>
+      </c>
+      <c r="N46" s="4">
+        <v>28311.360000000001</v>
+      </c>
+      <c r="O46" s="3" t="s">
         <v>250</v>
       </c>
-      <c r="C46" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O46" s="3" t="s">
+      <c r="P46" s="3" t="s">
         <v>251</v>
       </c>
-      <c r="P46" s="3" t="s">
+      <c r="Q46" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="R46" s="3" t="s">
         <v>252</v>
       </c>
-      <c r="Q46" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S46" s="3" t="s">
-        <v>114</v>
+        <v>130</v>
       </c>
       <c r="T46" s="4">
         <v>1</v>
       </c>
       <c r="W46" s="3" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="X46" s="4">
         <v>0</v>
       </c>
       <c r="Y46" s="4">
         <v>0</v>
       </c>
       <c r="Z46" s="6">
-        <v>1.0709999999999999E-3</v>
+        <v>1.175E-3</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="B47" s="3" t="s">
         <v>254</v>
       </c>
-      <c r="B47" s="3" t="s">
+      <c r="C47" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D47" s="4">
+        <v>97</v>
+      </c>
+      <c r="E47" s="5">
+        <v>289.06</v>
+      </c>
+      <c r="F47" s="4">
+        <v>28038.82</v>
+      </c>
+      <c r="G47" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H47" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I47" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J47" s="5">
+        <v>289.06</v>
+      </c>
+      <c r="K47" s="5">
+        <v>1</v>
+      </c>
+      <c r="L47" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M47" s="4">
+        <v>28038.82</v>
+      </c>
+      <c r="N47" s="4">
+        <v>28038.82</v>
+      </c>
+      <c r="O47" s="3" t="s">
         <v>255</v>
       </c>
-      <c r="C47" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O47" s="3" t="s">
+      <c r="P47" s="3" t="s">
         <v>256</v>
       </c>
-      <c r="P47" s="3" t="s">
+      <c r="Q47" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="R47" s="3" t="s">
         <v>257</v>
       </c>
-      <c r="Q47" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S47" s="3" t="s">
-        <v>114</v>
+        <v>130</v>
       </c>
       <c r="T47" s="4">
         <v>1</v>
       </c>
       <c r="W47" s="3" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="X47" s="4">
         <v>0</v>
       </c>
       <c r="Y47" s="4">
         <v>0</v>
       </c>
       <c r="Z47" s="6">
-        <v>3.3939999999999999E-3</v>
+        <v>1.163E-3</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="B48" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="C48" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D48" s="4">
+        <v>1439</v>
+      </c>
+      <c r="E48" s="5">
+        <v>37.76</v>
+      </c>
+      <c r="F48" s="4">
+        <v>54336.639999999999</v>
+      </c>
+      <c r="G48" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H48" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I48" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J48" s="5">
+        <v>37.76</v>
+      </c>
+      <c r="K48" s="5">
+        <v>1</v>
+      </c>
+      <c r="L48" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M48" s="4">
+        <v>54336.639999999999</v>
+      </c>
+      <c r="N48" s="4">
+        <v>54336.639999999999</v>
+      </c>
+      <c r="O48" s="3" t="s">
         <v>260</v>
       </c>
-      <c r="B48" s="3" t="s">
+      <c r="P48" s="3" t="s">
         <v>261</v>
       </c>
-      <c r="C48" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O48" s="3" t="s">
+      <c r="Q48" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="R48" s="3" t="s">
         <v>262</v>
       </c>
-      <c r="P48" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S48" s="3" t="s">
-        <v>142</v>
+        <v>130</v>
       </c>
       <c r="T48" s="4">
         <v>1</v>
       </c>
       <c r="W48" s="3" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="X48" s="4">
         <v>0</v>
       </c>
       <c r="Y48" s="4">
         <v>0</v>
       </c>
       <c r="Z48" s="6">
-        <v>1.2880000000000001E-3</v>
+        <v>2.2550000000000001E-3</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="B49" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="C49" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D49" s="4">
+        <v>324</v>
+      </c>
+      <c r="E49" s="5">
+        <v>96.22</v>
+      </c>
+      <c r="F49" s="4">
+        <v>31175.279999999999</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H49" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="I49" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J49" s="5">
+        <v>96.22</v>
+      </c>
+      <c r="K49" s="5">
+        <v>1</v>
+      </c>
+      <c r="L49" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="M49" s="4">
+        <v>31175.279999999999</v>
+      </c>
+      <c r="N49" s="4">
+        <v>31175.279999999999</v>
+      </c>
+      <c r="O49" s="3" t="s">
         <v>265</v>
       </c>
-      <c r="B49" s="3" t="s">
+      <c r="P49" s="3" t="s">
         <v>266</v>
       </c>
-      <c r="C49" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O49" s="3" t="s">
+      <c r="Q49" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="R49" s="3" t="s">
         <v>267</v>
       </c>
-      <c r="P49" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S49" s="3" t="s">
-        <v>142</v>
+        <v>102</v>
       </c>
       <c r="T49" s="4">
         <v>1</v>
       </c>
       <c r="W49" s="3" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="X49" s="4">
         <v>0</v>
       </c>
       <c r="Y49" s="4">
         <v>0</v>
       </c>
       <c r="Z49" s="6">
-        <v>1.1180000000000001E-3</v>
+        <v>1.294E-3</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="B50" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="C50" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D50" s="4">
+        <v>859</v>
+      </c>
+      <c r="E50" s="5">
+        <v>74.34</v>
+      </c>
+      <c r="F50" s="4">
+        <v>63858.06</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H50" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="I50" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J50" s="5">
+        <v>74.34</v>
+      </c>
+      <c r="K50" s="5">
+        <v>1</v>
+      </c>
+      <c r="L50" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="M50" s="4">
+        <v>63858.06</v>
+      </c>
+      <c r="N50" s="4">
+        <v>63858.06</v>
+      </c>
+      <c r="O50" s="3" t="s">
         <v>270</v>
       </c>
-      <c r="B50" s="3" t="s">
+      <c r="P50" s="3" t="s">
         <v>271</v>
       </c>
-      <c r="C50" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O50" s="3" t="s">
+      <c r="Q50" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="R50" s="3" t="s">
         <v>272</v>
       </c>
-      <c r="P50" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S50" s="3" t="s">
-        <v>142</v>
+        <v>102</v>
       </c>
       <c r="T50" s="4">
         <v>1</v>
       </c>
       <c r="W50" s="3" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="X50" s="4">
         <v>0</v>
       </c>
       <c r="Y50" s="4">
         <v>0</v>
       </c>
       <c r="Z50" s="6">
-        <v>1.495E-3</v>
+        <v>2.65E-3</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="B51" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="C51" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D51" s="4">
+        <v>100</v>
+      </c>
+      <c r="E51" s="5">
+        <v>340.89</v>
+      </c>
+      <c r="F51" s="4">
+        <v>34089</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H51" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I51" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J51" s="5">
+        <v>340.89</v>
+      </c>
+      <c r="K51" s="5">
+        <v>1</v>
+      </c>
+      <c r="L51" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M51" s="4">
+        <v>34089</v>
+      </c>
+      <c r="N51" s="4">
+        <v>34089</v>
+      </c>
+      <c r="O51" s="3" t="s">
         <v>275</v>
       </c>
-      <c r="B51" s="3" t="s">
+      <c r="P51" s="3" t="s">
         <v>276</v>
       </c>
-      <c r="C51" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O51" s="3" t="s">
+      <c r="Q51" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="R51" s="3" t="s">
         <v>277</v>
       </c>
-      <c r="P51" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S51" s="3" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="T51" s="4">
         <v>1</v>
       </c>
       <c r="W51" s="3" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="X51" s="4">
         <v>0</v>
       </c>
       <c r="Y51" s="4">
         <v>0</v>
       </c>
       <c r="Z51" s="6">
-        <v>1.3519999999999999E-3</v>
+        <v>1.415E-3</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="B52" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="C52" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D52" s="4">
+        <v>1959</v>
+      </c>
+      <c r="E52" s="5">
+        <v>78.319999999999993</v>
+      </c>
+      <c r="F52" s="4">
+        <v>153428.88</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H52" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I52" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J52" s="5">
+        <v>78.319999999999993</v>
+      </c>
+      <c r="K52" s="5">
+        <v>1</v>
+      </c>
+      <c r="L52" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M52" s="4">
+        <v>153428.88</v>
+      </c>
+      <c r="N52" s="4">
+        <v>153428.88</v>
+      </c>
+      <c r="O52" s="3" t="s">
         <v>280</v>
       </c>
-      <c r="B52" s="3" t="s">
+      <c r="P52" s="3" t="s">
         <v>281</v>
       </c>
-      <c r="C52" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O52" s="3" t="s">
+      <c r="Q52" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="R52" s="3" t="s">
         <v>282</v>
       </c>
-      <c r="P52" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S52" s="3" t="s">
-        <v>114</v>
+        <v>130</v>
       </c>
       <c r="T52" s="4">
         <v>1</v>
       </c>
       <c r="W52" s="3" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="X52" s="4">
         <v>0</v>
       </c>
       <c r="Y52" s="4">
         <v>0</v>
       </c>
       <c r="Z52" s="6">
-        <v>2.6700000000000001E-3</v>
+        <v>6.3689999999999997E-3</v>
       </c>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="B53" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="C53" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D53" s="4">
+        <v>1000</v>
+      </c>
+      <c r="E53" s="5">
+        <v>115.71</v>
+      </c>
+      <c r="F53" s="4">
+        <v>115710</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H53" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I53" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J53" s="5">
+        <v>115.71</v>
+      </c>
+      <c r="K53" s="5">
+        <v>1</v>
+      </c>
+      <c r="L53" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M53" s="4">
+        <v>115710</v>
+      </c>
+      <c r="N53" s="4">
+        <v>115710</v>
+      </c>
+      <c r="O53" s="3" t="s">
         <v>285</v>
       </c>
-      <c r="B53" s="3" t="s">
+      <c r="P53" s="3" t="s">
         <v>286</v>
       </c>
-      <c r="C53" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O53" s="3" t="s">
+      <c r="Q53" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="R53" s="3" t="s">
         <v>287</v>
       </c>
-      <c r="P53" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S53" s="3" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="T53" s="4">
         <v>1</v>
       </c>
       <c r="W53" s="3" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="X53" s="4">
         <v>0</v>
       </c>
       <c r="Y53" s="4">
         <v>0</v>
       </c>
       <c r="Z53" s="6">
-        <v>1.3500000000000001E-3</v>
+        <v>4.803E-3</v>
       </c>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="B54" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="C54" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D54" s="4">
+        <v>914</v>
+      </c>
+      <c r="E54" s="5">
+        <v>82.06</v>
+      </c>
+      <c r="F54" s="4">
+        <v>75002.84</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H54" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I54" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J54" s="5">
+        <v>82.06</v>
+      </c>
+      <c r="K54" s="5">
+        <v>1</v>
+      </c>
+      <c r="L54" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M54" s="4">
+        <v>75002.84</v>
+      </c>
+      <c r="N54" s="4">
+        <v>75002.84</v>
+      </c>
+      <c r="O54" s="3" t="s">
         <v>290</v>
       </c>
-      <c r="B54" s="3" t="s">
+      <c r="P54" s="3" t="s">
         <v>291</v>
       </c>
-      <c r="C54" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O54" s="3" t="s">
+      <c r="Q54" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="R54" s="3" t="s">
         <v>292</v>
       </c>
-      <c r="P54" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S54" s="3" t="s">
-        <v>142</v>
+        <v>130</v>
       </c>
       <c r="T54" s="4">
         <v>1</v>
       </c>
       <c r="W54" s="3" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="X54" s="4">
         <v>0</v>
       </c>
       <c r="Y54" s="4">
         <v>0</v>
       </c>
       <c r="Z54" s="6">
-        <v>6.3709999999999999E-3</v>
+        <v>3.1129999999999999E-3</v>
       </c>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="B55" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="C55" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D55" s="4">
+        <v>500</v>
+      </c>
+      <c r="E55" s="5">
+        <v>136.89030099999999</v>
+      </c>
+      <c r="F55" s="4">
+        <v>68445.150094159995</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H55" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="I55" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J55" s="5">
+        <v>185.37</v>
+      </c>
+      <c r="K55" s="5">
+        <v>1.3541499951054248</v>
+      </c>
+      <c r="L55" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="M55" s="4">
+        <v>92684.999664000003</v>
+      </c>
+      <c r="N55" s="4">
+        <v>68445.150094159995</v>
+      </c>
+      <c r="O55" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="P55" s="3" t="s">
         <v>295</v>
       </c>
-      <c r="B55" s="3" t="s">
+      <c r="Q55" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="R55" s="3" t="s">
         <v>296</v>
       </c>
-      <c r="C55" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O55" s="3" t="s">
+      <c r="S55" s="3" t="s">
         <v>297</v>
       </c>
-      <c r="P55" s="3" t="s">
+      <c r="T55" s="4">
+        <v>1</v>
+      </c>
+      <c r="W55" s="3" t="s">
         <v>298</v>
       </c>
-      <c r="Q55" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X55" s="4">
         <v>0</v>
       </c>
       <c r="Y55" s="4">
         <v>0</v>
       </c>
       <c r="Z55" s="6">
-        <v>4.927E-3</v>
+        <v>2.8410000000000002E-3</v>
       </c>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="B56" s="3" t="s">
         <v>300</v>
       </c>
-      <c r="B56" s="3" t="s">
+      <c r="C56" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D56" s="4">
+        <v>1200</v>
+      </c>
+      <c r="E56" s="5">
+        <v>124.36583899999999</v>
+      </c>
+      <c r="F56" s="4">
+        <v>149239.00601854001</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H56" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="I56" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J56" s="5">
+        <v>168.41</v>
+      </c>
+      <c r="K56" s="5">
+        <v>1.3541499951054248</v>
+      </c>
+      <c r="L56" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="M56" s="4">
+        <v>202091.99926899999</v>
+      </c>
+      <c r="N56" s="4">
+        <v>149239.00601854001</v>
+      </c>
+      <c r="O56" s="3" t="s">
+        <v>299</v>
+      </c>
+      <c r="P56" s="3" t="s">
         <v>301</v>
       </c>
-      <c r="C56" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O56" s="3" t="s">
+      <c r="Q56" s="3" t="s">
         <v>302</v>
       </c>
-      <c r="P56" s="3" t="s">
+      <c r="R56" s="3" t="s">
         <v>303</v>
       </c>
-      <c r="Q56" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R56" s="3" t="s">
+      <c r="S56" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="T56" s="4">
+        <v>1</v>
+      </c>
+      <c r="W56" s="3" t="s">
         <v>304</v>
       </c>
-      <c r="S56" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="X56" s="4">
         <v>0</v>
       </c>
       <c r="Y56" s="4">
         <v>0</v>
       </c>
       <c r="Z56" s="6">
-        <v>2.3930000000000002E-3</v>
+        <v>6.195E-3</v>
       </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
         <v>305</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>306</v>
+        <v>264</v>
       </c>
       <c r="C57" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D57" s="4">
-        <v>500</v>
+        <v>900</v>
       </c>
       <c r="E57" s="5">
-        <v>130.03829999999999</v>
+        <v>96.732268000000005</v>
       </c>
       <c r="F57" s="4">
-        <v>65019.150100309998</v>
+        <v>87059.040726659994</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H57" s="3" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="I57" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="J57" s="5">
-        <v>178.25</v>
+        <v>130.99</v>
       </c>
       <c r="K57" s="5">
-        <v>1.3707500016140581</v>
+        <v>1.3541499951054248</v>
       </c>
       <c r="L57" s="3" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="M57" s="4">
-        <v>89125.000104000006</v>
+        <v>117890.99957299999</v>
       </c>
       <c r="N57" s="4">
-        <v>65019.150100309998</v>
+        <v>87059.040726659994</v>
       </c>
       <c r="O57" s="3" t="s">
         <v>305</v>
       </c>
       <c r="P57" s="3" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="Q57" s="3" t="s">
-        <v>162</v>
+        <v>216</v>
       </c>
       <c r="R57" s="3" t="s">
-        <v>308</v>
+        <v>267</v>
       </c>
       <c r="S57" s="3" t="s">
-        <v>309</v>
+        <v>297</v>
       </c>
       <c r="T57" s="4">
         <v>1</v>
       </c>
       <c r="W57" s="3" t="s">
-        <v>310</v>
+        <v>263</v>
       </c>
       <c r="X57" s="4">
         <v>0</v>
       </c>
       <c r="Y57" s="4">
         <v>0</v>
       </c>
       <c r="Z57" s="6">
-        <v>2.745E-3</v>
+        <v>3.614E-3</v>
       </c>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="B58" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="C58" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D58" s="4">
+        <v>208</v>
+      </c>
+      <c r="E58" s="5">
+        <v>940.25</v>
+      </c>
+      <c r="F58" s="4">
+        <v>195572</v>
+      </c>
+      <c r="G58" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H58" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I58" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J58" s="5">
+        <v>940.25</v>
+      </c>
+      <c r="K58" s="5">
+        <v>1</v>
+      </c>
+      <c r="L58" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M58" s="4">
+        <v>195572</v>
+      </c>
+      <c r="N58" s="4">
+        <v>195572</v>
+      </c>
+      <c r="O58" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="P58" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="Q58" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="R58" s="3" t="s">
         <v>311</v>
       </c>
-      <c r="B58" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S58" s="3" t="s">
-        <v>309</v>
+        <v>130</v>
       </c>
       <c r="T58" s="4">
         <v>1</v>
       </c>
       <c r="W58" s="3" t="s">
-        <v>316</v>
+        <v>307</v>
       </c>
       <c r="X58" s="4">
         <v>0</v>
       </c>
       <c r="Y58" s="4">
         <v>0</v>
       </c>
       <c r="Z58" s="6">
-        <v>5.032E-3</v>
+        <v>8.1180000000000002E-3</v>
       </c>
     </row>
     <row r="59" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A59" s="3" t="s">
-        <v>317</v>
+        <v>312</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>276</v>
+        <v>313</v>
       </c>
       <c r="C59" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D59" s="4">
-        <v>900</v>
+        <v>300</v>
       </c>
       <c r="E59" s="5">
-        <v>99.033376000000004</v>
+        <v>218.89</v>
       </c>
       <c r="F59" s="4">
-        <v>89130.038300200002</v>
+        <v>65667</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H59" s="3" t="s">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="I59" s="3" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="J59" s="5">
-        <v>135.75</v>
+        <v>218.89</v>
       </c>
       <c r="K59" s="5">
-        <v>1.3707500016140581</v>
+        <v>1</v>
       </c>
       <c r="L59" s="3" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="M59" s="4">
-        <v>122175.000143</v>
+        <v>65667</v>
       </c>
       <c r="N59" s="4">
-        <v>89130.038300200002</v>
+        <v>65667</v>
       </c>
       <c r="O59" s="3" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="P59" s="3" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="Q59" s="3" t="s">
-        <v>228</v>
+        <v>107</v>
       </c>
       <c r="R59" s="3" t="s">
-        <v>279</v>
+        <v>316</v>
       </c>
       <c r="S59" s="3" t="s">
-        <v>309</v>
+        <v>102</v>
       </c>
       <c r="T59" s="4">
         <v>1</v>
       </c>
       <c r="W59" s="3" t="s">
-        <v>275</v>
+        <v>312</v>
       </c>
       <c r="X59" s="4">
         <v>0</v>
       </c>
       <c r="Y59" s="4">
         <v>0</v>
       </c>
       <c r="Z59" s="6">
-        <v>3.7629999999999999E-3</v>
+        <v>2.7260000000000001E-3</v>
       </c>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A60" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="B60" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="C60" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D60" s="4">
+        <v>600</v>
+      </c>
+      <c r="E60" s="5">
+        <v>167.426061</v>
+      </c>
+      <c r="F60" s="4">
+        <v>100455.63637706</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H60" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="I60" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J60" s="5">
+        <v>226.72</v>
+      </c>
+      <c r="K60" s="5">
+        <v>1.3541499951054248</v>
+      </c>
+      <c r="L60" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="M60" s="4">
+        <v>136031.99950800001</v>
+      </c>
+      <c r="N60" s="4">
+        <v>100455.63637706</v>
+      </c>
+      <c r="O60" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="P60" s="3" t="s">
         <v>319</v>
       </c>
-      <c r="B60" s="3" t="s">
+      <c r="Q60" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="R60" s="3" t="s">
         <v>320</v>
       </c>
-      <c r="C60" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O60" s="3" t="s">
+      <c r="S60" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="T60" s="4">
+        <v>1</v>
+      </c>
+      <c r="W60" s="3" t="s">
         <v>321</v>
       </c>
-      <c r="P60" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X60" s="4">
         <v>0</v>
       </c>
       <c r="Y60" s="4">
         <v>0</v>
       </c>
       <c r="Z60" s="6">
-        <v>7.5729999999999999E-3</v>
+        <v>4.1700000000000001E-3</v>
       </c>
     </row>
     <row r="61" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="B61" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="C61" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D61" s="4">
+        <v>1000</v>
+      </c>
+      <c r="E61" s="5">
+        <v>91.22</v>
+      </c>
+      <c r="F61" s="4">
+        <v>91220</v>
+      </c>
+      <c r="G61" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H61" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I61" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J61" s="5">
+        <v>91.22</v>
+      </c>
+      <c r="K61" s="5">
+        <v>1</v>
+      </c>
+      <c r="L61" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M61" s="4">
+        <v>91220</v>
+      </c>
+      <c r="N61" s="4">
+        <v>91220</v>
+      </c>
+      <c r="O61" s="3" t="s">
         <v>324</v>
       </c>
-      <c r="B61" s="3" t="s">
+      <c r="P61" s="3" t="s">
         <v>325</v>
       </c>
-      <c r="C61" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O61" s="3" t="s">
+      <c r="Q61" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="R61" s="3" t="s">
         <v>326</v>
       </c>
-      <c r="P61" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S61" s="3" t="s">
-        <v>114</v>
+        <v>130</v>
       </c>
       <c r="T61" s="4">
         <v>1</v>
       </c>
       <c r="W61" s="3" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="X61" s="4">
         <v>0</v>
       </c>
       <c r="Y61" s="4">
         <v>0</v>
       </c>
       <c r="Z61" s="6">
-        <v>2.8990000000000001E-3</v>
+        <v>3.7859999999999999E-3</v>
       </c>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A62" s="3" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="C62" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D62" s="4">
-        <v>600</v>
+        <v>146</v>
       </c>
       <c r="E62" s="5">
-        <v>170.70217</v>
+        <v>81.36</v>
       </c>
       <c r="F62" s="4">
-        <v>102421.30220681999</v>
+        <v>11878.56</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H62" s="3" t="s">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="I62" s="3" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="J62" s="5">
-        <v>233.99</v>
+        <v>81.36</v>
       </c>
       <c r="K62" s="5">
-        <v>1.3707500016140581</v>
+        <v>1</v>
       </c>
       <c r="L62" s="3" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="M62" s="4">
-        <v>140394.000165</v>
+        <v>11878.56</v>
       </c>
       <c r="N62" s="4">
-        <v>102421.30220681999</v>
+        <v>11878.56</v>
       </c>
       <c r="O62" s="3" t="s">
         <v>329</v>
       </c>
       <c r="P62" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="Q62" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="R62" s="3" t="s">
         <v>331</v>
       </c>
-      <c r="Q62" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S62" s="3" t="s">
-        <v>309</v>
+        <v>102</v>
       </c>
       <c r="T62" s="4">
         <v>1</v>
       </c>
       <c r="W62" s="3" t="s">
-        <v>333</v>
+        <v>327</v>
       </c>
       <c r="X62" s="4">
         <v>0</v>
       </c>
       <c r="Y62" s="4">
         <v>0</v>
       </c>
       <c r="Z62" s="6">
-        <v>4.3239999999999997E-3</v>
+        <v>4.9299999999999995E-4</v>
       </c>
     </row>
     <row r="63" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A63" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="B63" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="C63" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D63" s="4">
+        <v>700</v>
+      </c>
+      <c r="E63" s="5">
+        <v>99.649226999999996</v>
+      </c>
+      <c r="F63" s="4">
+        <v>69754.458516409999</v>
+      </c>
+      <c r="G63" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H63" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="I63" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J63" s="5">
+        <v>134.94</v>
+      </c>
+      <c r="K63" s="5">
+        <v>1.3541499951054248</v>
+      </c>
+      <c r="L63" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="M63" s="4">
+        <v>94457.999658000001</v>
+      </c>
+      <c r="N63" s="4">
+        <v>69754.458516409999</v>
+      </c>
+      <c r="O63" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="P63" s="3" t="s">
         <v>334</v>
       </c>
-      <c r="B63" s="3" t="s">
+      <c r="Q63" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="R63" s="3" t="s">
         <v>335</v>
       </c>
-      <c r="C63" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O63" s="3" t="s">
+      <c r="S63" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="T63" s="4">
+        <v>1</v>
+      </c>
+      <c r="W63" s="3" t="s">
         <v>336</v>
       </c>
-      <c r="P63" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X63" s="4">
         <v>0</v>
       </c>
       <c r="Y63" s="4">
         <v>0</v>
       </c>
       <c r="Z63" s="6">
-        <v>3.6770000000000001E-3</v>
+        <v>2.895E-3</v>
       </c>
     </row>
     <row r="64" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A64" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="B64" s="3" t="s">
+        <v>338</v>
+      </c>
+      <c r="C64" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D64" s="4">
+        <v>200</v>
+      </c>
+      <c r="E64" s="5">
+        <v>93.977772000000002</v>
+      </c>
+      <c r="F64" s="4">
+        <v>18795.55440682</v>
+      </c>
+      <c r="G64" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H64" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="I64" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J64" s="5">
+        <v>127.26</v>
+      </c>
+      <c r="K64" s="5">
+        <v>1.3541499951054248</v>
+      </c>
+      <c r="L64" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="M64" s="4">
+        <v>25451.999907000001</v>
+      </c>
+      <c r="N64" s="4">
+        <v>18795.55440682</v>
+      </c>
+      <c r="O64" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="P64" s="3" t="s">
         <v>339</v>
       </c>
-      <c r="B64" s="3" t="s">
+      <c r="Q64" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="R64" s="3" t="s">
         <v>340</v>
       </c>
-      <c r="C64" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O64" s="3" t="s">
+      <c r="S64" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="T64" s="4">
+        <v>1</v>
+      </c>
+      <c r="W64" s="3" t="s">
         <v>341</v>
       </c>
-      <c r="P64" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X64" s="4">
         <v>0</v>
       </c>
       <c r="Y64" s="4">
         <v>0</v>
       </c>
       <c r="Z64" s="6">
-        <v>5.2499999999999997E-4</v>
+        <v>7.7999999999999999E-4</v>
       </c>
     </row>
     <row r="65" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A65" s="3" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="C65" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D65" s="4">
-        <v>700</v>
+        <v>234</v>
       </c>
       <c r="E65" s="5">
-        <v>94.488418999999993</v>
+        <v>146.96</v>
       </c>
       <c r="F65" s="4">
-        <v>66141.893124199996</v>
+        <v>34388.639999999999</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H65" s="3" t="s">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="I65" s="3" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="J65" s="5">
-        <v>129.52000000000001</v>
+        <v>146.96</v>
       </c>
       <c r="K65" s="5">
-        <v>1.3707500016140581</v>
+        <v>1</v>
       </c>
       <c r="L65" s="3" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="M65" s="4">
-        <v>90664.000106000007</v>
+        <v>34388.639999999999</v>
       </c>
       <c r="N65" s="4">
-        <v>66141.893124199996</v>
+        <v>34388.639999999999</v>
       </c>
       <c r="O65" s="3" t="s">
         <v>344</v>
       </c>
       <c r="P65" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="Q65" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="R65" s="3" t="s">
         <v>346</v>
       </c>
-      <c r="Q65" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S65" s="3" t="s">
-        <v>309</v>
+        <v>102</v>
       </c>
       <c r="T65" s="4">
         <v>1</v>
       </c>
       <c r="W65" s="3" t="s">
-        <v>348</v>
+        <v>342</v>
       </c>
       <c r="X65" s="4">
         <v>0</v>
       </c>
       <c r="Y65" s="4">
         <v>0</v>
       </c>
       <c r="Z65" s="6">
-        <v>2.7920000000000002E-3</v>
+        <v>1.4270000000000001E-3</v>
       </c>
     </row>
     <row r="66" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A66" s="3" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="C66" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D66" s="4">
-        <v>200</v>
+        <v>955</v>
       </c>
       <c r="E66" s="5">
-        <v>94.371694000000005</v>
+        <v>38.79</v>
       </c>
       <c r="F66" s="4">
-        <v>18874.338865580001</v>
+        <v>37044.449999999997</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H66" s="3" t="s">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="I66" s="3" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="J66" s="5">
-        <v>129.36000000000001</v>
+        <v>38.79</v>
       </c>
       <c r="K66" s="5">
-        <v>1.3707500016140581</v>
+        <v>1</v>
       </c>
       <c r="L66" s="3" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="M66" s="4">
-        <v>25872.000029999999</v>
+        <v>37044.449999999997</v>
       </c>
       <c r="N66" s="4">
-        <v>18874.338865580001</v>
+        <v>37044.449999999997</v>
       </c>
       <c r="O66" s="3" t="s">
         <v>349</v>
       </c>
       <c r="P66" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="Q66" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="R66" s="3" t="s">
         <v>351</v>
       </c>
-      <c r="Q66" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S66" s="3" t="s">
-        <v>309</v>
+        <v>102</v>
       </c>
       <c r="T66" s="4">
         <v>1</v>
       </c>
       <c r="W66" s="3" t="s">
-        <v>353</v>
+        <v>347</v>
       </c>
       <c r="X66" s="4">
         <v>0</v>
       </c>
       <c r="Y66" s="4">
         <v>0</v>
       </c>
       <c r="Z66" s="6">
-        <v>7.9600000000000005E-4</v>
+        <v>1.537E-3</v>
       </c>
     </row>
     <row r="67" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A67" s="3" t="s">
+        <v>352</v>
+      </c>
+      <c r="B67" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="C67" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D67" s="4">
+        <v>750</v>
+      </c>
+      <c r="E67" s="5">
+        <v>716.5</v>
+      </c>
+      <c r="F67" s="4">
+        <v>537375</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H67" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I67" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J67" s="5">
+        <v>716.5</v>
+      </c>
+      <c r="K67" s="5">
+        <v>1</v>
+      </c>
+      <c r="L67" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M67" s="4">
+        <v>537375</v>
+      </c>
+      <c r="N67" s="4">
+        <v>537375</v>
+      </c>
+      <c r="O67" s="3" t="s">
         <v>354</v>
       </c>
-      <c r="B67" s="3" t="s">
+      <c r="P67" s="3" t="s">
         <v>355</v>
       </c>
-      <c r="C67" s="3" t="s">
-[...26 lines deleted...]
-      <c r="L67" s="3" t="s">
+      <c r="Q67" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="M67" s="4">
-[...5 lines deleted...]
-      <c r="O67" s="3" t="s">
+      <c r="R67" s="3" t="s">
         <v>356</v>
       </c>
-      <c r="P67" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S67" s="3" t="s">
-        <v>114</v>
+        <v>130</v>
       </c>
       <c r="T67" s="4">
         <v>1</v>
       </c>
       <c r="W67" s="3" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="X67" s="4">
         <v>0</v>
       </c>
       <c r="Y67" s="4">
         <v>0</v>
       </c>
       <c r="Z67" s="6">
-        <v>1.3110000000000001E-3</v>
+        <v>2.2308000000000001E-2</v>
       </c>
     </row>
     <row r="68" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A68" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="B68" s="3" t="s">
+        <v>358</v>
+      </c>
+      <c r="C68" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D68" s="4">
+        <v>19501</v>
+      </c>
+      <c r="E68" s="5">
+        <v>2.6257999999999999</v>
+      </c>
+      <c r="F68" s="4">
+        <v>51205.73311288</v>
+      </c>
+      <c r="G68" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H68" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I68" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J68" s="5">
+        <v>1.9135</v>
+      </c>
+      <c r="K68" s="5">
+        <v>0.72873018764802333</v>
+      </c>
+      <c r="L68" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="M68" s="4">
+        <v>37315.163500000002</v>
+      </c>
+      <c r="N68" s="4">
+        <v>51205.73311288</v>
+      </c>
+      <c r="O68" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="P68" s="3" t="s">
         <v>359</v>
       </c>
-      <c r="B68" s="3" t="s">
+      <c r="Q68" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="R68" s="3" t="s">
         <v>360</v>
       </c>
-      <c r="C68" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S68" s="3" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="T68" s="4">
         <v>1</v>
       </c>
       <c r="W68" s="3" t="s">
-        <v>359</v>
+        <v>34</v>
       </c>
       <c r="X68" s="4">
         <v>0</v>
       </c>
       <c r="Y68" s="4">
         <v>0</v>
       </c>
       <c r="Z68" s="6">
-        <v>1.5460000000000001E-3</v>
+        <v>2.1250000000000002E-3</v>
       </c>
     </row>
     <row r="69" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A69" s="3" t="s">
+        <v>361</v>
+      </c>
+      <c r="B69" s="3" t="s">
+        <v>362</v>
+      </c>
+      <c r="C69" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D69" s="4">
+        <v>479</v>
+      </c>
+      <c r="E69" s="5">
+        <v>225.52</v>
+      </c>
+      <c r="F69" s="4">
+        <v>108024.08</v>
+      </c>
+      <c r="G69" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H69" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I69" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J69" s="5">
+        <v>225.52</v>
+      </c>
+      <c r="K69" s="5">
+        <v>1</v>
+      </c>
+      <c r="L69" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M69" s="4">
+        <v>108024.08</v>
+      </c>
+      <c r="N69" s="4">
+        <v>108024.08</v>
+      </c>
+      <c r="O69" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="P69" s="3" t="s">
         <v>364</v>
       </c>
-      <c r="B69" s="3" t="s">
+      <c r="Q69" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="R69" s="3" t="s">
         <v>365</v>
       </c>
-      <c r="C69" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S69" s="3" t="s">
-        <v>142</v>
+        <v>130</v>
       </c>
       <c r="T69" s="4">
         <v>1</v>
       </c>
       <c r="W69" s="3" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
       <c r="X69" s="4">
         <v>0</v>
       </c>
       <c r="Y69" s="4">
         <v>0</v>
       </c>
       <c r="Z69" s="6">
-        <v>2.0903000000000001E-2</v>
+        <v>4.4840000000000001E-3</v>
       </c>
     </row>
     <row r="70" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A70" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="B70" s="3" t="s">
+        <v>367</v>
+      </c>
+      <c r="C70" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D70" s="4">
+        <v>718</v>
+      </c>
+      <c r="E70" s="5">
+        <v>72.78</v>
+      </c>
+      <c r="F70" s="4">
+        <v>52256.04</v>
+      </c>
+      <c r="G70" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H70" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I70" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J70" s="5">
+        <v>72.78</v>
+      </c>
+      <c r="K70" s="5">
+        <v>1</v>
+      </c>
+      <c r="L70" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M70" s="4">
+        <v>52256.04</v>
+      </c>
+      <c r="N70" s="4">
+        <v>52256.04</v>
+      </c>
+      <c r="O70" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="P70" s="3" t="s">
         <v>369</v>
       </c>
-      <c r="B70" s="3" t="s">
+      <c r="Q70" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="R70" s="3" t="s">
         <v>370</v>
       </c>
-      <c r="C70" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S70" s="3" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="T70" s="4">
         <v>1</v>
       </c>
       <c r="W70" s="3" t="s">
-        <v>34</v>
+        <v>366</v>
       </c>
       <c r="X70" s="4">
         <v>0</v>
       </c>
       <c r="Y70" s="4">
         <v>0</v>
       </c>
       <c r="Z70" s="6">
-        <v>2.0379999999999999E-3</v>
+        <v>2.1689999999999999E-3</v>
       </c>
     </row>
     <row r="71" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A71" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="B71" s="3" t="s">
+        <v>372</v>
+      </c>
+      <c r="C71" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D71" s="4">
+        <v>495</v>
+      </c>
+      <c r="E71" s="5">
+        <v>42.95</v>
+      </c>
+      <c r="F71" s="4">
+        <v>21260.25</v>
+      </c>
+      <c r="G71" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H71" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="I71" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J71" s="5">
+        <v>42.95</v>
+      </c>
+      <c r="K71" s="5">
+        <v>1</v>
+      </c>
+      <c r="L71" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="M71" s="4">
+        <v>21260.25</v>
+      </c>
+      <c r="N71" s="4">
+        <v>21260.25</v>
+      </c>
+      <c r="O71" s="3" t="s">
         <v>373</v>
       </c>
-      <c r="B71" s="3" t="s">
+      <c r="P71" s="3" t="s">
         <v>374</v>
       </c>
-      <c r="C71" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O71" s="3" t="s">
+      <c r="Q71" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="R71" s="3" t="s">
         <v>375</v>
       </c>
-      <c r="P71" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S71" s="3" t="s">
-        <v>142</v>
+        <v>102</v>
       </c>
       <c r="T71" s="4">
         <v>1</v>
       </c>
       <c r="W71" s="3" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="X71" s="4">
         <v>0</v>
       </c>
       <c r="Y71" s="4">
         <v>0</v>
       </c>
       <c r="Z71" s="6">
-        <v>4.7650000000000001E-3</v>
+        <v>8.8199999999999997E-4</v>
       </c>
     </row>
     <row r="72" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A72" s="3" t="s">
+        <v>376</v>
+      </c>
+      <c r="B72" s="3" t="s">
+        <v>377</v>
+      </c>
+      <c r="C72" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D72" s="4">
+        <v>567</v>
+      </c>
+      <c r="E72" s="5">
+        <v>306.79000000000002</v>
+      </c>
+      <c r="F72" s="4">
+        <v>173949.93</v>
+      </c>
+      <c r="G72" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H72" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I72" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J72" s="5">
+        <v>306.79000000000002</v>
+      </c>
+      <c r="K72" s="5">
+        <v>1</v>
+      </c>
+      <c r="L72" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M72" s="4">
+        <v>173949.93</v>
+      </c>
+      <c r="N72" s="4">
+        <v>173949.93</v>
+      </c>
+      <c r="O72" s="3" t="s">
         <v>378</v>
       </c>
-      <c r="B72" s="3" t="s">
+      <c r="P72" s="3" t="s">
         <v>379</v>
       </c>
-      <c r="C72" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O72" s="3" t="s">
+      <c r="Q72" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="R72" s="3" t="s">
         <v>380</v>
       </c>
-      <c r="P72" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S72" s="3" t="s">
-        <v>142</v>
+        <v>102</v>
       </c>
       <c r="T72" s="4">
         <v>1</v>
       </c>
       <c r="W72" s="3" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="X72" s="4">
         <v>0</v>
       </c>
       <c r="Y72" s="4">
         <v>0</v>
       </c>
       <c r="Z72" s="6">
-        <v>2.215E-3</v>
+        <v>7.221E-3</v>
       </c>
     </row>
     <row r="73" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A73" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="B73" s="3" t="s">
+        <v>382</v>
+      </c>
+      <c r="C73" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D73" s="4">
+        <v>1094</v>
+      </c>
+      <c r="E73" s="5">
+        <v>141.94999999999999</v>
+      </c>
+      <c r="F73" s="4">
+        <v>155293.29999999999</v>
+      </c>
+      <c r="G73" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H73" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I73" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J73" s="5">
+        <v>141.94999999999999</v>
+      </c>
+      <c r="K73" s="5">
+        <v>1</v>
+      </c>
+      <c r="L73" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M73" s="4">
+        <v>155293.29999999999</v>
+      </c>
+      <c r="N73" s="4">
+        <v>155293.29999999999</v>
+      </c>
+      <c r="O73" s="3" t="s">
         <v>383</v>
       </c>
-      <c r="B73" s="3" t="s">
+      <c r="P73" s="3" t="s">
         <v>384</v>
       </c>
-      <c r="C73" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O73" s="3" t="s">
+      <c r="Q73" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="R73" s="3" t="s">
         <v>385</v>
       </c>
-      <c r="P73" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S73" s="3" t="s">
-        <v>114</v>
+        <v>130</v>
       </c>
       <c r="T73" s="4">
         <v>1</v>
       </c>
       <c r="W73" s="3" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="X73" s="4">
         <v>0</v>
       </c>
       <c r="Y73" s="4">
         <v>0</v>
       </c>
       <c r="Z73" s="6">
-        <v>1.441E-3</v>
+        <v>6.4460000000000003E-3</v>
       </c>
     </row>
     <row r="74" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A74" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="B74" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="C74" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D74" s="4">
+        <v>100</v>
+      </c>
+      <c r="E74" s="5">
+        <v>935.41</v>
+      </c>
+      <c r="F74" s="4">
+        <v>93541</v>
+      </c>
+      <c r="G74" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H74" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I74" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J74" s="5">
+        <v>935.41</v>
+      </c>
+      <c r="K74" s="5">
+        <v>1</v>
+      </c>
+      <c r="L74" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M74" s="4">
+        <v>93541</v>
+      </c>
+      <c r="N74" s="4">
+        <v>93541</v>
+      </c>
+      <c r="O74" s="3" t="s">
         <v>388</v>
       </c>
-      <c r="B74" s="3" t="s">
+      <c r="P74" s="3" t="s">
         <v>389</v>
       </c>
-      <c r="C74" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O74" s="3" t="s">
+      <c r="Q74" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="R74" s="3" t="s">
         <v>390</v>
       </c>
-      <c r="P74" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S74" s="3" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="T74" s="4">
         <v>1</v>
       </c>
       <c r="W74" s="3" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="X74" s="4">
         <v>0</v>
       </c>
       <c r="Y74" s="4">
         <v>0</v>
       </c>
       <c r="Z74" s="6">
-        <v>5.8780000000000004E-3</v>
+        <v>3.8830000000000002E-3</v>
       </c>
     </row>
     <row r="75" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A75" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="B75" s="3" t="s">
+        <v>392</v>
+      </c>
+      <c r="C75" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D75" s="4">
+        <v>282</v>
+      </c>
+      <c r="E75" s="5">
+        <v>488.27</v>
+      </c>
+      <c r="F75" s="4">
+        <v>137692.14000000001</v>
+      </c>
+      <c r="G75" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H75" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I75" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J75" s="5">
+        <v>488.27</v>
+      </c>
+      <c r="K75" s="5">
+        <v>1</v>
+      </c>
+      <c r="L75" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M75" s="4">
+        <v>137692.14000000001</v>
+      </c>
+      <c r="N75" s="4">
+        <v>137692.14000000001</v>
+      </c>
+      <c r="O75" s="3" t="s">
         <v>393</v>
       </c>
-      <c r="B75" s="3" t="s">
+      <c r="P75" s="3" t="s">
         <v>394</v>
       </c>
-      <c r="C75" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O75" s="3" t="s">
+      <c r="Q75" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="R75" s="3" t="s">
         <v>395</v>
       </c>
-      <c r="P75" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S75" s="3" t="s">
-        <v>142</v>
+        <v>102</v>
       </c>
       <c r="T75" s="4">
         <v>1</v>
       </c>
       <c r="W75" s="3" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="X75" s="4">
         <v>0</v>
       </c>
       <c r="Y75" s="4">
         <v>0</v>
       </c>
       <c r="Z75" s="6">
-        <v>5.6690000000000004E-3</v>
+        <v>5.7159999999999997E-3</v>
       </c>
     </row>
     <row r="76" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A76" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="B76" s="3" t="s">
+        <v>397</v>
+      </c>
+      <c r="C76" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D76" s="4">
+        <v>1258</v>
+      </c>
+      <c r="E76" s="5">
+        <v>40.912064000000001</v>
+      </c>
+      <c r="F76" s="4">
+        <v>51467.375883000001</v>
+      </c>
+      <c r="G76" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H76" s="3" t="s">
         <v>398</v>
       </c>
-      <c r="B76" s="3" t="s">
+      <c r="I76" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J76" s="5">
+        <v>34.39</v>
+      </c>
+      <c r="K76" s="5">
+        <v>0.84058336485520946</v>
+      </c>
+      <c r="L76" s="3" t="s">
         <v>399</v>
       </c>
-      <c r="C76" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="M76" s="4">
-        <v>87900</v>
+        <v>43262.62</v>
       </c>
       <c r="N76" s="4">
-        <v>87900</v>
+        <v>51467.375883000001</v>
       </c>
       <c r="O76" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="P76" s="3" t="s">
         <v>400</v>
       </c>
-      <c r="P76" s="3" t="s">
+      <c r="Q76" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="R76" s="3" t="s">
         <v>401</v>
       </c>
-      <c r="Q76" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R76" s="3" t="s">
+      <c r="S76" s="3" t="s">
         <v>402</v>
       </c>
-      <c r="S76" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T76" s="4">
         <v>1</v>
       </c>
       <c r="W76" s="3" t="s">
-        <v>398</v>
+        <v>34</v>
       </c>
       <c r="X76" s="4">
         <v>0</v>
       </c>
       <c r="Y76" s="4">
         <v>0</v>
       </c>
       <c r="Z76" s="6">
-        <v>3.7109999999999999E-3</v>
+        <v>2.1359999999999999E-3</v>
       </c>
     </row>
     <row r="77" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A77" s="3" t="s">
         <v>403</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>404</v>
       </c>
       <c r="C77" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D77" s="4">
-        <v>282</v>
+        <v>129</v>
       </c>
       <c r="E77" s="5">
-        <v>466.86</v>
+        <v>460.39454999999998</v>
       </c>
       <c r="F77" s="4">
-        <v>131654.51999999999</v>
+        <v>59390.896950000002</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H77" s="3" t="s">
-        <v>98</v>
+        <v>405</v>
       </c>
       <c r="I77" s="3" t="s">
-        <v>99</v>
+        <v>65</v>
       </c>
       <c r="J77" s="5">
-        <v>466.86</v>
+        <v>387</v>
       </c>
       <c r="K77" s="5">
-        <v>1</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L77" s="3" t="s">
-        <v>100</v>
+        <v>406</v>
       </c>
       <c r="M77" s="4">
-        <v>131654.51999999999</v>
+        <v>49923</v>
       </c>
       <c r="N77" s="4">
-        <v>131654.51999999999</v>
+        <v>59390.896950000002</v>
       </c>
       <c r="O77" s="3" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="P77" s="3" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="Q77" s="3" t="s">
-        <v>119</v>
+        <v>144</v>
       </c>
       <c r="R77" s="3" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="S77" s="3" t="s">
-        <v>114</v>
+        <v>409</v>
       </c>
       <c r="T77" s="4">
         <v>1</v>
       </c>
       <c r="W77" s="3" t="s">
-        <v>403</v>
+        <v>34</v>
       </c>
       <c r="X77" s="4">
         <v>0</v>
       </c>
       <c r="Y77" s="4">
         <v>0</v>
       </c>
       <c r="Z77" s="6">
-        <v>5.5579999999999996E-3</v>
+        <v>2.4650000000000002E-3</v>
       </c>
     </row>
     <row r="78" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A78" s="3" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="C78" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D78" s="4">
-        <v>1258</v>
+        <v>200</v>
       </c>
       <c r="E78" s="5">
-        <v>41.986587999999998</v>
+        <v>194.75</v>
       </c>
       <c r="F78" s="4">
-        <v>52819.127074999997</v>
+        <v>38950</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H78" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I78" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J78" s="5">
+        <v>194.75</v>
+      </c>
+      <c r="K78" s="5">
+        <v>1</v>
+      </c>
+      <c r="L78" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M78" s="4">
+        <v>38950</v>
+      </c>
+      <c r="N78" s="4">
+        <v>38950</v>
+      </c>
+      <c r="O78" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="P78" s="3" t="s">
+        <v>413</v>
+      </c>
+      <c r="Q78" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="R78" s="3" t="s">
+        <v>414</v>
+      </c>
+      <c r="S78" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="T78" s="4">
+        <v>1</v>
+      </c>
+      <c r="W78" s="3" t="s">
         <v>410</v>
       </c>
-      <c r="I78" s="3" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="X78" s="4">
         <v>0</v>
       </c>
       <c r="Y78" s="4">
         <v>0</v>
       </c>
       <c r="Z78" s="6">
-        <v>2.2300000000000002E-3</v>
+        <v>1.616E-3</v>
       </c>
     </row>
     <row r="79" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A79" s="3" t="s">
         <v>415</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>416</v>
       </c>
       <c r="C79" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D79" s="4">
-        <v>129</v>
+        <v>3772</v>
       </c>
       <c r="E79" s="5">
-        <v>430.55336999999997</v>
+        <v>21.52</v>
       </c>
       <c r="F79" s="4">
-        <v>55541.384729999998</v>
+        <v>81173.440000000002</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H79" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I79" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J79" s="5">
+        <v>21.52</v>
+      </c>
+      <c r="K79" s="5">
+        <v>1</v>
+      </c>
+      <c r="L79" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M79" s="4">
+        <v>81173.440000000002</v>
+      </c>
+      <c r="N79" s="4">
+        <v>81173.440000000002</v>
+      </c>
+      <c r="O79" s="3" t="s">
         <v>417</v>
       </c>
-      <c r="I79" s="3" t="s">
-[...8 lines deleted...]
-      <c r="L79" s="3" t="s">
+      <c r="P79" s="3" t="s">
         <v>418</v>
       </c>
-      <c r="M79" s="4">
-[...5 lines deleted...]
-      <c r="O79" s="3" t="s">
+      <c r="Q79" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="R79" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="S79" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="T79" s="4">
+        <v>1</v>
+      </c>
+      <c r="W79" s="3" t="s">
         <v>415</v>
       </c>
-      <c r="P79" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X79" s="4">
         <v>0</v>
       </c>
       <c r="Y79" s="4">
         <v>0</v>
       </c>
       <c r="Z79" s="6">
-        <v>2.3449999999999999E-3</v>
+        <v>3.369E-3</v>
       </c>
     </row>
     <row r="80" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A80" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="B80" s="3" t="s">
+        <v>421</v>
+      </c>
+      <c r="C80" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D80" s="4">
+        <v>1568</v>
+      </c>
+      <c r="E80" s="5">
+        <v>56.163376999999997</v>
+      </c>
+      <c r="F80" s="4">
+        <v>88064.174352000002</v>
+      </c>
+      <c r="G80" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H80" s="3" t="s">
         <v>422</v>
       </c>
-      <c r="B80" s="3" t="s">
+      <c r="I80" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J80" s="5">
+        <v>47.21</v>
+      </c>
+      <c r="K80" s="5">
+        <v>0.84058336485520946</v>
+      </c>
+      <c r="L80" s="3" t="s">
         <v>423</v>
       </c>
-      <c r="C80" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="M80" s="4">
-        <v>36396</v>
+        <v>74025.279999999999</v>
       </c>
       <c r="N80" s="4">
-        <v>36396</v>
+        <v>88064.174352000002</v>
       </c>
       <c r="O80" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="P80" s="3" t="s">
         <v>424</v>
       </c>
-      <c r="P80" s="3" t="s">
+      <c r="Q80" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="R80" s="3" t="s">
         <v>425</v>
       </c>
-      <c r="Q80" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R80" s="3" t="s">
+      <c r="S80" s="3" t="s">
         <v>426</v>
       </c>
-      <c r="S80" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T80" s="4">
         <v>1</v>
       </c>
       <c r="W80" s="3" t="s">
-        <v>422</v>
+        <v>34</v>
       </c>
       <c r="X80" s="4">
         <v>0</v>
       </c>
       <c r="Y80" s="4">
         <v>0</v>
       </c>
       <c r="Z80" s="6">
-        <v>1.536E-3</v>
+        <v>3.6549999999999998E-3</v>
       </c>
     </row>
     <row r="81" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A81" s="3" t="s">
         <v>427</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>428</v>
       </c>
       <c r="C81" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D81" s="4">
-        <v>4676</v>
+        <v>300</v>
       </c>
       <c r="E81" s="5">
-        <v>24.02</v>
+        <v>374.59</v>
       </c>
       <c r="F81" s="4">
-        <v>112317.52</v>
+        <v>112377</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H81" s="3" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="I81" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J81" s="5">
-        <v>24.02</v>
+        <v>374.59</v>
       </c>
       <c r="K81" s="5">
         <v>1</v>
       </c>
       <c r="L81" s="3" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="M81" s="4">
-        <v>112317.52</v>
+        <v>112377</v>
       </c>
       <c r="N81" s="4">
-        <v>112317.52</v>
+        <v>112377</v>
       </c>
       <c r="O81" s="3" t="s">
         <v>429</v>
       </c>
       <c r="P81" s="3" t="s">
         <v>430</v>
       </c>
       <c r="Q81" s="3" t="s">
-        <v>179</v>
+        <v>117</v>
       </c>
       <c r="R81" s="3" t="s">
         <v>431</v>
       </c>
       <c r="S81" s="3" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="T81" s="4">
         <v>1</v>
       </c>
       <c r="W81" s="3" t="s">
         <v>427</v>
       </c>
       <c r="X81" s="4">
         <v>0</v>
       </c>
       <c r="Y81" s="4">
         <v>0</v>
       </c>
       <c r="Z81" s="6">
-        <v>4.7419999999999997E-3</v>
+        <v>4.6649999999999999E-3</v>
       </c>
     </row>
     <row r="82" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A82" s="3" t="s">
         <v>432</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>433</v>
       </c>
       <c r="C82" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D82" s="4">
-        <v>1300</v>
+        <v>451</v>
       </c>
       <c r="E82" s="5">
-        <v>57.524560999999999</v>
+        <v>87.439274999999995</v>
       </c>
       <c r="F82" s="4">
-        <v>74781.929300000003</v>
+        <v>39435.113024999999</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H82" s="3" t="s">
         <v>434</v>
       </c>
       <c r="I82" s="3" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="J82" s="5">
-        <v>48.98</v>
+        <v>73.5</v>
       </c>
       <c r="K82" s="5">
-        <v>0.85146238664906981</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L82" s="3" t="s">
         <v>435</v>
       </c>
       <c r="M82" s="4">
-        <v>63674</v>
+        <v>33148.5</v>
       </c>
       <c r="N82" s="4">
-        <v>74781.929300000003</v>
+        <v>39435.113024999999</v>
       </c>
       <c r="O82" s="3" t="s">
         <v>432</v>
       </c>
       <c r="P82" s="3" t="s">
         <v>436</v>
       </c>
       <c r="Q82" s="3" t="s">
-        <v>119</v>
+        <v>216</v>
       </c>
       <c r="R82" s="3" t="s">
         <v>437</v>
       </c>
       <c r="S82" s="3" t="s">
         <v>438</v>
       </c>
       <c r="T82" s="4">
         <v>1</v>
       </c>
       <c r="W82" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X82" s="4">
         <v>0</v>
       </c>
       <c r="Y82" s="4">
         <v>0</v>
       </c>
       <c r="Z82" s="6">
-        <v>3.1570000000000001E-3</v>
+        <v>1.637E-3</v>
       </c>
     </row>
     <row r="83" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A83" s="3" t="s">
         <v>439</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>440</v>
       </c>
       <c r="C83" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D83" s="4">
-        <v>300</v>
+        <v>14</v>
       </c>
       <c r="E83" s="5">
-        <v>344.1</v>
+        <v>670.46</v>
       </c>
       <c r="F83" s="4">
-        <v>103230</v>
+        <v>9386.44</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H83" s="3" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="I83" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J83" s="5">
-        <v>344.1</v>
+        <v>670.46</v>
       </c>
       <c r="K83" s="5">
         <v>1</v>
       </c>
       <c r="L83" s="3" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="M83" s="4">
-        <v>103230</v>
+        <v>9386.44</v>
       </c>
       <c r="N83" s="4">
-        <v>103230</v>
+        <v>9386.44</v>
       </c>
       <c r="O83" s="3" t="s">
         <v>441</v>
       </c>
       <c r="P83" s="3" t="s">
         <v>442</v>
       </c>
       <c r="Q83" s="3" t="s">
-        <v>129</v>
+        <v>107</v>
       </c>
       <c r="R83" s="3" t="s">
         <v>443</v>
       </c>
       <c r="S83" s="3" t="s">
-        <v>114</v>
+        <v>130</v>
       </c>
       <c r="T83" s="4">
         <v>1</v>
       </c>
       <c r="W83" s="3" t="s">
         <v>439</v>
       </c>
       <c r="X83" s="4">
         <v>0</v>
       </c>
       <c r="Y83" s="4">
         <v>0</v>
       </c>
       <c r="Z83" s="6">
-        <v>4.3579999999999999E-3</v>
+        <v>3.8900000000000002E-4</v>
       </c>
     </row>
     <row r="84" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A84" s="3" t="s">
         <v>444</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>445</v>
       </c>
       <c r="C84" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D84" s="4">
-        <v>451</v>
+        <v>200</v>
       </c>
       <c r="E84" s="5">
-        <v>87.085468000000006</v>
+        <v>173.78</v>
       </c>
       <c r="F84" s="4">
-        <v>39275.545842500003</v>
+        <v>34756</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H84" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I84" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J84" s="5">
+        <v>173.78</v>
+      </c>
+      <c r="K84" s="5">
+        <v>1</v>
+      </c>
+      <c r="L84" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M84" s="4">
+        <v>34756</v>
+      </c>
+      <c r="N84" s="4">
+        <v>34756</v>
+      </c>
+      <c r="O84" s="3" t="s">
         <v>446</v>
       </c>
-      <c r="I84" s="3" t="s">
-[...8 lines deleted...]
-      <c r="L84" s="3" t="s">
+      <c r="P84" s="3" t="s">
         <v>447</v>
       </c>
-      <c r="M84" s="4">
-[...5 lines deleted...]
-      <c r="O84" s="3" t="s">
+      <c r="Q84" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="R84" s="3" t="s">
+        <v>448</v>
+      </c>
+      <c r="S84" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="T84" s="4">
+        <v>1</v>
+      </c>
+      <c r="W84" s="3" t="s">
         <v>444</v>
       </c>
-      <c r="P84" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="X84" s="4">
         <v>0</v>
       </c>
       <c r="Y84" s="4">
         <v>0</v>
       </c>
       <c r="Z84" s="6">
-        <v>1.658E-3</v>
+        <v>1.4419999999999999E-3</v>
       </c>
     </row>
     <row r="85" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A85" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="B85" s="3" t="s">
+        <v>450</v>
+      </c>
+      <c r="C85" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D85" s="4">
+        <v>601</v>
+      </c>
+      <c r="E85" s="5">
+        <v>306.7</v>
+      </c>
+      <c r="F85" s="4">
+        <v>184326.7</v>
+      </c>
+      <c r="G85" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H85" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I85" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J85" s="5">
+        <v>306.7</v>
+      </c>
+      <c r="K85" s="5">
+        <v>1</v>
+      </c>
+      <c r="L85" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M85" s="4">
+        <v>184326.7</v>
+      </c>
+      <c r="N85" s="4">
+        <v>184326.7</v>
+      </c>
+      <c r="O85" s="3" t="s">
         <v>451</v>
       </c>
-      <c r="B85" s="3" t="s">
+      <c r="P85" s="3" t="s">
         <v>452</v>
       </c>
-      <c r="C85" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O85" s="3" t="s">
+      <c r="Q85" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="R85" s="3" t="s">
         <v>453</v>
       </c>
-      <c r="P85" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S85" s="3" t="s">
-        <v>142</v>
+        <v>102</v>
       </c>
       <c r="T85" s="4">
         <v>1</v>
       </c>
       <c r="W85" s="3" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="X85" s="4">
         <v>0</v>
       </c>
       <c r="Y85" s="4">
         <v>0</v>
       </c>
       <c r="Z85" s="6">
-        <v>3.9899999999999999E-4</v>
+        <v>7.6519999999999999E-3</v>
       </c>
     </row>
     <row r="86" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A86" s="3" t="s">
+        <v>454</v>
+      </c>
+      <c r="B86" s="3" t="s">
+        <v>455</v>
+      </c>
+      <c r="C86" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D86" s="4">
+        <v>87</v>
+      </c>
+      <c r="E86" s="5">
+        <v>498.92</v>
+      </c>
+      <c r="F86" s="4">
+        <v>43406.04</v>
+      </c>
+      <c r="G86" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H86" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I86" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J86" s="5">
+        <v>498.92</v>
+      </c>
+      <c r="K86" s="5">
+        <v>1</v>
+      </c>
+      <c r="L86" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M86" s="4">
+        <v>43406.04</v>
+      </c>
+      <c r="N86" s="4">
+        <v>43406.04</v>
+      </c>
+      <c r="O86" s="3" t="s">
         <v>456</v>
       </c>
-      <c r="B86" s="3" t="s">
+      <c r="P86" s="3" t="s">
         <v>457</v>
       </c>
-      <c r="C86" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O86" s="3" t="s">
+      <c r="Q86" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="R86" s="3" t="s">
         <v>458</v>
       </c>
-      <c r="P86" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S86" s="3" t="s">
-        <v>114</v>
+        <v>130</v>
       </c>
       <c r="T86" s="4">
         <v>1</v>
       </c>
       <c r="W86" s="3" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="X86" s="4">
         <v>0</v>
       </c>
       <c r="Y86" s="4">
         <v>0</v>
       </c>
       <c r="Z86" s="6">
-        <v>1.3669999999999999E-3</v>
+        <v>1.8010000000000001E-3</v>
       </c>
     </row>
     <row r="87" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A87" s="3" t="s">
+        <v>459</v>
+      </c>
+      <c r="B87" s="3" t="s">
+        <v>460</v>
+      </c>
+      <c r="C87" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D87" s="4">
+        <v>100</v>
+      </c>
+      <c r="E87" s="5">
+        <v>504.22</v>
+      </c>
+      <c r="F87" s="4">
+        <v>50422</v>
+      </c>
+      <c r="G87" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H87" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I87" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J87" s="5">
+        <v>504.22</v>
+      </c>
+      <c r="K87" s="5">
+        <v>1</v>
+      </c>
+      <c r="L87" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M87" s="4">
+        <v>50422</v>
+      </c>
+      <c r="N87" s="4">
+        <v>50422</v>
+      </c>
+      <c r="O87" s="3" t="s">
         <v>461</v>
       </c>
-      <c r="B87" s="3" t="s">
+      <c r="P87" s="3" t="s">
         <v>462</v>
       </c>
-      <c r="C87" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O87" s="3" t="s">
+      <c r="Q87" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="R87" s="3" t="s">
         <v>463</v>
       </c>
-      <c r="P87" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S87" s="3" t="s">
-        <v>114</v>
+        <v>130</v>
       </c>
       <c r="T87" s="4">
         <v>1</v>
       </c>
       <c r="W87" s="3" t="s">
-        <v>461</v>
+        <v>459</v>
       </c>
       <c r="X87" s="4">
         <v>0</v>
       </c>
       <c r="Y87" s="4">
         <v>0</v>
       </c>
       <c r="Z87" s="6">
-        <v>7.5160000000000001E-3</v>
+        <v>2.0929999999999998E-3</v>
       </c>
     </row>
     <row r="88" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A88" s="3" t="s">
+        <v>464</v>
+      </c>
+      <c r="B88" s="3" t="s">
+        <v>465</v>
+      </c>
+      <c r="C88" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D88" s="4">
+        <v>100</v>
+      </c>
+      <c r="E88" s="5">
+        <v>230.15</v>
+      </c>
+      <c r="F88" s="4">
+        <v>23015</v>
+      </c>
+      <c r="G88" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H88" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I88" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J88" s="5">
+        <v>230.15</v>
+      </c>
+      <c r="K88" s="5">
+        <v>1</v>
+      </c>
+      <c r="L88" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M88" s="4">
+        <v>23015</v>
+      </c>
+      <c r="N88" s="4">
+        <v>23015</v>
+      </c>
+      <c r="O88" s="3" t="s">
         <v>466</v>
       </c>
-      <c r="B88" s="3" t="s">
+      <c r="P88" s="3" t="s">
         <v>467</v>
       </c>
-      <c r="C88" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O88" s="3" t="s">
+      <c r="Q88" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="R88" s="3" t="s">
         <v>468</v>
       </c>
-      <c r="P88" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S88" s="3" t="s">
-        <v>142</v>
+        <v>102</v>
       </c>
       <c r="T88" s="4">
         <v>1</v>
       </c>
       <c r="W88" s="3" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="X88" s="4">
         <v>0</v>
       </c>
       <c r="Y88" s="4">
         <v>0</v>
       </c>
       <c r="Z88" s="6">
-        <v>2.4329999999999998E-3</v>
+        <v>9.5500000000000001E-4</v>
       </c>
     </row>
     <row r="89" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A89" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="B89" s="3" t="s">
+        <v>470</v>
+      </c>
+      <c r="C89" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D89" s="4">
+        <v>1063</v>
+      </c>
+      <c r="E89" s="5">
+        <v>305.89</v>
+      </c>
+      <c r="F89" s="4">
+        <v>325161.07</v>
+      </c>
+      <c r="G89" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H89" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I89" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J89" s="5">
+        <v>305.89</v>
+      </c>
+      <c r="K89" s="5">
+        <v>1</v>
+      </c>
+      <c r="L89" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M89" s="4">
+        <v>325161.07</v>
+      </c>
+      <c r="N89" s="4">
+        <v>325161.07</v>
+      </c>
+      <c r="O89" s="3" t="s">
         <v>471</v>
       </c>
-      <c r="B89" s="3" t="s">
+      <c r="P89" s="3" t="s">
         <v>472</v>
       </c>
-      <c r="C89" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O89" s="3" t="s">
+      <c r="Q89" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="R89" s="3" t="s">
         <v>473</v>
       </c>
-      <c r="P89" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S89" s="3" t="s">
-        <v>142</v>
+        <v>102</v>
       </c>
       <c r="T89" s="4">
         <v>1</v>
       </c>
       <c r="W89" s="3" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="X89" s="4">
         <v>0</v>
       </c>
       <c r="Y89" s="4">
         <v>0</v>
       </c>
       <c r="Z89" s="6">
-        <v>2.3909999999999999E-3</v>
+        <v>1.3498E-2</v>
       </c>
     </row>
     <row r="90" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A90" s="3" t="s">
+        <v>474</v>
+      </c>
+      <c r="B90" s="3" t="s">
+        <v>475</v>
+      </c>
+      <c r="C90" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D90" s="4">
+        <v>291</v>
+      </c>
+      <c r="E90" s="5">
+        <v>227.25</v>
+      </c>
+      <c r="F90" s="4">
+        <v>66129.75</v>
+      </c>
+      <c r="G90" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H90" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I90" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J90" s="5">
+        <v>227.25</v>
+      </c>
+      <c r="K90" s="5">
+        <v>1</v>
+      </c>
+      <c r="L90" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M90" s="4">
+        <v>66129.75</v>
+      </c>
+      <c r="N90" s="4">
+        <v>66129.75</v>
+      </c>
+      <c r="O90" s="3" t="s">
         <v>476</v>
       </c>
-      <c r="B90" s="3" t="s">
+      <c r="P90" s="3" t="s">
         <v>477</v>
       </c>
-      <c r="C90" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O90" s="3" t="s">
+      <c r="Q90" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="R90" s="3" t="s">
         <v>478</v>
       </c>
-      <c r="P90" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S90" s="3" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="T90" s="4">
         <v>1</v>
       </c>
       <c r="W90" s="3" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c r="X90" s="4">
         <v>0</v>
       </c>
       <c r="Y90" s="4">
         <v>0</v>
       </c>
       <c r="Z90" s="6">
-        <v>9.5100000000000002E-4</v>
+        <v>2.745E-3</v>
       </c>
     </row>
     <row r="91" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A91" s="3" t="s">
+        <v>479</v>
+      </c>
+      <c r="B91" s="3" t="s">
+        <v>480</v>
+      </c>
+      <c r="C91" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D91" s="4">
+        <v>325</v>
+      </c>
+      <c r="E91" s="5">
+        <v>288.25219499999997</v>
+      </c>
+      <c r="F91" s="4">
+        <v>93681.963375000007</v>
+      </c>
+      <c r="G91" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H91" s="3" t="s">
+        <v>405</v>
+      </c>
+      <c r="I91" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J91" s="5">
+        <v>242.3</v>
+      </c>
+      <c r="K91" s="5">
+        <v>0.84058336485520946</v>
+      </c>
+      <c r="L91" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="M91" s="4">
+        <v>78747.5</v>
+      </c>
+      <c r="N91" s="4">
+        <v>93681.963375000007</v>
+      </c>
+      <c r="O91" s="3" t="s">
+        <v>479</v>
+      </c>
+      <c r="P91" s="3" t="s">
         <v>481</v>
       </c>
-      <c r="B91" s="3" t="s">
+      <c r="Q91" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="R91" s="3" t="s">
         <v>482</v>
       </c>
-      <c r="C91" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S91" s="3" t="s">
-        <v>114</v>
+        <v>409</v>
       </c>
       <c r="T91" s="4">
         <v>1</v>
       </c>
       <c r="W91" s="3" t="s">
-        <v>481</v>
+        <v>34</v>
       </c>
       <c r="X91" s="4">
         <v>0</v>
       </c>
       <c r="Y91" s="4">
         <v>0</v>
       </c>
       <c r="Z91" s="6">
-        <v>1.4461999999999999E-2</v>
+        <v>3.8890000000000001E-3</v>
       </c>
     </row>
     <row r="92" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A92" s="3" t="s">
+        <v>483</v>
+      </c>
+      <c r="B92" s="3" t="s">
+        <v>484</v>
+      </c>
+      <c r="C92" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D92" s="4">
+        <v>414</v>
+      </c>
+      <c r="E92" s="5">
+        <v>202.90670399999999</v>
+      </c>
+      <c r="F92" s="4">
+        <v>84003.375455999994</v>
+      </c>
+      <c r="G92" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H92" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="I92" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J92" s="5">
+        <v>170.56</v>
+      </c>
+      <c r="K92" s="5">
+        <v>0.84058336485520946</v>
+      </c>
+      <c r="L92" s="3" t="s">
+        <v>423</v>
+      </c>
+      <c r="M92" s="4">
+        <v>70611.839999999997</v>
+      </c>
+      <c r="N92" s="4">
+        <v>84003.375455999994</v>
+      </c>
+      <c r="O92" s="3" t="s">
+        <v>483</v>
+      </c>
+      <c r="P92" s="3" t="s">
+        <v>485</v>
+      </c>
+      <c r="Q92" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="R92" s="3" t="s">
         <v>486</v>
       </c>
-      <c r="B92" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S92" s="3" t="s">
-        <v>114</v>
+        <v>426</v>
       </c>
       <c r="T92" s="4">
         <v>1</v>
       </c>
       <c r="W92" s="3" t="s">
-        <v>486</v>
+        <v>34</v>
       </c>
       <c r="X92" s="4">
         <v>0</v>
       </c>
       <c r="Y92" s="4">
         <v>0</v>
       </c>
       <c r="Z92" s="6">
-        <v>2.114E-3</v>
+        <v>3.4870000000000001E-3</v>
       </c>
     </row>
     <row r="93" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A93" s="3" t="s">
+        <v>487</v>
+      </c>
+      <c r="B93" s="3" t="s">
+        <v>488</v>
+      </c>
+      <c r="C93" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D93" s="4">
+        <v>450</v>
+      </c>
+      <c r="E93" s="5">
+        <v>271.52</v>
+      </c>
+      <c r="F93" s="4">
+        <v>122184</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H93" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I93" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J93" s="5">
+        <v>271.52</v>
+      </c>
+      <c r="K93" s="5">
+        <v>1</v>
+      </c>
+      <c r="L93" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M93" s="4">
+        <v>122184</v>
+      </c>
+      <c r="N93" s="4">
+        <v>122184</v>
+      </c>
+      <c r="O93" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="P93" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="Q93" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="R93" s="3" t="s">
         <v>491</v>
       </c>
-      <c r="B93" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S93" s="3" t="s">
-        <v>421</v>
+        <v>102</v>
       </c>
       <c r="T93" s="4">
         <v>1</v>
       </c>
       <c r="W93" s="3" t="s">
-        <v>34</v>
+        <v>487</v>
       </c>
       <c r="X93" s="4">
         <v>0</v>
       </c>
       <c r="Y93" s="4">
         <v>0</v>
       </c>
       <c r="Z93" s="6">
-        <v>3.7850000000000002E-3</v>
+        <v>5.0720000000000001E-3</v>
       </c>
     </row>
     <row r="94" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A94" s="3" t="s">
+        <v>492</v>
+      </c>
+      <c r="B94" s="3" t="s">
+        <v>493</v>
+      </c>
+      <c r="C94" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D94" s="4">
+        <v>127</v>
+      </c>
+      <c r="E94" s="5">
+        <v>233.46</v>
+      </c>
+      <c r="F94" s="4">
+        <v>29649.42</v>
+      </c>
+      <c r="G94" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H94" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I94" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J94" s="5">
+        <v>233.46</v>
+      </c>
+      <c r="K94" s="5">
+        <v>1</v>
+      </c>
+      <c r="L94" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M94" s="4">
+        <v>29649.42</v>
+      </c>
+      <c r="N94" s="4">
+        <v>29649.42</v>
+      </c>
+      <c r="O94" s="3" t="s">
+        <v>494</v>
+      </c>
+      <c r="P94" s="3" t="s">
         <v>495</v>
       </c>
-      <c r="B94" s="3" t="s">
+      <c r="Q94" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="R94" s="3" t="s">
         <v>496</v>
       </c>
-      <c r="C94" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S94" s="3" t="s">
-        <v>438</v>
+        <v>130</v>
       </c>
       <c r="T94" s="4">
         <v>1</v>
       </c>
       <c r="W94" s="3" t="s">
-        <v>34</v>
+        <v>492</v>
       </c>
       <c r="X94" s="4">
         <v>0</v>
       </c>
       <c r="Y94" s="4">
         <v>0</v>
       </c>
       <c r="Z94" s="6">
-        <v>4.2770000000000004E-3</v>
+        <v>1.23E-3</v>
       </c>
     </row>
     <row r="95" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A95" s="3" t="s">
+        <v>497</v>
+      </c>
+      <c r="B95" s="3" t="s">
+        <v>498</v>
+      </c>
+      <c r="C95" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D95" s="4">
+        <v>789</v>
+      </c>
+      <c r="E95" s="5">
+        <v>45.099632</v>
+      </c>
+      <c r="F95" s="4">
+        <v>35583.609253499999</v>
+      </c>
+      <c r="G95" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H95" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="I95" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J95" s="5">
+        <v>37.909999999999997</v>
+      </c>
+      <c r="K95" s="5">
+        <v>0.84058336485520946</v>
+      </c>
+      <c r="L95" s="3" t="s">
+        <v>423</v>
+      </c>
+      <c r="M95" s="4">
+        <v>29910.99</v>
+      </c>
+      <c r="N95" s="4">
+        <v>35583.609253499999</v>
+      </c>
+      <c r="O95" s="3" t="s">
+        <v>497</v>
+      </c>
+      <c r="P95" s="3" t="s">
         <v>499</v>
       </c>
-      <c r="B95" s="3" t="s">
+      <c r="Q95" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="R95" s="3" t="s">
         <v>500</v>
       </c>
-      <c r="C95" s="3" t="s">
-[...2 lines deleted...]
-      <c r="D95" s="4">
+      <c r="S95" s="3" t="s">
         <v>426</v>
       </c>
-      <c r="E95" s="5">
-[...43 lines deleted...]
-      </c>
       <c r="T95" s="4">
         <v>1</v>
       </c>
       <c r="W95" s="3" t="s">
-        <v>499</v>
+        <v>34</v>
       </c>
       <c r="X95" s="4">
         <v>0</v>
       </c>
       <c r="Y95" s="4">
         <v>0</v>
       </c>
       <c r="Z95" s="6">
-        <v>4.5120000000000004E-3</v>
+        <v>1.477E-3</v>
       </c>
     </row>
     <row r="96" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A96" s="3" t="s">
+        <v>501</v>
+      </c>
+      <c r="B96" s="3" t="s">
+        <v>502</v>
+      </c>
+      <c r="C96" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D96" s="4">
+        <v>176</v>
+      </c>
+      <c r="E96" s="5">
+        <v>442.31187</v>
+      </c>
+      <c r="F96" s="4">
+        <v>77846.889120000007</v>
+      </c>
+      <c r="G96" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H96" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="I96" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J96" s="5">
+        <v>371.8</v>
+      </c>
+      <c r="K96" s="5">
+        <v>0.84058336485520946</v>
+      </c>
+      <c r="L96" s="3" t="s">
+        <v>423</v>
+      </c>
+      <c r="M96" s="4">
+        <v>65436.800000000003</v>
+      </c>
+      <c r="N96" s="4">
+        <v>77846.889120000007</v>
+      </c>
+      <c r="O96" s="3" t="s">
+        <v>501</v>
+      </c>
+      <c r="P96" s="3" t="s">
+        <v>503</v>
+      </c>
+      <c r="Q96" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="R96" s="3" t="s">
         <v>504</v>
       </c>
-      <c r="B96" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S96" s="3" t="s">
-        <v>142</v>
+        <v>426</v>
       </c>
       <c r="T96" s="4">
         <v>1</v>
       </c>
       <c r="W96" s="3" t="s">
-        <v>504</v>
+        <v>34</v>
       </c>
       <c r="X96" s="4">
         <v>0</v>
       </c>
       <c r="Y96" s="4">
         <v>0</v>
       </c>
       <c r="Z96" s="6">
-        <v>9.1699999999999995E-4</v>
+        <v>3.2309999999999999E-3</v>
       </c>
     </row>
     <row r="97" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A97" s="3" t="s">
-        <v>509</v>
+        <v>505</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>510</v>
+        <v>506</v>
       </c>
       <c r="C97" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D97" s="4">
-        <v>789</v>
+        <v>9</v>
       </c>
       <c r="E97" s="5">
-        <v>47.870581999999999</v>
+        <v>2413.7998499999999</v>
       </c>
       <c r="F97" s="4">
-        <v>37769.889197999997</v>
+        <v>21724.198649999998</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H97" s="3" t="s">
-        <v>434</v>
+        <v>405</v>
       </c>
       <c r="I97" s="3" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="J97" s="5">
-        <v>40.76</v>
+        <v>2029</v>
       </c>
       <c r="K97" s="5">
-        <v>0.85146238664906981</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L97" s="3" t="s">
-        <v>435</v>
+        <v>406</v>
       </c>
       <c r="M97" s="4">
-        <v>32159.64</v>
+        <v>18261</v>
       </c>
       <c r="N97" s="4">
-        <v>37769.889197999997</v>
+        <v>21724.198649999998</v>
       </c>
       <c r="O97" s="3" t="s">
-        <v>509</v>
+        <v>505</v>
       </c>
       <c r="P97" s="3" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="Q97" s="3" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="R97" s="3" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
       <c r="S97" s="3" t="s">
-        <v>438</v>
+        <v>409</v>
       </c>
       <c r="T97" s="4">
         <v>1</v>
       </c>
       <c r="W97" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X97" s="4">
         <v>0</v>
       </c>
       <c r="Y97" s="4">
         <v>0</v>
       </c>
       <c r="Z97" s="6">
-        <v>1.5939999999999999E-3</v>
+        <v>9.01E-4</v>
       </c>
     </row>
     <row r="98" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A98" s="3" t="s">
+        <v>509</v>
+      </c>
+      <c r="B98" s="3" t="s">
+        <v>510</v>
+      </c>
+      <c r="C98" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D98" s="4">
+        <v>100</v>
+      </c>
+      <c r="E98" s="5">
+        <v>495.08</v>
+      </c>
+      <c r="F98" s="4">
+        <v>49508</v>
+      </c>
+      <c r="G98" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H98" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I98" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J98" s="5">
+        <v>495.08</v>
+      </c>
+      <c r="K98" s="5">
+        <v>1</v>
+      </c>
+      <c r="L98" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M98" s="4">
+        <v>49508</v>
+      </c>
+      <c r="N98" s="4">
+        <v>49508</v>
+      </c>
+      <c r="O98" s="3" t="s">
+        <v>511</v>
+      </c>
+      <c r="P98" s="3" t="s">
+        <v>512</v>
+      </c>
+      <c r="Q98" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="R98" s="3" t="s">
         <v>513</v>
       </c>
-      <c r="B98" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S98" s="3" t="s">
-        <v>438</v>
+        <v>102</v>
       </c>
       <c r="T98" s="4">
         <v>1</v>
       </c>
       <c r="W98" s="3" t="s">
-        <v>34</v>
+        <v>509</v>
       </c>
       <c r="X98" s="4">
         <v>0</v>
       </c>
       <c r="Y98" s="4">
         <v>0</v>
       </c>
       <c r="Z98" s="6">
-        <v>3.408E-3</v>
+        <v>2.055E-3</v>
       </c>
     </row>
     <row r="99" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A99" s="3" t="s">
+        <v>514</v>
+      </c>
+      <c r="B99" s="3" t="s">
+        <v>515</v>
+      </c>
+      <c r="C99" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D99" s="4">
+        <v>79</v>
+      </c>
+      <c r="E99" s="5">
+        <v>609.57665999999995</v>
+      </c>
+      <c r="F99" s="4">
+        <v>48156.556140000001</v>
+      </c>
+      <c r="G99" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H99" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="I99" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J99" s="5">
+        <v>512.4</v>
+      </c>
+      <c r="K99" s="5">
+        <v>0.84058336485520946</v>
+      </c>
+      <c r="L99" s="3" t="s">
+        <v>423</v>
+      </c>
+      <c r="M99" s="4">
+        <v>40479.599999999999</v>
+      </c>
+      <c r="N99" s="4">
+        <v>48156.556140000001</v>
+      </c>
+      <c r="O99" s="3" t="s">
+        <v>514</v>
+      </c>
+      <c r="P99" s="3" t="s">
+        <v>516</v>
+      </c>
+      <c r="Q99" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="R99" s="3" t="s">
         <v>517</v>
       </c>
-      <c r="B99" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S99" s="3" t="s">
-        <v>421</v>
+        <v>426</v>
       </c>
       <c r="T99" s="4">
         <v>1</v>
       </c>
       <c r="W99" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X99" s="4">
         <v>0</v>
       </c>
       <c r="Y99" s="4">
         <v>0</v>
       </c>
       <c r="Z99" s="6">
-        <v>9.4700000000000003E-4</v>
+        <v>1.9989999999999999E-3</v>
       </c>
     </row>
     <row r="100" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A100" s="3" t="s">
+        <v>518</v>
+      </c>
+      <c r="B100" s="3" t="s">
+        <v>519</v>
+      </c>
+      <c r="C100" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D100" s="4">
+        <v>85</v>
+      </c>
+      <c r="E100" s="5">
+        <v>1037.1500000000001</v>
+      </c>
+      <c r="F100" s="4">
+        <v>88157.75</v>
+      </c>
+      <c r="G100" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H100" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I100" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J100" s="5">
+        <v>1037.1500000000001</v>
+      </c>
+      <c r="K100" s="5">
+        <v>1</v>
+      </c>
+      <c r="L100" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M100" s="4">
+        <v>88157.75</v>
+      </c>
+      <c r="N100" s="4">
+        <v>88157.75</v>
+      </c>
+      <c r="O100" s="3" t="s">
+        <v>520</v>
+      </c>
+      <c r="P100" s="3" t="s">
         <v>521</v>
       </c>
-      <c r="B100" s="3" t="s">
+      <c r="Q100" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="R100" s="3" t="s">
         <v>522</v>
       </c>
-      <c r="C100" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S100" s="3" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="T100" s="4">
         <v>1</v>
       </c>
       <c r="W100" s="3" t="s">
-        <v>521</v>
+        <v>518</v>
       </c>
       <c r="X100" s="4">
         <v>0</v>
       </c>
       <c r="Y100" s="4">
         <v>0</v>
       </c>
       <c r="Z100" s="6">
-        <v>2.0500000000000002E-3</v>
+        <v>3.6589999999999999E-3</v>
       </c>
     </row>
     <row r="101" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A101" s="3" t="s">
+        <v>523</v>
+      </c>
+      <c r="B101" s="3" t="s">
+        <v>524</v>
+      </c>
+      <c r="C101" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D101" s="4">
+        <v>4239</v>
+      </c>
+      <c r="E101" s="5">
+        <v>25.517993000000001</v>
+      </c>
+      <c r="F101" s="4">
+        <v>108170.7702075</v>
+      </c>
+      <c r="G101" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H101" s="3" t="s">
+        <v>525</v>
+      </c>
+      <c r="I101" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J101" s="5">
+        <v>21.45</v>
+      </c>
+      <c r="K101" s="5">
+        <v>0.84058336485520946</v>
+      </c>
+      <c r="L101" s="3" t="s">
         <v>526</v>
       </c>
-      <c r="B101" s="3" t="s">
+      <c r="M101" s="4">
+        <v>90926.55</v>
+      </c>
+      <c r="N101" s="4">
+        <v>108170.7702075</v>
+      </c>
+      <c r="O101" s="3" t="s">
+        <v>523</v>
+      </c>
+      <c r="P101" s="3" t="s">
         <v>527</v>
       </c>
-      <c r="C101" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P101" s="3" t="s">
+      <c r="Q101" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="R101" s="3" t="s">
         <v>528</v>
       </c>
-      <c r="Q101" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R101" s="3" t="s">
+      <c r="S101" s="3" t="s">
         <v>529</v>
-      </c>
-[...1 lines deleted...]
-        <v>438</v>
       </c>
       <c r="T101" s="4">
         <v>1</v>
       </c>
       <c r="W101" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X101" s="4">
         <v>0</v>
       </c>
       <c r="Y101" s="4">
         <v>0</v>
       </c>
       <c r="Z101" s="6">
-        <v>2.202E-3</v>
+        <v>4.4900000000000001E-3</v>
       </c>
     </row>
     <row r="102" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A102" s="3" t="s">
         <v>530</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>531</v>
       </c>
       <c r="C102" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D102" s="4">
-        <v>85</v>
+        <v>489</v>
       </c>
       <c r="E102" s="5">
-        <v>1074.68</v>
+        <v>94.220280000000002</v>
       </c>
       <c r="F102" s="4">
-        <v>91347.8</v>
+        <v>46073.716919999999</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H102" s="3" t="s">
-        <v>98</v>
+        <v>405</v>
       </c>
       <c r="I102" s="3" t="s">
-        <v>99</v>
+        <v>65</v>
       </c>
       <c r="J102" s="5">
-        <v>1074.68</v>
+        <v>79.2</v>
       </c>
       <c r="K102" s="5">
-        <v>1</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L102" s="3" t="s">
-        <v>100</v>
+        <v>406</v>
       </c>
       <c r="M102" s="4">
-        <v>91347.8</v>
+        <v>38728.800000000003</v>
       </c>
       <c r="N102" s="4">
-        <v>91347.8</v>
+        <v>46073.716919999999</v>
       </c>
       <c r="O102" s="3" t="s">
+        <v>530</v>
+      </c>
+      <c r="P102" s="3" t="s">
         <v>532</v>
       </c>
-      <c r="P102" s="3" t="s">
+      <c r="Q102" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="R102" s="3" t="s">
         <v>533</v>
       </c>
-      <c r="Q102" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S102" s="3" t="s">
-        <v>114</v>
+        <v>409</v>
       </c>
       <c r="T102" s="4">
         <v>1</v>
       </c>
       <c r="W102" s="3" t="s">
-        <v>530</v>
+        <v>34</v>
       </c>
       <c r="X102" s="4">
         <v>0</v>
       </c>
       <c r="Y102" s="4">
         <v>0</v>
       </c>
       <c r="Z102" s="6">
-        <v>3.8570000000000002E-3</v>
+        <v>1.9120000000000001E-3</v>
       </c>
     </row>
     <row r="103" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A103" s="3" t="s">
+        <v>534</v>
+      </c>
+      <c r="B103" s="3" t="s">
         <v>535</v>
       </c>
-      <c r="B103" s="3" t="s">
+      <c r="C103" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D103" s="4">
+        <v>9639</v>
+      </c>
+      <c r="E103" s="5">
+        <v>12.824427</v>
+      </c>
+      <c r="F103" s="4">
+        <v>123614.651853</v>
+      </c>
+      <c r="G103" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H103" s="3" t="s">
+        <v>525</v>
+      </c>
+      <c r="I103" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J103" s="5">
+        <v>10.78</v>
+      </c>
+      <c r="K103" s="5">
+        <v>0.84058336485520946</v>
+      </c>
+      <c r="L103" s="3" t="s">
+        <v>526</v>
+      </c>
+      <c r="M103" s="4">
+        <v>103908.42</v>
+      </c>
+      <c r="N103" s="4">
+        <v>123614.651853</v>
+      </c>
+      <c r="O103" s="3" t="s">
+        <v>534</v>
+      </c>
+      <c r="P103" s="3" t="s">
+        <v>532</v>
+      </c>
+      <c r="Q103" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="R103" s="3" t="s">
         <v>536</v>
       </c>
-      <c r="C103" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S103" s="3" t="s">
-        <v>541</v>
+        <v>529</v>
       </c>
       <c r="T103" s="4">
         <v>1</v>
       </c>
       <c r="W103" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X103" s="4">
         <v>0</v>
       </c>
       <c r="Y103" s="4">
         <v>0</v>
       </c>
       <c r="Z103" s="6">
-        <v>4.2139999999999999E-3</v>
+        <v>5.1310000000000001E-3</v>
       </c>
     </row>
     <row r="104" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A104" s="3" t="s">
-        <v>542</v>
+        <v>537</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>543</v>
+        <v>538</v>
       </c>
       <c r="C104" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D104" s="4">
-        <v>489</v>
+        <v>200</v>
       </c>
       <c r="E104" s="5">
-        <v>97.150503999999998</v>
+        <v>188.19</v>
       </c>
       <c r="F104" s="4">
-        <v>47506.596455999999</v>
+        <v>37638</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H104" s="3" t="s">
-        <v>417</v>
+        <v>31</v>
       </c>
       <c r="I104" s="3" t="s">
-        <v>59</v>
+        <v>32</v>
       </c>
       <c r="J104" s="5">
-        <v>82.72</v>
+        <v>188.19</v>
       </c>
       <c r="K104" s="5">
-        <v>0.85146238664906981</v>
+        <v>1</v>
       </c>
       <c r="L104" s="3" t="s">
-        <v>418</v>
+        <v>33</v>
       </c>
       <c r="M104" s="4">
-        <v>40450.080000000002</v>
+        <v>37638</v>
       </c>
       <c r="N104" s="4">
-        <v>47506.596455999999</v>
+        <v>37638</v>
       </c>
       <c r="O104" s="3" t="s">
-        <v>542</v>
+        <v>539</v>
       </c>
       <c r="P104" s="3" t="s">
-        <v>544</v>
+        <v>540</v>
       </c>
       <c r="Q104" s="3" t="s">
-        <v>119</v>
+        <v>150</v>
       </c>
       <c r="R104" s="3" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
       <c r="S104" s="3" t="s">
-        <v>421</v>
+        <v>102</v>
       </c>
       <c r="T104" s="4">
         <v>1</v>
       </c>
       <c r="W104" s="3" t="s">
-        <v>34</v>
+        <v>537</v>
       </c>
       <c r="X104" s="4">
         <v>0</v>
       </c>
       <c r="Y104" s="4">
         <v>0</v>
       </c>
       <c r="Z104" s="6">
-        <v>2.0049999999999998E-3</v>
+        <v>1.562E-3</v>
       </c>
     </row>
     <row r="105" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A105" s="3" t="s">
-        <v>546</v>
+        <v>542</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>547</v>
+        <v>543</v>
       </c>
       <c r="C105" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D105" s="4">
-        <v>9639</v>
+        <v>320</v>
       </c>
       <c r="E105" s="5">
-        <v>11.826712000000001</v>
+        <v>304.90729499999998</v>
       </c>
       <c r="F105" s="4">
-        <v>113997.6721485</v>
+        <v>97570.334400000007</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H105" s="3" t="s">
-        <v>537</v>
+        <v>422</v>
       </c>
       <c r="I105" s="3" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="J105" s="5">
-        <v>10.07</v>
+        <v>256.3</v>
       </c>
       <c r="K105" s="5">
-        <v>0.85146238664906981</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L105" s="3" t="s">
-        <v>538</v>
+        <v>423</v>
       </c>
       <c r="M105" s="4">
-        <v>97064.73</v>
+        <v>82016</v>
       </c>
       <c r="N105" s="4">
-        <v>113997.6721485</v>
+        <v>97570.334400000007</v>
       </c>
       <c r="O105" s="3" t="s">
-        <v>546</v>
+        <v>542</v>
       </c>
       <c r="P105" s="3" t="s">
         <v>544</v>
       </c>
       <c r="Q105" s="3" t="s">
-        <v>162</v>
+        <v>216</v>
       </c>
       <c r="R105" s="3" t="s">
-        <v>548</v>
+        <v>545</v>
       </c>
       <c r="S105" s="3" t="s">
-        <v>541</v>
+        <v>426</v>
       </c>
       <c r="T105" s="4">
         <v>1</v>
       </c>
       <c r="W105" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X105" s="4">
         <v>0</v>
       </c>
       <c r="Y105" s="4">
         <v>0</v>
       </c>
       <c r="Z105" s="6">
-        <v>4.8129999999999996E-3</v>
+        <v>4.0499999999999998E-3</v>
       </c>
     </row>
     <row r="106" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A106" s="3" t="s">
+        <v>546</v>
+      </c>
+      <c r="B106" s="3" t="s">
+        <v>547</v>
+      </c>
+      <c r="C106" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D106" s="4">
+        <v>926</v>
+      </c>
+      <c r="E106" s="5">
+        <v>39.615344999999998</v>
+      </c>
+      <c r="F106" s="4">
+        <v>36683.80947</v>
+      </c>
+      <c r="G106" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H106" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="I106" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J106" s="5">
+        <v>33.299999999999997</v>
+      </c>
+      <c r="K106" s="5">
+        <v>0.84058336485520946</v>
+      </c>
+      <c r="L106" s="3" t="s">
+        <v>423</v>
+      </c>
+      <c r="M106" s="4">
+        <v>30835.8</v>
+      </c>
+      <c r="N106" s="4">
+        <v>36683.80947</v>
+      </c>
+      <c r="O106" s="3" t="s">
+        <v>546</v>
+      </c>
+      <c r="P106" s="3" t="s">
+        <v>548</v>
+      </c>
+      <c r="Q106" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="R106" s="3" t="s">
         <v>549</v>
       </c>
-      <c r="B106" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S106" s="3" t="s">
-        <v>114</v>
+        <v>426</v>
       </c>
       <c r="T106" s="4">
         <v>1</v>
       </c>
       <c r="W106" s="3" t="s">
-        <v>549</v>
+        <v>34</v>
       </c>
       <c r="X106" s="4">
         <v>0</v>
       </c>
       <c r="Y106" s="4">
         <v>0</v>
       </c>
       <c r="Z106" s="6">
-        <v>1.5659999999999999E-3</v>
+        <v>1.5219999999999999E-3</v>
       </c>
     </row>
     <row r="107" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A107" s="3" t="s">
+        <v>550</v>
+      </c>
+      <c r="B107" s="3" t="s">
+        <v>551</v>
+      </c>
+      <c r="C107" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D107" s="4">
+        <v>300</v>
+      </c>
+      <c r="E107" s="5">
+        <v>538.79</v>
+      </c>
+      <c r="F107" s="4">
+        <v>161637</v>
+      </c>
+      <c r="G107" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H107" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I107" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J107" s="5">
+        <v>538.79</v>
+      </c>
+      <c r="K107" s="5">
+        <v>1</v>
+      </c>
+      <c r="L107" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M107" s="4">
+        <v>161637</v>
+      </c>
+      <c r="N107" s="4">
+        <v>161637</v>
+      </c>
+      <c r="O107" s="3" t="s">
+        <v>552</v>
+      </c>
+      <c r="P107" s="3" t="s">
+        <v>553</v>
+      </c>
+      <c r="Q107" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="R107" s="3" t="s">
         <v>554</v>
       </c>
-      <c r="B107" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S107" s="3" t="s">
-        <v>438</v>
+        <v>102</v>
       </c>
       <c r="T107" s="4">
         <v>1</v>
       </c>
       <c r="W107" s="3" t="s">
-        <v>34</v>
+        <v>550</v>
       </c>
       <c r="X107" s="4">
         <v>0</v>
       </c>
       <c r="Y107" s="4">
         <v>0</v>
       </c>
       <c r="Z107" s="6">
-        <v>3.7950000000000002E-3</v>
+        <v>6.7099999999999998E-3</v>
       </c>
     </row>
     <row r="108" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A108" s="3" t="s">
+        <v>555</v>
+      </c>
+      <c r="B108" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="C108" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D108" s="4">
+        <v>300</v>
+      </c>
+      <c r="E108" s="5">
+        <v>315</v>
+      </c>
+      <c r="F108" s="4">
+        <v>94500</v>
+      </c>
+      <c r="G108" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H108" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I108" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J108" s="5">
+        <v>315</v>
+      </c>
+      <c r="K108" s="5">
+        <v>1</v>
+      </c>
+      <c r="L108" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M108" s="4">
+        <v>94500</v>
+      </c>
+      <c r="N108" s="4">
+        <v>94500</v>
+      </c>
+      <c r="O108" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="P108" s="3" t="s">
         <v>558</v>
       </c>
-      <c r="B108" s="3" t="s">
+      <c r="Q108" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="R108" s="3" t="s">
         <v>559</v>
       </c>
-      <c r="C108" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S108" s="3" t="s">
-        <v>438</v>
+        <v>102</v>
       </c>
       <c r="T108" s="4">
         <v>1</v>
       </c>
       <c r="W108" s="3" t="s">
-        <v>34</v>
+        <v>555</v>
       </c>
       <c r="X108" s="4">
         <v>0</v>
       </c>
       <c r="Y108" s="4">
         <v>0</v>
       </c>
       <c r="Z108" s="6">
-        <v>1.5200000000000001E-3</v>
+        <v>3.9230000000000003E-3</v>
       </c>
     </row>
     <row r="109" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A109" s="3" t="s">
+        <v>560</v>
+      </c>
+      <c r="B109" s="3" t="s">
+        <v>561</v>
+      </c>
+      <c r="C109" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D109" s="4">
+        <v>1479</v>
+      </c>
+      <c r="E109" s="5">
+        <v>33.512441000000003</v>
+      </c>
+      <c r="F109" s="4">
+        <v>49564.899499500003</v>
+      </c>
+      <c r="G109" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H109" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="I109" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J109" s="5">
+        <v>28.17</v>
+      </c>
+      <c r="K109" s="5">
+        <v>0.84058336485520946</v>
+      </c>
+      <c r="L109" s="3" t="s">
+        <v>423</v>
+      </c>
+      <c r="M109" s="4">
+        <v>41663.43</v>
+      </c>
+      <c r="N109" s="4">
+        <v>49564.899499500003</v>
+      </c>
+      <c r="O109" s="3" t="s">
+        <v>560</v>
+      </c>
+      <c r="P109" s="3" t="s">
         <v>562</v>
       </c>
-      <c r="B109" s="3" t="s">
+      <c r="Q109" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="R109" s="3" t="s">
         <v>563</v>
       </c>
-      <c r="C109" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S109" s="3" t="s">
-        <v>114</v>
+        <v>426</v>
       </c>
       <c r="T109" s="4">
         <v>1</v>
       </c>
       <c r="W109" s="3" t="s">
-        <v>562</v>
+        <v>34</v>
       </c>
       <c r="X109" s="4">
         <v>0</v>
       </c>
       <c r="Y109" s="4">
         <v>0</v>
       </c>
       <c r="Z109" s="6">
-        <v>7.2309999999999996E-3</v>
+        <v>2.0569999999999998E-3</v>
       </c>
     </row>
     <row r="110" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A110" s="3" t="s">
+        <v>564</v>
+      </c>
+      <c r="B110" s="3" t="s">
+        <v>565</v>
+      </c>
+      <c r="C110" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D110" s="4">
+        <v>1170</v>
+      </c>
+      <c r="E110" s="5">
+        <v>49.501336999999999</v>
+      </c>
+      <c r="F110" s="4">
+        <v>57916.563705</v>
+      </c>
+      <c r="G110" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H110" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="I110" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J110" s="5">
+        <v>41.61</v>
+      </c>
+      <c r="K110" s="5">
+        <v>0.84058336485520946</v>
+      </c>
+      <c r="L110" s="3" t="s">
+        <v>423</v>
+      </c>
+      <c r="M110" s="4">
+        <v>48683.7</v>
+      </c>
+      <c r="N110" s="4">
+        <v>57916.563705</v>
+      </c>
+      <c r="O110" s="3" t="s">
+        <v>564</v>
+      </c>
+      <c r="P110" s="3" t="s">
+        <v>566</v>
+      </c>
+      <c r="Q110" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="R110" s="3" t="s">
         <v>567</v>
       </c>
-      <c r="B110" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S110" s="3" t="s">
-        <v>114</v>
+        <v>426</v>
       </c>
       <c r="T110" s="4">
         <v>1</v>
       </c>
       <c r="W110" s="3" t="s">
-        <v>567</v>
+        <v>34</v>
       </c>
       <c r="X110" s="4">
         <v>0</v>
       </c>
       <c r="Y110" s="4">
         <v>0</v>
       </c>
       <c r="Z110" s="6">
-        <v>3.8709999999999999E-3</v>
+        <v>2.4039999999999999E-3</v>
       </c>
     </row>
     <row r="111" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A111" s="3" t="s">
+        <v>568</v>
+      </c>
+      <c r="B111" s="3" t="s">
+        <v>569</v>
+      </c>
+      <c r="C111" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D111" s="4">
+        <v>265</v>
+      </c>
+      <c r="E111" s="5">
+        <v>110.27</v>
+      </c>
+      <c r="F111" s="4">
+        <v>29221.55</v>
+      </c>
+      <c r="G111" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H111" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I111" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J111" s="5">
+        <v>110.27</v>
+      </c>
+      <c r="K111" s="5">
+        <v>1</v>
+      </c>
+      <c r="L111" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M111" s="4">
+        <v>29221.55</v>
+      </c>
+      <c r="N111" s="4">
+        <v>29221.55</v>
+      </c>
+      <c r="O111" s="3" t="s">
+        <v>570</v>
+      </c>
+      <c r="P111" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="Q111" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="R111" s="3" t="s">
         <v>572</v>
       </c>
-      <c r="B111" s="3" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="S111" s="3" t="s">
-        <v>438</v>
+        <v>102</v>
       </c>
       <c r="T111" s="4">
         <v>1</v>
       </c>
       <c r="W111" s="3" t="s">
-        <v>34</v>
+        <v>568</v>
       </c>
       <c r="X111" s="4">
         <v>0</v>
       </c>
       <c r="Y111" s="4">
         <v>0</v>
       </c>
       <c r="Z111" s="6">
-        <v>2.0279999999999999E-3</v>
+        <v>1.2130000000000001E-3</v>
       </c>
     </row>
     <row r="112" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A112" s="3" t="s">
+        <v>573</v>
+      </c>
+      <c r="B112" s="3" t="s">
+        <v>574</v>
+      </c>
+      <c r="C112" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D112" s="4">
+        <v>169</v>
+      </c>
+      <c r="E112" s="5">
+        <v>78.88</v>
+      </c>
+      <c r="F112" s="4">
+        <v>13330.72</v>
+      </c>
+      <c r="G112" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H112" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I112" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J112" s="5">
+        <v>78.88</v>
+      </c>
+      <c r="K112" s="5">
+        <v>1</v>
+      </c>
+      <c r="L112" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M112" s="4">
+        <v>13330.72</v>
+      </c>
+      <c r="N112" s="4">
+        <v>13330.72</v>
+      </c>
+      <c r="O112" s="3" t="s">
+        <v>575</v>
+      </c>
+      <c r="P112" s="3" t="s">
         <v>576</v>
       </c>
-      <c r="B112" s="3" t="s">
+      <c r="Q112" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="R112" s="3" t="s">
         <v>577</v>
       </c>
-      <c r="C112" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S112" s="3" t="s">
-        <v>438</v>
+        <v>102</v>
       </c>
       <c r="T112" s="4">
         <v>1</v>
       </c>
       <c r="W112" s="3" t="s">
-        <v>34</v>
+        <v>573</v>
       </c>
       <c r="X112" s="4">
         <v>0</v>
       </c>
       <c r="Y112" s="4">
         <v>0</v>
       </c>
       <c r="Z112" s="6">
-        <v>2.189E-3</v>
+        <v>5.53E-4</v>
       </c>
     </row>
     <row r="113" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A113" s="3" t="s">
+        <v>578</v>
+      </c>
+      <c r="B113" s="3" t="s">
+        <v>579</v>
+      </c>
+      <c r="C113" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D113" s="4">
+        <v>2102</v>
+      </c>
+      <c r="E113" s="5">
+        <v>430.29</v>
+      </c>
+      <c r="F113" s="4">
+        <v>904469.58</v>
+      </c>
+      <c r="G113" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H113" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I113" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J113" s="5">
+        <v>430.29</v>
+      </c>
+      <c r="K113" s="5">
+        <v>1</v>
+      </c>
+      <c r="L113" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M113" s="4">
+        <v>904469.58</v>
+      </c>
+      <c r="N113" s="4">
+        <v>904469.58</v>
+      </c>
+      <c r="O113" s="3" t="s">
         <v>580</v>
       </c>
-      <c r="B113" s="3" t="s">
+      <c r="P113" s="3" t="s">
         <v>581</v>
       </c>
-      <c r="C113" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O113" s="3" t="s">
+      <c r="Q113" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="R113" s="3" t="s">
         <v>582</v>
       </c>
-      <c r="P113" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S113" s="3" t="s">
-        <v>114</v>
+        <v>130</v>
       </c>
       <c r="T113" s="4">
         <v>1</v>
       </c>
       <c r="W113" s="3" t="s">
-        <v>580</v>
+        <v>578</v>
       </c>
       <c r="X113" s="4">
         <v>0</v>
       </c>
       <c r="Y113" s="4">
         <v>0</v>
       </c>
       <c r="Z113" s="6">
-        <v>1.1770000000000001E-3</v>
+        <v>3.7547999999999998E-2</v>
       </c>
     </row>
     <row r="114" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A114" s="3" t="s">
+        <v>583</v>
+      </c>
+      <c r="B114" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="C114" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D114" s="4">
+        <v>263</v>
+      </c>
+      <c r="E114" s="5">
+        <v>414.88</v>
+      </c>
+      <c r="F114" s="4">
+        <v>109113.44</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H114" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I114" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J114" s="5">
+        <v>414.88</v>
+      </c>
+      <c r="K114" s="5">
+        <v>1</v>
+      </c>
+      <c r="L114" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M114" s="4">
+        <v>109113.44</v>
+      </c>
+      <c r="N114" s="4">
+        <v>109113.44</v>
+      </c>
+      <c r="O114" s="3" t="s">
         <v>585</v>
       </c>
-      <c r="B114" s="3" t="s">
+      <c r="P114" s="3" t="s">
         <v>586</v>
       </c>
-      <c r="C114" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O114" s="3" t="s">
+      <c r="Q114" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="R114" s="3" t="s">
         <v>587</v>
       </c>
-      <c r="P114" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S114" s="3" t="s">
-        <v>114</v>
+        <v>130</v>
       </c>
       <c r="T114" s="4">
         <v>1</v>
       </c>
       <c r="W114" s="3" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
       <c r="X114" s="4">
         <v>0</v>
       </c>
       <c r="Y114" s="4">
         <v>0</v>
       </c>
       <c r="Z114" s="6">
-        <v>1.6659999999999999E-3</v>
+        <v>4.529E-3</v>
       </c>
     </row>
     <row r="115" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A115" s="3" t="s">
+        <v>588</v>
+      </c>
+      <c r="B115" s="3" t="s">
+        <v>589</v>
+      </c>
+      <c r="C115" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D115" s="4">
+        <v>74</v>
+      </c>
+      <c r="E115" s="5">
+        <v>712.94071699999995</v>
+      </c>
+      <c r="F115" s="4">
+        <v>52757.613142000002</v>
+      </c>
+      <c r="G115" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H115" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="I115" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="J115" s="5">
+        <v>549</v>
+      </c>
+      <c r="K115" s="5">
+        <v>0.77005000173376759</v>
+      </c>
+      <c r="L115" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="M115" s="4">
+        <v>40626.000091000002</v>
+      </c>
+      <c r="N115" s="4">
+        <v>52757.613142000002</v>
+      </c>
+      <c r="O115" s="3" t="s">
+        <v>588</v>
+      </c>
+      <c r="P115" s="3" t="s">
         <v>590</v>
       </c>
-      <c r="B115" s="3" t="s">
+      <c r="Q115" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="R115" s="3" t="s">
         <v>591</v>
       </c>
-      <c r="C115" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O115" s="3" t="s">
+      <c r="S115" s="3" t="s">
         <v>592</v>
       </c>
-      <c r="P115" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="T115" s="4">
         <v>1</v>
       </c>
       <c r="W115" s="3" t="s">
-        <v>590</v>
+        <v>34</v>
       </c>
       <c r="X115" s="4">
         <v>0</v>
       </c>
       <c r="Y115" s="4">
         <v>0</v>
       </c>
       <c r="Z115" s="6">
-        <v>4.2923000000000003E-2</v>
+        <v>2.1900000000000001E-3</v>
       </c>
     </row>
     <row r="116" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A116" s="3" t="s">
+        <v>593</v>
+      </c>
+      <c r="B116" s="3" t="s">
+        <v>594</v>
+      </c>
+      <c r="C116" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D116" s="4">
+        <v>300</v>
+      </c>
+      <c r="E116" s="5">
+        <v>24.082709999999999</v>
+      </c>
+      <c r="F116" s="4">
+        <v>7224.8152469899997</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H116" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I116" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J116" s="5">
+        <v>3715</v>
+      </c>
+      <c r="K116" s="5">
+        <v>154.26004541415736</v>
+      </c>
+      <c r="L116" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M116" s="4">
+        <v>1114500.3281090001</v>
+      </c>
+      <c r="N116" s="4">
+        <v>7224.8152469899997</v>
+      </c>
+      <c r="O116" s="3" t="s">
+        <v>593</v>
+      </c>
+      <c r="P116" s="3" t="s">
         <v>595</v>
       </c>
-      <c r="B116" s="3" t="s">
+      <c r="Q116" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="R116" s="3" t="s">
         <v>596</v>
       </c>
-      <c r="C116" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P116" s="3" t="s">
+      <c r="S116" s="3" t="s">
         <v>597</v>
-      </c>
-[...7 lines deleted...]
-        <v>599</v>
       </c>
       <c r="T116" s="4">
         <v>1</v>
       </c>
       <c r="W116" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X116" s="4">
         <v>0</v>
       </c>
       <c r="Y116" s="4">
         <v>0</v>
       </c>
       <c r="Z116" s="6">
-        <v>2.3730000000000001E-3</v>
+        <v>2.99E-4</v>
       </c>
     </row>
     <row r="117" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A117" s="3" t="s">
+        <v>598</v>
+      </c>
+      <c r="B117" s="3" t="s">
+        <v>599</v>
+      </c>
+      <c r="C117" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D117" s="4">
+        <v>2184</v>
+      </c>
+      <c r="E117" s="5">
+        <v>27.195350999999999</v>
+      </c>
+      <c r="F117" s="4">
+        <v>59394.646584000002</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H117" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I117" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J117" s="5">
+        <v>38.82</v>
+      </c>
+      <c r="K117" s="5">
+        <v>1.4274498608236386</v>
+      </c>
+      <c r="L117" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="M117" s="4">
+        <v>84782.88</v>
+      </c>
+      <c r="N117" s="4">
+        <v>59394.646584000002</v>
+      </c>
+      <c r="O117" s="3" t="s">
+        <v>598</v>
+      </c>
+      <c r="P117" s="3" t="s">
         <v>600</v>
       </c>
-      <c r="B117" s="3" t="s">
+      <c r="Q117" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="R117" s="3" t="s">
         <v>601</v>
       </c>
-      <c r="C117" s="3" t="s">
-[...38 lines deleted...]
-      <c r="P117" s="3" t="s">
+      <c r="S117" s="3" t="s">
         <v>602</v>
-      </c>
-[...7 lines deleted...]
-        <v>604</v>
       </c>
       <c r="T117" s="4">
         <v>1</v>
       </c>
       <c r="W117" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X117" s="4">
         <v>0</v>
       </c>
       <c r="Y117" s="4">
         <v>0</v>
       </c>
       <c r="Z117" s="6">
-        <v>3.0299999999999999E-4</v>
+        <v>2.4650000000000002E-3</v>
       </c>
     </row>
     <row r="118" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A118" s="3" t="s">
-        <v>605</v>
+        <v>603</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>606</v>
+        <v>604</v>
       </c>
       <c r="C118" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D118" s="4">
-        <v>2184</v>
+        <v>1695</v>
       </c>
       <c r="E118" s="5">
-        <v>25.740410000000001</v>
+        <v>80.760000000000005</v>
       </c>
       <c r="F118" s="4">
-        <v>56217.055439999996</v>
+        <v>136888.20000000001</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H118" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I118" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J118" s="5">
-        <v>38.6</v>
+        <v>80.760000000000005</v>
       </c>
       <c r="K118" s="5">
-        <v>1.4995876134063133</v>
+        <v>1</v>
       </c>
       <c r="L118" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M118" s="4">
-        <v>84302.399999999994</v>
+        <v>136888.20000000001</v>
       </c>
       <c r="N118" s="4">
-        <v>56217.055439999996</v>
+        <v>136888.20000000001</v>
       </c>
       <c r="O118" s="3" t="s">
         <v>605</v>
       </c>
       <c r="P118" s="3" t="s">
+        <v>606</v>
+      </c>
+      <c r="Q118" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="R118" s="3" t="s">
         <v>607</v>
       </c>
-      <c r="Q118" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S118" s="3" t="s">
-        <v>609</v>
+        <v>130</v>
       </c>
       <c r="T118" s="4">
         <v>1</v>
       </c>
       <c r="W118" s="3" t="s">
-        <v>34</v>
+        <v>603</v>
       </c>
       <c r="X118" s="4">
         <v>0</v>
       </c>
       <c r="Y118" s="4">
         <v>0</v>
       </c>
       <c r="Z118" s="6">
-        <v>2.3730000000000001E-3</v>
+        <v>5.6820000000000004E-3</v>
       </c>
     </row>
     <row r="119" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A119" s="3" t="s">
+        <v>608</v>
+      </c>
+      <c r="B119" s="3" t="s">
+        <v>609</v>
+      </c>
+      <c r="C119" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D119" s="4">
+        <v>6935</v>
+      </c>
+      <c r="E119" s="5">
+        <v>10.438195</v>
+      </c>
+      <c r="F119" s="4">
+        <v>72388.882324999999</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H119" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I119" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J119" s="5">
+        <v>14.9</v>
+      </c>
+      <c r="K119" s="5">
+        <v>1.4274498608236386</v>
+      </c>
+      <c r="L119" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="M119" s="4">
+        <v>103331.5</v>
+      </c>
+      <c r="N119" s="4">
+        <v>72388.882324999999</v>
+      </c>
+      <c r="O119" s="3" t="s">
+        <v>608</v>
+      </c>
+      <c r="P119" s="3" t="s">
         <v>610</v>
       </c>
-      <c r="B119" s="3" t="s">
+      <c r="Q119" s="3" t="s">
         <v>611</v>
       </c>
-      <c r="C119" s="3" t="s">
-[...35 lines deleted...]
-      <c r="O119" s="3" t="s">
+      <c r="R119" s="3" t="s">
         <v>612</v>
       </c>
-      <c r="P119" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S119" s="3" t="s">
-        <v>142</v>
+        <v>602</v>
       </c>
       <c r="T119" s="4">
         <v>1</v>
       </c>
       <c r="W119" s="3" t="s">
-        <v>610</v>
+        <v>34</v>
       </c>
       <c r="X119" s="4">
         <v>0</v>
       </c>
       <c r="Y119" s="4">
         <v>0</v>
       </c>
       <c r="Z119" s="6">
-        <v>5.4869999999999997E-3</v>
+        <v>3.0049999999999999E-3</v>
       </c>
     </row>
     <row r="120" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A120" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="B120" s="3" t="s">
+        <v>614</v>
+      </c>
+      <c r="C120" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D120" s="4">
+        <v>6.9999999999999999E-6</v>
+      </c>
+      <c r="E120" s="5">
+        <v>0</v>
+      </c>
+      <c r="F120" s="4">
+        <v>0</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H120" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I120" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J120" s="5">
+        <v>0</v>
+      </c>
+      <c r="K120" s="5">
+        <v>154.26004541415736</v>
+      </c>
+      <c r="L120" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M120" s="4">
+        <v>0</v>
+      </c>
+      <c r="N120" s="4">
+        <v>0</v>
+      </c>
+      <c r="O120" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="P120" s="3" t="s">
         <v>615</v>
       </c>
-      <c r="B120" s="3" t="s">
+      <c r="Q120" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="R120" s="3" t="s">
         <v>616</v>
       </c>
-      <c r="C120" s="3" t="s">
-[...46 lines deleted...]
-      </c>
       <c r="S120" s="3" t="s">
-        <v>609</v>
+        <v>597</v>
       </c>
       <c r="T120" s="4">
         <v>1</v>
       </c>
       <c r="W120" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X120" s="4">
         <v>0</v>
       </c>
       <c r="Y120" s="4">
         <v>0</v>
       </c>
       <c r="Z120" s="6">
-        <v>1.621E-3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A121" s="3" t="s">
+        <v>617</v>
+      </c>
+      <c r="B121" s="3" t="s">
+        <v>618</v>
+      </c>
+      <c r="C121" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D121" s="4">
+        <v>1014</v>
+      </c>
+      <c r="E121" s="5">
+        <v>57.940482000000003</v>
+      </c>
+      <c r="F121" s="4">
+        <v>58751.979991660002</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H121" s="3" t="s">
+        <v>619</v>
+      </c>
+      <c r="I121" s="3" t="s">
         <v>620</v>
       </c>
-      <c r="B121" s="3" t="s">
+      <c r="J121" s="5">
+        <v>83400</v>
+      </c>
+      <c r="K121" s="5">
+        <v>1439.4081153829545</v>
+      </c>
+      <c r="L121" s="3" t="s">
         <v>621</v>
       </c>
-      <c r="C121" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="M121" s="4">
-        <v>2.6325999999999999E-2</v>
+        <v>84568076.794811994</v>
       </c>
       <c r="N121" s="4">
-        <v>1.6796000000000001E-4</v>
+        <v>58751.979991660002</v>
       </c>
       <c r="O121" s="3" t="s">
-        <v>620</v>
+        <v>617</v>
       </c>
       <c r="P121" s="3" t="s">
         <v>622</v>
       </c>
       <c r="Q121" s="3" t="s">
-        <v>179</v>
+        <v>117</v>
       </c>
       <c r="R121" s="3" t="s">
         <v>623</v>
       </c>
       <c r="S121" s="3" t="s">
-        <v>604</v>
+        <v>624</v>
       </c>
       <c r="T121" s="4">
         <v>1</v>
       </c>
       <c r="W121" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X121" s="4">
         <v>0</v>
       </c>
       <c r="Y121" s="4">
         <v>0</v>
       </c>
       <c r="Z121" s="6">
-        <v>0</v>
+        <v>2.4390000000000002E-3</v>
       </c>
     </row>
     <row r="122" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A122" s="3" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="B122" s="3" t="s">
+        <v>626</v>
+      </c>
+      <c r="C122" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D122" s="4">
+        <v>600</v>
+      </c>
+      <c r="E122" s="5">
+        <v>182.8</v>
+      </c>
+      <c r="F122" s="4">
+        <v>109680</v>
+      </c>
+      <c r="G122" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H122" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I122" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J122" s="5">
+        <v>182.8</v>
+      </c>
+      <c r="K122" s="5">
+        <v>1</v>
+      </c>
+      <c r="L122" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M122" s="4">
+        <v>109680</v>
+      </c>
+      <c r="N122" s="4">
+        <v>109680</v>
+      </c>
+      <c r="O122" s="3" t="s">
+        <v>627</v>
+      </c>
+      <c r="P122" s="3" t="s">
+        <v>628</v>
+      </c>
+      <c r="Q122" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="R122" s="3" t="s">
+        <v>629</v>
+      </c>
+      <c r="S122" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="T122" s="4">
+        <v>1</v>
+      </c>
+      <c r="W122" s="3" t="s">
         <v>625</v>
       </c>
-      <c r="C122" s="3" t="s">
-[...55 lines deleted...]
-      </c>
       <c r="X122" s="4">
         <v>0</v>
       </c>
       <c r="Y122" s="4">
         <v>0</v>
       </c>
       <c r="Z122" s="6">
-        <v>2.5820000000000001E-3</v>
+        <v>4.5529999999999998E-3</v>
       </c>
     </row>
     <row r="123" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A123" s="3" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="B123" s="3" t="s">
+        <v>631</v>
+      </c>
+      <c r="C123" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D123" s="4">
+        <v>3800</v>
+      </c>
+      <c r="E123" s="5">
+        <v>27.920386000000001</v>
+      </c>
+      <c r="F123" s="4">
+        <v>106097.4977311</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H123" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I123" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J123" s="5">
+        <v>4307</v>
+      </c>
+      <c r="K123" s="5">
+        <v>154.26004541415736</v>
+      </c>
+      <c r="L123" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="M123" s="4">
+        <v>16366604.818327</v>
+      </c>
+      <c r="N123" s="4">
+        <v>106097.4977311</v>
+      </c>
+      <c r="O123" s="3" t="s">
         <v>630</v>
-      </c>
-[...37 lines deleted...]
-        <v>631</v>
       </c>
       <c r="P123" s="3" t="s">
         <v>632</v>
       </c>
       <c r="Q123" s="3" t="s">
-        <v>162</v>
+        <v>216</v>
       </c>
       <c r="R123" s="3" t="s">
         <v>633</v>
       </c>
       <c r="S123" s="3" t="s">
-        <v>114</v>
+        <v>597</v>
       </c>
       <c r="T123" s="4">
         <v>1</v>
       </c>
       <c r="W123" s="3" t="s">
-        <v>629</v>
+        <v>34</v>
       </c>
       <c r="X123" s="4">
         <v>0</v>
       </c>
       <c r="Y123" s="4">
         <v>0</v>
       </c>
       <c r="Z123" s="6">
-        <v>4.4970000000000001E-3</v>
+        <v>4.4039999999999999E-3</v>
       </c>
     </row>
     <row r="124" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A124" s="3" t="s">
         <v>634</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>635</v>
       </c>
       <c r="C124" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D124" s="4">
-        <v>3400</v>
+        <v>181</v>
       </c>
       <c r="E124" s="5">
-        <v>27.669149000000001</v>
+        <v>127.09378100000001</v>
       </c>
       <c r="F124" s="4">
-        <v>94075.090114520004</v>
+        <v>23003.974361</v>
       </c>
       <c r="G124" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H124" s="3" t="s">
-        <v>73</v>
+        <v>39</v>
       </c>
       <c r="I124" s="3" t="s">
-        <v>74</v>
+        <v>40</v>
       </c>
       <c r="J124" s="5">
-        <v>4337</v>
+        <v>181.42</v>
       </c>
       <c r="K124" s="5">
-        <v>156.74497122946053</v>
+        <v>1.4274498608236386</v>
       </c>
       <c r="L124" s="3" t="s">
-        <v>75</v>
+        <v>41</v>
       </c>
       <c r="M124" s="4">
-        <v>14745797.293408999</v>
+        <v>32837.019999999997</v>
       </c>
       <c r="N124" s="4">
-        <v>94075.090114520004</v>
+        <v>23003.974361</v>
       </c>
       <c r="O124" s="3" t="s">
         <v>634</v>
       </c>
       <c r="P124" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="Q124" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="R124" s="3" t="s">
         <v>636</v>
       </c>
-      <c r="Q124" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="S124" s="3" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
       <c r="T124" s="4">
         <v>1</v>
       </c>
       <c r="W124" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X124" s="4">
         <v>0</v>
       </c>
       <c r="Y124" s="4">
         <v>0</v>
       </c>
       <c r="Z124" s="6">
-        <v>3.9719999999999998E-3</v>
+        <v>9.5399999999999999E-4</v>
       </c>
     </row>
     <row r="125" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A125" s="3" t="s">
+        <v>637</v>
+      </c>
+      <c r="B125" s="3" t="s">
         <v>638</v>
       </c>
-      <c r="B125" s="3" t="s">
+      <c r="C125" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D125" s="4">
+        <v>625</v>
+      </c>
+      <c r="E125" s="5">
+        <v>104.634148</v>
+      </c>
+      <c r="F125" s="4">
+        <v>65396.342499999999</v>
+      </c>
+      <c r="G125" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H125" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I125" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="J125" s="5">
+        <v>149.36000000000001</v>
+      </c>
+      <c r="K125" s="5">
+        <v>1.4274498608236386</v>
+      </c>
+      <c r="L125" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="M125" s="4">
+        <v>93350</v>
+      </c>
+      <c r="N125" s="4">
+        <v>65396.342499999999</v>
+      </c>
+      <c r="O125" s="3" t="s">
+        <v>637</v>
+      </c>
+      <c r="P125" s="3" t="s">
         <v>639</v>
       </c>
-      <c r="C125" s="3" t="s">
-[...40 lines deleted...]
-      </c>
       <c r="Q125" s="3" t="s">
-        <v>119</v>
+        <v>150</v>
       </c>
       <c r="R125" s="3" t="s">
         <v>640</v>
       </c>
       <c r="S125" s="3" t="s">
-        <v>609</v>
+        <v>602</v>
       </c>
       <c r="T125" s="4">
         <v>1</v>
       </c>
       <c r="W125" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X125" s="4">
         <v>0</v>
       </c>
       <c r="Y125" s="4">
         <v>0</v>
       </c>
       <c r="Z125" s="6">
-        <v>8.7900000000000001E-4</v>
+        <v>2.7139999999999998E-3</v>
       </c>
     </row>
     <row r="126" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A126" s="3" t="s">
         <v>641</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>642</v>
       </c>
       <c r="C126" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D126" s="4">
-        <v>625</v>
+        <v>1800</v>
       </c>
       <c r="E126" s="5">
-        <v>107.076105</v>
+        <v>16.896792999999999</v>
       </c>
       <c r="F126" s="4">
-        <v>66922.565312499995</v>
+        <v>30414.235705949999</v>
       </c>
       <c r="G126" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H126" s="3" t="s">
-        <v>31</v>
+        <v>74</v>
       </c>
       <c r="I126" s="3" t="s">
-        <v>32</v>
+        <v>75</v>
       </c>
       <c r="J126" s="5">
-        <v>160.57</v>
+        <v>2606.5</v>
       </c>
       <c r="K126" s="5">
-        <v>1.4995876134063133</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L126" s="3" t="s">
-        <v>33</v>
+        <v>76</v>
       </c>
       <c r="M126" s="4">
-        <v>100356.25</v>
+        <v>4691701.381236</v>
       </c>
       <c r="N126" s="4">
-        <v>66922.565312499995</v>
+        <v>30414.235705949999</v>
       </c>
       <c r="O126" s="3" t="s">
         <v>641</v>
       </c>
       <c r="P126" s="3" t="s">
         <v>643</v>
       </c>
       <c r="Q126" s="3" t="s">
-        <v>162</v>
+        <v>100</v>
       </c>
       <c r="R126" s="3" t="s">
         <v>644</v>
       </c>
       <c r="S126" s="3" t="s">
-        <v>609</v>
+        <v>597</v>
       </c>
       <c r="T126" s="4">
         <v>1</v>
       </c>
       <c r="W126" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X126" s="4">
         <v>0</v>
       </c>
       <c r="Y126" s="4">
         <v>0</v>
       </c>
       <c r="Z126" s="6">
-        <v>2.8249999999999998E-3</v>
+        <v>1.2620000000000001E-3</v>
       </c>
     </row>
     <row r="127" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A127" s="3" t="s">
         <v>645</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>646</v>
       </c>
       <c r="C127" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D127" s="4">
-        <v>1800</v>
+        <v>300</v>
       </c>
       <c r="E127" s="5">
-        <v>17.279661000000001</v>
+        <v>19.849599000000001</v>
       </c>
       <c r="F127" s="4">
-        <v>31103.384477970001</v>
+        <v>5954.8813691200003</v>
       </c>
       <c r="G127" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H127" s="3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="I127" s="3" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="J127" s="5">
-        <v>2708.5</v>
+        <v>3062</v>
       </c>
       <c r="K127" s="5">
-        <v>156.74497122946053</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L127" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M127" s="4">
-        <v>4875299.1051380001</v>
+        <v>918600.27043599996</v>
       </c>
       <c r="N127" s="4">
-        <v>31103.384477970001</v>
+        <v>5954.8813691200003</v>
       </c>
       <c r="O127" s="3" t="s">
         <v>645</v>
       </c>
       <c r="P127" s="3" t="s">
         <v>647</v>
       </c>
       <c r="Q127" s="3" t="s">
-        <v>112</v>
+        <v>167</v>
       </c>
       <c r="R127" s="3" t="s">
         <v>648</v>
       </c>
       <c r="S127" s="3" t="s">
-        <v>604</v>
+        <v>597</v>
       </c>
       <c r="T127" s="4">
         <v>1</v>
       </c>
       <c r="W127" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X127" s="4">
         <v>0</v>
       </c>
       <c r="Y127" s="4">
         <v>0</v>
       </c>
       <c r="Z127" s="6">
-        <v>1.3129999999999999E-3</v>
+        <v>2.4699999999999999E-4</v>
       </c>
     </row>
     <row r="128" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A128" s="3" t="s">
         <v>649</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>650</v>
       </c>
       <c r="C128" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D128" s="4">
-        <v>300</v>
+        <v>13500</v>
       </c>
       <c r="E128" s="5">
-        <v>20.619481</v>
+        <v>4.4278269999999997</v>
       </c>
       <c r="F128" s="4">
-        <v>6185.8432485900003</v>
+        <v>59775.663597829996</v>
       </c>
       <c r="G128" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H128" s="3" t="s">
-        <v>73</v>
+        <v>651</v>
       </c>
       <c r="I128" s="3" t="s">
-        <v>74</v>
+        <v>652</v>
       </c>
       <c r="J128" s="5">
-        <v>3232</v>
+        <v>34.58</v>
       </c>
       <c r="K128" s="5">
-        <v>156.74497122946053</v>
+        <v>7.8097001004874107</v>
       </c>
       <c r="L128" s="3" t="s">
-        <v>75</v>
+        <v>653</v>
       </c>
       <c r="M128" s="4">
-        <v>969599.82203000004</v>
+        <v>466830.00600599998</v>
       </c>
       <c r="N128" s="4">
-        <v>6185.8432485900003</v>
+        <v>59775.663597829996</v>
       </c>
       <c r="O128" s="3" t="s">
         <v>649</v>
       </c>
       <c r="P128" s="3" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="Q128" s="3" t="s">
-        <v>179</v>
+        <v>216</v>
       </c>
       <c r="R128" s="3" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="S128" s="3" t="s">
-        <v>604</v>
+        <v>656</v>
       </c>
       <c r="T128" s="4">
         <v>1</v>
       </c>
       <c r="W128" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X128" s="4">
         <v>0</v>
       </c>
       <c r="Y128" s="4">
         <v>0</v>
       </c>
       <c r="Z128" s="6">
-        <v>2.61E-4</v>
+        <v>2.4810000000000001E-3</v>
       </c>
     </row>
     <row r="129" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A129" s="3" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>654</v>
+        <v>658</v>
       </c>
       <c r="C129" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D129" s="4">
-        <v>13500</v>
+        <v>1900</v>
       </c>
       <c r="E129" s="5">
-        <v>3.8286120000000001</v>
+        <v>25.236605999999998</v>
       </c>
       <c r="F129" s="4">
-        <v>51686.259394870001</v>
+        <v>47949.565668349998</v>
       </c>
       <c r="G129" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H129" s="3" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="I129" s="3" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="J129" s="5">
-        <v>29.8</v>
+        <v>3893</v>
       </c>
       <c r="K129" s="5">
-        <v>7.783499774395259</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L129" s="3" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="M129" s="4">
-        <v>402299.98833899997</v>
+        <v>7396702.177588</v>
       </c>
       <c r="N129" s="4">
-        <v>51686.259394870001</v>
+        <v>47949.565668349998</v>
       </c>
       <c r="O129" s="3" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="P129" s="3" t="s">
-        <v>655</v>
+        <v>659</v>
       </c>
       <c r="Q129" s="3" t="s">
-        <v>228</v>
+        <v>216</v>
       </c>
       <c r="R129" s="3" t="s">
-        <v>656</v>
+        <v>660</v>
       </c>
       <c r="S129" s="3" t="s">
-        <v>657</v>
+        <v>597</v>
       </c>
       <c r="T129" s="4">
         <v>1</v>
       </c>
       <c r="W129" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X129" s="4">
         <v>0</v>
       </c>
       <c r="Y129" s="4">
         <v>0</v>
       </c>
       <c r="Z129" s="6">
-        <v>2.1819999999999999E-3</v>
+        <v>1.99E-3</v>
       </c>
     </row>
     <row r="130" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A130" s="3" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="C130" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D130" s="4">
-        <v>1900</v>
+        <v>1200</v>
       </c>
       <c r="E130" s="5">
-        <v>26.361291999999999</v>
+        <v>22.585239000000001</v>
       </c>
       <c r="F130" s="4">
-        <v>50086.446138630003</v>
+        <v>27102.294826919999</v>
       </c>
       <c r="G130" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H130" s="3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="I130" s="3" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="J130" s="5">
-        <v>4132</v>
+        <v>3484</v>
       </c>
       <c r="K130" s="5">
-        <v>156.74497122946053</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L130" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M130" s="4">
-        <v>7850798.5589849995</v>
+        <v>4180801.2308280002</v>
       </c>
       <c r="N130" s="4">
-        <v>50086.446138630003</v>
+        <v>27102.294826919999</v>
       </c>
       <c r="O130" s="3" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="P130" s="3" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="Q130" s="3" t="s">
-        <v>228</v>
+        <v>150</v>
       </c>
       <c r="R130" s="3" t="s">
-        <v>661</v>
+        <v>664</v>
       </c>
       <c r="S130" s="3" t="s">
-        <v>604</v>
+        <v>597</v>
       </c>
       <c r="T130" s="4">
         <v>1</v>
       </c>
       <c r="W130" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X130" s="4">
         <v>0</v>
       </c>
       <c r="Y130" s="4">
         <v>0</v>
       </c>
       <c r="Z130" s="6">
-        <v>2.114E-3</v>
+        <v>1.1249999999999999E-3</v>
       </c>
     </row>
     <row r="131" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A131" s="3" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="C131" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D131" s="4">
-        <v>1200</v>
+        <v>4900</v>
       </c>
       <c r="E131" s="5">
-        <v>21.531790999999998</v>
+        <v>18.180340000000001</v>
       </c>
       <c r="F131" s="4">
-        <v>25838.144757409998</v>
+        <v>89083.689874239994</v>
       </c>
       <c r="G131" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H131" s="3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="I131" s="3" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="J131" s="5">
-        <v>3375</v>
+        <v>2804.5</v>
       </c>
       <c r="K131" s="5">
-        <v>156.74497122946053</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L131" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M131" s="4">
-        <v>4049999.2566220001</v>
+        <v>13742054.04566</v>
       </c>
       <c r="N131" s="4">
-        <v>25838.144757409998</v>
+        <v>89083.689874239994</v>
       </c>
       <c r="O131" s="3" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
       <c r="P131" s="3" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="Q131" s="3" t="s">
-        <v>162</v>
+        <v>150</v>
       </c>
       <c r="R131" s="3" t="s">
-        <v>665</v>
+        <v>668</v>
       </c>
       <c r="S131" s="3" t="s">
-        <v>604</v>
+        <v>597</v>
       </c>
       <c r="T131" s="4">
         <v>1</v>
       </c>
       <c r="W131" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X131" s="4">
         <v>0</v>
       </c>
       <c r="Y131" s="4">
         <v>0</v>
       </c>
       <c r="Z131" s="6">
-        <v>1.09E-3</v>
+        <v>3.6979999999999999E-3</v>
       </c>
     </row>
     <row r="132" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A132" s="3" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
       <c r="C132" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D132" s="4">
-        <v>4900</v>
+        <v>2215</v>
       </c>
       <c r="E132" s="5">
-        <v>15.904816</v>
+        <v>83.49</v>
       </c>
       <c r="F132" s="4">
-        <v>77933.586398290005</v>
+        <v>184930.35</v>
       </c>
       <c r="G132" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H132" s="3" t="s">
-        <v>73</v>
+        <v>31</v>
       </c>
       <c r="I132" s="3" t="s">
-        <v>74</v>
+        <v>32</v>
       </c>
       <c r="J132" s="5">
-        <v>2493</v>
+        <v>83.49</v>
       </c>
       <c r="K132" s="5">
-        <v>156.74497122946053</v>
+        <v>1</v>
       </c>
       <c r="L132" s="3" t="s">
-        <v>75</v>
+        <v>33</v>
       </c>
       <c r="M132" s="4">
-        <v>12215697.757808</v>
+        <v>184930.35</v>
       </c>
       <c r="N132" s="4">
-        <v>77933.586398290005</v>
+        <v>184930.35</v>
       </c>
       <c r="O132" s="3" t="s">
-        <v>666</v>
+        <v>671</v>
       </c>
       <c r="P132" s="3" t="s">
-        <v>668</v>
+        <v>672</v>
       </c>
       <c r="Q132" s="3" t="s">
-        <v>162</v>
+        <v>100</v>
       </c>
       <c r="R132" s="3" t="s">
+        <v>673</v>
+      </c>
+      <c r="S132" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="T132" s="4">
+        <v>1</v>
+      </c>
+      <c r="W132" s="3" t="s">
         <v>669</v>
       </c>
-      <c r="S132" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="X132" s="4">
         <v>0</v>
       </c>
       <c r="Y132" s="4">
         <v>0</v>
       </c>
       <c r="Z132" s="6">
-        <v>3.29E-3</v>
+        <v>7.6769999999999998E-3</v>
       </c>
     </row>
     <row r="133" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A133" s="3" t="s">
-        <v>670</v>
+        <v>674</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>671</v>
+        <v>675</v>
       </c>
       <c r="C133" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D133" s="4">
-        <v>2215</v>
+        <v>368</v>
       </c>
       <c r="E133" s="5">
-        <v>93.76</v>
+        <v>631.50957000000005</v>
       </c>
       <c r="F133" s="4">
-        <v>207678.4</v>
+        <v>232396.83201334</v>
       </c>
       <c r="G133" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H133" s="3" t="s">
-        <v>98</v>
+        <v>619</v>
       </c>
       <c r="I133" s="3" t="s">
-        <v>99</v>
+        <v>620</v>
       </c>
       <c r="J133" s="5">
-        <v>93.76</v>
+        <v>909000</v>
       </c>
       <c r="K133" s="5">
-        <v>1</v>
+        <v>1439.4081153829545</v>
       </c>
       <c r="L133" s="3" t="s">
-        <v>100</v>
+        <v>621</v>
       </c>
       <c r="M133" s="4">
-        <v>207678.4</v>
+        <v>334513885.98929</v>
       </c>
       <c r="N133" s="4">
-        <v>207678.4</v>
+        <v>232396.83201334</v>
       </c>
       <c r="O133" s="3" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="P133" s="3" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
       <c r="Q133" s="3" t="s">
-        <v>112</v>
+        <v>167</v>
       </c>
       <c r="R133" s="3" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="S133" s="3" t="s">
-        <v>142</v>
+        <v>624</v>
       </c>
       <c r="T133" s="4">
         <v>1</v>
       </c>
       <c r="W133" s="3" t="s">
-        <v>670</v>
+        <v>34</v>
       </c>
       <c r="X133" s="4">
         <v>0</v>
       </c>
       <c r="Y133" s="4">
         <v>0</v>
       </c>
       <c r="Z133" s="6">
-        <v>8.7690000000000008E-3</v>
+        <v>9.6469999999999993E-3</v>
       </c>
     </row>
     <row r="134" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A134" s="3" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
       <c r="C134" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D134" s="4">
-        <v>390</v>
+        <v>600</v>
       </c>
       <c r="E134" s="5">
-        <v>451.91118</v>
+        <v>235.90035800000001</v>
       </c>
       <c r="F134" s="4">
-        <v>176245.18413106</v>
+        <v>141540.25670945001</v>
       </c>
       <c r="G134" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H134" s="3" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="I134" s="3" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="J134" s="5">
-        <v>651000</v>
+        <v>36390</v>
       </c>
       <c r="K134" s="5">
-        <v>1440.5485608919878</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L134" s="3" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="M134" s="4">
-        <v>253889746.36414099</v>
+        <v>21834006.427931</v>
       </c>
       <c r="N134" s="4">
-        <v>176245.18413106</v>
+        <v>141540.25670945001</v>
       </c>
       <c r="O134" s="3" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="P134" s="3" t="s">
-        <v>677</v>
+        <v>680</v>
       </c>
       <c r="Q134" s="3" t="s">
-        <v>179</v>
+        <v>167</v>
       </c>
       <c r="R134" s="3" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
       <c r="S134" s="3" t="s">
-        <v>628</v>
+        <v>597</v>
       </c>
       <c r="T134" s="4">
         <v>1</v>
       </c>
       <c r="W134" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X134" s="4">
         <v>0</v>
       </c>
       <c r="Y134" s="4">
         <v>0</v>
       </c>
       <c r="Z134" s="6">
-        <v>7.4409999999999997E-3</v>
+        <v>5.875E-3</v>
       </c>
     </row>
     <row r="135" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A135" s="3" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="C135" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D135" s="4">
-        <v>600</v>
+        <v>12000</v>
       </c>
       <c r="E135" s="5">
-        <v>189.12887499999999</v>
+        <v>5.2113120000000004</v>
       </c>
       <c r="F135" s="4">
-        <v>113477.30390124</v>
+        <v>62535.748331739997</v>
       </c>
       <c r="G135" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H135" s="3" t="s">
-        <v>73</v>
+        <v>684</v>
       </c>
       <c r="I135" s="3" t="s">
-        <v>74</v>
+        <v>685</v>
       </c>
       <c r="J135" s="5">
-        <v>29645</v>
+        <v>164</v>
       </c>
       <c r="K135" s="5">
-        <v>156.74497122946053</v>
+        <v>31.470004836939747</v>
       </c>
       <c r="L135" s="3" t="s">
-        <v>75</v>
+        <v>686</v>
       </c>
       <c r="M135" s="4">
-        <v>17786996.735196002</v>
+        <v>1968000.3024810001</v>
       </c>
       <c r="N135" s="4">
-        <v>113477.30390124</v>
+        <v>62535.748331739997</v>
       </c>
       <c r="O135" s="3" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="P135" s="3" t="s">
-        <v>681</v>
+        <v>687</v>
       </c>
       <c r="Q135" s="3" t="s">
-        <v>179</v>
+        <v>167</v>
       </c>
       <c r="R135" s="3" t="s">
-        <v>682</v>
+        <v>688</v>
       </c>
       <c r="S135" s="3" t="s">
-        <v>604</v>
+        <v>689</v>
       </c>
       <c r="T135" s="4">
         <v>1</v>
       </c>
       <c r="W135" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X135" s="4">
         <v>0</v>
       </c>
       <c r="Y135" s="4">
         <v>0</v>
       </c>
       <c r="Z135" s="6">
-        <v>4.7910000000000001E-3</v>
+        <v>2.5959999999999998E-3</v>
       </c>
     </row>
     <row r="136" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A136" s="3" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="C136" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D136" s="4">
-        <v>12000</v>
+        <v>200</v>
       </c>
       <c r="E136" s="5">
-        <v>5.2036100000000003</v>
+        <v>291.24</v>
       </c>
       <c r="F136" s="4">
-        <v>62443.309304440001</v>
+        <v>58248</v>
       </c>
       <c r="G136" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H136" s="3" t="s">
-        <v>93</v>
+        <v>31</v>
       </c>
       <c r="I136" s="3" t="s">
-        <v>94</v>
+        <v>32</v>
       </c>
       <c r="J136" s="5">
-        <v>163.5</v>
+        <v>291.24</v>
       </c>
       <c r="K136" s="5">
-        <v>31.420495463508864</v>
+        <v>1</v>
       </c>
       <c r="L136" s="3" t="s">
-        <v>95</v>
+        <v>33</v>
       </c>
       <c r="M136" s="4">
-        <v>1961999.716726</v>
+        <v>58248</v>
       </c>
       <c r="N136" s="4">
-        <v>62443.309304440001</v>
+        <v>58248</v>
       </c>
       <c r="O136" s="3" t="s">
-        <v>683</v>
+        <v>692</v>
       </c>
       <c r="P136" s="3" t="s">
-        <v>685</v>
+        <v>693</v>
       </c>
       <c r="Q136" s="3" t="s">
-        <v>179</v>
+        <v>216</v>
       </c>
       <c r="R136" s="3" t="s">
-        <v>686</v>
+        <v>694</v>
       </c>
       <c r="S136" s="3" t="s">
-        <v>687</v>
+        <v>102</v>
       </c>
       <c r="T136" s="4">
         <v>1</v>
       </c>
       <c r="W136" s="3" t="s">
-        <v>34</v>
+        <v>690</v>
       </c>
       <c r="X136" s="4">
         <v>0</v>
       </c>
       <c r="Y136" s="4">
         <v>0</v>
       </c>
       <c r="Z136" s="6">
-        <v>2.6359999999999999E-3</v>
+        <v>2.418E-3</v>
       </c>
     </row>
     <row r="137" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A137" s="3" t="s">
-        <v>688</v>
+        <v>695</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>689</v>
+        <v>696</v>
       </c>
       <c r="C137" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D137" s="4">
-        <v>200</v>
+        <v>700</v>
       </c>
       <c r="E137" s="5">
-        <v>288.72000000000003</v>
+        <v>35.472568000000003</v>
       </c>
       <c r="F137" s="4">
-        <v>57744</v>
+        <v>24830.805134189999</v>
       </c>
       <c r="G137" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H137" s="3" t="s">
-        <v>98</v>
+        <v>74</v>
       </c>
       <c r="I137" s="3" t="s">
-        <v>99</v>
+        <v>75</v>
       </c>
       <c r="J137" s="5">
-        <v>288.72000000000003</v>
+        <v>5472</v>
       </c>
       <c r="K137" s="5">
-        <v>1</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L137" s="3" t="s">
-        <v>100</v>
+        <v>76</v>
       </c>
       <c r="M137" s="4">
-        <v>57744</v>
+        <v>3830401.1276699998</v>
       </c>
       <c r="N137" s="4">
-        <v>57744</v>
+        <v>24830.805134189999</v>
       </c>
       <c r="O137" s="3" t="s">
-        <v>690</v>
+        <v>695</v>
       </c>
       <c r="P137" s="3" t="s">
-        <v>691</v>
+        <v>697</v>
       </c>
       <c r="Q137" s="3" t="s">
-        <v>228</v>
+        <v>150</v>
       </c>
       <c r="R137" s="3" t="s">
-        <v>692</v>
+        <v>698</v>
       </c>
       <c r="S137" s="3" t="s">
-        <v>114</v>
+        <v>597</v>
       </c>
       <c r="T137" s="4">
         <v>1</v>
       </c>
       <c r="W137" s="3" t="s">
-        <v>688</v>
+        <v>34</v>
       </c>
       <c r="X137" s="4">
         <v>0</v>
       </c>
       <c r="Y137" s="4">
         <v>0</v>
       </c>
       <c r="Z137" s="6">
-        <v>2.4380000000000001E-3</v>
+        <v>1.0300000000000001E-3</v>
       </c>
     </row>
     <row r="138" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A138" s="3" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>694</v>
+        <v>700</v>
       </c>
       <c r="C138" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D138" s="4">
-        <v>700</v>
+        <v>1200</v>
       </c>
       <c r="E138" s="5">
-        <v>32.160521000000003</v>
+        <v>25.541285999999999</v>
       </c>
       <c r="F138" s="4">
-        <v>22512.360840860001</v>
+        <v>30649.552703230001</v>
       </c>
       <c r="G138" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H138" s="3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="I138" s="3" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="J138" s="5">
-        <v>5041</v>
+        <v>3940</v>
       </c>
       <c r="K138" s="5">
-        <v>156.74497122946053</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L138" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M138" s="4">
-        <v>3528699.3523070002</v>
+        <v>4728001.3919230001</v>
       </c>
       <c r="N138" s="4">
-        <v>22512.360840860001</v>
+        <v>30649.552703230001</v>
       </c>
       <c r="O138" s="3" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="P138" s="3" t="s">
-        <v>695</v>
+        <v>701</v>
       </c>
       <c r="Q138" s="3" t="s">
-        <v>162</v>
+        <v>246</v>
       </c>
       <c r="R138" s="3" t="s">
-        <v>696</v>
+        <v>702</v>
       </c>
       <c r="S138" s="3" t="s">
-        <v>604</v>
+        <v>597</v>
       </c>
       <c r="T138" s="4">
         <v>1</v>
       </c>
       <c r="W138" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X138" s="4">
         <v>0</v>
       </c>
       <c r="Y138" s="4">
         <v>0</v>
       </c>
       <c r="Z138" s="6">
-        <v>9.5E-4</v>
+        <v>1.2719999999999999E-3</v>
       </c>
     </row>
     <row r="139" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A139" s="3" t="s">
-        <v>697</v>
+        <v>703</v>
       </c>
       <c r="B139" s="3" t="s">
-        <v>698</v>
+        <v>704</v>
       </c>
       <c r="C139" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D139" s="4">
-        <v>1200</v>
+        <v>1491</v>
       </c>
       <c r="E139" s="5">
-        <v>24.377178000000001</v>
+        <v>30.382853999999998</v>
       </c>
       <c r="F139" s="4">
-        <v>29252.607738679999</v>
+        <v>45300.834568500002</v>
       </c>
       <c r="G139" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H139" s="3" t="s">
-        <v>73</v>
+        <v>39</v>
       </c>
       <c r="I139" s="3" t="s">
-        <v>74</v>
+        <v>40</v>
       </c>
       <c r="J139" s="5">
-        <v>3821</v>
+        <v>43.37</v>
       </c>
       <c r="K139" s="5">
-        <v>156.74497122946053</v>
+        <v>1.4274498608236386</v>
       </c>
       <c r="L139" s="3" t="s">
-        <v>75</v>
+        <v>41</v>
       </c>
       <c r="M139" s="4">
-        <v>4585199.1583860004</v>
+        <v>64664.67</v>
       </c>
       <c r="N139" s="4">
-        <v>29252.607738679999</v>
+        <v>45300.834568500002</v>
       </c>
       <c r="O139" s="3" t="s">
-        <v>697</v>
+        <v>703</v>
       </c>
       <c r="P139" s="3" t="s">
-        <v>699</v>
+        <v>705</v>
       </c>
       <c r="Q139" s="3" t="s">
-        <v>258</v>
+        <v>150</v>
       </c>
       <c r="R139" s="3" t="s">
-        <v>700</v>
+        <v>706</v>
       </c>
       <c r="S139" s="3" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
       <c r="T139" s="4">
         <v>1</v>
       </c>
       <c r="W139" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X139" s="4">
         <v>0</v>
       </c>
       <c r="Y139" s="4">
         <v>0</v>
       </c>
       <c r="Z139" s="6">
-        <v>1.235E-3</v>
+        <v>1.8799999999999999E-3</v>
       </c>
     </row>
     <row r="140" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A140" s="3" t="s">
-        <v>701</v>
+        <v>707</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>702</v>
+        <v>708</v>
       </c>
       <c r="C140" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D140" s="4">
-        <v>1491</v>
+        <v>2500</v>
       </c>
       <c r="E140" s="5">
-        <v>28.214424000000001</v>
+        <v>33.774138000000001</v>
       </c>
       <c r="F140" s="4">
-        <v>42067.705438500001</v>
+        <v>84435.368857769994</v>
       </c>
       <c r="G140" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H140" s="3" t="s">
-        <v>31</v>
+        <v>74</v>
       </c>
       <c r="I140" s="3" t="s">
-        <v>32</v>
+        <v>75</v>
       </c>
       <c r="J140" s="5">
-        <v>42.31</v>
+        <v>5210</v>
       </c>
       <c r="K140" s="5">
-        <v>1.4995876134063133</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L140" s="3" t="s">
-        <v>33</v>
+        <v>76</v>
       </c>
       <c r="M140" s="4">
-        <v>63084.21</v>
+        <v>13025003.834559999</v>
       </c>
       <c r="N140" s="4">
-        <v>42067.705438500001</v>
+        <v>84435.368857769994</v>
       </c>
       <c r="O140" s="3" t="s">
-        <v>701</v>
+        <v>707</v>
       </c>
       <c r="P140" s="3" t="s">
-        <v>703</v>
+        <v>709</v>
       </c>
       <c r="Q140" s="3" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="R140" s="3" t="s">
-        <v>704</v>
+        <v>710</v>
       </c>
       <c r="S140" s="3" t="s">
-        <v>609</v>
+        <v>597</v>
       </c>
       <c r="T140" s="4">
         <v>1</v>
       </c>
       <c r="W140" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X140" s="4">
         <v>0</v>
       </c>
       <c r="Y140" s="4">
         <v>0</v>
       </c>
       <c r="Z140" s="6">
-        <v>1.776E-3</v>
+        <v>3.5049999999999999E-3</v>
       </c>
     </row>
     <row r="141" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A141" s="3" t="s">
-        <v>705</v>
+        <v>711</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>706</v>
+        <v>712</v>
       </c>
       <c r="C141" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D141" s="4">
-        <v>2500</v>
+        <v>24900</v>
       </c>
       <c r="E141" s="5">
-        <v>33.876685000000002</v>
+        <v>1.004149</v>
       </c>
       <c r="F141" s="4">
-        <v>84691.696704839997</v>
+        <v>25003.306106569999</v>
       </c>
       <c r="G141" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H141" s="3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="I141" s="3" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="J141" s="5">
-        <v>5310</v>
+        <v>154.9</v>
       </c>
       <c r="K141" s="5">
-        <v>156.74497122946053</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L141" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M141" s="4">
-        <v>13274997.563374</v>
+        <v>3857011.1355030001</v>
       </c>
       <c r="N141" s="4">
-        <v>84691.696704839997</v>
+        <v>25003.306106569999</v>
       </c>
       <c r="O141" s="3" t="s">
-        <v>705</v>
+        <v>711</v>
       </c>
       <c r="P141" s="3" t="s">
-        <v>707</v>
+        <v>713</v>
       </c>
       <c r="Q141" s="3" t="s">
-        <v>179</v>
+        <v>100</v>
       </c>
       <c r="R141" s="3" t="s">
-        <v>708</v>
+        <v>714</v>
       </c>
       <c r="S141" s="3" t="s">
-        <v>604</v>
+        <v>597</v>
       </c>
       <c r="T141" s="4">
         <v>1</v>
       </c>
       <c r="W141" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X141" s="4">
         <v>0</v>
       </c>
       <c r="Y141" s="4">
         <v>0</v>
       </c>
       <c r="Z141" s="6">
-        <v>3.5760000000000002E-3</v>
+        <v>1.0369999999999999E-3</v>
       </c>
     </row>
     <row r="142" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A142" s="3" t="s">
-        <v>709</v>
+        <v>715</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>710</v>
+        <v>716</v>
       </c>
       <c r="C142" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D142" s="4">
-        <v>24900</v>
+        <v>996</v>
       </c>
       <c r="E142" s="5">
-        <v>1.0060929999999999</v>
+        <v>39.33</v>
       </c>
       <c r="F142" s="4">
-        <v>25051.708188460001</v>
+        <v>39172.68</v>
       </c>
       <c r="G142" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H142" s="3" t="s">
-        <v>73</v>
+        <v>31</v>
       </c>
       <c r="I142" s="3" t="s">
-        <v>74</v>
+        <v>32</v>
       </c>
       <c r="J142" s="5">
-        <v>157.69999999999999</v>
+        <v>39.33</v>
       </c>
       <c r="K142" s="5">
-        <v>156.74497122946053</v>
+        <v>1</v>
       </c>
       <c r="L142" s="3" t="s">
-        <v>75</v>
+        <v>33</v>
       </c>
       <c r="M142" s="4">
-        <v>3926729.2792489999</v>
+        <v>39172.68</v>
       </c>
       <c r="N142" s="4">
-        <v>25051.708188460001</v>
+        <v>39172.68</v>
       </c>
       <c r="O142" s="3" t="s">
-        <v>709</v>
+        <v>717</v>
       </c>
       <c r="P142" s="3" t="s">
-        <v>711</v>
+        <v>718</v>
       </c>
       <c r="Q142" s="3" t="s">
-        <v>112</v>
+        <v>167</v>
       </c>
       <c r="R142" s="3" t="s">
-        <v>712</v>
+        <v>719</v>
       </c>
       <c r="S142" s="3" t="s">
-        <v>604</v>
+        <v>130</v>
       </c>
       <c r="T142" s="4">
         <v>1</v>
       </c>
       <c r="W142" s="3" t="s">
-        <v>34</v>
+        <v>715</v>
       </c>
       <c r="X142" s="4">
         <v>0</v>
       </c>
       <c r="Y142" s="4">
         <v>0</v>
       </c>
       <c r="Z142" s="6">
-        <v>1.057E-3</v>
+        <v>1.6260000000000001E-3</v>
       </c>
     </row>
     <row r="143" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A143" s="3" t="s">
-        <v>713</v>
+        <v>720</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>714</v>
+        <v>721</v>
       </c>
       <c r="C143" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D143" s="4">
-        <v>996</v>
+        <v>5778</v>
       </c>
       <c r="E143" s="5">
-        <v>51.69</v>
+        <v>191.13</v>
       </c>
       <c r="F143" s="4">
-        <v>51483.24</v>
+        <v>1104349.1399999999</v>
       </c>
       <c r="G143" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H143" s="3" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="I143" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J143" s="5">
-        <v>51.69</v>
+        <v>191.13</v>
       </c>
       <c r="K143" s="5">
         <v>1</v>
       </c>
       <c r="L143" s="3" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="M143" s="4">
-        <v>51483.24</v>
+        <v>1104349.1399999999</v>
       </c>
       <c r="N143" s="4">
-        <v>51483.24</v>
+        <v>1104349.1399999999</v>
       </c>
       <c r="O143" s="3" t="s">
-        <v>715</v>
+        <v>722</v>
       </c>
       <c r="P143" s="3" t="s">
-        <v>716</v>
+        <v>723</v>
       </c>
       <c r="Q143" s="3" t="s">
-        <v>179</v>
+        <v>167</v>
       </c>
       <c r="R143" s="3" t="s">
-        <v>717</v>
+        <v>724</v>
       </c>
       <c r="S143" s="3" t="s">
-        <v>142</v>
+        <v>130</v>
       </c>
       <c r="T143" s="4">
         <v>1</v>
       </c>
       <c r="W143" s="3" t="s">
-        <v>713</v>
+        <v>720</v>
       </c>
       <c r="X143" s="4">
         <v>0</v>
       </c>
       <c r="Y143" s="4">
         <v>0</v>
       </c>
       <c r="Z143" s="6">
-        <v>2.173E-3</v>
+        <v>4.5844999999999997E-2</v>
       </c>
     </row>
     <row r="144" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A144" s="3" t="s">
-        <v>718</v>
+        <v>725</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>719</v>
+        <v>726</v>
       </c>
       <c r="C144" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D144" s="4">
-        <v>5951</v>
+        <v>11000</v>
       </c>
       <c r="E144" s="5">
-        <v>186.5</v>
+        <v>5.5608510000000004</v>
       </c>
       <c r="F144" s="4">
-        <v>1109861.5</v>
+        <v>61169.367651729997</v>
       </c>
       <c r="G144" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H144" s="3" t="s">
-        <v>98</v>
+        <v>684</v>
       </c>
       <c r="I144" s="3" t="s">
-        <v>99</v>
+        <v>685</v>
       </c>
       <c r="J144" s="5">
-        <v>186.5</v>
+        <v>175</v>
       </c>
       <c r="K144" s="5">
-        <v>1</v>
+        <v>31.470004836939747</v>
       </c>
       <c r="L144" s="3" t="s">
-        <v>100</v>
+        <v>686</v>
       </c>
       <c r="M144" s="4">
-        <v>1109861.5</v>
+        <v>1925000.295872</v>
       </c>
       <c r="N144" s="4">
-        <v>1109861.5</v>
+        <v>61169.367651729997</v>
       </c>
       <c r="O144" s="3" t="s">
-        <v>720</v>
+        <v>725</v>
       </c>
       <c r="P144" s="3" t="s">
-        <v>721</v>
+        <v>727</v>
       </c>
       <c r="Q144" s="3" t="s">
-        <v>179</v>
+        <v>167</v>
       </c>
       <c r="R144" s="3" t="s">
-        <v>722</v>
+        <v>728</v>
       </c>
       <c r="S144" s="3" t="s">
-        <v>142</v>
+        <v>729</v>
       </c>
       <c r="T144" s="4">
         <v>1</v>
       </c>
       <c r="W144" s="3" t="s">
-        <v>718</v>
+        <v>34</v>
       </c>
       <c r="X144" s="4">
         <v>0</v>
       </c>
       <c r="Y144" s="4">
         <v>0</v>
       </c>
       <c r="Z144" s="6">
-        <v>4.6862000000000001E-2</v>
+        <v>2.539E-3</v>
       </c>
     </row>
     <row r="145" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A145" s="3" t="s">
-        <v>723</v>
+        <v>730</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>724</v>
+        <v>731</v>
       </c>
       <c r="C145" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D145" s="4">
-        <v>11000</v>
+        <v>3100</v>
       </c>
       <c r="E145" s="5">
-        <v>6.3016189999999996</v>
+        <v>27.570328</v>
       </c>
       <c r="F145" s="4">
-        <v>69317.802071900005</v>
+        <v>85468.040969790003</v>
       </c>
       <c r="G145" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H145" s="3" t="s">
-        <v>93</v>
+        <v>74</v>
       </c>
       <c r="I145" s="3" t="s">
-        <v>94</v>
+        <v>75</v>
       </c>
       <c r="J145" s="5">
-        <v>198</v>
+        <v>4253</v>
       </c>
       <c r="K145" s="5">
-        <v>31.420495463508864</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L145" s="3" t="s">
-        <v>95</v>
+        <v>76</v>
       </c>
       <c r="M145" s="4">
-        <v>2177999.68554</v>
+        <v>13184303.881457999</v>
       </c>
       <c r="N145" s="4">
-        <v>69317.802071900005</v>
+        <v>85468.040969790003</v>
       </c>
       <c r="O145" s="3" t="s">
-        <v>723</v>
+        <v>730</v>
       </c>
       <c r="P145" s="3" t="s">
-        <v>725</v>
+        <v>732</v>
       </c>
       <c r="Q145" s="3" t="s">
-        <v>179</v>
+        <v>100</v>
       </c>
       <c r="R145" s="3" t="s">
-        <v>726</v>
+        <v>733</v>
       </c>
       <c r="S145" s="3" t="s">
-        <v>727</v>
+        <v>597</v>
       </c>
       <c r="T145" s="4">
         <v>1</v>
       </c>
       <c r="W145" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X145" s="4">
         <v>0</v>
       </c>
       <c r="Y145" s="4">
         <v>0</v>
       </c>
       <c r="Z145" s="6">
-        <v>2.9260000000000002E-3</v>
+        <v>3.5479999999999999E-3</v>
       </c>
     </row>
     <row r="146" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A146" s="3" t="s">
-        <v>728</v>
+        <v>734</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>729</v>
+        <v>735</v>
       </c>
       <c r="C146" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D146" s="4">
-        <v>2000</v>
+        <v>900</v>
       </c>
       <c r="E146" s="5">
-        <v>28.071076000000001</v>
+        <v>30.824573000000001</v>
       </c>
       <c r="F146" s="4">
-        <v>56142.141695109996</v>
+        <v>27742.12368728</v>
       </c>
       <c r="G146" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H146" s="3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="I146" s="3" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="J146" s="5">
-        <v>4400</v>
+        <v>4755</v>
       </c>
       <c r="K146" s="5">
-        <v>156.74497122946053</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L146" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M146" s="4">
-        <v>8799998.3847599998</v>
+        <v>4279501.2598839998</v>
       </c>
       <c r="N146" s="4">
-        <v>56142.141695109996</v>
+        <v>27742.12368728</v>
       </c>
       <c r="O146" s="3" t="s">
-        <v>728</v>
+        <v>734</v>
       </c>
       <c r="P146" s="3" t="s">
-        <v>730</v>
+        <v>736</v>
       </c>
       <c r="Q146" s="3" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="R146" s="3" t="s">
-        <v>731</v>
+        <v>737</v>
       </c>
       <c r="S146" s="3" t="s">
-        <v>604</v>
+        <v>597</v>
       </c>
       <c r="T146" s="4">
         <v>1</v>
       </c>
       <c r="W146" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X146" s="4">
         <v>0</v>
       </c>
       <c r="Y146" s="4">
         <v>0</v>
       </c>
       <c r="Z146" s="6">
-        <v>2.3700000000000001E-3</v>
+        <v>1.1509999999999999E-3</v>
       </c>
     </row>
     <row r="147" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A147" s="3" t="s">
-        <v>732</v>
+        <v>738</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>733</v>
+        <v>739</v>
       </c>
       <c r="C147" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D147" s="4">
-        <v>900</v>
+        <v>2100</v>
       </c>
       <c r="E147" s="5">
-        <v>31.369427000000002</v>
+        <v>26.993379999999998</v>
       </c>
       <c r="F147" s="4">
-        <v>28232.479504930001</v>
+        <v>56686.114352390003</v>
       </c>
       <c r="G147" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H147" s="3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="I147" s="3" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="J147" s="5">
-        <v>4917</v>
+        <v>4164</v>
       </c>
       <c r="K147" s="5">
-        <v>156.74497122946053</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L147" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M147" s="4">
-        <v>4425299.1877359999</v>
+        <v>8744402.5743509997</v>
       </c>
       <c r="N147" s="4">
-        <v>28232.479504930001</v>
+        <v>56686.114352390003</v>
       </c>
       <c r="O147" s="3" t="s">
-        <v>732</v>
+        <v>738</v>
       </c>
       <c r="P147" s="3" t="s">
-        <v>734</v>
+        <v>740</v>
       </c>
       <c r="Q147" s="3" t="s">
-        <v>129</v>
+        <v>167</v>
       </c>
       <c r="R147" s="3" t="s">
-        <v>735</v>
+        <v>741</v>
       </c>
       <c r="S147" s="3" t="s">
-        <v>604</v>
+        <v>597</v>
       </c>
       <c r="T147" s="4">
         <v>1</v>
       </c>
       <c r="W147" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X147" s="4">
         <v>0</v>
       </c>
       <c r="Y147" s="4">
         <v>0</v>
       </c>
       <c r="Z147" s="6">
-        <v>1.1919999999999999E-3</v>
+        <v>2.3530000000000001E-3</v>
       </c>
     </row>
     <row r="148" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A148" s="3" t="s">
-        <v>736</v>
+        <v>742</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>737</v>
+        <v>743</v>
       </c>
       <c r="C148" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D148" s="4">
-        <v>2100</v>
+        <v>1000</v>
       </c>
       <c r="E148" s="5">
-        <v>26.590965000000001</v>
+        <v>114.287533</v>
       </c>
       <c r="F148" s="4">
-        <v>55841.015662379999</v>
+        <v>114287.56644626</v>
       </c>
       <c r="G148" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H148" s="3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="I148" s="3" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="J148" s="5">
-        <v>4168</v>
+        <v>17630</v>
       </c>
       <c r="K148" s="5">
-        <v>156.74497122946053</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L148" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M148" s="4">
-        <v>8752798.3934230004</v>
+        <v>17630005.190273002</v>
       </c>
       <c r="N148" s="4">
-        <v>55841.015662379999</v>
+        <v>114287.56644626</v>
       </c>
       <c r="O148" s="3" t="s">
-        <v>736</v>
+        <v>742</v>
       </c>
       <c r="P148" s="3" t="s">
-        <v>738</v>
+        <v>744</v>
       </c>
       <c r="Q148" s="3" t="s">
-        <v>179</v>
+        <v>117</v>
       </c>
       <c r="R148" s="3" t="s">
-        <v>739</v>
+        <v>745</v>
       </c>
       <c r="S148" s="3" t="s">
-        <v>604</v>
+        <v>597</v>
       </c>
       <c r="T148" s="4">
         <v>1</v>
       </c>
       <c r="W148" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X148" s="4">
         <v>0</v>
       </c>
       <c r="Y148" s="4">
         <v>0</v>
       </c>
       <c r="Z148" s="6">
-        <v>2.3570000000000002E-3</v>
+        <v>4.744E-3</v>
       </c>
     </row>
     <row r="149" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A149" s="3" t="s">
-        <v>740</v>
+        <v>746</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>741</v>
+        <v>747</v>
       </c>
       <c r="C149" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D149" s="4">
-        <v>1000</v>
+        <v>1300</v>
       </c>
       <c r="E149" s="5">
-        <v>105.489828</v>
+        <v>11.921428000000001</v>
       </c>
       <c r="F149" s="4">
-        <v>105489.80828735</v>
+        <v>15497.86075457</v>
       </c>
       <c r="G149" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H149" s="3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="I149" s="3" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="J149" s="5">
-        <v>16535</v>
+        <v>1839</v>
       </c>
       <c r="K149" s="5">
-        <v>156.74497122946053</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L149" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M149" s="4">
-        <v>16534996.965001</v>
+        <v>2390700.703822</v>
       </c>
       <c r="N149" s="4">
-        <v>105489.80828735</v>
+        <v>15497.86075457</v>
       </c>
       <c r="O149" s="3" t="s">
-        <v>740</v>
+        <v>746</v>
       </c>
       <c r="P149" s="3" t="s">
-        <v>742</v>
+        <v>748</v>
       </c>
       <c r="Q149" s="3" t="s">
-        <v>129</v>
+        <v>246</v>
       </c>
       <c r="R149" s="3" t="s">
-        <v>743</v>
+        <v>749</v>
       </c>
       <c r="S149" s="3" t="s">
-        <v>604</v>
+        <v>597</v>
       </c>
       <c r="T149" s="4">
         <v>1</v>
       </c>
       <c r="W149" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X149" s="4">
         <v>0</v>
       </c>
       <c r="Y149" s="4">
         <v>0</v>
       </c>
       <c r="Z149" s="6">
-        <v>4.4539999999999996E-3</v>
+        <v>6.4300000000000002E-4</v>
       </c>
     </row>
     <row r="150" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A150" s="3" t="s">
-        <v>744</v>
+        <v>750</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>745</v>
+        <v>751</v>
       </c>
       <c r="C150" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D150" s="4">
-        <v>1300</v>
+        <v>7322</v>
       </c>
       <c r="E150" s="5">
-        <v>10.93815</v>
+        <v>16.077622999999999</v>
       </c>
       <c r="F150" s="4">
-        <v>14219.592331489999</v>
+        <v>117720.351945</v>
       </c>
       <c r="G150" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H150" s="3" t="s">
-        <v>73</v>
+        <v>39</v>
       </c>
       <c r="I150" s="3" t="s">
-        <v>74</v>
+        <v>40</v>
       </c>
       <c r="J150" s="5">
-        <v>1714.5</v>
+        <v>22.95</v>
       </c>
       <c r="K150" s="5">
-        <v>156.74497122946053</v>
+        <v>1.4274498608236386</v>
       </c>
       <c r="L150" s="3" t="s">
-        <v>75</v>
+        <v>41</v>
       </c>
       <c r="M150" s="4">
-        <v>2228849.5908940001</v>
+        <v>168039.9</v>
       </c>
       <c r="N150" s="4">
-        <v>14219.592331489999</v>
+        <v>117720.351945</v>
       </c>
       <c r="O150" s="3" t="s">
-        <v>744</v>
+        <v>750</v>
       </c>
       <c r="P150" s="3" t="s">
-        <v>746</v>
+        <v>752</v>
       </c>
       <c r="Q150" s="3" t="s">
-        <v>258</v>
+        <v>107</v>
       </c>
       <c r="R150" s="3" t="s">
-        <v>747</v>
+        <v>753</v>
       </c>
       <c r="S150" s="3" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
       <c r="T150" s="4">
         <v>1</v>
       </c>
       <c r="W150" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X150" s="4">
         <v>0</v>
       </c>
       <c r="Y150" s="4">
         <v>0</v>
       </c>
       <c r="Z150" s="6">
-        <v>5.9999999999999995E-4</v>
+        <v>4.8869999999999999E-3</v>
       </c>
     </row>
     <row r="151" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A151" s="3" t="s">
-        <v>748</v>
+        <v>754</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>749</v>
+        <v>755</v>
       </c>
       <c r="C151" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D151" s="4">
-        <v>6648</v>
+        <v>300</v>
       </c>
       <c r="E151" s="5">
-        <v>15.077479</v>
+        <v>22.390761999999999</v>
       </c>
       <c r="F151" s="4">
-        <v>100235.077068</v>
+        <v>6717.2306495499997</v>
       </c>
       <c r="G151" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H151" s="3" t="s">
-        <v>31</v>
+        <v>74</v>
       </c>
       <c r="I151" s="3" t="s">
-        <v>32</v>
+        <v>75</v>
       </c>
       <c r="J151" s="5">
-        <v>22.61</v>
+        <v>3454</v>
       </c>
       <c r="K151" s="5">
-        <v>1.4995876134063133</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L151" s="3" t="s">
-        <v>33</v>
+        <v>76</v>
       </c>
       <c r="M151" s="4">
-        <v>150311.28</v>
+        <v>1036200.305056</v>
       </c>
       <c r="N151" s="4">
-        <v>100235.077068</v>
+        <v>6717.2306495499997</v>
       </c>
       <c r="O151" s="3" t="s">
-        <v>748</v>
+        <v>754</v>
       </c>
       <c r="P151" s="3" t="s">
-        <v>750</v>
+        <v>756</v>
       </c>
       <c r="Q151" s="3" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="R151" s="3" t="s">
-        <v>751</v>
+        <v>757</v>
       </c>
       <c r="S151" s="3" t="s">
-        <v>609</v>
+        <v>597</v>
       </c>
       <c r="T151" s="4">
         <v>1</v>
       </c>
       <c r="W151" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X151" s="4">
         <v>0</v>
       </c>
       <c r="Y151" s="4">
         <v>0</v>
       </c>
       <c r="Z151" s="6">
-        <v>4.2319999999999997E-3</v>
+        <v>2.7799999999999998E-4</v>
       </c>
     </row>
     <row r="152" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A152" s="3" t="s">
-        <v>752</v>
+        <v>758</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>753</v>
+        <v>759</v>
       </c>
       <c r="C152" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D152" s="4">
-        <v>300</v>
+        <v>998</v>
       </c>
       <c r="E152" s="5">
-        <v>25.672274999999999</v>
+        <v>164.58</v>
       </c>
       <c r="F152" s="4">
-        <v>7701.6810743599999</v>
+        <v>164250.84</v>
       </c>
       <c r="G152" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H152" s="3" t="s">
-        <v>73</v>
+        <v>31</v>
       </c>
       <c r="I152" s="3" t="s">
-        <v>74</v>
+        <v>32</v>
       </c>
       <c r="J152" s="5">
-        <v>4024</v>
+        <v>164.58</v>
       </c>
       <c r="K152" s="5">
-        <v>156.74497122946053</v>
+        <v>1</v>
       </c>
       <c r="L152" s="3" t="s">
-        <v>75</v>
+        <v>33</v>
       </c>
       <c r="M152" s="4">
-        <v>1207199.7784190001</v>
+        <v>164250.84</v>
       </c>
       <c r="N152" s="4">
-        <v>7701.6810743599999</v>
+        <v>164250.84</v>
       </c>
       <c r="O152" s="3" t="s">
-        <v>752</v>
+        <v>760</v>
       </c>
       <c r="P152" s="3" t="s">
-        <v>754</v>
+        <v>761</v>
       </c>
       <c r="Q152" s="3" t="s">
-        <v>129</v>
+        <v>167</v>
       </c>
       <c r="R152" s="3" t="s">
-        <v>755</v>
+        <v>762</v>
       </c>
       <c r="S152" s="3" t="s">
-        <v>604</v>
+        <v>102</v>
       </c>
       <c r="T152" s="4">
         <v>1</v>
       </c>
       <c r="W152" s="3" t="s">
-        <v>34</v>
+        <v>758</v>
       </c>
       <c r="X152" s="4">
         <v>0</v>
       </c>
       <c r="Y152" s="4">
         <v>0</v>
       </c>
       <c r="Z152" s="6">
-        <v>3.2499999999999999E-4</v>
+        <v>6.8180000000000003E-3</v>
       </c>
     </row>
     <row r="153" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A153" s="3" t="s">
-        <v>756</v>
+        <v>763</v>
       </c>
       <c r="B153" s="3" t="s">
-        <v>757</v>
+        <v>764</v>
       </c>
       <c r="C153" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D153" s="4">
-        <v>876</v>
+        <v>1300</v>
       </c>
       <c r="E153" s="5">
-        <v>194.91</v>
+        <v>33.981580000000001</v>
       </c>
       <c r="F153" s="4">
-        <v>170741.16</v>
+        <v>44176.066381429999</v>
       </c>
       <c r="G153" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H153" s="3" t="s">
-        <v>98</v>
+        <v>74</v>
       </c>
       <c r="I153" s="3" t="s">
-        <v>99</v>
+        <v>75</v>
       </c>
       <c r="J153" s="5">
-        <v>194.91</v>
+        <v>5242</v>
       </c>
       <c r="K153" s="5">
-        <v>1</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L153" s="3" t="s">
-        <v>100</v>
+        <v>76</v>
       </c>
       <c r="M153" s="4">
-        <v>170741.16</v>
+        <v>6814602.0062180003</v>
       </c>
       <c r="N153" s="4">
-        <v>170741.16</v>
+        <v>44176.066381429999</v>
       </c>
       <c r="O153" s="3" t="s">
-        <v>758</v>
+        <v>763</v>
       </c>
       <c r="P153" s="3" t="s">
-        <v>759</v>
+        <v>765</v>
       </c>
       <c r="Q153" s="3" t="s">
-        <v>179</v>
+        <v>107</v>
       </c>
       <c r="R153" s="3" t="s">
-        <v>760</v>
+        <v>766</v>
       </c>
       <c r="S153" s="3" t="s">
-        <v>114</v>
+        <v>597</v>
       </c>
       <c r="T153" s="4">
         <v>1</v>
       </c>
       <c r="W153" s="3" t="s">
-        <v>756</v>
+        <v>34</v>
       </c>
       <c r="X153" s="4">
         <v>0</v>
       </c>
       <c r="Y153" s="4">
         <v>0</v>
       </c>
       <c r="Z153" s="6">
-        <v>7.2090000000000001E-3</v>
+        <v>1.833E-3</v>
       </c>
     </row>
     <row r="154" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A154" s="3" t="s">
-        <v>761</v>
+        <v>767</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>762</v>
+        <v>768</v>
       </c>
       <c r="C154" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D154" s="4">
-        <v>1300</v>
+        <v>9000</v>
       </c>
       <c r="E154" s="5">
-        <v>30.846285000000002</v>
+        <v>56.402915</v>
       </c>
       <c r="F154" s="4">
-        <v>40100.162684620002</v>
+        <v>507626.31077216001</v>
       </c>
       <c r="G154" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H154" s="3" t="s">
-        <v>73</v>
+        <v>684</v>
       </c>
       <c r="I154" s="3" t="s">
-        <v>74</v>
+        <v>685</v>
       </c>
       <c r="J154" s="5">
-        <v>4835</v>
+        <v>1775</v>
       </c>
       <c r="K154" s="5">
-        <v>156.74497122946053</v>
+        <v>31.470004836939747</v>
       </c>
       <c r="L154" s="3" t="s">
-        <v>75</v>
+        <v>686</v>
       </c>
       <c r="M154" s="4">
-        <v>6285498.8462969996</v>
+        <v>15975002.455357</v>
       </c>
       <c r="N154" s="4">
-        <v>40100.162684620002</v>
+        <v>507626.31077216001</v>
       </c>
       <c r="O154" s="3" t="s">
-        <v>761</v>
+        <v>767</v>
       </c>
       <c r="P154" s="3" t="s">
-        <v>763</v>
+        <v>769</v>
       </c>
       <c r="Q154" s="3" t="s">
-        <v>119</v>
+        <v>167</v>
       </c>
       <c r="R154" s="3" t="s">
-        <v>764</v>
+        <v>770</v>
       </c>
       <c r="S154" s="3" t="s">
-        <v>604</v>
+        <v>689</v>
       </c>
       <c r="T154" s="4">
         <v>1</v>
       </c>
       <c r="W154" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X154" s="4">
         <v>0</v>
       </c>
       <c r="Y154" s="4">
         <v>0</v>
       </c>
       <c r="Z154" s="6">
-        <v>1.6930000000000001E-3</v>
+        <v>2.1073000000000001E-2</v>
       </c>
     </row>
     <row r="155" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A155" s="3" t="s">
-        <v>765</v>
+        <v>771</v>
       </c>
       <c r="B155" s="3" t="s">
-        <v>766</v>
+        <v>772</v>
       </c>
       <c r="C155" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D155" s="4">
-        <v>9000</v>
+        <v>600</v>
       </c>
       <c r="E155" s="5">
-        <v>49.330857999999999</v>
+        <v>267.79455400000001</v>
       </c>
       <c r="F155" s="4">
-        <v>443977.65789850999</v>
+        <v>160676.77946324</v>
       </c>
       <c r="G155" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H155" s="3" t="s">
-        <v>93</v>
+        <v>74</v>
       </c>
       <c r="I155" s="3" t="s">
-        <v>94</v>
+        <v>75</v>
       </c>
       <c r="J155" s="5">
-        <v>1550</v>
+        <v>41310</v>
       </c>
       <c r="K155" s="5">
-        <v>31.420495463508864</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L155" s="3" t="s">
-        <v>95</v>
+        <v>76</v>
       </c>
       <c r="M155" s="4">
-        <v>13949997.985898999</v>
+        <v>24786007.296999</v>
       </c>
       <c r="N155" s="4">
-        <v>443977.65789850999</v>
+        <v>160676.77946324</v>
       </c>
       <c r="O155" s="3" t="s">
-        <v>765</v>
+        <v>771</v>
       </c>
       <c r="P155" s="3" t="s">
-        <v>767</v>
+        <v>773</v>
       </c>
       <c r="Q155" s="3" t="s">
-        <v>179</v>
+        <v>167</v>
       </c>
       <c r="R155" s="3" t="s">
-        <v>768</v>
+        <v>774</v>
       </c>
       <c r="S155" s="3" t="s">
-        <v>687</v>
+        <v>597</v>
       </c>
       <c r="T155" s="4">
         <v>1</v>
       </c>
       <c r="W155" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X155" s="4">
         <v>0</v>
       </c>
       <c r="Y155" s="4">
         <v>0</v>
       </c>
       <c r="Z155" s="6">
-        <v>1.8745999999999999E-2</v>
+        <v>6.6699999999999997E-3</v>
       </c>
     </row>
     <row r="156" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A156" s="3" t="s">
-        <v>769</v>
+        <v>775</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>770</v>
+        <v>776</v>
       </c>
       <c r="C156" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D156" s="4">
-        <v>600</v>
+        <v>200</v>
       </c>
       <c r="E156" s="5">
-        <v>218.95439300000001</v>
+        <v>223.3</v>
       </c>
       <c r="F156" s="4">
-        <v>131372.61156655999</v>
+        <v>44660</v>
       </c>
       <c r="G156" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H156" s="3" t="s">
-        <v>73</v>
+        <v>31</v>
       </c>
       <c r="I156" s="3" t="s">
-        <v>74</v>
+        <v>32</v>
       </c>
       <c r="J156" s="5">
-        <v>34320</v>
+        <v>223.3</v>
       </c>
       <c r="K156" s="5">
-        <v>156.74497122946053</v>
+        <v>1</v>
       </c>
       <c r="L156" s="3" t="s">
-        <v>75</v>
+        <v>33</v>
       </c>
       <c r="M156" s="4">
-        <v>20591996.220339</v>
+        <v>44660</v>
       </c>
       <c r="N156" s="4">
-        <v>131372.61156655999</v>
+        <v>44660</v>
       </c>
       <c r="O156" s="3" t="s">
-        <v>769</v>
+        <v>777</v>
       </c>
       <c r="P156" s="3" t="s">
-        <v>771</v>
+        <v>778</v>
       </c>
       <c r="Q156" s="3" t="s">
-        <v>179</v>
+        <v>150</v>
       </c>
       <c r="R156" s="3" t="s">
-        <v>772</v>
+        <v>779</v>
       </c>
       <c r="S156" s="3" t="s">
-        <v>604</v>
+        <v>102</v>
       </c>
       <c r="T156" s="4">
         <v>1</v>
       </c>
       <c r="W156" s="3" t="s">
-        <v>34</v>
+        <v>775</v>
       </c>
       <c r="X156" s="4">
         <v>0</v>
       </c>
       <c r="Y156" s="4">
         <v>0</v>
       </c>
       <c r="Z156" s="6">
-        <v>5.5469999999999998E-3</v>
+        <v>1.854E-3</v>
       </c>
     </row>
     <row r="157" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A157" s="3" t="s">
-        <v>773</v>
+        <v>780</v>
       </c>
       <c r="B157" s="3" t="s">
-        <v>774</v>
+        <v>781</v>
       </c>
       <c r="C157" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D157" s="4">
-        <v>200</v>
+        <v>1205</v>
       </c>
       <c r="E157" s="5">
-        <v>208.73</v>
+        <v>146.59</v>
       </c>
       <c r="F157" s="4">
-        <v>41746</v>
+        <v>176640.95</v>
       </c>
       <c r="G157" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H157" s="3" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="I157" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J157" s="5">
-        <v>208.73</v>
+        <v>146.59</v>
       </c>
       <c r="K157" s="5">
         <v>1</v>
       </c>
       <c r="L157" s="3" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="M157" s="4">
-        <v>41746</v>
+        <v>176640.95</v>
       </c>
       <c r="N157" s="4">
-        <v>41746</v>
+        <v>176640.95</v>
       </c>
       <c r="O157" s="3" t="s">
-        <v>775</v>
+        <v>782</v>
       </c>
       <c r="P157" s="3" t="s">
-        <v>776</v>
+        <v>783</v>
       </c>
       <c r="Q157" s="3" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="R157" s="3" t="s">
-        <v>777</v>
+        <v>784</v>
       </c>
       <c r="S157" s="3" t="s">
-        <v>114</v>
+        <v>130</v>
       </c>
       <c r="T157" s="4">
         <v>1</v>
       </c>
       <c r="W157" s="3" t="s">
-        <v>773</v>
+        <v>780</v>
       </c>
       <c r="X157" s="4">
         <v>0</v>
       </c>
       <c r="Y157" s="4">
         <v>0</v>
       </c>
       <c r="Z157" s="6">
-        <v>1.7619999999999999E-3</v>
+        <v>7.3330000000000001E-3</v>
       </c>
     </row>
     <row r="158" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A158" s="3" t="s">
-        <v>778</v>
+        <v>785</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>779</v>
+        <v>786</v>
       </c>
       <c r="C158" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D158" s="4">
-        <v>1205</v>
+        <v>117</v>
       </c>
       <c r="E158" s="5">
-        <v>177.75</v>
+        <v>52.69</v>
       </c>
       <c r="F158" s="4">
-        <v>214188.75</v>
+        <v>6164.73</v>
       </c>
       <c r="G158" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H158" s="3" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="I158" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J158" s="5">
-        <v>177.75</v>
+        <v>52.69</v>
       </c>
       <c r="K158" s="5">
         <v>1</v>
       </c>
       <c r="L158" s="3" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="M158" s="4">
-        <v>214188.75</v>
+        <v>6164.73</v>
       </c>
       <c r="N158" s="4">
-        <v>214188.75</v>
+        <v>6164.73</v>
       </c>
       <c r="O158" s="3" t="s">
-        <v>780</v>
+        <v>787</v>
       </c>
       <c r="P158" s="3" t="s">
-        <v>781</v>
+        <v>788</v>
       </c>
       <c r="Q158" s="3" t="s">
-        <v>179</v>
+        <v>150</v>
       </c>
       <c r="R158" s="3" t="s">
-        <v>782</v>
+        <v>789</v>
       </c>
       <c r="S158" s="3" t="s">
-        <v>142</v>
+        <v>130</v>
       </c>
       <c r="T158" s="4">
         <v>1</v>
       </c>
       <c r="W158" s="3" t="s">
-        <v>778</v>
+        <v>785</v>
       </c>
       <c r="X158" s="4">
         <v>0</v>
       </c>
       <c r="Y158" s="4">
         <v>0</v>
       </c>
       <c r="Z158" s="6">
-        <v>9.0430000000000007E-3</v>
+        <v>2.5500000000000002E-4</v>
       </c>
     </row>
     <row r="159" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A159" s="3" t="s">
-        <v>783</v>
+        <v>790</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>784</v>
+        <v>791</v>
       </c>
       <c r="C159" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D159" s="4">
-        <v>500</v>
+        <v>1192</v>
       </c>
       <c r="E159" s="5">
-        <v>58.38</v>
+        <v>45.718249999999998</v>
       </c>
       <c r="F159" s="4">
-        <v>29190</v>
+        <v>54496.153403999997</v>
       </c>
       <c r="G159" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H159" s="3" t="s">
-        <v>98</v>
+        <v>405</v>
       </c>
       <c r="I159" s="3" t="s">
-        <v>99</v>
+        <v>65</v>
       </c>
       <c r="J159" s="5">
-        <v>58.38</v>
+        <v>38.43</v>
       </c>
       <c r="K159" s="5">
-        <v>1</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L159" s="3" t="s">
-        <v>100</v>
+        <v>406</v>
       </c>
       <c r="M159" s="4">
-        <v>29190</v>
+        <v>45808.56</v>
       </c>
       <c r="N159" s="4">
-        <v>29190</v>
+        <v>54496.153403999997</v>
       </c>
       <c r="O159" s="3" t="s">
-        <v>785</v>
+        <v>790</v>
       </c>
       <c r="P159" s="3" t="s">
-        <v>786</v>
+        <v>792</v>
       </c>
       <c r="Q159" s="3" t="s">
-        <v>162</v>
+        <v>150</v>
       </c>
       <c r="R159" s="3" t="s">
-        <v>787</v>
+        <v>793</v>
       </c>
       <c r="S159" s="3" t="s">
-        <v>142</v>
+        <v>409</v>
       </c>
       <c r="T159" s="4">
         <v>1</v>
       </c>
       <c r="W159" s="3" t="s">
-        <v>783</v>
+        <v>34</v>
       </c>
       <c r="X159" s="4">
         <v>0</v>
       </c>
       <c r="Y159" s="4">
         <v>0</v>
       </c>
       <c r="Z159" s="6">
-        <v>1.232E-3</v>
+        <v>2.2620000000000001E-3</v>
       </c>
     </row>
     <row r="160" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A160" s="3" t="s">
-        <v>788</v>
+        <v>794</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>789</v>
+        <v>795</v>
       </c>
       <c r="C160" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D160" s="4">
-        <v>1192</v>
+        <v>681</v>
       </c>
       <c r="E160" s="5">
-        <v>48.105471999999999</v>
+        <v>148.847477</v>
       </c>
       <c r="F160" s="4">
-        <v>57341.722624000002</v>
+        <v>101365.13213427999</v>
       </c>
       <c r="G160" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H160" s="3" t="s">
-        <v>417</v>
+        <v>54</v>
       </c>
       <c r="I160" s="3" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="J160" s="5">
-        <v>40.96</v>
+        <v>114.62</v>
       </c>
       <c r="K160" s="5">
-        <v>0.85146238664906981</v>
+        <v>0.77005000173376759</v>
       </c>
       <c r="L160" s="3" t="s">
-        <v>418</v>
+        <v>56</v>
       </c>
       <c r="M160" s="4">
-        <v>48824.32</v>
+        <v>78056.220174999995</v>
       </c>
       <c r="N160" s="4">
-        <v>57341.722624000002</v>
+        <v>101365.13213427999</v>
       </c>
       <c r="O160" s="3" t="s">
-        <v>788</v>
+        <v>794</v>
       </c>
       <c r="P160" s="3" t="s">
-        <v>790</v>
+        <v>796</v>
       </c>
       <c r="Q160" s="3" t="s">
-        <v>162</v>
+        <v>107</v>
       </c>
       <c r="R160" s="3" t="s">
-        <v>791</v>
+        <v>797</v>
       </c>
       <c r="S160" s="3" t="s">
-        <v>421</v>
+        <v>592</v>
       </c>
       <c r="T160" s="4">
         <v>1</v>
       </c>
       <c r="W160" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X160" s="4">
         <v>0</v>
       </c>
       <c r="Y160" s="4">
         <v>0</v>
       </c>
       <c r="Z160" s="6">
-        <v>2.421E-3</v>
+        <v>4.2079999999999999E-3</v>
       </c>
     </row>
     <row r="161" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A161" s="3" t="s">
-        <v>792</v>
+        <v>798</v>
       </c>
       <c r="B161" s="3" t="s">
-        <v>793</v>
+        <v>799</v>
       </c>
       <c r="C161" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D161" s="4">
-        <v>681</v>
+        <v>240</v>
       </c>
       <c r="E161" s="5">
-        <v>138.34017</v>
+        <v>455.42497100000003</v>
       </c>
       <c r="F161" s="4">
-        <v>94209.656042920004</v>
+        <v>109301.99337705001</v>
       </c>
       <c r="G161" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H161" s="3" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="I161" s="3" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="J161" s="5">
-        <v>109.6</v>
+        <v>350.7</v>
       </c>
       <c r="K161" s="5">
-        <v>0.79225000133296064</v>
+        <v>0.77005000173376759</v>
       </c>
       <c r="L161" s="3" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="M161" s="4">
-        <v>74637.600124999997</v>
+        <v>84168.000188999998</v>
       </c>
       <c r="N161" s="4">
-        <v>94209.656042920004</v>
+        <v>109301.99337705001</v>
       </c>
       <c r="O161" s="3" t="s">
-        <v>792</v>
+        <v>798</v>
       </c>
       <c r="P161" s="3" t="s">
-        <v>794</v>
+        <v>800</v>
       </c>
       <c r="Q161" s="3" t="s">
-        <v>119</v>
+        <v>107</v>
       </c>
       <c r="R161" s="3" t="s">
-        <v>795</v>
+        <v>801</v>
       </c>
       <c r="S161" s="3" t="s">
-        <v>599</v>
+        <v>592</v>
       </c>
       <c r="T161" s="4">
         <v>1</v>
       </c>
       <c r="W161" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X161" s="4">
         <v>0</v>
       </c>
       <c r="Y161" s="4">
         <v>0</v>
       </c>
       <c r="Z161" s="6">
-        <v>3.9769999999999996E-3</v>
+        <v>4.5370000000000002E-3</v>
       </c>
     </row>
     <row r="162" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A162" s="3" t="s">
-        <v>796</v>
+        <v>802</v>
       </c>
       <c r="B162" s="3" t="s">
-        <v>797</v>
+        <v>803</v>
       </c>
       <c r="C162" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D162" s="4">
-        <v>240</v>
+        <v>249</v>
       </c>
       <c r="E162" s="5">
-        <v>414.26317399999999</v>
+        <v>26.44</v>
       </c>
       <c r="F162" s="4">
-        <v>99423.161880719999</v>
+        <v>6583.56</v>
       </c>
       <c r="G162" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H162" s="3" t="s">
-        <v>48</v>
+        <v>31</v>
       </c>
       <c r="I162" s="3" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="J162" s="5">
-        <v>328.2</v>
+        <v>26.44</v>
       </c>
       <c r="K162" s="5">
-        <v>0.79225000133296064</v>
+        <v>1</v>
       </c>
       <c r="L162" s="3" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="M162" s="4">
-        <v>78768.000132000001</v>
+        <v>6583.56</v>
       </c>
       <c r="N162" s="4">
-        <v>99423.161880719999</v>
+        <v>6583.56</v>
       </c>
       <c r="O162" s="3" t="s">
-        <v>796</v>
+        <v>804</v>
       </c>
       <c r="P162" s="3" t="s">
-        <v>798</v>
+        <v>805</v>
       </c>
       <c r="Q162" s="3" t="s">
-        <v>119</v>
+        <v>107</v>
       </c>
       <c r="R162" s="3" t="s">
-        <v>799</v>
+        <v>806</v>
       </c>
       <c r="S162" s="3" t="s">
-        <v>599</v>
+        <v>102</v>
       </c>
       <c r="T162" s="4">
         <v>1</v>
       </c>
       <c r="W162" s="3" t="s">
-        <v>34</v>
+        <v>802</v>
       </c>
       <c r="X162" s="4">
         <v>0</v>
       </c>
       <c r="Y162" s="4">
         <v>0</v>
       </c>
       <c r="Z162" s="6">
-        <v>4.1980000000000003E-3</v>
+        <v>2.7300000000000002E-4</v>
       </c>
     </row>
     <row r="163" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A163" s="3" t="s">
-        <v>800</v>
+        <v>807</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>801</v>
+        <v>808</v>
       </c>
       <c r="C163" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D163" s="4">
-        <v>4</v>
+        <v>251</v>
       </c>
       <c r="E163" s="5">
-        <v>24.9</v>
+        <v>108.49608000000001</v>
       </c>
       <c r="F163" s="4">
-        <v>99.6</v>
+        <v>27232.516080000001</v>
       </c>
       <c r="G163" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H163" s="3" t="s">
-        <v>98</v>
+        <v>405</v>
       </c>
       <c r="I163" s="3" t="s">
-        <v>99</v>
+        <v>65</v>
       </c>
       <c r="J163" s="5">
-        <v>24.9</v>
+        <v>91.2</v>
       </c>
       <c r="K163" s="5">
-        <v>1</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L163" s="3" t="s">
-        <v>100</v>
+        <v>406</v>
       </c>
       <c r="M163" s="4">
-        <v>99.6</v>
+        <v>22891.200000000001</v>
       </c>
       <c r="N163" s="4">
-        <v>99.6</v>
+        <v>27232.516080000001</v>
       </c>
       <c r="O163" s="3" t="s">
-        <v>802</v>
+        <v>807</v>
       </c>
       <c r="P163" s="3" t="s">
-        <v>803</v>
+        <v>809</v>
       </c>
       <c r="Q163" s="3" t="s">
-        <v>119</v>
+        <v>150</v>
       </c>
       <c r="R163" s="3" t="s">
-        <v>804</v>
+        <v>810</v>
       </c>
       <c r="S163" s="3" t="s">
-        <v>114</v>
+        <v>409</v>
       </c>
       <c r="T163" s="4">
         <v>1</v>
       </c>
       <c r="W163" s="3" t="s">
-        <v>800</v>
+        <v>34</v>
       </c>
       <c r="X163" s="4">
         <v>0</v>
       </c>
       <c r="Y163" s="4">
         <v>0</v>
       </c>
       <c r="Z163" s="6">
-        <v>3.9999999999999998E-6</v>
+        <v>1.1299999999999999E-3</v>
       </c>
     </row>
     <row r="164" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A164" s="3" t="s">
-        <v>805</v>
+        <v>811</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>806</v>
+        <v>812</v>
       </c>
       <c r="C164" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D164" s="4">
-        <v>251</v>
+        <v>300</v>
       </c>
       <c r="E164" s="5">
-        <v>94.883815999999996</v>
+        <v>208</v>
       </c>
       <c r="F164" s="4">
-        <v>23815.8376905</v>
+        <v>62400</v>
       </c>
       <c r="G164" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H164" s="3" t="s">
-        <v>417</v>
+        <v>31</v>
       </c>
       <c r="I164" s="3" t="s">
-        <v>59</v>
+        <v>32</v>
       </c>
       <c r="J164" s="5">
-        <v>80.790000000000006</v>
+        <v>208</v>
       </c>
       <c r="K164" s="5">
-        <v>0.85146238664906981</v>
+        <v>1</v>
       </c>
       <c r="L164" s="3" t="s">
-        <v>418</v>
+        <v>33</v>
       </c>
       <c r="M164" s="4">
-        <v>20278.29</v>
+        <v>62400</v>
       </c>
       <c r="N164" s="4">
-        <v>23815.8376905</v>
+        <v>62400</v>
       </c>
       <c r="O164" s="3" t="s">
-        <v>805</v>
+        <v>813</v>
       </c>
       <c r="P164" s="3" t="s">
-        <v>807</v>
+        <v>814</v>
       </c>
       <c r="Q164" s="3" t="s">
-        <v>162</v>
+        <v>150</v>
       </c>
       <c r="R164" s="3" t="s">
-        <v>808</v>
+        <v>815</v>
       </c>
       <c r="S164" s="3" t="s">
-        <v>421</v>
+        <v>102</v>
       </c>
       <c r="T164" s="4">
         <v>1</v>
       </c>
       <c r="W164" s="3" t="s">
-        <v>34</v>
+        <v>811</v>
       </c>
       <c r="X164" s="4">
         <v>0</v>
       </c>
       <c r="Y164" s="4">
         <v>0</v>
       </c>
       <c r="Z164" s="6">
-        <v>1.005E-3</v>
+        <v>2.5899999999999999E-3</v>
       </c>
     </row>
     <row r="165" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A165" s="3" t="s">
-        <v>809</v>
+        <v>816</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>810</v>
+        <v>817</v>
       </c>
       <c r="C165" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D165" s="4">
-        <v>300</v>
+        <v>317</v>
       </c>
       <c r="E165" s="5">
-        <v>227.72</v>
+        <v>151.59</v>
       </c>
       <c r="F165" s="4">
-        <v>68316</v>
+        <v>48054.03</v>
       </c>
       <c r="G165" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H165" s="3" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="I165" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J165" s="5">
-        <v>227.72</v>
+        <v>151.59</v>
       </c>
       <c r="K165" s="5">
         <v>1</v>
       </c>
       <c r="L165" s="3" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="M165" s="4">
-        <v>68316</v>
+        <v>48054.03</v>
       </c>
       <c r="N165" s="4">
-        <v>68316</v>
+        <v>48054.03</v>
       </c>
       <c r="O165" s="3" t="s">
-        <v>811</v>
+        <v>818</v>
       </c>
       <c r="P165" s="3" t="s">
-        <v>812</v>
+        <v>819</v>
       </c>
       <c r="Q165" s="3" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="R165" s="3" t="s">
-        <v>813</v>
+        <v>820</v>
       </c>
       <c r="S165" s="3" t="s">
-        <v>114</v>
+        <v>130</v>
       </c>
       <c r="T165" s="4">
         <v>1</v>
       </c>
       <c r="W165" s="3" t="s">
-        <v>809</v>
+        <v>816</v>
       </c>
       <c r="X165" s="4">
         <v>0</v>
       </c>
       <c r="Y165" s="4">
         <v>0</v>
       </c>
       <c r="Z165" s="6">
-        <v>2.8839999999999998E-3</v>
+        <v>1.9940000000000001E-3</v>
       </c>
     </row>
     <row r="166" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A166" s="3" t="s">
-        <v>814</v>
+        <v>821</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>815</v>
+        <v>822</v>
       </c>
       <c r="C166" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D166" s="4">
-        <v>317</v>
+        <v>648</v>
       </c>
       <c r="E166" s="5">
-        <v>171.05</v>
+        <v>187.03</v>
       </c>
       <c r="F166" s="4">
-        <v>54222.85</v>
+        <v>121195.44</v>
       </c>
       <c r="G166" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H166" s="3" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="I166" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J166" s="5">
-        <v>171.05</v>
+        <v>187.03</v>
       </c>
       <c r="K166" s="5">
         <v>1</v>
       </c>
       <c r="L166" s="3" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="M166" s="4">
-        <v>54222.85</v>
+        <v>121195.44</v>
       </c>
       <c r="N166" s="4">
-        <v>54222.85</v>
+        <v>121195.44</v>
       </c>
       <c r="O166" s="3" t="s">
-        <v>816</v>
+        <v>823</v>
       </c>
       <c r="P166" s="3" t="s">
-        <v>817</v>
+        <v>824</v>
       </c>
       <c r="Q166" s="3" t="s">
-        <v>179</v>
+        <v>107</v>
       </c>
       <c r="R166" s="3" t="s">
-        <v>818</v>
+        <v>825</v>
       </c>
       <c r="S166" s="3" t="s">
-        <v>142</v>
+        <v>102</v>
       </c>
       <c r="T166" s="4">
         <v>1</v>
       </c>
       <c r="W166" s="3" t="s">
-        <v>814</v>
+        <v>821</v>
       </c>
       <c r="X166" s="4">
         <v>0</v>
       </c>
       <c r="Y166" s="4">
         <v>0</v>
       </c>
       <c r="Z166" s="6">
-        <v>2.2889999999999998E-3</v>
+        <v>5.0309999999999999E-3</v>
       </c>
     </row>
     <row r="167" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A167" s="3" t="s">
-        <v>819</v>
+        <v>826</v>
       </c>
       <c r="B167" s="3" t="s">
-        <v>820</v>
+        <v>827</v>
       </c>
       <c r="C167" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D167" s="4">
-        <v>608</v>
+        <v>384</v>
       </c>
       <c r="E167" s="5">
-        <v>173.53</v>
+        <v>215.09</v>
       </c>
       <c r="F167" s="4">
-        <v>105506.24000000001</v>
+        <v>82594.559999999998</v>
       </c>
       <c r="G167" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H167" s="3" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="I167" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J167" s="5">
-        <v>173.53</v>
+        <v>215.09</v>
       </c>
       <c r="K167" s="5">
         <v>1</v>
       </c>
       <c r="L167" s="3" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="M167" s="4">
-        <v>105506.24000000001</v>
+        <v>82594.559999999998</v>
       </c>
       <c r="N167" s="4">
-        <v>105506.24000000001</v>
+        <v>82594.559999999998</v>
       </c>
       <c r="O167" s="3" t="s">
-        <v>821</v>
+        <v>828</v>
       </c>
       <c r="P167" s="3" t="s">
-        <v>822</v>
+        <v>829</v>
       </c>
       <c r="Q167" s="3" t="s">
-        <v>119</v>
+        <v>216</v>
       </c>
       <c r="R167" s="3" t="s">
-        <v>823</v>
+        <v>830</v>
       </c>
       <c r="S167" s="3" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="T167" s="4">
         <v>1</v>
       </c>
       <c r="W167" s="3" t="s">
-        <v>819</v>
+        <v>826</v>
       </c>
       <c r="X167" s="4">
         <v>0</v>
       </c>
       <c r="Y167" s="4">
         <v>0</v>
       </c>
       <c r="Z167" s="6">
-        <v>4.4539999999999996E-3</v>
+        <v>3.4280000000000001E-3</v>
       </c>
     </row>
     <row r="168" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A168" s="3" t="s">
-        <v>824</v>
+        <v>831</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>825</v>
+        <v>832</v>
       </c>
       <c r="C168" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D168" s="4">
-        <v>384</v>
+        <v>888</v>
       </c>
       <c r="E168" s="5">
-        <v>211.93</v>
+        <v>99.48</v>
       </c>
       <c r="F168" s="4">
-        <v>81381.119999999995</v>
+        <v>88338.240000000005</v>
       </c>
       <c r="G168" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H168" s="3" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="I168" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J168" s="5">
-        <v>211.93</v>
+        <v>99.48</v>
       </c>
       <c r="K168" s="5">
         <v>1</v>
       </c>
       <c r="L168" s="3" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="M168" s="4">
-        <v>81381.119999999995</v>
+        <v>88338.240000000005</v>
       </c>
       <c r="N168" s="4">
-        <v>81381.119999999995</v>
+        <v>88338.240000000005</v>
       </c>
       <c r="O168" s="3" t="s">
-        <v>826</v>
+        <v>833</v>
       </c>
       <c r="P168" s="3" t="s">
-        <v>827</v>
+        <v>834</v>
       </c>
       <c r="Q168" s="3" t="s">
-        <v>228</v>
+        <v>150</v>
       </c>
       <c r="R168" s="3" t="s">
-        <v>828</v>
+        <v>835</v>
       </c>
       <c r="S168" s="3" t="s">
-        <v>114</v>
+        <v>130</v>
       </c>
       <c r="T168" s="4">
         <v>1</v>
       </c>
       <c r="W168" s="3" t="s">
-        <v>824</v>
+        <v>831</v>
       </c>
       <c r="X168" s="4">
         <v>0</v>
       </c>
       <c r="Y168" s="4">
         <v>0</v>
       </c>
       <c r="Z168" s="6">
-        <v>3.4359999999999998E-3</v>
+        <v>3.6670000000000001E-3</v>
       </c>
     </row>
     <row r="169" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A169" s="3" t="s">
-        <v>829</v>
+        <v>836</v>
       </c>
       <c r="B169" s="3" t="s">
-        <v>830</v>
+        <v>837</v>
       </c>
       <c r="C169" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D169" s="4">
-        <v>888</v>
+        <v>5131</v>
       </c>
       <c r="E169" s="5">
-        <v>113.1</v>
+        <v>17.93</v>
       </c>
       <c r="F169" s="4">
-        <v>100432.8</v>
+        <v>91998.83</v>
       </c>
       <c r="G169" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H169" s="3" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="I169" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J169" s="5">
-        <v>113.1</v>
+        <v>17.93</v>
       </c>
       <c r="K169" s="5">
         <v>1</v>
       </c>
       <c r="L169" s="3" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="M169" s="4">
-        <v>100432.8</v>
+        <v>91998.83</v>
       </c>
       <c r="N169" s="4">
-        <v>100432.8</v>
+        <v>91998.83</v>
       </c>
       <c r="O169" s="3" t="s">
-        <v>831</v>
+        <v>838</v>
       </c>
       <c r="P169" s="3" t="s">
-        <v>832</v>
+        <v>839</v>
       </c>
       <c r="Q169" s="3" t="s">
-        <v>162</v>
+        <v>150</v>
       </c>
       <c r="R169" s="3" t="s">
-        <v>833</v>
+        <v>840</v>
       </c>
       <c r="S169" s="3" t="s">
-        <v>142</v>
+        <v>102</v>
       </c>
       <c r="T169" s="4">
         <v>1</v>
       </c>
       <c r="W169" s="3" t="s">
-        <v>829</v>
+        <v>836</v>
       </c>
       <c r="X169" s="4">
         <v>0</v>
       </c>
       <c r="Y169" s="4">
         <v>0</v>
       </c>
       <c r="Z169" s="6">
-        <v>4.2399999999999998E-3</v>
+        <v>3.8189999999999999E-3</v>
       </c>
     </row>
     <row r="170" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A170" s="3" t="s">
-        <v>834</v>
+        <v>841</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>835</v>
+        <v>842</v>
       </c>
       <c r="C170" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D170" s="4">
-        <v>5832</v>
+        <v>1</v>
       </c>
       <c r="E170" s="5">
-        <v>19.36</v>
+        <v>371.23</v>
       </c>
       <c r="F170" s="4">
-        <v>112907.52</v>
+        <v>371.23</v>
       </c>
       <c r="G170" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H170" s="3" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="I170" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J170" s="5">
-        <v>19.36</v>
+        <v>371.23</v>
       </c>
       <c r="K170" s="5">
         <v>1</v>
       </c>
       <c r="L170" s="3" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="M170" s="4">
-        <v>112907.52</v>
+        <v>371.23</v>
       </c>
       <c r="N170" s="4">
-        <v>112907.52</v>
+        <v>371.23</v>
       </c>
       <c r="O170" s="3" t="s">
-        <v>836</v>
+        <v>843</v>
       </c>
       <c r="P170" s="3" t="s">
-        <v>837</v>
+        <v>844</v>
       </c>
       <c r="Q170" s="3" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="R170" s="3" t="s">
-        <v>838</v>
+        <v>845</v>
       </c>
       <c r="S170" s="3" t="s">
-        <v>114</v>
+        <v>130</v>
       </c>
       <c r="T170" s="4">
         <v>1</v>
       </c>
       <c r="W170" s="3" t="s">
-        <v>834</v>
+        <v>841</v>
       </c>
       <c r="X170" s="4">
         <v>0</v>
       </c>
       <c r="Y170" s="4">
         <v>0</v>
       </c>
       <c r="Z170" s="6">
-        <v>4.7670000000000004E-3</v>
+        <v>1.5E-5</v>
       </c>
     </row>
     <row r="171" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A171" s="3" t="s">
-        <v>839</v>
+        <v>846</v>
       </c>
       <c r="B171" s="3" t="s">
-        <v>840</v>
+        <v>847</v>
       </c>
       <c r="C171" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D171" s="4">
-        <v>1</v>
+        <v>52</v>
       </c>
       <c r="E171" s="5">
-        <v>445.13</v>
+        <v>527.79</v>
       </c>
       <c r="F171" s="4">
-        <v>445.13</v>
+        <v>27445.08</v>
       </c>
       <c r="G171" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H171" s="3" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="I171" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J171" s="5">
-        <v>445.13</v>
+        <v>527.79</v>
       </c>
       <c r="K171" s="5">
         <v>1</v>
       </c>
       <c r="L171" s="3" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="M171" s="4">
-        <v>445.13</v>
+        <v>27445.08</v>
       </c>
       <c r="N171" s="4">
-        <v>445.13</v>
+        <v>27445.08</v>
       </c>
       <c r="O171" s="3" t="s">
-        <v>841</v>
+        <v>848</v>
       </c>
       <c r="P171" s="3" t="s">
-        <v>842</v>
+        <v>849</v>
       </c>
       <c r="Q171" s="3" t="s">
-        <v>179</v>
+        <v>150</v>
       </c>
       <c r="R171" s="3" t="s">
-        <v>843</v>
+        <v>850</v>
       </c>
       <c r="S171" s="3" t="s">
-        <v>142</v>
+        <v>102</v>
       </c>
       <c r="T171" s="4">
         <v>1</v>
       </c>
       <c r="W171" s="3" t="s">
-        <v>839</v>
+        <v>846</v>
       </c>
       <c r="X171" s="4">
         <v>0</v>
       </c>
       <c r="Y171" s="4">
         <v>0</v>
       </c>
       <c r="Z171" s="6">
-        <v>1.8E-5</v>
+        <v>1.139E-3</v>
       </c>
     </row>
     <row r="172" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A172" s="3" t="s">
-        <v>844</v>
+        <v>851</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>845</v>
+        <v>852</v>
       </c>
       <c r="C172" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D172" s="4">
-        <v>100</v>
+        <v>455</v>
       </c>
       <c r="E172" s="5">
-        <v>522.59</v>
+        <v>212.29</v>
       </c>
       <c r="F172" s="4">
-        <v>52259</v>
+        <v>96591.95</v>
       </c>
       <c r="G172" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H172" s="3" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="I172" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J172" s="5">
-        <v>522.59</v>
+        <v>212.29</v>
       </c>
       <c r="K172" s="5">
         <v>1</v>
       </c>
       <c r="L172" s="3" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="M172" s="4">
-        <v>52259</v>
+        <v>96591.95</v>
       </c>
       <c r="N172" s="4">
-        <v>52259</v>
+        <v>96591.95</v>
       </c>
       <c r="O172" s="3" t="s">
-        <v>846</v>
+        <v>853</v>
       </c>
       <c r="P172" s="3" t="s">
-        <v>847</v>
+        <v>854</v>
       </c>
       <c r="Q172" s="3" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="R172" s="3" t="s">
-        <v>848</v>
+        <v>855</v>
       </c>
       <c r="S172" s="3" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="T172" s="4">
         <v>1</v>
       </c>
       <c r="W172" s="3" t="s">
-        <v>844</v>
+        <v>851</v>
       </c>
       <c r="X172" s="4">
         <v>0</v>
       </c>
       <c r="Y172" s="4">
         <v>0</v>
       </c>
       <c r="Z172" s="6">
-        <v>2.2060000000000001E-3</v>
+        <v>4.0090000000000004E-3</v>
       </c>
     </row>
     <row r="173" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A173" s="3" t="s">
-        <v>849</v>
+        <v>856</v>
       </c>
       <c r="B173" s="3" t="s">
-        <v>850</v>
+        <v>857</v>
       </c>
       <c r="C173" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D173" s="4">
-        <v>455</v>
+        <v>84</v>
       </c>
       <c r="E173" s="5">
-        <v>264.91000000000003</v>
+        <v>103.92</v>
       </c>
       <c r="F173" s="4">
-        <v>120534.05</v>
+        <v>8729.2800000000007</v>
       </c>
       <c r="G173" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H173" s="3" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="I173" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J173" s="5">
-        <v>264.91000000000003</v>
+        <v>103.92</v>
       </c>
       <c r="K173" s="5">
         <v>1</v>
       </c>
       <c r="L173" s="3" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="M173" s="4">
-        <v>120534.05</v>
+        <v>8729.2800000000007</v>
       </c>
       <c r="N173" s="4">
-        <v>120534.05</v>
+        <v>8729.2800000000007</v>
       </c>
       <c r="O173" s="3" t="s">
-        <v>851</v>
+        <v>858</v>
       </c>
       <c r="P173" s="3" t="s">
-        <v>852</v>
+        <v>859</v>
       </c>
       <c r="Q173" s="3" t="s">
-        <v>179</v>
+        <v>150</v>
       </c>
       <c r="R173" s="3" t="s">
-        <v>853</v>
+        <v>860</v>
       </c>
       <c r="S173" s="3" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="T173" s="4">
         <v>1</v>
       </c>
       <c r="W173" s="3" t="s">
-        <v>849</v>
+        <v>856</v>
       </c>
       <c r="X173" s="4">
         <v>0</v>
       </c>
       <c r="Y173" s="4">
         <v>0</v>
       </c>
       <c r="Z173" s="6">
-        <v>5.0889999999999998E-3</v>
+        <v>3.6200000000000002E-4</v>
       </c>
     </row>
     <row r="174" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A174" s="3" t="s">
-        <v>854</v>
+        <v>861</v>
       </c>
       <c r="B174" s="3" t="s">
-        <v>855</v>
+        <v>862</v>
       </c>
       <c r="C174" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D174" s="4">
-        <v>84</v>
+        <v>152</v>
       </c>
       <c r="E174" s="5">
-        <v>99.91</v>
+        <v>76.97</v>
       </c>
       <c r="F174" s="4">
-        <v>8392.44</v>
+        <v>11699.44</v>
       </c>
       <c r="G174" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H174" s="3" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="I174" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J174" s="5">
-        <v>99.91</v>
+        <v>76.97</v>
       </c>
       <c r="K174" s="5">
         <v>1</v>
       </c>
       <c r="L174" s="3" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="M174" s="4">
-        <v>8392.44</v>
+        <v>11699.44</v>
       </c>
       <c r="N174" s="4">
-        <v>8392.44</v>
+        <v>11699.44</v>
       </c>
       <c r="O174" s="3" t="s">
-        <v>856</v>
+        <v>863</v>
       </c>
       <c r="P174" s="3" t="s">
-        <v>857</v>
+        <v>864</v>
       </c>
       <c r="Q174" s="3" t="s">
-        <v>162</v>
+        <v>107</v>
       </c>
       <c r="R174" s="3" t="s">
-        <v>858</v>
+        <v>865</v>
       </c>
       <c r="S174" s="3" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="T174" s="4">
         <v>1</v>
       </c>
       <c r="W174" s="3" t="s">
-        <v>854</v>
+        <v>861</v>
       </c>
       <c r="X174" s="4">
         <v>0</v>
       </c>
       <c r="Y174" s="4">
         <v>0</v>
       </c>
       <c r="Z174" s="6">
-        <v>3.5399999999999999E-4</v>
+        <v>4.8500000000000003E-4</v>
       </c>
     </row>
     <row r="175" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A175" s="3" t="s">
-        <v>859</v>
+        <v>336</v>
       </c>
       <c r="B175" s="3" t="s">
-        <v>860</v>
+        <v>333</v>
       </c>
       <c r="C175" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D175" s="4">
-        <v>220</v>
+        <v>424</v>
       </c>
       <c r="E175" s="5">
-        <v>153.19</v>
+        <v>99.08</v>
       </c>
       <c r="F175" s="4">
-        <v>33701.800000000003</v>
+        <v>42009.919999999998</v>
       </c>
       <c r="G175" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H175" s="3" t="s">
-        <v>98</v>
+        <v>49</v>
       </c>
       <c r="I175" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J175" s="5">
-        <v>153.19</v>
+        <v>99.08</v>
       </c>
       <c r="K175" s="5">
         <v>1</v>
       </c>
       <c r="L175" s="3" t="s">
-        <v>100</v>
+        <v>51</v>
       </c>
       <c r="M175" s="4">
-        <v>33701.800000000003</v>
+        <v>42009.919999999998</v>
       </c>
       <c r="N175" s="4">
-        <v>33701.800000000003</v>
+        <v>42009.919999999998</v>
       </c>
       <c r="O175" s="3" t="s">
-        <v>861</v>
+        <v>866</v>
       </c>
       <c r="P175" s="3" t="s">
-        <v>862</v>
+        <v>334</v>
       </c>
       <c r="Q175" s="3" t="s">
-        <v>179</v>
+        <v>216</v>
       </c>
       <c r="R175" s="3" t="s">
-        <v>863</v>
+        <v>335</v>
       </c>
       <c r="S175" s="3" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="T175" s="4">
         <v>1</v>
       </c>
       <c r="W175" s="3" t="s">
-        <v>859</v>
+        <v>336</v>
       </c>
       <c r="X175" s="4">
         <v>0</v>
       </c>
       <c r="Y175" s="4">
         <v>0</v>
       </c>
       <c r="Z175" s="6">
-        <v>1.423E-3</v>
+        <v>1.743E-3</v>
       </c>
     </row>
     <row r="176" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A176" s="3" t="s">
-        <v>864</v>
+        <v>867</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>865</v>
+        <v>868</v>
       </c>
       <c r="C176" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D176" s="4">
-        <v>152</v>
+        <v>409</v>
       </c>
       <c r="E176" s="5">
-        <v>79.239999999999995</v>
+        <v>91.95</v>
       </c>
       <c r="F176" s="4">
-        <v>12044.48</v>
+        <v>37607.550000000003</v>
       </c>
       <c r="G176" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H176" s="3" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="I176" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J176" s="5">
-        <v>79.239999999999995</v>
+        <v>91.95</v>
       </c>
       <c r="K176" s="5">
         <v>1</v>
       </c>
       <c r="L176" s="3" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="M176" s="4">
-        <v>12044.48</v>
+        <v>37607.550000000003</v>
       </c>
       <c r="N176" s="4">
-        <v>12044.48</v>
+        <v>37607.550000000003</v>
       </c>
       <c r="O176" s="3" t="s">
-        <v>866</v>
+        <v>869</v>
       </c>
       <c r="P176" s="3" t="s">
+        <v>870</v>
+      </c>
+      <c r="Q176" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="R176" s="3" t="s">
+        <v>871</v>
+      </c>
+      <c r="S176" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="T176" s="4">
+        <v>1</v>
+      </c>
+      <c r="W176" s="3" t="s">
         <v>867</v>
       </c>
-      <c r="Q176" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="X176" s="4">
         <v>0</v>
       </c>
       <c r="Y176" s="4">
         <v>0</v>
       </c>
       <c r="Z176" s="6">
-        <v>5.0799999999999999E-4</v>
+        <v>1.5610000000000001E-3</v>
       </c>
     </row>
     <row r="177" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A177" s="3" t="s">
-        <v>348</v>
+        <v>872</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>345</v>
+        <v>873</v>
       </c>
       <c r="C177" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D177" s="4">
-        <v>302</v>
+        <v>100</v>
       </c>
       <c r="E177" s="5">
-        <v>94.36</v>
+        <v>369.56</v>
       </c>
       <c r="F177" s="4">
-        <v>28496.720000000001</v>
+        <v>36956</v>
       </c>
       <c r="G177" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H177" s="3" t="s">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="I177" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J177" s="5">
-        <v>94.36</v>
+        <v>369.56</v>
       </c>
       <c r="K177" s="5">
         <v>1</v>
       </c>
       <c r="L177" s="3" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="M177" s="4">
-        <v>28496.720000000001</v>
+        <v>36956</v>
       </c>
       <c r="N177" s="4">
-        <v>28496.720000000001</v>
+        <v>36956</v>
       </c>
       <c r="O177" s="3" t="s">
-        <v>869</v>
+        <v>874</v>
       </c>
       <c r="P177" s="3" t="s">
-        <v>346</v>
+        <v>875</v>
       </c>
       <c r="Q177" s="3" t="s">
-        <v>228</v>
+        <v>107</v>
       </c>
       <c r="R177" s="3" t="s">
-        <v>347</v>
+        <v>876</v>
       </c>
       <c r="S177" s="3" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="T177" s="4">
         <v>1</v>
       </c>
       <c r="W177" s="3" t="s">
-        <v>348</v>
+        <v>872</v>
       </c>
       <c r="X177" s="4">
         <v>0</v>
       </c>
       <c r="Y177" s="4">
         <v>0</v>
       </c>
       <c r="Z177" s="6">
-        <v>1.2030000000000001E-3</v>
+        <v>1.534E-3</v>
       </c>
     </row>
     <row r="178" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A178" s="3" t="s">
-        <v>870</v>
+        <v>877</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>871</v>
+        <v>878</v>
       </c>
       <c r="C178" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D178" s="4">
-        <v>409</v>
+        <v>177</v>
       </c>
       <c r="E178" s="5">
-        <v>84.21</v>
+        <v>149.81</v>
       </c>
       <c r="F178" s="4">
-        <v>34441.89</v>
+        <v>26516.37</v>
       </c>
       <c r="G178" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H178" s="3" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="I178" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J178" s="5">
-        <v>84.21</v>
+        <v>149.81</v>
       </c>
       <c r="K178" s="5">
         <v>1</v>
       </c>
       <c r="L178" s="3" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="M178" s="4">
-        <v>34441.89</v>
+        <v>26516.37</v>
       </c>
       <c r="N178" s="4">
-        <v>34441.89</v>
+        <v>26516.37</v>
       </c>
       <c r="O178" s="3" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="P178" s="3" t="s">
-        <v>873</v>
+        <v>880</v>
       </c>
       <c r="Q178" s="3" t="s">
-        <v>129</v>
+        <v>117</v>
       </c>
       <c r="R178" s="3" t="s">
-        <v>874</v>
+        <v>881</v>
       </c>
       <c r="S178" s="3" t="s">
-        <v>142</v>
+        <v>102</v>
       </c>
       <c r="T178" s="4">
         <v>1</v>
       </c>
       <c r="W178" s="3" t="s">
-        <v>870</v>
+        <v>877</v>
       </c>
       <c r="X178" s="4">
         <v>0</v>
       </c>
       <c r="Y178" s="4">
         <v>0</v>
       </c>
       <c r="Z178" s="6">
-        <v>1.454E-3</v>
+        <v>1.1000000000000001E-3</v>
       </c>
     </row>
     <row r="179" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A179" s="3" t="s">
-        <v>875</v>
+        <v>882</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>876</v>
+        <v>883</v>
       </c>
       <c r="C179" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D179" s="4">
+        <v>71</v>
+      </c>
+      <c r="E179" s="5">
+        <v>197.21</v>
+      </c>
+      <c r="F179" s="4">
+        <v>14001.91</v>
+      </c>
+      <c r="G179" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H179" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I179" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J179" s="5">
+        <v>197.21</v>
+      </c>
+      <c r="K179" s="5">
+        <v>1</v>
+      </c>
+      <c r="L179" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M179" s="4">
+        <v>14001.91</v>
+      </c>
+      <c r="N179" s="4">
+        <v>14001.91</v>
+      </c>
+      <c r="O179" s="3" t="s">
+        <v>884</v>
+      </c>
+      <c r="P179" s="3" t="s">
+        <v>885</v>
+      </c>
+      <c r="Q179" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="E179" s="5">
-[...37 lines deleted...]
-      </c>
       <c r="R179" s="3" t="s">
-        <v>879</v>
+        <v>886</v>
       </c>
       <c r="S179" s="3" t="s">
-        <v>114</v>
+        <v>130</v>
       </c>
       <c r="T179" s="4">
         <v>1</v>
       </c>
       <c r="W179" s="3" t="s">
-        <v>875</v>
+        <v>882</v>
       </c>
       <c r="X179" s="4">
         <v>0</v>
       </c>
       <c r="Y179" s="4">
         <v>0</v>
       </c>
       <c r="Z179" s="6">
-        <v>1.4840000000000001E-3</v>
+        <v>5.8100000000000003E-4</v>
       </c>
     </row>
     <row r="180" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A180" s="3" t="s">
-        <v>880</v>
+        <v>887</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>881</v>
+        <v>888</v>
       </c>
       <c r="C180" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D180" s="4">
-        <v>177</v>
+        <v>23</v>
       </c>
       <c r="E180" s="5">
-        <v>153.61000000000001</v>
+        <v>220.3</v>
       </c>
       <c r="F180" s="4">
-        <v>27188.97</v>
+        <v>5066.8999999999996</v>
       </c>
       <c r="G180" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H180" s="3" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="I180" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J180" s="5">
-        <v>153.61000000000001</v>
+        <v>220.3</v>
       </c>
       <c r="K180" s="5">
         <v>1</v>
       </c>
       <c r="L180" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M180" s="4">
+        <v>5066.8999999999996</v>
+      </c>
+      <c r="N180" s="4">
+        <v>5066.8999999999996</v>
+      </c>
+      <c r="O180" s="3" t="s">
+        <v>889</v>
+      </c>
+      <c r="P180" s="3" t="s">
+        <v>890</v>
+      </c>
+      <c r="Q180" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="M180" s="4">
-[...13 lines deleted...]
-      </c>
       <c r="R180" s="3" t="s">
-        <v>884</v>
+        <v>891</v>
       </c>
       <c r="S180" s="3" t="s">
-        <v>114</v>
+        <v>130</v>
       </c>
       <c r="T180" s="4">
         <v>1</v>
       </c>
       <c r="W180" s="3" t="s">
-        <v>880</v>
+        <v>887</v>
       </c>
       <c r="X180" s="4">
         <v>0</v>
       </c>
       <c r="Y180" s="4">
         <v>0</v>
       </c>
       <c r="Z180" s="6">
-        <v>1.1479999999999999E-3</v>
+        <v>2.1000000000000001E-4</v>
       </c>
     </row>
     <row r="181" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A181" s="3" t="s">
-        <v>885</v>
+        <v>892</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>886</v>
+        <v>893</v>
       </c>
       <c r="C181" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D181" s="4">
-        <v>71</v>
+        <v>215</v>
       </c>
       <c r="E181" s="5">
-        <v>203.04</v>
+        <v>126.91</v>
       </c>
       <c r="F181" s="4">
-        <v>14415.84</v>
+        <v>27285.65</v>
       </c>
       <c r="G181" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H181" s="3" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="I181" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J181" s="5">
-        <v>203.04</v>
+        <v>126.91</v>
       </c>
       <c r="K181" s="5">
         <v>1</v>
       </c>
       <c r="L181" s="3" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="M181" s="4">
-        <v>14415.84</v>
+        <v>27285.65</v>
       </c>
       <c r="N181" s="4">
-        <v>14415.84</v>
+        <v>27285.65</v>
       </c>
       <c r="O181" s="3" t="s">
-        <v>887</v>
+        <v>894</v>
       </c>
       <c r="P181" s="3" t="s">
-        <v>888</v>
+        <v>895</v>
       </c>
       <c r="Q181" s="3" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="R181" s="3" t="s">
-        <v>889</v>
+        <v>896</v>
       </c>
       <c r="S181" s="3" t="s">
-        <v>142</v>
+        <v>102</v>
       </c>
       <c r="T181" s="4">
         <v>1</v>
       </c>
       <c r="W181" s="3" t="s">
-        <v>885</v>
+        <v>892</v>
       </c>
       <c r="X181" s="4">
         <v>0</v>
       </c>
       <c r="Y181" s="4">
         <v>0</v>
       </c>
       <c r="Z181" s="6">
-        <v>6.0800000000000003E-4</v>
+        <v>1.132E-3</v>
       </c>
     </row>
     <row r="182" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A182" s="3" t="s">
-        <v>890</v>
+        <v>897</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>891</v>
+        <v>898</v>
       </c>
       <c r="C182" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D182" s="4">
-        <v>23</v>
+        <v>1004</v>
       </c>
       <c r="E182" s="5">
-        <v>256.02999999999997</v>
+        <v>430.41</v>
       </c>
       <c r="F182" s="4">
-        <v>5888.69</v>
+        <v>432131.64</v>
       </c>
       <c r="G182" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H182" s="3" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="I182" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J182" s="5">
-        <v>256.02999999999997</v>
+        <v>430.41</v>
       </c>
       <c r="K182" s="5">
         <v>1</v>
       </c>
       <c r="L182" s="3" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="M182" s="4">
-        <v>5888.69</v>
+        <v>432131.64</v>
       </c>
       <c r="N182" s="4">
-        <v>5888.69</v>
+        <v>432131.64</v>
       </c>
       <c r="O182" s="3" t="s">
-        <v>892</v>
+        <v>899</v>
       </c>
       <c r="P182" s="3" t="s">
-        <v>893</v>
+        <v>900</v>
       </c>
       <c r="Q182" s="3" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="R182" s="3" t="s">
-        <v>894</v>
+        <v>901</v>
       </c>
       <c r="S182" s="3" t="s">
-        <v>142</v>
+        <v>130</v>
       </c>
       <c r="T182" s="4">
         <v>1</v>
       </c>
       <c r="W182" s="3" t="s">
-        <v>890</v>
+        <v>897</v>
       </c>
       <c r="X182" s="4">
         <v>0</v>
       </c>
       <c r="Y182" s="4">
         <v>0</v>
       </c>
       <c r="Z182" s="6">
-        <v>2.4800000000000001E-4</v>
+        <v>1.7939E-2</v>
       </c>
     </row>
     <row r="183" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A183" s="3" t="s">
-        <v>895</v>
+        <v>902</v>
       </c>
       <c r="B183" s="3" t="s">
-        <v>896</v>
+        <v>903</v>
       </c>
       <c r="C183" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D183" s="4">
-        <v>215</v>
+        <v>855</v>
       </c>
       <c r="E183" s="5">
-        <v>127.77</v>
+        <v>215.55</v>
       </c>
       <c r="F183" s="4">
-        <v>27470.55</v>
+        <v>184295.25</v>
       </c>
       <c r="G183" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H183" s="3" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="I183" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J183" s="5">
-        <v>127.77</v>
+        <v>215.55</v>
       </c>
       <c r="K183" s="5">
         <v>1</v>
       </c>
       <c r="L183" s="3" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="M183" s="4">
-        <v>27470.55</v>
+        <v>184295.25</v>
       </c>
       <c r="N183" s="4">
-        <v>27470.55</v>
+        <v>184295.25</v>
       </c>
       <c r="O183" s="3" t="s">
-        <v>897</v>
+        <v>904</v>
       </c>
       <c r="P183" s="3" t="s">
-        <v>898</v>
+        <v>905</v>
       </c>
       <c r="Q183" s="3" t="s">
-        <v>129</v>
+        <v>167</v>
       </c>
       <c r="R183" s="3" t="s">
-        <v>899</v>
+        <v>906</v>
       </c>
       <c r="S183" s="3" t="s">
-        <v>114</v>
+        <v>130</v>
       </c>
       <c r="T183" s="4">
         <v>1</v>
       </c>
       <c r="W183" s="3" t="s">
-        <v>895</v>
+        <v>902</v>
       </c>
       <c r="X183" s="4">
         <v>0</v>
       </c>
       <c r="Y183" s="4">
         <v>0</v>
       </c>
       <c r="Z183" s="6">
-        <v>1.1590000000000001E-3</v>
+        <v>7.6499999999999997E-3</v>
       </c>
     </row>
     <row r="184" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A184" s="3" t="s">
-        <v>900</v>
+        <v>907</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>901</v>
+        <v>908</v>
       </c>
       <c r="C184" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D184" s="4">
-        <v>1004</v>
+        <v>100</v>
       </c>
       <c r="E184" s="5">
-        <v>449.72</v>
+        <v>284.51</v>
       </c>
       <c r="F184" s="4">
-        <v>451518.88</v>
+        <v>28451</v>
       </c>
       <c r="G184" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H184" s="3" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="I184" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J184" s="5">
-        <v>449.72</v>
+        <v>284.51</v>
       </c>
       <c r="K184" s="5">
         <v>1</v>
       </c>
       <c r="L184" s="3" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="M184" s="4">
-        <v>451518.88</v>
+        <v>28451</v>
       </c>
       <c r="N184" s="4">
-        <v>451518.88</v>
+        <v>28451</v>
       </c>
       <c r="O184" s="3" t="s">
-        <v>902</v>
+        <v>909</v>
       </c>
       <c r="P184" s="3" t="s">
-        <v>903</v>
+        <v>910</v>
       </c>
       <c r="Q184" s="3" t="s">
-        <v>129</v>
+        <v>150</v>
       </c>
       <c r="R184" s="3" t="s">
-        <v>904</v>
+        <v>911</v>
       </c>
       <c r="S184" s="3" t="s">
-        <v>142</v>
+        <v>102</v>
       </c>
       <c r="T184" s="4">
         <v>1</v>
       </c>
       <c r="W184" s="3" t="s">
-        <v>900</v>
+        <v>907</v>
       </c>
       <c r="X184" s="4">
         <v>0</v>
       </c>
       <c r="Y184" s="4">
         <v>0</v>
       </c>
       <c r="Z184" s="6">
-        <v>1.9064000000000001E-2</v>
+        <v>1.181E-3</v>
       </c>
     </row>
     <row r="185" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A185" s="3" t="s">
-        <v>905</v>
+        <v>912</v>
       </c>
       <c r="B185" s="3" t="s">
-        <v>906</v>
+        <v>913</v>
       </c>
       <c r="C185" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D185" s="4">
-        <v>855</v>
+        <v>1313</v>
       </c>
       <c r="E185" s="5">
-        <v>173.49</v>
+        <v>67.599999999999994</v>
       </c>
       <c r="F185" s="4">
-        <v>148333.95000000001</v>
+        <v>88758.8</v>
       </c>
       <c r="G185" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H185" s="3" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="I185" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J185" s="5">
-        <v>173.49</v>
+        <v>67.599999999999994</v>
       </c>
       <c r="K185" s="5">
         <v>1</v>
       </c>
       <c r="L185" s="3" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="M185" s="4">
-        <v>148333.95000000001</v>
+        <v>88758.8</v>
       </c>
       <c r="N185" s="4">
-        <v>148333.95000000001</v>
+        <v>88758.8</v>
       </c>
       <c r="O185" s="3" t="s">
-        <v>907</v>
+        <v>914</v>
       </c>
       <c r="P185" s="3" t="s">
-        <v>908</v>
+        <v>915</v>
       </c>
       <c r="Q185" s="3" t="s">
-        <v>179</v>
+        <v>167</v>
       </c>
       <c r="R185" s="3" t="s">
-        <v>909</v>
+        <v>916</v>
       </c>
       <c r="S185" s="3" t="s">
-        <v>142</v>
+        <v>130</v>
       </c>
       <c r="T185" s="4">
         <v>1</v>
       </c>
       <c r="W185" s="3" t="s">
-        <v>905</v>
+        <v>912</v>
       </c>
       <c r="X185" s="4">
         <v>0</v>
       </c>
       <c r="Y185" s="4">
         <v>0</v>
       </c>
       <c r="Z185" s="6">
-        <v>6.2630000000000003E-3</v>
+        <v>3.6840000000000002E-3</v>
       </c>
     </row>
     <row r="186" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A186" s="3" t="s">
-        <v>910</v>
+        <v>917</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>911</v>
+        <v>918</v>
       </c>
       <c r="C186" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D186" s="4">
-        <v>100</v>
+        <v>900</v>
       </c>
       <c r="E186" s="5">
-        <v>290.06</v>
+        <v>56.11</v>
       </c>
       <c r="F186" s="4">
-        <v>29006</v>
+        <v>50499</v>
       </c>
       <c r="G186" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H186" s="3" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="I186" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J186" s="5">
-        <v>290.06</v>
+        <v>56.11</v>
       </c>
       <c r="K186" s="5">
         <v>1</v>
       </c>
       <c r="L186" s="3" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="M186" s="4">
-        <v>29006</v>
+        <v>50499</v>
       </c>
       <c r="N186" s="4">
-        <v>29006</v>
+        <v>50499</v>
       </c>
       <c r="O186" s="3" t="s">
-        <v>912</v>
+        <v>919</v>
       </c>
       <c r="P186" s="3" t="s">
-        <v>913</v>
+        <v>920</v>
       </c>
       <c r="Q186" s="3" t="s">
-        <v>162</v>
+        <v>150</v>
       </c>
       <c r="R186" s="3" t="s">
-        <v>914</v>
+        <v>921</v>
       </c>
       <c r="S186" s="3" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="T186" s="4">
         <v>1</v>
       </c>
       <c r="W186" s="3" t="s">
-        <v>910</v>
+        <v>917</v>
       </c>
       <c r="X186" s="4">
         <v>0</v>
       </c>
       <c r="Y186" s="4">
         <v>0</v>
       </c>
       <c r="Z186" s="6">
-        <v>1.224E-3</v>
+        <v>2.0960000000000002E-3</v>
       </c>
     </row>
     <row r="187" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A187" s="3" t="s">
-        <v>915</v>
+        <v>922</v>
       </c>
       <c r="B187" s="3" t="s">
-        <v>916</v>
+        <v>923</v>
       </c>
       <c r="C187" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D187" s="4">
-        <v>1313</v>
+        <v>637</v>
       </c>
       <c r="E187" s="5">
-        <v>78.349999999999994</v>
+        <v>235.1</v>
       </c>
       <c r="F187" s="4">
-        <v>102873.55</v>
+        <v>149758.70000000001</v>
       </c>
       <c r="G187" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H187" s="3" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="I187" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J187" s="5">
-        <v>78.349999999999994</v>
+        <v>235.1</v>
       </c>
       <c r="K187" s="5">
         <v>1</v>
       </c>
       <c r="L187" s="3" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="M187" s="4">
-        <v>102873.55</v>
+        <v>149758.70000000001</v>
       </c>
       <c r="N187" s="4">
-        <v>102873.55</v>
+        <v>149758.70000000001</v>
       </c>
       <c r="O187" s="3" t="s">
-        <v>917</v>
+        <v>924</v>
       </c>
       <c r="P187" s="3" t="s">
-        <v>918</v>
+        <v>925</v>
       </c>
       <c r="Q187" s="3" t="s">
-        <v>179</v>
+        <v>216</v>
       </c>
       <c r="R187" s="3" t="s">
-        <v>919</v>
+        <v>926</v>
       </c>
       <c r="S187" s="3" t="s">
-        <v>142</v>
+        <v>102</v>
       </c>
       <c r="T187" s="4">
         <v>1</v>
       </c>
       <c r="W187" s="3" t="s">
-        <v>915</v>
+        <v>922</v>
       </c>
       <c r="X187" s="4">
         <v>0</v>
       </c>
       <c r="Y187" s="4">
         <v>0</v>
       </c>
       <c r="Z187" s="6">
-        <v>4.3429999999999996E-3</v>
+        <v>6.2170000000000003E-3</v>
       </c>
     </row>
     <row r="188" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A188" s="3" t="s">
-        <v>920</v>
+        <v>927</v>
       </c>
       <c r="B188" s="3" t="s">
-        <v>921</v>
+        <v>928</v>
       </c>
       <c r="C188" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D188" s="4">
-        <v>900</v>
+        <v>337</v>
       </c>
       <c r="E188" s="5">
-        <v>53.36</v>
+        <v>286.93</v>
       </c>
       <c r="F188" s="4">
-        <v>48024</v>
+        <v>96695.41</v>
       </c>
       <c r="G188" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H188" s="3" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="I188" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J188" s="5">
-        <v>53.36</v>
+        <v>286.93</v>
       </c>
       <c r="K188" s="5">
         <v>1</v>
       </c>
       <c r="L188" s="3" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="M188" s="4">
-        <v>48024</v>
+        <v>96695.41</v>
       </c>
       <c r="N188" s="4">
-        <v>48024</v>
+        <v>96695.41</v>
       </c>
       <c r="O188" s="3" t="s">
-        <v>922</v>
+        <v>929</v>
       </c>
       <c r="P188" s="3" t="s">
-        <v>923</v>
+        <v>930</v>
       </c>
       <c r="Q188" s="3" t="s">
-        <v>162</v>
+        <v>107</v>
       </c>
       <c r="R188" s="3" t="s">
-        <v>924</v>
+        <v>931</v>
       </c>
       <c r="S188" s="3" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="T188" s="4">
         <v>1</v>
       </c>
       <c r="W188" s="3" t="s">
-        <v>920</v>
+        <v>927</v>
       </c>
       <c r="X188" s="4">
         <v>0</v>
       </c>
       <c r="Y188" s="4">
         <v>0</v>
       </c>
       <c r="Z188" s="6">
-        <v>2.0270000000000002E-3</v>
+        <v>4.0140000000000002E-3</v>
       </c>
     </row>
     <row r="189" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A189" s="3" t="s">
-        <v>925</v>
+        <v>932</v>
       </c>
       <c r="B189" s="3" t="s">
-        <v>926</v>
+        <v>933</v>
       </c>
       <c r="C189" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D189" s="4">
-        <v>637</v>
+        <v>863</v>
       </c>
       <c r="E189" s="5">
-        <v>231.32</v>
+        <v>98.98</v>
       </c>
       <c r="F189" s="4">
-        <v>147350.84</v>
+        <v>85419.74</v>
       </c>
       <c r="G189" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H189" s="3" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="I189" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J189" s="5">
-        <v>231.32</v>
+        <v>98.98</v>
       </c>
       <c r="K189" s="5">
         <v>1</v>
       </c>
       <c r="L189" s="3" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="M189" s="4">
-        <v>147350.84</v>
+        <v>85419.74</v>
       </c>
       <c r="N189" s="4">
-        <v>147350.84</v>
+        <v>85419.74</v>
       </c>
       <c r="O189" s="3" t="s">
-        <v>927</v>
+        <v>934</v>
       </c>
       <c r="P189" s="3" t="s">
-        <v>928</v>
+        <v>935</v>
       </c>
       <c r="Q189" s="3" t="s">
-        <v>228</v>
+        <v>216</v>
       </c>
       <c r="R189" s="3" t="s">
-        <v>929</v>
+        <v>936</v>
       </c>
       <c r="S189" s="3" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="T189" s="4">
         <v>1</v>
       </c>
       <c r="W189" s="3" t="s">
-        <v>925</v>
+        <v>932</v>
       </c>
       <c r="X189" s="4">
         <v>0</v>
       </c>
       <c r="Y189" s="4">
         <v>0</v>
       </c>
       <c r="Z189" s="6">
-        <v>6.221E-3</v>
+        <v>3.5460000000000001E-3</v>
       </c>
     </row>
     <row r="190" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A190" s="3" t="s">
-        <v>930</v>
+        <v>937</v>
       </c>
       <c r="B190" s="3" t="s">
-        <v>931</v>
+        <v>938</v>
       </c>
       <c r="C190" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D190" s="4">
-        <v>353</v>
+        <v>174</v>
       </c>
       <c r="E190" s="5">
-        <v>330.11</v>
+        <v>44.52</v>
       </c>
       <c r="F190" s="4">
-        <v>116528.83</v>
+        <v>7746.48</v>
       </c>
       <c r="G190" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H190" s="3" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="I190" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J190" s="5">
-        <v>330.11</v>
+        <v>44.52</v>
       </c>
       <c r="K190" s="5">
         <v>1</v>
       </c>
       <c r="L190" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M190" s="4">
+        <v>7746.48</v>
+      </c>
+      <c r="N190" s="4">
+        <v>7746.48</v>
+      </c>
+      <c r="O190" s="3" t="s">
+        <v>939</v>
+      </c>
+      <c r="P190" s="3" t="s">
+        <v>940</v>
+      </c>
+      <c r="Q190" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="M190" s="4">
-[...13 lines deleted...]
-      </c>
       <c r="R190" s="3" t="s">
-        <v>934</v>
+        <v>941</v>
       </c>
       <c r="S190" s="3" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="T190" s="4">
         <v>1</v>
       </c>
       <c r="W190" s="3" t="s">
-        <v>930</v>
+        <v>937</v>
       </c>
       <c r="X190" s="4">
         <v>0</v>
       </c>
       <c r="Y190" s="4">
         <v>0</v>
       </c>
       <c r="Z190" s="6">
-        <v>4.9199999999999999E-3</v>
+        <v>3.21E-4</v>
       </c>
     </row>
     <row r="191" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A191" s="3" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="B191" s="3" t="s">
-        <v>936</v>
+        <v>943</v>
       </c>
       <c r="C191" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D191" s="4">
-        <v>542</v>
+        <v>100</v>
       </c>
       <c r="E191" s="5">
-        <v>99.78</v>
+        <v>469.9</v>
       </c>
       <c r="F191" s="4">
-        <v>54080.76</v>
+        <v>46990</v>
       </c>
       <c r="G191" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H191" s="3" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="I191" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J191" s="5">
-        <v>99.78</v>
+        <v>469.9</v>
       </c>
       <c r="K191" s="5">
         <v>1</v>
       </c>
       <c r="L191" s="3" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="M191" s="4">
-        <v>54080.76</v>
+        <v>46990</v>
       </c>
       <c r="N191" s="4">
-        <v>54080.76</v>
+        <v>46990</v>
       </c>
       <c r="O191" s="3" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="P191" s="3" t="s">
-        <v>938</v>
+        <v>945</v>
       </c>
       <c r="Q191" s="3" t="s">
-        <v>228</v>
+        <v>107</v>
       </c>
       <c r="R191" s="3" t="s">
-        <v>939</v>
+        <v>946</v>
       </c>
       <c r="S191" s="3" t="s">
-        <v>114</v>
+        <v>130</v>
       </c>
       <c r="T191" s="4">
         <v>1</v>
       </c>
       <c r="W191" s="3" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="X191" s="4">
         <v>0</v>
       </c>
       <c r="Y191" s="4">
         <v>0</v>
       </c>
       <c r="Z191" s="6">
-        <v>2.2829999999999999E-3</v>
+        <v>1.9499999999999999E-3</v>
       </c>
     </row>
     <row r="192" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A192" s="3" t="s">
-        <v>940</v>
+        <v>947</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>941</v>
+        <v>948</v>
       </c>
       <c r="C192" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D192" s="4">
-        <v>174</v>
+        <v>482</v>
       </c>
       <c r="E192" s="5">
-        <v>40.729999999999997</v>
+        <v>321.83</v>
       </c>
       <c r="F192" s="4">
-        <v>7087.02</v>
+        <v>155122.06</v>
       </c>
       <c r="G192" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H192" s="3" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="I192" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J192" s="5">
-        <v>40.729999999999997</v>
+        <v>321.83</v>
       </c>
       <c r="K192" s="5">
         <v>1</v>
       </c>
       <c r="L192" s="3" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="M192" s="4">
-        <v>7087.02</v>
+        <v>155122.06</v>
       </c>
       <c r="N192" s="4">
-        <v>7087.02</v>
+        <v>155122.06</v>
       </c>
       <c r="O192" s="3" t="s">
-        <v>942</v>
+        <v>949</v>
       </c>
       <c r="P192" s="3" t="s">
-        <v>943</v>
+        <v>950</v>
       </c>
       <c r="Q192" s="3" t="s">
-        <v>112</v>
+        <v>150</v>
       </c>
       <c r="R192" s="3" t="s">
-        <v>944</v>
+        <v>951</v>
       </c>
       <c r="S192" s="3" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="T192" s="4">
         <v>1</v>
       </c>
       <c r="W192" s="3" t="s">
-        <v>940</v>
+        <v>947</v>
       </c>
       <c r="X192" s="4">
         <v>0</v>
       </c>
       <c r="Y192" s="4">
         <v>0</v>
       </c>
       <c r="Z192" s="6">
-        <v>2.99E-4</v>
+        <v>6.4390000000000003E-3</v>
       </c>
     </row>
     <row r="193" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A193" s="3" t="s">
-        <v>945</v>
+        <v>952</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>946</v>
+        <v>953</v>
       </c>
       <c r="C193" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D193" s="4">
-        <v>100</v>
+        <v>553</v>
       </c>
       <c r="E193" s="5">
-        <v>453.36</v>
+        <v>230.14</v>
       </c>
       <c r="F193" s="4">
-        <v>45336</v>
+        <v>127267.42</v>
       </c>
       <c r="G193" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H193" s="3" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="I193" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J193" s="5">
-        <v>453.36</v>
+        <v>230.14</v>
       </c>
       <c r="K193" s="5">
         <v>1</v>
       </c>
       <c r="L193" s="3" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="M193" s="4">
-        <v>45336</v>
+        <v>127267.42</v>
       </c>
       <c r="N193" s="4">
-        <v>45336</v>
+        <v>127267.42</v>
       </c>
       <c r="O193" s="3" t="s">
-        <v>947</v>
+        <v>954</v>
       </c>
       <c r="P193" s="3" t="s">
-        <v>948</v>
+        <v>955</v>
       </c>
       <c r="Q193" s="3" t="s">
-        <v>119</v>
+        <v>216</v>
       </c>
       <c r="R193" s="3" t="s">
-        <v>949</v>
+        <v>956</v>
       </c>
       <c r="S193" s="3" t="s">
-        <v>142</v>
+        <v>102</v>
       </c>
       <c r="T193" s="4">
         <v>1</v>
       </c>
       <c r="W193" s="3" t="s">
-        <v>945</v>
+        <v>952</v>
       </c>
       <c r="X193" s="4">
         <v>0</v>
       </c>
       <c r="Y193" s="4">
         <v>0</v>
       </c>
       <c r="Z193" s="6">
-        <v>1.9139999999999999E-3</v>
+        <v>5.2830000000000004E-3</v>
       </c>
     </row>
     <row r="194" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A194" s="3" t="s">
-        <v>950</v>
+        <v>957</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>951</v>
+        <v>958</v>
       </c>
       <c r="C194" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D194" s="4">
-        <v>482</v>
+        <v>1250</v>
       </c>
       <c r="E194" s="5">
-        <v>350.71</v>
+        <v>119.14</v>
       </c>
       <c r="F194" s="4">
-        <v>169042.22</v>
+        <v>148925</v>
       </c>
       <c r="G194" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H194" s="3" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="I194" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J194" s="5">
-        <v>350.71</v>
+        <v>119.14</v>
       </c>
       <c r="K194" s="5">
         <v>1</v>
       </c>
       <c r="L194" s="3" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="M194" s="4">
-        <v>169042.22</v>
+        <v>148925</v>
       </c>
       <c r="N194" s="4">
-        <v>169042.22</v>
+        <v>148925</v>
       </c>
       <c r="O194" s="3" t="s">
-        <v>952</v>
+        <v>959</v>
       </c>
       <c r="P194" s="3" t="s">
-        <v>953</v>
+        <v>960</v>
       </c>
       <c r="Q194" s="3" t="s">
-        <v>162</v>
+        <v>144</v>
       </c>
       <c r="R194" s="3" t="s">
-        <v>954</v>
+        <v>961</v>
       </c>
       <c r="S194" s="3" t="s">
-        <v>114</v>
+        <v>130</v>
       </c>
       <c r="T194" s="4">
         <v>1</v>
       </c>
       <c r="W194" s="3" t="s">
-        <v>950</v>
+        <v>957</v>
       </c>
       <c r="X194" s="4">
         <v>0</v>
       </c>
       <c r="Y194" s="4">
         <v>0</v>
       </c>
       <c r="Z194" s="6">
-        <v>7.1370000000000001E-3</v>
+        <v>6.182E-3</v>
       </c>
     </row>
     <row r="195" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A195" s="3" t="s">
-        <v>955</v>
+        <v>962</v>
       </c>
       <c r="B195" s="3" t="s">
-        <v>956</v>
+        <v>963</v>
       </c>
       <c r="C195" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D195" s="4">
-        <v>588</v>
+        <v>767</v>
       </c>
       <c r="E195" s="5">
-        <v>213.45</v>
+        <v>27.54</v>
       </c>
       <c r="F195" s="4">
-        <v>125508.6</v>
+        <v>21123.18</v>
       </c>
       <c r="G195" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H195" s="3" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="I195" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J195" s="5">
-        <v>213.45</v>
+        <v>27.54</v>
       </c>
       <c r="K195" s="5">
         <v>1</v>
       </c>
       <c r="L195" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M195" s="4">
+        <v>21123.18</v>
+      </c>
+      <c r="N195" s="4">
+        <v>21123.18</v>
+      </c>
+      <c r="O195" s="3" t="s">
+        <v>964</v>
+      </c>
+      <c r="P195" s="3" t="s">
+        <v>965</v>
+      </c>
+      <c r="Q195" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="M195" s="4">
-[...13 lines deleted...]
-      </c>
       <c r="R195" s="3" t="s">
-        <v>959</v>
+        <v>966</v>
       </c>
       <c r="S195" s="3" t="s">
-        <v>114</v>
+        <v>130</v>
       </c>
       <c r="T195" s="4">
         <v>1</v>
       </c>
       <c r="W195" s="3" t="s">
-        <v>955</v>
+        <v>962</v>
       </c>
       <c r="X195" s="4">
         <v>0</v>
       </c>
       <c r="Y195" s="4">
         <v>0</v>
       </c>
       <c r="Z195" s="6">
-        <v>5.2989999999999999E-3</v>
+        <v>8.7600000000000004E-4</v>
       </c>
     </row>
     <row r="196" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A196" s="3" t="s">
-        <v>960</v>
+        <v>967</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>961</v>
+        <v>968</v>
       </c>
       <c r="C196" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D196" s="4">
-        <v>1375</v>
+        <v>699</v>
       </c>
       <c r="E196" s="5">
-        <v>111.41</v>
+        <v>167.6</v>
       </c>
       <c r="F196" s="4">
-        <v>153188.75</v>
+        <v>117152.4</v>
       </c>
       <c r="G196" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H196" s="3" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="I196" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J196" s="5">
-        <v>111.41</v>
+        <v>167.6</v>
       </c>
       <c r="K196" s="5">
         <v>1</v>
       </c>
       <c r="L196" s="3" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="M196" s="4">
-        <v>153188.75</v>
+        <v>117152.4</v>
       </c>
       <c r="N196" s="4">
-        <v>153188.75</v>
+        <v>117152.4</v>
       </c>
       <c r="O196" s="3" t="s">
-        <v>962</v>
+        <v>969</v>
       </c>
       <c r="P196" s="3" t="s">
-        <v>963</v>
+        <v>970</v>
       </c>
       <c r="Q196" s="3" t="s">
-        <v>156</v>
+        <v>216</v>
       </c>
       <c r="R196" s="3" t="s">
-        <v>964</v>
+        <v>971</v>
       </c>
       <c r="S196" s="3" t="s">
-        <v>142</v>
+        <v>102</v>
       </c>
       <c r="T196" s="4">
         <v>1</v>
       </c>
       <c r="W196" s="3" t="s">
-        <v>960</v>
+        <v>967</v>
       </c>
       <c r="X196" s="4">
         <v>0</v>
       </c>
       <c r="Y196" s="4">
         <v>0</v>
       </c>
       <c r="Z196" s="6">
-        <v>6.4679999999999998E-3</v>
+        <v>4.8630000000000001E-3</v>
       </c>
     </row>
     <row r="197" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A197" s="3" t="s">
-        <v>965</v>
+        <v>972</v>
       </c>
       <c r="B197" s="3" t="s">
-        <v>966</v>
+        <v>973</v>
       </c>
       <c r="C197" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D197" s="4">
-        <v>767</v>
+        <v>607</v>
       </c>
       <c r="E197" s="5">
-        <v>28.82</v>
+        <v>222.24</v>
       </c>
       <c r="F197" s="4">
-        <v>22104.94</v>
+        <v>134899.68</v>
       </c>
       <c r="G197" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H197" s="3" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="I197" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J197" s="5">
-        <v>28.82</v>
+        <v>222.24</v>
       </c>
       <c r="K197" s="5">
         <v>1</v>
       </c>
       <c r="L197" s="3" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="M197" s="4">
-        <v>22104.94</v>
+        <v>134899.68</v>
       </c>
       <c r="N197" s="4">
-        <v>22104.94</v>
+        <v>134899.68</v>
       </c>
       <c r="O197" s="3" t="s">
-        <v>967</v>
+        <v>974</v>
       </c>
       <c r="P197" s="3" t="s">
-        <v>968</v>
+        <v>975</v>
       </c>
       <c r="Q197" s="3" t="s">
-        <v>112</v>
+        <v>216</v>
       </c>
       <c r="R197" s="3" t="s">
-        <v>969</v>
+        <v>976</v>
       </c>
       <c r="S197" s="3" t="s">
-        <v>142</v>
+        <v>102</v>
       </c>
       <c r="T197" s="4">
         <v>1</v>
       </c>
       <c r="W197" s="3" t="s">
-        <v>965</v>
+        <v>972</v>
       </c>
       <c r="X197" s="4">
         <v>0</v>
       </c>
       <c r="Y197" s="4">
         <v>0</v>
       </c>
       <c r="Z197" s="6">
-        <v>9.3300000000000002E-4</v>
+        <v>5.5999999999999999E-3</v>
       </c>
     </row>
     <row r="198" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A198" s="3" t="s">
-        <v>970</v>
+        <v>977</v>
       </c>
       <c r="B198" s="3" t="s">
-        <v>971</v>
+        <v>978</v>
       </c>
       <c r="C198" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D198" s="4">
-        <v>699</v>
+        <v>1400</v>
       </c>
       <c r="E198" s="5">
-        <v>175.36</v>
+        <v>90.49</v>
       </c>
       <c r="F198" s="4">
-        <v>122576.64</v>
+        <v>126686</v>
       </c>
       <c r="G198" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H198" s="3" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="I198" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J198" s="5">
-        <v>175.36</v>
+        <v>90.49</v>
       </c>
       <c r="K198" s="5">
         <v>1</v>
       </c>
       <c r="L198" s="3" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="M198" s="4">
-        <v>122576.64</v>
+        <v>126686</v>
       </c>
       <c r="N198" s="4">
-        <v>122576.64</v>
+        <v>126686</v>
       </c>
       <c r="O198" s="3" t="s">
-        <v>972</v>
+        <v>979</v>
       </c>
       <c r="P198" s="3" t="s">
-        <v>973</v>
+        <v>980</v>
       </c>
       <c r="Q198" s="3" t="s">
-        <v>228</v>
+        <v>150</v>
       </c>
       <c r="R198" s="3" t="s">
-        <v>974</v>
+        <v>981</v>
       </c>
       <c r="S198" s="3" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="T198" s="4">
         <v>1</v>
       </c>
       <c r="W198" s="3" t="s">
-        <v>970</v>
+        <v>977</v>
       </c>
       <c r="X198" s="4">
         <v>0</v>
       </c>
       <c r="Y198" s="4">
         <v>0</v>
       </c>
       <c r="Z198" s="6">
-        <v>5.1749999999999999E-3</v>
+        <v>5.2589999999999998E-3</v>
       </c>
     </row>
     <row r="199" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A199" s="3" t="s">
-        <v>975</v>
+        <v>982</v>
       </c>
       <c r="B199" s="3" t="s">
-        <v>976</v>
+        <v>983</v>
       </c>
       <c r="C199" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D199" s="4">
-        <v>607</v>
+        <v>825</v>
       </c>
       <c r="E199" s="5">
-        <v>219.71</v>
+        <v>137.87</v>
       </c>
       <c r="F199" s="4">
-        <v>133363.97</v>
+        <v>113742.75</v>
       </c>
       <c r="G199" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H199" s="3" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="I199" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J199" s="5">
-        <v>219.71</v>
+        <v>137.87</v>
       </c>
       <c r="K199" s="5">
         <v>1</v>
       </c>
       <c r="L199" s="3" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="M199" s="4">
-        <v>133363.97</v>
+        <v>113742.75</v>
       </c>
       <c r="N199" s="4">
-        <v>133363.97</v>
+        <v>113742.75</v>
       </c>
       <c r="O199" s="3" t="s">
-        <v>977</v>
+        <v>984</v>
       </c>
       <c r="P199" s="3" t="s">
-        <v>978</v>
+        <v>985</v>
       </c>
       <c r="Q199" s="3" t="s">
-        <v>228</v>
+        <v>216</v>
       </c>
       <c r="R199" s="3" t="s">
-        <v>979</v>
+        <v>986</v>
       </c>
       <c r="S199" s="3" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="T199" s="4">
         <v>1</v>
       </c>
       <c r="W199" s="3" t="s">
-        <v>975</v>
+        <v>982</v>
       </c>
       <c r="X199" s="4">
         <v>0</v>
       </c>
       <c r="Y199" s="4">
         <v>0</v>
       </c>
       <c r="Z199" s="6">
-        <v>5.6309999999999997E-3</v>
+        <v>4.7210000000000004E-3</v>
       </c>
     </row>
     <row r="200" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A200" s="3" t="s">
-        <v>980</v>
+        <v>987</v>
       </c>
       <c r="B200" s="3" t="s">
-        <v>981</v>
+        <v>988</v>
       </c>
       <c r="C200" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D200" s="4">
-        <v>1400</v>
+        <v>144</v>
       </c>
       <c r="E200" s="5">
-        <v>93.2</v>
+        <v>155.5</v>
       </c>
       <c r="F200" s="4">
-        <v>130480</v>
+        <v>22392</v>
       </c>
       <c r="G200" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H200" s="3" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="I200" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J200" s="5">
-        <v>93.2</v>
+        <v>155.5</v>
       </c>
       <c r="K200" s="5">
         <v>1</v>
       </c>
       <c r="L200" s="3" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="M200" s="4">
-        <v>130480</v>
+        <v>22392</v>
       </c>
       <c r="N200" s="4">
-        <v>130480</v>
+        <v>22392</v>
       </c>
       <c r="O200" s="3" t="s">
-        <v>982</v>
+        <v>989</v>
       </c>
       <c r="P200" s="3" t="s">
-        <v>983</v>
+        <v>990</v>
       </c>
       <c r="Q200" s="3" t="s">
-        <v>162</v>
+        <v>117</v>
       </c>
       <c r="R200" s="3" t="s">
-        <v>984</v>
+        <v>991</v>
       </c>
       <c r="S200" s="3" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="T200" s="4">
         <v>1</v>
       </c>
       <c r="W200" s="3" t="s">
-        <v>980</v>
+        <v>987</v>
       </c>
       <c r="X200" s="4">
         <v>0</v>
       </c>
       <c r="Y200" s="4">
         <v>0</v>
       </c>
       <c r="Z200" s="6">
-        <v>5.509E-3</v>
+        <v>9.2900000000000003E-4</v>
       </c>
     </row>
     <row r="201" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A201" s="3" t="s">
-        <v>985</v>
+        <v>992</v>
       </c>
       <c r="B201" s="3" t="s">
-        <v>986</v>
+        <v>993</v>
       </c>
       <c r="C201" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D201" s="4">
-        <v>825</v>
+        <v>200</v>
       </c>
       <c r="E201" s="5">
-        <v>136.18</v>
+        <v>124.82</v>
       </c>
       <c r="F201" s="4">
-        <v>112348.5</v>
+        <v>24964</v>
       </c>
       <c r="G201" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H201" s="3" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="I201" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J201" s="5">
-        <v>136.18</v>
+        <v>124.82</v>
       </c>
       <c r="K201" s="5">
         <v>1</v>
       </c>
       <c r="L201" s="3" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="M201" s="4">
-        <v>112348.5</v>
+        <v>24964</v>
       </c>
       <c r="N201" s="4">
-        <v>112348.5</v>
+        <v>24964</v>
       </c>
       <c r="O201" s="3" t="s">
-        <v>987</v>
+        <v>994</v>
       </c>
       <c r="P201" s="3" t="s">
-        <v>988</v>
+        <v>995</v>
       </c>
       <c r="Q201" s="3" t="s">
-        <v>228</v>
+        <v>107</v>
       </c>
       <c r="R201" s="3" t="s">
-        <v>989</v>
+        <v>996</v>
       </c>
       <c r="S201" s="3" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="T201" s="4">
         <v>1</v>
       </c>
       <c r="W201" s="3" t="s">
-        <v>985</v>
+        <v>992</v>
       </c>
       <c r="X201" s="4">
         <v>0</v>
       </c>
       <c r="Y201" s="4">
         <v>0</v>
       </c>
       <c r="Z201" s="6">
-        <v>4.7429999999999998E-3</v>
+        <v>1.036E-3</v>
       </c>
     </row>
     <row r="202" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A202" s="3" t="s">
-        <v>990</v>
+        <v>997</v>
       </c>
       <c r="B202" s="3" t="s">
-        <v>991</v>
+        <v>998</v>
       </c>
       <c r="C202" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D202" s="4">
-        <v>144</v>
+        <v>1353</v>
       </c>
       <c r="E202" s="5">
-        <v>151.28</v>
+        <v>92.1</v>
       </c>
       <c r="F202" s="4">
-        <v>21784.32</v>
+        <v>124611.3</v>
       </c>
       <c r="G202" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H202" s="3" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="I202" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J202" s="5">
-        <v>151.28</v>
+        <v>92.1</v>
       </c>
       <c r="K202" s="5">
         <v>1</v>
       </c>
       <c r="L202" s="3" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="M202" s="4">
-        <v>21784.32</v>
+        <v>124611.3</v>
       </c>
       <c r="N202" s="4">
-        <v>21784.32</v>
+        <v>124611.3</v>
       </c>
       <c r="O202" s="3" t="s">
-        <v>992</v>
+        <v>999</v>
       </c>
       <c r="P202" s="3" t="s">
-        <v>993</v>
+        <v>1000</v>
       </c>
       <c r="Q202" s="3" t="s">
-        <v>129</v>
+        <v>167</v>
       </c>
       <c r="R202" s="3" t="s">
-        <v>994</v>
+        <v>1001</v>
       </c>
       <c r="S202" s="3" t="s">
-        <v>114</v>
+        <v>130</v>
       </c>
       <c r="T202" s="4">
         <v>1</v>
       </c>
       <c r="W202" s="3" t="s">
-        <v>990</v>
+        <v>997</v>
       </c>
       <c r="X202" s="4">
         <v>0</v>
       </c>
       <c r="Y202" s="4">
         <v>0</v>
       </c>
       <c r="Z202" s="6">
-        <v>9.19E-4</v>
+        <v>5.1729999999999996E-3</v>
       </c>
     </row>
     <row r="203" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A203" s="3" t="s">
-        <v>995</v>
+        <v>1002</v>
       </c>
       <c r="B203" s="3" t="s">
-        <v>996</v>
+        <v>1003</v>
       </c>
       <c r="C203" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D203" s="4">
-        <v>200</v>
+        <v>5012</v>
       </c>
       <c r="E203" s="5">
-        <v>125.82</v>
+        <v>23.064782999999998</v>
       </c>
       <c r="F203" s="4">
-        <v>25164</v>
+        <v>115600.68965158</v>
       </c>
       <c r="G203" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H203" s="3" t="s">
-        <v>98</v>
+        <v>79</v>
       </c>
       <c r="I203" s="3" t="s">
-        <v>99</v>
+        <v>80</v>
       </c>
       <c r="J203" s="5">
-        <v>125.82</v>
+        <v>221.4</v>
       </c>
       <c r="K203" s="5">
-        <v>1</v>
+        <v>9.5990496172954902</v>
       </c>
       <c r="L203" s="3" t="s">
-        <v>100</v>
+        <v>81</v>
       </c>
       <c r="M203" s="4">
-        <v>25164</v>
+        <v>1109656.7557590001</v>
       </c>
       <c r="N203" s="4">
-        <v>25164</v>
+        <v>115600.68965158</v>
       </c>
       <c r="O203" s="3" t="s">
-        <v>997</v>
+        <v>1002</v>
       </c>
       <c r="P203" s="3" t="s">
-        <v>998</v>
+        <v>1004</v>
       </c>
       <c r="Q203" s="3" t="s">
-        <v>119</v>
+        <v>144</v>
       </c>
       <c r="R203" s="3" t="s">
-        <v>999</v>
+        <v>1005</v>
       </c>
       <c r="S203" s="3" t="s">
-        <v>114</v>
+        <v>1006</v>
       </c>
       <c r="T203" s="4">
         <v>1</v>
       </c>
       <c r="W203" s="3" t="s">
-        <v>995</v>
+        <v>34</v>
       </c>
       <c r="X203" s="4">
         <v>0</v>
       </c>
       <c r="Y203" s="4">
         <v>0</v>
       </c>
       <c r="Z203" s="6">
-        <v>1.062E-3</v>
+        <v>4.7990000000000003E-3</v>
       </c>
     </row>
     <row r="204" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A204" s="3" t="s">
-        <v>1000</v>
+        <v>1007</v>
       </c>
       <c r="B204" s="3" t="s">
-        <v>1001</v>
+        <v>1008</v>
       </c>
       <c r="C204" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D204" s="4">
-        <v>1353</v>
+        <v>25000</v>
       </c>
       <c r="E204" s="5">
-        <v>86.29</v>
+        <v>0.86908200000000002</v>
       </c>
       <c r="F204" s="4">
-        <v>116750.37</v>
+        <v>21727.041626949998</v>
       </c>
       <c r="G204" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H204" s="3" t="s">
-        <v>98</v>
+        <v>684</v>
       </c>
       <c r="I204" s="3" t="s">
-        <v>99</v>
+        <v>685</v>
       </c>
       <c r="J204" s="5">
-        <v>86.29</v>
+        <v>27.35</v>
       </c>
       <c r="K204" s="5">
-        <v>1</v>
+        <v>31.470004836939747</v>
       </c>
       <c r="L204" s="3" t="s">
-        <v>100</v>
+        <v>686</v>
       </c>
       <c r="M204" s="4">
-        <v>116750.37</v>
+        <v>683750.10509199998</v>
       </c>
       <c r="N204" s="4">
-        <v>116750.37</v>
+        <v>21727.041626949998</v>
       </c>
       <c r="O204" s="3" t="s">
-        <v>1002</v>
+        <v>1007</v>
       </c>
       <c r="P204" s="3" t="s">
-        <v>1003</v>
+        <v>1009</v>
       </c>
       <c r="Q204" s="3" t="s">
-        <v>179</v>
+        <v>216</v>
       </c>
       <c r="R204" s="3" t="s">
-        <v>1004</v>
+        <v>1010</v>
       </c>
       <c r="S204" s="3" t="s">
-        <v>142</v>
+        <v>689</v>
       </c>
       <c r="T204" s="4">
         <v>1</v>
       </c>
       <c r="W204" s="3" t="s">
-        <v>1000</v>
+        <v>34</v>
       </c>
       <c r="X204" s="4">
         <v>0</v>
       </c>
       <c r="Y204" s="4">
         <v>0</v>
       </c>
       <c r="Z204" s="6">
-        <v>4.9290000000000002E-3</v>
+        <v>9.01E-4</v>
       </c>
     </row>
     <row r="205" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A205" s="3" t="s">
-        <v>1005</v>
+        <v>1011</v>
       </c>
       <c r="B205" s="3" t="s">
-        <v>1006</v>
+        <v>1012</v>
       </c>
       <c r="C205" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D205" s="4">
-        <v>5012</v>
+        <v>429</v>
       </c>
       <c r="E205" s="5">
-        <v>24.110600000000002</v>
+        <v>72.116583000000006</v>
       </c>
       <c r="F205" s="4">
-        <v>120842.32441248</v>
+        <v>30938.014106999999</v>
       </c>
       <c r="G205" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H205" s="3" t="s">
-        <v>83</v>
+        <v>1013</v>
       </c>
       <c r="I205" s="3" t="s">
-        <v>84</v>
+        <v>65</v>
       </c>
       <c r="J205" s="5">
-        <v>243.2</v>
+        <v>60.62</v>
       </c>
       <c r="K205" s="5">
-        <v>10.086849794097136</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L205" s="3" t="s">
-        <v>85</v>
+        <v>1014</v>
       </c>
       <c r="M205" s="4">
-        <v>1218918.375118</v>
+        <v>26005.98</v>
       </c>
       <c r="N205" s="4">
-        <v>120842.32441248</v>
+        <v>30938.014106999999</v>
       </c>
       <c r="O205" s="3" t="s">
-        <v>1005</v>
+        <v>1011</v>
       </c>
       <c r="P205" s="3" t="s">
-        <v>1007</v>
+        <v>1015</v>
       </c>
       <c r="Q205" s="3" t="s">
-        <v>156</v>
+        <v>216</v>
       </c>
       <c r="R205" s="3" t="s">
-        <v>1008</v>
+        <v>1016</v>
       </c>
       <c r="S205" s="3" t="s">
-        <v>1009</v>
+        <v>1017</v>
       </c>
       <c r="T205" s="4">
         <v>1</v>
       </c>
       <c r="W205" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X205" s="4">
         <v>0</v>
       </c>
       <c r="Y205" s="4">
         <v>0</v>
       </c>
       <c r="Z205" s="6">
-        <v>5.1019999999999998E-3</v>
+        <v>1.284E-3</v>
       </c>
     </row>
     <row r="206" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A206" s="3" t="s">
-        <v>1010</v>
+        <v>1018</v>
       </c>
       <c r="B206" s="3" t="s">
-        <v>1011</v>
+        <v>1019</v>
       </c>
       <c r="C206" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D206" s="4">
-        <v>25000</v>
+        <v>800</v>
       </c>
       <c r="E206" s="5">
-        <v>0.89113799999999999</v>
+        <v>18.384540000000001</v>
       </c>
       <c r="F206" s="4">
-        <v>22278.448783439999</v>
+        <v>14707.636457930001</v>
       </c>
       <c r="G206" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H206" s="3" t="s">
-        <v>93</v>
+        <v>74</v>
       </c>
       <c r="I206" s="3" t="s">
-        <v>94</v>
+        <v>75</v>
       </c>
       <c r="J206" s="5">
-        <v>28</v>
+        <v>2836</v>
       </c>
       <c r="K206" s="5">
-        <v>31.420495463508864</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L206" s="3" t="s">
-        <v>95</v>
+        <v>76</v>
       </c>
       <c r="M206" s="4">
-        <v>699999.89893400006</v>
+        <v>2268800.6679349998</v>
       </c>
       <c r="N206" s="4">
-        <v>22278.448783439999</v>
+        <v>14707.636457930001</v>
       </c>
       <c r="O206" s="3" t="s">
-        <v>1010</v>
+        <v>1018</v>
       </c>
       <c r="P206" s="3" t="s">
-        <v>1012</v>
+        <v>1020</v>
       </c>
       <c r="Q206" s="3" t="s">
-        <v>228</v>
+        <v>107</v>
       </c>
       <c r="R206" s="3" t="s">
-        <v>1013</v>
+        <v>1021</v>
       </c>
       <c r="S206" s="3" t="s">
-        <v>687</v>
+        <v>597</v>
       </c>
       <c r="T206" s="4">
         <v>1</v>
       </c>
       <c r="W206" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X206" s="4">
         <v>0</v>
       </c>
       <c r="Y206" s="4">
         <v>0</v>
       </c>
       <c r="Z206" s="6">
-        <v>9.3999999999999997E-4</v>
+        <v>6.0999999999999997E-4</v>
       </c>
     </row>
     <row r="207" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A207" s="3" t="s">
-        <v>1014</v>
+        <v>1022</v>
       </c>
       <c r="B207" s="3" t="s">
-        <v>1015</v>
+        <v>1023</v>
       </c>
       <c r="C207" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D207" s="4">
-        <v>429</v>
+        <v>510</v>
       </c>
       <c r="E207" s="5">
-        <v>71.124691999999996</v>
+        <v>160.60274999999999</v>
       </c>
       <c r="F207" s="4">
-        <v>30512.492868000001</v>
+        <v>81907.402499999997</v>
       </c>
       <c r="G207" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H207" s="3" t="s">
-        <v>1016</v>
+        <v>405</v>
       </c>
       <c r="I207" s="3" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="J207" s="5">
-        <v>60.56</v>
+        <v>135</v>
       </c>
       <c r="K207" s="5">
-        <v>0.85146238664906981</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L207" s="3" t="s">
-        <v>1017</v>
+        <v>406</v>
       </c>
       <c r="M207" s="4">
-        <v>25980.240000000002</v>
+        <v>68850</v>
       </c>
       <c r="N207" s="4">
-        <v>30512.492868000001</v>
+        <v>81907.402499999997</v>
       </c>
       <c r="O207" s="3" t="s">
-        <v>1014</v>
+        <v>1022</v>
       </c>
       <c r="P207" s="3" t="s">
-        <v>1018</v>
+        <v>1024</v>
       </c>
       <c r="Q207" s="3" t="s">
-        <v>228</v>
+        <v>216</v>
       </c>
       <c r="R207" s="3" t="s">
-        <v>1019</v>
+        <v>1025</v>
       </c>
       <c r="S207" s="3" t="s">
-        <v>1020</v>
+        <v>409</v>
       </c>
       <c r="T207" s="4">
         <v>1</v>
       </c>
       <c r="W207" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X207" s="4">
         <v>0</v>
       </c>
       <c r="Y207" s="4">
         <v>0</v>
       </c>
       <c r="Z207" s="6">
-        <v>1.2880000000000001E-3</v>
+        <v>3.3999999999999998E-3</v>
       </c>
     </row>
     <row r="208" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A208" s="3" t="s">
-        <v>1021</v>
+        <v>1026</v>
       </c>
       <c r="B208" s="3" t="s">
-        <v>1022</v>
+        <v>1027</v>
       </c>
       <c r="C208" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D208" s="4">
-        <v>800</v>
+        <v>2558</v>
       </c>
       <c r="E208" s="5">
-        <v>21.359537</v>
+        <v>40.179479999999998</v>
       </c>
       <c r="F208" s="4">
-        <v>17087.626399569999</v>
+        <v>102779.10984</v>
       </c>
       <c r="G208" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H208" s="3" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="I208" s="3" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="J208" s="5">
-        <v>3348</v>
+        <v>29.28</v>
       </c>
       <c r="K208" s="5">
-        <v>156.74497122946053</v>
+        <v>0.72873018764802333</v>
       </c>
       <c r="L208" s="3" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="M208" s="4">
-        <v>2678399.50838</v>
+        <v>74898.240000000005</v>
       </c>
       <c r="N208" s="4">
-        <v>17087.626399569999</v>
+        <v>102779.10984</v>
       </c>
       <c r="O208" s="3" t="s">
-        <v>1021</v>
+        <v>1026</v>
       </c>
       <c r="P208" s="3" t="s">
-        <v>1023</v>
+        <v>1028</v>
       </c>
       <c r="Q208" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="R208" s="3" t="s">
+        <v>1029</v>
+      </c>
+      <c r="S208" s="3" t="s">
         <v>119</v>
-      </c>
-[...4 lines deleted...]
-        <v>604</v>
       </c>
       <c r="T208" s="4">
         <v>1</v>
       </c>
       <c r="W208" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X208" s="4">
         <v>0</v>
       </c>
       <c r="Y208" s="4">
         <v>0</v>
       </c>
       <c r="Z208" s="6">
-        <v>7.2099999999999996E-4</v>
+        <v>4.2659999999999998E-3</v>
       </c>
     </row>
     <row r="209" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A209" s="3" t="s">
-        <v>1025</v>
+        <v>1030</v>
       </c>
       <c r="B209" s="3" t="s">
-        <v>1026</v>
+        <v>1031</v>
       </c>
       <c r="C209" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D209" s="4">
-        <v>510</v>
+        <v>20100</v>
       </c>
       <c r="E209" s="5">
-        <v>149.44876300000001</v>
+        <v>5.4649989999999997</v>
       </c>
       <c r="F209" s="4">
-        <v>76218.868875</v>
+        <v>109846.47297591</v>
       </c>
       <c r="G209" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H209" s="3" t="s">
-        <v>417</v>
+        <v>1032</v>
       </c>
       <c r="I209" s="3" t="s">
-        <v>59</v>
+        <v>652</v>
       </c>
       <c r="J209" s="5">
-        <v>127.25</v>
+        <v>42.68</v>
       </c>
       <c r="K209" s="5">
-        <v>0.85146238664906981</v>
+        <v>7.8097001004874107</v>
       </c>
       <c r="L209" s="3" t="s">
-        <v>418</v>
+        <v>1033</v>
       </c>
       <c r="M209" s="4">
-        <v>64897.5</v>
+        <v>857868.011038</v>
       </c>
       <c r="N209" s="4">
-        <v>76218.868875</v>
+        <v>109846.47297591</v>
       </c>
       <c r="O209" s="3" t="s">
-        <v>1025</v>
+        <v>1030</v>
       </c>
       <c r="P209" s="3" t="s">
-        <v>1027</v>
+        <v>1034</v>
       </c>
       <c r="Q209" s="3" t="s">
-        <v>228</v>
+        <v>216</v>
       </c>
       <c r="R209" s="3" t="s">
-        <v>1028</v>
+        <v>1035</v>
       </c>
       <c r="S209" s="3" t="s">
-        <v>421</v>
+        <v>656</v>
       </c>
       <c r="T209" s="4">
         <v>1</v>
       </c>
       <c r="W209" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X209" s="4">
         <v>0</v>
       </c>
       <c r="Y209" s="4">
         <v>0</v>
       </c>
       <c r="Z209" s="6">
-        <v>3.2179999999999999E-3</v>
+        <v>4.5599999999999998E-3</v>
       </c>
     </row>
     <row r="210" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A210" s="3" t="s">
-        <v>1029</v>
+        <v>1036</v>
       </c>
       <c r="B210" s="3" t="s">
-        <v>1030</v>
+        <v>1037</v>
       </c>
       <c r="C210" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D210" s="4">
-        <v>2558</v>
+        <v>9200</v>
       </c>
       <c r="E210" s="5">
-        <v>37.513444999999997</v>
+        <v>2.6319940000000002</v>
       </c>
       <c r="F210" s="4">
-        <v>95959.391031000006</v>
+        <v>24214.34200158</v>
       </c>
       <c r="G210" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H210" s="3" t="s">
-        <v>63</v>
+        <v>1038</v>
       </c>
       <c r="I210" s="3" t="s">
-        <v>64</v>
+        <v>1039</v>
       </c>
       <c r="J210" s="5">
-        <v>27.89</v>
+        <v>3.34</v>
       </c>
       <c r="K210" s="5">
-        <v>0.74346678562135238</v>
+        <v>1.2690000074363401</v>
       </c>
       <c r="L210" s="3" t="s">
-        <v>65</v>
+        <v>1040</v>
       </c>
       <c r="M210" s="4">
-        <v>71342.62</v>
+        <v>30728.000179999999</v>
       </c>
       <c r="N210" s="4">
-        <v>95959.391031000006</v>
+        <v>24214.34200158</v>
       </c>
       <c r="O210" s="3" t="s">
-        <v>1029</v>
+        <v>1036</v>
       </c>
       <c r="P210" s="3" t="s">
-        <v>1031</v>
+        <v>1041</v>
       </c>
       <c r="Q210" s="3" t="s">
-        <v>168</v>
+        <v>216</v>
       </c>
       <c r="R210" s="3" t="s">
-        <v>1032</v>
+        <v>1042</v>
       </c>
       <c r="S210" s="3" t="s">
-        <v>131</v>
+        <v>1043</v>
       </c>
       <c r="T210" s="4">
         <v>1</v>
       </c>
       <c r="W210" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X210" s="4">
         <v>0</v>
       </c>
       <c r="Y210" s="4">
         <v>0</v>
       </c>
       <c r="Z210" s="6">
-        <v>4.0509999999999999E-3</v>
+        <v>1.005E-3</v>
       </c>
     </row>
     <row r="211" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A211" s="3" t="s">
-        <v>1033</v>
+        <v>1044</v>
       </c>
       <c r="B211" s="3" t="s">
-        <v>1034</v>
+        <v>1045</v>
       </c>
       <c r="C211" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D211" s="4">
-        <v>20100</v>
+        <v>1854</v>
       </c>
       <c r="E211" s="5">
-        <v>4.8333009999999996</v>
+        <v>59.69341</v>
       </c>
       <c r="F211" s="4">
-        <v>97149.354403549994</v>
+        <v>110671.57687479</v>
       </c>
       <c r="G211" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H211" s="3" t="s">
-        <v>1035</v>
+        <v>79</v>
       </c>
       <c r="I211" s="3" t="s">
-        <v>69</v>
+        <v>80</v>
       </c>
       <c r="J211" s="5">
-        <v>37.619999999999997</v>
+        <v>573</v>
       </c>
       <c r="K211" s="5">
-        <v>7.783499774395259</v>
+        <v>9.5990496172954902</v>
       </c>
       <c r="L211" s="3" t="s">
-        <v>1036</v>
+        <v>81</v>
       </c>
       <c r="M211" s="4">
-        <v>756161.97808200005</v>
+        <v>1062341.957645</v>
       </c>
       <c r="N211" s="4">
-        <v>97149.354403549994</v>
+        <v>110671.57687479</v>
       </c>
       <c r="O211" s="3" t="s">
-        <v>1033</v>
+        <v>1044</v>
       </c>
       <c r="P211" s="3" t="s">
-        <v>1037</v>
+        <v>1046</v>
       </c>
       <c r="Q211" s="3" t="s">
-        <v>228</v>
+        <v>144</v>
       </c>
       <c r="R211" s="3" t="s">
-        <v>1038</v>
+        <v>1047</v>
       </c>
       <c r="S211" s="3" t="s">
-        <v>657</v>
+        <v>1006</v>
       </c>
       <c r="T211" s="4">
         <v>1</v>
       </c>
       <c r="W211" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X211" s="4">
         <v>0</v>
       </c>
       <c r="Y211" s="4">
         <v>0</v>
       </c>
       <c r="Z211" s="6">
-        <v>4.1019999999999997E-3</v>
+        <v>4.594E-3</v>
       </c>
     </row>
     <row r="212" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A212" s="3" t="s">
-        <v>1039</v>
+        <v>1048</v>
       </c>
       <c r="B212" s="3" t="s">
-        <v>1040</v>
+        <v>1049</v>
       </c>
       <c r="C212" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D212" s="4">
-        <v>9200</v>
+        <v>926</v>
       </c>
       <c r="E212" s="5">
-        <v>2.7060650000000002</v>
+        <v>26.973288</v>
       </c>
       <c r="F212" s="4">
-        <v>24895.800933130002</v>
+        <v>24977.265043790001</v>
       </c>
       <c r="G212" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H212" s="3" t="s">
-        <v>1041</v>
+        <v>44</v>
       </c>
       <c r="I212" s="3" t="s">
-        <v>1042</v>
+        <v>45</v>
       </c>
       <c r="J212" s="5">
-        <v>3.48</v>
+        <v>141.22</v>
       </c>
       <c r="K212" s="5">
-        <v>1.2859999944959202</v>
+        <v>5.2355500128532748</v>
       </c>
       <c r="L212" s="3" t="s">
-        <v>1043</v>
+        <v>46</v>
       </c>
       <c r="M212" s="4">
-        <v>32015.999862000001</v>
+        <v>130769.720321</v>
       </c>
       <c r="N212" s="4">
-        <v>24895.800933130002</v>
+        <v>24977.265043790001</v>
       </c>
       <c r="O212" s="3" t="s">
-        <v>1039</v>
+        <v>1048</v>
       </c>
       <c r="P212" s="3" t="s">
-        <v>1044</v>
+        <v>1050</v>
       </c>
       <c r="Q212" s="3" t="s">
-        <v>228</v>
+        <v>156</v>
       </c>
       <c r="R212" s="3" t="s">
-        <v>1045</v>
+        <v>1051</v>
       </c>
       <c r="S212" s="3" t="s">
-        <v>1046</v>
+        <v>1052</v>
       </c>
       <c r="T212" s="4">
         <v>1</v>
       </c>
       <c r="W212" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X212" s="4">
         <v>0</v>
       </c>
       <c r="Y212" s="4">
         <v>0</v>
       </c>
       <c r="Z212" s="6">
-        <v>1.0510000000000001E-3</v>
+        <v>1.036E-3</v>
       </c>
     </row>
     <row r="213" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A213" s="3" t="s">
-        <v>1047</v>
+        <v>1053</v>
       </c>
       <c r="B213" s="3" t="s">
-        <v>1048</v>
+        <v>1054</v>
       </c>
       <c r="C213" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D213" s="4">
-        <v>1854</v>
+        <v>2510</v>
       </c>
       <c r="E213" s="5">
-        <v>61.218319999999999</v>
+        <v>19.879052000000001</v>
       </c>
       <c r="F213" s="4">
-        <v>113498.76324125</v>
+        <v>49896.419264999997</v>
       </c>
       <c r="G213" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H213" s="3" t="s">
-        <v>83</v>
+        <v>405</v>
       </c>
       <c r="I213" s="3" t="s">
-        <v>84</v>
+        <v>65</v>
       </c>
       <c r="J213" s="5">
-        <v>617.5</v>
+        <v>16.71</v>
       </c>
       <c r="K213" s="5">
-        <v>10.086849794097136</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L213" s="3" t="s">
-        <v>85</v>
+        <v>406</v>
       </c>
       <c r="M213" s="4">
-        <v>1144844.9766299999</v>
+        <v>41942.1</v>
       </c>
       <c r="N213" s="4">
-        <v>113498.76324125</v>
+        <v>49896.419264999997</v>
       </c>
       <c r="O213" s="3" t="s">
-        <v>1047</v>
+        <v>1053</v>
       </c>
       <c r="P213" s="3" t="s">
-        <v>1049</v>
+        <v>1055</v>
       </c>
       <c r="Q213" s="3" t="s">
-        <v>156</v>
+        <v>216</v>
       </c>
       <c r="R213" s="3" t="s">
-        <v>1050</v>
+        <v>1056</v>
       </c>
       <c r="S213" s="3" t="s">
-        <v>1009</v>
+        <v>409</v>
       </c>
       <c r="T213" s="4">
         <v>1</v>
       </c>
       <c r="W213" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X213" s="4">
         <v>0</v>
       </c>
       <c r="Y213" s="4">
         <v>0</v>
       </c>
       <c r="Z213" s="6">
-        <v>4.7920000000000003E-3</v>
+        <v>2.0709999999999999E-3</v>
       </c>
     </row>
     <row r="214" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A214" s="3" t="s">
-        <v>1051</v>
+        <v>1057</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>1052</v>
+        <v>1058</v>
       </c>
       <c r="C214" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D214" s="4">
-        <v>926</v>
+        <v>7631</v>
       </c>
       <c r="E214" s="5">
-        <v>24.342352000000002</v>
+        <v>15.22752</v>
       </c>
       <c r="F214" s="4">
-        <v>22541.017382180002</v>
+        <v>116201.20512</v>
       </c>
       <c r="G214" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H214" s="3" t="s">
-        <v>38</v>
+        <v>1059</v>
       </c>
       <c r="I214" s="3" t="s">
-        <v>39</v>
+        <v>65</v>
       </c>
       <c r="J214" s="5">
-        <v>133.38999999999999</v>
+        <v>12.8</v>
       </c>
       <c r="K214" s="5">
-        <v>5.4797499129815712</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L214" s="3" t="s">
-        <v>40</v>
+        <v>1060</v>
       </c>
       <c r="M214" s="4">
-        <v>123519.138038</v>
+        <v>97676.800000000003</v>
       </c>
       <c r="N214" s="4">
-        <v>22541.017382180002</v>
+        <v>116201.20512</v>
       </c>
       <c r="O214" s="3" t="s">
-        <v>1051</v>
+        <v>1057</v>
       </c>
       <c r="P214" s="3" t="s">
-        <v>1053</v>
+        <v>1061</v>
       </c>
       <c r="Q214" s="3" t="s">
-        <v>168</v>
+        <v>156</v>
       </c>
       <c r="R214" s="3" t="s">
-        <v>1054</v>
+        <v>1062</v>
       </c>
       <c r="S214" s="3" t="s">
-        <v>1055</v>
+        <v>1063</v>
       </c>
       <c r="T214" s="4">
         <v>1</v>
       </c>
       <c r="W214" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X214" s="4">
         <v>0</v>
       </c>
       <c r="Y214" s="4">
         <v>0</v>
       </c>
       <c r="Z214" s="6">
-        <v>9.5100000000000002E-4</v>
+        <v>4.823E-3</v>
       </c>
     </row>
     <row r="215" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A215" s="3" t="s">
-        <v>1056</v>
+        <v>1064</v>
       </c>
       <c r="B215" s="3" t="s">
-        <v>1057</v>
+        <v>1065</v>
       </c>
       <c r="C215" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D215" s="4">
-        <v>2510</v>
+        <v>6761</v>
       </c>
       <c r="E215" s="5">
-        <v>18.474098999999999</v>
+        <v>17.111958000000001</v>
       </c>
       <c r="F215" s="4">
-        <v>46369.987235000001</v>
+        <v>115693.9446575</v>
       </c>
       <c r="G215" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H215" s="3" t="s">
-        <v>417</v>
+        <v>69</v>
       </c>
       <c r="I215" s="3" t="s">
-        <v>59</v>
+        <v>70</v>
       </c>
       <c r="J215" s="5">
-        <v>15.73</v>
+        <v>12.47</v>
       </c>
       <c r="K215" s="5">
-        <v>0.85146238664906981</v>
+        <v>0.72873018764802333</v>
       </c>
       <c r="L215" s="3" t="s">
-        <v>418</v>
+        <v>71</v>
       </c>
       <c r="M215" s="4">
-        <v>39482.300000000003</v>
+        <v>84309.67</v>
       </c>
       <c r="N215" s="4">
-        <v>46369.987235000001</v>
+        <v>115693.9446575</v>
       </c>
       <c r="O215" s="3" t="s">
-        <v>1056</v>
+        <v>1064</v>
       </c>
       <c r="P215" s="3" t="s">
-        <v>1058</v>
+        <v>1066</v>
       </c>
       <c r="Q215" s="3" t="s">
-        <v>228</v>
+        <v>156</v>
       </c>
       <c r="R215" s="3" t="s">
-        <v>1059</v>
+        <v>1067</v>
       </c>
       <c r="S215" s="3" t="s">
-        <v>421</v>
+        <v>119</v>
       </c>
       <c r="T215" s="4">
         <v>1</v>
       </c>
       <c r="W215" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X215" s="4">
         <v>0</v>
       </c>
       <c r="Y215" s="4">
         <v>0</v>
       </c>
       <c r="Z215" s="6">
-        <v>1.957E-3</v>
+        <v>4.8019999999999998E-3</v>
       </c>
     </row>
     <row r="216" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A216" s="3" t="s">
-        <v>1060</v>
+        <v>1068</v>
       </c>
       <c r="B216" s="3" t="s">
-        <v>1061</v>
+        <v>1069</v>
       </c>
       <c r="C216" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D216" s="4">
-        <v>7631</v>
+        <v>200</v>
       </c>
       <c r="E216" s="5">
-        <v>14.140378</v>
+        <v>309.56</v>
       </c>
       <c r="F216" s="4">
-        <v>107905.224518</v>
+        <v>61912</v>
       </c>
       <c r="G216" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H216" s="3" t="s">
-        <v>1062</v>
+        <v>31</v>
       </c>
       <c r="I216" s="3" t="s">
-        <v>59</v>
+        <v>32</v>
       </c>
       <c r="J216" s="5">
-        <v>12.04</v>
+        <v>309.56</v>
       </c>
       <c r="K216" s="5">
-        <v>0.85146238664906981</v>
+        <v>1</v>
       </c>
       <c r="L216" s="3" t="s">
-        <v>1063</v>
+        <v>33</v>
       </c>
       <c r="M216" s="4">
-        <v>91877.24</v>
+        <v>61912</v>
       </c>
       <c r="N216" s="4">
-        <v>107905.224518</v>
+        <v>61912</v>
       </c>
       <c r="O216" s="3" t="s">
-        <v>1060</v>
+        <v>1068</v>
       </c>
       <c r="P216" s="3" t="s">
-        <v>1064</v>
+        <v>1070</v>
       </c>
       <c r="Q216" s="3" t="s">
-        <v>168</v>
+        <v>150</v>
       </c>
       <c r="R216" s="3" t="s">
-        <v>1065</v>
+        <v>1071</v>
       </c>
       <c r="S216" s="3" t="s">
-        <v>1066</v>
+        <v>102</v>
       </c>
       <c r="T216" s="4">
         <v>1</v>
       </c>
       <c r="W216" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X216" s="4">
         <v>0</v>
       </c>
       <c r="Y216" s="4">
         <v>0</v>
       </c>
       <c r="Z216" s="6">
-        <v>4.5560000000000002E-3</v>
+        <v>2.5699999999999998E-3</v>
       </c>
     </row>
     <row r="217" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A217" s="3" t="s">
-        <v>1067</v>
+        <v>1072</v>
       </c>
       <c r="B217" s="3" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="C217" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D217" s="4">
-        <v>6761</v>
+        <v>200</v>
       </c>
       <c r="E217" s="5">
-        <v>16.059896999999999</v>
+        <v>263.64</v>
       </c>
       <c r="F217" s="4">
-        <v>108580.963617</v>
+        <v>52728</v>
       </c>
       <c r="G217" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H217" s="3" t="s">
-        <v>63</v>
+        <v>31</v>
       </c>
       <c r="I217" s="3" t="s">
-        <v>64</v>
+        <v>32</v>
       </c>
       <c r="J217" s="5">
-        <v>11.94</v>
+        <v>263.64</v>
       </c>
       <c r="K217" s="5">
-        <v>0.74346678562135238</v>
+        <v>1</v>
       </c>
       <c r="L217" s="3" t="s">
-        <v>65</v>
+        <v>33</v>
       </c>
       <c r="M217" s="4">
-        <v>80726.34</v>
+        <v>52728</v>
       </c>
       <c r="N217" s="4">
-        <v>108580.963617</v>
+        <v>52728</v>
       </c>
       <c r="O217" s="3" t="s">
-        <v>1067</v>
+        <v>1072</v>
       </c>
       <c r="P217" s="3" t="s">
-        <v>1069</v>
+        <v>1074</v>
       </c>
       <c r="Q217" s="3" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="R217" s="3" t="s">
-        <v>1070</v>
+        <v>1075</v>
       </c>
       <c r="S217" s="3" t="s">
-        <v>131</v>
+        <v>102</v>
       </c>
       <c r="T217" s="4">
         <v>1</v>
       </c>
       <c r="W217" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X217" s="4">
         <v>0</v>
       </c>
       <c r="Y217" s="4">
         <v>0</v>
       </c>
       <c r="Z217" s="6">
-        <v>4.5840000000000004E-3</v>
+        <v>2.1879999999999998E-3</v>
       </c>
     </row>
     <row r="218" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A218" s="3" t="s">
-        <v>1071</v>
+        <v>1076</v>
       </c>
       <c r="B218" s="3" t="s">
-        <v>1072</v>
+        <v>1077</v>
       </c>
       <c r="C218" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D218" s="4">
-        <v>200</v>
+        <v>4800</v>
       </c>
       <c r="E218" s="5">
-        <v>312.12</v>
+        <v>11.568946</v>
       </c>
       <c r="F218" s="4">
-        <v>62424</v>
+        <v>55530.942289719998</v>
       </c>
       <c r="G218" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H218" s="3" t="s">
-        <v>98</v>
+        <v>651</v>
       </c>
       <c r="I218" s="3" t="s">
-        <v>99</v>
+        <v>652</v>
       </c>
       <c r="J218" s="5">
-        <v>312.12</v>
+        <v>90.35</v>
       </c>
       <c r="K218" s="5">
-        <v>1</v>
+        <v>7.8097001004874107</v>
       </c>
       <c r="L218" s="3" t="s">
-        <v>100</v>
+        <v>653</v>
       </c>
       <c r="M218" s="4">
-        <v>62424</v>
+        <v>433680.00558</v>
       </c>
       <c r="N218" s="4">
-        <v>62424</v>
+        <v>55530.942289719998</v>
       </c>
       <c r="O218" s="3" t="s">
-        <v>1071</v>
+        <v>1076</v>
       </c>
       <c r="P218" s="3" t="s">
-        <v>1073</v>
+        <v>1078</v>
       </c>
       <c r="Q218" s="3" t="s">
-        <v>162</v>
+        <v>150</v>
       </c>
       <c r="R218" s="3" t="s">
-        <v>1074</v>
+        <v>1079</v>
       </c>
       <c r="S218" s="3" t="s">
-        <v>114</v>
+        <v>656</v>
       </c>
       <c r="T218" s="4">
         <v>1</v>
       </c>
       <c r="W218" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X218" s="4">
         <v>0</v>
       </c>
       <c r="Y218" s="4">
         <v>0</v>
       </c>
       <c r="Z218" s="6">
-        <v>2.6350000000000002E-3</v>
+        <v>2.3050000000000002E-3</v>
       </c>
     </row>
     <row r="219" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A219" s="3" t="s">
-        <v>1075</v>
+        <v>1080</v>
       </c>
       <c r="B219" s="3" t="s">
-        <v>1076</v>
+        <v>1081</v>
       </c>
       <c r="C219" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D219" s="4">
-        <v>200</v>
+        <v>386</v>
       </c>
       <c r="E219" s="5">
-        <v>268.3</v>
+        <v>81.005517999999995</v>
       </c>
       <c r="F219" s="4">
-        <v>53660</v>
+        <v>31268.30623871</v>
       </c>
       <c r="G219" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H219" s="3" t="s">
-        <v>98</v>
+        <v>619</v>
       </c>
       <c r="I219" s="3" t="s">
-        <v>99</v>
+        <v>620</v>
       </c>
       <c r="J219" s="5">
-        <v>268.3</v>
+        <v>116600</v>
       </c>
       <c r="K219" s="5">
-        <v>1</v>
+        <v>1439.4081153829545</v>
       </c>
       <c r="L219" s="3" t="s">
-        <v>100</v>
+        <v>621</v>
       </c>
       <c r="M219" s="4">
-        <v>53660</v>
+        <v>45007853.754277997</v>
       </c>
       <c r="N219" s="4">
-        <v>53660</v>
+        <v>31268.30623871</v>
       </c>
       <c r="O219" s="3" t="s">
-        <v>1075</v>
+        <v>1080</v>
       </c>
       <c r="P219" s="3" t="s">
-        <v>1077</v>
+        <v>1082</v>
       </c>
       <c r="Q219" s="3" t="s">
-        <v>179</v>
+        <v>150</v>
       </c>
       <c r="R219" s="3" t="s">
-        <v>1078</v>
+        <v>1083</v>
       </c>
       <c r="S219" s="3" t="s">
-        <v>114</v>
+        <v>624</v>
       </c>
       <c r="T219" s="4">
         <v>1</v>
       </c>
       <c r="W219" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X219" s="4">
         <v>0</v>
       </c>
       <c r="Y219" s="4">
         <v>0</v>
       </c>
       <c r="Z219" s="6">
-        <v>2.2650000000000001E-3</v>
+        <v>1.2979999999999999E-3</v>
       </c>
     </row>
     <row r="220" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A220" s="3" t="s">
-        <v>1079</v>
+        <v>1084</v>
       </c>
       <c r="B220" s="3" t="s">
-        <v>1080</v>
+        <v>1085</v>
       </c>
       <c r="C220" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D220" s="4">
-        <v>4800</v>
+        <v>246</v>
       </c>
       <c r="E220" s="5">
-        <v>10.265305</v>
+        <v>226.14</v>
       </c>
       <c r="F220" s="4">
-        <v>49273.463095010004</v>
+        <v>55630.44</v>
       </c>
       <c r="G220" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H220" s="3" t="s">
-        <v>68</v>
+        <v>31</v>
       </c>
       <c r="I220" s="3" t="s">
-        <v>69</v>
+        <v>32</v>
       </c>
       <c r="J220" s="5">
-        <v>79.900000000000006</v>
+        <v>226.14</v>
       </c>
       <c r="K220" s="5">
-        <v>7.783499774395259</v>
+        <v>1</v>
       </c>
       <c r="L220" s="3" t="s">
-        <v>70</v>
+        <v>33</v>
       </c>
       <c r="M220" s="4">
-        <v>383519.98888299998</v>
+        <v>55630.44</v>
       </c>
       <c r="N220" s="4">
-        <v>49273.463095010004</v>
+        <v>55630.44</v>
       </c>
       <c r="O220" s="3" t="s">
-        <v>1079</v>
+        <v>1084</v>
       </c>
       <c r="P220" s="3" t="s">
-        <v>1081</v>
+        <v>1086</v>
       </c>
       <c r="Q220" s="3" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="R220" s="3" t="s">
-        <v>1082</v>
+        <v>1087</v>
       </c>
       <c r="S220" s="3" t="s">
-        <v>657</v>
+        <v>130</v>
       </c>
       <c r="T220" s="4">
         <v>1</v>
       </c>
       <c r="W220" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X220" s="4">
         <v>0</v>
       </c>
       <c r="Y220" s="4">
         <v>0</v>
       </c>
       <c r="Z220" s="6">
-        <v>2.0799999999999998E-3</v>
+        <v>2.3089999999999999E-3</v>
       </c>
     </row>
     <row r="221" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A221" s="3" t="s">
-        <v>1083</v>
+        <v>1088</v>
       </c>
       <c r="B221" s="3" t="s">
-        <v>1084</v>
+        <v>1089</v>
       </c>
       <c r="C221" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D221" s="4">
-        <v>386</v>
+        <v>250</v>
       </c>
       <c r="E221" s="5">
-        <v>78.511758</v>
+        <v>160.31426500000001</v>
       </c>
       <c r="F221" s="4">
-        <v>30305.508312800001</v>
+        <v>40078.566326859996</v>
       </c>
       <c r="G221" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H221" s="3" t="s">
-        <v>78</v>
+        <v>54</v>
       </c>
       <c r="I221" s="3" t="s">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="J221" s="5">
-        <v>113100</v>
+        <v>123.45</v>
       </c>
       <c r="K221" s="5">
-        <v>1440.5485608919878</v>
+        <v>0.77005000173376759</v>
       </c>
       <c r="L221" s="3" t="s">
-        <v>80</v>
+        <v>56</v>
       </c>
       <c r="M221" s="4">
-        <v>43656556.387103997</v>
+        <v>30862.500069000002</v>
       </c>
       <c r="N221" s="4">
-        <v>30305.508312800001</v>
+        <v>40078.566326859996</v>
       </c>
       <c r="O221" s="3" t="s">
-        <v>1083</v>
+        <v>1088</v>
       </c>
       <c r="P221" s="3" t="s">
-        <v>1085</v>
+        <v>1090</v>
       </c>
       <c r="Q221" s="3" t="s">
-        <v>162</v>
+        <v>150</v>
       </c>
       <c r="R221" s="3" t="s">
-        <v>1086</v>
+        <v>1091</v>
       </c>
       <c r="S221" s="3" t="s">
-        <v>628</v>
+        <v>592</v>
       </c>
       <c r="T221" s="4">
         <v>1</v>
       </c>
       <c r="W221" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X221" s="4">
         <v>0</v>
       </c>
       <c r="Y221" s="4">
         <v>0</v>
       </c>
       <c r="Z221" s="6">
-        <v>1.279E-3</v>
+        <v>1.663E-3</v>
       </c>
     </row>
     <row r="222" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A222" s="3" t="s">
-        <v>1087</v>
+        <v>1092</v>
       </c>
       <c r="B222" s="3" t="s">
-        <v>1088</v>
+        <v>1093</v>
       </c>
       <c r="C222" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D222" s="4">
-        <v>246</v>
+        <v>500</v>
       </c>
       <c r="E222" s="5">
-        <v>217.06</v>
+        <v>59.905337000000003</v>
       </c>
       <c r="F222" s="4">
-        <v>53396.76</v>
+        <v>29952.677298070001</v>
       </c>
       <c r="G222" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H222" s="3" t="s">
-        <v>98</v>
+        <v>74</v>
       </c>
       <c r="I222" s="3" t="s">
-        <v>99</v>
+        <v>75</v>
       </c>
       <c r="J222" s="5">
-        <v>217.06</v>
+        <v>9241</v>
       </c>
       <c r="K222" s="5">
-        <v>1</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L222" s="3" t="s">
-        <v>100</v>
+        <v>76</v>
       </c>
       <c r="M222" s="4">
-        <v>53396.76</v>
+        <v>4620501.3602750003</v>
       </c>
       <c r="N222" s="4">
-        <v>53396.76</v>
+        <v>29952.677298070001</v>
       </c>
       <c r="O222" s="3" t="s">
-        <v>1087</v>
+        <v>1092</v>
       </c>
       <c r="P222" s="3" t="s">
-        <v>1089</v>
+        <v>1094</v>
       </c>
       <c r="Q222" s="3" t="s">
-        <v>179</v>
+        <v>107</v>
       </c>
       <c r="R222" s="3" t="s">
-        <v>1090</v>
+        <v>1095</v>
       </c>
       <c r="S222" s="3" t="s">
-        <v>142</v>
+        <v>597</v>
       </c>
       <c r="T222" s="4">
         <v>1</v>
       </c>
       <c r="W222" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X222" s="4">
         <v>0</v>
       </c>
       <c r="Y222" s="4">
         <v>0</v>
       </c>
       <c r="Z222" s="6">
-        <v>2.2539999999999999E-3</v>
+        <v>1.243E-3</v>
       </c>
     </row>
     <row r="223" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A223" s="3" t="s">
-        <v>1091</v>
+        <v>1096</v>
       </c>
       <c r="B223" s="3" t="s">
-        <v>1092</v>
+        <v>1097</v>
       </c>
       <c r="C223" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D223" s="4">
-        <v>250</v>
+        <v>1813</v>
       </c>
       <c r="E223" s="5">
-        <v>167.68696700000001</v>
+        <v>61.444594000000002</v>
       </c>
       <c r="F223" s="4">
-        <v>41921.74187441</v>
+        <v>111399.04734595001</v>
       </c>
       <c r="G223" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H223" s="3" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
       <c r="I223" s="3" t="s">
-        <v>49</v>
+        <v>60</v>
       </c>
       <c r="J223" s="5">
-        <v>132.85</v>
+        <v>385.7</v>
       </c>
       <c r="K223" s="5">
-        <v>0.79225000133296064</v>
+        <v>6.2771998917810743</v>
       </c>
       <c r="L223" s="3" t="s">
-        <v>50</v>
+        <v>61</v>
       </c>
       <c r="M223" s="4">
-        <v>33212.500054999997</v>
+        <v>699274.08794400003</v>
       </c>
       <c r="N223" s="4">
-        <v>41921.74187441</v>
+        <v>111399.04734595001</v>
       </c>
       <c r="O223" s="3" t="s">
-        <v>1091</v>
+        <v>1096</v>
       </c>
       <c r="P223" s="3" t="s">
-        <v>1093</v>
+        <v>1098</v>
       </c>
       <c r="Q223" s="3" t="s">
-        <v>162</v>
+        <v>611</v>
       </c>
       <c r="R223" s="3" t="s">
-        <v>1094</v>
+        <v>1099</v>
       </c>
       <c r="S223" s="3" t="s">
-        <v>599</v>
+        <v>1100</v>
       </c>
       <c r="T223" s="4">
         <v>1</v>
       </c>
       <c r="W223" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X223" s="4">
         <v>0</v>
       </c>
       <c r="Y223" s="4">
         <v>0</v>
       </c>
       <c r="Z223" s="6">
-        <v>1.7700000000000001E-3</v>
+        <v>4.6239999999999996E-3</v>
       </c>
     </row>
     <row r="224" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A224" s="3" t="s">
-        <v>1095</v>
+        <v>1101</v>
       </c>
       <c r="B224" s="3" t="s">
-        <v>1096</v>
+        <v>1102</v>
       </c>
       <c r="C224" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D224" s="4">
-        <v>500</v>
+        <v>410</v>
       </c>
       <c r="E224" s="5">
-        <v>56.607877000000002</v>
+        <v>351.42</v>
       </c>
       <c r="F224" s="4">
-        <v>28303.93313981</v>
+        <v>144082.20000000001</v>
       </c>
       <c r="G224" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H224" s="3" t="s">
-        <v>73</v>
+        <v>31</v>
       </c>
       <c r="I224" s="3" t="s">
-        <v>74</v>
+        <v>32</v>
       </c>
       <c r="J224" s="5">
-        <v>8873</v>
+        <v>351.42</v>
       </c>
       <c r="K224" s="5">
-        <v>156.74497122946053</v>
+        <v>1</v>
       </c>
       <c r="L224" s="3" t="s">
-        <v>75</v>
+        <v>33</v>
       </c>
       <c r="M224" s="4">
-        <v>4436499.1856800001</v>
+        <v>144082.20000000001</v>
       </c>
       <c r="N224" s="4">
-        <v>28303.93313981</v>
+        <v>144082.20000000001</v>
       </c>
       <c r="O224" s="3" t="s">
-        <v>1095</v>
+        <v>1101</v>
       </c>
       <c r="P224" s="3" t="s">
-        <v>1097</v>
+        <v>1103</v>
       </c>
       <c r="Q224" s="3" t="s">
-        <v>119</v>
+        <v>216</v>
       </c>
       <c r="R224" s="3" t="s">
-        <v>1098</v>
+        <v>1104</v>
       </c>
       <c r="S224" s="3" t="s">
-        <v>604</v>
+        <v>102</v>
       </c>
       <c r="T224" s="4">
         <v>1</v>
       </c>
       <c r="W224" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X224" s="4">
         <v>0</v>
       </c>
       <c r="Y224" s="4">
         <v>0</v>
       </c>
       <c r="Z224" s="6">
-        <v>1.1950000000000001E-3</v>
+        <v>5.9810000000000002E-3</v>
       </c>
     </row>
     <row r="225" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A225" s="3" t="s">
-        <v>1099</v>
+        <v>1105</v>
       </c>
       <c r="B225" s="3" t="s">
-        <v>1100</v>
+        <v>1106</v>
       </c>
       <c r="C225" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D225" s="4">
-        <v>1813</v>
+        <v>398</v>
       </c>
       <c r="E225" s="5">
-        <v>64.123527999999993</v>
+        <v>41.268959000000002</v>
       </c>
       <c r="F225" s="4">
-        <v>116255.95949430999</v>
+        <v>16425.045483000002</v>
       </c>
       <c r="G225" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H225" s="3" t="s">
-        <v>53</v>
+        <v>422</v>
       </c>
       <c r="I225" s="3" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="J225" s="5">
-        <v>407.8</v>
+        <v>34.69</v>
       </c>
       <c r="K225" s="5">
-        <v>6.3596001566751097</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L225" s="3" t="s">
-        <v>55</v>
+        <v>423</v>
       </c>
       <c r="M225" s="4">
-        <v>739341.41821399995</v>
+        <v>13806.62</v>
       </c>
       <c r="N225" s="4">
-        <v>116255.95949430999</v>
+        <v>16425.045483000002</v>
       </c>
       <c r="O225" s="3" t="s">
-        <v>1099</v>
+        <v>1105</v>
       </c>
       <c r="P225" s="3" t="s">
-        <v>1101</v>
+        <v>1107</v>
       </c>
       <c r="Q225" s="3" t="s">
-        <v>618</v>
+        <v>150</v>
       </c>
       <c r="R225" s="3" t="s">
-        <v>1102</v>
+        <v>1108</v>
       </c>
       <c r="S225" s="3" t="s">
-        <v>1103</v>
+        <v>426</v>
       </c>
       <c r="T225" s="4">
         <v>1</v>
       </c>
       <c r="W225" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X225" s="4">
         <v>0</v>
       </c>
       <c r="Y225" s="4">
         <v>0</v>
       </c>
       <c r="Z225" s="6">
-        <v>4.908E-3</v>
+        <v>6.8099999999999996E-4</v>
       </c>
     </row>
     <row r="226" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A226" s="3" t="s">
-        <v>1104</v>
+        <v>1109</v>
       </c>
       <c r="B226" s="3" t="s">
-        <v>1105</v>
+        <v>1110</v>
       </c>
       <c r="C226" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D226" s="4">
-        <v>410</v>
+        <v>12</v>
       </c>
       <c r="E226" s="5">
-        <v>318.51</v>
+        <v>1446.1385399999999</v>
       </c>
       <c r="F226" s="4">
-        <v>130589.1</v>
+        <v>17353.662479999999</v>
       </c>
       <c r="G226" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H226" s="3" t="s">
-        <v>98</v>
+        <v>1111</v>
       </c>
       <c r="I226" s="3" t="s">
-        <v>99</v>
+        <v>65</v>
       </c>
       <c r="J226" s="5">
-        <v>318.51</v>
+        <v>1215.5999999999999</v>
       </c>
       <c r="K226" s="5">
-        <v>1</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L226" s="3" t="s">
-        <v>100</v>
+        <v>1112</v>
       </c>
       <c r="M226" s="4">
-        <v>130589.1</v>
+        <v>14587.2</v>
       </c>
       <c r="N226" s="4">
-        <v>130589.1</v>
+        <v>17353.662479999999</v>
       </c>
       <c r="O226" s="3" t="s">
-        <v>1104</v>
+        <v>1109</v>
       </c>
       <c r="P226" s="3" t="s">
-        <v>1106</v>
+        <v>1113</v>
       </c>
       <c r="Q226" s="3" t="s">
-        <v>228</v>
+        <v>167</v>
       </c>
       <c r="R226" s="3" t="s">
-        <v>1107</v>
+        <v>1114</v>
       </c>
       <c r="S226" s="3" t="s">
-        <v>114</v>
+        <v>1115</v>
       </c>
       <c r="T226" s="4">
         <v>1</v>
       </c>
       <c r="W226" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X226" s="4">
         <v>0</v>
       </c>
       <c r="Y226" s="4">
         <v>0</v>
       </c>
       <c r="Z226" s="6">
-        <v>5.5139999999999998E-3</v>
+        <v>7.2000000000000005E-4</v>
       </c>
     </row>
     <row r="227" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A227" s="3" t="s">
-        <v>1108</v>
+        <v>1116</v>
       </c>
       <c r="B227" s="3" t="s">
-        <v>1109</v>
+        <v>1117</v>
       </c>
       <c r="C227" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D227" s="4">
-        <v>398</v>
+        <v>189</v>
       </c>
       <c r="E227" s="5">
-        <v>42.397644999999997</v>
+        <v>194.208168</v>
       </c>
       <c r="F227" s="4">
-        <v>16874.262709999999</v>
+        <v>36705.34380884</v>
       </c>
       <c r="G227" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H227" s="3" t="s">
-        <v>434</v>
+        <v>54</v>
       </c>
       <c r="I227" s="3" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="J227" s="5">
-        <v>36.1</v>
+        <v>149.55000000000001</v>
       </c>
       <c r="K227" s="5">
-        <v>0.85146238664906981</v>
+        <v>0.77005000173376759</v>
       </c>
       <c r="L227" s="3" t="s">
-        <v>435</v>
+        <v>56</v>
       </c>
       <c r="M227" s="4">
-        <v>14367.8</v>
+        <v>28264.950063</v>
       </c>
       <c r="N227" s="4">
-        <v>16874.262709999999</v>
+        <v>36705.34380884</v>
       </c>
       <c r="O227" s="3" t="s">
-        <v>1108</v>
+        <v>1116</v>
       </c>
       <c r="P227" s="3" t="s">
-        <v>1110</v>
+        <v>1118</v>
       </c>
       <c r="Q227" s="3" t="s">
-        <v>162</v>
+        <v>117</v>
       </c>
       <c r="R227" s="3" t="s">
-        <v>1111</v>
+        <v>1119</v>
       </c>
       <c r="S227" s="3" t="s">
-        <v>438</v>
+        <v>592</v>
       </c>
       <c r="T227" s="4">
         <v>1</v>
       </c>
       <c r="W227" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X227" s="4">
         <v>0</v>
       </c>
       <c r="Y227" s="4">
         <v>0</v>
       </c>
       <c r="Z227" s="6">
-        <v>7.1199999999999996E-4</v>
+        <v>1.523E-3</v>
       </c>
     </row>
     <row r="228" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A228" s="3" t="s">
-        <v>1112</v>
+        <v>1120</v>
       </c>
       <c r="B228" s="3" t="s">
-        <v>1113</v>
+        <v>1121</v>
       </c>
       <c r="C228" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D228" s="4">
-        <v>12</v>
+        <v>3200</v>
       </c>
       <c r="E228" s="5">
-        <v>1082.13823</v>
+        <v>21.731307999999999</v>
       </c>
       <c r="F228" s="4">
-        <v>12985.65876</v>
+        <v>69540.188529899999</v>
       </c>
       <c r="G228" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H228" s="3" t="s">
-        <v>1114</v>
+        <v>1032</v>
       </c>
       <c r="I228" s="3" t="s">
-        <v>59</v>
+        <v>1122</v>
       </c>
       <c r="J228" s="5">
-        <v>921.4</v>
+        <v>151</v>
       </c>
       <c r="K228" s="5">
-        <v>0.85146238664906981</v>
+        <v>6.9485001488716156</v>
       </c>
       <c r="L228" s="3" t="s">
-        <v>1115</v>
+        <v>1033</v>
       </c>
       <c r="M228" s="4">
-        <v>11056.8</v>
+        <v>483200.01035200001</v>
       </c>
       <c r="N228" s="4">
-        <v>12985.65876</v>
+        <v>69540.188529899999</v>
       </c>
       <c r="O228" s="3" t="s">
-        <v>1112</v>
+        <v>1120</v>
       </c>
       <c r="P228" s="3" t="s">
-        <v>1116</v>
+        <v>1123</v>
       </c>
       <c r="Q228" s="3" t="s">
-        <v>179</v>
+        <v>216</v>
       </c>
       <c r="R228" s="3" t="s">
-        <v>1117</v>
+        <v>1124</v>
       </c>
       <c r="S228" s="3" t="s">
-        <v>1118</v>
+        <v>1125</v>
       </c>
       <c r="T228" s="4">
         <v>1</v>
       </c>
       <c r="W228" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X228" s="4">
         <v>0</v>
       </c>
       <c r="Y228" s="4">
         <v>0</v>
       </c>
       <c r="Z228" s="6">
-        <v>5.4799999999999998E-4</v>
+        <v>2.8860000000000001E-3</v>
       </c>
     </row>
     <row r="229" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A229" s="3" t="s">
-        <v>1119</v>
+        <v>1126</v>
       </c>
       <c r="B229" s="3" t="s">
-        <v>1120</v>
+        <v>1127</v>
       </c>
       <c r="C229" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D229" s="4">
-        <v>189</v>
+        <v>100</v>
       </c>
       <c r="E229" s="5">
-        <v>217.16629800000001</v>
+        <v>334.05372</v>
       </c>
       <c r="F229" s="4">
-        <v>41044.430419689998</v>
+        <v>33405.372000000003</v>
       </c>
       <c r="G229" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H229" s="3" t="s">
-        <v>48</v>
+        <v>398</v>
       </c>
       <c r="I229" s="3" t="s">
-        <v>49</v>
+        <v>65</v>
       </c>
       <c r="J229" s="5">
-        <v>172.05</v>
+        <v>280.8</v>
       </c>
       <c r="K229" s="5">
-        <v>0.79225000133296064</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L229" s="3" t="s">
-        <v>50</v>
+        <v>399</v>
       </c>
       <c r="M229" s="4">
-        <v>32517.450054000001</v>
+        <v>28080</v>
       </c>
       <c r="N229" s="4">
-        <v>41044.430419689998</v>
+        <v>33405.372000000003</v>
       </c>
       <c r="O229" s="3" t="s">
-        <v>1119</v>
+        <v>1126</v>
       </c>
       <c r="P229" s="3" t="s">
-        <v>1121</v>
+        <v>1128</v>
       </c>
       <c r="Q229" s="3" t="s">
-        <v>129</v>
+        <v>117</v>
       </c>
       <c r="R229" s="3" t="s">
-        <v>1122</v>
+        <v>1129</v>
       </c>
       <c r="S229" s="3" t="s">
-        <v>599</v>
+        <v>402</v>
       </c>
       <c r="T229" s="4">
         <v>1</v>
       </c>
       <c r="W229" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X229" s="4">
         <v>0</v>
       </c>
       <c r="Y229" s="4">
         <v>0</v>
       </c>
       <c r="Z229" s="6">
-        <v>1.7329999999999999E-3</v>
+        <v>1.3860000000000001E-3</v>
       </c>
     </row>
     <row r="230" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A230" s="3" t="s">
-        <v>1123</v>
+        <v>1130</v>
       </c>
       <c r="B230" s="3" t="s">
-        <v>1124</v>
+        <v>1131</v>
       </c>
       <c r="C230" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D230" s="4">
-        <v>2500</v>
+        <v>2616</v>
       </c>
       <c r="E230" s="5">
-        <v>24.475719999999999</v>
+        <v>37.707926999999998</v>
       </c>
       <c r="F230" s="4">
-        <v>61189.299027640001</v>
+        <v>98643.937981869996</v>
       </c>
       <c r="G230" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H230" s="3" t="s">
-        <v>1035</v>
+        <v>84</v>
       </c>
       <c r="I230" s="3" t="s">
-        <v>1125</v>
+        <v>85</v>
       </c>
       <c r="J230" s="5">
-        <v>171.04</v>
+        <v>333.8</v>
       </c>
       <c r="K230" s="5">
-        <v>6.9881499844269079</v>
+        <v>8.8522500162217472</v>
       </c>
       <c r="L230" s="3" t="s">
-        <v>1036</v>
+        <v>86</v>
       </c>
       <c r="M230" s="4">
-        <v>427599.99904700002</v>
+        <v>873220.80160000001</v>
       </c>
       <c r="N230" s="4">
-        <v>61189.299027640001</v>
+        <v>98643.937981869996</v>
       </c>
       <c r="O230" s="3" t="s">
-        <v>1123</v>
+        <v>1130</v>
       </c>
       <c r="P230" s="3" t="s">
-        <v>1126</v>
+        <v>1132</v>
       </c>
       <c r="Q230" s="3" t="s">
-        <v>228</v>
+        <v>611</v>
       </c>
       <c r="R230" s="3" t="s">
-        <v>1127</v>
+        <v>1133</v>
       </c>
       <c r="S230" s="3" t="s">
-        <v>1128</v>
+        <v>1134</v>
       </c>
       <c r="T230" s="4">
         <v>1</v>
       </c>
       <c r="W230" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X230" s="4">
         <v>0</v>
       </c>
       <c r="Y230" s="4">
         <v>0</v>
       </c>
       <c r="Z230" s="6">
-        <v>2.5829999999999998E-3</v>
+        <v>4.0949999999999997E-3</v>
       </c>
     </row>
     <row r="231" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A231" s="3" t="s">
-        <v>1129</v>
+        <v>1135</v>
       </c>
       <c r="B231" s="3" t="s">
-        <v>1130</v>
+        <v>1136</v>
       </c>
       <c r="C231" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D231" s="4">
-        <v>100</v>
+        <v>52231</v>
       </c>
       <c r="E231" s="5">
-        <v>374.29721499999999</v>
+        <v>2.1646999999999998</v>
       </c>
       <c r="F231" s="4">
-        <v>37429.7215</v>
+        <v>113064.41958450001</v>
       </c>
       <c r="G231" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H231" s="3" t="s">
-        <v>410</v>
+        <v>39</v>
       </c>
       <c r="I231" s="3" t="s">
-        <v>59</v>
+        <v>40</v>
       </c>
       <c r="J231" s="5">
-        <v>318.7</v>
+        <v>3.09</v>
       </c>
       <c r="K231" s="5">
-        <v>0.85146238664906981</v>
+        <v>1.4274498608236386</v>
       </c>
       <c r="L231" s="3" t="s">
-        <v>411</v>
+        <v>41</v>
       </c>
       <c r="M231" s="4">
-        <v>31870</v>
+        <v>161393.79</v>
       </c>
       <c r="N231" s="4">
-        <v>37429.7215</v>
+        <v>113064.41958450001</v>
       </c>
       <c r="O231" s="3" t="s">
-        <v>1129</v>
+        <v>1135</v>
       </c>
       <c r="P231" s="3" t="s">
-        <v>1131</v>
+        <v>1137</v>
       </c>
       <c r="Q231" s="3" t="s">
-        <v>129</v>
+        <v>107</v>
       </c>
       <c r="R231" s="3" t="s">
-        <v>1132</v>
+        <v>1138</v>
       </c>
       <c r="S231" s="3" t="s">
-        <v>414</v>
+        <v>602</v>
       </c>
       <c r="T231" s="4">
         <v>1</v>
       </c>
       <c r="W231" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X231" s="4">
         <v>0</v>
       </c>
       <c r="Y231" s="4">
         <v>0</v>
       </c>
       <c r="Z231" s="6">
-        <v>1.58E-3</v>
+        <v>4.6930000000000001E-3</v>
       </c>
     </row>
     <row r="232" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A232" s="3" t="s">
-        <v>1133</v>
+        <v>1139</v>
       </c>
       <c r="B232" s="3" t="s">
-        <v>1134</v>
+        <v>1140</v>
       </c>
       <c r="C232" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D232" s="4">
-        <v>2616</v>
+        <v>1200</v>
       </c>
       <c r="E232" s="5">
-        <v>38.443182</v>
+        <v>3.987911</v>
       </c>
       <c r="F232" s="4">
-        <v>100567.36234651</v>
+        <v>4785.4932719300004</v>
       </c>
       <c r="G232" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H232" s="3" t="s">
-        <v>88</v>
+        <v>1032</v>
       </c>
       <c r="I232" s="3" t="s">
-        <v>89</v>
+        <v>1122</v>
       </c>
       <c r="J232" s="5">
-        <v>354.4</v>
+        <v>27.71</v>
       </c>
       <c r="K232" s="5">
-        <v>9.2187998247321783</v>
+        <v>6.9485001488716156</v>
       </c>
       <c r="L232" s="3" t="s">
-        <v>90</v>
+        <v>1033</v>
       </c>
       <c r="M232" s="4">
-        <v>927110.38237300003</v>
+        <v>33252.000712000001</v>
       </c>
       <c r="N232" s="4">
-        <v>100567.36234651</v>
+        <v>4785.4932719300004</v>
       </c>
       <c r="O232" s="3" t="s">
-        <v>1133</v>
+        <v>1139</v>
       </c>
       <c r="P232" s="3" t="s">
-        <v>1135</v>
+        <v>1141</v>
       </c>
       <c r="Q232" s="3" t="s">
-        <v>618</v>
+        <v>611</v>
       </c>
       <c r="R232" s="3" t="s">
-        <v>1136</v>
+        <v>1142</v>
       </c>
       <c r="S232" s="3" t="s">
-        <v>1137</v>
+        <v>1143</v>
       </c>
       <c r="T232" s="4">
         <v>1</v>
       </c>
       <c r="W232" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X232" s="4">
         <v>0</v>
       </c>
       <c r="Y232" s="4">
         <v>0</v>
       </c>
       <c r="Z232" s="6">
-        <v>4.2459999999999998E-3</v>
+        <v>1.9799999999999999E-4</v>
       </c>
     </row>
     <row r="233" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A233" s="3" t="s">
-        <v>1138</v>
+        <v>1144</v>
       </c>
       <c r="B233" s="3" t="s">
-        <v>1139</v>
+        <v>1145</v>
       </c>
       <c r="C233" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D233" s="4">
-        <v>52231</v>
+        <v>14400</v>
       </c>
       <c r="E233" s="5">
-        <v>1.960539</v>
+        <v>7.8031230000000003</v>
       </c>
       <c r="F233" s="4">
-        <v>102400.912509</v>
+        <v>112364.97085702</v>
       </c>
       <c r="G233" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H233" s="3" t="s">
-        <v>31</v>
+        <v>1032</v>
       </c>
       <c r="I233" s="3" t="s">
-        <v>32</v>
+        <v>1122</v>
       </c>
       <c r="J233" s="5">
-        <v>2.94</v>
+        <v>54.22</v>
       </c>
       <c r="K233" s="5">
-        <v>1.4995876134063133</v>
+        <v>6.9485001488716156</v>
       </c>
       <c r="L233" s="3" t="s">
-        <v>33</v>
+        <v>1033</v>
       </c>
       <c r="M233" s="4">
-        <v>153559.14000000001</v>
+        <v>780768.01672700001</v>
       </c>
       <c r="N233" s="4">
-        <v>102400.912509</v>
+        <v>112364.97085702</v>
       </c>
       <c r="O233" s="3" t="s">
-        <v>1138</v>
+        <v>1144</v>
       </c>
       <c r="P233" s="3" t="s">
-        <v>1140</v>
+        <v>1146</v>
       </c>
       <c r="Q233" s="3" t="s">
-        <v>119</v>
+        <v>611</v>
       </c>
       <c r="R233" s="3" t="s">
-        <v>1141</v>
+        <v>1147</v>
       </c>
       <c r="S233" s="3" t="s">
-        <v>609</v>
+        <v>1125</v>
       </c>
       <c r="T233" s="4">
         <v>1</v>
       </c>
       <c r="W233" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X233" s="4">
         <v>0</v>
       </c>
       <c r="Y233" s="4">
         <v>0</v>
       </c>
       <c r="Z233" s="6">
-        <v>4.3229999999999996E-3</v>
+        <v>4.6639999999999997E-3</v>
       </c>
     </row>
     <row r="234" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A234" s="3" t="s">
-        <v>1142</v>
+        <v>1148</v>
       </c>
       <c r="B234" s="3" t="s">
-        <v>1143</v>
+        <v>1149</v>
       </c>
       <c r="C234" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D234" s="4">
-        <v>1200</v>
+        <v>31718</v>
       </c>
       <c r="E234" s="5">
-        <v>3.912337</v>
+        <v>1.473797</v>
       </c>
       <c r="F234" s="4">
-        <v>4694.8047766600002</v>
+        <v>46745.877387</v>
       </c>
       <c r="G234" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H234" s="3" t="s">
-        <v>1035</v>
+        <v>69</v>
       </c>
       <c r="I234" s="3" t="s">
-        <v>1125</v>
+        <v>70</v>
       </c>
       <c r="J234" s="5">
-        <v>27.34</v>
+        <v>1.0740000000000001</v>
       </c>
       <c r="K234" s="5">
-        <v>6.9881499844269079</v>
+        <v>0.72873018764802333</v>
       </c>
       <c r="L234" s="3" t="s">
-        <v>1036</v>
+        <v>71</v>
       </c>
       <c r="M234" s="4">
-        <v>32807.999925999997</v>
+        <v>34065.131999999998</v>
       </c>
       <c r="N234" s="4">
-        <v>4694.8047766600002</v>
+        <v>46745.877387</v>
       </c>
       <c r="O234" s="3" t="s">
-        <v>1142</v>
+        <v>1148</v>
       </c>
       <c r="P234" s="3" t="s">
-        <v>1144</v>
+        <v>1150</v>
       </c>
       <c r="Q234" s="3" t="s">
-        <v>618</v>
+        <v>100</v>
       </c>
       <c r="R234" s="3" t="s">
-        <v>1145</v>
+        <v>1151</v>
       </c>
       <c r="S234" s="3" t="s">
-        <v>1146</v>
+        <v>119</v>
       </c>
       <c r="T234" s="4">
         <v>1</v>
       </c>
       <c r="W234" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X234" s="4">
         <v>0</v>
       </c>
       <c r="Y234" s="4">
         <v>0</v>
       </c>
       <c r="Z234" s="6">
-        <v>1.9799999999999999E-4</v>
+        <v>1.9400000000000001E-3</v>
       </c>
     </row>
     <row r="235" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A235" s="3" t="s">
-        <v>1147</v>
+        <v>1152</v>
       </c>
       <c r="B235" s="3" t="s">
-        <v>1148</v>
+        <v>1153</v>
       </c>
       <c r="C235" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D235" s="4">
-        <v>14400</v>
+        <v>2100</v>
       </c>
       <c r="E235" s="5">
-        <v>6.6455359999999999</v>
+        <v>50.370583000000003</v>
       </c>
       <c r="F235" s="4">
-        <v>95695.713457780002</v>
+        <v>105778.22551629999</v>
       </c>
       <c r="G235" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H235" s="3" t="s">
-        <v>1035</v>
+        <v>1032</v>
       </c>
       <c r="I235" s="3" t="s">
+        <v>1122</v>
+      </c>
+      <c r="J235" s="5">
+        <v>350</v>
+      </c>
+      <c r="K235" s="5">
+        <v>6.9485001488716156</v>
+      </c>
+      <c r="L235" s="3" t="s">
+        <v>1033</v>
+      </c>
+      <c r="M235" s="4">
+        <v>735000.015747</v>
+      </c>
+      <c r="N235" s="4">
+        <v>105778.22551629999</v>
+      </c>
+      <c r="O235" s="3" t="s">
+        <v>1152</v>
+      </c>
+      <c r="P235" s="3" t="s">
+        <v>1154</v>
+      </c>
+      <c r="Q235" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="R235" s="3" t="s">
+        <v>1155</v>
+      </c>
+      <c r="S235" s="3" t="s">
         <v>1125</v>
-      </c>
-[...28 lines deleted...]
-        <v>1128</v>
       </c>
       <c r="T235" s="4">
         <v>1</v>
       </c>
       <c r="W235" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X235" s="4">
         <v>0</v>
       </c>
       <c r="Y235" s="4">
         <v>0</v>
       </c>
       <c r="Z235" s="6">
-        <v>4.0400000000000002E-3</v>
+        <v>4.3909999999999999E-3</v>
       </c>
     </row>
     <row r="236" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A236" s="3" t="s">
-        <v>1151</v>
+        <v>1156</v>
       </c>
       <c r="B236" s="3" t="s">
-        <v>1152</v>
+        <v>1157</v>
       </c>
       <c r="C236" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D236" s="4">
-        <v>31718</v>
+        <v>100</v>
       </c>
       <c r="E236" s="5">
-        <v>1.329985</v>
+        <v>86.179523000000003</v>
       </c>
       <c r="F236" s="4">
-        <v>42184.478185920001</v>
+        <v>8617.9522209499992</v>
       </c>
       <c r="G236" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H236" s="3" t="s">
-        <v>63</v>
+        <v>49</v>
       </c>
       <c r="I236" s="3" t="s">
-        <v>64</v>
+        <v>50</v>
       </c>
       <c r="J236" s="5">
-        <v>0.98880000000000001</v>
+        <v>116.7</v>
       </c>
       <c r="K236" s="5">
-        <v>0.74346678562135238</v>
+        <v>1.3541499951054248</v>
       </c>
       <c r="L236" s="3" t="s">
-        <v>65</v>
+        <v>51</v>
       </c>
       <c r="M236" s="4">
-        <v>31362.758399999999</v>
+        <v>11669.999957</v>
       </c>
       <c r="N236" s="4">
-        <v>42184.478185920001</v>
+        <v>8617.9522209499992</v>
       </c>
       <c r="O236" s="3" t="s">
-        <v>1151</v>
+        <v>1156</v>
       </c>
       <c r="P236" s="3" t="s">
-        <v>1153</v>
+        <v>1158</v>
       </c>
       <c r="Q236" s="3" t="s">
-        <v>112</v>
+        <v>167</v>
       </c>
       <c r="R236" s="3" t="s">
-        <v>1154</v>
+        <v>1159</v>
       </c>
       <c r="S236" s="3" t="s">
-        <v>131</v>
+        <v>297</v>
       </c>
       <c r="T236" s="4">
         <v>1</v>
       </c>
       <c r="W236" s="3" t="s">
-        <v>34</v>
+        <v>1160</v>
       </c>
       <c r="X236" s="4">
         <v>0</v>
       </c>
       <c r="Y236" s="4">
         <v>0</v>
       </c>
       <c r="Z236" s="6">
-        <v>1.781E-3</v>
+        <v>3.57E-4</v>
       </c>
     </row>
     <row r="237" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A237" s="3" t="s">
-        <v>1155</v>
+        <v>1161</v>
       </c>
       <c r="B237" s="3" t="s">
-        <v>1156</v>
+        <v>1162</v>
       </c>
       <c r="C237" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D237" s="4">
-        <v>2100</v>
+        <v>896</v>
       </c>
       <c r="E237" s="5">
-        <v>52.554682</v>
+        <v>57.644491000000002</v>
       </c>
       <c r="F237" s="4">
-        <v>110364.83189399001</v>
+        <v>51649.463711999997</v>
       </c>
       <c r="G237" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H237" s="3" t="s">
-        <v>1035</v>
+        <v>1111</v>
       </c>
       <c r="I237" s="3" t="s">
-        <v>1125</v>
+        <v>65</v>
       </c>
       <c r="J237" s="5">
-        <v>367.26</v>
+        <v>48.454999999999998</v>
       </c>
       <c r="K237" s="5">
-        <v>6.9881499844269079</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L237" s="3" t="s">
-        <v>1036</v>
+        <v>1112</v>
       </c>
       <c r="M237" s="4">
-        <v>771245.99828099995</v>
+        <v>43415.68</v>
       </c>
       <c r="N237" s="4">
-        <v>110364.83189399001</v>
+        <v>51649.463711999997</v>
       </c>
       <c r="O237" s="3" t="s">
-        <v>1155</v>
+        <v>1161</v>
       </c>
       <c r="P237" s="3" t="s">
-        <v>1157</v>
+        <v>1163</v>
       </c>
       <c r="Q237" s="3" t="s">
-        <v>228</v>
+        <v>117</v>
       </c>
       <c r="R237" s="3" t="s">
-        <v>1158</v>
+        <v>1164</v>
       </c>
       <c r="S237" s="3" t="s">
-        <v>1128</v>
+        <v>1115</v>
       </c>
       <c r="T237" s="4">
         <v>1</v>
       </c>
       <c r="W237" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X237" s="4">
         <v>0</v>
       </c>
       <c r="Y237" s="4">
         <v>0</v>
       </c>
       <c r="Z237" s="6">
-        <v>4.6600000000000001E-3</v>
+        <v>2.1440000000000001E-3</v>
       </c>
     </row>
     <row r="238" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A238" s="3" t="s">
-        <v>1159</v>
+        <v>1165</v>
       </c>
       <c r="B238" s="3" t="s">
-        <v>1160</v>
+        <v>1166</v>
       </c>
       <c r="C238" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D238" s="4">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="E238" s="5">
-        <v>92.489513000000002</v>
+        <v>155.78776400000001</v>
       </c>
       <c r="F238" s="4">
-        <v>9248.9513040300008</v>
+        <v>31157.552708340001</v>
       </c>
       <c r="G238" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H238" s="3" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="I238" s="3" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="J238" s="5">
-        <v>126.78</v>
+        <v>210.96</v>
       </c>
       <c r="K238" s="5">
-        <v>1.3707500016140581</v>
+        <v>1.3541499951054248</v>
       </c>
       <c r="L238" s="3" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="M238" s="4">
-        <v>12678.000013999999</v>
+        <v>42191.999846999999</v>
       </c>
       <c r="N238" s="4">
-        <v>9248.9513040300008</v>
+        <v>31157.552708340001</v>
       </c>
       <c r="O238" s="3" t="s">
-        <v>1159</v>
+        <v>1165</v>
       </c>
       <c r="P238" s="3" t="s">
-        <v>1161</v>
+        <v>1167</v>
       </c>
       <c r="Q238" s="3" t="s">
-        <v>179</v>
+        <v>246</v>
       </c>
       <c r="R238" s="3" t="s">
-        <v>1162</v>
+        <v>1168</v>
       </c>
       <c r="S238" s="3" t="s">
-        <v>309</v>
+        <v>297</v>
       </c>
       <c r="T238" s="4">
         <v>1</v>
       </c>
       <c r="W238" s="3" t="s">
-        <v>1163</v>
+        <v>1169</v>
       </c>
       <c r="X238" s="4">
         <v>0</v>
       </c>
       <c r="Y238" s="4">
         <v>0</v>
       </c>
       <c r="Z238" s="6">
-        <v>3.8999999999999999E-4</v>
+        <v>1.2930000000000001E-3</v>
       </c>
     </row>
     <row r="239" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A239" s="3" t="s">
-        <v>1164</v>
+        <v>1170</v>
       </c>
       <c r="B239" s="3" t="s">
-        <v>1165</v>
+        <v>1171</v>
       </c>
       <c r="C239" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D239" s="4">
-        <v>750</v>
+        <v>3400</v>
       </c>
       <c r="E239" s="5">
-        <v>62.069682999999998</v>
+        <v>21.665365000000001</v>
       </c>
       <c r="F239" s="4">
-        <v>46552.261874999997</v>
+        <v>73662.240547010006</v>
       </c>
       <c r="G239" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H239" s="3" t="s">
-        <v>1114</v>
+        <v>1032</v>
       </c>
       <c r="I239" s="3" t="s">
-        <v>59</v>
+        <v>652</v>
       </c>
       <c r="J239" s="5">
-        <v>52.85</v>
+        <v>169.2</v>
       </c>
       <c r="K239" s="5">
-        <v>0.85146238664906981</v>
+        <v>7.8097001004874107</v>
       </c>
       <c r="L239" s="3" t="s">
-        <v>1115</v>
+        <v>1033</v>
       </c>
       <c r="M239" s="4">
-        <v>39637.5</v>
+        <v>575280.00740200002</v>
       </c>
       <c r="N239" s="4">
-        <v>46552.261874999997</v>
+        <v>73662.240547010006</v>
       </c>
       <c r="O239" s="3" t="s">
-        <v>1164</v>
+        <v>1170</v>
       </c>
       <c r="P239" s="3" t="s">
-        <v>1166</v>
+        <v>1172</v>
       </c>
       <c r="Q239" s="3" t="s">
-        <v>129</v>
+        <v>117</v>
       </c>
       <c r="R239" s="3" t="s">
-        <v>1167</v>
+        <v>1173</v>
       </c>
       <c r="S239" s="3" t="s">
-        <v>1118</v>
+        <v>656</v>
       </c>
       <c r="T239" s="4">
         <v>1</v>
       </c>
       <c r="W239" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X239" s="4">
         <v>0</v>
       </c>
       <c r="Y239" s="4">
         <v>0</v>
       </c>
       <c r="Z239" s="6">
-        <v>1.9650000000000002E-3</v>
+        <v>3.058E-3</v>
       </c>
     </row>
     <row r="240" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A240" s="3" t="s">
-        <v>1168</v>
+        <v>1174</v>
       </c>
       <c r="B240" s="3" t="s">
-        <v>1169</v>
+        <v>1175</v>
       </c>
       <c r="C240" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D240" s="4">
-        <v>200</v>
+        <v>124</v>
       </c>
       <c r="E240" s="5">
-        <v>155.71767299999999</v>
+        <v>420.58</v>
       </c>
       <c r="F240" s="4">
-        <v>31143.534561370001</v>
+        <v>52151.92</v>
       </c>
       <c r="G240" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H240" s="3" t="s">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="I240" s="3" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="J240" s="5">
-        <v>213.45</v>
+        <v>420.58</v>
       </c>
       <c r="K240" s="5">
-        <v>1.3707500016140581</v>
+        <v>1</v>
       </c>
       <c r="L240" s="3" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="M240" s="4">
-        <v>42690.000050000002</v>
+        <v>52151.92</v>
       </c>
       <c r="N240" s="4">
-        <v>31143.534561370001</v>
+        <v>52151.92</v>
       </c>
       <c r="O240" s="3" t="s">
-        <v>1168</v>
+        <v>1174</v>
       </c>
       <c r="P240" s="3" t="s">
-        <v>1170</v>
+        <v>1176</v>
       </c>
       <c r="Q240" s="3" t="s">
-        <v>258</v>
+        <v>216</v>
       </c>
       <c r="R240" s="3" t="s">
-        <v>1171</v>
+        <v>1177</v>
       </c>
       <c r="S240" s="3" t="s">
-        <v>309</v>
+        <v>102</v>
       </c>
       <c r="T240" s="4">
         <v>1</v>
       </c>
       <c r="W240" s="3" t="s">
-        <v>1172</v>
+        <v>34</v>
       </c>
       <c r="X240" s="4">
         <v>0</v>
       </c>
       <c r="Y240" s="4">
         <v>0</v>
       </c>
       <c r="Z240" s="6">
-        <v>1.315E-3</v>
+        <v>2.1649999999999998E-3</v>
       </c>
     </row>
     <row r="241" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A241" s="3" t="s">
-        <v>1173</v>
+        <v>1178</v>
       </c>
       <c r="B241" s="3" t="s">
-        <v>1174</v>
+        <v>372</v>
       </c>
       <c r="C241" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D241" s="4">
-        <v>3400</v>
+        <v>100</v>
       </c>
       <c r="E241" s="5">
-        <v>18.346502999999998</v>
+        <v>43.193147000000003</v>
       </c>
       <c r="F241" s="4">
-        <v>62378.107535169998</v>
+        <v>4319.3146992600005</v>
       </c>
       <c r="G241" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H241" s="3" t="s">
-        <v>1035</v>
+        <v>49</v>
       </c>
       <c r="I241" s="3" t="s">
-        <v>69</v>
+        <v>50</v>
       </c>
       <c r="J241" s="5">
-        <v>142.80000000000001</v>
+        <v>58.49</v>
       </c>
       <c r="K241" s="5">
-        <v>7.783499774395259</v>
+        <v>1.3541499951054248</v>
       </c>
       <c r="L241" s="3" t="s">
-        <v>1036</v>
+        <v>51</v>
       </c>
       <c r="M241" s="4">
-        <v>485519.985927</v>
+        <v>5848.9999779999998</v>
       </c>
       <c r="N241" s="4">
-        <v>62378.107535169998</v>
+        <v>4319.3146992600005</v>
       </c>
       <c r="O241" s="3" t="s">
-        <v>1173</v>
+        <v>1178</v>
       </c>
       <c r="P241" s="3" t="s">
-        <v>1175</v>
+        <v>374</v>
       </c>
       <c r="Q241" s="3" t="s">
-        <v>129</v>
+        <v>216</v>
       </c>
       <c r="R241" s="3" t="s">
-        <v>1176</v>
+        <v>375</v>
       </c>
       <c r="S241" s="3" t="s">
-        <v>657</v>
+        <v>297</v>
       </c>
       <c r="T241" s="4">
         <v>1</v>
       </c>
       <c r="W241" s="3" t="s">
-        <v>34</v>
+        <v>371</v>
       </c>
       <c r="X241" s="4">
         <v>0</v>
       </c>
       <c r="Y241" s="4">
         <v>0</v>
       </c>
       <c r="Z241" s="6">
-        <v>2.6329999999999999E-3</v>
+        <v>1.7899999999999999E-4</v>
       </c>
     </row>
     <row r="242" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A242" s="3" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
       <c r="B242" s="3" t="s">
-        <v>1178</v>
+        <v>1180</v>
       </c>
       <c r="C242" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D242" s="4">
-        <v>124</v>
+        <v>20</v>
       </c>
       <c r="E242" s="5">
-        <v>389.2</v>
+        <v>407.69</v>
       </c>
       <c r="F242" s="4">
-        <v>48260.800000000003</v>
+        <v>8153.8</v>
       </c>
       <c r="G242" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H242" s="3" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="I242" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J242" s="5">
-        <v>389.2</v>
+        <v>407.69</v>
       </c>
       <c r="K242" s="5">
         <v>1</v>
       </c>
       <c r="L242" s="3" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="M242" s="4">
-        <v>48260.800000000003</v>
+        <v>8153.8</v>
       </c>
       <c r="N242" s="4">
-        <v>48260.800000000003</v>
+        <v>8153.8</v>
       </c>
       <c r="O242" s="3" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
       <c r="P242" s="3" t="s">
-        <v>1179</v>
+        <v>1181</v>
       </c>
       <c r="Q242" s="3" t="s">
-        <v>228</v>
+        <v>167</v>
       </c>
       <c r="R242" s="3" t="s">
-        <v>1180</v>
+        <v>1182</v>
       </c>
       <c r="S242" s="3" t="s">
-        <v>114</v>
+        <v>130</v>
       </c>
       <c r="T242" s="4">
         <v>1</v>
       </c>
       <c r="W242" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X242" s="4">
         <v>0</v>
       </c>
       <c r="Y242" s="4">
         <v>0</v>
       </c>
       <c r="Z242" s="6">
-        <v>2.0370000000000002E-3</v>
+        <v>3.3799999999999998E-4</v>
       </c>
     </row>
     <row r="243" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A243" s="3" t="s">
-        <v>1181</v>
+        <v>1183</v>
       </c>
       <c r="B243" s="3" t="s">
-        <v>384</v>
+        <v>1184</v>
       </c>
       <c r="C243" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D243" s="4">
-        <v>600</v>
+        <v>1997</v>
       </c>
       <c r="E243" s="5">
-        <v>43.012948999999999</v>
+        <v>20.757435000000001</v>
       </c>
       <c r="F243" s="4">
-        <v>25807.769469269999</v>
+        <v>41452.596797420003</v>
       </c>
       <c r="G243" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H243" s="3" t="s">
-        <v>43</v>
+        <v>84</v>
       </c>
       <c r="I243" s="3" t="s">
-        <v>44</v>
+        <v>85</v>
       </c>
       <c r="J243" s="5">
-        <v>58.96</v>
+        <v>183.75</v>
       </c>
       <c r="K243" s="5">
-        <v>1.3707500016140581</v>
+        <v>8.8522500162217472</v>
       </c>
       <c r="L243" s="3" t="s">
-        <v>45</v>
+        <v>86</v>
       </c>
       <c r="M243" s="4">
-        <v>35376.000040999999</v>
+        <v>366948.75067199999</v>
       </c>
       <c r="N243" s="4">
-        <v>25807.769469269999</v>
+        <v>41452.596797420003</v>
       </c>
       <c r="O243" s="3" t="s">
-        <v>1181</v>
+        <v>1183</v>
       </c>
       <c r="P243" s="3" t="s">
-        <v>386</v>
+        <v>1185</v>
       </c>
       <c r="Q243" s="3" t="s">
-        <v>228</v>
+        <v>216</v>
       </c>
       <c r="R243" s="3" t="s">
-        <v>387</v>
+        <v>1186</v>
       </c>
       <c r="S243" s="3" t="s">
-        <v>309</v>
+        <v>1134</v>
       </c>
       <c r="T243" s="4">
         <v>1</v>
       </c>
       <c r="W243" s="3" t="s">
-        <v>383</v>
+        <v>34</v>
       </c>
       <c r="X243" s="4">
         <v>0</v>
       </c>
       <c r="Y243" s="4">
         <v>0</v>
       </c>
       <c r="Z243" s="6">
-        <v>1.0889999999999999E-3</v>
+        <v>1.72E-3</v>
       </c>
     </row>
     <row r="244" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A244" s="3" t="s">
-        <v>1182</v>
+        <v>1187</v>
       </c>
       <c r="B244" s="3" t="s">
-        <v>1183</v>
+        <v>1188</v>
       </c>
       <c r="C244" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D244" s="4">
-        <v>20</v>
+        <v>2069</v>
       </c>
       <c r="E244" s="5">
-        <v>275.39</v>
+        <v>18.091446000000001</v>
       </c>
       <c r="F244" s="4">
-        <v>5507.8</v>
+        <v>37431.201107059998</v>
       </c>
       <c r="G244" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H244" s="3" t="s">
-        <v>98</v>
+        <v>84</v>
       </c>
       <c r="I244" s="3" t="s">
-        <v>99</v>
+        <v>85</v>
       </c>
       <c r="J244" s="5">
-        <v>275.39</v>
+        <v>160.15</v>
       </c>
       <c r="K244" s="5">
-        <v>1</v>
+        <v>8.8522500162217472</v>
       </c>
       <c r="L244" s="3" t="s">
-        <v>100</v>
+        <v>86</v>
       </c>
       <c r="M244" s="4">
-        <v>5507.8</v>
+        <v>331350.350607</v>
       </c>
       <c r="N244" s="4">
-        <v>5507.8</v>
+        <v>37431.201107059998</v>
       </c>
       <c r="O244" s="3" t="s">
-        <v>1182</v>
+        <v>1187</v>
       </c>
       <c r="P244" s="3" t="s">
-        <v>1184</v>
+        <v>1189</v>
       </c>
       <c r="Q244" s="3" t="s">
-        <v>179</v>
+        <v>216</v>
       </c>
       <c r="R244" s="3" t="s">
-        <v>1185</v>
+        <v>1190</v>
       </c>
       <c r="S244" s="3" t="s">
-        <v>142</v>
+        <v>1134</v>
       </c>
       <c r="T244" s="4">
         <v>1</v>
       </c>
       <c r="W244" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X244" s="4">
         <v>0</v>
       </c>
       <c r="Y244" s="4">
         <v>0</v>
       </c>
       <c r="Z244" s="6">
-        <v>2.32E-4</v>
+        <v>1.5529999999999999E-3</v>
       </c>
     </row>
     <row r="245" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A245" s="3" t="s">
-        <v>1186</v>
+        <v>1191</v>
       </c>
       <c r="B245" s="3" t="s">
-        <v>1187</v>
+        <v>1192</v>
       </c>
       <c r="C245" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D245" s="4">
-        <v>1997</v>
+        <v>11127</v>
       </c>
       <c r="E245" s="5">
-        <v>18.012105999999999</v>
+        <v>9.2046770000000002</v>
       </c>
       <c r="F245" s="4">
-        <v>35970.175077020001</v>
+        <v>102420.43585347</v>
       </c>
       <c r="G245" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H245" s="3" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="I245" s="3" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="J245" s="5">
-        <v>166.05</v>
+        <v>147.62</v>
       </c>
       <c r="K245" s="5">
-        <v>9.2187998247321783</v>
+        <v>16.037499522884389</v>
       </c>
       <c r="L245" s="3" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="M245" s="4">
-        <v>331601.84369499999</v>
+        <v>1642567.691133</v>
       </c>
       <c r="N245" s="4">
-        <v>35970.175077020001</v>
+        <v>102420.43585347</v>
       </c>
       <c r="O245" s="3" t="s">
-        <v>1186</v>
+        <v>1191</v>
       </c>
       <c r="P245" s="3" t="s">
-        <v>1188</v>
+        <v>1193</v>
       </c>
       <c r="Q245" s="3" t="s">
-        <v>228</v>
+        <v>246</v>
       </c>
       <c r="R245" s="3" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="S245" s="3" t="s">
-        <v>1137</v>
+        <v>1195</v>
       </c>
       <c r="T245" s="4">
         <v>1</v>
       </c>
       <c r="W245" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X245" s="4">
         <v>0</v>
       </c>
       <c r="Y245" s="4">
         <v>0</v>
       </c>
       <c r="Z245" s="6">
-        <v>1.518E-3</v>
+        <v>4.2509999999999996E-3</v>
       </c>
     </row>
     <row r="246" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A246" s="3" t="s">
-        <v>1190</v>
+        <v>1196</v>
       </c>
       <c r="B246" s="3" t="s">
-        <v>1191</v>
+        <v>1197</v>
       </c>
       <c r="C246" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D246" s="4">
-        <v>2069</v>
+        <v>100</v>
       </c>
       <c r="E246" s="5">
-        <v>16.162624999999998</v>
+        <v>349.64</v>
       </c>
       <c r="F246" s="4">
-        <v>33440.469475420003</v>
+        <v>34964</v>
       </c>
       <c r="G246" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H246" s="3" t="s">
-        <v>88</v>
+        <v>69</v>
       </c>
       <c r="I246" s="3" t="s">
-        <v>89</v>
+        <v>32</v>
       </c>
       <c r="J246" s="5">
-        <v>149</v>
+        <v>349.64</v>
       </c>
       <c r="K246" s="5">
-        <v>9.2187998247321783</v>
+        <v>1</v>
       </c>
       <c r="L246" s="3" t="s">
-        <v>90</v>
+        <v>71</v>
       </c>
       <c r="M246" s="4">
-        <v>308280.99413800001</v>
+        <v>34964</v>
       </c>
       <c r="N246" s="4">
-        <v>33440.469475420003</v>
+        <v>34964</v>
       </c>
       <c r="O246" s="3" t="s">
-        <v>1190</v>
+        <v>1196</v>
       </c>
       <c r="P246" s="3" t="s">
-        <v>1192</v>
+        <v>1198</v>
       </c>
       <c r="Q246" s="3" t="s">
-        <v>228</v>
+        <v>150</v>
       </c>
       <c r="R246" s="3" t="s">
-        <v>1193</v>
+        <v>1199</v>
       </c>
       <c r="S246" s="3" t="s">
-        <v>1137</v>
+        <v>102</v>
       </c>
       <c r="T246" s="4">
         <v>1</v>
       </c>
       <c r="W246" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X246" s="4">
         <v>0</v>
       </c>
       <c r="Y246" s="4">
         <v>0</v>
       </c>
       <c r="Z246" s="6">
-        <v>1.4109999999999999E-3</v>
+        <v>1.451E-3</v>
       </c>
     </row>
     <row r="247" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A247" s="3" t="s">
-        <v>1194</v>
+        <v>1200</v>
       </c>
       <c r="B247" s="3" t="s">
-        <v>1195</v>
+        <v>1201</v>
       </c>
       <c r="C247" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D247" s="4">
-        <v>11127</v>
+        <v>527</v>
       </c>
       <c r="E247" s="5">
-        <v>8.8020519999999998</v>
+        <v>105.37</v>
       </c>
       <c r="F247" s="4">
-        <v>97940.431502720006</v>
+        <v>55529.99</v>
       </c>
       <c r="G247" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H247" s="3" t="s">
-        <v>103</v>
+        <v>31</v>
       </c>
       <c r="I247" s="3" t="s">
-        <v>104</v>
+        <v>32</v>
       </c>
       <c r="J247" s="5">
-        <v>145.85</v>
+        <v>105.37</v>
       </c>
       <c r="K247" s="5">
-        <v>16.570000048053</v>
+        <v>1</v>
       </c>
       <c r="L247" s="3" t="s">
-        <v>105</v>
+        <v>33</v>
       </c>
       <c r="M247" s="4">
-        <v>1622872.9547059999</v>
+        <v>55529.99</v>
       </c>
       <c r="N247" s="4">
-        <v>97940.431502720006</v>
+        <v>55529.99</v>
       </c>
       <c r="O247" s="3" t="s">
-        <v>1194</v>
+        <v>1200</v>
       </c>
       <c r="P247" s="3" t="s">
-        <v>1196</v>
+        <v>1202</v>
       </c>
       <c r="Q247" s="3" t="s">
-        <v>258</v>
+        <v>216</v>
       </c>
       <c r="R247" s="3" t="s">
-        <v>1197</v>
+        <v>1203</v>
       </c>
       <c r="S247" s="3" t="s">
-        <v>1198</v>
+        <v>102</v>
       </c>
       <c r="T247" s="4">
         <v>1</v>
       </c>
       <c r="W247" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X247" s="4">
         <v>0</v>
       </c>
       <c r="Y247" s="4">
         <v>0</v>
       </c>
       <c r="Z247" s="6">
-        <v>4.1349999999999998E-3</v>
+        <v>2.3050000000000002E-3</v>
       </c>
     </row>
     <row r="248" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A248" s="3" t="s">
-        <v>1199</v>
+        <v>1204</v>
       </c>
       <c r="B248" s="3" t="s">
-        <v>1200</v>
+        <v>269</v>
       </c>
       <c r="C248" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D248" s="4">
-        <v>100</v>
+        <v>900</v>
       </c>
       <c r="E248" s="5">
-        <v>352.88</v>
+        <v>74.747996999999998</v>
       </c>
       <c r="F248" s="4">
-        <v>35288</v>
+        <v>67273.197208579993</v>
       </c>
       <c r="G248" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H248" s="3" t="s">
-        <v>63</v>
+        <v>49</v>
       </c>
       <c r="I248" s="3" t="s">
-        <v>99</v>
+        <v>50</v>
       </c>
       <c r="J248" s="5">
-        <v>352.88</v>
+        <v>101.22</v>
       </c>
       <c r="K248" s="5">
-        <v>1</v>
+        <v>1.3541499951054248</v>
       </c>
       <c r="L248" s="3" t="s">
-        <v>65</v>
+        <v>51</v>
       </c>
       <c r="M248" s="4">
-        <v>35288</v>
+        <v>91097.999670000005</v>
       </c>
       <c r="N248" s="4">
-        <v>35288</v>
+        <v>67273.197208579993</v>
       </c>
       <c r="O248" s="3" t="s">
-        <v>1199</v>
+        <v>1204</v>
       </c>
       <c r="P248" s="3" t="s">
-        <v>1201</v>
+        <v>271</v>
       </c>
       <c r="Q248" s="3" t="s">
-        <v>162</v>
+        <v>216</v>
       </c>
       <c r="R248" s="3" t="s">
-        <v>1202</v>
+        <v>272</v>
       </c>
       <c r="S248" s="3" t="s">
-        <v>114</v>
+        <v>297</v>
       </c>
       <c r="T248" s="4">
         <v>1</v>
       </c>
       <c r="W248" s="3" t="s">
-        <v>34</v>
+        <v>268</v>
       </c>
       <c r="X248" s="4">
         <v>0</v>
       </c>
       <c r="Y248" s="4">
         <v>0</v>
       </c>
       <c r="Z248" s="6">
-        <v>1.49E-3</v>
+        <v>2.7920000000000002E-3</v>
       </c>
     </row>
     <row r="249" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A249" s="3" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
       <c r="B249" s="3" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
       <c r="C249" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D249" s="4">
-        <v>527</v>
+        <v>1600</v>
       </c>
       <c r="E249" s="5">
-        <v>104.14</v>
+        <v>77.595809000000003</v>
       </c>
       <c r="F249" s="4">
-        <v>54881.78</v>
+        <v>124153.29654148</v>
       </c>
       <c r="G249" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H249" s="3" t="s">
-        <v>98</v>
+        <v>1032</v>
       </c>
       <c r="I249" s="3" t="s">
-        <v>99</v>
+        <v>652</v>
       </c>
       <c r="J249" s="5">
-        <v>104.14</v>
+        <v>606</v>
       </c>
       <c r="K249" s="5">
-        <v>1</v>
+        <v>7.8097001004874107</v>
       </c>
       <c r="L249" s="3" t="s">
+        <v>1033</v>
+      </c>
+      <c r="M249" s="4">
+        <v>969600.012475</v>
+      </c>
+      <c r="N249" s="4">
+        <v>124153.29654148</v>
+      </c>
+      <c r="O249" s="3" t="s">
+        <v>1205</v>
+      </c>
+      <c r="P249" s="3" t="s">
+        <v>1207</v>
+      </c>
+      <c r="Q249" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="M249" s="4">
-[...13 lines deleted...]
-      </c>
       <c r="R249" s="3" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="S249" s="3" t="s">
-        <v>114</v>
+        <v>656</v>
       </c>
       <c r="T249" s="4">
         <v>1</v>
       </c>
       <c r="W249" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X249" s="4">
         <v>0</v>
       </c>
       <c r="Y249" s="4">
         <v>0</v>
       </c>
       <c r="Z249" s="6">
-        <v>2.317E-3</v>
+        <v>5.1539999999999997E-3</v>
       </c>
     </row>
     <row r="250" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A250" s="3" t="s">
-        <v>1207</v>
+        <v>1209</v>
       </c>
       <c r="B250" s="3" t="s">
-        <v>281</v>
+        <v>1210</v>
       </c>
       <c r="C250" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D250" s="4">
-        <v>900</v>
+        <v>5622</v>
       </c>
       <c r="E250" s="5">
-        <v>73.718767</v>
+        <v>3.852128</v>
       </c>
       <c r="F250" s="4">
-        <v>66346.890388469998</v>
+        <v>21656.663560109999</v>
       </c>
       <c r="G250" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H250" s="3" t="s">
-        <v>43</v>
+        <v>84</v>
       </c>
       <c r="I250" s="3" t="s">
-        <v>44</v>
+        <v>85</v>
       </c>
       <c r="J250" s="5">
-        <v>101.05</v>
+        <v>34.1</v>
       </c>
       <c r="K250" s="5">
-        <v>1.3707500016140581</v>
+        <v>8.8522500162217472</v>
       </c>
       <c r="L250" s="3" t="s">
-        <v>45</v>
+        <v>86</v>
       </c>
       <c r="M250" s="4">
-        <v>90945.000107</v>
+        <v>191710.20035100001</v>
       </c>
       <c r="N250" s="4">
-        <v>66346.890388469998</v>
+        <v>21656.663560109999</v>
       </c>
       <c r="O250" s="3" t="s">
-        <v>1207</v>
+        <v>1209</v>
       </c>
       <c r="P250" s="3" t="s">
-        <v>283</v>
+        <v>1211</v>
       </c>
       <c r="Q250" s="3" t="s">
-        <v>228</v>
+        <v>216</v>
       </c>
       <c r="R250" s="3" t="s">
-        <v>284</v>
+        <v>1212</v>
       </c>
       <c r="S250" s="3" t="s">
-        <v>309</v>
+        <v>1134</v>
       </c>
       <c r="T250" s="4">
         <v>1</v>
       </c>
       <c r="W250" s="3" t="s">
-        <v>280</v>
+        <v>34</v>
       </c>
       <c r="X250" s="4">
         <v>0</v>
       </c>
       <c r="Y250" s="4">
         <v>0</v>
       </c>
       <c r="Z250" s="6">
-        <v>2.8010000000000001E-3</v>
+        <v>8.9899999999999995E-4</v>
       </c>
     </row>
     <row r="251" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A251" s="3" t="s">
-        <v>1208</v>
+        <v>1213</v>
       </c>
       <c r="B251" s="3" t="s">
-        <v>1209</v>
+        <v>1214</v>
       </c>
       <c r="C251" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D251" s="4">
-        <v>1600</v>
+        <v>2313</v>
       </c>
       <c r="E251" s="5">
-        <v>76.957668999999996</v>
+        <v>25.750271000000001</v>
       </c>
       <c r="F251" s="4">
-        <v>123132.26697501</v>
+        <v>59560.37740125</v>
       </c>
       <c r="G251" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H251" s="3" t="s">
-        <v>1035</v>
+        <v>69</v>
       </c>
       <c r="I251" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="J251" s="5">
-        <v>599</v>
+        <v>18.765000000000001</v>
       </c>
       <c r="K251" s="5">
-        <v>7.783499774395259</v>
+        <v>0.72873018764802333</v>
       </c>
       <c r="L251" s="3" t="s">
-        <v>1036</v>
+        <v>71</v>
       </c>
       <c r="M251" s="4">
-        <v>958399.97222</v>
+        <v>43403.445</v>
       </c>
       <c r="N251" s="4">
-        <v>123132.26697501</v>
+        <v>59560.37740125</v>
       </c>
       <c r="O251" s="3" t="s">
-        <v>1208</v>
+        <v>1213</v>
       </c>
       <c r="P251" s="3" t="s">
-        <v>1210</v>
+        <v>1215</v>
       </c>
       <c r="Q251" s="3" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="R251" s="3" t="s">
-        <v>1211</v>
+        <v>1216</v>
       </c>
       <c r="S251" s="3" t="s">
-        <v>657</v>
+        <v>119</v>
       </c>
       <c r="T251" s="4">
         <v>1</v>
       </c>
       <c r="W251" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X251" s="4">
         <v>0</v>
       </c>
       <c r="Y251" s="4">
         <v>0</v>
       </c>
       <c r="Z251" s="6">
-        <v>5.1989999999999996E-3</v>
+        <v>2.4719999999999998E-3</v>
       </c>
     </row>
     <row r="252" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A252" s="3" t="s">
-        <v>1212</v>
+        <v>1217</v>
       </c>
       <c r="B252" s="3" t="s">
-        <v>1213</v>
+        <v>1218</v>
       </c>
       <c r="C252" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D252" s="4">
-        <v>5622</v>
+        <v>831</v>
       </c>
       <c r="E252" s="5">
-        <v>3.8638439999999998</v>
+        <v>81.062751000000006</v>
       </c>
       <c r="F252" s="4">
-        <v>21722.52787781</v>
+        <v>67363.146080999999</v>
       </c>
       <c r="G252" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H252" s="3" t="s">
-        <v>88</v>
+        <v>405</v>
       </c>
       <c r="I252" s="3" t="s">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="J252" s="5">
-        <v>35.619999999999997</v>
+        <v>68.14</v>
       </c>
       <c r="K252" s="5">
-        <v>9.2187998247321783</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L252" s="3" t="s">
-        <v>90</v>
+        <v>406</v>
       </c>
       <c r="M252" s="4">
-        <v>200255.63619200001</v>
+        <v>56624.34</v>
       </c>
       <c r="N252" s="4">
-        <v>21722.52787781</v>
+        <v>67363.146080999999</v>
       </c>
       <c r="O252" s="3" t="s">
-        <v>1212</v>
+        <v>1217</v>
       </c>
       <c r="P252" s="3" t="s">
-        <v>1214</v>
+        <v>1219</v>
       </c>
       <c r="Q252" s="3" t="s">
-        <v>228</v>
+        <v>107</v>
       </c>
       <c r="R252" s="3" t="s">
-        <v>1215</v>
+        <v>1220</v>
       </c>
       <c r="S252" s="3" t="s">
-        <v>1137</v>
+        <v>409</v>
       </c>
       <c r="T252" s="4">
         <v>1</v>
       </c>
       <c r="W252" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X252" s="4">
         <v>0</v>
       </c>
       <c r="Y252" s="4">
         <v>0</v>
       </c>
       <c r="Z252" s="6">
-        <v>9.1699999999999995E-4</v>
+        <v>2.7959999999999999E-3</v>
       </c>
     </row>
     <row r="253" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A253" s="3" t="s">
-        <v>1216</v>
+        <v>1221</v>
       </c>
       <c r="B253" s="3" t="s">
-        <v>1217</v>
+        <v>1222</v>
       </c>
       <c r="C253" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D253" s="4">
-        <v>2313</v>
+        <v>13000</v>
       </c>
       <c r="E253" s="5">
-        <v>24.540437000000001</v>
+        <v>8.0965710000000009</v>
       </c>
       <c r="F253" s="4">
-        <v>56762.031359250002</v>
+        <v>105255.41729139999</v>
       </c>
       <c r="G253" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H253" s="3" t="s">
-        <v>63</v>
+        <v>44</v>
       </c>
       <c r="I253" s="3" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
       <c r="J253" s="5">
-        <v>18.245000000000001</v>
+        <v>42.39</v>
       </c>
       <c r="K253" s="5">
-        <v>0.74346678562135238</v>
+        <v>5.2355500128532748</v>
       </c>
       <c r="L253" s="3" t="s">
-        <v>65</v>
+        <v>46</v>
       </c>
       <c r="M253" s="4">
-        <v>42200.684999999998</v>
+        <v>551070.00135200005</v>
       </c>
       <c r="N253" s="4">
-        <v>56762.031359250002</v>
+        <v>105255.41729139999</v>
       </c>
       <c r="O253" s="3" t="s">
-        <v>1216</v>
+        <v>1221</v>
       </c>
       <c r="P253" s="3" t="s">
-        <v>1218</v>
+        <v>1223</v>
       </c>
       <c r="Q253" s="3" t="s">
-        <v>119</v>
+        <v>107</v>
       </c>
       <c r="R253" s="3" t="s">
-        <v>1219</v>
+        <v>1224</v>
       </c>
       <c r="S253" s="3" t="s">
-        <v>131</v>
+        <v>1052</v>
       </c>
       <c r="T253" s="4">
         <v>1</v>
       </c>
       <c r="W253" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X253" s="4">
         <v>0</v>
       </c>
       <c r="Y253" s="4">
         <v>0</v>
       </c>
       <c r="Z253" s="6">
-        <v>2.3960000000000001E-3</v>
+        <v>4.3689999999999996E-3</v>
       </c>
     </row>
     <row r="254" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A254" s="3" t="s">
-        <v>1220</v>
+        <v>1225</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>1221</v>
+        <v>1226</v>
       </c>
       <c r="C254" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D254" s="4">
-        <v>831</v>
+        <v>1800</v>
       </c>
       <c r="E254" s="5">
-        <v>73.285679999999999</v>
+        <v>4.2562449999999998</v>
       </c>
       <c r="F254" s="4">
-        <v>60900.400079999999</v>
+        <v>7661.24178906</v>
       </c>
       <c r="G254" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H254" s="3" t="s">
-        <v>417</v>
+        <v>1032</v>
       </c>
       <c r="I254" s="3" t="s">
-        <v>59</v>
+        <v>652</v>
       </c>
       <c r="J254" s="5">
-        <v>62.4</v>
+        <v>33.24</v>
       </c>
       <c r="K254" s="5">
-        <v>0.85146238664906981</v>
+        <v>7.8097001004874107</v>
       </c>
       <c r="L254" s="3" t="s">
-        <v>418</v>
+        <v>1033</v>
       </c>
       <c r="M254" s="4">
-        <v>51854.400000000001</v>
+        <v>59832.000768999998</v>
       </c>
       <c r="N254" s="4">
-        <v>60900.400079999999</v>
+        <v>7661.24178906</v>
       </c>
       <c r="O254" s="3" t="s">
-        <v>1220</v>
+        <v>1225</v>
       </c>
       <c r="P254" s="3" t="s">
-        <v>1222</v>
+        <v>1227</v>
       </c>
       <c r="Q254" s="3" t="s">
-        <v>119</v>
+        <v>144</v>
       </c>
       <c r="R254" s="3" t="s">
-        <v>1223</v>
+        <v>1228</v>
       </c>
       <c r="S254" s="3" t="s">
-        <v>421</v>
+        <v>656</v>
       </c>
       <c r="T254" s="4">
         <v>1</v>
       </c>
       <c r="W254" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X254" s="4">
         <v>0</v>
       </c>
       <c r="Y254" s="4">
         <v>0</v>
       </c>
       <c r="Z254" s="6">
-        <v>2.5709999999999999E-3</v>
+        <v>3.1799999999999998E-4</v>
       </c>
     </row>
     <row r="255" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A255" s="3" t="s">
-        <v>1224</v>
+        <v>1229</v>
       </c>
       <c r="B255" s="3" t="s">
-        <v>1225</v>
+        <v>1230</v>
       </c>
       <c r="C255" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D255" s="4">
-        <v>13000</v>
+        <v>39</v>
       </c>
       <c r="E255" s="5">
-        <v>7.4109220000000002</v>
+        <v>1097.33134</v>
       </c>
       <c r="F255" s="4">
-        <v>96341.986404490002</v>
+        <v>42795.922342710001</v>
       </c>
       <c r="G255" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H255" s="3" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="I255" s="3" t="s">
-        <v>39</v>
+        <v>55</v>
       </c>
       <c r="J255" s="5">
-        <v>40.61</v>
+        <v>845</v>
       </c>
       <c r="K255" s="5">
-        <v>5.4797499129815712</v>
+        <v>0.77005000173376759</v>
       </c>
       <c r="L255" s="3" t="s">
-        <v>40</v>
+        <v>56</v>
       </c>
       <c r="M255" s="4">
-        <v>527929.99161599996</v>
+        <v>32955.000074000003</v>
       </c>
       <c r="N255" s="4">
-        <v>96341.986404490002</v>
+        <v>42795.922342710001</v>
       </c>
       <c r="O255" s="3" t="s">
-        <v>1224</v>
+        <v>1229</v>
       </c>
       <c r="P255" s="3" t="s">
-        <v>1226</v>
+        <v>1231</v>
       </c>
       <c r="Q255" s="3" t="s">
-        <v>119</v>
+        <v>216</v>
       </c>
       <c r="R255" s="3" t="s">
-        <v>1227</v>
+        <v>1232</v>
       </c>
       <c r="S255" s="3" t="s">
-        <v>1055</v>
+        <v>592</v>
       </c>
       <c r="T255" s="4">
         <v>1</v>
       </c>
       <c r="W255" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X255" s="4">
         <v>0</v>
       </c>
       <c r="Y255" s="4">
         <v>0</v>
       </c>
       <c r="Z255" s="6">
-        <v>4.0670000000000003E-3</v>
+        <v>1.776E-3</v>
       </c>
     </row>
     <row r="256" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A256" s="3" t="s">
-        <v>1228</v>
+        <v>1233</v>
       </c>
       <c r="B256" s="3" t="s">
-        <v>1229</v>
+        <v>1234</v>
       </c>
       <c r="C256" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D256" s="4">
-        <v>1800</v>
+        <v>9900</v>
       </c>
       <c r="E256" s="5">
-        <v>4.2757120000000004</v>
+        <v>3.7936239999999999</v>
       </c>
       <c r="F256" s="4">
-        <v>7696.2805935599999</v>
+        <v>37556.882780460001</v>
       </c>
       <c r="G256" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H256" s="3" t="s">
-        <v>1035</v>
+        <v>1032</v>
       </c>
       <c r="I256" s="3" t="s">
-        <v>69</v>
+        <v>1122</v>
       </c>
       <c r="J256" s="5">
-        <v>33.28</v>
+        <v>26.36</v>
       </c>
       <c r="K256" s="5">
-        <v>7.783499774395259</v>
+        <v>6.9485001488716156</v>
       </c>
       <c r="L256" s="3" t="s">
-        <v>1036</v>
+        <v>1033</v>
       </c>
       <c r="M256" s="4">
-        <v>59903.998263000001</v>
+        <v>260964.00559099999</v>
       </c>
       <c r="N256" s="4">
-        <v>7696.2805935599999</v>
+        <v>37556.882780460001</v>
       </c>
       <c r="O256" s="3" t="s">
-        <v>1228</v>
+        <v>1233</v>
       </c>
       <c r="P256" s="3" t="s">
-        <v>1230</v>
+        <v>1235</v>
       </c>
       <c r="Q256" s="3" t="s">
         <v>156</v>
       </c>
       <c r="R256" s="3" t="s">
-        <v>1231</v>
+        <v>1236</v>
       </c>
       <c r="S256" s="3" t="s">
-        <v>657</v>
+        <v>1143</v>
       </c>
       <c r="T256" s="4">
         <v>1</v>
       </c>
       <c r="W256" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X256" s="4">
         <v>0</v>
       </c>
       <c r="Y256" s="4">
         <v>0</v>
       </c>
       <c r="Z256" s="6">
-        <v>3.2400000000000001E-4</v>
+        <v>1.5590000000000001E-3</v>
       </c>
     </row>
     <row r="257" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A257" s="3" t="s">
-        <v>1232</v>
+        <v>1237</v>
       </c>
       <c r="B257" s="3" t="s">
-        <v>1233</v>
+        <v>1238</v>
       </c>
       <c r="C257" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D257" s="4">
-        <v>33</v>
+        <v>12300</v>
       </c>
       <c r="E257" s="5">
-        <v>985.799935</v>
+        <v>2.0033099999999999</v>
       </c>
       <c r="F257" s="4">
-        <v>32531.397917319999</v>
+        <v>24640.713823130001</v>
       </c>
       <c r="G257" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H257" s="3" t="s">
-        <v>48</v>
+        <v>1032</v>
       </c>
       <c r="I257" s="3" t="s">
-        <v>49</v>
+        <v>1122</v>
       </c>
       <c r="J257" s="5">
-        <v>781</v>
+        <v>13.92</v>
       </c>
       <c r="K257" s="5">
-        <v>0.79225000133296064</v>
+        <v>6.9485001488716156</v>
       </c>
       <c r="L257" s="3" t="s">
-        <v>50</v>
+        <v>1033</v>
       </c>
       <c r="M257" s="4">
-        <v>25773.000043</v>
+        <v>171216.00366799999</v>
       </c>
       <c r="N257" s="4">
-        <v>32531.397917319999</v>
+        <v>24640.713823130001</v>
       </c>
       <c r="O257" s="3" t="s">
-        <v>1232</v>
+        <v>1237</v>
       </c>
       <c r="P257" s="3" t="s">
-        <v>1234</v>
+        <v>1239</v>
       </c>
       <c r="Q257" s="3" t="s">
-        <v>228</v>
+        <v>156</v>
       </c>
       <c r="R257" s="3" t="s">
-        <v>1235</v>
+        <v>1240</v>
       </c>
       <c r="S257" s="3" t="s">
-        <v>599</v>
+        <v>1143</v>
       </c>
       <c r="T257" s="4">
         <v>1</v>
       </c>
       <c r="W257" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X257" s="4">
         <v>0</v>
       </c>
       <c r="Y257" s="4">
         <v>0</v>
       </c>
       <c r="Z257" s="6">
-        <v>1.3730000000000001E-3</v>
+        <v>1.0219999999999999E-3</v>
       </c>
     </row>
     <row r="258" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A258" s="3" t="s">
-        <v>1236</v>
+        <v>1241</v>
       </c>
       <c r="B258" s="3" t="s">
-        <v>1237</v>
+        <v>1242</v>
       </c>
       <c r="C258" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D258" s="4">
-        <v>9900</v>
+        <v>935</v>
       </c>
       <c r="E258" s="5">
-        <v>3.8908719999999999</v>
+        <v>58.871791000000002</v>
       </c>
       <c r="F258" s="4">
-        <v>38519.636813750003</v>
+        <v>55045.123621999999</v>
       </c>
       <c r="G258" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H258" s="3" t="s">
-        <v>1035</v>
+        <v>59</v>
       </c>
       <c r="I258" s="3" t="s">
-        <v>1125</v>
+        <v>60</v>
       </c>
       <c r="J258" s="5">
-        <v>27.19</v>
+        <v>369.55</v>
       </c>
       <c r="K258" s="5">
-        <v>6.9881499844269079</v>
+        <v>6.2771998917810743</v>
       </c>
       <c r="L258" s="3" t="s">
-        <v>1036</v>
+        <v>61</v>
       </c>
       <c r="M258" s="4">
-        <v>269180.99939999997</v>
+        <v>345529.24404299998</v>
       </c>
       <c r="N258" s="4">
-        <v>38519.636813750003</v>
+        <v>55045.123621999999</v>
       </c>
       <c r="O258" s="3" t="s">
-        <v>1236</v>
+        <v>1241</v>
       </c>
       <c r="P258" s="3" t="s">
-        <v>1238</v>
+        <v>1243</v>
       </c>
       <c r="Q258" s="3" t="s">
-        <v>168</v>
+        <v>107</v>
       </c>
       <c r="R258" s="3" t="s">
-        <v>1239</v>
+        <v>1244</v>
       </c>
       <c r="S258" s="3" t="s">
-        <v>1146</v>
+        <v>1100</v>
       </c>
       <c r="T258" s="4">
         <v>1</v>
       </c>
       <c r="W258" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X258" s="4">
         <v>0</v>
       </c>
       <c r="Y258" s="4">
         <v>0</v>
       </c>
       <c r="Z258" s="6">
-        <v>1.6260000000000001E-3</v>
+        <v>2.2850000000000001E-3</v>
       </c>
     </row>
     <row r="259" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A259" s="3" t="s">
-        <v>1240</v>
+        <v>1245</v>
       </c>
       <c r="B259" s="3" t="s">
-        <v>1241</v>
+        <v>1246</v>
       </c>
       <c r="C259" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D259" s="4">
-        <v>12300</v>
+        <v>1519</v>
       </c>
       <c r="E259" s="5">
-        <v>1.989082</v>
+        <v>47.256672000000002</v>
       </c>
       <c r="F259" s="4">
-        <v>24465.702653780001</v>
+        <v>71782.884228299998</v>
       </c>
       <c r="G259" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H259" s="3" t="s">
-        <v>1035</v>
+        <v>54</v>
       </c>
       <c r="I259" s="3" t="s">
-        <v>1125</v>
+        <v>55</v>
       </c>
       <c r="J259" s="5">
-        <v>13.9</v>
+        <v>36.39</v>
       </c>
       <c r="K259" s="5">
-        <v>6.9881499844269079</v>
+        <v>0.77005000173376759</v>
       </c>
       <c r="L259" s="3" t="s">
-        <v>1036</v>
+        <v>56</v>
       </c>
       <c r="M259" s="4">
-        <v>170969.99961900001</v>
+        <v>55276.410124000002</v>
       </c>
       <c r="N259" s="4">
-        <v>24465.702653780001</v>
+        <v>71782.884228299998</v>
       </c>
       <c r="O259" s="3" t="s">
-        <v>1240</v>
+        <v>1245</v>
       </c>
       <c r="P259" s="3" t="s">
-        <v>1242</v>
+        <v>1247</v>
       </c>
       <c r="Q259" s="3" t="s">
-        <v>168</v>
+        <v>150</v>
       </c>
       <c r="R259" s="3" t="s">
-        <v>1243</v>
+        <v>1248</v>
       </c>
       <c r="S259" s="3" t="s">
-        <v>1146</v>
+        <v>592</v>
       </c>
       <c r="T259" s="4">
         <v>1</v>
       </c>
       <c r="W259" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X259" s="4">
         <v>0</v>
       </c>
       <c r="Y259" s="4">
         <v>0</v>
       </c>
       <c r="Z259" s="6">
-        <v>1.0330000000000001E-3</v>
+        <v>2.9789999999999999E-3</v>
       </c>
     </row>
     <row r="260" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A260" s="3" t="s">
-        <v>1244</v>
+        <v>1249</v>
       </c>
       <c r="B260" s="3" t="s">
-        <v>1245</v>
+        <v>1250</v>
       </c>
       <c r="C260" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D260" s="4">
-        <v>935</v>
+        <v>38800</v>
       </c>
       <c r="E260" s="5">
-        <v>51.143152000000001</v>
+        <v>2.5732170000000001</v>
       </c>
       <c r="F260" s="4">
-        <v>47818.848669730003</v>
+        <v>99840.82895589</v>
       </c>
       <c r="G260" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H260" s="3" t="s">
-        <v>53</v>
+        <v>1032</v>
       </c>
       <c r="I260" s="3" t="s">
-        <v>54</v>
+        <v>1122</v>
       </c>
       <c r="J260" s="5">
-        <v>325.25</v>
+        <v>17.88</v>
       </c>
       <c r="K260" s="5">
-        <v>6.3596001566751097</v>
+        <v>6.9485001488716156</v>
       </c>
       <c r="L260" s="3" t="s">
-        <v>55</v>
+        <v>1033</v>
       </c>
       <c r="M260" s="4">
-        <v>304108.757492</v>
+        <v>693744.01486300002</v>
       </c>
       <c r="N260" s="4">
-        <v>47818.848669730003</v>
+        <v>99840.82895589</v>
       </c>
       <c r="O260" s="3" t="s">
-        <v>1244</v>
+        <v>1249</v>
       </c>
       <c r="P260" s="3" t="s">
-        <v>1246</v>
+        <v>1251</v>
       </c>
       <c r="Q260" s="3" t="s">
-        <v>119</v>
+        <v>167</v>
       </c>
       <c r="R260" s="3" t="s">
-        <v>1247</v>
+        <v>1252</v>
       </c>
       <c r="S260" s="3" t="s">
-        <v>1103</v>
+        <v>1143</v>
       </c>
       <c r="T260" s="4">
         <v>1</v>
       </c>
       <c r="W260" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X260" s="4">
         <v>0</v>
       </c>
       <c r="Y260" s="4">
         <v>0</v>
       </c>
       <c r="Z260" s="6">
-        <v>2.019E-3</v>
+        <v>4.1440000000000001E-3</v>
       </c>
     </row>
     <row r="261" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A261" s="3" t="s">
-        <v>1248</v>
+        <v>1253</v>
       </c>
       <c r="B261" s="3" t="s">
-        <v>1249</v>
+        <v>1254</v>
       </c>
       <c r="C261" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D261" s="4">
-        <v>1519</v>
+        <v>241000</v>
       </c>
       <c r="E261" s="5">
-        <v>46.651941000000001</v>
+        <v>0.41743000000000002</v>
       </c>
       <c r="F261" s="4">
-        <v>70864.297885770007</v>
+        <v>100600.53523183</v>
       </c>
       <c r="G261" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H261" s="3" t="s">
-        <v>48</v>
+        <v>1032</v>
       </c>
       <c r="I261" s="3" t="s">
-        <v>49</v>
+        <v>652</v>
       </c>
       <c r="J261" s="5">
-        <v>36.96</v>
+        <v>3.26</v>
       </c>
       <c r="K261" s="5">
-        <v>0.79225000133296064</v>
+        <v>7.8097001004874107</v>
       </c>
       <c r="L261" s="3" t="s">
-        <v>50</v>
+        <v>1033</v>
       </c>
       <c r="M261" s="4">
-        <v>56142.240094000001</v>
+        <v>785660.01010900002</v>
       </c>
       <c r="N261" s="4">
-        <v>70864.297885770007</v>
+        <v>100600.53523183</v>
       </c>
       <c r="O261" s="3" t="s">
-        <v>1248</v>
+        <v>1253</v>
       </c>
       <c r="P261" s="3" t="s">
-        <v>1250</v>
+        <v>1255</v>
       </c>
       <c r="Q261" s="3" t="s">
-        <v>162</v>
+        <v>156</v>
       </c>
       <c r="R261" s="3" t="s">
-        <v>1251</v>
+        <v>1256</v>
       </c>
       <c r="S261" s="3" t="s">
-        <v>599</v>
+        <v>656</v>
       </c>
       <c r="T261" s="4">
         <v>1</v>
       </c>
       <c r="W261" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X261" s="4">
         <v>0</v>
       </c>
       <c r="Y261" s="4">
         <v>0</v>
       </c>
       <c r="Z261" s="6">
-        <v>2.9919999999999999E-3</v>
+        <v>4.176E-3</v>
       </c>
     </row>
     <row r="262" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A262" s="3" t="s">
-        <v>1252</v>
+        <v>1257</v>
       </c>
       <c r="B262" s="3" t="s">
-        <v>1253</v>
+        <v>1258</v>
       </c>
       <c r="C262" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D262" s="4">
-        <v>38800</v>
+        <v>100</v>
       </c>
       <c r="E262" s="5">
-        <v>2.604409</v>
+        <v>282.56101699999999</v>
       </c>
       <c r="F262" s="4">
-        <v>101051.06501721</v>
+        <v>28256.10161356</v>
       </c>
       <c r="G262" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H262" s="3" t="s">
-        <v>1035</v>
+        <v>49</v>
       </c>
       <c r="I262" s="3" t="s">
-        <v>1125</v>
+        <v>50</v>
       </c>
       <c r="J262" s="5">
-        <v>18.2</v>
+        <v>382.63</v>
       </c>
       <c r="K262" s="5">
-        <v>6.9881499844269079</v>
+        <v>1.3541499951054248</v>
       </c>
       <c r="L262" s="3" t="s">
-        <v>1036</v>
+        <v>51</v>
       </c>
       <c r="M262" s="4">
-        <v>706159.99842600001</v>
+        <v>38262.999860999997</v>
       </c>
       <c r="N262" s="4">
-        <v>101051.06501721</v>
+        <v>28256.10161356</v>
       </c>
       <c r="O262" s="3" t="s">
-        <v>1252</v>
+        <v>1257</v>
       </c>
       <c r="P262" s="3" t="s">
-        <v>1254</v>
+        <v>1259</v>
       </c>
       <c r="Q262" s="3" t="s">
-        <v>179</v>
+        <v>167</v>
       </c>
       <c r="R262" s="3" t="s">
-        <v>1255</v>
+        <v>1260</v>
       </c>
       <c r="S262" s="3" t="s">
-        <v>1146</v>
+        <v>297</v>
       </c>
       <c r="T262" s="4">
         <v>1</v>
       </c>
       <c r="W262" s="3" t="s">
-        <v>34</v>
+        <v>1261</v>
       </c>
       <c r="X262" s="4">
         <v>0</v>
       </c>
       <c r="Y262" s="4">
         <v>0</v>
       </c>
       <c r="Z262" s="6">
-        <v>4.2659999999999998E-3</v>
+        <v>1.173E-3</v>
       </c>
     </row>
     <row r="263" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A263" s="3" t="s">
-        <v>1256</v>
+        <v>1262</v>
       </c>
       <c r="B263" s="3" t="s">
-        <v>1257</v>
+        <v>238</v>
       </c>
       <c r="C263" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D263" s="4">
-        <v>254000</v>
+        <v>400</v>
       </c>
       <c r="E263" s="5">
-        <v>0.37643700000000002</v>
+        <v>41.878669000000002</v>
       </c>
       <c r="F263" s="4">
-        <v>95615.083188799996</v>
+        <v>16751.467710370001</v>
       </c>
       <c r="G263" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H263" s="3" t="s">
-        <v>1035</v>
+        <v>49</v>
       </c>
       <c r="I263" s="3" t="s">
-        <v>69</v>
+        <v>50</v>
       </c>
       <c r="J263" s="5">
-        <v>2.93</v>
+        <v>56.71</v>
       </c>
       <c r="K263" s="5">
-        <v>7.783499774395259</v>
+        <v>1.3541499951054248</v>
       </c>
       <c r="L263" s="3" t="s">
-        <v>1036</v>
+        <v>51</v>
       </c>
       <c r="M263" s="4">
-        <v>744219.978428</v>
+        <v>22683.999918000001</v>
       </c>
       <c r="N263" s="4">
-        <v>95615.083188799996</v>
+        <v>16751.467710370001</v>
       </c>
       <c r="O263" s="3" t="s">
-        <v>1256</v>
+        <v>1262</v>
       </c>
       <c r="P263" s="3" t="s">
-        <v>1258</v>
+        <v>240</v>
       </c>
       <c r="Q263" s="3" t="s">
-        <v>168</v>
+        <v>156</v>
       </c>
       <c r="R263" s="3" t="s">
-        <v>1259</v>
+        <v>241</v>
       </c>
       <c r="S263" s="3" t="s">
-        <v>657</v>
+        <v>297</v>
       </c>
       <c r="T263" s="4">
         <v>1</v>
       </c>
       <c r="W263" s="3" t="s">
-        <v>34</v>
+        <v>237</v>
       </c>
       <c r="X263" s="4">
         <v>0</v>
       </c>
       <c r="Y263" s="4">
         <v>0</v>
       </c>
       <c r="Z263" s="6">
-        <v>4.0369999999999998E-3</v>
+        <v>6.9499999999999998E-4</v>
       </c>
     </row>
     <row r="264" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A264" s="3" t="s">
-        <v>1260</v>
+        <v>1263</v>
       </c>
       <c r="B264" s="3" t="s">
-        <v>1261</v>
+        <v>1264</v>
       </c>
       <c r="C264" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D264" s="4">
-        <v>100</v>
+        <v>1113</v>
       </c>
       <c r="E264" s="5">
-        <v>296.19551300000001</v>
+        <v>119.26</v>
       </c>
       <c r="F264" s="4">
-        <v>29619.551340509999</v>
+        <v>132736.38</v>
       </c>
       <c r="G264" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H264" s="3" t="s">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="I264" s="3" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="J264" s="5">
-        <v>406.01</v>
+        <v>119.26</v>
       </c>
       <c r="K264" s="5">
-        <v>1.3707500016140581</v>
+        <v>1</v>
       </c>
       <c r="L264" s="3" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="M264" s="4">
-        <v>40601.000047000001</v>
+        <v>132736.38</v>
       </c>
       <c r="N264" s="4">
-        <v>29619.551340509999</v>
+        <v>132736.38</v>
       </c>
       <c r="O264" s="3" t="s">
-        <v>1260</v>
+        <v>1263</v>
       </c>
       <c r="P264" s="3" t="s">
-        <v>1262</v>
+        <v>1265</v>
       </c>
       <c r="Q264" s="3" t="s">
-        <v>179</v>
+        <v>216</v>
       </c>
       <c r="R264" s="3" t="s">
-        <v>1263</v>
+        <v>1266</v>
       </c>
       <c r="S264" s="3" t="s">
-        <v>309</v>
+        <v>102</v>
       </c>
       <c r="T264" s="4">
         <v>1</v>
       </c>
       <c r="W264" s="3" t="s">
-        <v>1264</v>
+        <v>34</v>
       </c>
       <c r="X264" s="4">
         <v>0</v>
       </c>
       <c r="Y264" s="4">
         <v>0</v>
       </c>
       <c r="Z264" s="6">
-        <v>1.25E-3</v>
+        <v>5.5100000000000001E-3</v>
       </c>
     </row>
     <row r="265" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A265" s="3" t="s">
-        <v>1265</v>
+        <v>1267</v>
       </c>
       <c r="B265" s="3" t="s">
-        <v>250</v>
+        <v>1268</v>
       </c>
       <c r="C265" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D265" s="4">
-        <v>400</v>
+        <v>1066</v>
       </c>
       <c r="E265" s="5">
-        <v>38.40963</v>
+        <v>87.379793000000006</v>
       </c>
       <c r="F265" s="4">
-        <v>15363.85190589</v>
+        <v>93146.858804999996</v>
       </c>
       <c r="G265" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H265" s="3" t="s">
-        <v>43</v>
+        <v>398</v>
       </c>
       <c r="I265" s="3" t="s">
-        <v>44</v>
+        <v>65</v>
       </c>
       <c r="J265" s="5">
-        <v>52.65</v>
+        <v>73.45</v>
       </c>
       <c r="K265" s="5">
-        <v>1.3707500016140581</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L265" s="3" t="s">
-        <v>45</v>
+        <v>399</v>
       </c>
       <c r="M265" s="4">
-        <v>21060.000024000001</v>
+        <v>78297.7</v>
       </c>
       <c r="N265" s="4">
-        <v>15363.85190589</v>
+        <v>93146.858804999996</v>
       </c>
       <c r="O265" s="3" t="s">
-        <v>1265</v>
+        <v>1267</v>
       </c>
       <c r="P265" s="3" t="s">
-        <v>252</v>
+        <v>1269</v>
       </c>
       <c r="Q265" s="3" t="s">
-        <v>168</v>
+        <v>150</v>
       </c>
       <c r="R265" s="3" t="s">
-        <v>253</v>
+        <v>1270</v>
       </c>
       <c r="S265" s="3" t="s">
-        <v>309</v>
+        <v>402</v>
       </c>
       <c r="T265" s="4">
         <v>1</v>
       </c>
       <c r="W265" s="3" t="s">
-        <v>249</v>
+        <v>34</v>
       </c>
       <c r="X265" s="4">
         <v>0</v>
       </c>
       <c r="Y265" s="4">
         <v>0</v>
       </c>
       <c r="Z265" s="6">
-        <v>6.4800000000000003E-4</v>
+        <v>3.8660000000000001E-3</v>
       </c>
     </row>
     <row r="266" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A266" s="3" t="s">
-        <v>1266</v>
+        <v>1271</v>
       </c>
       <c r="B266" s="3" t="s">
-        <v>1267</v>
+        <v>1272</v>
       </c>
       <c r="C266" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D266" s="4">
-        <v>1113</v>
+        <v>9200</v>
       </c>
       <c r="E266" s="5">
-        <v>119.75</v>
+        <v>2.819188</v>
       </c>
       <c r="F266" s="4">
-        <v>133281.75</v>
+        <v>25936.530068470001</v>
       </c>
       <c r="G266" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H266" s="3" t="s">
-        <v>98</v>
+        <v>44</v>
       </c>
       <c r="I266" s="3" t="s">
-        <v>99</v>
+        <v>45</v>
       </c>
       <c r="J266" s="5">
-        <v>119.75</v>
+        <v>14.76</v>
       </c>
       <c r="K266" s="5">
-        <v>1</v>
+        <v>5.2355500128532748</v>
       </c>
       <c r="L266" s="3" t="s">
-        <v>100</v>
+        <v>46</v>
       </c>
       <c r="M266" s="4">
-        <v>133281.75</v>
+        <v>135792.000333</v>
       </c>
       <c r="N266" s="4">
-        <v>133281.75</v>
+        <v>25936.530068470001</v>
       </c>
       <c r="O266" s="3" t="s">
-        <v>1266</v>
+        <v>1271</v>
       </c>
       <c r="P266" s="3" t="s">
-        <v>1268</v>
+        <v>1273</v>
       </c>
       <c r="Q266" s="3" t="s">
-        <v>228</v>
+        <v>216</v>
       </c>
       <c r="R266" s="3" t="s">
-        <v>1269</v>
+        <v>1274</v>
       </c>
       <c r="S266" s="3" t="s">
-        <v>114</v>
+        <v>1052</v>
       </c>
       <c r="T266" s="4">
         <v>1</v>
       </c>
       <c r="W266" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X266" s="4">
         <v>0</v>
       </c>
       <c r="Y266" s="4">
         <v>0</v>
       </c>
       <c r="Z266" s="6">
-        <v>5.6270000000000001E-3</v>
+        <v>1.0759999999999999E-3</v>
       </c>
     </row>
     <row r="267" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A267" s="3" t="s">
-        <v>1270</v>
+        <v>1275</v>
       </c>
       <c r="B267" s="3" t="s">
-        <v>1271</v>
+        <v>1276</v>
       </c>
       <c r="C267" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D267" s="4">
-        <v>1066</v>
+        <v>142</v>
       </c>
       <c r="E267" s="5">
-        <v>83.291994000000003</v>
+        <v>71.474171999999996</v>
       </c>
       <c r="F267" s="4">
-        <v>88789.265604</v>
+        <v>10149.332424</v>
       </c>
       <c r="G267" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H267" s="3" t="s">
-        <v>410</v>
+        <v>1277</v>
       </c>
       <c r="I267" s="3" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="J267" s="5">
-        <v>70.92</v>
+        <v>60.08</v>
       </c>
       <c r="K267" s="5">
-        <v>0.85146238664906981</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L267" s="3" t="s">
-        <v>411</v>
+        <v>215</v>
       </c>
       <c r="M267" s="4">
-        <v>75600.72</v>
+        <v>8531.36</v>
       </c>
       <c r="N267" s="4">
-        <v>88789.265604</v>
+        <v>10149.332424</v>
       </c>
       <c r="O267" s="3" t="s">
-        <v>1270</v>
+        <v>1275</v>
       </c>
       <c r="P267" s="3" t="s">
-        <v>1272</v>
+        <v>1278</v>
       </c>
       <c r="Q267" s="3" t="s">
-        <v>162</v>
+        <v>144</v>
       </c>
       <c r="R267" s="3" t="s">
-        <v>1273</v>
+        <v>1279</v>
       </c>
       <c r="S267" s="3" t="s">
-        <v>414</v>
+        <v>1280</v>
       </c>
       <c r="T267" s="4">
         <v>1</v>
       </c>
       <c r="W267" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X267" s="4">
         <v>0</v>
       </c>
       <c r="Y267" s="4">
         <v>0</v>
       </c>
       <c r="Z267" s="6">
-        <v>3.7490000000000002E-3</v>
+        <v>4.2099999999999999E-4</v>
       </c>
     </row>
     <row r="268" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A268" s="3" t="s">
-        <v>1274</v>
+        <v>1281</v>
       </c>
       <c r="B268" s="3" t="s">
-        <v>1275</v>
+        <v>1282</v>
       </c>
       <c r="C268" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D268" s="4">
-        <v>9200</v>
+        <v>48000</v>
       </c>
       <c r="E268" s="5">
-        <v>2.6935539999999998</v>
+        <v>1.413627</v>
       </c>
       <c r="F268" s="4">
-        <v>24780.692549840001</v>
+        <v>67854.078901879999</v>
       </c>
       <c r="G268" s="3" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="H268" s="3" t="s">
-        <v>38</v>
+        <v>1032</v>
       </c>
       <c r="I268" s="3" t="s">
-        <v>39</v>
+        <v>652</v>
       </c>
       <c r="J268" s="5">
-        <v>14.76</v>
+        <v>11.04</v>
       </c>
       <c r="K268" s="5">
-        <v>5.4797499129815712</v>
+        <v>7.8097001004874107</v>
       </c>
       <c r="L268" s="3" t="s">
-        <v>40</v>
+        <v>1033</v>
       </c>
       <c r="M268" s="4">
-        <v>135791.99784299999</v>
+        <v>529920.00681799999</v>
       </c>
       <c r="N268" s="4">
-        <v>24780.692549840001</v>
+        <v>67854.078901879999</v>
       </c>
       <c r="O268" s="3" t="s">
-        <v>1274</v>
+        <v>1281</v>
       </c>
       <c r="P268" s="3" t="s">
-        <v>1276</v>
+        <v>1283</v>
       </c>
       <c r="Q268" s="3" t="s">
-        <v>228</v>
+        <v>117</v>
       </c>
       <c r="R268" s="3" t="s">
-        <v>1277</v>
+        <v>1284</v>
       </c>
       <c r="S268" s="3" t="s">
-        <v>1055</v>
+        <v>656</v>
       </c>
       <c r="T268" s="4">
         <v>1</v>
       </c>
       <c r="W268" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X268" s="4">
         <v>0</v>
       </c>
       <c r="Y268" s="4">
         <v>0</v>
       </c>
       <c r="Z268" s="6">
-        <v>1.0460000000000001E-3</v>
+        <v>2.8159999999999999E-3</v>
       </c>
     </row>
     <row r="269" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A269" s="3" t="s">
-        <v>1278</v>
+        <v>1285</v>
       </c>
       <c r="B269" s="3" t="s">
-        <v>1279</v>
+        <v>1286</v>
       </c>
       <c r="C269" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D269" s="4">
-        <v>142</v>
+        <v>1000</v>
       </c>
       <c r="E269" s="5">
-        <v>64.477305000000001</v>
+        <v>32.380000000000003</v>
       </c>
       <c r="F269" s="4">
-        <v>9155.7773099999995</v>
+        <v>32380</v>
       </c>
       <c r="G269" s="3" t="s">
-        <v>109</v>
+        <v>1287</v>
       </c>
       <c r="H269" s="3" t="s">
-        <v>1280</v>
+        <v>1288</v>
       </c>
       <c r="I269" s="3" t="s">
-        <v>59</v>
+        <v>32</v>
       </c>
       <c r="J269" s="5">
-        <v>54.9</v>
+        <v>32.380000000000003</v>
       </c>
       <c r="K269" s="5">
-        <v>0.85146238664906981</v>
+        <v>1</v>
       </c>
       <c r="L269" s="3" t="s">
-        <v>227</v>
+        <v>1289</v>
       </c>
       <c r="M269" s="4">
-        <v>7795.8</v>
+        <v>32380</v>
       </c>
       <c r="N269" s="4">
-        <v>9155.7773099999995</v>
+        <v>32380</v>
       </c>
       <c r="O269" s="3" t="s">
-        <v>1278</v>
+        <v>1290</v>
       </c>
       <c r="P269" s="3" t="s">
-        <v>1281</v>
+        <v>1291</v>
       </c>
       <c r="Q269" s="3" t="s">
-        <v>156</v>
+        <v>150</v>
       </c>
       <c r="R269" s="3" t="s">
-        <v>1282</v>
+        <v>1292</v>
       </c>
       <c r="S269" s="3" t="s">
-        <v>1283</v>
+        <v>102</v>
       </c>
       <c r="T269" s="4">
         <v>1</v>
       </c>
       <c r="W269" s="3" t="s">
-        <v>34</v>
+        <v>1285</v>
       </c>
       <c r="X269" s="4">
         <v>0</v>
       </c>
       <c r="Y269" s="4">
         <v>0</v>
       </c>
       <c r="Z269" s="6">
-        <v>3.86E-4</v>
+        <v>1.3439999999999999E-3</v>
       </c>
     </row>
     <row r="270" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A270" s="3" t="s">
-        <v>1284</v>
+        <v>1293</v>
       </c>
       <c r="B270" s="3" t="s">
-        <v>1285</v>
+        <v>1294</v>
       </c>
       <c r="C270" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D270" s="4">
-        <v>48000</v>
+        <v>1685</v>
       </c>
       <c r="E270" s="5">
-        <v>1.460782</v>
+        <v>29.29</v>
       </c>
       <c r="F270" s="4">
-        <v>70117.556369240003</v>
+        <v>49353.65</v>
       </c>
       <c r="G270" s="3" t="s">
-        <v>109</v>
+        <v>1287</v>
       </c>
       <c r="H270" s="3" t="s">
-        <v>1035</v>
+        <v>1288</v>
       </c>
       <c r="I270" s="3" t="s">
-        <v>69</v>
+        <v>32</v>
       </c>
       <c r="J270" s="5">
-        <v>11.37</v>
+        <v>29.29</v>
       </c>
       <c r="K270" s="5">
-        <v>7.783499774395259</v>
+        <v>1</v>
       </c>
       <c r="L270" s="3" t="s">
-        <v>1036</v>
+        <v>1289</v>
       </c>
       <c r="M270" s="4">
-        <v>545759.98418100004</v>
+        <v>49353.65</v>
       </c>
       <c r="N270" s="4">
-        <v>70117.556369240003</v>
+        <v>49353.65</v>
       </c>
       <c r="O270" s="3" t="s">
-        <v>1284</v>
+        <v>1295</v>
       </c>
       <c r="P270" s="3" t="s">
-        <v>1286</v>
+        <v>1296</v>
       </c>
       <c r="Q270" s="3" t="s">
-        <v>129</v>
+        <v>150</v>
       </c>
       <c r="R270" s="3" t="s">
-        <v>1287</v>
+        <v>1297</v>
       </c>
       <c r="S270" s="3" t="s">
-        <v>657</v>
+        <v>102</v>
       </c>
       <c r="T270" s="4">
         <v>1</v>
       </c>
       <c r="W270" s="3" t="s">
-        <v>34</v>
+        <v>1293</v>
       </c>
       <c r="X270" s="4">
         <v>0</v>
       </c>
       <c r="Y270" s="4">
         <v>0</v>
       </c>
       <c r="Z270" s="6">
-        <v>2.96E-3</v>
+        <v>2.0479999999999999E-3</v>
       </c>
     </row>
     <row r="271" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A271" s="3" t="s">
+        <v>1298</v>
+      </c>
+      <c r="B271" s="3" t="s">
+        <v>1299</v>
+      </c>
+      <c r="C271" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D271" s="4">
+        <v>1924</v>
+      </c>
+      <c r="E271" s="5">
+        <v>17.579999999999998</v>
+      </c>
+      <c r="F271" s="4">
+        <v>33823.919999999998</v>
+      </c>
+      <c r="G271" s="3" t="s">
+        <v>1287</v>
+      </c>
+      <c r="H271" s="3" t="s">
         <v>1288</v>
       </c>
-      <c r="B271" s="3" t="s">
+      <c r="I271" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J271" s="5">
+        <v>17.579999999999998</v>
+      </c>
+      <c r="K271" s="5">
+        <v>1</v>
+      </c>
+      <c r="L271" s="3" t="s">
         <v>1289</v>
       </c>
-      <c r="C271" s="3" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="M271" s="4">
-        <v>36540</v>
+        <v>33823.919999999998</v>
       </c>
       <c r="N271" s="4">
-        <v>36540</v>
+        <v>33823.919999999998</v>
       </c>
       <c r="O271" s="3" t="s">
-        <v>1293</v>
+        <v>1300</v>
       </c>
       <c r="P271" s="3" t="s">
-        <v>1294</v>
+        <v>1301</v>
       </c>
       <c r="Q271" s="3" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="R271" s="3" t="s">
-        <v>1295</v>
+        <v>1302</v>
       </c>
       <c r="S271" s="3" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="T271" s="4">
         <v>1</v>
       </c>
       <c r="W271" s="3" t="s">
-        <v>1288</v>
+        <v>1298</v>
       </c>
       <c r="X271" s="4">
         <v>0</v>
       </c>
       <c r="Y271" s="4">
         <v>0</v>
       </c>
       <c r="Z271" s="6">
-        <v>1.542E-3</v>
+        <v>1.4040000000000001E-3</v>
       </c>
     </row>
     <row r="272" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A272" s="3" t="s">
-        <v>1296</v>
+        <v>1303</v>
       </c>
       <c r="B272" s="3" t="s">
-        <v>1297</v>
+        <v>1304</v>
       </c>
       <c r="C272" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D272" s="4">
-        <v>1685</v>
+        <v>72</v>
       </c>
       <c r="E272" s="5">
-        <v>29.8</v>
+        <v>118.4</v>
       </c>
       <c r="F272" s="4">
-        <v>50213</v>
+        <v>8524.7999999999993</v>
       </c>
       <c r="G272" s="3" t="s">
-        <v>1290</v>
+        <v>1287</v>
       </c>
       <c r="H272" s="3" t="s">
-        <v>1291</v>
+        <v>1288</v>
       </c>
       <c r="I272" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J272" s="5">
-        <v>29.8</v>
+        <v>118.4</v>
       </c>
       <c r="K272" s="5">
         <v>1</v>
       </c>
       <c r="L272" s="3" t="s">
-        <v>1292</v>
+        <v>1289</v>
       </c>
       <c r="M272" s="4">
-        <v>50213</v>
+        <v>8524.7999999999993</v>
       </c>
       <c r="N272" s="4">
-        <v>50213</v>
+        <v>8524.7999999999993</v>
       </c>
       <c r="O272" s="3" t="s">
-        <v>1298</v>
+        <v>1303</v>
       </c>
       <c r="P272" s="3" t="s">
-        <v>1299</v>
+        <v>1305</v>
       </c>
       <c r="Q272" s="3" t="s">
-        <v>162</v>
+        <v>150</v>
       </c>
       <c r="R272" s="3" t="s">
-        <v>1300</v>
+        <v>1306</v>
       </c>
       <c r="S272" s="3" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="T272" s="4">
         <v>1</v>
       </c>
       <c r="W272" s="3" t="s">
-        <v>1296</v>
+        <v>1307</v>
       </c>
       <c r="X272" s="4">
         <v>0</v>
       </c>
       <c r="Y272" s="4">
         <v>0</v>
       </c>
       <c r="Z272" s="6">
-        <v>2.1199999999999999E-3</v>
+        <v>3.5300000000000002E-4</v>
       </c>
     </row>
     <row r="273" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A273" s="3" t="s">
-        <v>1301</v>
+        <v>1308</v>
       </c>
       <c r="B273" s="3" t="s">
-        <v>1302</v>
+        <v>1309</v>
       </c>
       <c r="C273" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D273" s="4">
-        <v>1924</v>
+        <v>13400</v>
       </c>
       <c r="E273" s="5">
-        <v>17.82</v>
+        <v>2.52</v>
       </c>
       <c r="F273" s="4">
-        <v>34285.68</v>
+        <v>33768</v>
       </c>
       <c r="G273" s="3" t="s">
-        <v>1290</v>
+        <v>1287</v>
       </c>
       <c r="H273" s="3" t="s">
-        <v>1291</v>
+        <v>1288</v>
       </c>
       <c r="I273" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J273" s="5">
-        <v>17.82</v>
+        <v>2.52</v>
       </c>
       <c r="K273" s="5">
         <v>1</v>
       </c>
       <c r="L273" s="3" t="s">
-        <v>1292</v>
+        <v>1289</v>
       </c>
       <c r="M273" s="4">
-        <v>34285.68</v>
+        <v>33768</v>
       </c>
       <c r="N273" s="4">
-        <v>34285.68</v>
+        <v>33768</v>
       </c>
       <c r="O273" s="3" t="s">
-        <v>1303</v>
+        <v>1310</v>
       </c>
       <c r="P273" s="3" t="s">
-        <v>1304</v>
+        <v>1311</v>
       </c>
       <c r="Q273" s="3" t="s">
-        <v>179</v>
+        <v>167</v>
       </c>
       <c r="R273" s="3" t="s">
-        <v>1305</v>
+        <v>1312</v>
       </c>
       <c r="S273" s="3" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="T273" s="4">
         <v>1</v>
       </c>
       <c r="W273" s="3" t="s">
-        <v>1301</v>
+        <v>1308</v>
       </c>
       <c r="X273" s="4">
         <v>0</v>
       </c>
       <c r="Y273" s="4">
         <v>0</v>
       </c>
       <c r="Z273" s="6">
-        <v>1.4469999999999999E-3</v>
+        <v>1.4009999999999999E-3</v>
       </c>
     </row>
     <row r="274" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A274" s="3" t="s">
-        <v>1306</v>
+        <v>1313</v>
       </c>
       <c r="B274" s="3" t="s">
-        <v>1307</v>
+        <v>1314</v>
       </c>
       <c r="C274" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D274" s="4">
-        <v>72</v>
+        <v>361</v>
       </c>
       <c r="E274" s="5">
-        <v>108.8</v>
+        <v>36.950529000000003</v>
       </c>
       <c r="F274" s="4">
-        <v>7833.6</v>
+        <v>13339.140969</v>
       </c>
       <c r="G274" s="3" t="s">
-        <v>1290</v>
+        <v>1287</v>
       </c>
       <c r="H274" s="3" t="s">
-        <v>1291</v>
+        <v>1111</v>
       </c>
       <c r="I274" s="3" t="s">
-        <v>99</v>
+        <v>65</v>
       </c>
       <c r="J274" s="5">
-        <v>108.8</v>
+        <v>31.06</v>
       </c>
       <c r="K274" s="5">
-        <v>1</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L274" s="3" t="s">
-        <v>1292</v>
+        <v>1112</v>
       </c>
       <c r="M274" s="4">
-        <v>7833.6</v>
+        <v>11212.66</v>
       </c>
       <c r="N274" s="4">
-        <v>7833.6</v>
+        <v>13339.140969</v>
       </c>
       <c r="O274" s="3" t="s">
-        <v>1306</v>
+        <v>1313</v>
       </c>
       <c r="P274" s="3" t="s">
-        <v>1308</v>
+        <v>1315</v>
       </c>
       <c r="Q274" s="3" t="s">
-        <v>162</v>
+        <v>150</v>
       </c>
       <c r="R274" s="3" t="s">
-        <v>1309</v>
+        <v>1316</v>
       </c>
       <c r="S274" s="3" t="s">
-        <v>131</v>
+        <v>1115</v>
       </c>
       <c r="T274" s="4">
         <v>1</v>
       </c>
       <c r="W274" s="3" t="s">
-        <v>1310</v>
+        <v>34</v>
       </c>
       <c r="X274" s="4">
         <v>0</v>
       </c>
       <c r="Y274" s="4">
         <v>0</v>
       </c>
       <c r="Z274" s="6">
-        <v>3.3E-4</v>
+        <v>5.53E-4</v>
       </c>
     </row>
     <row r="275" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A275" s="3" t="s">
-        <v>1311</v>
+        <v>1317</v>
       </c>
       <c r="B275" s="3" t="s">
-        <v>1312</v>
+        <v>1318</v>
       </c>
       <c r="C275" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D275" s="4">
-        <v>13400</v>
+        <v>52</v>
       </c>
       <c r="E275" s="5">
-        <v>2.84</v>
+        <v>54.64</v>
       </c>
       <c r="F275" s="4">
-        <v>38056</v>
+        <v>2841.28</v>
       </c>
       <c r="G275" s="3" t="s">
-        <v>1290</v>
+        <v>1319</v>
       </c>
       <c r="H275" s="3" t="s">
-        <v>1291</v>
+        <v>31</v>
       </c>
       <c r="I275" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J275" s="5">
-        <v>2.84</v>
+        <v>54.64</v>
       </c>
       <c r="K275" s="5">
         <v>1</v>
       </c>
       <c r="L275" s="3" t="s">
-        <v>1292</v>
+        <v>33</v>
       </c>
       <c r="M275" s="4">
-        <v>38056</v>
+        <v>2841.28</v>
       </c>
       <c r="N275" s="4">
-        <v>38056</v>
+        <v>2841.28</v>
       </c>
       <c r="O275" s="3" t="s">
-        <v>1313</v>
+        <v>1320</v>
       </c>
       <c r="P275" s="3" t="s">
-        <v>1314</v>
+        <v>1321</v>
       </c>
       <c r="Q275" s="3" t="s">
-        <v>179</v>
+        <v>246</v>
       </c>
       <c r="R275" s="3" t="s">
-        <v>1315</v>
+        <v>1322</v>
       </c>
       <c r="S275" s="3" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="T275" s="4">
         <v>1</v>
       </c>
       <c r="W275" s="3" t="s">
-        <v>1311</v>
+        <v>1317</v>
       </c>
       <c r="X275" s="4">
         <v>0</v>
       </c>
       <c r="Y275" s="4">
         <v>0</v>
       </c>
       <c r="Z275" s="6">
-        <v>1.606E-3</v>
+        <v>1.17E-4</v>
       </c>
     </row>
     <row r="276" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A276" s="3" t="s">
-        <v>1316</v>
+        <v>1323</v>
       </c>
       <c r="B276" s="3" t="s">
-        <v>1317</v>
+        <v>1324</v>
       </c>
       <c r="C276" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D276" s="4">
-        <v>305</v>
+        <v>1614</v>
       </c>
       <c r="E276" s="5">
-        <v>20.28</v>
+        <v>64.67</v>
       </c>
       <c r="F276" s="4">
-        <v>6185.4</v>
+        <v>104377.38</v>
       </c>
       <c r="G276" s="3" t="s">
-        <v>1290</v>
+        <v>1319</v>
       </c>
       <c r="H276" s="3" t="s">
-        <v>1035</v>
+        <v>31</v>
       </c>
       <c r="I276" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J276" s="5">
-        <v>20.28</v>
+        <v>64.67</v>
       </c>
       <c r="K276" s="5">
         <v>1</v>
       </c>
       <c r="L276" s="3" t="s">
-        <v>1036</v>
+        <v>33</v>
       </c>
       <c r="M276" s="4">
-        <v>6185.4</v>
+        <v>104377.38</v>
       </c>
       <c r="N276" s="4">
-        <v>6185.4</v>
+        <v>104377.38</v>
       </c>
       <c r="O276" s="3" t="s">
-        <v>1318</v>
+        <v>1325</v>
       </c>
       <c r="P276" s="3" t="s">
-        <v>1319</v>
+        <v>1326</v>
       </c>
       <c r="Q276" s="3" t="s">
-        <v>129</v>
+        <v>246</v>
       </c>
       <c r="R276" s="3" t="s">
-        <v>1320</v>
+        <v>1327</v>
       </c>
       <c r="S276" s="3" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="T276" s="4">
         <v>1</v>
       </c>
       <c r="W276" s="3" t="s">
-        <v>1316</v>
+        <v>1323</v>
       </c>
       <c r="X276" s="4">
         <v>0</v>
       </c>
       <c r="Y276" s="4">
         <v>0</v>
       </c>
       <c r="Z276" s="6">
-        <v>2.61E-4</v>
+        <v>4.333E-3</v>
       </c>
     </row>
     <row r="277" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A277" s="3" t="s">
-        <v>1321</v>
+        <v>1328</v>
       </c>
       <c r="B277" s="3" t="s">
-        <v>1322</v>
+        <v>1329</v>
       </c>
       <c r="C277" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D277" s="4">
-        <v>361</v>
+        <v>127</v>
       </c>
       <c r="E277" s="5">
-        <v>34.986865999999999</v>
+        <v>820.93</v>
       </c>
       <c r="F277" s="4">
-        <v>12630.2584455</v>
+        <v>104258.11</v>
       </c>
       <c r="G277" s="3" t="s">
-        <v>1290</v>
+        <v>1319</v>
       </c>
       <c r="H277" s="3" t="s">
-        <v>1114</v>
+        <v>31</v>
       </c>
       <c r="I277" s="3" t="s">
-        <v>59</v>
+        <v>32</v>
       </c>
       <c r="J277" s="5">
-        <v>29.79</v>
+        <v>820.93</v>
       </c>
       <c r="K277" s="5">
-        <v>0.85146238664906981</v>
+        <v>1</v>
       </c>
       <c r="L277" s="3" t="s">
-        <v>1115</v>
+        <v>33</v>
       </c>
       <c r="M277" s="4">
-        <v>10754.19</v>
+        <v>104258.11</v>
       </c>
       <c r="N277" s="4">
-        <v>12630.2584455</v>
+        <v>104258.11</v>
       </c>
       <c r="O277" s="3" t="s">
-        <v>1321</v>
+        <v>1330</v>
       </c>
       <c r="P277" s="3" t="s">
-        <v>1323</v>
+        <v>1331</v>
       </c>
       <c r="Q277" s="3" t="s">
-        <v>162</v>
+        <v>246</v>
       </c>
       <c r="R277" s="3" t="s">
-        <v>1324</v>
+        <v>1332</v>
       </c>
       <c r="S277" s="3" t="s">
-        <v>1118</v>
+        <v>130</v>
       </c>
       <c r="T277" s="4">
         <v>1</v>
       </c>
       <c r="W277" s="3" t="s">
-        <v>34</v>
+        <v>1328</v>
       </c>
       <c r="X277" s="4">
         <v>0</v>
       </c>
       <c r="Y277" s="4">
         <v>0</v>
       </c>
       <c r="Z277" s="6">
-        <v>5.3300000000000005E-4</v>
+        <v>4.3280000000000002E-3</v>
       </c>
     </row>
     <row r="278" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A278" s="3" t="s">
-        <v>1325</v>
+        <v>1333</v>
       </c>
       <c r="B278" s="3" t="s">
-        <v>1326</v>
+        <v>1334</v>
       </c>
       <c r="C278" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D278" s="4">
-        <v>52</v>
+        <v>42</v>
       </c>
       <c r="E278" s="5">
-        <v>48.94</v>
+        <v>930.24735999999996</v>
       </c>
       <c r="F278" s="4">
-        <v>2544.88</v>
+        <v>39070.400622330002</v>
       </c>
       <c r="G278" s="3" t="s">
-        <v>1327</v>
+        <v>1319</v>
       </c>
       <c r="H278" s="3" t="s">
-        <v>98</v>
+        <v>74</v>
       </c>
       <c r="I278" s="3" t="s">
-        <v>99</v>
+        <v>75</v>
       </c>
       <c r="J278" s="5">
-        <v>48.94</v>
+        <v>143500</v>
       </c>
       <c r="K278" s="5">
-        <v>1</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L278" s="3" t="s">
-        <v>100</v>
+        <v>76</v>
       </c>
       <c r="M278" s="4">
-        <v>2544.88</v>
+        <v>6027001.7743490003</v>
       </c>
       <c r="N278" s="4">
-        <v>2544.88</v>
+        <v>39070.400622330002</v>
       </c>
       <c r="O278" s="3" t="s">
-        <v>1328</v>
+        <v>1333</v>
       </c>
       <c r="P278" s="3" t="s">
-        <v>1329</v>
+        <v>1335</v>
       </c>
       <c r="Q278" s="3" t="s">
-        <v>258</v>
+        <v>246</v>
       </c>
       <c r="R278" s="3" t="s">
-        <v>1330</v>
+        <v>1336</v>
       </c>
       <c r="S278" s="3" t="s">
-        <v>114</v>
+        <v>597</v>
       </c>
       <c r="T278" s="4">
         <v>1</v>
       </c>
       <c r="W278" s="3" t="s">
-        <v>1325</v>
+        <v>34</v>
       </c>
       <c r="X278" s="4">
         <v>0</v>
       </c>
       <c r="Y278" s="4">
         <v>0</v>
       </c>
       <c r="Z278" s="6">
-        <v>1.07E-4</v>
+        <v>1.621E-3</v>
       </c>
     </row>
     <row r="279" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A279" s="3" t="s">
-        <v>1331</v>
+        <v>1337</v>
       </c>
       <c r="B279" s="3" t="s">
-        <v>1332</v>
+        <v>1338</v>
       </c>
       <c r="C279" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D279" s="4">
-        <v>1526</v>
+        <v>2505</v>
       </c>
       <c r="E279" s="5">
-        <v>67.48</v>
+        <v>38.592246000000003</v>
       </c>
       <c r="F279" s="4">
-        <v>102974.48</v>
+        <v>96673.576230000006</v>
       </c>
       <c r="G279" s="3" t="s">
-        <v>1327</v>
+        <v>1319</v>
       </c>
       <c r="H279" s="3" t="s">
-        <v>98</v>
+        <v>405</v>
       </c>
       <c r="I279" s="3" t="s">
-        <v>99</v>
+        <v>65</v>
       </c>
       <c r="J279" s="5">
-        <v>67.48</v>
+        <v>32.44</v>
       </c>
       <c r="K279" s="5">
-        <v>1</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L279" s="3" t="s">
-        <v>100</v>
+        <v>406</v>
       </c>
       <c r="M279" s="4">
-        <v>102974.48</v>
+        <v>81262.2</v>
       </c>
       <c r="N279" s="4">
-        <v>102974.48</v>
+        <v>96673.576230000006</v>
       </c>
       <c r="O279" s="3" t="s">
-        <v>1333</v>
+        <v>1337</v>
       </c>
       <c r="P279" s="3" t="s">
-        <v>1334</v>
+        <v>1339</v>
       </c>
       <c r="Q279" s="3" t="s">
-        <v>258</v>
+        <v>246</v>
       </c>
       <c r="R279" s="3" t="s">
-        <v>1335</v>
+        <v>1340</v>
       </c>
       <c r="S279" s="3" t="s">
-        <v>114</v>
+        <v>409</v>
       </c>
       <c r="T279" s="4">
         <v>1</v>
       </c>
       <c r="W279" s="3" t="s">
-        <v>1331</v>
+        <v>34</v>
       </c>
       <c r="X279" s="4">
         <v>0</v>
       </c>
       <c r="Y279" s="4">
         <v>0</v>
       </c>
       <c r="Z279" s="6">
-        <v>4.3480000000000003E-3</v>
+        <v>4.0130000000000001E-3</v>
       </c>
     </row>
     <row r="280" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A280" s="3" t="s">
-        <v>1336</v>
+        <v>1341</v>
       </c>
       <c r="B280" s="3" t="s">
-        <v>1337</v>
+        <v>1342</v>
       </c>
       <c r="C280" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D280" s="4">
-        <v>127</v>
+        <v>252</v>
       </c>
       <c r="E280" s="5">
-        <v>766.16</v>
+        <v>92.138392999999994</v>
       </c>
       <c r="F280" s="4">
-        <v>97302.32</v>
+        <v>23218.874909999999</v>
       </c>
       <c r="G280" s="3" t="s">
-        <v>1327</v>
+        <v>1319</v>
       </c>
       <c r="H280" s="3" t="s">
-        <v>98</v>
+        <v>405</v>
       </c>
       <c r="I280" s="3" t="s">
-        <v>99</v>
+        <v>65</v>
       </c>
       <c r="J280" s="5">
-        <v>766.16</v>
+        <v>77.45</v>
       </c>
       <c r="K280" s="5">
-        <v>1</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L280" s="3" t="s">
-        <v>100</v>
+        <v>406</v>
       </c>
       <c r="M280" s="4">
-        <v>97302.32</v>
+        <v>19517.400000000001</v>
       </c>
       <c r="N280" s="4">
-        <v>97302.32</v>
+        <v>23218.874909999999</v>
       </c>
       <c r="O280" s="3" t="s">
-        <v>1338</v>
+        <v>1341</v>
       </c>
       <c r="P280" s="3" t="s">
-        <v>1339</v>
+        <v>1343</v>
       </c>
       <c r="Q280" s="3" t="s">
-        <v>258</v>
+        <v>246</v>
       </c>
       <c r="R280" s="3" t="s">
-        <v>1340</v>
+        <v>1344</v>
       </c>
       <c r="S280" s="3" t="s">
-        <v>142</v>
+        <v>409</v>
       </c>
       <c r="T280" s="4">
         <v>1</v>
       </c>
       <c r="W280" s="3" t="s">
-        <v>1336</v>
+        <v>34</v>
       </c>
       <c r="X280" s="4">
         <v>0</v>
       </c>
       <c r="Y280" s="4">
         <v>0</v>
       </c>
       <c r="Z280" s="6">
-        <v>4.1079999999999997E-3</v>
+        <v>9.6299999999999999E-4</v>
       </c>
     </row>
     <row r="281" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A281" s="3" t="s">
-        <v>1341</v>
+        <v>1345</v>
       </c>
       <c r="B281" s="3" t="s">
-        <v>1342</v>
+        <v>1346</v>
       </c>
       <c r="C281" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D281" s="4">
-        <v>42</v>
+        <v>1532</v>
       </c>
       <c r="E281" s="5">
-        <v>911.67199100000005</v>
+        <v>63.943688000000002</v>
       </c>
       <c r="F281" s="4">
-        <v>38290.216593830002</v>
+        <v>97961.729250000004</v>
       </c>
       <c r="G281" s="3" t="s">
-        <v>1327</v>
+        <v>1319</v>
       </c>
       <c r="H281" s="3" t="s">
-        <v>73</v>
+        <v>405</v>
       </c>
       <c r="I281" s="3" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="J281" s="5">
-        <v>142900</v>
+        <v>53.75</v>
       </c>
       <c r="K281" s="5">
-        <v>156.74497122946053</v>
+        <v>0.84058336485520946</v>
       </c>
       <c r="L281" s="3" t="s">
-        <v>75</v>
+        <v>406</v>
       </c>
       <c r="M281" s="4">
-        <v>6001798.8983690003</v>
+        <v>82345</v>
       </c>
       <c r="N281" s="4">
-        <v>38290.216593830002</v>
+        <v>97961.729250000004</v>
       </c>
       <c r="O281" s="3" t="s">
-        <v>1341</v>
+        <v>1345</v>
       </c>
       <c r="P281" s="3" t="s">
-        <v>1343</v>
+        <v>1347</v>
       </c>
       <c r="Q281" s="3" t="s">
-        <v>258</v>
+        <v>246</v>
       </c>
       <c r="R281" s="3" t="s">
-        <v>1344</v>
+        <v>1348</v>
       </c>
       <c r="S281" s="3" t="s">
-        <v>604</v>
+        <v>409</v>
       </c>
       <c r="T281" s="4">
         <v>1</v>
       </c>
       <c r="W281" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X281" s="4">
         <v>0</v>
       </c>
       <c r="Y281" s="4">
         <v>0</v>
       </c>
       <c r="Z281" s="6">
-        <v>1.616E-3</v>
+        <v>4.0660000000000002E-3</v>
       </c>
     </row>
     <row r="282" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A282" s="3" t="s">
-        <v>1345</v>
+        <v>1349</v>
       </c>
       <c r="B282" s="3" t="s">
-        <v>1346</v>
+        <v>1350</v>
       </c>
       <c r="C282" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D282" s="4">
-        <v>2505</v>
+        <v>437</v>
       </c>
       <c r="E282" s="5">
-        <v>39.625942999999999</v>
+        <v>77.67</v>
       </c>
       <c r="F282" s="4">
-        <v>99262.987215000001</v>
+        <v>33941.79</v>
       </c>
       <c r="G282" s="3" t="s">
-        <v>1327</v>
+        <v>1319</v>
       </c>
       <c r="H282" s="3" t="s">
-        <v>417</v>
+        <v>31</v>
       </c>
       <c r="I282" s="3" t="s">
-        <v>59</v>
+        <v>32</v>
       </c>
       <c r="J282" s="5">
-        <v>33.74</v>
+        <v>77.67</v>
       </c>
       <c r="K282" s="5">
-        <v>0.85146238664906981</v>
+        <v>1</v>
       </c>
       <c r="L282" s="3" t="s">
-        <v>418</v>
+        <v>33</v>
       </c>
       <c r="M282" s="4">
-        <v>84518.7</v>
+        <v>33941.79</v>
       </c>
       <c r="N282" s="4">
-        <v>99262.987215000001</v>
+        <v>33941.79</v>
       </c>
       <c r="O282" s="3" t="s">
-        <v>1345</v>
+        <v>1351</v>
       </c>
       <c r="P282" s="3" t="s">
-        <v>1347</v>
+        <v>1352</v>
       </c>
       <c r="Q282" s="3" t="s">
-        <v>258</v>
+        <v>246</v>
       </c>
       <c r="R282" s="3" t="s">
-        <v>1348</v>
+        <v>1353</v>
       </c>
       <c r="S282" s="3" t="s">
-        <v>421</v>
+        <v>102</v>
       </c>
       <c r="T282" s="4">
         <v>1</v>
       </c>
       <c r="W282" s="3" t="s">
-        <v>34</v>
+        <v>1349</v>
       </c>
       <c r="X282" s="4">
         <v>0</v>
       </c>
       <c r="Y282" s="4">
         <v>0</v>
       </c>
       <c r="Z282" s="6">
-        <v>4.1910000000000003E-3</v>
+        <v>1.4090000000000001E-3</v>
       </c>
     </row>
     <row r="283" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A283" s="3" t="s">
-        <v>1349</v>
+        <v>1354</v>
       </c>
       <c r="B283" s="3" t="s">
-        <v>1350</v>
+        <v>1355</v>
       </c>
       <c r="C283" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D283" s="4">
-        <v>252</v>
+        <v>15900</v>
       </c>
       <c r="E283" s="5">
-        <v>95.013005000000007</v>
+        <v>4.5994080000000004</v>
       </c>
       <c r="F283" s="4">
-        <v>23943.277259999999</v>
+        <v>73130.594004889994</v>
       </c>
       <c r="G283" s="3" t="s">
-        <v>1327</v>
+        <v>1319</v>
       </c>
       <c r="H283" s="3" t="s">
-        <v>417</v>
+        <v>651</v>
       </c>
       <c r="I283" s="3" t="s">
-        <v>59</v>
+        <v>652</v>
       </c>
       <c r="J283" s="5">
-        <v>80.900000000000006</v>
+        <v>35.92</v>
       </c>
       <c r="K283" s="5">
-        <v>0.85146238664906981</v>
+        <v>7.8097001004874107</v>
       </c>
       <c r="L283" s="3" t="s">
-        <v>418</v>
+        <v>653</v>
       </c>
       <c r="M283" s="4">
-        <v>20386.8</v>
+        <v>571128.00734799996</v>
       </c>
       <c r="N283" s="4">
-        <v>23943.277259999999</v>
+        <v>73130.594004889994</v>
       </c>
       <c r="O283" s="3" t="s">
-        <v>1349</v>
+        <v>1354</v>
       </c>
       <c r="P283" s="3" t="s">
-        <v>1351</v>
+        <v>1356</v>
       </c>
       <c r="Q283" s="3" t="s">
-        <v>258</v>
+        <v>246</v>
       </c>
       <c r="R283" s="3" t="s">
-        <v>1352</v>
+        <v>1357</v>
       </c>
       <c r="S283" s="3" t="s">
-        <v>421</v>
+        <v>656</v>
       </c>
       <c r="T283" s="4">
         <v>1</v>
       </c>
       <c r="W283" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X283" s="4">
         <v>0</v>
       </c>
       <c r="Y283" s="4">
         <v>0</v>
       </c>
       <c r="Z283" s="6">
-        <v>1.01E-3</v>
+        <v>3.0349999999999999E-3</v>
       </c>
     </row>
     <row r="284" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A284" s="3" t="s">
-        <v>1353</v>
+        <v>1358</v>
       </c>
       <c r="B284" s="3" t="s">
-        <v>1354</v>
+        <v>1359</v>
       </c>
       <c r="C284" s="3" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D284" s="4">
-        <v>1532</v>
+        <v>4659</v>
       </c>
       <c r="E284" s="5">
-        <v>66.532593000000006</v>
+        <v>8.9264860000000006</v>
       </c>
       <c r="F284" s="4">
-        <v>101927.93171</v>
+        <v>41588.499438749997</v>
       </c>
       <c r="G284" s="3" t="s">
-        <v>1327</v>
+        <v>1319</v>
       </c>
       <c r="H284" s="3" t="s">
-        <v>417</v>
+        <v>69</v>
       </c>
       <c r="I284" s="3" t="s">
-        <v>59</v>
+        <v>70</v>
       </c>
       <c r="J284" s="5">
-        <v>56.65</v>
+        <v>6.5049999999999999</v>
       </c>
       <c r="K284" s="5">
-        <v>0.85146238664906981</v>
+        <v>0.72873018764802333</v>
       </c>
       <c r="L284" s="3" t="s">
-        <v>418</v>
+        <v>71</v>
       </c>
       <c r="M284" s="4">
-        <v>86787.8</v>
+        <v>30306.794999999998</v>
       </c>
       <c r="N284" s="4">
-        <v>101927.93171</v>
+        <v>41588.499438749997</v>
       </c>
       <c r="O284" s="3" t="s">
-        <v>1353</v>
+        <v>1358</v>
       </c>
       <c r="P284" s="3" t="s">
-        <v>1355</v>
+        <v>1360</v>
       </c>
       <c r="Q284" s="3" t="s">
-        <v>258</v>
+        <v>246</v>
       </c>
       <c r="R284" s="3" t="s">
-        <v>1356</v>
+        <v>1361</v>
       </c>
       <c r="S284" s="3" t="s">
-        <v>421</v>
+        <v>119</v>
       </c>
       <c r="T284" s="4">
         <v>1</v>
       </c>
       <c r="W284" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X284" s="4">
         <v>0</v>
       </c>
       <c r="Y284" s="4">
         <v>0</v>
       </c>
       <c r="Z284" s="6">
-        <v>4.3030000000000004E-3</v>
+        <v>1.7260000000000001E-3</v>
       </c>
     </row>
     <row r="285" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A285" s="3" t="s">
-        <v>1357</v>
+        <v>1362</v>
       </c>
       <c r="B285" s="3" t="s">
-        <v>1358</v>
+        <v>1363</v>
       </c>
       <c r="C285" s="3" t="s">
-        <v>108</v>
+        <v>1364</v>
       </c>
       <c r="D285" s="4">
-        <v>437</v>
+        <v>-34550.129999999997</v>
       </c>
       <c r="E285" s="5">
-        <v>77.38</v>
+        <v>1</v>
       </c>
       <c r="F285" s="4">
-        <v>33815.06</v>
+        <v>-34550.129999999997</v>
       </c>
       <c r="G285" s="3" t="s">
-        <v>1327</v>
+        <v>1365</v>
       </c>
       <c r="H285" s="3" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="I285" s="3" t="s">
-        <v>99</v>
+        <v>32</v>
       </c>
       <c r="J285" s="5">
-        <v>77.38</v>
+        <v>1</v>
       </c>
       <c r="K285" s="5">
         <v>1</v>
       </c>
       <c r="L285" s="3" t="s">
-        <v>100</v>
+        <v>33</v>
       </c>
       <c r="M285" s="4">
-        <v>33815.06</v>
+        <v>-34550.129999999997</v>
       </c>
       <c r="N285" s="4">
-        <v>33815.06</v>
+        <v>-34550.129999999997</v>
       </c>
       <c r="O285" s="3" t="s">
-        <v>1359</v>
+        <v>34</v>
       </c>
       <c r="P285" s="3" t="s">
-        <v>1360</v>
+        <v>34</v>
       </c>
       <c r="Q285" s="3" t="s">
-        <v>258</v>
+        <v>34</v>
       </c>
       <c r="R285" s="3" t="s">
-        <v>1361</v>
+        <v>34</v>
       </c>
       <c r="S285" s="3" t="s">
-        <v>114</v>
+        <v>35</v>
       </c>
       <c r="T285" s="4">
         <v>1</v>
       </c>
       <c r="W285" s="3" t="s">
-        <v>1357</v>
+        <v>34</v>
       </c>
       <c r="X285" s="4">
         <v>0</v>
       </c>
       <c r="Y285" s="4">
         <v>0</v>
       </c>
       <c r="Z285" s="6">
-        <v>1.4270000000000001E-3</v>
+        <v>-1.4339999999999999E-3</v>
       </c>
     </row>
     <row r="286" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A286" s="3" t="s">
-        <v>1362</v>
+        <v>1366</v>
       </c>
       <c r="B286" s="3" t="s">
-        <v>1363</v>
+        <v>1367</v>
       </c>
       <c r="C286" s="3" t="s">
-        <v>108</v>
+        <v>1368</v>
       </c>
       <c r="D286" s="4">
-        <v>15900</v>
+        <v>111975.84</v>
       </c>
       <c r="E286" s="5">
-        <v>4.4632880000000004</v>
+        <v>1</v>
       </c>
       <c r="F286" s="4">
-        <v>70966.274812100004</v>
+        <v>111975.84</v>
       </c>
       <c r="G286" s="3" t="s">
-        <v>1327</v>
+        <v>1369</v>
       </c>
       <c r="H286" s="3" t="s">
-        <v>68</v>
+        <v>31</v>
       </c>
       <c r="I286" s="3" t="s">
-        <v>69</v>
+        <v>32</v>
       </c>
       <c r="J286" s="5">
-        <v>34.74</v>
+        <v>1</v>
       </c>
       <c r="K286" s="5">
-        <v>7.783499774395259</v>
+        <v>1</v>
       </c>
       <c r="L286" s="3" t="s">
-        <v>70</v>
+        <v>33</v>
       </c>
       <c r="M286" s="4">
-        <v>552365.98398899997</v>
+        <v>111975.84</v>
       </c>
       <c r="N286" s="4">
-        <v>70966.274812100004</v>
+        <v>111975.84</v>
       </c>
       <c r="O286" s="3" t="s">
-        <v>1362</v>
+        <v>34</v>
       </c>
       <c r="P286" s="3" t="s">
-        <v>1364</v>
+        <v>34</v>
       </c>
       <c r="Q286" s="3" t="s">
-        <v>258</v>
+        <v>150</v>
       </c>
       <c r="R286" s="3" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
       <c r="S286" s="3" t="s">
-        <v>657</v>
+        <v>1370</v>
       </c>
       <c r="T286" s="4">
         <v>1</v>
       </c>
       <c r="W286" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X286" s="4">
         <v>0</v>
       </c>
       <c r="Y286" s="4">
         <v>0</v>
       </c>
       <c r="Z286" s="6">
-        <v>2.996E-3</v>
-[...73 lines deleted...]
-        <v>1.645E-3</v>
+        <v>4.6480000000000002E-3</v>
       </c>
     </row>
     <row r="288" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A288" s="3" t="s">
-        <v>1370</v>
-[...1 lines deleted...]
-      <c r="B288" s="3" t="s">
         <v>1371</v>
       </c>
-      <c r="C288" s="3" t="s">
+    </row>
+    <row r="289" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A289" s="3" t="s">
         <v>1372</v>
       </c>
-      <c r="D288" s="4">
-[...8 lines deleted...]
-      <c r="G288" s="3" t="s">
+    </row>
+    <row r="290" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A290" s="3" t="s">
         <v>1373</v>
       </c>
-      <c r="H288" s="3" t="s">
-[...52 lines deleted...]
-      <c r="A289" s="3" t="s">
+    </row>
+    <row r="291" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A291" s="3" t="s">
         <v>1374</v>
       </c>
-      <c r="B289" s="3" t="s">
+    </row>
+    <row r="292" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A292" s="3" t="s">
         <v>1375</v>
       </c>
-      <c r="C289" s="3" t="s">
+    </row>
+    <row r="293" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A293" s="3" t="s">
         <v>1376</v>
-      </c>
-[...91 lines deleted...]
-        <v>1384</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>December</vt:lpstr>
+      <vt:lpstr>January</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>