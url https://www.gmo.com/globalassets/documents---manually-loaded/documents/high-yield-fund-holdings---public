--- v0 (2025-10-06)
+++ v1 (2025-11-17)
@@ -1,83 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\PerformanceSystems\ParcelsHoldings\ParcelsHoldingsExport\GMO\2025_08\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_09\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{759166AB-F70D-4E05-AFD3-A6656E244581}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{DB8A0A88-680D-4B06-BE12-9C5DCFE26857}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{9542BE46-E466-4EE8-B3B8-1FD3BF5AB63F}"/>
+    <workbookView xWindow="390" yWindow="465" windowWidth="11520" windowHeight="8265" xr2:uid="{D9AAFE86-1D3B-4832-BF59-2993712291D7}"/>
   </bookViews>
   <sheets>
-    <sheet name="August" sheetId="1" r:id="rId1"/>
+    <sheet name="September" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1495" uniqueCount="604">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1612" uniqueCount="635">
   <si>
     <t>GMO High Yield Fund</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -161,150 +163,162 @@
   <si>
     <t/>
   </si>
   <si>
     <t>CASH</t>
   </si>
   <si>
     <t>CASH_USD_MARJPNUS3</t>
   </si>
   <si>
     <t>ETD USD MARGIN BALANCE</t>
   </si>
   <si>
     <t>Futures Margin</t>
   </si>
   <si>
     <t>USDTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (USD)</t>
   </si>
   <si>
     <t>Trade Date Cash</t>
   </si>
   <si>
-    <t>USD_JPY_SSB_20250929F</t>
+    <t>USD_JPY_DBA_20260107F</t>
   </si>
   <si>
     <t>FX USD VS JPY</t>
   </si>
   <si>
     <t>Derivative</t>
   </si>
   <si>
     <t>Currency Contract</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>JPY</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
-    <t>USD_JPY_SSB_20250929T</t>
+    <t>USD_JPY_DBA_20260107T</t>
   </si>
   <si>
     <t>FBFVZ25</t>
   </si>
   <si>
     <t>US 5YR NOTE (CBT)</t>
   </si>
   <si>
     <t>Futures</t>
   </si>
   <si>
     <t>FVZ5</t>
   </si>
   <si>
     <t>XCBT</t>
   </si>
   <si>
     <t>FBTUZ25</t>
   </si>
   <si>
     <t>US 2YR NOTE (CBT)</t>
   </si>
   <si>
     <t>TUZ5</t>
   </si>
   <si>
     <t>FBTYZ25</t>
   </si>
   <si>
     <t>US 10YR NOTE (CBT)</t>
   </si>
   <si>
     <t>TYZ5</t>
   </si>
   <si>
     <t>Z9707Z0K8</t>
   </si>
   <si>
     <t>ICE: (CDX.NA.HY.44.V1)</t>
   </si>
   <si>
     <t>SWAP</t>
   </si>
   <si>
     <t>Financials</t>
   </si>
   <si>
     <t>XOTC</t>
   </si>
   <si>
-    <t>BMO4JQA16</t>
+    <t>Z9796YTF3</t>
+  </si>
+  <si>
+    <t>ICE: (CDX.NA.HY.45.V1)</t>
+  </si>
+  <si>
+    <t>BMO4XNJ00</t>
   </si>
   <si>
     <t>TRSWAP: IBOXHY INDEX</t>
   </si>
   <si>
-    <t>BMO4KT3V0</t>
-[...8 lines deleted...]
-    <t>CDX.NA.HY.44.V1 5YR RTP @ 106.0000</t>
+    <t>BMO4XNQQ5</t>
+  </si>
+  <si>
+    <t>BMO4Y5WJ2</t>
+  </si>
+  <si>
+    <t>BMO4YLX72</t>
+  </si>
+  <si>
+    <t>BMO4Z44Z9</t>
+  </si>
+  <si>
+    <t>BMO4ZCEY3</t>
+  </si>
+  <si>
+    <t>BMO4U0QC9</t>
+  </si>
+  <si>
+    <t>CDX.NA.HY.44.V1 5YR RTP @ 106.5000</t>
   </si>
   <si>
     <t>SWAPTION</t>
   </si>
   <si>
     <t>GOLD</t>
   </si>
   <si>
-    <t>BMO4U0QC9</t>
-[...2 lines deleted...]
-    <t>CDX.NA.HY.44.V1 5YR RTP @ 106.5000</t>
+    <t>BMO4XB1Q8</t>
   </si>
   <si>
     <t>US00687YAB11</t>
   </si>
   <si>
     <t>US ADNT 28 144A</t>
   </si>
   <si>
     <t>Fixed Income</t>
   </si>
   <si>
     <t>Corporate Bond</t>
   </si>
   <si>
     <t>BQXHYR4</t>
   </si>
   <si>
     <t>ADNT</t>
   </si>
   <si>
     <t>Consumer Discretionary</t>
   </si>
   <si>
     <t>XLUX</t>
   </si>
@@ -320,1325 +334,1406 @@
   <si>
     <t>BMWSVR9</t>
   </si>
   <si>
     <t>ATGE</t>
   </si>
   <si>
     <t>00737WAA7</t>
   </si>
   <si>
     <t>US00751YAE68</t>
   </si>
   <si>
     <t>US AAP 30</t>
   </si>
   <si>
     <t>BN4NJW0</t>
   </si>
   <si>
     <t>AAP</t>
   </si>
   <si>
     <t>00751YAE6</t>
   </si>
   <si>
-    <t>US013092AG61</t>
-[...8 lines deleted...]
-    <t>ACI</t>
+    <t>US01879NAC92</t>
+  </si>
+  <si>
+    <t>US ARLP 29 144A</t>
+  </si>
+  <si>
+    <t>BNRP0X1</t>
+  </si>
+  <si>
+    <t>ARLP</t>
+  </si>
+  <si>
+    <t>Energy</t>
+  </si>
+  <si>
+    <t>01879NAC9</t>
+  </si>
+  <si>
+    <t>US02352NAA72</t>
+  </si>
+  <si>
+    <t>FI AS 31 144A</t>
+  </si>
+  <si>
+    <t>Finland</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>BMVVF66</t>
+  </si>
+  <si>
+    <t>AS</t>
+  </si>
+  <si>
+    <t>02352NAA7</t>
+  </si>
+  <si>
+    <t>US02608AAA79</t>
+  </si>
+  <si>
+    <t>US GNL 28 144A</t>
+  </si>
+  <si>
+    <t>BPBRT30</t>
+  </si>
+  <si>
+    <t>GNL</t>
+  </si>
+  <si>
+    <t>Real Estate</t>
+  </si>
+  <si>
+    <t>02608AAA7</t>
+  </si>
+  <si>
+    <t>US03690AAK25</t>
+  </si>
+  <si>
+    <t>US AM 32 144A</t>
+  </si>
+  <si>
+    <t>BP2SNQ3</t>
+  </si>
+  <si>
+    <t>AM</t>
+  </si>
+  <si>
+    <t>03690AAK2</t>
+  </si>
+  <si>
+    <t>US03881NAJ63</t>
+  </si>
+  <si>
+    <t>US ABR 30 144A</t>
+  </si>
+  <si>
+    <t>BVMNBK0</t>
+  </si>
+  <si>
+    <t>ABR</t>
+  </si>
+  <si>
+    <t>03881NAJ6</t>
+  </si>
+  <si>
+    <t>US05464CAC55</t>
+  </si>
+  <si>
+    <t>US AXON 30 144A</t>
+  </si>
+  <si>
+    <t>BR4XVS8</t>
+  </si>
+  <si>
+    <t>AXON</t>
+  </si>
+  <si>
+    <t>Industrials</t>
+  </si>
+  <si>
+    <t>05464CAC5</t>
+  </si>
+  <si>
+    <t>US05605HAB69</t>
+  </si>
+  <si>
+    <t>US BWXT 28 144A</t>
+  </si>
+  <si>
+    <t>BMQ52P1</t>
+  </si>
+  <si>
+    <t>BWXT</t>
+  </si>
+  <si>
+    <t>05605HAB6</t>
+  </si>
+  <si>
+    <t>US058498AW66</t>
+  </si>
+  <si>
+    <t>US BALL 30</t>
+  </si>
+  <si>
+    <t>BMG3813</t>
+  </si>
+  <si>
+    <t>BALL</t>
+  </si>
+  <si>
+    <t>Materials</t>
+  </si>
+  <si>
+    <t>058498AW6</t>
+  </si>
+  <si>
+    <t>US080782AA38</t>
+  </si>
+  <si>
+    <t>GB BELRON 29 144A</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>GB</t>
+  </si>
+  <si>
+    <t>BSVLRC8</t>
+  </si>
+  <si>
+    <t>BELRON</t>
+  </si>
+  <si>
+    <t>080782AA3</t>
+  </si>
+  <si>
+    <t>US103304BV23</t>
+  </si>
+  <si>
+    <t>US BYD 31 144A</t>
+  </si>
+  <si>
+    <t>BMW1BG7</t>
+  </si>
+  <si>
+    <t>BYD</t>
+  </si>
+  <si>
+    <t>103304BV2</t>
+  </si>
+  <si>
+    <t>US105340AS20</t>
+  </si>
+  <si>
+    <t>US BDN 29</t>
+  </si>
+  <si>
+    <t>BQBC9X2</t>
+  </si>
+  <si>
+    <t>BDN</t>
+  </si>
+  <si>
+    <t>105340AS2</t>
+  </si>
+  <si>
+    <t>US12653CAJ71</t>
+  </si>
+  <si>
+    <t>US CNX 29 144A</t>
+  </si>
+  <si>
+    <t>BMHJ3P9</t>
+  </si>
+  <si>
+    <t>CNX</t>
+  </si>
+  <si>
+    <t>12653CAJ7</t>
+  </si>
+  <si>
+    <t>US13057QAK31</t>
+  </si>
+  <si>
+    <t>US CRC 29 144A</t>
+  </si>
+  <si>
+    <t>BS880Y5</t>
+  </si>
+  <si>
+    <t>CRC</t>
+  </si>
+  <si>
+    <t>13057QAK3</t>
+  </si>
+  <si>
+    <t>US143658CA82</t>
+  </si>
+  <si>
+    <t>US CCL 32 144A</t>
+  </si>
+  <si>
+    <t>BT7MYF4</t>
+  </si>
+  <si>
+    <t>CCL</t>
+  </si>
+  <si>
+    <t>143658CA8</t>
+  </si>
+  <si>
+    <t>US15853BAA98</t>
+  </si>
+  <si>
+    <t>CA CIACN 32 144A</t>
+  </si>
+  <si>
+    <t>Canada</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>BQB6DQ5</t>
+  </si>
+  <si>
+    <t>CIACN</t>
+  </si>
+  <si>
+    <t>15853BAA9</t>
+  </si>
+  <si>
+    <t>US159864AG27</t>
+  </si>
+  <si>
+    <t>US CRL 29 144A</t>
+  </si>
+  <si>
+    <t>BN6J2C7</t>
+  </si>
+  <si>
+    <t>CRL</t>
+  </si>
+  <si>
+    <t>Health Care</t>
+  </si>
+  <si>
+    <t>159864AG2</t>
+  </si>
+  <si>
+    <t>US18589GAA31</t>
+  </si>
+  <si>
+    <t>US CLF 34 144A</t>
+  </si>
+  <si>
+    <t>BVZMLD7</t>
+  </si>
+  <si>
+    <t>CLF</t>
+  </si>
+  <si>
+    <t>18589GAA3</t>
+  </si>
+  <si>
+    <t>US19260QAD97</t>
+  </si>
+  <si>
+    <t>US COIN 31 144A</t>
+  </si>
+  <si>
+    <t>BN6KWX1</t>
+  </si>
+  <si>
+    <t>COIN</t>
+  </si>
+  <si>
+    <t>19260QAD9</t>
+  </si>
+  <si>
+    <t>US21039CAB00</t>
+  </si>
+  <si>
+    <t>US CSTM 29 144A</t>
+  </si>
+  <si>
+    <t>BM8C3K2</t>
+  </si>
+  <si>
+    <t>CSTM</t>
+  </si>
+  <si>
+    <t>21039CAB0</t>
+  </si>
+  <si>
+    <t>US225310AS06</t>
+  </si>
+  <si>
+    <t>US CACC 30 144A</t>
+  </si>
+  <si>
+    <t>BRXB053</t>
+  </si>
+  <si>
+    <t>CACC</t>
+  </si>
+  <si>
+    <t>225310AS0</t>
+  </si>
+  <si>
+    <t>US22788CAA36</t>
+  </si>
+  <si>
+    <t>US CRWD 29</t>
+  </si>
+  <si>
+    <t>BMPRDM2</t>
+  </si>
+  <si>
+    <t>CRWD</t>
+  </si>
+  <si>
+    <t>Information Technology</t>
+  </si>
+  <si>
+    <t>22788CAA3</t>
+  </si>
+  <si>
+    <t>US228180AB14</t>
+  </si>
+  <si>
+    <t>US CCK 30</t>
+  </si>
+  <si>
+    <t>BL69MY5</t>
+  </si>
+  <si>
+    <t>CCK</t>
+  </si>
+  <si>
+    <t>228180AB1</t>
+  </si>
+  <si>
+    <t>US24665FAD42</t>
+  </si>
+  <si>
+    <t>US DKL 29 144A</t>
+  </si>
+  <si>
+    <t>BRC2671</t>
+  </si>
+  <si>
+    <t>DKL</t>
+  </si>
+  <si>
+    <t>24665FAD4</t>
+  </si>
+  <si>
+    <t>US248019AW14</t>
+  </si>
+  <si>
+    <t>US DLX 29 144A</t>
+  </si>
+  <si>
+    <t>BS898R7</t>
+  </si>
+  <si>
+    <t>DLX</t>
+  </si>
+  <si>
+    <t>248019AW1</t>
+  </si>
+  <si>
+    <t>US25461LAA08</t>
+  </si>
+  <si>
+    <t>US DTV 27 144A</t>
+  </si>
+  <si>
+    <t>BN765Z1</t>
+  </si>
+  <si>
+    <t>DTV</t>
+  </si>
+  <si>
+    <t>Communication Services</t>
+  </si>
+  <si>
+    <t>25461LAA0</t>
+  </si>
+  <si>
+    <t>US267475AD30</t>
+  </si>
+  <si>
+    <t>US DY 29 144A</t>
+  </si>
+  <si>
+    <t>BNBX031</t>
+  </si>
+  <si>
+    <t>DY</t>
+  </si>
+  <si>
+    <t>267475AD3</t>
+  </si>
+  <si>
+    <t>US30251GBA40</t>
+  </si>
+  <si>
+    <t>AU FMGAU 27 144A</t>
+  </si>
+  <si>
+    <t>Australia</t>
+  </si>
+  <si>
+    <t>AU</t>
+  </si>
+  <si>
+    <t>BK5GTT4</t>
+  </si>
+  <si>
+    <t>FMGAU</t>
+  </si>
+  <si>
+    <t>XASX</t>
+  </si>
+  <si>
+    <t>30251GBA4</t>
+  </si>
+  <si>
+    <t>US303250AF16</t>
+  </si>
+  <si>
+    <t>US FAIRIC 28 144A</t>
+  </si>
+  <si>
+    <t>BKV3193</t>
+  </si>
+  <si>
+    <t>FAIRIC</t>
+  </si>
+  <si>
+    <t>303250AF1</t>
+  </si>
+  <si>
+    <t>US31209DAA37</t>
+  </si>
+  <si>
+    <t>FR EOFP 30 144A</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>FR</t>
+  </si>
+  <si>
+    <t>BM9YFH8</t>
+  </si>
+  <si>
+    <t>EOFP</t>
+  </si>
+  <si>
+    <t>31209DAA3</t>
+  </si>
+  <si>
+    <t>US34960PAD33</t>
+  </si>
+  <si>
+    <t>US FTAI 28 144A</t>
+  </si>
+  <si>
+    <t>BMD14K1</t>
+  </si>
+  <si>
+    <t>FTAI</t>
+  </si>
+  <si>
+    <t>34960PAD3</t>
+  </si>
+  <si>
+    <t>US36168QAL86</t>
+  </si>
+  <si>
+    <t>US GFLCN 28 144A</t>
+  </si>
+  <si>
+    <t>BN8ZSQ9</t>
+  </si>
+  <si>
+    <t>GFLCN</t>
+  </si>
+  <si>
+    <t>36168QAL8</t>
+  </si>
+  <si>
+    <t>US380355AN75</t>
+  </si>
+  <si>
+    <t>CA GSYCN 30 144A</t>
+  </si>
+  <si>
+    <t>BM9YJC1</t>
+  </si>
+  <si>
+    <t>GSYCN</t>
+  </si>
+  <si>
+    <t>380355AN7</t>
+  </si>
+  <si>
+    <t>US402635AT32</t>
+  </si>
+  <si>
+    <t>US GPOR 29 144A</t>
+  </si>
+  <si>
+    <t>BMW82V0</t>
+  </si>
+  <si>
+    <t>GPOR</t>
+  </si>
+  <si>
+    <t>402635AT3</t>
+  </si>
+  <si>
+    <t>US40390DAD75</t>
+  </si>
+  <si>
+    <t>US HLF 29 144A</t>
+  </si>
+  <si>
+    <t>BRBST71</t>
+  </si>
+  <si>
+    <t>HLF</t>
+  </si>
+  <si>
+    <t>40390DAD7</t>
+  </si>
+  <si>
+    <t>US432833AJ07</t>
+  </si>
+  <si>
+    <t>US HLT 29 144A</t>
+  </si>
+  <si>
+    <t>BNDLGY6</t>
+  </si>
+  <si>
+    <t>HLT</t>
+  </si>
+  <si>
+    <t>432833AJ0</t>
+  </si>
+  <si>
+    <t>US44267DAE76</t>
+  </si>
+  <si>
+    <t>US HHH 29 144A</t>
+  </si>
+  <si>
+    <t>BMDJ427</t>
+  </si>
+  <si>
+    <t>HHH</t>
+  </si>
+  <si>
+    <t>44267DAE7</t>
+  </si>
+  <si>
+    <t>US44701QBE17</t>
+  </si>
+  <si>
+    <t>US HUN 29</t>
+  </si>
+  <si>
+    <t>BJLTYV7</t>
+  </si>
+  <si>
+    <t>HUN</t>
+  </si>
+  <si>
+    <t>44701QBE1</t>
+  </si>
+  <si>
+    <t>US45688CAB37</t>
+  </si>
+  <si>
+    <t>US NGVT 28 144A</t>
+  </si>
+  <si>
+    <t>BMFTQC9</t>
+  </si>
+  <si>
+    <t>NGVT</t>
+  </si>
+  <si>
+    <t>45688CAB3</t>
+  </si>
+  <si>
+    <t>US46284VAN10</t>
+  </si>
+  <si>
+    <t>US IRM 31 144A</t>
+  </si>
+  <si>
+    <t>BMG1HP4</t>
+  </si>
+  <si>
+    <t>IRM</t>
+  </si>
+  <si>
+    <t>46284VAN1</t>
+  </si>
+  <si>
+    <t>US47010BAF13</t>
+  </si>
+  <si>
+    <t>GB TTMTIN 27 144A</t>
+  </si>
+  <si>
+    <t>BF22YG2</t>
+  </si>
+  <si>
+    <t>TTMTIN</t>
+  </si>
+  <si>
+    <t>47010BAF1</t>
+  </si>
+  <si>
+    <t>US49726JAB44</t>
+  </si>
+  <si>
+    <t>JP KIOXIA 33 144A</t>
+  </si>
+  <si>
+    <t>BVPCXL9</t>
+  </si>
+  <si>
+    <t>KIOXIA</t>
+  </si>
+  <si>
+    <t>XJAS</t>
+  </si>
+  <si>
+    <t>49726JAB4</t>
+  </si>
+  <si>
+    <t>US52736RBJ05</t>
+  </si>
+  <si>
+    <t>US LEVI 31 144A</t>
+  </si>
+  <si>
+    <t>BM9FDV1</t>
+  </si>
+  <si>
+    <t>LEVI</t>
+  </si>
+  <si>
+    <t>52736RBJ0</t>
+  </si>
+  <si>
+    <t>US538034AX75</t>
+  </si>
+  <si>
+    <t>US LYV 28 144A</t>
+  </si>
+  <si>
+    <t>BN7RJ07</t>
+  </si>
+  <si>
+    <t>LYV</t>
+  </si>
+  <si>
+    <t>538034AX7</t>
+  </si>
+  <si>
+    <t>US57667JAA07</t>
+  </si>
+  <si>
+    <t>US MTCHII 31 144A</t>
+  </si>
+  <si>
+    <t>BP94PM4</t>
+  </si>
+  <si>
+    <t>MTCHII</t>
+  </si>
+  <si>
+    <t>57667JAA0</t>
+  </si>
+  <si>
+    <t>US58547DAD12</t>
+  </si>
+  <si>
+    <t>HK MPEL 29 144A</t>
+  </si>
+  <si>
+    <t>Hong Kong</t>
+  </si>
+  <si>
+    <t>HK</t>
+  </si>
+  <si>
+    <t>BKBZDW6</t>
+  </si>
+  <si>
+    <t>MPEL</t>
+  </si>
+  <si>
+    <t>58547DAD1</t>
+  </si>
+  <si>
+    <t>US603051AC70</t>
+  </si>
+  <si>
+    <t>AU MINAU 27 144A</t>
+  </si>
+  <si>
+    <t>BNRQXH9</t>
+  </si>
+  <si>
+    <t>MINAU</t>
+  </si>
+  <si>
+    <t>603051AC7</t>
+  </si>
+  <si>
+    <t>US615394AM52</t>
+  </si>
+  <si>
+    <t>US MOGA 27 144A</t>
+  </si>
+  <si>
+    <t>BKQNVK9</t>
+  </si>
+  <si>
+    <t>MOGA</t>
+  </si>
+  <si>
+    <t>615394AM5</t>
+  </si>
+  <si>
+    <t>US624758AF53</t>
+  </si>
+  <si>
+    <t>US MWA 29 144A</t>
+  </si>
+  <si>
+    <t>BP2FLJ3</t>
+  </si>
+  <si>
+    <t>MWA</t>
+  </si>
+  <si>
+    <t>624758AF5</t>
+  </si>
+  <si>
+    <t>US629377CR16</t>
+  </si>
+  <si>
+    <t>US NRG 31 144A</t>
+  </si>
+  <si>
+    <t>BNM51T9</t>
+  </si>
+  <si>
+    <t>NRG</t>
+  </si>
+  <si>
+    <t>Utilities</t>
+  </si>
+  <si>
+    <t>629377CR1</t>
+  </si>
+  <si>
+    <t>US654922AD53</t>
+  </si>
+  <si>
+    <t>JP NSANY 35 144A</t>
+  </si>
+  <si>
+    <t>BVN2G67</t>
+  </si>
+  <si>
+    <t>NSANY</t>
+  </si>
+  <si>
+    <t>654922AD5</t>
+  </si>
+  <si>
+    <t>US670001AE60</t>
+  </si>
+  <si>
+    <t>US HNDLIN 30 144A</t>
+  </si>
+  <si>
+    <t>BKLPSC1</t>
+  </si>
+  <si>
+    <t>HNDLIN</t>
+  </si>
+  <si>
+    <t>670001AE6</t>
+  </si>
+  <si>
+    <t>US682357AA69</t>
+  </si>
+  <si>
+    <t>GB CTECLN 29 144A</t>
+  </si>
+  <si>
+    <t>BMXD8B6</t>
+  </si>
+  <si>
+    <t>CTECLN</t>
+  </si>
+  <si>
+    <t>682357AA6</t>
+  </si>
+  <si>
+    <t>US682691AM29</t>
+  </si>
+  <si>
+    <t>US OMF 33</t>
+  </si>
+  <si>
+    <t>BW01HX8</t>
+  </si>
+  <si>
+    <t>OMF</t>
+  </si>
+  <si>
+    <t>682691AM2</t>
+  </si>
+  <si>
+    <t>US683720AA42</t>
+  </si>
+  <si>
+    <t>CA OTEXCN 30 144A</t>
+  </si>
+  <si>
+    <t>BKZHXC8</t>
+  </si>
+  <si>
+    <t>OTEXCN</t>
+  </si>
+  <si>
+    <t>683720AA4</t>
+  </si>
+  <si>
+    <t>US69318FAJ75</t>
+  </si>
+  <si>
+    <t>US PBFENE 28</t>
+  </si>
+  <si>
+    <t>BM9GSX1</t>
+  </si>
+  <si>
+    <t>PBFENE</t>
+  </si>
+  <si>
+    <t>69318FAJ7</t>
+  </si>
+  <si>
+    <t>US69370CAC47</t>
+  </si>
+  <si>
+    <t>US PTC 28 144A</t>
+  </si>
+  <si>
+    <t>BLBL7C9</t>
+  </si>
+  <si>
+    <t>PTC</t>
+  </si>
+  <si>
+    <t>69370CAC4</t>
+  </si>
+  <si>
+    <t>US70137WAG33</t>
+  </si>
+  <si>
+    <t>CA PKICN 29 144A</t>
+  </si>
+  <si>
+    <t>BMD26Z3</t>
+  </si>
+  <si>
+    <t>PKICN</t>
+  </si>
+  <si>
+    <t>70137WAG3</t>
+  </si>
+  <si>
+    <t>US703343AH63</t>
+  </si>
+  <si>
+    <t>US PATK 32 144A</t>
+  </si>
+  <si>
+    <t>BQFN210</t>
+  </si>
+  <si>
+    <t>PATK</t>
+  </si>
+  <si>
+    <t>703343AH6</t>
+  </si>
+  <si>
+    <t>US75102WAK45</t>
+  </si>
+  <si>
+    <t>JP RAKUTN 29 144A</t>
+  </si>
+  <si>
+    <t>BQBBBT9</t>
+  </si>
+  <si>
+    <t>RAKUTN</t>
+  </si>
+  <si>
+    <t>75102WAK4</t>
+  </si>
+  <si>
+    <t>US76119LAD38</t>
+  </si>
+  <si>
+    <t>US REZI 32 144A</t>
+  </si>
+  <si>
+    <t>BPLZLY9</t>
+  </si>
+  <si>
+    <t>REZI</t>
+  </si>
+  <si>
+    <t>76119LAD3</t>
+  </si>
+  <si>
+    <t>US76774LAB36</t>
+  </si>
+  <si>
+    <t>CA RBACN 28 144A</t>
+  </si>
+  <si>
+    <t>BQZCG82</t>
+  </si>
+  <si>
+    <t>RBACN</t>
+  </si>
+  <si>
+    <t>76774LAB3</t>
+  </si>
+  <si>
+    <t>US771049AA15</t>
+  </si>
+  <si>
+    <t>US RBLX 30 144A</t>
+  </si>
+  <si>
+    <t>BNHW2C5</t>
+  </si>
+  <si>
+    <t>RBLX</t>
+  </si>
+  <si>
+    <t>771049AA1</t>
+  </si>
+  <si>
+    <t>US78410GAD60</t>
+  </si>
+  <si>
+    <t>US SBAC 27</t>
+  </si>
+  <si>
+    <t>BNBTL14</t>
+  </si>
+  <si>
+    <t>SBAC</t>
+  </si>
+  <si>
+    <t>78410GAD6</t>
+  </si>
+  <si>
+    <t>US78669QAA85</t>
+  </si>
+  <si>
+    <t>CA SFCCN 28 144A</t>
+  </si>
+  <si>
+    <t>BL9YLB7</t>
+  </si>
+  <si>
+    <t>SFCCN</t>
+  </si>
+  <si>
+    <t>78669QAA8</t>
+  </si>
+  <si>
+    <t>US81172QAA22</t>
+  </si>
+  <si>
+    <t>NO SDRLNO 30 144A</t>
+  </si>
+  <si>
+    <t>Norway</t>
+  </si>
+  <si>
+    <t>NO</t>
+  </si>
+  <si>
+    <t>BQ9CK08</t>
+  </si>
+  <si>
+    <t>SDRLNO</t>
+  </si>
+  <si>
+    <t>81172QAA2</t>
+  </si>
+  <si>
+    <t>US81180LAS43</t>
+  </si>
+  <si>
+    <t>US STX 34 144A</t>
+  </si>
+  <si>
+    <t>BV6M664</t>
+  </si>
+  <si>
+    <t>STX</t>
+  </si>
+  <si>
+    <t>81180LAS4</t>
+  </si>
+  <si>
+    <t>US81211KAK60</t>
+  </si>
+  <si>
+    <t>US SEE 33 144A</t>
+  </si>
+  <si>
+    <t>2863803</t>
+  </si>
+  <si>
+    <t>SEE</t>
+  </si>
+  <si>
+    <t>81211KAK6</t>
+  </si>
+  <si>
+    <t>US81728UAB08</t>
+  </si>
+  <si>
+    <t>US ST 31 144A</t>
+  </si>
+  <si>
+    <t>BMD7L86</t>
+  </si>
+  <si>
+    <t>ST</t>
+  </si>
+  <si>
+    <t>81728UAB0</t>
+  </si>
+  <si>
+    <t>US85205TAN00</t>
+  </si>
+  <si>
+    <t>US SPR 29 144A</t>
+  </si>
+  <si>
+    <t>BQWMWG5</t>
+  </si>
+  <si>
+    <t>SPR</t>
+  </si>
+  <si>
+    <t>85205TAN0</t>
+  </si>
+  <si>
+    <t>US858155AE40</t>
+  </si>
+  <si>
+    <t>US SCS 29</t>
+  </si>
+  <si>
+    <t>BH4KPH6</t>
+  </si>
+  <si>
+    <t>SCS</t>
+  </si>
+  <si>
+    <t>858155AE4</t>
+  </si>
+  <si>
+    <t>US861896AA67</t>
+  </si>
+  <si>
+    <t>US SNEX 31 144A</t>
+  </si>
+  <si>
+    <t>BSNWT89</t>
+  </si>
+  <si>
+    <t>SNEX</t>
+  </si>
+  <si>
+    <t>861896AA6</t>
+  </si>
+  <si>
+    <t>US86828LAC63</t>
+  </si>
+  <si>
+    <t>CA SPBCN 29 144A</t>
+  </si>
+  <si>
+    <t>BKQMZJ3</t>
+  </si>
+  <si>
+    <t>SPBCN</t>
+  </si>
+  <si>
+    <t>86828LAC6</t>
+  </si>
+  <si>
+    <t>US87305RAK59</t>
+  </si>
+  <si>
+    <t>US TTMI 29 144A</t>
+  </si>
+  <si>
+    <t>BMZB142</t>
+  </si>
+  <si>
+    <t>TTMI</t>
+  </si>
+  <si>
+    <t>87305RAK5</t>
+  </si>
+  <si>
+    <t>US87422VAK44</t>
+  </si>
+  <si>
+    <t>US TLN 30 144A</t>
+  </si>
+  <si>
+    <t>BQFHT88</t>
+  </si>
+  <si>
+    <t>TLN</t>
+  </si>
+  <si>
+    <t>87422VAK4</t>
+  </si>
+  <si>
+    <t>US87927VAR96</t>
+  </si>
+  <si>
+    <t>IT TITIM 36</t>
+  </si>
+  <si>
+    <t>Italy</t>
+  </si>
+  <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>B195HX4</t>
+  </si>
+  <si>
+    <t>TITIM</t>
+  </si>
+  <si>
+    <t>87927VAR9</t>
+  </si>
+  <si>
+    <t>US88023UAH41</t>
+  </si>
+  <si>
+    <t>US SGI 29 144A</t>
+  </si>
+  <si>
+    <t>BNNLLH4</t>
+  </si>
+  <si>
+    <t>SGI</t>
+  </si>
+  <si>
+    <t>88023UAH4</t>
+  </si>
+  <si>
+    <t>US88104LAE39</t>
+  </si>
+  <si>
+    <t>US TERP 28 144A</t>
+  </si>
+  <si>
+    <t>BD2BVC0</t>
+  </si>
+  <si>
+    <t>TERP</t>
+  </si>
+  <si>
+    <t>88104LAE3</t>
+  </si>
+  <si>
+    <t>US88642RAE99</t>
+  </si>
+  <si>
+    <t>US TDW 30 144A</t>
+  </si>
+  <si>
+    <t>BVLGVV1</t>
+  </si>
+  <si>
+    <t>TDW</t>
+  </si>
+  <si>
+    <t>88642RAE9</t>
+  </si>
+  <si>
+    <t>US89055FAC77</t>
+  </si>
+  <si>
+    <t>US BLD 32 144A</t>
+  </si>
+  <si>
+    <t>BP4YZQ3</t>
+  </si>
+  <si>
+    <t>BLD</t>
+  </si>
+  <si>
+    <t>89055FAC7</t>
+  </si>
+  <si>
+    <t>US893647BW65</t>
+  </si>
+  <si>
+    <t>US TDG 33 144A</t>
+  </si>
+  <si>
+    <t>BPLPD43</t>
+  </si>
+  <si>
+    <t>TDG</t>
+  </si>
+  <si>
+    <t>893647BW6</t>
+  </si>
+  <si>
+    <t>US90138FAC68</t>
+  </si>
+  <si>
+    <t>US TWLO 29</t>
+  </si>
+  <si>
+    <t>BMWG1Q2</t>
+  </si>
+  <si>
+    <t>TWLO</t>
+  </si>
+  <si>
+    <t>90138FAC6</t>
+  </si>
+  <si>
+    <t>US90290MAE12</t>
+  </si>
+  <si>
+    <t>US USFOOD 30 144A</t>
+  </si>
+  <si>
+    <t>BMYT9D2</t>
+  </si>
+  <si>
+    <t>USFOOD</t>
   </si>
   <si>
     <t>Consumer Staples</t>
   </si>
   <si>
-    <t>013092AG6</t>
-[...1225 lines deleted...]
-  <si>
     <t>90290MAE1</t>
   </si>
   <si>
     <t>US911363AM11</t>
   </si>
   <si>
     <t>US URI 31</t>
   </si>
   <si>
     <t>BLFGYK7</t>
   </si>
   <si>
     <t>URI</t>
   </si>
   <si>
     <t>911363AM1</t>
   </si>
   <si>
     <t>US92535UAB08</t>
   </si>
   <si>
     <t>US VRT 28 144A</t>
   </si>
   <si>
     <t>BN14T82</t>
   </si>
   <si>
     <t>VRT</t>
   </si>
   <si>
     <t>92535UAB0</t>
   </si>
   <si>
+    <t>US92552VAL45</t>
+  </si>
+  <si>
+    <t>US VSAT 27 144A</t>
+  </si>
+  <si>
+    <t>BJ2X3M2</t>
+  </si>
+  <si>
+    <t>VSAT</t>
+  </si>
+  <si>
+    <t>92552VAL4</t>
+  </si>
+  <si>
     <t>US92840VAP76</t>
   </si>
   <si>
     <t>US VST 31 144A</t>
   </si>
   <si>
     <t>BNQQSS6</t>
   </si>
   <si>
     <t>VST</t>
   </si>
   <si>
     <t>92840VAP7</t>
   </si>
   <si>
     <t>US94419NAA54</t>
   </si>
   <si>
     <t>US W 29 144A</t>
   </si>
   <si>
     <t>BRC3PR7</t>
   </si>
   <si>
     <t>W</t>
@@ -1718,60 +1813,60 @@
   <si>
     <t>GB ZEGLN 29 144A</t>
   </si>
   <si>
     <t>BPLZN32</t>
   </si>
   <si>
     <t>ZEGLN</t>
   </si>
   <si>
     <t>98927UAA5</t>
   </si>
   <si>
     <t>USU76198AA52</t>
   </si>
   <si>
     <t>US RWLVCA 29 REGS</t>
   </si>
   <si>
     <t>BJLJGR7</t>
   </si>
   <si>
     <t>RWLVCA</t>
   </si>
   <si>
-    <t>JP1743151R64</t>
-[...2 lines deleted...]
-    <t>JP JTDB 25</t>
+    <t>JP1743341R99</t>
+  </si>
+  <si>
+    <t>JP JTDB 26</t>
   </si>
   <si>
     <t>Government</t>
   </si>
   <si>
-    <t>BQYL0B1</t>
+    <t>BVMTN80</t>
   </si>
   <si>
     <t>JTDB</t>
   </si>
   <si>
     <t>US91282CMJ70</t>
   </si>
   <si>
     <t>TF FLOAT 01/31/27</t>
   </si>
   <si>
     <t>BSPRXX5</t>
   </si>
   <si>
     <t>TF</t>
   </si>
   <si>
     <t>91282CMJ7</t>
   </si>
   <si>
     <t>US91282CMX64</t>
   </si>
   <si>
     <t>TF FLOAT 04/30/27</t>
   </si>
@@ -1799,54 +1894,54 @@
   <si>
     <t>ACCRUED EXPENSES</t>
   </si>
   <si>
     <t>Other Instruments</t>
   </si>
   <si>
     <t>Other Liabilities</t>
   </si>
   <si>
     <t>BRSYEKQM0</t>
   </si>
   <si>
     <t>State Str Instl Invt Tr Treas Mmkt</t>
   </si>
   <si>
     <t>Pooled Investment</t>
   </si>
   <si>
     <t>Fund</t>
   </si>
   <si>
     <t>TRIXX</t>
   </si>
   <si>
-    <t>BMO4VPV45</t>
-[...2 lines deleted...]
-    <t>REPO for  R 4.32</t>
+    <t>BMO4ZC1B7</t>
+  </si>
+  <si>
+    <t>REPO for  R 4.20</t>
   </si>
   <si>
     <t>Short Term Instrument</t>
   </si>
   <si>
     <t>Repurchase Agreement (REPO)</t>
   </si>
   <si>
     <t>CONTRA_DERIV_Future</t>
   </si>
   <si>
     <t>Contra Derivatives - Futures</t>
   </si>
   <si>
     <t>CONTRA_DERIV_Swap</t>
   </si>
   <si>
     <t>Contra Derivatives - Swaps</t>
   </si>
   <si>
     <t>CONTRA_DERIV_Swaption</t>
   </si>
   <si>
     <t>Contra Derivatives - Swaptions</t>
   </si>
@@ -2240,92 +2335,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0CE2097D-F8AC-49D9-B47A-6782038D8263}">
-  <dimension ref="A1:Z125"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DAD6A3D9-C3B2-4A0D-A041-091B58643167}">
+  <dimension ref="A1:Z134"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="19.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="12.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="22.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="11.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="8.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="7.42578125" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="9.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="7.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="12.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="9.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>45898</v>
+        <v>45930</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -2375,9030 +2470,9732 @@
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>-1373399.3903000001</v>
+        <v>-1619927.6403000001</v>
       </c>
       <c r="E4" s="5">
         <v>1</v>
       </c>
       <c r="F4" s="4">
-        <v>-1373399.3903000001</v>
+        <v>-1619927.6403000001</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
         <v>1</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>-1373399.3903000001</v>
+        <v>-1619927.6403000001</v>
       </c>
       <c r="N4" s="4">
-        <v>-1373399.3903000001</v>
+        <v>-1619927.6403000001</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>-9.724E-3</v>
+        <v>-1.0645999999999999E-2</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
-        <v>-1385.91</v>
+        <v>242.2</v>
       </c>
       <c r="E5" s="5">
         <v>1</v>
       </c>
       <c r="F5" s="4">
-        <v>-1385.91</v>
+        <v>242.2</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J5" s="5">
         <v>1</v>
       </c>
       <c r="K5" s="5">
         <v>1</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M5" s="4">
-        <v>-1385.91</v>
+        <v>242.2</v>
       </c>
       <c r="N5" s="4">
-        <v>-1385.91</v>
+        <v>242.2</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>-9.0000000000000002E-6</v>
+        <v>9.9999999999999995E-7</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
-        <v>-2513.92</v>
+        <v>715097.75</v>
       </c>
       <c r="E6" s="5">
         <v>1</v>
       </c>
       <c r="F6" s="4">
-        <v>-2403.92</v>
+        <v>715220.75</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>41</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J6" s="5">
         <v>1</v>
       </c>
       <c r="K6" s="5">
         <v>1</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M6" s="4">
-        <v>-2403.92</v>
+        <v>715220.75</v>
       </c>
       <c r="N6" s="4">
-        <v>-2403.92</v>
+        <v>715220.75</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
-        <v>-1.7E-5</v>
+        <v>4.7000000000000002E-3</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D7" s="4">
-        <v>-2668000000</v>
+        <v>-2672000000</v>
       </c>
       <c r="E7" s="5">
-        <v>6.8310000000000003E-3</v>
+        <v>6.8370000000000002E-3</v>
       </c>
       <c r="F7" s="4">
-        <v>-18225686.709311999</v>
+        <v>-18269743.195638001</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>45</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>46</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>47</v>
       </c>
       <c r="J7" s="5">
         <v>1</v>
       </c>
       <c r="K7" s="5">
-        <v>146.82498315183318</v>
+        <v>147.68496434146536</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>48</v>
       </c>
       <c r="M7" s="4">
-        <v>-2675986144.0253401</v>
+        <v>-2698166372.3755498</v>
       </c>
       <c r="N7" s="4">
-        <v>-18225686.7093121</v>
+        <v>-18269743.195638102</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="U7" s="2">
-        <v>45929</v>
+        <v>46029</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
-        <v>-0.129054</v>
+        <v>-0.12006699999999999</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D8" s="4">
-        <v>18658261.217895001</v>
+        <v>18027789.513684001</v>
       </c>
       <c r="E8" s="5">
         <v>1</v>
       </c>
       <c r="F8" s="4">
-        <v>18658261.217895001</v>
+        <v>18027789.513684001</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>45</v>
       </c>
       <c r="H8" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J8" s="5">
         <v>1</v>
       </c>
       <c r="K8" s="5">
         <v>1</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M8" s="4">
-        <v>18658261.217893999</v>
+        <v>18027789.513682999</v>
       </c>
       <c r="N8" s="4">
-        <v>18658261.217894699</v>
+        <v>18027789.513683699</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="U8" s="2">
-        <v>45929</v>
+        <v>46029</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>0.13211700000000001</v>
+        <v>0.118477</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D9" s="4">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E9" s="5">
-        <v>109.46875</v>
+        <v>109.171875</v>
       </c>
       <c r="F9" s="4">
-        <v>6130250</v>
+        <v>6222796.9000000004</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>52</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J9" s="5">
-        <v>109.46875</v>
+        <v>109.171875</v>
       </c>
       <c r="K9" s="5">
         <v>1</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M9" s="4">
         <v>0</v>
       </c>
       <c r="N9" s="4">
         <v>0</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>53</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>54</v>
       </c>
       <c r="T9" s="4">
         <v>1000</v>
       </c>
       <c r="U9" s="2">
         <v>46022</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>4.3407000000000001E-2</v>
+        <v>4.0895000000000001E-2</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D10" s="4">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="E10" s="5">
-        <v>104.269531</v>
+        <v>104.183594</v>
       </c>
       <c r="F10" s="4">
-        <v>6464711</v>
+        <v>8959789</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>52</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J10" s="5">
-        <v>104.26953125</v>
+        <v>104.18359375</v>
       </c>
       <c r="K10" s="5">
         <v>1</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M10" s="4">
         <v>0</v>
       </c>
       <c r="N10" s="4">
         <v>0</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>57</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>54</v>
       </c>
       <c r="T10" s="4">
         <v>2000</v>
       </c>
       <c r="U10" s="2">
         <v>46022</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>4.5775999999999997E-2</v>
+        <v>5.8882999999999998E-2</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D11" s="4">
         <v>23</v>
       </c>
       <c r="E11" s="5">
-        <v>112.5</v>
+        <v>112.515625</v>
       </c>
       <c r="F11" s="4">
-        <v>2587500</v>
+        <v>2587859.4</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>52</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J11" s="5">
-        <v>112.5</v>
+        <v>112.515625</v>
       </c>
       <c r="K11" s="5">
         <v>1</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M11" s="4">
         <v>0</v>
       </c>
       <c r="N11" s="4">
         <v>0</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>60</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S11" s="3" t="s">
         <v>54</v>
       </c>
       <c r="T11" s="4">
         <v>1000</v>
       </c>
       <c r="U11" s="2">
         <v>46010</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>1.8321E-2</v>
+        <v>1.7007000000000001E-2</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D12" s="4">
-        <v>16421000</v>
+        <v>-6831000</v>
       </c>
       <c r="E12" s="5">
-        <v>8.1891110000000005</v>
+        <v>8.0945</v>
       </c>
       <c r="F12" s="4">
-        <v>17765733.935537301</v>
+        <v>-7383935.2949999999</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>63</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J12" s="5">
-        <v>8.1891111100000007</v>
+        <v>8.0945</v>
       </c>
       <c r="K12" s="5">
         <v>1</v>
       </c>
       <c r="L12" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M12" s="4">
-        <v>1344733.935537</v>
+        <v>-552935.29500000004</v>
       </c>
       <c r="N12" s="4">
-        <v>1344733.9355373101</v>
+        <v>-552935.29500000004</v>
       </c>
       <c r="O12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q12" s="3" t="s">
         <v>64</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S12" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T12" s="4">
         <v>0.01</v>
       </c>
       <c r="U12" s="2">
         <v>47654</v>
       </c>
       <c r="W12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X12" s="4">
-        <v>161929.30555555999</v>
+        <v>-8538.75</v>
       </c>
       <c r="Y12" s="4">
-        <v>161929.30555600001</v>
+        <v>-8538.75</v>
       </c>
       <c r="Z12" s="6">
-        <v>0.12579699999999999</v>
+        <v>-4.8526E-2</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D13" s="4">
-        <v>4778000</v>
+        <v>27738000</v>
       </c>
       <c r="E13" s="5">
-        <v>3.0427789999999999</v>
+        <v>7.8388</v>
       </c>
       <c r="F13" s="4">
-        <v>4923383.9618925098</v>
+        <v>29912326.344000001</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>63</v>
       </c>
       <c r="H13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J13" s="5">
-        <v>3.0427786100000001</v>
+        <v>7.8388</v>
       </c>
       <c r="K13" s="5">
         <v>1</v>
       </c>
       <c r="L13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M13" s="4">
-        <v>145383.96189199999</v>
+        <v>2174326.344</v>
       </c>
       <c r="N13" s="4">
-        <v>145383.96189251001</v>
+        <v>2174326.344</v>
       </c>
       <c r="O13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q13" s="3" t="s">
         <v>64</v>
       </c>
       <c r="R13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S13" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T13" s="4">
         <v>0.01</v>
       </c>
       <c r="U13" s="2">
-        <v>45920</v>
+        <v>47837</v>
       </c>
       <c r="W13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X13" s="4">
-        <v>0</v>
+        <v>34672.5</v>
       </c>
       <c r="Y13" s="4">
-        <v>0</v>
+        <v>34672.5</v>
       </c>
       <c r="Z13" s="6">
-        <v>3.4861999999999997E-2</v>
+        <v>0.19658200000000001</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D14" s="4">
-        <v>3693000</v>
+        <v>19200000</v>
       </c>
       <c r="E14" s="5">
-        <v>2.6207980000000002</v>
+        <v>-0.11423999999999999</v>
       </c>
       <c r="F14" s="4">
-        <v>3789786.0548823001</v>
+        <v>19178066.0149884</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>63</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J14" s="5">
-        <v>2.62079759</v>
+        <v>-0.11423951</v>
       </c>
       <c r="K14" s="5">
         <v>1</v>
       </c>
       <c r="L14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M14" s="4">
-        <v>96786.054881999997</v>
+        <v>-21933.985011000001</v>
       </c>
       <c r="N14" s="4">
-        <v>96786.054882299999</v>
+        <v>-21933.985011510002</v>
       </c>
       <c r="O14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q14" s="3" t="s">
         <v>64</v>
       </c>
       <c r="R14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S14" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T14" s="4">
         <v>0.01</v>
       </c>
       <c r="U14" s="2">
-        <v>45920</v>
+        <v>46101</v>
       </c>
       <c r="W14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
-        <v>2.6835000000000001E-2</v>
+        <v>0.12603700000000001</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D15" s="4">
-        <v>65772000</v>
+        <v>57703000</v>
       </c>
       <c r="E15" s="5">
-        <v>1.992839</v>
+        <v>-0.118102</v>
       </c>
       <c r="F15" s="4">
-        <v>67082730.134322397</v>
+        <v>57634851.470926799</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>63</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J15" s="5">
-        <v>1.9928391000000001</v>
+        <v>-0.11810223</v>
       </c>
       <c r="K15" s="5">
         <v>1</v>
       </c>
       <c r="L15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M15" s="4">
-        <v>1310730.134322</v>
+        <v>-68148.529072999998</v>
       </c>
       <c r="N15" s="4">
-        <v>1310730.13432246</v>
+        <v>-68148.529073149999</v>
       </c>
       <c r="O15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q15" s="3" t="s">
         <v>64</v>
       </c>
       <c r="R15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S15" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T15" s="4">
         <v>0.01</v>
       </c>
       <c r="U15" s="2">
-        <v>45920</v>
+        <v>46011</v>
       </c>
       <c r="W15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>0.47500799999999999</v>
+        <v>0.378772</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D16" s="4">
-        <v>-13925000</v>
+        <v>2805000</v>
       </c>
       <c r="E16" s="5">
-        <v>0.15858700000000001</v>
+        <v>-0.16961499999999999</v>
       </c>
       <c r="F16" s="4">
-        <v>-13947083.189298401</v>
+        <v>2800242.3090620302</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>72</v>
+        <v>63</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J16" s="5">
-        <v>0.15858664</v>
+        <v>-0.16961465000000001</v>
       </c>
       <c r="K16" s="5">
         <v>1</v>
       </c>
       <c r="L16" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M16" s="4">
-        <v>-22083.189298000001</v>
+        <v>-4757.6909370000003</v>
       </c>
       <c r="N16" s="4">
-        <v>-22083.189298490001</v>
+        <v>-4757.69093797</v>
       </c>
       <c r="O16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P16" s="3" t="s">
-        <v>73</v>
+        <v>34</v>
       </c>
       <c r="Q16" s="3" t="s">
         <v>64</v>
       </c>
       <c r="R16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S16" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T16" s="4">
         <v>0.01</v>
       </c>
       <c r="U16" s="2">
-        <v>45917</v>
+        <v>46011</v>
       </c>
       <c r="W16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>-9.8757999999999999E-2</v>
+        <v>1.8402999999999999E-2</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D17" s="4">
-        <v>-14225000</v>
+        <v>627000</v>
       </c>
       <c r="E17" s="5">
-        <v>0.62861800000000001</v>
+        <v>-0.246784</v>
       </c>
       <c r="F17" s="4">
-        <v>-14314420.902535601</v>
+        <v>625452.66533895</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>72</v>
+        <v>63</v>
       </c>
       <c r="H17" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J17" s="5">
-        <v>0.62861794000000004</v>
+        <v>-0.24678384</v>
       </c>
       <c r="K17" s="5">
         <v>1</v>
       </c>
       <c r="L17" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M17" s="4">
-        <v>-89420.902535000001</v>
+        <v>-1547.3346610000001</v>
       </c>
       <c r="N17" s="4">
-        <v>-89420.902535689995</v>
+        <v>-1547.33466105</v>
       </c>
       <c r="O17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P17" s="3" t="s">
-        <v>73</v>
+        <v>34</v>
       </c>
       <c r="Q17" s="3" t="s">
         <v>64</v>
       </c>
       <c r="R17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S17" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T17" s="4">
         <v>0.01</v>
       </c>
       <c r="U17" s="2">
-        <v>45945</v>
+        <v>46011</v>
       </c>
       <c r="W17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>-0.101359</v>
+        <v>4.1099999999999999E-3</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>77</v>
+        <v>69</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>78</v>
+        <v>44</v>
       </c>
       <c r="D18" s="4">
-        <v>425000</v>
+        <v>1320000</v>
       </c>
       <c r="E18" s="5">
-        <v>102.8459</v>
+        <v>3.1610000000000002E-3</v>
       </c>
       <c r="F18" s="4">
-        <v>448251.32500000001</v>
+        <v>1320041.72852562</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>79</v>
+        <v>63</v>
       </c>
       <c r="H18" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J18" s="5">
-        <v>102.8459</v>
+        <v>3.16125E-3</v>
       </c>
       <c r="K18" s="5">
         <v>1</v>
       </c>
       <c r="L18" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M18" s="4">
-        <v>448251.32500000001</v>
+        <v>41.728524999999998</v>
       </c>
       <c r="N18" s="4">
-        <v>448251.32500000001</v>
+        <v>41.728525619999999</v>
       </c>
       <c r="O18" s="3" t="s">
-        <v>80</v>
+        <v>34</v>
       </c>
       <c r="P18" s="3" t="s">
-        <v>81</v>
+        <v>34</v>
       </c>
       <c r="Q18" s="3" t="s">
-        <v>82</v>
+        <v>64</v>
       </c>
       <c r="R18" s="3" t="s">
-        <v>76</v>
+        <v>34</v>
       </c>
       <c r="S18" s="3" t="s">
-        <v>83</v>
+        <v>65</v>
       </c>
       <c r="T18" s="4">
         <v>0.01</v>
       </c>
       <c r="U18" s="2">
-        <v>46858</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>46011</v>
       </c>
       <c r="W18" s="3" t="s">
-        <v>84</v>
+        <v>34</v>
       </c>
       <c r="X18" s="4">
-        <v>11156.25</v>
+        <v>0</v>
       </c>
       <c r="Y18" s="4">
-        <v>11156.25</v>
+        <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>3.1740000000000002E-3</v>
+        <v>8.6750000000000004E-3</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
-        <v>85</v>
+        <v>74</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>86</v>
+        <v>69</v>
       </c>
       <c r="C19" s="3" t="s">
-        <v>78</v>
+        <v>44</v>
       </c>
       <c r="D19" s="4">
-        <v>425000</v>
+        <v>1106000</v>
       </c>
       <c r="E19" s="5">
-        <v>99.580269999999999</v>
+        <v>-7.9433000000000004E-2</v>
       </c>
       <c r="F19" s="4">
-        <v>434838.71694443998</v>
+        <v>1105121.4704813999</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>79</v>
+        <v>63</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J19" s="5">
-        <v>99.580269999999999</v>
+        <v>-7.9433050000000005E-2</v>
       </c>
       <c r="K19" s="5">
         <v>1</v>
       </c>
       <c r="L19" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M19" s="4">
-        <v>434838.71694399999</v>
+        <v>-878.52951800000005</v>
       </c>
       <c r="N19" s="4">
-        <v>434838.71694443998</v>
+        <v>-878.52951859999996</v>
       </c>
       <c r="O19" s="3" t="s">
-        <v>87</v>
+        <v>34</v>
       </c>
       <c r="P19" s="3" t="s">
-        <v>88</v>
+        <v>34</v>
       </c>
       <c r="Q19" s="3" t="s">
-        <v>82</v>
+        <v>64</v>
       </c>
       <c r="R19" s="3" t="s">
-        <v>85</v>
+        <v>34</v>
       </c>
       <c r="S19" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T19" s="4">
         <v>0.01</v>
       </c>
       <c r="U19" s="2">
-        <v>46813</v>
-[...2 lines deleted...]
-        <v>5.5</v>
+        <v>46011</v>
       </c>
       <c r="W19" s="3" t="s">
-        <v>89</v>
+        <v>34</v>
       </c>
       <c r="X19" s="4">
-        <v>11622.56944444</v>
+        <v>0</v>
       </c>
       <c r="Y19" s="4">
-        <v>11622.569444000001</v>
+        <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>3.0790000000000001E-3</v>
+        <v>7.2620000000000002E-3</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
-        <v>90</v>
+        <v>75</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>91</v>
+        <v>76</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>78</v>
+        <v>44</v>
       </c>
       <c r="D20" s="4">
-        <v>475000</v>
+        <v>-14225000</v>
       </c>
       <c r="E20" s="5">
-        <v>92.242350000000002</v>
+        <v>5.5217000000000002E-2</v>
       </c>
       <c r="F20" s="4">
-        <v>445098.03749999998</v>
+        <v>-14232854.5898015</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J20" s="5">
-        <v>92.242350000000002</v>
+        <v>5.5216800000000003E-2</v>
       </c>
       <c r="K20" s="5">
         <v>1</v>
       </c>
       <c r="L20" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M20" s="4">
-        <v>445098.03749999998</v>
+        <v>-7854.5898010000001</v>
       </c>
       <c r="N20" s="4">
-        <v>445098.03749999998</v>
+        <v>-7854.5898015800003</v>
       </c>
       <c r="O20" s="3" t="s">
-        <v>92</v>
+        <v>34</v>
       </c>
       <c r="P20" s="3" t="s">
-        <v>93</v>
+        <v>78</v>
       </c>
       <c r="Q20" s="3" t="s">
-        <v>82</v>
+        <v>64</v>
       </c>
       <c r="R20" s="3" t="s">
-        <v>90</v>
+        <v>34</v>
       </c>
       <c r="S20" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T20" s="4">
         <v>0.01</v>
       </c>
       <c r="U20" s="2">
-        <v>47588</v>
-[...2 lines deleted...]
-        <v>3.9</v>
+        <v>45945</v>
       </c>
       <c r="W20" s="3" t="s">
-        <v>94</v>
+        <v>34</v>
       </c>
       <c r="X20" s="4">
-        <v>6946.875</v>
+        <v>0</v>
       </c>
       <c r="Y20" s="4">
-        <v>6946.875</v>
+        <v>0</v>
       </c>
       <c r="Z20" s="6">
-        <v>3.1510000000000002E-3</v>
+        <v>-9.3536999999999995E-2</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
-        <v>95</v>
+        <v>79</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>96</v>
+        <v>76</v>
       </c>
       <c r="C21" s="3" t="s">
-        <v>78</v>
+        <v>44</v>
       </c>
       <c r="D21" s="4">
-        <v>400000</v>
+        <v>-14175000</v>
       </c>
       <c r="E21" s="5">
-        <v>95.076409999999996</v>
+        <v>0.35104200000000002</v>
       </c>
       <c r="F21" s="4">
-        <v>386722.30666667002</v>
+        <v>-14224760.244952001</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H21" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J21" s="5">
-        <v>95.076409999999996</v>
+        <v>0.35104228999999998</v>
       </c>
       <c r="K21" s="5">
         <v>1</v>
       </c>
       <c r="L21" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M21" s="4">
-        <v>386722.30666599999</v>
+        <v>-49760.244952000001</v>
       </c>
       <c r="N21" s="4">
-        <v>386722.30666667002</v>
+        <v>-49760.244952000001</v>
       </c>
       <c r="O21" s="3" t="s">
-        <v>97</v>
+        <v>34</v>
       </c>
       <c r="P21" s="3" t="s">
-        <v>98</v>
+        <v>78</v>
       </c>
       <c r="Q21" s="3" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="R21" s="3" t="s">
-        <v>95</v>
+        <v>34</v>
       </c>
       <c r="S21" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T21" s="4">
         <v>0.01</v>
       </c>
       <c r="U21" s="2">
-        <v>47192</v>
-[...2 lines deleted...]
-        <v>3.5</v>
+        <v>45980</v>
       </c>
       <c r="W21" s="3" t="s">
-        <v>100</v>
+        <v>34</v>
       </c>
       <c r="X21" s="4">
-        <v>6416.6666666700003</v>
+        <v>0</v>
       </c>
       <c r="Y21" s="4">
-        <v>6416.6666660000001</v>
+        <v>0</v>
       </c>
       <c r="Z21" s="6">
-        <v>2.738E-3</v>
+        <v>-9.3483999999999998E-2</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
-        <v>101</v>
+        <v>80</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>102</v>
+        <v>81</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D22" s="4">
-        <v>400000</v>
+        <v>425000</v>
       </c>
       <c r="E22" s="5">
-        <v>105.67740000000001</v>
+        <v>102.4747</v>
       </c>
       <c r="F22" s="4">
-        <v>429897.1</v>
+        <v>449235.53055556002</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H22" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J22" s="5">
-        <v>105.67740000000001</v>
+        <v>102.4747</v>
       </c>
       <c r="K22" s="5">
         <v>1</v>
       </c>
       <c r="L22" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M22" s="4">
-        <v>429897.1</v>
+        <v>449235.530555</v>
       </c>
       <c r="N22" s="4">
-        <v>429897.1</v>
+        <v>449235.53055556002</v>
       </c>
       <c r="O22" s="3" t="s">
-        <v>103</v>
+        <v>84</v>
       </c>
       <c r="P22" s="3" t="s">
-        <v>104</v>
+        <v>85</v>
       </c>
       <c r="Q22" s="3" t="s">
-        <v>105</v>
+        <v>86</v>
       </c>
       <c r="R22" s="3" t="s">
-        <v>101</v>
+        <v>80</v>
       </c>
       <c r="S22" s="3" t="s">
-        <v>65</v>
+        <v>87</v>
       </c>
       <c r="T22" s="4">
         <v>0.01</v>
       </c>
       <c r="U22" s="2">
-        <v>47284</v>
+        <v>46858</v>
       </c>
       <c r="V22" s="4">
-        <v>8.625</v>
+        <v>7</v>
       </c>
       <c r="W22" s="3" t="s">
-        <v>106</v>
+        <v>88</v>
       </c>
       <c r="X22" s="4">
-        <v>7187.5</v>
+        <v>13718.05555556</v>
       </c>
       <c r="Y22" s="4">
-        <v>7187.5</v>
+        <v>13718.055555000001</v>
       </c>
       <c r="Z22" s="6">
-        <v>3.0439999999999998E-3</v>
+        <v>2.9520000000000002E-3</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
-        <v>107</v>
+        <v>89</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>108</v>
+        <v>90</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D23" s="4">
-        <v>400000</v>
+        <v>425000</v>
       </c>
       <c r="E23" s="5">
-        <v>104.23739999999999</v>
+        <v>99.646450000000002</v>
       </c>
       <c r="F23" s="4">
-        <v>430374.6</v>
+        <v>425445.32916666998</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H23" s="3" t="s">
-        <v>109</v>
+        <v>31</v>
       </c>
       <c r="I23" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J23" s="5">
-        <v>104.23739999999999</v>
+        <v>99.646450000000002</v>
       </c>
       <c r="K23" s="5">
         <v>1</v>
       </c>
       <c r="L23" s="3" t="s">
-        <v>110</v>
+        <v>33</v>
       </c>
       <c r="M23" s="4">
-        <v>430374.6</v>
+        <v>425445.32916600001</v>
       </c>
       <c r="N23" s="4">
-        <v>430374.6</v>
+        <v>425445.32916666998</v>
       </c>
       <c r="O23" s="3" t="s">
-        <v>111</v>
+        <v>91</v>
       </c>
       <c r="P23" s="3" t="s">
-        <v>112</v>
+        <v>92</v>
       </c>
       <c r="Q23" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="R23" s="3" t="s">
-        <v>107</v>
+        <v>89</v>
       </c>
       <c r="S23" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T23" s="4">
         <v>0.01</v>
       </c>
       <c r="U23" s="2">
-        <v>47895</v>
+        <v>46813</v>
       </c>
       <c r="V23" s="4">
-        <v>6.75</v>
+        <v>5.5</v>
       </c>
       <c r="W23" s="3" t="s">
-        <v>113</v>
+        <v>93</v>
       </c>
       <c r="X23" s="4">
-        <v>13425</v>
+        <v>1947.91666667</v>
       </c>
       <c r="Y23" s="4">
-        <v>13425</v>
+        <v>1947.9166660000001</v>
       </c>
       <c r="Z23" s="6">
-        <v>3.0469999999999998E-3</v>
+        <v>2.7959999999999999E-3</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
-        <v>114</v>
+        <v>94</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>115</v>
+        <v>95</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D24" s="4">
-        <v>450000</v>
+        <v>475000</v>
       </c>
       <c r="E24" s="5">
-        <v>97.202920000000006</v>
+        <v>92.837440000000001</v>
       </c>
       <c r="F24" s="4">
-        <v>445850.64</v>
+        <v>449519.92333333002</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H24" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J24" s="5">
-        <v>97.202920000000006</v>
+        <v>92.837440000000001</v>
       </c>
       <c r="K24" s="5">
         <v>1</v>
       </c>
       <c r="L24" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M24" s="4">
-        <v>445850.64</v>
+        <v>449519.92333299998</v>
       </c>
       <c r="N24" s="4">
-        <v>445850.64</v>
+        <v>449519.92333333002</v>
       </c>
       <c r="O24" s="3" t="s">
-        <v>116</v>
+        <v>96</v>
       </c>
       <c r="P24" s="3" t="s">
-        <v>117</v>
+        <v>97</v>
       </c>
       <c r="Q24" s="3" t="s">
-        <v>118</v>
+        <v>86</v>
       </c>
       <c r="R24" s="3" t="s">
-        <v>114</v>
+        <v>94</v>
       </c>
       <c r="S24" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T24" s="4">
         <v>0.01</v>
       </c>
       <c r="U24" s="2">
-        <v>47026</v>
+        <v>47588</v>
       </c>
       <c r="V24" s="4">
-        <v>4.5</v>
+        <v>3.9</v>
       </c>
       <c r="W24" s="3" t="s">
-        <v>119</v>
+        <v>98</v>
       </c>
       <c r="X24" s="4">
-        <v>8437.5</v>
+        <v>8542.0833333299997</v>
       </c>
       <c r="Y24" s="4">
-        <v>8437.5</v>
+        <v>8542.0833330000005</v>
       </c>
       <c r="Z24" s="6">
-        <v>3.1570000000000001E-3</v>
+        <v>2.954E-3</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
-        <v>120</v>
+        <v>99</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>121</v>
+        <v>100</v>
       </c>
       <c r="C25" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D25" s="4">
-        <v>300000</v>
+        <v>400000</v>
       </c>
       <c r="E25" s="5">
-        <v>103.42</v>
+        <v>105.8537</v>
       </c>
       <c r="F25" s="4">
-        <v>311861.04166667</v>
+        <v>433573.13333332998</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H25" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I25" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J25" s="5">
-        <v>103.42</v>
+        <v>105.8537</v>
       </c>
       <c r="K25" s="5">
         <v>1</v>
       </c>
       <c r="L25" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M25" s="4">
-        <v>311861.04166599998</v>
+        <v>433573.13333300001</v>
       </c>
       <c r="N25" s="4">
-        <v>311861.04166667</v>
+        <v>433573.13333332998</v>
       </c>
       <c r="O25" s="3" t="s">
-        <v>122</v>
+        <v>101</v>
       </c>
       <c r="P25" s="3" t="s">
-        <v>123</v>
+        <v>102</v>
       </c>
       <c r="Q25" s="3" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="R25" s="3" t="s">
-        <v>120</v>
+        <v>99</v>
       </c>
       <c r="S25" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T25" s="4">
         <v>0.01</v>
       </c>
       <c r="U25" s="2">
-        <v>48245</v>
+        <v>47284</v>
       </c>
       <c r="V25" s="4">
-        <v>6.625</v>
+        <v>8.625</v>
       </c>
       <c r="W25" s="3" t="s">
-        <v>124</v>
+        <v>104</v>
       </c>
       <c r="X25" s="4">
-        <v>1601.04166667</v>
+        <v>10158.33333333</v>
       </c>
       <c r="Y25" s="4">
-        <v>1601.0416660000001</v>
+        <v>10158.333333</v>
       </c>
       <c r="Z25" s="6">
-        <v>2.2079999999999999E-3</v>
+        <v>2.849E-3</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
-        <v>125</v>
+        <v>105</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>126</v>
+        <v>106</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D26" s="4">
-        <v>425000</v>
+        <v>400000</v>
       </c>
       <c r="E26" s="5">
-        <v>104.100472</v>
+        <v>103.92270000000001</v>
       </c>
       <c r="F26" s="4">
-        <v>447168.41224999999</v>
+        <v>417940.8</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H26" s="3" t="s">
-        <v>31</v>
+        <v>107</v>
       </c>
       <c r="I26" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J26" s="5">
-        <v>104.100472</v>
+        <v>103.92270000000001</v>
       </c>
       <c r="K26" s="5">
         <v>1</v>
       </c>
       <c r="L26" s="3" t="s">
-        <v>33</v>
+        <v>108</v>
       </c>
       <c r="M26" s="4">
-        <v>447168.41224999999</v>
+        <v>417940.8</v>
       </c>
       <c r="N26" s="4">
-        <v>447168.41224999999</v>
+        <v>417940.8</v>
       </c>
       <c r="O26" s="3" t="s">
-        <v>127</v>
+        <v>109</v>
       </c>
       <c r="P26" s="3" t="s">
-        <v>128</v>
+        <v>110</v>
       </c>
       <c r="Q26" s="3" t="s">
-        <v>64</v>
+        <v>86</v>
       </c>
       <c r="R26" s="3" t="s">
-        <v>125</v>
+        <v>105</v>
       </c>
       <c r="S26" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T26" s="4">
         <v>0.01</v>
       </c>
       <c r="U26" s="2">
-        <v>47679</v>
+        <v>47895</v>
       </c>
       <c r="V26" s="4">
-        <v>7.875</v>
+        <v>6.75</v>
       </c>
       <c r="W26" s="3" t="s">
-        <v>129</v>
+        <v>111</v>
       </c>
       <c r="X26" s="4">
-        <v>4741.40625</v>
+        <v>2250</v>
       </c>
       <c r="Y26" s="4">
-        <v>4741.40625</v>
+        <v>2250</v>
       </c>
       <c r="Z26" s="6">
-        <v>3.166E-3</v>
+        <v>2.7460000000000002E-3</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
-        <v>130</v>
+        <v>112</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>131</v>
+        <v>113</v>
       </c>
       <c r="C27" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D27" s="4">
-        <v>425000</v>
+        <v>450000</v>
       </c>
       <c r="E27" s="5">
-        <v>102.74209999999999</v>
+        <v>97.823530000000005</v>
       </c>
       <c r="F27" s="4">
-        <v>448874.15069444</v>
+        <v>440262.13500000001</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H27" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I27" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J27" s="5">
-        <v>102.74209999999999</v>
+        <v>97.823530000000005</v>
       </c>
       <c r="K27" s="5">
         <v>1</v>
       </c>
       <c r="L27" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M27" s="4">
-        <v>448874.15069400001</v>
+        <v>440262.13500000001</v>
       </c>
       <c r="N27" s="4">
-        <v>448874.15069444</v>
+        <v>440262.13500000001</v>
       </c>
       <c r="O27" s="3" t="s">
-        <v>132</v>
+        <v>114</v>
       </c>
       <c r="P27" s="3" t="s">
-        <v>133</v>
+        <v>115</v>
       </c>
       <c r="Q27" s="3" t="s">
-        <v>134</v>
+        <v>116</v>
       </c>
       <c r="R27" s="3" t="s">
-        <v>130</v>
+        <v>112</v>
       </c>
       <c r="S27" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T27" s="4">
         <v>0.01</v>
       </c>
       <c r="U27" s="2">
-        <v>47557</v>
+        <v>47026</v>
       </c>
       <c r="V27" s="4">
-        <v>6.125</v>
+        <v>4.5</v>
       </c>
       <c r="W27" s="3" t="s">
-        <v>135</v>
+        <v>117</v>
       </c>
       <c r="X27" s="4">
-        <v>12220.22569444</v>
+        <v>56.25</v>
       </c>
       <c r="Y27" s="4">
-        <v>12220.225694000001</v>
+        <v>56.25</v>
       </c>
       <c r="Z27" s="6">
-        <v>3.1779999999999998E-3</v>
+        <v>2.8930000000000002E-3</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
-        <v>136</v>
+        <v>118</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>137</v>
+        <v>119</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D28" s="4">
-        <v>350000</v>
+        <v>300000</v>
       </c>
       <c r="E28" s="5">
-        <v>97.690669999999997</v>
+        <v>102.9932</v>
       </c>
       <c r="F28" s="4">
-        <v>344323.59499999997</v>
+        <v>312292.09999999998</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H28" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J28" s="5">
-        <v>97.690669999999997</v>
+        <v>102.9932</v>
       </c>
       <c r="K28" s="5">
         <v>1</v>
       </c>
       <c r="L28" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M28" s="4">
-        <v>344323.59499999997</v>
+        <v>312292.09999999998</v>
       </c>
       <c r="N28" s="4">
-        <v>344323.59499999997</v>
+        <v>312292.09999999998</v>
       </c>
       <c r="O28" s="3" t="s">
-        <v>138</v>
+        <v>120</v>
       </c>
       <c r="P28" s="3" t="s">
-        <v>139</v>
+        <v>121</v>
       </c>
       <c r="Q28" s="3" t="s">
-        <v>134</v>
+        <v>103</v>
       </c>
       <c r="R28" s="3" t="s">
-        <v>136</v>
+        <v>118</v>
       </c>
       <c r="S28" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T28" s="4">
         <v>0.01</v>
       </c>
       <c r="U28" s="2">
-        <v>46934</v>
+        <v>48245</v>
       </c>
       <c r="V28" s="4">
-        <v>4.125</v>
+        <v>6.625</v>
       </c>
       <c r="W28" s="3" t="s">
-        <v>140</v>
+        <v>122</v>
       </c>
       <c r="X28" s="4">
-        <v>2406.25</v>
+        <v>3312.5</v>
       </c>
       <c r="Y28" s="4">
-        <v>2406.25</v>
+        <v>3312.5</v>
       </c>
       <c r="Z28" s="6">
-        <v>2.4380000000000001E-3</v>
+        <v>2.052E-3</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
-        <v>141</v>
+        <v>123</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>142</v>
+        <v>124</v>
       </c>
       <c r="C29" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D29" s="4">
-        <v>475000</v>
+        <v>425000</v>
       </c>
       <c r="E29" s="5">
-        <v>90.459569999999999</v>
+        <v>105.143928</v>
       </c>
       <c r="F29" s="4">
-        <v>430251.96791667002</v>
+        <v>454485.13150000002</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H29" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I29" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J29" s="5">
-        <v>90.459569999999999</v>
+        <v>105.143928</v>
       </c>
       <c r="K29" s="5">
         <v>1</v>
       </c>
       <c r="L29" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M29" s="4">
-        <v>430251.96791599999</v>
+        <v>454485.13150000002</v>
       </c>
       <c r="N29" s="4">
-        <v>430251.96791667002</v>
+        <v>454485.13150000002</v>
       </c>
       <c r="O29" s="3" t="s">
-        <v>143</v>
+        <v>125</v>
       </c>
       <c r="P29" s="3" t="s">
-        <v>144</v>
+        <v>126</v>
       </c>
       <c r="Q29" s="3" t="s">
-        <v>145</v>
+        <v>64</v>
       </c>
       <c r="R29" s="3" t="s">
-        <v>141</v>
+        <v>123</v>
       </c>
       <c r="S29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T29" s="4">
         <v>0.01</v>
       </c>
       <c r="U29" s="2">
-        <v>47710</v>
+        <v>47679</v>
       </c>
       <c r="V29" s="4">
-        <v>2.875</v>
+        <v>7.875</v>
       </c>
       <c r="W29" s="3" t="s">
-        <v>146</v>
+        <v>127</v>
       </c>
       <c r="X29" s="4">
-        <v>569.01041667000004</v>
+        <v>7623.4375</v>
       </c>
       <c r="Y29" s="4">
-        <v>569.01041599999996</v>
+        <v>7623.4375</v>
       </c>
       <c r="Z29" s="6">
-        <v>3.0460000000000001E-3</v>
+        <v>2.9859999999999999E-3</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
-        <v>147</v>
+        <v>128</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D30" s="4">
-        <v>250000</v>
+        <v>425000</v>
       </c>
       <c r="E30" s="5">
-        <v>101.27589999999999</v>
+        <v>102.702747</v>
       </c>
       <c r="F30" s="4">
-        <v>258580.375</v>
+        <v>437643.61919444002</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H30" s="3" t="s">
-        <v>149</v>
+        <v>31</v>
       </c>
       <c r="I30" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J30" s="5">
-        <v>101.27589999999999</v>
+        <v>102.702747</v>
       </c>
       <c r="K30" s="5">
         <v>1</v>
       </c>
       <c r="L30" s="3" t="s">
-        <v>150</v>
+        <v>33</v>
       </c>
       <c r="M30" s="4">
-        <v>258580.375</v>
+        <v>437643.61919400003</v>
       </c>
       <c r="N30" s="4">
-        <v>258580.375</v>
+        <v>437643.61919444002</v>
       </c>
       <c r="O30" s="3" t="s">
-        <v>151</v>
+        <v>130</v>
       </c>
       <c r="P30" s="3" t="s">
-        <v>152</v>
+        <v>131</v>
       </c>
       <c r="Q30" s="3" t="s">
-        <v>82</v>
+        <v>132</v>
       </c>
       <c r="R30" s="3" t="s">
-        <v>147</v>
+        <v>128</v>
       </c>
       <c r="S30" s="3" t="s">
-        <v>83</v>
+        <v>65</v>
       </c>
       <c r="T30" s="4">
         <v>0.01</v>
       </c>
       <c r="U30" s="2">
-        <v>47406</v>
+        <v>47557</v>
       </c>
       <c r="V30" s="4">
-        <v>5.75</v>
+        <v>6.125</v>
       </c>
       <c r="W30" s="3" t="s">
-        <v>153</v>
+        <v>133</v>
       </c>
       <c r="X30" s="4">
-        <v>5390.625</v>
+        <v>1156.9444444400001</v>
       </c>
       <c r="Y30" s="4">
-        <v>5390.625</v>
+        <v>1156.944444</v>
       </c>
       <c r="Z30" s="6">
-        <v>1.83E-3</v>
+        <v>2.8760000000000001E-3</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
-        <v>154</v>
+        <v>134</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>155</v>
+        <v>135</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D31" s="4">
-        <v>450000</v>
+        <v>350000</v>
       </c>
       <c r="E31" s="5">
-        <v>96.247720000000001</v>
+        <v>97.611850000000004</v>
       </c>
       <c r="F31" s="4">
-        <v>442911.61499999999</v>
+        <v>345290.95416666998</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H31" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I31" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J31" s="5">
-        <v>96.247720000000001</v>
+        <v>97.611850000000004</v>
       </c>
       <c r="K31" s="5">
         <v>1</v>
       </c>
       <c r="L31" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M31" s="4">
-        <v>442911.61499999999</v>
+        <v>345290.95416600001</v>
       </c>
       <c r="N31" s="4">
-        <v>442911.61499999999</v>
+        <v>345290.95416666998</v>
       </c>
       <c r="O31" s="3" t="s">
-        <v>156</v>
+        <v>136</v>
       </c>
       <c r="P31" s="3" t="s">
-        <v>157</v>
+        <v>137</v>
       </c>
       <c r="Q31" s="3" t="s">
-        <v>82</v>
+        <v>132</v>
       </c>
       <c r="R31" s="3" t="s">
-        <v>154</v>
+        <v>134</v>
       </c>
       <c r="S31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T31" s="4">
         <v>0.01</v>
       </c>
       <c r="U31" s="2">
-        <v>48014</v>
+        <v>46934</v>
       </c>
       <c r="V31" s="4">
-        <v>4.75</v>
+        <v>4.125</v>
       </c>
       <c r="W31" s="3" t="s">
-        <v>158</v>
+        <v>138</v>
       </c>
       <c r="X31" s="4">
-        <v>9796.875</v>
+        <v>3649.4791666699998</v>
       </c>
       <c r="Y31" s="4">
-        <v>9796.875</v>
+        <v>3649.4791660000001</v>
       </c>
       <c r="Z31" s="6">
-        <v>3.1359999999999999E-3</v>
+        <v>2.2690000000000002E-3</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
-        <v>159</v>
+        <v>139</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>160</v>
+        <v>140</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D32" s="4">
-        <v>350000</v>
+        <v>475000</v>
       </c>
       <c r="E32" s="5">
-        <v>108.7175</v>
+        <v>90.844241999999994</v>
       </c>
       <c r="F32" s="4">
-        <v>392418.54166667</v>
+        <v>433255.11477778002</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H32" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I32" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J32" s="5">
-        <v>108.7175</v>
+        <v>90.844241999999994</v>
       </c>
       <c r="K32" s="5">
         <v>1</v>
       </c>
       <c r="L32" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M32" s="4">
-        <v>392418.54166599998</v>
+        <v>433255.11477699998</v>
       </c>
       <c r="N32" s="4">
-        <v>392418.54166667</v>
+        <v>433255.11477778002</v>
       </c>
       <c r="O32" s="3" t="s">
-        <v>161</v>
+        <v>141</v>
       </c>
       <c r="P32" s="3" t="s">
-        <v>162</v>
+        <v>142</v>
       </c>
       <c r="Q32" s="3" t="s">
-        <v>118</v>
+        <v>143</v>
       </c>
       <c r="R32" s="3" t="s">
-        <v>159</v>
+        <v>139</v>
       </c>
       <c r="S32" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T32" s="4">
         <v>0.01</v>
       </c>
       <c r="U32" s="2">
-        <v>47220</v>
+        <v>47710</v>
       </c>
       <c r="V32" s="4">
-        <v>8.875</v>
+        <v>2.875</v>
       </c>
       <c r="W32" s="3" t="s">
-        <v>163</v>
+        <v>144</v>
       </c>
       <c r="X32" s="4">
-        <v>11907.29166667</v>
+        <v>1744.96527778</v>
       </c>
       <c r="Y32" s="4">
-        <v>11907.291665999999</v>
+        <v>1744.965277</v>
       </c>
       <c r="Z32" s="6">
-        <v>2.7780000000000001E-3</v>
+        <v>2.8470000000000001E-3</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
-        <v>164</v>
+        <v>145</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>165</v>
+        <v>146</v>
       </c>
       <c r="C33" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D33" s="4">
-        <v>350000</v>
+        <v>250000</v>
       </c>
       <c r="E33" s="5">
-        <v>99.848789999999994</v>
+        <v>101.3034</v>
       </c>
       <c r="F33" s="4">
-        <v>357673.89</v>
+        <v>259886.97222222001</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H33" s="3" t="s">
-        <v>31</v>
+        <v>147</v>
       </c>
       <c r="I33" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J33" s="5">
-        <v>99.848789999999994</v>
+        <v>101.3034</v>
       </c>
       <c r="K33" s="5">
         <v>1</v>
       </c>
       <c r="L33" s="3" t="s">
-        <v>33</v>
+        <v>148</v>
       </c>
       <c r="M33" s="4">
-        <v>357673.89</v>
+        <v>259886.97222200001</v>
       </c>
       <c r="N33" s="4">
-        <v>357673.89</v>
+        <v>259886.97222222001</v>
       </c>
       <c r="O33" s="3" t="s">
-        <v>166</v>
+        <v>149</v>
       </c>
       <c r="P33" s="3" t="s">
-        <v>167</v>
+        <v>150</v>
       </c>
       <c r="Q33" s="3" t="s">
-        <v>64</v>
+        <v>86</v>
       </c>
       <c r="R33" s="3" t="s">
-        <v>164</v>
+        <v>145</v>
       </c>
       <c r="S33" s="3" t="s">
-        <v>65</v>
+        <v>87</v>
       </c>
       <c r="T33" s="4">
         <v>0.01</v>
       </c>
       <c r="U33" s="2">
-        <v>46858</v>
+        <v>47406</v>
       </c>
       <c r="V33" s="4">
-        <v>6.25</v>
+        <v>5.75</v>
       </c>
       <c r="W33" s="3" t="s">
-        <v>168</v>
+        <v>151</v>
       </c>
       <c r="X33" s="4">
-        <v>8203.125</v>
+        <v>6628.4722222199998</v>
       </c>
       <c r="Y33" s="4">
-        <v>8203.125</v>
+        <v>6628.4722220000003</v>
       </c>
       <c r="Z33" s="6">
-        <v>2.532E-3</v>
+        <v>1.707E-3</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
-        <v>169</v>
+        <v>152</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>170</v>
+        <v>153</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D34" s="4">
-        <v>350000</v>
+        <v>450000</v>
       </c>
       <c r="E34" s="5">
-        <v>100.2152</v>
+        <v>96.40061</v>
       </c>
       <c r="F34" s="4">
-        <v>353378.2</v>
+        <v>434752.745</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H34" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I34" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J34" s="5">
-        <v>100.2152</v>
+        <v>96.40061</v>
       </c>
       <c r="K34" s="5">
         <v>1</v>
       </c>
       <c r="L34" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M34" s="4">
-        <v>353378.2</v>
+        <v>434752.745</v>
       </c>
       <c r="N34" s="4">
-        <v>353378.2</v>
+        <v>434752.745</v>
       </c>
       <c r="O34" s="3" t="s">
-        <v>171</v>
+        <v>154</v>
       </c>
       <c r="P34" s="3" t="s">
-        <v>172</v>
+        <v>155</v>
       </c>
       <c r="Q34" s="3" t="s">
-        <v>105</v>
+        <v>86</v>
       </c>
       <c r="R34" s="3" t="s">
-        <v>169</v>
+        <v>152</v>
       </c>
       <c r="S34" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T34" s="4">
         <v>0.01</v>
       </c>
       <c r="U34" s="2">
-        <v>47133</v>
+        <v>48014</v>
       </c>
       <c r="V34" s="4">
-        <v>6</v>
+        <v>4.75</v>
       </c>
       <c r="W34" s="3" t="s">
-        <v>173</v>
+        <v>156</v>
       </c>
       <c r="X34" s="4">
-        <v>2625</v>
+        <v>950</v>
       </c>
       <c r="Y34" s="4">
-        <v>2625</v>
+        <v>950</v>
       </c>
       <c r="Z34" s="6">
-        <v>2.5019999999999999E-3</v>
+        <v>2.8570000000000002E-3</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
-        <v>174</v>
+        <v>157</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>175</v>
+        <v>158</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D35" s="4">
-        <v>425000</v>
+        <v>410000</v>
       </c>
       <c r="E35" s="5">
-        <v>103.3176</v>
+        <v>108.535967</v>
       </c>
       <c r="F35" s="4">
-        <v>446404.48749999999</v>
+        <v>462079.37442221999</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H35" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I35" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J35" s="5">
-        <v>103.3176</v>
+        <v>108.535967</v>
       </c>
       <c r="K35" s="5">
         <v>1</v>
       </c>
       <c r="L35" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M35" s="4">
-        <v>446404.48749999999</v>
+        <v>462079.37442200002</v>
       </c>
       <c r="N35" s="4">
-        <v>446404.48749999999</v>
+        <v>462079.37442221999</v>
       </c>
       <c r="O35" s="3" t="s">
-        <v>176</v>
+        <v>159</v>
       </c>
       <c r="P35" s="3" t="s">
-        <v>177</v>
+        <v>160</v>
       </c>
       <c r="Q35" s="3" t="s">
-        <v>105</v>
+        <v>116</v>
       </c>
       <c r="R35" s="3" t="s">
-        <v>174</v>
+        <v>157</v>
       </c>
       <c r="S35" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T35" s="4">
         <v>0.01</v>
       </c>
       <c r="U35" s="2">
-        <v>47284</v>
+        <v>47220</v>
       </c>
       <c r="V35" s="4">
-        <v>8.25</v>
+        <v>8.875</v>
       </c>
       <c r="W35" s="3" t="s">
-        <v>178</v>
+        <v>161</v>
       </c>
       <c r="X35" s="4">
-        <v>7304.6875</v>
+        <v>17081.90972222</v>
       </c>
       <c r="Y35" s="4">
-        <v>7304.6875</v>
+        <v>17081.909722</v>
       </c>
       <c r="Z35" s="6">
-        <v>3.16E-3</v>
+        <v>3.0360000000000001E-3</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
-        <v>179</v>
+        <v>162</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>180</v>
+        <v>163</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D36" s="4">
-        <v>400000</v>
+        <v>350000</v>
       </c>
       <c r="E36" s="5">
-        <v>101.65</v>
+        <v>100.041</v>
       </c>
       <c r="F36" s="4">
-        <v>409411.11111111002</v>
+        <v>354576.83333333</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H36" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I36" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J36" s="5">
-        <v>101.65</v>
+        <v>100.041</v>
       </c>
       <c r="K36" s="5">
         <v>1</v>
       </c>
       <c r="L36" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M36" s="4">
-        <v>409411.11111100001</v>
+        <v>354576.83333300002</v>
       </c>
       <c r="N36" s="4">
-        <v>409411.11111111002</v>
+        <v>354576.83333333</v>
       </c>
       <c r="O36" s="3" t="s">
-        <v>181</v>
+        <v>164</v>
       </c>
       <c r="P36" s="3" t="s">
-        <v>182</v>
+        <v>165</v>
       </c>
       <c r="Q36" s="3" t="s">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="R36" s="3" t="s">
-        <v>179</v>
+        <v>162</v>
       </c>
       <c r="S36" s="3" t="s">
-        <v>83</v>
+        <v>65</v>
       </c>
       <c r="T36" s="4">
         <v>0.01</v>
       </c>
       <c r="U36" s="2">
-        <v>48427</v>
+        <v>47133</v>
       </c>
       <c r="V36" s="4">
-        <v>5.75</v>
+        <v>6</v>
       </c>
       <c r="W36" s="3" t="s">
-        <v>183</v>
+        <v>166</v>
       </c>
       <c r="X36" s="4">
-        <v>2811.1111111099999</v>
+        <v>4433.3333333299997</v>
       </c>
       <c r="Y36" s="4">
-        <v>2811.1111110000002</v>
+        <v>4433.3333329999996</v>
       </c>
       <c r="Z36" s="6">
-        <v>2.8990000000000001E-3</v>
+        <v>2.33E-3</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
-        <v>184</v>
+        <v>167</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>185</v>
+        <v>168</v>
       </c>
       <c r="C37" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D37" s="4">
         <v>425000</v>
       </c>
       <c r="E37" s="5">
-        <v>104.36369999999999</v>
+        <v>104.28449999999999</v>
       </c>
       <c r="F37" s="4">
-        <v>448937.91249999998</v>
+        <v>453533.08333333</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H37" s="3" t="s">
-        <v>186</v>
+        <v>31</v>
       </c>
       <c r="I37" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J37" s="5">
-        <v>104.36369999999999</v>
+        <v>104.28449999999999</v>
       </c>
       <c r="K37" s="5">
         <v>1</v>
       </c>
       <c r="L37" s="3" t="s">
-        <v>187</v>
+        <v>33</v>
       </c>
       <c r="M37" s="4">
-        <v>448937.91249999998</v>
+        <v>453533.08333300002</v>
       </c>
       <c r="N37" s="4">
-        <v>448937.91249999998</v>
+        <v>453533.08333333</v>
       </c>
       <c r="O37" s="3" t="s">
-        <v>188</v>
+        <v>169</v>
       </c>
       <c r="P37" s="3" t="s">
-        <v>189</v>
+        <v>170</v>
       </c>
       <c r="Q37" s="3" t="s">
-        <v>145</v>
+        <v>103</v>
       </c>
       <c r="R37" s="3" t="s">
-        <v>184</v>
+        <v>167</v>
       </c>
       <c r="S37" s="3" t="s">
-        <v>83</v>
+        <v>65</v>
       </c>
       <c r="T37" s="4">
         <v>0.01</v>
       </c>
       <c r="U37" s="2">
-        <v>48410</v>
+        <v>47284</v>
       </c>
       <c r="V37" s="4">
-        <v>7.875</v>
+        <v>8.25</v>
       </c>
       <c r="W37" s="3" t="s">
-        <v>190</v>
+        <v>171</v>
       </c>
       <c r="X37" s="4">
-        <v>5392.1875</v>
+        <v>10323.95833333</v>
       </c>
       <c r="Y37" s="4">
-        <v>5392.1875</v>
+        <v>10323.958333</v>
       </c>
       <c r="Z37" s="6">
-        <v>3.1779999999999998E-3</v>
+        <v>2.98E-3</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
-        <v>191</v>
+        <v>172</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>192</v>
+        <v>173</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D38" s="4">
         <v>450000</v>
       </c>
       <c r="E38" s="5">
-        <v>94.804140000000004</v>
+        <v>101.76779999999999</v>
       </c>
       <c r="F38" s="4">
-        <v>434353.005</v>
+        <v>463345.72499999998</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H38" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I38" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J38" s="5">
-        <v>94.804140000000004</v>
+        <v>101.76779999999999</v>
       </c>
       <c r="K38" s="5">
         <v>1</v>
       </c>
       <c r="L38" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M38" s="4">
-        <v>434353.005</v>
+        <v>463345.72499999998</v>
       </c>
       <c r="N38" s="4">
-        <v>434353.005</v>
+        <v>463345.72499999998</v>
       </c>
       <c r="O38" s="3" t="s">
-        <v>193</v>
+        <v>174</v>
       </c>
       <c r="P38" s="3" t="s">
-        <v>194</v>
+        <v>175</v>
       </c>
       <c r="Q38" s="3" t="s">
-        <v>195</v>
+        <v>86</v>
       </c>
       <c r="R38" s="3" t="s">
-        <v>191</v>
+        <v>172</v>
       </c>
       <c r="S38" s="3" t="s">
-        <v>65</v>
+        <v>87</v>
       </c>
       <c r="T38" s="4">
         <v>0.01</v>
       </c>
       <c r="U38" s="2">
-        <v>47192</v>
+        <v>48427</v>
       </c>
       <c r="V38" s="4">
-        <v>3.75</v>
+        <v>5.75</v>
       </c>
       <c r="W38" s="3" t="s">
-        <v>196</v>
+        <v>176</v>
       </c>
       <c r="X38" s="4">
-        <v>7734.375</v>
+        <v>5390.625</v>
       </c>
       <c r="Y38" s="4">
-        <v>7734.375</v>
+        <v>5390.625</v>
       </c>
       <c r="Z38" s="6">
-        <v>3.075E-3</v>
+        <v>3.045E-3</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
-        <v>197</v>
+        <v>177</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>198</v>
+        <v>178</v>
       </c>
       <c r="C39" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D39" s="4">
         <v>425000</v>
       </c>
       <c r="E39" s="5">
-        <v>98.885800000000003</v>
+        <v>104.55329999999999</v>
       </c>
       <c r="F39" s="4">
-        <v>429517.25416667003</v>
+        <v>452625.74375000002</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H39" s="3" t="s">
-        <v>31</v>
+        <v>179</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J39" s="5">
-        <v>98.885800000000003</v>
+        <v>104.55329999999999</v>
       </c>
       <c r="K39" s="5">
         <v>1</v>
       </c>
       <c r="L39" s="3" t="s">
-        <v>33</v>
+        <v>180</v>
       </c>
       <c r="M39" s="4">
-        <v>429517.254166</v>
+        <v>452625.74375000002</v>
       </c>
       <c r="N39" s="4">
-        <v>429517.25416667003</v>
+        <v>452625.74375000002</v>
       </c>
       <c r="O39" s="3" t="s">
-        <v>199</v>
+        <v>181</v>
       </c>
       <c r="P39" s="3" t="s">
-        <v>200</v>
+        <v>182</v>
       </c>
       <c r="Q39" s="3" t="s">
-        <v>201</v>
+        <v>143</v>
       </c>
       <c r="R39" s="3" t="s">
-        <v>197</v>
+        <v>177</v>
       </c>
       <c r="S39" s="3" t="s">
-        <v>65</v>
+        <v>87</v>
       </c>
       <c r="T39" s="4">
         <v>0.01</v>
       </c>
       <c r="U39" s="2">
-        <v>46827</v>
+        <v>48410</v>
       </c>
       <c r="V39" s="4">
-        <v>4.75</v>
+        <v>7.875</v>
       </c>
       <c r="W39" s="3" t="s">
-        <v>202</v>
+        <v>183</v>
       </c>
       <c r="X39" s="4">
-        <v>9252.6041666700003</v>
+        <v>8274.21875</v>
       </c>
       <c r="Y39" s="4">
-        <v>9252.6041659999992</v>
+        <v>8274.21875</v>
       </c>
       <c r="Z39" s="6">
-        <v>3.0409999999999999E-3</v>
+        <v>2.9740000000000001E-3</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
-        <v>203</v>
+        <v>184</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>204</v>
+        <v>185</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D40" s="4">
         <v>450000</v>
       </c>
       <c r="E40" s="5">
-        <v>94.792439999999999</v>
+        <v>94.699978000000002</v>
       </c>
       <c r="F40" s="4">
-        <v>432894.10499999998</v>
+        <v>426899.90100000001</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H40" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I40" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J40" s="5">
-        <v>94.792439999999999</v>
+        <v>94.699978000000002</v>
       </c>
       <c r="K40" s="5">
         <v>1</v>
       </c>
       <c r="L40" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M40" s="4">
-        <v>432894.10499999998</v>
+        <v>426899.90100000001</v>
       </c>
       <c r="N40" s="4">
-        <v>432894.10499999998</v>
+        <v>426899.90100000001</v>
       </c>
       <c r="O40" s="3" t="s">
-        <v>205</v>
+        <v>186</v>
       </c>
       <c r="P40" s="3" t="s">
-        <v>206</v>
+        <v>187</v>
       </c>
       <c r="Q40" s="3" t="s">
-        <v>145</v>
+        <v>188</v>
       </c>
       <c r="R40" s="3" t="s">
-        <v>203</v>
+        <v>184</v>
       </c>
       <c r="S40" s="3" t="s">
-        <v>83</v>
+        <v>65</v>
       </c>
       <c r="T40" s="4">
         <v>0.01</v>
       </c>
       <c r="U40" s="2">
-        <v>47223</v>
+        <v>47192</v>
       </c>
       <c r="V40" s="4">
         <v>3.75</v>
       </c>
       <c r="W40" s="3" t="s">
-        <v>207</v>
+        <v>189</v>
       </c>
       <c r="X40" s="4">
-        <v>6328.125</v>
+        <v>750</v>
       </c>
       <c r="Y40" s="4">
-        <v>6328.125</v>
+        <v>750</v>
       </c>
       <c r="Z40" s="6">
-        <v>3.065E-3</v>
+        <v>2.8050000000000002E-3</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
-        <v>208</v>
+        <v>190</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>209</v>
+        <v>191</v>
       </c>
       <c r="C41" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D41" s="4">
-        <v>425000</v>
+        <v>315000</v>
       </c>
       <c r="E41" s="5">
-        <v>101.29361</v>
+        <v>103.04050100000001</v>
       </c>
       <c r="F41" s="4">
-        <v>444732.39111110999</v>
+        <v>326112.10940000002</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H41" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I41" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J41" s="5">
-        <v>101.29361</v>
+        <v>103.04050100000001</v>
       </c>
       <c r="K41" s="5">
         <v>1</v>
       </c>
       <c r="L41" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M41" s="4">
-        <v>444732.39111099998</v>
+        <v>326112.10940000002</v>
       </c>
       <c r="N41" s="4">
-        <v>444732.39111110999</v>
+        <v>326112.10940000002</v>
       </c>
       <c r="O41" s="3" t="s">
-        <v>210</v>
+        <v>192</v>
       </c>
       <c r="P41" s="3" t="s">
-        <v>211</v>
+        <v>193</v>
       </c>
       <c r="Q41" s="3" t="s">
-        <v>64</v>
+        <v>143</v>
       </c>
       <c r="R41" s="3" t="s">
-        <v>208</v>
+        <v>190</v>
       </c>
       <c r="S41" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T41" s="4">
         <v>0.01</v>
       </c>
       <c r="U41" s="2">
-        <v>47557</v>
+        <v>48959</v>
       </c>
       <c r="V41" s="4">
-        <v>6.625</v>
+        <v>7.625</v>
       </c>
       <c r="W41" s="3" t="s">
-        <v>212</v>
+        <v>194</v>
       </c>
       <c r="X41" s="4">
-        <v>14234.54861111</v>
+        <v>1534.53125</v>
       </c>
       <c r="Y41" s="4">
-        <v>14234.548611</v>
+        <v>1534.53125</v>
       </c>
       <c r="Z41" s="6">
-        <v>3.1489999999999999E-3</v>
+        <v>2.1429999999999999E-3</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
-        <v>213</v>
+        <v>195</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>214</v>
+        <v>196</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D42" s="4">
-        <v>450000</v>
+        <v>475000</v>
       </c>
       <c r="E42" s="5">
-        <v>94.243589999999998</v>
+        <v>89.237480000000005</v>
       </c>
       <c r="F42" s="4">
-        <v>424658.65500000003</v>
+        <v>423878.03</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H42" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I42" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J42" s="5">
-        <v>94.243589999999998</v>
+        <v>89.237480000000005</v>
       </c>
       <c r="K42" s="5">
         <v>1</v>
       </c>
       <c r="L42" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M42" s="4">
-        <v>424658.65500000003</v>
+        <v>423878.03</v>
       </c>
       <c r="N42" s="4">
-        <v>424658.65500000003</v>
+        <v>423878.03</v>
       </c>
       <c r="O42" s="3" t="s">
-        <v>215</v>
+        <v>197</v>
       </c>
       <c r="P42" s="3" t="s">
-        <v>216</v>
+        <v>198</v>
       </c>
       <c r="Q42" s="3" t="s">
-        <v>217</v>
+        <v>64</v>
       </c>
       <c r="R42" s="3" t="s">
-        <v>213</v>
+        <v>195</v>
       </c>
       <c r="S42" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T42" s="4">
         <v>0.01</v>
       </c>
       <c r="U42" s="2">
-        <v>47164</v>
+        <v>48122</v>
       </c>
       <c r="V42" s="4">
-        <v>3</v>
+        <v>3.625</v>
       </c>
       <c r="W42" s="3" t="s">
-        <v>218</v>
+        <v>199</v>
       </c>
       <c r="X42" s="4">
-        <v>562.5</v>
+        <v>0</v>
       </c>
       <c r="Y42" s="4">
-        <v>562.5</v>
+        <v>0</v>
       </c>
       <c r="Z42" s="6">
-        <v>3.006E-3</v>
+        <v>2.7850000000000001E-3</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
-        <v>219</v>
+        <v>200</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>220</v>
+        <v>201</v>
       </c>
       <c r="C43" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D43" s="4">
-        <v>425000</v>
+        <v>450000</v>
       </c>
       <c r="E43" s="5">
-        <v>101.31619999999999</v>
+        <v>95.148359999999997</v>
       </c>
       <c r="F43" s="4">
-        <v>439828.74583332997</v>
+        <v>435948.87</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H43" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I43" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J43" s="5">
-        <v>101.31619999999999</v>
+        <v>95.148359999999997</v>
       </c>
       <c r="K43" s="5">
         <v>1</v>
       </c>
       <c r="L43" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M43" s="4">
-        <v>439828.74583299999</v>
+        <v>435948.87</v>
       </c>
       <c r="N43" s="4">
-        <v>439828.74583332997</v>
+        <v>435948.87</v>
       </c>
       <c r="O43" s="3" t="s">
-        <v>221</v>
+        <v>202</v>
       </c>
       <c r="P43" s="3" t="s">
-        <v>222</v>
+        <v>203</v>
       </c>
       <c r="Q43" s="3" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="R43" s="3" t="s">
-        <v>219</v>
+        <v>200</v>
       </c>
       <c r="S43" s="3" t="s">
-        <v>65</v>
+        <v>87</v>
       </c>
       <c r="T43" s="4">
         <v>0.01</v>
       </c>
       <c r="U43" s="2">
-        <v>47574</v>
+        <v>47223</v>
       </c>
       <c r="V43" s="4">
-        <v>5.25</v>
+        <v>3.75</v>
       </c>
       <c r="W43" s="3" t="s">
-        <v>223</v>
+        <v>204</v>
       </c>
       <c r="X43" s="4">
-        <v>9234.8958333299997</v>
+        <v>7781.25</v>
       </c>
       <c r="Y43" s="4">
-        <v>9234.8958330000005</v>
+        <v>7781.25</v>
       </c>
       <c r="Z43" s="6">
-        <v>3.114E-3</v>
+        <v>2.8649999999999999E-3</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
-        <v>224</v>
+        <v>205</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>225</v>
+        <v>206</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D44" s="4">
-        <v>350000</v>
+        <v>425000</v>
       </c>
       <c r="E44" s="5">
-        <v>104.5307</v>
+        <v>100.166</v>
       </c>
       <c r="F44" s="4">
-        <v>379693.38750000001</v>
+        <v>426956.88888888998</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H44" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I44" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J44" s="5">
-        <v>104.5307</v>
+        <v>100.166</v>
       </c>
       <c r="K44" s="5">
         <v>1</v>
       </c>
       <c r="L44" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M44" s="4">
-        <v>379693.38750000001</v>
+        <v>426956.88888799999</v>
       </c>
       <c r="N44" s="4">
-        <v>379693.38750000001</v>
+        <v>426956.88888888998</v>
       </c>
       <c r="O44" s="3" t="s">
-        <v>226</v>
+        <v>207</v>
       </c>
       <c r="P44" s="3" t="s">
-        <v>227</v>
+        <v>208</v>
       </c>
       <c r="Q44" s="3" t="s">
-        <v>105</v>
+        <v>64</v>
       </c>
       <c r="R44" s="3" t="s">
-        <v>224</v>
+        <v>205</v>
       </c>
       <c r="S44" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T44" s="4">
         <v>0.01</v>
       </c>
       <c r="U44" s="2">
-        <v>47192</v>
+        <v>47557</v>
       </c>
       <c r="V44" s="4">
-        <v>8.625</v>
+        <v>6.625</v>
       </c>
       <c r="W44" s="3" t="s">
-        <v>228</v>
+        <v>209</v>
       </c>
       <c r="X44" s="4">
-        <v>13835.9375</v>
+        <v>1251.3888888900001</v>
       </c>
       <c r="Y44" s="4">
-        <v>13835.9375</v>
+        <v>1251.388888</v>
       </c>
       <c r="Z44" s="6">
-        <v>2.6879999999999999E-3</v>
+        <v>2.8050000000000002E-3</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
-        <v>229</v>
+        <v>210</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>230</v>
+        <v>211</v>
       </c>
       <c r="C45" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D45" s="4">
-        <v>350000</v>
+        <v>450000</v>
       </c>
       <c r="E45" s="5">
-        <v>99.499923999999993</v>
+        <v>95.285915000000003</v>
       </c>
       <c r="F45" s="4">
-        <v>349106.50483332999</v>
+        <v>430511.61749999999</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H45" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I45" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J45" s="5">
-        <v>99.499923999999993</v>
+        <v>95.285915000000003</v>
       </c>
       <c r="K45" s="5">
         <v>1</v>
       </c>
       <c r="L45" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M45" s="4">
-        <v>349106.50483300001</v>
+        <v>430511.61749999999</v>
       </c>
       <c r="N45" s="4">
-        <v>349106.50483332999</v>
+        <v>430511.61749999999</v>
       </c>
       <c r="O45" s="3" t="s">
-        <v>231</v>
+        <v>212</v>
       </c>
       <c r="P45" s="3" t="s">
-        <v>232</v>
+        <v>213</v>
       </c>
       <c r="Q45" s="3" t="s">
-        <v>233</v>
+        <v>214</v>
       </c>
       <c r="R45" s="3" t="s">
-        <v>229</v>
+        <v>210</v>
       </c>
       <c r="S45" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T45" s="4">
         <v>0.01</v>
       </c>
       <c r="U45" s="2">
-        <v>46614</v>
+        <v>47164</v>
       </c>
       <c r="V45" s="4">
-        <v>5.875</v>
+        <v>3</v>
       </c>
       <c r="W45" s="3" t="s">
-        <v>234</v>
+        <v>215</v>
       </c>
       <c r="X45" s="4">
-        <v>856.77083332999996</v>
+        <v>1725</v>
       </c>
       <c r="Y45" s="4">
-        <v>856.77083300000004</v>
+        <v>1725</v>
       </c>
       <c r="Z45" s="6">
-        <v>2.4719999999999998E-3</v>
+        <v>2.8289999999999999E-3</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
-        <v>235</v>
+        <v>216</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>236</v>
+        <v>217</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D46" s="4">
-        <v>400000</v>
+        <v>425000</v>
       </c>
       <c r="E46" s="5">
-        <v>97.549700000000001</v>
+        <v>101.3365</v>
       </c>
       <c r="F46" s="4">
-        <v>396948.8</v>
+        <v>430680.125</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H46" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I46" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J46" s="5">
-        <v>97.549700000000001</v>
+        <v>101.3365</v>
       </c>
       <c r="K46" s="5">
         <v>1</v>
       </c>
       <c r="L46" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M46" s="4">
-        <v>396948.8</v>
+        <v>430680.125</v>
       </c>
       <c r="N46" s="4">
-        <v>396948.8</v>
+        <v>430680.125</v>
       </c>
       <c r="O46" s="3" t="s">
-        <v>237</v>
+        <v>218</v>
       </c>
       <c r="P46" s="3" t="s">
-        <v>238</v>
+        <v>219</v>
       </c>
       <c r="Q46" s="3" t="s">
-        <v>134</v>
+        <v>143</v>
       </c>
       <c r="R46" s="3" t="s">
-        <v>235</v>
+        <v>216</v>
       </c>
       <c r="S46" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T46" s="4">
         <v>0.01</v>
       </c>
       <c r="U46" s="2">
-        <v>47223</v>
+        <v>47574</v>
       </c>
       <c r="V46" s="4">
-        <v>4.5</v>
+        <v>5.25</v>
       </c>
       <c r="W46" s="3" t="s">
-        <v>239</v>
+        <v>220</v>
       </c>
       <c r="X46" s="4">
-        <v>6750</v>
+        <v>0</v>
       </c>
       <c r="Y46" s="4">
-        <v>6750</v>
+        <v>0</v>
       </c>
       <c r="Z46" s="6">
-        <v>2.81E-3</v>
+        <v>2.8300000000000001E-3</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
-        <v>240</v>
+        <v>221</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>241</v>
+        <v>222</v>
       </c>
       <c r="C47" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D47" s="4">
-        <v>425000</v>
+        <v>350000</v>
       </c>
       <c r="E47" s="5">
-        <v>99.085890000000006</v>
+        <v>104.280001</v>
       </c>
       <c r="F47" s="4">
-        <v>429880.65749999997</v>
+        <v>366321.67016667</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H47" s="3" t="s">
-        <v>242</v>
+        <v>31</v>
       </c>
       <c r="I47" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J47" s="5">
-        <v>99.085890000000006</v>
+        <v>104.280001</v>
       </c>
       <c r="K47" s="5">
         <v>1</v>
       </c>
       <c r="L47" s="3" t="s">
-        <v>243</v>
+        <v>33</v>
       </c>
       <c r="M47" s="4">
-        <v>429880.65749999997</v>
+        <v>366321.67016600003</v>
       </c>
       <c r="N47" s="4">
-        <v>429880.65749999997</v>
+        <v>366321.67016667</v>
       </c>
       <c r="O47" s="3" t="s">
-        <v>244</v>
+        <v>223</v>
       </c>
       <c r="P47" s="3" t="s">
-        <v>245</v>
+        <v>224</v>
       </c>
       <c r="Q47" s="3" t="s">
-        <v>145</v>
+        <v>103</v>
       </c>
       <c r="R47" s="3" t="s">
-        <v>240</v>
+        <v>221</v>
       </c>
       <c r="S47" s="3" t="s">
-        <v>246</v>
+        <v>65</v>
       </c>
       <c r="T47" s="4">
         <v>0.01</v>
       </c>
       <c r="U47" s="2">
-        <v>46645</v>
+        <v>47192</v>
       </c>
       <c r="V47" s="4">
-        <v>4.5</v>
+        <v>8.625</v>
       </c>
       <c r="W47" s="3" t="s">
-        <v>247</v>
+        <v>225</v>
       </c>
       <c r="X47" s="4">
-        <v>8765.625</v>
+        <v>1341.66666667</v>
       </c>
       <c r="Y47" s="4">
-        <v>8765.625</v>
+        <v>1341.6666660000001</v>
       </c>
       <c r="Z47" s="6">
-        <v>3.0430000000000001E-3</v>
+        <v>2.4069999999999999E-3</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
-        <v>248</v>
+        <v>226</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>249</v>
+        <v>227</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D48" s="4">
-        <v>350000</v>
+        <v>320000</v>
       </c>
       <c r="E48" s="5">
-        <v>97.429150000000007</v>
+        <v>104.4216</v>
       </c>
       <c r="F48" s="4">
-        <v>343918.69166667003</v>
+        <v>335304.67555555998</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H48" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I48" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J48" s="5">
-        <v>97.429150000000007</v>
+        <v>104.4216</v>
       </c>
       <c r="K48" s="5">
         <v>1</v>
       </c>
       <c r="L48" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M48" s="4">
-        <v>343918.691666</v>
+        <v>335304.67555500002</v>
       </c>
       <c r="N48" s="4">
-        <v>343918.69166667003</v>
+        <v>335304.67555555998</v>
       </c>
       <c r="O48" s="3" t="s">
-        <v>250</v>
+        <v>228</v>
       </c>
       <c r="P48" s="3" t="s">
-        <v>251</v>
+        <v>229</v>
       </c>
       <c r="Q48" s="3" t="s">
-        <v>217</v>
+        <v>132</v>
       </c>
       <c r="R48" s="3" t="s">
-        <v>248</v>
+        <v>226</v>
       </c>
       <c r="S48" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T48" s="4">
         <v>0.01</v>
       </c>
       <c r="U48" s="2">
-        <v>46919</v>
+        <v>47376</v>
       </c>
       <c r="V48" s="4">
-        <v>4</v>
+        <v>8.125</v>
       </c>
       <c r="W48" s="3" t="s">
-        <v>252</v>
+        <v>230</v>
       </c>
       <c r="X48" s="4">
-        <v>2916.6666666699998</v>
+        <v>1155.5555555599999</v>
       </c>
       <c r="Y48" s="4">
-        <v>2916.6666660000001</v>
+        <v>1155.5555549999999</v>
       </c>
       <c r="Z48" s="6">
-        <v>2.4350000000000001E-3</v>
+        <v>2.2030000000000001E-3</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
-        <v>253</v>
+        <v>231</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>254</v>
+        <v>232</v>
       </c>
       <c r="C49" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D49" s="4">
-        <v>425000</v>
+        <v>144000</v>
       </c>
       <c r="E49" s="5">
-        <v>105.45310000000001</v>
+        <v>99.887799999999999</v>
       </c>
       <c r="F49" s="4">
-        <v>455259.00833332998</v>
+        <v>144919.432</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H49" s="3" t="s">
-        <v>255</v>
+        <v>31</v>
       </c>
       <c r="I49" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J49" s="5">
-        <v>105.45310000000001</v>
+        <v>99.887799999999999</v>
       </c>
       <c r="K49" s="5">
         <v>1</v>
       </c>
       <c r="L49" s="3" t="s">
-        <v>256</v>
+        <v>33</v>
       </c>
       <c r="M49" s="4">
-        <v>455259.00833300001</v>
+        <v>144919.432</v>
       </c>
       <c r="N49" s="4">
-        <v>455259.00833332998</v>
+        <v>144919.432</v>
       </c>
       <c r="O49" s="3" t="s">
-        <v>257</v>
+        <v>233</v>
       </c>
       <c r="P49" s="3" t="s">
-        <v>258</v>
+        <v>234</v>
       </c>
       <c r="Q49" s="3" t="s">
-        <v>82</v>
+        <v>235</v>
       </c>
       <c r="R49" s="3" t="s">
-        <v>253</v>
+        <v>231</v>
       </c>
       <c r="S49" s="3" t="s">
-        <v>83</v>
+        <v>65</v>
       </c>
       <c r="T49" s="4">
         <v>0.01</v>
       </c>
       <c r="U49" s="2">
-        <v>47649</v>
+        <v>46614</v>
       </c>
       <c r="V49" s="4">
-        <v>8</v>
+        <v>5.875</v>
       </c>
       <c r="W49" s="3" t="s">
-        <v>259</v>
+        <v>236</v>
       </c>
       <c r="X49" s="4">
-        <v>7083.3333333299997</v>
+        <v>1081</v>
       </c>
       <c r="Y49" s="4">
-        <v>7083.3333329999996</v>
+        <v>1081</v>
       </c>
       <c r="Z49" s="6">
-        <v>3.2230000000000002E-3</v>
+        <v>9.5200000000000005E-4</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
-        <v>260</v>
+        <v>237</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>261</v>
+        <v>238</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D50" s="4">
-        <v>450000</v>
+        <v>400000</v>
       </c>
       <c r="E50" s="5">
-        <v>97.497950000000003</v>
+        <v>97.664410000000004</v>
       </c>
       <c r="F50" s="4">
-        <v>440190.77500000002</v>
+        <v>398957.64</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H50" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I50" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J50" s="5">
-        <v>97.497950000000003</v>
+        <v>97.664410000000004</v>
       </c>
       <c r="K50" s="5">
         <v>1</v>
       </c>
       <c r="L50" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M50" s="4">
-        <v>440190.77500000002</v>
+        <v>398957.64</v>
       </c>
       <c r="N50" s="4">
-        <v>440190.77500000002</v>
+        <v>398957.64</v>
       </c>
       <c r="O50" s="3" t="s">
-        <v>262</v>
+        <v>239</v>
       </c>
       <c r="P50" s="3" t="s">
-        <v>263</v>
+        <v>240</v>
       </c>
       <c r="Q50" s="3" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="R50" s="3" t="s">
-        <v>260</v>
+        <v>237</v>
       </c>
       <c r="S50" s="3" t="s">
-        <v>83</v>
+        <v>65</v>
       </c>
       <c r="T50" s="4">
         <v>0.01</v>
       </c>
       <c r="U50" s="2">
-        <v>46966</v>
+        <v>47223</v>
       </c>
       <c r="V50" s="4">
-        <v>4</v>
+        <v>4.5</v>
       </c>
       <c r="W50" s="3" t="s">
-        <v>264</v>
+        <v>241</v>
       </c>
       <c r="X50" s="4">
-        <v>1450</v>
+        <v>8300</v>
       </c>
       <c r="Y50" s="4">
-        <v>1450</v>
+        <v>8300</v>
       </c>
       <c r="Z50" s="6">
-        <v>3.1159999999999998E-3</v>
+        <v>2.6210000000000001E-3</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
-        <v>265</v>
+        <v>242</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>266</v>
+        <v>243</v>
       </c>
       <c r="C51" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D51" s="4">
         <v>425000</v>
       </c>
       <c r="E51" s="5">
-        <v>103.0311</v>
+        <v>99.543909999999997</v>
       </c>
       <c r="F51" s="4">
-        <v>450855.00486111001</v>
+        <v>423911.61749999999</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H51" s="3" t="s">
-        <v>186</v>
+        <v>244</v>
       </c>
       <c r="I51" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J51" s="5">
-        <v>103.0311</v>
+        <v>99.543909999999997</v>
       </c>
       <c r="K51" s="5">
         <v>1</v>
       </c>
       <c r="L51" s="3" t="s">
-        <v>187</v>
+        <v>245</v>
       </c>
       <c r="M51" s="4">
-        <v>450855.00486099999</v>
+        <v>423911.61749999999</v>
       </c>
       <c r="N51" s="4">
-        <v>450855.00486111001</v>
+        <v>423911.61749999999</v>
       </c>
       <c r="O51" s="3" t="s">
-        <v>267</v>
+        <v>246</v>
       </c>
       <c r="P51" s="3" t="s">
-        <v>268</v>
+        <v>247</v>
       </c>
       <c r="Q51" s="3" t="s">
-        <v>64</v>
+        <v>143</v>
       </c>
       <c r="R51" s="3" t="s">
-        <v>265</v>
+        <v>242</v>
       </c>
       <c r="S51" s="3" t="s">
-        <v>83</v>
+        <v>248</v>
       </c>
       <c r="T51" s="4">
         <v>0.01</v>
       </c>
       <c r="U51" s="2">
-        <v>47757</v>
+        <v>46645</v>
       </c>
       <c r="V51" s="4">
-        <v>7.375</v>
+        <v>4.5</v>
       </c>
       <c r="W51" s="3" t="s">
-        <v>269</v>
+        <v>249</v>
       </c>
       <c r="X51" s="4">
-        <v>12972.82986111</v>
+        <v>850</v>
       </c>
       <c r="Y51" s="4">
-        <v>12972.829861</v>
+        <v>850</v>
       </c>
       <c r="Z51" s="6">
-        <v>3.192E-3</v>
+        <v>2.7850000000000001E-3</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
-        <v>270</v>
+        <v>250</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>271</v>
+        <v>251</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D52" s="4">
-        <v>425000</v>
+        <v>125000</v>
       </c>
       <c r="E52" s="5">
-        <v>102.3068</v>
+        <v>97.254375999999993</v>
       </c>
       <c r="F52" s="4">
-        <v>449067.96250000002</v>
+        <v>123040.19222221999</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H52" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I52" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J52" s="5">
-        <v>102.3068</v>
+        <v>97.254375999999993</v>
       </c>
       <c r="K52" s="5">
         <v>1</v>
       </c>
       <c r="L52" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M52" s="4">
-        <v>449067.96250000002</v>
+        <v>123040.192222</v>
       </c>
       <c r="N52" s="4">
-        <v>449067.96250000002</v>
+        <v>123040.19222221999</v>
       </c>
       <c r="O52" s="3" t="s">
-        <v>272</v>
+        <v>252</v>
       </c>
       <c r="P52" s="3" t="s">
-        <v>273</v>
+        <v>253</v>
       </c>
       <c r="Q52" s="3" t="s">
-        <v>105</v>
+        <v>214</v>
       </c>
       <c r="R52" s="3" t="s">
-        <v>270</v>
+        <v>250</v>
       </c>
       <c r="S52" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T52" s="4">
         <v>0.01</v>
       </c>
       <c r="U52" s="2">
-        <v>47362</v>
+        <v>46919</v>
       </c>
       <c r="V52" s="4">
-        <v>6.75</v>
+        <v>4</v>
       </c>
       <c r="W52" s="3" t="s">
-        <v>274</v>
+        <v>254</v>
       </c>
       <c r="X52" s="4">
-        <v>14264.0625</v>
+        <v>1472.22222222</v>
       </c>
       <c r="Y52" s="4">
-        <v>14264.0625</v>
+        <v>1472.2222220000001</v>
       </c>
       <c r="Z52" s="6">
-        <v>3.179E-3</v>
+        <v>8.0800000000000002E-4</v>
       </c>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
-        <v>275</v>
+        <v>255</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>276</v>
+        <v>256</v>
       </c>
       <c r="C53" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D53" s="4">
-        <v>400000</v>
+        <v>425000</v>
       </c>
       <c r="E53" s="5">
-        <v>108.5029</v>
+        <v>105.80840000000001</v>
       </c>
       <c r="F53" s="4">
-        <v>452386.6</v>
+        <v>459696.81111110997</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H53" s="3" t="s">
-        <v>31</v>
+        <v>257</v>
       </c>
       <c r="I53" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J53" s="5">
-        <v>108.5029</v>
+        <v>105.80840000000001</v>
       </c>
       <c r="K53" s="5">
         <v>1</v>
       </c>
       <c r="L53" s="3" t="s">
-        <v>33</v>
+        <v>258</v>
       </c>
       <c r="M53" s="4">
-        <v>452386.6</v>
+        <v>459696.81111100002</v>
       </c>
       <c r="N53" s="4">
-        <v>452386.6</v>
+        <v>459696.81111110997</v>
       </c>
       <c r="O53" s="3" t="s">
-        <v>277</v>
+        <v>259</v>
       </c>
       <c r="P53" s="3" t="s">
-        <v>278</v>
+        <v>260</v>
       </c>
       <c r="Q53" s="3" t="s">
-        <v>195</v>
+        <v>86</v>
       </c>
       <c r="R53" s="3" t="s">
-        <v>275</v>
+        <v>255</v>
       </c>
       <c r="S53" s="3" t="s">
-        <v>65</v>
+        <v>87</v>
       </c>
       <c r="T53" s="4">
         <v>0.01</v>
       </c>
       <c r="U53" s="2">
-        <v>47223</v>
+        <v>47649</v>
       </c>
       <c r="V53" s="4">
-        <v>12.25</v>
+        <v>8</v>
       </c>
       <c r="W53" s="3" t="s">
-        <v>279</v>
+        <v>261</v>
       </c>
       <c r="X53" s="4">
-        <v>18375</v>
+        <v>10011.11111111</v>
       </c>
       <c r="Y53" s="4">
-        <v>18375</v>
+        <v>10011.111111</v>
       </c>
       <c r="Z53" s="6">
-        <v>3.2030000000000001E-3</v>
+        <v>3.0209999999999998E-3</v>
       </c>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
-        <v>280</v>
+        <v>262</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>281</v>
+        <v>263</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D54" s="4">
-        <v>450000</v>
+        <v>270000</v>
       </c>
       <c r="E54" s="5">
-        <v>95.904110000000003</v>
+        <v>100.015905</v>
       </c>
       <c r="F54" s="4">
-        <v>437146.62</v>
+        <v>276230.44349999999</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H54" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I54" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J54" s="5">
-        <v>95.904110000000003</v>
+        <v>100.015905</v>
       </c>
       <c r="K54" s="5">
         <v>1</v>
       </c>
       <c r="L54" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M54" s="4">
-        <v>437146.62</v>
+        <v>276230.44349999999</v>
       </c>
       <c r="N54" s="4">
-        <v>437146.62</v>
+        <v>276230.44349999999</v>
       </c>
       <c r="O54" s="3" t="s">
-        <v>282</v>
+        <v>264</v>
       </c>
       <c r="P54" s="3" t="s">
-        <v>283</v>
+        <v>265</v>
       </c>
       <c r="Q54" s="3" t="s">
-        <v>82</v>
+        <v>132</v>
       </c>
       <c r="R54" s="3" t="s">
-        <v>280</v>
+        <v>262</v>
       </c>
       <c r="S54" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T54" s="4">
         <v>0.01</v>
       </c>
       <c r="U54" s="2">
-        <v>47239</v>
+        <v>46874</v>
       </c>
       <c r="V54" s="4">
-        <v>3.75</v>
+        <v>5.5</v>
       </c>
       <c r="W54" s="3" t="s">
-        <v>284</v>
+        <v>266</v>
       </c>
       <c r="X54" s="4">
-        <v>5578.125</v>
+        <v>6187.5</v>
       </c>
       <c r="Y54" s="4">
-        <v>5578.125</v>
+        <v>6187.5</v>
       </c>
       <c r="Z54" s="6">
-        <v>3.0950000000000001E-3</v>
+        <v>1.815E-3</v>
       </c>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
-        <v>285</v>
+        <v>267</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>286</v>
+        <v>268</v>
       </c>
       <c r="C55" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D55" s="4">
-        <v>400000</v>
+        <v>450000</v>
       </c>
       <c r="E55" s="5">
-        <v>95.657060000000001</v>
+        <v>97.628050000000002</v>
       </c>
       <c r="F55" s="4">
-        <v>383957.40666666999</v>
+        <v>442326.22499999998</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H55" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I55" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J55" s="5">
-        <v>95.657060000000001</v>
+        <v>97.628050000000002</v>
       </c>
       <c r="K55" s="5">
         <v>1</v>
       </c>
       <c r="L55" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M55" s="4">
-        <v>383957.40666600002</v>
+        <v>442326.22499999998</v>
       </c>
       <c r="N55" s="4">
-        <v>383957.40666666999</v>
+        <v>442326.22499999998</v>
       </c>
       <c r="O55" s="3" t="s">
-        <v>287</v>
+        <v>269</v>
       </c>
       <c r="P55" s="3" t="s">
-        <v>288</v>
+        <v>270</v>
       </c>
       <c r="Q55" s="3" t="s">
-        <v>118</v>
+        <v>132</v>
       </c>
       <c r="R55" s="3" t="s">
-        <v>285</v>
+        <v>267</v>
       </c>
       <c r="S55" s="3" t="s">
-        <v>65</v>
+        <v>87</v>
       </c>
       <c r="T55" s="4">
         <v>0.01</v>
       </c>
       <c r="U55" s="2">
-        <v>47150</v>
+        <v>46966</v>
       </c>
       <c r="V55" s="4">
-        <v>4.125</v>
+        <v>4</v>
       </c>
       <c r="W55" s="3" t="s">
-        <v>289</v>
+        <v>271</v>
       </c>
       <c r="X55" s="4">
-        <v>1329.16666667</v>
+        <v>3000</v>
       </c>
       <c r="Y55" s="4">
-        <v>1329.1666660000001</v>
+        <v>3000</v>
       </c>
       <c r="Z55" s="6">
-        <v>2.7179999999999999E-3</v>
+        <v>2.9060000000000002E-3</v>
       </c>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
-        <v>290</v>
+        <v>272</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>291</v>
+        <v>273</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D56" s="4">
-        <v>875000</v>
+        <v>425000</v>
       </c>
       <c r="E56" s="5">
-        <v>96.211325000000002</v>
+        <v>100.5014</v>
       </c>
       <c r="F56" s="4">
-        <v>854864.71875</v>
+        <v>427130.95</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H56" s="3" t="s">
-        <v>31</v>
+        <v>179</v>
       </c>
       <c r="I56" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J56" s="5">
-        <v>96.211325000000002</v>
+        <v>100.5014</v>
       </c>
       <c r="K56" s="5">
         <v>1</v>
       </c>
       <c r="L56" s="3" t="s">
-        <v>33</v>
+        <v>180</v>
       </c>
       <c r="M56" s="4">
-        <v>854864.71875</v>
+        <v>427130.95</v>
       </c>
       <c r="N56" s="4">
-        <v>854864.71875</v>
+        <v>427130.95</v>
       </c>
       <c r="O56" s="3" t="s">
-        <v>292</v>
+        <v>274</v>
       </c>
       <c r="P56" s="3" t="s">
-        <v>293</v>
+        <v>275</v>
       </c>
       <c r="Q56" s="3" t="s">
-        <v>145</v>
+        <v>64</v>
       </c>
       <c r="R56" s="3" t="s">
-        <v>290</v>
+        <v>272</v>
       </c>
       <c r="S56" s="3" t="s">
-        <v>65</v>
+        <v>87</v>
       </c>
       <c r="T56" s="4">
         <v>0.01</v>
       </c>
       <c r="U56" s="2">
-        <v>47239</v>
+        <v>47757</v>
       </c>
       <c r="V56" s="4">
-        <v>4.5</v>
+        <v>7.375</v>
       </c>
       <c r="W56" s="3" t="s">
-        <v>294</v>
+        <v>276</v>
       </c>
       <c r="X56" s="4">
-        <v>13015.625</v>
+        <v>0</v>
       </c>
       <c r="Y56" s="4">
-        <v>13015.625</v>
+        <v>0</v>
       </c>
       <c r="Z56" s="6">
-        <v>6.0530000000000002E-3</v>
+        <v>2.807E-3</v>
       </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
-        <v>295</v>
+        <v>277</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>296</v>
+        <v>278</v>
       </c>
       <c r="C57" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D57" s="4">
-        <v>300000</v>
+        <v>425000</v>
       </c>
       <c r="E57" s="5">
-        <v>95.800460000000001</v>
+        <v>102.619356</v>
       </c>
       <c r="F57" s="4">
-        <v>291244.08833333</v>
+        <v>438522.88799999998</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H57" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I57" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J57" s="5">
-        <v>95.800460000000001</v>
+        <v>102.619356</v>
       </c>
       <c r="K57" s="5">
         <v>1</v>
       </c>
       <c r="L57" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M57" s="4">
-        <v>291244.08833300002</v>
+        <v>438522.88799999998</v>
       </c>
       <c r="N57" s="4">
-        <v>291244.08833333</v>
+        <v>438522.88799999998</v>
       </c>
       <c r="O57" s="3" t="s">
-        <v>297</v>
+        <v>279</v>
       </c>
       <c r="P57" s="3" t="s">
-        <v>298</v>
+        <v>280</v>
       </c>
       <c r="Q57" s="3" t="s">
-        <v>145</v>
+        <v>103</v>
       </c>
       <c r="R57" s="3" t="s">
-        <v>295</v>
+        <v>277</v>
       </c>
       <c r="S57" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T57" s="4">
         <v>0.01</v>
       </c>
       <c r="U57" s="2">
-        <v>47058</v>
+        <v>47362</v>
       </c>
       <c r="V57" s="4">
-        <v>3.875</v>
+        <v>6.75</v>
       </c>
       <c r="W57" s="3" t="s">
-        <v>299</v>
+        <v>281</v>
       </c>
       <c r="X57" s="4">
-        <v>3842.7083333300002</v>
+        <v>2390.625</v>
       </c>
       <c r="Y57" s="4">
-        <v>3842.708333</v>
+        <v>2390.625</v>
       </c>
       <c r="Z57" s="6">
-        <v>2.062E-3</v>
+        <v>2.8809999999999999E-3</v>
       </c>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
-        <v>300</v>
+        <v>282</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>301</v>
+        <v>283</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D58" s="4">
-        <v>350000</v>
+        <v>400000</v>
       </c>
       <c r="E58" s="5">
-        <v>95.133489999999995</v>
+        <v>108.4799</v>
       </c>
       <c r="F58" s="4">
-        <v>333623.46500000003</v>
+        <v>456514.04444443999</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H58" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I58" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J58" s="5">
-        <v>95.133489999999995</v>
+        <v>108.4799</v>
       </c>
       <c r="K58" s="5">
         <v>1</v>
       </c>
       <c r="L58" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M58" s="4">
-        <v>333623.46500000003</v>
+        <v>456514.044444</v>
       </c>
       <c r="N58" s="4">
-        <v>333623.46500000003</v>
+        <v>456514.04444443999</v>
       </c>
       <c r="O58" s="3" t="s">
-        <v>302</v>
+        <v>284</v>
       </c>
       <c r="P58" s="3" t="s">
-        <v>303</v>
+        <v>285</v>
       </c>
       <c r="Q58" s="3" t="s">
-        <v>118</v>
+        <v>188</v>
       </c>
       <c r="R58" s="3" t="s">
-        <v>300</v>
+        <v>282</v>
       </c>
       <c r="S58" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T58" s="4">
         <v>0.01</v>
       </c>
       <c r="U58" s="2">
-        <v>47894</v>
+        <v>47223</v>
       </c>
       <c r="V58" s="4">
-        <v>4.5</v>
+        <v>12.25</v>
       </c>
       <c r="W58" s="3" t="s">
-        <v>304</v>
+        <v>286</v>
       </c>
       <c r="X58" s="4">
-        <v>656.25</v>
+        <v>22594.44444444</v>
       </c>
       <c r="Y58" s="4">
-        <v>656.25</v>
+        <v>22594.444444000001</v>
       </c>
       <c r="Z58" s="6">
-        <v>2.362E-3</v>
+        <v>3.0000000000000001E-3</v>
       </c>
     </row>
     <row r="59" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A59" s="3" t="s">
-        <v>305</v>
+        <v>287</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>306</v>
+        <v>288</v>
       </c>
       <c r="C59" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D59" s="4">
-        <v>425000</v>
+        <v>450000</v>
       </c>
       <c r="E59" s="5">
-        <v>98.991820000000004</v>
+        <v>96.199459000000004</v>
       </c>
       <c r="F59" s="4">
-        <v>428630.86</v>
+        <v>439928.81550000003</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H59" s="3" t="s">
-        <v>149</v>
+        <v>31</v>
       </c>
       <c r="I59" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J59" s="5">
-        <v>98.991820000000004</v>
+        <v>96.199459000000004</v>
       </c>
       <c r="K59" s="5">
         <v>1</v>
       </c>
       <c r="L59" s="3" t="s">
-        <v>150</v>
+        <v>33</v>
       </c>
       <c r="M59" s="4">
-        <v>428630.86</v>
+        <v>439928.81550000003</v>
       </c>
       <c r="N59" s="4">
-        <v>428630.86</v>
+        <v>439928.81550000003</v>
       </c>
       <c r="O59" s="3" t="s">
-        <v>307</v>
+        <v>289</v>
       </c>
       <c r="P59" s="3" t="s">
-        <v>308</v>
+        <v>290</v>
       </c>
       <c r="Q59" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="R59" s="3" t="s">
-        <v>305</v>
+        <v>287</v>
       </c>
       <c r="S59" s="3" t="s">
-        <v>83</v>
+        <v>65</v>
       </c>
       <c r="T59" s="4">
         <v>0.01</v>
       </c>
       <c r="U59" s="2">
-        <v>46661</v>
+        <v>47239</v>
       </c>
       <c r="V59" s="4">
-        <v>4.5</v>
+        <v>3.75</v>
       </c>
       <c r="W59" s="3" t="s">
-        <v>309</v>
+        <v>291</v>
       </c>
       <c r="X59" s="4">
-        <v>7915.625</v>
+        <v>7031.25</v>
       </c>
       <c r="Y59" s="4">
-        <v>7915.625</v>
+        <v>7031.25</v>
       </c>
       <c r="Z59" s="6">
-        <v>3.0349999999999999E-3</v>
+        <v>2.8909999999999999E-3</v>
       </c>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A60" s="3" t="s">
-        <v>310</v>
+        <v>292</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>311</v>
+        <v>293</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D60" s="4">
-        <v>75000</v>
+        <v>400000</v>
       </c>
       <c r="E60" s="5">
-        <v>97.229669999999999</v>
+        <v>95.928210000000007</v>
       </c>
       <c r="F60" s="4">
-        <v>73273.815000000002</v>
+        <v>386462.84</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H60" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I60" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J60" s="5">
-        <v>97.229669999999999</v>
+        <v>95.928210000000007</v>
       </c>
       <c r="K60" s="5">
         <v>1</v>
       </c>
       <c r="L60" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M60" s="4">
-        <v>73273.815000000002</v>
+        <v>386462.84</v>
       </c>
       <c r="N60" s="4">
-        <v>73273.815000000002</v>
+        <v>386462.84</v>
       </c>
       <c r="O60" s="3" t="s">
-        <v>312</v>
+        <v>294</v>
       </c>
       <c r="P60" s="3" t="s">
-        <v>313</v>
+        <v>295</v>
       </c>
       <c r="Q60" s="3" t="s">
-        <v>233</v>
+        <v>116</v>
       </c>
       <c r="R60" s="3" t="s">
-        <v>310</v>
+        <v>292</v>
       </c>
       <c r="S60" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T60" s="4">
         <v>0.01</v>
       </c>
       <c r="U60" s="2">
-        <v>46798</v>
+        <v>47150</v>
       </c>
       <c r="V60" s="4">
-        <v>3.75</v>
+        <v>4.125</v>
       </c>
       <c r="W60" s="3" t="s">
-        <v>314</v>
+        <v>296</v>
       </c>
       <c r="X60" s="4">
-        <v>351.5625</v>
+        <v>2750</v>
       </c>
       <c r="Y60" s="4">
-        <v>351.5625</v>
+        <v>2750</v>
       </c>
       <c r="Z60" s="6">
-        <v>5.1800000000000001E-4</v>
+        <v>2.539E-3</v>
       </c>
     </row>
     <row r="61" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
-        <v>315</v>
+        <v>297</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>316</v>
+        <v>298</v>
       </c>
       <c r="C61" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D61" s="4">
-        <v>350000</v>
+        <v>875000</v>
       </c>
       <c r="E61" s="5">
-        <v>97.262039999999999</v>
+        <v>95.702535999999995</v>
       </c>
       <c r="F61" s="4">
-        <v>342057.76500000001</v>
+        <v>853803.44</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H61" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I61" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J61" s="5">
-        <v>97.262039999999999</v>
+        <v>95.702535999999995</v>
       </c>
       <c r="K61" s="5">
         <v>1</v>
       </c>
       <c r="L61" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M61" s="4">
-        <v>342057.76500000001</v>
+        <v>853803.44</v>
       </c>
       <c r="N61" s="4">
-        <v>342057.76500000001</v>
+        <v>853803.44</v>
       </c>
       <c r="O61" s="3" t="s">
-        <v>317</v>
+        <v>299</v>
       </c>
       <c r="P61" s="3" t="s">
-        <v>318</v>
+        <v>300</v>
       </c>
       <c r="Q61" s="3" t="s">
-        <v>233</v>
+        <v>143</v>
       </c>
       <c r="R61" s="3" t="s">
-        <v>315</v>
+        <v>297</v>
       </c>
       <c r="S61" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T61" s="4">
         <v>0.01</v>
       </c>
       <c r="U61" s="2">
-        <v>46767</v>
+        <v>47239</v>
       </c>
       <c r="V61" s="4">
-        <v>3.75</v>
+        <v>4.5</v>
       </c>
       <c r="W61" s="3" t="s">
-        <v>319</v>
+        <v>301</v>
       </c>
       <c r="X61" s="4">
-        <v>1640.625</v>
+        <v>16406.25</v>
       </c>
       <c r="Y61" s="4">
-        <v>1640.625</v>
+        <v>16406.25</v>
       </c>
       <c r="Z61" s="6">
-        <v>2.4220000000000001E-3</v>
+        <v>5.6109999999999997E-3</v>
       </c>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A62" s="3" t="s">
-        <v>320</v>
+        <v>302</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>321</v>
+        <v>303</v>
       </c>
       <c r="C62" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D62" s="4">
-        <v>425000</v>
+        <v>450000</v>
       </c>
       <c r="E62" s="5">
-        <v>90.260450000000006</v>
+        <v>96.082880000000003</v>
       </c>
       <c r="F62" s="4">
-        <v>389983.38819443999</v>
+        <v>439638.58500000002</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H62" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I62" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J62" s="5">
-        <v>90.260450000000006</v>
+        <v>96.082880000000003</v>
       </c>
       <c r="K62" s="5">
         <v>1</v>
       </c>
       <c r="L62" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M62" s="4">
-        <v>389983.388194</v>
+        <v>439638.58500000002</v>
       </c>
       <c r="N62" s="4">
-        <v>389983.38819443999</v>
+        <v>439638.58500000002</v>
       </c>
       <c r="O62" s="3" t="s">
-        <v>322</v>
+        <v>304</v>
       </c>
       <c r="P62" s="3" t="s">
-        <v>323</v>
+        <v>305</v>
       </c>
       <c r="Q62" s="3" t="s">
-        <v>217</v>
+        <v>143</v>
       </c>
       <c r="R62" s="3" t="s">
-        <v>320</v>
+        <v>302</v>
       </c>
       <c r="S62" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T62" s="4">
         <v>0.01</v>
       </c>
       <c r="U62" s="2">
-        <v>48122</v>
+        <v>47058</v>
       </c>
       <c r="V62" s="4">
-        <v>3.625</v>
+        <v>3.875</v>
       </c>
       <c r="W62" s="3" t="s">
-        <v>324</v>
+        <v>306</v>
       </c>
       <c r="X62" s="4">
-        <v>6376.4756944399996</v>
+        <v>7265.625</v>
       </c>
       <c r="Y62" s="4">
-        <v>6376.4756939999997</v>
+        <v>7265.625</v>
       </c>
       <c r="Z62" s="6">
-        <v>2.761E-3</v>
+        <v>2.8890000000000001E-3</v>
       </c>
     </row>
     <row r="63" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A63" s="3" t="s">
-        <v>325</v>
+        <v>307</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>326</v>
+        <v>308</v>
       </c>
       <c r="C63" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D63" s="4">
-        <v>400000</v>
+        <v>350000</v>
       </c>
       <c r="E63" s="5">
-        <v>96.26943</v>
+        <v>95.452590000000001</v>
       </c>
       <c r="F63" s="4">
-        <v>390213.83111110999</v>
+        <v>336096.565</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H63" s="3" t="s">
-        <v>327</v>
+        <v>31</v>
       </c>
       <c r="I63" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J63" s="5">
-        <v>96.26943</v>
+        <v>95.452590000000001</v>
       </c>
       <c r="K63" s="5">
         <v>1</v>
       </c>
       <c r="L63" s="3" t="s">
-        <v>328</v>
+        <v>33</v>
       </c>
       <c r="M63" s="4">
-        <v>390213.83111099998</v>
+        <v>336096.565</v>
       </c>
       <c r="N63" s="4">
-        <v>390213.83111110999</v>
+        <v>336096.565</v>
       </c>
       <c r="O63" s="3" t="s">
-        <v>329</v>
+        <v>309</v>
       </c>
       <c r="P63" s="3" t="s">
-        <v>330</v>
+        <v>310</v>
       </c>
       <c r="Q63" s="3" t="s">
-        <v>82</v>
+        <v>116</v>
       </c>
       <c r="R63" s="3" t="s">
-        <v>325</v>
+        <v>307</v>
       </c>
       <c r="S63" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T63" s="4">
         <v>0.01</v>
       </c>
       <c r="U63" s="2">
-        <v>47456</v>
+        <v>47894</v>
       </c>
       <c r="V63" s="4">
-        <v>5.375</v>
+        <v>4.5</v>
       </c>
       <c r="W63" s="3" t="s">
-        <v>331</v>
+        <v>311</v>
       </c>
       <c r="X63" s="4">
-        <v>5136.1111111099999</v>
+        <v>2012.5</v>
       </c>
       <c r="Y63" s="4">
-        <v>5136.1111110000002</v>
+        <v>2012.5</v>
       </c>
       <c r="Z63" s="6">
-        <v>2.7629999999999998E-3</v>
+        <v>2.2079999999999999E-3</v>
       </c>
     </row>
     <row r="64" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A64" s="3" t="s">
-        <v>332</v>
+        <v>312</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>333</v>
+        <v>313</v>
       </c>
       <c r="C64" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D64" s="4">
-        <v>250000</v>
+        <v>425000</v>
       </c>
       <c r="E64" s="5">
-        <v>101.78270000000001</v>
+        <v>98.6417</v>
       </c>
       <c r="F64" s="4">
-        <v>261067.86111110999</v>
+        <v>419227.22499999998</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H64" s="3" t="s">
-        <v>242</v>
+        <v>147</v>
       </c>
       <c r="I64" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J64" s="5">
-        <v>101.78270000000001</v>
+        <v>98.6417</v>
       </c>
       <c r="K64" s="5">
         <v>1</v>
       </c>
       <c r="L64" s="3" t="s">
-        <v>243</v>
+        <v>148</v>
       </c>
       <c r="M64" s="4">
-        <v>261067.86111100001</v>
+        <v>419227.22499999998</v>
       </c>
       <c r="N64" s="4">
-        <v>261067.86111110999</v>
+        <v>419227.22499999998</v>
       </c>
       <c r="O64" s="3" t="s">
-        <v>334</v>
+        <v>314</v>
       </c>
       <c r="P64" s="3" t="s">
-        <v>335</v>
+        <v>315</v>
       </c>
       <c r="Q64" s="3" t="s">
-        <v>145</v>
+        <v>86</v>
       </c>
       <c r="R64" s="3" t="s">
-        <v>332</v>
+        <v>312</v>
       </c>
       <c r="S64" s="3" t="s">
-        <v>246</v>
+        <v>87</v>
       </c>
       <c r="T64" s="4">
         <v>0.01</v>
       </c>
       <c r="U64" s="2">
-        <v>46692</v>
+        <v>46661</v>
       </c>
       <c r="V64" s="4">
-        <v>8</v>
+        <v>4.5</v>
       </c>
       <c r="W64" s="3" t="s">
-        <v>336</v>
+        <v>316</v>
       </c>
       <c r="X64" s="4">
-        <v>6611.1111111099999</v>
+        <v>0</v>
       </c>
       <c r="Y64" s="4">
-        <v>6611.1111110000002</v>
+        <v>0</v>
       </c>
       <c r="Z64" s="6">
-        <v>1.848E-3</v>
+        <v>2.7550000000000001E-3</v>
       </c>
     </row>
     <row r="65" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A65" s="3" t="s">
-        <v>337</v>
+        <v>317</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>338</v>
+        <v>318</v>
       </c>
       <c r="C65" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D65" s="4">
-        <v>350000</v>
+        <v>450000</v>
       </c>
       <c r="E65" s="5">
-        <v>98.436499999999995</v>
+        <v>102.803</v>
       </c>
       <c r="F65" s="4">
-        <v>347626.70833333</v>
+        <v>468161.9375</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H65" s="3" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="I65" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J65" s="5">
-        <v>98.436499999999995</v>
+        <v>102.803</v>
       </c>
       <c r="K65" s="5">
         <v>1</v>
       </c>
       <c r="L65" s="3" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="M65" s="4">
-        <v>347626.70833300002</v>
+        <v>468161.9375</v>
       </c>
       <c r="N65" s="4">
-        <v>347626.70833333</v>
+        <v>468161.9375</v>
       </c>
       <c r="O65" s="3" t="s">
-        <v>339</v>
+        <v>319</v>
       </c>
       <c r="P65" s="3" t="s">
-        <v>340</v>
+        <v>320</v>
       </c>
       <c r="Q65" s="3" t="s">
-        <v>134</v>
+        <v>214</v>
       </c>
       <c r="R65" s="3" t="s">
-        <v>337</v>
+        <v>317</v>
       </c>
       <c r="S65" s="3" t="s">
-        <v>65</v>
+        <v>321</v>
       </c>
       <c r="T65" s="4">
         <v>0.01</v>
       </c>
       <c r="U65" s="2">
-        <v>46736</v>
+        <v>48784</v>
       </c>
       <c r="V65" s="4">
-        <v>4.25</v>
+        <v>6.625</v>
       </c>
       <c r="W65" s="3" t="s">
-        <v>341</v>
+        <v>322</v>
       </c>
       <c r="X65" s="4">
-        <v>3098.9583333300002</v>
+        <v>5548.4375</v>
       </c>
       <c r="Y65" s="4">
-        <v>3098.958333</v>
+        <v>5548.4375</v>
       </c>
       <c r="Z65" s="6">
-        <v>2.4610000000000001E-3</v>
+        <v>3.0760000000000002E-3</v>
       </c>
     </row>
     <row r="66" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A66" s="3" t="s">
-        <v>342</v>
+        <v>323</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>343</v>
+        <v>324</v>
       </c>
       <c r="C66" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D66" s="4">
-        <v>300000</v>
+        <v>350000</v>
       </c>
       <c r="E66" s="5">
-        <v>96.149699999999996</v>
+        <v>92.843530000000001</v>
       </c>
       <c r="F66" s="4">
-        <v>290949.09999999998</v>
+        <v>325973.18833332998</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H66" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I66" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J66" s="5">
-        <v>96.149699999999996</v>
+        <v>92.843530000000001</v>
       </c>
       <c r="K66" s="5">
         <v>1</v>
       </c>
       <c r="L66" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M66" s="4">
-        <v>290949.09999999998</v>
+        <v>325973.188333</v>
       </c>
       <c r="N66" s="4">
-        <v>290949.09999999998</v>
+        <v>325973.18833332998</v>
       </c>
       <c r="O66" s="3" t="s">
-        <v>344</v>
+        <v>325</v>
       </c>
       <c r="P66" s="3" t="s">
-        <v>345</v>
+        <v>326</v>
       </c>
       <c r="Q66" s="3" t="s">
-        <v>134</v>
+        <v>86</v>
       </c>
       <c r="R66" s="3" t="s">
-        <v>342</v>
+        <v>323</v>
       </c>
       <c r="S66" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T66" s="4">
         <v>0.01</v>
       </c>
       <c r="U66" s="2">
-        <v>47284</v>
+        <v>47908</v>
       </c>
       <c r="V66" s="4">
-        <v>4</v>
+        <v>3.5</v>
       </c>
       <c r="W66" s="3" t="s">
-        <v>346</v>
+        <v>327</v>
       </c>
       <c r="X66" s="4">
-        <v>2500</v>
+        <v>1020.83333333</v>
       </c>
       <c r="Y66" s="4">
-        <v>2500</v>
+        <v>1020.833333</v>
       </c>
       <c r="Z66" s="6">
-        <v>2.0600000000000002E-3</v>
+        <v>2.1419999999999998E-3</v>
       </c>
     </row>
     <row r="67" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A67" s="3" t="s">
-        <v>347</v>
+        <v>328</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>348</v>
+        <v>329</v>
       </c>
       <c r="C67" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D67" s="4">
-        <v>275000</v>
+        <v>350000</v>
       </c>
       <c r="E67" s="5">
-        <v>92.579170000000005</v>
+        <v>97.56568</v>
       </c>
       <c r="F67" s="4">
-        <v>255022.405</v>
+        <v>344250.71333333</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H67" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I67" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J67" s="5">
-        <v>92.579170000000005</v>
+        <v>97.56568</v>
       </c>
       <c r="K67" s="5">
         <v>1</v>
       </c>
       <c r="L67" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M67" s="4">
-        <v>255022.405</v>
+        <v>344250.71333300002</v>
       </c>
       <c r="N67" s="4">
-        <v>255022.405</v>
+        <v>344250.71333333</v>
       </c>
       <c r="O67" s="3" t="s">
-        <v>349</v>
+        <v>330</v>
       </c>
       <c r="P67" s="3" t="s">
-        <v>350</v>
+        <v>331</v>
       </c>
       <c r="Q67" s="3" t="s">
-        <v>105</v>
+        <v>235</v>
       </c>
       <c r="R67" s="3" t="s">
-        <v>347</v>
+        <v>328</v>
       </c>
       <c r="S67" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T67" s="4">
         <v>0.01</v>
       </c>
       <c r="U67" s="2">
-        <v>47894</v>
+        <v>46767</v>
       </c>
       <c r="V67" s="4">
         <v>3.75</v>
       </c>
       <c r="W67" s="3" t="s">
-        <v>351</v>
+        <v>332</v>
       </c>
       <c r="X67" s="4">
-        <v>429.6875</v>
+        <v>2770.8333333300002</v>
       </c>
       <c r="Y67" s="4">
-        <v>429.6875</v>
+        <v>2770.833333</v>
       </c>
       <c r="Z67" s="6">
-        <v>1.805E-3</v>
+        <v>2.2620000000000001E-3</v>
       </c>
     </row>
     <row r="68" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A68" s="3" t="s">
-        <v>352</v>
+        <v>333</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>353</v>
+        <v>334</v>
       </c>
       <c r="C68" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D68" s="4">
-        <v>475000</v>
+        <v>425000</v>
       </c>
       <c r="E68" s="5">
-        <v>92.241039999999998</v>
+        <v>90.632369999999995</v>
       </c>
       <c r="F68" s="4">
-        <v>438862.38791667001</v>
+        <v>385187.57250000001</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H68" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I68" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J68" s="5">
-        <v>92.241039999999998</v>
+        <v>90.632369999999995</v>
       </c>
       <c r="K68" s="5">
         <v>1</v>
       </c>
       <c r="L68" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M68" s="4">
-        <v>438862.38791599998</v>
+        <v>385187.57250000001</v>
       </c>
       <c r="N68" s="4">
-        <v>438862.38791667001</v>
+        <v>385187.57250000001</v>
       </c>
       <c r="O68" s="3" t="s">
-        <v>354</v>
+        <v>335</v>
       </c>
       <c r="P68" s="3" t="s">
-        <v>355</v>
+        <v>336</v>
       </c>
       <c r="Q68" s="3" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="R68" s="3" t="s">
-        <v>352</v>
+        <v>333</v>
       </c>
       <c r="S68" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T68" s="4">
         <v>0.01</v>
       </c>
       <c r="U68" s="2">
-        <v>47894</v>
+        <v>48122</v>
       </c>
       <c r="V68" s="4">
         <v>3.625</v>
       </c>
       <c r="W68" s="3" t="s">
-        <v>356</v>
+        <v>337</v>
       </c>
       <c r="X68" s="4">
-        <v>717.44791667000004</v>
+        <v>0</v>
       </c>
       <c r="Y68" s="4">
-        <v>717.44791599999996</v>
+        <v>0</v>
       </c>
       <c r="Z68" s="6">
-        <v>3.107E-3</v>
+        <v>2.5309999999999998E-3</v>
       </c>
     </row>
     <row r="69" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A69" s="3" t="s">
-        <v>357</v>
+        <v>338</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>358</v>
+        <v>339</v>
       </c>
       <c r="C69" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D69" s="4">
         <v>400000</v>
       </c>
       <c r="E69" s="5">
-        <v>96.166439999999994</v>
+        <v>98.068780000000004</v>
       </c>
       <c r="F69" s="4">
-        <v>386249.09333333001</v>
+        <v>399262.62</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H69" s="3" t="s">
-        <v>31</v>
+        <v>340</v>
       </c>
       <c r="I69" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J69" s="5">
-        <v>96.166439999999994</v>
+        <v>98.068780000000004</v>
       </c>
       <c r="K69" s="5">
         <v>1</v>
       </c>
       <c r="L69" s="3" t="s">
-        <v>33</v>
+        <v>341</v>
       </c>
       <c r="M69" s="4">
-        <v>386249.09333300003</v>
+        <v>399262.62</v>
       </c>
       <c r="N69" s="4">
-        <v>386249.09333333001</v>
+        <v>399262.62</v>
       </c>
       <c r="O69" s="3" t="s">
-        <v>359</v>
+        <v>342</v>
       </c>
       <c r="P69" s="3" t="s">
-        <v>360</v>
+        <v>343</v>
       </c>
       <c r="Q69" s="3" t="s">
-        <v>145</v>
+        <v>86</v>
       </c>
       <c r="R69" s="3" t="s">
-        <v>357</v>
+        <v>338</v>
       </c>
       <c r="S69" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T69" s="4">
         <v>0.01</v>
       </c>
       <c r="U69" s="2">
-        <v>47513</v>
+        <v>47456</v>
       </c>
       <c r="V69" s="4">
-        <v>4.75</v>
+        <v>5.375</v>
       </c>
       <c r="W69" s="3" t="s">
-        <v>361</v>
+        <v>344</v>
       </c>
       <c r="X69" s="4">
-        <v>1583.33333333</v>
+        <v>6987.5</v>
       </c>
       <c r="Y69" s="4">
-        <v>1583.333333</v>
+        <v>6987.5</v>
       </c>
       <c r="Z69" s="6">
-        <v>2.735E-3</v>
+        <v>2.6229999999999999E-3</v>
       </c>
     </row>
     <row r="70" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A70" s="3" t="s">
-        <v>362</v>
+        <v>345</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>363</v>
+        <v>346</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D70" s="4">
-        <v>300000</v>
+        <v>425000</v>
       </c>
       <c r="E70" s="5">
-        <v>95.914190000000005</v>
+        <v>101.929408</v>
       </c>
       <c r="F70" s="4">
-        <v>292101.94500000001</v>
+        <v>447366.65066667</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H70" s="3" t="s">
-        <v>149</v>
+        <v>244</v>
       </c>
       <c r="I70" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J70" s="5">
-        <v>95.914190000000005</v>
+        <v>101.929408</v>
       </c>
       <c r="K70" s="5">
         <v>1</v>
       </c>
       <c r="L70" s="3" t="s">
-        <v>150</v>
+        <v>245</v>
       </c>
       <c r="M70" s="4">
-        <v>292101.94500000001</v>
+        <v>447366.65066599997</v>
       </c>
       <c r="N70" s="4">
-        <v>292101.94500000001</v>
+        <v>447366.65066667</v>
       </c>
       <c r="O70" s="3" t="s">
-        <v>364</v>
+        <v>347</v>
       </c>
       <c r="P70" s="3" t="s">
-        <v>365</v>
+        <v>348</v>
       </c>
       <c r="Q70" s="3" t="s">
-        <v>195</v>
+        <v>143</v>
       </c>
       <c r="R70" s="3" t="s">
-        <v>362</v>
+        <v>345</v>
       </c>
       <c r="S70" s="3" t="s">
-        <v>65</v>
+        <v>248</v>
       </c>
       <c r="T70" s="4">
         <v>0.01</v>
       </c>
       <c r="U70" s="2">
-        <v>47406</v>
+        <v>46692</v>
       </c>
       <c r="V70" s="4">
-        <v>3.875</v>
+        <v>8</v>
       </c>
       <c r="W70" s="3" t="s">
-        <v>366</v>
+        <v>349</v>
       </c>
       <c r="X70" s="4">
-        <v>4359.375</v>
+        <v>14166.66666667</v>
       </c>
       <c r="Y70" s="4">
-        <v>4359.375</v>
+        <v>14166.666665999999</v>
       </c>
       <c r="Z70" s="6">
-        <v>2.068E-3</v>
+        <v>2.9399999999999999E-3</v>
       </c>
     </row>
     <row r="71" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A71" s="3" t="s">
-        <v>367</v>
+        <v>350</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>368</v>
+        <v>351</v>
       </c>
       <c r="C71" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D71" s="4">
-        <v>400000</v>
+        <v>350000</v>
       </c>
       <c r="E71" s="5">
-        <v>98.001019999999997</v>
+        <v>98.470950000000002</v>
       </c>
       <c r="F71" s="4">
-        <v>392670.74666667002</v>
+        <v>349028.18611110997</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H71" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I71" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J71" s="5">
-        <v>98.001019999999997</v>
+        <v>98.470950000000002</v>
       </c>
       <c r="K71" s="5">
         <v>1</v>
       </c>
       <c r="L71" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M71" s="4">
-        <v>392670.74666599999</v>
+        <v>349028.18611100002</v>
       </c>
       <c r="N71" s="4">
-        <v>392670.74666667002</v>
+        <v>349028.18611110997</v>
       </c>
       <c r="O71" s="3" t="s">
-        <v>369</v>
+        <v>352</v>
       </c>
       <c r="P71" s="3" t="s">
-        <v>370</v>
+        <v>353</v>
       </c>
       <c r="Q71" s="3" t="s">
-        <v>217</v>
+        <v>132</v>
       </c>
       <c r="R71" s="3" t="s">
-        <v>367</v>
+        <v>350</v>
       </c>
       <c r="S71" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T71" s="4">
         <v>0.01</v>
       </c>
       <c r="U71" s="2">
-        <v>46798</v>
+        <v>46736</v>
       </c>
       <c r="V71" s="4">
-        <v>4</v>
+        <v>4.25</v>
       </c>
       <c r="W71" s="3" t="s">
-        <v>371</v>
+        <v>354</v>
       </c>
       <c r="X71" s="4">
-        <v>666.66666667000004</v>
+        <v>4379.8611111099999</v>
       </c>
       <c r="Y71" s="4">
-        <v>666.66666599999996</v>
+        <v>4379.8611110000002</v>
       </c>
       <c r="Z71" s="6">
-        <v>2.7799999999999999E-3</v>
+        <v>2.2929999999999999E-3</v>
       </c>
     </row>
     <row r="72" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A72" s="3" t="s">
-        <v>372</v>
+        <v>355</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>373</v>
+        <v>356</v>
       </c>
       <c r="C72" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D72" s="4">
-        <v>450000</v>
+        <v>300000</v>
       </c>
       <c r="E72" s="5">
-        <v>97.112750000000005</v>
+        <v>96.298841999999993</v>
       </c>
       <c r="F72" s="4">
-        <v>445388.625</v>
+        <v>292429.85933333001</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H72" s="3" t="s">
-        <v>186</v>
+        <v>31</v>
       </c>
       <c r="I72" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J72" s="5">
-        <v>97.112750000000005</v>
+        <v>96.298841999999993</v>
       </c>
       <c r="K72" s="5">
         <v>1</v>
       </c>
       <c r="L72" s="3" t="s">
-        <v>187</v>
+        <v>33</v>
       </c>
       <c r="M72" s="4">
-        <v>445388.625</v>
+        <v>292429.85933299997</v>
       </c>
       <c r="N72" s="4">
-        <v>445388.625</v>
+        <v>292429.85933333001</v>
       </c>
       <c r="O72" s="3" t="s">
-        <v>374</v>
+        <v>357</v>
       </c>
       <c r="P72" s="3" t="s">
-        <v>375</v>
+        <v>358</v>
       </c>
       <c r="Q72" s="3" t="s">
-        <v>105</v>
+        <v>132</v>
       </c>
       <c r="R72" s="3" t="s">
-        <v>372</v>
+        <v>355</v>
       </c>
       <c r="S72" s="3" t="s">
-        <v>83</v>
+        <v>65</v>
       </c>
       <c r="T72" s="4">
         <v>0.01</v>
       </c>
       <c r="U72" s="2">
-        <v>47392</v>
+        <v>47284</v>
       </c>
       <c r="V72" s="4">
-        <v>4.5</v>
+        <v>4</v>
       </c>
       <c r="W72" s="3" t="s">
-        <v>376</v>
+        <v>359</v>
       </c>
       <c r="X72" s="4">
-        <v>8381.25</v>
+        <v>3533.3333333300002</v>
       </c>
       <c r="Y72" s="4">
-        <v>8381.25</v>
+        <v>3533.333333</v>
       </c>
       <c r="Z72" s="6">
-        <v>3.153E-3</v>
+        <v>1.921E-3</v>
       </c>
     </row>
     <row r="73" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A73" s="3" t="s">
-        <v>377</v>
+        <v>360</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>378</v>
+        <v>361</v>
       </c>
       <c r="C73" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D73" s="4">
-        <v>400000</v>
+        <v>475000</v>
       </c>
       <c r="E73" s="5">
-        <v>101.44029999999999</v>
+        <v>92.452449999999999</v>
       </c>
       <c r="F73" s="4">
-        <v>414190.36666667002</v>
+        <v>441349.31111110997</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H73" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I73" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J73" s="5">
-        <v>101.44029999999999</v>
+        <v>92.452449999999999</v>
       </c>
       <c r="K73" s="5">
         <v>1</v>
       </c>
       <c r="L73" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M73" s="4">
-        <v>414190.36666599999</v>
+        <v>441349.31111100002</v>
       </c>
       <c r="N73" s="4">
-        <v>414190.36666667002</v>
+        <v>441349.31111110997</v>
       </c>
       <c r="O73" s="3" t="s">
-        <v>379</v>
+        <v>362</v>
       </c>
       <c r="P73" s="3" t="s">
-        <v>380</v>
+        <v>363</v>
       </c>
       <c r="Q73" s="3" t="s">
-        <v>82</v>
+        <v>364</v>
       </c>
       <c r="R73" s="3" t="s">
-        <v>377</v>
+        <v>360</v>
       </c>
       <c r="S73" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T73" s="4">
         <v>0.01</v>
       </c>
       <c r="U73" s="2">
-        <v>48519</v>
+        <v>47894</v>
       </c>
       <c r="V73" s="4">
-        <v>6.375</v>
+        <v>3.625</v>
       </c>
       <c r="W73" s="3" t="s">
-        <v>381</v>
+        <v>365</v>
       </c>
       <c r="X73" s="4">
-        <v>8429.1666666700003</v>
+        <v>2200.1736111099999</v>
       </c>
       <c r="Y73" s="4">
-        <v>8429.1666659999992</v>
+        <v>2200.1736110000002</v>
       </c>
       <c r="Z73" s="6">
-        <v>2.9320000000000001E-3</v>
+        <v>2.8999999999999998E-3</v>
       </c>
     </row>
     <row r="74" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A74" s="3" t="s">
-        <v>382</v>
+        <v>366</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>383</v>
+        <v>367</v>
       </c>
       <c r="C74" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D74" s="4">
-        <v>300000</v>
+        <v>200000</v>
       </c>
       <c r="E74" s="5">
-        <v>111.094326</v>
+        <v>107.34950000000001</v>
       </c>
       <c r="F74" s="4">
-        <v>344251.728</v>
+        <v>218039.27777777999</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H74" s="3" t="s">
         <v>46</v>
       </c>
       <c r="I74" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J74" s="5">
-        <v>111.094326</v>
+        <v>107.34950000000001</v>
       </c>
       <c r="K74" s="5">
         <v>1</v>
       </c>
       <c r="L74" s="3" t="s">
         <v>48</v>
       </c>
       <c r="M74" s="4">
-        <v>344251.728</v>
+        <v>218039.27777700001</v>
       </c>
       <c r="N74" s="4">
-        <v>344251.728</v>
+        <v>218039.27777777999</v>
       </c>
       <c r="O74" s="3" t="s">
-        <v>384</v>
+        <v>368</v>
       </c>
       <c r="P74" s="3" t="s">
-        <v>385</v>
+        <v>369</v>
       </c>
       <c r="Q74" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="R74" s="3" t="s">
-        <v>382</v>
+        <v>366</v>
       </c>
       <c r="S74" s="3" t="s">
-        <v>386</v>
+        <v>321</v>
       </c>
       <c r="T74" s="4">
         <v>0.01</v>
       </c>
       <c r="U74" s="2">
-        <v>47223</v>
+        <v>49507</v>
       </c>
       <c r="V74" s="4">
-        <v>9.75</v>
+        <v>8.125</v>
       </c>
       <c r="W74" s="3" t="s">
-        <v>387</v>
+        <v>370</v>
       </c>
       <c r="X74" s="4">
-        <v>10968.75</v>
+        <v>3340.2777777800002</v>
       </c>
       <c r="Y74" s="4">
-        <v>10968.75</v>
+        <v>3340.2777769999998</v>
       </c>
       <c r="Z74" s="6">
-        <v>2.4369999999999999E-3</v>
+        <v>1.4319999999999999E-3</v>
       </c>
     </row>
     <row r="75" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A75" s="3" t="s">
-        <v>388</v>
+        <v>371</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>389</v>
+        <v>372</v>
       </c>
       <c r="C75" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D75" s="4">
-        <v>450000</v>
+        <v>400000</v>
       </c>
       <c r="E75" s="5">
-        <v>97.549040000000005</v>
+        <v>96.466809999999995</v>
       </c>
       <c r="F75" s="4">
-        <v>439861.30499999999</v>
+        <v>389086.68444444</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H75" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I75" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J75" s="5">
-        <v>97.549040000000005</v>
+        <v>96.466809999999995</v>
       </c>
       <c r="K75" s="5">
         <v>1</v>
       </c>
       <c r="L75" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M75" s="4">
-        <v>439861.30499999999</v>
+        <v>389086.68444400001</v>
       </c>
       <c r="N75" s="4">
-        <v>439861.30499999999</v>
+        <v>389086.68444444</v>
       </c>
       <c r="O75" s="3" t="s">
-        <v>390</v>
+        <v>373</v>
       </c>
       <c r="P75" s="3" t="s">
-        <v>391</v>
+        <v>374</v>
       </c>
       <c r="Q75" s="3" t="s">
-        <v>105</v>
+        <v>143</v>
       </c>
       <c r="R75" s="3" t="s">
-        <v>388</v>
+        <v>371</v>
       </c>
       <c r="S75" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T75" s="4">
         <v>0.01</v>
       </c>
       <c r="U75" s="2">
-        <v>47529</v>
+        <v>47513</v>
       </c>
       <c r="V75" s="4">
         <v>4.75</v>
       </c>
       <c r="W75" s="3" t="s">
-        <v>392</v>
+        <v>375</v>
       </c>
       <c r="X75" s="4">
-        <v>890.625</v>
+        <v>3219.4444444400001</v>
       </c>
       <c r="Y75" s="4">
-        <v>890.625</v>
+        <v>3219.4444440000002</v>
       </c>
       <c r="Z75" s="6">
-        <v>3.114E-3</v>
+        <v>2.5569999999999998E-3</v>
       </c>
     </row>
     <row r="76" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A76" s="3" t="s">
-        <v>393</v>
+        <v>376</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>394</v>
+        <v>377</v>
       </c>
       <c r="C76" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D76" s="4">
-        <v>425000</v>
+        <v>300000</v>
       </c>
       <c r="E76" s="5">
-        <v>102.35290000000001</v>
+        <v>95.729635999999999</v>
       </c>
       <c r="F76" s="4">
-        <v>448148.26250000001</v>
+        <v>292549.32466667</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H76" s="3" t="s">
-        <v>186</v>
+        <v>147</v>
       </c>
       <c r="I76" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J76" s="5">
-        <v>102.35290000000001</v>
+        <v>95.729635999999999</v>
       </c>
       <c r="K76" s="5">
         <v>1</v>
       </c>
       <c r="L76" s="3" t="s">
-        <v>187</v>
+        <v>148</v>
       </c>
       <c r="M76" s="4">
-        <v>448148.26250000001</v>
+        <v>292549.32466599997</v>
       </c>
       <c r="N76" s="4">
-        <v>448148.26250000001</v>
+        <v>292549.32466667</v>
       </c>
       <c r="O76" s="3" t="s">
-        <v>395</v>
+        <v>378</v>
       </c>
       <c r="P76" s="3" t="s">
-        <v>396</v>
+        <v>379</v>
       </c>
       <c r="Q76" s="3" t="s">
-        <v>82</v>
+        <v>188</v>
       </c>
       <c r="R76" s="3" t="s">
-        <v>393</v>
+        <v>376</v>
       </c>
       <c r="S76" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T76" s="4">
         <v>0.01</v>
       </c>
       <c r="U76" s="2">
-        <v>46827</v>
+        <v>47406</v>
       </c>
       <c r="V76" s="4">
-        <v>6.75</v>
+        <v>3.875</v>
       </c>
       <c r="W76" s="3" t="s">
-        <v>397</v>
+        <v>380</v>
       </c>
       <c r="X76" s="4">
-        <v>13148.4375</v>
+        <v>5360.4166666700003</v>
       </c>
       <c r="Y76" s="4">
-        <v>13148.4375</v>
+        <v>5360.4166660000001</v>
       </c>
       <c r="Z76" s="6">
-        <v>3.173E-3</v>
+        <v>1.9220000000000001E-3</v>
       </c>
     </row>
     <row r="77" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A77" s="3" t="s">
-        <v>398</v>
+        <v>381</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>399</v>
+        <v>382</v>
       </c>
       <c r="C77" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D77" s="4">
-        <v>450000</v>
+        <v>80000</v>
       </c>
       <c r="E77" s="5">
-        <v>95.075919999999996</v>
+        <v>100.158</v>
       </c>
       <c r="F77" s="4">
-        <v>433605.70250000001</v>
+        <v>80328.622222220001</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H77" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I77" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J77" s="5">
-        <v>95.075919999999996</v>
+        <v>100.158</v>
       </c>
       <c r="K77" s="5">
         <v>1</v>
       </c>
       <c r="L77" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M77" s="4">
-        <v>433605.70250000001</v>
+        <v>80328.622222000005</v>
       </c>
       <c r="N77" s="4">
-        <v>433605.70250000001</v>
+        <v>80328.622222220001</v>
       </c>
       <c r="O77" s="3" t="s">
-        <v>400</v>
+        <v>383</v>
       </c>
       <c r="P77" s="3" t="s">
-        <v>401</v>
+        <v>384</v>
       </c>
       <c r="Q77" s="3" t="s">
-        <v>233</v>
+        <v>64</v>
       </c>
       <c r="R77" s="3" t="s">
-        <v>398</v>
+        <v>381</v>
       </c>
       <c r="S77" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T77" s="4">
         <v>0.01</v>
       </c>
       <c r="U77" s="2">
-        <v>47604</v>
+        <v>48653</v>
       </c>
       <c r="V77" s="4">
-        <v>3.875</v>
+        <v>6.5</v>
       </c>
       <c r="W77" s="3" t="s">
-        <v>402</v>
+        <v>385</v>
       </c>
       <c r="X77" s="4">
-        <v>5764.0625</v>
+        <v>202.22222221999999</v>
       </c>
       <c r="Y77" s="4">
-        <v>5764.0625</v>
+        <v>202.22222199999999</v>
       </c>
       <c r="Z77" s="6">
-        <v>3.0699999999999998E-3</v>
+        <v>5.2700000000000002E-4</v>
       </c>
     </row>
     <row r="78" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A78" s="3" t="s">
-        <v>403</v>
+        <v>386</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>404</v>
+        <v>387</v>
       </c>
       <c r="C78" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D78" s="4">
-        <v>300000</v>
+        <v>475000</v>
       </c>
       <c r="E78" s="5">
-        <v>99.813760000000002</v>
+        <v>94.729690000000005</v>
       </c>
       <c r="F78" s="4">
-        <v>301530.86333333002</v>
+        <v>452469.67333333002</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H78" s="3" t="s">
-        <v>31</v>
+        <v>179</v>
       </c>
       <c r="I78" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J78" s="5">
-        <v>99.813760000000002</v>
+        <v>94.729690000000005</v>
       </c>
       <c r="K78" s="5">
         <v>1</v>
       </c>
       <c r="L78" s="3" t="s">
-        <v>33</v>
+        <v>180</v>
       </c>
       <c r="M78" s="4">
-        <v>301530.86333299999</v>
+        <v>452469.67333299998</v>
       </c>
       <c r="N78" s="4">
-        <v>301530.86333333002</v>
+        <v>452469.67333333002</v>
       </c>
       <c r="O78" s="3" t="s">
-        <v>405</v>
+        <v>388</v>
       </c>
       <c r="P78" s="3" t="s">
-        <v>406</v>
+        <v>389</v>
       </c>
       <c r="Q78" s="3" t="s">
-        <v>82</v>
+        <v>214</v>
       </c>
       <c r="R78" s="3" t="s">
-        <v>403</v>
+        <v>386</v>
       </c>
       <c r="S78" s="3" t="s">
-        <v>83</v>
+        <v>65</v>
       </c>
       <c r="T78" s="4">
         <v>0.01</v>
       </c>
       <c r="U78" s="2">
-        <v>46204</v>
+        <v>47529</v>
       </c>
       <c r="V78" s="4">
-        <v>4.25</v>
+        <v>4.125</v>
       </c>
       <c r="W78" s="3" t="s">
-        <v>407</v>
+        <v>390</v>
       </c>
       <c r="X78" s="4">
-        <v>2089.5833333300002</v>
+        <v>2503.6458333300002</v>
       </c>
       <c r="Y78" s="4">
-        <v>2089.583333</v>
+        <v>2503.645833</v>
       </c>
       <c r="Z78" s="6">
-        <v>2.1350000000000002E-3</v>
+        <v>2.9729999999999999E-3</v>
       </c>
     </row>
     <row r="79" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A79" s="3" t="s">
-        <v>408</v>
+        <v>391</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>409</v>
+        <v>392</v>
       </c>
       <c r="C79" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D79" s="4">
-        <v>425000</v>
+        <v>450000</v>
       </c>
       <c r="E79" s="5">
-        <v>98.299856000000005</v>
+        <v>99.385478000000006</v>
       </c>
       <c r="F79" s="4">
-        <v>418460.58591666998</v>
+        <v>450684.65100000001</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H79" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I79" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J79" s="5">
-        <v>98.299856000000005</v>
+        <v>99.385478000000006</v>
       </c>
       <c r="K79" s="5">
         <v>1</v>
       </c>
       <c r="L79" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M79" s="4">
-        <v>418460.58591600001</v>
+        <v>450684.65100000001</v>
       </c>
       <c r="N79" s="4">
-        <v>418460.58591666998</v>
+        <v>450684.65100000001</v>
       </c>
       <c r="O79" s="3" t="s">
-        <v>410</v>
+        <v>393</v>
       </c>
       <c r="P79" s="3" t="s">
-        <v>411</v>
+        <v>394</v>
       </c>
       <c r="Q79" s="3" t="s">
-        <v>118</v>
+        <v>103</v>
       </c>
       <c r="R79" s="3" t="s">
-        <v>408</v>
+        <v>391</v>
       </c>
       <c r="S79" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T79" s="4">
         <v>0.01</v>
       </c>
       <c r="U79" s="2">
-        <v>46433</v>
+        <v>46798</v>
       </c>
       <c r="V79" s="4">
-        <v>3.875</v>
+        <v>6</v>
       </c>
       <c r="W79" s="3" t="s">
-        <v>412</v>
+        <v>395</v>
       </c>
       <c r="X79" s="4">
-        <v>686.19791667000004</v>
+        <v>3450</v>
       </c>
       <c r="Y79" s="4">
-        <v>686.19791599999996</v>
+        <v>3450</v>
       </c>
       <c r="Z79" s="6">
-        <v>2.9629999999999999E-3</v>
+        <v>2.9610000000000001E-3</v>
       </c>
     </row>
     <row r="80" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A80" s="3" t="s">
-        <v>413</v>
+        <v>396</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>414</v>
+        <v>397</v>
       </c>
       <c r="C80" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D80" s="4">
-        <v>350000</v>
+        <v>400000</v>
       </c>
       <c r="E80" s="5">
-        <v>98.035669999999996</v>
+        <v>97.904849999999996</v>
       </c>
       <c r="F80" s="4">
-        <v>346709.91444443999</v>
+        <v>393663.84444443998</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H80" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I80" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J80" s="5">
-        <v>98.035669999999996</v>
+        <v>97.904849999999996</v>
       </c>
       <c r="K80" s="5">
         <v>1</v>
       </c>
       <c r="L80" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M80" s="4">
-        <v>346709.91444399999</v>
+        <v>393663.84444399999</v>
       </c>
       <c r="N80" s="4">
-        <v>346709.91444443999</v>
+        <v>393663.84444443998</v>
       </c>
       <c r="O80" s="3" t="s">
-        <v>415</v>
+        <v>398</v>
       </c>
       <c r="P80" s="3" t="s">
-        <v>416</v>
+        <v>399</v>
       </c>
       <c r="Q80" s="3" t="s">
-        <v>64</v>
+        <v>214</v>
       </c>
       <c r="R80" s="3" t="s">
-        <v>413</v>
+        <v>396</v>
       </c>
       <c r="S80" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T80" s="4">
         <v>0.01</v>
       </c>
       <c r="U80" s="2">
-        <v>46328</v>
+        <v>46798</v>
       </c>
       <c r="V80" s="4">
-        <v>3.125</v>
+        <v>4</v>
       </c>
       <c r="W80" s="3" t="s">
-        <v>417</v>
+        <v>400</v>
       </c>
       <c r="X80" s="4">
-        <v>3585.0694444400001</v>
+        <v>2044.4444444400001</v>
       </c>
       <c r="Y80" s="4">
-        <v>3585.0694440000002</v>
+        <v>2044.444444</v>
       </c>
       <c r="Z80" s="6">
-        <v>2.4550000000000002E-3</v>
+        <v>2.5869999999999999E-3</v>
       </c>
     </row>
     <row r="81" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A81" s="3" t="s">
-        <v>418</v>
+        <v>401</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>419</v>
+        <v>402</v>
       </c>
       <c r="C81" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D81" s="4">
-        <v>350000</v>
+        <v>450000</v>
       </c>
       <c r="E81" s="5">
-        <v>99.912000000000006</v>
+        <v>97.388214000000005</v>
       </c>
       <c r="F81" s="4">
-        <v>355205.47222221998</v>
+        <v>438246.96299999999</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H81" s="3" t="s">
-        <v>186</v>
+        <v>179</v>
       </c>
       <c r="I81" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J81" s="5">
-        <v>99.912000000000006</v>
+        <v>97.388214000000005</v>
       </c>
       <c r="K81" s="5">
         <v>1</v>
       </c>
       <c r="L81" s="3" t="s">
-        <v>187</v>
+        <v>180</v>
       </c>
       <c r="M81" s="4">
-        <v>355205.47222200001</v>
+        <v>438246.96299999999</v>
       </c>
       <c r="N81" s="4">
-        <v>355205.47222221998</v>
+        <v>438246.96299999999</v>
       </c>
       <c r="O81" s="3" t="s">
-        <v>420</v>
+        <v>403</v>
       </c>
       <c r="P81" s="3" t="s">
-        <v>421</v>
+        <v>404</v>
       </c>
       <c r="Q81" s="3" t="s">
-        <v>64</v>
+        <v>103</v>
       </c>
       <c r="R81" s="3" t="s">
-        <v>418</v>
+        <v>401</v>
       </c>
       <c r="S81" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="T81" s="4">
         <v>0.01</v>
       </c>
       <c r="U81" s="2">
-        <v>46886</v>
+        <v>47392</v>
       </c>
       <c r="V81" s="4">
-        <v>5.3</v>
+        <v>4.5</v>
       </c>
       <c r="W81" s="3" t="s">
-        <v>422</v>
+        <v>405</v>
       </c>
       <c r="X81" s="4">
-        <v>5513.4722222199998</v>
+        <v>0</v>
       </c>
       <c r="Y81" s="4">
-        <v>5513.4722220000003</v>
+        <v>0</v>
       </c>
       <c r="Z81" s="6">
-        <v>2.5149999999999999E-3</v>
+        <v>2.8800000000000002E-3</v>
       </c>
     </row>
     <row r="82" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A82" s="3" t="s">
-        <v>423</v>
+        <v>406</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>424</v>
+        <v>407</v>
       </c>
       <c r="C82" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D82" s="4">
-        <v>350000</v>
+        <v>400000</v>
       </c>
       <c r="E82" s="5">
-        <v>97.109020000000001</v>
+        <v>101.46080000000001</v>
       </c>
       <c r="F82" s="4">
-        <v>344856.91722221998</v>
+        <v>416468.2</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H82" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I82" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J82" s="5">
-        <v>97.109020000000001</v>
+        <v>101.46080000000001</v>
       </c>
       <c r="K82" s="5">
         <v>1</v>
       </c>
       <c r="L82" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M82" s="4">
-        <v>344856.91722200002</v>
+        <v>416468.2</v>
       </c>
       <c r="N82" s="4">
-        <v>344856.91722221998</v>
+        <v>416468.2</v>
       </c>
       <c r="O82" s="3" t="s">
-        <v>425</v>
+        <v>408</v>
       </c>
       <c r="P82" s="3" t="s">
-        <v>426</v>
+        <v>409</v>
       </c>
       <c r="Q82" s="3" t="s">
-        <v>217</v>
+        <v>86</v>
       </c>
       <c r="R82" s="3" t="s">
-        <v>423</v>
+        <v>406</v>
       </c>
       <c r="S82" s="3" t="s">
-        <v>83</v>
+        <v>65</v>
       </c>
       <c r="T82" s="4">
         <v>0.01</v>
       </c>
       <c r="U82" s="2">
-        <v>49279</v>
+        <v>48519</v>
       </c>
       <c r="V82" s="4">
-        <v>5.75</v>
+        <v>6.375</v>
       </c>
       <c r="W82" s="3" t="s">
-        <v>427</v>
+        <v>410</v>
       </c>
       <c r="X82" s="4">
-        <v>4975.3472222199998</v>
+        <v>10625</v>
       </c>
       <c r="Y82" s="4">
-        <v>4975.3472220000003</v>
+        <v>10625</v>
       </c>
       <c r="Z82" s="6">
-        <v>2.441E-3</v>
+        <v>2.7369999999999998E-3</v>
       </c>
     </row>
     <row r="83" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A83" s="3" t="s">
-        <v>428</v>
+        <v>411</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>429</v>
+        <v>412</v>
       </c>
       <c r="C83" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D83" s="4">
         <v>300000</v>
       </c>
       <c r="E83" s="5">
-        <v>108.02800000000001</v>
+        <v>112.44647999999999</v>
       </c>
       <c r="F83" s="4">
-        <v>326662.125</v>
+        <v>350826.94</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H83" s="3" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="I83" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J83" s="5">
-        <v>108.02800000000001</v>
+        <v>112.44647999999999</v>
       </c>
       <c r="K83" s="5">
         <v>1</v>
       </c>
       <c r="L83" s="3" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="M83" s="4">
-        <v>326662.125</v>
+        <v>350826.94</v>
       </c>
       <c r="N83" s="4">
-        <v>326662.125</v>
+        <v>350826.94</v>
       </c>
       <c r="O83" s="3" t="s">
-        <v>430</v>
+        <v>413</v>
       </c>
       <c r="P83" s="3" t="s">
-        <v>431</v>
+        <v>414</v>
       </c>
       <c r="Q83" s="3" t="s">
-        <v>145</v>
+        <v>86</v>
       </c>
       <c r="R83" s="3" t="s">
-        <v>428</v>
+        <v>411</v>
       </c>
       <c r="S83" s="3" t="s">
-        <v>65</v>
+        <v>321</v>
       </c>
       <c r="T83" s="4">
         <v>0.01</v>
       </c>
       <c r="U83" s="2">
-        <v>48775</v>
+        <v>47223</v>
       </c>
       <c r="V83" s="4">
-        <v>6.875</v>
+        <v>9.75</v>
       </c>
       <c r="W83" s="3" t="s">
-        <v>432</v>
+        <v>415</v>
       </c>
       <c r="X83" s="4">
-        <v>2578.125</v>
+        <v>13487.5</v>
       </c>
       <c r="Y83" s="4">
-        <v>2578.125</v>
+        <v>13487.5</v>
       </c>
       <c r="Z83" s="6">
-        <v>2.313E-3</v>
+        <v>2.3050000000000002E-3</v>
       </c>
     </row>
     <row r="84" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A84" s="3" t="s">
-        <v>433</v>
+        <v>416</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>434</v>
+        <v>417</v>
       </c>
       <c r="C84" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D84" s="4">
-        <v>475000</v>
+        <v>405000</v>
       </c>
       <c r="E84" s="5">
-        <v>91.913060000000002</v>
+        <v>102.4905</v>
       </c>
       <c r="F84" s="4">
-        <v>437329.22249999997</v>
+        <v>420644.02500000002</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H84" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I84" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J84" s="5">
-        <v>91.913060000000002</v>
+        <v>102.4905</v>
       </c>
       <c r="K84" s="5">
         <v>1</v>
       </c>
       <c r="L84" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M84" s="4">
-        <v>437329.22249999997</v>
+        <v>420644.02500000002</v>
       </c>
       <c r="N84" s="4">
-        <v>437329.22249999997</v>
+        <v>420644.02500000002</v>
       </c>
       <c r="O84" s="3" t="s">
-        <v>435</v>
+        <v>418</v>
       </c>
       <c r="P84" s="3" t="s">
-        <v>436</v>
+        <v>419</v>
       </c>
       <c r="Q84" s="3" t="s">
-        <v>217</v>
+        <v>86</v>
       </c>
       <c r="R84" s="3" t="s">
-        <v>433</v>
+        <v>416</v>
       </c>
       <c r="S84" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T84" s="4">
         <v>0.01</v>
       </c>
       <c r="U84" s="2">
-        <v>47894</v>
+        <v>48410</v>
       </c>
       <c r="V84" s="4">
-        <v>3.75</v>
+        <v>6.5</v>
       </c>
       <c r="W84" s="3" t="s">
-        <v>437</v>
+        <v>420</v>
       </c>
       <c r="X84" s="4">
-        <v>742.1875</v>
+        <v>5557.5</v>
       </c>
       <c r="Y84" s="4">
-        <v>742.1875</v>
+        <v>5557.5</v>
       </c>
       <c r="Z84" s="6">
-        <v>3.0959999999999998E-3</v>
+        <v>2.764E-3</v>
       </c>
     </row>
     <row r="85" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A85" s="3" t="s">
-        <v>438</v>
+        <v>421</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>439</v>
+        <v>422</v>
       </c>
       <c r="C85" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D85" s="4">
-        <v>300000</v>
+        <v>425000</v>
       </c>
       <c r="E85" s="5">
-        <v>105.76179999999999</v>
+        <v>102.234605</v>
       </c>
       <c r="F85" s="4">
-        <v>324316.65000000002</v>
+        <v>435772.07124999998</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H85" s="3" t="s">
-        <v>31</v>
+        <v>179</v>
       </c>
       <c r="I85" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J85" s="5">
-        <v>105.76179999999999</v>
+        <v>102.234605</v>
       </c>
       <c r="K85" s="5">
         <v>1</v>
       </c>
       <c r="L85" s="3" t="s">
-        <v>33</v>
+        <v>180</v>
       </c>
       <c r="M85" s="4">
-        <v>324316.65000000002</v>
+        <v>435772.07124999998</v>
       </c>
       <c r="N85" s="4">
-        <v>324316.65000000002</v>
+        <v>435772.07124999998</v>
       </c>
       <c r="O85" s="3" t="s">
-        <v>440</v>
+        <v>423</v>
       </c>
       <c r="P85" s="3" t="s">
-        <v>441</v>
+        <v>424</v>
       </c>
       <c r="Q85" s="3" t="s">
-        <v>134</v>
+        <v>86</v>
       </c>
       <c r="R85" s="3" t="s">
-        <v>438</v>
+        <v>421</v>
       </c>
       <c r="S85" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T85" s="4">
         <v>0.01</v>
       </c>
       <c r="U85" s="2">
-        <v>47452</v>
+        <v>46827</v>
       </c>
       <c r="V85" s="4">
-        <v>9.375</v>
+        <v>6.75</v>
       </c>
       <c r="W85" s="3" t="s">
-        <v>442</v>
+        <v>425</v>
       </c>
       <c r="X85" s="4">
-        <v>7031.25</v>
+        <v>1275</v>
       </c>
       <c r="Y85" s="4">
-        <v>7031.25</v>
+        <v>1275</v>
       </c>
       <c r="Z85" s="6">
-        <v>2.2959999999999999E-3</v>
+        <v>2.8630000000000001E-3</v>
       </c>
     </row>
     <row r="86" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A86" s="3" t="s">
-        <v>443</v>
+        <v>426</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>444</v>
+        <v>427</v>
       </c>
       <c r="C86" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D86" s="4">
-        <v>400000</v>
+        <v>450000</v>
       </c>
       <c r="E86" s="5">
-        <v>105.7067</v>
+        <v>95.385484000000005</v>
       </c>
       <c r="F86" s="4">
-        <v>438489.3</v>
+        <v>436500.30300000001</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H86" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I86" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J86" s="5">
-        <v>105.7067</v>
+        <v>95.385484000000005</v>
       </c>
       <c r="K86" s="5">
         <v>1</v>
       </c>
       <c r="L86" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M86" s="4">
-        <v>438489.3</v>
+        <v>436500.30300000001</v>
       </c>
       <c r="N86" s="4">
-        <v>438489.3</v>
+        <v>436500.30300000001</v>
       </c>
       <c r="O86" s="3" t="s">
-        <v>445</v>
+        <v>428</v>
       </c>
       <c r="P86" s="3" t="s">
-        <v>446</v>
+        <v>429</v>
       </c>
       <c r="Q86" s="3" t="s">
-        <v>64</v>
+        <v>235</v>
       </c>
       <c r="R86" s="3" t="s">
-        <v>443</v>
+        <v>426</v>
       </c>
       <c r="S86" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T86" s="4">
         <v>0.01</v>
       </c>
       <c r="U86" s="2">
-        <v>47908</v>
+        <v>47604</v>
       </c>
       <c r="V86" s="4">
-        <v>7.875</v>
+        <v>3.875</v>
       </c>
       <c r="W86" s="3" t="s">
-        <v>447</v>
+        <v>430</v>
       </c>
       <c r="X86" s="4">
-        <v>15662.5</v>
+        <v>7265.625</v>
       </c>
       <c r="Y86" s="4">
-        <v>15662.5</v>
+        <v>7265.625</v>
       </c>
       <c r="Z86" s="6">
-        <v>3.104E-3</v>
+        <v>2.8679999999999999E-3</v>
       </c>
     </row>
     <row r="87" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A87" s="3" t="s">
-        <v>448</v>
+        <v>431</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>449</v>
+        <v>432</v>
       </c>
       <c r="C87" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D87" s="4">
-        <v>350000</v>
+        <v>225000</v>
       </c>
       <c r="E87" s="5">
-        <v>96.082899999999995</v>
+        <v>98.492564999999999</v>
       </c>
       <c r="F87" s="4">
-        <v>343508.9</v>
+        <v>222722.33374999999</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H87" s="3" t="s">
-        <v>186</v>
+        <v>31</v>
       </c>
       <c r="I87" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J87" s="5">
-        <v>96.082899999999995</v>
+        <v>98.492564999999999</v>
       </c>
       <c r="K87" s="5">
         <v>1</v>
       </c>
       <c r="L87" s="3" t="s">
-        <v>187</v>
+        <v>33</v>
       </c>
       <c r="M87" s="4">
-        <v>343508.9</v>
+        <v>222722.33374999999</v>
       </c>
       <c r="N87" s="4">
-        <v>343508.9</v>
+        <v>222722.33374999999</v>
       </c>
       <c r="O87" s="3" t="s">
-        <v>450</v>
+        <v>433</v>
       </c>
       <c r="P87" s="3" t="s">
-        <v>451</v>
+        <v>434</v>
       </c>
       <c r="Q87" s="3" t="s">
-        <v>105</v>
+        <v>116</v>
       </c>
       <c r="R87" s="3" t="s">
-        <v>448</v>
+        <v>431</v>
       </c>
       <c r="S87" s="3" t="s">
-        <v>83</v>
+        <v>65</v>
       </c>
       <c r="T87" s="4">
         <v>0.01</v>
       </c>
       <c r="U87" s="2">
-        <v>47192</v>
+        <v>46433</v>
       </c>
       <c r="V87" s="4">
-        <v>4.5</v>
+        <v>3.875</v>
       </c>
       <c r="W87" s="3" t="s">
-        <v>452</v>
+        <v>435</v>
       </c>
       <c r="X87" s="4">
-        <v>7218.75</v>
+        <v>1114.0625</v>
       </c>
       <c r="Y87" s="4">
-        <v>7218.75</v>
+        <v>1114.0625</v>
       </c>
       <c r="Z87" s="6">
-        <v>2.4320000000000001E-3</v>
+        <v>1.4630000000000001E-3</v>
       </c>
     </row>
     <row r="88" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A88" s="3" t="s">
-        <v>453</v>
+        <v>436</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>454</v>
+        <v>437</v>
       </c>
       <c r="C88" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D88" s="4">
-        <v>225000</v>
+        <v>350000</v>
       </c>
       <c r="E88" s="5">
-        <v>110.593</v>
+        <v>99.49</v>
       </c>
       <c r="F88" s="4">
-        <v>251974.875</v>
+        <v>355325.83333333</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H88" s="3" t="s">
-        <v>31</v>
+        <v>179</v>
       </c>
       <c r="I88" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J88" s="5">
-        <v>110.593</v>
+        <v>99.49</v>
       </c>
       <c r="K88" s="5">
         <v>1</v>
       </c>
       <c r="L88" s="3" t="s">
-        <v>33</v>
+        <v>180</v>
       </c>
       <c r="M88" s="4">
-        <v>251974.875</v>
+        <v>355325.83333300002</v>
       </c>
       <c r="N88" s="4">
-        <v>251974.875</v>
+        <v>355325.83333333</v>
       </c>
       <c r="O88" s="3" t="s">
-        <v>455</v>
+        <v>438</v>
       </c>
       <c r="P88" s="3" t="s">
-        <v>456</v>
+        <v>439</v>
       </c>
       <c r="Q88" s="3" t="s">
-        <v>233</v>
+        <v>64</v>
       </c>
       <c r="R88" s="3" t="s">
-        <v>453</v>
+        <v>436</v>
       </c>
       <c r="S88" s="3" t="s">
-        <v>65</v>
+        <v>87</v>
       </c>
       <c r="T88" s="4">
         <v>0.01</v>
       </c>
       <c r="U88" s="2">
-        <v>48928</v>
+        <v>46886</v>
       </c>
       <c r="V88" s="4">
-        <v>6.7</v>
+        <v>5.3</v>
       </c>
       <c r="W88" s="3" t="s">
-        <v>457</v>
+        <v>440</v>
       </c>
       <c r="X88" s="4">
-        <v>3140.625</v>
+        <v>7110.8333333299997</v>
       </c>
       <c r="Y88" s="4">
-        <v>3140.625</v>
+        <v>7110.8333329999996</v>
       </c>
       <c r="Z88" s="6">
-        <v>1.784E-3</v>
+        <v>2.3349999999999998E-3</v>
       </c>
     </row>
     <row r="89" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A89" s="3" t="s">
-        <v>458</v>
+        <v>441</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>459</v>
+        <v>442</v>
       </c>
       <c r="C89" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D89" s="4">
-        <v>450000</v>
+        <v>425000</v>
       </c>
       <c r="E89" s="5">
-        <v>95.664829999999995</v>
+        <v>103.82640000000001</v>
       </c>
       <c r="F89" s="4">
-        <v>439441.73499999999</v>
+        <v>447194.49166667002</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H89" s="3" t="s">
-        <v>31</v>
+        <v>443</v>
       </c>
       <c r="I89" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J89" s="5">
-        <v>95.664829999999995</v>
+        <v>103.82640000000001</v>
       </c>
       <c r="K89" s="5">
         <v>1</v>
       </c>
       <c r="L89" s="3" t="s">
-        <v>33</v>
+        <v>444</v>
       </c>
       <c r="M89" s="4">
-        <v>439441.73499999999</v>
+        <v>447194.49166599999</v>
       </c>
       <c r="N89" s="4">
-        <v>439441.73499999999</v>
+        <v>447194.49166667002</v>
       </c>
       <c r="O89" s="3" t="s">
-        <v>460</v>
+        <v>445</v>
       </c>
       <c r="P89" s="3" t="s">
-        <v>461</v>
+        <v>446</v>
       </c>
       <c r="Q89" s="3" t="s">
-        <v>217</v>
+        <v>103</v>
       </c>
       <c r="R89" s="3" t="s">
-        <v>458</v>
+        <v>441</v>
       </c>
       <c r="S89" s="3" t="s">
-        <v>65</v>
+        <v>87</v>
       </c>
       <c r="T89" s="4">
         <v>0.01</v>
       </c>
       <c r="U89" s="2">
-        <v>47178</v>
+        <v>47696</v>
       </c>
       <c r="V89" s="4">
-        <v>4</v>
+        <v>8.375</v>
       </c>
       <c r="W89" s="3" t="s">
-        <v>462</v>
+        <v>447</v>
       </c>
       <c r="X89" s="4">
-        <v>8950</v>
+        <v>5932.2916666700003</v>
       </c>
       <c r="Y89" s="4">
-        <v>8950</v>
+        <v>5932.2916660000001</v>
       </c>
       <c r="Z89" s="6">
-        <v>3.1110000000000001E-3</v>
+        <v>2.9380000000000001E-3</v>
       </c>
     </row>
     <row r="90" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A90" s="3" t="s">
-        <v>463</v>
+        <v>448</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>464</v>
+        <v>449</v>
       </c>
       <c r="C90" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D90" s="4">
-        <v>400000</v>
+        <v>350000</v>
       </c>
       <c r="E90" s="5">
-        <v>106.7839</v>
+        <v>99.678004999999999</v>
       </c>
       <c r="F90" s="4">
-        <v>435664.76666666998</v>
+        <v>355581.35083333001</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H90" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I90" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J90" s="5">
-        <v>106.7839</v>
+        <v>99.678004999999999</v>
       </c>
       <c r="K90" s="5">
         <v>1</v>
       </c>
       <c r="L90" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M90" s="4">
-        <v>435664.76666600001</v>
+        <v>355581.35083299997</v>
       </c>
       <c r="N90" s="4">
-        <v>435664.76666666998</v>
+        <v>355581.35083333001</v>
       </c>
       <c r="O90" s="3" t="s">
-        <v>465</v>
+        <v>450</v>
       </c>
       <c r="P90" s="3" t="s">
-        <v>466</v>
+        <v>451</v>
       </c>
       <c r="Q90" s="3" t="s">
-        <v>201</v>
+        <v>214</v>
       </c>
       <c r="R90" s="3" t="s">
-        <v>463</v>
+        <v>448</v>
       </c>
       <c r="S90" s="3" t="s">
-        <v>65</v>
+        <v>87</v>
       </c>
       <c r="T90" s="4">
         <v>0.01</v>
       </c>
       <c r="U90" s="2">
-        <v>47635</v>
+        <v>49279</v>
       </c>
       <c r="V90" s="4">
-        <v>8.625</v>
+        <v>5.75</v>
       </c>
       <c r="W90" s="3" t="s">
-        <v>467</v>
+        <v>452</v>
       </c>
       <c r="X90" s="4">
-        <v>8529.1666666700003</v>
+        <v>6708.3333333299997</v>
       </c>
       <c r="Y90" s="4">
-        <v>8529.1666659999992</v>
+        <v>6708.3333329999996</v>
       </c>
       <c r="Z90" s="6">
-        <v>3.0839999999999999E-3</v>
+        <v>2.336E-3</v>
       </c>
     </row>
     <row r="91" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A91" s="3" t="s">
-        <v>468</v>
+        <v>453</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>469</v>
+        <v>454</v>
       </c>
       <c r="C91" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D91" s="4">
-        <v>425000</v>
+        <v>300000</v>
       </c>
       <c r="E91" s="5">
-        <v>105.8503</v>
+        <v>108.618253</v>
       </c>
       <c r="F91" s="4">
-        <v>453433.77500000002</v>
+        <v>330208.92566667002</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H91" s="3" t="s">
-        <v>470</v>
+        <v>31</v>
       </c>
       <c r="I91" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J91" s="5">
-        <v>105.8503</v>
+        <v>108.618253</v>
       </c>
       <c r="K91" s="5">
         <v>1</v>
       </c>
       <c r="L91" s="3" t="s">
-        <v>471</v>
+        <v>33</v>
       </c>
       <c r="M91" s="4">
-        <v>453433.77500000002</v>
+        <v>330208.925666</v>
       </c>
       <c r="N91" s="4">
-        <v>453433.77500000002</v>
+        <v>330208.92566667002</v>
       </c>
       <c r="O91" s="3" t="s">
-        <v>472</v>
+        <v>455</v>
       </c>
       <c r="P91" s="3" t="s">
-        <v>473</v>
+        <v>456</v>
       </c>
       <c r="Q91" s="3" t="s">
-        <v>233</v>
+        <v>143</v>
       </c>
       <c r="R91" s="3" t="s">
-        <v>468</v>
+        <v>453</v>
       </c>
       <c r="S91" s="3" t="s">
-        <v>83</v>
+        <v>65</v>
       </c>
       <c r="T91" s="4">
         <v>0.01</v>
       </c>
       <c r="U91" s="2">
-        <v>49874</v>
+        <v>48775</v>
       </c>
       <c r="V91" s="4">
-        <v>7.2</v>
+        <v>6.875</v>
       </c>
       <c r="W91" s="3" t="s">
-        <v>474</v>
+        <v>457</v>
       </c>
       <c r="X91" s="4">
-        <v>3570</v>
+        <v>4354.1666666700003</v>
       </c>
       <c r="Y91" s="4">
-        <v>3570</v>
+        <v>4354.1666660000001</v>
       </c>
       <c r="Z91" s="6">
-        <v>3.2100000000000002E-3</v>
+        <v>2.1700000000000001E-3</v>
       </c>
     </row>
     <row r="92" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A92" s="3" t="s">
-        <v>475</v>
+        <v>458</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>476</v>
+        <v>459</v>
       </c>
       <c r="C92" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D92" s="4">
-        <v>300000</v>
+        <v>475000</v>
       </c>
       <c r="E92" s="5">
-        <v>96.122219999999999</v>
+        <v>92.287869999999998</v>
       </c>
       <c r="F92" s="4">
-        <v>292866.65999999997</v>
+        <v>440643.42416667001</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H92" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I92" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J92" s="5">
-        <v>96.122219999999999</v>
+        <v>92.287869999999998</v>
       </c>
       <c r="K92" s="5">
         <v>1</v>
       </c>
       <c r="L92" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M92" s="4">
-        <v>292866.65999999997</v>
+        <v>440643.42416599998</v>
       </c>
       <c r="N92" s="4">
-        <v>292866.65999999997</v>
+        <v>440643.42416667001</v>
       </c>
       <c r="O92" s="3" t="s">
-        <v>477</v>
+        <v>460</v>
       </c>
       <c r="P92" s="3" t="s">
-        <v>478</v>
+        <v>461</v>
       </c>
       <c r="Q92" s="3" t="s">
-        <v>82</v>
+        <v>214</v>
       </c>
       <c r="R92" s="3" t="s">
-        <v>475</v>
+        <v>458</v>
       </c>
       <c r="S92" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T92" s="4">
         <v>0.01</v>
       </c>
       <c r="U92" s="2">
-        <v>47223</v>
+        <v>47894</v>
       </c>
       <c r="V92" s="4">
-        <v>4</v>
+        <v>3.75</v>
       </c>
       <c r="W92" s="3" t="s">
-        <v>479</v>
+        <v>462</v>
       </c>
       <c r="X92" s="4">
-        <v>4500</v>
+        <v>2276.0416666699998</v>
       </c>
       <c r="Y92" s="4">
-        <v>4500</v>
+        <v>2276.0416660000001</v>
       </c>
       <c r="Z92" s="6">
-        <v>2.0730000000000002E-3</v>
+        <v>2.895E-3</v>
       </c>
     </row>
     <row r="93" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A93" s="3" t="s">
-        <v>480</v>
+        <v>463</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>481</v>
+        <v>464</v>
       </c>
       <c r="C93" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D93" s="4">
-        <v>450000</v>
+        <v>300000</v>
       </c>
       <c r="E93" s="5">
-        <v>99.147279999999995</v>
+        <v>105.3219</v>
       </c>
       <c r="F93" s="4">
-        <v>448037.76</v>
+        <v>325418.82500000001</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H93" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I93" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J93" s="5">
-        <v>99.147279999999995</v>
+        <v>105.3219</v>
       </c>
       <c r="K93" s="5">
         <v>1</v>
       </c>
       <c r="L93" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M93" s="4">
-        <v>448037.76</v>
+        <v>325418.82500000001</v>
       </c>
       <c r="N93" s="4">
-        <v>448037.76</v>
+        <v>325418.82500000001</v>
       </c>
       <c r="O93" s="3" t="s">
-        <v>482</v>
+        <v>465</v>
       </c>
       <c r="P93" s="3" t="s">
-        <v>483</v>
+        <v>466</v>
       </c>
       <c r="Q93" s="3" t="s">
-        <v>201</v>
+        <v>132</v>
       </c>
       <c r="R93" s="3" t="s">
-        <v>480</v>
+        <v>463</v>
       </c>
       <c r="S93" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T93" s="4">
         <v>0.01</v>
       </c>
       <c r="U93" s="2">
-        <v>46783</v>
+        <v>47452</v>
       </c>
       <c r="V93" s="4">
-        <v>5</v>
+        <v>9.375</v>
       </c>
       <c r="W93" s="3" t="s">
-        <v>484</v>
+        <v>467</v>
       </c>
       <c r="X93" s="4">
-        <v>1875</v>
+        <v>9453.125</v>
       </c>
       <c r="Y93" s="4">
-        <v>1875</v>
+        <v>9453.125</v>
       </c>
       <c r="Z93" s="6">
-        <v>3.1719999999999999E-3</v>
+        <v>2.1380000000000001E-3</v>
       </c>
     </row>
     <row r="94" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A94" s="3" t="s">
-        <v>485</v>
+        <v>468</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>486</v>
+        <v>469</v>
       </c>
       <c r="C94" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D94" s="4">
-        <v>425000</v>
+        <v>300000</v>
       </c>
       <c r="E94" s="5">
-        <v>106.69880000000001</v>
+        <v>99.754999999999995</v>
       </c>
       <c r="F94" s="4">
-        <v>459179.36180556001</v>
+        <v>302382.70833333</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H94" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I94" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J94" s="5">
-        <v>106.69880000000001</v>
+        <v>99.754999999999995</v>
       </c>
       <c r="K94" s="5">
         <v>1</v>
       </c>
       <c r="L94" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M94" s="4">
-        <v>459179.36180499999</v>
+        <v>302382.70833300002</v>
       </c>
       <c r="N94" s="4">
-        <v>459179.36180556001</v>
+        <v>302382.70833333</v>
       </c>
       <c r="O94" s="3" t="s">
-        <v>487</v>
+        <v>470</v>
       </c>
       <c r="P94" s="3" t="s">
-        <v>488</v>
+        <v>471</v>
       </c>
       <c r="Q94" s="3" t="s">
-        <v>105</v>
+        <v>132</v>
       </c>
       <c r="R94" s="3" t="s">
-        <v>485</v>
+        <v>468</v>
       </c>
       <c r="S94" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T94" s="4">
         <v>0.01</v>
       </c>
       <c r="U94" s="2">
-        <v>47679</v>
+        <v>47136</v>
       </c>
       <c r="V94" s="4">
-        <v>9.125</v>
+        <v>5.125</v>
       </c>
       <c r="W94" s="3" t="s">
-        <v>489</v>
+        <v>472</v>
       </c>
       <c r="X94" s="4">
-        <v>5709.4618055600004</v>
+        <v>3117.7083333300002</v>
       </c>
       <c r="Y94" s="4">
-        <v>5709.4618049999999</v>
+        <v>3117.708333</v>
       </c>
       <c r="Z94" s="6">
-        <v>3.251E-3</v>
+        <v>1.9870000000000001E-3</v>
       </c>
     </row>
     <row r="95" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A95" s="3" t="s">
-        <v>490</v>
+        <v>473</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>491</v>
+        <v>474</v>
       </c>
       <c r="C95" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D95" s="4">
-        <v>450000</v>
+        <v>400000</v>
       </c>
       <c r="E95" s="5">
-        <v>93.200580000000002</v>
+        <v>105.16079999999999</v>
       </c>
       <c r="F95" s="4">
-        <v>420176.04749999999</v>
+        <v>423268.2</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H95" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I95" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J95" s="5">
-        <v>93.200580000000002</v>
+        <v>105.16079999999999</v>
       </c>
       <c r="K95" s="5">
         <v>1</v>
       </c>
       <c r="L95" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M95" s="4">
-        <v>420176.04749999999</v>
+        <v>423268.2</v>
       </c>
       <c r="N95" s="4">
-        <v>420176.04749999999</v>
+        <v>423268.2</v>
       </c>
       <c r="O95" s="3" t="s">
-        <v>492</v>
+        <v>475</v>
       </c>
       <c r="P95" s="3" t="s">
-        <v>493</v>
+        <v>476</v>
       </c>
       <c r="Q95" s="3" t="s">
-        <v>82</v>
+        <v>64</v>
       </c>
       <c r="R95" s="3" t="s">
-        <v>490</v>
+        <v>473</v>
       </c>
       <c r="S95" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T95" s="4">
         <v>0.01</v>
       </c>
       <c r="U95" s="2">
-        <v>48259</v>
+        <v>47908</v>
       </c>
       <c r="V95" s="4">
-        <v>4.125</v>
+        <v>7.875</v>
       </c>
       <c r="W95" s="3" t="s">
-        <v>494</v>
+        <v>477</v>
       </c>
       <c r="X95" s="4">
-        <v>773.4375</v>
+        <v>2625</v>
       </c>
       <c r="Y95" s="4">
-        <v>773.4375</v>
+        <v>2625</v>
       </c>
       <c r="Z95" s="6">
-        <v>2.9750000000000002E-3</v>
+        <v>2.7810000000000001E-3</v>
       </c>
     </row>
     <row r="96" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A96" s="3" t="s">
-        <v>495</v>
+        <v>478</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>496</v>
+        <v>479</v>
       </c>
       <c r="C96" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D96" s="4">
-        <v>425000</v>
+        <v>350000</v>
       </c>
       <c r="E96" s="5">
-        <v>101.12269999999999</v>
+        <v>96.481719999999996</v>
       </c>
       <c r="F96" s="4">
-        <v>441458.97499999998</v>
+        <v>338386.02</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H96" s="3" t="s">
-        <v>31</v>
+        <v>179</v>
       </c>
       <c r="I96" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J96" s="5">
-        <v>101.12269999999999</v>
+        <v>96.481719999999996</v>
       </c>
       <c r="K96" s="5">
         <v>1</v>
       </c>
       <c r="L96" s="3" t="s">
-        <v>33</v>
+        <v>180</v>
       </c>
       <c r="M96" s="4">
-        <v>441458.97499999998</v>
+        <v>338386.02</v>
       </c>
       <c r="N96" s="4">
-        <v>441458.97499999998</v>
+        <v>338386.02</v>
       </c>
       <c r="O96" s="3" t="s">
-        <v>497</v>
+        <v>480</v>
       </c>
       <c r="P96" s="3" t="s">
-        <v>498</v>
+        <v>481</v>
       </c>
       <c r="Q96" s="3" t="s">
-        <v>134</v>
+        <v>103</v>
       </c>
       <c r="R96" s="3" t="s">
-        <v>495</v>
+        <v>478</v>
       </c>
       <c r="S96" s="3" t="s">
-        <v>65</v>
+        <v>87</v>
       </c>
       <c r="T96" s="4">
         <v>0.01</v>
       </c>
       <c r="U96" s="2">
-        <v>48594</v>
+        <v>47192</v>
       </c>
       <c r="V96" s="4">
-        <v>6</v>
+        <v>4.5</v>
       </c>
       <c r="W96" s="3" t="s">
-        <v>499</v>
+        <v>482</v>
       </c>
       <c r="X96" s="4">
-        <v>11687.5</v>
+        <v>700</v>
       </c>
       <c r="Y96" s="4">
-        <v>11687.5</v>
+        <v>700</v>
       </c>
       <c r="Z96" s="6">
-        <v>3.1250000000000002E-3</v>
+        <v>2.2230000000000001E-3</v>
       </c>
     </row>
     <row r="97" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A97" s="3" t="s">
-        <v>500</v>
+        <v>483</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>501</v>
+        <v>484</v>
       </c>
       <c r="C97" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D97" s="4">
         <v>450000</v>
       </c>
       <c r="E97" s="5">
-        <v>95.45044</v>
+        <v>96.143090000000001</v>
       </c>
       <c r="F97" s="4">
-        <v>437003.54249999998</v>
+        <v>434143.90500000003</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H97" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I97" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J97" s="5">
-        <v>95.45044</v>
+        <v>96.143090000000001</v>
       </c>
       <c r="K97" s="5">
         <v>1</v>
       </c>
       <c r="L97" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M97" s="4">
-        <v>437003.54249999998</v>
+        <v>434143.90500000003</v>
       </c>
       <c r="N97" s="4">
-        <v>437003.54249999998</v>
+        <v>434143.90500000003</v>
       </c>
       <c r="O97" s="3" t="s">
-        <v>502</v>
+        <v>485</v>
       </c>
       <c r="P97" s="3" t="s">
-        <v>503</v>
+        <v>486</v>
       </c>
       <c r="Q97" s="3" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="R97" s="3" t="s">
-        <v>500</v>
+        <v>483</v>
       </c>
       <c r="S97" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T97" s="4">
         <v>0.01</v>
       </c>
       <c r="U97" s="2">
-        <v>47192</v>
+        <v>47178</v>
       </c>
       <c r="V97" s="4">
-        <v>3.625</v>
+        <v>4</v>
       </c>
       <c r="W97" s="3" t="s">
-        <v>504</v>
+        <v>487</v>
       </c>
       <c r="X97" s="4">
-        <v>7476.5625</v>
+        <v>1500</v>
       </c>
       <c r="Y97" s="4">
-        <v>7476.5625</v>
+        <v>1500</v>
       </c>
       <c r="Z97" s="6">
-        <v>3.094E-3</v>
+        <v>2.8530000000000001E-3</v>
       </c>
     </row>
     <row r="98" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A98" s="3" t="s">
-        <v>505</v>
+        <v>488</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>506</v>
+        <v>489</v>
       </c>
       <c r="C98" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D98" s="4">
         <v>400000</v>
       </c>
       <c r="E98" s="5">
-        <v>97.525310000000005</v>
+        <v>106.15389999999999</v>
       </c>
       <c r="F98" s="4">
-        <v>394674.85111111001</v>
+        <v>436115.6</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H98" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I98" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J98" s="5">
-        <v>97.525310000000005</v>
+        <v>106.15389999999999</v>
       </c>
       <c r="K98" s="5">
         <v>1</v>
       </c>
       <c r="L98" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M98" s="4">
-        <v>394674.851111</v>
+        <v>436115.6</v>
       </c>
       <c r="N98" s="4">
-        <v>394674.85111111001</v>
+        <v>436115.6</v>
       </c>
       <c r="O98" s="3" t="s">
-        <v>507</v>
+        <v>490</v>
       </c>
       <c r="P98" s="3" t="s">
-        <v>508</v>
+        <v>491</v>
       </c>
       <c r="Q98" s="3" t="s">
-        <v>99</v>
+        <v>364</v>
       </c>
       <c r="R98" s="3" t="s">
-        <v>505</v>
+        <v>488</v>
       </c>
       <c r="S98" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T98" s="4">
         <v>0.01</v>
       </c>
       <c r="U98" s="2">
         <v>47635</v>
       </c>
       <c r="V98" s="4">
-        <v>4.625</v>
+        <v>8.625</v>
       </c>
       <c r="W98" s="3" t="s">
-        <v>509</v>
+        <v>492</v>
       </c>
       <c r="X98" s="4">
-        <v>4573.6111111099999</v>
+        <v>11500</v>
       </c>
       <c r="Y98" s="4">
-        <v>4573.6111110000002</v>
+        <v>11500</v>
       </c>
       <c r="Z98" s="6">
-        <v>2.794E-3</v>
+        <v>2.8660000000000001E-3</v>
       </c>
     </row>
     <row r="99" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A99" s="3" t="s">
-        <v>510</v>
+        <v>493</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>511</v>
+        <v>494</v>
       </c>
       <c r="C99" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D99" s="4">
-        <v>450000</v>
+        <v>425000</v>
       </c>
       <c r="E99" s="5">
-        <v>94.094717000000003</v>
+        <v>107.9272</v>
       </c>
       <c r="F99" s="4">
-        <v>424152.78899999999</v>
+        <v>464895.6</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H99" s="3" t="s">
-        <v>31</v>
+        <v>495</v>
       </c>
       <c r="I99" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J99" s="5">
-        <v>94.094717000000003</v>
+        <v>107.9272</v>
       </c>
       <c r="K99" s="5">
         <v>1</v>
       </c>
       <c r="L99" s="3" t="s">
-        <v>33</v>
+        <v>496</v>
       </c>
       <c r="M99" s="4">
-        <v>424152.78899999999</v>
+        <v>464895.6</v>
       </c>
       <c r="N99" s="4">
-        <v>424152.78899999999</v>
+        <v>464895.6</v>
       </c>
       <c r="O99" s="3" t="s">
-        <v>512</v>
+        <v>497</v>
       </c>
       <c r="P99" s="3" t="s">
-        <v>513</v>
+        <v>498</v>
       </c>
       <c r="Q99" s="3" t="s">
-        <v>82</v>
+        <v>235</v>
       </c>
       <c r="R99" s="3" t="s">
-        <v>510</v>
+        <v>493</v>
       </c>
       <c r="S99" s="3" t="s">
-        <v>65</v>
+        <v>87</v>
       </c>
       <c r="T99" s="4">
         <v>0.01</v>
       </c>
       <c r="U99" s="2">
-        <v>47894</v>
+        <v>49874</v>
       </c>
       <c r="V99" s="4">
-        <v>3.875</v>
+        <v>7.2</v>
       </c>
       <c r="W99" s="3" t="s">
-        <v>514</v>
+        <v>499</v>
       </c>
       <c r="X99" s="4">
-        <v>726.5625</v>
+        <v>6205</v>
       </c>
       <c r="Y99" s="4">
-        <v>726.5625</v>
+        <v>6205</v>
       </c>
       <c r="Z99" s="6">
-        <v>3.003E-3</v>
+        <v>3.055E-3</v>
       </c>
     </row>
     <row r="100" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A100" s="3" t="s">
-        <v>515</v>
+        <v>500</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>516</v>
+        <v>501</v>
       </c>
       <c r="C100" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D100" s="4">
-        <v>450000</v>
+        <v>300000</v>
       </c>
       <c r="E100" s="5">
-        <v>97.613409000000004</v>
+        <v>95.97475</v>
       </c>
       <c r="F100" s="4">
-        <v>444674.40299999999</v>
+        <v>293457.58333333</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H100" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I100" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J100" s="5">
-        <v>97.613409000000004</v>
+        <v>95.97475</v>
       </c>
       <c r="K100" s="5">
         <v>1</v>
       </c>
       <c r="L100" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M100" s="4">
-        <v>444674.40299999999</v>
+        <v>293457.58333300002</v>
       </c>
       <c r="N100" s="4">
-        <v>444674.40299999999</v>
+        <v>293457.58333333</v>
       </c>
       <c r="O100" s="3" t="s">
-        <v>517</v>
+        <v>502</v>
       </c>
       <c r="P100" s="3" t="s">
-        <v>518</v>
+        <v>503</v>
       </c>
       <c r="Q100" s="3" t="s">
-        <v>201</v>
+        <v>86</v>
       </c>
       <c r="R100" s="3" t="s">
-        <v>515</v>
+        <v>500</v>
       </c>
       <c r="S100" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T100" s="4">
         <v>0.01</v>
       </c>
       <c r="U100" s="2">
-        <v>47072</v>
+        <v>47223</v>
       </c>
       <c r="V100" s="4">
-        <v>4.125</v>
+        <v>4</v>
       </c>
       <c r="W100" s="3" t="s">
-        <v>519</v>
+        <v>504</v>
       </c>
       <c r="X100" s="4">
-        <v>5414.0625</v>
+        <v>5533.3333333299997</v>
       </c>
       <c r="Y100" s="4">
-        <v>5414.0625</v>
+        <v>5533.3333329999996</v>
       </c>
       <c r="Z100" s="6">
-        <v>3.1480000000000002E-3</v>
+        <v>1.928E-3</v>
       </c>
     </row>
     <row r="101" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A101" s="3" t="s">
-        <v>520</v>
+        <v>505</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>521</v>
+        <v>506</v>
       </c>
       <c r="C101" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D101" s="4">
-        <v>400000</v>
+        <v>450000</v>
       </c>
       <c r="E101" s="5">
-        <v>106.24809999999999</v>
+        <v>99.278300000000002</v>
       </c>
       <c r="F101" s="4">
-        <v>436617.4</v>
+        <v>450564.85</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H101" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I101" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J101" s="5">
-        <v>106.24809999999999</v>
+        <v>99.278300000000002</v>
       </c>
       <c r="K101" s="5">
         <v>1</v>
       </c>
       <c r="L101" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M101" s="4">
-        <v>436617.4</v>
+        <v>450564.85</v>
       </c>
       <c r="N101" s="4">
-        <v>436617.4</v>
+        <v>450564.85</v>
       </c>
       <c r="O101" s="3" t="s">
-        <v>522</v>
+        <v>507</v>
       </c>
       <c r="P101" s="3" t="s">
-        <v>523</v>
+        <v>508</v>
       </c>
       <c r="Q101" s="3" t="s">
-        <v>201</v>
+        <v>364</v>
       </c>
       <c r="R101" s="3" t="s">
-        <v>520</v>
+        <v>505</v>
       </c>
       <c r="S101" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T101" s="4">
         <v>0.01</v>
       </c>
       <c r="U101" s="2">
-        <v>48136</v>
+        <v>46783</v>
       </c>
       <c r="V101" s="4">
-        <v>7.75</v>
+        <v>5</v>
       </c>
       <c r="W101" s="3" t="s">
-        <v>524</v>
+        <v>509</v>
       </c>
       <c r="X101" s="4">
-        <v>11625</v>
+        <v>3812.5</v>
       </c>
       <c r="Y101" s="4">
-        <v>11625</v>
+        <v>3812.5</v>
       </c>
       <c r="Z101" s="6">
-        <v>3.091E-3</v>
+        <v>2.9610000000000001E-3</v>
       </c>
     </row>
     <row r="102" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A102" s="3" t="s">
-        <v>525</v>
+        <v>510</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>526</v>
+        <v>511</v>
       </c>
       <c r="C102" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D102" s="4">
         <v>425000</v>
       </c>
       <c r="E102" s="5">
-        <v>101.9629</v>
+        <v>107.244972</v>
       </c>
       <c r="F102" s="4">
-        <v>444897.01250000001</v>
+        <v>464840.08933332999</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H102" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I102" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J102" s="5">
-        <v>101.9629</v>
+        <v>107.244972</v>
       </c>
       <c r="K102" s="5">
         <v>1</v>
       </c>
       <c r="L102" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M102" s="4">
-        <v>444897.01250000001</v>
+        <v>464840.08933300001</v>
       </c>
       <c r="N102" s="4">
-        <v>444897.01250000001</v>
+        <v>464840.08933332999</v>
       </c>
       <c r="O102" s="3" t="s">
-        <v>527</v>
+        <v>512</v>
       </c>
       <c r="P102" s="3" t="s">
-        <v>528</v>
+        <v>513</v>
       </c>
       <c r="Q102" s="3" t="s">
-        <v>217</v>
+        <v>103</v>
       </c>
       <c r="R102" s="3" t="s">
-        <v>525</v>
+        <v>510</v>
       </c>
       <c r="S102" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T102" s="4">
         <v>0.01</v>
       </c>
       <c r="U102" s="2">
-        <v>47422</v>
+        <v>47679</v>
       </c>
       <c r="V102" s="4">
-        <v>7.25</v>
+        <v>9.125</v>
       </c>
       <c r="W102" s="3" t="s">
-        <v>529</v>
+        <v>514</v>
       </c>
       <c r="X102" s="4">
-        <v>11554.6875</v>
+        <v>9048.9583333299997</v>
       </c>
       <c r="Y102" s="4">
-        <v>11554.6875</v>
+        <v>9048.9583330000005</v>
       </c>
       <c r="Z102" s="6">
-        <v>3.15E-3</v>
+        <v>3.0539999999999999E-3</v>
       </c>
     </row>
     <row r="103" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A103" s="3" t="s">
-        <v>530</v>
+        <v>515</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>531</v>
+        <v>516</v>
       </c>
       <c r="C103" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D103" s="4">
-        <v>425000</v>
+        <v>450000</v>
       </c>
       <c r="E103" s="5">
-        <v>101.308469</v>
+        <v>93.745019999999997</v>
       </c>
       <c r="F103" s="4">
-        <v>441115.15991667</v>
+        <v>424224.46500000003</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H103" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I103" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J103" s="5">
-        <v>101.308469</v>
+        <v>93.745019999999997</v>
       </c>
       <c r="K103" s="5">
         <v>1</v>
       </c>
       <c r="L103" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M103" s="4">
-        <v>441115.15991599998</v>
+        <v>424224.46500000003</v>
       </c>
       <c r="N103" s="4">
-        <v>441115.15991667</v>
+        <v>424224.46500000003</v>
       </c>
       <c r="O103" s="3" t="s">
-        <v>532</v>
+        <v>517</v>
       </c>
       <c r="P103" s="3" t="s">
-        <v>533</v>
+        <v>518</v>
       </c>
       <c r="Q103" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="R103" s="3" t="s">
-        <v>530</v>
+        <v>515</v>
       </c>
       <c r="S103" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T103" s="4">
         <v>0.01</v>
       </c>
       <c r="U103" s="2">
-        <v>46478</v>
+        <v>48259</v>
       </c>
       <c r="V103" s="4">
-        <v>6</v>
+        <v>4.125</v>
       </c>
       <c r="W103" s="3" t="s">
-        <v>534</v>
+        <v>519</v>
       </c>
       <c r="X103" s="4">
-        <v>10554.16666667</v>
+        <v>2371.875</v>
       </c>
       <c r="Y103" s="4">
-        <v>10554.166665999999</v>
+        <v>2371.875</v>
       </c>
       <c r="Z103" s="6">
-        <v>3.1229999999999999E-3</v>
+        <v>2.787E-3</v>
       </c>
     </row>
     <row r="104" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A104" s="3" t="s">
-        <v>535</v>
+        <v>520</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>536</v>
+        <v>521</v>
       </c>
       <c r="C104" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D104" s="4">
         <v>425000</v>
       </c>
       <c r="E104" s="5">
-        <v>100.0667</v>
+        <v>101.1083</v>
       </c>
       <c r="F104" s="4">
-        <v>431791.28749999998</v>
+        <v>430843.60833333002</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H104" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I104" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J104" s="5">
-        <v>100.0667</v>
+        <v>101.1083</v>
       </c>
       <c r="K104" s="5">
         <v>1</v>
       </c>
       <c r="L104" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M104" s="4">
-        <v>431791.28749999998</v>
+        <v>430843.60833299998</v>
       </c>
       <c r="N104" s="4">
-        <v>431791.28749999998</v>
+        <v>430843.60833333002</v>
       </c>
       <c r="O104" s="3" t="s">
-        <v>537</v>
+        <v>522</v>
       </c>
       <c r="P104" s="3" t="s">
-        <v>538</v>
+        <v>523</v>
       </c>
       <c r="Q104" s="3" t="s">
-        <v>82</v>
+        <v>132</v>
       </c>
       <c r="R104" s="3" t="s">
-        <v>535</v>
+        <v>520</v>
       </c>
       <c r="S104" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T104" s="4">
         <v>0.01</v>
       </c>
       <c r="U104" s="2">
-        <v>46522</v>
+        <v>48594</v>
       </c>
       <c r="V104" s="4">
-        <v>5.25</v>
+        <v>6</v>
       </c>
       <c r="W104" s="3" t="s">
-        <v>539</v>
+        <v>524</v>
       </c>
       <c r="X104" s="4">
-        <v>6507.8125</v>
+        <v>1133.33333333</v>
       </c>
       <c r="Y104" s="4">
-        <v>6507.8125</v>
+        <v>1133.333333</v>
       </c>
       <c r="Z104" s="6">
-        <v>3.0569999999999998E-3</v>
+        <v>2.8310000000000002E-3</v>
       </c>
     </row>
     <row r="105" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A105" s="3" t="s">
-        <v>540</v>
+        <v>525</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>541</v>
+        <v>526</v>
       </c>
       <c r="C105" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D105" s="4">
-        <v>350000</v>
+        <v>450000</v>
       </c>
       <c r="E105" s="5">
-        <v>96.432147000000001</v>
+        <v>95.291409999999999</v>
       </c>
       <c r="F105" s="4">
-        <v>341249.49366666999</v>
+        <v>429536.34499999997</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H105" s="3" t="s">
-        <v>542</v>
+        <v>31</v>
       </c>
       <c r="I105" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J105" s="5">
-        <v>96.432147000000001</v>
+        <v>95.291409999999999</v>
       </c>
       <c r="K105" s="5">
         <v>1</v>
       </c>
       <c r="L105" s="3" t="s">
-        <v>543</v>
+        <v>33</v>
       </c>
       <c r="M105" s="4">
-        <v>341249.49366600002</v>
+        <v>429536.34499999997</v>
       </c>
       <c r="N105" s="4">
-        <v>341249.49366666999</v>
+        <v>429536.34499999997</v>
       </c>
       <c r="O105" s="3" t="s">
-        <v>544</v>
+        <v>527</v>
       </c>
       <c r="P105" s="3" t="s">
-        <v>545</v>
+        <v>528</v>
       </c>
       <c r="Q105" s="3" t="s">
-        <v>82</v>
+        <v>214</v>
       </c>
       <c r="R105" s="3" t="s">
-        <v>540</v>
+        <v>525</v>
       </c>
       <c r="S105" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T105" s="4">
         <v>0.01</v>
       </c>
       <c r="U105" s="2">
-        <v>47467</v>
+        <v>47192</v>
       </c>
       <c r="V105" s="4">
-        <v>5.125</v>
+        <v>3.625</v>
       </c>
       <c r="W105" s="3" t="s">
-        <v>546</v>
+        <v>529</v>
       </c>
       <c r="X105" s="4">
-        <v>3736.9791666699998</v>
+        <v>725</v>
       </c>
       <c r="Y105" s="4">
-        <v>3736.9791660000001</v>
+        <v>725</v>
       </c>
       <c r="Z105" s="6">
-        <v>2.4160000000000002E-3</v>
+        <v>2.8219999999999999E-3</v>
       </c>
     </row>
     <row r="106" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A106" s="3" t="s">
-        <v>547</v>
+        <v>530</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>548</v>
+        <v>531</v>
       </c>
       <c r="C106" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D106" s="4">
         <v>400000</v>
       </c>
       <c r="E106" s="5">
-        <v>99.185379999999995</v>
+        <v>97.728629999999995</v>
       </c>
       <c r="F106" s="4">
-        <v>399116.52</v>
+        <v>397081.18666667002</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H106" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I106" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J106" s="5">
-        <v>99.185379999999995</v>
+        <v>97.728629999999995</v>
       </c>
       <c r="K106" s="5">
         <v>1</v>
       </c>
       <c r="L106" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M106" s="4">
-        <v>399116.52</v>
+        <v>397081.18666599999</v>
       </c>
       <c r="N106" s="4">
-        <v>399116.52</v>
+        <v>397081.18666667002</v>
       </c>
       <c r="O106" s="3" t="s">
-        <v>549</v>
+        <v>532</v>
       </c>
       <c r="P106" s="3" t="s">
-        <v>550</v>
+        <v>533</v>
       </c>
       <c r="Q106" s="3" t="s">
-        <v>82</v>
+        <v>534</v>
       </c>
       <c r="R106" s="3" t="s">
-        <v>547</v>
+        <v>530</v>
       </c>
       <c r="S106" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T106" s="4">
         <v>0.01</v>
       </c>
       <c r="U106" s="2">
-        <v>47498</v>
+        <v>47635</v>
       </c>
       <c r="V106" s="4">
-        <v>4.75</v>
+        <v>4.625</v>
       </c>
       <c r="W106" s="3" t="s">
-        <v>551</v>
+        <v>535</v>
       </c>
       <c r="X106" s="4">
-        <v>2375</v>
+        <v>6166.6666666700003</v>
       </c>
       <c r="Y106" s="4">
-        <v>2375</v>
+        <v>6166.6666660000001</v>
       </c>
       <c r="Z106" s="6">
-        <v>2.826E-3</v>
+        <v>2.6090000000000002E-3</v>
       </c>
     </row>
     <row r="107" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A107" s="3" t="s">
-        <v>552</v>
+        <v>536</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>553</v>
+        <v>537</v>
       </c>
       <c r="C107" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D107" s="4">
-        <v>269000</v>
+        <v>450000</v>
       </c>
       <c r="E107" s="5">
-        <v>106.363</v>
+        <v>94.602000000000004</v>
       </c>
       <c r="F107" s="4">
-        <v>289016.62624999997</v>
+        <v>427937.125</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H107" s="3" t="s">
-        <v>149</v>
+        <v>31</v>
       </c>
       <c r="I107" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J107" s="5">
-        <v>106.363</v>
+        <v>94.602000000000004</v>
       </c>
       <c r="K107" s="5">
         <v>1</v>
       </c>
       <c r="L107" s="3" t="s">
-        <v>150</v>
+        <v>33</v>
       </c>
       <c r="M107" s="4">
-        <v>289016.62624999997</v>
+        <v>427937.125</v>
       </c>
       <c r="N107" s="4">
-        <v>289016.62624999997</v>
+        <v>427937.125</v>
       </c>
       <c r="O107" s="3" t="s">
-        <v>554</v>
+        <v>538</v>
       </c>
       <c r="P107" s="3" t="s">
-        <v>555</v>
+        <v>539</v>
       </c>
       <c r="Q107" s="3" t="s">
-        <v>233</v>
+        <v>86</v>
       </c>
       <c r="R107" s="3" t="s">
-        <v>552</v>
+        <v>536</v>
       </c>
       <c r="S107" s="3" t="s">
-        <v>83</v>
+        <v>65</v>
       </c>
       <c r="T107" s="4">
         <v>0.01</v>
       </c>
       <c r="U107" s="2">
-        <v>47314</v>
+        <v>47894</v>
       </c>
       <c r="V107" s="4">
-        <v>8.625</v>
+        <v>3.875</v>
       </c>
       <c r="W107" s="3" t="s">
-        <v>556</v>
+        <v>540</v>
       </c>
       <c r="X107" s="4">
-        <v>2900.15625</v>
+        <v>2228.125</v>
       </c>
       <c r="Y107" s="4">
-        <v>2900.15625</v>
+        <v>2228.125</v>
       </c>
       <c r="Z107" s="6">
-        <v>2.0460000000000001E-3</v>
+        <v>2.8119999999999998E-3</v>
       </c>
     </row>
     <row r="108" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A108" s="3" t="s">
-        <v>557</v>
+        <v>541</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>558</v>
+        <v>542</v>
       </c>
       <c r="C108" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D108" s="4">
-        <v>400000</v>
+        <v>450000</v>
       </c>
       <c r="E108" s="5">
-        <v>89.914731000000003</v>
+        <v>97.647942999999998</v>
       </c>
       <c r="F108" s="4">
-        <v>366545.03511111002</v>
+        <v>446428.24349999998</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H108" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I108" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J108" s="5">
-        <v>89.914731000000003</v>
+        <v>97.647942999999998</v>
       </c>
       <c r="K108" s="5">
         <v>1</v>
       </c>
       <c r="L108" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M108" s="4">
-        <v>366545.035111</v>
+        <v>446428.24349999998</v>
       </c>
       <c r="N108" s="4">
-        <v>366545.03511111002</v>
+        <v>446428.24349999998</v>
       </c>
       <c r="O108" s="3" t="s">
-        <v>559</v>
+        <v>543</v>
       </c>
       <c r="P108" s="3" t="s">
-        <v>560</v>
+        <v>544</v>
       </c>
       <c r="Q108" s="3" t="s">
-        <v>82</v>
+        <v>364</v>
       </c>
       <c r="R108" s="3" t="s">
-        <v>557</v>
+        <v>541</v>
       </c>
       <c r="S108" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T108" s="4">
         <v>0.01</v>
       </c>
       <c r="U108" s="2">
-        <v>47224</v>
+        <v>47072</v>
       </c>
       <c r="V108" s="4">
-        <v>4.625</v>
+        <v>4.125</v>
       </c>
       <c r="W108" s="3" t="s">
-        <v>34</v>
+        <v>545</v>
       </c>
       <c r="X108" s="4">
-        <v>6886.1111111099999</v>
+        <v>7012.5</v>
       </c>
       <c r="Y108" s="4">
-        <v>6886.1111110000002</v>
+        <v>7012.5</v>
       </c>
       <c r="Z108" s="6">
-        <v>2.5950000000000001E-3</v>
+        <v>2.9329999999999998E-3</v>
       </c>
     </row>
     <row r="109" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A109" s="3" t="s">
-        <v>561</v>
+        <v>546</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>562</v>
+        <v>547</v>
       </c>
       <c r="C109" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D109" s="4">
-        <v>2668000000</v>
+        <v>425000</v>
       </c>
       <c r="E109" s="5">
-        <v>0.68085799999999996</v>
+        <v>99.597149999999999</v>
       </c>
       <c r="F109" s="4">
-        <v>18165286.742720898</v>
+        <v>434311.32500000001</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>563</v>
+        <v>83</v>
       </c>
       <c r="H109" s="3" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="I109" s="3" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="J109" s="5">
-        <v>99.966949999999997</v>
+        <v>99.597149999999999</v>
       </c>
       <c r="K109" s="5">
-        <v>146.82498315183318</v>
+        <v>1</v>
       </c>
       <c r="L109" s="3" t="s">
-        <v>48</v>
+        <v>33</v>
       </c>
       <c r="M109" s="4">
-        <v>2667117919.9482098</v>
+        <v>434311.32500000001</v>
       </c>
       <c r="N109" s="4">
-        <v>18165286.742720898</v>
+        <v>434311.32500000001</v>
       </c>
       <c r="O109" s="3" t="s">
-        <v>564</v>
+        <v>548</v>
       </c>
       <c r="P109" s="3" t="s">
-        <v>565</v>
+        <v>549</v>
       </c>
       <c r="Q109" s="3" t="s">
-        <v>34</v>
+        <v>214</v>
       </c>
       <c r="R109" s="3" t="s">
-        <v>561</v>
+        <v>546</v>
       </c>
       <c r="S109" s="3" t="s">
-        <v>386</v>
+        <v>65</v>
       </c>
       <c r="T109" s="4">
         <v>0.01</v>
       </c>
       <c r="U109" s="2">
-        <v>45929</v>
+        <v>46492</v>
       </c>
       <c r="V109" s="4">
-        <v>0</v>
+        <v>5.625</v>
       </c>
       <c r="W109" s="3" t="s">
-        <v>34</v>
+        <v>550</v>
       </c>
       <c r="X109" s="4">
-        <v>0</v>
+        <v>11023.4375</v>
       </c>
       <c r="Y109" s="4">
-        <v>0</v>
+        <v>11023.4375</v>
       </c>
       <c r="Z109" s="6">
-        <v>0.12862699999999999</v>
+        <v>2.8540000000000002E-3</v>
       </c>
     </row>
     <row r="110" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A110" s="3" t="s">
-        <v>566</v>
+        <v>551</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>567</v>
+        <v>552</v>
       </c>
       <c r="C110" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D110" s="4">
-        <v>2645000</v>
+        <v>400000</v>
       </c>
       <c r="E110" s="5">
-        <v>99.968732000000003</v>
+        <v>105.8192</v>
       </c>
       <c r="F110" s="4">
-        <v>2653648.0187797202</v>
+        <v>437571.24444444</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>563</v>
+        <v>83</v>
       </c>
       <c r="H110" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I110" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J110" s="5">
-        <v>99.968732000000003</v>
+        <v>105.8192</v>
       </c>
       <c r="K110" s="5">
         <v>1</v>
       </c>
       <c r="L110" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M110" s="4">
-        <v>2653648.0187789998</v>
+        <v>437571.24444400001</v>
       </c>
       <c r="N110" s="4">
-        <v>2653648.0187797202</v>
+        <v>437571.24444444</v>
       </c>
       <c r="O110" s="3" t="s">
-        <v>568</v>
+        <v>553</v>
       </c>
       <c r="P110" s="3" t="s">
-        <v>569</v>
+        <v>554</v>
       </c>
       <c r="Q110" s="3" t="s">
-        <v>34</v>
+        <v>364</v>
       </c>
       <c r="R110" s="3" t="s">
-        <v>566</v>
+        <v>551</v>
       </c>
       <c r="S110" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T110" s="4">
         <v>0.01</v>
       </c>
       <c r="U110" s="2">
-        <v>46418</v>
+        <v>48136</v>
       </c>
       <c r="V110" s="4">
-        <v>4.184786828</v>
+        <v>7.75</v>
       </c>
       <c r="W110" s="3" t="s">
-        <v>570</v>
+        <v>555</v>
       </c>
       <c r="X110" s="4">
-        <v>9475.0573797199995</v>
+        <v>14294.44444444</v>
       </c>
       <c r="Y110" s="4">
-        <v>9475.0573789999999</v>
+        <v>14294.444444000001</v>
       </c>
       <c r="Z110" s="6">
-        <v>1.8790000000000001E-2</v>
+        <v>2.875E-3</v>
       </c>
     </row>
     <row r="111" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A111" s="3" t="s">
-        <v>571</v>
+        <v>556</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>572</v>
+        <v>557</v>
       </c>
       <c r="C111" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D111" s="4">
-        <v>64178000</v>
+        <v>425000</v>
       </c>
       <c r="E111" s="5">
-        <v>99.987825999999998</v>
+        <v>103.10406500000001</v>
       </c>
       <c r="F111" s="4">
-        <v>64403404.622844003</v>
+        <v>452400.26236111001</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>563</v>
+        <v>83</v>
       </c>
       <c r="H111" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I111" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J111" s="5">
-        <v>99.987825999999998</v>
+        <v>103.10406500000001</v>
       </c>
       <c r="K111" s="5">
         <v>1</v>
       </c>
       <c r="L111" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M111" s="4">
-        <v>64403404.622842997</v>
+        <v>452400.262361</v>
       </c>
       <c r="N111" s="4">
-        <v>64403404.622844003</v>
+        <v>452400.26236111001</v>
       </c>
       <c r="O111" s="3" t="s">
-        <v>573</v>
+        <v>558</v>
       </c>
       <c r="P111" s="3" t="s">
-        <v>569</v>
+        <v>559</v>
       </c>
       <c r="Q111" s="3" t="s">
-        <v>34</v>
+        <v>214</v>
       </c>
       <c r="R111" s="3" t="s">
-        <v>571</v>
+        <v>556</v>
       </c>
       <c r="S111" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T111" s="4">
         <v>0.01</v>
       </c>
       <c r="U111" s="2">
-        <v>46507</v>
+        <v>47422</v>
       </c>
       <c r="V111" s="4">
-        <v>4.2467868280000003</v>
+        <v>7.25</v>
       </c>
       <c r="W111" s="3" t="s">
-        <v>574</v>
+        <v>560</v>
       </c>
       <c r="X111" s="4">
-        <v>233217.65256403</v>
+        <v>14207.98611111</v>
       </c>
       <c r="Y111" s="4">
-        <v>233217.65256300001</v>
+        <v>14207.986111</v>
       </c>
       <c r="Z111" s="6">
-        <v>0.456036</v>
+        <v>2.9729999999999999E-3</v>
       </c>
     </row>
     <row r="112" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A112" s="3" t="s">
-        <v>575</v>
+        <v>561</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>576</v>
+        <v>562</v>
       </c>
       <c r="C112" s="3" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D112" s="4">
-        <v>325000</v>
+        <v>425000</v>
       </c>
       <c r="E112" s="5">
-        <v>99.975116999999997</v>
+        <v>101.433402</v>
       </c>
       <c r="F112" s="4">
-        <v>326099.88308651</v>
+        <v>431091.95850000001</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>563</v>
+        <v>83</v>
       </c>
       <c r="H112" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I112" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J112" s="5">
-        <v>99.975116999999997</v>
+        <v>101.433402</v>
       </c>
       <c r="K112" s="5">
         <v>1</v>
       </c>
       <c r="L112" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M112" s="4">
-        <v>326099.88308599999</v>
+        <v>431091.95850000001</v>
       </c>
       <c r="N112" s="4">
-        <v>326099.88308651</v>
+        <v>431091.95850000001</v>
       </c>
       <c r="O112" s="3" t="s">
-        <v>577</v>
+        <v>563</v>
       </c>
       <c r="P112" s="3" t="s">
-        <v>569</v>
+        <v>564</v>
       </c>
       <c r="Q112" s="3" t="s">
-        <v>34</v>
+        <v>86</v>
       </c>
       <c r="R112" s="3" t="s">
-        <v>575</v>
+        <v>561</v>
       </c>
       <c r="S112" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T112" s="4">
         <v>0.01</v>
       </c>
       <c r="U112" s="2">
-        <v>46599</v>
+        <v>46478</v>
       </c>
       <c r="V112" s="4">
-        <v>4.245786828</v>
+        <v>6</v>
       </c>
       <c r="W112" s="3" t="s">
-        <v>578</v>
+        <v>565</v>
       </c>
       <c r="X112" s="4">
-        <v>1180.75283651</v>
+        <v>0</v>
       </c>
       <c r="Y112" s="4">
-        <v>1180.7528359999999</v>
+        <v>0</v>
       </c>
       <c r="Z112" s="6">
-        <v>2.3089999999999999E-3</v>
+        <v>2.833E-3</v>
       </c>
     </row>
     <row r="113" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A113" s="3" t="s">
-        <v>579</v>
+        <v>566</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>580</v>
+        <v>567</v>
       </c>
       <c r="C113" s="3" t="s">
-        <v>581</v>
+        <v>82</v>
       </c>
       <c r="D113" s="4">
-        <v>-104097.59</v>
+        <v>425000</v>
       </c>
       <c r="E113" s="5">
-        <v>1</v>
+        <v>99.893377999999998</v>
       </c>
       <c r="F113" s="4">
-        <v>-104097.59</v>
+        <v>432976.02316667</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>582</v>
+        <v>83</v>
       </c>
       <c r="H113" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I113" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J113" s="5">
-        <v>1</v>
+        <v>99.893377999999998</v>
       </c>
       <c r="K113" s="5">
         <v>1</v>
       </c>
       <c r="L113" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M113" s="4">
-        <v>-104097.59</v>
+        <v>432976.02316600003</v>
       </c>
       <c r="N113" s="4">
-        <v>-104097.59</v>
+        <v>432976.02316667</v>
       </c>
       <c r="O113" s="3" t="s">
-        <v>34</v>
+        <v>568</v>
       </c>
       <c r="P113" s="3" t="s">
-        <v>34</v>
+        <v>569</v>
       </c>
       <c r="Q113" s="3" t="s">
-        <v>34</v>
+        <v>86</v>
       </c>
       <c r="R113" s="3" t="s">
-        <v>34</v>
+        <v>566</v>
       </c>
       <c r="S113" s="3" t="s">
-        <v>35</v>
+        <v>65</v>
       </c>
       <c r="T113" s="4">
-        <v>1</v>
+        <v>0.01</v>
+      </c>
+      <c r="U113" s="2">
+        <v>46522</v>
+      </c>
+      <c r="V113" s="4">
+        <v>5.25</v>
       </c>
       <c r="W113" s="3" t="s">
-        <v>34</v>
+        <v>570</v>
       </c>
       <c r="X113" s="4">
-        <v>0</v>
+        <v>8429.1666666700003</v>
       </c>
       <c r="Y113" s="4">
-        <v>0</v>
+        <v>8429.1666659999992</v>
       </c>
       <c r="Z113" s="6">
-        <v>-7.3700000000000002E-4</v>
+        <v>2.8449999999999999E-3</v>
       </c>
     </row>
     <row r="114" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A114" s="3" t="s">
-        <v>583</v>
+        <v>571</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>584</v>
+        <v>572</v>
       </c>
       <c r="C114" s="3" t="s">
-        <v>585</v>
+        <v>82</v>
       </c>
       <c r="D114" s="4">
-        <v>2825702.39</v>
+        <v>350000</v>
       </c>
       <c r="E114" s="5">
-        <v>1</v>
+        <v>98.123500000000007</v>
       </c>
       <c r="F114" s="4">
-        <v>2825702.39</v>
+        <v>348713.84722221998</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>586</v>
+        <v>83</v>
       </c>
       <c r="H114" s="3" t="s">
-        <v>31</v>
+        <v>573</v>
       </c>
       <c r="I114" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J114" s="5">
-        <v>1</v>
+        <v>98.123500000000007</v>
       </c>
       <c r="K114" s="5">
         <v>1</v>
       </c>
       <c r="L114" s="3" t="s">
-        <v>33</v>
+        <v>574</v>
       </c>
       <c r="M114" s="4">
-        <v>2825702.39</v>
+        <v>348713.84722200001</v>
       </c>
       <c r="N114" s="4">
-        <v>2825702.39</v>
+        <v>348713.84722221998</v>
       </c>
       <c r="O114" s="3" t="s">
-        <v>34</v>
+        <v>575</v>
       </c>
       <c r="P114" s="3" t="s">
-        <v>587</v>
+        <v>576</v>
       </c>
       <c r="Q114" s="3" t="s">
-        <v>34</v>
+        <v>86</v>
       </c>
       <c r="R114" s="3" t="s">
-        <v>34</v>
+        <v>571</v>
       </c>
       <c r="S114" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T114" s="4">
-        <v>1</v>
+        <v>0.01</v>
+      </c>
+      <c r="U114" s="2">
+        <v>47467</v>
+      </c>
+      <c r="V114" s="4">
+        <v>5.125</v>
       </c>
       <c r="W114" s="3" t="s">
-        <v>34</v>
+        <v>577</v>
       </c>
       <c r="X114" s="4">
-        <v>0</v>
+        <v>5281.5972222199998</v>
       </c>
       <c r="Y114" s="4">
-        <v>0</v>
+        <v>5281.5972220000003</v>
       </c>
       <c r="Z114" s="6">
-        <v>2.0008000000000001E-2</v>
+        <v>2.2910000000000001E-3</v>
       </c>
     </row>
     <row r="115" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A115" s="3" t="s">
-        <v>588</v>
+        <v>578</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>589</v>
+        <v>579</v>
       </c>
       <c r="C115" s="3" t="s">
-        <v>590</v>
+        <v>82</v>
       </c>
       <c r="D115" s="4">
-        <v>14999268.859999999</v>
+        <v>400000</v>
       </c>
       <c r="E115" s="5">
-        <v>100</v>
+        <v>99.379660000000001</v>
       </c>
       <c r="F115" s="4">
-        <v>15001068.772263199</v>
+        <v>401529.75111110997</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>591</v>
+        <v>83</v>
       </c>
       <c r="H115" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I115" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J115" s="5">
-        <v>100</v>
+        <v>99.379660000000001</v>
       </c>
       <c r="K115" s="5">
         <v>1</v>
       </c>
       <c r="L115" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M115" s="4">
-        <v>15001068.772263</v>
+        <v>401529.75111100002</v>
       </c>
       <c r="N115" s="4">
-        <v>15001068.772263199</v>
+        <v>401529.75111110997</v>
       </c>
       <c r="O115" s="3" t="s">
-        <v>34</v>
+        <v>580</v>
       </c>
       <c r="P115" s="3" t="s">
-        <v>34</v>
+        <v>581</v>
       </c>
       <c r="Q115" s="3" t="s">
-        <v>64</v>
+        <v>86</v>
       </c>
       <c r="R115" s="3" t="s">
-        <v>34</v>
+        <v>578</v>
       </c>
       <c r="S115" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T115" s="4">
         <v>0.01</v>
       </c>
       <c r="U115" s="2">
-        <v>45902</v>
+        <v>47498</v>
       </c>
       <c r="V115" s="4">
-        <v>4.32</v>
+        <v>4.75</v>
       </c>
       <c r="W115" s="3" t="s">
-        <v>34</v>
+        <v>582</v>
       </c>
       <c r="X115" s="4">
-        <v>1799.9122632000001</v>
+        <v>4011.1111111099999</v>
       </c>
       <c r="Y115" s="4">
-        <v>1799.9122629999999</v>
+        <v>4011.1111110000002</v>
       </c>
       <c r="Z115" s="6">
-        <v>0.106221</v>
+        <v>2.6380000000000002E-3</v>
       </c>
     </row>
     <row r="116" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A116" s="3" t="s">
-        <v>592</v>
+        <v>583</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>593</v>
+        <v>584</v>
+      </c>
+      <c r="C116" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="D116" s="4">
+        <v>269000</v>
+      </c>
+      <c r="E116" s="5">
+        <v>106.45</v>
       </c>
       <c r="F116" s="4">
-        <v>-15182461</v>
+        <v>291248.54166667</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="H116" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="I116" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J116" s="5">
+        <v>106.45</v>
+      </c>
+      <c r="K116" s="5">
+        <v>1</v>
+      </c>
+      <c r="L116" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="M116" s="4">
+        <v>291248.54166599998</v>
+      </c>
+      <c r="N116" s="4">
+        <v>291248.54166667</v>
+      </c>
+      <c r="O116" s="3" t="s">
+        <v>585</v>
+      </c>
+      <c r="P116" s="3" t="s">
+        <v>586</v>
+      </c>
+      <c r="Q116" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="R116" s="3" t="s">
+        <v>583</v>
+      </c>
+      <c r="S116" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="T116" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U116" s="2">
+        <v>47314</v>
+      </c>
+      <c r="V116" s="4">
+        <v>8.625</v>
+      </c>
+      <c r="W116" s="3" t="s">
+        <v>587</v>
+      </c>
+      <c r="X116" s="4">
+        <v>4898.0416666700003</v>
+      </c>
+      <c r="Y116" s="4">
+        <v>4898.0416660000001</v>
       </c>
       <c r="Z116" s="6">
-        <v>-0.10750601152662401</v>
+        <v>1.9139999999999999E-3</v>
       </c>
     </row>
     <row r="117" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A117" s="3" t="s">
-        <v>594</v>
+        <v>588</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>595</v>
+        <v>589</v>
+      </c>
+      <c r="C117" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="D117" s="4">
+        <v>400000</v>
+      </c>
+      <c r="E117" s="5">
+        <v>90.526031000000003</v>
       </c>
       <c r="F117" s="4">
-        <v>-90664000</v>
+        <v>370583.29066667001</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="H117" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I117" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J117" s="5">
+        <v>90.526031000000003</v>
+      </c>
+      <c r="K117" s="5">
+        <v>1</v>
+      </c>
+      <c r="L117" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M117" s="4">
+        <v>370583.29066599999</v>
+      </c>
+      <c r="N117" s="4">
+        <v>370583.29066667001</v>
+      </c>
+      <c r="O117" s="3" t="s">
+        <v>590</v>
+      </c>
+      <c r="P117" s="3" t="s">
+        <v>591</v>
+      </c>
+      <c r="Q117" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="R117" s="3" t="s">
+        <v>588</v>
+      </c>
+      <c r="S117" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="T117" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U117" s="2">
+        <v>47224</v>
+      </c>
+      <c r="V117" s="4">
+        <v>4.625</v>
+      </c>
+      <c r="W117" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X117" s="4">
+        <v>8479.1666666700003</v>
+      </c>
+      <c r="Y117" s="4">
+        <v>8479.1666659999992</v>
       </c>
       <c r="Z117" s="6">
-        <v>-0.64198584333922004</v>
+        <v>2.4350000000000001E-3</v>
       </c>
     </row>
     <row r="118" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A118" s="3" t="s">
+        <v>592</v>
+      </c>
+      <c r="B118" s="3" t="s">
+        <v>593</v>
+      </c>
+      <c r="C118" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="D118" s="4">
+        <v>2672000000</v>
+      </c>
+      <c r="E118" s="5">
+        <v>0.67618</v>
+      </c>
+      <c r="F118" s="4">
+        <v>18067530.812201601</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>594</v>
+      </c>
+      <c r="H118" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="I118" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="J118" s="5">
+        <v>99.861649999999997</v>
+      </c>
+      <c r="K118" s="5">
+        <v>147.68496434146536</v>
+      </c>
+      <c r="L118" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="M118" s="4">
+        <v>2668302643.7383199</v>
+      </c>
+      <c r="N118" s="4">
+        <v>18067530.812201601</v>
+      </c>
+      <c r="O118" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="P118" s="3" t="s">
         <v>596</v>
       </c>
-      <c r="B118" s="3" t="s">
+      <c r="Q118" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R118" s="3" t="s">
+        <v>592</v>
+      </c>
+      <c r="S118" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="T118" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U118" s="2">
+        <v>46029</v>
+      </c>
+      <c r="V118" s="4">
+        <v>0</v>
+      </c>
+      <c r="W118" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X118" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y118" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z118" s="6">
+        <v>0.118738</v>
+      </c>
+    </row>
+    <row r="119" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A119" s="3" t="s">
         <v>597</v>
       </c>
-      <c r="F118" s="4">
-[...3 lines deleted...]
-        <v>0.19932830550162201</v>
+      <c r="B119" s="3" t="s">
+        <v>598</v>
+      </c>
+      <c r="C119" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="D119" s="4">
+        <v>2645000</v>
+      </c>
+      <c r="E119" s="5">
+        <v>99.878480999999994</v>
+      </c>
+      <c r="F119" s="4">
+        <v>2660877.1434082198</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>594</v>
+      </c>
+      <c r="H119" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I119" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J119" s="5">
+        <v>99.878480999999994</v>
+      </c>
+      <c r="K119" s="5">
+        <v>1</v>
+      </c>
+      <c r="L119" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M119" s="4">
+        <v>2660877.1434070002</v>
+      </c>
+      <c r="N119" s="4">
+        <v>2660877.1434082198</v>
+      </c>
+      <c r="O119" s="3" t="s">
+        <v>599</v>
+      </c>
+      <c r="P119" s="3" t="s">
+        <v>600</v>
+      </c>
+      <c r="Q119" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R119" s="3" t="s">
+        <v>597</v>
+      </c>
+      <c r="S119" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="T119" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U119" s="2">
+        <v>46418</v>
+      </c>
+      <c r="V119" s="4">
+        <v>3.9858362060000001</v>
+      </c>
+      <c r="W119" s="3" t="s">
+        <v>601</v>
+      </c>
+      <c r="X119" s="4">
+        <v>19091.32095822</v>
+      </c>
+      <c r="Y119" s="4">
+        <v>19091.320957</v>
+      </c>
+      <c r="Z119" s="6">
+        <v>1.7486999999999999E-2</v>
       </c>
     </row>
     <row r="120" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A120" s="3" t="s">
-        <v>598</v>
+        <v>602</v>
+      </c>
+      <c r="B120" s="3" t="s">
+        <v>603</v>
+      </c>
+      <c r="C120" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="D120" s="4">
+        <v>64178000</v>
+      </c>
+      <c r="E120" s="5">
+        <v>99.944682999999998</v>
+      </c>
+      <c r="F120" s="4">
+        <v>64612581.230682999</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>594</v>
+      </c>
+      <c r="H120" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I120" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J120" s="5">
+        <v>99.944682999999998</v>
+      </c>
+      <c r="K120" s="5">
+        <v>1</v>
+      </c>
+      <c r="L120" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M120" s="4">
+        <v>64612581.230682001</v>
+      </c>
+      <c r="N120" s="4">
+        <v>64612581.230682999</v>
+      </c>
+      <c r="O120" s="3" t="s">
+        <v>604</v>
+      </c>
+      <c r="P120" s="3" t="s">
+        <v>600</v>
+      </c>
+      <c r="Q120" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R120" s="3" t="s">
+        <v>602</v>
+      </c>
+      <c r="S120" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="T120" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U120" s="2">
+        <v>46507</v>
+      </c>
+      <c r="V120" s="4">
+        <v>4.0478362060000004</v>
+      </c>
+      <c r="W120" s="3" t="s">
+        <v>605</v>
+      </c>
+      <c r="X120" s="4">
+        <v>470082.57494306</v>
+      </c>
+      <c r="Y120" s="4">
+        <v>470082.57494199998</v>
+      </c>
+      <c r="Z120" s="6">
+        <v>0.42463000000000001</v>
       </c>
     </row>
     <row r="121" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A121" s="3" t="s">
-        <v>599</v>
+        <v>606</v>
+      </c>
+      <c r="B121" s="3" t="s">
+        <v>607</v>
+      </c>
+      <c r="C121" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="D121" s="4">
+        <v>2975000</v>
+      </c>
+      <c r="E121" s="5">
+        <v>99.920984000000004</v>
+      </c>
+      <c r="F121" s="4">
+        <v>2994435.0391740701</v>
+      </c>
+      <c r="G121" s="3" t="s">
+        <v>594</v>
+      </c>
+      <c r="H121" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I121" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J121" s="5">
+        <v>99.920984000000004</v>
+      </c>
+      <c r="K121" s="5">
+        <v>1</v>
+      </c>
+      <c r="L121" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M121" s="4">
+        <v>2994435.0391739998</v>
+      </c>
+      <c r="N121" s="4">
+        <v>2994435.0391740701</v>
+      </c>
+      <c r="O121" s="3" t="s">
+        <v>608</v>
+      </c>
+      <c r="P121" s="3" t="s">
+        <v>600</v>
+      </c>
+      <c r="Q121" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R121" s="3" t="s">
+        <v>606</v>
+      </c>
+      <c r="S121" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="T121" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U121" s="2">
+        <v>46599</v>
+      </c>
+      <c r="V121" s="4">
+        <v>4.046836206</v>
+      </c>
+      <c r="W121" s="3" t="s">
+        <v>609</v>
+      </c>
+      <c r="X121" s="4">
+        <v>21785.765174069998</v>
+      </c>
+      <c r="Y121" s="4">
+        <v>21785.765174</v>
+      </c>
+      <c r="Z121" s="6">
+        <v>1.9678999999999999E-2</v>
       </c>
     </row>
     <row r="122" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A122" s="3" t="s">
-        <v>600</v>
+        <v>610</v>
+      </c>
+      <c r="B122" s="3" t="s">
+        <v>611</v>
+      </c>
+      <c r="C122" s="3" t="s">
+        <v>612</v>
+      </c>
+      <c r="D122" s="4">
+        <v>-121503.9</v>
+      </c>
+      <c r="E122" s="5">
+        <v>1</v>
+      </c>
+      <c r="F122" s="4">
+        <v>-121503.9</v>
+      </c>
+      <c r="G122" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="H122" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I122" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J122" s="5">
+        <v>1</v>
+      </c>
+      <c r="K122" s="5">
+        <v>1</v>
+      </c>
+      <c r="L122" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M122" s="4">
+        <v>-121503.9</v>
+      </c>
+      <c r="N122" s="4">
+        <v>-121503.9</v>
+      </c>
+      <c r="O122" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P122" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q122" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R122" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S122" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="T122" s="4">
+        <v>1</v>
+      </c>
+      <c r="W122" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X122" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y122" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z122" s="6">
+        <v>-7.9799999999999999E-4</v>
       </c>
     </row>
     <row r="123" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A123" s="3" t="s">
-        <v>601</v>
+        <v>614</v>
+      </c>
+      <c r="B123" s="3" t="s">
+        <v>615</v>
+      </c>
+      <c r="C123" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="D123" s="4">
+        <v>4610000.1399999997</v>
+      </c>
+      <c r="E123" s="5">
+        <v>1</v>
+      </c>
+      <c r="F123" s="4">
+        <v>4610000.1399999997</v>
+      </c>
+      <c r="G123" s="3" t="s">
+        <v>617</v>
+      </c>
+      <c r="H123" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I123" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J123" s="5">
+        <v>1</v>
+      </c>
+      <c r="K123" s="5">
+        <v>1</v>
+      </c>
+      <c r="L123" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M123" s="4">
+        <v>4610000.1399999997</v>
+      </c>
+      <c r="N123" s="4">
+        <v>4610000.1399999997</v>
+      </c>
+      <c r="O123" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P123" s="3" t="s">
+        <v>618</v>
+      </c>
+      <c r="Q123" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R123" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S123" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="T123" s="4">
+        <v>1</v>
+      </c>
+      <c r="W123" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X123" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y123" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z123" s="6">
+        <v>3.0296E-2</v>
       </c>
     </row>
     <row r="124" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A124" s="3" t="s">
-        <v>602</v>
+        <v>619</v>
+      </c>
+      <c r="B124" s="3" t="s">
+        <v>620</v>
+      </c>
+      <c r="C124" s="3" t="s">
+        <v>621</v>
+      </c>
+      <c r="D124" s="4">
+        <v>20999252.170000002</v>
+      </c>
+      <c r="E124" s="5">
+        <v>100</v>
+      </c>
+      <c r="F124" s="4">
+        <v>20999252.170000002</v>
+      </c>
+      <c r="G124" s="3" t="s">
+        <v>622</v>
+      </c>
+      <c r="H124" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I124" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J124" s="5">
+        <v>100</v>
+      </c>
+      <c r="K124" s="5">
+        <v>1</v>
+      </c>
+      <c r="L124" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M124" s="4">
+        <v>20999252.170000002</v>
+      </c>
+      <c r="N124" s="4">
+        <v>20999252.170000002</v>
+      </c>
+      <c r="O124" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P124" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q124" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="R124" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S124" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="T124" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U124" s="2">
+        <v>45931</v>
+      </c>
+      <c r="V124" s="4">
+        <v>4.2</v>
+      </c>
+      <c r="W124" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X124" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y124" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z124" s="6">
+        <v>0.13800499999999999</v>
       </c>
     </row>
     <row r="125" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A125" s="3" t="s">
-        <v>603</v>
+        <v>623</v>
+      </c>
+      <c r="B125" s="3" t="s">
+        <v>624</v>
+      </c>
+      <c r="F125" s="4">
+        <v>-17770445.300000001</v>
+      </c>
+      <c r="Z125" s="6">
+        <v>-0.116786362684589</v>
+      </c>
+    </row>
+    <row r="126" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A126" s="3" t="s">
+        <v>625</v>
+      </c>
+      <c r="B126" s="3" t="s">
+        <v>626</v>
+      </c>
+      <c r="F126" s="4">
+        <v>-103668000</v>
+      </c>
+      <c r="Z126" s="6">
+        <v>-0.68130023994311095</v>
+      </c>
+    </row>
+    <row r="127" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A127" s="3" t="s">
+        <v>627</v>
+      </c>
+      <c r="B127" s="3" t="s">
+        <v>628</v>
+      </c>
+      <c r="F127" s="4">
+        <v>28400000</v>
+      </c>
+      <c r="Z127" s="6">
+        <v>0.18664319572466301</v>
+      </c>
+    </row>
+    <row r="129" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A129" s="3" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="130" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A130" s="3" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="131" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A131" s="3" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="132" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A132" s="3" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="133" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A133" s="3" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="134" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A134" s="3" t="s">
+        <v>634</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
-</file>
-[...4 lines deleted...]
-</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>August</vt:lpstr>
+      <vt:lpstr>September</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>GMO, LLC</Company>
+  <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Odayne Smith</dc:creator>
+  <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>