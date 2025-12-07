--- v1 (2025-11-17)
+++ v2 (2025-12-07)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_09\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_10\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{DB8A0A88-680D-4B06-BE12-9C5DCFE26857}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{8144B1E7-E1F0-463E-988C-AD2A49A8BD2C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="390" yWindow="465" windowWidth="11520" windowHeight="8265" xr2:uid="{D9AAFE86-1D3B-4832-BF59-2993712291D7}"/>
+    <workbookView xWindow="1560" yWindow="1860" windowWidth="11520" windowHeight="8265" xr2:uid="{05079A6F-F1EF-4281-A5AA-49EAE6721E00}"/>
   </bookViews>
   <sheets>
-    <sheet name="September" sheetId="1" r:id="rId1"/>
+    <sheet name="October" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1612" uniqueCount="635">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1560" uniqueCount="599">
   <si>
     <t>GMO High Yield Fund</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -220,105 +220,117 @@
   <si>
     <t>FVZ5</t>
   </si>
   <si>
     <t>XCBT</t>
   </si>
   <si>
     <t>FBTUZ25</t>
   </si>
   <si>
     <t>US 2YR NOTE (CBT)</t>
   </si>
   <si>
     <t>TUZ5</t>
   </si>
   <si>
     <t>FBTYZ25</t>
   </si>
   <si>
     <t>US 10YR NOTE (CBT)</t>
   </si>
   <si>
     <t>TYZ5</t>
   </si>
   <si>
-    <t>Z9707Z0K8</t>
-[...2 lines deleted...]
-    <t>ICE: (CDX.NA.HY.44.V1)</t>
+    <t>BMO4XNJ00</t>
+  </si>
+  <si>
+    <t>TRSWAP: IBOXHY INDEX</t>
   </si>
   <si>
     <t>SWAP</t>
   </si>
   <si>
     <t>Financials</t>
   </si>
   <si>
     <t>XOTC</t>
   </si>
   <si>
+    <t>BMO4XNQQ5</t>
+  </si>
+  <si>
+    <t>BMO4Y5WJ2</t>
+  </si>
+  <si>
+    <t>BMO4YLX72</t>
+  </si>
+  <si>
+    <t>BMO4Z44Z9</t>
+  </si>
+  <si>
+    <t>BMO4ZCEY3</t>
+  </si>
+  <si>
+    <t>BMO4ZR843</t>
+  </si>
+  <si>
+    <t>BMO4ZWFG7</t>
+  </si>
+  <si>
+    <t>BMO50VSD7</t>
+  </si>
+  <si>
+    <t>BMO519BN1</t>
+  </si>
+  <si>
+    <t>BMO52HZH9</t>
+  </si>
+  <si>
     <t>Z9796YTF3</t>
   </si>
   <si>
     <t>ICE: (CDX.NA.HY.45.V1)</t>
   </si>
   <si>
-    <t>BMO4XNJ00</t>
-[...23 lines deleted...]
-    <t>CDX.NA.HY.44.V1 5YR RTP @ 106.5000</t>
+    <t>BMO4ZW5T0</t>
+  </si>
+  <si>
+    <t>CDX.NA.HY.45.V1 5YR RTP @ 107.0000</t>
   </si>
   <si>
     <t>SWAPTION</t>
   </si>
   <si>
-    <t>GOLD</t>
-[...2 lines deleted...]
-    <t>BMO4XB1Q8</t>
+    <t>JPMD</t>
+  </si>
+  <si>
+    <t>BMO4ZW5U7</t>
+  </si>
+  <si>
+    <t>CDX.NA.HY.45.V1 5YR RTP @ 106.0000</t>
   </si>
   <si>
     <t>US00687YAB11</t>
   </si>
   <si>
     <t>US ADNT 28 144A</t>
   </si>
   <si>
     <t>Fixed Income</t>
   </si>
   <si>
     <t>Corporate Bond</t>
   </si>
   <si>
     <t>BQXHYR4</t>
   </si>
   <si>
     <t>ADNT</t>
   </si>
   <si>
     <t>Consumer Discretionary</t>
   </si>
   <si>
     <t>XLUX</t>
   </si>
@@ -391,245 +403,230 @@
   <si>
     <t>AS</t>
   </si>
   <si>
     <t>02352NAA7</t>
   </si>
   <si>
     <t>US02608AAA79</t>
   </si>
   <si>
     <t>US GNL 28 144A</t>
   </si>
   <si>
     <t>BPBRT30</t>
   </si>
   <si>
     <t>GNL</t>
   </si>
   <si>
     <t>Real Estate</t>
   </si>
   <si>
     <t>02608AAA7</t>
   </si>
   <si>
-    <t>US03690AAK25</t>
-[...13 lines deleted...]
-  <si>
     <t>US03881NAJ63</t>
   </si>
   <si>
     <t>US ABR 30 144A</t>
   </si>
   <si>
     <t>BVMNBK0</t>
   </si>
   <si>
     <t>ABR</t>
   </si>
   <si>
     <t>03881NAJ6</t>
   </si>
   <si>
     <t>US05464CAC55</t>
   </si>
   <si>
     <t>US AXON 30 144A</t>
   </si>
   <si>
     <t>BR4XVS8</t>
   </si>
   <si>
     <t>AXON</t>
   </si>
   <si>
     <t>Industrials</t>
   </si>
   <si>
     <t>05464CAC5</t>
   </si>
   <si>
     <t>US05605HAB69</t>
   </si>
   <si>
     <t>US BWXT 28 144A</t>
   </si>
   <si>
     <t>BMQ52P1</t>
   </si>
   <si>
     <t>BWXT</t>
   </si>
   <si>
     <t>05605HAB6</t>
   </si>
   <si>
-    <t>US058498AW66</t>
-[...8 lines deleted...]
-    <t>BALL</t>
+    <t>US07317QAJ40</t>
+  </si>
+  <si>
+    <t>CA BTECN 30 144A</t>
+  </si>
+  <si>
+    <t>Canada</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>BNTCF68</t>
+  </si>
+  <si>
+    <t>BTECN</t>
+  </si>
+  <si>
+    <t>07317QAJ4</t>
+  </si>
+  <si>
+    <t>US080782AA38</t>
+  </si>
+  <si>
+    <t>GB BELRON 29 144A</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>GB</t>
+  </si>
+  <si>
+    <t>BSVLRC8</t>
+  </si>
+  <si>
+    <t>BELRON</t>
+  </si>
+  <si>
+    <t>080782AA3</t>
+  </si>
+  <si>
+    <t>US103304BV23</t>
+  </si>
+  <si>
+    <t>US BYD 31 144A</t>
+  </si>
+  <si>
+    <t>BMW1BG7</t>
+  </si>
+  <si>
+    <t>BYD</t>
+  </si>
+  <si>
+    <t>103304BV2</t>
+  </si>
+  <si>
+    <t>US105340AS20</t>
+  </si>
+  <si>
+    <t>US BDN 29</t>
+  </si>
+  <si>
+    <t>BQBC9X2</t>
+  </si>
+  <si>
+    <t>BDN</t>
+  </si>
+  <si>
+    <t>105340AS2</t>
+  </si>
+  <si>
+    <t>US12653CAJ71</t>
+  </si>
+  <si>
+    <t>US CNX 29 144A</t>
+  </si>
+  <si>
+    <t>BMHJ3P9</t>
+  </si>
+  <si>
+    <t>CNX</t>
+  </si>
+  <si>
+    <t>12653CAJ7</t>
+  </si>
+  <si>
+    <t>US13057QAK31</t>
+  </si>
+  <si>
+    <t>US CRC 29 144A</t>
+  </si>
+  <si>
+    <t>BS880Y5</t>
+  </si>
+  <si>
+    <t>CRC</t>
+  </si>
+  <si>
+    <t>13057QAK3</t>
+  </si>
+  <si>
+    <t>US143658CA82</t>
+  </si>
+  <si>
+    <t>US CCL 32 144A</t>
+  </si>
+  <si>
+    <t>BT7MYF4</t>
+  </si>
+  <si>
+    <t>CCL</t>
+  </si>
+  <si>
+    <t>143658CA8</t>
+  </si>
+  <si>
+    <t>US15853BAA98</t>
+  </si>
+  <si>
+    <t>CA CIACN 32 144A</t>
+  </si>
+  <si>
+    <t>BQB6DQ5</t>
+  </si>
+  <si>
+    <t>CIACN</t>
   </si>
   <si>
     <t>Materials</t>
   </si>
   <si>
-    <t>058498AW6</t>
-[...115 lines deleted...]
-  <si>
     <t>15853BAA9</t>
   </si>
   <si>
     <t>US159864AG27</t>
   </si>
   <si>
     <t>US CRL 29 144A</t>
   </si>
   <si>
     <t>BN6J2C7</t>
   </si>
   <si>
     <t>CRL</t>
   </si>
   <si>
     <t>Health Care</t>
   </si>
   <si>
     <t>159864AG2</t>
   </si>
   <si>
     <t>US18589GAA31</t>
   </si>
   <si>
     <t>US CLF 34 144A</t>
@@ -637,174 +634,144 @@
   <si>
     <t>BVZMLD7</t>
   </si>
   <si>
     <t>CLF</t>
   </si>
   <si>
     <t>18589GAA3</t>
   </si>
   <si>
     <t>US19260QAD97</t>
   </si>
   <si>
     <t>US COIN 31 144A</t>
   </si>
   <si>
     <t>BN6KWX1</t>
   </si>
   <si>
     <t>COIN</t>
   </si>
   <si>
     <t>19260QAD9</t>
   </si>
   <si>
-    <t>US21039CAB00</t>
-[...13 lines deleted...]
-  <si>
     <t>US225310AS06</t>
   </si>
   <si>
     <t>US CACC 30 144A</t>
   </si>
   <si>
     <t>BRXB053</t>
   </si>
   <si>
     <t>CACC</t>
   </si>
   <si>
     <t>225310AS0</t>
   </si>
   <si>
     <t>US22788CAA36</t>
   </si>
   <si>
     <t>US CRWD 29</t>
   </si>
   <si>
     <t>BMPRDM2</t>
   </si>
   <si>
     <t>CRWD</t>
   </si>
   <si>
     <t>Information Technology</t>
   </si>
   <si>
     <t>22788CAA3</t>
   </si>
   <si>
-    <t>US228180AB14</t>
-[...13 lines deleted...]
-  <si>
     <t>US24665FAD42</t>
   </si>
   <si>
     <t>US DKL 29 144A</t>
   </si>
   <si>
     <t>BRC2671</t>
   </si>
   <si>
     <t>DKL</t>
   </si>
   <si>
     <t>24665FAD4</t>
   </si>
   <si>
     <t>US248019AW14</t>
   </si>
   <si>
     <t>US DLX 29 144A</t>
   </si>
   <si>
     <t>BS898R7</t>
   </si>
   <si>
     <t>DLX</t>
   </si>
   <si>
     <t>248019AW1</t>
   </si>
   <si>
     <t>US25461LAA08</t>
   </si>
   <si>
     <t>US DTV 27 144A</t>
   </si>
   <si>
     <t>BN765Z1</t>
   </si>
   <si>
     <t>DTV</t>
   </si>
   <si>
     <t>Communication Services</t>
   </si>
   <si>
     <t>25461LAA0</t>
   </si>
   <si>
-    <t>US267475AD30</t>
-[...11 lines deleted...]
-    <t>267475AD3</t>
+    <t>US292554AS19</t>
+  </si>
+  <si>
+    <t>US ECPG 31 144A</t>
+  </si>
+  <si>
+    <t>BVMS0Q4</t>
+  </si>
+  <si>
+    <t>ECPG</t>
+  </si>
+  <si>
+    <t>292554AS1</t>
   </si>
   <si>
     <t>US30251GBA40</t>
   </si>
   <si>
     <t>AU FMGAU 27 144A</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>BK5GTT4</t>
   </si>
   <si>
     <t>FMGAU</t>
   </si>
   <si>
     <t>XASX</t>
   </si>
   <si>
     <t>30251GBA4</t>
   </si>
@@ -853,185 +820,185 @@
   <si>
     <t>BMD14K1</t>
   </si>
   <si>
     <t>FTAI</t>
   </si>
   <si>
     <t>34960PAD3</t>
   </si>
   <si>
     <t>US36168QAL86</t>
   </si>
   <si>
     <t>US GFLCN 28 144A</t>
   </si>
   <si>
     <t>BN8ZSQ9</t>
   </si>
   <si>
     <t>GFLCN</t>
   </si>
   <si>
     <t>36168QAL8</t>
   </si>
   <si>
+    <t>US37255JAB89</t>
+  </si>
+  <si>
+    <t>US RWNYNY 29 144A</t>
+  </si>
+  <si>
+    <t>BRBTWL9</t>
+  </si>
+  <si>
+    <t>RWNYNY</t>
+  </si>
+  <si>
+    <t>37255JAB8</t>
+  </si>
+  <si>
     <t>US380355AN75</t>
   </si>
   <si>
     <t>CA GSYCN 30 144A</t>
   </si>
   <si>
     <t>BM9YJC1</t>
   </si>
   <si>
     <t>GSYCN</t>
   </si>
   <si>
     <t>380355AN7</t>
   </si>
   <si>
     <t>US402635AT32</t>
   </si>
   <si>
     <t>US GPOR 29 144A</t>
   </si>
   <si>
     <t>BMW82V0</t>
   </si>
   <si>
     <t>GPOR</t>
   </si>
   <si>
     <t>402635AT3</t>
   </si>
   <si>
-    <t>US40390DAD75</t>
-[...13 lines deleted...]
-  <si>
     <t>US432833AJ07</t>
   </si>
   <si>
     <t>US HLT 29 144A</t>
   </si>
   <si>
     <t>BNDLGY6</t>
   </si>
   <si>
     <t>HLT</t>
   </si>
   <si>
     <t>432833AJ0</t>
   </si>
   <si>
     <t>US44267DAE76</t>
   </si>
   <si>
     <t>US HHH 29 144A</t>
   </si>
   <si>
     <t>BMDJ427</t>
   </si>
   <si>
     <t>HHH</t>
   </si>
   <si>
     <t>44267DAE7</t>
   </si>
   <si>
-    <t>US44701QBE17</t>
-[...13 lines deleted...]
-  <si>
     <t>US45688CAB37</t>
   </si>
   <si>
     <t>US NGVT 28 144A</t>
   </si>
   <si>
     <t>BMFTQC9</t>
   </si>
   <si>
     <t>NGVT</t>
   </si>
   <si>
     <t>45688CAB3</t>
   </si>
   <si>
     <t>US46284VAN10</t>
   </si>
   <si>
     <t>US IRM 31 144A</t>
   </si>
   <si>
     <t>BMG1HP4</t>
   </si>
   <si>
     <t>IRM</t>
   </si>
   <si>
     <t>46284VAN1</t>
   </si>
   <si>
     <t>US47010BAF13</t>
   </si>
   <si>
     <t>GB TTMTIN 27 144A</t>
   </si>
   <si>
     <t>BF22YG2</t>
   </si>
   <si>
     <t>TTMTIN</t>
   </si>
   <si>
     <t>47010BAF1</t>
   </si>
   <si>
+    <t>US47216FAA57</t>
+  </si>
+  <si>
+    <t>US JAZZ 29 144A</t>
+  </si>
+  <si>
+    <t>BMB5FL3</t>
+  </si>
+  <si>
+    <t>JAZZ</t>
+  </si>
+  <si>
+    <t>47216FAA5</t>
+  </si>
+  <si>
     <t>US49726JAB44</t>
   </si>
   <si>
     <t>JP KIOXIA 33 144A</t>
   </si>
   <si>
     <t>BVPCXL9</t>
   </si>
   <si>
     <t>KIOXIA</t>
   </si>
   <si>
     <t>XJAS</t>
   </si>
   <si>
     <t>49726JAB4</t>
   </si>
   <si>
     <t>US52736RBJ05</t>
   </si>
   <si>
     <t>US LEVI 31 144A</t>
   </si>
   <si>
     <t>BM9FDV1</t>
@@ -1165,110 +1132,80 @@
   <si>
     <t>BVN2G67</t>
   </si>
   <si>
     <t>NSANY</t>
   </si>
   <si>
     <t>654922AD5</t>
   </si>
   <si>
     <t>US670001AE60</t>
   </si>
   <si>
     <t>US HNDLIN 30 144A</t>
   </si>
   <si>
     <t>BKLPSC1</t>
   </si>
   <si>
     <t>HNDLIN</t>
   </si>
   <si>
     <t>670001AE6</t>
   </si>
   <si>
-    <t>US682357AA69</t>
-[...13 lines deleted...]
-  <si>
     <t>US682691AM29</t>
   </si>
   <si>
     <t>US OMF 33</t>
   </si>
   <si>
     <t>BW01HX8</t>
   </si>
   <si>
     <t>OMF</t>
   </si>
   <si>
     <t>682691AM2</t>
   </si>
   <si>
     <t>US683720AA42</t>
   </si>
   <si>
     <t>CA OTEXCN 30 144A</t>
   </si>
   <si>
     <t>BKZHXC8</t>
   </si>
   <si>
     <t>OTEXCN</t>
   </si>
   <si>
     <t>683720AA4</t>
   </si>
   <si>
-    <t>US69318FAJ75</t>
-[...13 lines deleted...]
-  <si>
     <t>US69370CAC47</t>
   </si>
   <si>
     <t>US PTC 28 144A</t>
   </si>
   <si>
     <t>BLBL7C9</t>
   </si>
   <si>
     <t>PTC</t>
   </si>
   <si>
     <t>69370CAC4</t>
   </si>
   <si>
     <t>US70137WAG33</t>
   </si>
   <si>
     <t>CA PKICN 29 144A</t>
   </si>
   <si>
     <t>BMD26Z3</t>
   </si>
   <si>
     <t>PKICN</t>
@@ -1330,65 +1267,50 @@
   <si>
     <t>BQZCG82</t>
   </si>
   <si>
     <t>RBACN</t>
   </si>
   <si>
     <t>76774LAB3</t>
   </si>
   <si>
     <t>US771049AA15</t>
   </si>
   <si>
     <t>US RBLX 30 144A</t>
   </si>
   <si>
     <t>BNHW2C5</t>
   </si>
   <si>
     <t>RBLX</t>
   </si>
   <si>
     <t>771049AA1</t>
   </si>
   <si>
-    <t>US78410GAD60</t>
-[...13 lines deleted...]
-  <si>
     <t>US78669QAA85</t>
   </si>
   <si>
     <t>CA SFCCN 28 144A</t>
   </si>
   <si>
     <t>BL9YLB7</t>
   </si>
   <si>
     <t>SFCCN</t>
   </si>
   <si>
     <t>78669QAA8</t>
   </si>
   <si>
     <t>US81172QAA22</t>
   </si>
   <si>
     <t>NO SDRLNO 30 144A</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NO</t>
@@ -1426,95 +1348,65 @@
   <si>
     <t>2863803</t>
   </si>
   <si>
     <t>SEE</t>
   </si>
   <si>
     <t>81211KAK6</t>
   </si>
   <si>
     <t>US81728UAB08</t>
   </si>
   <si>
     <t>US ST 31 144A</t>
   </si>
   <si>
     <t>BMD7L86</t>
   </si>
   <si>
     <t>ST</t>
   </si>
   <si>
     <t>81728UAB0</t>
   </si>
   <si>
-    <t>US85205TAN00</t>
-[...13 lines deleted...]
-  <si>
     <t>US858155AE40</t>
   </si>
   <si>
     <t>US SCS 29</t>
   </si>
   <si>
     <t>BH4KPH6</t>
   </si>
   <si>
     <t>SCS</t>
   </si>
   <si>
     <t>858155AE4</t>
   </si>
   <si>
-    <t>US861896AA67</t>
-[...13 lines deleted...]
-  <si>
     <t>US86828LAC63</t>
   </si>
   <si>
     <t>CA SPBCN 29 144A</t>
   </si>
   <si>
     <t>BKQMZJ3</t>
   </si>
   <si>
     <t>SPBCN</t>
   </si>
   <si>
     <t>86828LAC6</t>
   </si>
   <si>
     <t>US87305RAK59</t>
   </si>
   <si>
     <t>US TTMI 29 144A</t>
   </si>
   <si>
     <t>BMZB142</t>
   </si>
   <si>
     <t>TTMI</t>
@@ -1660,50 +1552,65 @@
   <si>
     <t>USFOOD</t>
   </si>
   <si>
     <t>Consumer Staples</t>
   </si>
   <si>
     <t>90290MAE1</t>
   </si>
   <si>
     <t>US911363AM11</t>
   </si>
   <si>
     <t>US URI 31</t>
   </si>
   <si>
     <t>BLFGYK7</t>
   </si>
   <si>
     <t>URI</t>
   </si>
   <si>
     <t>911363AM1</t>
   </si>
   <si>
+    <t>US918204BC10</t>
+  </si>
+  <si>
+    <t>US VFC 30</t>
+  </si>
+  <si>
+    <t>BMW55R8</t>
+  </si>
+  <si>
+    <t>VFC</t>
+  </si>
+  <si>
+    <t>918204BC1</t>
+  </si>
+  <si>
     <t>US92535UAB08</t>
   </si>
   <si>
     <t>US VRT 28 144A</t>
   </si>
   <si>
     <t>BN14T82</t>
   </si>
   <si>
     <t>VRT</t>
   </si>
   <si>
     <t>92535UAB0</t>
   </si>
   <si>
     <t>US92552VAL45</t>
   </si>
   <si>
     <t>US VSAT 27 144A</t>
   </si>
   <si>
     <t>BJ2X3M2</t>
   </si>
   <si>
     <t>VSAT</t>
@@ -1771,65 +1678,50 @@
   <si>
     <t>983130AX3</t>
   </si>
   <si>
     <t>US98313RAE62</t>
   </si>
   <si>
     <t>MO WYNMAC 29 144A</t>
   </si>
   <si>
     <t>Macau</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>BJBYPM0</t>
   </si>
   <si>
     <t>WYNMAC</t>
   </si>
   <si>
     <t>98313RAE6</t>
   </si>
   <si>
-    <t>US988498AL59</t>
-[...13 lines deleted...]
-  <si>
     <t>US98927UAA51</t>
   </si>
   <si>
     <t>GB ZEGLN 29 144A</t>
   </si>
   <si>
     <t>BPLZN32</t>
   </si>
   <si>
     <t>ZEGLN</t>
   </si>
   <si>
     <t>98927UAA5</t>
   </si>
   <si>
     <t>USU76198AA52</t>
   </si>
   <si>
     <t>US RWLVCA 29 REGS</t>
   </si>
   <si>
     <t>BJLJGR7</t>
   </si>
   <si>
     <t>RWLVCA</t>
@@ -1894,54 +1786,54 @@
   <si>
     <t>ACCRUED EXPENSES</t>
   </si>
   <si>
     <t>Other Instruments</t>
   </si>
   <si>
     <t>Other Liabilities</t>
   </si>
   <si>
     <t>BRSYEKQM0</t>
   </si>
   <si>
     <t>State Str Instl Invt Tr Treas Mmkt</t>
   </si>
   <si>
     <t>Pooled Investment</t>
   </si>
   <si>
     <t>Fund</t>
   </si>
   <si>
     <t>TRIXX</t>
   </si>
   <si>
-    <t>BMO4ZC1B7</t>
-[...2 lines deleted...]
-    <t>REPO for  R 4.20</t>
+    <t>BMO53CBY8</t>
+  </si>
+  <si>
+    <t>REPO for  R 4.05</t>
   </si>
   <si>
     <t>Short Term Instrument</t>
   </si>
   <si>
     <t>Repurchase Agreement (REPO)</t>
   </si>
   <si>
     <t>CONTRA_DERIV_Future</t>
   </si>
   <si>
     <t>Contra Derivatives - Futures</t>
   </si>
   <si>
     <t>CONTRA_DERIV_Swap</t>
   </si>
   <si>
     <t>Contra Derivatives - Swaps</t>
   </si>
   <si>
     <t>CONTRA_DERIV_Swaption</t>
   </si>
   <si>
     <t>Contra Derivatives - Swaptions</t>
   </si>
@@ -2335,92 +2227,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DAD6A3D9-C3B2-4A0D-A041-091B58643167}">
-  <dimension ref="A1:Z134"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C472FA58-E336-41F8-A383-1369007B0F7B}">
+  <dimension ref="A1:Z130"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="19.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="12.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="22.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="11.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="8.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="7.42578125" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
-    <col min="15" max="15" width="9.28515625" style="3" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="8.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="7.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="12.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="9.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>45930</v>
+        <v>45961</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -2470,336 +2362,336 @@
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>-1619927.6403000001</v>
+        <v>-494896.51030000002</v>
       </c>
       <c r="E4" s="5">
         <v>1</v>
       </c>
       <c r="F4" s="4">
-        <v>-1619927.6403000001</v>
+        <v>-494896.51030000002</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
         <v>1</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>-1619927.6403000001</v>
+        <v>-494896.51030000002</v>
       </c>
       <c r="N4" s="4">
-        <v>-1619927.6403000001</v>
+        <v>-494896.51030000002</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>-1.0645999999999999E-2</v>
+        <v>-3.9830000000000004E-3</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
-        <v>242.2</v>
+        <v>725.6</v>
       </c>
       <c r="E5" s="5">
         <v>1</v>
       </c>
       <c r="F5" s="4">
-        <v>242.2</v>
+        <v>725.6</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J5" s="5">
         <v>1</v>
       </c>
       <c r="K5" s="5">
         <v>1</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M5" s="4">
-        <v>242.2</v>
+        <v>725.6</v>
       </c>
       <c r="N5" s="4">
-        <v>242.2</v>
+        <v>725.6</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>9.9999999999999995E-7</v>
+        <v>5.0000000000000004E-6</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
-        <v>715097.75</v>
+        <v>-29145251.77</v>
       </c>
       <c r="E6" s="5">
         <v>1</v>
       </c>
       <c r="F6" s="4">
-        <v>715220.75</v>
+        <v>-29145176.77</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>41</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J6" s="5">
         <v>1</v>
       </c>
       <c r="K6" s="5">
         <v>1</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M6" s="4">
-        <v>715220.75</v>
+        <v>-29145176.77</v>
       </c>
       <c r="N6" s="4">
-        <v>715220.75</v>
+        <v>-29145176.77</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
-        <v>4.7000000000000002E-3</v>
+        <v>-0.23458799999999999</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D7" s="4">
         <v>-2672000000</v>
       </c>
       <c r="E7" s="5">
-        <v>6.8370000000000002E-3</v>
+        <v>6.5329999999999997E-3</v>
       </c>
       <c r="F7" s="4">
-        <v>-18269743.195638001</v>
+        <v>-17457058.608004998</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>45</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>46</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>47</v>
       </c>
       <c r="J7" s="5">
         <v>1</v>
       </c>
       <c r="K7" s="5">
-        <v>147.68496434146536</v>
+        <v>154.05495756556192</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>48</v>
       </c>
       <c r="M7" s="4">
-        <v>-2698166372.3755498</v>
+        <v>-2689346423.0757599</v>
       </c>
       <c r="N7" s="4">
-        <v>-18269743.195638102</v>
+        <v>-17457058.608005099</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="U7" s="2">
         <v>46029</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
-        <v>-0.12006699999999999</v>
+        <v>-0.140511</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D8" s="4">
         <v>18027789.513684001</v>
       </c>
       <c r="E8" s="5">
         <v>1</v>
       </c>
       <c r="F8" s="4">
         <v>18027789.513684001</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>45</v>
       </c>
       <c r="H8" s="3" t="s">
@@ -2832,9370 +2724,9038 @@
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="U8" s="2">
         <v>46029</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>0.118477</v>
+        <v>0.14510400000000001</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D9" s="4">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="E9" s="5">
-        <v>109.171875</v>
+        <v>109.210938</v>
       </c>
       <c r="F9" s="4">
-        <v>6222796.9000000004</v>
+        <v>3931593.8</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>52</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J9" s="5">
-        <v>109.171875</v>
+        <v>109.2109375</v>
       </c>
       <c r="K9" s="5">
         <v>1</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M9" s="4">
         <v>0</v>
       </c>
       <c r="N9" s="4">
         <v>0</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>53</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>54</v>
       </c>
       <c r="T9" s="4">
         <v>1000</v>
       </c>
       <c r="U9" s="2">
         <v>46022</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>4.0895000000000001E-2</v>
+        <v>3.1645E-2</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D10" s="4">
-        <v>43</v>
+        <v>24</v>
       </c>
       <c r="E10" s="5">
-        <v>104.183594</v>
+        <v>104.121094</v>
       </c>
       <c r="F10" s="4">
-        <v>8959789</v>
+        <v>4997812.5999999996</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>52</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J10" s="5">
-        <v>104.18359375</v>
+        <v>104.12109375</v>
       </c>
       <c r="K10" s="5">
         <v>1</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M10" s="4">
         <v>0</v>
       </c>
       <c r="N10" s="4">
         <v>0</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>57</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>54</v>
       </c>
       <c r="T10" s="4">
         <v>2000</v>
       </c>
       <c r="U10" s="2">
         <v>46022</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>5.8882999999999998E-2</v>
+        <v>4.0226999999999999E-2</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D11" s="4">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="E11" s="5">
-        <v>112.515625</v>
+        <v>112.671875</v>
       </c>
       <c r="F11" s="4">
-        <v>2587859.4</v>
+        <v>1690078.1</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>52</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J11" s="5">
-        <v>112.515625</v>
+        <v>112.671875</v>
       </c>
       <c r="K11" s="5">
         <v>1</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M11" s="4">
         <v>0</v>
       </c>
       <c r="N11" s="4">
         <v>0</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>60</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S11" s="3" t="s">
         <v>54</v>
       </c>
       <c r="T11" s="4">
         <v>1000</v>
       </c>
       <c r="U11" s="2">
         <v>46010</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>1.7007000000000001E-2</v>
+        <v>1.3603000000000001E-2</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D12" s="4">
-        <v>-6831000</v>
+        <v>19200000</v>
       </c>
       <c r="E12" s="5">
-        <v>8.0945</v>
+        <v>-0.39446399999999998</v>
       </c>
       <c r="F12" s="4">
-        <v>-7383935.2949999999</v>
+        <v>19124262.8215762</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>63</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J12" s="5">
-        <v>8.0945</v>
+        <v>-0.39446447000000001</v>
       </c>
       <c r="K12" s="5">
         <v>1</v>
       </c>
       <c r="L12" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M12" s="4">
-        <v>-552935.29500000004</v>
+        <v>-75737.178423000005</v>
       </c>
       <c r="N12" s="4">
-        <v>-552935.29500000004</v>
+        <v>-75737.178423739999</v>
       </c>
       <c r="O12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q12" s="3" t="s">
         <v>64</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S12" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T12" s="4">
         <v>0.01</v>
       </c>
       <c r="U12" s="2">
-        <v>47654</v>
+        <v>46101</v>
       </c>
       <c r="W12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X12" s="4">
-        <v>-8538.75</v>
+        <v>0</v>
       </c>
       <c r="Y12" s="4">
-        <v>-8538.75</v>
+        <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>-4.8526E-2</v>
+        <v>0.15393000000000001</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B13" s="3" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D13" s="4">
-        <v>27738000</v>
+        <v>35795000</v>
       </c>
       <c r="E13" s="5">
-        <v>7.8388</v>
+        <v>-0.38108500000000001</v>
       </c>
       <c r="F13" s="4">
-        <v>29912326.344000001</v>
+        <v>35658590.776166998</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>63</v>
       </c>
       <c r="H13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J13" s="5">
-        <v>7.8388</v>
+        <v>-0.38108458000000001</v>
       </c>
       <c r="K13" s="5">
         <v>1</v>
       </c>
       <c r="L13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M13" s="4">
-        <v>2174326.344</v>
+        <v>-136409.22383199999</v>
       </c>
       <c r="N13" s="4">
-        <v>2174326.344</v>
+        <v>-136409.22383291001</v>
       </c>
       <c r="O13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q13" s="3" t="s">
         <v>64</v>
       </c>
       <c r="R13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S13" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T13" s="4">
         <v>0.01</v>
       </c>
       <c r="U13" s="2">
-        <v>47837</v>
+        <v>46011</v>
       </c>
       <c r="W13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X13" s="4">
-        <v>34672.5</v>
+        <v>0</v>
       </c>
       <c r="Y13" s="4">
-        <v>34672.5</v>
+        <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>0.19658200000000001</v>
+        <v>0.28701399999999999</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D14" s="4">
-        <v>19200000</v>
+        <v>2805000</v>
       </c>
       <c r="E14" s="5">
-        <v>-0.11423999999999999</v>
+        <v>-0.43264799999999998</v>
       </c>
       <c r="F14" s="4">
-        <v>19178066.0149884</v>
+        <v>2792864.2171725002</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>63</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J14" s="5">
-        <v>-0.11423951</v>
+        <v>-0.43264823000000002</v>
       </c>
       <c r="K14" s="5">
         <v>1</v>
       </c>
       <c r="L14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M14" s="4">
-        <v>-21933.985011000001</v>
+        <v>-12135.782827000001</v>
       </c>
       <c r="N14" s="4">
-        <v>-21933.985011510002</v>
+        <v>-12135.782827499999</v>
       </c>
       <c r="O14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q14" s="3" t="s">
         <v>64</v>
       </c>
       <c r="R14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S14" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T14" s="4">
         <v>0.01</v>
       </c>
       <c r="U14" s="2">
-        <v>46101</v>
+        <v>46011</v>
       </c>
       <c r="W14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
-        <v>0.12603700000000001</v>
+        <v>2.2478999999999999E-2</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D15" s="4">
-        <v>57703000</v>
+        <v>627000</v>
       </c>
       <c r="E15" s="5">
-        <v>-0.118102</v>
+        <v>-0.50989399999999996</v>
       </c>
       <c r="F15" s="4">
-        <v>57634851.470926799</v>
+        <v>623802.96358079999</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>63</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J15" s="5">
-        <v>-0.11810223</v>
+        <v>-0.50989417000000004</v>
       </c>
       <c r="K15" s="5">
         <v>1</v>
       </c>
       <c r="L15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M15" s="4">
-        <v>-68148.529072999998</v>
+        <v>-3197.036419</v>
       </c>
       <c r="N15" s="4">
-        <v>-68148.529073149999</v>
+        <v>-3197.0364192000002</v>
       </c>
       <c r="O15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q15" s="3" t="s">
         <v>64</v>
       </c>
       <c r="R15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S15" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T15" s="4">
         <v>0.01</v>
       </c>
       <c r="U15" s="2">
         <v>46011</v>
       </c>
       <c r="W15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>0.378772</v>
+        <v>5.0200000000000002E-3</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D16" s="4">
-        <v>2805000</v>
+        <v>1320000</v>
       </c>
       <c r="E16" s="5">
-        <v>-0.16961499999999999</v>
+        <v>-0.25969999999999999</v>
       </c>
       <c r="F16" s="4">
-        <v>2800242.3090620302</v>
+        <v>1316571.95351625</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>63</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J16" s="5">
-        <v>-0.16961465000000001</v>
+        <v>-0.25970049000000001</v>
       </c>
       <c r="K16" s="5">
         <v>1</v>
       </c>
       <c r="L16" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M16" s="4">
-        <v>-4757.6909370000003</v>
+        <v>-3428.0464830000001</v>
       </c>
       <c r="N16" s="4">
-        <v>-4757.69093797</v>
+        <v>-3428.0464837499999</v>
       </c>
       <c r="O16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q16" s="3" t="s">
         <v>64</v>
       </c>
       <c r="R16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S16" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T16" s="4">
         <v>0.01</v>
       </c>
       <c r="U16" s="2">
         <v>46011</v>
       </c>
       <c r="W16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>1.8402999999999999E-2</v>
+        <v>1.0597000000000001E-2</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D17" s="4">
-        <v>627000</v>
+        <v>1106000</v>
       </c>
       <c r="E17" s="5">
-        <v>-0.246784</v>
+        <v>-0.34237699999999999</v>
       </c>
       <c r="F17" s="4">
-        <v>625452.66533895</v>
+        <v>1102213.3110797601</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>63</v>
       </c>
       <c r="H17" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J17" s="5">
-        <v>-0.24678384</v>
+        <v>-0.34237694000000002</v>
       </c>
       <c r="K17" s="5">
         <v>1</v>
       </c>
       <c r="L17" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M17" s="4">
-        <v>-1547.3346610000001</v>
+        <v>-3786.6889200000001</v>
       </c>
       <c r="N17" s="4">
-        <v>-1547.33466105</v>
+        <v>-3786.6889202399998</v>
       </c>
       <c r="O17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q17" s="3" t="s">
         <v>64</v>
       </c>
       <c r="R17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S17" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T17" s="4">
         <v>0.01</v>
       </c>
       <c r="U17" s="2">
         <v>46011</v>
       </c>
       <c r="W17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>4.1099999999999999E-3</v>
+        <v>8.8710000000000004E-3</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D18" s="4">
-        <v>1320000</v>
+        <v>1161000</v>
       </c>
       <c r="E18" s="5">
-        <v>3.1610000000000002E-3</v>
+        <v>-0.48415900000000001</v>
       </c>
       <c r="F18" s="4">
-        <v>1320041.72852562</v>
+        <v>1155378.9165753699</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>63</v>
       </c>
       <c r="H18" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J18" s="5">
-        <v>3.16125E-3</v>
+        <v>-0.48415878000000001</v>
       </c>
       <c r="K18" s="5">
         <v>1</v>
       </c>
       <c r="L18" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M18" s="4">
-        <v>41.728524999999998</v>
+        <v>-5621.0834240000004</v>
       </c>
       <c r="N18" s="4">
-        <v>41.728525619999999</v>
+        <v>-5621.0834246300001</v>
       </c>
       <c r="O18" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P18" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q18" s="3" t="s">
         <v>64</v>
       </c>
       <c r="R18" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S18" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T18" s="4">
         <v>0.01</v>
       </c>
       <c r="U18" s="2">
         <v>46011</v>
       </c>
       <c r="W18" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>8.6750000000000004E-3</v>
+        <v>9.299E-3</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D19" s="4">
-        <v>1106000</v>
+        <v>1046000</v>
       </c>
       <c r="E19" s="5">
-        <v>-7.9433000000000004E-2</v>
+        <v>-0.53561599999999998</v>
       </c>
       <c r="F19" s="4">
-        <v>1105121.4704813999</v>
+        <v>1040397.45342602</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>63</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J19" s="5">
-        <v>-7.9433050000000005E-2</v>
+        <v>-0.53561630999999998</v>
       </c>
       <c r="K19" s="5">
         <v>1</v>
       </c>
       <c r="L19" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M19" s="4">
-        <v>-878.52951800000005</v>
+        <v>-5602.5465729999996</v>
       </c>
       <c r="N19" s="4">
-        <v>-878.52951859999996</v>
+        <v>-5602.5465739800002</v>
       </c>
       <c r="O19" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P19" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q19" s="3" t="s">
         <v>64</v>
       </c>
       <c r="R19" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S19" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T19" s="4">
         <v>0.01</v>
       </c>
       <c r="U19" s="2">
         <v>46011</v>
       </c>
       <c r="W19" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X19" s="4">
         <v>0</v>
       </c>
       <c r="Y19" s="4">
         <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>7.2620000000000002E-3</v>
+        <v>8.3739999999999995E-3</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>76</v>
+        <v>62</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D20" s="4">
-        <v>-14225000</v>
+        <v>791000</v>
       </c>
       <c r="E20" s="5">
-        <v>5.5217000000000002E-2</v>
+        <v>0.49057800000000001</v>
       </c>
       <c r="F20" s="4">
-        <v>-14232854.5898015</v>
+        <v>794880.47019049001</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>77</v>
+        <v>63</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J20" s="5">
-        <v>5.5216800000000003E-2</v>
+        <v>0.49057777000000002</v>
       </c>
       <c r="K20" s="5">
         <v>1</v>
       </c>
       <c r="L20" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M20" s="4">
-        <v>-7854.5898010000001</v>
+        <v>3880.47019</v>
       </c>
       <c r="N20" s="4">
-        <v>-7854.5898015800003</v>
+        <v>3880.4701904899998</v>
       </c>
       <c r="O20" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P20" s="3" t="s">
-        <v>78</v>
+        <v>34</v>
       </c>
       <c r="Q20" s="3" t="s">
         <v>64</v>
       </c>
       <c r="R20" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S20" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T20" s="4">
         <v>0.01</v>
       </c>
       <c r="U20" s="2">
-        <v>45945</v>
+        <v>46011</v>
       </c>
       <c r="W20" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X20" s="4">
         <v>0</v>
       </c>
       <c r="Y20" s="4">
         <v>0</v>
       </c>
       <c r="Z20" s="6">
-        <v>-9.3536999999999995E-2</v>
+        <v>6.3969999999999999E-3</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>76</v>
+        <v>62</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D21" s="4">
-        <v>-14175000</v>
+        <v>1560000</v>
       </c>
       <c r="E21" s="5">
-        <v>0.35104200000000002</v>
+        <v>0.20269100000000001</v>
       </c>
       <c r="F21" s="4">
-        <v>-14224760.244952001</v>
+        <v>1563161.97708034</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>77</v>
+        <v>63</v>
       </c>
       <c r="H21" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J21" s="5">
-        <v>0.35104228999999998</v>
+        <v>0.20269084000000001</v>
       </c>
       <c r="K21" s="5">
         <v>1</v>
       </c>
       <c r="L21" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M21" s="4">
-        <v>-49760.244952000001</v>
+        <v>3161.9770800000001</v>
       </c>
       <c r="N21" s="4">
-        <v>-49760.244952000001</v>
+        <v>3161.9770803400002</v>
       </c>
       <c r="O21" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P21" s="3" t="s">
-        <v>78</v>
+        <v>34</v>
       </c>
       <c r="Q21" s="3" t="s">
         <v>64</v>
       </c>
       <c r="R21" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S21" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T21" s="4">
         <v>0.01</v>
       </c>
       <c r="U21" s="2">
-        <v>45980</v>
+        <v>46011</v>
       </c>
       <c r="W21" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X21" s="4">
         <v>0</v>
       </c>
       <c r="Y21" s="4">
         <v>0</v>
       </c>
       <c r="Z21" s="6">
-        <v>-9.3483999999999998E-2</v>
+        <v>1.2581E-2</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>81</v>
+        <v>62</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>82</v>
+        <v>44</v>
       </c>
       <c r="D22" s="4">
-        <v>425000</v>
+        <v>8417000</v>
       </c>
       <c r="E22" s="5">
-        <v>102.4747</v>
+        <v>-0.30363899999999999</v>
       </c>
       <c r="F22" s="4">
-        <v>449235.53055556002</v>
+        <v>8391442.6762366295</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>83</v>
+        <v>63</v>
       </c>
       <c r="H22" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J22" s="5">
-        <v>102.4747</v>
+        <v>-0.30363934999999997</v>
       </c>
       <c r="K22" s="5">
         <v>1</v>
       </c>
       <c r="L22" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M22" s="4">
-        <v>449235.530555</v>
+        <v>-25557.323763</v>
       </c>
       <c r="N22" s="4">
-        <v>449235.53055556002</v>
+        <v>-25557.323763370001</v>
       </c>
       <c r="O22" s="3" t="s">
-        <v>84</v>
+        <v>34</v>
       </c>
       <c r="P22" s="3" t="s">
-        <v>85</v>
+        <v>34</v>
       </c>
       <c r="Q22" s="3" t="s">
-        <v>86</v>
+        <v>64</v>
       </c>
       <c r="R22" s="3" t="s">
-        <v>80</v>
+        <v>34</v>
       </c>
       <c r="S22" s="3" t="s">
-        <v>87</v>
+        <v>65</v>
       </c>
       <c r="T22" s="4">
         <v>0.01</v>
       </c>
       <c r="U22" s="2">
-        <v>46858</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>46011</v>
       </c>
       <c r="W22" s="3" t="s">
-        <v>88</v>
+        <v>34</v>
       </c>
       <c r="X22" s="4">
-        <v>13718.05555556</v>
+        <v>0</v>
       </c>
       <c r="Y22" s="4">
-        <v>13718.055555000001</v>
+        <v>0</v>
       </c>
       <c r="Z22" s="6">
-        <v>2.9520000000000002E-3</v>
+        <v>6.7542000000000005E-2</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
-        <v>89</v>
+        <v>76</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>90</v>
+        <v>77</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>82</v>
+        <v>44</v>
       </c>
       <c r="D23" s="4">
-        <v>425000</v>
+        <v>6356000</v>
       </c>
       <c r="E23" s="5">
-        <v>99.646450000000002</v>
+        <v>7.8283560000000003</v>
       </c>
       <c r="F23" s="4">
-        <v>425445.32916666998</v>
+        <v>6853570.2791393604</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>83</v>
+        <v>63</v>
       </c>
       <c r="H23" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I23" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J23" s="5">
-        <v>99.646450000000002</v>
+        <v>7.8283555600000003</v>
       </c>
       <c r="K23" s="5">
         <v>1</v>
       </c>
       <c r="L23" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M23" s="4">
-        <v>425445.32916600001</v>
+        <v>497570.27913899999</v>
       </c>
       <c r="N23" s="4">
-        <v>425445.32916666998</v>
+        <v>497570.27913936001</v>
       </c>
       <c r="O23" s="3" t="s">
-        <v>91</v>
+        <v>34</v>
       </c>
       <c r="P23" s="3" t="s">
-        <v>92</v>
+        <v>34</v>
       </c>
       <c r="Q23" s="3" t="s">
-        <v>86</v>
+        <v>64</v>
       </c>
       <c r="R23" s="3" t="s">
-        <v>89</v>
+        <v>34</v>
       </c>
       <c r="S23" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T23" s="4">
         <v>0.01</v>
       </c>
       <c r="U23" s="2">
-        <v>46813</v>
-[...2 lines deleted...]
-        <v>5.5</v>
+        <v>47837</v>
       </c>
       <c r="W23" s="3" t="s">
-        <v>93</v>
+        <v>34</v>
       </c>
       <c r="X23" s="4">
-        <v>1947.91666667</v>
+        <v>35311.111111110004</v>
       </c>
       <c r="Y23" s="4">
-        <v>1947.9166660000001</v>
+        <v>35311.111111999999</v>
       </c>
       <c r="Z23" s="6">
-        <v>2.7959999999999999E-3</v>
+        <v>5.5163999999999998E-2</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
-        <v>94</v>
+        <v>78</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>95</v>
+        <v>79</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>82</v>
+        <v>44</v>
       </c>
       <c r="D24" s="4">
-        <v>475000</v>
+        <v>-12500000</v>
       </c>
       <c r="E24" s="5">
-        <v>92.837440000000001</v>
+        <v>0.44744600000000001</v>
       </c>
       <c r="F24" s="4">
-        <v>449519.92333333002</v>
+        <v>-12555930.7106036</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="H24" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J24" s="5">
-        <v>92.837440000000001</v>
+        <v>0.44744568000000001</v>
       </c>
       <c r="K24" s="5">
         <v>1</v>
       </c>
       <c r="L24" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M24" s="4">
-        <v>449519.92333299998</v>
+        <v>-55930.710603</v>
       </c>
       <c r="N24" s="4">
-        <v>449519.92333333002</v>
+        <v>-55930.71060364</v>
       </c>
       <c r="O24" s="3" t="s">
-        <v>96</v>
+        <v>34</v>
       </c>
       <c r="P24" s="3" t="s">
-        <v>97</v>
+        <v>81</v>
       </c>
       <c r="Q24" s="3" t="s">
-        <v>86</v>
+        <v>64</v>
       </c>
       <c r="R24" s="3" t="s">
-        <v>94</v>
+        <v>34</v>
       </c>
       <c r="S24" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T24" s="4">
         <v>0.01</v>
       </c>
       <c r="U24" s="2">
-        <v>47588</v>
-[...2 lines deleted...]
-        <v>3.9</v>
+        <v>45980</v>
       </c>
       <c r="W24" s="3" t="s">
-        <v>98</v>
+        <v>34</v>
       </c>
       <c r="X24" s="4">
-        <v>8542.0833333299997</v>
+        <v>0</v>
       </c>
       <c r="Y24" s="4">
-        <v>8542.0833330000005</v>
+        <v>0</v>
       </c>
       <c r="Z24" s="6">
-        <v>2.954E-3</v>
+        <v>-0.101062</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
-        <v>99</v>
+        <v>82</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>100</v>
+        <v>83</v>
       </c>
       <c r="C25" s="3" t="s">
-        <v>82</v>
+        <v>44</v>
       </c>
       <c r="D25" s="4">
-        <v>400000</v>
+        <v>-12500000</v>
       </c>
       <c r="E25" s="5">
-        <v>105.8537</v>
+        <v>0.56433599999999995</v>
       </c>
       <c r="F25" s="4">
-        <v>433573.13333332998</v>
+        <v>-12570542.006516799</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="H25" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I25" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J25" s="5">
-        <v>105.8537</v>
+        <v>0.56433604999999998</v>
       </c>
       <c r="K25" s="5">
         <v>1</v>
       </c>
       <c r="L25" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M25" s="4">
-        <v>433573.13333300001</v>
+        <v>-70542.006515999994</v>
       </c>
       <c r="N25" s="4">
-        <v>433573.13333332998</v>
+        <v>-70542.006516859998</v>
       </c>
       <c r="O25" s="3" t="s">
-        <v>101</v>
+        <v>34</v>
       </c>
       <c r="P25" s="3" t="s">
-        <v>102</v>
+        <v>81</v>
       </c>
       <c r="Q25" s="3" t="s">
-        <v>103</v>
+        <v>64</v>
       </c>
       <c r="R25" s="3" t="s">
-        <v>99</v>
+        <v>34</v>
       </c>
       <c r="S25" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T25" s="4">
         <v>0.01</v>
       </c>
       <c r="U25" s="2">
-        <v>47284</v>
-[...2 lines deleted...]
-        <v>8.625</v>
+        <v>46008</v>
       </c>
       <c r="W25" s="3" t="s">
-        <v>104</v>
+        <v>34</v>
       </c>
       <c r="X25" s="4">
-        <v>10158.33333333</v>
+        <v>0</v>
       </c>
       <c r="Y25" s="4">
-        <v>10158.333333</v>
+        <v>0</v>
       </c>
       <c r="Z25" s="6">
-        <v>2.849E-3</v>
+        <v>-0.10117900000000001</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
-        <v>105</v>
+        <v>84</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>106</v>
+        <v>85</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D26" s="4">
-        <v>400000</v>
+        <v>385000</v>
       </c>
       <c r="E26" s="5">
-        <v>103.92270000000001</v>
+        <v>102.35809999999999</v>
       </c>
       <c r="F26" s="4">
-        <v>417940.8</v>
+        <v>395276.46277778002</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H26" s="3" t="s">
-        <v>107</v>
+        <v>31</v>
       </c>
       <c r="I26" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J26" s="5">
-        <v>103.92270000000001</v>
+        <v>102.35809999999999</v>
       </c>
       <c r="K26" s="5">
         <v>1</v>
       </c>
       <c r="L26" s="3" t="s">
-        <v>108</v>
+        <v>33</v>
       </c>
       <c r="M26" s="4">
-        <v>417940.8</v>
+        <v>395276.46277699998</v>
       </c>
       <c r="N26" s="4">
-        <v>417940.8</v>
+        <v>395276.46277778002</v>
       </c>
       <c r="O26" s="3" t="s">
-        <v>109</v>
+        <v>88</v>
       </c>
       <c r="P26" s="3" t="s">
-        <v>110</v>
+        <v>89</v>
       </c>
       <c r="Q26" s="3" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="R26" s="3" t="s">
-        <v>105</v>
+        <v>84</v>
       </c>
       <c r="S26" s="3" t="s">
-        <v>65</v>
+        <v>91</v>
       </c>
       <c r="T26" s="4">
         <v>0.01</v>
       </c>
       <c r="U26" s="2">
-        <v>47895</v>
+        <v>46858</v>
       </c>
       <c r="V26" s="4">
-        <v>6.75</v>
+        <v>7</v>
       </c>
       <c r="W26" s="3" t="s">
-        <v>111</v>
+        <v>92</v>
       </c>
       <c r="X26" s="4">
-        <v>2250</v>
+        <v>1197.77777778</v>
       </c>
       <c r="Y26" s="4">
-        <v>2250</v>
+        <v>1197.777777</v>
       </c>
       <c r="Z26" s="6">
-        <v>2.7460000000000002E-3</v>
+        <v>3.1809999999999998E-3</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
-        <v>112</v>
+        <v>93</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>113</v>
+        <v>94</v>
       </c>
       <c r="C27" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D27" s="4">
-        <v>450000</v>
+        <v>395000</v>
       </c>
       <c r="E27" s="5">
-        <v>97.823530000000005</v>
+        <v>100.08450000000001</v>
       </c>
       <c r="F27" s="4">
-        <v>440262.13500000001</v>
+        <v>398954.60833333002</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H27" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I27" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J27" s="5">
-        <v>97.823530000000005</v>
+        <v>100.08450000000001</v>
       </c>
       <c r="K27" s="5">
         <v>1</v>
       </c>
       <c r="L27" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M27" s="4">
-        <v>440262.13500000001</v>
+        <v>398954.60833299998</v>
       </c>
       <c r="N27" s="4">
-        <v>440262.13500000001</v>
+        <v>398954.60833333002</v>
       </c>
       <c r="O27" s="3" t="s">
-        <v>114</v>
+        <v>95</v>
       </c>
       <c r="P27" s="3" t="s">
-        <v>115</v>
+        <v>96</v>
       </c>
       <c r="Q27" s="3" t="s">
-        <v>116</v>
+        <v>90</v>
       </c>
       <c r="R27" s="3" t="s">
-        <v>112</v>
+        <v>93</v>
       </c>
       <c r="S27" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T27" s="4">
         <v>0.01</v>
       </c>
       <c r="U27" s="2">
-        <v>47026</v>
+        <v>46813</v>
       </c>
       <c r="V27" s="4">
-        <v>4.5</v>
+        <v>5.5</v>
       </c>
       <c r="W27" s="3" t="s">
-        <v>117</v>
+        <v>97</v>
       </c>
       <c r="X27" s="4">
-        <v>56.25</v>
+        <v>3620.8333333300002</v>
       </c>
       <c r="Y27" s="4">
-        <v>56.25</v>
+        <v>3620.833333</v>
       </c>
       <c r="Z27" s="6">
-        <v>2.8930000000000002E-3</v>
+        <v>3.2109999999999999E-3</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
-        <v>118</v>
+        <v>98</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>119</v>
+        <v>99</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D28" s="4">
-        <v>300000</v>
+        <v>425000</v>
       </c>
       <c r="E28" s="5">
-        <v>102.9932</v>
+        <v>91.692430000000002</v>
       </c>
       <c r="F28" s="4">
-        <v>312292.09999999998</v>
+        <v>390429.49416667002</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H28" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J28" s="5">
-        <v>102.9932</v>
+        <v>91.692430000000002</v>
       </c>
       <c r="K28" s="5">
         <v>1</v>
       </c>
       <c r="L28" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M28" s="4">
-        <v>312292.09999999998</v>
+        <v>390429.49416599999</v>
       </c>
       <c r="N28" s="4">
-        <v>312292.09999999998</v>
+        <v>390429.49416667002</v>
       </c>
       <c r="O28" s="3" t="s">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="P28" s="3" t="s">
-        <v>121</v>
+        <v>101</v>
       </c>
       <c r="Q28" s="3" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="R28" s="3" t="s">
-        <v>118</v>
+        <v>98</v>
       </c>
       <c r="S28" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T28" s="4">
         <v>0.01</v>
       </c>
       <c r="U28" s="2">
-        <v>48245</v>
+        <v>47588</v>
       </c>
       <c r="V28" s="4">
-        <v>6.625</v>
+        <v>3.9</v>
       </c>
       <c r="W28" s="3" t="s">
-        <v>122</v>
+        <v>102</v>
       </c>
       <c r="X28" s="4">
-        <v>3312.5</v>
+        <v>736.66666667000004</v>
       </c>
       <c r="Y28" s="4">
-        <v>3312.5</v>
+        <v>736.66666599999996</v>
       </c>
       <c r="Z28" s="6">
-        <v>2.052E-3</v>
+        <v>3.1419999999999998E-3</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
-        <v>123</v>
+        <v>103</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>124</v>
+        <v>104</v>
       </c>
       <c r="C29" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D29" s="4">
-        <v>425000</v>
+        <v>360000</v>
       </c>
       <c r="E29" s="5">
-        <v>105.143928</v>
+        <v>105.82989999999999</v>
       </c>
       <c r="F29" s="4">
-        <v>454485.13150000002</v>
+        <v>392717.64</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H29" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I29" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J29" s="5">
-        <v>105.143928</v>
+        <v>105.82989999999999</v>
       </c>
       <c r="K29" s="5">
         <v>1</v>
       </c>
       <c r="L29" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M29" s="4">
-        <v>454485.13150000002</v>
+        <v>392717.64</v>
       </c>
       <c r="N29" s="4">
-        <v>454485.13150000002</v>
+        <v>392717.64</v>
       </c>
       <c r="O29" s="3" t="s">
-        <v>125</v>
+        <v>105</v>
       </c>
       <c r="P29" s="3" t="s">
-        <v>126</v>
+        <v>106</v>
       </c>
       <c r="Q29" s="3" t="s">
-        <v>64</v>
+        <v>107</v>
       </c>
       <c r="R29" s="3" t="s">
-        <v>123</v>
+        <v>103</v>
       </c>
       <c r="S29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T29" s="4">
         <v>0.01</v>
       </c>
       <c r="U29" s="2">
-        <v>47679</v>
+        <v>47284</v>
       </c>
       <c r="V29" s="4">
-        <v>7.875</v>
+        <v>8.625</v>
       </c>
       <c r="W29" s="3" t="s">
-        <v>127</v>
+        <v>108</v>
       </c>
       <c r="X29" s="4">
-        <v>7623.4375</v>
+        <v>11730</v>
       </c>
       <c r="Y29" s="4">
-        <v>7623.4375</v>
+        <v>11730</v>
       </c>
       <c r="Z29" s="6">
-        <v>2.9859999999999999E-3</v>
+        <v>3.16E-3</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
-        <v>128</v>
+        <v>109</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>129</v>
+        <v>110</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D30" s="4">
-        <v>425000</v>
+        <v>370000</v>
       </c>
       <c r="E30" s="5">
-        <v>102.702747</v>
+        <v>104.09520000000001</v>
       </c>
       <c r="F30" s="4">
-        <v>437643.61919444002</v>
+        <v>389314.74</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H30" s="3" t="s">
-        <v>31</v>
+        <v>111</v>
       </c>
       <c r="I30" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J30" s="5">
-        <v>102.702747</v>
+        <v>104.09520000000001</v>
       </c>
       <c r="K30" s="5">
         <v>1</v>
       </c>
       <c r="L30" s="3" t="s">
-        <v>33</v>
+        <v>112</v>
       </c>
       <c r="M30" s="4">
-        <v>437643.61919400003</v>
+        <v>389314.74</v>
       </c>
       <c r="N30" s="4">
-        <v>437643.61919444002</v>
+        <v>389314.74</v>
       </c>
       <c r="O30" s="3" t="s">
-        <v>130</v>
+        <v>113</v>
       </c>
       <c r="P30" s="3" t="s">
-        <v>131</v>
+        <v>114</v>
       </c>
       <c r="Q30" s="3" t="s">
-        <v>132</v>
+        <v>90</v>
       </c>
       <c r="R30" s="3" t="s">
-        <v>128</v>
+        <v>109</v>
       </c>
       <c r="S30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T30" s="4">
         <v>0.01</v>
       </c>
       <c r="U30" s="2">
-        <v>47557</v>
+        <v>47895</v>
       </c>
       <c r="V30" s="4">
-        <v>6.125</v>
+        <v>6.75</v>
       </c>
       <c r="W30" s="3" t="s">
-        <v>133</v>
+        <v>115</v>
       </c>
       <c r="X30" s="4">
-        <v>1156.9444444400001</v>
+        <v>4162.5</v>
       </c>
       <c r="Y30" s="4">
-        <v>1156.944444</v>
+        <v>4162.5</v>
       </c>
       <c r="Z30" s="6">
-        <v>2.8760000000000001E-3</v>
+        <v>3.1329999999999999E-3</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
-        <v>134</v>
+        <v>116</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>135</v>
+        <v>117</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D31" s="4">
-        <v>350000</v>
+        <v>300000</v>
       </c>
       <c r="E31" s="5">
-        <v>97.611850000000004</v>
+        <v>98.073823000000004</v>
       </c>
       <c r="F31" s="4">
-        <v>345290.95416666998</v>
+        <v>295383.96899999998</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H31" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I31" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J31" s="5">
-        <v>97.611850000000004</v>
+        <v>98.073823000000004</v>
       </c>
       <c r="K31" s="5">
         <v>1</v>
       </c>
       <c r="L31" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M31" s="4">
-        <v>345290.95416600001</v>
+        <v>295383.96899999998</v>
       </c>
       <c r="N31" s="4">
-        <v>345290.95416666998</v>
+        <v>295383.96899999998</v>
       </c>
       <c r="O31" s="3" t="s">
-        <v>136</v>
+        <v>118</v>
       </c>
       <c r="P31" s="3" t="s">
-        <v>137</v>
+        <v>119</v>
       </c>
       <c r="Q31" s="3" t="s">
-        <v>132</v>
+        <v>120</v>
       </c>
       <c r="R31" s="3" t="s">
-        <v>134</v>
+        <v>116</v>
       </c>
       <c r="S31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T31" s="4">
         <v>0.01</v>
       </c>
       <c r="U31" s="2">
-        <v>46934</v>
+        <v>47026</v>
       </c>
       <c r="V31" s="4">
-        <v>4.125</v>
+        <v>4.5</v>
       </c>
       <c r="W31" s="3" t="s">
-        <v>138</v>
+        <v>121</v>
       </c>
       <c r="X31" s="4">
-        <v>3649.4791666699998</v>
+        <v>1162.5</v>
       </c>
       <c r="Y31" s="4">
-        <v>3649.4791660000001</v>
+        <v>1162.5</v>
       </c>
       <c r="Z31" s="6">
-        <v>2.2690000000000002E-3</v>
+        <v>2.3770000000000002E-3</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
-        <v>139</v>
+        <v>122</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>140</v>
+        <v>123</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D32" s="4">
-        <v>475000</v>
+        <v>365000</v>
       </c>
       <c r="E32" s="5">
-        <v>90.844241999999994</v>
+        <v>101.75699</v>
       </c>
       <c r="F32" s="4">
-        <v>433255.11477778002</v>
+        <v>380355.5135</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H32" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I32" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J32" s="5">
-        <v>90.844241999999994</v>
+        <v>101.75699</v>
       </c>
       <c r="K32" s="5">
         <v>1</v>
       </c>
       <c r="L32" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M32" s="4">
-        <v>433255.11477699998</v>
+        <v>380355.5135</v>
       </c>
       <c r="N32" s="4">
-        <v>433255.11477778002</v>
+        <v>380355.5135</v>
       </c>
       <c r="O32" s="3" t="s">
-        <v>141</v>
+        <v>124</v>
       </c>
       <c r="P32" s="3" t="s">
-        <v>142</v>
+        <v>125</v>
       </c>
       <c r="Q32" s="3" t="s">
-        <v>143</v>
+        <v>64</v>
       </c>
       <c r="R32" s="3" t="s">
-        <v>139</v>
+        <v>122</v>
       </c>
       <c r="S32" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T32" s="4">
         <v>0.01</v>
       </c>
       <c r="U32" s="2">
-        <v>47710</v>
+        <v>47679</v>
       </c>
       <c r="V32" s="4">
-        <v>2.875</v>
+        <v>7.875</v>
       </c>
       <c r="W32" s="3" t="s">
-        <v>144</v>
+        <v>126</v>
       </c>
       <c r="X32" s="4">
-        <v>1744.96527778</v>
+        <v>8942.5</v>
       </c>
       <c r="Y32" s="4">
-        <v>1744.965277</v>
+        <v>8942.5</v>
       </c>
       <c r="Z32" s="6">
-        <v>2.8470000000000001E-3</v>
+        <v>3.0609999999999999E-3</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
-        <v>145</v>
+        <v>127</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>146</v>
+        <v>128</v>
       </c>
       <c r="C33" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D33" s="4">
-        <v>250000</v>
+        <v>385000</v>
       </c>
       <c r="E33" s="5">
-        <v>101.3034</v>
+        <v>102.703802</v>
       </c>
       <c r="F33" s="4">
-        <v>259886.97222222001</v>
+        <v>398422.79742222</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H33" s="3" t="s">
-        <v>147</v>
+        <v>31</v>
       </c>
       <c r="I33" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J33" s="5">
-        <v>101.3034</v>
+        <v>102.703802</v>
       </c>
       <c r="K33" s="5">
         <v>1</v>
       </c>
       <c r="L33" s="3" t="s">
-        <v>148</v>
+        <v>33</v>
       </c>
       <c r="M33" s="4">
-        <v>259886.97222200001</v>
+        <v>398422.79742199997</v>
       </c>
       <c r="N33" s="4">
-        <v>259886.97222222001</v>
+        <v>398422.79742222</v>
       </c>
       <c r="O33" s="3" t="s">
-        <v>149</v>
+        <v>129</v>
       </c>
       <c r="P33" s="3" t="s">
-        <v>150</v>
+        <v>130</v>
       </c>
       <c r="Q33" s="3" t="s">
-        <v>86</v>
+        <v>131</v>
       </c>
       <c r="R33" s="3" t="s">
-        <v>145</v>
+        <v>127</v>
       </c>
       <c r="S33" s="3" t="s">
-        <v>87</v>
+        <v>65</v>
       </c>
       <c r="T33" s="4">
         <v>0.01</v>
       </c>
       <c r="U33" s="2">
-        <v>47406</v>
+        <v>47557</v>
       </c>
       <c r="V33" s="4">
-        <v>5.75</v>
+        <v>6.125</v>
       </c>
       <c r="W33" s="3" t="s">
-        <v>151</v>
+        <v>132</v>
       </c>
       <c r="X33" s="4">
-        <v>6628.4722222199998</v>
+        <v>3013.1597222199998</v>
       </c>
       <c r="Y33" s="4">
-        <v>6628.4722220000003</v>
+        <v>3013.1597219999999</v>
       </c>
       <c r="Z33" s="6">
-        <v>1.707E-3</v>
+        <v>3.2060000000000001E-3</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
-        <v>152</v>
+        <v>133</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>153</v>
+        <v>134</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D34" s="4">
-        <v>450000</v>
+        <v>350000</v>
       </c>
       <c r="E34" s="5">
-        <v>96.40061</v>
+        <v>97.68477</v>
       </c>
       <c r="F34" s="4">
-        <v>434752.745</v>
+        <v>346749.29916667001</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H34" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I34" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J34" s="5">
-        <v>96.40061</v>
+        <v>97.68477</v>
       </c>
       <c r="K34" s="5">
         <v>1</v>
       </c>
       <c r="L34" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M34" s="4">
-        <v>434752.745</v>
+        <v>346749.29916599998</v>
       </c>
       <c r="N34" s="4">
-        <v>434752.745</v>
+        <v>346749.29916667001</v>
       </c>
       <c r="O34" s="3" t="s">
-        <v>154</v>
+        <v>135</v>
       </c>
       <c r="P34" s="3" t="s">
-        <v>155</v>
+        <v>136</v>
       </c>
       <c r="Q34" s="3" t="s">
-        <v>86</v>
+        <v>131</v>
       </c>
       <c r="R34" s="3" t="s">
-        <v>152</v>
+        <v>133</v>
       </c>
       <c r="S34" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T34" s="4">
         <v>0.01</v>
       </c>
       <c r="U34" s="2">
-        <v>48014</v>
+        <v>46934</v>
       </c>
       <c r="V34" s="4">
-        <v>4.75</v>
+        <v>4.125</v>
       </c>
       <c r="W34" s="3" t="s">
-        <v>156</v>
+        <v>137</v>
       </c>
       <c r="X34" s="4">
-        <v>950</v>
+        <v>4852.6041666700003</v>
       </c>
       <c r="Y34" s="4">
-        <v>950</v>
+        <v>4852.6041660000001</v>
       </c>
       <c r="Z34" s="6">
-        <v>2.8570000000000002E-3</v>
+        <v>2.7899999999999999E-3</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
-        <v>157</v>
+        <v>138</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>158</v>
+        <v>139</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D35" s="4">
-        <v>410000</v>
+        <v>385000</v>
       </c>
       <c r="E35" s="5">
-        <v>108.535967</v>
+        <v>102.514522</v>
       </c>
       <c r="F35" s="4">
-        <v>462079.37442221999</v>
+        <v>394771.81247777998</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H35" s="3" t="s">
-        <v>31</v>
+        <v>140</v>
       </c>
       <c r="I35" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J35" s="5">
-        <v>108.535967</v>
+        <v>102.514522</v>
       </c>
       <c r="K35" s="5">
         <v>1</v>
       </c>
       <c r="L35" s="3" t="s">
-        <v>33</v>
+        <v>141</v>
       </c>
       <c r="M35" s="4">
-        <v>462079.37442200002</v>
+        <v>394771.812477</v>
       </c>
       <c r="N35" s="4">
-        <v>462079.37442221999</v>
+        <v>394771.81247777998</v>
       </c>
       <c r="O35" s="3" t="s">
-        <v>159</v>
+        <v>142</v>
       </c>
       <c r="P35" s="3" t="s">
-        <v>160</v>
+        <v>143</v>
       </c>
       <c r="Q35" s="3" t="s">
-        <v>116</v>
+        <v>107</v>
       </c>
       <c r="R35" s="3" t="s">
-        <v>157</v>
+        <v>138</v>
       </c>
       <c r="S35" s="3" t="s">
-        <v>65</v>
+        <v>91</v>
       </c>
       <c r="T35" s="4">
         <v>0.01</v>
       </c>
       <c r="U35" s="2">
-        <v>47220</v>
+        <v>47603</v>
       </c>
       <c r="V35" s="4">
-        <v>8.875</v>
+        <v>8.5</v>
       </c>
       <c r="W35" s="3" t="s">
-        <v>161</v>
+        <v>144</v>
       </c>
       <c r="X35" s="4">
-        <v>17081.90972222</v>
+        <v>90.902777779999994</v>
       </c>
       <c r="Y35" s="4">
-        <v>17081.909722</v>
+        <v>90.902777</v>
       </c>
       <c r="Z35" s="6">
-        <v>3.0360000000000001E-3</v>
+        <v>3.1770000000000001E-3</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
-        <v>162</v>
+        <v>145</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>163</v>
+        <v>146</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D36" s="4">
-        <v>350000</v>
+        <v>250000</v>
       </c>
       <c r="E36" s="5">
-        <v>100.041</v>
+        <v>101.3168</v>
       </c>
       <c r="F36" s="4">
-        <v>354576.83333333</v>
+        <v>253930.88888889001</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H36" s="3" t="s">
-        <v>31</v>
+        <v>147</v>
       </c>
       <c r="I36" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J36" s="5">
-        <v>100.041</v>
+        <v>101.3168</v>
       </c>
       <c r="K36" s="5">
         <v>1</v>
       </c>
       <c r="L36" s="3" t="s">
-        <v>33</v>
+        <v>148</v>
       </c>
       <c r="M36" s="4">
-        <v>354576.83333300002</v>
+        <v>253930.88888799999</v>
       </c>
       <c r="N36" s="4">
-        <v>354576.83333333</v>
+        <v>253930.88888889001</v>
       </c>
       <c r="O36" s="3" t="s">
-        <v>164</v>
+        <v>149</v>
       </c>
       <c r="P36" s="3" t="s">
-        <v>165</v>
+        <v>150</v>
       </c>
       <c r="Q36" s="3" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="R36" s="3" t="s">
-        <v>162</v>
+        <v>145</v>
       </c>
       <c r="S36" s="3" t="s">
-        <v>65</v>
+        <v>91</v>
       </c>
       <c r="T36" s="4">
         <v>0.01</v>
       </c>
       <c r="U36" s="2">
-        <v>47133</v>
+        <v>47406</v>
       </c>
       <c r="V36" s="4">
-        <v>6</v>
+        <v>5.75</v>
       </c>
       <c r="W36" s="3" t="s">
-        <v>166</v>
+        <v>151</v>
       </c>
       <c r="X36" s="4">
-        <v>4433.3333333299997</v>
+        <v>638.88888888999998</v>
       </c>
       <c r="Y36" s="4">
-        <v>4433.3333329999996</v>
+        <v>638.88888799999995</v>
       </c>
       <c r="Z36" s="6">
-        <v>2.33E-3</v>
+        <v>2.0430000000000001E-3</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
-        <v>167</v>
+        <v>152</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>168</v>
+        <v>153</v>
       </c>
       <c r="C37" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D37" s="4">
-        <v>425000</v>
+        <v>410000</v>
       </c>
       <c r="E37" s="5">
-        <v>104.28449999999999</v>
+        <v>96.289000000000001</v>
       </c>
       <c r="F37" s="4">
-        <v>453533.08333333</v>
+        <v>397273.37222222</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H37" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I37" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J37" s="5">
-        <v>104.28449999999999</v>
+        <v>96.289000000000001</v>
       </c>
       <c r="K37" s="5">
         <v>1</v>
       </c>
       <c r="L37" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M37" s="4">
-        <v>453533.08333300002</v>
+        <v>397273.37222199998</v>
       </c>
       <c r="N37" s="4">
-        <v>453533.08333333</v>
+        <v>397273.37222222</v>
       </c>
       <c r="O37" s="3" t="s">
-        <v>169</v>
+        <v>154</v>
       </c>
       <c r="P37" s="3" t="s">
-        <v>170</v>
+        <v>155</v>
       </c>
       <c r="Q37" s="3" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="R37" s="3" t="s">
-        <v>167</v>
+        <v>152</v>
       </c>
       <c r="S37" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T37" s="4">
         <v>0.01</v>
       </c>
       <c r="U37" s="2">
-        <v>47284</v>
+        <v>48014</v>
       </c>
       <c r="V37" s="4">
-        <v>8.25</v>
+        <v>4.75</v>
       </c>
       <c r="W37" s="3" t="s">
-        <v>171</v>
+        <v>156</v>
       </c>
       <c r="X37" s="4">
-        <v>10323.95833333</v>
+        <v>2488.4722222199998</v>
       </c>
       <c r="Y37" s="4">
-        <v>10323.958333</v>
+        <v>2488.4722219999999</v>
       </c>
       <c r="Z37" s="6">
-        <v>2.98E-3</v>
+        <v>3.1970000000000002E-3</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
-        <v>172</v>
+        <v>157</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>173</v>
+        <v>158</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D38" s="4">
-        <v>450000</v>
+        <v>360000</v>
       </c>
       <c r="E38" s="5">
-        <v>101.76779999999999</v>
+        <v>108.630432</v>
       </c>
       <c r="F38" s="4">
-        <v>463345.72499999998</v>
+        <v>392755.8052</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H38" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I38" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J38" s="5">
-        <v>101.76779999999999</v>
+        <v>108.630432</v>
       </c>
       <c r="K38" s="5">
         <v>1</v>
       </c>
       <c r="L38" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M38" s="4">
-        <v>463345.72499999998</v>
+        <v>392755.8052</v>
       </c>
       <c r="N38" s="4">
-        <v>463345.72499999998</v>
+        <v>392755.8052</v>
       </c>
       <c r="O38" s="3" t="s">
-        <v>174</v>
+        <v>159</v>
       </c>
       <c r="P38" s="3" t="s">
-        <v>175</v>
+        <v>160</v>
       </c>
       <c r="Q38" s="3" t="s">
-        <v>86</v>
+        <v>120</v>
       </c>
       <c r="R38" s="3" t="s">
-        <v>172</v>
+        <v>157</v>
       </c>
       <c r="S38" s="3" t="s">
-        <v>87</v>
+        <v>65</v>
       </c>
       <c r="T38" s="4">
         <v>0.01</v>
       </c>
       <c r="U38" s="2">
-        <v>48427</v>
+        <v>47220</v>
       </c>
       <c r="V38" s="4">
-        <v>5.75</v>
+        <v>8.875</v>
       </c>
       <c r="W38" s="3" t="s">
-        <v>176</v>
+        <v>161</v>
       </c>
       <c r="X38" s="4">
-        <v>5390.625</v>
+        <v>1686.25</v>
       </c>
       <c r="Y38" s="4">
-        <v>5390.625</v>
+        <v>1686.25</v>
       </c>
       <c r="Z38" s="6">
-        <v>3.045E-3</v>
+        <v>3.1610000000000002E-3</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
-        <v>177</v>
+        <v>162</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>178</v>
+        <v>163</v>
       </c>
       <c r="C39" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D39" s="4">
-        <v>425000</v>
+        <v>390000</v>
       </c>
       <c r="E39" s="5">
-        <v>104.55329999999999</v>
+        <v>100.40179999999999</v>
       </c>
       <c r="F39" s="4">
-        <v>452625.74375000002</v>
+        <v>398457.02</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H39" s="3" t="s">
-        <v>179</v>
+        <v>31</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J39" s="5">
-        <v>104.55329999999999</v>
+        <v>100.40179999999999</v>
       </c>
       <c r="K39" s="5">
         <v>1</v>
       </c>
       <c r="L39" s="3" t="s">
-        <v>180</v>
+        <v>33</v>
       </c>
       <c r="M39" s="4">
-        <v>452625.74375000002</v>
+        <v>398457.02</v>
       </c>
       <c r="N39" s="4">
-        <v>452625.74375000002</v>
+        <v>398457.02</v>
       </c>
       <c r="O39" s="3" t="s">
-        <v>181</v>
+        <v>164</v>
       </c>
       <c r="P39" s="3" t="s">
-        <v>182</v>
+        <v>165</v>
       </c>
       <c r="Q39" s="3" t="s">
-        <v>143</v>
+        <v>107</v>
       </c>
       <c r="R39" s="3" t="s">
-        <v>177</v>
+        <v>162</v>
       </c>
       <c r="S39" s="3" t="s">
-        <v>87</v>
+        <v>65</v>
       </c>
       <c r="T39" s="4">
         <v>0.01</v>
       </c>
       <c r="U39" s="2">
-        <v>48410</v>
+        <v>47133</v>
       </c>
       <c r="V39" s="4">
-        <v>7.875</v>
+        <v>6</v>
       </c>
       <c r="W39" s="3" t="s">
-        <v>183</v>
+        <v>166</v>
       </c>
       <c r="X39" s="4">
-        <v>8274.21875</v>
+        <v>6890</v>
       </c>
       <c r="Y39" s="4">
-        <v>8274.21875</v>
+        <v>6890</v>
       </c>
       <c r="Z39" s="6">
-        <v>2.9740000000000001E-3</v>
+        <v>3.2070000000000002E-3</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
-        <v>184</v>
+        <v>167</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>185</v>
+        <v>168</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D40" s="4">
-        <v>450000</v>
+        <v>175000</v>
       </c>
       <c r="E40" s="5">
-        <v>94.699978000000002</v>
+        <v>104.026196</v>
       </c>
       <c r="F40" s="4">
-        <v>426899.90100000001</v>
+        <v>187500.00966667</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H40" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I40" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J40" s="5">
-        <v>94.699978000000002</v>
+        <v>104.026196</v>
       </c>
       <c r="K40" s="5">
         <v>1</v>
       </c>
       <c r="L40" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M40" s="4">
-        <v>426899.90100000001</v>
+        <v>187500.009666</v>
       </c>
       <c r="N40" s="4">
-        <v>426899.90100000001</v>
+        <v>187500.00966667</v>
       </c>
       <c r="O40" s="3" t="s">
-        <v>186</v>
+        <v>169</v>
       </c>
       <c r="P40" s="3" t="s">
-        <v>187</v>
+        <v>170</v>
       </c>
       <c r="Q40" s="3" t="s">
-        <v>188</v>
+        <v>107</v>
       </c>
       <c r="R40" s="3" t="s">
-        <v>184</v>
+        <v>167</v>
       </c>
       <c r="S40" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T40" s="4">
         <v>0.01</v>
       </c>
       <c r="U40" s="2">
-        <v>47192</v>
+        <v>47284</v>
       </c>
       <c r="V40" s="4">
-        <v>3.75</v>
+        <v>8.25</v>
       </c>
       <c r="W40" s="3" t="s">
-        <v>189</v>
+        <v>171</v>
       </c>
       <c r="X40" s="4">
-        <v>750</v>
+        <v>5454.1666666700003</v>
       </c>
       <c r="Y40" s="4">
-        <v>750</v>
+        <v>5454.1666660000001</v>
       </c>
       <c r="Z40" s="6">
-        <v>2.8050000000000002E-3</v>
+        <v>1.5089999999999999E-3</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
-        <v>190</v>
+        <v>172</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>191</v>
+        <v>173</v>
       </c>
       <c r="C41" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D41" s="4">
-        <v>315000</v>
+        <v>380000</v>
       </c>
       <c r="E41" s="5">
-        <v>103.04050100000001</v>
+        <v>102.728269</v>
       </c>
       <c r="F41" s="4">
-        <v>326112.10940000002</v>
+        <v>396740.33886666998</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H41" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I41" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J41" s="5">
-        <v>103.04050100000001</v>
+        <v>102.728269</v>
       </c>
       <c r="K41" s="5">
         <v>1</v>
       </c>
       <c r="L41" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M41" s="4">
-        <v>326112.10940000002</v>
+        <v>396740.33886600001</v>
       </c>
       <c r="N41" s="4">
-        <v>326112.10940000002</v>
+        <v>396740.33886666998</v>
       </c>
       <c r="O41" s="3" t="s">
-        <v>192</v>
+        <v>174</v>
       </c>
       <c r="P41" s="3" t="s">
-        <v>193</v>
+        <v>175</v>
       </c>
       <c r="Q41" s="3" t="s">
-        <v>143</v>
+        <v>90</v>
       </c>
       <c r="R41" s="3" t="s">
-        <v>190</v>
+        <v>172</v>
       </c>
       <c r="S41" s="3" t="s">
-        <v>65</v>
+        <v>91</v>
       </c>
       <c r="T41" s="4">
         <v>0.01</v>
       </c>
       <c r="U41" s="2">
-        <v>48959</v>
+        <v>48427</v>
       </c>
       <c r="V41" s="4">
-        <v>7.625</v>
+        <v>5.75</v>
       </c>
       <c r="W41" s="3" t="s">
-        <v>194</v>
+        <v>176</v>
       </c>
       <c r="X41" s="4">
-        <v>1534.53125</v>
+        <v>6372.9166666700003</v>
       </c>
       <c r="Y41" s="4">
-        <v>1534.53125</v>
+        <v>6372.9166660000001</v>
       </c>
       <c r="Z41" s="6">
-        <v>2.1429999999999999E-3</v>
+        <v>3.1930000000000001E-3</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
-        <v>195</v>
+        <v>177</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>196</v>
+        <v>178</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D42" s="4">
-        <v>475000</v>
+        <v>365000</v>
       </c>
       <c r="E42" s="5">
-        <v>89.237480000000005</v>
+        <v>104.8425</v>
       </c>
       <c r="F42" s="4">
-        <v>423878.03</v>
+        <v>392176.53125</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H42" s="3" t="s">
-        <v>31</v>
+        <v>140</v>
       </c>
       <c r="I42" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J42" s="5">
-        <v>89.237480000000005</v>
+        <v>104.8425</v>
       </c>
       <c r="K42" s="5">
         <v>1</v>
       </c>
       <c r="L42" s="3" t="s">
-        <v>33</v>
+        <v>141</v>
       </c>
       <c r="M42" s="4">
-        <v>423878.03</v>
+        <v>392176.53125</v>
       </c>
       <c r="N42" s="4">
-        <v>423878.03</v>
+        <v>392176.53125</v>
       </c>
       <c r="O42" s="3" t="s">
-        <v>197</v>
+        <v>179</v>
       </c>
       <c r="P42" s="3" t="s">
-        <v>198</v>
+        <v>180</v>
       </c>
       <c r="Q42" s="3" t="s">
-        <v>64</v>
+        <v>181</v>
       </c>
       <c r="R42" s="3" t="s">
-        <v>195</v>
+        <v>177</v>
       </c>
       <c r="S42" s="3" t="s">
-        <v>65</v>
+        <v>91</v>
       </c>
       <c r="T42" s="4">
         <v>0.01</v>
       </c>
       <c r="U42" s="2">
-        <v>48122</v>
+        <v>48410</v>
       </c>
       <c r="V42" s="4">
-        <v>3.625</v>
+        <v>7.875</v>
       </c>
       <c r="W42" s="3" t="s">
-        <v>199</v>
+        <v>182</v>
       </c>
       <c r="X42" s="4">
-        <v>0</v>
+        <v>9501.40625</v>
       </c>
       <c r="Y42" s="4">
-        <v>0</v>
+        <v>9501.40625</v>
       </c>
       <c r="Z42" s="6">
-        <v>2.7850000000000001E-3</v>
+        <v>3.156E-3</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
-        <v>200</v>
+        <v>183</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>201</v>
+        <v>184</v>
       </c>
       <c r="C43" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D43" s="4">
-        <v>450000</v>
+        <v>410000</v>
       </c>
       <c r="E43" s="5">
-        <v>95.148359999999997</v>
+        <v>95.875017</v>
       </c>
       <c r="F43" s="4">
-        <v>435948.87</v>
+        <v>395052.15303332999</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H43" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I43" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J43" s="5">
-        <v>95.148359999999997</v>
+        <v>95.875017</v>
       </c>
       <c r="K43" s="5">
         <v>1</v>
       </c>
       <c r="L43" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M43" s="4">
-        <v>435948.87</v>
+        <v>395052.15303300001</v>
       </c>
       <c r="N43" s="4">
-        <v>435948.87</v>
+        <v>395052.15303332999</v>
       </c>
       <c r="O43" s="3" t="s">
-        <v>202</v>
+        <v>185</v>
       </c>
       <c r="P43" s="3" t="s">
-        <v>203</v>
+        <v>186</v>
       </c>
       <c r="Q43" s="3" t="s">
-        <v>143</v>
+        <v>187</v>
       </c>
       <c r="R43" s="3" t="s">
-        <v>200</v>
+        <v>183</v>
       </c>
       <c r="S43" s="3" t="s">
-        <v>87</v>
+        <v>65</v>
       </c>
       <c r="T43" s="4">
         <v>0.01</v>
       </c>
       <c r="U43" s="2">
-        <v>47223</v>
+        <v>47192</v>
       </c>
       <c r="V43" s="4">
         <v>3.75</v>
       </c>
       <c r="W43" s="3" t="s">
-        <v>204</v>
+        <v>188</v>
       </c>
       <c r="X43" s="4">
-        <v>7781.25</v>
+        <v>1964.58333333</v>
       </c>
       <c r="Y43" s="4">
-        <v>7781.25</v>
+        <v>1964.583333</v>
       </c>
       <c r="Z43" s="6">
-        <v>2.8649999999999999E-3</v>
+        <v>3.179E-3</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
-        <v>205</v>
+        <v>189</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>206</v>
+        <v>190</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D44" s="4">
-        <v>425000</v>
+        <v>315000</v>
       </c>
       <c r="E44" s="5">
-        <v>100.166</v>
+        <v>103.966184</v>
       </c>
       <c r="F44" s="4">
-        <v>426956.88888888998</v>
+        <v>331029.57335000002</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H44" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I44" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J44" s="5">
-        <v>100.166</v>
+        <v>103.966184</v>
       </c>
       <c r="K44" s="5">
         <v>1</v>
       </c>
       <c r="L44" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M44" s="4">
-        <v>426956.88888799999</v>
+        <v>331029.57335000002</v>
       </c>
       <c r="N44" s="4">
-        <v>426956.88888888998</v>
+        <v>331029.57335000002</v>
       </c>
       <c r="O44" s="3" t="s">
-        <v>207</v>
+        <v>191</v>
       </c>
       <c r="P44" s="3" t="s">
-        <v>208</v>
+        <v>192</v>
       </c>
       <c r="Q44" s="3" t="s">
-        <v>64</v>
+        <v>181</v>
       </c>
       <c r="R44" s="3" t="s">
-        <v>205</v>
+        <v>189</v>
       </c>
       <c r="S44" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T44" s="4">
         <v>0.01</v>
       </c>
       <c r="U44" s="2">
-        <v>47557</v>
+        <v>48959</v>
       </c>
       <c r="V44" s="4">
-        <v>6.625</v>
+        <v>7.625</v>
       </c>
       <c r="W44" s="3" t="s">
-        <v>209</v>
+        <v>193</v>
       </c>
       <c r="X44" s="4">
-        <v>1251.3888888900001</v>
+        <v>3536.09375</v>
       </c>
       <c r="Y44" s="4">
-        <v>1251.388888</v>
+        <v>3536.09375</v>
       </c>
       <c r="Z44" s="6">
-        <v>2.8050000000000002E-3</v>
+        <v>2.6640000000000001E-3</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
-        <v>210</v>
+        <v>194</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>211</v>
+        <v>195</v>
       </c>
       <c r="C45" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D45" s="4">
-        <v>450000</v>
+        <v>435000</v>
       </c>
       <c r="E45" s="5">
-        <v>95.285915000000003</v>
+        <v>89.377121000000002</v>
       </c>
       <c r="F45" s="4">
-        <v>430511.61749999999</v>
+        <v>390104.53885000001</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H45" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I45" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J45" s="5">
-        <v>95.285915000000003</v>
+        <v>89.377121000000002</v>
       </c>
       <c r="K45" s="5">
         <v>1</v>
       </c>
       <c r="L45" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M45" s="4">
-        <v>430511.61749999999</v>
+        <v>390104.53885000001</v>
       </c>
       <c r="N45" s="4">
-        <v>430511.61749999999</v>
+        <v>390104.53885000001</v>
       </c>
       <c r="O45" s="3" t="s">
-        <v>212</v>
+        <v>196</v>
       </c>
       <c r="P45" s="3" t="s">
-        <v>213</v>
+        <v>197</v>
       </c>
       <c r="Q45" s="3" t="s">
-        <v>214</v>
+        <v>64</v>
       </c>
       <c r="R45" s="3" t="s">
-        <v>210</v>
+        <v>194</v>
       </c>
       <c r="S45" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T45" s="4">
         <v>0.01</v>
       </c>
       <c r="U45" s="2">
-        <v>47164</v>
+        <v>48122</v>
       </c>
       <c r="V45" s="4">
-        <v>3</v>
+        <v>3.625</v>
       </c>
       <c r="W45" s="3" t="s">
-        <v>215</v>
+        <v>198</v>
       </c>
       <c r="X45" s="4">
-        <v>1725</v>
+        <v>1314.0625</v>
       </c>
       <c r="Y45" s="4">
-        <v>1725</v>
+        <v>1314.0625</v>
       </c>
       <c r="Z45" s="6">
-        <v>2.8289999999999999E-3</v>
+        <v>3.1389999999999999E-3</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
-        <v>216</v>
+        <v>199</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>217</v>
+        <v>200</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D46" s="4">
-        <v>425000</v>
+        <v>395000</v>
       </c>
       <c r="E46" s="5">
-        <v>101.3365</v>
+        <v>99.951999999999998</v>
       </c>
       <c r="F46" s="4">
-        <v>430680.125</v>
+        <v>398154.18472222</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H46" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I46" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J46" s="5">
-        <v>101.3365</v>
+        <v>99.951999999999998</v>
       </c>
       <c r="K46" s="5">
         <v>1</v>
       </c>
       <c r="L46" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M46" s="4">
-        <v>430680.125</v>
+        <v>398154.18472199998</v>
       </c>
       <c r="N46" s="4">
-        <v>430680.125</v>
+        <v>398154.18472222</v>
       </c>
       <c r="O46" s="3" t="s">
-        <v>218</v>
+        <v>201</v>
       </c>
       <c r="P46" s="3" t="s">
-        <v>219</v>
+        <v>202</v>
       </c>
       <c r="Q46" s="3" t="s">
-        <v>143</v>
+        <v>64</v>
       </c>
       <c r="R46" s="3" t="s">
-        <v>216</v>
+        <v>199</v>
       </c>
       <c r="S46" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T46" s="4">
         <v>0.01</v>
       </c>
       <c r="U46" s="2">
-        <v>47574</v>
+        <v>47557</v>
       </c>
       <c r="V46" s="4">
-        <v>5.25</v>
+        <v>6.625</v>
       </c>
       <c r="W46" s="3" t="s">
-        <v>220</v>
+        <v>203</v>
       </c>
       <c r="X46" s="4">
-        <v>0</v>
+        <v>3343.7847222199998</v>
       </c>
       <c r="Y46" s="4">
-        <v>0</v>
+        <v>3343.7847219999999</v>
       </c>
       <c r="Z46" s="6">
-        <v>2.8300000000000001E-3</v>
+        <v>3.2039999999999998E-3</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
-        <v>221</v>
+        <v>204</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>222</v>
+        <v>205</v>
       </c>
       <c r="C47" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D47" s="4">
-        <v>350000</v>
+        <v>410000</v>
       </c>
       <c r="E47" s="5">
-        <v>104.280001</v>
+        <v>95.28304</v>
       </c>
       <c r="F47" s="4">
-        <v>366321.67016667</v>
+        <v>393257.13066666998</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H47" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I47" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J47" s="5">
-        <v>104.280001</v>
+        <v>95.28304</v>
       </c>
       <c r="K47" s="5">
         <v>1</v>
       </c>
       <c r="L47" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M47" s="4">
-        <v>366321.67016600003</v>
+        <v>393257.13066600001</v>
       </c>
       <c r="N47" s="4">
-        <v>366321.67016667</v>
+        <v>393257.13066666998</v>
       </c>
       <c r="O47" s="3" t="s">
-        <v>223</v>
+        <v>206</v>
       </c>
       <c r="P47" s="3" t="s">
-        <v>224</v>
+        <v>207</v>
       </c>
       <c r="Q47" s="3" t="s">
-        <v>103</v>
+        <v>208</v>
       </c>
       <c r="R47" s="3" t="s">
-        <v>221</v>
+        <v>204</v>
       </c>
       <c r="S47" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T47" s="4">
         <v>0.01</v>
       </c>
       <c r="U47" s="2">
-        <v>47192</v>
+        <v>47164</v>
       </c>
       <c r="V47" s="4">
-        <v>8.625</v>
+        <v>3</v>
       </c>
       <c r="W47" s="3" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="X47" s="4">
-        <v>1341.66666667</v>
+        <v>2596.6666666699998</v>
       </c>
       <c r="Y47" s="4">
-        <v>1341.6666660000001</v>
+        <v>2596.6666660000001</v>
       </c>
       <c r="Z47" s="6">
-        <v>2.4069999999999999E-3</v>
+        <v>3.1649999999999998E-3</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
-        <v>226</v>
+        <v>210</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>227</v>
+        <v>211</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D48" s="4">
-        <v>320000</v>
+        <v>350000</v>
       </c>
       <c r="E48" s="5">
-        <v>104.4216</v>
+        <v>104.3728</v>
       </c>
       <c r="F48" s="4">
-        <v>335304.67555555998</v>
+        <v>369162.09166666999</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H48" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I48" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J48" s="5">
-        <v>104.4216</v>
+        <v>104.3728</v>
       </c>
       <c r="K48" s="5">
         <v>1</v>
       </c>
       <c r="L48" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M48" s="4">
-        <v>335304.67555500002</v>
+        <v>369162.09166600002</v>
       </c>
       <c r="N48" s="4">
-        <v>335304.67555555998</v>
+        <v>369162.09166666999</v>
       </c>
       <c r="O48" s="3" t="s">
-        <v>228</v>
+        <v>212</v>
       </c>
       <c r="P48" s="3" t="s">
-        <v>229</v>
+        <v>213</v>
       </c>
       <c r="Q48" s="3" t="s">
-        <v>132</v>
+        <v>107</v>
       </c>
       <c r="R48" s="3" t="s">
-        <v>226</v>
+        <v>210</v>
       </c>
       <c r="S48" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T48" s="4">
         <v>0.01</v>
       </c>
       <c r="U48" s="2">
-        <v>47376</v>
+        <v>47192</v>
       </c>
       <c r="V48" s="4">
-        <v>8.125</v>
+        <v>8.625</v>
       </c>
       <c r="W48" s="3" t="s">
-        <v>230</v>
+        <v>214</v>
       </c>
       <c r="X48" s="4">
-        <v>1155.5555555599999</v>
+        <v>3857.2916666699998</v>
       </c>
       <c r="Y48" s="4">
-        <v>1155.5555549999999</v>
+        <v>3857.2916660000001</v>
       </c>
       <c r="Z48" s="6">
-        <v>2.2030000000000001E-3</v>
+        <v>2.9710000000000001E-3</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
-        <v>231</v>
+        <v>215</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>232</v>
+        <v>216</v>
       </c>
       <c r="C49" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D49" s="4">
-        <v>144000</v>
+        <v>320000</v>
       </c>
       <c r="E49" s="5">
-        <v>99.887799999999999</v>
+        <v>104.761813</v>
       </c>
       <c r="F49" s="4">
-        <v>144919.432</v>
+        <v>338560.02382221998</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H49" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I49" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J49" s="5">
-        <v>99.887799999999999</v>
+        <v>104.761813</v>
       </c>
       <c r="K49" s="5">
         <v>1</v>
       </c>
       <c r="L49" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M49" s="4">
-        <v>144919.432</v>
+        <v>338560.02382200002</v>
       </c>
       <c r="N49" s="4">
-        <v>144919.432</v>
+        <v>338560.02382221998</v>
       </c>
       <c r="O49" s="3" t="s">
-        <v>233</v>
+        <v>217</v>
       </c>
       <c r="P49" s="3" t="s">
-        <v>234</v>
+        <v>218</v>
       </c>
       <c r="Q49" s="3" t="s">
-        <v>235</v>
+        <v>131</v>
       </c>
       <c r="R49" s="3" t="s">
-        <v>231</v>
+        <v>215</v>
       </c>
       <c r="S49" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T49" s="4">
         <v>0.01</v>
       </c>
       <c r="U49" s="2">
-        <v>46614</v>
+        <v>47376</v>
       </c>
       <c r="V49" s="4">
-        <v>5.875</v>
+        <v>8.125</v>
       </c>
       <c r="W49" s="3" t="s">
-        <v>236</v>
+        <v>219</v>
       </c>
       <c r="X49" s="4">
-        <v>1081</v>
+        <v>3322.2222222199998</v>
       </c>
       <c r="Y49" s="4">
-        <v>1081</v>
+        <v>3322.2222219999999</v>
       </c>
       <c r="Z49" s="6">
-        <v>9.5200000000000005E-4</v>
+        <v>2.725E-3</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
-        <v>237</v>
+        <v>220</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>238</v>
+        <v>221</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D50" s="4">
-        <v>400000</v>
+        <v>144000</v>
       </c>
       <c r="E50" s="5">
-        <v>97.664410000000004</v>
+        <v>100.0047</v>
       </c>
       <c r="F50" s="4">
-        <v>398957.64</v>
+        <v>145792.76800000001</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H50" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I50" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J50" s="5">
-        <v>97.664410000000004</v>
+        <v>100.0047</v>
       </c>
       <c r="K50" s="5">
         <v>1</v>
       </c>
       <c r="L50" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M50" s="4">
-        <v>398957.64</v>
+        <v>145792.76800000001</v>
       </c>
       <c r="N50" s="4">
-        <v>398957.64</v>
+        <v>145792.76800000001</v>
       </c>
       <c r="O50" s="3" t="s">
-        <v>239</v>
+        <v>222</v>
       </c>
       <c r="P50" s="3" t="s">
-        <v>240</v>
+        <v>223</v>
       </c>
       <c r="Q50" s="3" t="s">
-        <v>132</v>
+        <v>224</v>
       </c>
       <c r="R50" s="3" t="s">
-        <v>237</v>
+        <v>220</v>
       </c>
       <c r="S50" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T50" s="4">
         <v>0.01</v>
       </c>
       <c r="U50" s="2">
-        <v>47223</v>
+        <v>46614</v>
       </c>
       <c r="V50" s="4">
-        <v>4.5</v>
+        <v>5.875</v>
       </c>
       <c r="W50" s="3" t="s">
-        <v>241</v>
+        <v>225</v>
       </c>
       <c r="X50" s="4">
-        <v>8300</v>
+        <v>1786</v>
       </c>
       <c r="Y50" s="4">
-        <v>8300</v>
+        <v>1786</v>
       </c>
       <c r="Z50" s="6">
-        <v>2.6210000000000001E-3</v>
+        <v>1.173E-3</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
-        <v>242</v>
+        <v>226</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>243</v>
+        <v>227</v>
       </c>
       <c r="C51" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D51" s="4">
-        <v>425000</v>
+        <v>275000</v>
       </c>
       <c r="E51" s="5">
-        <v>99.543909999999997</v>
+        <v>99.239074000000002</v>
       </c>
       <c r="F51" s="4">
-        <v>423911.61749999999</v>
+        <v>274425.68266667001</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H51" s="3" t="s">
-        <v>244</v>
+        <v>31</v>
       </c>
       <c r="I51" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J51" s="5">
-        <v>99.543909999999997</v>
+        <v>99.239074000000002</v>
       </c>
       <c r="K51" s="5">
         <v>1</v>
       </c>
       <c r="L51" s="3" t="s">
-        <v>245</v>
+        <v>33</v>
       </c>
       <c r="M51" s="4">
-        <v>423911.61749999999</v>
+        <v>274425.68266599998</v>
       </c>
       <c r="N51" s="4">
-        <v>423911.61749999999</v>
+        <v>274425.68266667001</v>
       </c>
       <c r="O51" s="3" t="s">
-        <v>246</v>
+        <v>228</v>
       </c>
       <c r="P51" s="3" t="s">
-        <v>247</v>
+        <v>229</v>
       </c>
       <c r="Q51" s="3" t="s">
-        <v>143</v>
+        <v>64</v>
       </c>
       <c r="R51" s="3" t="s">
-        <v>242</v>
+        <v>226</v>
       </c>
       <c r="S51" s="3" t="s">
-        <v>248</v>
+        <v>65</v>
       </c>
       <c r="T51" s="4">
         <v>0.01</v>
       </c>
       <c r="U51" s="2">
-        <v>46645</v>
+        <v>47953</v>
       </c>
       <c r="V51" s="4">
-        <v>4.5</v>
+        <v>6.625</v>
       </c>
       <c r="W51" s="3" t="s">
-        <v>249</v>
+        <v>230</v>
       </c>
       <c r="X51" s="4">
-        <v>850</v>
+        <v>1518.22916667</v>
       </c>
       <c r="Y51" s="4">
-        <v>850</v>
+        <v>1518.2291660000001</v>
       </c>
       <c r="Z51" s="6">
-        <v>2.7850000000000001E-3</v>
+        <v>2.2079999999999999E-3</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
-        <v>250</v>
+        <v>231</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>251</v>
+        <v>232</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D52" s="4">
-        <v>125000</v>
+        <v>395000</v>
       </c>
       <c r="E52" s="5">
-        <v>97.254375999999993</v>
+        <v>99.600700000000003</v>
       </c>
       <c r="F52" s="4">
-        <v>123040.19222221999</v>
+        <v>395694.01500000001</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H52" s="3" t="s">
-        <v>31</v>
+        <v>233</v>
       </c>
       <c r="I52" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J52" s="5">
-        <v>97.254375999999993</v>
+        <v>99.600700000000003</v>
       </c>
       <c r="K52" s="5">
         <v>1</v>
       </c>
       <c r="L52" s="3" t="s">
-        <v>33</v>
+        <v>234</v>
       </c>
       <c r="M52" s="4">
-        <v>123040.192222</v>
+        <v>395694.01500000001</v>
       </c>
       <c r="N52" s="4">
-        <v>123040.19222221999</v>
+        <v>395694.01500000001</v>
       </c>
       <c r="O52" s="3" t="s">
-        <v>252</v>
+        <v>235</v>
       </c>
       <c r="P52" s="3" t="s">
-        <v>253</v>
+        <v>236</v>
       </c>
       <c r="Q52" s="3" t="s">
-        <v>214</v>
+        <v>181</v>
       </c>
       <c r="R52" s="3" t="s">
-        <v>250</v>
+        <v>231</v>
       </c>
       <c r="S52" s="3" t="s">
-        <v>65</v>
+        <v>237</v>
       </c>
       <c r="T52" s="4">
         <v>0.01</v>
       </c>
       <c r="U52" s="2">
-        <v>46919</v>
+        <v>46645</v>
       </c>
       <c r="V52" s="4">
-        <v>4</v>
+        <v>4.5</v>
       </c>
       <c r="W52" s="3" t="s">
-        <v>254</v>
+        <v>238</v>
       </c>
       <c r="X52" s="4">
-        <v>1472.22222222</v>
+        <v>2271.25</v>
       </c>
       <c r="Y52" s="4">
-        <v>1472.2222220000001</v>
+        <v>2271.25</v>
       </c>
       <c r="Z52" s="6">
-        <v>8.0800000000000002E-4</v>
+        <v>3.1840000000000002E-3</v>
       </c>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
-        <v>255</v>
+        <v>239</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>256</v>
+        <v>240</v>
       </c>
       <c r="C53" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D53" s="4">
-        <v>425000</v>
+        <v>75000</v>
       </c>
       <c r="E53" s="5">
-        <v>105.80840000000001</v>
+        <v>98.004739999999998</v>
       </c>
       <c r="F53" s="4">
-        <v>459696.81111110997</v>
+        <v>74636.888333330004</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H53" s="3" t="s">
-        <v>257</v>
+        <v>31</v>
       </c>
       <c r="I53" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J53" s="5">
-        <v>105.80840000000001</v>
+        <v>98.004739999999998</v>
       </c>
       <c r="K53" s="5">
         <v>1</v>
       </c>
       <c r="L53" s="3" t="s">
-        <v>258</v>
+        <v>33</v>
       </c>
       <c r="M53" s="4">
-        <v>459696.81111100002</v>
+        <v>74636.888332999995</v>
       </c>
       <c r="N53" s="4">
-        <v>459696.81111110997</v>
+        <v>74636.888333330004</v>
       </c>
       <c r="O53" s="3" t="s">
-        <v>259</v>
+        <v>241</v>
       </c>
       <c r="P53" s="3" t="s">
-        <v>260</v>
+        <v>242</v>
       </c>
       <c r="Q53" s="3" t="s">
-        <v>86</v>
+        <v>208</v>
       </c>
       <c r="R53" s="3" t="s">
-        <v>255</v>
+        <v>239</v>
       </c>
       <c r="S53" s="3" t="s">
-        <v>87</v>
+        <v>65</v>
       </c>
       <c r="T53" s="4">
         <v>0.01</v>
       </c>
       <c r="U53" s="2">
-        <v>47649</v>
+        <v>46919</v>
       </c>
       <c r="V53" s="4">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="W53" s="3" t="s">
-        <v>261</v>
+        <v>243</v>
       </c>
       <c r="X53" s="4">
-        <v>10011.11111111</v>
+        <v>1133.33333333</v>
       </c>
       <c r="Y53" s="4">
-        <v>10011.111111</v>
+        <v>1133.333333</v>
       </c>
       <c r="Z53" s="6">
-        <v>3.0209999999999998E-3</v>
+        <v>5.9999999999999995E-4</v>
       </c>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
-        <v>262</v>
+        <v>244</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>263</v>
+        <v>245</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D54" s="4">
-        <v>270000</v>
+        <v>225000</v>
       </c>
       <c r="E54" s="5">
-        <v>100.015905</v>
+        <v>106.223805</v>
       </c>
       <c r="F54" s="4">
-        <v>276230.44349999999</v>
+        <v>245803.56125</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H54" s="3" t="s">
-        <v>31</v>
+        <v>246</v>
       </c>
       <c r="I54" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J54" s="5">
-        <v>100.015905</v>
+        <v>106.223805</v>
       </c>
       <c r="K54" s="5">
         <v>1</v>
       </c>
       <c r="L54" s="3" t="s">
-        <v>33</v>
+        <v>247</v>
       </c>
       <c r="M54" s="4">
-        <v>276230.44349999999</v>
+        <v>245803.56125</v>
       </c>
       <c r="N54" s="4">
-        <v>276230.44349999999</v>
+        <v>245803.56125</v>
       </c>
       <c r="O54" s="3" t="s">
-        <v>264</v>
+        <v>248</v>
       </c>
       <c r="P54" s="3" t="s">
-        <v>265</v>
+        <v>249</v>
       </c>
       <c r="Q54" s="3" t="s">
-        <v>132</v>
+        <v>90</v>
       </c>
       <c r="R54" s="3" t="s">
-        <v>262</v>
+        <v>244</v>
       </c>
       <c r="S54" s="3" t="s">
-        <v>65</v>
+        <v>91</v>
       </c>
       <c r="T54" s="4">
         <v>0.01</v>
       </c>
       <c r="U54" s="2">
-        <v>46874</v>
+        <v>47649</v>
       </c>
       <c r="V54" s="4">
-        <v>5.5</v>
+        <v>8</v>
       </c>
       <c r="W54" s="3" t="s">
-        <v>266</v>
+        <v>250</v>
       </c>
       <c r="X54" s="4">
-        <v>6187.5</v>
+        <v>6800</v>
       </c>
       <c r="Y54" s="4">
-        <v>6187.5</v>
+        <v>6800</v>
       </c>
       <c r="Z54" s="6">
-        <v>1.815E-3</v>
+        <v>1.9780000000000002E-3</v>
       </c>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
-        <v>267</v>
+        <v>251</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>268</v>
+        <v>252</v>
       </c>
       <c r="C55" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D55" s="4">
-        <v>450000</v>
+        <v>385000</v>
       </c>
       <c r="E55" s="5">
-        <v>97.628050000000002</v>
+        <v>100.07389999999999</v>
       </c>
       <c r="F55" s="4">
-        <v>442326.22499999998</v>
+        <v>385284.51500000001</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H55" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I55" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J55" s="5">
-        <v>97.628050000000002</v>
+        <v>100.07389999999999</v>
       </c>
       <c r="K55" s="5">
         <v>1</v>
       </c>
       <c r="L55" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M55" s="4">
-        <v>442326.22499999998</v>
+        <v>385284.51500000001</v>
       </c>
       <c r="N55" s="4">
-        <v>442326.22499999998</v>
+        <v>385284.51500000001</v>
       </c>
       <c r="O55" s="3" t="s">
-        <v>269</v>
+        <v>253</v>
       </c>
       <c r="P55" s="3" t="s">
-        <v>270</v>
+        <v>254</v>
       </c>
       <c r="Q55" s="3" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="R55" s="3" t="s">
-        <v>267</v>
+        <v>251</v>
       </c>
       <c r="S55" s="3" t="s">
-        <v>87</v>
+        <v>65</v>
       </c>
       <c r="T55" s="4">
         <v>0.01</v>
       </c>
       <c r="U55" s="2">
-        <v>46966</v>
+        <v>46874</v>
       </c>
       <c r="V55" s="4">
-        <v>4</v>
+        <v>5.5</v>
       </c>
       <c r="W55" s="3" t="s">
-        <v>271</v>
+        <v>255</v>
       </c>
       <c r="X55" s="4">
-        <v>3000</v>
+        <v>0</v>
       </c>
       <c r="Y55" s="4">
-        <v>3000</v>
+        <v>0</v>
       </c>
       <c r="Z55" s="6">
-        <v>2.9060000000000002E-3</v>
+        <v>3.101E-3</v>
       </c>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
-        <v>272</v>
+        <v>256</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>273</v>
+        <v>257</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D56" s="4">
-        <v>425000</v>
+        <v>400000</v>
       </c>
       <c r="E56" s="5">
-        <v>100.5014</v>
+        <v>97.825199999999995</v>
       </c>
       <c r="F56" s="4">
-        <v>427130.95</v>
+        <v>395300.8</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H56" s="3" t="s">
-        <v>179</v>
+        <v>31</v>
       </c>
       <c r="I56" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J56" s="5">
-        <v>100.5014</v>
+        <v>97.825199999999995</v>
       </c>
       <c r="K56" s="5">
         <v>1</v>
       </c>
       <c r="L56" s="3" t="s">
-        <v>180</v>
+        <v>33</v>
       </c>
       <c r="M56" s="4">
-        <v>427130.95</v>
+        <v>395300.8</v>
       </c>
       <c r="N56" s="4">
-        <v>427130.95</v>
+        <v>395300.8</v>
       </c>
       <c r="O56" s="3" t="s">
-        <v>274</v>
+        <v>258</v>
       </c>
       <c r="P56" s="3" t="s">
-        <v>275</v>
+        <v>259</v>
       </c>
       <c r="Q56" s="3" t="s">
-        <v>64</v>
+        <v>131</v>
       </c>
       <c r="R56" s="3" t="s">
-        <v>272</v>
+        <v>256</v>
       </c>
       <c r="S56" s="3" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="T56" s="4">
         <v>0.01</v>
       </c>
       <c r="U56" s="2">
-        <v>47757</v>
+        <v>46966</v>
       </c>
       <c r="V56" s="4">
-        <v>7.375</v>
+        <v>4</v>
       </c>
       <c r="W56" s="3" t="s">
-        <v>276</v>
+        <v>260</v>
       </c>
       <c r="X56" s="4">
-        <v>0</v>
+        <v>4000</v>
       </c>
       <c r="Y56" s="4">
-        <v>0</v>
+        <v>4000</v>
       </c>
       <c r="Z56" s="6">
-        <v>2.807E-3</v>
+        <v>3.1809999999999998E-3</v>
       </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
-        <v>277</v>
+        <v>261</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>278</v>
+        <v>262</v>
       </c>
       <c r="C57" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D57" s="4">
-        <v>425000</v>
+        <v>250000</v>
       </c>
       <c r="E57" s="5">
-        <v>102.619356</v>
+        <v>103.530081</v>
       </c>
       <c r="F57" s="4">
-        <v>438522.88799999998</v>
+        <v>260335.61916666999</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H57" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I57" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J57" s="5">
-        <v>102.619356</v>
+        <v>103.530081</v>
       </c>
       <c r="K57" s="5">
         <v>1</v>
       </c>
       <c r="L57" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M57" s="4">
-        <v>438522.88799999998</v>
+        <v>260335.61916599999</v>
       </c>
       <c r="N57" s="4">
-        <v>438522.88799999998</v>
+        <v>260335.61916666999</v>
       </c>
       <c r="O57" s="3" t="s">
-        <v>279</v>
+        <v>263</v>
       </c>
       <c r="P57" s="3" t="s">
-        <v>280</v>
+        <v>264</v>
       </c>
       <c r="Q57" s="3" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="R57" s="3" t="s">
-        <v>277</v>
+        <v>261</v>
       </c>
       <c r="S57" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T57" s="4">
         <v>0.01</v>
       </c>
       <c r="U57" s="2">
-        <v>47362</v>
+        <v>47392</v>
       </c>
       <c r="V57" s="4">
-        <v>6.75</v>
+        <v>7.25</v>
       </c>
       <c r="W57" s="3" t="s">
-        <v>281</v>
+        <v>265</v>
       </c>
       <c r="X57" s="4">
-        <v>2390.625</v>
+        <v>1510.41666667</v>
       </c>
       <c r="Y57" s="4">
-        <v>2390.625</v>
+        <v>1510.4166660000001</v>
       </c>
       <c r="Z57" s="6">
-        <v>2.8809999999999999E-3</v>
+        <v>2.0950000000000001E-3</v>
       </c>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
-        <v>282</v>
+        <v>266</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>283</v>
+        <v>267</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D58" s="4">
-        <v>400000</v>
+        <v>395000</v>
       </c>
       <c r="E58" s="5">
-        <v>108.4799</v>
+        <v>99.776870000000002</v>
       </c>
       <c r="F58" s="4">
-        <v>456514.04444443999</v>
+        <v>396546.24066667003</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H58" s="3" t="s">
-        <v>31</v>
+        <v>140</v>
       </c>
       <c r="I58" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J58" s="5">
-        <v>108.4799</v>
+        <v>99.776870000000002</v>
       </c>
       <c r="K58" s="5">
         <v>1</v>
       </c>
       <c r="L58" s="3" t="s">
-        <v>33</v>
+        <v>141</v>
       </c>
       <c r="M58" s="4">
-        <v>456514.044444</v>
+        <v>396546.240666</v>
       </c>
       <c r="N58" s="4">
-        <v>456514.04444443999</v>
+        <v>396546.24066667003</v>
       </c>
       <c r="O58" s="3" t="s">
-        <v>284</v>
+        <v>268</v>
       </c>
       <c r="P58" s="3" t="s">
-        <v>285</v>
+        <v>269</v>
       </c>
       <c r="Q58" s="3" t="s">
-        <v>188</v>
+        <v>64</v>
       </c>
       <c r="R58" s="3" t="s">
-        <v>282</v>
+        <v>266</v>
       </c>
       <c r="S58" s="3" t="s">
-        <v>65</v>
+        <v>91</v>
       </c>
       <c r="T58" s="4">
         <v>0.01</v>
       </c>
       <c r="U58" s="2">
-        <v>47223</v>
+        <v>47757</v>
       </c>
       <c r="V58" s="4">
-        <v>12.25</v>
+        <v>7.375</v>
       </c>
       <c r="W58" s="3" t="s">
-        <v>286</v>
+        <v>270</v>
       </c>
       <c r="X58" s="4">
-        <v>22594.44444444</v>
+        <v>2427.6041666699998</v>
       </c>
       <c r="Y58" s="4">
-        <v>22594.444444000001</v>
+        <v>2427.6041660000001</v>
       </c>
       <c r="Z58" s="6">
-        <v>3.0000000000000001E-3</v>
+        <v>3.1909999999999998E-3</v>
       </c>
     </row>
     <row r="59" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A59" s="3" t="s">
-        <v>287</v>
+        <v>271</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>288</v>
+        <v>272</v>
       </c>
       <c r="C59" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D59" s="4">
-        <v>450000</v>
+        <v>385000</v>
       </c>
       <c r="E59" s="5">
-        <v>96.199459000000004</v>
+        <v>102.10162</v>
       </c>
       <c r="F59" s="4">
-        <v>439928.81550000003</v>
+        <v>397422.48700000002</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H59" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I59" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J59" s="5">
-        <v>96.199459000000004</v>
+        <v>102.10162</v>
       </c>
       <c r="K59" s="5">
         <v>1</v>
       </c>
       <c r="L59" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M59" s="4">
-        <v>439928.81550000003</v>
+        <v>397422.48700000002</v>
       </c>
       <c r="N59" s="4">
-        <v>439928.81550000003</v>
+        <v>397422.48700000002</v>
       </c>
       <c r="O59" s="3" t="s">
-        <v>289</v>
+        <v>273</v>
       </c>
       <c r="P59" s="3" t="s">
-        <v>290</v>
+        <v>274</v>
       </c>
       <c r="Q59" s="3" t="s">
-        <v>86</v>
+        <v>107</v>
       </c>
       <c r="R59" s="3" t="s">
-        <v>287</v>
+        <v>271</v>
       </c>
       <c r="S59" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T59" s="4">
         <v>0.01</v>
       </c>
       <c r="U59" s="2">
-        <v>47239</v>
+        <v>47362</v>
       </c>
       <c r="V59" s="4">
-        <v>3.75</v>
+        <v>6.75</v>
       </c>
       <c r="W59" s="3" t="s">
-        <v>291</v>
+        <v>275</v>
       </c>
       <c r="X59" s="4">
-        <v>7031.25</v>
+        <v>4331.25</v>
       </c>
       <c r="Y59" s="4">
-        <v>7031.25</v>
+        <v>4331.25</v>
       </c>
       <c r="Z59" s="6">
-        <v>2.8909999999999999E-3</v>
+        <v>3.1979999999999999E-3</v>
       </c>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A60" s="3" t="s">
-        <v>292</v>
+        <v>276</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>293</v>
+        <v>277</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D60" s="4">
         <v>400000</v>
       </c>
       <c r="E60" s="5">
-        <v>95.928210000000007</v>
+        <v>96.725710000000007</v>
       </c>
       <c r="F60" s="4">
-        <v>386462.84</v>
+        <v>386902.84</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H60" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I60" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J60" s="5">
-        <v>95.928210000000007</v>
+        <v>96.725710000000007</v>
       </c>
       <c r="K60" s="5">
         <v>1</v>
       </c>
       <c r="L60" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M60" s="4">
-        <v>386462.84</v>
+        <v>386902.84</v>
       </c>
       <c r="N60" s="4">
-        <v>386462.84</v>
+        <v>386902.84</v>
       </c>
       <c r="O60" s="3" t="s">
-        <v>294</v>
+        <v>278</v>
       </c>
       <c r="P60" s="3" t="s">
-        <v>295</v>
+        <v>279</v>
       </c>
       <c r="Q60" s="3" t="s">
-        <v>116</v>
+        <v>90</v>
       </c>
       <c r="R60" s="3" t="s">
-        <v>292</v>
+        <v>276</v>
       </c>
       <c r="S60" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T60" s="4">
         <v>0.01</v>
       </c>
       <c r="U60" s="2">
-        <v>47150</v>
+        <v>47239</v>
       </c>
       <c r="V60" s="4">
-        <v>4.125</v>
+        <v>3.75</v>
       </c>
       <c r="W60" s="3" t="s">
-        <v>296</v>
+        <v>280</v>
       </c>
       <c r="X60" s="4">
-        <v>2750</v>
+        <v>0</v>
       </c>
       <c r="Y60" s="4">
-        <v>2750</v>
+        <v>0</v>
       </c>
       <c r="Z60" s="6">
-        <v>2.539E-3</v>
+        <v>3.114E-3</v>
       </c>
     </row>
     <row r="61" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
-        <v>297</v>
+        <v>281</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>298</v>
+        <v>282</v>
       </c>
       <c r="C61" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D61" s="4">
-        <v>875000</v>
+        <v>400000</v>
       </c>
       <c r="E61" s="5">
-        <v>95.702535999999995</v>
+        <v>96.112769999999998</v>
       </c>
       <c r="F61" s="4">
-        <v>853803.44</v>
+        <v>388576.08</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H61" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I61" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J61" s="5">
-        <v>95.702535999999995</v>
+        <v>96.112769999999998</v>
       </c>
       <c r="K61" s="5">
         <v>1</v>
       </c>
       <c r="L61" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M61" s="4">
-        <v>853803.44</v>
+        <v>388576.08</v>
       </c>
       <c r="N61" s="4">
-        <v>853803.44</v>
+        <v>388576.08</v>
       </c>
       <c r="O61" s="3" t="s">
-        <v>299</v>
+        <v>283</v>
       </c>
       <c r="P61" s="3" t="s">
-        <v>300</v>
+        <v>284</v>
       </c>
       <c r="Q61" s="3" t="s">
-        <v>143</v>
+        <v>120</v>
       </c>
       <c r="R61" s="3" t="s">
-        <v>297</v>
+        <v>281</v>
       </c>
       <c r="S61" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T61" s="4">
         <v>0.01</v>
       </c>
       <c r="U61" s="2">
-        <v>47239</v>
+        <v>47150</v>
       </c>
       <c r="V61" s="4">
-        <v>4.5</v>
+        <v>4.125</v>
       </c>
       <c r="W61" s="3" t="s">
-        <v>301</v>
+        <v>285</v>
       </c>
       <c r="X61" s="4">
-        <v>16406.25</v>
+        <v>4125</v>
       </c>
       <c r="Y61" s="4">
-        <v>16406.25</v>
+        <v>4125</v>
       </c>
       <c r="Z61" s="6">
-        <v>5.6109999999999997E-3</v>
+        <v>3.127E-3</v>
       </c>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A62" s="3" t="s">
-        <v>302</v>
+        <v>286</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>303</v>
+        <v>287</v>
       </c>
       <c r="C62" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D62" s="4">
-        <v>450000</v>
+        <v>400000</v>
       </c>
       <c r="E62" s="5">
-        <v>96.082880000000003</v>
+        <v>96.359030000000004</v>
       </c>
       <c r="F62" s="4">
-        <v>439638.58500000002</v>
+        <v>385436.12</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H62" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I62" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J62" s="5">
-        <v>96.082880000000003</v>
+        <v>96.359030000000004</v>
       </c>
       <c r="K62" s="5">
         <v>1</v>
       </c>
       <c r="L62" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M62" s="4">
-        <v>439638.58500000002</v>
+        <v>385436.12</v>
       </c>
       <c r="N62" s="4">
-        <v>439638.58500000002</v>
+        <v>385436.12</v>
       </c>
       <c r="O62" s="3" t="s">
-        <v>304</v>
+        <v>288</v>
       </c>
       <c r="P62" s="3" t="s">
-        <v>305</v>
+        <v>289</v>
       </c>
       <c r="Q62" s="3" t="s">
-        <v>143</v>
+        <v>181</v>
       </c>
       <c r="R62" s="3" t="s">
-        <v>302</v>
+        <v>286</v>
       </c>
       <c r="S62" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T62" s="4">
         <v>0.01</v>
       </c>
       <c r="U62" s="2">
         <v>47058</v>
       </c>
       <c r="V62" s="4">
         <v>3.875</v>
       </c>
       <c r="W62" s="3" t="s">
-        <v>306</v>
+        <v>290</v>
       </c>
       <c r="X62" s="4">
-        <v>7265.625</v>
+        <v>0</v>
       </c>
       <c r="Y62" s="4">
-        <v>7265.625</v>
+        <v>0</v>
       </c>
       <c r="Z62" s="6">
-        <v>2.8890000000000001E-3</v>
+        <v>3.1020000000000002E-3</v>
       </c>
     </row>
     <row r="63" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A63" s="3" t="s">
-        <v>307</v>
+        <v>291</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>308</v>
+        <v>292</v>
       </c>
       <c r="C63" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D63" s="4">
         <v>350000</v>
       </c>
       <c r="E63" s="5">
-        <v>95.452590000000001</v>
+        <v>95.914689999999993</v>
       </c>
       <c r="F63" s="4">
-        <v>336096.565</v>
+        <v>339026.41499999998</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H63" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I63" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J63" s="5">
-        <v>95.452590000000001</v>
+        <v>95.914689999999993</v>
       </c>
       <c r="K63" s="5">
         <v>1</v>
       </c>
       <c r="L63" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M63" s="4">
-        <v>336096.565</v>
+        <v>339026.41499999998</v>
       </c>
       <c r="N63" s="4">
-        <v>336096.565</v>
+        <v>339026.41499999998</v>
       </c>
       <c r="O63" s="3" t="s">
-        <v>309</v>
+        <v>293</v>
       </c>
       <c r="P63" s="3" t="s">
-        <v>310</v>
+        <v>294</v>
       </c>
       <c r="Q63" s="3" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="R63" s="3" t="s">
-        <v>307</v>
+        <v>291</v>
       </c>
       <c r="S63" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T63" s="4">
         <v>0.01</v>
       </c>
       <c r="U63" s="2">
         <v>47894</v>
       </c>
       <c r="V63" s="4">
         <v>4.5</v>
       </c>
       <c r="W63" s="3" t="s">
-        <v>311</v>
+        <v>295</v>
       </c>
       <c r="X63" s="4">
-        <v>2012.5</v>
+        <v>3325</v>
       </c>
       <c r="Y63" s="4">
-        <v>2012.5</v>
+        <v>3325</v>
       </c>
       <c r="Z63" s="6">
-        <v>2.2079999999999999E-3</v>
+        <v>2.728E-3</v>
       </c>
     </row>
     <row r="64" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A64" s="3" t="s">
-        <v>312</v>
+        <v>296</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>313</v>
+        <v>297</v>
       </c>
       <c r="C64" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D64" s="4">
-        <v>425000</v>
+        <v>225000</v>
       </c>
       <c r="E64" s="5">
-        <v>98.6417</v>
+        <v>98.595648999999995</v>
       </c>
       <c r="F64" s="4">
-        <v>419227.22499999998</v>
+        <v>222683.96025</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H64" s="3" t="s">
         <v>147</v>
       </c>
       <c r="I64" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J64" s="5">
-        <v>98.6417</v>
+        <v>98.595648999999995</v>
       </c>
       <c r="K64" s="5">
         <v>1</v>
       </c>
       <c r="L64" s="3" t="s">
         <v>148</v>
       </c>
       <c r="M64" s="4">
-        <v>419227.22499999998</v>
+        <v>222683.96025</v>
       </c>
       <c r="N64" s="4">
-        <v>419227.22499999998</v>
+        <v>222683.96025</v>
       </c>
       <c r="O64" s="3" t="s">
-        <v>314</v>
+        <v>298</v>
       </c>
       <c r="P64" s="3" t="s">
-        <v>315</v>
+        <v>299</v>
       </c>
       <c r="Q64" s="3" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="R64" s="3" t="s">
-        <v>312</v>
+        <v>296</v>
       </c>
       <c r="S64" s="3" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="T64" s="4">
         <v>0.01</v>
       </c>
       <c r="U64" s="2">
         <v>46661</v>
       </c>
       <c r="V64" s="4">
         <v>4.5</v>
       </c>
       <c r="W64" s="3" t="s">
-        <v>316</v>
+        <v>300</v>
       </c>
       <c r="X64" s="4">
-        <v>0</v>
+        <v>843.75</v>
       </c>
       <c r="Y64" s="4">
-        <v>0</v>
+        <v>843.75</v>
       </c>
       <c r="Z64" s="6">
-        <v>2.7550000000000001E-3</v>
+        <v>1.792E-3</v>
       </c>
     </row>
     <row r="65" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A65" s="3" t="s">
-        <v>317</v>
+        <v>301</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>318</v>
+        <v>302</v>
       </c>
       <c r="C65" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D65" s="4">
-        <v>450000</v>
+        <v>275000</v>
       </c>
       <c r="E65" s="5">
-        <v>102.803</v>
+        <v>97.979609999999994</v>
       </c>
       <c r="F65" s="4">
-        <v>468161.9375</v>
+        <v>272986.46222222003</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H65" s="3" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="I65" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J65" s="5">
-        <v>102.803</v>
+        <v>97.979609999999994</v>
       </c>
       <c r="K65" s="5">
         <v>1</v>
       </c>
       <c r="L65" s="3" t="s">
-        <v>48</v>
+        <v>33</v>
       </c>
       <c r="M65" s="4">
-        <v>468161.9375</v>
+        <v>272986.462222</v>
       </c>
       <c r="N65" s="4">
-        <v>468161.9375</v>
+        <v>272986.46222222003</v>
       </c>
       <c r="O65" s="3" t="s">
-        <v>319</v>
+        <v>303</v>
       </c>
       <c r="P65" s="3" t="s">
-        <v>320</v>
+        <v>304</v>
       </c>
       <c r="Q65" s="3" t="s">
-        <v>214</v>
+        <v>187</v>
       </c>
       <c r="R65" s="3" t="s">
-        <v>317</v>
+        <v>301</v>
       </c>
       <c r="S65" s="3" t="s">
-        <v>321</v>
+        <v>91</v>
       </c>
       <c r="T65" s="4">
         <v>0.01</v>
       </c>
       <c r="U65" s="2">
-        <v>48784</v>
+        <v>47133</v>
       </c>
       <c r="V65" s="4">
-        <v>6.625</v>
+        <v>4.375</v>
       </c>
       <c r="W65" s="3" t="s">
-        <v>322</v>
+        <v>305</v>
       </c>
       <c r="X65" s="4">
-        <v>5548.4375</v>
+        <v>3542.5347222199998</v>
       </c>
       <c r="Y65" s="4">
-        <v>5548.4375</v>
+        <v>3542.5347219999999</v>
       </c>
       <c r="Z65" s="6">
-        <v>3.0760000000000002E-3</v>
+        <v>2.1970000000000002E-3</v>
       </c>
     </row>
     <row r="66" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A66" s="3" t="s">
-        <v>323</v>
+        <v>306</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>324</v>
+        <v>307</v>
       </c>
       <c r="C66" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D66" s="4">
-        <v>350000</v>
+        <v>250000</v>
       </c>
       <c r="E66" s="5">
-        <v>92.843530000000001</v>
+        <v>104.310828</v>
       </c>
       <c r="F66" s="4">
-        <v>325973.18833332998</v>
+        <v>265239.74361111003</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H66" s="3" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="I66" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J66" s="5">
-        <v>92.843530000000001</v>
+        <v>104.310828</v>
       </c>
       <c r="K66" s="5">
         <v>1</v>
       </c>
       <c r="L66" s="3" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="M66" s="4">
-        <v>325973.188333</v>
+        <v>265239.74361100001</v>
       </c>
       <c r="N66" s="4">
-        <v>325973.18833332998</v>
+        <v>265239.74361111003</v>
       </c>
       <c r="O66" s="3" t="s">
-        <v>325</v>
+        <v>308</v>
       </c>
       <c r="P66" s="3" t="s">
-        <v>326</v>
+        <v>309</v>
       </c>
       <c r="Q66" s="3" t="s">
-        <v>86</v>
+        <v>208</v>
       </c>
       <c r="R66" s="3" t="s">
-        <v>323</v>
+        <v>306</v>
       </c>
       <c r="S66" s="3" t="s">
-        <v>65</v>
+        <v>310</v>
       </c>
       <c r="T66" s="4">
         <v>0.01</v>
       </c>
       <c r="U66" s="2">
-        <v>47908</v>
+        <v>48784</v>
       </c>
       <c r="V66" s="4">
-        <v>3.5</v>
+        <v>6.625</v>
       </c>
       <c r="W66" s="3" t="s">
-        <v>327</v>
+        <v>311</v>
       </c>
       <c r="X66" s="4">
-        <v>1020.83333333</v>
+        <v>4462.6736111099999</v>
       </c>
       <c r="Y66" s="4">
-        <v>1020.833333</v>
+        <v>4462.6736110000002</v>
       </c>
       <c r="Z66" s="6">
-        <v>2.1419999999999998E-3</v>
+        <v>2.134E-3</v>
       </c>
     </row>
     <row r="67" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A67" s="3" t="s">
-        <v>328</v>
+        <v>312</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>329</v>
+        <v>313</v>
       </c>
       <c r="C67" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D67" s="4">
-        <v>350000</v>
+        <v>390000</v>
       </c>
       <c r="E67" s="5">
-        <v>97.56568</v>
+        <v>92.666520000000006</v>
       </c>
       <c r="F67" s="4">
-        <v>344250.71333333</v>
+        <v>363674.42800000001</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H67" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I67" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J67" s="5">
-        <v>97.56568</v>
+        <v>92.666520000000006</v>
       </c>
       <c r="K67" s="5">
         <v>1</v>
       </c>
       <c r="L67" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M67" s="4">
-        <v>344250.71333300002</v>
+        <v>363674.42800000001</v>
       </c>
       <c r="N67" s="4">
-        <v>344250.71333333</v>
+        <v>363674.42800000001</v>
       </c>
       <c r="O67" s="3" t="s">
-        <v>330</v>
+        <v>314</v>
       </c>
       <c r="P67" s="3" t="s">
-        <v>331</v>
+        <v>315</v>
       </c>
       <c r="Q67" s="3" t="s">
-        <v>235</v>
+        <v>90</v>
       </c>
       <c r="R67" s="3" t="s">
-        <v>328</v>
+        <v>312</v>
       </c>
       <c r="S67" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T67" s="4">
         <v>0.01</v>
       </c>
       <c r="U67" s="2">
-        <v>46767</v>
+        <v>47908</v>
       </c>
       <c r="V67" s="4">
-        <v>3.75</v>
+        <v>3.5</v>
       </c>
       <c r="W67" s="3" t="s">
-        <v>332</v>
+        <v>316</v>
       </c>
       <c r="X67" s="4">
-        <v>2770.8333333300002</v>
+        <v>2275</v>
       </c>
       <c r="Y67" s="4">
-        <v>2770.833333</v>
+        <v>2275</v>
       </c>
       <c r="Z67" s="6">
-        <v>2.2620000000000001E-3</v>
+        <v>2.9269999999999999E-3</v>
       </c>
     </row>
     <row r="68" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A68" s="3" t="s">
-        <v>333</v>
+        <v>317</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>334</v>
+        <v>318</v>
       </c>
       <c r="C68" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D68" s="4">
-        <v>425000</v>
+        <v>350000</v>
       </c>
       <c r="E68" s="5">
-        <v>90.632369999999995</v>
+        <v>97.574219999999997</v>
       </c>
       <c r="F68" s="4">
-        <v>385187.57250000001</v>
+        <v>345374.35333333001</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H68" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I68" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J68" s="5">
-        <v>90.632369999999995</v>
+        <v>97.574219999999997</v>
       </c>
       <c r="K68" s="5">
         <v>1</v>
       </c>
       <c r="L68" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M68" s="4">
-        <v>385187.57250000001</v>
+        <v>345374.35333299998</v>
       </c>
       <c r="N68" s="4">
-        <v>385187.57250000001</v>
+        <v>345374.35333333001</v>
       </c>
       <c r="O68" s="3" t="s">
-        <v>335</v>
+        <v>319</v>
       </c>
       <c r="P68" s="3" t="s">
-        <v>336</v>
+        <v>320</v>
       </c>
       <c r="Q68" s="3" t="s">
-        <v>214</v>
+        <v>224</v>
       </c>
       <c r="R68" s="3" t="s">
-        <v>333</v>
+        <v>317</v>
       </c>
       <c r="S68" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T68" s="4">
         <v>0.01</v>
       </c>
       <c r="U68" s="2">
-        <v>48122</v>
+        <v>46767</v>
       </c>
       <c r="V68" s="4">
-        <v>3.625</v>
+        <v>3.75</v>
       </c>
       <c r="W68" s="3" t="s">
-        <v>337</v>
+        <v>321</v>
       </c>
       <c r="X68" s="4">
-        <v>0</v>
+        <v>3864.5833333300002</v>
       </c>
       <c r="Y68" s="4">
-        <v>0</v>
+        <v>3864.583333</v>
       </c>
       <c r="Z68" s="6">
-        <v>2.5309999999999998E-3</v>
+        <v>2.7789999999999998E-3</v>
       </c>
     </row>
     <row r="69" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A69" s="3" t="s">
-        <v>338</v>
+        <v>322</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>339</v>
+        <v>323</v>
       </c>
       <c r="C69" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D69" s="4">
-        <v>400000</v>
+        <v>375000</v>
       </c>
       <c r="E69" s="5">
-        <v>98.068780000000004</v>
+        <v>90.646079999999998</v>
       </c>
       <c r="F69" s="4">
-        <v>399262.62</v>
+        <v>341055.61249999999</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H69" s="3" t="s">
-        <v>340</v>
+        <v>31</v>
       </c>
       <c r="I69" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J69" s="5">
-        <v>98.068780000000004</v>
+        <v>90.646079999999998</v>
       </c>
       <c r="K69" s="5">
         <v>1</v>
       </c>
       <c r="L69" s="3" t="s">
-        <v>341</v>
+        <v>33</v>
       </c>
       <c r="M69" s="4">
-        <v>399262.62</v>
+        <v>341055.61249999999</v>
       </c>
       <c r="N69" s="4">
-        <v>399262.62</v>
+        <v>341055.61249999999</v>
       </c>
       <c r="O69" s="3" t="s">
-        <v>342</v>
+        <v>324</v>
       </c>
       <c r="P69" s="3" t="s">
-        <v>343</v>
+        <v>325</v>
       </c>
       <c r="Q69" s="3" t="s">
-        <v>86</v>
+        <v>208</v>
       </c>
       <c r="R69" s="3" t="s">
-        <v>338</v>
+        <v>322</v>
       </c>
       <c r="S69" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T69" s="4">
         <v>0.01</v>
       </c>
       <c r="U69" s="2">
-        <v>47456</v>
+        <v>48122</v>
       </c>
       <c r="V69" s="4">
-        <v>5.375</v>
+        <v>3.625</v>
       </c>
       <c r="W69" s="3" t="s">
-        <v>344</v>
+        <v>326</v>
       </c>
       <c r="X69" s="4">
-        <v>6987.5</v>
+        <v>1132.8125</v>
       </c>
       <c r="Y69" s="4">
-        <v>6987.5</v>
+        <v>1132.8125</v>
       </c>
       <c r="Z69" s="6">
-        <v>2.6229999999999999E-3</v>
+        <v>2.745E-3</v>
       </c>
     </row>
     <row r="70" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A70" s="3" t="s">
-        <v>345</v>
+        <v>327</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>346</v>
+        <v>328</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D70" s="4">
-        <v>425000</v>
+        <v>200000</v>
       </c>
       <c r="E70" s="5">
-        <v>101.929408</v>
+        <v>98.478024000000005</v>
       </c>
       <c r="F70" s="4">
-        <v>447366.65066667</v>
+        <v>201345.63133333001</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H70" s="3" t="s">
-        <v>244</v>
+        <v>329</v>
       </c>
       <c r="I70" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J70" s="5">
-        <v>101.929408</v>
+        <v>98.478024000000005</v>
       </c>
       <c r="K70" s="5">
         <v>1</v>
       </c>
       <c r="L70" s="3" t="s">
-        <v>245</v>
+        <v>330</v>
       </c>
       <c r="M70" s="4">
-        <v>447366.65066599997</v>
+        <v>201345.631333</v>
       </c>
       <c r="N70" s="4">
-        <v>447366.65066667</v>
+        <v>201345.63133333001</v>
       </c>
       <c r="O70" s="3" t="s">
-        <v>347</v>
+        <v>331</v>
       </c>
       <c r="P70" s="3" t="s">
-        <v>348</v>
+        <v>332</v>
       </c>
       <c r="Q70" s="3" t="s">
-        <v>143</v>
+        <v>90</v>
       </c>
       <c r="R70" s="3" t="s">
-        <v>345</v>
+        <v>327</v>
       </c>
       <c r="S70" s="3" t="s">
-        <v>248</v>
+        <v>65</v>
       </c>
       <c r="T70" s="4">
         <v>0.01</v>
       </c>
       <c r="U70" s="2">
-        <v>46692</v>
+        <v>47456</v>
       </c>
       <c r="V70" s="4">
-        <v>8</v>
+        <v>5.375</v>
       </c>
       <c r="W70" s="3" t="s">
-        <v>349</v>
+        <v>333</v>
       </c>
       <c r="X70" s="4">
-        <v>14166.66666667</v>
+        <v>4389.5833333299997</v>
       </c>
       <c r="Y70" s="4">
-        <v>14166.666665999999</v>
+        <v>4389.5833329999996</v>
       </c>
       <c r="Z70" s="6">
-        <v>2.9399999999999999E-3</v>
+        <v>1.6199999999999999E-3</v>
       </c>
     </row>
     <row r="71" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A71" s="3" t="s">
-        <v>350</v>
+        <v>334</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>351</v>
+        <v>335</v>
       </c>
       <c r="C71" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D71" s="4">
-        <v>350000</v>
+        <v>365000</v>
       </c>
       <c r="E71" s="5">
-        <v>98.470950000000002</v>
+        <v>102.1324</v>
       </c>
       <c r="F71" s="4">
-        <v>349028.18611110997</v>
+        <v>372783.26</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H71" s="3" t="s">
-        <v>31</v>
+        <v>233</v>
       </c>
       <c r="I71" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J71" s="5">
-        <v>98.470950000000002</v>
+        <v>102.1324</v>
       </c>
       <c r="K71" s="5">
         <v>1</v>
       </c>
       <c r="L71" s="3" t="s">
-        <v>33</v>
+        <v>234</v>
       </c>
       <c r="M71" s="4">
-        <v>349028.18611100002</v>
+        <v>372783.26</v>
       </c>
       <c r="N71" s="4">
-        <v>349028.18611110997</v>
+        <v>372783.26</v>
       </c>
       <c r="O71" s="3" t="s">
-        <v>352</v>
+        <v>336</v>
       </c>
       <c r="P71" s="3" t="s">
-        <v>353</v>
+        <v>337</v>
       </c>
       <c r="Q71" s="3" t="s">
-        <v>132</v>
+        <v>181</v>
       </c>
       <c r="R71" s="3" t="s">
-        <v>350</v>
+        <v>334</v>
       </c>
       <c r="S71" s="3" t="s">
-        <v>65</v>
+        <v>237</v>
       </c>
       <c r="T71" s="4">
         <v>0.01</v>
       </c>
       <c r="U71" s="2">
-        <v>46736</v>
+        <v>46692</v>
       </c>
       <c r="V71" s="4">
-        <v>4.25</v>
+        <v>8</v>
       </c>
       <c r="W71" s="3" t="s">
-        <v>354</v>
+        <v>338</v>
       </c>
       <c r="X71" s="4">
-        <v>4379.8611111099999</v>
+        <v>0</v>
       </c>
       <c r="Y71" s="4">
-        <v>4379.8611110000002</v>
+        <v>0</v>
       </c>
       <c r="Z71" s="6">
-        <v>2.2929999999999999E-3</v>
+        <v>3.0000000000000001E-3</v>
       </c>
     </row>
     <row r="72" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A72" s="3" t="s">
-        <v>355</v>
+        <v>339</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>356</v>
+        <v>340</v>
       </c>
       <c r="C72" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D72" s="4">
-        <v>300000</v>
+        <v>395000</v>
       </c>
       <c r="E72" s="5">
-        <v>96.298841999999993</v>
+        <v>98.886439999999993</v>
       </c>
       <c r="F72" s="4">
-        <v>292429.85933333001</v>
+        <v>396943.38244443998</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H72" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I72" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J72" s="5">
-        <v>96.298841999999993</v>
+        <v>98.886439999999993</v>
       </c>
       <c r="K72" s="5">
         <v>1</v>
       </c>
       <c r="L72" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M72" s="4">
-        <v>292429.85933299997</v>
+        <v>396943.38244399999</v>
       </c>
       <c r="N72" s="4">
-        <v>292429.85933333001</v>
+        <v>396943.38244443998</v>
       </c>
       <c r="O72" s="3" t="s">
-        <v>357</v>
+        <v>341</v>
       </c>
       <c r="P72" s="3" t="s">
-        <v>358</v>
+        <v>342</v>
       </c>
       <c r="Q72" s="3" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="R72" s="3" t="s">
-        <v>355</v>
+        <v>339</v>
       </c>
       <c r="S72" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T72" s="4">
         <v>0.01</v>
       </c>
       <c r="U72" s="2">
-        <v>47284</v>
+        <v>46736</v>
       </c>
       <c r="V72" s="4">
-        <v>4</v>
+        <v>4.25</v>
       </c>
       <c r="W72" s="3" t="s">
-        <v>359</v>
+        <v>343</v>
       </c>
       <c r="X72" s="4">
-        <v>3533.3333333300002</v>
+        <v>6341.9444444399996</v>
       </c>
       <c r="Y72" s="4">
-        <v>3533.333333</v>
+        <v>6341.9444439999997</v>
       </c>
       <c r="Z72" s="6">
-        <v>1.921E-3</v>
+        <v>3.1939999999999998E-3</v>
       </c>
     </row>
     <row r="73" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A73" s="3" t="s">
-        <v>360</v>
+        <v>344</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>361</v>
+        <v>345</v>
       </c>
       <c r="C73" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D73" s="4">
-        <v>475000</v>
+        <v>300000</v>
       </c>
       <c r="E73" s="5">
-        <v>92.452449999999999</v>
+        <v>96.597849999999994</v>
       </c>
       <c r="F73" s="4">
-        <v>441349.31111110997</v>
+        <v>294326.88333332998</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H73" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I73" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J73" s="5">
-        <v>92.452449999999999</v>
+        <v>96.597849999999994</v>
       </c>
       <c r="K73" s="5">
         <v>1</v>
       </c>
       <c r="L73" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M73" s="4">
-        <v>441349.31111100002</v>
+        <v>294326.88333300001</v>
       </c>
       <c r="N73" s="4">
-        <v>441349.31111110997</v>
+        <v>294326.88333332998</v>
       </c>
       <c r="O73" s="3" t="s">
-        <v>362</v>
+        <v>346</v>
       </c>
       <c r="P73" s="3" t="s">
-        <v>363</v>
+        <v>347</v>
       </c>
       <c r="Q73" s="3" t="s">
-        <v>364</v>
+        <v>131</v>
       </c>
       <c r="R73" s="3" t="s">
-        <v>360</v>
+        <v>344</v>
       </c>
       <c r="S73" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T73" s="4">
         <v>0.01</v>
       </c>
       <c r="U73" s="2">
-        <v>47894</v>
+        <v>47284</v>
       </c>
       <c r="V73" s="4">
-        <v>3.625</v>
+        <v>4</v>
       </c>
       <c r="W73" s="3" t="s">
-        <v>365</v>
+        <v>348</v>
       </c>
       <c r="X73" s="4">
-        <v>2200.1736111099999</v>
+        <v>4533.3333333299997</v>
       </c>
       <c r="Y73" s="4">
-        <v>2200.1736110000002</v>
+        <v>4533.3333329999996</v>
       </c>
       <c r="Z73" s="6">
-        <v>2.8999999999999998E-3</v>
+        <v>2.369E-3</v>
       </c>
     </row>
     <row r="74" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A74" s="3" t="s">
-        <v>366</v>
+        <v>349</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>367</v>
+        <v>350</v>
       </c>
       <c r="C74" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D74" s="4">
-        <v>200000</v>
+        <v>415000</v>
       </c>
       <c r="E74" s="5">
-        <v>107.34950000000001</v>
+        <v>93.348579999999998</v>
       </c>
       <c r="F74" s="4">
-        <v>218039.27777777999</v>
+        <v>390572.50977777998</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H74" s="3" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="I74" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J74" s="5">
-        <v>107.34950000000001</v>
+        <v>93.348579999999998</v>
       </c>
       <c r="K74" s="5">
         <v>1</v>
       </c>
       <c r="L74" s="3" t="s">
-        <v>48</v>
+        <v>33</v>
       </c>
       <c r="M74" s="4">
-        <v>218039.27777700001</v>
+        <v>390572.509777</v>
       </c>
       <c r="N74" s="4">
-        <v>218039.27777777999</v>
+        <v>390572.50977777998</v>
       </c>
       <c r="O74" s="3" t="s">
-        <v>368</v>
+        <v>351</v>
       </c>
       <c r="P74" s="3" t="s">
-        <v>369</v>
+        <v>352</v>
       </c>
       <c r="Q74" s="3" t="s">
-        <v>86</v>
+        <v>353</v>
       </c>
       <c r="R74" s="3" t="s">
-        <v>366</v>
+        <v>349</v>
       </c>
       <c r="S74" s="3" t="s">
-        <v>321</v>
+        <v>65</v>
       </c>
       <c r="T74" s="4">
         <v>0.01</v>
       </c>
       <c r="U74" s="2">
-        <v>49507</v>
+        <v>47894</v>
       </c>
       <c r="V74" s="4">
-        <v>8.125</v>
+        <v>3.625</v>
       </c>
       <c r="W74" s="3" t="s">
-        <v>370</v>
+        <v>354</v>
       </c>
       <c r="X74" s="4">
-        <v>3340.2777777800002</v>
+        <v>3175.9027777800002</v>
       </c>
       <c r="Y74" s="4">
-        <v>3340.2777769999998</v>
+        <v>3175.9027769999998</v>
       </c>
       <c r="Z74" s="6">
-        <v>1.4319999999999999E-3</v>
+        <v>3.143E-3</v>
       </c>
     </row>
     <row r="75" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A75" s="3" t="s">
-        <v>371</v>
+        <v>355</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>372</v>
+        <v>356</v>
       </c>
       <c r="C75" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D75" s="4">
-        <v>400000</v>
+        <v>225000</v>
       </c>
       <c r="E75" s="5">
-        <v>96.466809999999995</v>
+        <v>106.35517400000001</v>
       </c>
       <c r="F75" s="4">
-        <v>389086.68444444</v>
+        <v>244580.3915</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H75" s="3" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="I75" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J75" s="5">
-        <v>96.466809999999995</v>
+        <v>106.35517400000001</v>
       </c>
       <c r="K75" s="5">
         <v>1</v>
       </c>
       <c r="L75" s="3" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="M75" s="4">
-        <v>389086.68444400001</v>
+        <v>244580.3915</v>
       </c>
       <c r="N75" s="4">
-        <v>389086.68444444</v>
+        <v>244580.3915</v>
       </c>
       <c r="O75" s="3" t="s">
-        <v>373</v>
+        <v>357</v>
       </c>
       <c r="P75" s="3" t="s">
-        <v>374</v>
+        <v>358</v>
       </c>
       <c r="Q75" s="3" t="s">
-        <v>143</v>
+        <v>90</v>
       </c>
       <c r="R75" s="3" t="s">
-        <v>371</v>
+        <v>355</v>
       </c>
       <c r="S75" s="3" t="s">
-        <v>65</v>
+        <v>310</v>
       </c>
       <c r="T75" s="4">
         <v>0.01</v>
       </c>
       <c r="U75" s="2">
-        <v>47513</v>
+        <v>49507</v>
       </c>
       <c r="V75" s="4">
-        <v>4.75</v>
+        <v>8.125</v>
       </c>
       <c r="W75" s="3" t="s">
-        <v>375</v>
+        <v>359</v>
       </c>
       <c r="X75" s="4">
-        <v>3219.4444444400001</v>
+        <v>5281.25</v>
       </c>
       <c r="Y75" s="4">
-        <v>3219.4444440000002</v>
+        <v>5281.25</v>
       </c>
       <c r="Z75" s="6">
-        <v>2.5569999999999998E-3</v>
+        <v>1.9680000000000001E-3</v>
       </c>
     </row>
     <row r="76" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A76" s="3" t="s">
-        <v>376</v>
+        <v>360</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>377</v>
+        <v>361</v>
       </c>
       <c r="C76" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D76" s="4">
-        <v>300000</v>
+        <v>400000</v>
       </c>
       <c r="E76" s="5">
-        <v>95.729635999999999</v>
+        <v>96.657880000000006</v>
       </c>
       <c r="F76" s="4">
-        <v>292549.32466667</v>
+        <v>391434.29777777998</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H76" s="3" t="s">
-        <v>147</v>
+        <v>31</v>
       </c>
       <c r="I76" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J76" s="5">
-        <v>95.729635999999999</v>
+        <v>96.657880000000006</v>
       </c>
       <c r="K76" s="5">
         <v>1</v>
       </c>
       <c r="L76" s="3" t="s">
-        <v>148</v>
+        <v>33</v>
       </c>
       <c r="M76" s="4">
-        <v>292549.32466599997</v>
+        <v>391434.297777</v>
       </c>
       <c r="N76" s="4">
-        <v>292549.32466667</v>
+        <v>391434.29777777998</v>
       </c>
       <c r="O76" s="3" t="s">
-        <v>378</v>
+        <v>362</v>
       </c>
       <c r="P76" s="3" t="s">
-        <v>379</v>
+        <v>363</v>
       </c>
       <c r="Q76" s="3" t="s">
-        <v>188</v>
+        <v>181</v>
       </c>
       <c r="R76" s="3" t="s">
-        <v>376</v>
+        <v>360</v>
       </c>
       <c r="S76" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T76" s="4">
         <v>0.01</v>
       </c>
       <c r="U76" s="2">
-        <v>47406</v>
+        <v>47513</v>
       </c>
       <c r="V76" s="4">
-        <v>3.875</v>
+        <v>4.75</v>
       </c>
       <c r="W76" s="3" t="s">
-        <v>380</v>
+        <v>364</v>
       </c>
       <c r="X76" s="4">
-        <v>5360.4166666700003</v>
+        <v>4802.7777777800002</v>
       </c>
       <c r="Y76" s="4">
-        <v>5360.4166660000001</v>
+        <v>4802.7777770000002</v>
       </c>
       <c r="Z76" s="6">
-        <v>1.9220000000000001E-3</v>
+        <v>3.15E-3</v>
       </c>
     </row>
     <row r="77" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A77" s="3" t="s">
-        <v>381</v>
+        <v>365</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>382</v>
+        <v>366</v>
       </c>
       <c r="C77" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D77" s="4">
         <v>80000</v>
       </c>
       <c r="E77" s="5">
-        <v>100.158</v>
+        <v>99.798608000000002</v>
       </c>
       <c r="F77" s="4">
-        <v>80328.622222220001</v>
+        <v>80474.441955560003</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H77" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I77" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J77" s="5">
-        <v>100.158</v>
+        <v>99.798608000000002</v>
       </c>
       <c r="K77" s="5">
         <v>1</v>
       </c>
       <c r="L77" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M77" s="4">
-        <v>80328.622222000005</v>
+        <v>80474.441955000002</v>
       </c>
       <c r="N77" s="4">
-        <v>80328.622222220001</v>
+        <v>80474.441955560003</v>
       </c>
       <c r="O77" s="3" t="s">
-        <v>383</v>
+        <v>367</v>
       </c>
       <c r="P77" s="3" t="s">
-        <v>384</v>
+        <v>368</v>
       </c>
       <c r="Q77" s="3" t="s">
         <v>64</v>
       </c>
       <c r="R77" s="3" t="s">
-        <v>381</v>
+        <v>365</v>
       </c>
       <c r="S77" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T77" s="4">
         <v>0.01</v>
       </c>
       <c r="U77" s="2">
         <v>48653</v>
       </c>
       <c r="V77" s="4">
         <v>6.5</v>
       </c>
       <c r="W77" s="3" t="s">
-        <v>385</v>
+        <v>369</v>
       </c>
       <c r="X77" s="4">
-        <v>202.22222221999999</v>
+        <v>635.55555556000002</v>
       </c>
       <c r="Y77" s="4">
-        <v>202.22222199999999</v>
+        <v>635.55555500000003</v>
       </c>
       <c r="Z77" s="6">
-        <v>5.2700000000000002E-4</v>
+        <v>6.4700000000000001E-4</v>
       </c>
     </row>
     <row r="78" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A78" s="3" t="s">
-        <v>386</v>
+        <v>370</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>387</v>
+        <v>371</v>
       </c>
       <c r="C78" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D78" s="4">
-        <v>475000</v>
+        <v>415000</v>
       </c>
       <c r="E78" s="5">
-        <v>94.729690000000005</v>
+        <v>95.454712000000001</v>
       </c>
       <c r="F78" s="4">
-        <v>452469.67333333002</v>
+        <v>399751.01313332998</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H78" s="3" t="s">
-        <v>179</v>
+        <v>140</v>
       </c>
       <c r="I78" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J78" s="5">
-        <v>94.729690000000005</v>
+        <v>95.454712000000001</v>
       </c>
       <c r="K78" s="5">
         <v>1</v>
       </c>
       <c r="L78" s="3" t="s">
-        <v>180</v>
+        <v>141</v>
       </c>
       <c r="M78" s="4">
-        <v>452469.67333299998</v>
+        <v>399751.013133</v>
       </c>
       <c r="N78" s="4">
-        <v>452469.67333333002</v>
+        <v>399751.01313332998</v>
       </c>
       <c r="O78" s="3" t="s">
-        <v>388</v>
+        <v>372</v>
       </c>
       <c r="P78" s="3" t="s">
-        <v>389</v>
+        <v>373</v>
       </c>
       <c r="Q78" s="3" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="R78" s="3" t="s">
-        <v>386</v>
+        <v>370</v>
       </c>
       <c r="S78" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T78" s="4">
         <v>0.01</v>
       </c>
       <c r="U78" s="2">
         <v>47529</v>
       </c>
       <c r="V78" s="4">
         <v>4.125</v>
       </c>
       <c r="W78" s="3" t="s">
-        <v>390</v>
+        <v>374</v>
       </c>
       <c r="X78" s="4">
-        <v>2503.6458333300002</v>
+        <v>3613.9583333300002</v>
       </c>
       <c r="Y78" s="4">
-        <v>2503.645833</v>
+        <v>3613.958333</v>
       </c>
       <c r="Z78" s="6">
-        <v>2.9729999999999999E-3</v>
+        <v>3.2169999999999998E-3</v>
       </c>
     </row>
     <row r="79" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A79" s="3" t="s">
-        <v>391</v>
+        <v>375</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>392</v>
+        <v>376</v>
       </c>
       <c r="C79" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D79" s="4">
-        <v>450000</v>
+        <v>395000</v>
       </c>
       <c r="E79" s="5">
-        <v>99.385478000000006</v>
+        <v>98.415790000000001</v>
       </c>
       <c r="F79" s="4">
-        <v>450684.65100000001</v>
+        <v>392077.92605556</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H79" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I79" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J79" s="5">
-        <v>99.385478000000006</v>
+        <v>98.415790000000001</v>
       </c>
       <c r="K79" s="5">
         <v>1</v>
       </c>
       <c r="L79" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M79" s="4">
-        <v>450684.65100000001</v>
+        <v>392077.92605499999</v>
       </c>
       <c r="N79" s="4">
-        <v>450684.65100000001</v>
+        <v>392077.92605556</v>
       </c>
       <c r="O79" s="3" t="s">
-        <v>393</v>
+        <v>377</v>
       </c>
       <c r="P79" s="3" t="s">
-        <v>394</v>
+        <v>378</v>
       </c>
       <c r="Q79" s="3" t="s">
-        <v>103</v>
+        <v>208</v>
       </c>
       <c r="R79" s="3" t="s">
-        <v>391</v>
+        <v>375</v>
       </c>
       <c r="S79" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T79" s="4">
         <v>0.01</v>
       </c>
       <c r="U79" s="2">
         <v>46798</v>
       </c>
       <c r="V79" s="4">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="W79" s="3" t="s">
-        <v>395</v>
+        <v>379</v>
       </c>
       <c r="X79" s="4">
-        <v>3450</v>
+        <v>3335.5555555599999</v>
       </c>
       <c r="Y79" s="4">
-        <v>3450</v>
+        <v>3335.5555549999999</v>
       </c>
       <c r="Z79" s="6">
-        <v>2.9610000000000001E-3</v>
+        <v>3.1549999999999998E-3</v>
       </c>
     </row>
     <row r="80" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A80" s="3" t="s">
-        <v>396</v>
+        <v>380</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>397</v>
+        <v>381</v>
       </c>
       <c r="C80" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D80" s="4">
-        <v>400000</v>
+        <v>450000</v>
       </c>
       <c r="E80" s="5">
-        <v>97.904849999999996</v>
+        <v>96.530519999999996</v>
       </c>
       <c r="F80" s="4">
-        <v>393663.84444443998</v>
+        <v>436074.84</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H80" s="3" t="s">
-        <v>31</v>
+        <v>140</v>
       </c>
       <c r="I80" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J80" s="5">
-        <v>97.904849999999996</v>
+        <v>96.530519999999996</v>
       </c>
       <c r="K80" s="5">
         <v>1</v>
       </c>
       <c r="L80" s="3" t="s">
-        <v>33</v>
+        <v>141</v>
       </c>
       <c r="M80" s="4">
-        <v>393663.84444399999</v>
+        <v>436074.84</v>
       </c>
       <c r="N80" s="4">
-        <v>393663.84444443998</v>
+        <v>436074.84</v>
       </c>
       <c r="O80" s="3" t="s">
-        <v>398</v>
+        <v>382</v>
       </c>
       <c r="P80" s="3" t="s">
-        <v>399</v>
+        <v>383</v>
       </c>
       <c r="Q80" s="3" t="s">
-        <v>214</v>
+        <v>107</v>
       </c>
       <c r="R80" s="3" t="s">
-        <v>396</v>
+        <v>380</v>
       </c>
       <c r="S80" s="3" t="s">
-        <v>65</v>
+        <v>91</v>
       </c>
       <c r="T80" s="4">
         <v>0.01</v>
       </c>
       <c r="U80" s="2">
-        <v>46798</v>
+        <v>47392</v>
       </c>
       <c r="V80" s="4">
-        <v>4</v>
+        <v>4.5</v>
       </c>
       <c r="W80" s="3" t="s">
-        <v>400</v>
+        <v>384</v>
       </c>
       <c r="X80" s="4">
-        <v>2044.4444444400001</v>
+        <v>1687.5</v>
       </c>
       <c r="Y80" s="4">
-        <v>2044.444444</v>
+        <v>1687.5</v>
       </c>
       <c r="Z80" s="6">
-        <v>2.5869999999999999E-3</v>
+        <v>3.509E-3</v>
       </c>
     </row>
     <row r="81" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A81" s="3" t="s">
-        <v>401</v>
+        <v>385</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>402</v>
+        <v>386</v>
       </c>
       <c r="C81" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D81" s="4">
-        <v>450000</v>
+        <v>370000</v>
       </c>
       <c r="E81" s="5">
-        <v>97.388214000000005</v>
+        <v>101.9597</v>
       </c>
       <c r="F81" s="4">
-        <v>438246.96299999999</v>
+        <v>377250.89</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H81" s="3" t="s">
-        <v>179</v>
+        <v>31</v>
       </c>
       <c r="I81" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J81" s="5">
-        <v>97.388214000000005</v>
+        <v>101.9597</v>
       </c>
       <c r="K81" s="5">
         <v>1</v>
       </c>
       <c r="L81" s="3" t="s">
-        <v>180</v>
+        <v>33</v>
       </c>
       <c r="M81" s="4">
-        <v>438246.96299999999</v>
+        <v>377250.89</v>
       </c>
       <c r="N81" s="4">
-        <v>438246.96299999999</v>
+        <v>377250.89</v>
       </c>
       <c r="O81" s="3" t="s">
-        <v>403</v>
+        <v>387</v>
       </c>
       <c r="P81" s="3" t="s">
-        <v>404</v>
+        <v>388</v>
       </c>
       <c r="Q81" s="3" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="R81" s="3" t="s">
-        <v>401</v>
+        <v>385</v>
       </c>
       <c r="S81" s="3" t="s">
-        <v>87</v>
+        <v>65</v>
       </c>
       <c r="T81" s="4">
         <v>0.01</v>
       </c>
       <c r="U81" s="2">
-        <v>47392</v>
+        <v>48519</v>
       </c>
       <c r="V81" s="4">
-        <v>4.5</v>
+        <v>6.375</v>
       </c>
       <c r="W81" s="3" t="s">
-        <v>405</v>
+        <v>389</v>
       </c>
       <c r="X81" s="4">
         <v>0</v>
       </c>
       <c r="Y81" s="4">
         <v>0</v>
       </c>
       <c r="Z81" s="6">
-        <v>2.8800000000000002E-3</v>
+        <v>3.0360000000000001E-3</v>
       </c>
     </row>
     <row r="82" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A82" s="3" t="s">
-        <v>406</v>
+        <v>390</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>407</v>
+        <v>391</v>
       </c>
       <c r="C82" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D82" s="4">
-        <v>400000</v>
+        <v>300000</v>
       </c>
       <c r="E82" s="5">
-        <v>101.46080000000001</v>
+        <v>112.16298</v>
       </c>
       <c r="F82" s="4">
-        <v>416468.2</v>
+        <v>337788.94</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H82" s="3" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="I82" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J82" s="5">
-        <v>101.46080000000001</v>
+        <v>112.16298</v>
       </c>
       <c r="K82" s="5">
         <v>1</v>
       </c>
       <c r="L82" s="3" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="M82" s="4">
-        <v>416468.2</v>
+        <v>337788.94</v>
       </c>
       <c r="N82" s="4">
-        <v>416468.2</v>
+        <v>337788.94</v>
       </c>
       <c r="O82" s="3" t="s">
-        <v>408</v>
+        <v>392</v>
       </c>
       <c r="P82" s="3" t="s">
-        <v>409</v>
+        <v>393</v>
       </c>
       <c r="Q82" s="3" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="R82" s="3" t="s">
-        <v>406</v>
+        <v>390</v>
       </c>
       <c r="S82" s="3" t="s">
-        <v>65</v>
+        <v>310</v>
       </c>
       <c r="T82" s="4">
         <v>0.01</v>
       </c>
       <c r="U82" s="2">
-        <v>48519</v>
+        <v>47223</v>
       </c>
       <c r="V82" s="4">
-        <v>6.375</v>
+        <v>9.75</v>
       </c>
       <c r="W82" s="3" t="s">
-        <v>410</v>
+        <v>394</v>
       </c>
       <c r="X82" s="4">
-        <v>10625</v>
+        <v>1300</v>
       </c>
       <c r="Y82" s="4">
-        <v>10625</v>
+        <v>1300</v>
       </c>
       <c r="Z82" s="6">
-        <v>2.7369999999999998E-3</v>
+        <v>2.7179999999999999E-3</v>
       </c>
     </row>
     <row r="83" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A83" s="3" t="s">
-        <v>411</v>
+        <v>395</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>412</v>
+        <v>396</v>
       </c>
       <c r="C83" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D83" s="4">
-        <v>300000</v>
+        <v>375000</v>
       </c>
       <c r="E83" s="5">
-        <v>112.44647999999999</v>
+        <v>102.3588</v>
       </c>
       <c r="F83" s="4">
-        <v>350826.94</v>
+        <v>391022.58333333</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H83" s="3" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="I83" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J83" s="5">
-        <v>112.44647999999999</v>
+        <v>102.3588</v>
       </c>
       <c r="K83" s="5">
         <v>1</v>
       </c>
       <c r="L83" s="3" t="s">
-        <v>48</v>
+        <v>33</v>
       </c>
       <c r="M83" s="4">
-        <v>350826.94</v>
+        <v>391022.58333300002</v>
       </c>
       <c r="N83" s="4">
-        <v>350826.94</v>
+        <v>391022.58333333</v>
       </c>
       <c r="O83" s="3" t="s">
-        <v>413</v>
+        <v>397</v>
       </c>
       <c r="P83" s="3" t="s">
-        <v>414</v>
+        <v>398</v>
       </c>
       <c r="Q83" s="3" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="R83" s="3" t="s">
-        <v>411</v>
+        <v>395</v>
       </c>
       <c r="S83" s="3" t="s">
-        <v>321</v>
+        <v>65</v>
       </c>
       <c r="T83" s="4">
         <v>0.01</v>
       </c>
       <c r="U83" s="2">
-        <v>47223</v>
+        <v>48410</v>
       </c>
       <c r="V83" s="4">
-        <v>9.75</v>
+        <v>6.5</v>
       </c>
       <c r="W83" s="3" t="s">
-        <v>415</v>
+        <v>399</v>
       </c>
       <c r="X83" s="4">
-        <v>13487.5</v>
+        <v>7177.0833333299997</v>
       </c>
       <c r="Y83" s="4">
-        <v>13487.5</v>
+        <v>7177.0833329999996</v>
       </c>
       <c r="Z83" s="6">
-        <v>2.3050000000000002E-3</v>
+        <v>3.1470000000000001E-3</v>
       </c>
     </row>
     <row r="84" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A84" s="3" t="s">
-        <v>416</v>
+        <v>400</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>417</v>
+        <v>401</v>
       </c>
       <c r="C84" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D84" s="4">
-        <v>405000</v>
+        <v>385000</v>
       </c>
       <c r="E84" s="5">
-        <v>102.4905</v>
+        <v>102.1057</v>
       </c>
       <c r="F84" s="4">
-        <v>420644.02500000002</v>
+        <v>396427.57</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H84" s="3" t="s">
-        <v>31</v>
+        <v>140</v>
       </c>
       <c r="I84" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J84" s="5">
-        <v>102.4905</v>
+        <v>102.1057</v>
       </c>
       <c r="K84" s="5">
         <v>1</v>
       </c>
       <c r="L84" s="3" t="s">
-        <v>33</v>
+        <v>141</v>
       </c>
       <c r="M84" s="4">
-        <v>420644.02500000002</v>
+        <v>396427.57</v>
       </c>
       <c r="N84" s="4">
-        <v>420644.02500000002</v>
+        <v>396427.57</v>
       </c>
       <c r="O84" s="3" t="s">
-        <v>418</v>
+        <v>402</v>
       </c>
       <c r="P84" s="3" t="s">
-        <v>419</v>
+        <v>403</v>
       </c>
       <c r="Q84" s="3" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="R84" s="3" t="s">
-        <v>416</v>
+        <v>400</v>
       </c>
       <c r="S84" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T84" s="4">
         <v>0.01</v>
       </c>
       <c r="U84" s="2">
-        <v>48410</v>
+        <v>46827</v>
       </c>
       <c r="V84" s="4">
-        <v>6.5</v>
+        <v>6.75</v>
       </c>
       <c r="W84" s="3" t="s">
-        <v>420</v>
+        <v>404</v>
       </c>
       <c r="X84" s="4">
-        <v>5557.5</v>
+        <v>3320.625</v>
       </c>
       <c r="Y84" s="4">
-        <v>5557.5</v>
+        <v>3320.625</v>
       </c>
       <c r="Z84" s="6">
-        <v>2.764E-3</v>
+        <v>3.1900000000000001E-3</v>
       </c>
     </row>
     <row r="85" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A85" s="3" t="s">
-        <v>421</v>
+        <v>405</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>422</v>
+        <v>406</v>
       </c>
       <c r="C85" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D85" s="4">
-        <v>425000</v>
+        <v>400000</v>
       </c>
       <c r="E85" s="5">
-        <v>102.234605</v>
+        <v>95.687375000000003</v>
       </c>
       <c r="F85" s="4">
-        <v>435772.07124999998</v>
+        <v>382749.5</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H85" s="3" t="s">
-        <v>179</v>
+        <v>31</v>
       </c>
       <c r="I85" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J85" s="5">
-        <v>102.234605</v>
+        <v>95.687375000000003</v>
       </c>
       <c r="K85" s="5">
         <v>1</v>
       </c>
       <c r="L85" s="3" t="s">
-        <v>180</v>
+        <v>33</v>
       </c>
       <c r="M85" s="4">
-        <v>435772.07124999998</v>
+        <v>382749.5</v>
       </c>
       <c r="N85" s="4">
-        <v>435772.07124999998</v>
+        <v>382749.5</v>
       </c>
       <c r="O85" s="3" t="s">
-        <v>423</v>
+        <v>407</v>
       </c>
       <c r="P85" s="3" t="s">
-        <v>424</v>
+        <v>408</v>
       </c>
       <c r="Q85" s="3" t="s">
-        <v>86</v>
+        <v>224</v>
       </c>
       <c r="R85" s="3" t="s">
-        <v>421</v>
+        <v>405</v>
       </c>
       <c r="S85" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T85" s="4">
         <v>0.01</v>
       </c>
       <c r="U85" s="2">
-        <v>46827</v>
+        <v>47604</v>
       </c>
       <c r="V85" s="4">
-        <v>6.75</v>
+        <v>3.875</v>
       </c>
       <c r="W85" s="3" t="s">
-        <v>425</v>
+        <v>409</v>
       </c>
       <c r="X85" s="4">
-        <v>1275</v>
+        <v>0</v>
       </c>
       <c r="Y85" s="4">
-        <v>1275</v>
+        <v>0</v>
       </c>
       <c r="Z85" s="6">
-        <v>2.8630000000000001E-3</v>
+        <v>3.0799999999999998E-3</v>
       </c>
     </row>
     <row r="86" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A86" s="3" t="s">
-        <v>426</v>
+        <v>410</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>427</v>
+        <v>411</v>
       </c>
       <c r="C86" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D86" s="4">
-        <v>450000</v>
+        <v>350000</v>
       </c>
       <c r="E86" s="5">
-        <v>95.385484000000005</v>
+        <v>98.91</v>
       </c>
       <c r="F86" s="4">
-        <v>436500.30300000001</v>
+        <v>354841.66666667</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H86" s="3" t="s">
-        <v>31</v>
+        <v>140</v>
       </c>
       <c r="I86" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J86" s="5">
-        <v>95.385484000000005</v>
+        <v>98.91</v>
       </c>
       <c r="K86" s="5">
         <v>1</v>
       </c>
       <c r="L86" s="3" t="s">
-        <v>33</v>
+        <v>141</v>
       </c>
       <c r="M86" s="4">
-        <v>436500.30300000001</v>
+        <v>354841.66666599998</v>
       </c>
       <c r="N86" s="4">
-        <v>436500.30300000001</v>
+        <v>354841.66666667</v>
       </c>
       <c r="O86" s="3" t="s">
-        <v>428</v>
+        <v>412</v>
       </c>
       <c r="P86" s="3" t="s">
-        <v>429</v>
+        <v>413</v>
       </c>
       <c r="Q86" s="3" t="s">
-        <v>235</v>
+        <v>64</v>
       </c>
       <c r="R86" s="3" t="s">
-        <v>426</v>
+        <v>410</v>
       </c>
       <c r="S86" s="3" t="s">
-        <v>65</v>
+        <v>91</v>
       </c>
       <c r="T86" s="4">
         <v>0.01</v>
       </c>
       <c r="U86" s="2">
-        <v>47604</v>
+        <v>46886</v>
       </c>
       <c r="V86" s="4">
-        <v>3.875</v>
+        <v>5.3</v>
       </c>
       <c r="W86" s="3" t="s">
-        <v>430</v>
+        <v>414</v>
       </c>
       <c r="X86" s="4">
-        <v>7265.625</v>
+        <v>8656.6666666700003</v>
       </c>
       <c r="Y86" s="4">
-        <v>7265.625</v>
+        <v>8656.6666659999992</v>
       </c>
       <c r="Z86" s="6">
-        <v>2.8679999999999999E-3</v>
+        <v>2.856E-3</v>
       </c>
     </row>
     <row r="87" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A87" s="3" t="s">
-        <v>431</v>
+        <v>415</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>432</v>
+        <v>416</v>
       </c>
       <c r="C87" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D87" s="4">
         <v>225000</v>
       </c>
       <c r="E87" s="5">
-        <v>98.492564999999999</v>
+        <v>102.29962399999999</v>
       </c>
       <c r="F87" s="4">
-        <v>222722.33374999999</v>
+        <v>234885.09150000001</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H87" s="3" t="s">
-        <v>31</v>
+        <v>417</v>
       </c>
       <c r="I87" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J87" s="5">
-        <v>98.492564999999999</v>
+        <v>102.29962399999999</v>
       </c>
       <c r="K87" s="5">
         <v>1</v>
       </c>
       <c r="L87" s="3" t="s">
-        <v>33</v>
+        <v>418</v>
       </c>
       <c r="M87" s="4">
-        <v>222722.33374999999</v>
+        <v>234885.09150000001</v>
       </c>
       <c r="N87" s="4">
-        <v>222722.33374999999</v>
+        <v>234885.09150000001</v>
       </c>
       <c r="O87" s="3" t="s">
-        <v>433</v>
+        <v>419</v>
       </c>
       <c r="P87" s="3" t="s">
-        <v>434</v>
+        <v>420</v>
       </c>
       <c r="Q87" s="3" t="s">
-        <v>116</v>
+        <v>107</v>
       </c>
       <c r="R87" s="3" t="s">
-        <v>431</v>
+        <v>415</v>
       </c>
       <c r="S87" s="3" t="s">
-        <v>65</v>
+        <v>91</v>
       </c>
       <c r="T87" s="4">
         <v>0.01</v>
       </c>
       <c r="U87" s="2">
-        <v>46433</v>
+        <v>47696</v>
       </c>
       <c r="V87" s="4">
-        <v>3.875</v>
+        <v>8.375</v>
       </c>
       <c r="W87" s="3" t="s">
-        <v>435</v>
+        <v>421</v>
       </c>
       <c r="X87" s="4">
-        <v>1114.0625</v>
+        <v>4710.9375</v>
       </c>
       <c r="Y87" s="4">
-        <v>1114.0625</v>
+        <v>4710.9375</v>
       </c>
       <c r="Z87" s="6">
-        <v>1.4630000000000001E-3</v>
+        <v>1.89E-3</v>
       </c>
     </row>
     <row r="88" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A88" s="3" t="s">
-        <v>436</v>
+        <v>422</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>437</v>
+        <v>423</v>
       </c>
       <c r="C88" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D88" s="4">
         <v>350000</v>
       </c>
       <c r="E88" s="5">
-        <v>99.49</v>
+        <v>102.2163</v>
       </c>
       <c r="F88" s="4">
-        <v>355325.83333333</v>
+        <v>366142.46666666999</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H88" s="3" t="s">
-        <v>179</v>
+        <v>31</v>
       </c>
       <c r="I88" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J88" s="5">
-        <v>99.49</v>
+        <v>102.2163</v>
       </c>
       <c r="K88" s="5">
         <v>1</v>
       </c>
       <c r="L88" s="3" t="s">
-        <v>180</v>
+        <v>33</v>
       </c>
       <c r="M88" s="4">
-        <v>355325.83333300002</v>
+        <v>366142.46666600002</v>
       </c>
       <c r="N88" s="4">
-        <v>355325.83333333</v>
+        <v>366142.46666666999</v>
       </c>
       <c r="O88" s="3" t="s">
-        <v>438</v>
+        <v>424</v>
       </c>
       <c r="P88" s="3" t="s">
-        <v>439</v>
+        <v>425</v>
       </c>
       <c r="Q88" s="3" t="s">
-        <v>64</v>
+        <v>208</v>
       </c>
       <c r="R88" s="3" t="s">
-        <v>436</v>
+        <v>422</v>
       </c>
       <c r="S88" s="3" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="T88" s="4">
         <v>0.01</v>
       </c>
       <c r="U88" s="2">
-        <v>46886</v>
+        <v>49279</v>
       </c>
       <c r="V88" s="4">
-        <v>5.3</v>
+        <v>5.75</v>
       </c>
       <c r="W88" s="3" t="s">
-        <v>440</v>
+        <v>426</v>
       </c>
       <c r="X88" s="4">
-        <v>7110.8333333299997</v>
+        <v>8385.4166666700003</v>
       </c>
       <c r="Y88" s="4">
-        <v>7110.8333329999996</v>
+        <v>8385.4166659999992</v>
       </c>
       <c r="Z88" s="6">
-        <v>2.3349999999999998E-3</v>
+        <v>2.947E-3</v>
       </c>
     </row>
     <row r="89" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A89" s="3" t="s">
-        <v>441</v>
+        <v>427</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>442</v>
+        <v>428</v>
       </c>
       <c r="C89" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D89" s="4">
-        <v>425000</v>
+        <v>355000</v>
       </c>
       <c r="E89" s="5">
-        <v>103.82640000000001</v>
+        <v>108.88</v>
       </c>
       <c r="F89" s="4">
-        <v>447194.49166667002</v>
+        <v>393710.28472221998</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H89" s="3" t="s">
-        <v>443</v>
+        <v>31</v>
       </c>
       <c r="I89" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J89" s="5">
-        <v>103.82640000000001</v>
+        <v>108.88</v>
       </c>
       <c r="K89" s="5">
         <v>1</v>
       </c>
       <c r="L89" s="3" t="s">
-        <v>444</v>
+        <v>33</v>
       </c>
       <c r="M89" s="4">
-        <v>447194.49166599999</v>
+        <v>393710.28472200001</v>
       </c>
       <c r="N89" s="4">
-        <v>447194.49166667002</v>
+        <v>393710.28472221998</v>
       </c>
       <c r="O89" s="3" t="s">
-        <v>445</v>
+        <v>429</v>
       </c>
       <c r="P89" s="3" t="s">
-        <v>446</v>
+        <v>430</v>
       </c>
       <c r="Q89" s="3" t="s">
-        <v>103</v>
+        <v>181</v>
       </c>
       <c r="R89" s="3" t="s">
-        <v>441</v>
+        <v>427</v>
       </c>
       <c r="S89" s="3" t="s">
-        <v>87</v>
+        <v>65</v>
       </c>
       <c r="T89" s="4">
         <v>0.01</v>
       </c>
       <c r="U89" s="2">
-        <v>47696</v>
+        <v>48775</v>
       </c>
       <c r="V89" s="4">
-        <v>8.375</v>
+        <v>6.875</v>
       </c>
       <c r="W89" s="3" t="s">
-        <v>447</v>
+        <v>431</v>
       </c>
       <c r="X89" s="4">
-        <v>5932.2916666700003</v>
+        <v>7186.2847222199998</v>
       </c>
       <c r="Y89" s="4">
-        <v>5932.2916660000001</v>
+        <v>7186.2847220000003</v>
       </c>
       <c r="Z89" s="6">
-        <v>2.9380000000000001E-3</v>
+        <v>3.1679999999999998E-3</v>
       </c>
     </row>
     <row r="90" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A90" s="3" t="s">
-        <v>448</v>
+        <v>432</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>449</v>
+        <v>433</v>
       </c>
       <c r="C90" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D90" s="4">
-        <v>350000</v>
+        <v>425000</v>
       </c>
       <c r="E90" s="5">
-        <v>99.678004999999999</v>
+        <v>92.947838000000004</v>
       </c>
       <c r="F90" s="4">
-        <v>355581.35083333001</v>
+        <v>398392.89483333001</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H90" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I90" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J90" s="5">
-        <v>99.678004999999999</v>
+        <v>92.947838000000004</v>
       </c>
       <c r="K90" s="5">
         <v>1</v>
       </c>
       <c r="L90" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M90" s="4">
-        <v>355581.35083299997</v>
+        <v>398392.89483300003</v>
       </c>
       <c r="N90" s="4">
-        <v>355581.35083333001</v>
+        <v>398392.89483333001</v>
       </c>
       <c r="O90" s="3" t="s">
-        <v>450</v>
+        <v>434</v>
       </c>
       <c r="P90" s="3" t="s">
-        <v>451</v>
+        <v>435</v>
       </c>
       <c r="Q90" s="3" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="R90" s="3" t="s">
-        <v>448</v>
+        <v>432</v>
       </c>
       <c r="S90" s="3" t="s">
-        <v>87</v>
+        <v>65</v>
       </c>
       <c r="T90" s="4">
         <v>0.01</v>
       </c>
       <c r="U90" s="2">
-        <v>49279</v>
+        <v>47894</v>
       </c>
       <c r="V90" s="4">
-        <v>5.75</v>
+        <v>3.75</v>
       </c>
       <c r="W90" s="3" t="s">
-        <v>452</v>
+        <v>436</v>
       </c>
       <c r="X90" s="4">
-        <v>6708.3333333299997</v>
+        <v>3364.5833333300002</v>
       </c>
       <c r="Y90" s="4">
-        <v>6708.3333329999996</v>
+        <v>3364.583333</v>
       </c>
       <c r="Z90" s="6">
-        <v>2.336E-3</v>
+        <v>3.2060000000000001E-3</v>
       </c>
     </row>
     <row r="91" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A91" s="3" t="s">
-        <v>453</v>
+        <v>437</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>454</v>
+        <v>438</v>
       </c>
       <c r="C91" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D91" s="4">
         <v>300000</v>
       </c>
       <c r="E91" s="5">
-        <v>108.618253</v>
+        <v>97.75</v>
       </c>
       <c r="F91" s="4">
-        <v>330208.92566667002</v>
+        <v>297648.95833333</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H91" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I91" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J91" s="5">
-        <v>108.618253</v>
+        <v>97.75</v>
       </c>
       <c r="K91" s="5">
         <v>1</v>
       </c>
       <c r="L91" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M91" s="4">
-        <v>330208.925666</v>
+        <v>297648.95833300002</v>
       </c>
       <c r="N91" s="4">
-        <v>330208.92566667002</v>
+        <v>297648.95833333</v>
       </c>
       <c r="O91" s="3" t="s">
-        <v>455</v>
+        <v>439</v>
       </c>
       <c r="P91" s="3" t="s">
-        <v>456</v>
+        <v>440</v>
       </c>
       <c r="Q91" s="3" t="s">
-        <v>143</v>
+        <v>131</v>
       </c>
       <c r="R91" s="3" t="s">
-        <v>453</v>
+        <v>437</v>
       </c>
       <c r="S91" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T91" s="4">
         <v>0.01</v>
       </c>
       <c r="U91" s="2">
-        <v>48775</v>
+        <v>47136</v>
       </c>
       <c r="V91" s="4">
-        <v>6.875</v>
+        <v>5.125</v>
       </c>
       <c r="W91" s="3" t="s">
-        <v>457</v>
+        <v>441</v>
       </c>
       <c r="X91" s="4">
-        <v>4354.1666666700003</v>
+        <v>4398.9583333299997</v>
       </c>
       <c r="Y91" s="4">
-        <v>4354.1666660000001</v>
+        <v>4398.9583329999996</v>
       </c>
       <c r="Z91" s="6">
-        <v>2.1700000000000001E-3</v>
+        <v>2.395E-3</v>
       </c>
     </row>
     <row r="92" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A92" s="3" t="s">
-        <v>458</v>
+        <v>442</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>459</v>
+        <v>443</v>
       </c>
       <c r="C92" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D92" s="4">
-        <v>475000</v>
+        <v>400000</v>
       </c>
       <c r="E92" s="5">
-        <v>92.287869999999998</v>
+        <v>96.975020000000001</v>
       </c>
       <c r="F92" s="4">
-        <v>440643.42416667001</v>
+        <v>390200.08</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H92" s="3" t="s">
-        <v>31</v>
+        <v>140</v>
       </c>
       <c r="I92" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J92" s="5">
-        <v>92.287869999999998</v>
+        <v>96.975020000000001</v>
       </c>
       <c r="K92" s="5">
         <v>1</v>
       </c>
       <c r="L92" s="3" t="s">
-        <v>33</v>
+        <v>141</v>
       </c>
       <c r="M92" s="4">
-        <v>440643.42416599998</v>
+        <v>390200.08</v>
       </c>
       <c r="N92" s="4">
-        <v>440643.42416667001</v>
+        <v>390200.08</v>
       </c>
       <c r="O92" s="3" t="s">
-        <v>460</v>
+        <v>444</v>
       </c>
       <c r="P92" s="3" t="s">
-        <v>461</v>
+        <v>445</v>
       </c>
       <c r="Q92" s="3" t="s">
-        <v>214</v>
+        <v>107</v>
       </c>
       <c r="R92" s="3" t="s">
-        <v>458</v>
+        <v>442</v>
       </c>
       <c r="S92" s="3" t="s">
-        <v>65</v>
+        <v>91</v>
       </c>
       <c r="T92" s="4">
         <v>0.01</v>
       </c>
       <c r="U92" s="2">
-        <v>47894</v>
+        <v>47192</v>
       </c>
       <c r="V92" s="4">
-        <v>3.75</v>
+        <v>4.5</v>
       </c>
       <c r="W92" s="3" t="s">
-        <v>462</v>
+        <v>446</v>
       </c>
       <c r="X92" s="4">
-        <v>2276.0416666699998</v>
+        <v>2300</v>
       </c>
       <c r="Y92" s="4">
-        <v>2276.0416660000001</v>
+        <v>2300</v>
       </c>
       <c r="Z92" s="6">
-        <v>2.895E-3</v>
+        <v>3.14E-3</v>
       </c>
     </row>
     <row r="93" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A93" s="3" t="s">
-        <v>463</v>
+        <v>447</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>464</v>
+        <v>448</v>
       </c>
       <c r="C93" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D93" s="4">
-        <v>300000</v>
+        <v>410000</v>
       </c>
       <c r="E93" s="5">
-        <v>105.3219</v>
+        <v>96.57311</v>
       </c>
       <c r="F93" s="4">
-        <v>325418.82500000001</v>
+        <v>398683.08433332999</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H93" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I93" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J93" s="5">
-        <v>105.3219</v>
+        <v>96.57311</v>
       </c>
       <c r="K93" s="5">
         <v>1</v>
       </c>
       <c r="L93" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M93" s="4">
-        <v>325418.82500000001</v>
+        <v>398683.08433300001</v>
       </c>
       <c r="N93" s="4">
-        <v>325418.82500000001</v>
+        <v>398683.08433332999</v>
       </c>
       <c r="O93" s="3" t="s">
-        <v>465</v>
+        <v>449</v>
       </c>
       <c r="P93" s="3" t="s">
-        <v>466</v>
+        <v>450</v>
       </c>
       <c r="Q93" s="3" t="s">
-        <v>132</v>
+        <v>208</v>
       </c>
       <c r="R93" s="3" t="s">
-        <v>463</v>
+        <v>447</v>
       </c>
       <c r="S93" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T93" s="4">
         <v>0.01</v>
       </c>
       <c r="U93" s="2">
-        <v>47452</v>
+        <v>47178</v>
       </c>
       <c r="V93" s="4">
-        <v>9.375</v>
+        <v>4</v>
       </c>
       <c r="W93" s="3" t="s">
-        <v>467</v>
+        <v>451</v>
       </c>
       <c r="X93" s="4">
-        <v>9453.125</v>
+        <v>2733.3333333300002</v>
       </c>
       <c r="Y93" s="4">
-        <v>9453.125</v>
+        <v>2733.333333</v>
       </c>
       <c r="Z93" s="6">
-        <v>2.1380000000000001E-3</v>
+        <v>3.2079999999999999E-3</v>
       </c>
     </row>
     <row r="94" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A94" s="3" t="s">
-        <v>468</v>
+        <v>452</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>469</v>
+        <v>453</v>
       </c>
       <c r="C94" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D94" s="4">
-        <v>300000</v>
+        <v>360000</v>
       </c>
       <c r="E94" s="5">
-        <v>99.754999999999995</v>
+        <v>106.1133</v>
       </c>
       <c r="F94" s="4">
-        <v>302382.70833333</v>
+        <v>394945.38</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H94" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I94" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J94" s="5">
-        <v>99.754999999999995</v>
+        <v>106.1133</v>
       </c>
       <c r="K94" s="5">
         <v>1</v>
       </c>
       <c r="L94" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M94" s="4">
-        <v>302382.70833300002</v>
+        <v>394945.38</v>
       </c>
       <c r="N94" s="4">
-        <v>302382.70833333</v>
+        <v>394945.38</v>
       </c>
       <c r="O94" s="3" t="s">
-        <v>470</v>
+        <v>454</v>
       </c>
       <c r="P94" s="3" t="s">
-        <v>471</v>
+        <v>455</v>
       </c>
       <c r="Q94" s="3" t="s">
-        <v>132</v>
+        <v>353</v>
       </c>
       <c r="R94" s="3" t="s">
-        <v>468</v>
+        <v>452</v>
       </c>
       <c r="S94" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T94" s="4">
         <v>0.01</v>
       </c>
       <c r="U94" s="2">
-        <v>47136</v>
+        <v>47635</v>
       </c>
       <c r="V94" s="4">
-        <v>5.125</v>
+        <v>8.625</v>
       </c>
       <c r="W94" s="3" t="s">
-        <v>472</v>
+        <v>456</v>
       </c>
       <c r="X94" s="4">
-        <v>3117.7083333300002</v>
+        <v>12937.5</v>
       </c>
       <c r="Y94" s="4">
-        <v>3117.708333</v>
+        <v>12937.5</v>
       </c>
       <c r="Z94" s="6">
-        <v>1.9870000000000001E-3</v>
+        <v>3.1779999999999998E-3</v>
       </c>
     </row>
     <row r="95" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A95" s="3" t="s">
-        <v>473</v>
+        <v>457</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>474</v>
+        <v>458</v>
       </c>
       <c r="C95" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D95" s="4">
-        <v>400000</v>
+        <v>355000</v>
       </c>
       <c r="E95" s="5">
-        <v>105.16079999999999</v>
+        <v>108.928</v>
       </c>
       <c r="F95" s="4">
-        <v>423268.2</v>
+        <v>394007.4</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H95" s="3" t="s">
-        <v>31</v>
+        <v>459</v>
       </c>
       <c r="I95" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J95" s="5">
-        <v>105.16079999999999</v>
+        <v>108.928</v>
       </c>
       <c r="K95" s="5">
         <v>1</v>
       </c>
       <c r="L95" s="3" t="s">
-        <v>33</v>
+        <v>460</v>
       </c>
       <c r="M95" s="4">
-        <v>423268.2</v>
+        <v>394007.4</v>
       </c>
       <c r="N95" s="4">
-        <v>423268.2</v>
+        <v>394007.4</v>
       </c>
       <c r="O95" s="3" t="s">
-        <v>475</v>
+        <v>461</v>
       </c>
       <c r="P95" s="3" t="s">
-        <v>476</v>
+        <v>462</v>
       </c>
       <c r="Q95" s="3" t="s">
-        <v>64</v>
+        <v>224</v>
       </c>
       <c r="R95" s="3" t="s">
-        <v>473</v>
+        <v>457</v>
       </c>
       <c r="S95" s="3" t="s">
-        <v>65</v>
+        <v>91</v>
       </c>
       <c r="T95" s="4">
         <v>0.01</v>
       </c>
       <c r="U95" s="2">
-        <v>47908</v>
+        <v>49874</v>
       </c>
       <c r="V95" s="4">
-        <v>7.875</v>
+        <v>7.2</v>
       </c>
       <c r="W95" s="3" t="s">
-        <v>477</v>
+        <v>463</v>
       </c>
       <c r="X95" s="4">
-        <v>2625</v>
+        <v>7313</v>
       </c>
       <c r="Y95" s="4">
-        <v>2625</v>
+        <v>7313</v>
       </c>
       <c r="Z95" s="6">
-        <v>2.7810000000000001E-3</v>
+        <v>3.1710000000000002E-3</v>
       </c>
     </row>
     <row r="96" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A96" s="3" t="s">
-        <v>478</v>
+        <v>464</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>479</v>
+        <v>465</v>
       </c>
       <c r="C96" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D96" s="4">
-        <v>350000</v>
+        <v>300000</v>
       </c>
       <c r="E96" s="5">
-        <v>96.481719999999996</v>
+        <v>96.305289999999999</v>
       </c>
       <c r="F96" s="4">
-        <v>338386.02</v>
+        <v>289449.20333332999</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H96" s="3" t="s">
-        <v>179</v>
+        <v>31</v>
       </c>
       <c r="I96" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J96" s="5">
-        <v>96.481719999999996</v>
+        <v>96.305289999999999</v>
       </c>
       <c r="K96" s="5">
         <v>1</v>
       </c>
       <c r="L96" s="3" t="s">
-        <v>180</v>
+        <v>33</v>
       </c>
       <c r="M96" s="4">
-        <v>338386.02</v>
+        <v>289449.20333300001</v>
       </c>
       <c r="N96" s="4">
-        <v>338386.02</v>
+        <v>289449.20333332999</v>
       </c>
       <c r="O96" s="3" t="s">
-        <v>480</v>
+        <v>466</v>
       </c>
       <c r="P96" s="3" t="s">
-        <v>481</v>
+        <v>467</v>
       </c>
       <c r="Q96" s="3" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="R96" s="3" t="s">
-        <v>478</v>
+        <v>464</v>
       </c>
       <c r="S96" s="3" t="s">
-        <v>87</v>
+        <v>65</v>
       </c>
       <c r="T96" s="4">
         <v>0.01</v>
       </c>
       <c r="U96" s="2">
-        <v>47192</v>
+        <v>47223</v>
       </c>
       <c r="V96" s="4">
-        <v>4.5</v>
+        <v>4</v>
       </c>
       <c r="W96" s="3" t="s">
-        <v>482</v>
+        <v>468</v>
       </c>
       <c r="X96" s="4">
-        <v>700</v>
+        <v>533.33333332999996</v>
       </c>
       <c r="Y96" s="4">
-        <v>700</v>
+        <v>533.33333300000004</v>
       </c>
       <c r="Z96" s="6">
-        <v>2.2230000000000001E-3</v>
+        <v>2.3289999999999999E-3</v>
       </c>
     </row>
     <row r="97" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A97" s="3" t="s">
-        <v>483</v>
+        <v>469</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>484</v>
+        <v>470</v>
       </c>
       <c r="C97" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D97" s="4">
-        <v>450000</v>
+        <v>390000</v>
       </c>
       <c r="E97" s="5">
-        <v>96.143090000000001</v>
+        <v>99.630685999999997</v>
       </c>
       <c r="F97" s="4">
-        <v>434143.90500000003</v>
+        <v>393488.84206667001</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H97" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I97" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J97" s="5">
-        <v>96.143090000000001</v>
+        <v>99.630685999999997</v>
       </c>
       <c r="K97" s="5">
         <v>1</v>
       </c>
       <c r="L97" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M97" s="4">
-        <v>434143.90500000003</v>
+        <v>393488.84206599998</v>
       </c>
       <c r="N97" s="4">
-        <v>434143.90500000003</v>
+        <v>393488.84206667001</v>
       </c>
       <c r="O97" s="3" t="s">
-        <v>485</v>
+        <v>471</v>
       </c>
       <c r="P97" s="3" t="s">
-        <v>486</v>
+        <v>472</v>
       </c>
       <c r="Q97" s="3" t="s">
-        <v>214</v>
+        <v>353</v>
       </c>
       <c r="R97" s="3" t="s">
-        <v>483</v>
+        <v>469</v>
       </c>
       <c r="S97" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T97" s="4">
         <v>0.01</v>
       </c>
       <c r="U97" s="2">
-        <v>47178</v>
+        <v>46783</v>
       </c>
       <c r="V97" s="4">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W97" s="3" t="s">
-        <v>487</v>
+        <v>473</v>
       </c>
       <c r="X97" s="4">
-        <v>1500</v>
+        <v>4929.1666666700003</v>
       </c>
       <c r="Y97" s="4">
-        <v>1500</v>
+        <v>4929.1666660000001</v>
       </c>
       <c r="Z97" s="6">
-        <v>2.8530000000000001E-3</v>
+        <v>3.1670000000000001E-3</v>
       </c>
     </row>
     <row r="98" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A98" s="3" t="s">
-        <v>488</v>
+        <v>474</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>489</v>
+        <v>475</v>
       </c>
       <c r="C98" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D98" s="4">
-        <v>400000</v>
+        <v>365000</v>
       </c>
       <c r="E98" s="5">
-        <v>106.15389999999999</v>
+        <v>106.7333</v>
       </c>
       <c r="F98" s="4">
-        <v>436115.6</v>
+        <v>400123.52416666999</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H98" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I98" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J98" s="5">
-        <v>106.15389999999999</v>
+        <v>106.7333</v>
       </c>
       <c r="K98" s="5">
         <v>1</v>
       </c>
       <c r="L98" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M98" s="4">
-        <v>436115.6</v>
+        <v>400123.52416600002</v>
       </c>
       <c r="N98" s="4">
-        <v>436115.6</v>
+        <v>400123.52416666999</v>
       </c>
       <c r="O98" s="3" t="s">
-        <v>490</v>
+        <v>476</v>
       </c>
       <c r="P98" s="3" t="s">
-        <v>491</v>
+        <v>477</v>
       </c>
       <c r="Q98" s="3" t="s">
-        <v>364</v>
+        <v>107</v>
       </c>
       <c r="R98" s="3" t="s">
-        <v>488</v>
+        <v>474</v>
       </c>
       <c r="S98" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T98" s="4">
         <v>0.01</v>
       </c>
       <c r="U98" s="2">
-        <v>47635</v>
+        <v>47679</v>
       </c>
       <c r="V98" s="4">
-        <v>8.625</v>
+        <v>9.125</v>
       </c>
       <c r="W98" s="3" t="s">
-        <v>492</v>
+        <v>478</v>
       </c>
       <c r="X98" s="4">
-        <v>11500</v>
+        <v>10546.97916667</v>
       </c>
       <c r="Y98" s="4">
-        <v>11500</v>
+        <v>10546.979165999999</v>
       </c>
       <c r="Z98" s="6">
-        <v>2.8660000000000001E-3</v>
+        <v>3.2200000000000002E-3</v>
       </c>
     </row>
     <row r="99" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A99" s="3" t="s">
-        <v>493</v>
+        <v>479</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>494</v>
+        <v>480</v>
       </c>
       <c r="C99" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D99" s="4">
-        <v>425000</v>
+        <v>410000</v>
       </c>
       <c r="E99" s="5">
-        <v>107.9272</v>
+        <v>94.183300000000003</v>
       </c>
       <c r="F99" s="4">
-        <v>464895.6</v>
+        <v>389721.94666666997</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H99" s="3" t="s">
-        <v>495</v>
+        <v>31</v>
       </c>
       <c r="I99" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J99" s="5">
-        <v>107.9272</v>
+        <v>94.183300000000003</v>
       </c>
       <c r="K99" s="5">
         <v>1</v>
       </c>
       <c r="L99" s="3" t="s">
-        <v>496</v>
+        <v>33</v>
       </c>
       <c r="M99" s="4">
-        <v>464895.6</v>
+        <v>389721.946666</v>
       </c>
       <c r="N99" s="4">
-        <v>464895.6</v>
+        <v>389721.94666666997</v>
       </c>
       <c r="O99" s="3" t="s">
-        <v>497</v>
+        <v>481</v>
       </c>
       <c r="P99" s="3" t="s">
-        <v>498</v>
+        <v>482</v>
       </c>
       <c r="Q99" s="3" t="s">
-        <v>235</v>
+        <v>90</v>
       </c>
       <c r="R99" s="3" t="s">
-        <v>493</v>
+        <v>479</v>
       </c>
       <c r="S99" s="3" t="s">
-        <v>87</v>
+        <v>65</v>
       </c>
       <c r="T99" s="4">
         <v>0.01</v>
       </c>
       <c r="U99" s="2">
-        <v>49874</v>
+        <v>48259</v>
       </c>
       <c r="V99" s="4">
-        <v>7.2</v>
+        <v>4.125</v>
       </c>
       <c r="W99" s="3" t="s">
-        <v>499</v>
+        <v>483</v>
       </c>
       <c r="X99" s="4">
-        <v>6205</v>
+        <v>3570.4166666699998</v>
       </c>
       <c r="Y99" s="4">
-        <v>6205</v>
+        <v>3570.4166660000001</v>
       </c>
       <c r="Z99" s="6">
-        <v>3.055E-3</v>
+        <v>3.1359999999999999E-3</v>
       </c>
     </row>
     <row r="100" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A100" s="3" t="s">
-        <v>500</v>
+        <v>484</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>501</v>
+        <v>485</v>
       </c>
       <c r="C100" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D100" s="4">
-        <v>300000</v>
+        <v>385000</v>
       </c>
       <c r="E100" s="5">
-        <v>95.97475</v>
+        <v>101.5883</v>
       </c>
       <c r="F100" s="4">
-        <v>293457.58333333</v>
+        <v>394066.62166667002</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H100" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I100" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J100" s="5">
-        <v>95.97475</v>
+        <v>101.5883</v>
       </c>
       <c r="K100" s="5">
         <v>1</v>
       </c>
       <c r="L100" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M100" s="4">
-        <v>293457.58333300002</v>
+        <v>394066.62166599999</v>
       </c>
       <c r="N100" s="4">
-        <v>293457.58333333</v>
+        <v>394066.62166667002</v>
       </c>
       <c r="O100" s="3" t="s">
-        <v>502</v>
+        <v>486</v>
       </c>
       <c r="P100" s="3" t="s">
-        <v>503</v>
+        <v>487</v>
       </c>
       <c r="Q100" s="3" t="s">
-        <v>86</v>
+        <v>131</v>
       </c>
       <c r="R100" s="3" t="s">
-        <v>500</v>
+        <v>484</v>
       </c>
       <c r="S100" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T100" s="4">
         <v>0.01</v>
       </c>
       <c r="U100" s="2">
-        <v>47223</v>
+        <v>48594</v>
       </c>
       <c r="V100" s="4">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="W100" s="3" t="s">
-        <v>504</v>
+        <v>488</v>
       </c>
       <c r="X100" s="4">
-        <v>5533.3333333299997</v>
+        <v>2951.6666666699998</v>
       </c>
       <c r="Y100" s="4">
-        <v>5533.3333329999996</v>
+        <v>2951.6666660000001</v>
       </c>
       <c r="Z100" s="6">
-        <v>1.928E-3</v>
+        <v>3.1710000000000002E-3</v>
       </c>
     </row>
     <row r="101" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A101" s="3" t="s">
-        <v>505</v>
+        <v>489</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>506</v>
+        <v>490</v>
       </c>
       <c r="C101" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D101" s="4">
-        <v>450000</v>
+        <v>410000</v>
       </c>
       <c r="E101" s="5">
-        <v>99.278300000000002</v>
+        <v>96.053138000000004</v>
       </c>
       <c r="F101" s="4">
-        <v>450564.85</v>
+        <v>395716.96302222001</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H101" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I101" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J101" s="5">
-        <v>99.278300000000002</v>
+        <v>96.053138000000004</v>
       </c>
       <c r="K101" s="5">
         <v>1</v>
       </c>
       <c r="L101" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M101" s="4">
-        <v>450564.85</v>
+        <v>395716.96302199998</v>
       </c>
       <c r="N101" s="4">
-        <v>450564.85</v>
+        <v>395716.96302222001</v>
       </c>
       <c r="O101" s="3" t="s">
-        <v>507</v>
+        <v>491</v>
       </c>
       <c r="P101" s="3" t="s">
-        <v>508</v>
+        <v>492</v>
       </c>
       <c r="Q101" s="3" t="s">
-        <v>364</v>
+        <v>208</v>
       </c>
       <c r="R101" s="3" t="s">
-        <v>505</v>
+        <v>489</v>
       </c>
       <c r="S101" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T101" s="4">
         <v>0.01</v>
       </c>
       <c r="U101" s="2">
-        <v>46783</v>
+        <v>47192</v>
       </c>
       <c r="V101" s="4">
-        <v>5</v>
+        <v>3.625</v>
       </c>
       <c r="W101" s="3" t="s">
-        <v>509</v>
+        <v>493</v>
       </c>
       <c r="X101" s="4">
-        <v>3812.5</v>
+        <v>1899.09722222</v>
       </c>
       <c r="Y101" s="4">
-        <v>3812.5</v>
+        <v>1899.0972220000001</v>
       </c>
       <c r="Z101" s="6">
-        <v>2.9610000000000001E-3</v>
+        <v>3.1849999999999999E-3</v>
       </c>
     </row>
     <row r="102" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A102" s="3" t="s">
-        <v>510</v>
+        <v>494</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>511</v>
+        <v>495</v>
       </c>
       <c r="C102" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D102" s="4">
-        <v>425000</v>
+        <v>380000</v>
       </c>
       <c r="E102" s="5">
-        <v>107.244972</v>
+        <v>98.132630000000006</v>
       </c>
       <c r="F102" s="4">
-        <v>464840.08933332999</v>
+        <v>380226.91066667001</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H102" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I102" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J102" s="5">
-        <v>107.244972</v>
+        <v>98.132630000000006</v>
       </c>
       <c r="K102" s="5">
         <v>1</v>
       </c>
       <c r="L102" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M102" s="4">
-        <v>464840.08933300001</v>
+        <v>380226.91066599998</v>
       </c>
       <c r="N102" s="4">
-        <v>464840.08933332999</v>
+        <v>380226.91066667001</v>
       </c>
       <c r="O102" s="3" t="s">
-        <v>512</v>
+        <v>496</v>
       </c>
       <c r="P102" s="3" t="s">
-        <v>513</v>
+        <v>497</v>
       </c>
       <c r="Q102" s="3" t="s">
-        <v>103</v>
+        <v>498</v>
       </c>
       <c r="R102" s="3" t="s">
-        <v>510</v>
+        <v>494</v>
       </c>
       <c r="S102" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T102" s="4">
         <v>0.01</v>
       </c>
       <c r="U102" s="2">
-        <v>47679</v>
+        <v>47635</v>
       </c>
       <c r="V102" s="4">
-        <v>9.125</v>
+        <v>4.625</v>
       </c>
       <c r="W102" s="3" t="s">
-        <v>514</v>
+        <v>499</v>
       </c>
       <c r="X102" s="4">
-        <v>9048.9583333299997</v>
+        <v>7322.9166666700003</v>
       </c>
       <c r="Y102" s="4">
-        <v>9048.9583330000005</v>
+        <v>7322.9166660000001</v>
       </c>
       <c r="Z102" s="6">
-        <v>3.0539999999999999E-3</v>
+        <v>3.0599999999999998E-3</v>
       </c>
     </row>
     <row r="103" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A103" s="3" t="s">
-        <v>515</v>
+        <v>500</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>516</v>
+        <v>501</v>
       </c>
       <c r="C103" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D103" s="4">
-        <v>450000</v>
+        <v>410000</v>
       </c>
       <c r="E103" s="5">
-        <v>93.745019999999997</v>
+        <v>94.938000000000002</v>
       </c>
       <c r="F103" s="4">
-        <v>424224.46500000003</v>
+        <v>392599.82777778001</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H103" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I103" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J103" s="5">
-        <v>93.745019999999997</v>
+        <v>94.938000000000002</v>
       </c>
       <c r="K103" s="5">
         <v>1</v>
       </c>
       <c r="L103" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M103" s="4">
-        <v>424224.46500000003</v>
+        <v>392599.82777700003</v>
       </c>
       <c r="N103" s="4">
-        <v>424224.46500000003</v>
+        <v>392599.82777778001</v>
       </c>
       <c r="O103" s="3" t="s">
-        <v>517</v>
+        <v>502</v>
       </c>
       <c r="P103" s="3" t="s">
-        <v>518</v>
+        <v>503</v>
       </c>
       <c r="Q103" s="3" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="R103" s="3" t="s">
-        <v>515</v>
+        <v>500</v>
       </c>
       <c r="S103" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T103" s="4">
         <v>0.01</v>
       </c>
       <c r="U103" s="2">
-        <v>48259</v>
+        <v>47894</v>
       </c>
       <c r="V103" s="4">
-        <v>4.125</v>
+        <v>3.875</v>
       </c>
       <c r="W103" s="3" t="s">
-        <v>519</v>
+        <v>504</v>
       </c>
       <c r="X103" s="4">
-        <v>2371.875</v>
+        <v>3354.0277777800002</v>
       </c>
       <c r="Y103" s="4">
-        <v>2371.875</v>
+        <v>3354.0277769999998</v>
       </c>
       <c r="Z103" s="6">
-        <v>2.787E-3</v>
+        <v>3.16E-3</v>
       </c>
     </row>
     <row r="104" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A104" s="3" t="s">
-        <v>520</v>
+        <v>505</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>521</v>
+        <v>506</v>
       </c>
       <c r="C104" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D104" s="4">
-        <v>425000</v>
+        <v>445000</v>
       </c>
       <c r="E104" s="5">
-        <v>101.1083</v>
+        <v>87.91498</v>
       </c>
       <c r="F104" s="4">
-        <v>430843.60833333002</v>
+        <v>391513.38322222</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H104" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I104" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J104" s="5">
-        <v>101.1083</v>
+        <v>87.91498</v>
       </c>
       <c r="K104" s="5">
         <v>1</v>
       </c>
       <c r="L104" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M104" s="4">
-        <v>430843.60833299998</v>
+        <v>391513.38322199997</v>
       </c>
       <c r="N104" s="4">
-        <v>430843.60833333002</v>
+        <v>391513.38322222</v>
       </c>
       <c r="O104" s="3" t="s">
-        <v>522</v>
+        <v>507</v>
       </c>
       <c r="P104" s="3" t="s">
-        <v>523</v>
+        <v>508</v>
       </c>
       <c r="Q104" s="3" t="s">
-        <v>132</v>
+        <v>90</v>
       </c>
       <c r="R104" s="3" t="s">
-        <v>520</v>
+        <v>505</v>
       </c>
       <c r="S104" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T104" s="4">
         <v>0.01</v>
       </c>
       <c r="U104" s="2">
-        <v>48594</v>
+        <v>47596</v>
       </c>
       <c r="V104" s="4">
-        <v>6</v>
+        <v>2.95</v>
       </c>
       <c r="W104" s="3" t="s">
-        <v>524</v>
+        <v>509</v>
       </c>
       <c r="X104" s="4">
-        <v>1133.33333333</v>
+        <v>291.72222221999999</v>
       </c>
       <c r="Y104" s="4">
-        <v>1133.333333</v>
+        <v>291.72222199999999</v>
       </c>
       <c r="Z104" s="6">
-        <v>2.8310000000000002E-3</v>
+        <v>3.1510000000000002E-3</v>
       </c>
     </row>
     <row r="105" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A105" s="3" t="s">
-        <v>525</v>
+        <v>510</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>526</v>
+        <v>511</v>
       </c>
       <c r="C105" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D105" s="4">
-        <v>450000</v>
+        <v>390000</v>
       </c>
       <c r="E105" s="5">
-        <v>95.291409999999999</v>
+        <v>98.515450999999999</v>
       </c>
       <c r="F105" s="4">
-        <v>429536.34499999997</v>
+        <v>391628.38390000002</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H105" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I105" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J105" s="5">
-        <v>95.291409999999999</v>
+        <v>98.515450999999999</v>
       </c>
       <c r="K105" s="5">
         <v>1</v>
       </c>
       <c r="L105" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M105" s="4">
-        <v>429536.34499999997</v>
+        <v>391628.38390000002</v>
       </c>
       <c r="N105" s="4">
-        <v>429536.34499999997</v>
+        <v>391628.38390000002</v>
       </c>
       <c r="O105" s="3" t="s">
-        <v>527</v>
+        <v>512</v>
       </c>
       <c r="P105" s="3" t="s">
-        <v>528</v>
+        <v>513</v>
       </c>
       <c r="Q105" s="3" t="s">
-        <v>214</v>
+        <v>353</v>
       </c>
       <c r="R105" s="3" t="s">
-        <v>525</v>
+        <v>510</v>
       </c>
       <c r="S105" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T105" s="4">
         <v>0.01</v>
       </c>
       <c r="U105" s="2">
-        <v>47192</v>
+        <v>47072</v>
       </c>
       <c r="V105" s="4">
-        <v>3.625</v>
+        <v>4.125</v>
       </c>
       <c r="W105" s="3" t="s">
-        <v>529</v>
+        <v>514</v>
       </c>
       <c r="X105" s="4">
-        <v>725</v>
+        <v>7418.125</v>
       </c>
       <c r="Y105" s="4">
-        <v>725</v>
+        <v>7418.125</v>
       </c>
       <c r="Z105" s="6">
-        <v>2.8219999999999999E-3</v>
+        <v>3.1519999999999999E-3</v>
       </c>
     </row>
     <row r="106" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A106" s="3" t="s">
-        <v>530</v>
+        <v>515</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>531</v>
+        <v>516</v>
       </c>
       <c r="C106" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D106" s="4">
-        <v>400000</v>
+        <v>395000</v>
       </c>
       <c r="E106" s="5">
-        <v>97.728629999999995</v>
+        <v>99.919938999999999</v>
       </c>
       <c r="F106" s="4">
-        <v>397081.18666667002</v>
+        <v>395671.25904999999</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H106" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I106" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J106" s="5">
-        <v>97.728629999999995</v>
+        <v>99.919938999999999</v>
       </c>
       <c r="K106" s="5">
         <v>1</v>
       </c>
       <c r="L106" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M106" s="4">
-        <v>397081.18666599999</v>
+        <v>395671.25904999999</v>
       </c>
       <c r="N106" s="4">
-        <v>397081.18666667002</v>
+        <v>395671.25904999999</v>
       </c>
       <c r="O106" s="3" t="s">
-        <v>532</v>
+        <v>517</v>
       </c>
       <c r="P106" s="3" t="s">
-        <v>533</v>
+        <v>518</v>
       </c>
       <c r="Q106" s="3" t="s">
-        <v>534</v>
+        <v>208</v>
       </c>
       <c r="R106" s="3" t="s">
-        <v>530</v>
+        <v>515</v>
       </c>
       <c r="S106" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T106" s="4">
         <v>0.01</v>
       </c>
       <c r="U106" s="2">
-        <v>47635</v>
+        <v>46492</v>
       </c>
       <c r="V106" s="4">
-        <v>4.625</v>
+        <v>5.625</v>
       </c>
       <c r="W106" s="3" t="s">
-        <v>535</v>
+        <v>519</v>
       </c>
       <c r="X106" s="4">
-        <v>6166.6666666700003</v>
+        <v>987.5</v>
       </c>
       <c r="Y106" s="4">
-        <v>6166.6666660000001</v>
+        <v>987.5</v>
       </c>
       <c r="Z106" s="6">
-        <v>2.6090000000000002E-3</v>
+        <v>3.1840000000000002E-3</v>
       </c>
     </row>
     <row r="107" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A107" s="3" t="s">
-        <v>536</v>
+        <v>520</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>537</v>
+        <v>521</v>
       </c>
       <c r="C107" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D107" s="4">
-        <v>450000</v>
+        <v>370000</v>
       </c>
       <c r="E107" s="5">
-        <v>94.602000000000004</v>
+        <v>106.1234</v>
       </c>
       <c r="F107" s="4">
-        <v>427937.125</v>
+        <v>393931.02444443997</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H107" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I107" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J107" s="5">
-        <v>94.602000000000004</v>
+        <v>106.1234</v>
       </c>
       <c r="K107" s="5">
         <v>1</v>
       </c>
       <c r="L107" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M107" s="4">
-        <v>427937.125</v>
+        <v>393931.02444399998</v>
       </c>
       <c r="N107" s="4">
-        <v>427937.125</v>
+        <v>393931.02444443997</v>
       </c>
       <c r="O107" s="3" t="s">
-        <v>538</v>
+        <v>522</v>
       </c>
       <c r="P107" s="3" t="s">
-        <v>539</v>
+        <v>523</v>
       </c>
       <c r="Q107" s="3" t="s">
-        <v>86</v>
+        <v>353</v>
       </c>
       <c r="R107" s="3" t="s">
-        <v>536</v>
+        <v>520</v>
       </c>
       <c r="S107" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T107" s="4">
         <v>0.01</v>
       </c>
       <c r="U107" s="2">
-        <v>47894</v>
+        <v>48136</v>
       </c>
       <c r="V107" s="4">
-        <v>3.875</v>
+        <v>7.75</v>
       </c>
       <c r="W107" s="3" t="s">
-        <v>540</v>
+        <v>524</v>
       </c>
       <c r="X107" s="4">
-        <v>2228.125</v>
+        <v>1274.4444444400001</v>
       </c>
       <c r="Y107" s="4">
-        <v>2228.125</v>
+        <v>1274.444444</v>
       </c>
       <c r="Z107" s="6">
-        <v>2.8119999999999998E-3</v>
+        <v>3.1700000000000001E-3</v>
       </c>
     </row>
     <row r="108" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A108" s="3" t="s">
-        <v>541</v>
+        <v>525</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>542</v>
+        <v>526</v>
       </c>
       <c r="C108" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D108" s="4">
-        <v>450000</v>
+        <v>375000</v>
       </c>
       <c r="E108" s="5">
-        <v>97.647942999999998</v>
+        <v>103.407</v>
       </c>
       <c r="F108" s="4">
-        <v>446428.24349999998</v>
+        <v>388984.58333333</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H108" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I108" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J108" s="5">
-        <v>97.647942999999998</v>
+        <v>103.407</v>
       </c>
       <c r="K108" s="5">
         <v>1</v>
       </c>
       <c r="L108" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M108" s="4">
-        <v>446428.24349999998</v>
+        <v>388984.58333300002</v>
       </c>
       <c r="N108" s="4">
-        <v>446428.24349999998</v>
+        <v>388984.58333333</v>
       </c>
       <c r="O108" s="3" t="s">
-        <v>543</v>
+        <v>527</v>
       </c>
       <c r="P108" s="3" t="s">
-        <v>544</v>
+        <v>528</v>
       </c>
       <c r="Q108" s="3" t="s">
-        <v>364</v>
+        <v>208</v>
       </c>
       <c r="R108" s="3" t="s">
-        <v>541</v>
+        <v>525</v>
       </c>
       <c r="S108" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T108" s="4">
         <v>0.01</v>
       </c>
       <c r="U108" s="2">
-        <v>47072</v>
+        <v>47422</v>
       </c>
       <c r="V108" s="4">
-        <v>4.125</v>
+        <v>7.25</v>
       </c>
       <c r="W108" s="3" t="s">
-        <v>545</v>
+        <v>529</v>
       </c>
       <c r="X108" s="4">
-        <v>7012.5</v>
+        <v>1208.33333333</v>
       </c>
       <c r="Y108" s="4">
-        <v>7012.5</v>
+        <v>1208.333333</v>
       </c>
       <c r="Z108" s="6">
-        <v>2.9329999999999998E-3</v>
+        <v>3.13E-3</v>
       </c>
     </row>
     <row r="109" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A109" s="3" t="s">
-        <v>546</v>
+        <v>530</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>547</v>
+        <v>531</v>
       </c>
       <c r="C109" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D109" s="4">
-        <v>425000</v>
+        <v>385000</v>
       </c>
       <c r="E109" s="5">
-        <v>99.597149999999999</v>
+        <v>101.4033</v>
       </c>
       <c r="F109" s="4">
-        <v>434311.32500000001</v>
+        <v>392327.70500000002</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H109" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I109" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J109" s="5">
-        <v>99.597149999999999</v>
+        <v>101.4033</v>
       </c>
       <c r="K109" s="5">
         <v>1</v>
       </c>
       <c r="L109" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M109" s="4">
-        <v>434311.32500000001</v>
+        <v>392327.70500000002</v>
       </c>
       <c r="N109" s="4">
-        <v>434311.32500000001</v>
+        <v>392327.70500000002</v>
       </c>
       <c r="O109" s="3" t="s">
-        <v>548</v>
+        <v>532</v>
       </c>
       <c r="P109" s="3" t="s">
-        <v>549</v>
+        <v>533</v>
       </c>
       <c r="Q109" s="3" t="s">
-        <v>214</v>
+        <v>90</v>
       </c>
       <c r="R109" s="3" t="s">
-        <v>546</v>
+        <v>530</v>
       </c>
       <c r="S109" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T109" s="4">
         <v>0.01</v>
       </c>
       <c r="U109" s="2">
-        <v>46492</v>
+        <v>46478</v>
       </c>
       <c r="V109" s="4">
-        <v>5.625</v>
+        <v>6</v>
       </c>
       <c r="W109" s="3" t="s">
-        <v>550</v>
+        <v>534</v>
       </c>
       <c r="X109" s="4">
-        <v>11023.4375</v>
+        <v>1925</v>
       </c>
       <c r="Y109" s="4">
-        <v>11023.4375</v>
+        <v>1925</v>
       </c>
       <c r="Z109" s="6">
-        <v>2.8540000000000002E-3</v>
+        <v>3.1570000000000001E-3</v>
       </c>
     </row>
     <row r="110" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A110" s="3" t="s">
-        <v>551</v>
+        <v>535</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>552</v>
+        <v>536</v>
       </c>
       <c r="C110" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D110" s="4">
-        <v>400000</v>
+        <v>385000</v>
       </c>
       <c r="E110" s="5">
-        <v>105.8192</v>
+        <v>100.18523399999999</v>
       </c>
       <c r="F110" s="4">
-        <v>437571.24444444</v>
+        <v>395033.35923333</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H110" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I110" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J110" s="5">
-        <v>105.8192</v>
+        <v>100.18523399999999</v>
       </c>
       <c r="K110" s="5">
         <v>1</v>
       </c>
       <c r="L110" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M110" s="4">
-        <v>437571.24444400001</v>
+        <v>395033.35923300002</v>
       </c>
       <c r="N110" s="4">
-        <v>437571.24444444</v>
+        <v>395033.35923333</v>
       </c>
       <c r="O110" s="3" t="s">
-        <v>553</v>
+        <v>537</v>
       </c>
       <c r="P110" s="3" t="s">
-        <v>554</v>
+        <v>538</v>
       </c>
       <c r="Q110" s="3" t="s">
-        <v>364</v>
+        <v>90</v>
       </c>
       <c r="R110" s="3" t="s">
-        <v>551</v>
+        <v>535</v>
       </c>
       <c r="S110" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T110" s="4">
         <v>0.01</v>
       </c>
       <c r="U110" s="2">
-        <v>48136</v>
+        <v>46522</v>
       </c>
       <c r="V110" s="4">
-        <v>7.75</v>
+        <v>5.25</v>
       </c>
       <c r="W110" s="3" t="s">
-        <v>555</v>
+        <v>539</v>
       </c>
       <c r="X110" s="4">
-        <v>14294.44444444</v>
+        <v>9320.2083333299997</v>
       </c>
       <c r="Y110" s="4">
-        <v>14294.444444000001</v>
+        <v>9320.2083330000005</v>
       </c>
       <c r="Z110" s="6">
-        <v>2.875E-3</v>
+        <v>3.179E-3</v>
       </c>
     </row>
     <row r="111" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A111" s="3" t="s">
-        <v>556</v>
+        <v>540</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>557</v>
+        <v>541</v>
       </c>
       <c r="C111" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D111" s="4">
-        <v>425000</v>
+        <v>350000</v>
       </c>
       <c r="E111" s="5">
-        <v>103.10406500000001</v>
+        <v>98.376499999999993</v>
       </c>
       <c r="F111" s="4">
-        <v>452400.26236111001</v>
+        <v>351094.13888888998</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H111" s="3" t="s">
-        <v>31</v>
+        <v>542</v>
       </c>
       <c r="I111" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J111" s="5">
-        <v>103.10406500000001</v>
+        <v>98.376499999999993</v>
       </c>
       <c r="K111" s="5">
         <v>1</v>
       </c>
       <c r="L111" s="3" t="s">
-        <v>33</v>
+        <v>543</v>
       </c>
       <c r="M111" s="4">
-        <v>452400.262361</v>
+        <v>351094.13888799999</v>
       </c>
       <c r="N111" s="4">
-        <v>452400.26236111001</v>
+        <v>351094.13888888998</v>
       </c>
       <c r="O111" s="3" t="s">
-        <v>558</v>
+        <v>544</v>
       </c>
       <c r="P111" s="3" t="s">
-        <v>559</v>
+        <v>545</v>
       </c>
       <c r="Q111" s="3" t="s">
-        <v>214</v>
+        <v>90</v>
       </c>
       <c r="R111" s="3" t="s">
-        <v>556</v>
+        <v>540</v>
       </c>
       <c r="S111" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T111" s="4">
         <v>0.01</v>
       </c>
       <c r="U111" s="2">
-        <v>47422</v>
+        <v>47467</v>
       </c>
       <c r="V111" s="4">
-        <v>7.25</v>
+        <v>5.125</v>
       </c>
       <c r="W111" s="3" t="s">
-        <v>560</v>
+        <v>546</v>
       </c>
       <c r="X111" s="4">
-        <v>14207.98611111</v>
+        <v>6776.3888888900001</v>
       </c>
       <c r="Y111" s="4">
-        <v>14207.986111</v>
+        <v>6776.3888880000004</v>
       </c>
       <c r="Z111" s="6">
-        <v>2.9729999999999999E-3</v>
+        <v>2.8249999999999998E-3</v>
       </c>
     </row>
     <row r="112" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A112" s="3" t="s">
-        <v>561</v>
+        <v>547</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>562</v>
+        <v>548</v>
       </c>
       <c r="C112" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D112" s="4">
-        <v>425000</v>
+        <v>269000</v>
       </c>
       <c r="E112" s="5">
-        <v>101.433402</v>
+        <v>106.2439</v>
       </c>
       <c r="F112" s="4">
-        <v>431091.95850000001</v>
+        <v>292627.57016667002</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H112" s="3" t="s">
-        <v>31</v>
+        <v>147</v>
       </c>
       <c r="I112" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J112" s="5">
-        <v>101.433402</v>
+        <v>106.2439</v>
       </c>
       <c r="K112" s="5">
         <v>1</v>
       </c>
       <c r="L112" s="3" t="s">
-        <v>33</v>
+        <v>148</v>
       </c>
       <c r="M112" s="4">
-        <v>431091.95850000001</v>
+        <v>292627.57016599999</v>
       </c>
       <c r="N112" s="4">
-        <v>431091.95850000001</v>
+        <v>292627.57016667002</v>
       </c>
       <c r="O112" s="3" t="s">
-        <v>563</v>
+        <v>549</v>
       </c>
       <c r="P112" s="3" t="s">
-        <v>564</v>
+        <v>550</v>
       </c>
       <c r="Q112" s="3" t="s">
-        <v>86</v>
+        <v>224</v>
       </c>
       <c r="R112" s="3" t="s">
-        <v>561</v>
+        <v>547</v>
       </c>
       <c r="S112" s="3" t="s">
-        <v>65</v>
+        <v>91</v>
       </c>
       <c r="T112" s="4">
         <v>0.01</v>
       </c>
       <c r="U112" s="2">
-        <v>46478</v>
+        <v>47314</v>
       </c>
       <c r="V112" s="4">
-        <v>6</v>
+        <v>8.625</v>
       </c>
       <c r="W112" s="3" t="s">
-        <v>565</v>
+        <v>551</v>
       </c>
       <c r="X112" s="4">
-        <v>0</v>
+        <v>6831.4791666700003</v>
       </c>
       <c r="Y112" s="4">
-        <v>0</v>
+        <v>6831.4791660000001</v>
       </c>
       <c r="Z112" s="6">
-        <v>2.833E-3</v>
+        <v>2.3549999999999999E-3</v>
       </c>
     </row>
     <row r="113" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A113" s="3" t="s">
-        <v>566</v>
+        <v>552</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>567</v>
+        <v>553</v>
       </c>
       <c r="C113" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D113" s="4">
-        <v>425000</v>
+        <v>400000</v>
       </c>
       <c r="E113" s="5">
-        <v>99.893377999999998</v>
+        <v>90.273853000000003</v>
       </c>
       <c r="F113" s="4">
-        <v>432976.02316667</v>
+        <v>361866.24533333001</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H113" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I113" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J113" s="5">
-        <v>99.893377999999998</v>
+        <v>90.273853000000003</v>
       </c>
       <c r="K113" s="5">
         <v>1</v>
       </c>
       <c r="L113" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M113" s="4">
-        <v>432976.02316600003</v>
+        <v>361866.24533300003</v>
       </c>
       <c r="N113" s="4">
-        <v>432976.02316667</v>
+        <v>361866.24533333001</v>
       </c>
       <c r="O113" s="3" t="s">
-        <v>568</v>
+        <v>554</v>
       </c>
       <c r="P113" s="3" t="s">
-        <v>569</v>
+        <v>555</v>
       </c>
       <c r="Q113" s="3" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="R113" s="3" t="s">
-        <v>566</v>
+        <v>552</v>
       </c>
       <c r="S113" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T113" s="4">
         <v>0.01</v>
       </c>
       <c r="U113" s="2">
-        <v>46522</v>
+        <v>47224</v>
       </c>
       <c r="V113" s="4">
-        <v>5.25</v>
+        <v>4.625</v>
       </c>
       <c r="W113" s="3" t="s">
-        <v>570</v>
+        <v>34</v>
       </c>
       <c r="X113" s="4">
-        <v>8429.1666666700003</v>
+        <v>770.83333332999996</v>
       </c>
       <c r="Y113" s="4">
-        <v>8429.1666659999992</v>
+        <v>770.83333300000004</v>
       </c>
       <c r="Z113" s="6">
-        <v>2.8449999999999999E-3</v>
+        <v>2.9120000000000001E-3</v>
       </c>
     </row>
     <row r="114" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A114" s="3" t="s">
-        <v>571</v>
+        <v>556</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>572</v>
+        <v>557</v>
       </c>
       <c r="C114" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D114" s="4">
-        <v>350000</v>
+        <v>2672000000</v>
       </c>
       <c r="E114" s="5">
-        <v>98.123500000000007</v>
+        <v>0.64859699999999998</v>
       </c>
       <c r="F114" s="4">
-        <v>348713.84722221998</v>
+        <v>17330499.5540553</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>83</v>
+        <v>558</v>
       </c>
       <c r="H114" s="3" t="s">
-        <v>573</v>
+        <v>46</v>
       </c>
       <c r="I114" s="3" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="J114" s="5">
-        <v>98.123500000000007</v>
+        <v>99.919539999999998</v>
       </c>
       <c r="K114" s="5">
-        <v>1</v>
+        <v>154.05495756556192</v>
       </c>
       <c r="L114" s="3" t="s">
-        <v>574</v>
+        <v>48</v>
       </c>
       <c r="M114" s="4">
-        <v>348713.84722200001</v>
+        <v>2669849373.3899798</v>
       </c>
       <c r="N114" s="4">
-        <v>348713.84722221998</v>
+        <v>17330499.5540553</v>
       </c>
       <c r="O114" s="3" t="s">
-        <v>575</v>
+        <v>559</v>
       </c>
       <c r="P114" s="3" t="s">
-        <v>576</v>
+        <v>560</v>
       </c>
       <c r="Q114" s="3" t="s">
-        <v>86</v>
+        <v>34</v>
       </c>
       <c r="R114" s="3" t="s">
-        <v>571</v>
+        <v>556</v>
       </c>
       <c r="S114" s="3" t="s">
-        <v>65</v>
+        <v>310</v>
       </c>
       <c r="T114" s="4">
         <v>0.01</v>
       </c>
       <c r="U114" s="2">
-        <v>47467</v>
+        <v>46029</v>
       </c>
       <c r="V114" s="4">
-        <v>5.125</v>
+        <v>0</v>
       </c>
       <c r="W114" s="3" t="s">
-        <v>577</v>
+        <v>34</v>
       </c>
       <c r="X114" s="4">
-        <v>5281.5972222199998</v>
+        <v>0</v>
       </c>
       <c r="Y114" s="4">
-        <v>5281.5972220000003</v>
+        <v>0</v>
       </c>
       <c r="Z114" s="6">
-        <v>2.2910000000000001E-3</v>
+        <v>0.139492</v>
       </c>
     </row>
     <row r="115" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A115" s="3" t="s">
-        <v>578</v>
+        <v>561</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>579</v>
+        <v>562</v>
       </c>
       <c r="C115" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D115" s="4">
-        <v>400000</v>
+        <v>2595000</v>
       </c>
       <c r="E115" s="5">
-        <v>99.379660000000001</v>
+        <v>99.894163000000006</v>
       </c>
       <c r="F115" s="4">
-        <v>401529.75111110997</v>
+        <v>2592532.0240583201</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>83</v>
+        <v>558</v>
       </c>
       <c r="H115" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I115" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J115" s="5">
-        <v>99.379660000000001</v>
+        <v>99.894163000000006</v>
       </c>
       <c r="K115" s="5">
         <v>1</v>
       </c>
       <c r="L115" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M115" s="4">
-        <v>401529.75111100002</v>
+        <v>2592532.0240580002</v>
       </c>
       <c r="N115" s="4">
-        <v>401529.75111110997</v>
+        <v>2592532.0240583201</v>
       </c>
       <c r="O115" s="3" t="s">
-        <v>580</v>
+        <v>563</v>
       </c>
       <c r="P115" s="3" t="s">
-        <v>581</v>
+        <v>564</v>
       </c>
       <c r="Q115" s="3" t="s">
-        <v>86</v>
+        <v>34</v>
       </c>
       <c r="R115" s="3" t="s">
-        <v>578</v>
+        <v>561</v>
       </c>
       <c r="S115" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T115" s="4">
         <v>0.01</v>
       </c>
       <c r="U115" s="2">
-        <v>47498</v>
+        <v>46418</v>
       </c>
       <c r="V115" s="4">
-        <v>4.75</v>
+        <v>3.9501480830000002</v>
       </c>
       <c r="W115" s="3" t="s">
-        <v>582</v>
+        <v>565</v>
       </c>
       <c r="X115" s="4">
-        <v>4011.1111111099999</v>
+        <v>278.49420831999998</v>
       </c>
       <c r="Y115" s="4">
-        <v>4011.1111110000002</v>
+        <v>278.49420800000001</v>
       </c>
       <c r="Z115" s="6">
-        <v>2.6380000000000002E-3</v>
+        <v>2.0867E-2</v>
       </c>
     </row>
     <row r="116" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A116" s="3" t="s">
-        <v>583</v>
+        <v>566</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>584</v>
+        <v>567</v>
       </c>
       <c r="C116" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D116" s="4">
-        <v>269000</v>
+        <v>64178000</v>
       </c>
       <c r="E116" s="5">
-        <v>106.45</v>
+        <v>99.971349000000004</v>
       </c>
       <c r="F116" s="4">
-        <v>291248.54166667</v>
+        <v>64166610.443485796</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>83</v>
+        <v>558</v>
       </c>
       <c r="H116" s="3" t="s">
-        <v>147</v>
+        <v>31</v>
       </c>
       <c r="I116" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J116" s="5">
-        <v>106.45</v>
+        <v>99.971349000000004</v>
       </c>
       <c r="K116" s="5">
         <v>1</v>
       </c>
       <c r="L116" s="3" t="s">
-        <v>148</v>
+        <v>33</v>
       </c>
       <c r="M116" s="4">
-        <v>291248.54166599998</v>
+        <v>64166610.443484999</v>
       </c>
       <c r="N116" s="4">
-        <v>291248.54166667</v>
+        <v>64166610.443485796</v>
       </c>
       <c r="O116" s="3" t="s">
-        <v>585</v>
+        <v>568</v>
       </c>
       <c r="P116" s="3" t="s">
-        <v>586</v>
+        <v>564</v>
       </c>
       <c r="Q116" s="3" t="s">
-        <v>235</v>
+        <v>34</v>
       </c>
       <c r="R116" s="3" t="s">
-        <v>583</v>
+        <v>566</v>
       </c>
       <c r="S116" s="3" t="s">
-        <v>87</v>
+        <v>65</v>
       </c>
       <c r="T116" s="4">
         <v>0.01</v>
       </c>
       <c r="U116" s="2">
-        <v>47314</v>
+        <v>46507</v>
       </c>
       <c r="V116" s="4">
-        <v>8.625</v>
+        <v>4.0121480829999996</v>
       </c>
       <c r="W116" s="3" t="s">
-        <v>587</v>
+        <v>569</v>
       </c>
       <c r="X116" s="4">
-        <v>4898.0416666700003</v>
+        <v>6998.0822658200004</v>
       </c>
       <c r="Y116" s="4">
-        <v>4898.0416660000001</v>
+        <v>6998.082265</v>
       </c>
       <c r="Z116" s="6">
-        <v>1.9139999999999999E-3</v>
+        <v>0.51647299999999996</v>
       </c>
     </row>
     <row r="117" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A117" s="3" t="s">
-        <v>588</v>
+        <v>570</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>589</v>
+        <v>571</v>
       </c>
       <c r="C117" s="3" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D117" s="4">
-        <v>400000</v>
+        <v>4575000</v>
       </c>
       <c r="E117" s="5">
-        <v>90.526031000000003</v>
+        <v>99.979750999999993</v>
       </c>
       <c r="F117" s="4">
-        <v>370583.29066667001</v>
+        <v>4574572.3472323902</v>
       </c>
       <c r="G117" s="3" t="s">
-        <v>83</v>
+        <v>558</v>
       </c>
       <c r="H117" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I117" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J117" s="5">
-        <v>90.526031000000003</v>
+        <v>99.979750999999993</v>
       </c>
       <c r="K117" s="5">
         <v>1</v>
       </c>
       <c r="L117" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M117" s="4">
-        <v>370583.29066599999</v>
+        <v>4574572.347232</v>
       </c>
       <c r="N117" s="4">
-        <v>370583.29066667001</v>
+        <v>4574572.3472323902</v>
       </c>
       <c r="O117" s="3" t="s">
-        <v>590</v>
+        <v>572</v>
       </c>
       <c r="P117" s="3" t="s">
-        <v>591</v>
+        <v>564</v>
       </c>
       <c r="Q117" s="3" t="s">
-        <v>86</v>
+        <v>34</v>
       </c>
       <c r="R117" s="3" t="s">
-        <v>588</v>
+        <v>570</v>
       </c>
       <c r="S117" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T117" s="4">
         <v>0.01</v>
       </c>
       <c r="U117" s="2">
-        <v>47224</v>
+        <v>46599</v>
       </c>
       <c r="V117" s="4">
-        <v>4.625</v>
+        <v>4.0111480830000001</v>
       </c>
       <c r="W117" s="3" t="s">
-        <v>34</v>
+        <v>573</v>
       </c>
       <c r="X117" s="4">
-        <v>8479.1666666700003</v>
+        <v>498.73898238999999</v>
       </c>
       <c r="Y117" s="4">
-        <v>8479.1666659999992</v>
+        <v>498.73898200000002</v>
       </c>
       <c r="Z117" s="6">
-        <v>2.4350000000000001E-3</v>
+        <v>3.6819999999999999E-2</v>
       </c>
     </row>
     <row r="118" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A118" s="3" t="s">
-        <v>592</v>
+        <v>574</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>593</v>
+        <v>575</v>
       </c>
       <c r="C118" s="3" t="s">
-        <v>82</v>
+        <v>576</v>
       </c>
       <c r="D118" s="4">
-        <v>2672000000</v>
+        <v>-142867.03</v>
       </c>
       <c r="E118" s="5">
-        <v>0.67618</v>
+        <v>1</v>
       </c>
       <c r="F118" s="4">
-        <v>18067530.812201601</v>
+        <v>-142867.03</v>
       </c>
       <c r="G118" s="3" t="s">
-        <v>594</v>
+        <v>577</v>
       </c>
       <c r="H118" s="3" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="I118" s="3" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="J118" s="5">
-        <v>99.861649999999997</v>
+        <v>1</v>
       </c>
       <c r="K118" s="5">
-        <v>147.68496434146536</v>
+        <v>1</v>
       </c>
       <c r="L118" s="3" t="s">
-        <v>48</v>
+        <v>33</v>
       </c>
       <c r="M118" s="4">
-        <v>2668302643.7383199</v>
+        <v>-142867.03</v>
       </c>
       <c r="N118" s="4">
-        <v>18067530.812201601</v>
+        <v>-142867.03</v>
       </c>
       <c r="O118" s="3" t="s">
-        <v>595</v>
+        <v>34</v>
       </c>
       <c r="P118" s="3" t="s">
-        <v>596</v>
+        <v>34</v>
       </c>
       <c r="Q118" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R118" s="3" t="s">
-        <v>592</v>
+        <v>34</v>
       </c>
       <c r="S118" s="3" t="s">
-        <v>321</v>
+        <v>35</v>
       </c>
       <c r="T118" s="4">
-        <v>0.01</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="W118" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X118" s="4">
         <v>0</v>
       </c>
       <c r="Y118" s="4">
         <v>0</v>
       </c>
       <c r="Z118" s="6">
-        <v>0.118738</v>
+        <v>-1.1490000000000001E-3</v>
       </c>
     </row>
     <row r="119" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A119" s="3" t="s">
-        <v>597</v>
+        <v>578</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>598</v>
+        <v>579</v>
       </c>
       <c r="C119" s="3" t="s">
-        <v>82</v>
+        <v>580</v>
       </c>
       <c r="D119" s="4">
-        <v>2645000</v>
+        <v>7680051.2699999996</v>
       </c>
       <c r="E119" s="5">
-        <v>99.878480999999994</v>
+        <v>1</v>
       </c>
       <c r="F119" s="4">
-        <v>2660877.1434082198</v>
+        <v>7680051.2699999996</v>
       </c>
       <c r="G119" s="3" t="s">
-        <v>594</v>
+        <v>581</v>
       </c>
       <c r="H119" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I119" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J119" s="5">
-        <v>99.878480999999994</v>
+        <v>1</v>
       </c>
       <c r="K119" s="5">
         <v>1</v>
       </c>
       <c r="L119" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M119" s="4">
-        <v>2660877.1434070002</v>
+        <v>7680051.2699999996</v>
       </c>
       <c r="N119" s="4">
-        <v>2660877.1434082198</v>
+        <v>7680051.2699999996</v>
       </c>
       <c r="O119" s="3" t="s">
-        <v>599</v>
+        <v>34</v>
       </c>
       <c r="P119" s="3" t="s">
-        <v>600</v>
+        <v>582</v>
       </c>
       <c r="Q119" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R119" s="3" t="s">
-        <v>597</v>
+        <v>34</v>
       </c>
       <c r="S119" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T119" s="4">
-        <v>0.01</v>
-[...5 lines deleted...]
-        <v>3.9858362060000001</v>
+        <v>1</v>
       </c>
       <c r="W119" s="3" t="s">
-        <v>601</v>
+        <v>34</v>
       </c>
       <c r="X119" s="4">
-        <v>19091.32095822</v>
+        <v>0</v>
       </c>
       <c r="Y119" s="4">
-        <v>19091.320957</v>
+        <v>0</v>
       </c>
       <c r="Z119" s="6">
-        <v>1.7486999999999999E-2</v>
+        <v>6.1816000000000003E-2</v>
       </c>
     </row>
     <row r="120" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A120" s="3" t="s">
-        <v>602</v>
+        <v>583</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>603</v>
+        <v>584</v>
       </c>
       <c r="C120" s="3" t="s">
-        <v>82</v>
+        <v>585</v>
       </c>
       <c r="D120" s="4">
-        <v>64178000</v>
+        <v>25999556.969999999</v>
       </c>
       <c r="E120" s="5">
-        <v>99.944682999999998</v>
+        <v>100</v>
       </c>
       <c r="F120" s="4">
-        <v>64612581.230682999</v>
+        <v>26002481.920159101</v>
       </c>
       <c r="G120" s="3" t="s">
-        <v>594</v>
+        <v>586</v>
       </c>
       <c r="H120" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I120" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J120" s="5">
-        <v>99.944682999999998</v>
+        <v>100</v>
       </c>
       <c r="K120" s="5">
         <v>1</v>
       </c>
       <c r="L120" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M120" s="4">
-        <v>64612581.230682001</v>
+        <v>26002481.920159001</v>
       </c>
       <c r="N120" s="4">
-        <v>64612581.230682999</v>
+        <v>26002481.920159101</v>
       </c>
       <c r="O120" s="3" t="s">
-        <v>604</v>
+        <v>34</v>
       </c>
       <c r="P120" s="3" t="s">
-        <v>600</v>
+        <v>34</v>
       </c>
       <c r="Q120" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="R120" s="3" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>602</v>
       </c>
       <c r="S120" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T120" s="4">
         <v>0.01</v>
       </c>
       <c r="U120" s="2">
-        <v>46507</v>
+        <v>45964</v>
       </c>
       <c r="V120" s="4">
-        <v>4.0478362060000004</v>
+        <v>4.05</v>
       </c>
       <c r="W120" s="3" t="s">
-        <v>605</v>
+        <v>34</v>
       </c>
       <c r="X120" s="4">
-        <v>470082.57494306</v>
+        <v>2924.95015913</v>
       </c>
       <c r="Y120" s="4">
-        <v>470082.57494199998</v>
+        <v>2924.950159</v>
       </c>
       <c r="Z120" s="6">
-        <v>0.42463000000000001</v>
+        <v>0.20929200000000001</v>
       </c>
     </row>
     <row r="121" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A121" s="3" t="s">
-        <v>606</v>
+        <v>587</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>607</v>
-[...8 lines deleted...]
-        <v>99.920984000000004</v>
+        <v>588</v>
       </c>
       <c r="F121" s="4">
-        <v>2994435.0391740701</v>
-[...56 lines deleted...]
-        <v>21785.765174</v>
+        <v>-10619484.5</v>
       </c>
       <c r="Z121" s="6">
-        <v>1.9678999999999999E-2</v>
+        <v>-8.5475711718788497E-2</v>
       </c>
     </row>
     <row r="122" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A122" s="3" t="s">
-        <v>610</v>
+        <v>589</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>611</v>
-[...8 lines deleted...]
-        <v>1</v>
+        <v>590</v>
       </c>
       <c r="F122" s="4">
-        <v>-121503.9</v>
-[...50 lines deleted...]
-        <v>0</v>
+        <v>-80184000</v>
       </c>
       <c r="Z122" s="6">
-        <v>-7.9799999999999999E-4</v>
+        <v>-0.64539709704923398</v>
       </c>
     </row>
     <row r="123" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A123" s="3" t="s">
-        <v>614</v>
+        <v>591</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>615</v>
-[...8 lines deleted...]
-        <v>1</v>
+        <v>592</v>
       </c>
       <c r="F123" s="4">
-        <v>4610000.1399999997</v>
-[...50 lines deleted...]
-        <v>0</v>
+        <v>25000000</v>
       </c>
       <c r="Z123" s="6">
-        <v>3.0296E-2</v>
-[...79 lines deleted...]
-        <v>0.13800499999999999</v>
+        <v>0.201223778138168</v>
       </c>
     </row>
     <row r="125" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A125" s="3" t="s">
-        <v>623</v>
-[...8 lines deleted...]
-        <v>-0.116786362684589</v>
+        <v>593</v>
       </c>
     </row>
     <row r="126" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A126" s="3" t="s">
-        <v>625</v>
-[...8 lines deleted...]
-        <v>-0.68130023994311095</v>
+        <v>594</v>
       </c>
     </row>
     <row r="127" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A127" s="3" t="s">
-        <v>627</v>
-[...8 lines deleted...]
-        <v>0.18664319572466301</v>
+        <v>595</v>
+      </c>
+    </row>
+    <row r="128" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A128" s="3" t="s">
+        <v>596</v>
       </c>
     </row>
     <row r="129" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A129" s="3" t="s">
-        <v>629</v>
+        <v>597</v>
       </c>
     </row>
     <row r="130" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A130" s="3" t="s">
-        <v>630</v>
-[...19 lines deleted...]
-        <v>634</v>
+        <v>598</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>September</vt:lpstr>
+      <vt:lpstr>October</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>