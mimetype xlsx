--- v2 (2025-12-07)
+++ v3 (2026-01-18)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_10\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_11\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{8144B1E7-E1F0-463E-988C-AD2A49A8BD2C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{B9A856BF-2CF0-40FE-874A-7FA34DA32CA5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1560" yWindow="1860" windowWidth="11520" windowHeight="8265" xr2:uid="{05079A6F-F1EF-4281-A5AA-49EAE6721E00}"/>
+    <workbookView xWindow="1950" yWindow="2325" windowWidth="11520" windowHeight="8265" xr2:uid="{4EE66916-2954-4D6F-B291-8D8A73212ACC}"/>
   </bookViews>
   <sheets>
-    <sheet name="October" sheetId="1" r:id="rId1"/>
+    <sheet name="November" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1560" uniqueCount="599">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1545" uniqueCount="591">
   <si>
     <t>GMO High Yield Fund</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -187,209 +187,197 @@
   <si>
     <t>USD_JPY_DBA_20260107F</t>
   </si>
   <si>
     <t>FX USD VS JPY</t>
   </si>
   <si>
     <t>Derivative</t>
   </si>
   <si>
     <t>Currency Contract</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>JPY</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>USD_JPY_DBA_20260107T</t>
   </si>
   <si>
-    <t>FBFVZ25</t>
+    <t>FBFVH26</t>
   </si>
   <si>
     <t>US 5YR NOTE (CBT)</t>
   </si>
   <si>
     <t>Futures</t>
   </si>
   <si>
-    <t>FVZ5</t>
+    <t>FVH6</t>
   </si>
   <si>
     <t>XCBT</t>
   </si>
   <si>
-    <t>FBTUZ25</t>
+    <t>FBTUH26</t>
   </si>
   <si>
     <t>US 2YR NOTE (CBT)</t>
   </si>
   <si>
-    <t>TUZ5</t>
-[...2 lines deleted...]
-    <t>FBTYZ25</t>
+    <t>TUH6</t>
+  </si>
+  <si>
+    <t>FBTYH26</t>
   </si>
   <si>
     <t>US 10YR NOTE (CBT)</t>
   </si>
   <si>
-    <t>TYZ5</t>
+    <t>TYH6</t>
   </si>
   <si>
     <t>BMO4XNJ00</t>
   </si>
   <si>
     <t>TRSWAP: IBOXHY INDEX</t>
   </si>
   <si>
     <t>SWAP</t>
   </si>
   <si>
     <t>Financials</t>
   </si>
   <si>
     <t>XOTC</t>
   </si>
   <si>
     <t>BMO4XNQQ5</t>
   </si>
   <si>
     <t>BMO4Y5WJ2</t>
   </si>
   <si>
     <t>BMO4YLX72</t>
   </si>
   <si>
     <t>BMO4Z44Z9</t>
   </si>
   <si>
     <t>BMO4ZCEY3</t>
   </si>
   <si>
     <t>BMO4ZR843</t>
   </si>
   <si>
     <t>BMO4ZWFG7</t>
   </si>
   <si>
     <t>BMO50VSD7</t>
   </si>
   <si>
     <t>BMO519BN1</t>
   </si>
   <si>
     <t>BMO52HZH9</t>
   </si>
   <si>
+    <t>BMO55LG05</t>
+  </si>
+  <si>
     <t>Z9796YTF3</t>
   </si>
   <si>
     <t>ICE: (CDX.NA.HY.45.V1)</t>
   </si>
   <si>
-    <t>BMO4ZW5T0</t>
-[...16 lines deleted...]
-  <si>
     <t>US00687YAB11</t>
   </si>
   <si>
     <t>US ADNT 28 144A</t>
   </si>
   <si>
     <t>Fixed Income</t>
   </si>
   <si>
     <t>Corporate Bond</t>
   </si>
   <si>
     <t>BQXHYR4</t>
   </si>
   <si>
     <t>ADNT</t>
   </si>
   <si>
     <t>Consumer Discretionary</t>
   </si>
   <si>
     <t>XLUX</t>
   </si>
   <si>
     <t>00687YAB1</t>
   </si>
   <si>
-    <t>US00737WAA71</t>
-[...13 lines deleted...]
-  <si>
     <t>US00751YAE68</t>
   </si>
   <si>
     <t>US AAP 30</t>
   </si>
   <si>
     <t>BN4NJW0</t>
   </si>
   <si>
     <t>AAP</t>
   </si>
   <si>
     <t>00751YAE6</t>
   </si>
   <si>
+    <t>US01748XAD49</t>
+  </si>
+  <si>
+    <t>US ALGT 27 144A</t>
+  </si>
+  <si>
+    <t>BM8WZQ2</t>
+  </si>
+  <si>
+    <t>ALGT</t>
+  </si>
+  <si>
+    <t>Industrials</t>
+  </si>
+  <si>
+    <t>01748XAD4</t>
+  </si>
+  <si>
     <t>US01879NAC92</t>
   </si>
   <si>
     <t>US ARLP 29 144A</t>
   </si>
   <si>
     <t>BNRP0X1</t>
   </si>
   <si>
     <t>ARLP</t>
   </si>
   <si>
     <t>Energy</t>
   </si>
   <si>
     <t>01879NAC9</t>
   </si>
   <si>
     <t>US02352NAA72</t>
   </si>
   <si>
     <t>FI AS 31 144A</t>
   </si>
   <si>
     <t>Finland</t>
@@ -418,1316 +406,1298 @@
   <si>
     <t>GNL</t>
   </si>
   <si>
     <t>Real Estate</t>
   </si>
   <si>
     <t>02608AAA7</t>
   </si>
   <si>
     <t>US03881NAJ63</t>
   </si>
   <si>
     <t>US ABR 30 144A</t>
   </si>
   <si>
     <t>BVMNBK0</t>
   </si>
   <si>
     <t>ABR</t>
   </si>
   <si>
     <t>03881NAJ6</t>
   </si>
   <si>
-    <t>US05464CAC55</t>
-[...16 lines deleted...]
-  <si>
     <t>US05605HAB69</t>
   </si>
   <si>
     <t>US BWXT 28 144A</t>
   </si>
   <si>
     <t>BMQ52P1</t>
   </si>
   <si>
     <t>BWXT</t>
   </si>
   <si>
     <t>05605HAB6</t>
   </si>
   <si>
     <t>US07317QAJ40</t>
   </si>
   <si>
     <t>CA BTECN 30 144A</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>BNTCF68</t>
   </si>
   <si>
     <t>BTECN</t>
   </si>
   <si>
     <t>07317QAJ4</t>
   </si>
   <si>
-    <t>US080782AA38</t>
-[...2 lines deleted...]
-    <t>GB BELRON 29 144A</t>
+    <t>US103304BV23</t>
+  </si>
+  <si>
+    <t>US BYD 31 144A</t>
+  </si>
+  <si>
+    <t>BMW1BG7</t>
+  </si>
+  <si>
+    <t>BYD</t>
+  </si>
+  <si>
+    <t>103304BV2</t>
+  </si>
+  <si>
+    <t>US105340AS20</t>
+  </si>
+  <si>
+    <t>US BDN 29</t>
+  </si>
+  <si>
+    <t>BQBC9X2</t>
+  </si>
+  <si>
+    <t>BDN</t>
+  </si>
+  <si>
+    <t>105340AS2</t>
+  </si>
+  <si>
+    <t>US12653CAJ71</t>
+  </si>
+  <si>
+    <t>US CNX 29 144A</t>
+  </si>
+  <si>
+    <t>BMHJ3P9</t>
+  </si>
+  <si>
+    <t>CNX</t>
+  </si>
+  <si>
+    <t>12653CAJ7</t>
+  </si>
+  <si>
+    <t>US143658CA82</t>
+  </si>
+  <si>
+    <t>US CCL 32 144A</t>
+  </si>
+  <si>
+    <t>BT7MYF4</t>
+  </si>
+  <si>
+    <t>CCL</t>
+  </si>
+  <si>
+    <t>143658CA8</t>
+  </si>
+  <si>
+    <t>US15853BAA98</t>
+  </si>
+  <si>
+    <t>CA CIACN 32 144A</t>
+  </si>
+  <si>
+    <t>BQB6DQ5</t>
+  </si>
+  <si>
+    <t>CIACN</t>
+  </si>
+  <si>
+    <t>Materials</t>
+  </si>
+  <si>
+    <t>15853BAA9</t>
+  </si>
+  <si>
+    <t>US159864AG27</t>
+  </si>
+  <si>
+    <t>US CRL 29 144A</t>
+  </si>
+  <si>
+    <t>BN6J2C7</t>
+  </si>
+  <si>
+    <t>CRL</t>
+  </si>
+  <si>
+    <t>Health Care</t>
+  </si>
+  <si>
+    <t>159864AG2</t>
+  </si>
+  <si>
+    <t>US18539UAD72</t>
+  </si>
+  <si>
+    <t>US CWENA 31 144A</t>
+  </si>
+  <si>
+    <t>BN6J197</t>
+  </si>
+  <si>
+    <t>CWENA</t>
+  </si>
+  <si>
+    <t>Utilities</t>
+  </si>
+  <si>
+    <t>18539UAD7</t>
+  </si>
+  <si>
+    <t>US18589GAA31</t>
+  </si>
+  <si>
+    <t>US CLF 34 144A</t>
+  </si>
+  <si>
+    <t>BVZMLD7</t>
+  </si>
+  <si>
+    <t>CLF</t>
+  </si>
+  <si>
+    <t>18589GAA3</t>
+  </si>
+  <si>
+    <t>US19260QAD97</t>
+  </si>
+  <si>
+    <t>US COIN 31 144A</t>
+  </si>
+  <si>
+    <t>BN6KWX1</t>
+  </si>
+  <si>
+    <t>COIN</t>
+  </si>
+  <si>
+    <t>19260QAD9</t>
+  </si>
+  <si>
+    <t>US225310AS06</t>
+  </si>
+  <si>
+    <t>US CACC 30 144A</t>
+  </si>
+  <si>
+    <t>BRXB053</t>
+  </si>
+  <si>
+    <t>CACC</t>
+  </si>
+  <si>
+    <t>225310AS0</t>
+  </si>
+  <si>
+    <t>US22788CAA36</t>
+  </si>
+  <si>
+    <t>US CRWD 29</t>
+  </si>
+  <si>
+    <t>BMPRDM2</t>
+  </si>
+  <si>
+    <t>CRWD</t>
+  </si>
+  <si>
+    <t>Information Technology</t>
+  </si>
+  <si>
+    <t>22788CAA3</t>
+  </si>
+  <si>
+    <t>US24665FAD42</t>
+  </si>
+  <si>
+    <t>US DKL 29 144A</t>
+  </si>
+  <si>
+    <t>BRC2671</t>
+  </si>
+  <si>
+    <t>DKL</t>
+  </si>
+  <si>
+    <t>24665FAD4</t>
+  </si>
+  <si>
+    <t>US248019AW14</t>
+  </si>
+  <si>
+    <t>US DLX 29 144A</t>
+  </si>
+  <si>
+    <t>BS898R7</t>
+  </si>
+  <si>
+    <t>DLX</t>
+  </si>
+  <si>
+    <t>248019AW1</t>
+  </si>
+  <si>
+    <t>US25461LAA08</t>
+  </si>
+  <si>
+    <t>US DTV 27 144A</t>
+  </si>
+  <si>
+    <t>BN765Z1</t>
+  </si>
+  <si>
+    <t>DTV</t>
+  </si>
+  <si>
+    <t>Communication Services</t>
+  </si>
+  <si>
+    <t>25461LAA0</t>
+  </si>
+  <si>
+    <t>US28414HAG83</t>
+  </si>
+  <si>
+    <t>US ELAN 28</t>
+  </si>
+  <si>
+    <t>BK6ZHZ2</t>
+  </si>
+  <si>
+    <t>ELAN</t>
+  </si>
+  <si>
+    <t>28414HAG8</t>
+  </si>
+  <si>
+    <t>US292554AS19</t>
+  </si>
+  <si>
+    <t>US ECPG 31 144A</t>
+  </si>
+  <si>
+    <t>BVMS0Q4</t>
+  </si>
+  <si>
+    <t>ECPG</t>
+  </si>
+  <si>
+    <t>292554AS1</t>
+  </si>
+  <si>
+    <t>US30251GBA40</t>
+  </si>
+  <si>
+    <t>AU FMGAU 27 144A</t>
+  </si>
+  <si>
+    <t>Australia</t>
+  </si>
+  <si>
+    <t>AU</t>
+  </si>
+  <si>
+    <t>BK5GTT4</t>
+  </si>
+  <si>
+    <t>FMGAU</t>
+  </si>
+  <si>
+    <t>XASX</t>
+  </si>
+  <si>
+    <t>30251GBA4</t>
+  </si>
+  <si>
+    <t>US303250AF16</t>
+  </si>
+  <si>
+    <t>US FAIRIC 28 144A</t>
+  </si>
+  <si>
+    <t>BKV3193</t>
+  </si>
+  <si>
+    <t>FAIRIC</t>
+  </si>
+  <si>
+    <t>303250AF1</t>
+  </si>
+  <si>
+    <t>US31209DAA37</t>
+  </si>
+  <si>
+    <t>FR EOFP 30 144A</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>FR</t>
+  </si>
+  <si>
+    <t>BM9YFH8</t>
+  </si>
+  <si>
+    <t>EOFP</t>
+  </si>
+  <si>
+    <t>31209DAA3</t>
+  </si>
+  <si>
+    <t>US34960PAD33</t>
+  </si>
+  <si>
+    <t>US FTAI 28 144A</t>
+  </si>
+  <si>
+    <t>BMD14K1</t>
+  </si>
+  <si>
+    <t>FTAI</t>
+  </si>
+  <si>
+    <t>34960PAD3</t>
+  </si>
+  <si>
+    <t>US36168QAL86</t>
+  </si>
+  <si>
+    <t>US GFLCN 28 144A</t>
+  </si>
+  <si>
+    <t>BN8ZSQ9</t>
+  </si>
+  <si>
+    <t>GFLCN</t>
+  </si>
+  <si>
+    <t>36168QAL8</t>
+  </si>
+  <si>
+    <t>US37255JAB89</t>
+  </si>
+  <si>
+    <t>US RWNYNY 29 144A</t>
+  </si>
+  <si>
+    <t>BRBTWL9</t>
+  </si>
+  <si>
+    <t>RWNYNY</t>
+  </si>
+  <si>
+    <t>37255JAB8</t>
+  </si>
+  <si>
+    <t>US380355AN75</t>
+  </si>
+  <si>
+    <t>CA GSYCN 30 144A</t>
+  </si>
+  <si>
+    <t>BM9YJC1</t>
+  </si>
+  <si>
+    <t>GSYCN</t>
+  </si>
+  <si>
+    <t>380355AN7</t>
+  </si>
+  <si>
+    <t>US402635AT32</t>
+  </si>
+  <si>
+    <t>US GPOR 29 144A</t>
+  </si>
+  <si>
+    <t>BMW82V0</t>
+  </si>
+  <si>
+    <t>GPOR</t>
+  </si>
+  <si>
+    <t>402635AT3</t>
+  </si>
+  <si>
+    <t>US432833AJ07</t>
+  </si>
+  <si>
+    <t>US HLT 29 144A</t>
+  </si>
+  <si>
+    <t>BNDLGY6</t>
+  </si>
+  <si>
+    <t>HLT</t>
+  </si>
+  <si>
+    <t>432833AJ0</t>
+  </si>
+  <si>
+    <t>US44267DAE76</t>
+  </si>
+  <si>
+    <t>US HHH 29 144A</t>
+  </si>
+  <si>
+    <t>BMDJ427</t>
+  </si>
+  <si>
+    <t>HHH</t>
+  </si>
+  <si>
+    <t>44267DAE7</t>
+  </si>
+  <si>
+    <t>US45688CAB37</t>
+  </si>
+  <si>
+    <t>US NGVT 28 144A</t>
+  </si>
+  <si>
+    <t>BMFTQC9</t>
+  </si>
+  <si>
+    <t>NGVT</t>
+  </si>
+  <si>
+    <t>45688CAB3</t>
+  </si>
+  <si>
+    <t>US46284VAN10</t>
+  </si>
+  <si>
+    <t>US IRM 31 144A</t>
+  </si>
+  <si>
+    <t>BMG1HP4</t>
+  </si>
+  <si>
+    <t>IRM</t>
+  </si>
+  <si>
+    <t>46284VAN1</t>
+  </si>
+  <si>
+    <t>US47216FAA57</t>
+  </si>
+  <si>
+    <t>US JAZZ 29 144A</t>
+  </si>
+  <si>
+    <t>BMB5FL3</t>
+  </si>
+  <si>
+    <t>JAZZ</t>
+  </si>
+  <si>
+    <t>47216FAA5</t>
+  </si>
+  <si>
+    <t>US49726JAA60</t>
+  </si>
+  <si>
+    <t>JP KIOXIA 30 144A</t>
+  </si>
+  <si>
+    <t>BVPCTG6</t>
+  </si>
+  <si>
+    <t>KIOXIA</t>
+  </si>
+  <si>
+    <t>XJAS</t>
+  </si>
+  <si>
+    <t>49726JAA6</t>
+  </si>
+  <si>
+    <t>US500255AY01</t>
+  </si>
+  <si>
+    <t>US KSS 30 144A</t>
+  </si>
+  <si>
+    <t>BNYDKL6</t>
+  </si>
+  <si>
+    <t>KSS</t>
+  </si>
+  <si>
+    <t>500255AY0</t>
+  </si>
+  <si>
+    <t>US55617LAS16</t>
+  </si>
+  <si>
+    <t>US M 33 144A</t>
+  </si>
+  <si>
+    <t>BTK19L9</t>
+  </si>
+  <si>
+    <t>M</t>
+  </si>
+  <si>
+    <t>55617LAS1</t>
+  </si>
+  <si>
+    <t>US57667JAA07</t>
+  </si>
+  <si>
+    <t>US MTCHII 31 144A</t>
+  </si>
+  <si>
+    <t>BP94PM4</t>
+  </si>
+  <si>
+    <t>MTCHII</t>
+  </si>
+  <si>
+    <t>57667JAA0</t>
+  </si>
+  <si>
+    <t>US58547DAD12</t>
+  </si>
+  <si>
+    <t>HK MPEL 29 144A</t>
+  </si>
+  <si>
+    <t>Hong Kong</t>
+  </si>
+  <si>
+    <t>HK</t>
+  </si>
+  <si>
+    <t>BKBZDW6</t>
+  </si>
+  <si>
+    <t>MPEL</t>
+  </si>
+  <si>
+    <t>58547DAD1</t>
+  </si>
+  <si>
+    <t>US603051AC70</t>
+  </si>
+  <si>
+    <t>AU MINAU 27 144A</t>
+  </si>
+  <si>
+    <t>BNRQXH9</t>
+  </si>
+  <si>
+    <t>MINAU</t>
+  </si>
+  <si>
+    <t>603051AC7</t>
+  </si>
+  <si>
+    <t>US615394AM52</t>
+  </si>
+  <si>
+    <t>US MOGA 27 144A</t>
+  </si>
+  <si>
+    <t>BKQNVK9</t>
+  </si>
+  <si>
+    <t>MOGA</t>
+  </si>
+  <si>
+    <t>615394AM5</t>
+  </si>
+  <si>
+    <t>US624758AF53</t>
+  </si>
+  <si>
+    <t>US MWA 29 144A</t>
+  </si>
+  <si>
+    <t>BP2FLJ3</t>
+  </si>
+  <si>
+    <t>MWA</t>
+  </si>
+  <si>
+    <t>624758AF5</t>
+  </si>
+  <si>
+    <t>US629377CR16</t>
+  </si>
+  <si>
+    <t>US NRG 31 144A</t>
+  </si>
+  <si>
+    <t>BNM51T9</t>
+  </si>
+  <si>
+    <t>NRG</t>
+  </si>
+  <si>
+    <t>629377CR1</t>
+  </si>
+  <si>
+    <t>US654922AD53</t>
+  </si>
+  <si>
+    <t>JP NSANY 35 144A</t>
+  </si>
+  <si>
+    <t>BVN2G67</t>
+  </si>
+  <si>
+    <t>NSANY</t>
+  </si>
+  <si>
+    <t>654922AD5</t>
+  </si>
+  <si>
+    <t>US670001AE60</t>
+  </si>
+  <si>
+    <t>US HNDLIN 30 144A</t>
+  </si>
+  <si>
+    <t>BKLPSC1</t>
+  </si>
+  <si>
+    <t>HNDLIN</t>
+  </si>
+  <si>
+    <t>670001AE6</t>
+  </si>
+  <si>
+    <t>US682691AM29</t>
+  </si>
+  <si>
+    <t>US OMF 33</t>
+  </si>
+  <si>
+    <t>BW01HX8</t>
+  </si>
+  <si>
+    <t>OMF</t>
+  </si>
+  <si>
+    <t>682691AM2</t>
+  </si>
+  <si>
+    <t>US683720AA42</t>
+  </si>
+  <si>
+    <t>CA OTEXCN 30 144A</t>
+  </si>
+  <si>
+    <t>BKZHXC8</t>
+  </si>
+  <si>
+    <t>OTEXCN</t>
+  </si>
+  <si>
+    <t>683720AA4</t>
+  </si>
+  <si>
+    <t>US69318FAJ75</t>
+  </si>
+  <si>
+    <t>US PBFENE 28</t>
+  </si>
+  <si>
+    <t>BM9GSX1</t>
+  </si>
+  <si>
+    <t>PBFENE</t>
+  </si>
+  <si>
+    <t>69318FAJ7</t>
+  </si>
+  <si>
+    <t>US69370CAC47</t>
+  </si>
+  <si>
+    <t>US PTC 28 144A</t>
+  </si>
+  <si>
+    <t>BLBL7C9</t>
+  </si>
+  <si>
+    <t>PTC</t>
+  </si>
+  <si>
+    <t>69370CAC4</t>
+  </si>
+  <si>
+    <t>US703343AH63</t>
+  </si>
+  <si>
+    <t>US PATK 32 144A</t>
+  </si>
+  <si>
+    <t>BQFN210</t>
+  </si>
+  <si>
+    <t>PATK</t>
+  </si>
+  <si>
+    <t>703343AH6</t>
+  </si>
+  <si>
+    <t>US75102WAK45</t>
+  </si>
+  <si>
+    <t>JP RAKUTN 29 144A</t>
+  </si>
+  <si>
+    <t>BQBBBT9</t>
+  </si>
+  <si>
+    <t>RAKUTN</t>
+  </si>
+  <si>
+    <t>75102WAK4</t>
+  </si>
+  <si>
+    <t>US76119LAD38</t>
+  </si>
+  <si>
+    <t>US REZI 32 144A</t>
+  </si>
+  <si>
+    <t>BPLZLY9</t>
+  </si>
+  <si>
+    <t>REZI</t>
+  </si>
+  <si>
+    <t>76119LAD3</t>
+  </si>
+  <si>
+    <t>US76774LAB36</t>
+  </si>
+  <si>
+    <t>CA RBACN 28 144A</t>
+  </si>
+  <si>
+    <t>BQZCG82</t>
+  </si>
+  <si>
+    <t>RBACN</t>
+  </si>
+  <si>
+    <t>76774LAB3</t>
+  </si>
+  <si>
+    <t>US771049AA15</t>
+  </si>
+  <si>
+    <t>US RBLX 30 144A</t>
+  </si>
+  <si>
+    <t>BNHW2C5</t>
+  </si>
+  <si>
+    <t>RBLX</t>
+  </si>
+  <si>
+    <t>771049AA1</t>
+  </si>
+  <si>
+    <t>US78669QAA85</t>
+  </si>
+  <si>
+    <t>CA SFCCN 28 144A</t>
+  </si>
+  <si>
+    <t>BL9YLB7</t>
+  </si>
+  <si>
+    <t>SFCCN</t>
+  </si>
+  <si>
+    <t>78669QAA8</t>
+  </si>
+  <si>
+    <t>US81172QAA22</t>
+  </si>
+  <si>
+    <t>NO SDRLNO 30 144A</t>
+  </si>
+  <si>
+    <t>Norway</t>
+  </si>
+  <si>
+    <t>NO</t>
+  </si>
+  <si>
+    <t>BQ9CK08</t>
+  </si>
+  <si>
+    <t>SDRLNO</t>
+  </si>
+  <si>
+    <t>81172QAA2</t>
+  </si>
+  <si>
+    <t>US81180LAS43</t>
+  </si>
+  <si>
+    <t>US STX 34 144A</t>
+  </si>
+  <si>
+    <t>BV6M664</t>
+  </si>
+  <si>
+    <t>STX</t>
+  </si>
+  <si>
+    <t>81180LAS4</t>
+  </si>
+  <si>
+    <t>US81211KAK60</t>
+  </si>
+  <si>
+    <t>US SEE 33 144A</t>
+  </si>
+  <si>
+    <t>2863803</t>
+  </si>
+  <si>
+    <t>SEE</t>
+  </si>
+  <si>
+    <t>81211KAK6</t>
+  </si>
+  <si>
+    <t>US81728UAB08</t>
+  </si>
+  <si>
+    <t>US ST 31 144A</t>
+  </si>
+  <si>
+    <t>BMD7L86</t>
+  </si>
+  <si>
+    <t>ST</t>
+  </si>
+  <si>
+    <t>81728UAB0</t>
+  </si>
+  <si>
+    <t>US858155AE40</t>
+  </si>
+  <si>
+    <t>US SCS 29</t>
+  </si>
+  <si>
+    <t>BH4KPH6</t>
+  </si>
+  <si>
+    <t>SCS</t>
+  </si>
+  <si>
+    <t>858155AE4</t>
+  </si>
+  <si>
+    <t>US86765KAJ88</t>
+  </si>
+  <si>
+    <t>US SUN 29 144A</t>
+  </si>
+  <si>
+    <t>BVBJDL4</t>
+  </si>
+  <si>
+    <t>SUN</t>
+  </si>
+  <si>
+    <t>86765KAJ8</t>
+  </si>
+  <si>
+    <t>US86828LAC63</t>
+  </si>
+  <si>
+    <t>CA SPBCN 29 144A</t>
+  </si>
+  <si>
+    <t>BKQMZJ3</t>
+  </si>
+  <si>
+    <t>SPBCN</t>
+  </si>
+  <si>
+    <t>86828LAC6</t>
+  </si>
+  <si>
+    <t>US87305RAK59</t>
+  </si>
+  <si>
+    <t>US TTMI 29 144A</t>
+  </si>
+  <si>
+    <t>BMZB142</t>
+  </si>
+  <si>
+    <t>TTMI</t>
+  </si>
+  <si>
+    <t>87305RAK5</t>
+  </si>
+  <si>
+    <t>US87422VAK44</t>
+  </si>
+  <si>
+    <t>US TLN 30 144A</t>
+  </si>
+  <si>
+    <t>BQFHT88</t>
+  </si>
+  <si>
+    <t>TLN</t>
+  </si>
+  <si>
+    <t>87422VAK4</t>
+  </si>
+  <si>
+    <t>US87927VAR96</t>
+  </si>
+  <si>
+    <t>IT TITIM 36</t>
+  </si>
+  <si>
+    <t>Italy</t>
+  </si>
+  <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>B195HX4</t>
+  </si>
+  <si>
+    <t>TITIM</t>
+  </si>
+  <si>
+    <t>87927VAR9</t>
+  </si>
+  <si>
+    <t>US88023UAH41</t>
+  </si>
+  <si>
+    <t>US SGI 29 144A</t>
+  </si>
+  <si>
+    <t>BNNLLH4</t>
+  </si>
+  <si>
+    <t>SGI</t>
+  </si>
+  <si>
+    <t>88023UAH4</t>
+  </si>
+  <si>
+    <t>US88104LAE39</t>
+  </si>
+  <si>
+    <t>US TERP 28 144A</t>
+  </si>
+  <si>
+    <t>BD2BVC0</t>
+  </si>
+  <si>
+    <t>TERP</t>
+  </si>
+  <si>
+    <t>88104LAE3</t>
+  </si>
+  <si>
+    <t>US88642RAE99</t>
+  </si>
+  <si>
+    <t>US TDW 30 144A</t>
+  </si>
+  <si>
+    <t>BVLGVV1</t>
+  </si>
+  <si>
+    <t>TDW</t>
+  </si>
+  <si>
+    <t>88642RAE9</t>
+  </si>
+  <si>
+    <t>US89055FAC77</t>
+  </si>
+  <si>
+    <t>US BLD 32 144A</t>
+  </si>
+  <si>
+    <t>BP4YZQ3</t>
+  </si>
+  <si>
+    <t>BLD</t>
+  </si>
+  <si>
+    <t>89055FAC7</t>
+  </si>
+  <si>
+    <t>US893647BW65</t>
+  </si>
+  <si>
+    <t>US TDG 33 144A</t>
+  </si>
+  <si>
+    <t>BPLPD43</t>
+  </si>
+  <si>
+    <t>TDG</t>
+  </si>
+  <si>
+    <t>893647BW6</t>
+  </si>
+  <si>
+    <t>US90138FAC68</t>
+  </si>
+  <si>
+    <t>US TWLO 29</t>
+  </si>
+  <si>
+    <t>BMWG1Q2</t>
+  </si>
+  <si>
+    <t>TWLO</t>
+  </si>
+  <si>
+    <t>90138FAC6</t>
+  </si>
+  <si>
+    <t>US90290MAE12</t>
+  </si>
+  <si>
+    <t>US USFOOD 30 144A</t>
+  </si>
+  <si>
+    <t>BMYT9D2</t>
+  </si>
+  <si>
+    <t>USFOOD</t>
+  </si>
+  <si>
+    <t>Consumer Staples</t>
+  </si>
+  <si>
+    <t>90290MAE1</t>
+  </si>
+  <si>
+    <t>US911363AM11</t>
+  </si>
+  <si>
+    <t>US URI 31</t>
+  </si>
+  <si>
+    <t>BLFGYK7</t>
+  </si>
+  <si>
+    <t>URI</t>
+  </si>
+  <si>
+    <t>911363AM1</t>
+  </si>
+  <si>
+    <t>US918204BC10</t>
+  </si>
+  <si>
+    <t>US VFC 30</t>
+  </si>
+  <si>
+    <t>BMW55R8</t>
+  </si>
+  <si>
+    <t>VFC</t>
+  </si>
+  <si>
+    <t>918204BC1</t>
+  </si>
+  <si>
+    <t>US92535UAB08</t>
+  </si>
+  <si>
+    <t>US VRT 28 144A</t>
+  </si>
+  <si>
+    <t>BN14T82</t>
+  </si>
+  <si>
+    <t>VRT</t>
+  </si>
+  <si>
+    <t>92535UAB0</t>
+  </si>
+  <si>
+    <t>US92552VAL45</t>
+  </si>
+  <si>
+    <t>US VSAT 27 144A</t>
+  </si>
+  <si>
+    <t>BJ2X3M2</t>
+  </si>
+  <si>
+    <t>VSAT</t>
+  </si>
+  <si>
+    <t>92552VAL4</t>
+  </si>
+  <si>
+    <t>US92840VAP76</t>
+  </si>
+  <si>
+    <t>US VST 31 144A</t>
+  </si>
+  <si>
+    <t>BNQQSS6</t>
+  </si>
+  <si>
+    <t>VST</t>
+  </si>
+  <si>
+    <t>92840VAP7</t>
+  </si>
+  <si>
+    <t>US94419NAA54</t>
+  </si>
+  <si>
+    <t>US W 29 144A</t>
+  </si>
+  <si>
+    <t>BRC3PR7</t>
+  </si>
+  <si>
+    <t>W</t>
+  </si>
+  <si>
+    <t>94419NAA5</t>
+  </si>
+  <si>
+    <t>US98310WAN83</t>
+  </si>
+  <si>
+    <t>US TNL 27</t>
+  </si>
+  <si>
+    <t>BF083Z4</t>
+  </si>
+  <si>
+    <t>TNL</t>
+  </si>
+  <si>
+    <t>98310WAN8</t>
+  </si>
+  <si>
+    <t>US983130AX35</t>
+  </si>
+  <si>
+    <t>US WYNNLV 27 144A</t>
+  </si>
+  <si>
+    <t>BD3N0P1</t>
+  </si>
+  <si>
+    <t>WYNNLV</t>
+  </si>
+  <si>
+    <t>983130AX3</t>
+  </si>
+  <si>
+    <t>US98313RAE62</t>
+  </si>
+  <si>
+    <t>MO WYNMAC 29 144A</t>
+  </si>
+  <si>
+    <t>Macau</t>
+  </si>
+  <si>
+    <t>MO</t>
+  </si>
+  <si>
+    <t>BJBYPM0</t>
+  </si>
+  <si>
+    <t>WYNMAC</t>
+  </si>
+  <si>
+    <t>98313RAE6</t>
+  </si>
+  <si>
+    <t>US98927UAA51</t>
+  </si>
+  <si>
+    <t>GB ZEGLN 29 144A</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
-    <t>BSVLRC8</t>
-[...1198 lines deleted...]
-  <si>
     <t>BPLZN32</t>
   </si>
   <si>
     <t>ZEGLN</t>
   </si>
   <si>
     <t>98927UAA5</t>
   </si>
   <si>
     <t>USU76198AA52</t>
   </si>
   <si>
     <t>US RWLVCA 29 REGS</t>
   </si>
   <si>
     <t>BJLJGR7</t>
   </si>
   <si>
     <t>RWLVCA</t>
   </si>
   <si>
     <t>JP1743341R99</t>
   </si>
   <si>
     <t>JP JTDB 26</t>
@@ -1759,105 +1729,111 @@
   <si>
     <t>US91282CMX64</t>
   </si>
   <si>
     <t>TF FLOAT 04/30/27</t>
   </si>
   <si>
     <t>BN2RK98</t>
   </si>
   <si>
     <t>91282CMX6</t>
   </si>
   <si>
     <t>US91282CNQ05</t>
   </si>
   <si>
     <t>TF FLOAT 07/31/27</t>
   </si>
   <si>
     <t>BTY0CX5</t>
   </si>
   <si>
     <t>91282CNQ0</t>
   </si>
   <si>
+    <t>US91282CPG05</t>
+  </si>
+  <si>
+    <t>TF FLOAT 10/31/27</t>
+  </si>
+  <si>
+    <t>BV3PBK5</t>
+  </si>
+  <si>
+    <t>91282CPG0</t>
+  </si>
+  <si>
     <t>USDAccExp</t>
   </si>
   <si>
     <t>ACCRUED EXPENSES</t>
   </si>
   <si>
     <t>Other Instruments</t>
   </si>
   <si>
     <t>Other Liabilities</t>
   </si>
   <si>
     <t>BRSYEKQM0</t>
   </si>
   <si>
     <t>State Str Instl Invt Tr Treas Mmkt</t>
   </si>
   <si>
     <t>Pooled Investment</t>
   </si>
   <si>
     <t>Fund</t>
   </si>
   <si>
     <t>TRIXX</t>
   </si>
   <si>
-    <t>BMO53CBY8</t>
-[...2 lines deleted...]
-    <t>REPO for  R 4.05</t>
+    <t>BMO56BZY1</t>
+  </si>
+  <si>
+    <t>REPO for  R 4.04</t>
   </si>
   <si>
     <t>Short Term Instrument</t>
   </si>
   <si>
     <t>Repurchase Agreement (REPO)</t>
   </si>
   <si>
     <t>CONTRA_DERIV_Future</t>
   </si>
   <si>
     <t>Contra Derivatives - Futures</t>
   </si>
   <si>
     <t>CONTRA_DERIV_Swap</t>
   </si>
   <si>
     <t>Contra Derivatives - Swaps</t>
-  </si>
-[...4 lines deleted...]
-    <t>Contra Derivatives - Swaptions</t>
   </si>
   <si>
     <t>Base Currency - USD</t>
   </si>
   <si>
     <t>Based on GMO data. Not book of record.</t>
   </si>
   <si>
     <t>*Value includes derivative notional exposure for swaps and futures.</t>
   </si>
   <si>
     <t>**Weights are calculated as a percentage of the total Base Market Value with Notional. Base Market Value with Notional represents the total value of the security, in addition to any notional exposure gained through derivatives contracts. Security weights shown in this file may differ from weights shown in other materials to the extent the other weights exclude cash or do not account for notional exposures.</t>
   </si>
   <si>
     <t>***May include Cash &amp; Cash Equivalents, Fixed Income Instruments, Pooled Investments, Accrued Expenses, or Derivative Contracts</t>
   </si>
   <si>
     <t>Further information related to holdings is available on GMO.com</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
@@ -2227,92 +2203,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C472FA58-E336-41F8-A383-1369007B0F7B}">
-  <dimension ref="A1:Z130"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2F11BC72-85A5-4D6F-8B39-C2F256E600C4}">
+  <dimension ref="A1:Z128"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="19.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="12.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="22.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="11.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="8.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="7.42578125" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="7.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="12.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="9.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>45961</v>
+        <v>45989</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -2362,336 +2338,336 @@
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>-494896.51030000002</v>
+        <v>-1446113.9702999999</v>
       </c>
       <c r="E4" s="5">
         <v>1</v>
       </c>
       <c r="F4" s="4">
-        <v>-494896.51030000002</v>
+        <v>-1446113.9702999999</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
         <v>1</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>-494896.51030000002</v>
+        <v>-1446113.9702999999</v>
       </c>
       <c r="N4" s="4">
-        <v>-494896.51030000002</v>
+        <v>-1446113.9702999999</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>-3.9830000000000004E-3</v>
+        <v>-1.1462E-2</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
-        <v>725.6</v>
+        <v>761.85</v>
       </c>
       <c r="E5" s="5">
         <v>1</v>
       </c>
       <c r="F5" s="4">
-        <v>725.6</v>
+        <v>761.85</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J5" s="5">
         <v>1</v>
       </c>
       <c r="K5" s="5">
         <v>1</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M5" s="4">
-        <v>725.6</v>
+        <v>761.85</v>
       </c>
       <c r="N5" s="4">
-        <v>725.6</v>
+        <v>761.85</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>5.0000000000000004E-6</v>
+        <v>6.0000000000000002E-6</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
-        <v>-29145251.77</v>
+        <v>1491.45</v>
       </c>
       <c r="E6" s="5">
         <v>1</v>
       </c>
       <c r="F6" s="4">
-        <v>-29145176.77</v>
+        <v>1561.45</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>41</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J6" s="5">
         <v>1</v>
       </c>
       <c r="K6" s="5">
         <v>1</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M6" s="4">
-        <v>-29145176.77</v>
+        <v>1561.45</v>
       </c>
       <c r="N6" s="4">
-        <v>-29145176.77</v>
+        <v>1561.45</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
-        <v>-0.23458799999999999</v>
+        <v>1.2E-5</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D7" s="4">
         <v>-2672000000</v>
       </c>
       <c r="E7" s="5">
-        <v>6.5329999999999997E-3</v>
+        <v>6.4320000000000002E-3</v>
       </c>
       <c r="F7" s="4">
-        <v>-17457058.608004998</v>
+        <v>-17186390.661194999</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>45</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>46</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>47</v>
       </c>
       <c r="J7" s="5">
         <v>1</v>
       </c>
       <c r="K7" s="5">
-        <v>154.05495756556192</v>
+        <v>156.05006085952374</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>48</v>
       </c>
       <c r="M7" s="4">
-        <v>-2689346423.0757599</v>
+        <v>-2681937308.6350298</v>
       </c>
       <c r="N7" s="4">
-        <v>-17457058.608005099</v>
+        <v>-17186390.661194999</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="U7" s="2">
         <v>46029</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
-        <v>-0.140511</v>
+        <v>-0.13622699999999999</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D8" s="4">
         <v>18027789.513684001</v>
       </c>
       <c r="E8" s="5">
         <v>1</v>
       </c>
       <c r="F8" s="4">
         <v>18027789.513684001</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>45</v>
       </c>
       <c r="H8" s="3" t="s">
@@ -2724,9038 +2700,8947 @@
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="U8" s="2">
         <v>46029</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>0.14510400000000001</v>
+        <v>0.142897</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D9" s="4">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="E9" s="5">
-        <v>109.210938</v>
+        <v>109.765625</v>
       </c>
       <c r="F9" s="4">
-        <v>3931593.8</v>
+        <v>3732031.3</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>52</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J9" s="5">
-        <v>109.2109375</v>
+        <v>109.765625</v>
       </c>
       <c r="K9" s="5">
         <v>1</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M9" s="4">
         <v>0</v>
       </c>
       <c r="N9" s="4">
         <v>0</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>53</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>54</v>
       </c>
       <c r="T9" s="4">
         <v>1000</v>
       </c>
       <c r="U9" s="2">
-        <v>46022</v>
+        <v>46112</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>3.1645E-2</v>
+        <v>2.9581E-2</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D10" s="4">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="E10" s="5">
-        <v>104.121094</v>
+        <v>104.429688</v>
       </c>
       <c r="F10" s="4">
-        <v>4997812.5999999996</v>
+        <v>4386046.8</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>52</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J10" s="5">
-        <v>104.12109375</v>
+        <v>104.4296875</v>
       </c>
       <c r="K10" s="5">
         <v>1</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M10" s="4">
         <v>0</v>
       </c>
       <c r="N10" s="4">
         <v>0</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>57</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>54</v>
       </c>
       <c r="T10" s="4">
         <v>2000</v>
       </c>
       <c r="U10" s="2">
-        <v>46022</v>
+        <v>46112</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>4.0226999999999999E-2</v>
+        <v>3.4764999999999997E-2</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D11" s="4">
         <v>15</v>
       </c>
       <c r="E11" s="5">
-        <v>112.671875</v>
+        <v>113.34375</v>
       </c>
       <c r="F11" s="4">
-        <v>1690078.1</v>
+        <v>1700156.3</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>52</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J11" s="5">
-        <v>112.671875</v>
+        <v>113.34375</v>
       </c>
       <c r="K11" s="5">
         <v>1</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M11" s="4">
         <v>0</v>
       </c>
       <c r="N11" s="4">
         <v>0</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>60</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S11" s="3" t="s">
         <v>54</v>
       </c>
       <c r="T11" s="4">
         <v>1000</v>
       </c>
       <c r="U11" s="2">
-        <v>46010</v>
+        <v>46101</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>1.3603000000000001E-2</v>
+        <v>1.3476E-2</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D12" s="4">
         <v>19200000</v>
       </c>
       <c r="E12" s="5">
-        <v>-0.39446399999999998</v>
+        <v>1.5348000000000001E-2</v>
       </c>
       <c r="F12" s="4">
-        <v>19124262.8215762</v>
+        <v>19202946.827819701</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>63</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J12" s="5">
-        <v>-0.39446447000000001</v>
+        <v>1.534806E-2</v>
       </c>
       <c r="K12" s="5">
         <v>1</v>
       </c>
       <c r="L12" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M12" s="4">
-        <v>-75737.178423000005</v>
+        <v>2946.8278190000001</v>
       </c>
       <c r="N12" s="4">
-        <v>-75737.178423739999</v>
+        <v>2946.8278197099999</v>
       </c>
       <c r="O12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q12" s="3" t="s">
         <v>64</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S12" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T12" s="4">
         <v>0.01</v>
       </c>
       <c r="U12" s="2">
         <v>46101</v>
       </c>
       <c r="W12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>0.15393000000000001</v>
+        <v>0.15221100000000001</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D13" s="4">
         <v>35795000</v>
       </c>
       <c r="E13" s="5">
-        <v>-0.38108500000000001</v>
+        <v>3.1532999999999999E-2</v>
       </c>
       <c r="F13" s="4">
-        <v>35658590.776166998</v>
+        <v>35806287.161711499</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>63</v>
       </c>
       <c r="H13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J13" s="5">
-        <v>-0.38108458000000001</v>
+        <v>3.1532789999999998E-2</v>
       </c>
       <c r="K13" s="5">
         <v>1</v>
       </c>
       <c r="L13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M13" s="4">
-        <v>-136409.22383199999</v>
+        <v>11287.161711000001</v>
       </c>
       <c r="N13" s="4">
-        <v>-136409.22383291001</v>
+        <v>11287.161711549999</v>
       </c>
       <c r="O13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q13" s="3" t="s">
         <v>64</v>
       </c>
       <c r="R13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S13" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T13" s="4">
         <v>0.01</v>
       </c>
       <c r="U13" s="2">
         <v>46011</v>
       </c>
       <c r="W13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>0.28701399999999999</v>
+        <v>0.28381800000000001</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D14" s="4">
         <v>2805000</v>
       </c>
       <c r="E14" s="5">
-        <v>-0.43264799999999998</v>
+        <v>-2.0405E-2</v>
       </c>
       <c r="F14" s="4">
-        <v>2792864.2171725002</v>
+        <v>2804427.64958899</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>63</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J14" s="5">
-        <v>-0.43264823000000002</v>
+        <v>-2.040465E-2</v>
       </c>
       <c r="K14" s="5">
         <v>1</v>
       </c>
       <c r="L14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M14" s="4">
-        <v>-12135.782827000001</v>
+        <v>-572.35041100000001</v>
       </c>
       <c r="N14" s="4">
-        <v>-12135.782827499999</v>
+        <v>-572.35041101000002</v>
       </c>
       <c r="O14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q14" s="3" t="s">
         <v>64</v>
       </c>
       <c r="R14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S14" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T14" s="4">
         <v>0.01</v>
       </c>
       <c r="U14" s="2">
         <v>46011</v>
       </c>
       <c r="W14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X14" s="4">
         <v>0</v>
       </c>
       <c r="Y14" s="4">
         <v>0</v>
       </c>
       <c r="Z14" s="6">
-        <v>2.2478999999999999E-2</v>
+        <v>2.2228999999999999E-2</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
         <v>68</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D15" s="4">
         <v>627000</v>
       </c>
       <c r="E15" s="5">
-        <v>-0.50989399999999996</v>
+        <v>-9.8211000000000007E-2</v>
       </c>
       <c r="F15" s="4">
-        <v>623802.96358079999</v>
+        <v>626384.21990920999</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>63</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J15" s="5">
-        <v>-0.50989417000000004</v>
+        <v>-9.8210539999999999E-2</v>
       </c>
       <c r="K15" s="5">
         <v>1</v>
       </c>
       <c r="L15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M15" s="4">
-        <v>-3197.036419</v>
+        <v>-615.78008999999997</v>
       </c>
       <c r="N15" s="4">
-        <v>-3197.0364192000002</v>
+        <v>-615.78009079000003</v>
       </c>
       <c r="O15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q15" s="3" t="s">
         <v>64</v>
       </c>
       <c r="R15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S15" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T15" s="4">
         <v>0.01</v>
       </c>
       <c r="U15" s="2">
         <v>46011</v>
       </c>
       <c r="W15" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X15" s="4">
         <v>0</v>
       </c>
       <c r="Y15" s="4">
         <v>0</v>
       </c>
       <c r="Z15" s="6">
-        <v>5.0200000000000002E-3</v>
+        <v>4.9649999999999998E-3</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D16" s="4">
         <v>1320000</v>
       </c>
       <c r="E16" s="5">
-        <v>-0.25969999999999999</v>
+        <v>0.15379699999999999</v>
       </c>
       <c r="F16" s="4">
-        <v>1316571.95351625</v>
+        <v>1322030.1175621599</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>63</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J16" s="5">
-        <v>-0.25970049000000001</v>
+        <v>0.15379678999999999</v>
       </c>
       <c r="K16" s="5">
         <v>1</v>
       </c>
       <c r="L16" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M16" s="4">
-        <v>-3428.0464830000001</v>
+        <v>2030.1175619999999</v>
       </c>
       <c r="N16" s="4">
-        <v>-3428.0464837499999</v>
+        <v>2030.11756216</v>
       </c>
       <c r="O16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q16" s="3" t="s">
         <v>64</v>
       </c>
       <c r="R16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S16" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T16" s="4">
         <v>0.01</v>
       </c>
       <c r="U16" s="2">
         <v>46011</v>
       </c>
       <c r="W16" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X16" s="4">
         <v>0</v>
       </c>
       <c r="Y16" s="4">
         <v>0</v>
       </c>
       <c r="Z16" s="6">
-        <v>1.0597000000000001E-2</v>
+        <v>1.0479E-2</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
         <v>70</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D17" s="4">
         <v>1106000</v>
       </c>
       <c r="E17" s="5">
-        <v>-0.34237699999999999</v>
+        <v>7.0521E-2</v>
       </c>
       <c r="F17" s="4">
-        <v>1102213.3110797601</v>
+        <v>1106779.9624680199</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>63</v>
       </c>
       <c r="H17" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J17" s="5">
-        <v>-0.34237694000000002</v>
+        <v>7.0521020000000004E-2</v>
       </c>
       <c r="K17" s="5">
         <v>1</v>
       </c>
       <c r="L17" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M17" s="4">
-        <v>-3786.6889200000001</v>
+        <v>779.96246799999994</v>
       </c>
       <c r="N17" s="4">
-        <v>-3786.6889202399998</v>
+        <v>779.96246801999996</v>
       </c>
       <c r="O17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q17" s="3" t="s">
         <v>64</v>
       </c>
       <c r="R17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S17" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T17" s="4">
         <v>0.01</v>
       </c>
       <c r="U17" s="2">
         <v>46011</v>
       </c>
       <c r="W17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X17" s="4">
         <v>0</v>
       </c>
       <c r="Y17" s="4">
         <v>0</v>
       </c>
       <c r="Z17" s="6">
-        <v>8.8710000000000004E-3</v>
+        <v>8.7720000000000003E-3</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
         <v>71</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D18" s="4">
         <v>1161000</v>
       </c>
       <c r="E18" s="5">
-        <v>-0.48415900000000001</v>
+        <v>-7.2289000000000006E-2</v>
       </c>
       <c r="F18" s="4">
-        <v>1155378.9165753699</v>
+        <v>1160160.7293708301</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>63</v>
       </c>
       <c r="H18" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J18" s="5">
-        <v>-0.48415878000000001</v>
+        <v>-7.2288599999999995E-2</v>
       </c>
       <c r="K18" s="5">
         <v>1</v>
       </c>
       <c r="L18" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M18" s="4">
-        <v>-5621.0834240000004</v>
+        <v>-839.27062899999999</v>
       </c>
       <c r="N18" s="4">
-        <v>-5621.0834246300001</v>
+        <v>-839.27062917000001</v>
       </c>
       <c r="O18" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P18" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q18" s="3" t="s">
         <v>64</v>
       </c>
       <c r="R18" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S18" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T18" s="4">
         <v>0.01</v>
       </c>
       <c r="U18" s="2">
         <v>46011</v>
       </c>
       <c r="W18" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X18" s="4">
         <v>0</v>
       </c>
       <c r="Y18" s="4">
         <v>0</v>
       </c>
       <c r="Z18" s="6">
-        <v>9.299E-3</v>
+        <v>9.195E-3</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D19" s="4">
         <v>1046000</v>
       </c>
       <c r="E19" s="5">
-        <v>-0.53561599999999998</v>
+        <v>-0.12411899999999999</v>
       </c>
       <c r="F19" s="4">
-        <v>1040397.45342602</v>
+        <v>1044701.71377629</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>63</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J19" s="5">
-        <v>-0.53561630999999998</v>
+        <v>-0.12411914</v>
       </c>
       <c r="K19" s="5">
         <v>1</v>
       </c>
       <c r="L19" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M19" s="4">
-        <v>-5602.5465729999996</v>
+        <v>-1298.2862230000001</v>
       </c>
       <c r="N19" s="4">
-        <v>-5602.5465739800002</v>
+        <v>-1298.2862237100001</v>
       </c>
       <c r="O19" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P19" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q19" s="3" t="s">
         <v>64</v>
       </c>
       <c r="R19" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S19" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T19" s="4">
         <v>0.01</v>
       </c>
       <c r="U19" s="2">
         <v>46011</v>
       </c>
       <c r="W19" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X19" s="4">
         <v>0</v>
       </c>
       <c r="Y19" s="4">
         <v>0</v>
       </c>
       <c r="Z19" s="6">
-        <v>8.3739999999999995E-3</v>
+        <v>8.2799999999999992E-3</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
         <v>73</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D20" s="4">
         <v>791000</v>
       </c>
       <c r="E20" s="5">
-        <v>0.49057800000000001</v>
+        <v>0.90951400000000004</v>
       </c>
       <c r="F20" s="4">
-        <v>794880.47019049001</v>
+        <v>798194.25422965002</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>63</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J20" s="5">
-        <v>0.49057777000000002</v>
+        <v>0.90951380999999998</v>
       </c>
       <c r="K20" s="5">
         <v>1</v>
       </c>
       <c r="L20" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M20" s="4">
-        <v>3880.47019</v>
+        <v>7194.2542290000001</v>
       </c>
       <c r="N20" s="4">
-        <v>3880.4701904899998</v>
+        <v>7194.2542296499996</v>
       </c>
       <c r="O20" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P20" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q20" s="3" t="s">
         <v>64</v>
       </c>
       <c r="R20" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S20" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T20" s="4">
         <v>0.01</v>
       </c>
       <c r="U20" s="2">
         <v>46011</v>
       </c>
       <c r="W20" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X20" s="4">
         <v>0</v>
       </c>
       <c r="Y20" s="4">
         <v>0</v>
       </c>
       <c r="Z20" s="6">
-        <v>6.3969999999999999E-3</v>
+        <v>6.326E-3</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D21" s="4">
         <v>1560000</v>
       </c>
       <c r="E21" s="5">
-        <v>0.20269100000000001</v>
+        <v>0.61953999999999998</v>
       </c>
       <c r="F21" s="4">
-        <v>1563161.97708034</v>
+        <v>1569664.82375777</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>63</v>
       </c>
       <c r="H21" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J21" s="5">
-        <v>0.20269084000000001</v>
+        <v>0.61953997999999999</v>
       </c>
       <c r="K21" s="5">
         <v>1</v>
       </c>
       <c r="L21" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M21" s="4">
-        <v>3161.9770800000001</v>
+        <v>9664.8237570000001</v>
       </c>
       <c r="N21" s="4">
-        <v>3161.9770803400002</v>
+        <v>9664.8237577700002</v>
       </c>
       <c r="O21" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P21" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q21" s="3" t="s">
         <v>64</v>
       </c>
       <c r="R21" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S21" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T21" s="4">
         <v>0.01</v>
       </c>
       <c r="U21" s="2">
         <v>46011</v>
       </c>
       <c r="W21" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X21" s="4">
         <v>0</v>
       </c>
       <c r="Y21" s="4">
         <v>0</v>
       </c>
       <c r="Z21" s="6">
-        <v>1.2581E-2</v>
+        <v>1.2441000000000001E-2</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
         <v>75</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D22" s="4">
         <v>8417000</v>
       </c>
       <c r="E22" s="5">
-        <v>-0.30363899999999999</v>
+        <v>0.109539</v>
       </c>
       <c r="F22" s="4">
-        <v>8391442.6762366295</v>
+        <v>8426219.9327955898</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>63</v>
       </c>
       <c r="H22" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J22" s="5">
-        <v>-0.30363934999999997</v>
+        <v>0.10953942</v>
       </c>
       <c r="K22" s="5">
         <v>1</v>
       </c>
       <c r="L22" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M22" s="4">
-        <v>-25557.323763</v>
+        <v>9219.9327950000006</v>
       </c>
       <c r="N22" s="4">
-        <v>-25557.323763370001</v>
+        <v>9219.9327955900008</v>
       </c>
       <c r="O22" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P22" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q22" s="3" t="s">
         <v>64</v>
       </c>
       <c r="R22" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S22" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T22" s="4">
         <v>0.01</v>
       </c>
       <c r="U22" s="2">
         <v>46011</v>
       </c>
       <c r="W22" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X22" s="4">
         <v>0</v>
       </c>
       <c r="Y22" s="4">
         <v>0</v>
       </c>
       <c r="Z22" s="6">
-        <v>6.7542000000000005E-2</v>
+        <v>6.6790000000000002E-2</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
         <v>76</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>77</v>
+        <v>62</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D23" s="4">
-        <v>6356000</v>
+        <v>1030000</v>
       </c>
       <c r="E23" s="5">
-        <v>7.8283560000000003</v>
+        <v>0.239819</v>
       </c>
       <c r="F23" s="4">
-        <v>6853570.2791393604</v>
+        <v>1032470.13656691</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>63</v>
       </c>
       <c r="H23" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I23" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J23" s="5">
-        <v>7.8283555600000003</v>
+        <v>0.23981907999999999</v>
       </c>
       <c r="K23" s="5">
         <v>1</v>
       </c>
       <c r="L23" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M23" s="4">
-        <v>497570.27913899999</v>
+        <v>2470.1365660000001</v>
       </c>
       <c r="N23" s="4">
-        <v>497570.27913936001</v>
+        <v>2470.1365669100001</v>
       </c>
       <c r="O23" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P23" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q23" s="3" t="s">
         <v>64</v>
       </c>
       <c r="R23" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S23" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T23" s="4">
         <v>0.01</v>
       </c>
       <c r="U23" s="2">
-        <v>47837</v>
+        <v>46011</v>
       </c>
       <c r="W23" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X23" s="4">
-        <v>35311.111111110004</v>
+        <v>0</v>
       </c>
       <c r="Y23" s="4">
-        <v>35311.111111999999</v>
+        <v>0</v>
       </c>
       <c r="Z23" s="6">
-        <v>5.5163999999999998E-2</v>
+        <v>8.1829999999999993E-3</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="B24" s="3" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D24" s="4">
-        <v>-12500000</v>
+        <v>17280000</v>
       </c>
       <c r="E24" s="5">
-        <v>0.44744600000000001</v>
+        <v>8.3912440000000004</v>
       </c>
       <c r="F24" s="4">
-        <v>-12555930.7106036</v>
+        <v>18730007.039923199</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>80</v>
+        <v>63</v>
       </c>
       <c r="H24" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J24" s="5">
-        <v>0.44744568000000001</v>
+        <v>8.3912444399999995</v>
       </c>
       <c r="K24" s="5">
         <v>1</v>
       </c>
       <c r="L24" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M24" s="4">
-        <v>-55930.710603</v>
+        <v>1450007.0399229999</v>
       </c>
       <c r="N24" s="4">
-        <v>-55930.71060364</v>
+        <v>1450007.0399231999</v>
       </c>
       <c r="O24" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P24" s="3" t="s">
-        <v>81</v>
+        <v>34</v>
       </c>
       <c r="Q24" s="3" t="s">
         <v>64</v>
       </c>
       <c r="R24" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S24" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T24" s="4">
         <v>0.01</v>
       </c>
       <c r="U24" s="2">
-        <v>45980</v>
+        <v>47837</v>
       </c>
       <c r="W24" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X24" s="4">
-        <v>0</v>
+        <v>163200</v>
       </c>
       <c r="Y24" s="4">
-        <v>0</v>
+        <v>163200</v>
       </c>
       <c r="Z24" s="6">
-        <v>-0.101062</v>
+        <v>0.14846300000000001</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="B25" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="C25" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D25" s="4">
+        <v>385000</v>
+      </c>
+      <c r="E25" s="5">
+        <v>102.60420000000001</v>
+      </c>
+      <c r="F25" s="4">
+        <v>398320.05888889002</v>
+      </c>
+      <c r="G25" s="3" t="s">
         <v>82</v>
-      </c>
-[...16 lines deleted...]
-        <v>80</v>
       </c>
       <c r="H25" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I25" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J25" s="5">
-        <v>0.56433604999999998</v>
+        <v>102.60420000000001</v>
       </c>
       <c r="K25" s="5">
         <v>1</v>
       </c>
       <c r="L25" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M25" s="4">
-        <v>-70542.006515999994</v>
+        <v>398320.05888800003</v>
       </c>
       <c r="N25" s="4">
-        <v>-70542.006516859998</v>
+        <v>398320.05888889002</v>
       </c>
       <c r="O25" s="3" t="s">
-        <v>34</v>
+        <v>83</v>
       </c>
       <c r="P25" s="3" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="Q25" s="3" t="s">
-        <v>64</v>
+        <v>85</v>
       </c>
       <c r="R25" s="3" t="s">
-        <v>34</v>
+        <v>79</v>
       </c>
       <c r="S25" s="3" t="s">
-        <v>65</v>
+        <v>86</v>
       </c>
       <c r="T25" s="4">
         <v>0.01</v>
       </c>
       <c r="U25" s="2">
-        <v>46008</v>
+        <v>46858</v>
+      </c>
+      <c r="V25" s="4">
+        <v>7</v>
       </c>
       <c r="W25" s="3" t="s">
-        <v>34</v>
+        <v>87</v>
       </c>
       <c r="X25" s="4">
-        <v>0</v>
+        <v>3293.8888888900001</v>
       </c>
       <c r="Y25" s="4">
-        <v>0</v>
+        <v>3293.888888</v>
       </c>
       <c r="Z25" s="6">
-        <v>-0.10117900000000001</v>
+        <v>3.1570000000000001E-3</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D26" s="4">
-        <v>385000</v>
+        <v>425000</v>
       </c>
       <c r="E26" s="5">
-        <v>102.35809999999999</v>
+        <v>91.894769999999994</v>
       </c>
       <c r="F26" s="4">
-        <v>395276.46277778002</v>
+        <v>392578.60583333002</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H26" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I26" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J26" s="5">
-        <v>102.35809999999999</v>
+        <v>91.894769999999994</v>
       </c>
       <c r="K26" s="5">
         <v>1</v>
       </c>
       <c r="L26" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M26" s="4">
-        <v>395276.46277699998</v>
+        <v>392578.60583299998</v>
       </c>
       <c r="N26" s="4">
-        <v>395276.46277778002</v>
+        <v>392578.60583333002</v>
       </c>
       <c r="O26" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="P26" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="Q26" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="R26" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="P26" s="3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="S26" s="3" t="s">
-        <v>91</v>
+        <v>65</v>
       </c>
       <c r="T26" s="4">
         <v>0.01</v>
       </c>
       <c r="U26" s="2">
-        <v>46858</v>
+        <v>47588</v>
       </c>
       <c r="V26" s="4">
-        <v>7</v>
+        <v>3.9</v>
       </c>
       <c r="W26" s="3" t="s">
         <v>92</v>
       </c>
       <c r="X26" s="4">
-        <v>1197.77777778</v>
+        <v>2025.83333333</v>
       </c>
       <c r="Y26" s="4">
-        <v>1197.777777</v>
+        <v>2025.833333</v>
       </c>
       <c r="Z26" s="6">
-        <v>3.1809999999999998E-3</v>
+        <v>3.1110000000000001E-3</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
         <v>93</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>94</v>
       </c>
       <c r="C27" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D27" s="4">
-        <v>395000</v>
+        <v>375000</v>
       </c>
       <c r="E27" s="5">
-        <v>100.08450000000001</v>
+        <v>101.26049999999999</v>
       </c>
       <c r="F27" s="4">
-        <v>398954.60833333002</v>
+        <v>387581.04166667</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H27" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I27" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J27" s="5">
-        <v>100.08450000000001</v>
+        <v>101.26049999999999</v>
       </c>
       <c r="K27" s="5">
         <v>1</v>
       </c>
       <c r="L27" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M27" s="4">
-        <v>398954.60833299998</v>
+        <v>387581.04166599998</v>
       </c>
       <c r="N27" s="4">
-        <v>398954.60833333002</v>
+        <v>387581.04166667</v>
       </c>
       <c r="O27" s="3" t="s">
         <v>95</v>
       </c>
       <c r="P27" s="3" t="s">
         <v>96</v>
       </c>
       <c r="Q27" s="3" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="R27" s="3" t="s">
         <v>93</v>
       </c>
       <c r="S27" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T27" s="4">
         <v>0.01</v>
       </c>
       <c r="U27" s="2">
-        <v>46813</v>
+        <v>46614</v>
       </c>
       <c r="V27" s="4">
-        <v>5.5</v>
+        <v>7.25</v>
       </c>
       <c r="W27" s="3" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="X27" s="4">
-        <v>3620.8333333300002</v>
+        <v>7854.1666666700003</v>
       </c>
       <c r="Y27" s="4">
-        <v>3620.833333</v>
+        <v>7854.1666660000001</v>
       </c>
       <c r="Z27" s="6">
-        <v>3.2109999999999999E-3</v>
+        <v>3.0720000000000001E-3</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D28" s="4">
-        <v>425000</v>
+        <v>360000</v>
       </c>
       <c r="E28" s="5">
-        <v>91.692430000000002</v>
+        <v>105.4786</v>
       </c>
       <c r="F28" s="4">
-        <v>390429.49416667002</v>
+        <v>393867.96</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H28" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J28" s="5">
-        <v>91.692430000000002</v>
+        <v>105.4786</v>
       </c>
       <c r="K28" s="5">
         <v>1</v>
       </c>
       <c r="L28" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M28" s="4">
-        <v>390429.49416599999</v>
+        <v>393867.96</v>
       </c>
       <c r="N28" s="4">
-        <v>390429.49416667002</v>
+        <v>393867.96</v>
       </c>
       <c r="O28" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="P28" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="Q28" s="3" t="s">
-        <v>90</v>
+        <v>103</v>
       </c>
       <c r="R28" s="3" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="S28" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T28" s="4">
         <v>0.01</v>
       </c>
       <c r="U28" s="2">
-        <v>47588</v>
+        <v>47284</v>
       </c>
       <c r="V28" s="4">
-        <v>3.9</v>
+        <v>8.625</v>
       </c>
       <c r="W28" s="3" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="X28" s="4">
-        <v>736.66666667000004</v>
+        <v>14145</v>
       </c>
       <c r="Y28" s="4">
-        <v>736.66666599999996</v>
+        <v>14145</v>
       </c>
       <c r="Z28" s="6">
-        <v>3.1419999999999998E-3</v>
+        <v>3.1210000000000001E-3</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C29" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D29" s="4">
-        <v>360000</v>
+        <v>370000</v>
       </c>
       <c r="E29" s="5">
-        <v>105.82989999999999</v>
+        <v>104.25020000000001</v>
       </c>
       <c r="F29" s="4">
-        <v>392717.64</v>
+        <v>391830.74</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H29" s="3" t="s">
-        <v>31</v>
+        <v>107</v>
       </c>
       <c r="I29" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J29" s="5">
-        <v>105.82989999999999</v>
+        <v>104.25020000000001</v>
       </c>
       <c r="K29" s="5">
         <v>1</v>
       </c>
       <c r="L29" s="3" t="s">
-        <v>33</v>
+        <v>108</v>
       </c>
       <c r="M29" s="4">
-        <v>392717.64</v>
+        <v>391830.74</v>
       </c>
       <c r="N29" s="4">
-        <v>392717.64</v>
+        <v>391830.74</v>
       </c>
       <c r="O29" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="P29" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="Q29" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="R29" s="3" t="s">
         <v>105</v>
-      </c>
-[...7 lines deleted...]
-        <v>103</v>
       </c>
       <c r="S29" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T29" s="4">
         <v>0.01</v>
       </c>
       <c r="U29" s="2">
-        <v>47284</v>
+        <v>47895</v>
       </c>
       <c r="V29" s="4">
-        <v>8.625</v>
+        <v>6.75</v>
       </c>
       <c r="W29" s="3" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="X29" s="4">
-        <v>11730</v>
+        <v>6105</v>
       </c>
       <c r="Y29" s="4">
-        <v>11730</v>
+        <v>6105</v>
       </c>
       <c r="Z29" s="6">
-        <v>3.16E-3</v>
+        <v>3.1050000000000001E-3</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D30" s="4">
-        <v>370000</v>
+        <v>300000</v>
       </c>
       <c r="E30" s="5">
-        <v>104.09520000000001</v>
+        <v>97.480179000000007</v>
       </c>
       <c r="F30" s="4">
-        <v>389314.74</v>
+        <v>294653.03700000001</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H30" s="3" t="s">
-        <v>111</v>
+        <v>31</v>
       </c>
       <c r="I30" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J30" s="5">
-        <v>104.09520000000001</v>
+        <v>97.480179000000007</v>
       </c>
       <c r="K30" s="5">
         <v>1</v>
       </c>
       <c r="L30" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M30" s="4">
+        <v>294653.03700000001</v>
+      </c>
+      <c r="N30" s="4">
+        <v>294653.03700000001</v>
+      </c>
+      <c r="O30" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="P30" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q30" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="R30" s="3" t="s">
         <v>112</v>
-      </c>
-[...16 lines deleted...]
-        <v>109</v>
       </c>
       <c r="S30" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T30" s="4">
         <v>0.01</v>
       </c>
       <c r="U30" s="2">
-        <v>47895</v>
+        <v>47026</v>
       </c>
       <c r="V30" s="4">
-        <v>6.75</v>
+        <v>4.5</v>
       </c>
       <c r="W30" s="3" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="X30" s="4">
-        <v>4162.5</v>
+        <v>2212.5</v>
       </c>
       <c r="Y30" s="4">
-        <v>4162.5</v>
+        <v>2212.5</v>
       </c>
       <c r="Z30" s="6">
-        <v>3.1329999999999999E-3</v>
+        <v>2.3349999999999998E-3</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D31" s="4">
-        <v>300000</v>
+        <v>265000</v>
       </c>
       <c r="E31" s="5">
-        <v>98.073823000000004</v>
+        <v>100.41464999999999</v>
       </c>
       <c r="F31" s="4">
-        <v>295383.96899999998</v>
+        <v>274214.44750000001</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H31" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I31" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J31" s="5">
-        <v>98.073823000000004</v>
+        <v>100.41464999999999</v>
       </c>
       <c r="K31" s="5">
         <v>1</v>
       </c>
       <c r="L31" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M31" s="4">
-        <v>295383.96899999998</v>
+        <v>274214.44750000001</v>
       </c>
       <c r="N31" s="4">
-        <v>295383.96899999998</v>
+        <v>274214.44750000001</v>
       </c>
       <c r="O31" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="P31" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="Q31" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="R31" s="3" t="s">
         <v>118</v>
-      </c>
-[...7 lines deleted...]
-        <v>116</v>
       </c>
       <c r="S31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T31" s="4">
         <v>0.01</v>
       </c>
       <c r="U31" s="2">
-        <v>47026</v>
+        <v>47679</v>
       </c>
       <c r="V31" s="4">
-        <v>4.5</v>
+        <v>7.875</v>
       </c>
       <c r="W31" s="3" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="X31" s="4">
-        <v>1162.5</v>
+        <v>8115.625</v>
       </c>
       <c r="Y31" s="4">
-        <v>1162.5</v>
+        <v>8115.625</v>
       </c>
       <c r="Z31" s="6">
-        <v>2.3770000000000002E-3</v>
+        <v>2.173E-3</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D32" s="4">
-        <v>365000</v>
+        <v>350000</v>
       </c>
       <c r="E32" s="5">
-        <v>101.75699</v>
+        <v>98.106660000000005</v>
       </c>
       <c r="F32" s="4">
-        <v>380355.5135</v>
+        <v>349348.83083332999</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H32" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I32" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J32" s="5">
-        <v>101.75699</v>
+        <v>98.106660000000005</v>
       </c>
       <c r="K32" s="5">
         <v>1</v>
       </c>
       <c r="L32" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M32" s="4">
-        <v>380355.5135</v>
+        <v>349348.83083300001</v>
       </c>
       <c r="N32" s="4">
-        <v>380355.5135</v>
+        <v>349348.83083332999</v>
       </c>
       <c r="O32" s="3" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="P32" s="3" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="Q32" s="3" t="s">
-        <v>64</v>
+        <v>97</v>
       </c>
       <c r="R32" s="3" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="S32" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T32" s="4">
         <v>0.01</v>
       </c>
       <c r="U32" s="2">
-        <v>47679</v>
+        <v>46934</v>
       </c>
       <c r="V32" s="4">
-        <v>7.875</v>
+        <v>4.125</v>
       </c>
       <c r="W32" s="3" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="X32" s="4">
-        <v>8942.5</v>
+        <v>5975.5208333299997</v>
       </c>
       <c r="Y32" s="4">
-        <v>8942.5</v>
+        <v>5975.5208329999996</v>
       </c>
       <c r="Z32" s="6">
-        <v>3.0609999999999999E-3</v>
+        <v>2.7690000000000002E-3</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C33" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D33" s="4">
         <v>385000</v>
       </c>
       <c r="E33" s="5">
-        <v>102.703802</v>
+        <v>105.473189</v>
       </c>
       <c r="F33" s="4">
-        <v>398422.79742222</v>
+        <v>408707.95820555999</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H33" s="3" t="s">
-        <v>31</v>
+        <v>130</v>
       </c>
       <c r="I33" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J33" s="5">
-        <v>102.703802</v>
+        <v>105.473189</v>
       </c>
       <c r="K33" s="5">
         <v>1</v>
       </c>
       <c r="L33" s="3" t="s">
-        <v>33</v>
+        <v>131</v>
       </c>
       <c r="M33" s="4">
-        <v>398422.79742199997</v>
+        <v>408707.95820499997</v>
       </c>
       <c r="N33" s="4">
-        <v>398422.79742222</v>
+        <v>408707.95820555999</v>
       </c>
       <c r="O33" s="3" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="P33" s="3" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="Q33" s="3" t="s">
-        <v>131</v>
+        <v>103</v>
       </c>
       <c r="R33" s="3" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="S33" s="3" t="s">
-        <v>65</v>
+        <v>86</v>
       </c>
       <c r="T33" s="4">
         <v>0.01</v>
       </c>
       <c r="U33" s="2">
-        <v>47557</v>
+        <v>47603</v>
       </c>
       <c r="V33" s="4">
-        <v>6.125</v>
+        <v>8.5</v>
       </c>
       <c r="W33" s="3" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="X33" s="4">
-        <v>3013.1597222199998</v>
+        <v>2636.1805555599999</v>
       </c>
       <c r="Y33" s="4">
-        <v>3013.1597219999999</v>
+        <v>2636.1805549999999</v>
       </c>
       <c r="Z33" s="6">
-        <v>3.2060000000000001E-3</v>
+        <v>3.2390000000000001E-3</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D34" s="4">
-        <v>350000</v>
+        <v>410000</v>
       </c>
       <c r="E34" s="5">
-        <v>97.68477</v>
+        <v>97.424800000000005</v>
       </c>
       <c r="F34" s="4">
-        <v>346749.29916667001</v>
+        <v>403444.87444444001</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H34" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I34" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J34" s="5">
-        <v>97.68477</v>
+        <v>97.424800000000005</v>
       </c>
       <c r="K34" s="5">
         <v>1</v>
       </c>
       <c r="L34" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M34" s="4">
-        <v>346749.29916599998</v>
+        <v>403444.87444400002</v>
       </c>
       <c r="N34" s="4">
-        <v>346749.29916667001</v>
+        <v>403444.87444444001</v>
       </c>
       <c r="O34" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="P34" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="Q34" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="R34" s="3" t="s">
         <v>135</v>
-      </c>
-[...7 lines deleted...]
-        <v>133</v>
       </c>
       <c r="S34" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T34" s="4">
         <v>0.01</v>
       </c>
       <c r="U34" s="2">
-        <v>46934</v>
+        <v>48014</v>
       </c>
       <c r="V34" s="4">
-        <v>4.125</v>
+        <v>4.75</v>
       </c>
       <c r="W34" s="3" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="X34" s="4">
-        <v>4852.6041666700003</v>
+        <v>4003.1944444400001</v>
       </c>
       <c r="Y34" s="4">
-        <v>4852.6041660000001</v>
+        <v>4003.1944440000002</v>
       </c>
       <c r="Z34" s="6">
-        <v>2.7899999999999999E-3</v>
+        <v>3.1970000000000002E-3</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D35" s="4">
-        <v>385000</v>
+        <v>360000</v>
       </c>
       <c r="E35" s="5">
-        <v>102.514522</v>
+        <v>108.30800000000001</v>
       </c>
       <c r="F35" s="4">
-        <v>394771.81247777998</v>
+        <v>394080.05</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H35" s="3" t="s">
-        <v>140</v>
+        <v>31</v>
       </c>
       <c r="I35" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J35" s="5">
-        <v>102.514522</v>
+        <v>108.30800000000001</v>
       </c>
       <c r="K35" s="5">
         <v>1</v>
       </c>
       <c r="L35" s="3" t="s">
-        <v>141</v>
+        <v>33</v>
       </c>
       <c r="M35" s="4">
-        <v>394771.812477</v>
+        <v>394080.05</v>
       </c>
       <c r="N35" s="4">
-        <v>394771.81247777998</v>
+        <v>394080.05</v>
       </c>
       <c r="O35" s="3" t="s">
         <v>142</v>
       </c>
       <c r="P35" s="3" t="s">
         <v>143</v>
       </c>
       <c r="Q35" s="3" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="R35" s="3" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="S35" s="3" t="s">
-        <v>91</v>
+        <v>65</v>
       </c>
       <c r="T35" s="4">
         <v>0.01</v>
       </c>
       <c r="U35" s="2">
-        <v>47603</v>
+        <v>47220</v>
       </c>
       <c r="V35" s="4">
-        <v>8.5</v>
+        <v>8.875</v>
       </c>
       <c r="W35" s="3" t="s">
         <v>144</v>
       </c>
       <c r="X35" s="4">
-        <v>90.902777779999994</v>
+        <v>4171.25</v>
       </c>
       <c r="Y35" s="4">
-        <v>90.902777</v>
+        <v>4171.25</v>
       </c>
       <c r="Z35" s="6">
-        <v>3.1770000000000001E-3</v>
+        <v>3.1229999999999999E-3</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
         <v>145</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>146</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D36" s="4">
-        <v>250000</v>
+        <v>390000</v>
       </c>
       <c r="E36" s="5">
-        <v>101.3168</v>
+        <v>100.3753</v>
       </c>
       <c r="F36" s="4">
-        <v>253930.88888889001</v>
+        <v>400173.67</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H36" s="3" t="s">
-        <v>147</v>
+        <v>31</v>
       </c>
       <c r="I36" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J36" s="5">
-        <v>101.3168</v>
+        <v>100.3753</v>
       </c>
       <c r="K36" s="5">
         <v>1</v>
       </c>
       <c r="L36" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M36" s="4">
+        <v>400173.67</v>
+      </c>
+      <c r="N36" s="4">
+        <v>400173.67</v>
+      </c>
+      <c r="O36" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="P36" s="3" t="s">
         <v>148</v>
       </c>
-      <c r="M36" s="4">
-[...10 lines deleted...]
-      </c>
       <c r="Q36" s="3" t="s">
-        <v>90</v>
+        <v>103</v>
       </c>
       <c r="R36" s="3" t="s">
         <v>145</v>
       </c>
       <c r="S36" s="3" t="s">
-        <v>91</v>
+        <v>65</v>
       </c>
       <c r="T36" s="4">
         <v>0.01</v>
       </c>
       <c r="U36" s="2">
-        <v>47406</v>
+        <v>47133</v>
       </c>
       <c r="V36" s="4">
-        <v>5.75</v>
+        <v>6</v>
       </c>
       <c r="W36" s="3" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="X36" s="4">
-        <v>638.88888888999998</v>
+        <v>8710</v>
       </c>
       <c r="Y36" s="4">
-        <v>638.88888799999995</v>
+        <v>8710</v>
       </c>
       <c r="Z36" s="6">
-        <v>2.0430000000000001E-3</v>
+        <v>3.1710000000000002E-3</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="C37" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D37" s="4">
-        <v>410000</v>
+        <v>380000</v>
       </c>
       <c r="E37" s="5">
-        <v>96.289000000000001</v>
+        <v>102.51130000000001</v>
       </c>
       <c r="F37" s="4">
-        <v>397273.37222222</v>
+        <v>397615.30111111002</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H37" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I37" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J37" s="5">
-        <v>96.289000000000001</v>
+        <v>102.51130000000001</v>
       </c>
       <c r="K37" s="5">
         <v>1</v>
       </c>
       <c r="L37" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M37" s="4">
-        <v>397273.37222199998</v>
+        <v>397615.30111100001</v>
       </c>
       <c r="N37" s="4">
-        <v>397273.37222222</v>
+        <v>397615.30111111002</v>
       </c>
       <c r="O37" s="3" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="P37" s="3" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="Q37" s="3" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="R37" s="3" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="S37" s="3" t="s">
-        <v>65</v>
+        <v>86</v>
       </c>
       <c r="T37" s="4">
         <v>0.01</v>
       </c>
       <c r="U37" s="2">
-        <v>48014</v>
+        <v>48427</v>
       </c>
       <c r="V37" s="4">
-        <v>4.75</v>
+        <v>5.75</v>
       </c>
       <c r="W37" s="3" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="X37" s="4">
-        <v>2488.4722222199998</v>
+        <v>8072.3611111099999</v>
       </c>
       <c r="Y37" s="4">
-        <v>2488.4722219999999</v>
+        <v>8072.3611110000002</v>
       </c>
       <c r="Z37" s="6">
-        <v>3.1970000000000002E-3</v>
+        <v>3.1510000000000002E-3</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D38" s="4">
-        <v>360000</v>
+        <v>365000</v>
       </c>
       <c r="E38" s="5">
-        <v>108.630432</v>
+        <v>105.31310000000001</v>
       </c>
       <c r="F38" s="4">
-        <v>392755.8052</v>
+        <v>396129.84625</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H38" s="3" t="s">
-        <v>31</v>
+        <v>130</v>
       </c>
       <c r="I38" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J38" s="5">
-        <v>108.630432</v>
+        <v>105.31310000000001</v>
       </c>
       <c r="K38" s="5">
         <v>1</v>
       </c>
       <c r="L38" s="3" t="s">
-        <v>33</v>
+        <v>131</v>
       </c>
       <c r="M38" s="4">
-        <v>392755.8052</v>
+        <v>396129.84625</v>
       </c>
       <c r="N38" s="4">
-        <v>392755.8052</v>
+        <v>396129.84625</v>
       </c>
       <c r="O38" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="P38" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="Q38" s="3" t="s">
         <v>159</v>
       </c>
-      <c r="P38" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="R38" s="3" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="S38" s="3" t="s">
-        <v>65</v>
+        <v>86</v>
       </c>
       <c r="T38" s="4">
         <v>0.01</v>
       </c>
       <c r="U38" s="2">
-        <v>47220</v>
+        <v>48410</v>
       </c>
       <c r="V38" s="4">
-        <v>8.875</v>
+        <v>7.875</v>
       </c>
       <c r="W38" s="3" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="X38" s="4">
-        <v>1686.25</v>
+        <v>11737.03125</v>
       </c>
       <c r="Y38" s="4">
-        <v>1686.25</v>
+        <v>11737.03125</v>
       </c>
       <c r="Z38" s="6">
-        <v>3.1610000000000002E-3</v>
+        <v>3.1389999999999999E-3</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="B39" s="3" t="s">
         <v>162</v>
       </c>
-      <c r="B39" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C39" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D39" s="4">
-        <v>390000</v>
+        <v>410000</v>
       </c>
       <c r="E39" s="5">
-        <v>100.40179999999999</v>
+        <v>96.481110000000001</v>
       </c>
       <c r="F39" s="4">
-        <v>398457.02</v>
+        <v>398732.96766666998</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H39" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J39" s="5">
-        <v>100.40179999999999</v>
+        <v>96.481110000000001</v>
       </c>
       <c r="K39" s="5">
         <v>1</v>
       </c>
       <c r="L39" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M39" s="4">
-        <v>398457.02</v>
+        <v>398732.96766600001</v>
       </c>
       <c r="N39" s="4">
-        <v>398457.02</v>
+        <v>398732.96766666998</v>
       </c>
       <c r="O39" s="3" t="s">
+        <v>163</v>
+      </c>
+      <c r="P39" s="3" t="s">
         <v>164</v>
       </c>
-      <c r="P39" s="3" t="s">
+      <c r="Q39" s="3" t="s">
         <v>165</v>
       </c>
-      <c r="Q39" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R39" s="3" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="S39" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T39" s="4">
         <v>0.01</v>
       </c>
       <c r="U39" s="2">
-        <v>47133</v>
+        <v>47192</v>
       </c>
       <c r="V39" s="4">
-        <v>6</v>
+        <v>3.75</v>
       </c>
       <c r="W39" s="3" t="s">
         <v>166</v>
       </c>
       <c r="X39" s="4">
-        <v>6890</v>
+        <v>3160.4166666699998</v>
       </c>
       <c r="Y39" s="4">
-        <v>6890</v>
+        <v>3160.4166660000001</v>
       </c>
       <c r="Z39" s="6">
-        <v>3.2070000000000002E-3</v>
+        <v>3.16E-3</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
         <v>167</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>168</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D40" s="4">
-        <v>175000</v>
+        <v>415000</v>
       </c>
       <c r="E40" s="5">
-        <v>104.026196</v>
+        <v>93.176130000000001</v>
       </c>
       <c r="F40" s="4">
-        <v>187500.00966667</v>
+        <v>391176.77283332997</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H40" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I40" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J40" s="5">
-        <v>104.026196</v>
+        <v>93.176130000000001</v>
       </c>
       <c r="K40" s="5">
         <v>1</v>
       </c>
       <c r="L40" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M40" s="4">
-        <v>187500.009666</v>
+        <v>391176.772833</v>
       </c>
       <c r="N40" s="4">
-        <v>187500.00966667</v>
+        <v>391176.77283332997</v>
       </c>
       <c r="O40" s="3" t="s">
         <v>169</v>
       </c>
       <c r="P40" s="3" t="s">
         <v>170</v>
       </c>
       <c r="Q40" s="3" t="s">
-        <v>107</v>
+        <v>171</v>
       </c>
       <c r="R40" s="3" t="s">
         <v>167</v>
       </c>
       <c r="S40" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T40" s="4">
         <v>0.01</v>
       </c>
       <c r="U40" s="2">
-        <v>47284</v>
+        <v>47894</v>
       </c>
       <c r="V40" s="4">
-        <v>8.25</v>
+        <v>3.75</v>
       </c>
       <c r="W40" s="3" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="X40" s="4">
-        <v>5454.1666666700003</v>
+        <v>4495.8333333299997</v>
       </c>
       <c r="Y40" s="4">
-        <v>5454.1666660000001</v>
+        <v>4495.8333329999996</v>
       </c>
       <c r="Z40" s="6">
-        <v>1.5089999999999999E-3</v>
+        <v>3.0999999999999999E-3</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C41" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D41" s="4">
-        <v>380000</v>
+        <v>315000</v>
       </c>
       <c r="E41" s="5">
-        <v>102.728269</v>
+        <v>103.7625</v>
       </c>
       <c r="F41" s="4">
-        <v>396740.33886666998</v>
+        <v>332256.09375</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H41" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I41" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J41" s="5">
-        <v>102.728269</v>
+        <v>103.7625</v>
       </c>
       <c r="K41" s="5">
         <v>1</v>
       </c>
       <c r="L41" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M41" s="4">
-        <v>396740.33886600001</v>
+        <v>332256.09375</v>
       </c>
       <c r="N41" s="4">
-        <v>396740.33886666998</v>
+        <v>332256.09375</v>
       </c>
       <c r="O41" s="3" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="P41" s="3" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="Q41" s="3" t="s">
-        <v>90</v>
+        <v>159</v>
       </c>
       <c r="R41" s="3" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="S41" s="3" t="s">
-        <v>91</v>
+        <v>65</v>
       </c>
       <c r="T41" s="4">
         <v>0.01</v>
       </c>
       <c r="U41" s="2">
-        <v>48427</v>
+        <v>48959</v>
       </c>
       <c r="V41" s="4">
-        <v>5.75</v>
+        <v>7.625</v>
       </c>
       <c r="W41" s="3" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="X41" s="4">
-        <v>6372.9166666700003</v>
+        <v>5404.21875</v>
       </c>
       <c r="Y41" s="4">
-        <v>6372.9166660000001</v>
+        <v>5404.21875</v>
       </c>
       <c r="Z41" s="6">
-        <v>3.1930000000000001E-3</v>
+        <v>2.6329999999999999E-3</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D42" s="4">
-        <v>365000</v>
+        <v>435000</v>
       </c>
       <c r="E42" s="5">
-        <v>104.8425</v>
+        <v>88.900419999999997</v>
       </c>
       <c r="F42" s="4">
-        <v>392176.53125</v>
+        <v>389257.34783332999</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H42" s="3" t="s">
-        <v>140</v>
+        <v>31</v>
       </c>
       <c r="I42" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J42" s="5">
-        <v>104.8425</v>
+        <v>88.900419999999997</v>
       </c>
       <c r="K42" s="5">
         <v>1</v>
       </c>
       <c r="L42" s="3" t="s">
-        <v>141</v>
+        <v>33</v>
       </c>
       <c r="M42" s="4">
-        <v>392176.53125</v>
+        <v>389257.34783300001</v>
       </c>
       <c r="N42" s="4">
-        <v>392176.53125</v>
+        <v>389257.34783332999</v>
       </c>
       <c r="O42" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="P42" s="3" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="Q42" s="3" t="s">
-        <v>181</v>
+        <v>64</v>
       </c>
       <c r="R42" s="3" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="S42" s="3" t="s">
-        <v>91</v>
+        <v>65</v>
       </c>
       <c r="T42" s="4">
         <v>0.01</v>
       </c>
       <c r="U42" s="2">
-        <v>48410</v>
+        <v>48122</v>
       </c>
       <c r="V42" s="4">
-        <v>7.875</v>
+        <v>3.625</v>
       </c>
       <c r="W42" s="3" t="s">
         <v>182</v>
       </c>
       <c r="X42" s="4">
-        <v>9501.40625</v>
+        <v>2540.5208333300002</v>
       </c>
       <c r="Y42" s="4">
-        <v>9501.40625</v>
+        <v>2540.520833</v>
       </c>
       <c r="Z42" s="6">
-        <v>3.156E-3</v>
+        <v>3.0850000000000001E-3</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
         <v>183</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>184</v>
       </c>
       <c r="C43" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D43" s="4">
-        <v>410000</v>
+        <v>395000</v>
       </c>
       <c r="E43" s="5">
-        <v>95.875017</v>
+        <v>99.273054000000002</v>
       </c>
       <c r="F43" s="4">
-        <v>395052.15303332999</v>
+        <v>397507.69524443999</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H43" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I43" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J43" s="5">
-        <v>95.875017</v>
+        <v>99.273054000000002</v>
       </c>
       <c r="K43" s="5">
         <v>1</v>
       </c>
       <c r="L43" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M43" s="4">
-        <v>395052.15303300001</v>
+        <v>397507.695244</v>
       </c>
       <c r="N43" s="4">
-        <v>395052.15303332999</v>
+        <v>397507.69524443999</v>
       </c>
       <c r="O43" s="3" t="s">
         <v>185</v>
       </c>
       <c r="P43" s="3" t="s">
         <v>186</v>
       </c>
       <c r="Q43" s="3" t="s">
-        <v>187</v>
+        <v>64</v>
       </c>
       <c r="R43" s="3" t="s">
         <v>183</v>
       </c>
       <c r="S43" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T43" s="4">
         <v>0.01</v>
       </c>
       <c r="U43" s="2">
-        <v>47192</v>
+        <v>47557</v>
       </c>
       <c r="V43" s="4">
-        <v>3.75</v>
+        <v>6.625</v>
       </c>
       <c r="W43" s="3" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="X43" s="4">
-        <v>1964.58333333</v>
+        <v>5379.1319444399996</v>
       </c>
       <c r="Y43" s="4">
-        <v>1964.583333</v>
+        <v>5379.1319439999997</v>
       </c>
       <c r="Z43" s="6">
-        <v>3.179E-3</v>
+        <v>3.15E-3</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="B44" s="3" t="s">
         <v>189</v>
       </c>
-      <c r="B44" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D44" s="4">
-        <v>315000</v>
+        <v>410000</v>
       </c>
       <c r="E44" s="5">
-        <v>103.966184</v>
+        <v>95.785920000000004</v>
       </c>
       <c r="F44" s="4">
-        <v>331029.57335000002</v>
+        <v>396275.60533332999</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H44" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I44" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J44" s="5">
-        <v>103.966184</v>
+        <v>95.785920000000004</v>
       </c>
       <c r="K44" s="5">
         <v>1</v>
       </c>
       <c r="L44" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M44" s="4">
-        <v>331029.57335000002</v>
+        <v>396275.60533300001</v>
       </c>
       <c r="N44" s="4">
-        <v>331029.57335000002</v>
+        <v>396275.60533332999</v>
       </c>
       <c r="O44" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="P44" s="3" t="s">
         <v>191</v>
       </c>
-      <c r="P44" s="3" t="s">
+      <c r="Q44" s="3" t="s">
         <v>192</v>
       </c>
-      <c r="Q44" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R44" s="3" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="S44" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T44" s="4">
         <v>0.01</v>
       </c>
       <c r="U44" s="2">
-        <v>48959</v>
+        <v>47164</v>
       </c>
       <c r="V44" s="4">
-        <v>7.625</v>
+        <v>3</v>
       </c>
       <c r="W44" s="3" t="s">
         <v>193</v>
       </c>
       <c r="X44" s="4">
-        <v>3536.09375</v>
+        <v>3553.3333333300002</v>
       </c>
       <c r="Y44" s="4">
-        <v>3536.09375</v>
+        <v>3553.333333</v>
       </c>
       <c r="Z44" s="6">
-        <v>2.6640000000000001E-3</v>
+        <v>3.1410000000000001E-3</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
         <v>194</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>195</v>
       </c>
       <c r="C45" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D45" s="4">
-        <v>435000</v>
+        <v>350000</v>
       </c>
       <c r="E45" s="5">
-        <v>89.377121000000002</v>
+        <v>104.8156</v>
       </c>
       <c r="F45" s="4">
-        <v>390104.53885000001</v>
+        <v>373059.80833332997</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H45" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I45" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J45" s="5">
-        <v>89.377121000000002</v>
+        <v>104.8156</v>
       </c>
       <c r="K45" s="5">
         <v>1</v>
       </c>
       <c r="L45" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M45" s="4">
-        <v>390104.53885000001</v>
+        <v>373059.80833299999</v>
       </c>
       <c r="N45" s="4">
-        <v>390104.53885000001</v>
+        <v>373059.80833332997</v>
       </c>
       <c r="O45" s="3" t="s">
         <v>196</v>
       </c>
       <c r="P45" s="3" t="s">
         <v>197</v>
       </c>
       <c r="Q45" s="3" t="s">
-        <v>64</v>
+        <v>103</v>
       </c>
       <c r="R45" s="3" t="s">
         <v>194</v>
       </c>
       <c r="S45" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T45" s="4">
         <v>0.01</v>
       </c>
       <c r="U45" s="2">
-        <v>48122</v>
+        <v>47192</v>
       </c>
       <c r="V45" s="4">
-        <v>3.625</v>
+        <v>8.625</v>
       </c>
       <c r="W45" s="3" t="s">
         <v>198</v>
       </c>
       <c r="X45" s="4">
-        <v>1314.0625</v>
+        <v>6205.2083333299997</v>
       </c>
       <c r="Y45" s="4">
-        <v>1314.0625</v>
+        <v>6205.2083329999996</v>
       </c>
       <c r="Z45" s="6">
-        <v>3.1389999999999999E-3</v>
+        <v>2.957E-3</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
         <v>199</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>200</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D46" s="4">
-        <v>395000</v>
+        <v>320000</v>
       </c>
       <c r="E46" s="5">
-        <v>99.951999999999998</v>
+        <v>105.3357</v>
       </c>
       <c r="F46" s="4">
-        <v>398154.18472222</v>
+        <v>342418.68444444</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H46" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I46" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J46" s="5">
-        <v>99.951999999999998</v>
+        <v>105.3357</v>
       </c>
       <c r="K46" s="5">
         <v>1</v>
       </c>
       <c r="L46" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M46" s="4">
-        <v>398154.18472199998</v>
+        <v>342418.68444400001</v>
       </c>
       <c r="N46" s="4">
-        <v>398154.18472222</v>
+        <v>342418.68444444</v>
       </c>
       <c r="O46" s="3" t="s">
         <v>201</v>
       </c>
       <c r="P46" s="3" t="s">
         <v>202</v>
       </c>
       <c r="Q46" s="3" t="s">
-        <v>64</v>
+        <v>97</v>
       </c>
       <c r="R46" s="3" t="s">
         <v>199</v>
       </c>
       <c r="S46" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T46" s="4">
         <v>0.01</v>
       </c>
       <c r="U46" s="2">
-        <v>47557</v>
+        <v>47376</v>
       </c>
       <c r="V46" s="4">
-        <v>6.625</v>
+        <v>8.125</v>
       </c>
       <c r="W46" s="3" t="s">
         <v>203</v>
       </c>
       <c r="X46" s="4">
-        <v>3343.7847222199998</v>
+        <v>5344.4444444399996</v>
       </c>
       <c r="Y46" s="4">
-        <v>3343.7847219999999</v>
+        <v>5344.4444439999997</v>
       </c>
       <c r="Z46" s="6">
-        <v>3.2039999999999998E-3</v>
+        <v>2.7139999999999998E-3</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
         <v>204</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>205</v>
       </c>
       <c r="C47" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D47" s="4">
-        <v>410000</v>
+        <v>94000</v>
       </c>
       <c r="E47" s="5">
-        <v>95.28304</v>
+        <v>100.0295</v>
       </c>
       <c r="F47" s="4">
-        <v>393257.13066666998</v>
+        <v>95623.118888890007</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H47" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I47" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J47" s="5">
-        <v>95.28304</v>
+        <v>100.0295</v>
       </c>
       <c r="K47" s="5">
         <v>1</v>
       </c>
       <c r="L47" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M47" s="4">
-        <v>393257.13066600001</v>
+        <v>95623.118887999997</v>
       </c>
       <c r="N47" s="4">
-        <v>393257.13066666998</v>
+        <v>95623.118888890007</v>
       </c>
       <c r="O47" s="3" t="s">
         <v>206</v>
       </c>
       <c r="P47" s="3" t="s">
         <v>207</v>
       </c>
       <c r="Q47" s="3" t="s">
         <v>208</v>
       </c>
       <c r="R47" s="3" t="s">
         <v>204</v>
       </c>
       <c r="S47" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T47" s="4">
         <v>0.01</v>
       </c>
       <c r="U47" s="2">
-        <v>47164</v>
+        <v>46614</v>
       </c>
       <c r="V47" s="4">
-        <v>3</v>
+        <v>5.875</v>
       </c>
       <c r="W47" s="3" t="s">
         <v>209</v>
       </c>
       <c r="X47" s="4">
-        <v>2596.6666666699998</v>
+        <v>1595.3888888900001</v>
       </c>
       <c r="Y47" s="4">
-        <v>2596.6666660000001</v>
+        <v>1595.388888</v>
       </c>
       <c r="Z47" s="6">
-        <v>3.1649999999999998E-3</v>
+        <v>7.5699999999999997E-4</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
         <v>210</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>211</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D48" s="4">
-        <v>350000</v>
+        <v>285000</v>
       </c>
       <c r="E48" s="5">
-        <v>104.3728</v>
+        <v>104.81319999999999</v>
       </c>
       <c r="F48" s="4">
-        <v>369162.09166666999</v>
+        <v>303508.39083332999</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H48" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I48" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J48" s="5">
-        <v>104.3728</v>
+        <v>104.81319999999999</v>
       </c>
       <c r="K48" s="5">
         <v>1</v>
       </c>
       <c r="L48" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M48" s="4">
-        <v>369162.09166600002</v>
+        <v>303508.39083300001</v>
       </c>
       <c r="N48" s="4">
-        <v>369162.09166666999</v>
+        <v>303508.39083332999</v>
       </c>
       <c r="O48" s="3" t="s">
         <v>212</v>
       </c>
       <c r="P48" s="3" t="s">
         <v>213</v>
       </c>
       <c r="Q48" s="3" t="s">
-        <v>107</v>
+        <v>165</v>
       </c>
       <c r="R48" s="3" t="s">
         <v>210</v>
       </c>
       <c r="S48" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T48" s="4">
         <v>0.01</v>
       </c>
       <c r="U48" s="2">
-        <v>47192</v>
+        <v>46993</v>
       </c>
       <c r="V48" s="4">
-        <v>8.625</v>
+        <v>6.65</v>
       </c>
       <c r="W48" s="3" t="s">
         <v>214</v>
       </c>
       <c r="X48" s="4">
-        <v>3857.2916666699998</v>
+        <v>4790.7708333299997</v>
       </c>
       <c r="Y48" s="4">
-        <v>3857.2916660000001</v>
+        <v>4790.7708329999996</v>
       </c>
       <c r="Z48" s="6">
-        <v>2.9710000000000001E-3</v>
+        <v>2.405E-3</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
         <v>215</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>216</v>
       </c>
       <c r="C49" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D49" s="4">
-        <v>320000</v>
+        <v>275000</v>
       </c>
       <c r="E49" s="5">
-        <v>104.761813</v>
+        <v>99.969329999999999</v>
       </c>
       <c r="F49" s="4">
-        <v>338560.02382221998</v>
+        <v>277850.90055556002</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H49" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I49" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J49" s="5">
-        <v>104.761813</v>
+        <v>99.969329999999999</v>
       </c>
       <c r="K49" s="5">
         <v>1</v>
       </c>
       <c r="L49" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M49" s="4">
-        <v>338560.02382200002</v>
+        <v>277850.900555</v>
       </c>
       <c r="N49" s="4">
-        <v>338560.02382221998</v>
+        <v>277850.90055556002</v>
       </c>
       <c r="O49" s="3" t="s">
         <v>217</v>
       </c>
       <c r="P49" s="3" t="s">
         <v>218</v>
       </c>
       <c r="Q49" s="3" t="s">
-        <v>131</v>
+        <v>64</v>
       </c>
       <c r="R49" s="3" t="s">
         <v>215</v>
       </c>
       <c r="S49" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T49" s="4">
         <v>0.01</v>
       </c>
       <c r="U49" s="2">
-        <v>47376</v>
+        <v>47953</v>
       </c>
       <c r="V49" s="4">
-        <v>8.125</v>
+        <v>6.625</v>
       </c>
       <c r="W49" s="3" t="s">
         <v>219</v>
       </c>
       <c r="X49" s="4">
-        <v>3322.2222222199998</v>
+        <v>2935.2430555599999</v>
       </c>
       <c r="Y49" s="4">
-        <v>3322.2222219999999</v>
+        <v>2935.2430549999999</v>
       </c>
       <c r="Z49" s="6">
-        <v>2.725E-3</v>
+        <v>2.202E-3</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
         <v>220</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D50" s="4">
-        <v>144000</v>
+        <v>395000</v>
       </c>
       <c r="E50" s="5">
-        <v>100.0047</v>
+        <v>99.688599999999994</v>
       </c>
       <c r="F50" s="4">
-        <v>145792.76800000001</v>
+        <v>397423.72</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H50" s="3" t="s">
-        <v>31</v>
+        <v>222</v>
       </c>
       <c r="I50" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J50" s="5">
-        <v>100.0047</v>
+        <v>99.688599999999994</v>
       </c>
       <c r="K50" s="5">
         <v>1</v>
       </c>
       <c r="L50" s="3" t="s">
-        <v>33</v>
+        <v>223</v>
       </c>
       <c r="M50" s="4">
-        <v>145792.76800000001</v>
+        <v>397423.72</v>
       </c>
       <c r="N50" s="4">
-        <v>145792.76800000001</v>
+        <v>397423.72</v>
       </c>
       <c r="O50" s="3" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="P50" s="3" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="Q50" s="3" t="s">
-        <v>224</v>
+        <v>159</v>
       </c>
       <c r="R50" s="3" t="s">
         <v>220</v>
       </c>
       <c r="S50" s="3" t="s">
-        <v>65</v>
+        <v>226</v>
       </c>
       <c r="T50" s="4">
         <v>0.01</v>
       </c>
       <c r="U50" s="2">
-        <v>46614</v>
+        <v>46645</v>
       </c>
       <c r="V50" s="4">
-        <v>5.875</v>
+        <v>4.5</v>
       </c>
       <c r="W50" s="3" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="X50" s="4">
-        <v>1786</v>
+        <v>3653.75</v>
       </c>
       <c r="Y50" s="4">
-        <v>1786</v>
+        <v>3653.75</v>
       </c>
       <c r="Z50" s="6">
-        <v>1.173E-3</v>
+        <v>3.15E-3</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="C51" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D51" s="4">
-        <v>275000</v>
+        <v>75000</v>
       </c>
       <c r="E51" s="5">
-        <v>99.239074000000002</v>
+        <v>98.571569999999994</v>
       </c>
       <c r="F51" s="4">
-        <v>274425.68266667001</v>
+        <v>75295.344166669995</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H51" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I51" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J51" s="5">
-        <v>99.239074000000002</v>
+        <v>98.571569999999994</v>
       </c>
       <c r="K51" s="5">
         <v>1</v>
       </c>
       <c r="L51" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M51" s="4">
-        <v>274425.68266599998</v>
+        <v>75295.344165999995</v>
       </c>
       <c r="N51" s="4">
-        <v>274425.68266667001</v>
+        <v>75295.344166669995</v>
       </c>
       <c r="O51" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="P51" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="Q51" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="R51" s="3" t="s">
         <v>228</v>
-      </c>
-[...7 lines deleted...]
-        <v>226</v>
       </c>
       <c r="S51" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T51" s="4">
         <v>0.01</v>
       </c>
       <c r="U51" s="2">
-        <v>47953</v>
+        <v>46919</v>
       </c>
       <c r="V51" s="4">
-        <v>6.625</v>
+        <v>4</v>
       </c>
       <c r="W51" s="3" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="X51" s="4">
-        <v>1518.22916667</v>
+        <v>1366.66666667</v>
       </c>
       <c r="Y51" s="4">
-        <v>1518.2291660000001</v>
+        <v>1366.6666660000001</v>
       </c>
       <c r="Z51" s="6">
-        <v>2.2079999999999999E-3</v>
+        <v>5.9599999999999996E-4</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D52" s="4">
-        <v>395000</v>
+        <v>225000</v>
       </c>
       <c r="E52" s="5">
-        <v>99.600700000000003</v>
+        <v>106.5333</v>
       </c>
       <c r="F52" s="4">
-        <v>395694.01500000001</v>
+        <v>247899.92499999999</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H52" s="3" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="I52" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J52" s="5">
-        <v>99.600700000000003</v>
+        <v>106.5333</v>
       </c>
       <c r="K52" s="5">
         <v>1</v>
       </c>
       <c r="L52" s="3" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="M52" s="4">
-        <v>395694.01500000001</v>
+        <v>247899.92499999999</v>
       </c>
       <c r="N52" s="4">
-        <v>395694.01500000001</v>
+        <v>247899.92499999999</v>
       </c>
       <c r="O52" s="3" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="P52" s="3" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="Q52" s="3" t="s">
-        <v>181</v>
+        <v>85</v>
       </c>
       <c r="R52" s="3" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="S52" s="3" t="s">
-        <v>237</v>
+        <v>86</v>
       </c>
       <c r="T52" s="4">
         <v>0.01</v>
       </c>
       <c r="U52" s="2">
-        <v>46645</v>
+        <v>47649</v>
       </c>
       <c r="V52" s="4">
-        <v>4.5</v>
+        <v>8</v>
       </c>
       <c r="W52" s="3" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="X52" s="4">
-        <v>2271.25</v>
+        <v>8200</v>
       </c>
       <c r="Y52" s="4">
-        <v>2271.25</v>
+        <v>8200</v>
       </c>
       <c r="Z52" s="6">
-        <v>3.1840000000000002E-3</v>
+        <v>1.964E-3</v>
       </c>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C53" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D53" s="4">
-        <v>75000</v>
+        <v>385000</v>
       </c>
       <c r="E53" s="5">
-        <v>98.004739999999998</v>
+        <v>100.3883</v>
       </c>
       <c r="F53" s="4">
-        <v>74636.888333330004</v>
+        <v>388141.89944443997</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H53" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I53" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J53" s="5">
-        <v>98.004739999999998</v>
+        <v>100.3883</v>
       </c>
       <c r="K53" s="5">
         <v>1</v>
       </c>
       <c r="L53" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M53" s="4">
-        <v>74636.888332999995</v>
+        <v>388141.89944399998</v>
       </c>
       <c r="N53" s="4">
-        <v>74636.888333330004</v>
+        <v>388141.89944443997</v>
       </c>
       <c r="O53" s="3" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="P53" s="3" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="Q53" s="3" t="s">
-        <v>208</v>
+        <v>97</v>
       </c>
       <c r="R53" s="3" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="S53" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T53" s="4">
         <v>0.01</v>
       </c>
       <c r="U53" s="2">
-        <v>46919</v>
+        <v>46874</v>
       </c>
       <c r="V53" s="4">
-        <v>4</v>
+        <v>5.5</v>
       </c>
       <c r="W53" s="3" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="X53" s="4">
-        <v>1133.33333333</v>
+        <v>1646.9444444400001</v>
       </c>
       <c r="Y53" s="4">
-        <v>1133.333333</v>
+        <v>1646.944444</v>
       </c>
       <c r="Z53" s="6">
-        <v>5.9999999999999995E-4</v>
+        <v>3.0760000000000002E-3</v>
       </c>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D54" s="4">
-        <v>225000</v>
+        <v>400000</v>
       </c>
       <c r="E54" s="5">
-        <v>106.223805</v>
+        <v>98.042249999999996</v>
       </c>
       <c r="F54" s="4">
-        <v>245803.56125</v>
+        <v>397413.44444444001</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H54" s="3" t="s">
-        <v>246</v>
+        <v>31</v>
       </c>
       <c r="I54" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J54" s="5">
-        <v>106.223805</v>
+        <v>98.042249999999996</v>
       </c>
       <c r="K54" s="5">
         <v>1</v>
       </c>
       <c r="L54" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M54" s="4">
+        <v>397413.44444400002</v>
+      </c>
+      <c r="N54" s="4">
+        <v>397413.44444444001</v>
+      </c>
+      <c r="O54" s="3" t="s">
         <v>247</v>
       </c>
-      <c r="M54" s="4">
-[...5 lines deleted...]
-      <c r="O54" s="3" t="s">
+      <c r="P54" s="3" t="s">
         <v>248</v>
       </c>
-      <c r="P54" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q54" s="3" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="R54" s="3" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="S54" s="3" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="T54" s="4">
         <v>0.01</v>
       </c>
       <c r="U54" s="2">
-        <v>47649</v>
+        <v>46966</v>
       </c>
       <c r="V54" s="4">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="W54" s="3" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="X54" s="4">
-        <v>6800</v>
+        <v>5244.4444444399996</v>
       </c>
       <c r="Y54" s="4">
-        <v>6800</v>
+        <v>5244.4444439999997</v>
       </c>
       <c r="Z54" s="6">
-        <v>1.9780000000000002E-3</v>
+        <v>3.15E-3</v>
       </c>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="B55" s="3" t="s">
         <v>251</v>
       </c>
-      <c r="B55" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D55" s="4">
-        <v>385000</v>
+        <v>250000</v>
       </c>
       <c r="E55" s="5">
-        <v>100.07389999999999</v>
+        <v>103.386009</v>
       </c>
       <c r="F55" s="4">
-        <v>385284.51500000001</v>
+        <v>261385.16138889</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H55" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I55" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J55" s="5">
-        <v>100.07389999999999</v>
+        <v>103.386009</v>
       </c>
       <c r="K55" s="5">
         <v>1</v>
       </c>
       <c r="L55" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M55" s="4">
-        <v>385284.51500000001</v>
+        <v>261385.16138800001</v>
       </c>
       <c r="N55" s="4">
-        <v>385284.51500000001</v>
+        <v>261385.16138889</v>
       </c>
       <c r="O55" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="P55" s="3" t="s">
         <v>253</v>
       </c>
-      <c r="P55" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q55" s="3" t="s">
-        <v>131</v>
+        <v>85</v>
       </c>
       <c r="R55" s="3" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="S55" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T55" s="4">
         <v>0.01</v>
       </c>
       <c r="U55" s="2">
-        <v>46874</v>
+        <v>47392</v>
       </c>
       <c r="V55" s="4">
-        <v>5.5</v>
+        <v>7.25</v>
       </c>
       <c r="W55" s="3" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="X55" s="4">
-        <v>0</v>
+        <v>2920.1388888900001</v>
       </c>
       <c r="Y55" s="4">
-        <v>0</v>
+        <v>2920.138888</v>
       </c>
       <c r="Z55" s="6">
-        <v>3.101E-3</v>
+        <v>2.0709999999999999E-3</v>
       </c>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="B56" s="3" t="s">
         <v>256</v>
       </c>
-      <c r="B56" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D56" s="4">
-        <v>400000</v>
+        <v>395000</v>
       </c>
       <c r="E56" s="5">
-        <v>97.825199999999995</v>
+        <v>96.78389</v>
       </c>
       <c r="F56" s="4">
-        <v>395300.8</v>
+        <v>386989.73355556</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H56" s="3" t="s">
-        <v>31</v>
+        <v>130</v>
       </c>
       <c r="I56" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J56" s="5">
-        <v>97.825199999999995</v>
+        <v>96.78389</v>
       </c>
       <c r="K56" s="5">
         <v>1</v>
       </c>
       <c r="L56" s="3" t="s">
-        <v>33</v>
+        <v>131</v>
       </c>
       <c r="M56" s="4">
-        <v>395300.8</v>
+        <v>386989.73355499998</v>
       </c>
       <c r="N56" s="4">
-        <v>395300.8</v>
+        <v>386989.73355556</v>
       </c>
       <c r="O56" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="P56" s="3" t="s">
         <v>258</v>
       </c>
-      <c r="P56" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q56" s="3" t="s">
-        <v>131</v>
+        <v>64</v>
       </c>
       <c r="R56" s="3" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="S56" s="3" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="T56" s="4">
         <v>0.01</v>
       </c>
       <c r="U56" s="2">
-        <v>46966</v>
+        <v>47757</v>
       </c>
       <c r="V56" s="4">
-        <v>4</v>
+        <v>7.375</v>
       </c>
       <c r="W56" s="3" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="X56" s="4">
-        <v>4000</v>
+        <v>4693.3680555600004</v>
       </c>
       <c r="Y56" s="4">
-        <v>4000</v>
+        <v>4693.3680549999999</v>
       </c>
       <c r="Z56" s="6">
-        <v>3.1809999999999998E-3</v>
+        <v>3.0669999999999998E-3</v>
       </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="B57" s="3" t="s">
         <v>261</v>
       </c>
-      <c r="B57" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C57" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D57" s="4">
-        <v>250000</v>
+        <v>385000</v>
       </c>
       <c r="E57" s="5">
-        <v>103.530081</v>
+        <v>103.229423</v>
       </c>
       <c r="F57" s="4">
-        <v>260335.61916666999</v>
+        <v>403785.77854999999</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H57" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I57" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J57" s="5">
-        <v>103.530081</v>
+        <v>103.229423</v>
       </c>
       <c r="K57" s="5">
         <v>1</v>
       </c>
       <c r="L57" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M57" s="4">
-        <v>260335.61916599999</v>
+        <v>403785.77854999999</v>
       </c>
       <c r="N57" s="4">
-        <v>260335.61916666999</v>
+        <v>403785.77854999999</v>
       </c>
       <c r="O57" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="P57" s="3" t="s">
         <v>263</v>
       </c>
-      <c r="P57" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q57" s="3" t="s">
-        <v>90</v>
+        <v>103</v>
       </c>
       <c r="R57" s="3" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="S57" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T57" s="4">
         <v>0.01</v>
       </c>
       <c r="U57" s="2">
-        <v>47392</v>
+        <v>47362</v>
       </c>
       <c r="V57" s="4">
-        <v>7.25</v>
+        <v>6.75</v>
       </c>
       <c r="W57" s="3" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="X57" s="4">
-        <v>1510.41666667</v>
+        <v>6352.5</v>
       </c>
       <c r="Y57" s="4">
-        <v>1510.4166660000001</v>
+        <v>6352.5</v>
       </c>
       <c r="Z57" s="6">
-        <v>2.0950000000000001E-3</v>
+        <v>3.2000000000000002E-3</v>
       </c>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="B58" s="3" t="s">
         <v>266</v>
       </c>
-      <c r="B58" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C58" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D58" s="4">
-        <v>395000</v>
+        <v>400000</v>
       </c>
       <c r="E58" s="5">
-        <v>99.776870000000002</v>
+        <v>97.021209999999996</v>
       </c>
       <c r="F58" s="4">
-        <v>396546.24066667003</v>
+        <v>389251.50666666997</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H58" s="3" t="s">
-        <v>140</v>
+        <v>31</v>
       </c>
       <c r="I58" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J58" s="5">
-        <v>99.776870000000002</v>
+        <v>97.021209999999996</v>
       </c>
       <c r="K58" s="5">
         <v>1</v>
       </c>
       <c r="L58" s="3" t="s">
-        <v>141</v>
+        <v>33</v>
       </c>
       <c r="M58" s="4">
-        <v>396546.240666</v>
+        <v>389251.506666</v>
       </c>
       <c r="N58" s="4">
-        <v>396546.24066667003</v>
+        <v>389251.50666666997</v>
       </c>
       <c r="O58" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="P58" s="3" t="s">
         <v>268</v>
       </c>
-      <c r="P58" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q58" s="3" t="s">
-        <v>64</v>
+        <v>85</v>
       </c>
       <c r="R58" s="3" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="S58" s="3" t="s">
-        <v>91</v>
+        <v>65</v>
       </c>
       <c r="T58" s="4">
         <v>0.01</v>
       </c>
       <c r="U58" s="2">
-        <v>47757</v>
+        <v>47239</v>
       </c>
       <c r="V58" s="4">
-        <v>7.375</v>
+        <v>3.75</v>
       </c>
       <c r="W58" s="3" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="X58" s="4">
-        <v>2427.6041666699998</v>
+        <v>1166.66666667</v>
       </c>
       <c r="Y58" s="4">
-        <v>2427.6041660000001</v>
+        <v>1166.6666660000001</v>
       </c>
       <c r="Z58" s="6">
-        <v>3.1909999999999998E-3</v>
+        <v>3.0850000000000001E-3</v>
       </c>
     </row>
     <row r="59" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A59" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="B59" s="3" t="s">
         <v>271</v>
       </c>
-      <c r="B59" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C59" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D59" s="4">
-        <v>385000</v>
+        <v>400000</v>
       </c>
       <c r="E59" s="5">
-        <v>102.10162</v>
+        <v>97.07647</v>
       </c>
       <c r="F59" s="4">
-        <v>397422.48700000002</v>
+        <v>393714.21333333</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H59" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I59" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J59" s="5">
-        <v>102.10162</v>
+        <v>97.07647</v>
       </c>
       <c r="K59" s="5">
         <v>1</v>
       </c>
       <c r="L59" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M59" s="4">
-        <v>397422.48700000002</v>
+        <v>393714.21333300002</v>
       </c>
       <c r="N59" s="4">
-        <v>397422.48700000002</v>
+        <v>393714.21333333</v>
       </c>
       <c r="O59" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="P59" s="3" t="s">
         <v>273</v>
       </c>
-      <c r="P59" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q59" s="3" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="R59" s="3" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="S59" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T59" s="4">
         <v>0.01</v>
       </c>
       <c r="U59" s="2">
-        <v>47362</v>
+        <v>47150</v>
       </c>
       <c r="V59" s="4">
-        <v>6.75</v>
+        <v>4.125</v>
       </c>
       <c r="W59" s="3" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="X59" s="4">
-        <v>4331.25</v>
+        <v>5408.3333333299997</v>
       </c>
       <c r="Y59" s="4">
-        <v>4331.25</v>
+        <v>5408.3333329999996</v>
       </c>
       <c r="Z59" s="6">
-        <v>3.1979999999999999E-3</v>
+        <v>3.1199999999999999E-3</v>
       </c>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A60" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="B60" s="3" t="s">
         <v>276</v>
       </c>
-      <c r="B60" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C60" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D60" s="4">
         <v>400000</v>
       </c>
       <c r="E60" s="5">
-        <v>96.725710000000007</v>
+        <v>96.927409999999995</v>
       </c>
       <c r="F60" s="4">
-        <v>386902.84</v>
+        <v>388915.19555556</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H60" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I60" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J60" s="5">
-        <v>96.725710000000007</v>
+        <v>96.927409999999995</v>
       </c>
       <c r="K60" s="5">
         <v>1</v>
       </c>
       <c r="L60" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M60" s="4">
-        <v>386902.84</v>
+        <v>388915.19555499998</v>
       </c>
       <c r="N60" s="4">
-        <v>386902.84</v>
+        <v>388915.19555556</v>
       </c>
       <c r="O60" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="P60" s="3" t="s">
         <v>278</v>
       </c>
-      <c r="P60" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q60" s="3" t="s">
-        <v>90</v>
+        <v>159</v>
       </c>
       <c r="R60" s="3" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="S60" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T60" s="4">
         <v>0.01</v>
       </c>
       <c r="U60" s="2">
-        <v>47239</v>
+        <v>47058</v>
       </c>
       <c r="V60" s="4">
-        <v>3.75</v>
+        <v>3.875</v>
       </c>
       <c r="W60" s="3" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="X60" s="4">
-        <v>0</v>
+        <v>1205.5555555599999</v>
       </c>
       <c r="Y60" s="4">
-        <v>0</v>
+        <v>1205.5555549999999</v>
       </c>
       <c r="Z60" s="6">
-        <v>3.114E-3</v>
+        <v>3.0820000000000001E-3</v>
       </c>
     </row>
     <row r="61" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="B61" s="3" t="s">
         <v>281</v>
       </c>
-      <c r="B61" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D61" s="4">
-        <v>400000</v>
+        <v>350000</v>
       </c>
       <c r="E61" s="5">
-        <v>96.112769999999998</v>
+        <v>95.644649999999999</v>
       </c>
       <c r="F61" s="4">
-        <v>388576.08</v>
+        <v>339306.27500000002</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H61" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I61" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J61" s="5">
-        <v>96.112769999999998</v>
+        <v>95.644649999999999</v>
       </c>
       <c r="K61" s="5">
         <v>1</v>
       </c>
       <c r="L61" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M61" s="4">
-        <v>388576.08</v>
+        <v>339306.27500000002</v>
       </c>
       <c r="N61" s="4">
-        <v>388576.08</v>
+        <v>339306.27500000002</v>
       </c>
       <c r="O61" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="P61" s="3" t="s">
         <v>283</v>
       </c>
-      <c r="P61" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q61" s="3" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="R61" s="3" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="S61" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T61" s="4">
         <v>0.01</v>
       </c>
       <c r="U61" s="2">
-        <v>47150</v>
+        <v>47894</v>
       </c>
       <c r="V61" s="4">
-        <v>4.125</v>
+        <v>4.5</v>
       </c>
       <c r="W61" s="3" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="X61" s="4">
-        <v>4125</v>
+        <v>4550</v>
       </c>
       <c r="Y61" s="4">
-        <v>4125</v>
+        <v>4550</v>
       </c>
       <c r="Z61" s="6">
-        <v>3.127E-3</v>
+        <v>2.689E-3</v>
       </c>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A62" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="B62" s="3" t="s">
         <v>286</v>
       </c>
-      <c r="B62" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C62" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D62" s="4">
-        <v>400000</v>
+        <v>275000</v>
       </c>
       <c r="E62" s="5">
-        <v>96.359030000000004</v>
+        <v>98.719482999999997</v>
       </c>
       <c r="F62" s="4">
-        <v>385436.12</v>
+        <v>275956.87686110998</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H62" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I62" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J62" s="5">
-        <v>96.359030000000004</v>
+        <v>98.719482999999997</v>
       </c>
       <c r="K62" s="5">
         <v>1</v>
       </c>
       <c r="L62" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M62" s="4">
-        <v>385436.12</v>
+        <v>275956.87686100003</v>
       </c>
       <c r="N62" s="4">
-        <v>385436.12</v>
+        <v>275956.87686110998</v>
       </c>
       <c r="O62" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="P62" s="3" t="s">
         <v>288</v>
       </c>
-      <c r="P62" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q62" s="3" t="s">
-        <v>181</v>
+        <v>165</v>
       </c>
       <c r="R62" s="3" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="S62" s="3" t="s">
-        <v>65</v>
+        <v>86</v>
       </c>
       <c r="T62" s="4">
         <v>0.01</v>
       </c>
       <c r="U62" s="2">
-        <v>47058</v>
+        <v>47133</v>
       </c>
       <c r="V62" s="4">
-        <v>3.875</v>
+        <v>4.375</v>
       </c>
       <c r="W62" s="3" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="X62" s="4">
-        <v>0</v>
+        <v>4478.2986111099999</v>
       </c>
       <c r="Y62" s="4">
-        <v>0</v>
+        <v>4478.2986110000002</v>
       </c>
       <c r="Z62" s="6">
-        <v>3.1020000000000002E-3</v>
+        <v>2.1870000000000001E-3</v>
       </c>
     </row>
     <row r="63" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A63" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="B63" s="3" t="s">
         <v>291</v>
       </c>
-      <c r="B63" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D63" s="4">
-        <v>350000</v>
+        <v>370000</v>
       </c>
       <c r="E63" s="5">
-        <v>95.914689999999993</v>
+        <v>102.9011</v>
       </c>
       <c r="F63" s="4">
-        <v>339026.41499999998</v>
+        <v>388763.58388888999</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H63" s="3" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="I63" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J63" s="5">
-        <v>95.914689999999993</v>
+        <v>102.9011</v>
       </c>
       <c r="K63" s="5">
         <v>1</v>
       </c>
       <c r="L63" s="3" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="M63" s="4">
-        <v>339026.41499999998</v>
+        <v>388763.58388799999</v>
       </c>
       <c r="N63" s="4">
-        <v>339026.41499999998</v>
+        <v>388763.58388888999</v>
       </c>
       <c r="O63" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="P63" s="3" t="s">
         <v>293</v>
       </c>
-      <c r="P63" s="3" t="s">
+      <c r="Q63" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="R63" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="S63" s="3" t="s">
         <v>294</v>
-      </c>
-[...7 lines deleted...]
-        <v>65</v>
       </c>
       <c r="T63" s="4">
         <v>0.01</v>
       </c>
       <c r="U63" s="2">
-        <v>47894</v>
+        <v>47688</v>
       </c>
       <c r="V63" s="4">
-        <v>4.5</v>
+        <v>6.25</v>
       </c>
       <c r="W63" s="3" t="s">
         <v>295</v>
       </c>
       <c r="X63" s="4">
-        <v>3325</v>
+        <v>8029.5138888900001</v>
       </c>
       <c r="Y63" s="4">
-        <v>3325</v>
+        <v>8029.5138880000004</v>
       </c>
       <c r="Z63" s="6">
-        <v>2.728E-3</v>
+        <v>3.081E-3</v>
       </c>
     </row>
     <row r="64" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A64" s="3" t="s">
         <v>296</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>297</v>
       </c>
       <c r="C64" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D64" s="4">
-        <v>225000</v>
+        <v>340000</v>
       </c>
       <c r="E64" s="5">
-        <v>98.595648999999995</v>
+        <v>109.4157</v>
       </c>
       <c r="F64" s="4">
-        <v>222683.96025</v>
+        <v>388918.93555555999</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H64" s="3" t="s">
-        <v>147</v>
+        <v>31</v>
       </c>
       <c r="I64" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J64" s="5">
-        <v>98.595648999999995</v>
+        <v>109.4157</v>
       </c>
       <c r="K64" s="5">
         <v>1</v>
       </c>
       <c r="L64" s="3" t="s">
-        <v>148</v>
+        <v>33</v>
       </c>
       <c r="M64" s="4">
-        <v>222683.96025</v>
+        <v>388918.93555499997</v>
       </c>
       <c r="N64" s="4">
-        <v>222683.96025</v>
+        <v>388918.93555555999</v>
       </c>
       <c r="O64" s="3" t="s">
         <v>298</v>
       </c>
       <c r="P64" s="3" t="s">
         <v>299</v>
       </c>
       <c r="Q64" s="3" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="R64" s="3" t="s">
         <v>296</v>
       </c>
       <c r="S64" s="3" t="s">
-        <v>91</v>
+        <v>65</v>
       </c>
       <c r="T64" s="4">
         <v>0.01</v>
       </c>
       <c r="U64" s="2">
-        <v>46661</v>
+        <v>47635</v>
       </c>
       <c r="V64" s="4">
-        <v>4.5</v>
+        <v>10</v>
       </c>
       <c r="W64" s="3" t="s">
         <v>300</v>
       </c>
       <c r="X64" s="4">
-        <v>843.75</v>
+        <v>16905.55555556</v>
       </c>
       <c r="Y64" s="4">
-        <v>843.75</v>
+        <v>16905.555554999999</v>
       </c>
       <c r="Z64" s="6">
-        <v>1.792E-3</v>
+        <v>3.0820000000000001E-3</v>
       </c>
     </row>
     <row r="65" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A65" s="3" t="s">
         <v>301</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>302</v>
       </c>
       <c r="C65" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D65" s="4">
-        <v>275000</v>
+        <v>360000</v>
       </c>
       <c r="E65" s="5">
-        <v>97.979609999999994</v>
+        <v>105.21769999999999</v>
       </c>
       <c r="F65" s="4">
-        <v>272986.46222222003</v>
+        <v>387633.72</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H65" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I65" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J65" s="5">
-        <v>97.979609999999994</v>
+        <v>105.21769999999999</v>
       </c>
       <c r="K65" s="5">
         <v>1</v>
       </c>
       <c r="L65" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M65" s="4">
-        <v>272986.462222</v>
+        <v>387633.72</v>
       </c>
       <c r="N65" s="4">
-        <v>272986.46222222003</v>
+        <v>387633.72</v>
       </c>
       <c r="O65" s="3" t="s">
         <v>303</v>
       </c>
       <c r="P65" s="3" t="s">
         <v>304</v>
       </c>
       <c r="Q65" s="3" t="s">
-        <v>187</v>
+        <v>85</v>
       </c>
       <c r="R65" s="3" t="s">
         <v>301</v>
       </c>
       <c r="S65" s="3" t="s">
-        <v>91</v>
+        <v>65</v>
       </c>
       <c r="T65" s="4">
         <v>0.01</v>
       </c>
       <c r="U65" s="2">
-        <v>47133</v>
+        <v>48792</v>
       </c>
       <c r="V65" s="4">
-        <v>4.375</v>
+        <v>7.375</v>
       </c>
       <c r="W65" s="3" t="s">
         <v>305</v>
       </c>
       <c r="X65" s="4">
-        <v>3542.5347222199998</v>
+        <v>8850</v>
       </c>
       <c r="Y65" s="4">
-        <v>3542.5347219999999</v>
+        <v>8850</v>
       </c>
       <c r="Z65" s="6">
-        <v>2.1970000000000002E-3</v>
+        <v>3.0720000000000001E-3</v>
       </c>
     </row>
     <row r="66" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A66" s="3" t="s">
         <v>306</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>307</v>
       </c>
       <c r="C66" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D66" s="4">
-        <v>250000</v>
+        <v>375000</v>
       </c>
       <c r="E66" s="5">
-        <v>104.310828</v>
+        <v>91.515140000000002</v>
       </c>
       <c r="F66" s="4">
-        <v>265239.74361111003</v>
+        <v>345371.87916667003</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H66" s="3" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="I66" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J66" s="5">
-        <v>104.310828</v>
+        <v>91.515140000000002</v>
       </c>
       <c r="K66" s="5">
         <v>1</v>
       </c>
       <c r="L66" s="3" t="s">
-        <v>48</v>
+        <v>33</v>
       </c>
       <c r="M66" s="4">
-        <v>265239.74361100001</v>
+        <v>345371.879166</v>
       </c>
       <c r="N66" s="4">
-        <v>265239.74361111003</v>
+        <v>345371.87916667003</v>
       </c>
       <c r="O66" s="3" t="s">
         <v>308</v>
       </c>
       <c r="P66" s="3" t="s">
         <v>309</v>
       </c>
       <c r="Q66" s="3" t="s">
-        <v>208</v>
+        <v>192</v>
       </c>
       <c r="R66" s="3" t="s">
         <v>306</v>
       </c>
       <c r="S66" s="3" t="s">
-        <v>310</v>
+        <v>65</v>
       </c>
       <c r="T66" s="4">
         <v>0.01</v>
       </c>
       <c r="U66" s="2">
-        <v>48784</v>
+        <v>48122</v>
       </c>
       <c r="V66" s="4">
-        <v>6.625</v>
+        <v>3.625</v>
       </c>
       <c r="W66" s="3" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="X66" s="4">
-        <v>4462.6736111099999</v>
+        <v>2190.1041666699998</v>
       </c>
       <c r="Y66" s="4">
-        <v>4462.6736110000002</v>
+        <v>2190.1041660000001</v>
       </c>
       <c r="Z66" s="6">
-        <v>2.134E-3</v>
+        <v>2.7369999999999998E-3</v>
       </c>
     </row>
     <row r="67" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A67" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="B67" s="3" t="s">
         <v>312</v>
       </c>
-      <c r="B67" s="3" t="s">
+      <c r="C67" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D67" s="4">
+        <v>200000</v>
+      </c>
+      <c r="E67" s="5">
+        <v>96.548839999999998</v>
+      </c>
+      <c r="F67" s="4">
+        <v>198323.37444444001</v>
+      </c>
+      <c r="G67" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="H67" s="3" t="s">
         <v>313</v>
-      </c>
-[...16 lines deleted...]
-        <v>31</v>
       </c>
       <c r="I67" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J67" s="5">
-        <v>92.666520000000006</v>
+        <v>96.548839999999998</v>
       </c>
       <c r="K67" s="5">
         <v>1</v>
       </c>
       <c r="L67" s="3" t="s">
-        <v>33</v>
+        <v>314</v>
       </c>
       <c r="M67" s="4">
-        <v>363674.42800000001</v>
+        <v>198323.37444399999</v>
       </c>
       <c r="N67" s="4">
-        <v>363674.42800000001</v>
+        <v>198323.37444444001</v>
       </c>
       <c r="O67" s="3" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="P67" s="3" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="Q67" s="3" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="R67" s="3" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="S67" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T67" s="4">
         <v>0.01</v>
       </c>
       <c r="U67" s="2">
-        <v>47908</v>
+        <v>47456</v>
       </c>
       <c r="V67" s="4">
-        <v>3.5</v>
+        <v>5.375</v>
       </c>
       <c r="W67" s="3" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="X67" s="4">
-        <v>2275</v>
+        <v>5225.6944444399996</v>
       </c>
       <c r="Y67" s="4">
-        <v>2275</v>
+        <v>5225.6944439999997</v>
       </c>
       <c r="Z67" s="6">
-        <v>2.9269999999999999E-3</v>
+        <v>1.572E-3</v>
       </c>
     </row>
     <row r="68" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A68" s="3" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="C68" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D68" s="4">
-        <v>350000</v>
+        <v>365000</v>
       </c>
       <c r="E68" s="5">
-        <v>97.574219999999997</v>
+        <v>102.2295</v>
       </c>
       <c r="F68" s="4">
-        <v>345374.35333333001</v>
+        <v>375408.78611111001</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H68" s="3" t="s">
-        <v>31</v>
+        <v>222</v>
       </c>
       <c r="I68" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J68" s="5">
-        <v>97.574219999999997</v>
+        <v>102.2295</v>
       </c>
       <c r="K68" s="5">
         <v>1</v>
       </c>
       <c r="L68" s="3" t="s">
-        <v>33</v>
+        <v>223</v>
       </c>
       <c r="M68" s="4">
-        <v>345374.35333299998</v>
+        <v>375408.78611099999</v>
       </c>
       <c r="N68" s="4">
-        <v>345374.35333333001</v>
+        <v>375408.78611111001</v>
       </c>
       <c r="O68" s="3" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="P68" s="3" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="Q68" s="3" t="s">
-        <v>224</v>
+        <v>159</v>
       </c>
       <c r="R68" s="3" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="S68" s="3" t="s">
-        <v>65</v>
+        <v>226</v>
       </c>
       <c r="T68" s="4">
         <v>0.01</v>
       </c>
       <c r="U68" s="2">
-        <v>46767</v>
+        <v>46692</v>
       </c>
       <c r="V68" s="4">
-        <v>3.75</v>
+        <v>8</v>
       </c>
       <c r="W68" s="3" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="X68" s="4">
-        <v>3864.5833333300002</v>
+        <v>2271.1111111099999</v>
       </c>
       <c r="Y68" s="4">
-        <v>3864.583333</v>
+        <v>2271.1111110000002</v>
       </c>
       <c r="Z68" s="6">
-        <v>2.7789999999999998E-3</v>
+        <v>2.9750000000000002E-3</v>
       </c>
     </row>
     <row r="69" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A69" s="3" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C69" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D69" s="4">
-        <v>375000</v>
+        <v>395000</v>
       </c>
       <c r="E69" s="5">
-        <v>90.646079999999998</v>
+        <v>99.427210000000002</v>
       </c>
       <c r="F69" s="4">
-        <v>341055.61249999999</v>
+        <v>400385.11838889</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H69" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I69" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J69" s="5">
-        <v>90.646079999999998</v>
+        <v>99.427210000000002</v>
       </c>
       <c r="K69" s="5">
         <v>1</v>
       </c>
       <c r="L69" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M69" s="4">
-        <v>341055.61249999999</v>
+        <v>400385.118388</v>
       </c>
       <c r="N69" s="4">
-        <v>341055.61249999999</v>
+        <v>400385.11838889</v>
       </c>
       <c r="O69" s="3" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="P69" s="3" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="Q69" s="3" t="s">
-        <v>208</v>
+        <v>97</v>
       </c>
       <c r="R69" s="3" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="S69" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T69" s="4">
         <v>0.01</v>
       </c>
       <c r="U69" s="2">
-        <v>48122</v>
+        <v>46736</v>
       </c>
       <c r="V69" s="4">
-        <v>3.625</v>
+        <v>4.25</v>
       </c>
       <c r="W69" s="3" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="X69" s="4">
-        <v>1132.8125</v>
+        <v>7647.6388888900001</v>
       </c>
       <c r="Y69" s="4">
-        <v>1132.8125</v>
+        <v>7647.6388880000004</v>
       </c>
       <c r="Z69" s="6">
-        <v>2.745E-3</v>
+        <v>3.173E-3</v>
       </c>
     </row>
     <row r="70" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A70" s="3" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D70" s="4">
-        <v>200000</v>
+        <v>300000</v>
       </c>
       <c r="E70" s="5">
-        <v>98.478024000000005</v>
+        <v>97.125590000000003</v>
       </c>
       <c r="F70" s="4">
-        <v>201345.63133333001</v>
+        <v>296843.43666667002</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H70" s="3" t="s">
-        <v>329</v>
+        <v>31</v>
       </c>
       <c r="I70" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J70" s="5">
-        <v>98.478024000000005</v>
+        <v>97.125590000000003</v>
       </c>
       <c r="K70" s="5">
         <v>1</v>
       </c>
       <c r="L70" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M70" s="4">
+        <v>296843.43666599999</v>
+      </c>
+      <c r="N70" s="4">
+        <v>296843.43666667002</v>
+      </c>
+      <c r="O70" s="3" t="s">
         <v>330</v>
       </c>
-      <c r="M70" s="4">
-[...5 lines deleted...]
-      <c r="O70" s="3" t="s">
+      <c r="P70" s="3" t="s">
         <v>331</v>
       </c>
-      <c r="P70" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q70" s="3" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="R70" s="3" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="S70" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T70" s="4">
         <v>0.01</v>
       </c>
       <c r="U70" s="2">
-        <v>47456</v>
+        <v>47284</v>
       </c>
       <c r="V70" s="4">
-        <v>5.375</v>
+        <v>4</v>
       </c>
       <c r="W70" s="3" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="X70" s="4">
-        <v>4389.5833333299997</v>
+        <v>5466.6666666700003</v>
       </c>
       <c r="Y70" s="4">
-        <v>4389.5833329999996</v>
+        <v>5466.6666660000001</v>
       </c>
       <c r="Z70" s="6">
-        <v>1.6199999999999999E-3</v>
+        <v>2.3519999999999999E-3</v>
       </c>
     </row>
     <row r="71" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A71" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="B71" s="3" t="s">
         <v>334</v>
       </c>
-      <c r="B71" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D71" s="4">
-        <v>365000</v>
+        <v>415000</v>
       </c>
       <c r="E71" s="5">
-        <v>102.1324</v>
+        <v>93.584909999999994</v>
       </c>
       <c r="F71" s="4">
-        <v>372783.26</v>
+        <v>392723.34872221999</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H71" s="3" t="s">
-        <v>233</v>
+        <v>31</v>
       </c>
       <c r="I71" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J71" s="5">
-        <v>102.1324</v>
+        <v>93.584909999999994</v>
       </c>
       <c r="K71" s="5">
         <v>1</v>
       </c>
       <c r="L71" s="3" t="s">
-        <v>234</v>
+        <v>33</v>
       </c>
       <c r="M71" s="4">
-        <v>372783.26</v>
+        <v>392723.34872200002</v>
       </c>
       <c r="N71" s="4">
-        <v>372783.26</v>
+        <v>392723.34872221999</v>
       </c>
       <c r="O71" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="P71" s="3" t="s">
         <v>336</v>
       </c>
-      <c r="P71" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q71" s="3" t="s">
-        <v>181</v>
+        <v>171</v>
       </c>
       <c r="R71" s="3" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="S71" s="3" t="s">
-        <v>237</v>
+        <v>65</v>
       </c>
       <c r="T71" s="4">
         <v>0.01</v>
       </c>
       <c r="U71" s="2">
-        <v>46692</v>
+        <v>47894</v>
       </c>
       <c r="V71" s="4">
-        <v>8</v>
+        <v>3.625</v>
       </c>
       <c r="W71" s="3" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
       <c r="X71" s="4">
-        <v>0</v>
+        <v>4345.9722222199998</v>
       </c>
       <c r="Y71" s="4">
-        <v>0</v>
+        <v>4345.9722220000003</v>
       </c>
       <c r="Z71" s="6">
-        <v>3.0000000000000001E-3</v>
+        <v>3.1120000000000002E-3</v>
       </c>
     </row>
     <row r="72" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A72" s="3" t="s">
+        <v>338</v>
+      </c>
+      <c r="B72" s="3" t="s">
         <v>339</v>
       </c>
-      <c r="B72" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C72" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D72" s="4">
-        <v>395000</v>
+        <v>225000</v>
       </c>
       <c r="E72" s="5">
-        <v>98.886439999999993</v>
+        <v>105.6994</v>
       </c>
       <c r="F72" s="4">
-        <v>396943.38244443998</v>
+        <v>244526.77499999999</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H72" s="3" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="I72" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J72" s="5">
-        <v>98.886439999999993</v>
+        <v>105.6994</v>
       </c>
       <c r="K72" s="5">
         <v>1</v>
       </c>
       <c r="L72" s="3" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="M72" s="4">
-        <v>396943.38244399999</v>
+        <v>244526.77499999999</v>
       </c>
       <c r="N72" s="4">
-        <v>396943.38244443998</v>
+        <v>244526.77499999999</v>
       </c>
       <c r="O72" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="P72" s="3" t="s">
         <v>341</v>
       </c>
-      <c r="P72" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q72" s="3" t="s">
-        <v>131</v>
+        <v>85</v>
       </c>
       <c r="R72" s="3" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="S72" s="3" t="s">
-        <v>65</v>
+        <v>294</v>
       </c>
       <c r="T72" s="4">
         <v>0.01</v>
       </c>
       <c r="U72" s="2">
-        <v>46736</v>
+        <v>49507</v>
       </c>
       <c r="V72" s="4">
-        <v>4.25</v>
+        <v>8.125</v>
       </c>
       <c r="W72" s="3" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="X72" s="4">
-        <v>6341.9444444399996</v>
+        <v>6703.125</v>
       </c>
       <c r="Y72" s="4">
-        <v>6341.9444439999997</v>
+        <v>6703.125</v>
       </c>
       <c r="Z72" s="6">
-        <v>3.1939999999999998E-3</v>
+        <v>1.9380000000000001E-3</v>
       </c>
     </row>
     <row r="73" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A73" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="B73" s="3" t="s">
         <v>344</v>
       </c>
-      <c r="B73" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D73" s="4">
-        <v>300000</v>
+        <v>400000</v>
       </c>
       <c r="E73" s="5">
-        <v>96.597849999999994</v>
+        <v>96.210250000000002</v>
       </c>
       <c r="F73" s="4">
-        <v>294326.88333332998</v>
+        <v>391121.55555555999</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H73" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I73" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J73" s="5">
-        <v>96.597849999999994</v>
+        <v>96.210250000000002</v>
       </c>
       <c r="K73" s="5">
         <v>1</v>
       </c>
       <c r="L73" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M73" s="4">
-        <v>294326.88333300001</v>
+        <v>391121.55555500003</v>
       </c>
       <c r="N73" s="4">
-        <v>294326.88333332998</v>
+        <v>391121.55555555999</v>
       </c>
       <c r="O73" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="P73" s="3" t="s">
         <v>346</v>
       </c>
-      <c r="P73" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q73" s="3" t="s">
-        <v>131</v>
+        <v>159</v>
       </c>
       <c r="R73" s="3" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="S73" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T73" s="4">
         <v>0.01</v>
       </c>
       <c r="U73" s="2">
-        <v>47284</v>
+        <v>47513</v>
       </c>
       <c r="V73" s="4">
-        <v>4</v>
+        <v>4.75</v>
       </c>
       <c r="W73" s="3" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="X73" s="4">
-        <v>4533.3333333299997</v>
+        <v>6280.5555555600004</v>
       </c>
       <c r="Y73" s="4">
-        <v>4533.3333329999996</v>
+        <v>6280.5555549999999</v>
       </c>
       <c r="Z73" s="6">
-        <v>2.369E-3</v>
+        <v>3.0999999999999999E-3</v>
       </c>
     </row>
     <row r="74" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A74" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="B74" s="3" t="s">
         <v>349</v>
       </c>
-      <c r="B74" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C74" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D74" s="4">
-        <v>415000</v>
+        <v>165000</v>
       </c>
       <c r="E74" s="5">
-        <v>93.348579999999998</v>
+        <v>100.48399999999999</v>
       </c>
       <c r="F74" s="4">
-        <v>390572.50977777998</v>
+        <v>167943.6</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H74" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I74" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J74" s="5">
-        <v>93.348579999999998</v>
+        <v>100.48399999999999</v>
       </c>
       <c r="K74" s="5">
         <v>1</v>
       </c>
       <c r="L74" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M74" s="4">
-        <v>390572.509777</v>
+        <v>167943.6</v>
       </c>
       <c r="N74" s="4">
-        <v>390572.50977777998</v>
+        <v>167943.6</v>
       </c>
       <c r="O74" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="P74" s="3" t="s">
         <v>351</v>
       </c>
-      <c r="P74" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q74" s="3" t="s">
-        <v>353</v>
+        <v>64</v>
       </c>
       <c r="R74" s="3" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
       <c r="S74" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T74" s="4">
         <v>0.01</v>
       </c>
       <c r="U74" s="2">
-        <v>47894</v>
+        <v>48653</v>
       </c>
       <c r="V74" s="4">
-        <v>3.625</v>
+        <v>6.5</v>
       </c>
       <c r="W74" s="3" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="X74" s="4">
-        <v>3175.9027777800002</v>
+        <v>2145</v>
       </c>
       <c r="Y74" s="4">
-        <v>3175.9027769999998</v>
+        <v>2145</v>
       </c>
       <c r="Z74" s="6">
-        <v>3.143E-3</v>
+        <v>1.3309999999999999E-3</v>
       </c>
     </row>
     <row r="75" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A75" s="3" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="C75" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D75" s="4">
-        <v>225000</v>
+        <v>415000</v>
       </c>
       <c r="E75" s="5">
-        <v>106.35517400000001</v>
+        <v>95.337230000000005</v>
       </c>
       <c r="F75" s="4">
-        <v>244580.3915</v>
+        <v>400594.92116666998</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H75" s="3" t="s">
-        <v>46</v>
+        <v>130</v>
       </c>
       <c r="I75" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J75" s="5">
-        <v>106.35517400000001</v>
+        <v>95.337230000000005</v>
       </c>
       <c r="K75" s="5">
         <v>1</v>
       </c>
       <c r="L75" s="3" t="s">
-        <v>48</v>
+        <v>131</v>
       </c>
       <c r="M75" s="4">
-        <v>244580.3915</v>
+        <v>400594.92116600001</v>
       </c>
       <c r="N75" s="4">
-        <v>244580.3915</v>
+        <v>400594.92116666998</v>
       </c>
       <c r="O75" s="3" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="P75" s="3" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="Q75" s="3" t="s">
-        <v>90</v>
+        <v>192</v>
       </c>
       <c r="R75" s="3" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="S75" s="3" t="s">
-        <v>310</v>
+        <v>65</v>
       </c>
       <c r="T75" s="4">
         <v>0.01</v>
       </c>
       <c r="U75" s="2">
-        <v>49507</v>
+        <v>47529</v>
       </c>
       <c r="V75" s="4">
-        <v>8.125</v>
+        <v>4.125</v>
       </c>
       <c r="W75" s="3" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="X75" s="4">
-        <v>5281.25</v>
+        <v>4945.4166666700003</v>
       </c>
       <c r="Y75" s="4">
-        <v>5281.25</v>
+        <v>4945.4166660000001</v>
       </c>
       <c r="Z75" s="6">
-        <v>1.9680000000000001E-3</v>
+        <v>3.1749999999999999E-3</v>
       </c>
     </row>
     <row r="76" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A76" s="3" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
       <c r="C76" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D76" s="4">
-        <v>400000</v>
+        <v>390000</v>
       </c>
       <c r="E76" s="5">
-        <v>96.657880000000006</v>
+        <v>98.921279999999996</v>
       </c>
       <c r="F76" s="4">
-        <v>391434.29777777998</v>
+        <v>392552.99200000003</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H76" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I76" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J76" s="5">
-        <v>96.657880000000006</v>
+        <v>98.921279999999996</v>
       </c>
       <c r="K76" s="5">
         <v>1</v>
       </c>
       <c r="L76" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M76" s="4">
-        <v>391434.297777</v>
+        <v>392552.99200000003</v>
       </c>
       <c r="N76" s="4">
-        <v>391434.29777777998</v>
+        <v>392552.99200000003</v>
       </c>
       <c r="O76" s="3" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="P76" s="3" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="Q76" s="3" t="s">
-        <v>181</v>
+        <v>103</v>
       </c>
       <c r="R76" s="3" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="S76" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T76" s="4">
         <v>0.01</v>
       </c>
       <c r="U76" s="2">
-        <v>47513</v>
+        <v>46798</v>
       </c>
       <c r="V76" s="4">
-        <v>4.75</v>
+        <v>6</v>
       </c>
       <c r="W76" s="3" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="X76" s="4">
-        <v>4802.7777777800002</v>
+        <v>6760</v>
       </c>
       <c r="Y76" s="4">
-        <v>4802.7777770000002</v>
+        <v>6760</v>
       </c>
       <c r="Z76" s="6">
-        <v>3.15E-3</v>
+        <v>3.1110000000000001E-3</v>
       </c>
     </row>
     <row r="77" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A77" s="3" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="C77" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D77" s="4">
-        <v>80000</v>
+        <v>395000</v>
       </c>
       <c r="E77" s="5">
-        <v>99.798608000000002</v>
+        <v>98.709000000000003</v>
       </c>
       <c r="F77" s="4">
-        <v>80474.441955560003</v>
+        <v>394464.99444444</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H77" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I77" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J77" s="5">
-        <v>99.798608000000002</v>
+        <v>98.709000000000003</v>
       </c>
       <c r="K77" s="5">
         <v>1</v>
       </c>
       <c r="L77" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M77" s="4">
-        <v>80474.441955000002</v>
+        <v>394464.99444400001</v>
       </c>
       <c r="N77" s="4">
-        <v>80474.441955560003</v>
+        <v>394464.99444444</v>
       </c>
       <c r="O77" s="3" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="P77" s="3" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="Q77" s="3" t="s">
-        <v>64</v>
+        <v>192</v>
       </c>
       <c r="R77" s="3" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="S77" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T77" s="4">
         <v>0.01</v>
       </c>
       <c r="U77" s="2">
-        <v>48653</v>
+        <v>46798</v>
       </c>
       <c r="V77" s="4">
-        <v>6.5</v>
+        <v>4</v>
       </c>
       <c r="W77" s="3" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="X77" s="4">
-        <v>635.55555556000002</v>
+        <v>4564.4444444399996</v>
       </c>
       <c r="Y77" s="4">
-        <v>635.55555500000003</v>
+        <v>4564.4444439999997</v>
       </c>
       <c r="Z77" s="6">
-        <v>6.4700000000000001E-4</v>
+        <v>3.1259999999999999E-3</v>
       </c>
     </row>
     <row r="78" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A78" s="3" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="C78" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D78" s="4">
-        <v>415000</v>
+        <v>370000</v>
       </c>
       <c r="E78" s="5">
-        <v>95.454712000000001</v>
+        <v>102.41889999999999</v>
       </c>
       <c r="F78" s="4">
-        <v>399751.01313332998</v>
+        <v>380784.51333332999</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H78" s="3" t="s">
-        <v>140</v>
+        <v>31</v>
       </c>
       <c r="I78" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J78" s="5">
-        <v>95.454712000000001</v>
+        <v>102.41889999999999</v>
       </c>
       <c r="K78" s="5">
         <v>1</v>
       </c>
       <c r="L78" s="3" t="s">
-        <v>141</v>
+        <v>33</v>
       </c>
       <c r="M78" s="4">
-        <v>399751.013133</v>
+        <v>380784.51333300001</v>
       </c>
       <c r="N78" s="4">
-        <v>399751.01313332998</v>
+        <v>380784.51333332999</v>
       </c>
       <c r="O78" s="3" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="P78" s="3" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="Q78" s="3" t="s">
-        <v>208</v>
+        <v>85</v>
       </c>
       <c r="R78" s="3" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="S78" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T78" s="4">
         <v>0.01</v>
       </c>
       <c r="U78" s="2">
-        <v>47529</v>
+        <v>48519</v>
       </c>
       <c r="V78" s="4">
-        <v>4.125</v>
+        <v>6.375</v>
       </c>
       <c r="W78" s="3" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="X78" s="4">
-        <v>3613.9583333300002</v>
+        <v>1834.58333333</v>
       </c>
       <c r="Y78" s="4">
-        <v>3613.958333</v>
+        <v>1834.583333</v>
       </c>
       <c r="Z78" s="6">
-        <v>3.2169999999999998E-3</v>
+        <v>3.0179999999999998E-3</v>
       </c>
     </row>
     <row r="79" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A79" s="3" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="C79" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D79" s="4">
-        <v>395000</v>
+        <v>300000</v>
       </c>
       <c r="E79" s="5">
-        <v>98.415790000000001</v>
+        <v>111.11914899999999</v>
       </c>
       <c r="F79" s="4">
-        <v>392077.92605556</v>
+        <v>336932.44699999999</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H79" s="3" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="I79" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J79" s="5">
-        <v>98.415790000000001</v>
+        <v>111.11914899999999</v>
       </c>
       <c r="K79" s="5">
         <v>1</v>
       </c>
       <c r="L79" s="3" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="M79" s="4">
-        <v>392077.92605499999</v>
+        <v>336932.44699999999</v>
       </c>
       <c r="N79" s="4">
-        <v>392077.92605556</v>
+        <v>336932.44699999999</v>
       </c>
       <c r="O79" s="3" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="P79" s="3" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="Q79" s="3" t="s">
-        <v>208</v>
+        <v>85</v>
       </c>
       <c r="R79" s="3" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="S79" s="3" t="s">
-        <v>65</v>
+        <v>294</v>
       </c>
       <c r="T79" s="4">
         <v>0.01</v>
       </c>
       <c r="U79" s="2">
-        <v>46798</v>
+        <v>47223</v>
       </c>
       <c r="V79" s="4">
-        <v>4</v>
+        <v>9.75</v>
       </c>
       <c r="W79" s="3" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="X79" s="4">
-        <v>3335.5555555599999</v>
+        <v>3575</v>
       </c>
       <c r="Y79" s="4">
-        <v>3335.5555549999999</v>
+        <v>3575</v>
       </c>
       <c r="Z79" s="6">
-        <v>3.1549999999999998E-3</v>
+        <v>2.6700000000000001E-3</v>
       </c>
     </row>
     <row r="80" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A80" s="3" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="C80" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D80" s="4">
-        <v>450000</v>
+        <v>375000</v>
       </c>
       <c r="E80" s="5">
-        <v>96.530519999999996</v>
+        <v>102.37560000000001</v>
       </c>
       <c r="F80" s="4">
-        <v>436074.84</v>
+        <v>392981.41666667</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H80" s="3" t="s">
-        <v>140</v>
+        <v>31</v>
       </c>
       <c r="I80" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J80" s="5">
-        <v>96.530519999999996</v>
+        <v>102.37560000000001</v>
       </c>
       <c r="K80" s="5">
         <v>1</v>
       </c>
       <c r="L80" s="3" t="s">
-        <v>141</v>
+        <v>33</v>
       </c>
       <c r="M80" s="4">
-        <v>436074.84</v>
+        <v>392981.41666599998</v>
       </c>
       <c r="N80" s="4">
-        <v>436074.84</v>
+        <v>392981.41666667</v>
       </c>
       <c r="O80" s="3" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="P80" s="3" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="Q80" s="3" t="s">
-        <v>107</v>
+        <v>85</v>
       </c>
       <c r="R80" s="3" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="S80" s="3" t="s">
-        <v>91</v>
+        <v>65</v>
       </c>
       <c r="T80" s="4">
         <v>0.01</v>
       </c>
       <c r="U80" s="2">
-        <v>47392</v>
+        <v>48410</v>
       </c>
       <c r="V80" s="4">
-        <v>4.5</v>
+        <v>6.5</v>
       </c>
       <c r="W80" s="3" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="X80" s="4">
-        <v>1687.5</v>
+        <v>9072.9166666700003</v>
       </c>
       <c r="Y80" s="4">
-        <v>1687.5</v>
+        <v>9072.9166659999992</v>
       </c>
       <c r="Z80" s="6">
-        <v>3.509E-3</v>
+        <v>3.114E-3</v>
       </c>
     </row>
     <row r="81" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A81" s="3" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="C81" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D81" s="4">
-        <v>370000</v>
+        <v>385000</v>
       </c>
       <c r="E81" s="5">
-        <v>101.9597</v>
+        <v>102.3815</v>
       </c>
       <c r="F81" s="4">
-        <v>377250.89</v>
+        <v>399510.65</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H81" s="3" t="s">
-        <v>31</v>
+        <v>130</v>
       </c>
       <c r="I81" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J81" s="5">
-        <v>101.9597</v>
+        <v>102.3815</v>
       </c>
       <c r="K81" s="5">
         <v>1</v>
       </c>
       <c r="L81" s="3" t="s">
-        <v>33</v>
+        <v>131</v>
       </c>
       <c r="M81" s="4">
-        <v>377250.89</v>
+        <v>399510.65</v>
       </c>
       <c r="N81" s="4">
-        <v>377250.89</v>
+        <v>399510.65</v>
       </c>
       <c r="O81" s="3" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="P81" s="3" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="Q81" s="3" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="R81" s="3" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="S81" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T81" s="4">
         <v>0.01</v>
       </c>
       <c r="U81" s="2">
-        <v>48519</v>
+        <v>46827</v>
       </c>
       <c r="V81" s="4">
-        <v>6.375</v>
+        <v>6.75</v>
       </c>
       <c r="W81" s="3" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="X81" s="4">
-        <v>0</v>
+        <v>5341.875</v>
       </c>
       <c r="Y81" s="4">
-        <v>0</v>
+        <v>5341.875</v>
       </c>
       <c r="Z81" s="6">
-        <v>3.0360000000000001E-3</v>
+        <v>3.166E-3</v>
       </c>
     </row>
     <row r="82" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A82" s="3" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="C82" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D82" s="4">
-        <v>300000</v>
+        <v>400000</v>
       </c>
       <c r="E82" s="5">
-        <v>112.16298</v>
+        <v>95.612859999999998</v>
       </c>
       <c r="F82" s="4">
-        <v>337788.94</v>
+        <v>383656.99555555999</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H82" s="3" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="I82" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J82" s="5">
-        <v>112.16298</v>
+        <v>95.612859999999998</v>
       </c>
       <c r="K82" s="5">
         <v>1</v>
       </c>
       <c r="L82" s="3" t="s">
-        <v>48</v>
+        <v>33</v>
       </c>
       <c r="M82" s="4">
-        <v>337788.94</v>
+        <v>383656.99555499997</v>
       </c>
       <c r="N82" s="4">
-        <v>337788.94</v>
+        <v>383656.99555555999</v>
       </c>
       <c r="O82" s="3" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="P82" s="3" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="Q82" s="3" t="s">
-        <v>90</v>
+        <v>208</v>
       </c>
       <c r="R82" s="3" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="S82" s="3" t="s">
-        <v>310</v>
+        <v>65</v>
       </c>
       <c r="T82" s="4">
         <v>0.01</v>
       </c>
       <c r="U82" s="2">
-        <v>47223</v>
+        <v>47604</v>
       </c>
       <c r="V82" s="4">
-        <v>9.75</v>
+        <v>3.875</v>
       </c>
       <c r="W82" s="3" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="X82" s="4">
-        <v>1300</v>
+        <v>1205.5555555599999</v>
       </c>
       <c r="Y82" s="4">
-        <v>1300</v>
+        <v>1205.5555549999999</v>
       </c>
       <c r="Z82" s="6">
-        <v>2.7179999999999999E-3</v>
+        <v>3.0409999999999999E-3</v>
       </c>
     </row>
     <row r="83" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A83" s="3" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="C83" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D83" s="4">
-        <v>375000</v>
+        <v>350000</v>
       </c>
       <c r="E83" s="5">
-        <v>102.3588</v>
+        <v>99.376499999999993</v>
       </c>
       <c r="F83" s="4">
-        <v>391022.58333333</v>
+        <v>348642.19444444001</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H83" s="3" t="s">
-        <v>31</v>
+        <v>130</v>
       </c>
       <c r="I83" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J83" s="5">
-        <v>102.3588</v>
+        <v>99.376499999999993</v>
       </c>
       <c r="K83" s="5">
         <v>1</v>
       </c>
       <c r="L83" s="3" t="s">
-        <v>33</v>
+        <v>131</v>
       </c>
       <c r="M83" s="4">
-        <v>391022.58333300002</v>
+        <v>348642.19444400002</v>
       </c>
       <c r="N83" s="4">
-        <v>391022.58333333</v>
+        <v>348642.19444444001</v>
       </c>
       <c r="O83" s="3" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="P83" s="3" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="Q83" s="3" t="s">
-        <v>90</v>
+        <v>64</v>
       </c>
       <c r="R83" s="3" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="S83" s="3" t="s">
-        <v>65</v>
+        <v>86</v>
       </c>
       <c r="T83" s="4">
         <v>0.01</v>
       </c>
       <c r="U83" s="2">
-        <v>48410</v>
+        <v>46886</v>
       </c>
       <c r="V83" s="4">
-        <v>6.5</v>
+        <v>5.3</v>
       </c>
       <c r="W83" s="3" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="X83" s="4">
-        <v>7177.0833333299997</v>
+        <v>824.44444443999998</v>
       </c>
       <c r="Y83" s="4">
-        <v>7177.0833329999996</v>
+        <v>824.44444399999998</v>
       </c>
       <c r="Z83" s="6">
-        <v>3.1470000000000001E-3</v>
+        <v>2.7629999999999998E-3</v>
       </c>
     </row>
     <row r="84" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A84" s="3" t="s">
+        <v>398</v>
+      </c>
+      <c r="B84" s="3" t="s">
+        <v>399</v>
+      </c>
+      <c r="C84" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D84" s="4">
+        <v>225000</v>
+      </c>
+      <c r="E84" s="5">
+        <v>103.3553</v>
+      </c>
+      <c r="F84" s="4">
+        <v>238725.98749999999</v>
+      </c>
+      <c r="G84" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="H84" s="3" t="s">
         <v>400</v>
-      </c>
-[...19 lines deleted...]
-        <v>140</v>
       </c>
       <c r="I84" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J84" s="5">
-        <v>102.1057</v>
+        <v>103.3553</v>
       </c>
       <c r="K84" s="5">
         <v>1</v>
       </c>
       <c r="L84" s="3" t="s">
-        <v>141</v>
+        <v>401</v>
       </c>
       <c r="M84" s="4">
-        <v>396427.57</v>
+        <v>238725.98749999999</v>
       </c>
       <c r="N84" s="4">
-        <v>396427.57</v>
+        <v>238725.98749999999</v>
       </c>
       <c r="O84" s="3" t="s">
         <v>402</v>
       </c>
       <c r="P84" s="3" t="s">
         <v>403</v>
       </c>
       <c r="Q84" s="3" t="s">
-        <v>90</v>
+        <v>103</v>
       </c>
       <c r="R84" s="3" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="S84" s="3" t="s">
-        <v>65</v>
+        <v>86</v>
       </c>
       <c r="T84" s="4">
         <v>0.01</v>
       </c>
       <c r="U84" s="2">
-        <v>46827</v>
+        <v>47696</v>
       </c>
       <c r="V84" s="4">
-        <v>6.75</v>
+        <v>8.375</v>
       </c>
       <c r="W84" s="3" t="s">
         <v>404</v>
       </c>
       <c r="X84" s="4">
-        <v>3320.625</v>
+        <v>6176.5625</v>
       </c>
       <c r="Y84" s="4">
-        <v>3320.625</v>
+        <v>6176.5625</v>
       </c>
       <c r="Z84" s="6">
-        <v>3.1900000000000001E-3</v>
+        <v>1.892E-3</v>
       </c>
     </row>
     <row r="85" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A85" s="3" t="s">
         <v>405</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>406</v>
       </c>
       <c r="C85" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D85" s="4">
-        <v>400000</v>
+        <v>350000</v>
       </c>
       <c r="E85" s="5">
-        <v>95.687375000000003</v>
+        <v>102.7979</v>
       </c>
       <c r="F85" s="4">
-        <v>382749.5</v>
+        <v>369743.34444443998</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H85" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I85" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J85" s="5">
-        <v>95.687375000000003</v>
+        <v>102.7979</v>
       </c>
       <c r="K85" s="5">
         <v>1</v>
       </c>
       <c r="L85" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M85" s="4">
-        <v>382749.5</v>
+        <v>369743.34444399999</v>
       </c>
       <c r="N85" s="4">
-        <v>382749.5</v>
+        <v>369743.34444443998</v>
       </c>
       <c r="O85" s="3" t="s">
         <v>407</v>
       </c>
       <c r="P85" s="3" t="s">
         <v>408</v>
       </c>
       <c r="Q85" s="3" t="s">
-        <v>224</v>
+        <v>192</v>
       </c>
       <c r="R85" s="3" t="s">
         <v>405</v>
       </c>
       <c r="S85" s="3" t="s">
-        <v>65</v>
+        <v>86</v>
       </c>
       <c r="T85" s="4">
         <v>0.01</v>
       </c>
       <c r="U85" s="2">
-        <v>47604</v>
+        <v>49279</v>
       </c>
       <c r="V85" s="4">
-        <v>3.875</v>
+        <v>5.75</v>
       </c>
       <c r="W85" s="3" t="s">
         <v>409</v>
       </c>
       <c r="X85" s="4">
-        <v>0</v>
+        <v>9950.6944444399996</v>
       </c>
       <c r="Y85" s="4">
-        <v>0</v>
+        <v>9950.6944440000007</v>
       </c>
       <c r="Z85" s="6">
-        <v>3.0799999999999998E-3</v>
+        <v>2.9299999999999999E-3</v>
       </c>
     </row>
     <row r="86" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A86" s="3" t="s">
         <v>410</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>411</v>
       </c>
       <c r="C86" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D86" s="4">
-        <v>350000</v>
+        <v>355000</v>
       </c>
       <c r="E86" s="5">
-        <v>98.91</v>
+        <v>105.28</v>
       </c>
       <c r="F86" s="4">
-        <v>354841.66666667</v>
+        <v>382828.54861111002</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H86" s="3" t="s">
-        <v>140</v>
+        <v>31</v>
       </c>
       <c r="I86" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J86" s="5">
-        <v>98.91</v>
+        <v>105.28</v>
       </c>
       <c r="K86" s="5">
         <v>1</v>
       </c>
       <c r="L86" s="3" t="s">
-        <v>141</v>
+        <v>33</v>
       </c>
       <c r="M86" s="4">
-        <v>354841.66666599998</v>
+        <v>382828.54861100001</v>
       </c>
       <c r="N86" s="4">
-        <v>354841.66666667</v>
+        <v>382828.54861111002</v>
       </c>
       <c r="O86" s="3" t="s">
         <v>412</v>
       </c>
       <c r="P86" s="3" t="s">
         <v>413</v>
       </c>
       <c r="Q86" s="3" t="s">
-        <v>64</v>
+        <v>159</v>
       </c>
       <c r="R86" s="3" t="s">
         <v>410</v>
       </c>
       <c r="S86" s="3" t="s">
-        <v>91</v>
+        <v>65</v>
       </c>
       <c r="T86" s="4">
         <v>0.01</v>
       </c>
       <c r="U86" s="2">
-        <v>46886</v>
+        <v>48775</v>
       </c>
       <c r="V86" s="4">
-        <v>5.3</v>
+        <v>6.875</v>
       </c>
       <c r="W86" s="3" t="s">
         <v>414</v>
       </c>
       <c r="X86" s="4">
-        <v>8656.6666666700003</v>
+        <v>9084.5486111099999</v>
       </c>
       <c r="Y86" s="4">
-        <v>8656.6666659999992</v>
+        <v>9084.5486110000002</v>
       </c>
       <c r="Z86" s="6">
-        <v>2.856E-3</v>
+        <v>3.0339999999999998E-3</v>
       </c>
     </row>
     <row r="87" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A87" s="3" t="s">
         <v>415</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>416</v>
       </c>
       <c r="C87" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D87" s="4">
-        <v>225000</v>
+        <v>425000</v>
       </c>
       <c r="E87" s="5">
-        <v>102.29962399999999</v>
+        <v>93.515389999999996</v>
       </c>
       <c r="F87" s="4">
-        <v>234885.09150000001</v>
+        <v>402044.57416666998</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H87" s="3" t="s">
-        <v>417</v>
+        <v>31</v>
       </c>
       <c r="I87" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J87" s="5">
-        <v>102.29962399999999</v>
+        <v>93.515389999999996</v>
       </c>
       <c r="K87" s="5">
         <v>1</v>
       </c>
       <c r="L87" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M87" s="4">
+        <v>402044.57416600001</v>
+      </c>
+      <c r="N87" s="4">
+        <v>402044.57416666998</v>
+      </c>
+      <c r="O87" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="P87" s="3" t="s">
         <v>418</v>
       </c>
-      <c r="M87" s="4">
-[...10 lines deleted...]
-      </c>
       <c r="Q87" s="3" t="s">
-        <v>107</v>
+        <v>192</v>
       </c>
       <c r="R87" s="3" t="s">
         <v>415</v>
       </c>
       <c r="S87" s="3" t="s">
-        <v>91</v>
+        <v>65</v>
       </c>
       <c r="T87" s="4">
         <v>0.01</v>
       </c>
       <c r="U87" s="2">
-        <v>47696</v>
+        <v>47894</v>
       </c>
       <c r="V87" s="4">
-        <v>8.375</v>
+        <v>3.75</v>
       </c>
       <c r="W87" s="3" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="X87" s="4">
-        <v>4710.9375</v>
+        <v>4604.1666666700003</v>
       </c>
       <c r="Y87" s="4">
-        <v>4710.9375</v>
+        <v>4604.1666660000001</v>
       </c>
       <c r="Z87" s="6">
-        <v>1.89E-3</v>
+        <v>3.186E-3</v>
       </c>
     </row>
     <row r="88" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A88" s="3" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="C88" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D88" s="4">
-        <v>350000</v>
+        <v>300000</v>
       </c>
       <c r="E88" s="5">
-        <v>102.2163</v>
+        <v>97.971187</v>
       </c>
       <c r="F88" s="4">
-        <v>366142.46666666999</v>
+        <v>299508.35266666999</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H88" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I88" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J88" s="5">
-        <v>102.2163</v>
+        <v>97.971187</v>
       </c>
       <c r="K88" s="5">
         <v>1</v>
       </c>
       <c r="L88" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M88" s="4">
-        <v>366142.46666600002</v>
+        <v>299508.35266600002</v>
       </c>
       <c r="N88" s="4">
-        <v>366142.46666666999</v>
+        <v>299508.35266666999</v>
       </c>
       <c r="O88" s="3" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="P88" s="3" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="Q88" s="3" t="s">
-        <v>208</v>
+        <v>97</v>
       </c>
       <c r="R88" s="3" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="S88" s="3" t="s">
-        <v>91</v>
+        <v>65</v>
       </c>
       <c r="T88" s="4">
         <v>0.01</v>
       </c>
       <c r="U88" s="2">
-        <v>49279</v>
+        <v>47136</v>
       </c>
       <c r="V88" s="4">
-        <v>5.75</v>
+        <v>5.125</v>
       </c>
       <c r="W88" s="3" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="X88" s="4">
-        <v>8385.4166666700003</v>
+        <v>5594.7916666700003</v>
       </c>
       <c r="Y88" s="4">
-        <v>8385.4166659999992</v>
+        <v>5594.7916660000001</v>
       </c>
       <c r="Z88" s="6">
-        <v>2.947E-3</v>
+        <v>2.3739999999999998E-3</v>
       </c>
     </row>
     <row r="89" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A89" s="3" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="C89" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D89" s="4">
-        <v>355000</v>
+        <v>450000</v>
       </c>
       <c r="E89" s="5">
-        <v>108.88</v>
+        <v>97.433119000000005</v>
       </c>
       <c r="F89" s="4">
-        <v>393710.28472221998</v>
+        <v>441711.5355</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H89" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I89" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J89" s="5">
-        <v>108.88</v>
+        <v>97.433119000000005</v>
       </c>
       <c r="K89" s="5">
         <v>1</v>
       </c>
       <c r="L89" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M89" s="4">
-        <v>393710.28472200001</v>
+        <v>441711.5355</v>
       </c>
       <c r="N89" s="4">
-        <v>393710.28472221998</v>
+        <v>441711.5355</v>
       </c>
       <c r="O89" s="3" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="P89" s="3" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="Q89" s="3" t="s">
-        <v>181</v>
+        <v>103</v>
       </c>
       <c r="R89" s="3" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
       <c r="S89" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T89" s="4">
         <v>0.01</v>
       </c>
       <c r="U89" s="2">
-        <v>48775</v>
+        <v>47392</v>
       </c>
       <c r="V89" s="4">
-        <v>6.875</v>
+        <v>4.5</v>
       </c>
       <c r="W89" s="3" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="X89" s="4">
-        <v>7186.2847222199998</v>
+        <v>3262.5</v>
       </c>
       <c r="Y89" s="4">
-        <v>7186.2847220000003</v>
+        <v>3262.5</v>
       </c>
       <c r="Z89" s="6">
-        <v>3.1679999999999998E-3</v>
+        <v>3.5010000000000002E-3</v>
       </c>
     </row>
     <row r="90" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A90" s="3" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="C90" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D90" s="4">
-        <v>425000</v>
+        <v>400000</v>
       </c>
       <c r="E90" s="5">
-        <v>92.947838000000004</v>
+        <v>96.720429999999993</v>
       </c>
       <c r="F90" s="4">
-        <v>398392.89483333001</v>
+        <v>390581.72</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H90" s="3" t="s">
-        <v>31</v>
+        <v>130</v>
       </c>
       <c r="I90" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J90" s="5">
-        <v>92.947838000000004</v>
+        <v>96.720429999999993</v>
       </c>
       <c r="K90" s="5">
         <v>1</v>
       </c>
       <c r="L90" s="3" t="s">
-        <v>33</v>
+        <v>131</v>
       </c>
       <c r="M90" s="4">
-        <v>398392.89483300003</v>
+        <v>390581.72</v>
       </c>
       <c r="N90" s="4">
-        <v>398392.89483333001</v>
+        <v>390581.72</v>
       </c>
       <c r="O90" s="3" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="P90" s="3" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="Q90" s="3" t="s">
-        <v>208</v>
+        <v>103</v>
       </c>
       <c r="R90" s="3" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="S90" s="3" t="s">
-        <v>65</v>
+        <v>86</v>
       </c>
       <c r="T90" s="4">
         <v>0.01</v>
       </c>
       <c r="U90" s="2">
-        <v>47894</v>
+        <v>47192</v>
       </c>
       <c r="V90" s="4">
-        <v>3.75</v>
+        <v>4.5</v>
       </c>
       <c r="W90" s="3" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="X90" s="4">
-        <v>3364.5833333300002</v>
+        <v>3700</v>
       </c>
       <c r="Y90" s="4">
-        <v>3364.583333</v>
+        <v>3700</v>
       </c>
       <c r="Z90" s="6">
-        <v>3.2060000000000001E-3</v>
+        <v>3.0950000000000001E-3</v>
       </c>
     </row>
     <row r="91" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A91" s="3" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="C91" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D91" s="4">
-        <v>300000</v>
+        <v>410000</v>
       </c>
       <c r="E91" s="5">
-        <v>97.75</v>
+        <v>96.855930000000001</v>
       </c>
       <c r="F91" s="4">
-        <v>297648.95833333</v>
+        <v>401118.20188889001</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H91" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I91" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J91" s="5">
-        <v>97.75</v>
+        <v>96.855930000000001</v>
       </c>
       <c r="K91" s="5">
         <v>1</v>
       </c>
       <c r="L91" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M91" s="4">
-        <v>297648.95833300002</v>
+        <v>401118.20188800001</v>
       </c>
       <c r="N91" s="4">
-        <v>297648.95833333</v>
+        <v>401118.20188889001</v>
       </c>
       <c r="O91" s="3" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="P91" s="3" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="Q91" s="3" t="s">
-        <v>131</v>
+        <v>192</v>
       </c>
       <c r="R91" s="3" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="S91" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T91" s="4">
         <v>0.01</v>
       </c>
       <c r="U91" s="2">
-        <v>47136</v>
+        <v>47178</v>
       </c>
       <c r="V91" s="4">
-        <v>5.125</v>
+        <v>4</v>
       </c>
       <c r="W91" s="3" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="X91" s="4">
-        <v>4398.9583333299997</v>
+        <v>4008.8888888900001</v>
       </c>
       <c r="Y91" s="4">
-        <v>4398.9583329999996</v>
+        <v>4008.888888</v>
       </c>
       <c r="Z91" s="6">
-        <v>2.395E-3</v>
+        <v>3.179E-3</v>
       </c>
     </row>
     <row r="92" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A92" s="3" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="C92" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D92" s="4">
-        <v>400000</v>
+        <v>360000</v>
       </c>
       <c r="E92" s="5">
-        <v>96.975020000000001</v>
+        <v>106.01390000000001</v>
       </c>
       <c r="F92" s="4">
-        <v>390200.08</v>
+        <v>397002.54</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H92" s="3" t="s">
-        <v>140</v>
+        <v>31</v>
       </c>
       <c r="I92" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J92" s="5">
-        <v>96.975020000000001</v>
+        <v>106.01390000000001</v>
       </c>
       <c r="K92" s="5">
         <v>1</v>
       </c>
       <c r="L92" s="3" t="s">
-        <v>141</v>
+        <v>33</v>
       </c>
       <c r="M92" s="4">
-        <v>390200.08</v>
+        <v>397002.54</v>
       </c>
       <c r="N92" s="4">
-        <v>390200.08</v>
+        <v>397002.54</v>
       </c>
       <c r="O92" s="3" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="P92" s="3" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="Q92" s="3" t="s">
-        <v>107</v>
+        <v>171</v>
       </c>
       <c r="R92" s="3" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="S92" s="3" t="s">
-        <v>91</v>
+        <v>65</v>
       </c>
       <c r="T92" s="4">
         <v>0.01</v>
       </c>
       <c r="U92" s="2">
-        <v>47192</v>
+        <v>47635</v>
       </c>
       <c r="V92" s="4">
-        <v>4.5</v>
+        <v>8.625</v>
       </c>
       <c r="W92" s="3" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="X92" s="4">
-        <v>2300</v>
+        <v>15352.5</v>
       </c>
       <c r="Y92" s="4">
-        <v>2300</v>
+        <v>15352.5</v>
       </c>
       <c r="Z92" s="6">
-        <v>3.14E-3</v>
+        <v>3.1459999999999999E-3</v>
       </c>
     </row>
     <row r="93" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A93" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="B93" s="3" t="s">
+        <v>446</v>
+      </c>
+      <c r="C93" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D93" s="4">
+        <v>355000</v>
+      </c>
+      <c r="E93" s="5">
+        <v>108.7426</v>
+      </c>
+      <c r="F93" s="4">
+        <v>395337.23</v>
+      </c>
+      <c r="G93" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="H93" s="3" t="s">
         <v>447</v>
-      </c>
-[...19 lines deleted...]
-        <v>31</v>
       </c>
       <c r="I93" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J93" s="5">
-        <v>96.57311</v>
+        <v>108.7426</v>
       </c>
       <c r="K93" s="5">
         <v>1</v>
       </c>
       <c r="L93" s="3" t="s">
-        <v>33</v>
+        <v>448</v>
       </c>
       <c r="M93" s="4">
-        <v>398683.08433300001</v>
+        <v>395337.23</v>
       </c>
       <c r="N93" s="4">
-        <v>398683.08433332999</v>
+        <v>395337.23</v>
       </c>
       <c r="O93" s="3" t="s">
         <v>449</v>
       </c>
       <c r="P93" s="3" t="s">
         <v>450</v>
       </c>
       <c r="Q93" s="3" t="s">
         <v>208</v>
       </c>
       <c r="R93" s="3" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="S93" s="3" t="s">
-        <v>65</v>
+        <v>86</v>
       </c>
       <c r="T93" s="4">
         <v>0.01</v>
       </c>
       <c r="U93" s="2">
-        <v>47178</v>
+        <v>49874</v>
       </c>
       <c r="V93" s="4">
-        <v>4</v>
+        <v>7.2</v>
       </c>
       <c r="W93" s="3" t="s">
         <v>451</v>
       </c>
       <c r="X93" s="4">
-        <v>2733.3333333300002</v>
+        <v>9301</v>
       </c>
       <c r="Y93" s="4">
-        <v>2733.333333</v>
+        <v>9301</v>
       </c>
       <c r="Z93" s="6">
-        <v>3.2079999999999999E-3</v>
+        <v>3.1329999999999999E-3</v>
       </c>
     </row>
     <row r="94" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A94" s="3" t="s">
         <v>452</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>453</v>
       </c>
       <c r="C94" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D94" s="4">
-        <v>360000</v>
+        <v>300000</v>
       </c>
       <c r="E94" s="5">
-        <v>106.1133</v>
+        <v>97.370170000000002</v>
       </c>
       <c r="F94" s="4">
-        <v>394945.38</v>
+        <v>293577.17666667001</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H94" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I94" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J94" s="5">
-        <v>106.1133</v>
+        <v>97.370170000000002</v>
       </c>
       <c r="K94" s="5">
         <v>1</v>
       </c>
       <c r="L94" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M94" s="4">
-        <v>394945.38</v>
+        <v>293577.17666599998</v>
       </c>
       <c r="N94" s="4">
-        <v>394945.38</v>
+        <v>293577.17666667001</v>
       </c>
       <c r="O94" s="3" t="s">
         <v>454</v>
       </c>
       <c r="P94" s="3" t="s">
         <v>455</v>
       </c>
       <c r="Q94" s="3" t="s">
-        <v>353</v>
+        <v>85</v>
       </c>
       <c r="R94" s="3" t="s">
         <v>452</v>
       </c>
       <c r="S94" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T94" s="4">
         <v>0.01</v>
       </c>
       <c r="U94" s="2">
-        <v>47635</v>
+        <v>47223</v>
       </c>
       <c r="V94" s="4">
-        <v>8.625</v>
+        <v>4</v>
       </c>
       <c r="W94" s="3" t="s">
         <v>456</v>
       </c>
       <c r="X94" s="4">
-        <v>12937.5</v>
+        <v>1466.66666667</v>
       </c>
       <c r="Y94" s="4">
-        <v>12937.5</v>
+        <v>1466.6666660000001</v>
       </c>
       <c r="Z94" s="6">
-        <v>3.1779999999999998E-3</v>
+        <v>2.3270000000000001E-3</v>
       </c>
     </row>
     <row r="95" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A95" s="3" t="s">
         <v>457</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>458</v>
       </c>
       <c r="C95" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D95" s="4">
-        <v>355000</v>
+        <v>390000</v>
       </c>
       <c r="E95" s="5">
-        <v>108.928</v>
+        <v>99.825050000000005</v>
       </c>
       <c r="F95" s="4">
-        <v>394007.4</v>
+        <v>395763.52833333</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H95" s="3" t="s">
-        <v>459</v>
+        <v>31</v>
       </c>
       <c r="I95" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J95" s="5">
-        <v>108.928</v>
+        <v>99.825050000000005</v>
       </c>
       <c r="K95" s="5">
         <v>1</v>
       </c>
       <c r="L95" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M95" s="4">
+        <v>395763.52833300002</v>
+      </c>
+      <c r="N95" s="4">
+        <v>395763.52833333</v>
+      </c>
+      <c r="O95" s="3" t="s">
+        <v>459</v>
+      </c>
+      <c r="P95" s="3" t="s">
         <v>460</v>
       </c>
-      <c r="M95" s="4">
-[...10 lines deleted...]
-      </c>
       <c r="Q95" s="3" t="s">
-        <v>224</v>
+        <v>171</v>
       </c>
       <c r="R95" s="3" t="s">
         <v>457</v>
       </c>
       <c r="S95" s="3" t="s">
-        <v>91</v>
+        <v>65</v>
       </c>
       <c r="T95" s="4">
         <v>0.01</v>
       </c>
       <c r="U95" s="2">
-        <v>49874</v>
+        <v>46783</v>
       </c>
       <c r="V95" s="4">
-        <v>7.2</v>
+        <v>5</v>
       </c>
       <c r="W95" s="3" t="s">
-        <v>463</v>
+        <v>461</v>
       </c>
       <c r="X95" s="4">
-        <v>7313</v>
+        <v>6445.8333333299997</v>
       </c>
       <c r="Y95" s="4">
-        <v>7313</v>
+        <v>6445.8333329999996</v>
       </c>
       <c r="Z95" s="6">
-        <v>3.1710000000000002E-3</v>
+        <v>3.137E-3</v>
       </c>
     </row>
     <row r="96" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A96" s="3" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="C96" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D96" s="4">
-        <v>300000</v>
+        <v>365000</v>
       </c>
       <c r="E96" s="5">
-        <v>96.305289999999999</v>
+        <v>106.9106</v>
       </c>
       <c r="F96" s="4">
-        <v>289449.20333332999</v>
+        <v>403361.15527778002</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H96" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I96" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J96" s="5">
-        <v>96.305289999999999</v>
+        <v>106.9106</v>
       </c>
       <c r="K96" s="5">
         <v>1</v>
       </c>
       <c r="L96" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M96" s="4">
-        <v>289449.20333300001</v>
+        <v>403361.15527699998</v>
       </c>
       <c r="N96" s="4">
-        <v>289449.20333332999</v>
+        <v>403361.15527778002</v>
       </c>
       <c r="O96" s="3" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="P96" s="3" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
       <c r="Q96" s="3" t="s">
-        <v>90</v>
+        <v>103</v>
       </c>
       <c r="R96" s="3" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="S96" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T96" s="4">
         <v>0.01</v>
       </c>
       <c r="U96" s="2">
-        <v>47223</v>
+        <v>47679</v>
       </c>
       <c r="V96" s="4">
-        <v>4</v>
+        <v>9.125</v>
       </c>
       <c r="W96" s="3" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="X96" s="4">
-        <v>533.33333332999996</v>
+        <v>13137.46527778</v>
       </c>
       <c r="Y96" s="4">
-        <v>533.33333300000004</v>
+        <v>13137.465276999999</v>
       </c>
       <c r="Z96" s="6">
-        <v>2.3289999999999999E-3</v>
+        <v>3.1970000000000002E-3</v>
       </c>
     </row>
     <row r="97" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A97" s="3" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>470</v>
+        <v>468</v>
       </c>
       <c r="C97" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D97" s="4">
-        <v>390000</v>
+        <v>410000</v>
       </c>
       <c r="E97" s="5">
-        <v>99.630685999999997</v>
+        <v>95.347250000000003</v>
       </c>
       <c r="F97" s="4">
-        <v>393488.84206667001</v>
+        <v>395809.55833332997</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H97" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I97" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J97" s="5">
-        <v>99.630685999999997</v>
+        <v>95.347250000000003</v>
       </c>
       <c r="K97" s="5">
         <v>1</v>
       </c>
       <c r="L97" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M97" s="4">
-        <v>393488.84206599998</v>
+        <v>395809.55833299999</v>
       </c>
       <c r="N97" s="4">
-        <v>393488.84206667001</v>
+        <v>395809.55833332997</v>
       </c>
       <c r="O97" s="3" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="P97" s="3" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
       <c r="Q97" s="3" t="s">
-        <v>353</v>
+        <v>85</v>
       </c>
       <c r="R97" s="3" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="S97" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T97" s="4">
         <v>0.01</v>
       </c>
       <c r="U97" s="2">
-        <v>46783</v>
+        <v>48259</v>
       </c>
       <c r="V97" s="4">
-        <v>5</v>
+        <v>4.125</v>
       </c>
       <c r="W97" s="3" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="X97" s="4">
-        <v>4929.1666666700003</v>
+        <v>4885.8333333299997</v>
       </c>
       <c r="Y97" s="4">
-        <v>4929.1666660000001</v>
+        <v>4885.8333329999996</v>
       </c>
       <c r="Z97" s="6">
-        <v>3.1670000000000001E-3</v>
+        <v>3.137E-3</v>
       </c>
     </row>
     <row r="98" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A98" s="3" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="C98" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D98" s="4">
-        <v>365000</v>
+        <v>385000</v>
       </c>
       <c r="E98" s="5">
-        <v>106.7333</v>
+        <v>102.2504</v>
       </c>
       <c r="F98" s="4">
-        <v>400123.52416666999</v>
+        <v>398412.37333332998</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H98" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I98" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J98" s="5">
-        <v>106.7333</v>
+        <v>102.2504</v>
       </c>
       <c r="K98" s="5">
         <v>1</v>
       </c>
       <c r="L98" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M98" s="4">
-        <v>400123.52416600002</v>
+        <v>398412.373333</v>
       </c>
       <c r="N98" s="4">
-        <v>400123.52416666999</v>
+        <v>398412.37333332998</v>
       </c>
       <c r="O98" s="3" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c r="P98" s="3" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
       <c r="Q98" s="3" t="s">
-        <v>107</v>
+        <v>97</v>
       </c>
       <c r="R98" s="3" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="S98" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T98" s="4">
         <v>0.01</v>
       </c>
       <c r="U98" s="2">
-        <v>47679</v>
+        <v>48594</v>
       </c>
       <c r="V98" s="4">
-        <v>9.125</v>
+        <v>6</v>
       </c>
       <c r="W98" s="3" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="X98" s="4">
-        <v>10546.97916667</v>
+        <v>4748.3333333299997</v>
       </c>
       <c r="Y98" s="4">
-        <v>10546.979165999999</v>
+        <v>4748.3333329999996</v>
       </c>
       <c r="Z98" s="6">
-        <v>3.2200000000000002E-3</v>
+        <v>3.1580000000000002E-3</v>
       </c>
     </row>
     <row r="99" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A99" s="3" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
       <c r="C99" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D99" s="4">
         <v>410000</v>
       </c>
       <c r="E99" s="5">
-        <v>94.183300000000003</v>
+        <v>96.776176000000007</v>
       </c>
       <c r="F99" s="4">
-        <v>389721.94666666997</v>
+        <v>399837.39104443998</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H99" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I99" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J99" s="5">
-        <v>94.183300000000003</v>
+        <v>96.776176000000007</v>
       </c>
       <c r="K99" s="5">
         <v>1</v>
       </c>
       <c r="L99" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M99" s="4">
-        <v>389721.946666</v>
+        <v>399837.39104399999</v>
       </c>
       <c r="N99" s="4">
-        <v>389721.94666666997</v>
+        <v>399837.39104443998</v>
       </c>
       <c r="O99" s="3" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="P99" s="3" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="Q99" s="3" t="s">
-        <v>90</v>
+        <v>192</v>
       </c>
       <c r="R99" s="3" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="S99" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T99" s="4">
         <v>0.01</v>
       </c>
       <c r="U99" s="2">
-        <v>48259</v>
+        <v>47192</v>
       </c>
       <c r="V99" s="4">
-        <v>4.125</v>
+        <v>3.625</v>
       </c>
       <c r="W99" s="3" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="X99" s="4">
-        <v>3570.4166666699998</v>
+        <v>3055.0694444400001</v>
       </c>
       <c r="Y99" s="4">
-        <v>3570.4166660000001</v>
+        <v>3055.0694440000002</v>
       </c>
       <c r="Z99" s="6">
-        <v>3.1359999999999999E-3</v>
+        <v>3.1689999999999999E-3</v>
       </c>
     </row>
     <row r="100" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A100" s="3" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="C100" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D100" s="4">
-        <v>385000</v>
+        <v>380000</v>
       </c>
       <c r="E100" s="5">
-        <v>101.5883</v>
+        <v>98.685469999999995</v>
       </c>
       <c r="F100" s="4">
-        <v>394066.62166667002</v>
+        <v>383694.64711110998</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H100" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I100" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J100" s="5">
-        <v>101.5883</v>
+        <v>98.685469999999995</v>
       </c>
       <c r="K100" s="5">
         <v>1</v>
       </c>
       <c r="L100" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M100" s="4">
-        <v>394066.62166599999</v>
+        <v>383694.64711100003</v>
       </c>
       <c r="N100" s="4">
-        <v>394066.62166667002</v>
+        <v>383694.64711110998</v>
       </c>
       <c r="O100" s="3" t="s">
+        <v>484</v>
+      </c>
+      <c r="P100" s="3" t="s">
+        <v>485</v>
+      </c>
+      <c r="Q100" s="3" t="s">
         <v>486</v>
       </c>
-      <c r="P100" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="R100" s="3" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="S100" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T100" s="4">
         <v>0.01</v>
       </c>
       <c r="U100" s="2">
-        <v>48594</v>
+        <v>47635</v>
       </c>
       <c r="V100" s="4">
-        <v>6</v>
+        <v>4.625</v>
       </c>
       <c r="W100" s="3" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="X100" s="4">
-        <v>2951.6666666699998</v>
+        <v>8689.8611111099999</v>
       </c>
       <c r="Y100" s="4">
-        <v>2951.6666660000001</v>
+        <v>8689.8611110000002</v>
       </c>
       <c r="Z100" s="6">
-        <v>3.1710000000000002E-3</v>
+        <v>3.0409999999999999E-3</v>
       </c>
     </row>
     <row r="101" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A101" s="3" t="s">
+        <v>488</v>
+      </c>
+      <c r="B101" s="3" t="s">
         <v>489</v>
       </c>
-      <c r="B101" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C101" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D101" s="4">
         <v>410000</v>
       </c>
       <c r="E101" s="5">
-        <v>96.053138000000004</v>
+        <v>95.59675</v>
       </c>
       <c r="F101" s="4">
-        <v>395716.96302222001</v>
+        <v>396536.39722222002</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H101" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I101" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J101" s="5">
-        <v>96.053138000000004</v>
+        <v>95.59675</v>
       </c>
       <c r="K101" s="5">
         <v>1</v>
       </c>
       <c r="L101" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M101" s="4">
-        <v>395716.96302199998</v>
+        <v>396536.397222</v>
       </c>
       <c r="N101" s="4">
-        <v>395716.96302222001</v>
+        <v>396536.39722222002</v>
       </c>
       <c r="O101" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="P101" s="3" t="s">
         <v>491</v>
       </c>
-      <c r="P101" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q101" s="3" t="s">
-        <v>208</v>
+        <v>85</v>
       </c>
       <c r="R101" s="3" t="s">
-        <v>489</v>
+        <v>488</v>
       </c>
       <c r="S101" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T101" s="4">
         <v>0.01</v>
       </c>
       <c r="U101" s="2">
-        <v>47192</v>
+        <v>47894</v>
       </c>
       <c r="V101" s="4">
-        <v>3.625</v>
+        <v>3.875</v>
       </c>
       <c r="W101" s="3" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="X101" s="4">
-        <v>1899.09722222</v>
+        <v>4589.7222222199998</v>
       </c>
       <c r="Y101" s="4">
-        <v>1899.0972220000001</v>
+        <v>4589.7222220000003</v>
       </c>
       <c r="Z101" s="6">
-        <v>3.1849999999999999E-3</v>
+        <v>3.143E-3</v>
       </c>
     </row>
     <row r="102" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A102" s="3" t="s">
+        <v>493</v>
+      </c>
+      <c r="B102" s="3" t="s">
         <v>494</v>
       </c>
-      <c r="B102" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C102" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D102" s="4">
-        <v>380000</v>
+        <v>445000</v>
       </c>
       <c r="E102" s="5">
-        <v>98.132630000000006</v>
+        <v>89.754739999999998</v>
       </c>
       <c r="F102" s="4">
-        <v>380226.91066667001</v>
+        <v>400721.34299999999</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H102" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I102" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J102" s="5">
-        <v>98.132630000000006</v>
+        <v>89.754739999999998</v>
       </c>
       <c r="K102" s="5">
         <v>1</v>
       </c>
       <c r="L102" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M102" s="4">
-        <v>380226.91066599998</v>
+        <v>400721.34299999999</v>
       </c>
       <c r="N102" s="4">
-        <v>380226.91066667001</v>
+        <v>400721.34299999999</v>
       </c>
       <c r="O102" s="3" t="s">
+        <v>495</v>
+      </c>
+      <c r="P102" s="3" t="s">
         <v>496</v>
       </c>
-      <c r="P102" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q102" s="3" t="s">
-        <v>498</v>
+        <v>85</v>
       </c>
       <c r="R102" s="3" t="s">
-        <v>494</v>
+        <v>493</v>
       </c>
       <c r="S102" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T102" s="4">
         <v>0.01</v>
       </c>
       <c r="U102" s="2">
-        <v>47635</v>
+        <v>47596</v>
       </c>
       <c r="V102" s="4">
-        <v>4.625</v>
+        <v>2.95</v>
       </c>
       <c r="W102" s="3" t="s">
-        <v>499</v>
+        <v>497</v>
       </c>
       <c r="X102" s="4">
-        <v>7322.9166666700003</v>
+        <v>1312.75</v>
       </c>
       <c r="Y102" s="4">
-        <v>7322.9166660000001</v>
+        <v>1312.75</v>
       </c>
       <c r="Z102" s="6">
-        <v>3.0599999999999998E-3</v>
+        <v>3.176E-3</v>
       </c>
     </row>
     <row r="103" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A103" s="3" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>501</v>
+        <v>499</v>
       </c>
       <c r="C103" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D103" s="4">
-        <v>410000</v>
+        <v>390000</v>
       </c>
       <c r="E103" s="5">
-        <v>94.938000000000002</v>
+        <v>99.133709999999994</v>
       </c>
       <c r="F103" s="4">
-        <v>392599.82777778001</v>
+        <v>387247.09399999998</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H103" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I103" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J103" s="5">
-        <v>94.938000000000002</v>
+        <v>99.133709999999994</v>
       </c>
       <c r="K103" s="5">
         <v>1</v>
       </c>
       <c r="L103" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M103" s="4">
-        <v>392599.82777700003</v>
+        <v>387247.09399999998</v>
       </c>
       <c r="N103" s="4">
-        <v>392599.82777778001</v>
+        <v>387247.09399999998</v>
       </c>
       <c r="O103" s="3" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="P103" s="3" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="Q103" s="3" t="s">
-        <v>90</v>
+        <v>171</v>
       </c>
       <c r="R103" s="3" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="S103" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T103" s="4">
         <v>0.01</v>
       </c>
       <c r="U103" s="2">
-        <v>47894</v>
+        <v>47072</v>
       </c>
       <c r="V103" s="4">
-        <v>3.875</v>
+        <v>4.125</v>
       </c>
       <c r="W103" s="3" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="X103" s="4">
-        <v>3354.0277777800002</v>
+        <v>625.625</v>
       </c>
       <c r="Y103" s="4">
-        <v>3354.0277769999998</v>
+        <v>625.625</v>
       </c>
       <c r="Z103" s="6">
-        <v>3.16E-3</v>
+        <v>3.0690000000000001E-3</v>
       </c>
     </row>
     <row r="104" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A104" s="3" t="s">
-        <v>505</v>
+        <v>503</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>506</v>
+        <v>504</v>
       </c>
       <c r="C104" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D104" s="4">
-        <v>445000</v>
+        <v>395000</v>
       </c>
       <c r="E104" s="5">
-        <v>87.91498</v>
+        <v>100.1016</v>
       </c>
       <c r="F104" s="4">
-        <v>391513.38322222</v>
+        <v>398116.94500000001</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H104" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I104" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J104" s="5">
-        <v>87.91498</v>
+        <v>100.1016</v>
       </c>
       <c r="K104" s="5">
         <v>1</v>
       </c>
       <c r="L104" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M104" s="4">
-        <v>391513.38322199997</v>
+        <v>398116.94500000001</v>
       </c>
       <c r="N104" s="4">
-        <v>391513.38322222</v>
+        <v>398116.94500000001</v>
       </c>
       <c r="O104" s="3" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="P104" s="3" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="Q104" s="3" t="s">
-        <v>90</v>
+        <v>192</v>
       </c>
       <c r="R104" s="3" t="s">
-        <v>505</v>
+        <v>503</v>
       </c>
       <c r="S104" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T104" s="4">
         <v>0.01</v>
       </c>
       <c r="U104" s="2">
-        <v>47596</v>
+        <v>46492</v>
       </c>
       <c r="V104" s="4">
-        <v>2.95</v>
+        <v>5.625</v>
       </c>
       <c r="W104" s="3" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="X104" s="4">
-        <v>291.72222221999999</v>
+        <v>2715.625</v>
       </c>
       <c r="Y104" s="4">
-        <v>291.72222199999999</v>
+        <v>2715.625</v>
       </c>
       <c r="Z104" s="6">
-        <v>3.1510000000000002E-3</v>
+        <v>3.1549999999999998E-3</v>
       </c>
     </row>
     <row r="105" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A105" s="3" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="C105" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D105" s="4">
-        <v>390000</v>
+        <v>370000</v>
       </c>
       <c r="E105" s="5">
-        <v>98.515450999999999</v>
+        <v>106.2191</v>
       </c>
       <c r="F105" s="4">
-        <v>391628.38390000002</v>
+        <v>396515.39222222002</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H105" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I105" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J105" s="5">
-        <v>98.515450999999999</v>
+        <v>106.2191</v>
       </c>
       <c r="K105" s="5">
         <v>1</v>
       </c>
       <c r="L105" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M105" s="4">
-        <v>391628.38390000002</v>
+        <v>396515.39222199999</v>
       </c>
       <c r="N105" s="4">
-        <v>391628.38390000002</v>
+        <v>396515.39222222002</v>
       </c>
       <c r="O105" s="3" t="s">
-        <v>512</v>
+        <v>510</v>
       </c>
       <c r="P105" s="3" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="Q105" s="3" t="s">
-        <v>353</v>
+        <v>171</v>
       </c>
       <c r="R105" s="3" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
       <c r="S105" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T105" s="4">
         <v>0.01</v>
       </c>
       <c r="U105" s="2">
-        <v>47072</v>
+        <v>48136</v>
       </c>
       <c r="V105" s="4">
-        <v>4.125</v>
+        <v>7.75</v>
       </c>
       <c r="W105" s="3" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="X105" s="4">
-        <v>7418.125</v>
+        <v>3504.7222222199998</v>
       </c>
       <c r="Y105" s="4">
-        <v>7418.125</v>
+        <v>3504.7222219999999</v>
       </c>
       <c r="Z105" s="6">
-        <v>3.1519999999999999E-3</v>
+        <v>3.1419999999999998E-3</v>
       </c>
     </row>
     <row r="106" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A106" s="3" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
       <c r="C106" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D106" s="4">
-        <v>395000</v>
+        <v>375000</v>
       </c>
       <c r="E106" s="5">
-        <v>99.919938999999999</v>
+        <v>104.0247</v>
       </c>
       <c r="F106" s="4">
-        <v>395671.25904999999</v>
+        <v>393415.54166667</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H106" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I106" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J106" s="5">
-        <v>99.919938999999999</v>
+        <v>104.0247</v>
       </c>
       <c r="K106" s="5">
         <v>1</v>
       </c>
       <c r="L106" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M106" s="4">
-        <v>395671.25904999999</v>
+        <v>393415.54166599998</v>
       </c>
       <c r="N106" s="4">
-        <v>395671.25904999999</v>
+        <v>393415.54166667</v>
       </c>
       <c r="O106" s="3" t="s">
-        <v>517</v>
+        <v>515</v>
       </c>
       <c r="P106" s="3" t="s">
-        <v>518</v>
+        <v>516</v>
       </c>
       <c r="Q106" s="3" t="s">
-        <v>208</v>
+        <v>192</v>
       </c>
       <c r="R106" s="3" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="S106" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T106" s="4">
         <v>0.01</v>
       </c>
       <c r="U106" s="2">
-        <v>46492</v>
+        <v>47422</v>
       </c>
       <c r="V106" s="4">
-        <v>5.625</v>
+        <v>7.25</v>
       </c>
       <c r="W106" s="3" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="X106" s="4">
-        <v>987.5</v>
+        <v>3322.9166666699998</v>
       </c>
       <c r="Y106" s="4">
-        <v>987.5</v>
+        <v>3322.9166660000001</v>
       </c>
       <c r="Z106" s="6">
-        <v>3.1840000000000002E-3</v>
+        <v>3.1180000000000001E-3</v>
       </c>
     </row>
     <row r="107" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A107" s="3" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>521</v>
+        <v>519</v>
       </c>
       <c r="C107" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D107" s="4">
-        <v>370000</v>
+        <v>385000</v>
       </c>
       <c r="E107" s="5">
-        <v>106.1234</v>
+        <v>101.5521</v>
       </c>
       <c r="F107" s="4">
-        <v>393931.02444443997</v>
+        <v>394697.25166667002</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H107" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I107" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J107" s="5">
-        <v>106.1234</v>
+        <v>101.5521</v>
       </c>
       <c r="K107" s="5">
         <v>1</v>
       </c>
       <c r="L107" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M107" s="4">
-        <v>393931.02444399998</v>
+        <v>394697.251666</v>
       </c>
       <c r="N107" s="4">
-        <v>393931.02444443997</v>
+        <v>394697.25166667002</v>
       </c>
       <c r="O107" s="3" t="s">
-        <v>522</v>
+        <v>520</v>
       </c>
       <c r="P107" s="3" t="s">
-        <v>523</v>
+        <v>521</v>
       </c>
       <c r="Q107" s="3" t="s">
-        <v>353</v>
+        <v>85</v>
       </c>
       <c r="R107" s="3" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="S107" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T107" s="4">
         <v>0.01</v>
       </c>
       <c r="U107" s="2">
-        <v>48136</v>
+        <v>46478</v>
       </c>
       <c r="V107" s="4">
-        <v>7.75</v>
+        <v>6</v>
       </c>
       <c r="W107" s="3" t="s">
-        <v>524</v>
+        <v>522</v>
       </c>
       <c r="X107" s="4">
-        <v>1274.4444444400001</v>
+        <v>3721.6666666699998</v>
       </c>
       <c r="Y107" s="4">
-        <v>1274.444444</v>
+        <v>3721.6666660000001</v>
       </c>
       <c r="Z107" s="6">
-        <v>3.1700000000000001E-3</v>
+        <v>3.1280000000000001E-3</v>
       </c>
     </row>
     <row r="108" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A108" s="3" t="s">
-        <v>525</v>
+        <v>523</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>526</v>
+        <v>524</v>
       </c>
       <c r="C108" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D108" s="4">
-        <v>375000</v>
+        <v>385000</v>
       </c>
       <c r="E108" s="5">
-        <v>103.407</v>
+        <v>100.379</v>
       </c>
       <c r="F108" s="4">
-        <v>388984.58333333</v>
+        <v>387245.19166667003</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H108" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I108" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J108" s="5">
-        <v>103.407</v>
+        <v>100.379</v>
       </c>
       <c r="K108" s="5">
         <v>1</v>
       </c>
       <c r="L108" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M108" s="4">
-        <v>388984.58333300002</v>
+        <v>387245.191666</v>
       </c>
       <c r="N108" s="4">
-        <v>388984.58333333</v>
+        <v>387245.19166667003</v>
       </c>
       <c r="O108" s="3" t="s">
-        <v>527</v>
+        <v>525</v>
       </c>
       <c r="P108" s="3" t="s">
-        <v>528</v>
+        <v>526</v>
       </c>
       <c r="Q108" s="3" t="s">
-        <v>208</v>
+        <v>85</v>
       </c>
       <c r="R108" s="3" t="s">
-        <v>525</v>
+        <v>523</v>
       </c>
       <c r="S108" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T108" s="4">
         <v>0.01</v>
       </c>
       <c r="U108" s="2">
-        <v>47422</v>
+        <v>46522</v>
       </c>
       <c r="V108" s="4">
-        <v>7.25</v>
+        <v>5.25</v>
       </c>
       <c r="W108" s="3" t="s">
-        <v>529</v>
+        <v>527</v>
       </c>
       <c r="X108" s="4">
-        <v>1208.33333333</v>
+        <v>786.04166667000004</v>
       </c>
       <c r="Y108" s="4">
-        <v>1208.333333</v>
+        <v>786.04166599999996</v>
       </c>
       <c r="Z108" s="6">
-        <v>3.13E-3</v>
+        <v>3.0690000000000001E-3</v>
       </c>
     </row>
     <row r="109" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A109" s="3" t="s">
+        <v>528</v>
+      </c>
+      <c r="B109" s="3" t="s">
+        <v>529</v>
+      </c>
+      <c r="C109" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D109" s="4">
+        <v>350000</v>
+      </c>
+      <c r="E109" s="5">
+        <v>97.849000000000004</v>
+      </c>
+      <c r="F109" s="4">
+        <v>350643.02777778002</v>
+      </c>
+      <c r="G109" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="H109" s="3" t="s">
         <v>530</v>
-      </c>
-[...19 lines deleted...]
-        <v>31</v>
       </c>
       <c r="I109" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J109" s="5">
-        <v>101.4033</v>
+        <v>97.849000000000004</v>
       </c>
       <c r="K109" s="5">
         <v>1</v>
       </c>
       <c r="L109" s="3" t="s">
-        <v>33</v>
+        <v>531</v>
       </c>
       <c r="M109" s="4">
-        <v>392327.70500000002</v>
+        <v>350643.02777699998</v>
       </c>
       <c r="N109" s="4">
-        <v>392327.70500000002</v>
+        <v>350643.02777778002</v>
       </c>
       <c r="O109" s="3" t="s">
         <v>532</v>
       </c>
       <c r="P109" s="3" t="s">
         <v>533</v>
       </c>
       <c r="Q109" s="3" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="R109" s="3" t="s">
-        <v>530</v>
+        <v>528</v>
       </c>
       <c r="S109" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T109" s="4">
         <v>0.01</v>
       </c>
       <c r="U109" s="2">
-        <v>46478</v>
+        <v>47467</v>
       </c>
       <c r="V109" s="4">
-        <v>6</v>
+        <v>5.125</v>
       </c>
       <c r="W109" s="3" t="s">
         <v>534</v>
       </c>
       <c r="X109" s="4">
-        <v>1925</v>
+        <v>8171.5277777800002</v>
       </c>
       <c r="Y109" s="4">
-        <v>1925</v>
+        <v>8171.5277770000002</v>
       </c>
       <c r="Z109" s="6">
-        <v>3.1570000000000001E-3</v>
+        <v>2.7789999999999998E-3</v>
       </c>
     </row>
     <row r="110" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A110" s="3" t="s">
         <v>535</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>536</v>
       </c>
       <c r="C110" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D110" s="4">
-        <v>385000</v>
+        <v>269000</v>
       </c>
       <c r="E110" s="5">
-        <v>100.18523399999999</v>
+        <v>105.93852699999999</v>
       </c>
       <c r="F110" s="4">
-        <v>395033.35923333</v>
+        <v>293610.65846333001</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H110" s="3" t="s">
-        <v>31</v>
+        <v>537</v>
       </c>
       <c r="I110" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J110" s="5">
-        <v>100.18523399999999</v>
+        <v>105.93852699999999</v>
       </c>
       <c r="K110" s="5">
         <v>1</v>
       </c>
       <c r="L110" s="3" t="s">
-        <v>33</v>
+        <v>538</v>
       </c>
       <c r="M110" s="4">
-        <v>395033.35923300002</v>
+        <v>293610.65846300003</v>
       </c>
       <c r="N110" s="4">
-        <v>395033.35923333</v>
+        <v>293610.65846333001</v>
       </c>
       <c r="O110" s="3" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="P110" s="3" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="Q110" s="3" t="s">
-        <v>90</v>
+        <v>208</v>
       </c>
       <c r="R110" s="3" t="s">
         <v>535</v>
       </c>
       <c r="S110" s="3" t="s">
-        <v>65</v>
+        <v>86</v>
       </c>
       <c r="T110" s="4">
         <v>0.01</v>
       </c>
       <c r="U110" s="2">
-        <v>46522</v>
+        <v>47314</v>
       </c>
       <c r="V110" s="4">
-        <v>5.25</v>
+        <v>8.625</v>
       </c>
       <c r="W110" s="3" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="X110" s="4">
-        <v>9320.2083333299997</v>
+        <v>8636.0208333299997</v>
       </c>
       <c r="Y110" s="4">
-        <v>9320.2083330000005</v>
+        <v>8636.0208330000005</v>
       </c>
       <c r="Z110" s="6">
-        <v>3.179E-3</v>
+        <v>2.3270000000000001E-3</v>
       </c>
     </row>
     <row r="111" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A111" s="3" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="C111" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D111" s="4">
-        <v>350000</v>
+        <v>400000</v>
       </c>
       <c r="E111" s="5">
-        <v>98.376499999999993</v>
+        <v>88.072599999999994</v>
       </c>
       <c r="F111" s="4">
-        <v>351094.13888888998</v>
+        <v>354500.12222222</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H111" s="3" t="s">
-        <v>542</v>
+        <v>31</v>
       </c>
       <c r="I111" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J111" s="5">
-        <v>98.376499999999993</v>
+        <v>88.072599999999994</v>
       </c>
       <c r="K111" s="5">
         <v>1</v>
       </c>
       <c r="L111" s="3" t="s">
-        <v>543</v>
+        <v>33</v>
       </c>
       <c r="M111" s="4">
-        <v>351094.13888799999</v>
+        <v>354500.12222199998</v>
       </c>
       <c r="N111" s="4">
-        <v>351094.13888888998</v>
+        <v>354500.12222222</v>
       </c>
       <c r="O111" s="3" t="s">
         <v>544</v>
       </c>
       <c r="P111" s="3" t="s">
         <v>545</v>
       </c>
       <c r="Q111" s="3" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="R111" s="3" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="S111" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T111" s="4">
         <v>0.01</v>
       </c>
       <c r="U111" s="2">
-        <v>47467</v>
+        <v>47224</v>
       </c>
       <c r="V111" s="4">
-        <v>5.125</v>
+        <v>4.625</v>
       </c>
       <c r="W111" s="3" t="s">
-        <v>546</v>
+        <v>34</v>
       </c>
       <c r="X111" s="4">
-        <v>6776.3888888900001</v>
+        <v>2209.7222222199998</v>
       </c>
       <c r="Y111" s="4">
-        <v>6776.3888880000004</v>
+        <v>2209.7222219999999</v>
       </c>
       <c r="Z111" s="6">
-        <v>2.8249999999999998E-3</v>
+        <v>2.8089999999999999E-3</v>
       </c>
     </row>
     <row r="112" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A112" s="3" t="s">
+        <v>546</v>
+      </c>
+      <c r="B112" s="3" t="s">
         <v>547</v>
       </c>
-      <c r="B112" s="3" t="s">
+      <c r="C112" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D112" s="4">
+        <v>2672000000</v>
+      </c>
+      <c r="E112" s="5">
+        <v>0.640517</v>
+      </c>
+      <c r="F112" s="4">
+        <v>17114621.4572252</v>
+      </c>
+      <c r="G112" s="3" t="s">
         <v>548</v>
       </c>
-      <c r="C112" s="3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H112" s="3" t="s">
-        <v>147</v>
+        <v>46</v>
       </c>
       <c r="I112" s="3" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="J112" s="5">
-        <v>106.2439</v>
+        <v>99.952719999999999</v>
       </c>
       <c r="K112" s="5">
-        <v>1</v>
+        <v>156.05006085952374</v>
       </c>
       <c r="L112" s="3" t="s">
-        <v>148</v>
+        <v>48</v>
       </c>
       <c r="M112" s="4">
-        <v>292627.57016599999</v>
+        <v>2670737719.98771</v>
       </c>
       <c r="N112" s="4">
-        <v>292627.57016667002</v>
+        <v>17114621.4572252</v>
       </c>
       <c r="O112" s="3" t="s">
         <v>549</v>
       </c>
       <c r="P112" s="3" t="s">
         <v>550</v>
       </c>
       <c r="Q112" s="3" t="s">
-        <v>224</v>
+        <v>34</v>
       </c>
       <c r="R112" s="3" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="S112" s="3" t="s">
-        <v>91</v>
+        <v>294</v>
       </c>
       <c r="T112" s="4">
         <v>0.01</v>
       </c>
       <c r="U112" s="2">
-        <v>47314</v>
+        <v>46029</v>
       </c>
       <c r="V112" s="4">
-        <v>8.625</v>
+        <v>0</v>
       </c>
       <c r="W112" s="3" t="s">
-        <v>551</v>
+        <v>34</v>
       </c>
       <c r="X112" s="4">
-        <v>6831.4791666700003</v>
+        <v>0</v>
       </c>
       <c r="Y112" s="4">
-        <v>6831.4791660000001</v>
+        <v>0</v>
       </c>
       <c r="Z112" s="6">
-        <v>2.3549999999999999E-3</v>
+        <v>0.135658</v>
       </c>
     </row>
     <row r="113" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A113" s="3" t="s">
+        <v>551</v>
+      </c>
+      <c r="B113" s="3" t="s">
         <v>552</v>
       </c>
-      <c r="B113" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C113" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D113" s="4">
-        <v>400000</v>
+        <v>1355000</v>
       </c>
       <c r="E113" s="5">
-        <v>90.273853000000003</v>
+        <v>99.912132999999997</v>
       </c>
       <c r="F113" s="4">
-        <v>361866.24533333001</v>
+        <v>1358083.82027693</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>87</v>
+        <v>548</v>
       </c>
       <c r="H113" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I113" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J113" s="5">
-        <v>90.273853000000003</v>
+        <v>99.912132999999997</v>
       </c>
       <c r="K113" s="5">
         <v>1</v>
       </c>
       <c r="L113" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M113" s="4">
-        <v>361866.24533300003</v>
+        <v>1358083.8202760001</v>
       </c>
       <c r="N113" s="4">
-        <v>361866.24533333001</v>
+        <v>1358083.82027693</v>
       </c>
       <c r="O113" s="3" t="s">
+        <v>553</v>
+      </c>
+      <c r="P113" s="3" t="s">
         <v>554</v>
       </c>
-      <c r="P113" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q113" s="3" t="s">
-        <v>90</v>
+        <v>34</v>
       </c>
       <c r="R113" s="3" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="S113" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T113" s="4">
         <v>0.01</v>
       </c>
       <c r="U113" s="2">
-        <v>47224</v>
+        <v>46418</v>
       </c>
       <c r="V113" s="4">
-        <v>4.625</v>
+        <v>3.8584078960000001</v>
       </c>
       <c r="W113" s="3" t="s">
-        <v>34</v>
+        <v>555</v>
       </c>
       <c r="X113" s="4">
-        <v>770.83333332999996</v>
+        <v>4274.4181269299997</v>
       </c>
       <c r="Y113" s="4">
-        <v>770.83333300000004</v>
+        <v>4274.4181259999996</v>
       </c>
       <c r="Z113" s="6">
-        <v>2.9120000000000001E-3</v>
+        <v>1.0763999999999999E-2</v>
       </c>
     </row>
     <row r="114" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A114" s="3" t="s">
         <v>556</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>557</v>
       </c>
       <c r="C114" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D114" s="4">
-        <v>2672000000</v>
+        <v>60278000</v>
       </c>
       <c r="E114" s="5">
-        <v>0.64859699999999998</v>
+        <v>99.9726</v>
       </c>
       <c r="F114" s="4">
-        <v>17330499.5540553</v>
+        <v>60454644.472102404</v>
       </c>
       <c r="G114" s="3" t="s">
+        <v>548</v>
+      </c>
+      <c r="H114" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I114" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J114" s="5">
+        <v>99.9726</v>
+      </c>
+      <c r="K114" s="5">
+        <v>1</v>
+      </c>
+      <c r="L114" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M114" s="4">
+        <v>60454644.472101003</v>
+      </c>
+      <c r="N114" s="4">
+        <v>60454644.472102404</v>
+      </c>
+      <c r="O114" s="3" t="s">
         <v>558</v>
       </c>
-      <c r="H114" s="3" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="P114" s="3" t="s">
-        <v>560</v>
+        <v>554</v>
       </c>
       <c r="Q114" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R114" s="3" t="s">
         <v>556</v>
       </c>
       <c r="S114" s="3" t="s">
-        <v>310</v>
+        <v>65</v>
       </c>
       <c r="T114" s="4">
         <v>0.01</v>
       </c>
       <c r="U114" s="2">
-        <v>46029</v>
+        <v>46507</v>
       </c>
       <c r="V114" s="4">
-        <v>0</v>
+        <v>3.9204078959999999</v>
       </c>
       <c r="W114" s="3" t="s">
-        <v>34</v>
+        <v>559</v>
       </c>
       <c r="X114" s="4">
-        <v>0</v>
+        <v>193160.64410244001</v>
       </c>
       <c r="Y114" s="4">
-        <v>0</v>
+        <v>193160.64410100001</v>
       </c>
       <c r="Z114" s="6">
-        <v>0.139492</v>
+        <v>0.47919200000000001</v>
       </c>
     </row>
     <row r="115" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A115" s="3" t="s">
+        <v>560</v>
+      </c>
+      <c r="B115" s="3" t="s">
         <v>561</v>
       </c>
-      <c r="B115" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C115" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D115" s="4">
-        <v>2595000</v>
+        <v>4575000</v>
       </c>
       <c r="E115" s="5">
-        <v>99.894163000000006</v>
+        <v>99.969460999999995</v>
       </c>
       <c r="F115" s="4">
-        <v>2592532.0240583201</v>
+        <v>4588255.1925750598</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>558</v>
+        <v>548</v>
       </c>
       <c r="H115" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I115" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J115" s="5">
-        <v>99.894163000000006</v>
+        <v>99.969460999999995</v>
       </c>
       <c r="K115" s="5">
         <v>1</v>
       </c>
       <c r="L115" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M115" s="4">
-        <v>2592532.0240580002</v>
+        <v>4588255.1925750002</v>
       </c>
       <c r="N115" s="4">
-        <v>2592532.0240583201</v>
+        <v>4588255.1925750598</v>
       </c>
       <c r="O115" s="3" t="s">
-        <v>563</v>
+        <v>562</v>
       </c>
       <c r="P115" s="3" t="s">
-        <v>564</v>
+        <v>554</v>
       </c>
       <c r="Q115" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R115" s="3" t="s">
-        <v>561</v>
+        <v>560</v>
       </c>
       <c r="S115" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T115" s="4">
         <v>0.01</v>
       </c>
       <c r="U115" s="2">
-        <v>46418</v>
+        <v>46599</v>
       </c>
       <c r="V115" s="4">
-        <v>3.9501480830000002</v>
+        <v>3.9194078960000001</v>
       </c>
       <c r="W115" s="3" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="X115" s="4">
-        <v>278.49420831999998</v>
+        <v>14652.351825059999</v>
       </c>
       <c r="Y115" s="4">
-        <v>278.49420800000001</v>
+        <v>14652.351825</v>
       </c>
       <c r="Z115" s="6">
-        <v>2.0867E-2</v>
+        <v>3.6367999999999998E-2</v>
       </c>
     </row>
     <row r="116" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A116" s="3" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="C116" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D116" s="4">
-        <v>64178000</v>
+        <v>450000</v>
       </c>
       <c r="E116" s="5">
-        <v>99.971349000000004</v>
+        <v>99.997619</v>
       </c>
       <c r="F116" s="4">
-        <v>64166610.443485796</v>
+        <v>451444.30612336</v>
       </c>
       <c r="G116" s="3" t="s">
-        <v>558</v>
+        <v>548</v>
       </c>
       <c r="H116" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I116" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J116" s="5">
-        <v>99.971349000000004</v>
+        <v>99.997619</v>
       </c>
       <c r="K116" s="5">
         <v>1</v>
       </c>
       <c r="L116" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M116" s="4">
-        <v>64166610.443484999</v>
+        <v>451444.30612299999</v>
       </c>
       <c r="N116" s="4">
-        <v>64166610.443485796</v>
+        <v>451444.30612336</v>
       </c>
       <c r="O116" s="3" t="s">
-        <v>568</v>
+        <v>566</v>
       </c>
       <c r="P116" s="3" t="s">
-        <v>564</v>
+        <v>554</v>
       </c>
       <c r="Q116" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R116" s="3" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
       <c r="S116" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T116" s="4">
         <v>0.01</v>
       </c>
       <c r="U116" s="2">
-        <v>46507</v>
+        <v>46691</v>
       </c>
       <c r="V116" s="4">
-        <v>4.0121480829999996</v>
+        <v>3.9504078960000002</v>
       </c>
       <c r="W116" s="3" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
       <c r="X116" s="4">
-        <v>6998.0822658200004</v>
+        <v>1455.0206233599999</v>
       </c>
       <c r="Y116" s="4">
-        <v>6998.082265</v>
+        <v>1455.0206229999999</v>
       </c>
       <c r="Z116" s="6">
-        <v>0.51647299999999996</v>
+        <v>3.578E-3</v>
       </c>
     </row>
     <row r="117" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A117" s="3" t="s">
+        <v>568</v>
+      </c>
+      <c r="B117" s="3" t="s">
+        <v>569</v>
+      </c>
+      <c r="C117" s="3" t="s">
         <v>570</v>
       </c>
-      <c r="B117" s="3" t="s">
+      <c r="D117" s="4">
+        <v>-125738.99</v>
+      </c>
+      <c r="E117" s="5">
+        <v>1</v>
+      </c>
+      <c r="F117" s="4">
+        <v>-125738.99</v>
+      </c>
+      <c r="G117" s="3" t="s">
         <v>571</v>
-      </c>
-[...13 lines deleted...]
-        <v>558</v>
       </c>
       <c r="H117" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I117" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J117" s="5">
-        <v>99.979750999999993</v>
+        <v>1</v>
       </c>
       <c r="K117" s="5">
         <v>1</v>
       </c>
       <c r="L117" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M117" s="4">
-        <v>4574572.347232</v>
+        <v>-125738.99</v>
       </c>
       <c r="N117" s="4">
-        <v>4574572.3472323902</v>
+        <v>-125738.99</v>
       </c>
       <c r="O117" s="3" t="s">
-        <v>572</v>
+        <v>34</v>
       </c>
       <c r="P117" s="3" t="s">
-        <v>564</v>
+        <v>34</v>
       </c>
       <c r="Q117" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R117" s="3" t="s">
-        <v>570</v>
+        <v>34</v>
       </c>
       <c r="S117" s="3" t="s">
-        <v>65</v>
+        <v>35</v>
       </c>
       <c r="T117" s="4">
-        <v>0.01</v>
-[...5 lines deleted...]
-        <v>4.0111480830000001</v>
+        <v>1</v>
       </c>
       <c r="W117" s="3" t="s">
-        <v>573</v>
+        <v>34</v>
       </c>
       <c r="X117" s="4">
-        <v>498.73898238999999</v>
+        <v>0</v>
       </c>
       <c r="Y117" s="4">
-        <v>498.73898200000002</v>
+        <v>0</v>
       </c>
       <c r="Z117" s="6">
-        <v>3.6819999999999999E-2</v>
+        <v>-9.9599999999999992E-4</v>
       </c>
     </row>
     <row r="118" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A118" s="3" t="s">
+        <v>572</v>
+      </c>
+      <c r="B118" s="3" t="s">
+        <v>573</v>
+      </c>
+      <c r="C118" s="3" t="s">
         <v>574</v>
       </c>
-      <c r="B118" s="3" t="s">
+      <c r="D118" s="4">
+        <v>4151948.22</v>
+      </c>
+      <c r="E118" s="5">
+        <v>1</v>
+      </c>
+      <c r="F118" s="4">
+        <v>4151948.22</v>
+      </c>
+      <c r="G118" s="3" t="s">
         <v>575</v>
-      </c>
-[...13 lines deleted...]
-        <v>577</v>
       </c>
       <c r="H118" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I118" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J118" s="5">
         <v>1</v>
       </c>
       <c r="K118" s="5">
         <v>1</v>
       </c>
       <c r="L118" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M118" s="4">
-        <v>-142867.03</v>
+        <v>4151948.22</v>
       </c>
       <c r="N118" s="4">
-        <v>-142867.03</v>
+        <v>4151948.22</v>
       </c>
       <c r="O118" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P118" s="3" t="s">
-        <v>34</v>
+        <v>576</v>
       </c>
       <c r="Q118" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R118" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S118" s="3" t="s">
-        <v>35</v>
+        <v>65</v>
       </c>
       <c r="T118" s="4">
         <v>1</v>
       </c>
       <c r="W118" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X118" s="4">
         <v>0</v>
       </c>
       <c r="Y118" s="4">
         <v>0</v>
       </c>
       <c r="Z118" s="6">
-        <v>-1.1490000000000001E-3</v>
+        <v>3.2910000000000002E-2</v>
       </c>
     </row>
     <row r="119" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A119" s="3" t="s">
+        <v>577</v>
+      </c>
+      <c r="B119" s="3" t="s">
         <v>578</v>
       </c>
-      <c r="B119" s="3" t="s">
+      <c r="C119" s="3" t="s">
         <v>579</v>
       </c>
-      <c r="C119" s="3" t="s">
+      <c r="D119" s="4">
+        <v>5999422.9699999997</v>
+      </c>
+      <c r="E119" s="5">
+        <v>100</v>
+      </c>
+      <c r="F119" s="4">
+        <v>6000096.2385777403</v>
+      </c>
+      <c r="G119" s="3" t="s">
         <v>580</v>
-      </c>
-[...10 lines deleted...]
-        <v>581</v>
       </c>
       <c r="H119" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I119" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J119" s="5">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="K119" s="5">
         <v>1</v>
       </c>
       <c r="L119" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M119" s="4">
-        <v>7680051.2699999996</v>
+        <v>6000096.2385769999</v>
       </c>
       <c r="N119" s="4">
-        <v>7680051.2699999996</v>
+        <v>6000096.2385777403</v>
       </c>
       <c r="O119" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P119" s="3" t="s">
-        <v>582</v>
+        <v>34</v>
       </c>
       <c r="Q119" s="3" t="s">
-        <v>34</v>
+        <v>64</v>
       </c>
       <c r="R119" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S119" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T119" s="4">
-        <v>1</v>
+        <v>0.01</v>
+      </c>
+      <c r="U119" s="2">
+        <v>45992</v>
+      </c>
+      <c r="V119" s="4">
+        <v>4.04</v>
       </c>
       <c r="W119" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X119" s="4">
-        <v>0</v>
+        <v>673.26857773999996</v>
       </c>
       <c r="Y119" s="4">
-        <v>0</v>
+        <v>673.26857700000005</v>
       </c>
       <c r="Z119" s="6">
-        <v>6.1816000000000003E-2</v>
+        <v>4.7558999999999997E-2</v>
       </c>
     </row>
     <row r="120" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A120" s="3" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>584</v>
-[...8 lines deleted...]
-        <v>100</v>
+        <v>582</v>
       </c>
       <c r="F120" s="4">
-        <v>26002481.920159101</v>
-[...56 lines deleted...]
-        <v>2924.950159</v>
+        <v>-9818234.4000000004</v>
       </c>
       <c r="Z120" s="6">
-        <v>0.20929200000000001</v>
+        <v>-7.7824089507077407E-2</v>
       </c>
     </row>
     <row r="121" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A121" s="3" t="s">
-        <v>587</v>
+        <v>583</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>588</v>
+        <v>584</v>
       </c>
       <c r="F121" s="4">
-        <v>-10619484.5</v>
+        <v>-92138000</v>
       </c>
       <c r="Z121" s="6">
-        <v>-8.5475711718788497E-2</v>
-[...13 lines deleted...]
-        <v>-0.64539709704923398</v>
+        <v>-0.73033049190627297</v>
       </c>
     </row>
     <row r="123" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A123" s="3" t="s">
-        <v>591</v>
-[...8 lines deleted...]
-        <v>0.201223778138168</v>
+        <v>585</v>
+      </c>
+    </row>
+    <row r="124" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A124" s="3" t="s">
+        <v>586</v>
       </c>
     </row>
     <row r="125" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A125" s="3" t="s">
-        <v>593</v>
+        <v>587</v>
       </c>
     </row>
     <row r="126" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A126" s="3" t="s">
-        <v>594</v>
+        <v>588</v>
       </c>
     </row>
     <row r="127" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A127" s="3" t="s">
-        <v>595</v>
+        <v>589</v>
       </c>
     </row>
     <row r="128" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A128" s="3" t="s">
-        <v>596</v>
-[...9 lines deleted...]
-        <v>598</v>
+        <v>590</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>October</vt:lpstr>
+      <vt:lpstr>November</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>