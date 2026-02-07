--- v3 (2026-01-18)
+++ v4 (2026-02-07)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_11\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_12\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{B9A856BF-2CF0-40FE-874A-7FA34DA32CA5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{5295C203-9CA9-43E8-B653-F59DA2F8B5BF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1950" yWindow="2325" windowWidth="11520" windowHeight="8265" xr2:uid="{4EE66916-2954-4D6F-B291-8D8A73212ACC}"/>
+    <workbookView xWindow="1170" yWindow="1395" windowWidth="11520" windowHeight="8265" xr2:uid="{902DDC81-F1B8-4E09-A0FA-D416C1102C49}"/>
   </bookViews>
   <sheets>
-    <sheet name="November" sheetId="1" r:id="rId1"/>
+    <sheet name="December" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1545" uniqueCount="591">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1493" uniqueCount="614">
   <si>
     <t>GMO High Yield Fund</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -235,332 +235,332 @@
   <si>
     <t>FBTYH26</t>
   </si>
   <si>
     <t>US 10YR NOTE (CBT)</t>
   </si>
   <si>
     <t>TYH6</t>
   </si>
   <si>
     <t>BMO4XNJ00</t>
   </si>
   <si>
     <t>TRSWAP: IBOXHY INDEX</t>
   </si>
   <si>
     <t>SWAP</t>
   </si>
   <si>
     <t>Financials</t>
   </si>
   <si>
     <t>XOTC</t>
   </si>
   <si>
-    <t>BMO4XNQQ5</t>
-[...29 lines deleted...]
-    <t>BMO55LG05</t>
+    <t>BMO57U2B4</t>
   </si>
   <si>
     <t>Z9796YTF3</t>
   </si>
   <si>
     <t>ICE: (CDX.NA.HY.45.V1)</t>
   </si>
   <si>
-    <t>US00687YAB11</t>
-[...2 lines deleted...]
-    <t>US ADNT 28 144A</t>
+    <t>US00751YAE68</t>
+  </si>
+  <si>
+    <t>US AAP 30</t>
   </si>
   <si>
     <t>Fixed Income</t>
   </si>
   <si>
     <t>Corporate Bond</t>
   </si>
   <si>
-    <t>BQXHYR4</t>
-[...2 lines deleted...]
-    <t>ADNT</t>
+    <t>BN4NJW0</t>
+  </si>
+  <si>
+    <t>AAP</t>
   </si>
   <si>
     <t>Consumer Discretionary</t>
   </si>
   <si>
+    <t>00751YAE6</t>
+  </si>
+  <si>
+    <t>US01748XAD49</t>
+  </si>
+  <si>
+    <t>US ALGT 27 144A</t>
+  </si>
+  <si>
+    <t>BM8WZQ2</t>
+  </si>
+  <si>
+    <t>ALGT</t>
+  </si>
+  <si>
+    <t>Industrials</t>
+  </si>
+  <si>
+    <t>01748XAD4</t>
+  </si>
+  <si>
+    <t>US01879NAC92</t>
+  </si>
+  <si>
+    <t>US ARLP 29 144A</t>
+  </si>
+  <si>
+    <t>BNRP0X1</t>
+  </si>
+  <si>
+    <t>ARLP</t>
+  </si>
+  <si>
+    <t>Energy</t>
+  </si>
+  <si>
+    <t>01879NAC9</t>
+  </si>
+  <si>
+    <t>US02352NAA72</t>
+  </si>
+  <si>
+    <t>FI AS 31 144A</t>
+  </si>
+  <si>
+    <t>Finland</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>BMVVF66</t>
+  </si>
+  <si>
+    <t>AS</t>
+  </si>
+  <si>
+    <t>02352NAA7</t>
+  </si>
+  <si>
+    <t>US023771T329</t>
+  </si>
+  <si>
+    <t>US AAL 28 144A</t>
+  </si>
+  <si>
+    <t>BMZLS41</t>
+  </si>
+  <si>
+    <t>AAL</t>
+  </si>
+  <si>
+    <t>023771T32</t>
+  </si>
+  <si>
+    <t>US02608AAA79</t>
+  </si>
+  <si>
+    <t>US GNL 28 144A</t>
+  </si>
+  <si>
+    <t>BPBRT30</t>
+  </si>
+  <si>
+    <t>GNL</t>
+  </si>
+  <si>
+    <t>Real Estate</t>
+  </si>
+  <si>
+    <t>02608AAA7</t>
+  </si>
+  <si>
+    <t>US03881NAJ63</t>
+  </si>
+  <si>
+    <t>US ABR 30 144A</t>
+  </si>
+  <si>
+    <t>BVMNBK0</t>
+  </si>
+  <si>
+    <t>ABR</t>
+  </si>
+  <si>
+    <t>03881NAJ6</t>
+  </si>
+  <si>
+    <t>US04433LAA08</t>
+  </si>
+  <si>
+    <t>US ASH 31 144A</t>
+  </si>
+  <si>
+    <t>BMWVP10</t>
+  </si>
+  <si>
+    <t>ASH</t>
+  </si>
+  <si>
+    <t>Materials</t>
+  </si>
+  <si>
+    <t>04433LAA0</t>
+  </si>
+  <si>
+    <t>US05605HAB69</t>
+  </si>
+  <si>
+    <t>US BWXT 28 144A</t>
+  </si>
+  <si>
+    <t>BMQ52P1</t>
+  </si>
+  <si>
+    <t>BWXT</t>
+  </si>
+  <si>
+    <t>05605HAB6</t>
+  </si>
+  <si>
+    <t>US097751AL51</t>
+  </si>
+  <si>
+    <t>CA BBDBCN 34 144A</t>
+  </si>
+  <si>
+    <t>Canada</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>B00SJF1</t>
+  </si>
+  <si>
+    <t>BBDBCN</t>
+  </si>
+  <si>
     <t>XLUX</t>
   </si>
   <si>
-    <t>00687YAB1</t>
-[...140 lines deleted...]
-    <t>07317QAJ4</t>
+    <t>097751AL5</t>
   </si>
   <si>
     <t>US103304BV23</t>
   </si>
   <si>
     <t>US BYD 31 144A</t>
   </si>
   <si>
     <t>BMW1BG7</t>
   </si>
   <si>
     <t>BYD</t>
   </si>
   <si>
     <t>103304BV2</t>
   </si>
   <si>
     <t>US105340AS20</t>
   </si>
   <si>
     <t>US BDN 29</t>
   </si>
   <si>
     <t>BQBC9X2</t>
   </si>
   <si>
     <t>BDN</t>
   </si>
   <si>
     <t>105340AS2</t>
   </si>
   <si>
+    <t>US109696AD60</t>
+  </si>
+  <si>
+    <t>US BCO 32 144A</t>
+  </si>
+  <si>
+    <t>BSLSTW3</t>
+  </si>
+  <si>
+    <t>BCO</t>
+  </si>
+  <si>
+    <t>109696AD6</t>
+  </si>
+  <si>
     <t>US12653CAJ71</t>
   </si>
   <si>
     <t>US CNX 29 144A</t>
   </si>
   <si>
     <t>BMHJ3P9</t>
   </si>
   <si>
     <t>CNX</t>
   </si>
   <si>
     <t>12653CAJ7</t>
   </si>
   <si>
     <t>US143658CA82</t>
   </si>
   <si>
     <t>US CCL 32 144A</t>
   </si>
   <si>
     <t>BT7MYF4</t>
   </si>
   <si>
     <t>CCL</t>
   </si>
   <si>
     <t>143658CA8</t>
   </si>
   <si>
     <t>US15853BAA98</t>
   </si>
   <si>
     <t>CA CIACN 32 144A</t>
   </si>
   <si>
     <t>BQB6DQ5</t>
   </si>
   <si>
     <t>CIACN</t>
   </si>
   <si>
-    <t>Materials</t>
-[...1 lines deleted...]
-  <si>
     <t>15853BAA9</t>
   </si>
   <si>
     <t>US159864AG27</t>
   </si>
   <si>
     <t>US CRL 29 144A</t>
   </si>
   <si>
     <t>BN6J2C7</t>
   </si>
   <si>
     <t>CRL</t>
   </si>
   <si>
     <t>Health Care</t>
   </si>
   <si>
     <t>159864AG2</t>
   </si>
   <si>
     <t>US18539UAD72</t>
   </si>
   <si>
     <t>US CWENA 31 144A</t>
@@ -586,50 +586,65 @@
   <si>
     <t>BVZMLD7</t>
   </si>
   <si>
     <t>CLF</t>
   </si>
   <si>
     <t>18589GAA3</t>
   </si>
   <si>
     <t>US19260QAD97</t>
   </si>
   <si>
     <t>US COIN 31 144A</t>
   </si>
   <si>
     <t>BN6KWX1</t>
   </si>
   <si>
     <t>COIN</t>
   </si>
   <si>
     <t>19260QAD9</t>
   </si>
   <si>
+    <t>US201723AV52</t>
+  </si>
+  <si>
+    <t>US CMC 35 144A</t>
+  </si>
+  <si>
+    <t>BS88ZW8</t>
+  </si>
+  <si>
+    <t>CMC</t>
+  </si>
+  <si>
+    <t>201723AV5</t>
+  </si>
+  <si>
     <t>US225310AS06</t>
   </si>
   <si>
     <t>US CACC 30 144A</t>
   </si>
   <si>
     <t>BRXB053</t>
   </si>
   <si>
     <t>CACC</t>
   </si>
   <si>
     <t>225310AS0</t>
   </si>
   <si>
     <t>US22788CAA36</t>
   </si>
   <si>
     <t>US CRWD 29</t>
   </si>
   <si>
     <t>BMPRDM2</t>
   </si>
   <si>
     <t>CRWD</t>
@@ -697,50 +712,65 @@
   <si>
     <t>BK6ZHZ2</t>
   </si>
   <si>
     <t>ELAN</t>
   </si>
   <si>
     <t>28414HAG8</t>
   </si>
   <si>
     <t>US292554AS19</t>
   </si>
   <si>
     <t>US ECPG 31 144A</t>
   </si>
   <si>
     <t>BVMS0Q4</t>
   </si>
   <si>
     <t>ECPG</t>
   </si>
   <si>
     <t>292554AS1</t>
   </si>
   <si>
+    <t>US302491AX31</t>
+  </si>
+  <si>
+    <t>US FMC 33</t>
+  </si>
+  <si>
+    <t>BNDT800</t>
+  </si>
+  <si>
+    <t>FMC</t>
+  </si>
+  <si>
+    <t>302491AX3</t>
+  </si>
+  <si>
     <t>US30251GBA40</t>
   </si>
   <si>
     <t>AU FMGAU 27 144A</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>BK5GTT4</t>
   </si>
   <si>
     <t>FMGAU</t>
   </si>
   <si>
     <t>XASX</t>
   </si>
   <si>
     <t>30251GBA4</t>
   </si>
   <si>
     <t>US303250AF16</t>
@@ -787,95 +817,146 @@
   <si>
     <t>BMD14K1</t>
   </si>
   <si>
     <t>FTAI</t>
   </si>
   <si>
     <t>34960PAD3</t>
   </si>
   <si>
     <t>US36168QAL86</t>
   </si>
   <si>
     <t>US GFLCN 28 144A</t>
   </si>
   <si>
     <t>BN8ZSQ9</t>
   </si>
   <si>
     <t>GFLCN</t>
   </si>
   <si>
     <t>36168QAL8</t>
   </si>
   <si>
+    <t>US37230JAA07</t>
+  </si>
+  <si>
+    <t>DK GMABDC 32 144A</t>
+  </si>
+  <si>
+    <t>Denmark</t>
+  </si>
+  <si>
+    <t>DK</t>
+  </si>
+  <si>
+    <t>BV4GT70</t>
+  </si>
+  <si>
+    <t>GMABDC</t>
+  </si>
+  <si>
+    <t>37230JAA0</t>
+  </si>
+  <si>
     <t>US37255JAB89</t>
   </si>
   <si>
     <t>US RWNYNY 29 144A</t>
   </si>
   <si>
     <t>BRBTWL9</t>
   </si>
   <si>
     <t>RWNYNY</t>
   </si>
   <si>
     <t>37255JAB8</t>
   </si>
   <si>
     <t>US380355AN75</t>
   </si>
   <si>
     <t>CA GSYCN 30 144A</t>
   </si>
   <si>
     <t>BM9YJC1</t>
   </si>
   <si>
     <t>GSYCN</t>
   </si>
   <si>
     <t>380355AN7</t>
   </si>
   <si>
     <t>US402635AT32</t>
   </si>
   <si>
     <t>US GPOR 29 144A</t>
   </si>
   <si>
     <t>BMW82V0</t>
   </si>
   <si>
     <t>GPOR</t>
   </si>
   <si>
     <t>402635AT3</t>
   </si>
   <si>
+    <t>US40390DAD75</t>
+  </si>
+  <si>
+    <t>US HLF 29 144A</t>
+  </si>
+  <si>
+    <t>BRBST71</t>
+  </si>
+  <si>
+    <t>HLF</t>
+  </si>
+  <si>
+    <t>40390DAD7</t>
+  </si>
+  <si>
+    <t>US404251AA81</t>
+  </si>
+  <si>
+    <t>US HNI 29 144A</t>
+  </si>
+  <si>
+    <t>BRQNC27</t>
+  </si>
+  <si>
+    <t>HNI</t>
+  </si>
+  <si>
+    <t>404251AA8</t>
+  </si>
+  <si>
     <t>US432833AJ07</t>
   </si>
   <si>
     <t>US HLT 29 144A</t>
   </si>
   <si>
     <t>BNDLGY6</t>
   </si>
   <si>
     <t>HLT</t>
   </si>
   <si>
     <t>432833AJ0</t>
   </si>
   <si>
     <t>US44267DAE76</t>
   </si>
   <si>
     <t>US HHH 29 144A</t>
   </si>
   <si>
     <t>BMDJ427</t>
   </si>
   <si>
     <t>HHH</t>
@@ -940,50 +1021,65 @@
   <si>
     <t>KIOXIA</t>
   </si>
   <si>
     <t>XJAS</t>
   </si>
   <si>
     <t>49726JAA6</t>
   </si>
   <si>
     <t>US500255AY01</t>
   </si>
   <si>
     <t>US KSS 30 144A</t>
   </si>
   <si>
     <t>BNYDKL6</t>
   </si>
   <si>
     <t>KSS</t>
   </si>
   <si>
     <t>500255AY0</t>
   </si>
   <si>
+    <t>US513075BR18</t>
+  </si>
+  <si>
+    <t>US LAMR 28</t>
+  </si>
+  <si>
+    <t>BMXWTN2</t>
+  </si>
+  <si>
+    <t>LAMR</t>
+  </si>
+  <si>
+    <t>513075BR1</t>
+  </si>
+  <si>
     <t>US55617LAS16</t>
   </si>
   <si>
     <t>US M 33 144A</t>
   </si>
   <si>
     <t>BTK19L9</t>
   </si>
   <si>
     <t>M</t>
   </si>
   <si>
     <t>55617LAS1</t>
   </si>
   <si>
     <t>US57667JAA07</t>
   </si>
   <si>
     <t>US MTCHII 31 144A</t>
   </si>
   <si>
     <t>BP94PM4</t>
   </si>
   <si>
     <t>MTCHII</t>
@@ -991,215 +1087,245 @@
   <si>
     <t>57667JAA0</t>
   </si>
   <si>
     <t>US58547DAD12</t>
   </si>
   <si>
     <t>HK MPEL 29 144A</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>BKBZDW6</t>
   </si>
   <si>
     <t>MPEL</t>
   </si>
   <si>
     <t>58547DAD1</t>
   </si>
   <si>
-    <t>US603051AC70</t>
-[...5 lines deleted...]
-    <t>BNRQXH9</t>
+    <t>US603051AF02</t>
+  </si>
+  <si>
+    <t>AU MINAU 31 144A</t>
+  </si>
+  <si>
+    <t>BV8CLB2</t>
   </si>
   <si>
     <t>MINAU</t>
   </si>
   <si>
-    <t>603051AC7</t>
+    <t>603051AF0</t>
   </si>
   <si>
     <t>US615394AM52</t>
   </si>
   <si>
     <t>US MOGA 27 144A</t>
   </si>
   <si>
     <t>BKQNVK9</t>
   </si>
   <si>
     <t>MOGA</t>
   </si>
   <si>
     <t>615394AM5</t>
   </si>
   <si>
     <t>US624758AF53</t>
   </si>
   <si>
     <t>US MWA 29 144A</t>
   </si>
   <si>
     <t>BP2FLJ3</t>
   </si>
   <si>
     <t>MWA</t>
   </si>
   <si>
     <t>624758AF5</t>
   </si>
   <si>
+    <t>US626717AP72</t>
+  </si>
+  <si>
+    <t>US MUR 32</t>
+  </si>
+  <si>
+    <t>BP091S6</t>
+  </si>
+  <si>
+    <t>MUR</t>
+  </si>
+  <si>
+    <t>626717AP7</t>
+  </si>
+  <si>
     <t>US629377CR16</t>
   </si>
   <si>
     <t>US NRG 31 144A</t>
   </si>
   <si>
     <t>BNM51T9</t>
   </si>
   <si>
     <t>NRG</t>
   </si>
   <si>
     <t>629377CR1</t>
   </si>
   <si>
     <t>US654922AD53</t>
   </si>
   <si>
     <t>JP NSANY 35 144A</t>
   </si>
   <si>
     <t>BVN2G67</t>
   </si>
   <si>
     <t>NSANY</t>
   </si>
   <si>
     <t>654922AD5</t>
   </si>
   <si>
-    <t>US670001AE60</t>
-[...13 lines deleted...]
-  <si>
     <t>US682691AM29</t>
   </si>
   <si>
     <t>US OMF 33</t>
   </si>
   <si>
     <t>BW01HX8</t>
   </si>
   <si>
     <t>OMF</t>
   </si>
   <si>
     <t>682691AM2</t>
   </si>
   <si>
     <t>US683720AA42</t>
   </si>
   <si>
     <t>CA OTEXCN 30 144A</t>
   </si>
   <si>
     <t>BKZHXC8</t>
   </si>
   <si>
     <t>OTEXCN</t>
   </si>
   <si>
     <t>683720AA4</t>
   </si>
   <si>
     <t>US69318FAJ75</t>
   </si>
   <si>
     <t>US PBFENE 28</t>
   </si>
   <si>
     <t>BM9GSX1</t>
   </si>
   <si>
     <t>PBFENE</t>
   </si>
   <si>
     <t>69318FAJ7</t>
   </si>
   <si>
+    <t>US69354NAF33</t>
+  </si>
+  <si>
+    <t>US PRAA 30 144A</t>
+  </si>
+  <si>
+    <t>BPZRNP6</t>
+  </si>
+  <si>
+    <t>PRAA</t>
+  </si>
+  <si>
+    <t>69354NAF3</t>
+  </si>
+  <si>
     <t>US69370CAC47</t>
   </si>
   <si>
     <t>US PTC 28 144A</t>
   </si>
   <si>
     <t>BLBL7C9</t>
   </si>
   <si>
     <t>PTC</t>
   </si>
   <si>
     <t>69370CAC4</t>
   </si>
   <si>
     <t>US703343AH63</t>
   </si>
   <si>
     <t>US PATK 32 144A</t>
   </si>
   <si>
     <t>BQFN210</t>
   </si>
   <si>
     <t>PATK</t>
   </si>
   <si>
     <t>703343AH6</t>
   </si>
   <si>
+    <t>US740212AM74</t>
+  </si>
+  <si>
+    <t>CA PDCN 29 144A</t>
+  </si>
+  <si>
+    <t>BP0WL96</t>
+  </si>
+  <si>
+    <t>PDCN</t>
+  </si>
+  <si>
+    <t>740212AM7</t>
+  </si>
+  <si>
     <t>US75102WAK45</t>
   </si>
   <si>
     <t>JP RAKUTN 29 144A</t>
   </si>
   <si>
     <t>BQBBBT9</t>
   </si>
   <si>
     <t>RAKUTN</t>
   </si>
   <si>
     <t>75102WAK4</t>
   </si>
   <si>
     <t>US76119LAD38</t>
   </si>
   <si>
     <t>US REZI 32 144A</t>
   </si>
   <si>
     <t>BPLZLY9</t>
   </si>
   <si>
     <t>REZI</t>
@@ -1297,125 +1423,95 @@
   <si>
     <t>2863803</t>
   </si>
   <si>
     <t>SEE</t>
   </si>
   <si>
     <t>81211KAK6</t>
   </si>
   <si>
     <t>US81728UAB08</t>
   </si>
   <si>
     <t>US ST 31 144A</t>
   </si>
   <si>
     <t>BMD7L86</t>
   </si>
   <si>
     <t>ST</t>
   </si>
   <si>
     <t>81728UAB0</t>
   </si>
   <si>
-    <t>US858155AE40</t>
-[...43 lines deleted...]
-  <si>
     <t>US87305RAK59</t>
   </si>
   <si>
     <t>US TTMI 29 144A</t>
   </si>
   <si>
     <t>BMZB142</t>
   </si>
   <si>
     <t>TTMI</t>
   </si>
   <si>
     <t>87305RAK5</t>
   </si>
   <si>
     <t>US87422VAK44</t>
   </si>
   <si>
     <t>US TLN 30 144A</t>
   </si>
   <si>
     <t>BQFHT88</t>
   </si>
   <si>
     <t>TLN</t>
   </si>
   <si>
     <t>87422VAK4</t>
   </si>
   <si>
+    <t>US87901JAJ43</t>
+  </si>
+  <si>
+    <t>US TGNA 28</t>
+  </si>
+  <si>
+    <t>BNTBJ41</t>
+  </si>
+  <si>
+    <t>TGNA</t>
+  </si>
+  <si>
+    <t>87901JAJ4</t>
+  </si>
+  <si>
     <t>US87927VAR96</t>
   </si>
   <si>
     <t>IT TITIM 36</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>B195HX4</t>
   </si>
   <si>
     <t>TITIM</t>
   </si>
   <si>
     <t>87927VAR9</t>
   </si>
   <si>
     <t>US88023UAH41</t>
   </si>
   <si>
     <t>US SGI 29 144A</t>
@@ -1546,65 +1642,50 @@
   <si>
     <t>BMW55R8</t>
   </si>
   <si>
     <t>VFC</t>
   </si>
   <si>
     <t>918204BC1</t>
   </si>
   <si>
     <t>US92535UAB08</t>
   </si>
   <si>
     <t>US VRT 28 144A</t>
   </si>
   <si>
     <t>BN14T82</t>
   </si>
   <si>
     <t>VRT</t>
   </si>
   <si>
     <t>92535UAB0</t>
   </si>
   <si>
-    <t>US92552VAL45</t>
-[...13 lines deleted...]
-  <si>
     <t>US92840VAP76</t>
   </si>
   <si>
     <t>US VST 31 144A</t>
   </si>
   <si>
     <t>BNQQSS6</t>
   </si>
   <si>
     <t>VST</t>
   </si>
   <si>
     <t>92840VAP7</t>
   </si>
   <si>
     <t>US94419NAA54</t>
   </si>
   <si>
     <t>US W 29 144A</t>
   </si>
   <si>
     <t>BRC3PR7</t>
   </si>
   <si>
     <t>W</t>
@@ -1766,62 +1847,50 @@
     <t>USDAccExp</t>
   </si>
   <si>
     <t>ACCRUED EXPENSES</t>
   </si>
   <si>
     <t>Other Instruments</t>
   </si>
   <si>
     <t>Other Liabilities</t>
   </si>
   <si>
     <t>BRSYEKQM0</t>
   </si>
   <si>
     <t>State Str Instl Invt Tr Treas Mmkt</t>
   </si>
   <si>
     <t>Pooled Investment</t>
   </si>
   <si>
     <t>Fund</t>
   </si>
   <si>
     <t>TRIXX</t>
-  </si>
-[...10 lines deleted...]
-    <t>Repurchase Agreement (REPO)</t>
   </si>
   <si>
     <t>CONTRA_DERIV_Future</t>
   </si>
   <si>
     <t>Contra Derivatives - Futures</t>
   </si>
   <si>
     <t>CONTRA_DERIV_Swap</t>
   </si>
   <si>
     <t>Contra Derivatives - Swaps</t>
   </si>
   <si>
     <t>Base Currency - USD</t>
   </si>
   <si>
     <t>Based on GMO data. Not book of record.</t>
   </si>
   <si>
     <t>*Value includes derivative notional exposure for swaps and futures.</t>
   </si>
   <si>
     <t>**Weights are calculated as a percentage of the total Base Market Value with Notional. Base Market Value with Notional represents the total value of the security, in addition to any notional exposure gained through derivatives contracts. Security weights shown in this file may differ from weights shown in other materials to the extent the other weights exclude cash or do not account for notional exposures.</t>
   </si>
@@ -2203,92 +2272,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2F11BC72-85A5-4D6F-8B39-C2F256E600C4}">
-  <dimension ref="A1:Z128"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C6AEC25B-819F-47C3-AB77-C6D21C47EEB0}">
+  <dimension ref="A1:Z124"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="19.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="12.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="22.7109375" style="3" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="14.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="11.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="8.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="7.42578125" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="7.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="12.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="9.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>45989</v>
+        <v>46022</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -2338,336 +2407,336 @@
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>-1446113.9702999999</v>
+        <v>-1838233.0903</v>
       </c>
       <c r="E4" s="5">
         <v>1</v>
       </c>
       <c r="F4" s="4">
-        <v>-1446113.9702999999</v>
+        <v>-1838233.0903</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
         <v>1</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>-1446113.9702999999</v>
+        <v>-1838233.0903</v>
       </c>
       <c r="N4" s="4">
-        <v>-1446113.9702999999</v>
+        <v>-1838233.0903</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>-1.1462E-2</v>
+        <v>-1.4515E-2</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
-        <v>761.85</v>
+        <v>-11197.56</v>
       </c>
       <c r="E5" s="5">
         <v>1</v>
       </c>
       <c r="F5" s="4">
-        <v>761.85</v>
+        <v>-11197.56</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J5" s="5">
         <v>1</v>
       </c>
       <c r="K5" s="5">
         <v>1</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M5" s="4">
-        <v>761.85</v>
+        <v>-11197.56</v>
       </c>
       <c r="N5" s="4">
-        <v>761.85</v>
+        <v>-11197.56</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>6.0000000000000002E-6</v>
+        <v>-8.7999999999999998E-5</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
-        <v>1491.45</v>
+        <v>-77983.710000000006</v>
       </c>
       <c r="E6" s="5">
         <v>1</v>
       </c>
       <c r="F6" s="4">
-        <v>1561.45</v>
+        <v>-77882.710000000006</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>41</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J6" s="5">
         <v>1</v>
       </c>
       <c r="K6" s="5">
         <v>1</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M6" s="4">
-        <v>1561.45</v>
+        <v>-77882.710000000006</v>
       </c>
       <c r="N6" s="4">
-        <v>1561.45</v>
+        <v>-77882.710000000006</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
-        <v>1.2E-5</v>
+        <v>-6.1399999999999996E-4</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D7" s="4">
         <v>-2672000000</v>
       </c>
       <c r="E7" s="5">
-        <v>6.4320000000000002E-3</v>
+        <v>6.3800000000000003E-3</v>
       </c>
       <c r="F7" s="4">
-        <v>-17186390.661194999</v>
+        <v>-17048377.168708</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>45</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>46</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>47</v>
       </c>
       <c r="J7" s="5">
         <v>1</v>
       </c>
       <c r="K7" s="5">
-        <v>156.05006085952374</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>48</v>
       </c>
       <c r="M7" s="4">
-        <v>-2681937308.6350298</v>
+        <v>-2672247388.8181901</v>
       </c>
       <c r="N7" s="4">
-        <v>-17186390.661194999</v>
+        <v>-17048377.168708399</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="U7" s="2">
         <v>46029</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
-        <v>-0.13622699999999999</v>
+        <v>-0.13462099999999999</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D8" s="4">
         <v>18027789.513684001</v>
       </c>
       <c r="E8" s="5">
         <v>1</v>
       </c>
       <c r="F8" s="4">
         <v>18027789.513684001</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>45</v>
       </c>
       <c r="H8" s="3" t="s">
@@ -2700,8947 +2769,8657 @@
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="U8" s="2">
         <v>46029</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>0.142897</v>
+        <v>0.14235500000000001</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D9" s="4">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="E9" s="5">
-        <v>109.765625</v>
+        <v>109.304688</v>
       </c>
       <c r="F9" s="4">
-        <v>3732031.3</v>
+        <v>5137320.3</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>52</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J9" s="5">
-        <v>109.765625</v>
+        <v>109.3046875</v>
       </c>
       <c r="K9" s="5">
         <v>1</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M9" s="4">
         <v>0</v>
       </c>
       <c r="N9" s="4">
         <v>0</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>53</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>54</v>
       </c>
       <c r="T9" s="4">
         <v>1000</v>
       </c>
       <c r="U9" s="2">
         <v>46112</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>2.9581E-2</v>
+        <v>4.0565999999999998E-2</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D10" s="4">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="E10" s="5">
-        <v>104.429688</v>
+        <v>104.394531</v>
       </c>
       <c r="F10" s="4">
-        <v>4386046.8</v>
+        <v>7098828.2000000002</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>52</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J10" s="5">
-        <v>104.4296875</v>
+        <v>104.39453125</v>
       </c>
       <c r="K10" s="5">
         <v>1</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M10" s="4">
         <v>0</v>
       </c>
       <c r="N10" s="4">
         <v>0</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>57</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>54</v>
       </c>
       <c r="T10" s="4">
         <v>2000</v>
       </c>
       <c r="U10" s="2">
         <v>46112</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>3.4764999999999997E-2</v>
+        <v>5.6055000000000001E-2</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D11" s="4">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="E11" s="5">
-        <v>113.34375</v>
+        <v>112.4375</v>
       </c>
       <c r="F11" s="4">
-        <v>1700156.3</v>
+        <v>2248750</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>52</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J11" s="5">
-        <v>113.34375</v>
+        <v>112.4375</v>
       </c>
       <c r="K11" s="5">
         <v>1</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M11" s="4">
         <v>0</v>
       </c>
       <c r="N11" s="4">
         <v>0</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>60</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S11" s="3" t="s">
         <v>54</v>
       </c>
       <c r="T11" s="4">
         <v>1000</v>
       </c>
       <c r="U11" s="2">
         <v>46101</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>1.3476E-2</v>
+        <v>1.7756999999999998E-2</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D12" s="4">
-        <v>19200000</v>
+        <v>18424000</v>
       </c>
       <c r="E12" s="5">
-        <v>1.5348000000000001E-2</v>
+        <v>1.311061</v>
       </c>
       <c r="F12" s="4">
-        <v>19202946.827819701</v>
+        <v>18665549.915922001</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>63</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J12" s="5">
-        <v>1.534806E-2</v>
+        <v>1.3110611999999999</v>
       </c>
       <c r="K12" s="5">
         <v>1</v>
       </c>
       <c r="L12" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M12" s="4">
-        <v>2946.8278190000001</v>
+        <v>241549.91592199999</v>
       </c>
       <c r="N12" s="4">
-        <v>2946.8278197099999</v>
+        <v>241549.91592209</v>
       </c>
       <c r="O12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q12" s="3" t="s">
         <v>64</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S12" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T12" s="4">
         <v>0.01</v>
       </c>
       <c r="U12" s="2">
         <v>46101</v>
       </c>
       <c r="W12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>0.15221100000000001</v>
+        <v>0.14739099999999999</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D13" s="4">
-        <v>35795000</v>
+        <v>43445000</v>
       </c>
       <c r="E13" s="5">
-        <v>3.1532999999999999E-2</v>
+        <v>0.388741</v>
       </c>
       <c r="F13" s="4">
-        <v>35806287.161711499</v>
+        <v>43613888.5068525</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>63</v>
       </c>
       <c r="H13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J13" s="5">
-        <v>3.1532789999999998E-2</v>
+        <v>0.38874094999999997</v>
       </c>
       <c r="K13" s="5">
         <v>1</v>
       </c>
       <c r="L13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M13" s="4">
-        <v>11287.161711000001</v>
+        <v>168888.50685199999</v>
       </c>
       <c r="N13" s="4">
-        <v>11287.161711549999</v>
+        <v>168888.50685255</v>
       </c>
       <c r="O13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q13" s="3" t="s">
         <v>64</v>
       </c>
       <c r="R13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S13" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T13" s="4">
         <v>0.01</v>
       </c>
       <c r="U13" s="2">
-        <v>46011</v>
+        <v>46101</v>
       </c>
       <c r="W13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>0.28381800000000001</v>
+        <v>0.34439399999999998</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D14" s="4">
-        <v>2805000</v>
+        <v>23568000</v>
       </c>
       <c r="E14" s="5">
-        <v>-2.0405E-2</v>
+        <v>7.7793890000000001</v>
       </c>
       <c r="F14" s="4">
-        <v>2804427.64958899</v>
+        <v>25401446.373359501</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>63</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J14" s="5">
-        <v>-2.040465E-2</v>
+        <v>7.7793888899999999</v>
       </c>
       <c r="K14" s="5">
         <v>1</v>
       </c>
       <c r="L14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M14" s="4">
-        <v>-572.35041100000001</v>
+        <v>1833446.3733590001</v>
       </c>
       <c r="N14" s="4">
-        <v>-572.35041101000002</v>
+        <v>1833446.37335952</v>
       </c>
       <c r="O14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q14" s="3" t="s">
         <v>64</v>
       </c>
       <c r="R14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S14" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T14" s="4">
         <v>0.01</v>
       </c>
       <c r="U14" s="2">
-        <v>46011</v>
+        <v>47837</v>
       </c>
       <c r="W14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X14" s="4">
-        <v>0</v>
+        <v>32733.33333333</v>
       </c>
       <c r="Y14" s="4">
-        <v>0</v>
+        <v>32733.333332999999</v>
       </c>
       <c r="Z14" s="6">
-        <v>2.2228999999999999E-2</v>
+        <v>0.20058000000000001</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B15" s="3" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="C15" s="3" t="s">
-        <v>44</v>
+        <v>71</v>
       </c>
       <c r="D15" s="4">
-        <v>627000</v>
+        <v>325000</v>
       </c>
       <c r="E15" s="5">
-        <v>-9.8211000000000007E-2</v>
+        <v>91.797529999999995</v>
       </c>
       <c r="F15" s="4">
-        <v>626384.21990920999</v>
+        <v>301017.80583333003</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J15" s="5">
-        <v>-9.8210539999999999E-2</v>
+        <v>91.797529999999995</v>
       </c>
       <c r="K15" s="5">
         <v>1</v>
       </c>
       <c r="L15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M15" s="4">
-        <v>-615.78008999999997</v>
+        <v>301017.80583299999</v>
       </c>
       <c r="N15" s="4">
-        <v>-615.78009079000003</v>
+        <v>301017.80583333003</v>
       </c>
       <c r="O15" s="3" t="s">
-        <v>34</v>
+        <v>73</v>
       </c>
       <c r="P15" s="3" t="s">
-        <v>34</v>
+        <v>74</v>
       </c>
       <c r="Q15" s="3" t="s">
-        <v>64</v>
+        <v>75</v>
       </c>
       <c r="R15" s="3" t="s">
-        <v>34</v>
+        <v>69</v>
       </c>
       <c r="S15" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T15" s="4">
         <v>0.01</v>
       </c>
       <c r="U15" s="2">
-        <v>46011</v>
+        <v>47588</v>
+      </c>
+      <c r="V15" s="4">
+        <v>3.9</v>
       </c>
       <c r="W15" s="3" t="s">
-        <v>34</v>
+        <v>76</v>
       </c>
       <c r="X15" s="4">
-        <v>0</v>
+        <v>2675.8333333300002</v>
       </c>
       <c r="Y15" s="4">
-        <v>0</v>
+        <v>2675.833333</v>
       </c>
       <c r="Z15" s="6">
-        <v>4.9649999999999998E-3</v>
+        <v>2.3760000000000001E-3</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
-        <v>69</v>
+        <v>77</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>44</v>
+        <v>71</v>
       </c>
       <c r="D16" s="4">
-        <v>1320000</v>
+        <v>460000</v>
       </c>
       <c r="E16" s="5">
-        <v>0.15379699999999999</v>
+        <v>101.39660000000001</v>
       </c>
       <c r="F16" s="4">
-        <v>1322030.1175621599</v>
+        <v>479023.24888889003</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J16" s="5">
-        <v>0.15379678999999999</v>
+        <v>101.39660000000001</v>
       </c>
       <c r="K16" s="5">
         <v>1</v>
       </c>
       <c r="L16" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M16" s="4">
-        <v>2030.1175619999999</v>
+        <v>479023.24888799997</v>
       </c>
       <c r="N16" s="4">
-        <v>2030.11756216</v>
+        <v>479023.24888889003</v>
       </c>
       <c r="O16" s="3" t="s">
-        <v>34</v>
+        <v>79</v>
       </c>
       <c r="P16" s="3" t="s">
-        <v>34</v>
+        <v>80</v>
       </c>
       <c r="Q16" s="3" t="s">
-        <v>64</v>
+        <v>81</v>
       </c>
       <c r="R16" s="3" t="s">
-        <v>34</v>
+        <v>77</v>
       </c>
       <c r="S16" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T16" s="4">
         <v>0.01</v>
       </c>
       <c r="U16" s="2">
-        <v>46011</v>
+        <v>46614</v>
+      </c>
+      <c r="V16" s="4">
+        <v>7.25</v>
       </c>
       <c r="W16" s="3" t="s">
-        <v>34</v>
+        <v>82</v>
       </c>
       <c r="X16" s="4">
-        <v>0</v>
+        <v>12598.88888889</v>
       </c>
       <c r="Y16" s="4">
-        <v>0</v>
+        <v>12598.888887999999</v>
       </c>
       <c r="Z16" s="6">
-        <v>1.0479E-2</v>
+        <v>3.7820000000000002E-3</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
-        <v>70</v>
+        <v>83</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>62</v>
+        <v>84</v>
       </c>
       <c r="C17" s="3" t="s">
-        <v>44</v>
+        <v>71</v>
       </c>
       <c r="D17" s="4">
-        <v>1106000</v>
+        <v>360000</v>
       </c>
       <c r="E17" s="5">
-        <v>7.0521E-2</v>
+        <v>105.4174</v>
       </c>
       <c r="F17" s="4">
-        <v>1106779.9624680199</v>
+        <v>380882.64</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="H17" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J17" s="5">
-        <v>7.0521020000000004E-2</v>
+        <v>105.4174</v>
       </c>
       <c r="K17" s="5">
         <v>1</v>
       </c>
       <c r="L17" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M17" s="4">
-        <v>779.96246799999994</v>
+        <v>380882.64</v>
       </c>
       <c r="N17" s="4">
-        <v>779.96246801999996</v>
+        <v>380882.64</v>
       </c>
       <c r="O17" s="3" t="s">
-        <v>34</v>
+        <v>85</v>
       </c>
       <c r="P17" s="3" t="s">
-        <v>34</v>
+        <v>86</v>
       </c>
       <c r="Q17" s="3" t="s">
-        <v>64</v>
+        <v>87</v>
       </c>
       <c r="R17" s="3" t="s">
-        <v>34</v>
+        <v>83</v>
       </c>
       <c r="S17" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T17" s="4">
         <v>0.01</v>
       </c>
       <c r="U17" s="2">
-        <v>46011</v>
+        <v>47284</v>
+      </c>
+      <c r="V17" s="4">
+        <v>8.625</v>
       </c>
       <c r="W17" s="3" t="s">
-        <v>34</v>
+        <v>88</v>
       </c>
       <c r="X17" s="4">
-        <v>0</v>
+        <v>1380</v>
       </c>
       <c r="Y17" s="4">
-        <v>0</v>
+        <v>1380</v>
       </c>
       <c r="Z17" s="6">
-        <v>8.7720000000000003E-3</v>
+        <v>3.0070000000000001E-3</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
+        <v>89</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="C18" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="B18" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D18" s="4">
-        <v>1161000</v>
+        <v>370000</v>
       </c>
       <c r="E18" s="5">
-        <v>-7.2289000000000006E-2</v>
+        <v>104.8108</v>
       </c>
       <c r="F18" s="4">
-        <v>1160160.7293708301</v>
+        <v>396124.96</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="H18" s="3" t="s">
-        <v>31</v>
+        <v>91</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J18" s="5">
-        <v>-7.2288599999999995E-2</v>
+        <v>104.8108</v>
       </c>
       <c r="K18" s="5">
         <v>1</v>
       </c>
       <c r="L18" s="3" t="s">
-        <v>33</v>
+        <v>92</v>
       </c>
       <c r="M18" s="4">
-        <v>-839.27062899999999</v>
+        <v>396124.96</v>
       </c>
       <c r="N18" s="4">
-        <v>-839.27062917000001</v>
+        <v>396124.96</v>
       </c>
       <c r="O18" s="3" t="s">
-        <v>34</v>
+        <v>93</v>
       </c>
       <c r="P18" s="3" t="s">
-        <v>34</v>
+        <v>94</v>
       </c>
       <c r="Q18" s="3" t="s">
-        <v>64</v>
+        <v>75</v>
       </c>
       <c r="R18" s="3" t="s">
-        <v>34</v>
+        <v>89</v>
       </c>
       <c r="S18" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T18" s="4">
         <v>0.01</v>
       </c>
       <c r="U18" s="2">
-        <v>46011</v>
+        <v>47895</v>
+      </c>
+      <c r="V18" s="4">
+        <v>6.75</v>
       </c>
       <c r="W18" s="3" t="s">
-        <v>34</v>
+        <v>95</v>
       </c>
       <c r="X18" s="4">
-        <v>0</v>
+        <v>8325</v>
       </c>
       <c r="Y18" s="4">
-        <v>0</v>
+        <v>8325</v>
       </c>
       <c r="Z18" s="6">
-        <v>9.195E-3</v>
+        <v>3.127E-3</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="C19" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="D19" s="4">
+        <v>455000</v>
+      </c>
+      <c r="E19" s="5">
+        <v>102.230062</v>
+      </c>
+      <c r="F19" s="4">
+        <v>477608.72654444003</v>
+      </c>
+      <c r="G19" s="3" t="s">
         <v>72</v>
-      </c>
-[...16 lines deleted...]
-        <v>63</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J19" s="5">
-        <v>-0.12411914</v>
+        <v>102.230062</v>
       </c>
       <c r="K19" s="5">
         <v>1</v>
       </c>
       <c r="L19" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M19" s="4">
-        <v>-1298.2862230000001</v>
+        <v>477608.72654399998</v>
       </c>
       <c r="N19" s="4">
-        <v>-1298.2862237100001</v>
+        <v>477608.72654444003</v>
       </c>
       <c r="O19" s="3" t="s">
-        <v>34</v>
+        <v>98</v>
       </c>
       <c r="P19" s="3" t="s">
-        <v>34</v>
+        <v>99</v>
       </c>
       <c r="Q19" s="3" t="s">
-        <v>64</v>
+        <v>81</v>
       </c>
       <c r="R19" s="3" t="s">
-        <v>34</v>
+        <v>96</v>
       </c>
       <c r="S19" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T19" s="4">
         <v>0.01</v>
       </c>
       <c r="U19" s="2">
-        <v>46011</v>
+        <v>46798</v>
+      </c>
+      <c r="V19" s="4">
+        <v>7.25</v>
       </c>
       <c r="W19" s="3" t="s">
-        <v>34</v>
+        <v>100</v>
       </c>
       <c r="X19" s="4">
-        <v>0</v>
+        <v>12461.94444444</v>
       </c>
       <c r="Y19" s="4">
-        <v>0</v>
+        <v>12461.944444000001</v>
       </c>
       <c r="Z19" s="6">
-        <v>8.2799999999999992E-3</v>
+        <v>3.771E-3</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
-        <v>73</v>
+        <v>101</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>62</v>
+        <v>102</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>44</v>
+        <v>71</v>
       </c>
       <c r="D20" s="4">
-        <v>791000</v>
+        <v>300000</v>
       </c>
       <c r="E20" s="5">
-        <v>0.90951400000000004</v>
+        <v>98.028360000000006</v>
       </c>
       <c r="F20" s="4">
-        <v>798194.25422965002</v>
+        <v>297497.58</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J20" s="5">
-        <v>0.90951380999999998</v>
+        <v>98.028360000000006</v>
       </c>
       <c r="K20" s="5">
         <v>1</v>
       </c>
       <c r="L20" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M20" s="4">
-        <v>7194.2542290000001</v>
+        <v>297497.58</v>
       </c>
       <c r="N20" s="4">
-        <v>7194.2542296499996</v>
+        <v>297497.58</v>
       </c>
       <c r="O20" s="3" t="s">
-        <v>34</v>
+        <v>103</v>
       </c>
       <c r="P20" s="3" t="s">
-        <v>34</v>
+        <v>104</v>
       </c>
       <c r="Q20" s="3" t="s">
-        <v>64</v>
+        <v>105</v>
       </c>
       <c r="R20" s="3" t="s">
-        <v>34</v>
+        <v>101</v>
       </c>
       <c r="S20" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T20" s="4">
         <v>0.01</v>
       </c>
       <c r="U20" s="2">
-        <v>46011</v>
+        <v>47026</v>
+      </c>
+      <c r="V20" s="4">
+        <v>4.5</v>
       </c>
       <c r="W20" s="3" t="s">
-        <v>34</v>
+        <v>106</v>
       </c>
       <c r="X20" s="4">
-        <v>0</v>
+        <v>3412.5</v>
       </c>
       <c r="Y20" s="4">
-        <v>0</v>
+        <v>3412.5</v>
       </c>
       <c r="Z20" s="6">
-        <v>6.326E-3</v>
+        <v>2.349E-3</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
-        <v>74</v>
+        <v>107</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>62</v>
+        <v>108</v>
       </c>
       <c r="C21" s="3" t="s">
-        <v>44</v>
+        <v>71</v>
       </c>
       <c r="D21" s="4">
-        <v>1560000</v>
+        <v>265000</v>
       </c>
       <c r="E21" s="5">
-        <v>0.61953999999999998</v>
+        <v>95.548528000000005</v>
       </c>
       <c r="F21" s="4">
-        <v>1569664.82375777</v>
+        <v>263174.2242</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="H21" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J21" s="5">
-        <v>0.61953997999999999</v>
+        <v>95.548528000000005</v>
       </c>
       <c r="K21" s="5">
         <v>1</v>
       </c>
       <c r="L21" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M21" s="4">
-        <v>9664.8237570000001</v>
+        <v>263174.2242</v>
       </c>
       <c r="N21" s="4">
-        <v>9664.8237577700002</v>
+        <v>263174.2242</v>
       </c>
       <c r="O21" s="3" t="s">
-        <v>34</v>
+        <v>109</v>
       </c>
       <c r="P21" s="3" t="s">
-        <v>34</v>
+        <v>110</v>
       </c>
       <c r="Q21" s="3" t="s">
         <v>64</v>
       </c>
       <c r="R21" s="3" t="s">
-        <v>34</v>
+        <v>107</v>
       </c>
       <c r="S21" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T21" s="4">
         <v>0.01</v>
       </c>
       <c r="U21" s="2">
-        <v>46011</v>
+        <v>47679</v>
+      </c>
+      <c r="V21" s="4">
+        <v>7.875</v>
       </c>
       <c r="W21" s="3" t="s">
-        <v>34</v>
+        <v>111</v>
       </c>
       <c r="X21" s="4">
-        <v>0</v>
+        <v>9970.625</v>
       </c>
       <c r="Y21" s="4">
-        <v>0</v>
+        <v>9970.625</v>
       </c>
       <c r="Z21" s="6">
-        <v>1.2441000000000001E-2</v>
+        <v>2.078E-3</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
-        <v>75</v>
+        <v>112</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>62</v>
+        <v>113</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>44</v>
+        <v>71</v>
       </c>
       <c r="D22" s="4">
-        <v>8417000</v>
+        <v>520000</v>
       </c>
       <c r="E22" s="5">
-        <v>0.109539</v>
+        <v>91.470164999999994</v>
       </c>
       <c r="F22" s="4">
-        <v>8426219.9327955898</v>
+        <v>481494.85800000001</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="H22" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J22" s="5">
-        <v>0.10953942</v>
+        <v>91.470164999999994</v>
       </c>
       <c r="K22" s="5">
         <v>1</v>
       </c>
       <c r="L22" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M22" s="4">
-        <v>9219.9327950000006</v>
+        <v>481494.85800000001</v>
       </c>
       <c r="N22" s="4">
-        <v>9219.9327955900008</v>
+        <v>481494.85800000001</v>
       </c>
       <c r="O22" s="3" t="s">
-        <v>34</v>
+        <v>114</v>
       </c>
       <c r="P22" s="3" t="s">
-        <v>34</v>
+        <v>115</v>
       </c>
       <c r="Q22" s="3" t="s">
-        <v>64</v>
+        <v>116</v>
       </c>
       <c r="R22" s="3" t="s">
-        <v>34</v>
+        <v>112</v>
       </c>
       <c r="S22" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T22" s="4">
         <v>0.01</v>
       </c>
       <c r="U22" s="2">
-        <v>46011</v>
+        <v>48092</v>
+      </c>
+      <c r="V22" s="4">
+        <v>3.375</v>
       </c>
       <c r="W22" s="3" t="s">
-        <v>34</v>
+        <v>117</v>
       </c>
       <c r="X22" s="4">
-        <v>0</v>
+        <v>5850</v>
       </c>
       <c r="Y22" s="4">
-        <v>0</v>
+        <v>5850</v>
       </c>
       <c r="Z22" s="6">
-        <v>6.6790000000000002E-2</v>
+        <v>3.8019999999999998E-3</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
-        <v>76</v>
+        <v>118</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>62</v>
+        <v>119</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>44</v>
+        <v>71</v>
       </c>
       <c r="D23" s="4">
-        <v>1030000</v>
+        <v>350000</v>
       </c>
       <c r="E23" s="5">
-        <v>0.239819</v>
+        <v>98.45805</v>
       </c>
       <c r="F23" s="4">
-        <v>1032470.13656691</v>
+        <v>344643.27916666999</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="H23" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I23" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J23" s="5">
-        <v>0.23981907999999999</v>
+        <v>98.45805</v>
       </c>
       <c r="K23" s="5">
         <v>1</v>
       </c>
       <c r="L23" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M23" s="4">
-        <v>2470.1365660000001</v>
+        <v>344643.27916600002</v>
       </c>
       <c r="N23" s="4">
-        <v>2470.1365669100001</v>
+        <v>344643.27916666999</v>
       </c>
       <c r="O23" s="3" t="s">
-        <v>34</v>
+        <v>120</v>
       </c>
       <c r="P23" s="3" t="s">
-        <v>34</v>
+        <v>121</v>
       </c>
       <c r="Q23" s="3" t="s">
-        <v>64</v>
+        <v>81</v>
       </c>
       <c r="R23" s="3" t="s">
-        <v>34</v>
+        <v>118</v>
       </c>
       <c r="S23" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T23" s="4">
         <v>0.01</v>
       </c>
       <c r="U23" s="2">
-        <v>46011</v>
+        <v>46934</v>
+      </c>
+      <c r="V23" s="4">
+        <v>4.125</v>
       </c>
       <c r="W23" s="3" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="X23" s="4">
-        <v>0</v>
+        <v>40.104166669999998</v>
       </c>
       <c r="Y23" s="4">
-        <v>0</v>
+        <v>40.104165999999999</v>
       </c>
       <c r="Z23" s="6">
-        <v>8.1829999999999993E-3</v>
+        <v>2.7209999999999999E-3</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
-        <v>77</v>
+        <v>123</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>78</v>
+        <v>124</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>44</v>
+        <v>71</v>
       </c>
       <c r="D24" s="4">
-        <v>17280000</v>
+        <v>345000</v>
       </c>
       <c r="E24" s="5">
-        <v>8.3912440000000004</v>
+        <v>112.0153</v>
       </c>
       <c r="F24" s="4">
-        <v>18730007.039923199</v>
+        <v>390736.53499999997</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="H24" s="3" t="s">
-        <v>31</v>
+        <v>125</v>
       </c>
       <c r="I24" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J24" s="5">
-        <v>8.3912444399999995</v>
+        <v>112.0153</v>
       </c>
       <c r="K24" s="5">
         <v>1</v>
       </c>
       <c r="L24" s="3" t="s">
-        <v>33</v>
+        <v>126</v>
       </c>
       <c r="M24" s="4">
-        <v>1450007.0399229999</v>
+        <v>390736.53499999997</v>
       </c>
       <c r="N24" s="4">
-        <v>1450007.0399231999</v>
+        <v>390736.53499999997</v>
       </c>
       <c r="O24" s="3" t="s">
-        <v>34</v>
+        <v>127</v>
       </c>
       <c r="P24" s="3" t="s">
-        <v>34</v>
+        <v>128</v>
       </c>
       <c r="Q24" s="3" t="s">
-        <v>64</v>
+        <v>81</v>
       </c>
       <c r="R24" s="3" t="s">
-        <v>34</v>
+        <v>123</v>
       </c>
       <c r="S24" s="3" t="s">
-        <v>65</v>
+        <v>129</v>
       </c>
       <c r="T24" s="4">
         <v>0.01</v>
       </c>
       <c r="U24" s="2">
-        <v>47837</v>
+        <v>49065</v>
+      </c>
+      <c r="V24" s="4">
+        <v>7.45</v>
       </c>
       <c r="W24" s="3" t="s">
-        <v>34</v>
+        <v>130</v>
       </c>
       <c r="X24" s="4">
-        <v>163200</v>
+        <v>4283.75</v>
       </c>
       <c r="Y24" s="4">
-        <v>163200</v>
+        <v>4283.75</v>
       </c>
       <c r="Z24" s="6">
-        <v>0.14846300000000001</v>
+        <v>3.0850000000000001E-3</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
-        <v>79</v>
+        <v>131</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>80</v>
+        <v>132</v>
       </c>
       <c r="C25" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D25" s="4">
-        <v>385000</v>
+        <v>410000</v>
       </c>
       <c r="E25" s="5">
-        <v>102.60420000000001</v>
+        <v>97.698767000000004</v>
       </c>
       <c r="F25" s="4">
-        <v>398320.05888889002</v>
+        <v>406299.25025555998</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H25" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I25" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J25" s="5">
-        <v>102.60420000000001</v>
+        <v>97.698767000000004</v>
       </c>
       <c r="K25" s="5">
         <v>1</v>
       </c>
       <c r="L25" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M25" s="4">
-        <v>398320.05888800003</v>
+        <v>406299.25025500002</v>
       </c>
       <c r="N25" s="4">
-        <v>398320.05888889002</v>
+        <v>406299.25025555998</v>
       </c>
       <c r="O25" s="3" t="s">
-        <v>83</v>
+        <v>133</v>
       </c>
       <c r="P25" s="3" t="s">
-        <v>84</v>
+        <v>134</v>
       </c>
       <c r="Q25" s="3" t="s">
-        <v>85</v>
+        <v>75</v>
       </c>
       <c r="R25" s="3" t="s">
-        <v>79</v>
+        <v>131</v>
       </c>
       <c r="S25" s="3" t="s">
-        <v>86</v>
+        <v>65</v>
       </c>
       <c r="T25" s="4">
         <v>0.01</v>
       </c>
       <c r="U25" s="2">
-        <v>46858</v>
+        <v>48014</v>
       </c>
       <c r="V25" s="4">
-        <v>7</v>
+        <v>4.75</v>
       </c>
       <c r="W25" s="3" t="s">
-        <v>87</v>
+        <v>135</v>
       </c>
       <c r="X25" s="4">
-        <v>3293.8888888900001</v>
+        <v>5734.3055555600004</v>
       </c>
       <c r="Y25" s="4">
-        <v>3293.888888</v>
+        <v>5734.3055549999999</v>
       </c>
       <c r="Z25" s="6">
-        <v>3.1570000000000001E-3</v>
+        <v>3.2079999999999999E-3</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
-        <v>88</v>
+        <v>136</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>89</v>
+        <v>137</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D26" s="4">
-        <v>425000</v>
+        <v>360000</v>
       </c>
       <c r="E26" s="5">
-        <v>91.894769999999994</v>
+        <v>107.781772</v>
       </c>
       <c r="F26" s="4">
-        <v>392578.60583333002</v>
+        <v>395025.62920000002</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H26" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I26" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J26" s="5">
-        <v>91.894769999999994</v>
+        <v>107.781772</v>
       </c>
       <c r="K26" s="5">
         <v>1</v>
       </c>
       <c r="L26" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M26" s="4">
-        <v>392578.60583299998</v>
+        <v>395025.62920000002</v>
       </c>
       <c r="N26" s="4">
-        <v>392578.60583333002</v>
+        <v>395025.62920000002</v>
       </c>
       <c r="O26" s="3" t="s">
-        <v>90</v>
+        <v>138</v>
       </c>
       <c r="P26" s="3" t="s">
-        <v>91</v>
+        <v>139</v>
       </c>
       <c r="Q26" s="3" t="s">
-        <v>85</v>
+        <v>105</v>
       </c>
       <c r="R26" s="3" t="s">
-        <v>88</v>
+        <v>136</v>
       </c>
       <c r="S26" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T26" s="4">
         <v>0.01</v>
       </c>
       <c r="U26" s="2">
-        <v>47588</v>
+        <v>47220</v>
       </c>
       <c r="V26" s="4">
-        <v>3.9</v>
+        <v>8.875</v>
       </c>
       <c r="W26" s="3" t="s">
-        <v>92</v>
+        <v>140</v>
       </c>
       <c r="X26" s="4">
-        <v>2025.83333333</v>
+        <v>7011.25</v>
       </c>
       <c r="Y26" s="4">
-        <v>2025.833333</v>
+        <v>7011.25</v>
       </c>
       <c r="Z26" s="6">
-        <v>3.1110000000000001E-3</v>
+        <v>3.1189999999999998E-3</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
-        <v>93</v>
+        <v>141</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>94</v>
+        <v>142</v>
       </c>
       <c r="C27" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D27" s="4">
-        <v>375000</v>
+        <v>185000</v>
       </c>
       <c r="E27" s="5">
-        <v>101.26049999999999</v>
+        <v>104.20359999999999</v>
       </c>
       <c r="F27" s="4">
-        <v>387581.04166667</v>
+        <v>193331.66</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H27" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I27" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J27" s="5">
-        <v>101.26049999999999</v>
+        <v>104.20359999999999</v>
       </c>
       <c r="K27" s="5">
         <v>1</v>
       </c>
       <c r="L27" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M27" s="4">
-        <v>387581.04166599998</v>
+        <v>193331.66</v>
       </c>
       <c r="N27" s="4">
-        <v>387581.04166667</v>
+        <v>193331.66</v>
       </c>
       <c r="O27" s="3" t="s">
-        <v>95</v>
+        <v>143</v>
       </c>
       <c r="P27" s="3" t="s">
-        <v>96</v>
+        <v>144</v>
       </c>
       <c r="Q27" s="3" t="s">
-        <v>97</v>
+        <v>81</v>
       </c>
       <c r="R27" s="3" t="s">
-        <v>93</v>
+        <v>141</v>
       </c>
       <c r="S27" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T27" s="4">
         <v>0.01</v>
       </c>
       <c r="U27" s="2">
-        <v>46614</v>
+        <v>48380</v>
       </c>
       <c r="V27" s="4">
-        <v>7.25</v>
+        <v>6.75</v>
       </c>
       <c r="W27" s="3" t="s">
-        <v>98</v>
+        <v>145</v>
       </c>
       <c r="X27" s="4">
-        <v>7854.1666666700003</v>
+        <v>555</v>
       </c>
       <c r="Y27" s="4">
-        <v>7854.1666660000001</v>
+        <v>555</v>
       </c>
       <c r="Z27" s="6">
-        <v>3.0720000000000001E-3</v>
+        <v>1.526E-3</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
-        <v>99</v>
+        <v>146</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>100</v>
+        <v>147</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D28" s="4">
-        <v>360000</v>
+        <v>460000</v>
       </c>
       <c r="E28" s="5">
-        <v>105.4786</v>
+        <v>100.6735</v>
       </c>
       <c r="F28" s="4">
-        <v>393867.96</v>
+        <v>475824.76666666998</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H28" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J28" s="5">
-        <v>105.4786</v>
+        <v>100.6735</v>
       </c>
       <c r="K28" s="5">
         <v>1</v>
       </c>
       <c r="L28" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M28" s="4">
-        <v>393867.96</v>
+        <v>475824.76666600001</v>
       </c>
       <c r="N28" s="4">
-        <v>393867.96</v>
+        <v>475824.76666666998</v>
       </c>
       <c r="O28" s="3" t="s">
-        <v>101</v>
+        <v>148</v>
       </c>
       <c r="P28" s="3" t="s">
-        <v>102</v>
+        <v>149</v>
       </c>
       <c r="Q28" s="3" t="s">
-        <v>103</v>
+        <v>87</v>
       </c>
       <c r="R28" s="3" t="s">
-        <v>99</v>
+        <v>146</v>
       </c>
       <c r="S28" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T28" s="4">
         <v>0.01</v>
       </c>
       <c r="U28" s="2">
-        <v>47284</v>
+        <v>47133</v>
       </c>
       <c r="V28" s="4">
-        <v>8.625</v>
+        <v>6</v>
       </c>
       <c r="W28" s="3" t="s">
-        <v>104</v>
+        <v>150</v>
       </c>
       <c r="X28" s="4">
-        <v>14145</v>
+        <v>12726.66666667</v>
       </c>
       <c r="Y28" s="4">
-        <v>14145</v>
+        <v>12726.666665999999</v>
       </c>
       <c r="Z28" s="6">
-        <v>3.1210000000000001E-3</v>
+        <v>3.7569999999999999E-3</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
-        <v>105</v>
+        <v>151</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>106</v>
+        <v>152</v>
       </c>
       <c r="C29" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D29" s="4">
-        <v>370000</v>
+        <v>380000</v>
       </c>
       <c r="E29" s="5">
-        <v>104.25020000000001</v>
+        <v>102.62809799999999</v>
       </c>
       <c r="F29" s="4">
-        <v>391830.74</v>
+        <v>400001.35573333001</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H29" s="3" t="s">
-        <v>107</v>
+        <v>31</v>
       </c>
       <c r="I29" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J29" s="5">
-        <v>104.25020000000001</v>
+        <v>102.62809799999999</v>
       </c>
       <c r="K29" s="5">
         <v>1</v>
       </c>
       <c r="L29" s="3" t="s">
-        <v>108</v>
+        <v>33</v>
       </c>
       <c r="M29" s="4">
-        <v>391830.74</v>
+        <v>400001.35573299997</v>
       </c>
       <c r="N29" s="4">
-        <v>391830.74</v>
+        <v>400001.35573333001</v>
       </c>
       <c r="O29" s="3" t="s">
-        <v>109</v>
+        <v>153</v>
       </c>
       <c r="P29" s="3" t="s">
-        <v>110</v>
+        <v>154</v>
       </c>
       <c r="Q29" s="3" t="s">
-        <v>85</v>
+        <v>75</v>
       </c>
       <c r="R29" s="3" t="s">
-        <v>105</v>
+        <v>151</v>
       </c>
       <c r="S29" s="3" t="s">
-        <v>65</v>
+        <v>129</v>
       </c>
       <c r="T29" s="4">
         <v>0.01</v>
       </c>
       <c r="U29" s="2">
-        <v>47895</v>
+        <v>48427</v>
       </c>
       <c r="V29" s="4">
-        <v>6.75</v>
+        <v>5.75</v>
       </c>
       <c r="W29" s="3" t="s">
-        <v>111</v>
+        <v>155</v>
       </c>
       <c r="X29" s="4">
-        <v>6105</v>
+        <v>10014.58333333</v>
       </c>
       <c r="Y29" s="4">
-        <v>6105</v>
+        <v>10014.583333</v>
       </c>
       <c r="Z29" s="6">
-        <v>3.1050000000000001E-3</v>
+        <v>3.1580000000000002E-3</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
-        <v>112</v>
+        <v>156</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>113</v>
+        <v>157</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D30" s="4">
-        <v>300000</v>
+        <v>435000</v>
       </c>
       <c r="E30" s="5">
-        <v>97.480179000000007</v>
+        <v>106.164996</v>
       </c>
       <c r="F30" s="4">
-        <v>294653.03700000001</v>
+        <v>478850.70134999999</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H30" s="3" t="s">
-        <v>31</v>
+        <v>125</v>
       </c>
       <c r="I30" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J30" s="5">
-        <v>97.480179000000007</v>
+        <v>106.164996</v>
       </c>
       <c r="K30" s="5">
         <v>1</v>
       </c>
       <c r="L30" s="3" t="s">
-        <v>33</v>
+        <v>126</v>
       </c>
       <c r="M30" s="4">
-        <v>294653.03700000001</v>
+        <v>478850.70134999999</v>
       </c>
       <c r="N30" s="4">
-        <v>294653.03700000001</v>
+        <v>478850.70134999999</v>
       </c>
       <c r="O30" s="3" t="s">
-        <v>114</v>
+        <v>158</v>
       </c>
       <c r="P30" s="3" t="s">
-        <v>115</v>
+        <v>159</v>
       </c>
       <c r="Q30" s="3" t="s">
         <v>116</v>
       </c>
       <c r="R30" s="3" t="s">
-        <v>112</v>
+        <v>156</v>
       </c>
       <c r="S30" s="3" t="s">
-        <v>65</v>
+        <v>129</v>
       </c>
       <c r="T30" s="4">
         <v>0.01</v>
       </c>
       <c r="U30" s="2">
-        <v>47026</v>
+        <v>48410</v>
       </c>
       <c r="V30" s="4">
-        <v>4.5</v>
+        <v>7.875</v>
       </c>
       <c r="W30" s="3" t="s">
-        <v>117</v>
+        <v>160</v>
       </c>
       <c r="X30" s="4">
-        <v>2212.5</v>
+        <v>17032.96875</v>
       </c>
       <c r="Y30" s="4">
-        <v>2212.5</v>
+        <v>17032.96875</v>
       </c>
       <c r="Z30" s="6">
-        <v>2.3349999999999998E-3</v>
+        <v>3.7810000000000001E-3</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
-        <v>118</v>
+        <v>161</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>119</v>
+        <v>162</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D31" s="4">
-        <v>265000</v>
+        <v>490000</v>
       </c>
       <c r="E31" s="5">
-        <v>100.41464999999999</v>
+        <v>96.553200000000004</v>
       </c>
       <c r="F31" s="4">
-        <v>274214.44750000001</v>
+        <v>478521.09666667</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H31" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I31" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J31" s="5">
-        <v>100.41464999999999</v>
+        <v>96.553200000000004</v>
       </c>
       <c r="K31" s="5">
         <v>1</v>
       </c>
       <c r="L31" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M31" s="4">
-        <v>274214.44750000001</v>
+        <v>478521.09666600003</v>
       </c>
       <c r="N31" s="4">
-        <v>274214.44750000001</v>
+        <v>478521.09666667</v>
       </c>
       <c r="O31" s="3" t="s">
-        <v>120</v>
+        <v>163</v>
       </c>
       <c r="P31" s="3" t="s">
-        <v>121</v>
+        <v>164</v>
       </c>
       <c r="Q31" s="3" t="s">
-        <v>64</v>
+        <v>165</v>
       </c>
       <c r="R31" s="3" t="s">
-        <v>118</v>
+        <v>161</v>
       </c>
       <c r="S31" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T31" s="4">
         <v>0.01</v>
       </c>
       <c r="U31" s="2">
-        <v>47679</v>
+        <v>47192</v>
       </c>
       <c r="V31" s="4">
-        <v>7.875</v>
+        <v>3.75</v>
       </c>
       <c r="W31" s="3" t="s">
-        <v>122</v>
+        <v>166</v>
       </c>
       <c r="X31" s="4">
-        <v>8115.625</v>
+        <v>5410.4166666700003</v>
       </c>
       <c r="Y31" s="4">
-        <v>8115.625</v>
+        <v>5410.4166660000001</v>
       </c>
       <c r="Z31" s="6">
-        <v>2.173E-3</v>
+        <v>3.7780000000000001E-3</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
-        <v>123</v>
+        <v>167</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>124</v>
+        <v>168</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D32" s="4">
-        <v>350000</v>
+        <v>415000</v>
       </c>
       <c r="E32" s="5">
-        <v>98.106660000000005</v>
+        <v>93.388739999999999</v>
       </c>
       <c r="F32" s="4">
-        <v>349348.83083332999</v>
+        <v>393442.43766667001</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H32" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I32" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J32" s="5">
-        <v>98.106660000000005</v>
+        <v>93.388739999999999</v>
       </c>
       <c r="K32" s="5">
         <v>1</v>
       </c>
       <c r="L32" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M32" s="4">
-        <v>349348.83083300001</v>
+        <v>393442.43766599998</v>
       </c>
       <c r="N32" s="4">
-        <v>349348.83083332999</v>
+        <v>393442.43766667001</v>
       </c>
       <c r="O32" s="3" t="s">
-        <v>125</v>
+        <v>169</v>
       </c>
       <c r="P32" s="3" t="s">
-        <v>126</v>
+        <v>170</v>
       </c>
       <c r="Q32" s="3" t="s">
-        <v>97</v>
+        <v>171</v>
       </c>
       <c r="R32" s="3" t="s">
-        <v>123</v>
+        <v>167</v>
       </c>
       <c r="S32" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T32" s="4">
         <v>0.01</v>
       </c>
       <c r="U32" s="2">
-        <v>46934</v>
+        <v>47894</v>
       </c>
       <c r="V32" s="4">
-        <v>4.125</v>
+        <v>3.75</v>
       </c>
       <c r="W32" s="3" t="s">
-        <v>127</v>
+        <v>172</v>
       </c>
       <c r="X32" s="4">
-        <v>5975.5208333299997</v>
+        <v>5879.1666666700003</v>
       </c>
       <c r="Y32" s="4">
-        <v>5975.5208329999996</v>
+        <v>5879.1666660000001</v>
       </c>
       <c r="Z32" s="6">
-        <v>2.7690000000000002E-3</v>
+        <v>3.1059999999999998E-3</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
-        <v>128</v>
+        <v>173</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>129</v>
+        <v>174</v>
       </c>
       <c r="C33" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D33" s="4">
-        <v>385000</v>
+        <v>450000</v>
       </c>
       <c r="E33" s="5">
-        <v>105.473189</v>
+        <v>104.50209700000001</v>
       </c>
       <c r="F33" s="4">
-        <v>408707.95820555999</v>
+        <v>481029.74900000001</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H33" s="3" t="s">
-        <v>130</v>
+        <v>31</v>
       </c>
       <c r="I33" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J33" s="5">
-        <v>105.473189</v>
+        <v>104.50209700000001</v>
       </c>
       <c r="K33" s="5">
         <v>1</v>
       </c>
       <c r="L33" s="3" t="s">
-        <v>131</v>
+        <v>33</v>
       </c>
       <c r="M33" s="4">
-        <v>408707.95820499997</v>
+        <v>481029.74900000001</v>
       </c>
       <c r="N33" s="4">
-        <v>408707.95820555999</v>
+        <v>481029.74900000001</v>
       </c>
       <c r="O33" s="3" t="s">
-        <v>132</v>
+        <v>175</v>
       </c>
       <c r="P33" s="3" t="s">
-        <v>133</v>
+        <v>176</v>
       </c>
       <c r="Q33" s="3" t="s">
-        <v>103</v>
+        <v>116</v>
       </c>
       <c r="R33" s="3" t="s">
-        <v>128</v>
+        <v>173</v>
       </c>
       <c r="S33" s="3" t="s">
-        <v>86</v>
+        <v>65</v>
       </c>
       <c r="T33" s="4">
         <v>0.01</v>
       </c>
       <c r="U33" s="2">
-        <v>47603</v>
+        <v>48959</v>
       </c>
       <c r="V33" s="4">
-        <v>8.5</v>
+        <v>7.625</v>
       </c>
       <c r="W33" s="3" t="s">
-        <v>134</v>
+        <v>177</v>
       </c>
       <c r="X33" s="4">
-        <v>2636.1805555599999</v>
+        <v>10770.3125</v>
       </c>
       <c r="Y33" s="4">
-        <v>2636.1805549999999</v>
+        <v>10770.3125</v>
       </c>
       <c r="Z33" s="6">
-        <v>3.2390000000000001E-3</v>
+        <v>3.7980000000000002E-3</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
-        <v>135</v>
+        <v>178</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>136</v>
+        <v>179</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D34" s="4">
-        <v>410000</v>
+        <v>435000</v>
       </c>
       <c r="E34" s="5">
-        <v>97.424800000000005</v>
+        <v>89.157049999999998</v>
       </c>
       <c r="F34" s="4">
-        <v>403444.87444444001</v>
+        <v>391775.35499999998</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H34" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I34" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J34" s="5">
-        <v>97.424800000000005</v>
+        <v>89.157049999999998</v>
       </c>
       <c r="K34" s="5">
         <v>1</v>
       </c>
       <c r="L34" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M34" s="4">
-        <v>403444.87444400002</v>
+        <v>391775.35499999998</v>
       </c>
       <c r="N34" s="4">
-        <v>403444.87444444001</v>
+        <v>391775.35499999998</v>
       </c>
       <c r="O34" s="3" t="s">
-        <v>137</v>
+        <v>180</v>
       </c>
       <c r="P34" s="3" t="s">
-        <v>138</v>
+        <v>181</v>
       </c>
       <c r="Q34" s="3" t="s">
-        <v>85</v>
+        <v>64</v>
       </c>
       <c r="R34" s="3" t="s">
-        <v>135</v>
+        <v>178</v>
       </c>
       <c r="S34" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T34" s="4">
         <v>0.01</v>
       </c>
       <c r="U34" s="2">
-        <v>48014</v>
+        <v>48122</v>
       </c>
       <c r="V34" s="4">
-        <v>4.75</v>
+        <v>3.625</v>
       </c>
       <c r="W34" s="3" t="s">
-        <v>139</v>
+        <v>182</v>
       </c>
       <c r="X34" s="4">
-        <v>4003.1944444400001</v>
+        <v>3942.1875</v>
       </c>
       <c r="Y34" s="4">
-        <v>4003.1944440000002</v>
+        <v>3942.1875</v>
       </c>
       <c r="Z34" s="6">
-        <v>3.1970000000000002E-3</v>
+        <v>3.0929999999999998E-3</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
-        <v>140</v>
+        <v>183</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>141</v>
+        <v>184</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D35" s="4">
-        <v>360000</v>
+        <v>465000</v>
       </c>
       <c r="E35" s="5">
-        <v>108.30800000000001</v>
+        <v>102.515587</v>
       </c>
       <c r="F35" s="4">
-        <v>394080.05</v>
+        <v>479409.97954999999</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H35" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I35" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J35" s="5">
-        <v>108.30800000000001</v>
+        <v>102.515587</v>
       </c>
       <c r="K35" s="5">
         <v>1</v>
       </c>
       <c r="L35" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M35" s="4">
-        <v>394080.05</v>
+        <v>479409.97954999999</v>
       </c>
       <c r="N35" s="4">
-        <v>394080.05</v>
+        <v>479409.97954999999</v>
       </c>
       <c r="O35" s="3" t="s">
-        <v>142</v>
+        <v>185</v>
       </c>
       <c r="P35" s="3" t="s">
-        <v>143</v>
+        <v>186</v>
       </c>
       <c r="Q35" s="3" t="s">
         <v>116</v>
       </c>
       <c r="R35" s="3" t="s">
-        <v>140</v>
+        <v>183</v>
       </c>
       <c r="S35" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T35" s="4">
         <v>0.01</v>
       </c>
       <c r="U35" s="2">
-        <v>47220</v>
+        <v>49658</v>
       </c>
       <c r="V35" s="4">
-        <v>8.875</v>
+        <v>6</v>
       </c>
       <c r="W35" s="3" t="s">
-        <v>144</v>
+        <v>187</v>
       </c>
       <c r="X35" s="4">
-        <v>4171.25</v>
+        <v>2712.5</v>
       </c>
       <c r="Y35" s="4">
-        <v>4171.25</v>
+        <v>2712.5</v>
       </c>
       <c r="Z35" s="6">
-        <v>3.1229999999999999E-3</v>
+        <v>3.7850000000000002E-3</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
-        <v>145</v>
+        <v>188</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>146</v>
+        <v>189</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D36" s="4">
-        <v>390000</v>
+        <v>395000</v>
       </c>
       <c r="E36" s="5">
-        <v>100.3753</v>
+        <v>100.19724100000001</v>
       </c>
       <c r="F36" s="4">
-        <v>400173.67</v>
+        <v>403484.34500556003</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H36" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I36" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J36" s="5">
-        <v>100.3753</v>
+        <v>100.19724100000001</v>
       </c>
       <c r="K36" s="5">
         <v>1</v>
       </c>
       <c r="L36" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M36" s="4">
-        <v>400173.67</v>
+        <v>403484.34500500001</v>
       </c>
       <c r="N36" s="4">
-        <v>400173.67</v>
+        <v>403484.34500556003</v>
       </c>
       <c r="O36" s="3" t="s">
-        <v>147</v>
+        <v>190</v>
       </c>
       <c r="P36" s="3" t="s">
-        <v>148</v>
+        <v>191</v>
       </c>
       <c r="Q36" s="3" t="s">
-        <v>103</v>
+        <v>64</v>
       </c>
       <c r="R36" s="3" t="s">
-        <v>145</v>
+        <v>188</v>
       </c>
       <c r="S36" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T36" s="4">
         <v>0.01</v>
       </c>
       <c r="U36" s="2">
-        <v>47133</v>
+        <v>47557</v>
       </c>
       <c r="V36" s="4">
-        <v>6</v>
+        <v>6.625</v>
       </c>
       <c r="W36" s="3" t="s">
-        <v>149</v>
+        <v>192</v>
       </c>
       <c r="X36" s="4">
-        <v>8710</v>
+        <v>7705.2430555600004</v>
       </c>
       <c r="Y36" s="4">
-        <v>8710</v>
+        <v>7705.2430549999999</v>
       </c>
       <c r="Z36" s="6">
-        <v>3.1710000000000002E-3</v>
+        <v>3.186E-3</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
-        <v>150</v>
+        <v>193</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>151</v>
+        <v>194</v>
       </c>
       <c r="C37" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D37" s="4">
-        <v>380000</v>
+        <v>410000</v>
       </c>
       <c r="E37" s="5">
-        <v>102.51130000000001</v>
+        <v>95.958579</v>
       </c>
       <c r="F37" s="4">
-        <v>397615.30111111002</v>
+        <v>398076.84056667</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H37" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I37" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J37" s="5">
-        <v>102.51130000000001</v>
+        <v>95.958579</v>
       </c>
       <c r="K37" s="5">
         <v>1</v>
       </c>
       <c r="L37" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M37" s="4">
-        <v>397615.30111100001</v>
+        <v>398076.84056600003</v>
       </c>
       <c r="N37" s="4">
-        <v>397615.30111111002</v>
+        <v>398076.84056667</v>
       </c>
       <c r="O37" s="3" t="s">
-        <v>152</v>
+        <v>195</v>
       </c>
       <c r="P37" s="3" t="s">
-        <v>153</v>
+        <v>196</v>
       </c>
       <c r="Q37" s="3" t="s">
-        <v>85</v>
+        <v>197</v>
       </c>
       <c r="R37" s="3" t="s">
-        <v>150</v>
+        <v>193</v>
       </c>
       <c r="S37" s="3" t="s">
-        <v>86</v>
+        <v>65</v>
       </c>
       <c r="T37" s="4">
         <v>0.01</v>
       </c>
       <c r="U37" s="2">
-        <v>48427</v>
+        <v>47164</v>
       </c>
       <c r="V37" s="4">
-        <v>5.75</v>
+        <v>3</v>
       </c>
       <c r="W37" s="3" t="s">
-        <v>154</v>
+        <v>198</v>
       </c>
       <c r="X37" s="4">
-        <v>8072.3611111099999</v>
+        <v>4646.6666666700003</v>
       </c>
       <c r="Y37" s="4">
-        <v>8072.3611110000002</v>
+        <v>4646.6666660000001</v>
       </c>
       <c r="Z37" s="6">
-        <v>3.1510000000000002E-3</v>
+        <v>3.143E-3</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
-        <v>155</v>
+        <v>199</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>156</v>
+        <v>200</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D38" s="4">
-        <v>365000</v>
+        <v>350000</v>
       </c>
       <c r="E38" s="5">
-        <v>105.31310000000001</v>
+        <v>104.816408</v>
       </c>
       <c r="F38" s="4">
-        <v>396129.84625</v>
+        <v>375745.96966667002</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H38" s="3" t="s">
-        <v>130</v>
+        <v>31</v>
       </c>
       <c r="I38" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J38" s="5">
-        <v>105.31310000000001</v>
+        <v>104.816408</v>
       </c>
       <c r="K38" s="5">
         <v>1</v>
       </c>
       <c r="L38" s="3" t="s">
-        <v>131</v>
+        <v>33</v>
       </c>
       <c r="M38" s="4">
-        <v>396129.84625</v>
+        <v>375745.96966599999</v>
       </c>
       <c r="N38" s="4">
-        <v>396129.84625</v>
+        <v>375745.96966667002</v>
       </c>
       <c r="O38" s="3" t="s">
-        <v>157</v>
+        <v>201</v>
       </c>
       <c r="P38" s="3" t="s">
-        <v>158</v>
+        <v>202</v>
       </c>
       <c r="Q38" s="3" t="s">
-        <v>159</v>
+        <v>87</v>
       </c>
       <c r="R38" s="3" t="s">
-        <v>155</v>
+        <v>199</v>
       </c>
       <c r="S38" s="3" t="s">
-        <v>86</v>
+        <v>65</v>
       </c>
       <c r="T38" s="4">
         <v>0.01</v>
       </c>
       <c r="U38" s="2">
-        <v>48410</v>
+        <v>47192</v>
       </c>
       <c r="V38" s="4">
-        <v>7.875</v>
+        <v>8.625</v>
       </c>
       <c r="W38" s="3" t="s">
-        <v>160</v>
+        <v>203</v>
       </c>
       <c r="X38" s="4">
-        <v>11737.03125</v>
+        <v>8888.5416666700003</v>
       </c>
       <c r="Y38" s="4">
-        <v>11737.03125</v>
+        <v>8888.5416659999992</v>
       </c>
       <c r="Z38" s="6">
-        <v>3.1389999999999999E-3</v>
+        <v>2.967E-3</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
-        <v>161</v>
+        <v>204</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>162</v>
+        <v>205</v>
       </c>
       <c r="C39" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D39" s="4">
-        <v>410000</v>
+        <v>440000</v>
       </c>
       <c r="E39" s="5">
-        <v>96.481110000000001</v>
+        <v>105.34787799999999</v>
       </c>
       <c r="F39" s="4">
-        <v>398732.96766666998</v>
+        <v>474057.05208888999</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H39" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J39" s="5">
-        <v>96.481110000000001</v>
+        <v>105.34787799999999</v>
       </c>
       <c r="K39" s="5">
         <v>1</v>
       </c>
       <c r="L39" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M39" s="4">
-        <v>398732.96766600001</v>
+        <v>474057.052088</v>
       </c>
       <c r="N39" s="4">
-        <v>398732.96766666998</v>
+        <v>474057.05208888999</v>
       </c>
       <c r="O39" s="3" t="s">
-        <v>163</v>
+        <v>206</v>
       </c>
       <c r="P39" s="3" t="s">
-        <v>164</v>
+        <v>207</v>
       </c>
       <c r="Q39" s="3" t="s">
-        <v>165</v>
+        <v>81</v>
       </c>
       <c r="R39" s="3" t="s">
-        <v>161</v>
+        <v>204</v>
       </c>
       <c r="S39" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T39" s="4">
         <v>0.01</v>
       </c>
       <c r="U39" s="2">
-        <v>47192</v>
+        <v>47376</v>
       </c>
       <c r="V39" s="4">
-        <v>3.75</v>
+        <v>8.125</v>
       </c>
       <c r="W39" s="3" t="s">
-        <v>166</v>
+        <v>208</v>
       </c>
       <c r="X39" s="4">
-        <v>3160.4166666699998</v>
+        <v>10526.38888889</v>
       </c>
       <c r="Y39" s="4">
-        <v>3160.4166660000001</v>
+        <v>10526.388887999999</v>
       </c>
       <c r="Z39" s="6">
-        <v>3.16E-3</v>
+        <v>3.7429999999999998E-3</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
-        <v>167</v>
+        <v>209</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>168</v>
+        <v>210</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D40" s="4">
-        <v>415000</v>
+        <v>94000</v>
       </c>
       <c r="E40" s="5">
-        <v>93.176130000000001</v>
+        <v>100.587</v>
       </c>
       <c r="F40" s="4">
-        <v>391176.77283332997</v>
+        <v>96638.057777780006</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H40" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I40" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J40" s="5">
-        <v>93.176130000000001</v>
+        <v>100.587</v>
       </c>
       <c r="K40" s="5">
         <v>1</v>
       </c>
       <c r="L40" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M40" s="4">
-        <v>391176.772833</v>
+        <v>96638.057776999995</v>
       </c>
       <c r="N40" s="4">
-        <v>391176.77283332997</v>
+        <v>96638.057777780006</v>
       </c>
       <c r="O40" s="3" t="s">
-        <v>169</v>
+        <v>211</v>
       </c>
       <c r="P40" s="3" t="s">
-        <v>170</v>
+        <v>212</v>
       </c>
       <c r="Q40" s="3" t="s">
-        <v>171</v>
+        <v>213</v>
       </c>
       <c r="R40" s="3" t="s">
-        <v>167</v>
+        <v>209</v>
       </c>
       <c r="S40" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T40" s="4">
         <v>0.01</v>
       </c>
       <c r="U40" s="2">
-        <v>47894</v>
+        <v>46614</v>
       </c>
       <c r="V40" s="4">
-        <v>3.75</v>
+        <v>5.875</v>
       </c>
       <c r="W40" s="3" t="s">
-        <v>172</v>
+        <v>214</v>
       </c>
       <c r="X40" s="4">
-        <v>4495.8333333299997</v>
+        <v>2086.2777777800002</v>
       </c>
       <c r="Y40" s="4">
-        <v>4495.8333329999996</v>
+        <v>2086.2777769999998</v>
       </c>
       <c r="Z40" s="6">
-        <v>3.0999999999999999E-3</v>
+        <v>7.6300000000000001E-4</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
-        <v>173</v>
+        <v>215</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>174</v>
+        <v>216</v>
       </c>
       <c r="C41" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D41" s="4">
-        <v>315000</v>
+        <v>445000</v>
       </c>
       <c r="E41" s="5">
-        <v>103.7625</v>
+        <v>104.50365499999999</v>
       </c>
       <c r="F41" s="4">
-        <v>332256.09375</v>
+        <v>475152.03558333003</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H41" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I41" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J41" s="5">
-        <v>103.7625</v>
+        <v>104.50365499999999</v>
       </c>
       <c r="K41" s="5">
         <v>1</v>
       </c>
       <c r="L41" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M41" s="4">
-        <v>332256.09375</v>
+        <v>475152.03558299999</v>
       </c>
       <c r="N41" s="4">
-        <v>332256.09375</v>
+        <v>475152.03558333003</v>
       </c>
       <c r="O41" s="3" t="s">
-        <v>175</v>
+        <v>217</v>
       </c>
       <c r="P41" s="3" t="s">
-        <v>176</v>
+        <v>218</v>
       </c>
       <c r="Q41" s="3" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="R41" s="3" t="s">
-        <v>173</v>
+        <v>215</v>
       </c>
       <c r="S41" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T41" s="4">
         <v>0.01</v>
       </c>
       <c r="U41" s="2">
-        <v>48959</v>
+        <v>46993</v>
       </c>
       <c r="V41" s="4">
-        <v>7.625</v>
+        <v>6.65</v>
       </c>
       <c r="W41" s="3" t="s">
-        <v>177</v>
+        <v>219</v>
       </c>
       <c r="X41" s="4">
-        <v>5404.21875</v>
+        <v>10110.77083333</v>
       </c>
       <c r="Y41" s="4">
-        <v>5404.21875</v>
+        <v>10110.770833</v>
       </c>
       <c r="Z41" s="6">
-        <v>2.6329999999999999E-3</v>
+        <v>3.7520000000000001E-3</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
-        <v>178</v>
+        <v>220</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>179</v>
+        <v>221</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D42" s="4">
-        <v>435000</v>
+        <v>275000</v>
       </c>
       <c r="E42" s="5">
-        <v>88.900419999999997</v>
+        <v>100.49930999999999</v>
       </c>
       <c r="F42" s="4">
-        <v>389257.34783332999</v>
+        <v>280927.78999999998</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H42" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I42" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J42" s="5">
-        <v>88.900419999999997</v>
+        <v>100.49930999999999</v>
       </c>
       <c r="K42" s="5">
         <v>1</v>
       </c>
       <c r="L42" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M42" s="4">
-        <v>389257.34783300001</v>
+        <v>280927.78999999998</v>
       </c>
       <c r="N42" s="4">
-        <v>389257.34783332999</v>
+        <v>280927.78999999998</v>
       </c>
       <c r="O42" s="3" t="s">
-        <v>180</v>
+        <v>222</v>
       </c>
       <c r="P42" s="3" t="s">
-        <v>181</v>
+        <v>223</v>
       </c>
       <c r="Q42" s="3" t="s">
         <v>64</v>
       </c>
       <c r="R42" s="3" t="s">
-        <v>178</v>
+        <v>220</v>
       </c>
       <c r="S42" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T42" s="4">
         <v>0.01</v>
       </c>
       <c r="U42" s="2">
-        <v>48122</v>
+        <v>47953</v>
       </c>
       <c r="V42" s="4">
-        <v>3.625</v>
+        <v>6.625</v>
       </c>
       <c r="W42" s="3" t="s">
-        <v>182</v>
+        <v>224</v>
       </c>
       <c r="X42" s="4">
-        <v>2540.5208333300002</v>
+        <v>4554.6875</v>
       </c>
       <c r="Y42" s="4">
-        <v>2540.520833</v>
+        <v>4554.6875</v>
       </c>
       <c r="Z42" s="6">
-        <v>3.0850000000000001E-3</v>
+        <v>2.2179999999999999E-3</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
-        <v>183</v>
+        <v>225</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>184</v>
+        <v>226</v>
       </c>
       <c r="C43" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D43" s="4">
-        <v>395000</v>
+        <v>750000</v>
       </c>
       <c r="E43" s="5">
-        <v>99.273054000000002</v>
+        <v>87.654703999999995</v>
       </c>
       <c r="F43" s="4">
-        <v>397507.69524443999</v>
+        <v>662471.73833333002</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H43" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I43" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J43" s="5">
-        <v>99.273054000000002</v>
+        <v>87.654703999999995</v>
       </c>
       <c r="K43" s="5">
         <v>1</v>
       </c>
       <c r="L43" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M43" s="4">
-        <v>397507.695244</v>
+        <v>662471.73833299999</v>
       </c>
       <c r="N43" s="4">
-        <v>397507.69524443999</v>
+        <v>662471.73833333002</v>
       </c>
       <c r="O43" s="3" t="s">
-        <v>185</v>
+        <v>227</v>
       </c>
       <c r="P43" s="3" t="s">
-        <v>186</v>
+        <v>228</v>
       </c>
       <c r="Q43" s="3" t="s">
-        <v>64</v>
+        <v>116</v>
       </c>
       <c r="R43" s="3" t="s">
-        <v>183</v>
+        <v>225</v>
       </c>
       <c r="S43" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T43" s="4">
         <v>0.01</v>
       </c>
       <c r="U43" s="2">
-        <v>47557</v>
+        <v>48717</v>
       </c>
       <c r="V43" s="4">
-        <v>6.625</v>
+        <v>5.65</v>
       </c>
       <c r="W43" s="3" t="s">
-        <v>187</v>
+        <v>229</v>
       </c>
       <c r="X43" s="4">
-        <v>5379.1319444399996</v>
+        <v>5061.4583333299997</v>
       </c>
       <c r="Y43" s="4">
-        <v>5379.1319439999997</v>
+        <v>5061.4583329999996</v>
       </c>
       <c r="Z43" s="6">
-        <v>3.15E-3</v>
+        <v>5.2310000000000004E-3</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
-        <v>188</v>
+        <v>230</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>189</v>
+        <v>231</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D44" s="4">
-        <v>410000</v>
+        <v>470000</v>
       </c>
       <c r="E44" s="5">
-        <v>95.785920000000004</v>
+        <v>99.751002</v>
       </c>
       <c r="F44" s="4">
-        <v>396275.60533332999</v>
+        <v>475057.20939999999</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H44" s="3" t="s">
-        <v>31</v>
+        <v>232</v>
       </c>
       <c r="I44" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J44" s="5">
-        <v>95.785920000000004</v>
+        <v>99.751002</v>
       </c>
       <c r="K44" s="5">
         <v>1</v>
       </c>
       <c r="L44" s="3" t="s">
-        <v>33</v>
+        <v>233</v>
       </c>
       <c r="M44" s="4">
-        <v>396275.60533300001</v>
+        <v>475057.20939999999</v>
       </c>
       <c r="N44" s="4">
-        <v>396275.60533332999</v>
+        <v>475057.20939999999</v>
       </c>
       <c r="O44" s="3" t="s">
-        <v>190</v>
+        <v>234</v>
       </c>
       <c r="P44" s="3" t="s">
-        <v>191</v>
+        <v>235</v>
       </c>
       <c r="Q44" s="3" t="s">
-        <v>192</v>
+        <v>116</v>
       </c>
       <c r="R44" s="3" t="s">
-        <v>188</v>
+        <v>230</v>
       </c>
       <c r="S44" s="3" t="s">
-        <v>65</v>
+        <v>236</v>
       </c>
       <c r="T44" s="4">
         <v>0.01</v>
       </c>
       <c r="U44" s="2">
-        <v>47164</v>
+        <v>46645</v>
       </c>
       <c r="V44" s="4">
-        <v>3</v>
+        <v>4.5</v>
       </c>
       <c r="W44" s="3" t="s">
-        <v>193</v>
+        <v>237</v>
       </c>
       <c r="X44" s="4">
-        <v>3553.3333333300002</v>
+        <v>6227.5</v>
       </c>
       <c r="Y44" s="4">
-        <v>3553.333333</v>
+        <v>6227.5</v>
       </c>
       <c r="Z44" s="6">
-        <v>3.1410000000000001E-3</v>
+        <v>3.751E-3</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
-        <v>194</v>
+        <v>238</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>195</v>
+        <v>239</v>
       </c>
       <c r="C45" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D45" s="4">
-        <v>350000</v>
+        <v>485000</v>
       </c>
       <c r="E45" s="5">
-        <v>104.8156</v>
+        <v>98.625100000000003</v>
       </c>
       <c r="F45" s="4">
-        <v>373059.80833332997</v>
+        <v>479193.95722222002</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H45" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I45" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J45" s="5">
-        <v>104.8156</v>
+        <v>98.625100000000003</v>
       </c>
       <c r="K45" s="5">
         <v>1</v>
       </c>
       <c r="L45" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M45" s="4">
-        <v>373059.80833299999</v>
+        <v>479193.957222</v>
       </c>
       <c r="N45" s="4">
-        <v>373059.80833332997</v>
+        <v>479193.95722222002</v>
       </c>
       <c r="O45" s="3" t="s">
-        <v>196</v>
+        <v>240</v>
       </c>
       <c r="P45" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="Q45" s="3" t="s">
         <v>197</v>
       </c>
-      <c r="Q45" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R45" s="3" t="s">
-        <v>194</v>
+        <v>238</v>
       </c>
       <c r="S45" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T45" s="4">
         <v>0.01</v>
       </c>
       <c r="U45" s="2">
-        <v>47192</v>
+        <v>46919</v>
       </c>
       <c r="V45" s="4">
-        <v>8.625</v>
+        <v>4</v>
       </c>
       <c r="W45" s="3" t="s">
-        <v>198</v>
+        <v>242</v>
       </c>
       <c r="X45" s="4">
-        <v>6205.2083333299997</v>
+        <v>862.22222222000005</v>
       </c>
       <c r="Y45" s="4">
-        <v>6205.2083329999996</v>
+        <v>862.22222199999999</v>
       </c>
       <c r="Z45" s="6">
-        <v>2.957E-3</v>
+        <v>3.7829999999999999E-3</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
-        <v>199</v>
+        <v>243</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>200</v>
+        <v>244</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D46" s="4">
-        <v>320000</v>
+        <v>445000</v>
       </c>
       <c r="E46" s="5">
-        <v>105.3357</v>
+        <v>107.0903</v>
       </c>
       <c r="F46" s="4">
-        <v>342418.68444444</v>
+        <v>478134.05722222</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H46" s="3" t="s">
-        <v>31</v>
+        <v>245</v>
       </c>
       <c r="I46" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J46" s="5">
-        <v>105.3357</v>
+        <v>107.0903</v>
       </c>
       <c r="K46" s="5">
         <v>1</v>
       </c>
       <c r="L46" s="3" t="s">
-        <v>33</v>
+        <v>246</v>
       </c>
       <c r="M46" s="4">
-        <v>342418.68444400001</v>
+        <v>478134.05722199997</v>
       </c>
       <c r="N46" s="4">
-        <v>342418.68444444</v>
+        <v>478134.05722222</v>
       </c>
       <c r="O46" s="3" t="s">
-        <v>201</v>
+        <v>247</v>
       </c>
       <c r="P46" s="3" t="s">
-        <v>202</v>
+        <v>248</v>
       </c>
       <c r="Q46" s="3" t="s">
-        <v>97</v>
+        <v>75</v>
       </c>
       <c r="R46" s="3" t="s">
-        <v>199</v>
+        <v>243</v>
       </c>
       <c r="S46" s="3" t="s">
-        <v>65</v>
+        <v>129</v>
       </c>
       <c r="T46" s="4">
         <v>0.01</v>
       </c>
       <c r="U46" s="2">
-        <v>47376</v>
+        <v>47649</v>
       </c>
       <c r="V46" s="4">
-        <v>8.125</v>
+        <v>8</v>
       </c>
       <c r="W46" s="3" t="s">
-        <v>203</v>
+        <v>249</v>
       </c>
       <c r="X46" s="4">
-        <v>5344.4444444399996</v>
+        <v>1582.22222222</v>
       </c>
       <c r="Y46" s="4">
-        <v>5344.4444439999997</v>
+        <v>1582.2222220000001</v>
       </c>
       <c r="Z46" s="6">
-        <v>2.7139999999999998E-3</v>
+        <v>3.7750000000000001E-3</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
-        <v>204</v>
+        <v>250</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>205</v>
+        <v>251</v>
       </c>
       <c r="C47" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D47" s="4">
-        <v>94000</v>
+        <v>385000</v>
       </c>
       <c r="E47" s="5">
-        <v>100.0295</v>
+        <v>100.08750000000001</v>
       </c>
       <c r="F47" s="4">
-        <v>95623.118888890007</v>
+        <v>388866.04166667</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H47" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I47" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J47" s="5">
-        <v>100.0295</v>
+        <v>100.08750000000001</v>
       </c>
       <c r="K47" s="5">
         <v>1</v>
       </c>
       <c r="L47" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M47" s="4">
-        <v>95623.118887999997</v>
+        <v>388866.04166599998</v>
       </c>
       <c r="N47" s="4">
-        <v>95623.118888890007</v>
+        <v>388866.04166667</v>
       </c>
       <c r="O47" s="3" t="s">
-        <v>206</v>
+        <v>252</v>
       </c>
       <c r="P47" s="3" t="s">
-        <v>207</v>
+        <v>253</v>
       </c>
       <c r="Q47" s="3" t="s">
-        <v>208</v>
+        <v>81</v>
       </c>
       <c r="R47" s="3" t="s">
-        <v>204</v>
+        <v>250</v>
       </c>
       <c r="S47" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T47" s="4">
         <v>0.01</v>
       </c>
       <c r="U47" s="2">
-        <v>46614</v>
+        <v>46874</v>
       </c>
       <c r="V47" s="4">
-        <v>5.875</v>
+        <v>5.5</v>
       </c>
       <c r="W47" s="3" t="s">
-        <v>209</v>
+        <v>254</v>
       </c>
       <c r="X47" s="4">
-        <v>1595.3888888900001</v>
+        <v>3529.1666666699998</v>
       </c>
       <c r="Y47" s="4">
-        <v>1595.388888</v>
+        <v>3529.1666660000001</v>
       </c>
       <c r="Z47" s="6">
-        <v>7.5699999999999997E-4</v>
+        <v>3.0699999999999998E-3</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
-        <v>210</v>
+        <v>255</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>211</v>
+        <v>256</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D48" s="4">
-        <v>285000</v>
+        <v>475000</v>
       </c>
       <c r="E48" s="5">
-        <v>104.81319999999999</v>
+        <v>98.639923999999993</v>
       </c>
       <c r="F48" s="4">
-        <v>303508.39083332999</v>
+        <v>476456.30566667003</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H48" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I48" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J48" s="5">
-        <v>104.81319999999999</v>
+        <v>98.639923999999993</v>
       </c>
       <c r="K48" s="5">
         <v>1</v>
       </c>
       <c r="L48" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M48" s="4">
-        <v>303508.39083300001</v>
+        <v>476456.305666</v>
       </c>
       <c r="N48" s="4">
-        <v>303508.39083332999</v>
+        <v>476456.30566667003</v>
       </c>
       <c r="O48" s="3" t="s">
-        <v>212</v>
+        <v>257</v>
       </c>
       <c r="P48" s="3" t="s">
-        <v>213</v>
+        <v>258</v>
       </c>
       <c r="Q48" s="3" t="s">
-        <v>165</v>
+        <v>81</v>
       </c>
       <c r="R48" s="3" t="s">
-        <v>210</v>
+        <v>255</v>
       </c>
       <c r="S48" s="3" t="s">
-        <v>65</v>
+        <v>129</v>
       </c>
       <c r="T48" s="4">
         <v>0.01</v>
       </c>
       <c r="U48" s="2">
-        <v>46993</v>
+        <v>46966</v>
       </c>
       <c r="V48" s="4">
-        <v>6.65</v>
+        <v>4</v>
       </c>
       <c r="W48" s="3" t="s">
-        <v>214</v>
+        <v>259</v>
       </c>
       <c r="X48" s="4">
-        <v>4790.7708333299997</v>
+        <v>7916.6666666700003</v>
       </c>
       <c r="Y48" s="4">
-        <v>4790.7708329999996</v>
+        <v>7916.6666660000001</v>
       </c>
       <c r="Z48" s="6">
-        <v>2.405E-3</v>
+        <v>3.7620000000000002E-3</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
-        <v>215</v>
+        <v>260</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>216</v>
+        <v>261</v>
       </c>
       <c r="C49" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D49" s="4">
-        <v>275000</v>
+        <v>465000</v>
       </c>
       <c r="E49" s="5">
-        <v>99.969329999999999</v>
+        <v>102.48465400000001</v>
       </c>
       <c r="F49" s="4">
-        <v>277850.90055556002</v>
+        <v>478814.05776667001</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H49" s="3" t="s">
-        <v>31</v>
+        <v>262</v>
       </c>
       <c r="I49" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J49" s="5">
-        <v>99.969329999999999</v>
+        <v>102.48465400000001</v>
       </c>
       <c r="K49" s="5">
         <v>1</v>
       </c>
       <c r="L49" s="3" t="s">
-        <v>33</v>
+        <v>263</v>
       </c>
       <c r="M49" s="4">
-        <v>277850.900555</v>
+        <v>478814.05776599998</v>
       </c>
       <c r="N49" s="4">
-        <v>277850.90055556002</v>
+        <v>478814.05776667001</v>
       </c>
       <c r="O49" s="3" t="s">
-        <v>217</v>
+        <v>264</v>
       </c>
       <c r="P49" s="3" t="s">
-        <v>218</v>
+        <v>265</v>
       </c>
       <c r="Q49" s="3" t="s">
-        <v>64</v>
+        <v>165</v>
       </c>
       <c r="R49" s="3" t="s">
-        <v>215</v>
+        <v>260</v>
       </c>
       <c r="S49" s="3" t="s">
-        <v>65</v>
+        <v>129</v>
       </c>
       <c r="T49" s="4">
         <v>0.01</v>
       </c>
       <c r="U49" s="2">
-        <v>47953</v>
+        <v>48563</v>
       </c>
       <c r="V49" s="4">
-        <v>6.625</v>
+        <v>6.25</v>
       </c>
       <c r="W49" s="3" t="s">
-        <v>219</v>
+        <v>266</v>
       </c>
       <c r="X49" s="4">
-        <v>2935.2430555599999</v>
+        <v>2260.4166666699998</v>
       </c>
       <c r="Y49" s="4">
-        <v>2935.2430549999999</v>
+        <v>2260.4166660000001</v>
       </c>
       <c r="Z49" s="6">
-        <v>2.202E-3</v>
+        <v>3.7799999999999999E-3</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
-        <v>220</v>
+        <v>267</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>221</v>
+        <v>268</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D50" s="4">
-        <v>395000</v>
+        <v>250000</v>
       </c>
       <c r="E50" s="5">
-        <v>99.688599999999994</v>
+        <v>102.556112</v>
       </c>
       <c r="F50" s="4">
-        <v>397423.72</v>
+        <v>260921.53</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H50" s="3" t="s">
-        <v>222</v>
+        <v>31</v>
       </c>
       <c r="I50" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J50" s="5">
-        <v>99.688599999999994</v>
+        <v>102.556112</v>
       </c>
       <c r="K50" s="5">
         <v>1</v>
       </c>
       <c r="L50" s="3" t="s">
-        <v>223</v>
+        <v>33</v>
       </c>
       <c r="M50" s="4">
-        <v>397423.72</v>
+        <v>260921.53</v>
       </c>
       <c r="N50" s="4">
-        <v>397423.72</v>
+        <v>260921.53</v>
       </c>
       <c r="O50" s="3" t="s">
-        <v>224</v>
+        <v>269</v>
       </c>
       <c r="P50" s="3" t="s">
-        <v>225</v>
+        <v>270</v>
       </c>
       <c r="Q50" s="3" t="s">
-        <v>159</v>
+        <v>75</v>
       </c>
       <c r="R50" s="3" t="s">
-        <v>220</v>
+        <v>267</v>
       </c>
       <c r="S50" s="3" t="s">
-        <v>226</v>
+        <v>65</v>
       </c>
       <c r="T50" s="4">
         <v>0.01</v>
       </c>
       <c r="U50" s="2">
-        <v>46645</v>
+        <v>47392</v>
       </c>
       <c r="V50" s="4">
-        <v>4.5</v>
+        <v>7.25</v>
       </c>
       <c r="W50" s="3" t="s">
-        <v>227</v>
+        <v>271</v>
       </c>
       <c r="X50" s="4">
-        <v>3653.75</v>
+        <v>4531.25</v>
       </c>
       <c r="Y50" s="4">
-        <v>3653.75</v>
+        <v>4531.25</v>
       </c>
       <c r="Z50" s="6">
-        <v>3.15E-3</v>
+        <v>2.0600000000000002E-3</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
-        <v>228</v>
+        <v>272</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>229</v>
+        <v>273</v>
       </c>
       <c r="C51" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D51" s="4">
-        <v>75000</v>
+        <v>395000</v>
       </c>
       <c r="E51" s="5">
-        <v>98.571569999999994</v>
+        <v>96.230928000000006</v>
       </c>
       <c r="F51" s="4">
-        <v>75295.344166669995</v>
+        <v>387394.97810000001</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H51" s="3" t="s">
-        <v>31</v>
+        <v>125</v>
       </c>
       <c r="I51" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J51" s="5">
-        <v>98.571569999999994</v>
+        <v>96.230928000000006</v>
       </c>
       <c r="K51" s="5">
         <v>1</v>
       </c>
       <c r="L51" s="3" t="s">
-        <v>33</v>
+        <v>126</v>
       </c>
       <c r="M51" s="4">
-        <v>75295.344165999995</v>
+        <v>387394.97810000001</v>
       </c>
       <c r="N51" s="4">
-        <v>75295.344166669995</v>
+        <v>387394.97810000001</v>
       </c>
       <c r="O51" s="3" t="s">
-        <v>230</v>
+        <v>274</v>
       </c>
       <c r="P51" s="3" t="s">
-        <v>231</v>
+        <v>275</v>
       </c>
       <c r="Q51" s="3" t="s">
-        <v>192</v>
+        <v>64</v>
       </c>
       <c r="R51" s="3" t="s">
-        <v>228</v>
+        <v>272</v>
       </c>
       <c r="S51" s="3" t="s">
-        <v>65</v>
+        <v>129</v>
       </c>
       <c r="T51" s="4">
         <v>0.01</v>
       </c>
       <c r="U51" s="2">
-        <v>46919</v>
+        <v>47757</v>
       </c>
       <c r="V51" s="4">
-        <v>4</v>
+        <v>7.375</v>
       </c>
       <c r="W51" s="3" t="s">
-        <v>232</v>
+        <v>276</v>
       </c>
       <c r="X51" s="4">
-        <v>1366.66666667</v>
+        <v>7282.8125</v>
       </c>
       <c r="Y51" s="4">
-        <v>1366.6666660000001</v>
+        <v>7282.8125</v>
       </c>
       <c r="Z51" s="6">
-        <v>5.9599999999999996E-4</v>
+        <v>3.0590000000000001E-3</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
-        <v>233</v>
+        <v>277</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>234</v>
+        <v>278</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D52" s="4">
-        <v>225000</v>
+        <v>385000</v>
       </c>
       <c r="E52" s="5">
-        <v>106.5333</v>
+        <v>103.26810399999999</v>
       </c>
       <c r="F52" s="4">
-        <v>247899.92499999999</v>
+        <v>406244.70039999997</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H52" s="3" t="s">
-        <v>235</v>
+        <v>31</v>
       </c>
       <c r="I52" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J52" s="5">
-        <v>106.5333</v>
+        <v>103.26810399999999</v>
       </c>
       <c r="K52" s="5">
         <v>1</v>
       </c>
       <c r="L52" s="3" t="s">
-        <v>236</v>
+        <v>33</v>
       </c>
       <c r="M52" s="4">
-        <v>247899.92499999999</v>
+        <v>406244.70039999997</v>
       </c>
       <c r="N52" s="4">
-        <v>247899.92499999999</v>
+        <v>406244.70039999997</v>
       </c>
       <c r="O52" s="3" t="s">
-        <v>237</v>
+        <v>279</v>
       </c>
       <c r="P52" s="3" t="s">
-        <v>238</v>
+        <v>280</v>
       </c>
       <c r="Q52" s="3" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="R52" s="3" t="s">
-        <v>233</v>
+        <v>277</v>
       </c>
       <c r="S52" s="3" t="s">
-        <v>86</v>
+        <v>65</v>
       </c>
       <c r="T52" s="4">
         <v>0.01</v>
       </c>
       <c r="U52" s="2">
-        <v>47649</v>
+        <v>47362</v>
       </c>
       <c r="V52" s="4">
-        <v>8</v>
+        <v>6.75</v>
       </c>
       <c r="W52" s="3" t="s">
-        <v>239</v>
+        <v>281</v>
       </c>
       <c r="X52" s="4">
-        <v>8200</v>
+        <v>8662.5</v>
       </c>
       <c r="Y52" s="4">
-        <v>8200</v>
+        <v>8662.5</v>
       </c>
       <c r="Z52" s="6">
-        <v>1.964E-3</v>
+        <v>3.2070000000000002E-3</v>
       </c>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
-        <v>240</v>
+        <v>282</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>241</v>
+        <v>283</v>
       </c>
       <c r="C53" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D53" s="4">
-        <v>385000</v>
+        <v>430000</v>
       </c>
       <c r="E53" s="5">
-        <v>100.3883</v>
+        <v>107.97410000000001</v>
       </c>
       <c r="F53" s="4">
-        <v>388141.89944443997</v>
+        <v>475408.90777778003</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H53" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I53" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J53" s="5">
-        <v>100.3883</v>
+        <v>107.97410000000001</v>
       </c>
       <c r="K53" s="5">
         <v>1</v>
       </c>
       <c r="L53" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M53" s="4">
-        <v>388141.89944399998</v>
+        <v>475408.90777699999</v>
       </c>
       <c r="N53" s="4">
-        <v>388141.89944443997</v>
+        <v>475408.90777778003</v>
       </c>
       <c r="O53" s="3" t="s">
-        <v>242</v>
+        <v>284</v>
       </c>
       <c r="P53" s="3" t="s">
-        <v>243</v>
+        <v>285</v>
       </c>
       <c r="Q53" s="3" t="s">
-        <v>97</v>
+        <v>165</v>
       </c>
       <c r="R53" s="3" t="s">
-        <v>240</v>
+        <v>282</v>
       </c>
       <c r="S53" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T53" s="4">
         <v>0.01</v>
       </c>
       <c r="U53" s="2">
-        <v>46874</v>
+        <v>47223</v>
       </c>
       <c r="V53" s="4">
-        <v>5.5</v>
+        <v>12.25</v>
       </c>
       <c r="W53" s="3" t="s">
-        <v>244</v>
+        <v>286</v>
       </c>
       <c r="X53" s="4">
-        <v>1646.9444444400001</v>
+        <v>11120.27777778</v>
       </c>
       <c r="Y53" s="4">
-        <v>1646.944444</v>
+        <v>11120.277776999999</v>
       </c>
       <c r="Z53" s="6">
-        <v>3.0760000000000002E-3</v>
+        <v>3.754E-3</v>
       </c>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
-        <v>245</v>
+        <v>287</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>246</v>
+        <v>288</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D54" s="4">
-        <v>400000</v>
+        <v>300000</v>
       </c>
       <c r="E54" s="5">
-        <v>98.042249999999996</v>
+        <v>98</v>
       </c>
       <c r="F54" s="4">
-        <v>397413.44444444001</v>
+        <v>300961.45833333</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H54" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I54" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J54" s="5">
-        <v>98.042249999999996</v>
+        <v>98</v>
       </c>
       <c r="K54" s="5">
         <v>1</v>
       </c>
       <c r="L54" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M54" s="4">
-        <v>397413.44444400002</v>
+        <v>300961.45833300002</v>
       </c>
       <c r="N54" s="4">
-        <v>397413.44444444001</v>
+        <v>300961.45833333</v>
       </c>
       <c r="O54" s="3" t="s">
-        <v>247</v>
+        <v>289</v>
       </c>
       <c r="P54" s="3" t="s">
-        <v>248</v>
+        <v>290</v>
       </c>
       <c r="Q54" s="3" t="s">
-        <v>97</v>
+        <v>81</v>
       </c>
       <c r="R54" s="3" t="s">
-        <v>245</v>
+        <v>287</v>
       </c>
       <c r="S54" s="3" t="s">
-        <v>86</v>
+        <v>65</v>
       </c>
       <c r="T54" s="4">
         <v>0.01</v>
       </c>
       <c r="U54" s="2">
-        <v>46966</v>
+        <v>47136</v>
       </c>
       <c r="V54" s="4">
-        <v>4</v>
+        <v>5.125</v>
       </c>
       <c r="W54" s="3" t="s">
-        <v>249</v>
+        <v>291</v>
       </c>
       <c r="X54" s="4">
-        <v>5244.4444444399996</v>
+        <v>6961.4583333299997</v>
       </c>
       <c r="Y54" s="4">
-        <v>5244.4444439999997</v>
+        <v>6961.4583329999996</v>
       </c>
       <c r="Z54" s="6">
-        <v>3.15E-3</v>
+        <v>2.3760000000000001E-3</v>
       </c>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
-        <v>250</v>
+        <v>292</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>251</v>
+        <v>293</v>
       </c>
       <c r="C55" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D55" s="4">
-        <v>250000</v>
+        <v>490000</v>
       </c>
       <c r="E55" s="5">
-        <v>103.386009</v>
+        <v>97.130200000000002</v>
       </c>
       <c r="F55" s="4">
-        <v>261385.16138889</v>
+        <v>479000.48</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H55" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I55" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J55" s="5">
-        <v>103.386009</v>
+        <v>97.130200000000002</v>
       </c>
       <c r="K55" s="5">
         <v>1</v>
       </c>
       <c r="L55" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M55" s="4">
-        <v>261385.16138800001</v>
+        <v>479000.48</v>
       </c>
       <c r="N55" s="4">
-        <v>261385.16138889</v>
+        <v>479000.48</v>
       </c>
       <c r="O55" s="3" t="s">
-        <v>252</v>
+        <v>294</v>
       </c>
       <c r="P55" s="3" t="s">
-        <v>253</v>
+        <v>295</v>
       </c>
       <c r="Q55" s="3" t="s">
-        <v>85</v>
+        <v>75</v>
       </c>
       <c r="R55" s="3" t="s">
-        <v>250</v>
+        <v>292</v>
       </c>
       <c r="S55" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T55" s="4">
         <v>0.01</v>
       </c>
       <c r="U55" s="2">
-        <v>47392</v>
+        <v>47239</v>
       </c>
       <c r="V55" s="4">
-        <v>7.25</v>
+        <v>3.75</v>
       </c>
       <c r="W55" s="3" t="s">
-        <v>254</v>
+        <v>296</v>
       </c>
       <c r="X55" s="4">
-        <v>2920.1388888900001</v>
+        <v>3062.5</v>
       </c>
       <c r="Y55" s="4">
-        <v>2920.138888</v>
+        <v>3062.5</v>
       </c>
       <c r="Z55" s="6">
-        <v>2.0709999999999999E-3</v>
+        <v>3.7820000000000002E-3</v>
       </c>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
-        <v>255</v>
+        <v>297</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>256</v>
+        <v>298</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D56" s="4">
-        <v>395000</v>
+        <v>400000</v>
       </c>
       <c r="E56" s="5">
-        <v>96.78389</v>
+        <v>97.176130000000001</v>
       </c>
       <c r="F56" s="4">
-        <v>386989.73355556</v>
+        <v>395579.52</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H56" s="3" t="s">
-        <v>130</v>
+        <v>31</v>
       </c>
       <c r="I56" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J56" s="5">
-        <v>96.78389</v>
+        <v>97.176130000000001</v>
       </c>
       <c r="K56" s="5">
         <v>1</v>
       </c>
       <c r="L56" s="3" t="s">
-        <v>131</v>
+        <v>33</v>
       </c>
       <c r="M56" s="4">
-        <v>386989.73355499998</v>
+        <v>395579.52</v>
       </c>
       <c r="N56" s="4">
-        <v>386989.73355556</v>
+        <v>395579.52</v>
       </c>
       <c r="O56" s="3" t="s">
-        <v>257</v>
+        <v>299</v>
       </c>
       <c r="P56" s="3" t="s">
-        <v>258</v>
+        <v>300</v>
       </c>
       <c r="Q56" s="3" t="s">
-        <v>64</v>
+        <v>105</v>
       </c>
       <c r="R56" s="3" t="s">
-        <v>255</v>
+        <v>297</v>
       </c>
       <c r="S56" s="3" t="s">
-        <v>86</v>
+        <v>65</v>
       </c>
       <c r="T56" s="4">
         <v>0.01</v>
       </c>
       <c r="U56" s="2">
-        <v>47757</v>
+        <v>47150</v>
       </c>
       <c r="V56" s="4">
-        <v>7.375</v>
+        <v>4.125</v>
       </c>
       <c r="W56" s="3" t="s">
-        <v>259</v>
+        <v>301</v>
       </c>
       <c r="X56" s="4">
-        <v>4693.3680555600004</v>
+        <v>6875</v>
       </c>
       <c r="Y56" s="4">
-        <v>4693.3680549999999</v>
+        <v>6875</v>
       </c>
       <c r="Z56" s="6">
-        <v>3.0669999999999998E-3</v>
+        <v>3.1229999999999999E-3</v>
       </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
-        <v>260</v>
+        <v>302</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>261</v>
+        <v>303</v>
       </c>
       <c r="C57" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D57" s="4">
-        <v>385000</v>
+        <v>490000</v>
       </c>
       <c r="E57" s="5">
-        <v>103.229423</v>
+        <v>97.371420000000001</v>
       </c>
       <c r="F57" s="4">
-        <v>403785.77854999999</v>
+        <v>480284.54133332998</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H57" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I57" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J57" s="5">
-        <v>103.229423</v>
+        <v>97.371420000000001</v>
       </c>
       <c r="K57" s="5">
         <v>1</v>
       </c>
       <c r="L57" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M57" s="4">
-        <v>403785.77854999999</v>
+        <v>480284.541333</v>
       </c>
       <c r="N57" s="4">
-        <v>403785.77854999999</v>
+        <v>480284.54133332998</v>
       </c>
       <c r="O57" s="3" t="s">
-        <v>262</v>
+        <v>304</v>
       </c>
       <c r="P57" s="3" t="s">
-        <v>263</v>
+        <v>305</v>
       </c>
       <c r="Q57" s="3" t="s">
-        <v>103</v>
+        <v>116</v>
       </c>
       <c r="R57" s="3" t="s">
-        <v>260</v>
+        <v>302</v>
       </c>
       <c r="S57" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T57" s="4">
         <v>0.01</v>
       </c>
       <c r="U57" s="2">
-        <v>47362</v>
+        <v>47058</v>
       </c>
       <c r="V57" s="4">
-        <v>6.75</v>
+        <v>3.875</v>
       </c>
       <c r="W57" s="3" t="s">
-        <v>264</v>
+        <v>306</v>
       </c>
       <c r="X57" s="4">
-        <v>6352.5</v>
+        <v>3164.5833333300002</v>
       </c>
       <c r="Y57" s="4">
-        <v>6352.5</v>
+        <v>3164.583333</v>
       </c>
       <c r="Z57" s="6">
-        <v>3.2000000000000002E-3</v>
+        <v>3.7919999999999998E-3</v>
       </c>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
-        <v>265</v>
+        <v>307</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>266</v>
+        <v>308</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D58" s="4">
-        <v>400000</v>
+        <v>350000</v>
       </c>
       <c r="E58" s="5">
-        <v>97.021209999999996</v>
+        <v>95.325738999999999</v>
       </c>
       <c r="F58" s="4">
-        <v>389251.50666666997</v>
+        <v>339590.08649999998</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H58" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I58" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J58" s="5">
-        <v>97.021209999999996</v>
+        <v>95.325738999999999</v>
       </c>
       <c r="K58" s="5">
         <v>1</v>
       </c>
       <c r="L58" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M58" s="4">
-        <v>389251.506666</v>
+        <v>339590.08649999998</v>
       </c>
       <c r="N58" s="4">
-        <v>389251.50666666997</v>
+        <v>339590.08649999998</v>
       </c>
       <c r="O58" s="3" t="s">
-        <v>267</v>
+        <v>309</v>
       </c>
       <c r="P58" s="3" t="s">
-        <v>268</v>
+        <v>310</v>
       </c>
       <c r="Q58" s="3" t="s">
-        <v>85</v>
+        <v>105</v>
       </c>
       <c r="R58" s="3" t="s">
-        <v>265</v>
+        <v>307</v>
       </c>
       <c r="S58" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T58" s="4">
         <v>0.01</v>
       </c>
       <c r="U58" s="2">
-        <v>47239</v>
+        <v>47894</v>
       </c>
       <c r="V58" s="4">
-        <v>3.75</v>
+        <v>4.5</v>
       </c>
       <c r="W58" s="3" t="s">
-        <v>269</v>
+        <v>311</v>
       </c>
       <c r="X58" s="4">
-        <v>1166.66666667</v>
+        <v>5950</v>
       </c>
       <c r="Y58" s="4">
-        <v>1166.6666660000001</v>
+        <v>5950</v>
       </c>
       <c r="Z58" s="6">
-        <v>3.0850000000000001E-3</v>
+        <v>2.6809999999999998E-3</v>
       </c>
     </row>
     <row r="59" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A59" s="3" t="s">
-        <v>270</v>
+        <v>312</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>271</v>
+        <v>313</v>
       </c>
       <c r="C59" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D59" s="4">
-        <v>400000</v>
+        <v>475000</v>
       </c>
       <c r="E59" s="5">
-        <v>97.07647</v>
+        <v>98.631174000000001</v>
       </c>
       <c r="F59" s="4">
-        <v>393714.21333333</v>
+        <v>478080.54177777999</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H59" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I59" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J59" s="5">
-        <v>97.07647</v>
+        <v>98.631174000000001</v>
       </c>
       <c r="K59" s="5">
         <v>1</v>
       </c>
       <c r="L59" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M59" s="4">
-        <v>393714.21333300002</v>
+        <v>478080.54177700001</v>
       </c>
       <c r="N59" s="4">
-        <v>393714.21333333</v>
+        <v>478080.54177777999</v>
       </c>
       <c r="O59" s="3" t="s">
-        <v>272</v>
+        <v>314</v>
       </c>
       <c r="P59" s="3" t="s">
-        <v>273</v>
+        <v>315</v>
       </c>
       <c r="Q59" s="3" t="s">
-        <v>116</v>
+        <v>165</v>
       </c>
       <c r="R59" s="3" t="s">
-        <v>270</v>
+        <v>312</v>
       </c>
       <c r="S59" s="3" t="s">
-        <v>65</v>
+        <v>129</v>
       </c>
       <c r="T59" s="4">
         <v>0.01</v>
       </c>
       <c r="U59" s="2">
-        <v>47150</v>
+        <v>47133</v>
       </c>
       <c r="V59" s="4">
-        <v>4.125</v>
+        <v>4.375</v>
       </c>
       <c r="W59" s="3" t="s">
-        <v>274</v>
+        <v>316</v>
       </c>
       <c r="X59" s="4">
-        <v>5408.3333333299997</v>
+        <v>9582.4652777800002</v>
       </c>
       <c r="Y59" s="4">
-        <v>5408.3333329999996</v>
+        <v>9582.4652769999993</v>
       </c>
       <c r="Z59" s="6">
-        <v>3.1199999999999999E-3</v>
+        <v>3.7750000000000001E-3</v>
       </c>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A60" s="3" t="s">
-        <v>275</v>
+        <v>317</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>276</v>
+        <v>318</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D60" s="4">
-        <v>400000</v>
+        <v>370000</v>
       </c>
       <c r="E60" s="5">
-        <v>96.927409999999995</v>
+        <v>102.883567</v>
       </c>
       <c r="F60" s="4">
-        <v>388915.19555556</v>
+        <v>390754.26734443998</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H60" s="3" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="I60" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J60" s="5">
-        <v>96.927409999999995</v>
+        <v>102.883567</v>
       </c>
       <c r="K60" s="5">
         <v>1</v>
       </c>
       <c r="L60" s="3" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="M60" s="4">
-        <v>388915.19555499998</v>
+        <v>390754.26734399999</v>
       </c>
       <c r="N60" s="4">
-        <v>388915.19555556</v>
+        <v>390754.26734443998</v>
       </c>
       <c r="O60" s="3" t="s">
-        <v>277</v>
+        <v>319</v>
       </c>
       <c r="P60" s="3" t="s">
-        <v>278</v>
+        <v>320</v>
       </c>
       <c r="Q60" s="3" t="s">
-        <v>159</v>
+        <v>197</v>
       </c>
       <c r="R60" s="3" t="s">
-        <v>275</v>
+        <v>317</v>
       </c>
       <c r="S60" s="3" t="s">
-        <v>65</v>
+        <v>321</v>
       </c>
       <c r="T60" s="4">
         <v>0.01</v>
       </c>
       <c r="U60" s="2">
-        <v>47058</v>
+        <v>47688</v>
       </c>
       <c r="V60" s="4">
-        <v>3.875</v>
+        <v>6.25</v>
       </c>
       <c r="W60" s="3" t="s">
-        <v>279</v>
+        <v>322</v>
       </c>
       <c r="X60" s="4">
-        <v>1205.5555555599999</v>
+        <v>10085.06944444</v>
       </c>
       <c r="Y60" s="4">
-        <v>1205.5555549999999</v>
+        <v>10085.069444000001</v>
       </c>
       <c r="Z60" s="6">
-        <v>3.0820000000000001E-3</v>
+        <v>3.0850000000000001E-3</v>
       </c>
     </row>
     <row r="61" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
-        <v>280</v>
+        <v>323</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>281</v>
+        <v>324</v>
       </c>
       <c r="C61" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D61" s="4">
-        <v>350000</v>
+        <v>340000</v>
       </c>
       <c r="E61" s="5">
-        <v>95.644649999999999</v>
+        <v>110.1262</v>
       </c>
       <c r="F61" s="4">
-        <v>339306.27500000002</v>
+        <v>377262.41333333001</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H61" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I61" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J61" s="5">
-        <v>95.644649999999999</v>
+        <v>110.1262</v>
       </c>
       <c r="K61" s="5">
         <v>1</v>
       </c>
       <c r="L61" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M61" s="4">
-        <v>339306.27500000002</v>
+        <v>377262.41333299997</v>
       </c>
       <c r="N61" s="4">
-        <v>339306.27500000002</v>
+        <v>377262.41333333001</v>
       </c>
       <c r="O61" s="3" t="s">
-        <v>282</v>
+        <v>325</v>
       </c>
       <c r="P61" s="3" t="s">
-        <v>283</v>
+        <v>326</v>
       </c>
       <c r="Q61" s="3" t="s">
-        <v>116</v>
+        <v>75</v>
       </c>
       <c r="R61" s="3" t="s">
-        <v>280</v>
+        <v>323</v>
       </c>
       <c r="S61" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T61" s="4">
         <v>0.01</v>
       </c>
       <c r="U61" s="2">
-        <v>47894</v>
+        <v>47635</v>
       </c>
       <c r="V61" s="4">
-        <v>4.5</v>
+        <v>10</v>
       </c>
       <c r="W61" s="3" t="s">
-        <v>284</v>
+        <v>327</v>
       </c>
       <c r="X61" s="4">
-        <v>4550</v>
+        <v>2833.3333333300002</v>
       </c>
       <c r="Y61" s="4">
-        <v>4550</v>
+        <v>2833.333333</v>
       </c>
       <c r="Z61" s="6">
-        <v>2.689E-3</v>
+        <v>2.9789999999999999E-3</v>
       </c>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A62" s="3" t="s">
-        <v>285</v>
+        <v>328</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>286</v>
+        <v>329</v>
       </c>
       <c r="C62" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D62" s="4">
-        <v>275000</v>
+        <v>465000</v>
       </c>
       <c r="E62" s="5">
-        <v>98.719482999999997</v>
+        <v>98.159630000000007</v>
       </c>
       <c r="F62" s="4">
-        <v>275956.87686110998</v>
+        <v>464482.9045</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H62" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I62" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J62" s="5">
-        <v>98.719482999999997</v>
+        <v>98.159630000000007</v>
       </c>
       <c r="K62" s="5">
         <v>1</v>
       </c>
       <c r="L62" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M62" s="4">
-        <v>275956.87686100003</v>
+        <v>464482.9045</v>
       </c>
       <c r="N62" s="4">
-        <v>275956.87686110998</v>
+        <v>464482.9045</v>
       </c>
       <c r="O62" s="3" t="s">
-        <v>287</v>
+        <v>330</v>
       </c>
       <c r="P62" s="3" t="s">
-        <v>288</v>
+        <v>331</v>
       </c>
       <c r="Q62" s="3" t="s">
-        <v>165</v>
+        <v>213</v>
       </c>
       <c r="R62" s="3" t="s">
-        <v>285</v>
+        <v>328</v>
       </c>
       <c r="S62" s="3" t="s">
-        <v>86</v>
+        <v>65</v>
       </c>
       <c r="T62" s="4">
         <v>0.01</v>
       </c>
       <c r="U62" s="2">
-        <v>47133</v>
+        <v>46798</v>
       </c>
       <c r="V62" s="4">
-        <v>4.375</v>
+        <v>3.75</v>
       </c>
       <c r="W62" s="3" t="s">
-        <v>289</v>
+        <v>332</v>
       </c>
       <c r="X62" s="4">
-        <v>4478.2986111099999</v>
+        <v>8040.625</v>
       </c>
       <c r="Y62" s="4">
-        <v>4478.2986110000002</v>
+        <v>8040.625</v>
       </c>
       <c r="Z62" s="6">
-        <v>2.1870000000000001E-3</v>
+        <v>3.6670000000000001E-3</v>
       </c>
     </row>
     <row r="63" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A63" s="3" t="s">
-        <v>290</v>
+        <v>333</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>291</v>
+        <v>334</v>
       </c>
       <c r="C63" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D63" s="4">
-        <v>370000</v>
+        <v>440000</v>
       </c>
       <c r="E63" s="5">
-        <v>102.9011</v>
+        <v>105.9957</v>
       </c>
       <c r="F63" s="4">
-        <v>388763.58388888999</v>
+        <v>480082.19111110998</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H63" s="3" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="I63" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J63" s="5">
-        <v>102.9011</v>
+        <v>105.9957</v>
       </c>
       <c r="K63" s="5">
         <v>1</v>
       </c>
       <c r="L63" s="3" t="s">
-        <v>48</v>
+        <v>33</v>
       </c>
       <c r="M63" s="4">
-        <v>388763.58388799999</v>
+        <v>480082.19111100002</v>
       </c>
       <c r="N63" s="4">
-        <v>388763.58388888999</v>
+        <v>480082.19111110998</v>
       </c>
       <c r="O63" s="3" t="s">
-        <v>292</v>
+        <v>335</v>
       </c>
       <c r="P63" s="3" t="s">
-        <v>293</v>
+        <v>336</v>
       </c>
       <c r="Q63" s="3" t="s">
-        <v>192</v>
+        <v>75</v>
       </c>
       <c r="R63" s="3" t="s">
-        <v>290</v>
+        <v>333</v>
       </c>
       <c r="S63" s="3" t="s">
-        <v>294</v>
+        <v>65</v>
       </c>
       <c r="T63" s="4">
         <v>0.01</v>
       </c>
       <c r="U63" s="2">
-        <v>47688</v>
+        <v>48792</v>
       </c>
       <c r="V63" s="4">
-        <v>6.25</v>
+        <v>7.375</v>
       </c>
       <c r="W63" s="3" t="s">
-        <v>295</v>
+        <v>337</v>
       </c>
       <c r="X63" s="4">
-        <v>8029.5138888900001</v>
+        <v>13701.11111111</v>
       </c>
       <c r="Y63" s="4">
-        <v>8029.5138880000004</v>
+        <v>13701.111111</v>
       </c>
       <c r="Z63" s="6">
-        <v>3.081E-3</v>
+        <v>3.79E-3</v>
       </c>
     </row>
     <row r="64" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A64" s="3" t="s">
-        <v>296</v>
+        <v>338</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>297</v>
+        <v>339</v>
       </c>
       <c r="C64" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D64" s="4">
-        <v>340000</v>
+        <v>375000</v>
       </c>
       <c r="E64" s="5">
-        <v>109.4157</v>
+        <v>91.759129999999999</v>
       </c>
       <c r="F64" s="4">
-        <v>388918.93555555999</v>
+        <v>347495.17499999999</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H64" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I64" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J64" s="5">
-        <v>109.4157</v>
+        <v>91.759129999999999</v>
       </c>
       <c r="K64" s="5">
         <v>1</v>
       </c>
       <c r="L64" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M64" s="4">
-        <v>388918.93555499997</v>
+        <v>347495.17499999999</v>
       </c>
       <c r="N64" s="4">
-        <v>388918.93555555999</v>
+        <v>347495.17499999999</v>
       </c>
       <c r="O64" s="3" t="s">
-        <v>298</v>
+        <v>340</v>
       </c>
       <c r="P64" s="3" t="s">
-        <v>299</v>
+        <v>341</v>
       </c>
       <c r="Q64" s="3" t="s">
-        <v>85</v>
+        <v>197</v>
       </c>
       <c r="R64" s="3" t="s">
-        <v>296</v>
+        <v>338</v>
       </c>
       <c r="S64" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T64" s="4">
         <v>0.01</v>
       </c>
       <c r="U64" s="2">
-        <v>47635</v>
+        <v>48122</v>
       </c>
       <c r="V64" s="4">
-        <v>10</v>
+        <v>3.625</v>
       </c>
       <c r="W64" s="3" t="s">
-        <v>300</v>
+        <v>342</v>
       </c>
       <c r="X64" s="4">
-        <v>16905.55555556</v>
+        <v>3398.4375</v>
       </c>
       <c r="Y64" s="4">
-        <v>16905.555554999999</v>
+        <v>3398.4375</v>
       </c>
       <c r="Z64" s="6">
-        <v>3.0820000000000001E-3</v>
+        <v>2.7430000000000002E-3</v>
       </c>
     </row>
     <row r="65" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A65" s="3" t="s">
-        <v>301</v>
+        <v>343</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>302</v>
+        <v>344</v>
       </c>
       <c r="C65" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D65" s="4">
-        <v>360000</v>
+        <v>200000</v>
       </c>
       <c r="E65" s="5">
-        <v>105.21769999999999</v>
+        <v>98.980635000000007</v>
       </c>
       <c r="F65" s="4">
-        <v>387633.72</v>
+        <v>198767.52</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H65" s="3" t="s">
-        <v>31</v>
+        <v>345</v>
       </c>
       <c r="I65" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J65" s="5">
-        <v>105.21769999999999</v>
+        <v>98.980635000000007</v>
       </c>
       <c r="K65" s="5">
         <v>1</v>
       </c>
       <c r="L65" s="3" t="s">
-        <v>33</v>
+        <v>346</v>
       </c>
       <c r="M65" s="4">
-        <v>387633.72</v>
+        <v>198767.52</v>
       </c>
       <c r="N65" s="4">
-        <v>387633.72</v>
+        <v>198767.52</v>
       </c>
       <c r="O65" s="3" t="s">
-        <v>303</v>
+        <v>347</v>
       </c>
       <c r="P65" s="3" t="s">
-        <v>304</v>
+        <v>348</v>
       </c>
       <c r="Q65" s="3" t="s">
-        <v>85</v>
+        <v>75</v>
       </c>
       <c r="R65" s="3" t="s">
-        <v>301</v>
+        <v>343</v>
       </c>
       <c r="S65" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T65" s="4">
         <v>0.01</v>
       </c>
       <c r="U65" s="2">
-        <v>48792</v>
+        <v>47456</v>
       </c>
       <c r="V65" s="4">
-        <v>7.375</v>
+        <v>5.375</v>
       </c>
       <c r="W65" s="3" t="s">
-        <v>305</v>
+        <v>349</v>
       </c>
       <c r="X65" s="4">
-        <v>8850</v>
+        <v>806.25</v>
       </c>
       <c r="Y65" s="4">
-        <v>8850</v>
+        <v>806.25</v>
       </c>
       <c r="Z65" s="6">
-        <v>3.0720000000000001E-3</v>
+        <v>1.5690000000000001E-3</v>
       </c>
     </row>
     <row r="66" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A66" s="3" t="s">
-        <v>306</v>
+        <v>350</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>307</v>
+        <v>351</v>
       </c>
       <c r="C66" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D66" s="4">
-        <v>375000</v>
+        <v>450000</v>
       </c>
       <c r="E66" s="5">
-        <v>91.515140000000002</v>
+        <v>104.28041899999999</v>
       </c>
       <c r="F66" s="4">
-        <v>345371.87916667003</v>
+        <v>477136.88549999997</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H66" s="3" t="s">
-        <v>31</v>
+        <v>232</v>
       </c>
       <c r="I66" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J66" s="5">
-        <v>91.515140000000002</v>
+        <v>104.28041899999999</v>
       </c>
       <c r="K66" s="5">
         <v>1</v>
       </c>
       <c r="L66" s="3" t="s">
-        <v>33</v>
+        <v>233</v>
       </c>
       <c r="M66" s="4">
-        <v>345371.879166</v>
+        <v>477136.88549999997</v>
       </c>
       <c r="N66" s="4">
-        <v>345371.87916667003</v>
+        <v>477136.88549999997</v>
       </c>
       <c r="O66" s="3" t="s">
-        <v>308</v>
+        <v>352</v>
       </c>
       <c r="P66" s="3" t="s">
-        <v>309</v>
+        <v>353</v>
       </c>
       <c r="Q66" s="3" t="s">
-        <v>192</v>
+        <v>116</v>
       </c>
       <c r="R66" s="3" t="s">
-        <v>306</v>
+        <v>350</v>
       </c>
       <c r="S66" s="3" t="s">
-        <v>65</v>
+        <v>236</v>
       </c>
       <c r="T66" s="4">
         <v>0.01</v>
       </c>
       <c r="U66" s="2">
-        <v>48122</v>
+        <v>47939</v>
       </c>
       <c r="V66" s="4">
-        <v>3.625</v>
+        <v>7</v>
       </c>
       <c r="W66" s="3" t="s">
-        <v>310</v>
+        <v>354</v>
       </c>
       <c r="X66" s="4">
-        <v>2190.1041666699998</v>
+        <v>7875</v>
       </c>
       <c r="Y66" s="4">
-        <v>2190.1041660000001</v>
+        <v>7875</v>
       </c>
       <c r="Z66" s="6">
-        <v>2.7369999999999998E-3</v>
+        <v>3.7669999999999999E-3</v>
       </c>
     </row>
     <row r="67" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A67" s="3" t="s">
-        <v>311</v>
+        <v>355</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>312</v>
+        <v>356</v>
       </c>
       <c r="C67" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D67" s="4">
-        <v>200000</v>
+        <v>480000</v>
       </c>
       <c r="E67" s="5">
-        <v>96.548839999999998</v>
+        <v>99.041480000000007</v>
       </c>
       <c r="F67" s="4">
-        <v>198323.37444444001</v>
+        <v>476305.77066667</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H67" s="3" t="s">
-        <v>313</v>
+        <v>31</v>
       </c>
       <c r="I67" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J67" s="5">
-        <v>96.548839999999998</v>
+        <v>99.041480000000007</v>
       </c>
       <c r="K67" s="5">
         <v>1</v>
       </c>
       <c r="L67" s="3" t="s">
-        <v>314</v>
+        <v>33</v>
       </c>
       <c r="M67" s="4">
-        <v>198323.37444399999</v>
+        <v>476305.77066600003</v>
       </c>
       <c r="N67" s="4">
-        <v>198323.37444444001</v>
+        <v>476305.77066667</v>
       </c>
       <c r="O67" s="3" t="s">
-        <v>315</v>
+        <v>357</v>
       </c>
       <c r="P67" s="3" t="s">
-        <v>316</v>
+        <v>358</v>
       </c>
       <c r="Q67" s="3" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="R67" s="3" t="s">
-        <v>311</v>
+        <v>355</v>
       </c>
       <c r="S67" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T67" s="4">
         <v>0.01</v>
       </c>
       <c r="U67" s="2">
-        <v>47456</v>
+        <v>46736</v>
       </c>
       <c r="V67" s="4">
-        <v>5.375</v>
+        <v>4.25</v>
       </c>
       <c r="W67" s="3" t="s">
-        <v>317</v>
+        <v>359</v>
       </c>
       <c r="X67" s="4">
-        <v>5225.6944444399996</v>
+        <v>906.66666667000004</v>
       </c>
       <c r="Y67" s="4">
-        <v>5225.6944439999997</v>
+        <v>906.66666599999996</v>
       </c>
       <c r="Z67" s="6">
-        <v>1.572E-3</v>
+        <v>3.761E-3</v>
       </c>
     </row>
     <row r="68" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A68" s="3" t="s">
-        <v>318</v>
+        <v>360</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>319</v>
+        <v>361</v>
       </c>
       <c r="C68" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D68" s="4">
-        <v>365000</v>
+        <v>300000</v>
       </c>
       <c r="E68" s="5">
-        <v>102.2295</v>
+        <v>97.245159999999998</v>
       </c>
       <c r="F68" s="4">
-        <v>375408.78611111001</v>
+        <v>292268.81333332998</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H68" s="3" t="s">
-        <v>222</v>
+        <v>31</v>
       </c>
       <c r="I68" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J68" s="5">
-        <v>102.2295</v>
+        <v>97.245159999999998</v>
       </c>
       <c r="K68" s="5">
         <v>1</v>
       </c>
       <c r="L68" s="3" t="s">
-        <v>223</v>
+        <v>33</v>
       </c>
       <c r="M68" s="4">
-        <v>375408.78611099999</v>
+        <v>292268.813333</v>
       </c>
       <c r="N68" s="4">
-        <v>375408.78611111001</v>
+        <v>292268.81333332998</v>
       </c>
       <c r="O68" s="3" t="s">
-        <v>320</v>
+        <v>362</v>
       </c>
       <c r="P68" s="3" t="s">
-        <v>321</v>
+        <v>363</v>
       </c>
       <c r="Q68" s="3" t="s">
-        <v>159</v>
+        <v>81</v>
       </c>
       <c r="R68" s="3" t="s">
-        <v>318</v>
+        <v>360</v>
       </c>
       <c r="S68" s="3" t="s">
-        <v>226</v>
+        <v>65</v>
       </c>
       <c r="T68" s="4">
         <v>0.01</v>
       </c>
       <c r="U68" s="2">
-        <v>46692</v>
+        <v>47284</v>
       </c>
       <c r="V68" s="4">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="W68" s="3" t="s">
-        <v>322</v>
+        <v>364</v>
       </c>
       <c r="X68" s="4">
-        <v>2271.1111111099999</v>
+        <v>533.33333332999996</v>
       </c>
       <c r="Y68" s="4">
-        <v>2271.1111110000002</v>
+        <v>533.33333300000004</v>
       </c>
       <c r="Z68" s="6">
-        <v>2.9750000000000002E-3</v>
+        <v>2.307E-3</v>
       </c>
     </row>
     <row r="69" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A69" s="3" t="s">
-        <v>323</v>
+        <v>365</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>324</v>
+        <v>366</v>
       </c>
       <c r="C69" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D69" s="4">
-        <v>395000</v>
+        <v>475000</v>
       </c>
       <c r="E69" s="5">
-        <v>99.427210000000002</v>
+        <v>99.897785999999996</v>
       </c>
       <c r="F69" s="4">
-        <v>400385.11838889</v>
+        <v>481639.48349999997</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H69" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I69" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J69" s="5">
-        <v>99.427210000000002</v>
+        <v>99.897785999999996</v>
       </c>
       <c r="K69" s="5">
         <v>1</v>
       </c>
       <c r="L69" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M69" s="4">
-        <v>400385.118388</v>
+        <v>481639.48349999997</v>
       </c>
       <c r="N69" s="4">
-        <v>400385.11838889</v>
+        <v>481639.48349999997</v>
       </c>
       <c r="O69" s="3" t="s">
-        <v>325</v>
+        <v>367</v>
       </c>
       <c r="P69" s="3" t="s">
-        <v>326</v>
+        <v>368</v>
       </c>
       <c r="Q69" s="3" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="R69" s="3" t="s">
-        <v>323</v>
+        <v>365</v>
       </c>
       <c r="S69" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T69" s="4">
         <v>0.01</v>
       </c>
       <c r="U69" s="2">
-        <v>46736</v>
+        <v>48488</v>
       </c>
       <c r="V69" s="4">
-        <v>4.25</v>
+        <v>6</v>
       </c>
       <c r="W69" s="3" t="s">
-        <v>327</v>
+        <v>369</v>
       </c>
       <c r="X69" s="4">
-        <v>7647.6388888900001</v>
+        <v>7125</v>
       </c>
       <c r="Y69" s="4">
-        <v>7647.6388880000004</v>
+        <v>7125</v>
       </c>
       <c r="Z69" s="6">
-        <v>3.173E-3</v>
+        <v>3.803E-3</v>
       </c>
     </row>
     <row r="70" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A70" s="3" t="s">
-        <v>328</v>
+        <v>370</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>329</v>
+        <v>371</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D70" s="4">
-        <v>300000</v>
+        <v>500000</v>
       </c>
       <c r="E70" s="5">
-        <v>97.125590000000003</v>
+        <v>93.448257999999996</v>
       </c>
       <c r="F70" s="4">
-        <v>296843.43666667002</v>
+        <v>474088.51222222002</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H70" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I70" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J70" s="5">
-        <v>97.125590000000003</v>
+        <v>93.448257999999996</v>
       </c>
       <c r="K70" s="5">
         <v>1</v>
       </c>
       <c r="L70" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M70" s="4">
-        <v>296843.43666599999</v>
+        <v>474088.51222199999</v>
       </c>
       <c r="N70" s="4">
-        <v>296843.43666667002</v>
+        <v>474088.51222222002</v>
       </c>
       <c r="O70" s="3" t="s">
-        <v>330</v>
+        <v>372</v>
       </c>
       <c r="P70" s="3" t="s">
-        <v>331</v>
+        <v>373</v>
       </c>
       <c r="Q70" s="3" t="s">
-        <v>97</v>
+        <v>171</v>
       </c>
       <c r="R70" s="3" t="s">
-        <v>328</v>
+        <v>370</v>
       </c>
       <c r="S70" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T70" s="4">
         <v>0.01</v>
       </c>
       <c r="U70" s="2">
-        <v>47284</v>
+        <v>47894</v>
       </c>
       <c r="V70" s="4">
-        <v>4</v>
+        <v>3.625</v>
       </c>
       <c r="W70" s="3" t="s">
-        <v>332</v>
+        <v>374</v>
       </c>
       <c r="X70" s="4">
-        <v>5466.6666666700003</v>
+        <v>6847.2222222199998</v>
       </c>
       <c r="Y70" s="4">
-        <v>5466.6666660000001</v>
+        <v>6847.2222220000003</v>
       </c>
       <c r="Z70" s="6">
-        <v>2.3519999999999999E-3</v>
+        <v>3.7429999999999998E-3</v>
       </c>
     </row>
     <row r="71" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A71" s="3" t="s">
-        <v>333</v>
+        <v>375</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>334</v>
+        <v>376</v>
       </c>
       <c r="C71" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D71" s="4">
-        <v>415000</v>
+        <v>435000</v>
       </c>
       <c r="E71" s="5">
-        <v>93.584909999999994</v>
+        <v>106.262235</v>
       </c>
       <c r="F71" s="4">
-        <v>392723.34872221999</v>
+        <v>478341.76391667</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H71" s="3" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="I71" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J71" s="5">
-        <v>93.584909999999994</v>
+        <v>106.262235</v>
       </c>
       <c r="K71" s="5">
         <v>1</v>
       </c>
       <c r="L71" s="3" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="M71" s="4">
-        <v>392723.34872200002</v>
+        <v>478341.76391600003</v>
       </c>
       <c r="N71" s="4">
-        <v>392723.34872221999</v>
+        <v>478341.76391667</v>
       </c>
       <c r="O71" s="3" t="s">
-        <v>335</v>
+        <v>377</v>
       </c>
       <c r="P71" s="3" t="s">
-        <v>336</v>
+        <v>378</v>
       </c>
       <c r="Q71" s="3" t="s">
-        <v>171</v>
+        <v>75</v>
       </c>
       <c r="R71" s="3" t="s">
-        <v>333</v>
+        <v>375</v>
       </c>
       <c r="S71" s="3" t="s">
-        <v>65</v>
+        <v>321</v>
       </c>
       <c r="T71" s="4">
         <v>0.01</v>
       </c>
       <c r="U71" s="2">
-        <v>47894</v>
+        <v>49507</v>
       </c>
       <c r="V71" s="4">
-        <v>3.625</v>
+        <v>8.125</v>
       </c>
       <c r="W71" s="3" t="s">
-        <v>337</v>
+        <v>379</v>
       </c>
       <c r="X71" s="4">
-        <v>4345.9722222199998</v>
+        <v>16101.04166667</v>
       </c>
       <c r="Y71" s="4">
-        <v>4345.9722220000003</v>
+        <v>16101.041665999999</v>
       </c>
       <c r="Z71" s="6">
-        <v>3.1120000000000002E-3</v>
+        <v>3.777E-3</v>
       </c>
     </row>
     <row r="72" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A72" s="3" t="s">
-        <v>338</v>
+        <v>380</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>339</v>
+        <v>381</v>
       </c>
       <c r="C72" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D72" s="4">
-        <v>225000</v>
+        <v>465000</v>
       </c>
       <c r="E72" s="5">
-        <v>105.6994</v>
+        <v>100.8651</v>
       </c>
       <c r="F72" s="4">
-        <v>244526.77499999999</v>
+        <v>477754.38166666997</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H72" s="3" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="I72" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J72" s="5">
-        <v>105.6994</v>
+        <v>100.8651</v>
       </c>
       <c r="K72" s="5">
         <v>1</v>
       </c>
       <c r="L72" s="3" t="s">
-        <v>48</v>
+        <v>33</v>
       </c>
       <c r="M72" s="4">
-        <v>244526.77499999999</v>
+        <v>477754.381666</v>
       </c>
       <c r="N72" s="4">
-        <v>244526.77499999999</v>
+        <v>477754.38166666997</v>
       </c>
       <c r="O72" s="3" t="s">
-        <v>340</v>
+        <v>382</v>
       </c>
       <c r="P72" s="3" t="s">
-        <v>341</v>
+        <v>383</v>
       </c>
       <c r="Q72" s="3" t="s">
-        <v>85</v>
+        <v>64</v>
       </c>
       <c r="R72" s="3" t="s">
-        <v>338</v>
+        <v>380</v>
       </c>
       <c r="S72" s="3" t="s">
-        <v>294</v>
+        <v>65</v>
       </c>
       <c r="T72" s="4">
         <v>0.01</v>
       </c>
       <c r="U72" s="2">
-        <v>49507</v>
+        <v>48653</v>
       </c>
       <c r="V72" s="4">
-        <v>8.125</v>
+        <v>6.5</v>
       </c>
       <c r="W72" s="3" t="s">
-        <v>342</v>
+        <v>384</v>
       </c>
       <c r="X72" s="4">
-        <v>6703.125</v>
+        <v>8731.6666666700003</v>
       </c>
       <c r="Y72" s="4">
-        <v>6703.125</v>
+        <v>8731.6666659999992</v>
       </c>
       <c r="Z72" s="6">
-        <v>1.9380000000000001E-3</v>
+        <v>3.7720000000000002E-3</v>
       </c>
     </row>
     <row r="73" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A73" s="3" t="s">
-        <v>343</v>
+        <v>385</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>344</v>
+        <v>386</v>
       </c>
       <c r="C73" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D73" s="4">
-        <v>400000</v>
+        <v>415000</v>
       </c>
       <c r="E73" s="5">
-        <v>96.210250000000002</v>
+        <v>95.582133999999996</v>
       </c>
       <c r="F73" s="4">
-        <v>391121.55555555999</v>
+        <v>403132.93943332997</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H73" s="3" t="s">
-        <v>31</v>
+        <v>125</v>
       </c>
       <c r="I73" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J73" s="5">
-        <v>96.210250000000002</v>
+        <v>95.582133999999996</v>
       </c>
       <c r="K73" s="5">
         <v>1</v>
       </c>
       <c r="L73" s="3" t="s">
-        <v>33</v>
+        <v>126</v>
       </c>
       <c r="M73" s="4">
-        <v>391121.55555500003</v>
+        <v>403132.93943299999</v>
       </c>
       <c r="N73" s="4">
-        <v>391121.55555555999</v>
+        <v>403132.93943332997</v>
       </c>
       <c r="O73" s="3" t="s">
-        <v>345</v>
+        <v>387</v>
       </c>
       <c r="P73" s="3" t="s">
-        <v>346</v>
+        <v>388</v>
       </c>
       <c r="Q73" s="3" t="s">
-        <v>159</v>
+        <v>197</v>
       </c>
       <c r="R73" s="3" t="s">
-        <v>343</v>
+        <v>385</v>
       </c>
       <c r="S73" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T73" s="4">
         <v>0.01</v>
       </c>
       <c r="U73" s="2">
-        <v>47513</v>
+        <v>47529</v>
       </c>
       <c r="V73" s="4">
-        <v>4.75</v>
+        <v>4.125</v>
       </c>
       <c r="W73" s="3" t="s">
-        <v>347</v>
+        <v>389</v>
       </c>
       <c r="X73" s="4">
-        <v>6280.5555555600004</v>
+        <v>6467.0833333299997</v>
       </c>
       <c r="Y73" s="4">
-        <v>6280.5555549999999</v>
+        <v>6467.0833329999996</v>
       </c>
       <c r="Z73" s="6">
-        <v>3.0999999999999999E-3</v>
+        <v>3.1830000000000001E-3</v>
       </c>
     </row>
     <row r="74" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A74" s="3" t="s">
-        <v>348</v>
+        <v>390</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>349</v>
+        <v>391</v>
       </c>
       <c r="C74" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D74" s="4">
-        <v>165000</v>
+        <v>470000</v>
       </c>
       <c r="E74" s="5">
-        <v>100.48399999999999</v>
+        <v>99.048587999999995</v>
       </c>
       <c r="F74" s="4">
-        <v>167943.6</v>
+        <v>476181.69693332998</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H74" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I74" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J74" s="5">
-        <v>100.48399999999999</v>
+        <v>99.048587999999995</v>
       </c>
       <c r="K74" s="5">
         <v>1</v>
       </c>
       <c r="L74" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M74" s="4">
-        <v>167943.6</v>
+        <v>476181.696933</v>
       </c>
       <c r="N74" s="4">
-        <v>167943.6</v>
+        <v>476181.69693332998</v>
       </c>
       <c r="O74" s="3" t="s">
-        <v>350</v>
+        <v>392</v>
       </c>
       <c r="P74" s="3" t="s">
-        <v>351</v>
+        <v>393</v>
       </c>
       <c r="Q74" s="3" t="s">
-        <v>64</v>
+        <v>87</v>
       </c>
       <c r="R74" s="3" t="s">
-        <v>348</v>
+        <v>390</v>
       </c>
       <c r="S74" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T74" s="4">
         <v>0.01</v>
       </c>
       <c r="U74" s="2">
-        <v>48653</v>
+        <v>46798</v>
       </c>
       <c r="V74" s="4">
-        <v>6.5</v>
+        <v>6</v>
       </c>
       <c r="W74" s="3" t="s">
-        <v>352</v>
+        <v>394</v>
       </c>
       <c r="X74" s="4">
-        <v>2145</v>
+        <v>10653.33333333</v>
       </c>
       <c r="Y74" s="4">
-        <v>2145</v>
+        <v>10653.333333</v>
       </c>
       <c r="Z74" s="6">
-        <v>1.3309999999999999E-3</v>
+        <v>3.7599999999999999E-3</v>
       </c>
     </row>
     <row r="75" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A75" s="3" t="s">
-        <v>353</v>
+        <v>395</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>354</v>
+        <v>396</v>
       </c>
       <c r="C75" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D75" s="4">
-        <v>415000</v>
+        <v>445000</v>
       </c>
       <c r="E75" s="5">
-        <v>95.337230000000005</v>
+        <v>103.746</v>
       </c>
       <c r="F75" s="4">
-        <v>400594.92116666998</v>
+        <v>478235.13402777998</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H75" s="3" t="s">
-        <v>130</v>
+        <v>31</v>
       </c>
       <c r="I75" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J75" s="5">
-        <v>95.337230000000005</v>
+        <v>103.746</v>
       </c>
       <c r="K75" s="5">
         <v>1</v>
       </c>
       <c r="L75" s="3" t="s">
-        <v>131</v>
+        <v>33</v>
       </c>
       <c r="M75" s="4">
-        <v>400594.92116600001</v>
+        <v>478235.13402699999</v>
       </c>
       <c r="N75" s="4">
-        <v>400594.92116666998</v>
+        <v>478235.13402777998</v>
       </c>
       <c r="O75" s="3" t="s">
-        <v>355</v>
+        <v>397</v>
       </c>
       <c r="P75" s="3" t="s">
-        <v>356</v>
+        <v>398</v>
       </c>
       <c r="Q75" s="3" t="s">
-        <v>192</v>
+        <v>64</v>
       </c>
       <c r="R75" s="3" t="s">
-        <v>353</v>
+        <v>395</v>
       </c>
       <c r="S75" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T75" s="4">
         <v>0.01</v>
       </c>
       <c r="U75" s="2">
-        <v>47529</v>
+        <v>47514</v>
       </c>
       <c r="V75" s="4">
-        <v>4.125</v>
+        <v>8.875</v>
       </c>
       <c r="W75" s="3" t="s">
-        <v>357</v>
+        <v>399</v>
       </c>
       <c r="X75" s="4">
-        <v>4945.4166666700003</v>
+        <v>16565.43402778</v>
       </c>
       <c r="Y75" s="4">
-        <v>4945.4166660000001</v>
+        <v>16565.434026999999</v>
       </c>
       <c r="Z75" s="6">
-        <v>3.1749999999999999E-3</v>
+        <v>3.7759999999999998E-3</v>
       </c>
     </row>
     <row r="76" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A76" s="3" t="s">
-        <v>358</v>
+        <v>400</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>359</v>
+        <v>401</v>
       </c>
       <c r="C76" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D76" s="4">
-        <v>390000</v>
+        <v>395000</v>
       </c>
       <c r="E76" s="5">
-        <v>98.921279999999996</v>
+        <v>98.497119999999995</v>
       </c>
       <c r="F76" s="4">
-        <v>392552.99200000003</v>
+        <v>395032.51288888999</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H76" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I76" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J76" s="5">
-        <v>98.921279999999996</v>
+        <v>98.497119999999995</v>
       </c>
       <c r="K76" s="5">
         <v>1</v>
       </c>
       <c r="L76" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M76" s="4">
-        <v>392552.99200000003</v>
+        <v>395032.512888</v>
       </c>
       <c r="N76" s="4">
-        <v>392552.99200000003</v>
+        <v>395032.51288888999</v>
       </c>
       <c r="O76" s="3" t="s">
-        <v>360</v>
+        <v>402</v>
       </c>
       <c r="P76" s="3" t="s">
-        <v>361</v>
+        <v>403</v>
       </c>
       <c r="Q76" s="3" t="s">
-        <v>103</v>
+        <v>197</v>
       </c>
       <c r="R76" s="3" t="s">
-        <v>358</v>
+        <v>400</v>
       </c>
       <c r="S76" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T76" s="4">
         <v>0.01</v>
       </c>
       <c r="U76" s="2">
         <v>46798</v>
       </c>
       <c r="V76" s="4">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="W76" s="3" t="s">
-        <v>362</v>
+        <v>404</v>
       </c>
       <c r="X76" s="4">
-        <v>6760</v>
+        <v>5968.8888888900001</v>
       </c>
       <c r="Y76" s="4">
-        <v>6760</v>
+        <v>5968.8888880000004</v>
       </c>
       <c r="Z76" s="6">
-        <v>3.1110000000000001E-3</v>
+        <v>3.1189999999999998E-3</v>
       </c>
     </row>
     <row r="77" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A77" s="3" t="s">
-        <v>363</v>
+        <v>405</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>364</v>
+        <v>406</v>
       </c>
       <c r="C77" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D77" s="4">
-        <v>395000</v>
+        <v>460000</v>
       </c>
       <c r="E77" s="5">
-        <v>98.709000000000003</v>
+        <v>102.5949</v>
       </c>
       <c r="F77" s="4">
-        <v>394464.99444444</v>
+        <v>476824.04</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H77" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I77" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J77" s="5">
-        <v>98.709000000000003</v>
+        <v>102.5949</v>
       </c>
       <c r="K77" s="5">
         <v>1</v>
       </c>
       <c r="L77" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M77" s="4">
-        <v>394464.99444400001</v>
+        <v>476824.04</v>
       </c>
       <c r="N77" s="4">
-        <v>394464.99444444</v>
+        <v>476824.04</v>
       </c>
       <c r="O77" s="3" t="s">
-        <v>365</v>
+        <v>407</v>
       </c>
       <c r="P77" s="3" t="s">
-        <v>366</v>
+        <v>408</v>
       </c>
       <c r="Q77" s="3" t="s">
-        <v>192</v>
+        <v>75</v>
       </c>
       <c r="R77" s="3" t="s">
-        <v>363</v>
+        <v>405</v>
       </c>
       <c r="S77" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T77" s="4">
         <v>0.01</v>
       </c>
       <c r="U77" s="2">
-        <v>46798</v>
+        <v>48519</v>
       </c>
       <c r="V77" s="4">
-        <v>4</v>
+        <v>6.375</v>
       </c>
       <c r="W77" s="3" t="s">
-        <v>367</v>
+        <v>409</v>
       </c>
       <c r="X77" s="4">
-        <v>4564.4444444399996</v>
+        <v>4887.5</v>
       </c>
       <c r="Y77" s="4">
-        <v>4564.4444439999997</v>
+        <v>4887.5</v>
       </c>
       <c r="Z77" s="6">
-        <v>3.1259999999999999E-3</v>
+        <v>3.7650000000000001E-3</v>
       </c>
     </row>
     <row r="78" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A78" s="3" t="s">
-        <v>368</v>
+        <v>410</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>369</v>
+        <v>411</v>
       </c>
       <c r="C78" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D78" s="4">
-        <v>370000</v>
+        <v>460000</v>
       </c>
       <c r="E78" s="5">
-        <v>102.41889999999999</v>
+        <v>101.1263</v>
       </c>
       <c r="F78" s="4">
-        <v>380784.51333332999</v>
+        <v>479763.61888889002</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H78" s="3" t="s">
-        <v>31</v>
+        <v>125</v>
       </c>
       <c r="I78" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J78" s="5">
-        <v>102.41889999999999</v>
+        <v>101.1263</v>
       </c>
       <c r="K78" s="5">
         <v>1</v>
       </c>
       <c r="L78" s="3" t="s">
-        <v>33</v>
+        <v>126</v>
       </c>
       <c r="M78" s="4">
-        <v>380784.51333300001</v>
+        <v>479763.61888800003</v>
       </c>
       <c r="N78" s="4">
-        <v>380784.51333332999</v>
+        <v>479763.61888889002</v>
       </c>
       <c r="O78" s="3" t="s">
-        <v>370</v>
+        <v>412</v>
       </c>
       <c r="P78" s="3" t="s">
-        <v>371</v>
+        <v>413</v>
       </c>
       <c r="Q78" s="3" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="R78" s="3" t="s">
-        <v>368</v>
+        <v>410</v>
       </c>
       <c r="S78" s="3" t="s">
-        <v>65</v>
+        <v>129</v>
       </c>
       <c r="T78" s="4">
         <v>0.01</v>
       </c>
       <c r="U78" s="2">
-        <v>48519</v>
+        <v>47133</v>
       </c>
       <c r="V78" s="4">
-        <v>6.375</v>
+        <v>6.875</v>
       </c>
       <c r="W78" s="3" t="s">
-        <v>372</v>
+        <v>414</v>
       </c>
       <c r="X78" s="4">
-        <v>1834.58333333</v>
+        <v>14582.63888889</v>
       </c>
       <c r="Y78" s="4">
-        <v>1834.583333</v>
+        <v>14582.638887999999</v>
       </c>
       <c r="Z78" s="6">
-        <v>3.0179999999999998E-3</v>
+        <v>3.7880000000000001E-3</v>
       </c>
     </row>
     <row r="79" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A79" s="3" t="s">
-        <v>373</v>
+        <v>415</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>374</v>
+        <v>416</v>
       </c>
       <c r="C79" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D79" s="4">
         <v>300000</v>
       </c>
       <c r="E79" s="5">
-        <v>111.11914899999999</v>
+        <v>111.84604</v>
       </c>
       <c r="F79" s="4">
-        <v>336932.44699999999</v>
+        <v>341713.12</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H79" s="3" t="s">
         <v>46</v>
       </c>
       <c r="I79" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J79" s="5">
-        <v>111.11914899999999</v>
+        <v>111.84604</v>
       </c>
       <c r="K79" s="5">
         <v>1</v>
       </c>
       <c r="L79" s="3" t="s">
         <v>48</v>
       </c>
       <c r="M79" s="4">
-        <v>336932.44699999999</v>
+        <v>341713.12</v>
       </c>
       <c r="N79" s="4">
-        <v>336932.44699999999</v>
+        <v>341713.12</v>
       </c>
       <c r="O79" s="3" t="s">
-        <v>375</v>
+        <v>417</v>
       </c>
       <c r="P79" s="3" t="s">
-        <v>376</v>
+        <v>418</v>
       </c>
       <c r="Q79" s="3" t="s">
-        <v>85</v>
+        <v>75</v>
       </c>
       <c r="R79" s="3" t="s">
-        <v>373</v>
+        <v>415</v>
       </c>
       <c r="S79" s="3" t="s">
-        <v>294</v>
+        <v>321</v>
       </c>
       <c r="T79" s="4">
         <v>0.01</v>
       </c>
       <c r="U79" s="2">
         <v>47223</v>
       </c>
       <c r="V79" s="4">
         <v>9.75</v>
       </c>
       <c r="W79" s="3" t="s">
-        <v>377</v>
+        <v>419</v>
       </c>
       <c r="X79" s="4">
-        <v>3575</v>
+        <v>6175</v>
       </c>
       <c r="Y79" s="4">
-        <v>3575</v>
+        <v>6175</v>
       </c>
       <c r="Z79" s="6">
-        <v>2.6700000000000001E-3</v>
+        <v>2.6979999999999999E-3</v>
       </c>
     </row>
     <row r="80" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A80" s="3" t="s">
-        <v>378</v>
+        <v>420</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>379</v>
+        <v>421</v>
       </c>
       <c r="C80" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D80" s="4">
-        <v>375000</v>
+        <v>455000</v>
       </c>
       <c r="E80" s="5">
-        <v>102.37560000000001</v>
+        <v>102.3533</v>
       </c>
       <c r="F80" s="4">
-        <v>392981.41666667</v>
+        <v>479344.87611110997</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H80" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I80" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J80" s="5">
-        <v>102.37560000000001</v>
+        <v>102.3533</v>
       </c>
       <c r="K80" s="5">
         <v>1</v>
       </c>
       <c r="L80" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M80" s="4">
-        <v>392981.41666599998</v>
+        <v>479344.87611100002</v>
       </c>
       <c r="N80" s="4">
-        <v>392981.41666667</v>
+        <v>479344.87611110997</v>
       </c>
       <c r="O80" s="3" t="s">
-        <v>380</v>
+        <v>422</v>
       </c>
       <c r="P80" s="3" t="s">
-        <v>381</v>
+        <v>423</v>
       </c>
       <c r="Q80" s="3" t="s">
-        <v>85</v>
+        <v>75</v>
       </c>
       <c r="R80" s="3" t="s">
-        <v>378</v>
+        <v>420</v>
       </c>
       <c r="S80" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T80" s="4">
         <v>0.01</v>
       </c>
       <c r="U80" s="2">
         <v>48410</v>
       </c>
       <c r="V80" s="4">
         <v>6.5</v>
       </c>
       <c r="W80" s="3" t="s">
-        <v>382</v>
+        <v>424</v>
       </c>
       <c r="X80" s="4">
-        <v>9072.9166666700003</v>
+        <v>13637.36111111</v>
       </c>
       <c r="Y80" s="4">
-        <v>9072.9166659999992</v>
+        <v>13637.361111</v>
       </c>
       <c r="Z80" s="6">
-        <v>3.114E-3</v>
+        <v>3.7850000000000002E-3</v>
       </c>
     </row>
     <row r="81" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A81" s="3" t="s">
-        <v>383</v>
+        <v>425</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>384</v>
+        <v>426</v>
       </c>
       <c r="C81" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D81" s="4">
         <v>385000</v>
       </c>
       <c r="E81" s="5">
-        <v>102.3815</v>
+        <v>102.265191</v>
       </c>
       <c r="F81" s="4">
-        <v>399510.65</v>
+        <v>401372.86034999997</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H81" s="3" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="I81" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J81" s="5">
-        <v>102.3815</v>
+        <v>102.265191</v>
       </c>
       <c r="K81" s="5">
         <v>1</v>
       </c>
       <c r="L81" s="3" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="M81" s="4">
-        <v>399510.65</v>
+        <v>401372.86034999997</v>
       </c>
       <c r="N81" s="4">
-        <v>399510.65</v>
+        <v>401372.86034999997</v>
       </c>
       <c r="O81" s="3" t="s">
-        <v>385</v>
+        <v>427</v>
       </c>
       <c r="P81" s="3" t="s">
-        <v>386</v>
+        <v>428</v>
       </c>
       <c r="Q81" s="3" t="s">
-        <v>85</v>
+        <v>75</v>
       </c>
       <c r="R81" s="3" t="s">
-        <v>383</v>
+        <v>425</v>
       </c>
       <c r="S81" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T81" s="4">
         <v>0.01</v>
       </c>
       <c r="U81" s="2">
         <v>46827</v>
       </c>
       <c r="V81" s="4">
         <v>6.75</v>
       </c>
       <c r="W81" s="3" t="s">
-        <v>387</v>
+        <v>429</v>
       </c>
       <c r="X81" s="4">
-        <v>5341.875</v>
+        <v>7651.875</v>
       </c>
       <c r="Y81" s="4">
-        <v>5341.875</v>
+        <v>7651.875</v>
       </c>
       <c r="Z81" s="6">
-        <v>3.166E-3</v>
+        <v>3.1689999999999999E-3</v>
       </c>
     </row>
     <row r="82" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A82" s="3" t="s">
-        <v>388</v>
+        <v>430</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>389</v>
+        <v>431</v>
       </c>
       <c r="C82" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D82" s="4">
         <v>400000</v>
       </c>
       <c r="E82" s="5">
-        <v>95.612859999999998</v>
+        <v>95.607659999999996</v>
       </c>
       <c r="F82" s="4">
-        <v>383656.99555555999</v>
+        <v>385013.97333333001</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H82" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I82" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J82" s="5">
-        <v>95.612859999999998</v>
+        <v>95.607659999999996</v>
       </c>
       <c r="K82" s="5">
         <v>1</v>
       </c>
       <c r="L82" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M82" s="4">
-        <v>383656.99555499997</v>
+        <v>385013.97333299997</v>
       </c>
       <c r="N82" s="4">
-        <v>383656.99555555999</v>
+        <v>385013.97333333001</v>
       </c>
       <c r="O82" s="3" t="s">
-        <v>390</v>
+        <v>432</v>
       </c>
       <c r="P82" s="3" t="s">
-        <v>391</v>
+        <v>433</v>
       </c>
       <c r="Q82" s="3" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="R82" s="3" t="s">
-        <v>388</v>
+        <v>430</v>
       </c>
       <c r="S82" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T82" s="4">
         <v>0.01</v>
       </c>
       <c r="U82" s="2">
         <v>47604</v>
       </c>
       <c r="V82" s="4">
         <v>3.875</v>
       </c>
       <c r="W82" s="3" t="s">
-        <v>392</v>
+        <v>434</v>
       </c>
       <c r="X82" s="4">
-        <v>1205.5555555599999</v>
+        <v>2583.3333333300002</v>
       </c>
       <c r="Y82" s="4">
-        <v>1205.5555549999999</v>
+        <v>2583.333333</v>
       </c>
       <c r="Z82" s="6">
-        <v>3.0409999999999999E-3</v>
+        <v>3.0400000000000002E-3</v>
       </c>
     </row>
     <row r="83" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A83" s="3" t="s">
-        <v>393</v>
+        <v>435</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>394</v>
+        <v>436</v>
       </c>
       <c r="C83" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D83" s="4">
         <v>350000</v>
       </c>
       <c r="E83" s="5">
-        <v>99.376499999999993</v>
+        <v>99.801000000000002</v>
       </c>
       <c r="F83" s="4">
-        <v>348642.19444444001</v>
+        <v>351776.83333333</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H83" s="3" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="I83" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J83" s="5">
-        <v>99.376499999999993</v>
+        <v>99.801000000000002</v>
       </c>
       <c r="K83" s="5">
         <v>1</v>
       </c>
       <c r="L83" s="3" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="M83" s="4">
-        <v>348642.19444400002</v>
+        <v>351776.83333300002</v>
       </c>
       <c r="N83" s="4">
-        <v>348642.19444444001</v>
+        <v>351776.83333333</v>
       </c>
       <c r="O83" s="3" t="s">
-        <v>395</v>
+        <v>437</v>
       </c>
       <c r="P83" s="3" t="s">
-        <v>396</v>
+        <v>438</v>
       </c>
       <c r="Q83" s="3" t="s">
         <v>64</v>
       </c>
       <c r="R83" s="3" t="s">
-        <v>393</v>
+        <v>435</v>
       </c>
       <c r="S83" s="3" t="s">
-        <v>86</v>
+        <v>129</v>
       </c>
       <c r="T83" s="4">
         <v>0.01</v>
       </c>
       <c r="U83" s="2">
         <v>46886</v>
       </c>
       <c r="V83" s="4">
         <v>5.3</v>
       </c>
       <c r="W83" s="3" t="s">
-        <v>397</v>
+        <v>439</v>
       </c>
       <c r="X83" s="4">
-        <v>824.44444443999998</v>
+        <v>2473.3333333300002</v>
       </c>
       <c r="Y83" s="4">
-        <v>824.44444399999998</v>
+        <v>2473.333333</v>
       </c>
       <c r="Z83" s="6">
-        <v>2.7629999999999998E-3</v>
+        <v>2.777E-3</v>
       </c>
     </row>
     <row r="84" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A84" s="3" t="s">
-        <v>398</v>
+        <v>440</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>399</v>
+        <v>441</v>
       </c>
       <c r="C84" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D84" s="4">
         <v>225000</v>
       </c>
       <c r="E84" s="5">
-        <v>103.3553</v>
+        <v>103.9954</v>
       </c>
       <c r="F84" s="4">
-        <v>238725.98749999999</v>
+        <v>241841.21249999999</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H84" s="3" t="s">
-        <v>400</v>
+        <v>442</v>
       </c>
       <c r="I84" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J84" s="5">
-        <v>103.3553</v>
+        <v>103.9954</v>
       </c>
       <c r="K84" s="5">
         <v>1</v>
       </c>
       <c r="L84" s="3" t="s">
-        <v>401</v>
+        <v>443</v>
       </c>
       <c r="M84" s="4">
-        <v>238725.98749999999</v>
+        <v>241841.21249999999</v>
       </c>
       <c r="N84" s="4">
-        <v>238725.98749999999</v>
+        <v>241841.21249999999</v>
       </c>
       <c r="O84" s="3" t="s">
-        <v>402</v>
+        <v>444</v>
       </c>
       <c r="P84" s="3" t="s">
-        <v>403</v>
+        <v>445</v>
       </c>
       <c r="Q84" s="3" t="s">
-        <v>103</v>
+        <v>87</v>
       </c>
       <c r="R84" s="3" t="s">
-        <v>398</v>
+        <v>440</v>
       </c>
       <c r="S84" s="3" t="s">
-        <v>86</v>
+        <v>129</v>
       </c>
       <c r="T84" s="4">
         <v>0.01</v>
       </c>
       <c r="U84" s="2">
         <v>47696</v>
       </c>
       <c r="V84" s="4">
         <v>8.375</v>
       </c>
       <c r="W84" s="3" t="s">
-        <v>404</v>
+        <v>446</v>
       </c>
       <c r="X84" s="4">
-        <v>6176.5625</v>
+        <v>7851.5625</v>
       </c>
       <c r="Y84" s="4">
-        <v>6176.5625</v>
+        <v>7851.5625</v>
       </c>
       <c r="Z84" s="6">
-        <v>1.892E-3</v>
+        <v>1.9090000000000001E-3</v>
       </c>
     </row>
     <row r="85" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A85" s="3" t="s">
-        <v>405</v>
+        <v>447</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>406</v>
+        <v>448</v>
       </c>
       <c r="C85" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D85" s="4">
         <v>350000</v>
       </c>
       <c r="E85" s="5">
-        <v>102.7979</v>
+        <v>102.4875</v>
       </c>
       <c r="F85" s="4">
-        <v>369743.34444443998</v>
+        <v>360383.33333333</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H85" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I85" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J85" s="5">
-        <v>102.7979</v>
+        <v>102.4875</v>
       </c>
       <c r="K85" s="5">
         <v>1</v>
       </c>
       <c r="L85" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M85" s="4">
-        <v>369743.34444399999</v>
+        <v>360383.33333300002</v>
       </c>
       <c r="N85" s="4">
-        <v>369743.34444443998</v>
+        <v>360383.33333333</v>
       </c>
       <c r="O85" s="3" t="s">
-        <v>407</v>
+        <v>449</v>
       </c>
       <c r="P85" s="3" t="s">
-        <v>408</v>
+        <v>450</v>
       </c>
       <c r="Q85" s="3" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="R85" s="3" t="s">
-        <v>405</v>
+        <v>447</v>
       </c>
       <c r="S85" s="3" t="s">
-        <v>86</v>
+        <v>129</v>
       </c>
       <c r="T85" s="4">
         <v>0.01</v>
       </c>
       <c r="U85" s="2">
         <v>49279</v>
       </c>
       <c r="V85" s="4">
         <v>5.75</v>
       </c>
       <c r="W85" s="3" t="s">
-        <v>409</v>
+        <v>451</v>
       </c>
       <c r="X85" s="4">
-        <v>9950.6944444399996</v>
+        <v>1677.08333333</v>
       </c>
       <c r="Y85" s="4">
-        <v>9950.6944440000007</v>
+        <v>1677.083333</v>
       </c>
       <c r="Z85" s="6">
-        <v>2.9299999999999999E-3</v>
+        <v>2.8449999999999999E-3</v>
       </c>
     </row>
     <row r="86" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A86" s="3" t="s">
-        <v>410</v>
+        <v>452</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>411</v>
+        <v>453</v>
       </c>
       <c r="C86" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D86" s="4">
         <v>355000</v>
       </c>
       <c r="E86" s="5">
-        <v>105.28</v>
+        <v>105.321389</v>
       </c>
       <c r="F86" s="4">
-        <v>382828.54861111002</v>
+        <v>385144.92400555999</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H86" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I86" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J86" s="5">
-        <v>105.28</v>
+        <v>105.321389</v>
       </c>
       <c r="K86" s="5">
         <v>1</v>
       </c>
       <c r="L86" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M86" s="4">
-        <v>382828.54861100001</v>
+        <v>385144.92400499998</v>
       </c>
       <c r="N86" s="4">
-        <v>382828.54861111002</v>
+        <v>385144.92400555999</v>
       </c>
       <c r="O86" s="3" t="s">
-        <v>412</v>
+        <v>454</v>
       </c>
       <c r="P86" s="3" t="s">
-        <v>413</v>
+        <v>455</v>
       </c>
       <c r="Q86" s="3" t="s">
-        <v>159</v>
+        <v>116</v>
       </c>
       <c r="R86" s="3" t="s">
-        <v>410</v>
+        <v>452</v>
       </c>
       <c r="S86" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T86" s="4">
         <v>0.01</v>
       </c>
       <c r="U86" s="2">
         <v>48775</v>
       </c>
       <c r="V86" s="4">
         <v>6.875</v>
       </c>
       <c r="W86" s="3" t="s">
-        <v>414</v>
+        <v>456</v>
       </c>
       <c r="X86" s="4">
-        <v>9084.5486111099999</v>
+        <v>11253.99305556</v>
       </c>
       <c r="Y86" s="4">
-        <v>9084.5486110000002</v>
+        <v>11253.993055000001</v>
       </c>
       <c r="Z86" s="6">
-        <v>3.0339999999999998E-3</v>
+        <v>3.0409999999999999E-3</v>
       </c>
     </row>
     <row r="87" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A87" s="3" t="s">
-        <v>415</v>
+        <v>457</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>416</v>
+        <v>458</v>
       </c>
       <c r="C87" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D87" s="4">
         <v>425000</v>
       </c>
       <c r="E87" s="5">
-        <v>93.515389999999996</v>
+        <v>93.8476</v>
       </c>
       <c r="F87" s="4">
-        <v>402044.57416666998</v>
+        <v>404873.13333332998</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H87" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I87" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J87" s="5">
-        <v>93.515389999999996</v>
+        <v>93.8476</v>
       </c>
       <c r="K87" s="5">
         <v>1</v>
       </c>
       <c r="L87" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M87" s="4">
-        <v>402044.57416600001</v>
+        <v>404873.13333300001</v>
       </c>
       <c r="N87" s="4">
-        <v>402044.57416666998</v>
+        <v>404873.13333332998</v>
       </c>
       <c r="O87" s="3" t="s">
-        <v>417</v>
+        <v>459</v>
       </c>
       <c r="P87" s="3" t="s">
-        <v>418</v>
+        <v>460</v>
       </c>
       <c r="Q87" s="3" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="R87" s="3" t="s">
-        <v>415</v>
+        <v>457</v>
       </c>
       <c r="S87" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T87" s="4">
         <v>0.01</v>
       </c>
       <c r="U87" s="2">
         <v>47894</v>
       </c>
       <c r="V87" s="4">
         <v>3.75</v>
       </c>
       <c r="W87" s="3" t="s">
-        <v>419</v>
+        <v>461</v>
       </c>
       <c r="X87" s="4">
-        <v>4604.1666666700003</v>
+        <v>6020.8333333299997</v>
       </c>
       <c r="Y87" s="4">
-        <v>4604.1666660000001</v>
+        <v>6020.8333329999996</v>
       </c>
       <c r="Z87" s="6">
-        <v>3.186E-3</v>
+        <v>3.1970000000000002E-3</v>
       </c>
     </row>
     <row r="88" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A88" s="3" t="s">
-        <v>420</v>
+        <v>462</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>421</v>
+        <v>463</v>
       </c>
       <c r="C88" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D88" s="4">
-        <v>300000</v>
+        <v>485000</v>
       </c>
       <c r="E88" s="5">
-        <v>97.971187</v>
+        <v>97.663148000000007</v>
       </c>
       <c r="F88" s="4">
-        <v>299508.35266666999</v>
+        <v>480132.93446666998</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H88" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I88" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J88" s="5">
-        <v>97.971187</v>
+        <v>97.663148000000007</v>
       </c>
       <c r="K88" s="5">
         <v>1</v>
       </c>
       <c r="L88" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M88" s="4">
-        <v>299508.35266600002</v>
+        <v>480132.93446600001</v>
       </c>
       <c r="N88" s="4">
-        <v>299508.35266666999</v>
+        <v>480132.93446666998</v>
       </c>
       <c r="O88" s="3" t="s">
-        <v>422</v>
+        <v>464</v>
       </c>
       <c r="P88" s="3" t="s">
-        <v>423</v>
+        <v>465</v>
       </c>
       <c r="Q88" s="3" t="s">
-        <v>97</v>
+        <v>197</v>
       </c>
       <c r="R88" s="3" t="s">
-        <v>420</v>
+        <v>462</v>
       </c>
       <c r="S88" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T88" s="4">
         <v>0.01</v>
       </c>
       <c r="U88" s="2">
-        <v>47136</v>
+        <v>47178</v>
       </c>
       <c r="V88" s="4">
-        <v>5.125</v>
+        <v>4</v>
       </c>
       <c r="W88" s="3" t="s">
-        <v>424</v>
+        <v>466</v>
       </c>
       <c r="X88" s="4">
-        <v>5594.7916666700003</v>
+        <v>6466.6666666700003</v>
       </c>
       <c r="Y88" s="4">
-        <v>5594.7916660000001</v>
+        <v>6466.6666660000001</v>
       </c>
       <c r="Z88" s="6">
-        <v>2.3739999999999998E-3</v>
+        <v>3.7910000000000001E-3</v>
       </c>
     </row>
     <row r="89" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A89" s="3" t="s">
-        <v>425</v>
+        <v>467</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>426</v>
+        <v>468</v>
       </c>
       <c r="C89" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D89" s="4">
-        <v>450000</v>
+        <v>445000</v>
       </c>
       <c r="E89" s="5">
-        <v>97.433119000000005</v>
+        <v>105.875426</v>
       </c>
       <c r="F89" s="4">
-        <v>441711.5355</v>
+        <v>474344.08319999999</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H89" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I89" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J89" s="5">
-        <v>97.433119000000005</v>
+        <v>105.875426</v>
       </c>
       <c r="K89" s="5">
         <v>1</v>
       </c>
       <c r="L89" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M89" s="4">
-        <v>441711.5355</v>
+        <v>474344.08319999999</v>
       </c>
       <c r="N89" s="4">
-        <v>441711.5355</v>
+        <v>474344.08319999999</v>
       </c>
       <c r="O89" s="3" t="s">
-        <v>427</v>
+        <v>469</v>
       </c>
       <c r="P89" s="3" t="s">
-        <v>428</v>
+        <v>470</v>
       </c>
       <c r="Q89" s="3" t="s">
-        <v>103</v>
+        <v>171</v>
       </c>
       <c r="R89" s="3" t="s">
-        <v>425</v>
+        <v>467</v>
       </c>
       <c r="S89" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T89" s="4">
         <v>0.01</v>
       </c>
       <c r="U89" s="2">
-        <v>47392</v>
+        <v>47635</v>
       </c>
       <c r="V89" s="4">
-        <v>4.5</v>
+        <v>8.625</v>
       </c>
       <c r="W89" s="3" t="s">
-        <v>429</v>
+        <v>471</v>
       </c>
       <c r="X89" s="4">
-        <v>3262.5</v>
+        <v>3198.4375</v>
       </c>
       <c r="Y89" s="4">
-        <v>3262.5</v>
+        <v>3198.4375</v>
       </c>
       <c r="Z89" s="6">
-        <v>3.5010000000000002E-3</v>
+        <v>3.7450000000000001E-3</v>
       </c>
     </row>
     <row r="90" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A90" s="3" t="s">
-        <v>430</v>
+        <v>472</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>431</v>
+        <v>473</v>
       </c>
       <c r="C90" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D90" s="4">
-        <v>400000</v>
+        <v>225000</v>
       </c>
       <c r="E90" s="5">
-        <v>96.720429999999993</v>
+        <v>98.972030000000004</v>
       </c>
       <c r="F90" s="4">
-        <v>390581.72</v>
+        <v>225751.13</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H90" s="3" t="s">
-        <v>130</v>
+        <v>31</v>
       </c>
       <c r="I90" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J90" s="5">
-        <v>96.720429999999993</v>
+        <v>98.972030000000004</v>
       </c>
       <c r="K90" s="5">
         <v>1</v>
       </c>
       <c r="L90" s="3" t="s">
-        <v>131</v>
+        <v>33</v>
       </c>
       <c r="M90" s="4">
-        <v>390581.72</v>
+        <v>225751.13</v>
       </c>
       <c r="N90" s="4">
-        <v>390581.72</v>
+        <v>225751.13</v>
       </c>
       <c r="O90" s="3" t="s">
-        <v>432</v>
+        <v>474</v>
       </c>
       <c r="P90" s="3" t="s">
-        <v>433</v>
+        <v>475</v>
       </c>
       <c r="Q90" s="3" t="s">
-        <v>103</v>
+        <v>213</v>
       </c>
       <c r="R90" s="3" t="s">
-        <v>430</v>
+        <v>472</v>
       </c>
       <c r="S90" s="3" t="s">
-        <v>86</v>
+        <v>65</v>
       </c>
       <c r="T90" s="4">
         <v>0.01</v>
       </c>
       <c r="U90" s="2">
-        <v>47192</v>
+        <v>46827</v>
       </c>
       <c r="V90" s="4">
-        <v>4.5</v>
+        <v>4.625</v>
       </c>
       <c r="W90" s="3" t="s">
-        <v>434</v>
+        <v>476</v>
       </c>
       <c r="X90" s="4">
-        <v>3700</v>
+        <v>3064.0625</v>
       </c>
       <c r="Y90" s="4">
-        <v>3700</v>
+        <v>3064.0625</v>
       </c>
       <c r="Z90" s="6">
-        <v>3.0950000000000001E-3</v>
+        <v>1.7819999999999999E-3</v>
       </c>
     </row>
     <row r="91" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A91" s="3" t="s">
-        <v>435</v>
+        <v>477</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>436</v>
+        <v>478</v>
       </c>
       <c r="C91" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D91" s="4">
-        <v>410000</v>
+        <v>430000</v>
       </c>
       <c r="E91" s="5">
-        <v>96.855930000000001</v>
+        <v>108.44557</v>
       </c>
       <c r="F91" s="4">
-        <v>401118.20188889001</v>
+        <v>480333.951</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H91" s="3" t="s">
-        <v>31</v>
+        <v>479</v>
       </c>
       <c r="I91" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J91" s="5">
-        <v>96.855930000000001</v>
+        <v>108.44557</v>
       </c>
       <c r="K91" s="5">
         <v>1</v>
       </c>
       <c r="L91" s="3" t="s">
-        <v>33</v>
+        <v>480</v>
       </c>
       <c r="M91" s="4">
-        <v>401118.20188800001</v>
+        <v>480333.951</v>
       </c>
       <c r="N91" s="4">
-        <v>401118.20188889001</v>
+        <v>480333.951</v>
       </c>
       <c r="O91" s="3" t="s">
-        <v>437</v>
+        <v>481</v>
       </c>
       <c r="P91" s="3" t="s">
-        <v>438</v>
+        <v>482</v>
       </c>
       <c r="Q91" s="3" t="s">
-        <v>192</v>
+        <v>213</v>
       </c>
       <c r="R91" s="3" t="s">
-        <v>435</v>
+        <v>477</v>
       </c>
       <c r="S91" s="3" t="s">
-        <v>65</v>
+        <v>129</v>
       </c>
       <c r="T91" s="4">
         <v>0.01</v>
       </c>
       <c r="U91" s="2">
-        <v>47178</v>
+        <v>49874</v>
       </c>
       <c r="V91" s="4">
-        <v>4</v>
+        <v>7.2</v>
       </c>
       <c r="W91" s="3" t="s">
-        <v>439</v>
+        <v>483</v>
       </c>
       <c r="X91" s="4">
-        <v>4008.8888888900001</v>
+        <v>14018</v>
       </c>
       <c r="Y91" s="4">
-        <v>4008.888888</v>
+        <v>14018</v>
       </c>
       <c r="Z91" s="6">
-        <v>3.179E-3</v>
+        <v>3.7919999999999998E-3</v>
       </c>
     </row>
     <row r="92" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A92" s="3" t="s">
-        <v>440</v>
+        <v>484</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>441</v>
+        <v>485</v>
       </c>
       <c r="C92" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D92" s="4">
-        <v>360000</v>
+        <v>485000</v>
       </c>
       <c r="E92" s="5">
-        <v>106.01390000000001</v>
+        <v>97.428380000000004</v>
       </c>
       <c r="F92" s="4">
-        <v>397002.54</v>
+        <v>476623.19855556003</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H92" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I92" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J92" s="5">
-        <v>106.01390000000001</v>
+        <v>97.428380000000004</v>
       </c>
       <c r="K92" s="5">
         <v>1</v>
       </c>
       <c r="L92" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M92" s="4">
-        <v>397002.54</v>
+        <v>476623.19855500001</v>
       </c>
       <c r="N92" s="4">
-        <v>397002.54</v>
+        <v>476623.19855556003</v>
       </c>
       <c r="O92" s="3" t="s">
-        <v>442</v>
+        <v>486</v>
       </c>
       <c r="P92" s="3" t="s">
-        <v>443</v>
+        <v>487</v>
       </c>
       <c r="Q92" s="3" t="s">
-        <v>171</v>
+        <v>75</v>
       </c>
       <c r="R92" s="3" t="s">
-        <v>440</v>
+        <v>484</v>
       </c>
       <c r="S92" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T92" s="4">
         <v>0.01</v>
       </c>
       <c r="U92" s="2">
-        <v>47635</v>
+        <v>47223</v>
       </c>
       <c r="V92" s="4">
-        <v>8.625</v>
+        <v>4</v>
       </c>
       <c r="W92" s="3" t="s">
-        <v>444</v>
+        <v>488</v>
       </c>
       <c r="X92" s="4">
-        <v>15352.5</v>
+        <v>4095.5555555599999</v>
       </c>
       <c r="Y92" s="4">
-        <v>15352.5</v>
+        <v>4095.5555549999999</v>
       </c>
       <c r="Z92" s="6">
-        <v>3.1459999999999999E-3</v>
+        <v>3.7629999999999999E-3</v>
       </c>
     </row>
     <row r="93" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A93" s="3" t="s">
-        <v>445</v>
+        <v>489</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>446</v>
+        <v>490</v>
       </c>
       <c r="C93" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D93" s="4">
-        <v>355000</v>
+        <v>470000</v>
       </c>
       <c r="E93" s="5">
-        <v>108.7426</v>
+        <v>99.908209999999997</v>
       </c>
       <c r="F93" s="4">
-        <v>395337.23</v>
+        <v>479425.53144444001</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H93" s="3" t="s">
-        <v>447</v>
+        <v>31</v>
       </c>
       <c r="I93" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J93" s="5">
-        <v>108.7426</v>
+        <v>99.908209999999997</v>
       </c>
       <c r="K93" s="5">
         <v>1</v>
       </c>
       <c r="L93" s="3" t="s">
-        <v>448</v>
+        <v>33</v>
       </c>
       <c r="M93" s="4">
-        <v>395337.23</v>
+        <v>479425.53144400002</v>
       </c>
       <c r="N93" s="4">
-        <v>395337.23</v>
+        <v>479425.53144444001</v>
       </c>
       <c r="O93" s="3" t="s">
-        <v>449</v>
+        <v>491</v>
       </c>
       <c r="P93" s="3" t="s">
-        <v>450</v>
+        <v>492</v>
       </c>
       <c r="Q93" s="3" t="s">
-        <v>208</v>
+        <v>171</v>
       </c>
       <c r="R93" s="3" t="s">
-        <v>445</v>
+        <v>489</v>
       </c>
       <c r="S93" s="3" t="s">
-        <v>86</v>
+        <v>65</v>
       </c>
       <c r="T93" s="4">
         <v>0.01</v>
       </c>
       <c r="U93" s="2">
-        <v>49874</v>
+        <v>46783</v>
       </c>
       <c r="V93" s="4">
-        <v>7.2</v>
+        <v>5</v>
       </c>
       <c r="W93" s="3" t="s">
-        <v>451</v>
+        <v>493</v>
       </c>
       <c r="X93" s="4">
-        <v>9301</v>
+        <v>9856.9444444399996</v>
       </c>
       <c r="Y93" s="4">
-        <v>9301</v>
+        <v>9856.9444440000007</v>
       </c>
       <c r="Z93" s="6">
-        <v>3.1329999999999999E-3</v>
+        <v>3.7850000000000002E-3</v>
       </c>
     </row>
     <row r="94" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A94" s="3" t="s">
-        <v>452</v>
+        <v>494</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>453</v>
+        <v>495</v>
       </c>
       <c r="C94" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D94" s="4">
-        <v>300000</v>
+        <v>430000</v>
       </c>
       <c r="E94" s="5">
-        <v>97.370170000000002</v>
+        <v>107.29390600000001</v>
       </c>
       <c r="F94" s="4">
-        <v>293577.17666667001</v>
+        <v>480328.58746667003</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H94" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I94" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J94" s="5">
-        <v>97.370170000000002</v>
+        <v>107.29390600000001</v>
       </c>
       <c r="K94" s="5">
         <v>1</v>
       </c>
       <c r="L94" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M94" s="4">
-        <v>293577.17666599998</v>
+        <v>480328.587466</v>
       </c>
       <c r="N94" s="4">
-        <v>293577.17666667001</v>
+        <v>480328.58746667003</v>
       </c>
       <c r="O94" s="3" t="s">
-        <v>454</v>
+        <v>496</v>
       </c>
       <c r="P94" s="3" t="s">
-        <v>455</v>
+        <v>497</v>
       </c>
       <c r="Q94" s="3" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="R94" s="3" t="s">
-        <v>452</v>
+        <v>494</v>
       </c>
       <c r="S94" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T94" s="4">
         <v>0.01</v>
       </c>
       <c r="U94" s="2">
-        <v>47223</v>
+        <v>47679</v>
       </c>
       <c r="V94" s="4">
-        <v>4</v>
+        <v>9.125</v>
       </c>
       <c r="W94" s="3" t="s">
-        <v>456</v>
+        <v>498</v>
       </c>
       <c r="X94" s="4">
-        <v>1466.66666667</v>
+        <v>18964.79166667</v>
       </c>
       <c r="Y94" s="4">
-        <v>1466.6666660000001</v>
+        <v>18964.791666000001</v>
       </c>
       <c r="Z94" s="6">
-        <v>2.3270000000000001E-3</v>
+        <v>3.7919999999999998E-3</v>
       </c>
     </row>
     <row r="95" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A95" s="3" t="s">
-        <v>457</v>
+        <v>499</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>458</v>
+        <v>500</v>
       </c>
       <c r="C95" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D95" s="4">
-        <v>390000</v>
+        <v>410000</v>
       </c>
       <c r="E95" s="5">
-        <v>99.825050000000005</v>
+        <v>94.973307000000005</v>
       </c>
       <c r="F95" s="4">
-        <v>395763.52833333</v>
+        <v>395779.72536667</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H95" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I95" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J95" s="5">
-        <v>99.825050000000005</v>
+        <v>94.973307000000005</v>
       </c>
       <c r="K95" s="5">
         <v>1</v>
       </c>
       <c r="L95" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M95" s="4">
-        <v>395763.52833300002</v>
+        <v>395779.72536600003</v>
       </c>
       <c r="N95" s="4">
-        <v>395763.52833333</v>
+        <v>395779.72536667</v>
       </c>
       <c r="O95" s="3" t="s">
-        <v>459</v>
+        <v>501</v>
       </c>
       <c r="P95" s="3" t="s">
-        <v>460</v>
+        <v>502</v>
       </c>
       <c r="Q95" s="3" t="s">
-        <v>171</v>
+        <v>75</v>
       </c>
       <c r="R95" s="3" t="s">
-        <v>457</v>
+        <v>499</v>
       </c>
       <c r="S95" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T95" s="4">
         <v>0.01</v>
       </c>
       <c r="U95" s="2">
-        <v>46783</v>
+        <v>48259</v>
       </c>
       <c r="V95" s="4">
-        <v>5</v>
+        <v>4.125</v>
       </c>
       <c r="W95" s="3" t="s">
-        <v>461</v>
+        <v>503</v>
       </c>
       <c r="X95" s="4">
-        <v>6445.8333333299997</v>
+        <v>6389.1666666700003</v>
       </c>
       <c r="Y95" s="4">
-        <v>6445.8333329999996</v>
+        <v>6389.1666660000001</v>
       </c>
       <c r="Z95" s="6">
-        <v>3.137E-3</v>
+        <v>3.1250000000000002E-3</v>
       </c>
     </row>
     <row r="96" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A96" s="3" t="s">
-        <v>462</v>
+        <v>504</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>463</v>
+        <v>505</v>
       </c>
       <c r="C96" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D96" s="4">
-        <v>365000</v>
+        <v>385000</v>
       </c>
       <c r="E96" s="5">
-        <v>106.9106</v>
+        <v>102.34699999999999</v>
       </c>
       <c r="F96" s="4">
-        <v>403361.15527778002</v>
+        <v>400837.61666667002</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H96" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I96" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J96" s="5">
-        <v>106.9106</v>
+        <v>102.34699999999999</v>
       </c>
       <c r="K96" s="5">
         <v>1</v>
       </c>
       <c r="L96" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M96" s="4">
-        <v>403361.15527699998</v>
+        <v>400837.61666599999</v>
       </c>
       <c r="N96" s="4">
-        <v>403361.15527778002</v>
+        <v>400837.61666667002</v>
       </c>
       <c r="O96" s="3" t="s">
-        <v>464</v>
+        <v>506</v>
       </c>
       <c r="P96" s="3" t="s">
-        <v>465</v>
+        <v>507</v>
       </c>
       <c r="Q96" s="3" t="s">
-        <v>103</v>
+        <v>81</v>
       </c>
       <c r="R96" s="3" t="s">
-        <v>462</v>
+        <v>504</v>
       </c>
       <c r="S96" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T96" s="4">
         <v>0.01</v>
       </c>
       <c r="U96" s="2">
-        <v>47679</v>
+        <v>48594</v>
       </c>
       <c r="V96" s="4">
-        <v>9.125</v>
+        <v>6</v>
       </c>
       <c r="W96" s="3" t="s">
-        <v>466</v>
+        <v>508</v>
       </c>
       <c r="X96" s="4">
-        <v>13137.46527778</v>
+        <v>6801.6666666700003</v>
       </c>
       <c r="Y96" s="4">
-        <v>13137.465276999999</v>
+        <v>6801.6666660000001</v>
       </c>
       <c r="Z96" s="6">
-        <v>3.1970000000000002E-3</v>
+        <v>3.1649999999999998E-3</v>
       </c>
     </row>
     <row r="97" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A97" s="3" t="s">
-        <v>467</v>
+        <v>509</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>468</v>
+        <v>510</v>
       </c>
       <c r="C97" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D97" s="4">
-        <v>410000</v>
+        <v>490000</v>
       </c>
       <c r="E97" s="5">
-        <v>95.347250000000003</v>
+        <v>96.597499999999997</v>
       </c>
       <c r="F97" s="4">
-        <v>395809.55833332997</v>
+        <v>478557.81944444001</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H97" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I97" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J97" s="5">
-        <v>95.347250000000003</v>
+        <v>96.597499999999997</v>
       </c>
       <c r="K97" s="5">
         <v>1</v>
       </c>
       <c r="L97" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M97" s="4">
-        <v>395809.55833299999</v>
+        <v>478557.81944400002</v>
       </c>
       <c r="N97" s="4">
-        <v>395809.55833332997</v>
+        <v>478557.81944444001</v>
       </c>
       <c r="O97" s="3" t="s">
-        <v>469</v>
+        <v>511</v>
       </c>
       <c r="P97" s="3" t="s">
-        <v>470</v>
+        <v>512</v>
       </c>
       <c r="Q97" s="3" t="s">
-        <v>85</v>
+        <v>197</v>
       </c>
       <c r="R97" s="3" t="s">
-        <v>467</v>
+        <v>509</v>
       </c>
       <c r="S97" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T97" s="4">
         <v>0.01</v>
       </c>
       <c r="U97" s="2">
-        <v>48259</v>
+        <v>47192</v>
       </c>
       <c r="V97" s="4">
-        <v>4.125</v>
+        <v>3.625</v>
       </c>
       <c r="W97" s="3" t="s">
-        <v>471</v>
+        <v>513</v>
       </c>
       <c r="X97" s="4">
-        <v>4885.8333333299997</v>
+        <v>5230.0694444399996</v>
       </c>
       <c r="Y97" s="4">
-        <v>4885.8333329999996</v>
+        <v>5230.0694439999997</v>
       </c>
       <c r="Z97" s="6">
-        <v>3.137E-3</v>
+        <v>3.7780000000000001E-3</v>
       </c>
     </row>
     <row r="98" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A98" s="3" t="s">
-        <v>472</v>
+        <v>514</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>473</v>
+        <v>515</v>
       </c>
       <c r="C98" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D98" s="4">
-        <v>385000</v>
+        <v>380000</v>
       </c>
       <c r="E98" s="5">
-        <v>102.2504</v>
+        <v>98.661050000000003</v>
       </c>
       <c r="F98" s="4">
-        <v>398412.37333332998</v>
+        <v>376376.57333332999</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H98" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I98" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J98" s="5">
-        <v>102.2504</v>
+        <v>98.661050000000003</v>
       </c>
       <c r="K98" s="5">
         <v>1</v>
       </c>
       <c r="L98" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M98" s="4">
-        <v>398412.373333</v>
+        <v>376376.57333300001</v>
       </c>
       <c r="N98" s="4">
-        <v>398412.37333332998</v>
+        <v>376376.57333332999</v>
       </c>
       <c r="O98" s="3" t="s">
-        <v>474</v>
+        <v>516</v>
       </c>
       <c r="P98" s="3" t="s">
-        <v>475</v>
+        <v>517</v>
       </c>
       <c r="Q98" s="3" t="s">
-        <v>97</v>
+        <v>518</v>
       </c>
       <c r="R98" s="3" t="s">
-        <v>472</v>
+        <v>514</v>
       </c>
       <c r="S98" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T98" s="4">
         <v>0.01</v>
       </c>
       <c r="U98" s="2">
-        <v>48594</v>
+        <v>47635</v>
       </c>
       <c r="V98" s="4">
-        <v>6</v>
+        <v>4.625</v>
       </c>
       <c r="W98" s="3" t="s">
-        <v>476</v>
+        <v>519</v>
       </c>
       <c r="X98" s="4">
-        <v>4748.3333333299997</v>
+        <v>1464.58333333</v>
       </c>
       <c r="Y98" s="4">
-        <v>4748.3333329999996</v>
+        <v>1464.583333</v>
       </c>
       <c r="Z98" s="6">
-        <v>3.1580000000000002E-3</v>
+        <v>2.9719999999999998E-3</v>
       </c>
     </row>
     <row r="99" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A99" s="3" t="s">
-        <v>477</v>
+        <v>520</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>478</v>
+        <v>521</v>
       </c>
       <c r="C99" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D99" s="4">
         <v>410000</v>
       </c>
       <c r="E99" s="5">
-        <v>96.776176000000007</v>
+        <v>95.370535000000004</v>
       </c>
       <c r="F99" s="4">
-        <v>399837.39104443998</v>
+        <v>397021.13794444001</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H99" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I99" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J99" s="5">
-        <v>96.776176000000007</v>
+        <v>95.370535000000004</v>
       </c>
       <c r="K99" s="5">
         <v>1</v>
       </c>
       <c r="L99" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M99" s="4">
-        <v>399837.39104399999</v>
+        <v>397021.13794400002</v>
       </c>
       <c r="N99" s="4">
-        <v>399837.39104443998</v>
+        <v>397021.13794444001</v>
       </c>
       <c r="O99" s="3" t="s">
-        <v>479</v>
+        <v>522</v>
       </c>
       <c r="P99" s="3" t="s">
-        <v>480</v>
+        <v>523</v>
       </c>
       <c r="Q99" s="3" t="s">
-        <v>192</v>
+        <v>75</v>
       </c>
       <c r="R99" s="3" t="s">
-        <v>477</v>
+        <v>520</v>
       </c>
       <c r="S99" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T99" s="4">
         <v>0.01</v>
       </c>
       <c r="U99" s="2">
-        <v>47192</v>
+        <v>47894</v>
       </c>
       <c r="V99" s="4">
-        <v>3.625</v>
+        <v>3.875</v>
       </c>
       <c r="W99" s="3" t="s">
-        <v>481</v>
+        <v>524</v>
       </c>
       <c r="X99" s="4">
-        <v>3055.0694444400001</v>
+        <v>6001.9444444399996</v>
       </c>
       <c r="Y99" s="4">
-        <v>3055.0694440000002</v>
+        <v>6001.9444439999997</v>
       </c>
       <c r="Z99" s="6">
-        <v>3.1689999999999999E-3</v>
+        <v>3.1350000000000002E-3</v>
       </c>
     </row>
     <row r="100" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A100" s="3" t="s">
-        <v>482</v>
+        <v>525</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>483</v>
+        <v>526</v>
       </c>
       <c r="C100" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D100" s="4">
-        <v>380000</v>
+        <v>530000</v>
       </c>
       <c r="E100" s="5">
-        <v>98.685469999999995</v>
+        <v>90.524863999999994</v>
       </c>
       <c r="F100" s="4">
-        <v>383694.64711110998</v>
+        <v>482735.05697778001</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H100" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I100" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J100" s="5">
-        <v>98.685469999999995</v>
+        <v>90.524863999999994</v>
       </c>
       <c r="K100" s="5">
         <v>1</v>
       </c>
       <c r="L100" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M100" s="4">
-        <v>383694.64711100003</v>
+        <v>482735.05697699997</v>
       </c>
       <c r="N100" s="4">
-        <v>383694.64711110998</v>
+        <v>482735.05697778001</v>
       </c>
       <c r="O100" s="3" t="s">
-        <v>484</v>
+        <v>527</v>
       </c>
       <c r="P100" s="3" t="s">
-        <v>485</v>
+        <v>528</v>
       </c>
       <c r="Q100" s="3" t="s">
-        <v>486</v>
+        <v>75</v>
       </c>
       <c r="R100" s="3" t="s">
-        <v>482</v>
+        <v>525</v>
       </c>
       <c r="S100" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T100" s="4">
         <v>0.01</v>
       </c>
       <c r="U100" s="2">
-        <v>47635</v>
+        <v>47596</v>
       </c>
       <c r="V100" s="4">
-        <v>4.625</v>
+        <v>2.95</v>
       </c>
       <c r="W100" s="3" t="s">
-        <v>487</v>
+        <v>529</v>
       </c>
       <c r="X100" s="4">
-        <v>8689.8611111099999</v>
+        <v>2953.2777777800002</v>
       </c>
       <c r="Y100" s="4">
-        <v>8689.8611110000002</v>
+        <v>2953.2777769999998</v>
       </c>
       <c r="Z100" s="6">
-        <v>3.0409999999999999E-3</v>
+        <v>3.8110000000000002E-3</v>
       </c>
     </row>
     <row r="101" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A101" s="3" t="s">
-        <v>488</v>
+        <v>530</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>489</v>
+        <v>531</v>
       </c>
       <c r="C101" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D101" s="4">
-        <v>410000</v>
+        <v>390000</v>
       </c>
       <c r="E101" s="5">
-        <v>95.59675</v>
+        <v>98.770989999999998</v>
       </c>
       <c r="F101" s="4">
-        <v>396536.39722222002</v>
+        <v>387262.48599999998</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H101" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I101" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J101" s="5">
-        <v>95.59675</v>
+        <v>98.770989999999998</v>
       </c>
       <c r="K101" s="5">
         <v>1</v>
       </c>
       <c r="L101" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M101" s="4">
-        <v>396536.397222</v>
+        <v>387262.48599999998</v>
       </c>
       <c r="N101" s="4">
-        <v>396536.39722222002</v>
+        <v>387262.48599999998</v>
       </c>
       <c r="O101" s="3" t="s">
-        <v>490</v>
+        <v>532</v>
       </c>
       <c r="P101" s="3" t="s">
-        <v>491</v>
+        <v>533</v>
       </c>
       <c r="Q101" s="3" t="s">
-        <v>85</v>
+        <v>171</v>
       </c>
       <c r="R101" s="3" t="s">
-        <v>488</v>
+        <v>530</v>
       </c>
       <c r="S101" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T101" s="4">
         <v>0.01</v>
       </c>
       <c r="U101" s="2">
-        <v>47894</v>
+        <v>47072</v>
       </c>
       <c r="V101" s="4">
-        <v>3.875</v>
+        <v>4.125</v>
       </c>
       <c r="W101" s="3" t="s">
-        <v>492</v>
+        <v>534</v>
       </c>
       <c r="X101" s="4">
-        <v>4589.7222222199998</v>
+        <v>2055.625</v>
       </c>
       <c r="Y101" s="4">
-        <v>4589.7222220000003</v>
+        <v>2055.625</v>
       </c>
       <c r="Z101" s="6">
-        <v>3.143E-3</v>
+        <v>3.0569999999999998E-3</v>
       </c>
     </row>
     <row r="102" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A102" s="3" t="s">
-        <v>493</v>
+        <v>535</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>494</v>
+        <v>536</v>
       </c>
       <c r="C102" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D102" s="4">
-        <v>445000</v>
+        <v>370000</v>
       </c>
       <c r="E102" s="5">
-        <v>89.754739999999998</v>
+        <v>105.91771799999999</v>
       </c>
       <c r="F102" s="4">
-        <v>400721.34299999999</v>
+        <v>397949.16771111003</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H102" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I102" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J102" s="5">
-        <v>89.754739999999998</v>
+        <v>105.91771799999999</v>
       </c>
       <c r="K102" s="5">
         <v>1</v>
       </c>
       <c r="L102" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M102" s="4">
-        <v>400721.34299999999</v>
+        <v>397949.16771100002</v>
       </c>
       <c r="N102" s="4">
-        <v>400721.34299999999</v>
+        <v>397949.16771111003</v>
       </c>
       <c r="O102" s="3" t="s">
-        <v>495</v>
+        <v>537</v>
       </c>
       <c r="P102" s="3" t="s">
-        <v>496</v>
+        <v>538</v>
       </c>
       <c r="Q102" s="3" t="s">
-        <v>85</v>
+        <v>171</v>
       </c>
       <c r="R102" s="3" t="s">
-        <v>493</v>
+        <v>535</v>
       </c>
       <c r="S102" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T102" s="4">
         <v>0.01</v>
       </c>
       <c r="U102" s="2">
-        <v>47596</v>
+        <v>48136</v>
       </c>
       <c r="V102" s="4">
-        <v>2.95</v>
+        <v>7.75</v>
       </c>
       <c r="W102" s="3" t="s">
-        <v>497</v>
+        <v>539</v>
       </c>
       <c r="X102" s="4">
-        <v>1312.75</v>
+        <v>6053.6111111099999</v>
       </c>
       <c r="Y102" s="4">
-        <v>1312.75</v>
+        <v>6053.6111110000002</v>
       </c>
       <c r="Z102" s="6">
-        <v>3.176E-3</v>
+        <v>3.1419999999999998E-3</v>
       </c>
     </row>
     <row r="103" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A103" s="3" t="s">
-        <v>498</v>
+        <v>540</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>499</v>
+        <v>541</v>
       </c>
       <c r="C103" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D103" s="4">
-        <v>390000</v>
+        <v>450000</v>
       </c>
       <c r="E103" s="5">
-        <v>99.133709999999994</v>
+        <v>104.367</v>
       </c>
       <c r="F103" s="4">
-        <v>387247.09399999998</v>
+        <v>476539</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H103" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I103" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J103" s="5">
-        <v>99.133709999999994</v>
+        <v>104.367</v>
       </c>
       <c r="K103" s="5">
         <v>1</v>
       </c>
       <c r="L103" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M103" s="4">
-        <v>387247.09399999998</v>
+        <v>476539</v>
       </c>
       <c r="N103" s="4">
-        <v>387247.09399999998</v>
+        <v>476539</v>
       </c>
       <c r="O103" s="3" t="s">
-        <v>500</v>
+        <v>542</v>
       </c>
       <c r="P103" s="3" t="s">
-        <v>501</v>
+        <v>543</v>
       </c>
       <c r="Q103" s="3" t="s">
-        <v>171</v>
+        <v>197</v>
       </c>
       <c r="R103" s="3" t="s">
-        <v>498</v>
+        <v>540</v>
       </c>
       <c r="S103" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T103" s="4">
         <v>0.01</v>
       </c>
       <c r="U103" s="2">
-        <v>47072</v>
+        <v>47422</v>
       </c>
       <c r="V103" s="4">
-        <v>4.125</v>
+        <v>7.25</v>
       </c>
       <c r="W103" s="3" t="s">
-        <v>502</v>
+        <v>544</v>
       </c>
       <c r="X103" s="4">
-        <v>625.625</v>
+        <v>6887.5</v>
       </c>
       <c r="Y103" s="4">
-        <v>625.625</v>
+        <v>6887.5</v>
       </c>
       <c r="Z103" s="6">
-        <v>3.0690000000000001E-3</v>
+        <v>3.7620000000000002E-3</v>
       </c>
     </row>
     <row r="104" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A104" s="3" t="s">
-        <v>503</v>
+        <v>545</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>504</v>
+        <v>546</v>
       </c>
       <c r="C104" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D104" s="4">
-        <v>395000</v>
+        <v>465000</v>
       </c>
       <c r="E104" s="5">
-        <v>100.1016</v>
+        <v>101.51197500000001</v>
       </c>
       <c r="F104" s="4">
-        <v>398116.94500000001</v>
+        <v>479005.68375000003</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H104" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I104" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J104" s="5">
-        <v>100.1016</v>
+        <v>101.51197500000001</v>
       </c>
       <c r="K104" s="5">
         <v>1</v>
       </c>
       <c r="L104" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M104" s="4">
-        <v>398116.94500000001</v>
+        <v>479005.68375000003</v>
       </c>
       <c r="N104" s="4">
-        <v>398116.94500000001</v>
+        <v>479005.68375000003</v>
       </c>
       <c r="O104" s="3" t="s">
-        <v>505</v>
+        <v>547</v>
       </c>
       <c r="P104" s="3" t="s">
-        <v>506</v>
+        <v>548</v>
       </c>
       <c r="Q104" s="3" t="s">
-        <v>192</v>
+        <v>75</v>
       </c>
       <c r="R104" s="3" t="s">
-        <v>503</v>
+        <v>545</v>
       </c>
       <c r="S104" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T104" s="4">
         <v>0.01</v>
       </c>
       <c r="U104" s="2">
-        <v>46492</v>
+        <v>46478</v>
       </c>
       <c r="V104" s="4">
-        <v>5.625</v>
+        <v>6</v>
       </c>
       <c r="W104" s="3" t="s">
-        <v>507</v>
+        <v>549</v>
       </c>
       <c r="X104" s="4">
-        <v>2715.625</v>
+        <v>6975</v>
       </c>
       <c r="Y104" s="4">
-        <v>2715.625</v>
+        <v>6975</v>
       </c>
       <c r="Z104" s="6">
-        <v>3.1549999999999998E-3</v>
+        <v>3.7820000000000002E-3</v>
       </c>
     </row>
     <row r="105" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A105" s="3" t="s">
-        <v>508</v>
+        <v>550</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>509</v>
+        <v>551</v>
       </c>
       <c r="C105" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D105" s="4">
-        <v>370000</v>
+        <v>470000</v>
       </c>
       <c r="E105" s="5">
-        <v>106.2191</v>
+        <v>100.38809999999999</v>
       </c>
       <c r="F105" s="4">
-        <v>396515.39222222002</v>
+        <v>474976.98666667001</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H105" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I105" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J105" s="5">
-        <v>106.2191</v>
+        <v>100.38809999999999</v>
       </c>
       <c r="K105" s="5">
         <v>1</v>
       </c>
       <c r="L105" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M105" s="4">
-        <v>396515.39222199999</v>
+        <v>474976.98666599998</v>
       </c>
       <c r="N105" s="4">
-        <v>396515.39222222002</v>
+        <v>474976.98666667001</v>
       </c>
       <c r="O105" s="3" t="s">
-        <v>510</v>
+        <v>552</v>
       </c>
       <c r="P105" s="3" t="s">
-        <v>511</v>
+        <v>553</v>
       </c>
       <c r="Q105" s="3" t="s">
-        <v>171</v>
+        <v>75</v>
       </c>
       <c r="R105" s="3" t="s">
-        <v>508</v>
+        <v>550</v>
       </c>
       <c r="S105" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T105" s="4">
         <v>0.01</v>
       </c>
       <c r="U105" s="2">
-        <v>48136</v>
+        <v>46522</v>
       </c>
       <c r="V105" s="4">
-        <v>7.75</v>
+        <v>5.25</v>
       </c>
       <c r="W105" s="3" t="s">
-        <v>512</v>
+        <v>554</v>
       </c>
       <c r="X105" s="4">
-        <v>3504.7222222199998</v>
+        <v>3152.9166666699998</v>
       </c>
       <c r="Y105" s="4">
-        <v>3504.7222219999999</v>
+        <v>3152.9166660000001</v>
       </c>
       <c r="Z105" s="6">
-        <v>3.1419999999999998E-3</v>
+        <v>3.7499999999999999E-3</v>
       </c>
     </row>
     <row r="106" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A106" s="3" t="s">
-        <v>513</v>
+        <v>555</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>514</v>
+        <v>556</v>
       </c>
       <c r="C106" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D106" s="4">
-        <v>375000</v>
+        <v>350000</v>
       </c>
       <c r="E106" s="5">
-        <v>104.0247</v>
+        <v>99.046451000000005</v>
       </c>
       <c r="F106" s="4">
-        <v>393415.54166667</v>
+        <v>347459.80072221998</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H106" s="3" t="s">
-        <v>31</v>
+        <v>557</v>
       </c>
       <c r="I106" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J106" s="5">
-        <v>104.0247</v>
+        <v>99.046451000000005</v>
       </c>
       <c r="K106" s="5">
         <v>1</v>
       </c>
       <c r="L106" s="3" t="s">
-        <v>33</v>
+        <v>558</v>
       </c>
       <c r="M106" s="4">
-        <v>393415.54166599998</v>
+        <v>347459.80072200001</v>
       </c>
       <c r="N106" s="4">
-        <v>393415.54166667</v>
+        <v>347459.80072221998</v>
       </c>
       <c r="O106" s="3" t="s">
-        <v>515</v>
+        <v>559</v>
       </c>
       <c r="P106" s="3" t="s">
-        <v>516</v>
+        <v>560</v>
       </c>
       <c r="Q106" s="3" t="s">
-        <v>192</v>
+        <v>75</v>
       </c>
       <c r="R106" s="3" t="s">
-        <v>513</v>
+        <v>555</v>
       </c>
       <c r="S106" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T106" s="4">
         <v>0.01</v>
       </c>
       <c r="U106" s="2">
-        <v>47422</v>
+        <v>47467</v>
       </c>
       <c r="V106" s="4">
-        <v>7.25</v>
+        <v>5.125</v>
       </c>
       <c r="W106" s="3" t="s">
-        <v>517</v>
+        <v>561</v>
       </c>
       <c r="X106" s="4">
-        <v>3322.9166666699998</v>
+        <v>797.22222222000005</v>
       </c>
       <c r="Y106" s="4">
-        <v>3322.9166660000001</v>
+        <v>797.22222199999999</v>
       </c>
       <c r="Z106" s="6">
-        <v>3.1180000000000001E-3</v>
+        <v>2.7430000000000002E-3</v>
       </c>
     </row>
     <row r="107" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A107" s="3" t="s">
-        <v>518</v>
+        <v>562</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>519</v>
+        <v>563</v>
       </c>
       <c r="C107" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D107" s="4">
-        <v>385000</v>
+        <v>269000</v>
       </c>
       <c r="E107" s="5">
-        <v>101.5521</v>
+        <v>106.0682</v>
       </c>
       <c r="F107" s="4">
-        <v>394697.25166667002</v>
+        <v>296021.81216666999</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H107" s="3" t="s">
-        <v>31</v>
+        <v>564</v>
       </c>
       <c r="I107" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J107" s="5">
-        <v>101.5521</v>
+        <v>106.0682</v>
       </c>
       <c r="K107" s="5">
         <v>1</v>
       </c>
       <c r="L107" s="3" t="s">
-        <v>33</v>
+        <v>565</v>
       </c>
       <c r="M107" s="4">
-        <v>394697.251666</v>
+        <v>296021.81216600002</v>
       </c>
       <c r="N107" s="4">
-        <v>394697.25166667002</v>
+        <v>296021.81216666999</v>
       </c>
       <c r="O107" s="3" t="s">
-        <v>520</v>
+        <v>566</v>
       </c>
       <c r="P107" s="3" t="s">
-        <v>521</v>
+        <v>567</v>
       </c>
       <c r="Q107" s="3" t="s">
-        <v>85</v>
+        <v>213</v>
       </c>
       <c r="R107" s="3" t="s">
-        <v>518</v>
+        <v>562</v>
       </c>
       <c r="S107" s="3" t="s">
-        <v>65</v>
+        <v>129</v>
       </c>
       <c r="T107" s="4">
         <v>0.01</v>
       </c>
       <c r="U107" s="2">
-        <v>46478</v>
+        <v>47314</v>
       </c>
       <c r="V107" s="4">
-        <v>6</v>
+        <v>8.625</v>
       </c>
       <c r="W107" s="3" t="s">
-        <v>522</v>
+        <v>568</v>
       </c>
       <c r="X107" s="4">
-        <v>3721.6666666699998</v>
+        <v>10698.35416667</v>
       </c>
       <c r="Y107" s="4">
-        <v>3721.6666660000001</v>
+        <v>10698.354165999999</v>
       </c>
       <c r="Z107" s="6">
-        <v>3.1280000000000001E-3</v>
+        <v>2.3370000000000001E-3</v>
       </c>
     </row>
     <row r="108" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A108" s="3" t="s">
-        <v>523</v>
+        <v>569</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>524</v>
+        <v>570</v>
       </c>
       <c r="C108" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D108" s="4">
-        <v>385000</v>
+        <v>400000</v>
       </c>
       <c r="E108" s="5">
-        <v>100.379</v>
+        <v>89.12706</v>
       </c>
       <c r="F108" s="4">
-        <v>387245.19166667003</v>
+        <v>360362.40666666999</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H108" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I108" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J108" s="5">
-        <v>100.379</v>
+        <v>89.12706</v>
       </c>
       <c r="K108" s="5">
         <v>1</v>
       </c>
       <c r="L108" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M108" s="4">
-        <v>387245.191666</v>
+        <v>360362.40666600002</v>
       </c>
       <c r="N108" s="4">
-        <v>387245.19166667003</v>
+        <v>360362.40666666999</v>
       </c>
       <c r="O108" s="3" t="s">
-        <v>525</v>
+        <v>571</v>
       </c>
       <c r="P108" s="3" t="s">
-        <v>526</v>
+        <v>572</v>
       </c>
       <c r="Q108" s="3" t="s">
-        <v>85</v>
+        <v>75</v>
       </c>
       <c r="R108" s="3" t="s">
-        <v>523</v>
+        <v>569</v>
       </c>
       <c r="S108" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T108" s="4">
         <v>0.01</v>
       </c>
       <c r="U108" s="2">
-        <v>46522</v>
+        <v>47224</v>
       </c>
       <c r="V108" s="4">
-        <v>5.25</v>
+        <v>4.625</v>
       </c>
       <c r="W108" s="3" t="s">
-        <v>527</v>
+        <v>34</v>
       </c>
       <c r="X108" s="4">
-        <v>786.04166667000004</v>
+        <v>3854.1666666699998</v>
       </c>
       <c r="Y108" s="4">
-        <v>786.04166599999996</v>
+        <v>3854.1666660000001</v>
       </c>
       <c r="Z108" s="6">
-        <v>3.0690000000000001E-3</v>
+        <v>2.8449999999999999E-3</v>
       </c>
     </row>
     <row r="109" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A109" s="3" t="s">
-        <v>528</v>
+        <v>573</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>529</v>
+        <v>574</v>
       </c>
       <c r="C109" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D109" s="4">
-        <v>350000</v>
+        <v>2672000000</v>
       </c>
       <c r="E109" s="5">
-        <v>97.849000000000004</v>
+        <v>0.63792099999999996</v>
       </c>
       <c r="F109" s="4">
-        <v>350643.02777778002</v>
+        <v>17045254.720724698</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>82</v>
+        <v>575</v>
       </c>
       <c r="H109" s="3" t="s">
-        <v>530</v>
+        <v>46</v>
       </c>
       <c r="I109" s="3" t="s">
-        <v>32</v>
+        <v>47</v>
       </c>
       <c r="J109" s="5">
-        <v>97.849000000000004</v>
+        <v>99.990960000000001</v>
       </c>
       <c r="K109" s="5">
-        <v>1</v>
+        <v>156.74497122946053</v>
       </c>
       <c r="L109" s="3" t="s">
-        <v>531</v>
+        <v>48</v>
       </c>
       <c r="M109" s="4">
-        <v>350643.02777699998</v>
+        <v>2671757960.79882</v>
       </c>
       <c r="N109" s="4">
-        <v>350643.02777778002</v>
+        <v>17045254.720724698</v>
       </c>
       <c r="O109" s="3" t="s">
-        <v>532</v>
+        <v>576</v>
       </c>
       <c r="P109" s="3" t="s">
-        <v>533</v>
+        <v>577</v>
       </c>
       <c r="Q109" s="3" t="s">
-        <v>85</v>
+        <v>34</v>
       </c>
       <c r="R109" s="3" t="s">
-        <v>528</v>
+        <v>573</v>
       </c>
       <c r="S109" s="3" t="s">
-        <v>65</v>
+        <v>321</v>
       </c>
       <c r="T109" s="4">
         <v>0.01</v>
       </c>
       <c r="U109" s="2">
-        <v>47467</v>
+        <v>46029</v>
       </c>
       <c r="V109" s="4">
-        <v>5.125</v>
+        <v>0</v>
       </c>
       <c r="W109" s="3" t="s">
-        <v>534</v>
+        <v>34</v>
       </c>
       <c r="X109" s="4">
-        <v>8171.5277777800002</v>
+        <v>0</v>
       </c>
       <c r="Y109" s="4">
-        <v>8171.5277770000002</v>
+        <v>0</v>
       </c>
       <c r="Z109" s="6">
-        <v>2.7789999999999998E-3</v>
+        <v>0.13459599999999999</v>
       </c>
     </row>
     <row r="110" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A110" s="3" t="s">
-        <v>535</v>
+        <v>578</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>536</v>
+        <v>579</v>
       </c>
       <c r="C110" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D110" s="4">
-        <v>269000</v>
+        <v>1355000</v>
       </c>
       <c r="E110" s="5">
-        <v>105.93852699999999</v>
+        <v>99.970982000000006</v>
       </c>
       <c r="F110" s="4">
-        <v>293610.65846333001</v>
+        <v>1363555.23399092</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>82</v>
+        <v>575</v>
       </c>
       <c r="H110" s="3" t="s">
-        <v>537</v>
+        <v>31</v>
       </c>
       <c r="I110" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J110" s="5">
-        <v>105.93852699999999</v>
+        <v>99.970982000000006</v>
       </c>
       <c r="K110" s="5">
         <v>1</v>
       </c>
       <c r="L110" s="3" t="s">
-        <v>538</v>
+        <v>33</v>
       </c>
       <c r="M110" s="4">
-        <v>293610.65846300003</v>
+        <v>1363555.2339900001</v>
       </c>
       <c r="N110" s="4">
-        <v>293610.65846333001</v>
+        <v>1363555.23399092</v>
       </c>
       <c r="O110" s="3" t="s">
-        <v>539</v>
+        <v>580</v>
       </c>
       <c r="P110" s="3" t="s">
-        <v>540</v>
+        <v>581</v>
       </c>
       <c r="Q110" s="3" t="s">
-        <v>208</v>
+        <v>34</v>
       </c>
       <c r="R110" s="3" t="s">
-        <v>535</v>
+        <v>578</v>
       </c>
       <c r="S110" s="3" t="s">
-        <v>86</v>
+        <v>65</v>
       </c>
       <c r="T110" s="4">
         <v>0.01</v>
       </c>
       <c r="U110" s="2">
-        <v>47314</v>
+        <v>46418</v>
       </c>
       <c r="V110" s="4">
-        <v>8.625</v>
+        <v>3.669963117</v>
       </c>
       <c r="W110" s="3" t="s">
-        <v>541</v>
+        <v>582</v>
       </c>
       <c r="X110" s="4">
-        <v>8636.0208333299997</v>
+        <v>8948.4278909200002</v>
       </c>
       <c r="Y110" s="4">
-        <v>8636.0208330000005</v>
+        <v>8948.4278900000008</v>
       </c>
       <c r="Z110" s="6">
-        <v>2.3270000000000001E-3</v>
+        <v>1.0767000000000001E-2</v>
       </c>
     </row>
     <row r="111" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A111" s="3" t="s">
-        <v>542</v>
+        <v>583</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>543</v>
+        <v>584</v>
       </c>
       <c r="C111" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D111" s="4">
-        <v>400000</v>
+        <v>60153000</v>
       </c>
       <c r="E111" s="5">
-        <v>88.072599999999994</v>
+        <v>100.033709</v>
       </c>
       <c r="F111" s="4">
-        <v>354500.12222222</v>
+        <v>60576891.119516797</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>82</v>
+        <v>575</v>
       </c>
       <c r="H111" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I111" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J111" s="5">
-        <v>88.072599999999994</v>
+        <v>100.033709</v>
       </c>
       <c r="K111" s="5">
         <v>1</v>
       </c>
       <c r="L111" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M111" s="4">
-        <v>354500.12222199998</v>
+        <v>60576891.119515002</v>
       </c>
       <c r="N111" s="4">
-        <v>354500.12222222</v>
+        <v>60576891.119516797</v>
       </c>
       <c r="O111" s="3" t="s">
-        <v>544</v>
+        <v>585</v>
       </c>
       <c r="P111" s="3" t="s">
-        <v>545</v>
+        <v>581</v>
       </c>
       <c r="Q111" s="3" t="s">
-        <v>85</v>
+        <v>34</v>
       </c>
       <c r="R111" s="3" t="s">
-        <v>542</v>
+        <v>583</v>
       </c>
       <c r="S111" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T111" s="4">
         <v>0.01</v>
       </c>
       <c r="U111" s="2">
-        <v>47224</v>
+        <v>46507</v>
       </c>
       <c r="V111" s="4">
-        <v>4.625</v>
+        <v>3.7319631169999998</v>
       </c>
       <c r="W111" s="3" t="s">
-        <v>34</v>
+        <v>586</v>
       </c>
       <c r="X111" s="4">
-        <v>2209.7222222199998</v>
+        <v>403614.14474684</v>
       </c>
       <c r="Y111" s="4">
-        <v>2209.7222219999999</v>
+        <v>403614.144745</v>
       </c>
       <c r="Z111" s="6">
-        <v>2.8089999999999999E-3</v>
+        <v>0.47834100000000002</v>
       </c>
     </row>
     <row r="112" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A112" s="3" t="s">
-        <v>546</v>
+        <v>587</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>547</v>
+        <v>588</v>
       </c>
       <c r="C112" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D112" s="4">
-        <v>2672000000</v>
+        <v>4575000</v>
       </c>
       <c r="E112" s="5">
-        <v>0.640517</v>
+        <v>100.057666</v>
       </c>
       <c r="F112" s="4">
-        <v>17114621.4572252</v>
+        <v>4608327.6407542201</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>548</v>
+        <v>575</v>
       </c>
       <c r="H112" s="3" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="I112" s="3" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="J112" s="5">
-        <v>99.952719999999999</v>
+        <v>100.057666</v>
       </c>
       <c r="K112" s="5">
-        <v>156.05006085952374</v>
+        <v>1</v>
       </c>
       <c r="L112" s="3" t="s">
-        <v>48</v>
+        <v>33</v>
       </c>
       <c r="M112" s="4">
-        <v>2670737719.98771</v>
+        <v>4608327.6407540003</v>
       </c>
       <c r="N112" s="4">
-        <v>17114621.4572252</v>
+        <v>4608327.6407542201</v>
       </c>
       <c r="O112" s="3" t="s">
-        <v>549</v>
+        <v>589</v>
       </c>
       <c r="P112" s="3" t="s">
-        <v>550</v>
+        <v>581</v>
       </c>
       <c r="Q112" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R112" s="3" t="s">
-        <v>546</v>
+        <v>587</v>
       </c>
       <c r="S112" s="3" t="s">
-        <v>294</v>
+        <v>65</v>
       </c>
       <c r="T112" s="4">
         <v>0.01</v>
       </c>
       <c r="U112" s="2">
-        <v>46029</v>
+        <v>46599</v>
       </c>
       <c r="V112" s="4">
-        <v>0</v>
+        <v>3.7309631169999999</v>
       </c>
       <c r="W112" s="3" t="s">
-        <v>34</v>
+        <v>590</v>
       </c>
       <c r="X112" s="4">
-        <v>0</v>
+        <v>30689.42125422</v>
       </c>
       <c r="Y112" s="4">
-        <v>0</v>
+        <v>30689.421254000001</v>
       </c>
       <c r="Z112" s="6">
-        <v>0.135658</v>
+        <v>3.6388999999999998E-2</v>
       </c>
     </row>
     <row r="113" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A113" s="3" t="s">
-        <v>551</v>
+        <v>591</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>552</v>
+        <v>592</v>
       </c>
       <c r="C113" s="3" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="D113" s="4">
-        <v>1355000</v>
+        <v>3180000</v>
       </c>
       <c r="E113" s="5">
-        <v>99.912132999999997</v>
+        <v>100.06995999999999</v>
       </c>
       <c r="F113" s="4">
-        <v>1358083.82027693</v>
+        <v>3203744.4431512002</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>548</v>
+        <v>575</v>
       </c>
       <c r="H113" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I113" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J113" s="5">
-        <v>99.912132999999997</v>
+        <v>100.06995999999999</v>
       </c>
       <c r="K113" s="5">
         <v>1</v>
       </c>
       <c r="L113" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M113" s="4">
-        <v>1358083.8202760001</v>
+        <v>3203744.443151</v>
       </c>
       <c r="N113" s="4">
-        <v>1358083.82027693</v>
+        <v>3203744.4431512002</v>
       </c>
       <c r="O113" s="3" t="s">
-        <v>553</v>
+        <v>593</v>
       </c>
       <c r="P113" s="3" t="s">
-        <v>554</v>
+        <v>581</v>
       </c>
       <c r="Q113" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R113" s="3" t="s">
-        <v>551</v>
+        <v>591</v>
       </c>
       <c r="S113" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T113" s="4">
         <v>0.01</v>
       </c>
       <c r="U113" s="2">
-        <v>46418</v>
+        <v>46691</v>
       </c>
       <c r="V113" s="4">
-        <v>3.8584078960000001</v>
+        <v>3.7619631170000001</v>
       </c>
       <c r="W113" s="3" t="s">
-        <v>555</v>
+        <v>594</v>
       </c>
       <c r="X113" s="4">
-        <v>4274.4181269299997</v>
+        <v>21519.715151199998</v>
       </c>
       <c r="Y113" s="4">
-        <v>4274.4181259999996</v>
+        <v>21519.715151</v>
       </c>
       <c r="Z113" s="6">
-        <v>1.0763999999999999E-2</v>
+        <v>2.5298000000000001E-2</v>
       </c>
     </row>
     <row r="114" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A114" s="3" t="s">
-        <v>556</v>
+        <v>595</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>557</v>
+        <v>596</v>
       </c>
       <c r="C114" s="3" t="s">
-        <v>81</v>
+        <v>597</v>
       </c>
       <c r="D114" s="4">
-        <v>60278000</v>
+        <v>-142827.74</v>
       </c>
       <c r="E114" s="5">
-        <v>99.9726</v>
+        <v>1</v>
       </c>
       <c r="F114" s="4">
-        <v>60454644.472102404</v>
+        <v>-142827.74</v>
       </c>
       <c r="G114" s="3" t="s">
-        <v>548</v>
+        <v>598</v>
       </c>
       <c r="H114" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I114" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J114" s="5">
-        <v>99.9726</v>
+        <v>1</v>
       </c>
       <c r="K114" s="5">
         <v>1</v>
       </c>
       <c r="L114" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M114" s="4">
-        <v>60454644.472101003</v>
+        <v>-142827.74</v>
       </c>
       <c r="N114" s="4">
-        <v>60454644.472102404</v>
+        <v>-142827.74</v>
       </c>
       <c r="O114" s="3" t="s">
-        <v>558</v>
+        <v>34</v>
       </c>
       <c r="P114" s="3" t="s">
-        <v>554</v>
+        <v>34</v>
       </c>
       <c r="Q114" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R114" s="3" t="s">
-        <v>556</v>
+        <v>34</v>
       </c>
       <c r="S114" s="3" t="s">
-        <v>65</v>
+        <v>35</v>
       </c>
       <c r="T114" s="4">
-        <v>0.01</v>
-[...5 lines deleted...]
-        <v>3.9204078959999999</v>
+        <v>1</v>
       </c>
       <c r="W114" s="3" t="s">
-        <v>559</v>
+        <v>34</v>
       </c>
       <c r="X114" s="4">
-        <v>193160.64410244001</v>
+        <v>0</v>
       </c>
       <c r="Y114" s="4">
-        <v>193160.64410100001</v>
+        <v>0</v>
       </c>
       <c r="Z114" s="6">
-        <v>0.47919200000000001</v>
+        <v>-1.127E-3</v>
       </c>
     </row>
     <row r="115" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A115" s="3" t="s">
-        <v>560</v>
+        <v>599</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>561</v>
+        <v>600</v>
       </c>
       <c r="C115" s="3" t="s">
-        <v>81</v>
+        <v>601</v>
       </c>
       <c r="D115" s="4">
-        <v>4575000</v>
+        <v>31452.53</v>
       </c>
       <c r="E115" s="5">
-        <v>99.969460999999995</v>
+        <v>1</v>
       </c>
       <c r="F115" s="4">
-        <v>4588255.1925750598</v>
+        <v>31452.53</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>548</v>
+        <v>602</v>
       </c>
       <c r="H115" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I115" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J115" s="5">
-        <v>99.969460999999995</v>
+        <v>1</v>
       </c>
       <c r="K115" s="5">
         <v>1</v>
       </c>
       <c r="L115" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M115" s="4">
-        <v>4588255.1925750002</v>
+        <v>31452.53</v>
       </c>
       <c r="N115" s="4">
-        <v>4588255.1925750598</v>
+        <v>31452.53</v>
       </c>
       <c r="O115" s="3" t="s">
-        <v>562</v>
+        <v>34</v>
       </c>
       <c r="P115" s="3" t="s">
-        <v>554</v>
+        <v>603</v>
       </c>
       <c r="Q115" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R115" s="3" t="s">
-        <v>560</v>
+        <v>34</v>
       </c>
       <c r="S115" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T115" s="4">
-        <v>0.01</v>
-[...5 lines deleted...]
-        <v>3.9194078960000001</v>
+        <v>1</v>
       </c>
       <c r="W115" s="3" t="s">
-        <v>563</v>
+        <v>34</v>
       </c>
       <c r="X115" s="4">
-        <v>14652.351825059999</v>
+        <v>0</v>
       </c>
       <c r="Y115" s="4">
-        <v>14652.351825</v>
+        <v>0</v>
       </c>
       <c r="Z115" s="6">
-        <v>3.6367999999999998E-2</v>
+        <v>2.4800000000000001E-4</v>
       </c>
     </row>
     <row r="116" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A116" s="3" t="s">
-        <v>564</v>
+        <v>604</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>565</v>
-[...8 lines deleted...]
-        <v>99.997619</v>
+        <v>605</v>
       </c>
       <c r="F116" s="4">
-        <v>451444.30612336</v>
-[...56 lines deleted...]
-        <v>1455.0206229999999</v>
+        <v>-14484898.5</v>
       </c>
       <c r="Z116" s="6">
-        <v>3.578E-3</v>
+        <v>-0.11437901231887999</v>
       </c>
     </row>
     <row r="117" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A117" s="3" t="s">
-        <v>568</v>
+        <v>606</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>569</v>
-[...8 lines deleted...]
-        <v>1</v>
+        <v>607</v>
       </c>
       <c r="F117" s="4">
-        <v>-125738.99</v>
-[...50 lines deleted...]
-        <v>0</v>
+        <v>-85437000</v>
       </c>
       <c r="Z117" s="6">
-        <v>-9.9599999999999992E-4</v>
-[...73 lines deleted...]
-        <v>3.2910000000000002E-2</v>
+        <v>-0.67464743888181999</v>
       </c>
     </row>
     <row r="119" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A119" s="3" t="s">
-        <v>577</v>
-[...74 lines deleted...]
-        <v>4.7558999999999997E-2</v>
+        <v>608</v>
       </c>
     </row>
     <row r="120" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A120" s="3" t="s">
-        <v>581</v>
-[...8 lines deleted...]
-        <v>-7.7824089507077407E-2</v>
+        <v>609</v>
       </c>
     </row>
     <row r="121" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A121" s="3" t="s">
-        <v>583</v>
-[...8 lines deleted...]
-        <v>-0.73033049190627297</v>
+        <v>610</v>
+      </c>
+    </row>
+    <row r="122" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A122" s="3" t="s">
+        <v>611</v>
       </c>
     </row>
     <row r="123" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A123" s="3" t="s">
-        <v>585</v>
+        <v>612</v>
       </c>
     </row>
     <row r="124" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A124" s="3" t="s">
-        <v>586</v>
-[...19 lines deleted...]
-        <v>590</v>
+        <v>613</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>November</vt:lpstr>
+      <vt:lpstr>December</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>