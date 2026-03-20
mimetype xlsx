--- v4 (2026-02-07)
+++ v5 (2026-03-20)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2025_12\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\PerformanceSystems\ParcelsHoldingsExport\GMO\2026_01\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{5295C203-9CA9-43E8-B653-F59DA2F8B5BF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{00B938FE-0476-478C-AE91-66857D126BCF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1170" yWindow="1395" windowWidth="11520" windowHeight="8265" xr2:uid="{902DDC81-F1B8-4E09-A0FA-D416C1102C49}"/>
+    <workbookView xWindow="390" yWindow="390" windowWidth="11520" windowHeight="8325" xr2:uid="{3DE10342-FBEE-492A-BAC6-05F744EBC811}"/>
   </bookViews>
   <sheets>
-    <sheet name="December" sheetId="1" r:id="rId1"/>
+    <sheet name="January" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1493" uniqueCount="614">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1558" uniqueCount="633">
   <si>
     <t>GMO High Yield Fund</t>
   </si>
   <si>
     <t>Security ID</t>
   </si>
   <si>
     <t>Security Name</t>
   </si>
   <si>
     <t>Investment Type</t>
   </si>
   <si>
     <t>No. of Holdings</t>
   </si>
   <si>
     <t>Base Price</t>
   </si>
   <si>
     <t>Base Market Value w/Notional*</t>
   </si>
   <si>
     <t>Security Type</t>
   </si>
   <si>
@@ -163,72 +163,72 @@
   <si>
     <t/>
   </si>
   <si>
     <t>CASH</t>
   </si>
   <si>
     <t>CASH_USD_MARJPNUS3</t>
   </si>
   <si>
     <t>ETD USD MARGIN BALANCE</t>
   </si>
   <si>
     <t>Futures Margin</t>
   </si>
   <si>
     <t>USDTCash</t>
   </si>
   <si>
     <t>Trade Date Cash (USD)</t>
   </si>
   <si>
     <t>Trade Date Cash</t>
   </si>
   <si>
-    <t>USD_JPY_DBA_20260107F</t>
+    <t>USD_JPY_MSCI_20260406F</t>
   </si>
   <si>
     <t>FX USD VS JPY</t>
   </si>
   <si>
     <t>Derivative</t>
   </si>
   <si>
     <t>Currency Contract</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>JPY</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
-    <t>USD_JPY_DBA_20260107T</t>
+    <t>USD_JPY_MSCI_20260406T</t>
   </si>
   <si>
     <t>FBFVH26</t>
   </si>
   <si>
     <t>US 5YR NOTE (CBT)</t>
   </si>
   <si>
     <t>Futures</t>
   </si>
   <si>
     <t>FVH6</t>
   </si>
   <si>
     <t>XCBT</t>
   </si>
   <si>
     <t>FBTUH26</t>
   </si>
   <si>
     <t>US 2YR NOTE (CBT)</t>
   </si>
   <si>
     <t>TUH6</t>
   </si>
@@ -238,152 +238,155 @@
   <si>
     <t>US 10YR NOTE (CBT)</t>
   </si>
   <si>
     <t>TYH6</t>
   </si>
   <si>
     <t>BMO4XNJ00</t>
   </si>
   <si>
     <t>TRSWAP: IBOXHY INDEX</t>
   </si>
   <si>
     <t>SWAP</t>
   </si>
   <si>
     <t>Financials</t>
   </si>
   <si>
     <t>XOTC</t>
   </si>
   <si>
     <t>BMO57U2B4</t>
   </si>
   <si>
+    <t>BMO5BZ897</t>
+  </si>
+  <si>
     <t>Z9796YTF3</t>
   </si>
   <si>
-    <t>ICE: (CDX.NA.HY.45.V1)</t>
-[...5 lines deleted...]
-    <t>US AAP 30</t>
+    <t>ICE: (CDX.NA.HY.45.V2)</t>
+  </si>
+  <si>
+    <t>US01748XAD49</t>
+  </si>
+  <si>
+    <t>US ALGT 27 144A</t>
   </si>
   <si>
     <t>Fixed Income</t>
   </si>
   <si>
     <t>Corporate Bond</t>
   </si>
   <si>
-    <t>BN4NJW0</t>
-[...2 lines deleted...]
-    <t>AAP</t>
+    <t>BM8WZQ2</t>
+  </si>
+  <si>
+    <t>ALGT</t>
+  </si>
+  <si>
+    <t>Industrials</t>
+  </si>
+  <si>
+    <t>01748XAD4</t>
+  </si>
+  <si>
+    <t>US01879NAC92</t>
+  </si>
+  <si>
+    <t>US ARLP 29 144A</t>
+  </si>
+  <si>
+    <t>BNRP0X1</t>
+  </si>
+  <si>
+    <t>ARLP</t>
+  </si>
+  <si>
+    <t>Energy</t>
+  </si>
+  <si>
+    <t>01879NAC9</t>
+  </si>
+  <si>
+    <t>US02352NAA72</t>
+  </si>
+  <si>
+    <t>FI AS 31 144A</t>
+  </si>
+  <si>
+    <t>Finland</t>
+  </si>
+  <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>BMVVF66</t>
+  </si>
+  <si>
+    <t>AS</t>
   </si>
   <si>
     <t>Consumer Discretionary</t>
   </si>
   <si>
-    <t>00751YAE6</t>
-[...55 lines deleted...]
-  <si>
     <t>02352NAA7</t>
   </si>
   <si>
     <t>US023771T329</t>
   </si>
   <si>
     <t>US AAL 28 144A</t>
   </si>
   <si>
     <t>BMZLS41</t>
   </si>
   <si>
     <t>AAL</t>
   </si>
   <si>
     <t>023771T32</t>
   </si>
   <si>
+    <t>US02406PBC32</t>
+  </si>
+  <si>
+    <t>US AXL 32 144A</t>
+  </si>
+  <si>
+    <t>BLDCF48</t>
+  </si>
+  <si>
+    <t>AXL</t>
+  </si>
+  <si>
+    <t>02406PBC3</t>
+  </si>
+  <si>
     <t>US02608AAA79</t>
   </si>
   <si>
     <t>US GNL 28 144A</t>
   </si>
   <si>
     <t>BPBRT30</t>
   </si>
   <si>
     <t>GNL</t>
   </si>
   <si>
     <t>Real Estate</t>
   </si>
   <si>
     <t>02608AAA7</t>
   </si>
   <si>
     <t>US03881NAJ63</t>
   </si>
   <si>
     <t>US ABR 30 144A</t>
   </si>
   <si>
     <t>BVMNBK0</t>
@@ -406,71 +409,92 @@
   <si>
     <t>ASH</t>
   </si>
   <si>
     <t>Materials</t>
   </si>
   <si>
     <t>04433LAA0</t>
   </si>
   <si>
     <t>US05605HAB69</t>
   </si>
   <si>
     <t>US BWXT 28 144A</t>
   </si>
   <si>
     <t>BMQ52P1</t>
   </si>
   <si>
     <t>BWXT</t>
   </si>
   <si>
     <t>05605HAB6</t>
   </si>
   <si>
+    <t>US080782AA38</t>
+  </si>
+  <si>
+    <t>GB BELRON 29 144A</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>GB</t>
+  </si>
+  <si>
+    <t>BSVLRC8</t>
+  </si>
+  <si>
+    <t>BELRON</t>
+  </si>
+  <si>
+    <t>XLUX</t>
+  </si>
+  <si>
+    <t>080782AA3</t>
+  </si>
+  <si>
     <t>US097751AL51</t>
   </si>
   <si>
     <t>CA BBDBCN 34 144A</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>B00SJF1</t>
   </si>
   <si>
     <t>BBDBCN</t>
   </si>
   <si>
-    <t>XLUX</t>
-[...1 lines deleted...]
-  <si>
     <t>097751AL5</t>
   </si>
   <si>
     <t>US103304BV23</t>
   </si>
   <si>
     <t>US BYD 31 144A</t>
   </si>
   <si>
     <t>BMW1BG7</t>
   </si>
   <si>
     <t>BYD</t>
   </si>
   <si>
     <t>103304BV2</t>
   </si>
   <si>
     <t>US105340AS20</t>
   </si>
   <si>
     <t>US BDN 29</t>
   </si>
   <si>
     <t>BQBC9X2</t>
@@ -571,242 +595,242 @@
   <si>
     <t>CWENA</t>
   </si>
   <si>
     <t>Utilities</t>
   </si>
   <si>
     <t>18539UAD7</t>
   </si>
   <si>
     <t>US18589GAA31</t>
   </si>
   <si>
     <t>US CLF 34 144A</t>
   </si>
   <si>
     <t>BVZMLD7</t>
   </si>
   <si>
     <t>CLF</t>
   </si>
   <si>
     <t>18589GAA3</t>
   </si>
   <si>
-    <t>US19260QAD97</t>
-[...13 lines deleted...]
-  <si>
     <t>US201723AV52</t>
   </si>
   <si>
     <t>US CMC 35 144A</t>
   </si>
   <si>
     <t>BS88ZW8</t>
   </si>
   <si>
     <t>CMC</t>
   </si>
   <si>
     <t>201723AV5</t>
   </si>
   <si>
+    <t>US21039CAB00</t>
+  </si>
+  <si>
+    <t>US CSTM 29 144A</t>
+  </si>
+  <si>
+    <t>BM8C3K2</t>
+  </si>
+  <si>
+    <t>CSTM</t>
+  </si>
+  <si>
+    <t>21039CAB0</t>
+  </si>
+  <si>
     <t>US225310AS06</t>
   </si>
   <si>
     <t>US CACC 30 144A</t>
   </si>
   <si>
     <t>BRXB053</t>
   </si>
   <si>
     <t>CACC</t>
   </si>
   <si>
     <t>225310AS0</t>
   </si>
   <si>
-    <t>US22788CAA36</t>
-[...8 lines deleted...]
-    <t>CRWD</t>
+    <t>US248019AW14</t>
+  </si>
+  <si>
+    <t>US DLX 29 144A</t>
+  </si>
+  <si>
+    <t>BS898R7</t>
+  </si>
+  <si>
+    <t>DLX</t>
+  </si>
+  <si>
+    <t>248019AW1</t>
+  </si>
+  <si>
+    <t>US25461LAA08</t>
+  </si>
+  <si>
+    <t>US DTV 27 144A</t>
+  </si>
+  <si>
+    <t>BN765Z1</t>
+  </si>
+  <si>
+    <t>DTV</t>
+  </si>
+  <si>
+    <t>Communication Services</t>
+  </si>
+  <si>
+    <t>25461LAA0</t>
+  </si>
+  <si>
+    <t>US28414HAG83</t>
+  </si>
+  <si>
+    <t>US ELAN 28</t>
+  </si>
+  <si>
+    <t>BK6ZHZ2</t>
+  </si>
+  <si>
+    <t>ELAN</t>
+  </si>
+  <si>
+    <t>28414HAG8</t>
+  </si>
+  <si>
+    <t>US292554AS19</t>
+  </si>
+  <si>
+    <t>US ECPG 31 144A</t>
+  </si>
+  <si>
+    <t>BVMS0Q4</t>
+  </si>
+  <si>
+    <t>ECPG</t>
+  </si>
+  <si>
+    <t>292554AS1</t>
+  </si>
+  <si>
+    <t>US29281WAA62</t>
+  </si>
+  <si>
+    <t>CA EFXINC 31 144A</t>
+  </si>
+  <si>
+    <t>BTFHTL2</t>
+  </si>
+  <si>
+    <t>EFXINC</t>
+  </si>
+  <si>
+    <t>29281WAA6</t>
+  </si>
+  <si>
+    <t>US29355XAH08</t>
+  </si>
+  <si>
+    <t>US NPO 33 144A</t>
+  </si>
+  <si>
+    <t>BMGDT65</t>
+  </si>
+  <si>
+    <t>NPO</t>
+  </si>
+  <si>
+    <t>29355XAH0</t>
+  </si>
+  <si>
+    <t>US302491AX31</t>
+  </si>
+  <si>
+    <t>US FMC 33</t>
+  </si>
+  <si>
+    <t>BNDT800</t>
+  </si>
+  <si>
+    <t>FMC</t>
+  </si>
+  <si>
+    <t>302491AX3</t>
+  </si>
+  <si>
+    <t>US30251GBA40</t>
+  </si>
+  <si>
+    <t>AU FMGAU 27 144A</t>
+  </si>
+  <si>
+    <t>Australia</t>
+  </si>
+  <si>
+    <t>AU</t>
+  </si>
+  <si>
+    <t>BK5GTT4</t>
+  </si>
+  <si>
+    <t>FMGAU</t>
+  </si>
+  <si>
+    <t>XASX</t>
+  </si>
+  <si>
+    <t>30251GBA4</t>
+  </si>
+  <si>
+    <t>US303250AF16</t>
+  </si>
+  <si>
+    <t>US FAIRIC 28 144A</t>
+  </si>
+  <si>
+    <t>BKV3193</t>
+  </si>
+  <si>
+    <t>FAIRIC</t>
   </si>
   <si>
     <t>Information Technology</t>
   </si>
   <si>
-    <t>22788CAA3</t>
-[...130 lines deleted...]
-  <si>
     <t>303250AF1</t>
   </si>
   <si>
     <t>US31209DAA37</t>
   </si>
   <si>
     <t>FR EOFP 30 144A</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>BM9YFH8</t>
   </si>
   <si>
     <t>EOFP</t>
   </si>
   <si>
     <t>31209DAA3</t>
   </si>
   <si>
     <t>US34960PAD33</t>
@@ -913,80 +937,110 @@
   <si>
     <t>BRBST71</t>
   </si>
   <si>
     <t>HLF</t>
   </si>
   <si>
     <t>40390DAD7</t>
   </si>
   <si>
     <t>US404251AA81</t>
   </si>
   <si>
     <t>US HNI 29 144A</t>
   </si>
   <si>
     <t>BRQNC27</t>
   </si>
   <si>
     <t>HNI</t>
   </si>
   <si>
     <t>404251AA8</t>
   </si>
   <si>
+    <t>US42704LAG95</t>
+  </si>
+  <si>
+    <t>US HRI 33 144A</t>
+  </si>
+  <si>
+    <t>BV5GRT7</t>
+  </si>
+  <si>
+    <t>HRI</t>
+  </si>
+  <si>
+    <t>42704LAG9</t>
+  </si>
+  <si>
     <t>US432833AJ07</t>
   </si>
   <si>
     <t>US HLT 29 144A</t>
   </si>
   <si>
     <t>BNDLGY6</t>
   </si>
   <si>
     <t>HLT</t>
   </si>
   <si>
     <t>432833AJ0</t>
   </si>
   <si>
     <t>US44267DAE76</t>
   </si>
   <si>
     <t>US HHH 29 144A</t>
   </si>
   <si>
     <t>BMDJ427</t>
   </si>
   <si>
     <t>HHH</t>
   </si>
   <si>
     <t>44267DAE7</t>
   </si>
   <si>
+    <t>US44701QBE17</t>
+  </si>
+  <si>
+    <t>US HUN 29</t>
+  </si>
+  <si>
+    <t>BJLTYV7</t>
+  </si>
+  <si>
+    <t>HUN</t>
+  </si>
+  <si>
+    <t>44701QBE1</t>
+  </si>
+  <si>
     <t>US45688CAB37</t>
   </si>
   <si>
     <t>US NGVT 28 144A</t>
   </si>
   <si>
     <t>BMFTQC9</t>
   </si>
   <si>
     <t>NGVT</t>
   </si>
   <si>
     <t>45688CAB3</t>
   </si>
   <si>
     <t>US46284VAN10</t>
   </si>
   <si>
     <t>US IRM 31 144A</t>
   </si>
   <si>
     <t>BMG1HP4</t>
   </si>
   <si>
     <t>IRM</t>
@@ -1051,86 +1105,50 @@
   <si>
     <t>BMXWTN2</t>
   </si>
   <si>
     <t>LAMR</t>
   </si>
   <si>
     <t>513075BR1</t>
   </si>
   <si>
     <t>US55617LAS16</t>
   </si>
   <si>
     <t>US M 33 144A</t>
   </si>
   <si>
     <t>BTK19L9</t>
   </si>
   <si>
     <t>M</t>
   </si>
   <si>
     <t>55617LAS1</t>
   </si>
   <si>
-    <t>US57667JAA07</t>
-[...34 lines deleted...]
-  <si>
     <t>US603051AF02</t>
   </si>
   <si>
     <t>AU MINAU 31 144A</t>
   </si>
   <si>
     <t>BV8CLB2</t>
   </si>
   <si>
     <t>MINAU</t>
   </si>
   <si>
     <t>603051AF0</t>
   </si>
   <si>
     <t>US615394AM52</t>
   </si>
   <si>
     <t>US MOGA 27 144A</t>
   </si>
   <si>
     <t>BKQNVK9</t>
   </si>
   <si>
     <t>MOGA</t>
@@ -1162,50 +1180,65 @@
   <si>
     <t>BP091S6</t>
   </si>
   <si>
     <t>MUR</t>
   </si>
   <si>
     <t>626717AP7</t>
   </si>
   <si>
     <t>US629377CR16</t>
   </si>
   <si>
     <t>US NRG 31 144A</t>
   </si>
   <si>
     <t>BNM51T9</t>
   </si>
   <si>
     <t>NRG</t>
   </si>
   <si>
     <t>629377CR1</t>
   </si>
   <si>
+    <t>US62957HAR66</t>
+  </si>
+  <si>
+    <t>US NBR 32 144A</t>
+  </si>
+  <si>
+    <t>BN6QC40</t>
+  </si>
+  <si>
+    <t>NBR</t>
+  </si>
+  <si>
+    <t>62957HAR6</t>
+  </si>
+  <si>
     <t>US654922AD53</t>
   </si>
   <si>
     <t>JP NSANY 35 144A</t>
   </si>
   <si>
     <t>BVN2G67</t>
   </si>
   <si>
     <t>NSANY</t>
   </si>
   <si>
     <t>654922AD5</t>
   </si>
   <si>
     <t>US682691AM29</t>
   </si>
   <si>
     <t>US OMF 33</t>
   </si>
   <si>
     <t>BW01HX8</t>
   </si>
   <si>
     <t>OMF</t>
@@ -1237,80 +1270,80 @@
   <si>
     <t>BM9GSX1</t>
   </si>
   <si>
     <t>PBFENE</t>
   </si>
   <si>
     <t>69318FAJ7</t>
   </si>
   <si>
     <t>US69354NAF33</t>
   </si>
   <si>
     <t>US PRAA 30 144A</t>
   </si>
   <si>
     <t>BPZRNP6</t>
   </si>
   <si>
     <t>PRAA</t>
   </si>
   <si>
     <t>69354NAF3</t>
   </si>
   <si>
-    <t>US69370CAC47</t>
-[...13 lines deleted...]
-  <si>
     <t>US703343AH63</t>
   </si>
   <si>
     <t>US PATK 32 144A</t>
   </si>
   <si>
     <t>BQFN210</t>
   </si>
   <si>
     <t>PATK</t>
   </si>
   <si>
     <t>703343AH6</t>
   </si>
   <si>
+    <t>US71880KAB70</t>
+  </si>
+  <si>
+    <t>US PHIN 32 144A</t>
+  </si>
+  <si>
+    <t>BRBQDY0</t>
+  </si>
+  <si>
+    <t>PHIN</t>
+  </si>
+  <si>
+    <t>71880KAB7</t>
+  </si>
+  <si>
     <t>US740212AM74</t>
   </si>
   <si>
     <t>CA PDCN 29 144A</t>
   </si>
   <si>
     <t>BP0WL96</t>
   </si>
   <si>
     <t>PDCN</t>
   </si>
   <si>
     <t>740212AM7</t>
   </si>
   <si>
     <t>US75102WAK45</t>
   </si>
   <si>
     <t>JP RAKUTN 29 144A</t>
   </si>
   <si>
     <t>BQBBBT9</t>
   </si>
   <si>
     <t>RAKUTN</t>
@@ -1327,65 +1360,50 @@
   <si>
     <t>BPLZLY9</t>
   </si>
   <si>
     <t>REZI</t>
   </si>
   <si>
     <t>76119LAD3</t>
   </si>
   <si>
     <t>US76774LAB36</t>
   </si>
   <si>
     <t>CA RBACN 28 144A</t>
   </si>
   <si>
     <t>BQZCG82</t>
   </si>
   <si>
     <t>RBACN</t>
   </si>
   <si>
     <t>76774LAB3</t>
   </si>
   <si>
-    <t>US771049AA15</t>
-[...13 lines deleted...]
-  <si>
     <t>US78669QAA85</t>
   </si>
   <si>
     <t>CA SFCCN 28 144A</t>
   </si>
   <si>
     <t>BL9YLB7</t>
   </si>
   <si>
     <t>SFCCN</t>
   </si>
   <si>
     <t>78669QAA8</t>
   </si>
   <si>
     <t>US81172QAA22</t>
   </si>
   <si>
     <t>NO SDRLNO 30 144A</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NO</t>
@@ -1642,80 +1660,110 @@
   <si>
     <t>BMW55R8</t>
   </si>
   <si>
     <t>VFC</t>
   </si>
   <si>
     <t>918204BC1</t>
   </si>
   <si>
     <t>US92535UAB08</t>
   </si>
   <si>
     <t>US VRT 28 144A</t>
   </si>
   <si>
     <t>BN14T82</t>
   </si>
   <si>
     <t>VRT</t>
   </si>
   <si>
     <t>92535UAB0</t>
   </si>
   <si>
+    <t>US92552VAL45</t>
+  </si>
+  <si>
+    <t>US VSAT 27 144A</t>
+  </si>
+  <si>
+    <t>BJ2X3M2</t>
+  </si>
+  <si>
+    <t>VSAT</t>
+  </si>
+  <si>
+    <t>92552VAL4</t>
+  </si>
+  <si>
     <t>US92840VAP76</t>
   </si>
   <si>
     <t>US VST 31 144A</t>
   </si>
   <si>
     <t>BNQQSS6</t>
   </si>
   <si>
     <t>VST</t>
   </si>
   <si>
     <t>92840VAP7</t>
   </si>
   <si>
     <t>US94419NAA54</t>
   </si>
   <si>
     <t>US W 29 144A</t>
   </si>
   <si>
     <t>BRC3PR7</t>
   </si>
   <si>
     <t>W</t>
   </si>
   <si>
     <t>94419NAA5</t>
   </si>
   <si>
+    <t>US947075AW79</t>
+  </si>
+  <si>
+    <t>US WFRD 33 144A</t>
+  </si>
+  <si>
+    <t>BV8DHB7</t>
+  </si>
+  <si>
+    <t>WFRD</t>
+  </si>
+  <si>
+    <t>947075AW7</t>
+  </si>
+  <si>
     <t>US98310WAN83</t>
   </si>
   <si>
     <t>US TNL 27</t>
   </si>
   <si>
     <t>BF083Z4</t>
   </si>
   <si>
     <t>TNL</t>
   </si>
   <si>
     <t>98310WAN8</t>
   </si>
   <si>
     <t>US983130AX35</t>
   </si>
   <si>
     <t>US WYNNLV 27 144A</t>
   </si>
   <si>
     <t>BD3N0P1</t>
   </si>
   <si>
     <t>WYNNLV</t>
@@ -1723,93 +1771,102 @@
   <si>
     <t>983130AX3</t>
   </si>
   <si>
     <t>US98313RAE62</t>
   </si>
   <si>
     <t>MO WYNMAC 29 144A</t>
   </si>
   <si>
     <t>Macau</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>BJBYPM0</t>
   </si>
   <si>
     <t>WYNMAC</t>
   </si>
   <si>
     <t>98313RAE6</t>
   </si>
   <si>
+    <t>US98379YAA01</t>
+  </si>
+  <si>
+    <t>US XIFR 34 144A</t>
+  </si>
+  <si>
+    <t>BS84Y41</t>
+  </si>
+  <si>
+    <t>XIFR</t>
+  </si>
+  <si>
+    <t>98379YAA0</t>
+  </si>
+  <si>
     <t>US98927UAA51</t>
   </si>
   <si>
     <t>GB ZEGLN 29 144A</t>
   </si>
   <si>
-    <t>United Kingdom</t>
-[...4 lines deleted...]
-  <si>
     <t>BPLZN32</t>
   </si>
   <si>
     <t>ZEGLN</t>
   </si>
   <si>
     <t>98927UAA5</t>
   </si>
   <si>
     <t>USU76198AA52</t>
   </si>
   <si>
     <t>US RWLVCA 29 REGS</t>
   </si>
   <si>
     <t>BJLJGR7</t>
   </si>
   <si>
     <t>RWLVCA</t>
   </si>
   <si>
-    <t>JP1743341R99</t>
+    <t>JP1743531S15</t>
   </si>
   <si>
     <t>JP JTDB 26</t>
   </si>
   <si>
     <t>Government</t>
   </si>
   <si>
-    <t>BVMTN80</t>
+    <t>BSHQLT2</t>
   </si>
   <si>
     <t>JTDB</t>
   </si>
   <si>
     <t>US91282CMJ70</t>
   </si>
   <si>
     <t>TF FLOAT 01/31/27</t>
   </si>
   <si>
     <t>BSPRXX5</t>
   </si>
   <si>
     <t>TF</t>
   </si>
   <si>
     <t>91282CMJ7</t>
   </si>
   <si>
     <t>US91282CMX64</t>
   </si>
   <si>
     <t>TF FLOAT 04/30/27</t>
   </si>
@@ -2272,92 +2329,92 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C6AEC25B-819F-47C3-AB77-C6D21C47EEB0}">
-  <dimension ref="A1:Z124"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D3DB9DAB-814C-4787-83EE-02D5CA210D5A}">
+  <dimension ref="A1:Z129"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="19.42578125" style="3" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="20.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="19.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="12.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="14.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="11.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="8.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="7.42578125" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="14.140625" style="4" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="23.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="7.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="12.28515625" style="3" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="7.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="7.7109375" style="4" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="6.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="9.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="16" style="4" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="16.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="13.42578125" style="6" bestFit="1" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7">
-        <v>46022</v>
+        <v>46052</v>
       </c>
     </row>
     <row r="3" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
@@ -2407,9019 +2464,9416 @@
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="4" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="4">
-        <v>-1838233.0903</v>
+        <v>-2140342.8002999998</v>
       </c>
       <c r="E4" s="5">
         <v>1</v>
       </c>
       <c r="F4" s="4">
-        <v>-1838233.0903</v>
+        <v>-2140342.8002999998</v>
       </c>
       <c r="G4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="5">
         <v>1</v>
       </c>
       <c r="K4" s="5">
         <v>1</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M4" s="4">
-        <v>-1838233.0903</v>
+        <v>-2140342.8002999998</v>
       </c>
       <c r="N4" s="4">
-        <v>-1838233.0903</v>
+        <v>-2140342.8002999998</v>
       </c>
       <c r="O4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S4" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T4" s="4">
         <v>1</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X4" s="4">
         <v>0</v>
       </c>
       <c r="Y4" s="4">
         <v>0</v>
       </c>
       <c r="Z4" s="6">
-        <v>-1.4515E-2</v>
+        <v>-1.6344999999999998E-2</v>
       </c>
     </row>
     <row r="5" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="4">
-        <v>-11197.56</v>
+        <v>765.35</v>
       </c>
       <c r="E5" s="5">
         <v>1</v>
       </c>
       <c r="F5" s="4">
-        <v>-11197.56</v>
+        <v>765.35</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>38</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J5" s="5">
         <v>1</v>
       </c>
       <c r="K5" s="5">
         <v>1</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M5" s="4">
-        <v>-11197.56</v>
+        <v>765.35</v>
       </c>
       <c r="N5" s="4">
-        <v>-11197.56</v>
+        <v>765.35</v>
       </c>
       <c r="O5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T5" s="4">
         <v>1</v>
       </c>
       <c r="W5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X5" s="4">
         <v>0</v>
       </c>
       <c r="Y5" s="4">
         <v>0</v>
       </c>
       <c r="Z5" s="6">
-        <v>-8.7999999999999998E-5</v>
+        <v>5.0000000000000004E-6</v>
       </c>
     </row>
     <row r="6" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A6" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="4">
-        <v>-77983.710000000006</v>
+        <v>713306.56</v>
       </c>
       <c r="E6" s="5">
         <v>1</v>
       </c>
       <c r="F6" s="4">
-        <v>-77882.710000000006</v>
+        <v>713409.56</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>41</v>
       </c>
       <c r="H6" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J6" s="5">
         <v>1</v>
       </c>
       <c r="K6" s="5">
         <v>1</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M6" s="4">
-        <v>-77882.710000000006</v>
+        <v>713409.56</v>
       </c>
       <c r="N6" s="4">
-        <v>-77882.710000000006</v>
+        <v>713409.56</v>
       </c>
       <c r="O6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="T6" s="4">
         <v>1</v>
       </c>
       <c r="W6" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X6" s="4">
         <v>0</v>
       </c>
       <c r="Y6" s="4">
         <v>0</v>
       </c>
       <c r="Z6" s="6">
-        <v>-6.1399999999999996E-4</v>
+        <v>5.4479999999999997E-3</v>
       </c>
     </row>
     <row r="7" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A7" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D7" s="4">
         <v>-2672000000</v>
       </c>
       <c r="E7" s="5">
-        <v>6.3800000000000003E-3</v>
+        <v>6.5170000000000002E-3</v>
       </c>
       <c r="F7" s="4">
-        <v>-17048377.168708</v>
+        <v>-17413622.156895999</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>45</v>
       </c>
       <c r="H7" s="3" t="s">
         <v>46</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>47</v>
       </c>
       <c r="J7" s="5">
         <v>1</v>
       </c>
       <c r="K7" s="5">
-        <v>156.74497122946053</v>
+        <v>154.26004541415736</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>48</v>
       </c>
       <c r="M7" s="4">
-        <v>-2672247388.8181901</v>
+        <v>-2686226144.7476501</v>
       </c>
       <c r="N7" s="4">
-        <v>-17048377.168708399</v>
+        <v>-17413622.156895299</v>
       </c>
       <c r="O7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="T7" s="4">
         <v>1</v>
       </c>
       <c r="U7" s="2">
-        <v>46029</v>
+        <v>46118</v>
       </c>
       <c r="W7" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X7" s="4">
         <v>0</v>
       </c>
       <c r="Y7" s="4">
         <v>0</v>
       </c>
       <c r="Z7" s="6">
-        <v>-0.13462099999999999</v>
+        <v>-0.13298599999999999</v>
       </c>
     </row>
     <row r="8" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A8" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D8" s="4">
-        <v>18027789.513684001</v>
+        <v>17180059.172189001</v>
       </c>
       <c r="E8" s="5">
         <v>1</v>
       </c>
       <c r="F8" s="4">
-        <v>18027789.513684001</v>
+        <v>17180059.172189001</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>45</v>
       </c>
       <c r="H8" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J8" s="5">
         <v>1</v>
       </c>
       <c r="K8" s="5">
         <v>1</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M8" s="4">
-        <v>18027789.513682999</v>
+        <v>17180059.172187001</v>
       </c>
       <c r="N8" s="4">
-        <v>18027789.513683699</v>
+        <v>17180059.172188502</v>
       </c>
       <c r="O8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="T8" s="4">
         <v>1</v>
       </c>
       <c r="U8" s="2">
-        <v>46029</v>
+        <v>46118</v>
       </c>
       <c r="W8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X8" s="4">
         <v>0</v>
       </c>
       <c r="Y8" s="4">
         <v>0</v>
       </c>
       <c r="Z8" s="6">
-        <v>0.14235500000000001</v>
+        <v>0.13120200000000001</v>
       </c>
     </row>
     <row r="9" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A9" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D9" s="4">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="E9" s="5">
-        <v>109.304688</v>
+        <v>108.929688</v>
       </c>
       <c r="F9" s="4">
-        <v>5137320.3</v>
+        <v>5337554.7</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>52</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J9" s="5">
-        <v>109.3046875</v>
+        <v>108.9296875</v>
       </c>
       <c r="K9" s="5">
         <v>1</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M9" s="4">
         <v>0</v>
       </c>
       <c r="N9" s="4">
         <v>0</v>
       </c>
       <c r="O9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P9" s="3" t="s">
         <v>53</v>
       </c>
       <c r="Q9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S9" s="3" t="s">
         <v>54</v>
       </c>
       <c r="T9" s="4">
         <v>1000</v>
       </c>
       <c r="U9" s="2">
         <v>46112</v>
       </c>
       <c r="W9" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X9" s="4">
         <v>0</v>
       </c>
       <c r="Y9" s="4">
         <v>0</v>
       </c>
       <c r="Z9" s="6">
-        <v>4.0565999999999998E-2</v>
+        <v>4.0762E-2</v>
       </c>
     </row>
     <row r="10" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A10" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D10" s="4">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="E10" s="5">
-        <v>104.394531</v>
+        <v>104.246094</v>
       </c>
       <c r="F10" s="4">
-        <v>7098828.2000000002</v>
+        <v>6671750</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>52</v>
       </c>
       <c r="H10" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J10" s="5">
-        <v>104.39453125</v>
+        <v>104.24609375</v>
       </c>
       <c r="K10" s="5">
         <v>1</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M10" s="4">
         <v>0</v>
       </c>
       <c r="N10" s="4">
         <v>0</v>
       </c>
       <c r="O10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P10" s="3" t="s">
         <v>57</v>
       </c>
       <c r="Q10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>54</v>
       </c>
       <c r="T10" s="4">
         <v>2000</v>
       </c>
       <c r="U10" s="2">
         <v>46112</v>
       </c>
       <c r="W10" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X10" s="4">
         <v>0</v>
       </c>
       <c r="Y10" s="4">
         <v>0</v>
       </c>
       <c r="Z10" s="6">
-        <v>5.6055000000000001E-2</v>
+        <v>5.0951000000000003E-2</v>
       </c>
     </row>
     <row r="11" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A11" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D11" s="4">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="E11" s="5">
-        <v>112.4375</v>
+        <v>111.828125</v>
       </c>
       <c r="F11" s="4">
-        <v>2248750</v>
+        <v>2460218.7999999998</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>52</v>
       </c>
       <c r="H11" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J11" s="5">
-        <v>112.4375</v>
+        <v>111.828125</v>
       </c>
       <c r="K11" s="5">
         <v>1</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M11" s="4">
         <v>0</v>
       </c>
       <c r="N11" s="4">
         <v>0</v>
       </c>
       <c r="O11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P11" s="3" t="s">
         <v>60</v>
       </c>
       <c r="Q11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S11" s="3" t="s">
         <v>54</v>
       </c>
       <c r="T11" s="4">
         <v>1000</v>
       </c>
       <c r="U11" s="2">
         <v>46101</v>
       </c>
       <c r="W11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X11" s="4">
         <v>0</v>
       </c>
       <c r="Y11" s="4">
         <v>0</v>
       </c>
       <c r="Z11" s="6">
-        <v>1.7756999999999998E-2</v>
+        <v>1.8787999999999999E-2</v>
       </c>
     </row>
     <row r="12" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A12" s="3" t="s">
         <v>61</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D12" s="4">
         <v>18424000</v>
       </c>
       <c r="E12" s="5">
-        <v>1.311061</v>
+        <v>1.5472030000000001</v>
       </c>
       <c r="F12" s="4">
-        <v>18665549.915922001</v>
+        <v>18709056.693568401</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>63</v>
       </c>
       <c r="H12" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J12" s="5">
-        <v>1.3110611999999999</v>
+        <v>1.5472030699999999</v>
       </c>
       <c r="K12" s="5">
         <v>1</v>
       </c>
       <c r="L12" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M12" s="4">
-        <v>241549.91592199999</v>
+        <v>285056.69356799999</v>
       </c>
       <c r="N12" s="4">
-        <v>241549.91592209</v>
+        <v>285056.69356843998</v>
       </c>
       <c r="O12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q12" s="3" t="s">
         <v>64</v>
       </c>
       <c r="R12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S12" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T12" s="4">
         <v>0.01</v>
       </c>
       <c r="U12" s="2">
         <v>46101</v>
       </c>
       <c r="W12" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X12" s="4">
         <v>0</v>
       </c>
       <c r="Y12" s="4">
         <v>0</v>
       </c>
       <c r="Z12" s="6">
-        <v>0.14739099999999999</v>
+        <v>0.14287900000000001</v>
       </c>
     </row>
     <row r="13" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A13" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D13" s="4">
         <v>43445000</v>
       </c>
       <c r="E13" s="5">
-        <v>0.388741</v>
+        <v>0.61994099999999996</v>
       </c>
       <c r="F13" s="4">
-        <v>43613888.5068525</v>
+        <v>43714333.525285803</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>63</v>
       </c>
       <c r="H13" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J13" s="5">
-        <v>0.38874094999999997</v>
+        <v>0.61994136</v>
       </c>
       <c r="K13" s="5">
         <v>1</v>
       </c>
       <c r="L13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M13" s="4">
-        <v>168888.50685199999</v>
+        <v>269333.52528499998</v>
       </c>
       <c r="N13" s="4">
-        <v>168888.50685255</v>
+        <v>269333.52528586</v>
       </c>
       <c r="O13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q13" s="3" t="s">
         <v>64</v>
       </c>
       <c r="R13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S13" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T13" s="4">
         <v>0.01</v>
       </c>
       <c r="U13" s="2">
         <v>46101</v>
       </c>
       <c r="W13" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X13" s="4">
         <v>0</v>
       </c>
       <c r="Y13" s="4">
         <v>0</v>
       </c>
       <c r="Z13" s="6">
-        <v>0.34439399999999998</v>
+        <v>0.33384200000000003</v>
       </c>
     </row>
     <row r="14" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A14" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D14" s="4">
-        <v>23568000</v>
+        <v>1353000</v>
       </c>
       <c r="E14" s="5">
-        <v>7.7793890000000001</v>
+        <v>-0.43487399999999998</v>
       </c>
       <c r="F14" s="4">
-        <v>25401446.373359501</v>
+        <v>1347116.15571433</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>63</v>
       </c>
       <c r="H14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J14" s="5">
-        <v>7.7793888899999999</v>
+        <v>-0.43487393000000002</v>
       </c>
       <c r="K14" s="5">
         <v>1</v>
       </c>
       <c r="L14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M14" s="4">
-        <v>1833446.3733590001</v>
+        <v>-5883.8442850000001</v>
       </c>
       <c r="N14" s="4">
-        <v>1833446.37335952</v>
+        <v>-5883.8442856700003</v>
       </c>
       <c r="O14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="P14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="Q14" s="3" t="s">
         <v>64</v>
       </c>
       <c r="R14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="S14" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T14" s="4">
         <v>0.01</v>
       </c>
       <c r="U14" s="2">
-        <v>47837</v>
+        <v>46101</v>
       </c>
       <c r="W14" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X14" s="4">
-        <v>32733.33333333</v>
+        <v>0</v>
       </c>
       <c r="Y14" s="4">
-        <v>32733.333332999999</v>
+        <v>0</v>
       </c>
       <c r="Z14" s="6">
-        <v>0.20058000000000001</v>
+        <v>1.0286999999999999E-2</v>
       </c>
     </row>
     <row r="15" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A15" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="B15" s="3" t="s">
         <v>69</v>
       </c>
-      <c r="B15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C15" s="3" t="s">
-        <v>71</v>
+        <v>44</v>
       </c>
       <c r="D15" s="4">
-        <v>325000</v>
+        <v>23992650</v>
       </c>
       <c r="E15" s="5">
-        <v>91.797529999999995</v>
+        <v>8.9368560000000006</v>
       </c>
       <c r="F15" s="4">
-        <v>301017.80583333003</v>
+        <v>26136838.474556599</v>
       </c>
       <c r="G15" s="3" t="s">
-        <v>72</v>
+        <v>63</v>
       </c>
       <c r="H15" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J15" s="5">
-        <v>91.797529999999995</v>
+        <v>8.9368555599999997</v>
       </c>
       <c r="K15" s="5">
         <v>1</v>
       </c>
       <c r="L15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M15" s="4">
-        <v>301017.80583299999</v>
+        <v>2144188.474556</v>
       </c>
       <c r="N15" s="4">
-        <v>301017.80583333003</v>
+        <v>2144188.47455663</v>
       </c>
       <c r="O15" s="3" t="s">
-        <v>73</v>
+        <v>34</v>
       </c>
       <c r="P15" s="3" t="s">
-        <v>74</v>
+        <v>34</v>
       </c>
       <c r="Q15" s="3" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="R15" s="3" t="s">
-        <v>69</v>
+        <v>34</v>
       </c>
       <c r="S15" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T15" s="4">
         <v>0.01</v>
       </c>
       <c r="U15" s="2">
-        <v>47588</v>
-[...2 lines deleted...]
-        <v>3.9</v>
+        <v>47837</v>
       </c>
       <c r="W15" s="3" t="s">
-        <v>76</v>
+        <v>34</v>
       </c>
       <c r="X15" s="4">
-        <v>2675.8333333300002</v>
+        <v>133292.5</v>
       </c>
       <c r="Y15" s="4">
-        <v>2675.833333</v>
+        <v>133292.5</v>
       </c>
       <c r="Z15" s="6">
-        <v>2.3760000000000001E-3</v>
+        <v>0.199604</v>
       </c>
     </row>
     <row r="16" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A16" s="3" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="B16" s="3" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D16" s="4">
         <v>460000</v>
       </c>
       <c r="E16" s="5">
-        <v>101.39660000000001</v>
+        <v>101.1327</v>
       </c>
       <c r="F16" s="4">
-        <v>479023.24888889003</v>
+        <v>480588.47555556003</v>
       </c>
       <c r="G16" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H16" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J16" s="5">
-        <v>101.39660000000001</v>
+        <v>101.1327</v>
       </c>
       <c r="K16" s="5">
         <v>1</v>
       </c>
       <c r="L16" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M16" s="4">
-        <v>479023.24888799997</v>
+        <v>480588.47555500001</v>
       </c>
       <c r="N16" s="4">
-        <v>479023.24888889003</v>
+        <v>480588.47555556003</v>
       </c>
       <c r="O16" s="3" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="P16" s="3" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="Q16" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="R16" s="3" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="S16" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T16" s="4">
         <v>0.01</v>
       </c>
       <c r="U16" s="2">
         <v>46614</v>
       </c>
       <c r="V16" s="4">
         <v>7.25</v>
       </c>
       <c r="W16" s="3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="X16" s="4">
-        <v>12598.88888889</v>
+        <v>15378.05555556</v>
       </c>
       <c r="Y16" s="4">
-        <v>12598.888887999999</v>
+        <v>15378.055555000001</v>
       </c>
       <c r="Z16" s="6">
-        <v>3.7820000000000002E-3</v>
+        <v>3.6700000000000001E-3</v>
       </c>
     </row>
     <row r="17" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A17" s="3" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="C17" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D17" s="4">
         <v>360000</v>
       </c>
       <c r="E17" s="5">
-        <v>105.4174</v>
+        <v>105.2978</v>
       </c>
       <c r="F17" s="4">
-        <v>380882.64</v>
+        <v>383039.58</v>
       </c>
       <c r="G17" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H17" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J17" s="5">
-        <v>105.4174</v>
+        <v>105.2978</v>
       </c>
       <c r="K17" s="5">
         <v>1</v>
       </c>
       <c r="L17" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M17" s="4">
-        <v>380882.64</v>
+        <v>383039.58</v>
       </c>
       <c r="N17" s="4">
-        <v>380882.64</v>
+        <v>383039.58</v>
       </c>
       <c r="O17" s="3" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="P17" s="3" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="Q17" s="3" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="R17" s="3" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="S17" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T17" s="4">
         <v>0.01</v>
       </c>
       <c r="U17" s="2">
         <v>47284</v>
       </c>
       <c r="V17" s="4">
         <v>8.625</v>
       </c>
       <c r="W17" s="3" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="X17" s="4">
-        <v>1380</v>
+        <v>3967.5</v>
       </c>
       <c r="Y17" s="4">
-        <v>1380</v>
+        <v>3967.5</v>
       </c>
       <c r="Z17" s="6">
-        <v>3.0070000000000001E-3</v>
+        <v>2.9250000000000001E-3</v>
       </c>
     </row>
     <row r="18" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A18" s="3" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="B18" s="3" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D18" s="4">
         <v>370000</v>
       </c>
       <c r="E18" s="5">
-        <v>104.8108</v>
+        <v>104.1591</v>
       </c>
       <c r="F18" s="4">
-        <v>396124.96</v>
+        <v>395794.92</v>
       </c>
       <c r="G18" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H18" s="3" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="I18" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J18" s="5">
-        <v>104.8108</v>
+        <v>104.1591</v>
       </c>
       <c r="K18" s="5">
         <v>1</v>
       </c>
       <c r="L18" s="3" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="M18" s="4">
-        <v>396124.96</v>
+        <v>395794.92</v>
       </c>
       <c r="N18" s="4">
-        <v>396124.96</v>
+        <v>395794.92</v>
       </c>
       <c r="O18" s="3" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="P18" s="3" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="Q18" s="3" t="s">
-        <v>75</v>
+        <v>90</v>
       </c>
       <c r="R18" s="3" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="S18" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T18" s="4">
         <v>0.01</v>
       </c>
       <c r="U18" s="2">
         <v>47895</v>
       </c>
       <c r="V18" s="4">
         <v>6.75</v>
       </c>
       <c r="W18" s="3" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="X18" s="4">
-        <v>8325</v>
+        <v>10406.25</v>
       </c>
       <c r="Y18" s="4">
-        <v>8325</v>
+        <v>10406.25</v>
       </c>
       <c r="Z18" s="6">
-        <v>3.127E-3</v>
+        <v>3.0219999999999999E-3</v>
       </c>
     </row>
     <row r="19" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A19" s="3" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B19" s="3" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="C19" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D19" s="4">
         <v>455000</v>
       </c>
       <c r="E19" s="5">
-        <v>102.230062</v>
+        <v>101.8075</v>
       </c>
       <c r="F19" s="4">
-        <v>477608.72654444003</v>
+        <v>478435.02777778002</v>
       </c>
       <c r="G19" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H19" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J19" s="5">
-        <v>102.230062</v>
+        <v>101.8075</v>
       </c>
       <c r="K19" s="5">
         <v>1</v>
       </c>
       <c r="L19" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M19" s="4">
-        <v>477608.72654399998</v>
+        <v>478435.02777699998</v>
       </c>
       <c r="N19" s="4">
-        <v>477608.72654444003</v>
+        <v>478435.02777778002</v>
       </c>
       <c r="O19" s="3" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="P19" s="3" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="Q19" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="R19" s="3" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="S19" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T19" s="4">
         <v>0.01</v>
       </c>
       <c r="U19" s="2">
         <v>46798</v>
       </c>
       <c r="V19" s="4">
         <v>7.25</v>
       </c>
       <c r="W19" s="3" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="X19" s="4">
-        <v>12461.94444444</v>
+        <v>15210.90277778</v>
       </c>
       <c r="Y19" s="4">
-        <v>12461.944444000001</v>
+        <v>15210.902776999999</v>
       </c>
       <c r="Z19" s="6">
-        <v>3.771E-3</v>
+        <v>3.653E-3</v>
       </c>
     </row>
     <row r="20" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A20" s="3" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="B20" s="3" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D20" s="4">
-        <v>300000</v>
+        <v>460000</v>
       </c>
       <c r="E20" s="5">
-        <v>98.028360000000006</v>
+        <v>102.0295</v>
       </c>
       <c r="F20" s="4">
-        <v>297497.58</v>
+        <v>478947.78333333001</v>
       </c>
       <c r="G20" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H20" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J20" s="5">
-        <v>98.028360000000006</v>
+        <v>102.0295</v>
       </c>
       <c r="K20" s="5">
         <v>1</v>
       </c>
       <c r="L20" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M20" s="4">
-        <v>297497.58</v>
+        <v>478947.78333300003</v>
       </c>
       <c r="N20" s="4">
-        <v>297497.58</v>
+        <v>478947.78333333001</v>
       </c>
       <c r="O20" s="3" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="P20" s="3" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="Q20" s="3" t="s">
-        <v>105</v>
+        <v>90</v>
       </c>
       <c r="R20" s="3" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="S20" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T20" s="4">
         <v>0.01</v>
       </c>
       <c r="U20" s="2">
-        <v>47026</v>
+        <v>48502</v>
       </c>
       <c r="V20" s="4">
-        <v>4.5</v>
+        <v>6.375</v>
       </c>
       <c r="W20" s="3" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="X20" s="4">
-        <v>3412.5</v>
+        <v>9612.0833333299997</v>
       </c>
       <c r="Y20" s="4">
-        <v>3412.5</v>
+        <v>9612.0833330000005</v>
       </c>
       <c r="Z20" s="6">
-        <v>2.349E-3</v>
+        <v>3.6570000000000001E-3</v>
       </c>
     </row>
     <row r="21" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A21" s="3" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="B21" s="3" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="C21" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D21" s="4">
-        <v>265000</v>
+        <v>300000</v>
       </c>
       <c r="E21" s="5">
-        <v>95.548528000000005</v>
+        <v>97.92107</v>
       </c>
       <c r="F21" s="4">
-        <v>263174.2242</v>
+        <v>298263.21000000002</v>
       </c>
       <c r="G21" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H21" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J21" s="5">
-        <v>95.548528000000005</v>
+        <v>97.92107</v>
       </c>
       <c r="K21" s="5">
         <v>1</v>
       </c>
       <c r="L21" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M21" s="4">
-        <v>263174.2242</v>
+        <v>298263.21000000002</v>
       </c>
       <c r="N21" s="4">
-        <v>263174.2242</v>
+        <v>298263.21000000002</v>
       </c>
       <c r="O21" s="3" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="P21" s="3" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="Q21" s="3" t="s">
-        <v>64</v>
+        <v>106</v>
       </c>
       <c r="R21" s="3" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="S21" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T21" s="4">
         <v>0.01</v>
       </c>
       <c r="U21" s="2">
-        <v>47679</v>
+        <v>47026</v>
       </c>
       <c r="V21" s="4">
-        <v>7.875</v>
+        <v>4.5</v>
       </c>
       <c r="W21" s="3" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="X21" s="4">
-        <v>9970.625</v>
+        <v>4500</v>
       </c>
       <c r="Y21" s="4">
-        <v>9970.625</v>
+        <v>4500</v>
       </c>
       <c r="Z21" s="6">
-        <v>2.078E-3</v>
+        <v>2.2769999999999999E-3</v>
       </c>
     </row>
     <row r="22" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A22" s="3" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="B22" s="3" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="C22" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D22" s="4">
-        <v>520000</v>
+        <v>265000</v>
       </c>
       <c r="E22" s="5">
-        <v>91.470164999999994</v>
+        <v>91.734741</v>
       </c>
       <c r="F22" s="4">
-        <v>481494.85800000001</v>
+        <v>244024.56365</v>
       </c>
       <c r="G22" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H22" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J22" s="5">
-        <v>91.470164999999994</v>
+        <v>91.734741</v>
       </c>
       <c r="K22" s="5">
         <v>1</v>
       </c>
       <c r="L22" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M22" s="4">
-        <v>481494.85800000001</v>
+        <v>244024.56365</v>
       </c>
       <c r="N22" s="4">
-        <v>481494.85800000001</v>
+        <v>244024.56365</v>
       </c>
       <c r="O22" s="3" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="P22" s="3" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="Q22" s="3" t="s">
-        <v>116</v>
+        <v>64</v>
       </c>
       <c r="R22" s="3" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="S22" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T22" s="4">
         <v>0.01</v>
       </c>
       <c r="U22" s="2">
-        <v>48092</v>
+        <v>47679</v>
       </c>
       <c r="V22" s="4">
-        <v>3.375</v>
+        <v>7.875</v>
       </c>
       <c r="W22" s="3" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="X22" s="4">
-        <v>5850</v>
+        <v>927.5</v>
       </c>
       <c r="Y22" s="4">
-        <v>5850</v>
+        <v>927.5</v>
       </c>
       <c r="Z22" s="6">
-        <v>3.8019999999999998E-3</v>
+        <v>1.8630000000000001E-3</v>
       </c>
     </row>
     <row r="23" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A23" s="3" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="B23" s="3" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D23" s="4">
-        <v>350000</v>
+        <v>520000</v>
       </c>
       <c r="E23" s="5">
-        <v>98.45805</v>
+        <v>91.715179000000006</v>
       </c>
       <c r="F23" s="4">
-        <v>344643.27916666999</v>
+        <v>484231.43079999997</v>
       </c>
       <c r="G23" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H23" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I23" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J23" s="5">
-        <v>98.45805</v>
+        <v>91.715179000000006</v>
       </c>
       <c r="K23" s="5">
         <v>1</v>
       </c>
       <c r="L23" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M23" s="4">
-        <v>344643.27916600002</v>
+        <v>484231.43079999997</v>
       </c>
       <c r="N23" s="4">
-        <v>344643.27916666999</v>
+        <v>484231.43079999997</v>
       </c>
       <c r="O23" s="3" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="P23" s="3" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="Q23" s="3" t="s">
-        <v>81</v>
+        <v>117</v>
       </c>
       <c r="R23" s="3" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="S23" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T23" s="4">
         <v>0.01</v>
       </c>
       <c r="U23" s="2">
-        <v>46934</v>
+        <v>48092</v>
       </c>
       <c r="V23" s="4">
-        <v>4.125</v>
+        <v>3.375</v>
       </c>
       <c r="W23" s="3" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="X23" s="4">
-        <v>40.104166669999998</v>
+        <v>7312.5</v>
       </c>
       <c r="Y23" s="4">
-        <v>40.104165999999999</v>
+        <v>7312.5</v>
       </c>
       <c r="Z23" s="6">
-        <v>2.7209999999999999E-3</v>
+        <v>3.6979999999999999E-3</v>
       </c>
     </row>
     <row r="24" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A24" s="3" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="B24" s="3" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D24" s="4">
-        <v>345000</v>
+        <v>350000</v>
       </c>
       <c r="E24" s="5">
-        <v>112.0153</v>
+        <v>98.515500000000003</v>
       </c>
       <c r="F24" s="4">
-        <v>390736.53499999997</v>
+        <v>346007.375</v>
       </c>
       <c r="G24" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H24" s="3" t="s">
-        <v>125</v>
+        <v>31</v>
       </c>
       <c r="I24" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J24" s="5">
-        <v>112.0153</v>
+        <v>98.515500000000003</v>
       </c>
       <c r="K24" s="5">
         <v>1</v>
       </c>
       <c r="L24" s="3" t="s">
-        <v>126</v>
+        <v>33</v>
       </c>
       <c r="M24" s="4">
-        <v>390736.53499999997</v>
+        <v>346007.375</v>
       </c>
       <c r="N24" s="4">
-        <v>390736.53499999997</v>
+        <v>346007.375</v>
       </c>
       <c r="O24" s="3" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="P24" s="3" t="s">
-        <v>128</v>
+        <v>122</v>
       </c>
       <c r="Q24" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="R24" s="3" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="S24" s="3" t="s">
-        <v>129</v>
+        <v>65</v>
       </c>
       <c r="T24" s="4">
         <v>0.01</v>
       </c>
       <c r="U24" s="2">
-        <v>49065</v>
+        <v>46934</v>
       </c>
       <c r="V24" s="4">
-        <v>7.45</v>
+        <v>4.125</v>
       </c>
       <c r="W24" s="3" t="s">
-        <v>130</v>
+        <v>123</v>
       </c>
       <c r="X24" s="4">
-        <v>4283.75</v>
+        <v>1203.125</v>
       </c>
       <c r="Y24" s="4">
-        <v>4283.75</v>
+        <v>1203.125</v>
       </c>
       <c r="Z24" s="6">
-        <v>3.0850000000000001E-3</v>
+        <v>2.6419999999999998E-3</v>
       </c>
     </row>
     <row r="25" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A25" s="3" t="s">
-        <v>131</v>
+        <v>124</v>
       </c>
       <c r="B25" s="3" t="s">
-        <v>132</v>
+        <v>125</v>
       </c>
       <c r="C25" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D25" s="4">
-        <v>410000</v>
+        <v>395000</v>
       </c>
       <c r="E25" s="5">
-        <v>97.698767000000004</v>
+        <v>101.904128</v>
       </c>
       <c r="F25" s="4">
-        <v>406299.25025555998</v>
+        <v>409145.78476667003</v>
       </c>
       <c r="G25" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H25" s="3" t="s">
-        <v>31</v>
+        <v>126</v>
       </c>
       <c r="I25" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J25" s="5">
-        <v>97.698767000000004</v>
+        <v>101.904128</v>
       </c>
       <c r="K25" s="5">
         <v>1</v>
       </c>
       <c r="L25" s="3" t="s">
-        <v>33</v>
+        <v>127</v>
       </c>
       <c r="M25" s="4">
-        <v>406299.25025500002</v>
+        <v>409145.784766</v>
       </c>
       <c r="N25" s="4">
-        <v>406299.25025555998</v>
+        <v>409145.78476667003</v>
       </c>
       <c r="O25" s="3" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="P25" s="3" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="Q25" s="3" t="s">
-        <v>75</v>
+        <v>90</v>
       </c>
       <c r="R25" s="3" t="s">
-        <v>131</v>
+        <v>124</v>
       </c>
       <c r="S25" s="3" t="s">
-        <v>65</v>
+        <v>130</v>
       </c>
       <c r="T25" s="4">
         <v>0.01</v>
       </c>
       <c r="U25" s="2">
-        <v>48014</v>
+        <v>47406</v>
       </c>
       <c r="V25" s="4">
-        <v>4.75</v>
+        <v>5.75</v>
       </c>
       <c r="W25" s="3" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="X25" s="4">
-        <v>5734.3055555600004</v>
+        <v>6624.4791666700003</v>
       </c>
       <c r="Y25" s="4">
-        <v>5734.3055549999999</v>
+        <v>6624.4791660000001</v>
       </c>
       <c r="Z25" s="6">
-        <v>3.2079999999999999E-3</v>
+        <v>3.124E-3</v>
       </c>
     </row>
     <row r="26" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A26" s="3" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="B26" s="3" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D26" s="4">
-        <v>360000</v>
+        <v>345000</v>
       </c>
       <c r="E26" s="5">
-        <v>107.781772</v>
+        <v>111.824</v>
       </c>
       <c r="F26" s="4">
-        <v>395025.62920000002</v>
+        <v>392218.42499999999</v>
       </c>
       <c r="G26" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H26" s="3" t="s">
-        <v>31</v>
+        <v>134</v>
       </c>
       <c r="I26" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J26" s="5">
-        <v>107.781772</v>
+        <v>111.824</v>
       </c>
       <c r="K26" s="5">
         <v>1</v>
       </c>
       <c r="L26" s="3" t="s">
-        <v>33</v>
+        <v>135</v>
       </c>
       <c r="M26" s="4">
-        <v>395025.62920000002</v>
+        <v>392218.42499999999</v>
       </c>
       <c r="N26" s="4">
-        <v>395025.62920000002</v>
+        <v>392218.42499999999</v>
       </c>
       <c r="O26" s="3" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="P26" s="3" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="Q26" s="3" t="s">
-        <v>105</v>
+        <v>76</v>
       </c>
       <c r="R26" s="3" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="S26" s="3" t="s">
-        <v>65</v>
+        <v>130</v>
       </c>
       <c r="T26" s="4">
         <v>0.01</v>
       </c>
       <c r="U26" s="2">
-        <v>47220</v>
+        <v>49065</v>
       </c>
       <c r="V26" s="4">
-        <v>8.875</v>
+        <v>7.45</v>
       </c>
       <c r="W26" s="3" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="X26" s="4">
-        <v>7011.25</v>
+        <v>6425.625</v>
       </c>
       <c r="Y26" s="4">
-        <v>7011.25</v>
+        <v>6425.625</v>
       </c>
       <c r="Z26" s="6">
-        <v>3.1189999999999998E-3</v>
+        <v>2.9949999999999998E-3</v>
       </c>
     </row>
     <row r="27" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A27" s="3" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="B27" s="3" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C27" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D27" s="4">
-        <v>185000</v>
+        <v>495000</v>
       </c>
       <c r="E27" s="5">
-        <v>104.20359999999999</v>
+        <v>97.412332000000006</v>
       </c>
       <c r="F27" s="4">
-        <v>193331.66</v>
+        <v>491073.54340000002</v>
       </c>
       <c r="G27" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H27" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I27" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J27" s="5">
-        <v>104.20359999999999</v>
+        <v>97.412332000000006</v>
       </c>
       <c r="K27" s="5">
         <v>1</v>
       </c>
       <c r="L27" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M27" s="4">
-        <v>193331.66</v>
+        <v>491073.54340000002</v>
       </c>
       <c r="N27" s="4">
-        <v>193331.66</v>
+        <v>491073.54340000002</v>
       </c>
       <c r="O27" s="3" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="P27" s="3" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="Q27" s="3" t="s">
-        <v>81</v>
+        <v>90</v>
       </c>
       <c r="R27" s="3" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="S27" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T27" s="4">
         <v>0.01</v>
       </c>
       <c r="U27" s="2">
-        <v>48380</v>
+        <v>48014</v>
       </c>
       <c r="V27" s="4">
-        <v>6.75</v>
+        <v>4.75</v>
       </c>
       <c r="W27" s="3" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="X27" s="4">
-        <v>555</v>
+        <v>8882.5</v>
       </c>
       <c r="Y27" s="4">
-        <v>555</v>
+        <v>8882.5</v>
       </c>
       <c r="Z27" s="6">
-        <v>1.526E-3</v>
+        <v>3.7499999999999999E-3</v>
       </c>
     </row>
     <row r="28" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A28" s="3" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="B28" s="3" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C28" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D28" s="4">
-        <v>460000</v>
+        <v>360000</v>
       </c>
       <c r="E28" s="5">
-        <v>100.6735</v>
+        <v>107.44329999999999</v>
       </c>
       <c r="F28" s="4">
-        <v>475824.76666666998</v>
+        <v>396469.63</v>
       </c>
       <c r="G28" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H28" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J28" s="5">
-        <v>100.6735</v>
+        <v>107.44329999999999</v>
       </c>
       <c r="K28" s="5">
         <v>1</v>
       </c>
       <c r="L28" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M28" s="4">
-        <v>475824.76666600001</v>
+        <v>396469.63</v>
       </c>
       <c r="N28" s="4">
-        <v>475824.76666666998</v>
+        <v>396469.63</v>
       </c>
       <c r="O28" s="3" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="P28" s="3" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="Q28" s="3" t="s">
-        <v>87</v>
+        <v>106</v>
       </c>
       <c r="R28" s="3" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="S28" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T28" s="4">
         <v>0.01</v>
       </c>
       <c r="U28" s="2">
-        <v>47133</v>
+        <v>47220</v>
       </c>
       <c r="V28" s="4">
-        <v>6</v>
+        <v>8.875</v>
       </c>
       <c r="W28" s="3" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="X28" s="4">
-        <v>12726.66666667</v>
+        <v>9673.75</v>
       </c>
       <c r="Y28" s="4">
-        <v>12726.666665999999</v>
+        <v>9673.75</v>
       </c>
       <c r="Z28" s="6">
-        <v>3.7569999999999999E-3</v>
+        <v>3.0270000000000002E-3</v>
       </c>
     </row>
     <row r="29" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A29" s="3" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="B29" s="3" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="C29" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D29" s="4">
-        <v>380000</v>
+        <v>185000</v>
       </c>
       <c r="E29" s="5">
-        <v>102.62809799999999</v>
+        <v>104.09139999999999</v>
       </c>
       <c r="F29" s="4">
-        <v>400001.35573333001</v>
+        <v>194164.715</v>
       </c>
       <c r="G29" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H29" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I29" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J29" s="5">
-        <v>102.62809799999999</v>
+        <v>104.09139999999999</v>
       </c>
       <c r="K29" s="5">
         <v>1</v>
       </c>
       <c r="L29" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M29" s="4">
-        <v>400001.35573299997</v>
+        <v>194164.715</v>
       </c>
       <c r="N29" s="4">
-        <v>400001.35573333001</v>
+        <v>194164.715</v>
       </c>
       <c r="O29" s="3" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="P29" s="3" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="Q29" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="R29" s="3" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="S29" s="3" t="s">
-        <v>129</v>
+        <v>65</v>
       </c>
       <c r="T29" s="4">
         <v>0.01</v>
       </c>
       <c r="U29" s="2">
-        <v>48427</v>
+        <v>48380</v>
       </c>
       <c r="V29" s="4">
-        <v>5.75</v>
+        <v>6.75</v>
       </c>
       <c r="W29" s="3" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="X29" s="4">
-        <v>10014.58333333</v>
+        <v>1595.625</v>
       </c>
       <c r="Y29" s="4">
-        <v>10014.583333</v>
+        <v>1595.625</v>
       </c>
       <c r="Z29" s="6">
-        <v>3.1580000000000002E-3</v>
+        <v>1.482E-3</v>
       </c>
     </row>
     <row r="30" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A30" s="3" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="B30" s="3" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="C30" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D30" s="4">
-        <v>435000</v>
+        <v>460000</v>
       </c>
       <c r="E30" s="5">
-        <v>106.164996</v>
+        <v>100.58</v>
       </c>
       <c r="F30" s="4">
-        <v>478850.70134999999</v>
+        <v>463894.66666667</v>
       </c>
       <c r="G30" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H30" s="3" t="s">
-        <v>125</v>
+        <v>31</v>
       </c>
       <c r="I30" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J30" s="5">
-        <v>106.164996</v>
+        <v>100.58</v>
       </c>
       <c r="K30" s="5">
         <v>1</v>
       </c>
       <c r="L30" s="3" t="s">
-        <v>126</v>
+        <v>33</v>
       </c>
       <c r="M30" s="4">
-        <v>478850.70134999999</v>
+        <v>463894.66666599998</v>
       </c>
       <c r="N30" s="4">
-        <v>478850.70134999999</v>
+        <v>463894.66666667</v>
       </c>
       <c r="O30" s="3" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="P30" s="3" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="Q30" s="3" t="s">
-        <v>116</v>
+        <v>82</v>
       </c>
       <c r="R30" s="3" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="S30" s="3" t="s">
-        <v>129</v>
+        <v>65</v>
       </c>
       <c r="T30" s="4">
         <v>0.01</v>
       </c>
       <c r="U30" s="2">
-        <v>48410</v>
+        <v>47133</v>
       </c>
       <c r="V30" s="4">
-        <v>7.875</v>
+        <v>6</v>
       </c>
       <c r="W30" s="3" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="X30" s="4">
-        <v>17032.96875</v>
+        <v>1226.66666667</v>
       </c>
       <c r="Y30" s="4">
-        <v>17032.96875</v>
+        <v>1226.6666660000001</v>
       </c>
       <c r="Z30" s="6">
-        <v>3.7810000000000001E-3</v>
+        <v>3.542E-3</v>
       </c>
     </row>
     <row r="31" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A31" s="3" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="B31" s="3" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D31" s="4">
-        <v>490000</v>
+        <v>380000</v>
       </c>
       <c r="E31" s="5">
-        <v>96.553200000000004</v>
+        <v>102.7024</v>
       </c>
       <c r="F31" s="4">
-        <v>478521.09666667</v>
+        <v>402043.84222221997</v>
       </c>
       <c r="G31" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H31" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I31" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J31" s="5">
-        <v>96.553200000000004</v>
+        <v>102.7024</v>
       </c>
       <c r="K31" s="5">
         <v>1</v>
       </c>
       <c r="L31" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M31" s="4">
-        <v>478521.09666600003</v>
+        <v>402043.84222200001</v>
       </c>
       <c r="N31" s="4">
-        <v>478521.09666667</v>
+        <v>402043.84222221997</v>
       </c>
       <c r="O31" s="3" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="P31" s="3" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="Q31" s="3" t="s">
-        <v>165</v>
+        <v>90</v>
       </c>
       <c r="R31" s="3" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="S31" s="3" t="s">
-        <v>65</v>
+        <v>130</v>
       </c>
       <c r="T31" s="4">
         <v>0.01</v>
       </c>
       <c r="U31" s="2">
-        <v>47192</v>
+        <v>48427</v>
       </c>
       <c r="V31" s="4">
-        <v>3.75</v>
+        <v>5.75</v>
       </c>
       <c r="W31" s="3" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="X31" s="4">
-        <v>5410.4166666700003</v>
+        <v>11774.72222222</v>
       </c>
       <c r="Y31" s="4">
-        <v>5410.4166660000001</v>
+        <v>11774.722222</v>
       </c>
       <c r="Z31" s="6">
-        <v>3.7780000000000001E-3</v>
+        <v>3.0699999999999998E-3</v>
       </c>
     </row>
     <row r="32" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A32" s="3" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="C32" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D32" s="4">
-        <v>415000</v>
+        <v>380000</v>
       </c>
       <c r="E32" s="5">
-        <v>93.388739999999999</v>
+        <v>106.97069999999999</v>
       </c>
       <c r="F32" s="4">
-        <v>393442.43766667001</v>
+        <v>407818.66</v>
       </c>
       <c r="G32" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H32" s="3" t="s">
-        <v>31</v>
+        <v>134</v>
       </c>
       <c r="I32" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J32" s="5">
-        <v>93.388739999999999</v>
+        <v>106.97069999999999</v>
       </c>
       <c r="K32" s="5">
         <v>1</v>
       </c>
       <c r="L32" s="3" t="s">
-        <v>33</v>
+        <v>135</v>
       </c>
       <c r="M32" s="4">
-        <v>393442.43766599998</v>
+        <v>407818.66</v>
       </c>
       <c r="N32" s="4">
-        <v>393442.43766667001</v>
+        <v>407818.66</v>
       </c>
       <c r="O32" s="3" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="P32" s="3" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="Q32" s="3" t="s">
-        <v>171</v>
+        <v>117</v>
       </c>
       <c r="R32" s="3" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="S32" s="3" t="s">
-        <v>65</v>
+        <v>130</v>
       </c>
       <c r="T32" s="4">
         <v>0.01</v>
       </c>
       <c r="U32" s="2">
-        <v>47894</v>
+        <v>48410</v>
       </c>
       <c r="V32" s="4">
-        <v>3.75</v>
+        <v>7.875</v>
       </c>
       <c r="W32" s="3" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="X32" s="4">
-        <v>5879.1666666700003</v>
+        <v>1330</v>
       </c>
       <c r="Y32" s="4">
-        <v>5879.1666660000001</v>
+        <v>1330</v>
       </c>
       <c r="Z32" s="6">
-        <v>3.1059999999999998E-3</v>
+        <v>3.114E-3</v>
       </c>
     </row>
     <row r="33" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A33" s="3" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="C33" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D33" s="4">
-        <v>450000</v>
+        <v>490000</v>
       </c>
       <c r="E33" s="5">
-        <v>104.50209700000001</v>
+        <v>96.456829999999997</v>
       </c>
       <c r="F33" s="4">
-        <v>481029.74900000001</v>
+        <v>479580.13366667001</v>
       </c>
       <c r="G33" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H33" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I33" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J33" s="5">
-        <v>104.50209700000001</v>
+        <v>96.456829999999997</v>
       </c>
       <c r="K33" s="5">
         <v>1</v>
       </c>
       <c r="L33" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M33" s="4">
-        <v>481029.74900000001</v>
+        <v>479580.13366599998</v>
       </c>
       <c r="N33" s="4">
-        <v>481029.74900000001</v>
+        <v>479580.13366667001</v>
       </c>
       <c r="O33" s="3" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="P33" s="3" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="Q33" s="3" t="s">
-        <v>116</v>
+        <v>173</v>
       </c>
       <c r="R33" s="3" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="S33" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T33" s="4">
         <v>0.01</v>
       </c>
       <c r="U33" s="2">
-        <v>48959</v>
+        <v>47192</v>
       </c>
       <c r="V33" s="4">
-        <v>7.625</v>
+        <v>3.75</v>
       </c>
       <c r="W33" s="3" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="X33" s="4">
-        <v>10770.3125</v>
+        <v>6941.6666666700003</v>
       </c>
       <c r="Y33" s="4">
-        <v>10770.3125</v>
+        <v>6941.6666660000001</v>
       </c>
       <c r="Z33" s="6">
-        <v>3.7980000000000002E-3</v>
+        <v>3.6619999999999999E-3</v>
       </c>
     </row>
     <row r="34" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A34" s="3" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D34" s="4">
-        <v>435000</v>
+        <v>415000</v>
       </c>
       <c r="E34" s="5">
-        <v>89.157049999999998</v>
+        <v>93.655349999999999</v>
       </c>
       <c r="F34" s="4">
-        <v>391775.35499999998</v>
+        <v>395845.74416667002</v>
       </c>
       <c r="G34" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H34" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I34" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J34" s="5">
-        <v>89.157049999999998</v>
+        <v>93.655349999999999</v>
       </c>
       <c r="K34" s="5">
         <v>1</v>
       </c>
       <c r="L34" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M34" s="4">
-        <v>391775.35499999998</v>
+        <v>395845.74416599999</v>
       </c>
       <c r="N34" s="4">
-        <v>391775.35499999998</v>
+        <v>395845.74416667002</v>
       </c>
       <c r="O34" s="3" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="P34" s="3" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="Q34" s="3" t="s">
-        <v>64</v>
+        <v>179</v>
       </c>
       <c r="R34" s="3" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="S34" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T34" s="4">
         <v>0.01</v>
       </c>
       <c r="U34" s="2">
-        <v>48122</v>
+        <v>47894</v>
       </c>
       <c r="V34" s="4">
-        <v>3.625</v>
+        <v>3.75</v>
       </c>
       <c r="W34" s="3" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="X34" s="4">
-        <v>3942.1875</v>
+        <v>7176.0416666700003</v>
       </c>
       <c r="Y34" s="4">
-        <v>3942.1875</v>
+        <v>7176.0416660000001</v>
       </c>
       <c r="Z34" s="6">
-        <v>3.0929999999999998E-3</v>
+        <v>3.0230000000000001E-3</v>
       </c>
     </row>
     <row r="35" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A35" s="3" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="B35" s="3" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="C35" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D35" s="4">
-        <v>465000</v>
+        <v>450000</v>
       </c>
       <c r="E35" s="5">
-        <v>102.515587</v>
+        <v>104.73269999999999</v>
       </c>
       <c r="F35" s="4">
-        <v>479409.97954999999</v>
+        <v>472822.15</v>
       </c>
       <c r="G35" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H35" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I35" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J35" s="5">
-        <v>102.515587</v>
+        <v>104.73269999999999</v>
       </c>
       <c r="K35" s="5">
         <v>1</v>
       </c>
       <c r="L35" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M35" s="4">
-        <v>479409.97954999999</v>
+        <v>472822.15</v>
       </c>
       <c r="N35" s="4">
-        <v>479409.97954999999</v>
+        <v>472822.15</v>
       </c>
       <c r="O35" s="3" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="P35" s="3" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="Q35" s="3" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="R35" s="3" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="S35" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T35" s="4">
         <v>0.01</v>
       </c>
       <c r="U35" s="2">
-        <v>49658</v>
+        <v>48959</v>
       </c>
       <c r="V35" s="4">
-        <v>6</v>
+        <v>7.625</v>
       </c>
       <c r="W35" s="3" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="X35" s="4">
-        <v>2712.5</v>
+        <v>1525</v>
       </c>
       <c r="Y35" s="4">
-        <v>2712.5</v>
+        <v>1525</v>
       </c>
       <c r="Z35" s="6">
-        <v>3.7850000000000002E-3</v>
+        <v>3.6099999999999999E-3</v>
       </c>
     </row>
     <row r="36" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A36" s="3" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="B36" s="3" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D36" s="4">
-        <v>395000</v>
+        <v>465000</v>
       </c>
       <c r="E36" s="5">
-        <v>100.19724100000001</v>
+        <v>102.170924</v>
       </c>
       <c r="F36" s="4">
-        <v>403484.34500556003</v>
+        <v>480132.2966</v>
       </c>
       <c r="G36" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H36" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I36" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J36" s="5">
-        <v>100.19724100000001</v>
+        <v>102.170924</v>
       </c>
       <c r="K36" s="5">
         <v>1</v>
       </c>
       <c r="L36" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M36" s="4">
-        <v>403484.34500500001</v>
+        <v>480132.2966</v>
       </c>
       <c r="N36" s="4">
-        <v>403484.34500556003</v>
+        <v>480132.2966</v>
       </c>
       <c r="O36" s="3" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="P36" s="3" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="Q36" s="3" t="s">
-        <v>64</v>
+        <v>117</v>
       </c>
       <c r="R36" s="3" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="S36" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T36" s="4">
         <v>0.01</v>
       </c>
       <c r="U36" s="2">
-        <v>47557</v>
+        <v>49658</v>
       </c>
       <c r="V36" s="4">
-        <v>6.625</v>
+        <v>6</v>
       </c>
       <c r="W36" s="3" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="X36" s="4">
-        <v>7705.2430555600004</v>
+        <v>5037.5</v>
       </c>
       <c r="Y36" s="4">
-        <v>7705.2430549999999</v>
+        <v>5037.5</v>
       </c>
       <c r="Z36" s="6">
-        <v>3.186E-3</v>
+        <v>3.666E-3</v>
       </c>
     </row>
     <row r="37" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A37" s="3" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="B37" s="3" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="C37" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D37" s="4">
-        <v>410000</v>
+        <v>490000</v>
       </c>
       <c r="E37" s="5">
-        <v>95.958579</v>
+        <v>96.801569999999998</v>
       </c>
       <c r="F37" s="4">
-        <v>398076.84056667</v>
+        <v>479687.06800000003</v>
       </c>
       <c r="G37" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H37" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I37" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J37" s="5">
-        <v>95.958579</v>
+        <v>96.801569999999998</v>
       </c>
       <c r="K37" s="5">
         <v>1</v>
       </c>
       <c r="L37" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M37" s="4">
-        <v>398076.84056600003</v>
+        <v>479687.06800000003</v>
       </c>
       <c r="N37" s="4">
-        <v>398076.84056667</v>
+        <v>479687.06800000003</v>
       </c>
       <c r="O37" s="3" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="P37" s="3" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="Q37" s="3" t="s">
-        <v>197</v>
+        <v>117</v>
       </c>
       <c r="R37" s="3" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="S37" s="3" t="s">
-        <v>65</v>
+        <v>130</v>
       </c>
       <c r="T37" s="4">
         <v>0.01</v>
       </c>
       <c r="U37" s="2">
-        <v>47164</v>
+        <v>47223</v>
       </c>
       <c r="V37" s="4">
-        <v>3</v>
+        <v>3.75</v>
       </c>
       <c r="W37" s="3" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="X37" s="4">
-        <v>4646.6666666700003</v>
+        <v>5359.375</v>
       </c>
       <c r="Y37" s="4">
-        <v>4646.6666660000001</v>
+        <v>5359.375</v>
       </c>
       <c r="Z37" s="6">
-        <v>3.143E-3</v>
+        <v>3.663E-3</v>
       </c>
     </row>
     <row r="38" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A38" s="3" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="B38" s="3" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="C38" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D38" s="4">
-        <v>350000</v>
+        <v>445000</v>
       </c>
       <c r="E38" s="5">
-        <v>104.816408</v>
+        <v>100.09813699999999</v>
       </c>
       <c r="F38" s="4">
-        <v>375745.96966667002</v>
+        <v>456574.07076110999</v>
       </c>
       <c r="G38" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H38" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I38" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J38" s="5">
-        <v>104.816408</v>
+        <v>100.09813699999999</v>
       </c>
       <c r="K38" s="5">
         <v>1</v>
       </c>
       <c r="L38" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M38" s="4">
-        <v>375745.96966599999</v>
+        <v>456574.07076099998</v>
       </c>
       <c r="N38" s="4">
-        <v>375745.96966667002</v>
+        <v>456574.07076110999</v>
       </c>
       <c r="O38" s="3" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="P38" s="3" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="Q38" s="3" t="s">
-        <v>87</v>
+        <v>64</v>
       </c>
       <c r="R38" s="3" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="S38" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T38" s="4">
         <v>0.01</v>
       </c>
       <c r="U38" s="2">
-        <v>47192</v>
+        <v>47557</v>
       </c>
       <c r="V38" s="4">
-        <v>8.625</v>
+        <v>6.625</v>
       </c>
       <c r="W38" s="3" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="X38" s="4">
-        <v>8888.5416666700003</v>
+        <v>11137.36111111</v>
       </c>
       <c r="Y38" s="4">
-        <v>8888.5416659999992</v>
+        <v>11137.361111</v>
       </c>
       <c r="Z38" s="6">
-        <v>2.967E-3</v>
+        <v>3.4859999999999999E-3</v>
       </c>
     </row>
     <row r="39" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A39" s="3" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="B39" s="3" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="C39" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D39" s="4">
         <v>440000</v>
       </c>
       <c r="E39" s="5">
-        <v>105.34787799999999</v>
+        <v>104.92910000000001</v>
       </c>
       <c r="F39" s="4">
-        <v>474057.05208888999</v>
+        <v>475193.59555556002</v>
       </c>
       <c r="G39" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H39" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J39" s="5">
-        <v>105.34787799999999</v>
+        <v>104.92910000000001</v>
       </c>
       <c r="K39" s="5">
         <v>1</v>
       </c>
       <c r="L39" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M39" s="4">
-        <v>474057.052088</v>
+        <v>475193.59555500001</v>
       </c>
       <c r="N39" s="4">
-        <v>474057.05208888999</v>
+        <v>475193.59555556002</v>
       </c>
       <c r="O39" s="3" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="P39" s="3" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="Q39" s="3" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="R39" s="3" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="S39" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T39" s="4">
         <v>0.01</v>
       </c>
       <c r="U39" s="2">
         <v>47376</v>
       </c>
       <c r="V39" s="4">
         <v>8.125</v>
       </c>
       <c r="W39" s="3" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="X39" s="4">
-        <v>10526.38888889</v>
+        <v>13505.55555556</v>
       </c>
       <c r="Y39" s="4">
-        <v>10526.388887999999</v>
+        <v>13505.555555000001</v>
       </c>
       <c r="Z39" s="6">
-        <v>3.7429999999999998E-3</v>
+        <v>3.6289999999999998E-3</v>
       </c>
     </row>
     <row r="40" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A40" s="3" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="B40" s="3" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D40" s="4">
         <v>94000</v>
       </c>
       <c r="E40" s="5">
-        <v>100.587</v>
+        <v>100.4871</v>
       </c>
       <c r="F40" s="4">
-        <v>96638.057777780006</v>
+        <v>97004.36011111</v>
       </c>
       <c r="G40" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H40" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I40" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J40" s="5">
-        <v>100.587</v>
+        <v>100.4871</v>
       </c>
       <c r="K40" s="5">
         <v>1</v>
       </c>
       <c r="L40" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M40" s="4">
-        <v>96638.057776999995</v>
+        <v>97004.360111000002</v>
       </c>
       <c r="N40" s="4">
-        <v>96638.057777780006</v>
+        <v>97004.36011111</v>
       </c>
       <c r="O40" s="3" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="P40" s="3" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="Q40" s="3" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="R40" s="3" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="S40" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T40" s="4">
         <v>0.01</v>
       </c>
       <c r="U40" s="2">
         <v>46614</v>
       </c>
       <c r="V40" s="4">
         <v>5.875</v>
       </c>
       <c r="W40" s="3" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="X40" s="4">
-        <v>2086.2777777800002</v>
+        <v>2546.4861111099999</v>
       </c>
       <c r="Y40" s="4">
-        <v>2086.2777769999998</v>
+        <v>2546.4861110000002</v>
       </c>
       <c r="Z40" s="6">
-        <v>7.6300000000000001E-4</v>
+        <v>7.3999999999999999E-4</v>
       </c>
     </row>
     <row r="41" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A41" s="3" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="B41" s="3" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="C41" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D41" s="4">
         <v>445000</v>
       </c>
       <c r="E41" s="5">
-        <v>104.50365499999999</v>
+        <v>104.1974</v>
       </c>
       <c r="F41" s="4">
-        <v>475152.03558333003</v>
+        <v>476255.24249999999</v>
       </c>
       <c r="G41" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H41" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I41" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J41" s="5">
-        <v>104.50365499999999</v>
+        <v>104.1974</v>
       </c>
       <c r="K41" s="5">
         <v>1</v>
       </c>
       <c r="L41" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M41" s="4">
-        <v>475152.03558299999</v>
+        <v>476255.24249999999</v>
       </c>
       <c r="N41" s="4">
-        <v>475152.03558333003</v>
+        <v>476255.24249999999</v>
       </c>
       <c r="O41" s="3" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="P41" s="3" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="Q41" s="3" t="s">
-        <v>165</v>
+        <v>173</v>
       </c>
       <c r="R41" s="3" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="S41" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T41" s="4">
         <v>0.01</v>
       </c>
       <c r="U41" s="2">
         <v>46993</v>
       </c>
       <c r="V41" s="4">
         <v>6.65</v>
       </c>
       <c r="W41" s="3" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="X41" s="4">
-        <v>10110.77083333</v>
+        <v>12576.8125</v>
       </c>
       <c r="Y41" s="4">
-        <v>10110.770833</v>
+        <v>12576.8125</v>
       </c>
       <c r="Z41" s="6">
-        <v>3.7520000000000001E-3</v>
+        <v>3.637E-3</v>
       </c>
     </row>
     <row r="42" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A42" s="3" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="B42" s="3" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="C42" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D42" s="4">
         <v>275000</v>
       </c>
       <c r="E42" s="5">
-        <v>100.49930999999999</v>
+        <v>100.849</v>
       </c>
       <c r="F42" s="4">
-        <v>280927.78999999998</v>
+        <v>283407.66666667</v>
       </c>
       <c r="G42" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H42" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I42" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J42" s="5">
-        <v>100.49930999999999</v>
+        <v>100.849</v>
       </c>
       <c r="K42" s="5">
         <v>1</v>
       </c>
       <c r="L42" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M42" s="4">
-        <v>280927.78999999998</v>
+        <v>283407.66666599998</v>
       </c>
       <c r="N42" s="4">
-        <v>280927.78999999998</v>
+        <v>283407.66666667</v>
       </c>
       <c r="O42" s="3" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="P42" s="3" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="Q42" s="3" t="s">
         <v>64</v>
       </c>
       <c r="R42" s="3" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="S42" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T42" s="4">
         <v>0.01</v>
       </c>
       <c r="U42" s="2">
         <v>47953</v>
       </c>
       <c r="V42" s="4">
         <v>6.625</v>
       </c>
       <c r="W42" s="3" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="X42" s="4">
-        <v>4554.6875</v>
+        <v>6072.9166666700003</v>
       </c>
       <c r="Y42" s="4">
-        <v>4554.6875</v>
+        <v>6072.9166660000001</v>
       </c>
       <c r="Z42" s="6">
-        <v>2.2179999999999999E-3</v>
+        <v>2.1640000000000001E-3</v>
       </c>
     </row>
     <row r="43" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A43" s="3" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="B43" s="3" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="C43" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D43" s="4">
-        <v>750000</v>
+        <v>475000</v>
       </c>
       <c r="E43" s="5">
-        <v>87.654703999999995</v>
+        <v>103.3486</v>
       </c>
       <c r="F43" s="4">
-        <v>662471.73833333002</v>
+        <v>495441.44027778</v>
       </c>
       <c r="G43" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H43" s="3" t="s">
-        <v>31</v>
+        <v>134</v>
       </c>
       <c r="I43" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J43" s="5">
-        <v>87.654703999999995</v>
+        <v>103.3486</v>
       </c>
       <c r="K43" s="5">
         <v>1</v>
       </c>
       <c r="L43" s="3" t="s">
-        <v>33</v>
+        <v>135</v>
       </c>
       <c r="M43" s="4">
-        <v>662471.73833299999</v>
+        <v>495441.44027700002</v>
       </c>
       <c r="N43" s="4">
-        <v>662471.73833333002</v>
+        <v>495441.44027778</v>
       </c>
       <c r="O43" s="3" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="P43" s="3" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="Q43" s="3" t="s">
-        <v>116</v>
+        <v>82</v>
       </c>
       <c r="R43" s="3" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="S43" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T43" s="4">
         <v>0.01</v>
       </c>
       <c r="U43" s="2">
-        <v>48717</v>
+        <v>47863</v>
       </c>
       <c r="V43" s="4">
-        <v>5.65</v>
+        <v>6.875</v>
       </c>
       <c r="W43" s="3" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="X43" s="4">
-        <v>5061.4583333299997</v>
+        <v>4535.5902777800002</v>
       </c>
       <c r="Y43" s="4">
-        <v>5061.4583329999996</v>
+        <v>4535.5902770000002</v>
       </c>
       <c r="Z43" s="6">
-        <v>5.2310000000000004E-3</v>
+        <v>3.7829999999999999E-3</v>
       </c>
     </row>
     <row r="44" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A44" s="3" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="B44" s="3" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="C44" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D44" s="4">
-        <v>470000</v>
+        <v>75000</v>
       </c>
       <c r="E44" s="5">
-        <v>99.751002</v>
+        <v>102.82689999999999</v>
       </c>
       <c r="F44" s="4">
-        <v>475057.20939999999</v>
+        <v>77885.8</v>
       </c>
       <c r="G44" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H44" s="3" t="s">
-        <v>232</v>
+        <v>31</v>
       </c>
       <c r="I44" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J44" s="5">
-        <v>99.751002</v>
+        <v>102.82689999999999</v>
       </c>
       <c r="K44" s="5">
         <v>1</v>
       </c>
       <c r="L44" s="3" t="s">
-        <v>233</v>
+        <v>33</v>
       </c>
       <c r="M44" s="4">
-        <v>475057.20939999999</v>
+        <v>77885.8</v>
       </c>
       <c r="N44" s="4">
-        <v>475057.20939999999</v>
+        <v>77885.8</v>
       </c>
       <c r="O44" s="3" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="P44" s="3" t="s">
-        <v>235</v>
+        <v>230</v>
       </c>
       <c r="Q44" s="3" t="s">
-        <v>116</v>
+        <v>76</v>
       </c>
       <c r="R44" s="3" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="S44" s="3" t="s">
-        <v>236</v>
+        <v>65</v>
       </c>
       <c r="T44" s="4">
         <v>0.01</v>
       </c>
       <c r="U44" s="2">
-        <v>46645</v>
+        <v>48731</v>
       </c>
       <c r="V44" s="4">
-        <v>4.5</v>
+        <v>6.125</v>
       </c>
       <c r="W44" s="3" t="s">
-        <v>237</v>
+        <v>231</v>
       </c>
       <c r="X44" s="4">
-        <v>6227.5</v>
+        <v>765.625</v>
       </c>
       <c r="Y44" s="4">
-        <v>6227.5</v>
+        <v>765.625</v>
       </c>
       <c r="Z44" s="6">
-        <v>3.751E-3</v>
+        <v>5.9400000000000002E-4</v>
       </c>
     </row>
     <row r="45" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A45" s="3" t="s">
-        <v>238</v>
+        <v>232</v>
       </c>
       <c r="B45" s="3" t="s">
-        <v>239</v>
+        <v>233</v>
       </c>
       <c r="C45" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D45" s="4">
-        <v>485000</v>
+        <v>750000</v>
       </c>
       <c r="E45" s="5">
-        <v>98.625100000000003</v>
+        <v>88.516751999999997</v>
       </c>
       <c r="F45" s="4">
-        <v>479193.95722222002</v>
+        <v>672468.34833333001</v>
       </c>
       <c r="G45" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H45" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I45" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J45" s="5">
-        <v>98.625100000000003</v>
+        <v>88.516751999999997</v>
       </c>
       <c r="K45" s="5">
         <v>1</v>
       </c>
       <c r="L45" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M45" s="4">
-        <v>479193.957222</v>
+        <v>672468.34833299997</v>
       </c>
       <c r="N45" s="4">
-        <v>479193.95722222002</v>
+        <v>672468.34833333001</v>
       </c>
       <c r="O45" s="3" t="s">
-        <v>240</v>
+        <v>234</v>
       </c>
       <c r="P45" s="3" t="s">
-        <v>241</v>
+        <v>235</v>
       </c>
       <c r="Q45" s="3" t="s">
-        <v>197</v>
+        <v>117</v>
       </c>
       <c r="R45" s="3" t="s">
-        <v>238</v>
+        <v>232</v>
       </c>
       <c r="S45" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T45" s="4">
         <v>0.01</v>
       </c>
       <c r="U45" s="2">
-        <v>46919</v>
+        <v>48717</v>
       </c>
       <c r="V45" s="4">
-        <v>4</v>
+        <v>5.65</v>
       </c>
       <c r="W45" s="3" t="s">
-        <v>242</v>
+        <v>236</v>
       </c>
       <c r="X45" s="4">
-        <v>862.22222222000005</v>
+        <v>8592.7083333299997</v>
       </c>
       <c r="Y45" s="4">
-        <v>862.22222199999999</v>
+        <v>8592.7083330000005</v>
       </c>
       <c r="Z45" s="6">
-        <v>3.7829999999999999E-3</v>
+        <v>5.1349999999999998E-3</v>
       </c>
     </row>
     <row r="46" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A46" s="3" t="s">
-        <v>243</v>
+        <v>237</v>
       </c>
       <c r="B46" s="3" t="s">
-        <v>244</v>
+        <v>238</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D46" s="4">
-        <v>445000</v>
+        <v>470000</v>
       </c>
       <c r="E46" s="5">
-        <v>107.0903</v>
+        <v>99.991893000000005</v>
       </c>
       <c r="F46" s="4">
-        <v>478134.05722222</v>
+        <v>477893.1471</v>
       </c>
       <c r="G46" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H46" s="3" t="s">
-        <v>245</v>
+        <v>239</v>
       </c>
       <c r="I46" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J46" s="5">
-        <v>107.0903</v>
+        <v>99.991893000000005</v>
       </c>
       <c r="K46" s="5">
         <v>1</v>
       </c>
       <c r="L46" s="3" t="s">
-        <v>246</v>
+        <v>240</v>
       </c>
       <c r="M46" s="4">
-        <v>478134.05722199997</v>
+        <v>477893.1471</v>
       </c>
       <c r="N46" s="4">
-        <v>478134.05722222</v>
+        <v>477893.1471</v>
       </c>
       <c r="O46" s="3" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="P46" s="3" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="Q46" s="3" t="s">
-        <v>75</v>
+        <v>117</v>
       </c>
       <c r="R46" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="S46" s="3" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="T46" s="4">
         <v>0.01</v>
       </c>
       <c r="U46" s="2">
-        <v>47649</v>
+        <v>46645</v>
       </c>
       <c r="V46" s="4">
-        <v>8</v>
+        <v>4.5</v>
       </c>
       <c r="W46" s="3" t="s">
-        <v>249</v>
+        <v>244</v>
       </c>
       <c r="X46" s="4">
-        <v>1582.22222222</v>
+        <v>7931.25</v>
       </c>
       <c r="Y46" s="4">
-        <v>1582.2222220000001</v>
+        <v>7931.25</v>
       </c>
       <c r="Z46" s="6">
-        <v>3.7750000000000001E-3</v>
+        <v>3.6489999999999999E-3</v>
       </c>
     </row>
     <row r="47" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A47" s="3" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="B47" s="3" t="s">
-        <v>251</v>
+        <v>246</v>
       </c>
       <c r="C47" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D47" s="4">
-        <v>385000</v>
+        <v>485000</v>
       </c>
       <c r="E47" s="5">
-        <v>100.08750000000001</v>
+        <v>98.343419999999995</v>
       </c>
       <c r="F47" s="4">
-        <v>388866.04166667</v>
+        <v>479444.47588888998</v>
       </c>
       <c r="G47" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H47" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I47" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J47" s="5">
-        <v>100.08750000000001</v>
+        <v>98.343419999999995</v>
       </c>
       <c r="K47" s="5">
         <v>1</v>
       </c>
       <c r="L47" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M47" s="4">
-        <v>388866.04166599998</v>
+        <v>479444.47588799999</v>
       </c>
       <c r="N47" s="4">
-        <v>388866.04166667</v>
+        <v>479444.47588888998</v>
       </c>
       <c r="O47" s="3" t="s">
-        <v>252</v>
+        <v>247</v>
       </c>
       <c r="P47" s="3" t="s">
-        <v>253</v>
+        <v>248</v>
       </c>
       <c r="Q47" s="3" t="s">
-        <v>81</v>
+        <v>249</v>
       </c>
       <c r="R47" s="3" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="S47" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T47" s="4">
         <v>0.01</v>
       </c>
       <c r="U47" s="2">
-        <v>46874</v>
+        <v>46919</v>
       </c>
       <c r="V47" s="4">
-        <v>5.5</v>
+        <v>4</v>
       </c>
       <c r="W47" s="3" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="X47" s="4">
-        <v>3529.1666666699998</v>
+        <v>2478.8888888900001</v>
       </c>
       <c r="Y47" s="4">
-        <v>3529.1666660000001</v>
+        <v>2478.888888</v>
       </c>
       <c r="Z47" s="6">
-        <v>3.0699999999999998E-3</v>
+        <v>3.6610000000000002E-3</v>
       </c>
     </row>
     <row r="48" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A48" s="3" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D48" s="4">
-        <v>475000</v>
+        <v>445000</v>
       </c>
       <c r="E48" s="5">
-        <v>98.639923999999993</v>
+        <v>106.756939</v>
       </c>
       <c r="F48" s="4">
-        <v>476456.30566667003</v>
+        <v>479518.37855000002</v>
       </c>
       <c r="G48" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H48" s="3" t="s">
-        <v>31</v>
+        <v>253</v>
       </c>
       <c r="I48" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J48" s="5">
-        <v>98.639923999999993</v>
+        <v>106.756939</v>
       </c>
       <c r="K48" s="5">
         <v>1</v>
       </c>
       <c r="L48" s="3" t="s">
-        <v>33</v>
+        <v>254</v>
       </c>
       <c r="M48" s="4">
-        <v>476456.305666</v>
+        <v>479518.37855000002</v>
       </c>
       <c r="N48" s="4">
-        <v>476456.30566667003</v>
+        <v>479518.37855000002</v>
       </c>
       <c r="O48" s="3" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="P48" s="3" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="Q48" s="3" t="s">
-        <v>81</v>
+        <v>90</v>
       </c>
       <c r="R48" s="3" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="S48" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="T48" s="4">
         <v>0.01</v>
       </c>
       <c r="U48" s="2">
-        <v>46966</v>
+        <v>47649</v>
       </c>
       <c r="V48" s="4">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="W48" s="3" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="X48" s="4">
-        <v>7916.6666666700003</v>
+        <v>4450</v>
       </c>
       <c r="Y48" s="4">
-        <v>7916.6666660000001</v>
+        <v>4450</v>
       </c>
       <c r="Z48" s="6">
-        <v>3.7620000000000002E-3</v>
+        <v>3.6619999999999999E-3</v>
       </c>
     </row>
     <row r="49" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A49" s="3" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="C49" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D49" s="4">
-        <v>465000</v>
+        <v>470000</v>
       </c>
       <c r="E49" s="5">
-        <v>102.48465400000001</v>
+        <v>100.09610000000001</v>
       </c>
       <c r="F49" s="4">
-        <v>478814.05776667001</v>
+        <v>476914.17</v>
       </c>
       <c r="G49" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H49" s="3" t="s">
-        <v>262</v>
+        <v>31</v>
       </c>
       <c r="I49" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J49" s="5">
-        <v>102.48465400000001</v>
+        <v>100.09610000000001</v>
       </c>
       <c r="K49" s="5">
         <v>1</v>
       </c>
       <c r="L49" s="3" t="s">
-        <v>263</v>
+        <v>33</v>
       </c>
       <c r="M49" s="4">
-        <v>478814.05776599998</v>
+        <v>476914.17</v>
       </c>
       <c r="N49" s="4">
-        <v>478814.05776667001</v>
+        <v>476914.17</v>
       </c>
       <c r="O49" s="3" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="P49" s="3" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="Q49" s="3" t="s">
-        <v>165</v>
+        <v>76</v>
       </c>
       <c r="R49" s="3" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="S49" s="3" t="s">
-        <v>129</v>
+        <v>65</v>
       </c>
       <c r="T49" s="4">
         <v>0.01</v>
       </c>
       <c r="U49" s="2">
-        <v>48563</v>
+        <v>46874</v>
       </c>
       <c r="V49" s="4">
-        <v>6.25</v>
+        <v>5.5</v>
       </c>
       <c r="W49" s="3" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="X49" s="4">
-        <v>2260.4166666699998</v>
+        <v>6462.5</v>
       </c>
       <c r="Y49" s="4">
-        <v>2260.4166660000001</v>
+        <v>6462.5</v>
       </c>
       <c r="Z49" s="6">
-        <v>3.7799999999999999E-3</v>
+        <v>3.6419999999999998E-3</v>
       </c>
     </row>
     <row r="50" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A50" s="3" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D50" s="4">
-        <v>250000</v>
+        <v>475000</v>
       </c>
       <c r="E50" s="5">
-        <v>102.556112</v>
+        <v>98.419129999999996</v>
       </c>
       <c r="F50" s="4">
-        <v>260921.53</v>
+        <v>476990.86749999999</v>
       </c>
       <c r="G50" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H50" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I50" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J50" s="5">
-        <v>102.556112</v>
+        <v>98.419129999999996</v>
       </c>
       <c r="K50" s="5">
         <v>1</v>
       </c>
       <c r="L50" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M50" s="4">
-        <v>260921.53</v>
+        <v>476990.86749999999</v>
       </c>
       <c r="N50" s="4">
-        <v>260921.53</v>
+        <v>476990.86749999999</v>
       </c>
       <c r="O50" s="3" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="P50" s="3" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="Q50" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="R50" s="3" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="S50" s="3" t="s">
-        <v>65</v>
+        <v>130</v>
       </c>
       <c r="T50" s="4">
         <v>0.01</v>
       </c>
       <c r="U50" s="2">
-        <v>47392</v>
+        <v>46966</v>
       </c>
       <c r="V50" s="4">
-        <v>7.25</v>
+        <v>4</v>
       </c>
       <c r="W50" s="3" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="X50" s="4">
-        <v>4531.25</v>
+        <v>9500</v>
       </c>
       <c r="Y50" s="4">
-        <v>4531.25</v>
+        <v>9500</v>
       </c>
       <c r="Z50" s="6">
-        <v>2.0600000000000002E-3</v>
+        <v>3.6419999999999998E-3</v>
       </c>
     </row>
     <row r="51" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A51" s="3" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="C51" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D51" s="4">
-        <v>395000</v>
+        <v>465000</v>
       </c>
       <c r="E51" s="5">
-        <v>96.230928000000006</v>
+        <v>102.503789</v>
       </c>
       <c r="F51" s="4">
-        <v>387394.97810000001</v>
+        <v>481244.18135000003</v>
       </c>
       <c r="G51" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H51" s="3" t="s">
-        <v>125</v>
+        <v>270</v>
       </c>
       <c r="I51" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J51" s="5">
-        <v>96.230928000000006</v>
+        <v>102.503789</v>
       </c>
       <c r="K51" s="5">
         <v>1</v>
       </c>
       <c r="L51" s="3" t="s">
-        <v>126</v>
+        <v>271</v>
       </c>
       <c r="M51" s="4">
-        <v>387394.97810000001</v>
+        <v>481244.18135000003</v>
       </c>
       <c r="N51" s="4">
-        <v>387394.97810000001</v>
+        <v>481244.18135000003</v>
       </c>
       <c r="O51" s="3" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="P51" s="3" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="Q51" s="3" t="s">
-        <v>64</v>
+        <v>173</v>
       </c>
       <c r="R51" s="3" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="S51" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="T51" s="4">
         <v>0.01</v>
       </c>
       <c r="U51" s="2">
-        <v>47757</v>
+        <v>48563</v>
       </c>
       <c r="V51" s="4">
-        <v>7.375</v>
+        <v>6.25</v>
       </c>
       <c r="W51" s="3" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="X51" s="4">
-        <v>7282.8125</v>
+        <v>4601.5625</v>
       </c>
       <c r="Y51" s="4">
-        <v>7282.8125</v>
+        <v>4601.5625</v>
       </c>
       <c r="Z51" s="6">
-        <v>3.0590000000000001E-3</v>
+        <v>3.6749999999999999E-3</v>
       </c>
     </row>
     <row r="52" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A52" s="3" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="C52" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D52" s="4">
-        <v>385000</v>
+        <v>250000</v>
       </c>
       <c r="E52" s="5">
-        <v>103.26810399999999</v>
+        <v>103.349326</v>
       </c>
       <c r="F52" s="4">
-        <v>406244.70039999997</v>
+        <v>264414.98166667001</v>
       </c>
       <c r="G52" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H52" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I52" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J52" s="5">
-        <v>103.26810399999999</v>
+        <v>103.349326</v>
       </c>
       <c r="K52" s="5">
         <v>1</v>
       </c>
       <c r="L52" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M52" s="4">
-        <v>406244.70039999997</v>
+        <v>264414.98166599998</v>
       </c>
       <c r="N52" s="4">
-        <v>406244.70039999997</v>
+        <v>264414.98166667001</v>
       </c>
       <c r="O52" s="3" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="P52" s="3" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="Q52" s="3" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="R52" s="3" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="S52" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T52" s="4">
         <v>0.01</v>
       </c>
       <c r="U52" s="2">
-        <v>47362</v>
+        <v>47392</v>
       </c>
       <c r="V52" s="4">
-        <v>6.75</v>
+        <v>7.25</v>
       </c>
       <c r="W52" s="3" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="X52" s="4">
-        <v>8662.5</v>
+        <v>6041.6666666700003</v>
       </c>
       <c r="Y52" s="4">
-        <v>8662.5</v>
+        <v>6041.6666660000001</v>
       </c>
       <c r="Z52" s="6">
-        <v>3.2070000000000002E-3</v>
+        <v>2.019E-3</v>
       </c>
     </row>
     <row r="53" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A53" s="3" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="C53" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D53" s="4">
-        <v>430000</v>
+        <v>395000</v>
       </c>
       <c r="E53" s="5">
-        <v>107.97410000000001</v>
+        <v>96.483450000000005</v>
       </c>
       <c r="F53" s="4">
-        <v>475408.90777778003</v>
+        <v>390820.04416667001</v>
       </c>
       <c r="G53" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H53" s="3" t="s">
-        <v>31</v>
+        <v>134</v>
       </c>
       <c r="I53" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J53" s="5">
-        <v>107.97410000000001</v>
+        <v>96.483450000000005</v>
       </c>
       <c r="K53" s="5">
         <v>1</v>
       </c>
       <c r="L53" s="3" t="s">
-        <v>33</v>
+        <v>135</v>
       </c>
       <c r="M53" s="4">
-        <v>475408.90777699999</v>
+        <v>390820.04416599998</v>
       </c>
       <c r="N53" s="4">
-        <v>475408.90777778003</v>
+        <v>390820.04416667001</v>
       </c>
       <c r="O53" s="3" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="P53" s="3" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="Q53" s="3" t="s">
-        <v>165</v>
+        <v>64</v>
       </c>
       <c r="R53" s="3" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="S53" s="3" t="s">
-        <v>65</v>
+        <v>130</v>
       </c>
       <c r="T53" s="4">
         <v>0.01</v>
       </c>
       <c r="U53" s="2">
-        <v>47223</v>
+        <v>47757</v>
       </c>
       <c r="V53" s="4">
-        <v>12.25</v>
+        <v>7.375</v>
       </c>
       <c r="W53" s="3" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="X53" s="4">
-        <v>11120.27777778</v>
+        <v>9710.4166666700003</v>
       </c>
       <c r="Y53" s="4">
-        <v>11120.277776999999</v>
+        <v>9710.4166659999992</v>
       </c>
       <c r="Z53" s="6">
-        <v>3.754E-3</v>
+        <v>2.9840000000000001E-3</v>
       </c>
     </row>
     <row r="54" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A54" s="3" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D54" s="4">
-        <v>300000</v>
+        <v>385000</v>
       </c>
       <c r="E54" s="5">
-        <v>98</v>
+        <v>103.12869999999999</v>
       </c>
       <c r="F54" s="4">
-        <v>300961.45833333</v>
+        <v>407873.62</v>
       </c>
       <c r="G54" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H54" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I54" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J54" s="5">
-        <v>98</v>
+        <v>103.12869999999999</v>
       </c>
       <c r="K54" s="5">
         <v>1</v>
       </c>
       <c r="L54" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M54" s="4">
-        <v>300961.45833300002</v>
+        <v>407873.62</v>
       </c>
       <c r="N54" s="4">
-        <v>300961.45833333</v>
+        <v>407873.62</v>
       </c>
       <c r="O54" s="3" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="P54" s="3" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="Q54" s="3" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="R54" s="3" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="S54" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T54" s="4">
         <v>0.01</v>
       </c>
       <c r="U54" s="2">
-        <v>47136</v>
+        <v>47362</v>
       </c>
       <c r="V54" s="4">
-        <v>5.125</v>
+        <v>6.75</v>
       </c>
       <c r="W54" s="3" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="X54" s="4">
-        <v>6961.4583333299997</v>
+        <v>10828.125</v>
       </c>
       <c r="Y54" s="4">
-        <v>6961.4583329999996</v>
+        <v>10828.125</v>
       </c>
       <c r="Z54" s="6">
-        <v>2.3760000000000001E-3</v>
+        <v>3.114E-3</v>
       </c>
     </row>
     <row r="55" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A55" s="3" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="C55" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D55" s="4">
-        <v>490000</v>
+        <v>430000</v>
       </c>
       <c r="E55" s="5">
-        <v>97.130200000000002</v>
+        <v>107.5149</v>
       </c>
       <c r="F55" s="4">
-        <v>479000.48</v>
+        <v>477823.93111111003</v>
       </c>
       <c r="G55" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H55" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I55" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J55" s="5">
-        <v>97.130200000000002</v>
+        <v>107.5149</v>
       </c>
       <c r="K55" s="5">
         <v>1</v>
       </c>
       <c r="L55" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M55" s="4">
-        <v>479000.48</v>
+        <v>477823.93111100001</v>
       </c>
       <c r="N55" s="4">
-        <v>479000.48</v>
+        <v>477823.93111111003</v>
       </c>
       <c r="O55" s="3" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="P55" s="3" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="Q55" s="3" t="s">
-        <v>75</v>
+        <v>173</v>
       </c>
       <c r="R55" s="3" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="S55" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T55" s="4">
         <v>0.01</v>
       </c>
       <c r="U55" s="2">
-        <v>47239</v>
+        <v>47223</v>
       </c>
       <c r="V55" s="4">
-        <v>3.75</v>
+        <v>12.25</v>
       </c>
       <c r="W55" s="3" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="X55" s="4">
-        <v>3062.5</v>
+        <v>15509.86111111</v>
       </c>
       <c r="Y55" s="4">
-        <v>3062.5</v>
+        <v>15509.861111</v>
       </c>
       <c r="Z55" s="6">
-        <v>3.7820000000000002E-3</v>
+        <v>3.6489999999999999E-3</v>
       </c>
     </row>
     <row r="56" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A56" s="3" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D56" s="4">
-        <v>400000</v>
+        <v>300000</v>
       </c>
       <c r="E56" s="5">
-        <v>97.176130000000001</v>
+        <v>98.760058999999998</v>
       </c>
       <c r="F56" s="4">
-        <v>395579.52</v>
+        <v>296835.38533333002</v>
       </c>
       <c r="G56" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H56" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I56" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J56" s="5">
-        <v>97.176130000000001</v>
+        <v>98.760058999999998</v>
       </c>
       <c r="K56" s="5">
         <v>1</v>
       </c>
       <c r="L56" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M56" s="4">
-        <v>395579.52</v>
+        <v>296835.38533299998</v>
       </c>
       <c r="N56" s="4">
-        <v>395579.52</v>
+        <v>296835.38533333002</v>
       </c>
       <c r="O56" s="3" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="P56" s="3" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="Q56" s="3" t="s">
-        <v>105</v>
+        <v>76</v>
       </c>
       <c r="R56" s="3" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="S56" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T56" s="4">
         <v>0.01</v>
       </c>
       <c r="U56" s="2">
-        <v>47150</v>
+        <v>47136</v>
       </c>
       <c r="V56" s="4">
-        <v>4.125</v>
+        <v>5.125</v>
       </c>
       <c r="W56" s="3" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="X56" s="4">
-        <v>6875</v>
+        <v>555.20833332999996</v>
       </c>
       <c r="Y56" s="4">
-        <v>6875</v>
+        <v>555.20833300000004</v>
       </c>
       <c r="Z56" s="6">
-        <v>3.1229999999999999E-3</v>
+        <v>2.2659999999999998E-3</v>
       </c>
     </row>
     <row r="57" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A57" s="3" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="C57" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D57" s="4">
-        <v>490000</v>
+        <v>445000</v>
       </c>
       <c r="E57" s="5">
-        <v>97.371420000000001</v>
+        <v>105.83110000000001</v>
       </c>
       <c r="F57" s="4">
-        <v>480284.54133332998</v>
+        <v>475070.82555556</v>
       </c>
       <c r="G57" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H57" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I57" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J57" s="5">
-        <v>97.371420000000001</v>
+        <v>105.83110000000001</v>
       </c>
       <c r="K57" s="5">
         <v>1</v>
       </c>
       <c r="L57" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M57" s="4">
-        <v>480284.541333</v>
+        <v>475070.82555499999</v>
       </c>
       <c r="N57" s="4">
-        <v>480284.54133332998</v>
+        <v>475070.82555556</v>
       </c>
       <c r="O57" s="3" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="P57" s="3" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="Q57" s="3" t="s">
-        <v>116</v>
+        <v>76</v>
       </c>
       <c r="R57" s="3" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="S57" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T57" s="4">
         <v>0.01</v>
       </c>
       <c r="U57" s="2">
-        <v>47058</v>
+        <v>48745</v>
       </c>
       <c r="V57" s="4">
-        <v>3.875</v>
+        <v>7.25</v>
       </c>
       <c r="W57" s="3" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="X57" s="4">
-        <v>3164.5833333300002</v>
+        <v>4122.4305555600004</v>
       </c>
       <c r="Y57" s="4">
-        <v>3164.583333</v>
+        <v>4122.4305549999999</v>
       </c>
       <c r="Z57" s="6">
-        <v>3.7919999999999998E-3</v>
+        <v>3.6280000000000001E-3</v>
       </c>
     </row>
     <row r="58" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A58" s="3" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D58" s="4">
-        <v>350000</v>
+        <v>490000</v>
       </c>
       <c r="E58" s="5">
-        <v>95.325738999999999</v>
+        <v>97.340850000000003</v>
       </c>
       <c r="F58" s="4">
-        <v>339590.08649999998</v>
+        <v>481563.91499999998</v>
       </c>
       <c r="G58" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H58" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I58" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J58" s="5">
-        <v>95.325738999999999</v>
+        <v>97.340850000000003</v>
       </c>
       <c r="K58" s="5">
         <v>1</v>
       </c>
       <c r="L58" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M58" s="4">
-        <v>339590.08649999998</v>
+        <v>481563.91499999998</v>
       </c>
       <c r="N58" s="4">
-        <v>339590.08649999998</v>
+        <v>481563.91499999998</v>
       </c>
       <c r="O58" s="3" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="P58" s="3" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="Q58" s="3" t="s">
-        <v>105</v>
+        <v>90</v>
       </c>
       <c r="R58" s="3" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="S58" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T58" s="4">
         <v>0.01</v>
       </c>
       <c r="U58" s="2">
-        <v>47894</v>
+        <v>47239</v>
       </c>
       <c r="V58" s="4">
-        <v>4.5</v>
+        <v>3.75</v>
       </c>
       <c r="W58" s="3" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="X58" s="4">
-        <v>5950</v>
+        <v>4593.75</v>
       </c>
       <c r="Y58" s="4">
-        <v>5950</v>
+        <v>4593.75</v>
       </c>
       <c r="Z58" s="6">
-        <v>2.6809999999999998E-3</v>
+        <v>3.6770000000000001E-3</v>
       </c>
     </row>
     <row r="59" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A59" s="3" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="C59" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D59" s="4">
-        <v>475000</v>
+        <v>400000</v>
       </c>
       <c r="E59" s="5">
-        <v>98.631174000000001</v>
+        <v>96.71208</v>
       </c>
       <c r="F59" s="4">
-        <v>478080.54177777999</v>
+        <v>395098.32</v>
       </c>
       <c r="G59" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H59" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I59" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J59" s="5">
-        <v>98.631174000000001</v>
+        <v>96.71208</v>
       </c>
       <c r="K59" s="5">
         <v>1</v>
       </c>
       <c r="L59" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M59" s="4">
-        <v>478080.54177700001</v>
+        <v>395098.32</v>
       </c>
       <c r="N59" s="4">
-        <v>478080.54177777999</v>
+        <v>395098.32</v>
       </c>
       <c r="O59" s="3" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="P59" s="3" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="Q59" s="3" t="s">
-        <v>165</v>
+        <v>106</v>
       </c>
       <c r="R59" s="3" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="S59" s="3" t="s">
-        <v>129</v>
+        <v>65</v>
       </c>
       <c r="T59" s="4">
         <v>0.01</v>
       </c>
       <c r="U59" s="2">
-        <v>47133</v>
+        <v>47150</v>
       </c>
       <c r="V59" s="4">
-        <v>4.375</v>
+        <v>4.125</v>
       </c>
       <c r="W59" s="3" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="X59" s="4">
-        <v>9582.4652777800002</v>
+        <v>8250</v>
       </c>
       <c r="Y59" s="4">
-        <v>9582.4652769999993</v>
+        <v>8250</v>
       </c>
       <c r="Z59" s="6">
-        <v>3.7750000000000001E-3</v>
+        <v>3.0170000000000002E-3</v>
       </c>
     </row>
     <row r="60" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A60" s="3" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D60" s="4">
-        <v>370000</v>
+        <v>490000</v>
       </c>
       <c r="E60" s="5">
-        <v>102.883567</v>
+        <v>96.224031999999994</v>
       </c>
       <c r="F60" s="4">
-        <v>390754.26734443998</v>
+        <v>477010.25679999997</v>
       </c>
       <c r="G60" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H60" s="3" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="I60" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J60" s="5">
-        <v>102.883567</v>
+        <v>96.224031999999994</v>
       </c>
       <c r="K60" s="5">
         <v>1</v>
       </c>
       <c r="L60" s="3" t="s">
-        <v>48</v>
+        <v>33</v>
       </c>
       <c r="M60" s="4">
-        <v>390754.26734399999</v>
+        <v>477010.25679999997</v>
       </c>
       <c r="N60" s="4">
-        <v>390754.26734443998</v>
+        <v>477010.25679999997</v>
       </c>
       <c r="O60" s="3" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="P60" s="3" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="Q60" s="3" t="s">
-        <v>197</v>
+        <v>117</v>
       </c>
       <c r="R60" s="3" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="S60" s="3" t="s">
-        <v>321</v>
+        <v>65</v>
       </c>
       <c r="T60" s="4">
         <v>0.01</v>
       </c>
       <c r="U60" s="2">
-        <v>47688</v>
+        <v>47239</v>
       </c>
       <c r="V60" s="4">
-        <v>6.25</v>
+        <v>4.5</v>
       </c>
       <c r="W60" s="3" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="X60" s="4">
-        <v>10085.06944444</v>
+        <v>5512.5</v>
       </c>
       <c r="Y60" s="4">
-        <v>10085.069444000001</v>
+        <v>5512.5</v>
       </c>
       <c r="Z60" s="6">
-        <v>3.0850000000000001E-3</v>
+        <v>3.6419999999999998E-3</v>
       </c>
     </row>
     <row r="61" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A61" s="3" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="C61" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D61" s="4">
-        <v>340000</v>
+        <v>490000</v>
       </c>
       <c r="E61" s="5">
-        <v>110.1262</v>
+        <v>97.261279999999999</v>
       </c>
       <c r="F61" s="4">
-        <v>377262.41333333001</v>
+        <v>481327.147</v>
       </c>
       <c r="G61" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H61" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I61" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J61" s="5">
-        <v>110.1262</v>
+        <v>97.261279999999999</v>
       </c>
       <c r="K61" s="5">
         <v>1</v>
       </c>
       <c r="L61" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M61" s="4">
-        <v>377262.41333299997</v>
+        <v>481327.147</v>
       </c>
       <c r="N61" s="4">
-        <v>377262.41333333001</v>
+        <v>481327.147</v>
       </c>
       <c r="O61" s="3" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="P61" s="3" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="Q61" s="3" t="s">
-        <v>75</v>
+        <v>117</v>
       </c>
       <c r="R61" s="3" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="S61" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T61" s="4">
         <v>0.01</v>
       </c>
       <c r="U61" s="2">
-        <v>47635</v>
+        <v>47058</v>
       </c>
       <c r="V61" s="4">
-        <v>10</v>
+        <v>3.875</v>
       </c>
       <c r="W61" s="3" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="X61" s="4">
-        <v>2833.3333333300002</v>
+        <v>4746.875</v>
       </c>
       <c r="Y61" s="4">
-        <v>2833.333333</v>
+        <v>4746.875</v>
       </c>
       <c r="Z61" s="6">
-        <v>2.9789999999999999E-3</v>
+        <v>3.6749999999999999E-3</v>
       </c>
     </row>
     <row r="62" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A62" s="3" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="C62" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D62" s="4">
-        <v>465000</v>
+        <v>350000</v>
       </c>
       <c r="E62" s="5">
-        <v>98.159630000000007</v>
+        <v>95.561769999999996</v>
       </c>
       <c r="F62" s="4">
-        <v>464482.9045</v>
+        <v>341728.69500000001</v>
       </c>
       <c r="G62" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H62" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I62" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J62" s="5">
-        <v>98.159630000000007</v>
+        <v>95.561769999999996</v>
       </c>
       <c r="K62" s="5">
         <v>1</v>
       </c>
       <c r="L62" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M62" s="4">
-        <v>464482.9045</v>
+        <v>341728.69500000001</v>
       </c>
       <c r="N62" s="4">
-        <v>464482.9045</v>
+        <v>341728.69500000001</v>
       </c>
       <c r="O62" s="3" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
       <c r="P62" s="3" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="Q62" s="3" t="s">
-        <v>213</v>
+        <v>106</v>
       </c>
       <c r="R62" s="3" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="S62" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T62" s="4">
         <v>0.01</v>
       </c>
       <c r="U62" s="2">
-        <v>46798</v>
+        <v>47894</v>
       </c>
       <c r="V62" s="4">
-        <v>3.75</v>
+        <v>4.5</v>
       </c>
       <c r="W62" s="3" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
       <c r="X62" s="4">
-        <v>8040.625</v>
+        <v>7262.5</v>
       </c>
       <c r="Y62" s="4">
-        <v>8040.625</v>
+        <v>7262.5</v>
       </c>
       <c r="Z62" s="6">
-        <v>3.6670000000000001E-3</v>
+        <v>2.6090000000000002E-3</v>
       </c>
     </row>
     <row r="63" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A63" s="3" t="s">
-        <v>333</v>
+        <v>330</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="C63" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D63" s="4">
-        <v>440000</v>
+        <v>475000</v>
       </c>
       <c r="E63" s="5">
-        <v>105.9957</v>
+        <v>98.391799000000006</v>
       </c>
       <c r="F63" s="4">
-        <v>480082.19111110998</v>
+        <v>468226.93066667003</v>
       </c>
       <c r="G63" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H63" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I63" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J63" s="5">
-        <v>105.9957</v>
+        <v>98.391799000000006</v>
       </c>
       <c r="K63" s="5">
         <v>1</v>
       </c>
       <c r="L63" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M63" s="4">
-        <v>480082.19111100002</v>
+        <v>468226.930666</v>
       </c>
       <c r="N63" s="4">
-        <v>480082.19111110998</v>
+        <v>468226.93066667003</v>
       </c>
       <c r="O63" s="3" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="P63" s="3" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="Q63" s="3" t="s">
-        <v>75</v>
+        <v>173</v>
       </c>
       <c r="R63" s="3" t="s">
-        <v>333</v>
+        <v>330</v>
       </c>
       <c r="S63" s="3" t="s">
-        <v>65</v>
+        <v>130</v>
       </c>
       <c r="T63" s="4">
         <v>0.01</v>
       </c>
       <c r="U63" s="2">
-        <v>48792</v>
+        <v>47133</v>
       </c>
       <c r="V63" s="4">
-        <v>7.375</v>
+        <v>4.375</v>
       </c>
       <c r="W63" s="3" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="X63" s="4">
-        <v>13701.11111111</v>
+        <v>865.88541667000004</v>
       </c>
       <c r="Y63" s="4">
-        <v>13701.111111</v>
+        <v>865.88541599999996</v>
       </c>
       <c r="Z63" s="6">
-        <v>3.79E-3</v>
+        <v>3.5750000000000001E-3</v>
       </c>
     </row>
     <row r="64" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A64" s="3" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="C64" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D64" s="4">
-        <v>375000</v>
+        <v>370000</v>
       </c>
       <c r="E64" s="5">
-        <v>91.759129999999999</v>
+        <v>103.306206</v>
       </c>
       <c r="F64" s="4">
-        <v>347495.17499999999</v>
+        <v>382618.37886667001</v>
       </c>
       <c r="G64" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H64" s="3" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="I64" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J64" s="5">
-        <v>91.759129999999999</v>
+        <v>103.306206</v>
       </c>
       <c r="K64" s="5">
         <v>1</v>
       </c>
       <c r="L64" s="3" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="M64" s="4">
-        <v>347495.17499999999</v>
+        <v>382618.37886599998</v>
       </c>
       <c r="N64" s="4">
-        <v>347495.17499999999</v>
+        <v>382618.37886667001</v>
       </c>
       <c r="O64" s="3" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="P64" s="3" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="Q64" s="3" t="s">
-        <v>197</v>
+        <v>249</v>
       </c>
       <c r="R64" s="3" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="S64" s="3" t="s">
-        <v>65</v>
+        <v>339</v>
       </c>
       <c r="T64" s="4">
         <v>0.01</v>
       </c>
       <c r="U64" s="2">
-        <v>48122</v>
+        <v>47688</v>
       </c>
       <c r="V64" s="4">
-        <v>3.625</v>
+        <v>6.25</v>
       </c>
       <c r="W64" s="3" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="X64" s="4">
-        <v>3398.4375</v>
+        <v>385.41666666999998</v>
       </c>
       <c r="Y64" s="4">
-        <v>3398.4375</v>
+        <v>385.41666600000002</v>
       </c>
       <c r="Z64" s="6">
-        <v>2.7430000000000002E-3</v>
+        <v>2.9220000000000001E-3</v>
       </c>
     </row>
     <row r="65" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A65" s="3" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="C65" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D65" s="4">
-        <v>200000</v>
+        <v>340000</v>
       </c>
       <c r="E65" s="5">
-        <v>98.980635000000007</v>
+        <v>109.54819999999999</v>
       </c>
       <c r="F65" s="4">
-        <v>198767.52</v>
+        <v>378130.54666667001</v>
       </c>
       <c r="G65" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H65" s="3" t="s">
-        <v>345</v>
+        <v>31</v>
       </c>
       <c r="I65" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J65" s="5">
-        <v>98.980635000000007</v>
+        <v>109.54819999999999</v>
       </c>
       <c r="K65" s="5">
         <v>1</v>
       </c>
       <c r="L65" s="3" t="s">
-        <v>346</v>
+        <v>33</v>
       </c>
       <c r="M65" s="4">
-        <v>198767.52</v>
+        <v>378130.54666599998</v>
       </c>
       <c r="N65" s="4">
-        <v>198767.52</v>
+        <v>378130.54666667001</v>
       </c>
       <c r="O65" s="3" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="P65" s="3" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="Q65" s="3" t="s">
-        <v>75</v>
+        <v>90</v>
       </c>
       <c r="R65" s="3" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="S65" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T65" s="4">
         <v>0.01</v>
       </c>
       <c r="U65" s="2">
-        <v>47456</v>
+        <v>47635</v>
       </c>
       <c r="V65" s="4">
-        <v>5.375</v>
+        <v>10</v>
       </c>
       <c r="W65" s="3" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="X65" s="4">
-        <v>806.25</v>
+        <v>5666.6666666700003</v>
       </c>
       <c r="Y65" s="4">
-        <v>806.25</v>
+        <v>5666.6666660000001</v>
       </c>
       <c r="Z65" s="6">
-        <v>1.5690000000000001E-3</v>
+        <v>2.8869999999999998E-3</v>
       </c>
     </row>
     <row r="66" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A66" s="3" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="C66" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D66" s="4">
-        <v>450000</v>
+        <v>465000</v>
       </c>
       <c r="E66" s="5">
-        <v>104.28041899999999</v>
+        <v>98.172319999999999</v>
       </c>
       <c r="F66" s="4">
-        <v>477136.88549999997</v>
+        <v>457276.288</v>
       </c>
       <c r="G66" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H66" s="3" t="s">
-        <v>232</v>
+        <v>31</v>
       </c>
       <c r="I66" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J66" s="5">
-        <v>104.28041899999999</v>
+        <v>98.172319999999999</v>
       </c>
       <c r="K66" s="5">
         <v>1</v>
       </c>
       <c r="L66" s="3" t="s">
-        <v>233</v>
+        <v>33</v>
       </c>
       <c r="M66" s="4">
-        <v>477136.88549999997</v>
+        <v>457276.288</v>
       </c>
       <c r="N66" s="4">
-        <v>477136.88549999997</v>
+        <v>457276.288</v>
       </c>
       <c r="O66" s="3" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="P66" s="3" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="Q66" s="3" t="s">
-        <v>116</v>
+        <v>210</v>
       </c>
       <c r="R66" s="3" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="S66" s="3" t="s">
-        <v>236</v>
+        <v>65</v>
       </c>
       <c r="T66" s="4">
         <v>0.01</v>
       </c>
       <c r="U66" s="2">
-        <v>47939</v>
+        <v>46798</v>
       </c>
       <c r="V66" s="4">
-        <v>7</v>
+        <v>3.75</v>
       </c>
       <c r="W66" s="3" t="s">
-        <v>354</v>
+        <v>350</v>
       </c>
       <c r="X66" s="4">
-        <v>7875</v>
+        <v>775</v>
       </c>
       <c r="Y66" s="4">
-        <v>7875</v>
+        <v>775</v>
       </c>
       <c r="Z66" s="6">
-        <v>3.7669999999999999E-3</v>
+        <v>3.4919999999999999E-3</v>
       </c>
     </row>
     <row r="67" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A67" s="3" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="C67" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D67" s="4">
-        <v>480000</v>
+        <v>440000</v>
       </c>
       <c r="E67" s="5">
-        <v>99.041480000000007</v>
+        <v>105.5972</v>
       </c>
       <c r="F67" s="4">
-        <v>476305.77066667</v>
+        <v>481032.95777778002</v>
       </c>
       <c r="G67" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H67" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I67" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J67" s="5">
-        <v>99.041480000000007</v>
+        <v>105.5972</v>
       </c>
       <c r="K67" s="5">
         <v>1</v>
       </c>
       <c r="L67" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M67" s="4">
-        <v>476305.77066600003</v>
+        <v>481032.95777699997</v>
       </c>
       <c r="N67" s="4">
-        <v>476305.77066667</v>
+        <v>481032.95777778002</v>
       </c>
       <c r="O67" s="3" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="P67" s="3" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="Q67" s="3" t="s">
-        <v>81</v>
+        <v>90</v>
       </c>
       <c r="R67" s="3" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="S67" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T67" s="4">
         <v>0.01</v>
       </c>
       <c r="U67" s="2">
-        <v>46736</v>
+        <v>48792</v>
       </c>
       <c r="V67" s="4">
-        <v>4.25</v>
+        <v>7.375</v>
       </c>
       <c r="W67" s="3" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="X67" s="4">
-        <v>906.66666667000004</v>
+        <v>16405.27777778</v>
       </c>
       <c r="Y67" s="4">
-        <v>906.66666599999996</v>
+        <v>16405.277776999999</v>
       </c>
       <c r="Z67" s="6">
-        <v>3.761E-3</v>
+        <v>3.673E-3</v>
       </c>
     </row>
     <row r="68" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A68" s="3" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="C68" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D68" s="4">
-        <v>300000</v>
+        <v>450000</v>
       </c>
       <c r="E68" s="5">
-        <v>97.245159999999998</v>
+        <v>105.095562</v>
       </c>
       <c r="F68" s="4">
-        <v>292268.81333332998</v>
+        <v>483342.52899999998</v>
       </c>
       <c r="G68" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H68" s="3" t="s">
-        <v>31</v>
+        <v>239</v>
       </c>
       <c r="I68" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J68" s="5">
-        <v>97.245159999999998</v>
+        <v>105.095562</v>
       </c>
       <c r="K68" s="5">
         <v>1</v>
       </c>
       <c r="L68" s="3" t="s">
-        <v>33</v>
+        <v>240</v>
       </c>
       <c r="M68" s="4">
-        <v>292268.813333</v>
+        <v>483342.52899999998</v>
       </c>
       <c r="N68" s="4">
-        <v>292268.81333332998</v>
+        <v>483342.52899999998</v>
       </c>
       <c r="O68" s="3" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="P68" s="3" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="Q68" s="3" t="s">
-        <v>81</v>
+        <v>117</v>
       </c>
       <c r="R68" s="3" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="S68" s="3" t="s">
-        <v>65</v>
+        <v>243</v>
       </c>
       <c r="T68" s="4">
         <v>0.01</v>
       </c>
       <c r="U68" s="2">
-        <v>47284</v>
+        <v>47939</v>
       </c>
       <c r="V68" s="4">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="W68" s="3" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="X68" s="4">
-        <v>533.33333332999996</v>
+        <v>10412.5</v>
       </c>
       <c r="Y68" s="4">
-        <v>533.33333300000004</v>
+        <v>10412.5</v>
       </c>
       <c r="Z68" s="6">
-        <v>2.307E-3</v>
+        <v>3.6909999999999998E-3</v>
       </c>
     </row>
     <row r="69" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A69" s="3" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="C69" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D69" s="4">
-        <v>475000</v>
+        <v>480000</v>
       </c>
       <c r="E69" s="5">
-        <v>99.897785999999996</v>
+        <v>99.475729999999999</v>
       </c>
       <c r="F69" s="4">
-        <v>481639.48349999997</v>
+        <v>480090.17066667002</v>
       </c>
       <c r="G69" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H69" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I69" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J69" s="5">
-        <v>99.897785999999996</v>
+        <v>99.475729999999999</v>
       </c>
       <c r="K69" s="5">
         <v>1</v>
       </c>
       <c r="L69" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M69" s="4">
-        <v>481639.48349999997</v>
+        <v>480090.17066599999</v>
       </c>
       <c r="N69" s="4">
-        <v>481639.48349999997</v>
+        <v>480090.17066667002</v>
       </c>
       <c r="O69" s="3" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="P69" s="3" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="Q69" s="3" t="s">
-        <v>87</v>
+        <v>76</v>
       </c>
       <c r="R69" s="3" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="S69" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T69" s="4">
         <v>0.01</v>
       </c>
       <c r="U69" s="2">
-        <v>48488</v>
+        <v>46736</v>
       </c>
       <c r="V69" s="4">
-        <v>6</v>
+        <v>4.25</v>
       </c>
       <c r="W69" s="3" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
       <c r="X69" s="4">
-        <v>7125</v>
+        <v>2606.6666666699998</v>
       </c>
       <c r="Y69" s="4">
-        <v>7125</v>
+        <v>2606.6666660000001</v>
       </c>
       <c r="Z69" s="6">
-        <v>3.803E-3</v>
+        <v>3.666E-3</v>
       </c>
     </row>
     <row r="70" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A70" s="3" t="s">
-        <v>370</v>
+        <v>366</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="C70" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D70" s="4">
-        <v>500000</v>
+        <v>300000</v>
       </c>
       <c r="E70" s="5">
-        <v>93.448257999999996</v>
+        <v>97.319770000000005</v>
       </c>
       <c r="F70" s="4">
-        <v>474088.51222222002</v>
+        <v>293492.64333332999</v>
       </c>
       <c r="G70" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H70" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I70" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J70" s="5">
-        <v>93.448257999999996</v>
+        <v>97.319770000000005</v>
       </c>
       <c r="K70" s="5">
         <v>1</v>
       </c>
       <c r="L70" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M70" s="4">
-        <v>474088.51222199999</v>
+        <v>293492.64333300001</v>
       </c>
       <c r="N70" s="4">
-        <v>474088.51222222002</v>
+        <v>293492.64333332999</v>
       </c>
       <c r="O70" s="3" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="P70" s="3" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="Q70" s="3" t="s">
-        <v>171</v>
+        <v>76</v>
       </c>
       <c r="R70" s="3" t="s">
-        <v>370</v>
+        <v>366</v>
       </c>
       <c r="S70" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T70" s="4">
         <v>0.01</v>
       </c>
       <c r="U70" s="2">
-        <v>47894</v>
+        <v>47284</v>
       </c>
       <c r="V70" s="4">
-        <v>3.625</v>
+        <v>4</v>
       </c>
       <c r="W70" s="3" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="X70" s="4">
-        <v>6847.2222222199998</v>
+        <v>1533.33333333</v>
       </c>
       <c r="Y70" s="4">
-        <v>6847.2222220000003</v>
+        <v>1533.333333</v>
       </c>
       <c r="Z70" s="6">
-        <v>3.7429999999999998E-3</v>
+        <v>2.2409999999999999E-3</v>
       </c>
     </row>
     <row r="71" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A71" s="3" t="s">
-        <v>375</v>
+        <v>371</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>376</v>
+        <v>372</v>
       </c>
       <c r="C71" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D71" s="4">
-        <v>435000</v>
+        <v>475000</v>
       </c>
       <c r="E71" s="5">
-        <v>106.262235</v>
+        <v>99.916250000000005</v>
       </c>
       <c r="F71" s="4">
-        <v>478341.76391667</v>
+        <v>484102.1875</v>
       </c>
       <c r="G71" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H71" s="3" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="I71" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J71" s="5">
-        <v>106.262235</v>
+        <v>99.916250000000005</v>
       </c>
       <c r="K71" s="5">
         <v>1</v>
       </c>
       <c r="L71" s="3" t="s">
-        <v>48</v>
+        <v>33</v>
       </c>
       <c r="M71" s="4">
-        <v>478341.76391600003</v>
+        <v>484102.1875</v>
       </c>
       <c r="N71" s="4">
-        <v>478341.76391667</v>
+        <v>484102.1875</v>
       </c>
       <c r="O71" s="3" t="s">
-        <v>377</v>
+        <v>373</v>
       </c>
       <c r="P71" s="3" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="Q71" s="3" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="R71" s="3" t="s">
-        <v>375</v>
+        <v>371</v>
       </c>
       <c r="S71" s="3" t="s">
-        <v>321</v>
+        <v>65</v>
       </c>
       <c r="T71" s="4">
         <v>0.01</v>
       </c>
       <c r="U71" s="2">
-        <v>49507</v>
+        <v>48488</v>
       </c>
       <c r="V71" s="4">
-        <v>8.125</v>
+        <v>6</v>
       </c>
       <c r="W71" s="3" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="X71" s="4">
-        <v>16101.04166667</v>
+        <v>9500</v>
       </c>
       <c r="Y71" s="4">
-        <v>16101.041665999999</v>
+        <v>9500</v>
       </c>
       <c r="Z71" s="6">
-        <v>3.777E-3</v>
+        <v>3.6970000000000002E-3</v>
       </c>
     </row>
     <row r="72" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A72" s="3" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="C72" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D72" s="4">
-        <v>465000</v>
+        <v>500000</v>
       </c>
       <c r="E72" s="5">
-        <v>100.8651</v>
+        <v>93.420137999999994</v>
       </c>
       <c r="F72" s="4">
-        <v>477754.38166666997</v>
+        <v>475458.32888888998</v>
       </c>
       <c r="G72" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H72" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I72" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J72" s="5">
-        <v>100.8651</v>
+        <v>93.420137999999994</v>
       </c>
       <c r="K72" s="5">
         <v>1</v>
       </c>
       <c r="L72" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M72" s="4">
-        <v>477754.381666</v>
+        <v>475458.32888799999</v>
       </c>
       <c r="N72" s="4">
-        <v>477754.38166666997</v>
+        <v>475458.32888888998</v>
       </c>
       <c r="O72" s="3" t="s">
-        <v>382</v>
+        <v>378</v>
       </c>
       <c r="P72" s="3" t="s">
-        <v>383</v>
+        <v>379</v>
       </c>
       <c r="Q72" s="3" t="s">
-        <v>64</v>
+        <v>179</v>
       </c>
       <c r="R72" s="3" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="S72" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T72" s="4">
         <v>0.01</v>
       </c>
       <c r="U72" s="2">
-        <v>48653</v>
+        <v>47894</v>
       </c>
       <c r="V72" s="4">
-        <v>6.5</v>
+        <v>3.625</v>
       </c>
       <c r="W72" s="3" t="s">
-        <v>384</v>
+        <v>380</v>
       </c>
       <c r="X72" s="4">
-        <v>8731.6666666700003</v>
+        <v>8357.6388888900001</v>
       </c>
       <c r="Y72" s="4">
-        <v>8731.6666659999992</v>
+        <v>8357.6388879999995</v>
       </c>
       <c r="Z72" s="6">
-        <v>3.7720000000000002E-3</v>
+        <v>3.6310000000000001E-3</v>
       </c>
     </row>
     <row r="73" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A73" s="3" t="s">
-        <v>385</v>
+        <v>381</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>386</v>
+        <v>382</v>
       </c>
       <c r="C73" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D73" s="4">
-        <v>415000</v>
+        <v>470000</v>
       </c>
       <c r="E73" s="5">
-        <v>95.582133999999996</v>
+        <v>101.8704</v>
       </c>
       <c r="F73" s="4">
-        <v>403132.93943332997</v>
+        <v>486854.3175</v>
       </c>
       <c r="G73" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H73" s="3" t="s">
-        <v>125</v>
+        <v>31</v>
       </c>
       <c r="I73" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J73" s="5">
-        <v>95.582133999999996</v>
+        <v>101.8704</v>
       </c>
       <c r="K73" s="5">
         <v>1</v>
       </c>
       <c r="L73" s="3" t="s">
-        <v>126</v>
+        <v>33</v>
       </c>
       <c r="M73" s="4">
-        <v>403132.93943299999</v>
+        <v>486854.3175</v>
       </c>
       <c r="N73" s="4">
-        <v>403132.93943332997</v>
+        <v>486854.3175</v>
       </c>
       <c r="O73" s="3" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="P73" s="3" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="Q73" s="3" t="s">
-        <v>197</v>
+        <v>82</v>
       </c>
       <c r="R73" s="3" t="s">
-        <v>385</v>
+        <v>381</v>
       </c>
       <c r="S73" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T73" s="4">
         <v>0.01</v>
       </c>
       <c r="U73" s="2">
-        <v>47529</v>
+        <v>48533</v>
       </c>
       <c r="V73" s="4">
-        <v>4.125</v>
+        <v>7.625</v>
       </c>
       <c r="W73" s="3" t="s">
-        <v>389</v>
+        <v>385</v>
       </c>
       <c r="X73" s="4">
-        <v>6467.0833333299997</v>
+        <v>8063.4375</v>
       </c>
       <c r="Y73" s="4">
-        <v>6467.0833329999996</v>
+        <v>8063.4375</v>
       </c>
       <c r="Z73" s="6">
-        <v>3.1830000000000001E-3</v>
+        <v>3.718E-3</v>
       </c>
     </row>
     <row r="74" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A74" s="3" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
       <c r="C74" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D74" s="4">
-        <v>470000</v>
+        <v>435000</v>
       </c>
       <c r="E74" s="5">
-        <v>99.048587999999995</v>
+        <v>106.792203</v>
       </c>
       <c r="F74" s="4">
-        <v>476181.69693332998</v>
+        <v>465822.38513333001</v>
       </c>
       <c r="G74" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H74" s="3" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="I74" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J74" s="5">
-        <v>99.048587999999995</v>
+        <v>106.792203</v>
       </c>
       <c r="K74" s="5">
         <v>1</v>
       </c>
       <c r="L74" s="3" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="M74" s="4">
-        <v>476181.696933</v>
+        <v>465822.38513299997</v>
       </c>
       <c r="N74" s="4">
-        <v>476181.69693332998</v>
+        <v>465822.38513333001</v>
       </c>
       <c r="O74" s="3" t="s">
-        <v>392</v>
+        <v>388</v>
       </c>
       <c r="P74" s="3" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="Q74" s="3" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="R74" s="3" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="S74" s="3" t="s">
-        <v>65</v>
+        <v>339</v>
       </c>
       <c r="T74" s="4">
         <v>0.01</v>
       </c>
       <c r="U74" s="2">
-        <v>46798</v>
+        <v>49507</v>
       </c>
       <c r="V74" s="4">
-        <v>6</v>
+        <v>8.125</v>
       </c>
       <c r="W74" s="3" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="X74" s="4">
-        <v>10653.33333333</v>
+        <v>1276.30208333</v>
       </c>
       <c r="Y74" s="4">
-        <v>10653.333333</v>
+        <v>1276.302083</v>
       </c>
       <c r="Z74" s="6">
-        <v>3.7599999999999999E-3</v>
+        <v>3.5569999999999998E-3</v>
       </c>
     </row>
     <row r="75" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A75" s="3" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="C75" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D75" s="4">
-        <v>445000</v>
+        <v>465000</v>
       </c>
       <c r="E75" s="5">
-        <v>103.746</v>
+        <v>100.5124</v>
       </c>
       <c r="F75" s="4">
-        <v>478235.13402777998</v>
+        <v>478633.07666666998</v>
       </c>
       <c r="G75" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H75" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I75" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J75" s="5">
-        <v>103.746</v>
+        <v>100.5124</v>
       </c>
       <c r="K75" s="5">
         <v>1</v>
       </c>
       <c r="L75" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M75" s="4">
-        <v>478235.13402699999</v>
+        <v>478633.07666600001</v>
       </c>
       <c r="N75" s="4">
-        <v>478235.13402777998</v>
+        <v>478633.07666666998</v>
       </c>
       <c r="O75" s="3" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="P75" s="3" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="Q75" s="3" t="s">
         <v>64</v>
       </c>
       <c r="R75" s="3" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="S75" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T75" s="4">
         <v>0.01</v>
       </c>
       <c r="U75" s="2">
-        <v>47514</v>
+        <v>48653</v>
       </c>
       <c r="V75" s="4">
-        <v>8.875</v>
+        <v>6.5</v>
       </c>
       <c r="W75" s="3" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="X75" s="4">
-        <v>16565.43402778</v>
+        <v>11250.41666667</v>
       </c>
       <c r="Y75" s="4">
-        <v>16565.434026999999</v>
+        <v>11250.416665999999</v>
       </c>
       <c r="Z75" s="6">
-        <v>3.7759999999999998E-3</v>
+        <v>3.6549999999999998E-3</v>
       </c>
     </row>
     <row r="76" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A76" s="3" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
       <c r="C76" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D76" s="4">
-        <v>395000</v>
+        <v>415000</v>
       </c>
       <c r="E76" s="5">
-        <v>98.497119999999995</v>
+        <v>92.891009999999994</v>
       </c>
       <c r="F76" s="4">
-        <v>395032.51288888999</v>
+        <v>393391.33733333001</v>
       </c>
       <c r="G76" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H76" s="3" t="s">
-        <v>31</v>
+        <v>134</v>
       </c>
       <c r="I76" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J76" s="5">
-        <v>98.497119999999995</v>
+        <v>92.891009999999994</v>
       </c>
       <c r="K76" s="5">
         <v>1</v>
       </c>
       <c r="L76" s="3" t="s">
-        <v>33</v>
+        <v>135</v>
       </c>
       <c r="M76" s="4">
-        <v>395032.512888</v>
+        <v>393391.33733299997</v>
       </c>
       <c r="N76" s="4">
-        <v>395032.51288888999</v>
+        <v>393391.33733333001</v>
       </c>
       <c r="O76" s="3" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="P76" s="3" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="Q76" s="3" t="s">
-        <v>197</v>
+        <v>249</v>
       </c>
       <c r="R76" s="3" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="S76" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T76" s="4">
         <v>0.01</v>
       </c>
       <c r="U76" s="2">
-        <v>46798</v>
+        <v>47529</v>
       </c>
       <c r="V76" s="4">
-        <v>4</v>
+        <v>4.125</v>
       </c>
       <c r="W76" s="3" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
       <c r="X76" s="4">
-        <v>5968.8888888900001</v>
+        <v>7893.6458333299997</v>
       </c>
       <c r="Y76" s="4">
-        <v>5968.8888880000004</v>
+        <v>7893.6458329999996</v>
       </c>
       <c r="Z76" s="6">
-        <v>3.1189999999999998E-3</v>
+        <v>3.0040000000000002E-3</v>
       </c>
     </row>
     <row r="77" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A77" s="3" t="s">
-        <v>405</v>
+        <v>401</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="C77" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D77" s="4">
-        <v>460000</v>
+        <v>470000</v>
       </c>
       <c r="E77" s="5">
-        <v>102.5949</v>
+        <v>99.852440000000001</v>
       </c>
       <c r="F77" s="4">
-        <v>476824.04</v>
+        <v>482309.80133332999</v>
       </c>
       <c r="G77" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H77" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I77" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J77" s="5">
-        <v>102.5949</v>
+        <v>99.852440000000001</v>
       </c>
       <c r="K77" s="5">
         <v>1</v>
       </c>
       <c r="L77" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M77" s="4">
-        <v>476824.04</v>
+        <v>482309.80133300001</v>
       </c>
       <c r="N77" s="4">
-        <v>476824.04</v>
+        <v>482309.80133332999</v>
       </c>
       <c r="O77" s="3" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
       <c r="P77" s="3" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="Q77" s="3" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="R77" s="3" t="s">
-        <v>405</v>
+        <v>401</v>
       </c>
       <c r="S77" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T77" s="4">
         <v>0.01</v>
       </c>
       <c r="U77" s="2">
-        <v>48519</v>
+        <v>46798</v>
       </c>
       <c r="V77" s="4">
-        <v>6.375</v>
+        <v>6</v>
       </c>
       <c r="W77" s="3" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
       <c r="X77" s="4">
-        <v>4887.5</v>
+        <v>13003.33333333</v>
       </c>
       <c r="Y77" s="4">
-        <v>4887.5</v>
+        <v>13003.333333</v>
       </c>
       <c r="Z77" s="6">
-        <v>3.7650000000000001E-3</v>
+        <v>3.6830000000000001E-3</v>
       </c>
     </row>
     <row r="78" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A78" s="3" t="s">
-        <v>410</v>
+        <v>406</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="C78" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D78" s="4">
-        <v>460000</v>
+        <v>140000</v>
       </c>
       <c r="E78" s="5">
-        <v>101.1263</v>
+        <v>100.678</v>
       </c>
       <c r="F78" s="4">
-        <v>479763.61888889002</v>
+        <v>140949.20000000001</v>
       </c>
       <c r="G78" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H78" s="3" t="s">
-        <v>125</v>
+        <v>31</v>
       </c>
       <c r="I78" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J78" s="5">
-        <v>101.1263</v>
+        <v>100.678</v>
       </c>
       <c r="K78" s="5">
         <v>1</v>
       </c>
       <c r="L78" s="3" t="s">
-        <v>126</v>
+        <v>33</v>
       </c>
       <c r="M78" s="4">
-        <v>479763.61888800003</v>
+        <v>140949.20000000001</v>
       </c>
       <c r="N78" s="4">
-        <v>479763.61888889002</v>
+        <v>140949.20000000001</v>
       </c>
       <c r="O78" s="3" t="s">
-        <v>412</v>
+        <v>408</v>
       </c>
       <c r="P78" s="3" t="s">
-        <v>413</v>
+        <v>409</v>
       </c>
       <c r="Q78" s="3" t="s">
-        <v>87</v>
+        <v>64</v>
       </c>
       <c r="R78" s="3" t="s">
-        <v>410</v>
+        <v>406</v>
       </c>
       <c r="S78" s="3" t="s">
-        <v>129</v>
+        <v>65</v>
       </c>
       <c r="T78" s="4">
         <v>0.01</v>
       </c>
       <c r="U78" s="2">
-        <v>47133</v>
+        <v>47514</v>
       </c>
       <c r="V78" s="4">
-        <v>6.875</v>
+        <v>8.875</v>
       </c>
       <c r="W78" s="3" t="s">
-        <v>414</v>
+        <v>410</v>
       </c>
       <c r="X78" s="4">
-        <v>14582.63888889</v>
+        <v>0</v>
       </c>
       <c r="Y78" s="4">
-        <v>14582.638887999999</v>
+        <v>0</v>
       </c>
       <c r="Z78" s="6">
-        <v>3.7880000000000001E-3</v>
+        <v>1.0759999999999999E-3</v>
       </c>
     </row>
     <row r="79" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A79" s="3" t="s">
-        <v>415</v>
+        <v>411</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>416</v>
+        <v>412</v>
       </c>
       <c r="C79" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D79" s="4">
-        <v>300000</v>
+        <v>460000</v>
       </c>
       <c r="E79" s="5">
-        <v>111.84604</v>
+        <v>102.3477</v>
       </c>
       <c r="F79" s="4">
-        <v>341713.12</v>
+        <v>478130.67</v>
       </c>
       <c r="G79" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H79" s="3" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="I79" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J79" s="5">
-        <v>111.84604</v>
+        <v>102.3477</v>
       </c>
       <c r="K79" s="5">
         <v>1</v>
       </c>
       <c r="L79" s="3" t="s">
-        <v>48</v>
+        <v>33</v>
       </c>
       <c r="M79" s="4">
-        <v>341713.12</v>
+        <v>478130.67</v>
       </c>
       <c r="N79" s="4">
-        <v>341713.12</v>
+        <v>478130.67</v>
       </c>
       <c r="O79" s="3" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="P79" s="3" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
       <c r="Q79" s="3" t="s">
-        <v>75</v>
+        <v>90</v>
       </c>
       <c r="R79" s="3" t="s">
-        <v>415</v>
+        <v>411</v>
       </c>
       <c r="S79" s="3" t="s">
-        <v>321</v>
+        <v>65</v>
       </c>
       <c r="T79" s="4">
         <v>0.01</v>
       </c>
       <c r="U79" s="2">
-        <v>47223</v>
+        <v>48519</v>
       </c>
       <c r="V79" s="4">
-        <v>9.75</v>
+        <v>6.375</v>
       </c>
       <c r="W79" s="3" t="s">
-        <v>419</v>
+        <v>415</v>
       </c>
       <c r="X79" s="4">
-        <v>6175</v>
+        <v>7331.25</v>
       </c>
       <c r="Y79" s="4">
-        <v>6175</v>
+        <v>7331.25</v>
       </c>
       <c r="Z79" s="6">
-        <v>2.6979999999999999E-3</v>
+        <v>3.6510000000000002E-3</v>
       </c>
     </row>
     <row r="80" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A80" s="3" t="s">
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>421</v>
+        <v>417</v>
       </c>
       <c r="C80" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D80" s="4">
-        <v>455000</v>
+        <v>180000</v>
       </c>
       <c r="E80" s="5">
-        <v>102.3533</v>
+        <v>104.1048</v>
       </c>
       <c r="F80" s="4">
-        <v>479344.87611110997</v>
+        <v>190899.89</v>
       </c>
       <c r="G80" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H80" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I80" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J80" s="5">
-        <v>102.3533</v>
+        <v>104.1048</v>
       </c>
       <c r="K80" s="5">
         <v>1</v>
       </c>
       <c r="L80" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M80" s="4">
-        <v>479344.87611100002</v>
+        <v>190899.89</v>
       </c>
       <c r="N80" s="4">
-        <v>479344.87611110997</v>
+        <v>190899.89</v>
       </c>
       <c r="O80" s="3" t="s">
-        <v>422</v>
+        <v>418</v>
       </c>
       <c r="P80" s="3" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
       <c r="Q80" s="3" t="s">
-        <v>75</v>
+        <v>90</v>
       </c>
       <c r="R80" s="3" t="s">
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="S80" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T80" s="4">
         <v>0.01</v>
       </c>
       <c r="U80" s="2">
-        <v>48410</v>
+        <v>48502</v>
       </c>
       <c r="V80" s="4">
-        <v>6.5</v>
+        <v>6.625</v>
       </c>
       <c r="W80" s="3" t="s">
-        <v>424</v>
+        <v>420</v>
       </c>
       <c r="X80" s="4">
-        <v>13637.36111111</v>
+        <v>3511.25</v>
       </c>
       <c r="Y80" s="4">
-        <v>13637.361111</v>
+        <v>3511.25</v>
       </c>
       <c r="Z80" s="6">
-        <v>3.7850000000000002E-3</v>
+        <v>1.457E-3</v>
       </c>
     </row>
     <row r="81" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A81" s="3" t="s">
-        <v>425</v>
+        <v>421</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>426</v>
+        <v>422</v>
       </c>
       <c r="C81" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D81" s="4">
-        <v>385000</v>
+        <v>460000</v>
       </c>
       <c r="E81" s="5">
-        <v>102.265191</v>
+        <v>101.1345</v>
       </c>
       <c r="F81" s="4">
-        <v>401372.86034999997</v>
+        <v>466624.25555556</v>
       </c>
       <c r="G81" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H81" s="3" t="s">
-        <v>125</v>
+        <v>134</v>
       </c>
       <c r="I81" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J81" s="5">
-        <v>102.265191</v>
+        <v>101.1345</v>
       </c>
       <c r="K81" s="5">
         <v>1</v>
       </c>
       <c r="L81" s="3" t="s">
-        <v>126</v>
+        <v>135</v>
       </c>
       <c r="M81" s="4">
-        <v>401372.86034999997</v>
+        <v>466624.25555499998</v>
       </c>
       <c r="N81" s="4">
-        <v>401372.86034999997</v>
+        <v>466624.25555556</v>
       </c>
       <c r="O81" s="3" t="s">
-        <v>427</v>
+        <v>423</v>
       </c>
       <c r="P81" s="3" t="s">
-        <v>428</v>
+        <v>424</v>
       </c>
       <c r="Q81" s="3" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="R81" s="3" t="s">
-        <v>425</v>
+        <v>421</v>
       </c>
       <c r="S81" s="3" t="s">
-        <v>65</v>
+        <v>130</v>
       </c>
       <c r="T81" s="4">
         <v>0.01</v>
       </c>
       <c r="U81" s="2">
-        <v>46827</v>
+        <v>47133</v>
       </c>
       <c r="V81" s="4">
-        <v>6.75</v>
+        <v>6.875</v>
       </c>
       <c r="W81" s="3" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
       <c r="X81" s="4">
-        <v>7651.875</v>
+        <v>1405.5555555599999</v>
       </c>
       <c r="Y81" s="4">
-        <v>7651.875</v>
+        <v>1405.5555549999999</v>
       </c>
       <c r="Z81" s="6">
-        <v>3.1689999999999999E-3</v>
+        <v>3.5630000000000002E-3</v>
       </c>
     </row>
     <row r="82" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A82" s="3" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>431</v>
+        <v>427</v>
       </c>
       <c r="C82" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D82" s="4">
-        <v>400000</v>
+        <v>300000</v>
       </c>
       <c r="E82" s="5">
-        <v>95.607659999999996</v>
+        <v>112.03537300000001</v>
       </c>
       <c r="F82" s="4">
-        <v>385013.97333333001</v>
+        <v>344637.36900000001</v>
       </c>
       <c r="G82" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H82" s="3" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="I82" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J82" s="5">
-        <v>95.607659999999996</v>
+        <v>112.03537300000001</v>
       </c>
       <c r="K82" s="5">
         <v>1</v>
       </c>
       <c r="L82" s="3" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="M82" s="4">
-        <v>385013.97333299997</v>
+        <v>344637.36900000001</v>
       </c>
       <c r="N82" s="4">
-        <v>385013.97333333001</v>
+        <v>344637.36900000001</v>
       </c>
       <c r="O82" s="3" t="s">
-        <v>432</v>
+        <v>428</v>
       </c>
       <c r="P82" s="3" t="s">
-        <v>433</v>
+        <v>429</v>
       </c>
       <c r="Q82" s="3" t="s">
-        <v>213</v>
+        <v>90</v>
       </c>
       <c r="R82" s="3" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="S82" s="3" t="s">
-        <v>65</v>
+        <v>339</v>
       </c>
       <c r="T82" s="4">
         <v>0.01</v>
       </c>
       <c r="U82" s="2">
-        <v>47604</v>
+        <v>47223</v>
       </c>
       <c r="V82" s="4">
-        <v>3.875</v>
+        <v>9.75</v>
       </c>
       <c r="W82" s="3" t="s">
-        <v>434</v>
+        <v>430</v>
       </c>
       <c r="X82" s="4">
-        <v>2583.3333333300002</v>
+        <v>8531.25</v>
       </c>
       <c r="Y82" s="4">
-        <v>2583.333333</v>
+        <v>8531.25</v>
       </c>
       <c r="Z82" s="6">
-        <v>3.0400000000000002E-3</v>
+        <v>2.6310000000000001E-3</v>
       </c>
     </row>
     <row r="83" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A83" s="3" t="s">
-        <v>435</v>
+        <v>431</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>436</v>
+        <v>432</v>
       </c>
       <c r="C83" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D83" s="4">
-        <v>350000</v>
+        <v>455000</v>
       </c>
       <c r="E83" s="5">
-        <v>99.801000000000002</v>
+        <v>101.5761</v>
       </c>
       <c r="F83" s="4">
-        <v>351776.83333333</v>
+        <v>463485.69944444002</v>
       </c>
       <c r="G83" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H83" s="3" t="s">
-        <v>125</v>
+        <v>31</v>
       </c>
       <c r="I83" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J83" s="5">
-        <v>99.801000000000002</v>
+        <v>101.5761</v>
       </c>
       <c r="K83" s="5">
         <v>1</v>
       </c>
       <c r="L83" s="3" t="s">
-        <v>126</v>
+        <v>33</v>
       </c>
       <c r="M83" s="4">
-        <v>351776.83333300002</v>
+        <v>463485.69944400003</v>
       </c>
       <c r="N83" s="4">
-        <v>351776.83333333</v>
+        <v>463485.69944444002</v>
       </c>
       <c r="O83" s="3" t="s">
-        <v>437</v>
+        <v>433</v>
       </c>
       <c r="P83" s="3" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
       <c r="Q83" s="3" t="s">
-        <v>64</v>
+        <v>90</v>
       </c>
       <c r="R83" s="3" t="s">
-        <v>435</v>
+        <v>431</v>
       </c>
       <c r="S83" s="3" t="s">
-        <v>129</v>
+        <v>65</v>
       </c>
       <c r="T83" s="4">
         <v>0.01</v>
       </c>
       <c r="U83" s="2">
-        <v>46886</v>
+        <v>48410</v>
       </c>
       <c r="V83" s="4">
-        <v>5.3</v>
+        <v>6.5</v>
       </c>
       <c r="W83" s="3" t="s">
-        <v>439</v>
+        <v>435</v>
       </c>
       <c r="X83" s="4">
-        <v>2473.3333333300002</v>
+        <v>1314.4444444400001</v>
       </c>
       <c r="Y83" s="4">
-        <v>2473.333333</v>
+        <v>1314.444444</v>
       </c>
       <c r="Z83" s="6">
-        <v>2.777E-3</v>
+        <v>3.539E-3</v>
       </c>
     </row>
     <row r="84" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A84" s="3" t="s">
-        <v>440</v>
+        <v>436</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>441</v>
+        <v>437</v>
       </c>
       <c r="C84" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D84" s="4">
-        <v>225000</v>
+        <v>385000</v>
       </c>
       <c r="E84" s="5">
-        <v>103.9954</v>
+        <v>101.85809999999999</v>
       </c>
       <c r="F84" s="4">
-        <v>241841.21249999999</v>
+        <v>401971.185</v>
       </c>
       <c r="G84" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H84" s="3" t="s">
-        <v>442</v>
+        <v>134</v>
       </c>
       <c r="I84" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J84" s="5">
-        <v>103.9954</v>
+        <v>101.85809999999999</v>
       </c>
       <c r="K84" s="5">
         <v>1</v>
       </c>
       <c r="L84" s="3" t="s">
-        <v>443</v>
+        <v>135</v>
       </c>
       <c r="M84" s="4">
-        <v>241841.21249999999</v>
+        <v>401971.185</v>
       </c>
       <c r="N84" s="4">
-        <v>241841.21249999999</v>
+        <v>401971.185</v>
       </c>
       <c r="O84" s="3" t="s">
-        <v>444</v>
+        <v>438</v>
       </c>
       <c r="P84" s="3" t="s">
-        <v>445</v>
+        <v>439</v>
       </c>
       <c r="Q84" s="3" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="R84" s="3" t="s">
-        <v>440</v>
+        <v>436</v>
       </c>
       <c r="S84" s="3" t="s">
-        <v>129</v>
+        <v>65</v>
       </c>
       <c r="T84" s="4">
         <v>0.01</v>
       </c>
       <c r="U84" s="2">
-        <v>47696</v>
+        <v>46827</v>
       </c>
       <c r="V84" s="4">
-        <v>8.375</v>
+        <v>6.75</v>
       </c>
       <c r="W84" s="3" t="s">
-        <v>446</v>
+        <v>440</v>
       </c>
       <c r="X84" s="4">
-        <v>7851.5625</v>
+        <v>9817.5</v>
       </c>
       <c r="Y84" s="4">
-        <v>7851.5625</v>
+        <v>9817.5</v>
       </c>
       <c r="Z84" s="6">
-        <v>1.9090000000000001E-3</v>
+        <v>3.0690000000000001E-3</v>
       </c>
     </row>
     <row r="85" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A85" s="3" t="s">
-        <v>447</v>
+        <v>441</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>448</v>
+        <v>442</v>
       </c>
       <c r="C85" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D85" s="4">
         <v>350000</v>
       </c>
       <c r="E85" s="5">
-        <v>102.4875</v>
+        <v>99.57</v>
       </c>
       <c r="F85" s="4">
-        <v>360383.33333333</v>
+        <v>352462.63888888998</v>
       </c>
       <c r="G85" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H85" s="3" t="s">
-        <v>31</v>
+        <v>134</v>
       </c>
       <c r="I85" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J85" s="5">
-        <v>102.4875</v>
+        <v>99.57</v>
       </c>
       <c r="K85" s="5">
         <v>1</v>
       </c>
       <c r="L85" s="3" t="s">
-        <v>33</v>
+        <v>135</v>
       </c>
       <c r="M85" s="4">
-        <v>360383.33333300002</v>
+        <v>352462.63888799999</v>
       </c>
       <c r="N85" s="4">
-        <v>360383.33333333</v>
+        <v>352462.63888888998</v>
       </c>
       <c r="O85" s="3" t="s">
-        <v>449</v>
+        <v>443</v>
       </c>
       <c r="P85" s="3" t="s">
-        <v>450</v>
+        <v>444</v>
       </c>
       <c r="Q85" s="3" t="s">
-        <v>197</v>
+        <v>64</v>
       </c>
       <c r="R85" s="3" t="s">
-        <v>447</v>
+        <v>441</v>
       </c>
       <c r="S85" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="T85" s="4">
         <v>0.01</v>
       </c>
       <c r="U85" s="2">
-        <v>49279</v>
+        <v>46886</v>
       </c>
       <c r="V85" s="4">
-        <v>5.75</v>
+        <v>5.3</v>
       </c>
       <c r="W85" s="3" t="s">
-        <v>451</v>
+        <v>445</v>
       </c>
       <c r="X85" s="4">
-        <v>1677.08333333</v>
+        <v>3967.6388888900001</v>
       </c>
       <c r="Y85" s="4">
-        <v>1677.083333</v>
+        <v>3967.638888</v>
       </c>
       <c r="Z85" s="6">
-        <v>2.8449999999999999E-3</v>
+        <v>2.6909999999999998E-3</v>
       </c>
     </row>
     <row r="86" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A86" s="3" t="s">
-        <v>452</v>
+        <v>446</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>453</v>
+        <v>447</v>
       </c>
       <c r="C86" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D86" s="4">
-        <v>355000</v>
+        <v>225000</v>
       </c>
       <c r="E86" s="5">
-        <v>105.321389</v>
+        <v>104.7587</v>
       </c>
       <c r="F86" s="4">
-        <v>385144.92400555999</v>
+        <v>245076.60625000001</v>
       </c>
       <c r="G86" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H86" s="3" t="s">
-        <v>31</v>
+        <v>448</v>
       </c>
       <c r="I86" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J86" s="5">
-        <v>105.321389</v>
+        <v>104.7587</v>
       </c>
       <c r="K86" s="5">
         <v>1</v>
       </c>
       <c r="L86" s="3" t="s">
-        <v>33</v>
+        <v>449</v>
       </c>
       <c r="M86" s="4">
-        <v>385144.92400499998</v>
+        <v>245076.60625000001</v>
       </c>
       <c r="N86" s="4">
-        <v>385144.92400555999</v>
+        <v>245076.60625000001</v>
       </c>
       <c r="O86" s="3" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="P86" s="3" t="s">
-        <v>455</v>
+        <v>451</v>
       </c>
       <c r="Q86" s="3" t="s">
-        <v>116</v>
+        <v>82</v>
       </c>
       <c r="R86" s="3" t="s">
-        <v>452</v>
+        <v>446</v>
       </c>
       <c r="S86" s="3" t="s">
-        <v>65</v>
+        <v>130</v>
       </c>
       <c r="T86" s="4">
         <v>0.01</v>
       </c>
       <c r="U86" s="2">
-        <v>48775</v>
+        <v>47696</v>
       </c>
       <c r="V86" s="4">
-        <v>6.875</v>
+        <v>8.375</v>
       </c>
       <c r="W86" s="3" t="s">
-        <v>456</v>
+        <v>452</v>
       </c>
       <c r="X86" s="4">
-        <v>11253.99305556</v>
+        <v>9369.53125</v>
       </c>
       <c r="Y86" s="4">
-        <v>11253.993055000001</v>
+        <v>9369.53125</v>
       </c>
       <c r="Z86" s="6">
-        <v>3.0409999999999999E-3</v>
+        <v>1.8710000000000001E-3</v>
       </c>
     </row>
     <row r="87" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A87" s="3" t="s">
-        <v>457</v>
+        <v>453</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="C87" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D87" s="4">
-        <v>425000</v>
+        <v>350000</v>
       </c>
       <c r="E87" s="5">
-        <v>93.8476</v>
+        <v>102.1305</v>
       </c>
       <c r="F87" s="4">
-        <v>404873.13333332998</v>
+        <v>360755.01388888998</v>
       </c>
       <c r="G87" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H87" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I87" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J87" s="5">
-        <v>93.8476</v>
+        <v>102.1305</v>
       </c>
       <c r="K87" s="5">
         <v>1</v>
       </c>
       <c r="L87" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M87" s="4">
-        <v>404873.13333300001</v>
+        <v>360755.01388799999</v>
       </c>
       <c r="N87" s="4">
-        <v>404873.13333332998</v>
+        <v>360755.01388888998</v>
       </c>
       <c r="O87" s="3" t="s">
-        <v>459</v>
+        <v>455</v>
       </c>
       <c r="P87" s="3" t="s">
-        <v>460</v>
+        <v>456</v>
       </c>
       <c r="Q87" s="3" t="s">
-        <v>197</v>
+        <v>249</v>
       </c>
       <c r="R87" s="3" t="s">
-        <v>457</v>
+        <v>453</v>
       </c>
       <c r="S87" s="3" t="s">
-        <v>65</v>
+        <v>130</v>
       </c>
       <c r="T87" s="4">
         <v>0.01</v>
       </c>
       <c r="U87" s="2">
-        <v>47894</v>
+        <v>49279</v>
       </c>
       <c r="V87" s="4">
-        <v>3.75</v>
+        <v>5.75</v>
       </c>
       <c r="W87" s="3" t="s">
-        <v>461</v>
+        <v>457</v>
       </c>
       <c r="X87" s="4">
-        <v>6020.8333333299997</v>
+        <v>3298.2638888900001</v>
       </c>
       <c r="Y87" s="4">
-        <v>6020.8333329999996</v>
+        <v>3298.263888</v>
       </c>
       <c r="Z87" s="6">
-        <v>3.1970000000000002E-3</v>
+        <v>2.7550000000000001E-3</v>
       </c>
     </row>
     <row r="88" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A88" s="3" t="s">
-        <v>462</v>
+        <v>458</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>463</v>
+        <v>459</v>
       </c>
       <c r="C88" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D88" s="4">
-        <v>485000</v>
+        <v>355000</v>
       </c>
       <c r="E88" s="5">
-        <v>97.663148000000007</v>
+        <v>105.1314</v>
       </c>
       <c r="F88" s="4">
-        <v>480132.93446666998</v>
+        <v>374301.19222222001</v>
       </c>
       <c r="G88" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H88" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I88" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J88" s="5">
-        <v>97.663148000000007</v>
+        <v>105.1314</v>
       </c>
       <c r="K88" s="5">
         <v>1</v>
       </c>
       <c r="L88" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M88" s="4">
-        <v>480132.93446600001</v>
+        <v>374301.19222199998</v>
       </c>
       <c r="N88" s="4">
-        <v>480132.93446666998</v>
+        <v>374301.19222222001</v>
       </c>
       <c r="O88" s="3" t="s">
-        <v>464</v>
+        <v>460</v>
       </c>
       <c r="P88" s="3" t="s">
-        <v>465</v>
+        <v>461</v>
       </c>
       <c r="Q88" s="3" t="s">
-        <v>197</v>
+        <v>117</v>
       </c>
       <c r="R88" s="3" t="s">
-        <v>462</v>
+        <v>458</v>
       </c>
       <c r="S88" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T88" s="4">
         <v>0.01</v>
       </c>
       <c r="U88" s="2">
-        <v>47178</v>
+        <v>48775</v>
       </c>
       <c r="V88" s="4">
-        <v>4</v>
+        <v>6.875</v>
       </c>
       <c r="W88" s="3" t="s">
-        <v>466</v>
+        <v>462</v>
       </c>
       <c r="X88" s="4">
-        <v>6466.6666666700003</v>
+        <v>1084.72222222</v>
       </c>
       <c r="Y88" s="4">
-        <v>6466.6666660000001</v>
+        <v>1084.7222220000001</v>
       </c>
       <c r="Z88" s="6">
-        <v>3.7910000000000001E-3</v>
+        <v>2.8579999999999999E-3</v>
       </c>
     </row>
     <row r="89" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A89" s="3" t="s">
-        <v>467</v>
+        <v>463</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>468</v>
+        <v>464</v>
       </c>
       <c r="C89" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D89" s="4">
-        <v>445000</v>
+        <v>425000</v>
       </c>
       <c r="E89" s="5">
-        <v>105.875426</v>
+        <v>93.710980000000006</v>
       </c>
       <c r="F89" s="4">
-        <v>474344.08319999999</v>
+        <v>405620.62333332998</v>
       </c>
       <c r="G89" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H89" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I89" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J89" s="5">
-        <v>105.875426</v>
+        <v>93.710980000000006</v>
       </c>
       <c r="K89" s="5">
         <v>1</v>
       </c>
       <c r="L89" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M89" s="4">
-        <v>474344.08319999999</v>
+        <v>405620.623333</v>
       </c>
       <c r="N89" s="4">
-        <v>474344.08319999999</v>
+        <v>405620.62333332998</v>
       </c>
       <c r="O89" s="3" t="s">
-        <v>469</v>
+        <v>465</v>
       </c>
       <c r="P89" s="3" t="s">
-        <v>470</v>
+        <v>466</v>
       </c>
       <c r="Q89" s="3" t="s">
-        <v>171</v>
+        <v>249</v>
       </c>
       <c r="R89" s="3" t="s">
-        <v>467</v>
+        <v>463</v>
       </c>
       <c r="S89" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T89" s="4">
         <v>0.01</v>
       </c>
       <c r="U89" s="2">
-        <v>47635</v>
+        <v>47894</v>
       </c>
       <c r="V89" s="4">
-        <v>8.625</v>
+        <v>3.75</v>
       </c>
       <c r="W89" s="3" t="s">
-        <v>471</v>
+        <v>467</v>
       </c>
       <c r="X89" s="4">
-        <v>3198.4375</v>
+        <v>7348.9583333299997</v>
       </c>
       <c r="Y89" s="4">
-        <v>3198.4375</v>
+        <v>7348.9583329999996</v>
       </c>
       <c r="Z89" s="6">
-        <v>3.7450000000000001E-3</v>
+        <v>3.0969999999999999E-3</v>
       </c>
     </row>
     <row r="90" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A90" s="3" t="s">
-        <v>472</v>
+        <v>468</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>473</v>
+        <v>469</v>
       </c>
       <c r="C90" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D90" s="4">
-        <v>225000</v>
+        <v>485000</v>
       </c>
       <c r="E90" s="5">
-        <v>98.972030000000004</v>
+        <v>97.137730000000005</v>
       </c>
       <c r="F90" s="4">
-        <v>225751.13</v>
+        <v>479201.32383333001</v>
       </c>
       <c r="G90" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H90" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I90" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J90" s="5">
-        <v>98.972030000000004</v>
+        <v>97.137730000000005</v>
       </c>
       <c r="K90" s="5">
         <v>1</v>
       </c>
       <c r="L90" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M90" s="4">
-        <v>225751.13</v>
+        <v>479201.32383299997</v>
       </c>
       <c r="N90" s="4">
-        <v>225751.13</v>
+        <v>479201.32383333001</v>
       </c>
       <c r="O90" s="3" t="s">
-        <v>474</v>
+        <v>470</v>
       </c>
       <c r="P90" s="3" t="s">
-        <v>475</v>
+        <v>471</v>
       </c>
       <c r="Q90" s="3" t="s">
-        <v>213</v>
+        <v>249</v>
       </c>
       <c r="R90" s="3" t="s">
-        <v>472</v>
+        <v>468</v>
       </c>
       <c r="S90" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T90" s="4">
         <v>0.01</v>
       </c>
       <c r="U90" s="2">
-        <v>46827</v>
+        <v>47178</v>
       </c>
       <c r="V90" s="4">
-        <v>4.625</v>
+        <v>4</v>
       </c>
       <c r="W90" s="3" t="s">
-        <v>476</v>
+        <v>472</v>
       </c>
       <c r="X90" s="4">
-        <v>3064.0625</v>
+        <v>8083.3333333299997</v>
       </c>
       <c r="Y90" s="4">
-        <v>3064.0625</v>
+        <v>8083.3333329999996</v>
       </c>
       <c r="Z90" s="6">
-        <v>1.7819999999999999E-3</v>
+        <v>3.6589999999999999E-3</v>
       </c>
     </row>
     <row r="91" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A91" s="3" t="s">
-        <v>477</v>
+        <v>473</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>478</v>
+        <v>474</v>
       </c>
       <c r="C91" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D91" s="4">
-        <v>430000</v>
+        <v>445000</v>
       </c>
       <c r="E91" s="5">
-        <v>108.44557</v>
+        <v>105.511</v>
       </c>
       <c r="F91" s="4">
-        <v>480333.951</v>
+        <v>475920.82500000001</v>
       </c>
       <c r="G91" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H91" s="3" t="s">
-        <v>479</v>
+        <v>31</v>
       </c>
       <c r="I91" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J91" s="5">
-        <v>108.44557</v>
+        <v>105.511</v>
       </c>
       <c r="K91" s="5">
         <v>1</v>
       </c>
       <c r="L91" s="3" t="s">
-        <v>480</v>
+        <v>33</v>
       </c>
       <c r="M91" s="4">
-        <v>480333.951</v>
+        <v>475920.82500000001</v>
       </c>
       <c r="N91" s="4">
-        <v>480333.951</v>
+        <v>475920.82500000001</v>
       </c>
       <c r="O91" s="3" t="s">
-        <v>481</v>
+        <v>475</v>
       </c>
       <c r="P91" s="3" t="s">
-        <v>482</v>
+        <v>476</v>
       </c>
       <c r="Q91" s="3" t="s">
-        <v>213</v>
+        <v>179</v>
       </c>
       <c r="R91" s="3" t="s">
-        <v>477</v>
+        <v>473</v>
       </c>
       <c r="S91" s="3" t="s">
-        <v>129</v>
+        <v>65</v>
       </c>
       <c r="T91" s="4">
         <v>0.01</v>
       </c>
       <c r="U91" s="2">
-        <v>49874</v>
+        <v>47635</v>
       </c>
       <c r="V91" s="4">
-        <v>7.2</v>
+        <v>8.625</v>
       </c>
       <c r="W91" s="3" t="s">
-        <v>483</v>
+        <v>477</v>
       </c>
       <c r="X91" s="4">
-        <v>14018</v>
+        <v>6396.875</v>
       </c>
       <c r="Y91" s="4">
-        <v>14018</v>
+        <v>6396.875</v>
       </c>
       <c r="Z91" s="6">
-        <v>3.7919999999999998E-3</v>
+        <v>3.6340000000000001E-3</v>
       </c>
     </row>
     <row r="92" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A92" s="3" t="s">
-        <v>484</v>
+        <v>478</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>485</v>
+        <v>479</v>
       </c>
       <c r="C92" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D92" s="4">
-        <v>485000</v>
+        <v>225000</v>
       </c>
       <c r="E92" s="5">
-        <v>97.428380000000004</v>
+        <v>99.304310000000001</v>
       </c>
       <c r="F92" s="4">
-        <v>476623.19855556003</v>
+        <v>227365.94750000001</v>
       </c>
       <c r="G92" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H92" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I92" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J92" s="5">
-        <v>97.428380000000004</v>
+        <v>99.304310000000001</v>
       </c>
       <c r="K92" s="5">
         <v>1</v>
       </c>
       <c r="L92" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M92" s="4">
-        <v>476623.19855500001</v>
+        <v>227365.94750000001</v>
       </c>
       <c r="N92" s="4">
-        <v>476623.19855556003</v>
+        <v>227365.94750000001</v>
       </c>
       <c r="O92" s="3" t="s">
-        <v>486</v>
+        <v>480</v>
       </c>
       <c r="P92" s="3" t="s">
-        <v>487</v>
+        <v>481</v>
       </c>
       <c r="Q92" s="3" t="s">
-        <v>75</v>
+        <v>210</v>
       </c>
       <c r="R92" s="3" t="s">
-        <v>484</v>
+        <v>478</v>
       </c>
       <c r="S92" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T92" s="4">
         <v>0.01</v>
       </c>
       <c r="U92" s="2">
-        <v>47223</v>
+        <v>46827</v>
       </c>
       <c r="V92" s="4">
-        <v>4</v>
+        <v>4.625</v>
       </c>
       <c r="W92" s="3" t="s">
-        <v>488</v>
+        <v>482</v>
       </c>
       <c r="X92" s="4">
-        <v>4095.5555555599999</v>
+        <v>3931.25</v>
       </c>
       <c r="Y92" s="4">
-        <v>4095.5555549999999</v>
+        <v>3931.25</v>
       </c>
       <c r="Z92" s="6">
-        <v>3.7629999999999999E-3</v>
+        <v>1.7359999999999999E-3</v>
       </c>
     </row>
     <row r="93" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A93" s="3" t="s">
-        <v>489</v>
+        <v>483</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>490</v>
+        <v>484</v>
       </c>
       <c r="C93" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D93" s="4">
-        <v>470000</v>
+        <v>430000</v>
       </c>
       <c r="E93" s="5">
-        <v>99.908209999999997</v>
+        <v>108.4118</v>
       </c>
       <c r="F93" s="4">
-        <v>479425.53144444001</v>
+        <v>467288.74</v>
       </c>
       <c r="G93" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H93" s="3" t="s">
-        <v>31</v>
+        <v>485</v>
       </c>
       <c r="I93" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J93" s="5">
-        <v>99.908209999999997</v>
+        <v>108.4118</v>
       </c>
       <c r="K93" s="5">
         <v>1</v>
       </c>
       <c r="L93" s="3" t="s">
-        <v>33</v>
+        <v>486</v>
       </c>
       <c r="M93" s="4">
-        <v>479425.53144400002</v>
+        <v>467288.74</v>
       </c>
       <c r="N93" s="4">
-        <v>479425.53144444001</v>
+        <v>467288.74</v>
       </c>
       <c r="O93" s="3" t="s">
-        <v>491</v>
+        <v>487</v>
       </c>
       <c r="P93" s="3" t="s">
-        <v>492</v>
+        <v>488</v>
       </c>
       <c r="Q93" s="3" t="s">
-        <v>171</v>
+        <v>210</v>
       </c>
       <c r="R93" s="3" t="s">
-        <v>489</v>
+        <v>483</v>
       </c>
       <c r="S93" s="3" t="s">
-        <v>65</v>
+        <v>130</v>
       </c>
       <c r="T93" s="4">
         <v>0.01</v>
       </c>
       <c r="U93" s="2">
-        <v>46783</v>
+        <v>49874</v>
       </c>
       <c r="V93" s="4">
-        <v>5</v>
+        <v>7.2</v>
       </c>
       <c r="W93" s="3" t="s">
-        <v>493</v>
+        <v>489</v>
       </c>
       <c r="X93" s="4">
-        <v>9856.9444444399996</v>
+        <v>1118</v>
       </c>
       <c r="Y93" s="4">
-        <v>9856.9444440000007</v>
+        <v>1118</v>
       </c>
       <c r="Z93" s="6">
-        <v>3.7850000000000002E-3</v>
+        <v>3.568E-3</v>
       </c>
     </row>
     <row r="94" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A94" s="3" t="s">
-        <v>494</v>
+        <v>490</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>495</v>
+        <v>491</v>
       </c>
       <c r="C94" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D94" s="4">
-        <v>430000</v>
+        <v>485000</v>
       </c>
       <c r="E94" s="5">
-        <v>107.29390600000001</v>
+        <v>97.016030000000001</v>
       </c>
       <c r="F94" s="4">
-        <v>480328.58746667003</v>
+        <v>476239.96772222</v>
       </c>
       <c r="G94" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H94" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I94" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J94" s="5">
-        <v>107.29390600000001</v>
+        <v>97.016030000000001</v>
       </c>
       <c r="K94" s="5">
         <v>1</v>
       </c>
       <c r="L94" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M94" s="4">
-        <v>480328.587466</v>
+        <v>476239.96772199997</v>
       </c>
       <c r="N94" s="4">
-        <v>480328.58746667003</v>
+        <v>476239.96772222</v>
       </c>
       <c r="O94" s="3" t="s">
-        <v>496</v>
+        <v>492</v>
       </c>
       <c r="P94" s="3" t="s">
-        <v>497</v>
+        <v>493</v>
       </c>
       <c r="Q94" s="3" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="R94" s="3" t="s">
-        <v>494</v>
+        <v>490</v>
       </c>
       <c r="S94" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T94" s="4">
         <v>0.01</v>
       </c>
       <c r="U94" s="2">
-        <v>47679</v>
+        <v>47223</v>
       </c>
       <c r="V94" s="4">
-        <v>9.125</v>
+        <v>4</v>
       </c>
       <c r="W94" s="3" t="s">
-        <v>498</v>
+        <v>494</v>
       </c>
       <c r="X94" s="4">
-        <v>18964.79166667</v>
+        <v>5712.2222222199998</v>
       </c>
       <c r="Y94" s="4">
-        <v>18964.791666000001</v>
+        <v>5712.2222220000003</v>
       </c>
       <c r="Z94" s="6">
-        <v>3.7919999999999998E-3</v>
+        <v>3.637E-3</v>
       </c>
     </row>
     <row r="95" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A95" s="3" t="s">
-        <v>499</v>
+        <v>495</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>500</v>
+        <v>496</v>
       </c>
       <c r="C95" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D95" s="4">
-        <v>410000</v>
+        <v>470000</v>
       </c>
       <c r="E95" s="5">
-        <v>94.973307000000005</v>
+        <v>100.1125</v>
       </c>
       <c r="F95" s="4">
-        <v>395779.72536667</v>
+        <v>470528.75</v>
       </c>
       <c r="G95" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H95" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I95" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J95" s="5">
-        <v>94.973307000000005</v>
+        <v>100.1125</v>
       </c>
       <c r="K95" s="5">
         <v>1</v>
       </c>
       <c r="L95" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M95" s="4">
-        <v>395779.72536600003</v>
+        <v>470528.75</v>
       </c>
       <c r="N95" s="4">
-        <v>395779.72536667</v>
+        <v>470528.75</v>
       </c>
       <c r="O95" s="3" t="s">
-        <v>501</v>
+        <v>497</v>
       </c>
       <c r="P95" s="3" t="s">
-        <v>502</v>
+        <v>498</v>
       </c>
       <c r="Q95" s="3" t="s">
-        <v>75</v>
+        <v>179</v>
       </c>
       <c r="R95" s="3" t="s">
-        <v>499</v>
+        <v>495</v>
       </c>
       <c r="S95" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T95" s="4">
         <v>0.01</v>
       </c>
       <c r="U95" s="2">
-        <v>48259</v>
+        <v>46783</v>
       </c>
       <c r="V95" s="4">
-        <v>4.125</v>
+        <v>5</v>
       </c>
       <c r="W95" s="3" t="s">
-        <v>503</v>
+        <v>499</v>
       </c>
       <c r="X95" s="4">
-        <v>6389.1666666700003</v>
+        <v>0</v>
       </c>
       <c r="Y95" s="4">
-        <v>6389.1666660000001</v>
+        <v>0</v>
       </c>
       <c r="Z95" s="6">
-        <v>3.1250000000000002E-3</v>
+        <v>3.5929999999999998E-3</v>
       </c>
     </row>
     <row r="96" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A96" s="3" t="s">
-        <v>504</v>
+        <v>500</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>505</v>
+        <v>501</v>
       </c>
       <c r="C96" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D96" s="4">
-        <v>385000</v>
+        <v>430000</v>
       </c>
       <c r="E96" s="5">
-        <v>102.34699999999999</v>
+        <v>108.1681</v>
       </c>
       <c r="F96" s="4">
-        <v>400837.61666667002</v>
+        <v>466866.71888889</v>
       </c>
       <c r="G96" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H96" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I96" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J96" s="5">
-        <v>102.34699999999999</v>
+        <v>108.1681</v>
       </c>
       <c r="K96" s="5">
         <v>1</v>
       </c>
       <c r="L96" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M96" s="4">
-        <v>400837.61666599999</v>
+        <v>466866.718888</v>
       </c>
       <c r="N96" s="4">
-        <v>400837.61666667002</v>
+        <v>466866.71888889</v>
       </c>
       <c r="O96" s="3" t="s">
-        <v>506</v>
+        <v>502</v>
       </c>
       <c r="P96" s="3" t="s">
-        <v>507</v>
+        <v>503</v>
       </c>
       <c r="Q96" s="3" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="R96" s="3" t="s">
-        <v>504</v>
+        <v>500</v>
       </c>
       <c r="S96" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T96" s="4">
         <v>0.01</v>
       </c>
       <c r="U96" s="2">
-        <v>48594</v>
+        <v>47679</v>
       </c>
       <c r="V96" s="4">
-        <v>6</v>
+        <v>9.125</v>
       </c>
       <c r="W96" s="3" t="s">
-        <v>508</v>
+        <v>504</v>
       </c>
       <c r="X96" s="4">
-        <v>6801.6666666700003</v>
+        <v>1743.8888888900001</v>
       </c>
       <c r="Y96" s="4">
-        <v>6801.6666660000001</v>
+        <v>1743.888888</v>
       </c>
       <c r="Z96" s="6">
-        <v>3.1649999999999998E-3</v>
+        <v>3.565E-3</v>
       </c>
     </row>
     <row r="97" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A97" s="3" t="s">
-        <v>509</v>
+        <v>505</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>510</v>
+        <v>506</v>
       </c>
       <c r="C97" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D97" s="4">
-        <v>490000</v>
+        <v>410000</v>
       </c>
       <c r="E97" s="5">
-        <v>96.597499999999997</v>
+        <v>95.05162</v>
       </c>
       <c r="F97" s="4">
-        <v>478557.81944444001</v>
+        <v>397510.18366667</v>
       </c>
       <c r="G97" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H97" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I97" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J97" s="5">
-        <v>96.597499999999997</v>
+        <v>95.05162</v>
       </c>
       <c r="K97" s="5">
         <v>1</v>
       </c>
       <c r="L97" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M97" s="4">
-        <v>478557.81944400002</v>
+        <v>397510.18366600003</v>
       </c>
       <c r="N97" s="4">
-        <v>478557.81944444001</v>
+        <v>397510.18366667</v>
       </c>
       <c r="O97" s="3" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="P97" s="3" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
       <c r="Q97" s="3" t="s">
-        <v>197</v>
+        <v>90</v>
       </c>
       <c r="R97" s="3" t="s">
-        <v>509</v>
+        <v>505</v>
       </c>
       <c r="S97" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T97" s="4">
         <v>0.01</v>
       </c>
       <c r="U97" s="2">
-        <v>47192</v>
+        <v>48259</v>
       </c>
       <c r="V97" s="4">
-        <v>3.625</v>
+        <v>4.125</v>
       </c>
       <c r="W97" s="3" t="s">
-        <v>513</v>
+        <v>509</v>
       </c>
       <c r="X97" s="4">
-        <v>5230.0694444399996</v>
+        <v>7798.5416666700003</v>
       </c>
       <c r="Y97" s="4">
-        <v>5230.0694439999997</v>
+        <v>7798.5416660000001</v>
       </c>
       <c r="Z97" s="6">
-        <v>3.7780000000000001E-3</v>
+        <v>3.0349999999999999E-3</v>
       </c>
     </row>
     <row r="98" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A98" s="3" t="s">
-        <v>514</v>
+        <v>510</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>515</v>
+        <v>511</v>
       </c>
       <c r="C98" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D98" s="4">
-        <v>380000</v>
+        <v>385000</v>
       </c>
       <c r="E98" s="5">
-        <v>98.661050000000003</v>
+        <v>101.88930000000001</v>
       </c>
       <c r="F98" s="4">
-        <v>376376.57333332999</v>
+        <v>401000.47166667</v>
       </c>
       <c r="G98" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H98" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I98" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J98" s="5">
-        <v>98.661050000000003</v>
+        <v>101.88930000000001</v>
       </c>
       <c r="K98" s="5">
         <v>1</v>
       </c>
       <c r="L98" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M98" s="4">
-        <v>376376.57333300001</v>
+        <v>401000.47166600003</v>
       </c>
       <c r="N98" s="4">
-        <v>376376.57333332999</v>
+        <v>401000.47166667</v>
       </c>
       <c r="O98" s="3" t="s">
-        <v>516</v>
+        <v>512</v>
       </c>
       <c r="P98" s="3" t="s">
-        <v>517</v>
+        <v>513</v>
       </c>
       <c r="Q98" s="3" t="s">
-        <v>518</v>
+        <v>76</v>
       </c>
       <c r="R98" s="3" t="s">
-        <v>514</v>
+        <v>510</v>
       </c>
       <c r="S98" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T98" s="4">
         <v>0.01</v>
       </c>
       <c r="U98" s="2">
-        <v>47635</v>
+        <v>48594</v>
       </c>
       <c r="V98" s="4">
-        <v>4.625</v>
+        <v>6</v>
       </c>
       <c r="W98" s="3" t="s">
-        <v>519</v>
+        <v>514</v>
       </c>
       <c r="X98" s="4">
-        <v>1464.58333333</v>
+        <v>8726.6666666700003</v>
       </c>
       <c r="Y98" s="4">
-        <v>1464.583333</v>
+        <v>8726.6666659999992</v>
       </c>
       <c r="Z98" s="6">
-        <v>2.9719999999999998E-3</v>
+        <v>3.0620000000000001E-3</v>
       </c>
     </row>
     <row r="99" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A99" s="3" t="s">
-        <v>520</v>
+        <v>515</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>521</v>
+        <v>516</v>
       </c>
       <c r="C99" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D99" s="4">
-        <v>410000</v>
+        <v>490000</v>
       </c>
       <c r="E99" s="5">
-        <v>95.370535000000004</v>
+        <v>95.759979000000001</v>
       </c>
       <c r="F99" s="4">
-        <v>397021.13794444001</v>
+        <v>475934.17487778002</v>
       </c>
       <c r="G99" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H99" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I99" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J99" s="5">
-        <v>95.370535000000004</v>
+        <v>95.759979000000001</v>
       </c>
       <c r="K99" s="5">
         <v>1</v>
       </c>
       <c r="L99" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M99" s="4">
-        <v>397021.13794400002</v>
+        <v>475934.17487699998</v>
       </c>
       <c r="N99" s="4">
-        <v>397021.13794444001</v>
+        <v>475934.17487778002</v>
       </c>
       <c r="O99" s="3" t="s">
-        <v>522</v>
+        <v>517</v>
       </c>
       <c r="P99" s="3" t="s">
-        <v>523</v>
+        <v>518</v>
       </c>
       <c r="Q99" s="3" t="s">
-        <v>75</v>
+        <v>249</v>
       </c>
       <c r="R99" s="3" t="s">
-        <v>520</v>
+        <v>515</v>
       </c>
       <c r="S99" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T99" s="4">
         <v>0.01</v>
       </c>
       <c r="U99" s="2">
-        <v>47894</v>
+        <v>47192</v>
       </c>
       <c r="V99" s="4">
-        <v>3.875</v>
+        <v>3.625</v>
       </c>
       <c r="W99" s="3" t="s">
-        <v>524</v>
+        <v>519</v>
       </c>
       <c r="X99" s="4">
-        <v>6001.9444444399996</v>
+        <v>6710.2777777800002</v>
       </c>
       <c r="Y99" s="4">
-        <v>6001.9444439999997</v>
+        <v>6710.2777770000002</v>
       </c>
       <c r="Z99" s="6">
-        <v>3.1350000000000002E-3</v>
+        <v>3.6340000000000001E-3</v>
       </c>
     </row>
     <row r="100" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A100" s="3" t="s">
-        <v>525</v>
+        <v>520</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>526</v>
+        <v>521</v>
       </c>
       <c r="C100" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D100" s="4">
-        <v>530000</v>
+        <v>380000</v>
       </c>
       <c r="E100" s="5">
-        <v>90.524863999999994</v>
+        <v>98.503960000000006</v>
       </c>
       <c r="F100" s="4">
-        <v>482735.05697778001</v>
+        <v>377244.21466667001</v>
       </c>
       <c r="G100" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H100" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I100" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J100" s="5">
-        <v>90.524863999999994</v>
+        <v>98.503960000000006</v>
       </c>
       <c r="K100" s="5">
         <v>1</v>
       </c>
       <c r="L100" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M100" s="4">
-        <v>482735.05697699997</v>
+        <v>377244.21466599999</v>
       </c>
       <c r="N100" s="4">
-        <v>482735.05697778001</v>
+        <v>377244.21466667001</v>
       </c>
       <c r="O100" s="3" t="s">
-        <v>527</v>
+        <v>522</v>
       </c>
       <c r="P100" s="3" t="s">
-        <v>528</v>
+        <v>523</v>
       </c>
       <c r="Q100" s="3" t="s">
-        <v>75</v>
+        <v>524</v>
       </c>
       <c r="R100" s="3" t="s">
-        <v>525</v>
+        <v>520</v>
       </c>
       <c r="S100" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T100" s="4">
         <v>0.01</v>
       </c>
       <c r="U100" s="2">
-        <v>47596</v>
+        <v>47635</v>
       </c>
       <c r="V100" s="4">
-        <v>2.95</v>
+        <v>4.625</v>
       </c>
       <c r="W100" s="3" t="s">
-        <v>529</v>
+        <v>525</v>
       </c>
       <c r="X100" s="4">
-        <v>2953.2777777800002</v>
+        <v>2929.1666666699998</v>
       </c>
       <c r="Y100" s="4">
-        <v>2953.2777769999998</v>
+        <v>2929.1666660000001</v>
       </c>
       <c r="Z100" s="6">
-        <v>3.8110000000000002E-3</v>
+        <v>2.8800000000000002E-3</v>
       </c>
     </row>
     <row r="101" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A101" s="3" t="s">
-        <v>530</v>
+        <v>526</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>531</v>
+        <v>527</v>
       </c>
       <c r="C101" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D101" s="4">
-        <v>390000</v>
+        <v>490000</v>
       </c>
       <c r="E101" s="5">
-        <v>98.770989999999998</v>
+        <v>95.329350000000005</v>
       </c>
       <c r="F101" s="4">
-        <v>387262.48599999998</v>
+        <v>475869.16222221998</v>
       </c>
       <c r="G101" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H101" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I101" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J101" s="5">
-        <v>98.770989999999998</v>
+        <v>95.329350000000005</v>
       </c>
       <c r="K101" s="5">
         <v>1</v>
       </c>
       <c r="L101" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M101" s="4">
-        <v>387262.48599999998</v>
+        <v>475869.16222200001</v>
       </c>
       <c r="N101" s="4">
-        <v>387262.48599999998</v>
+        <v>475869.16222221998</v>
       </c>
       <c r="O101" s="3" t="s">
-        <v>532</v>
+        <v>528</v>
       </c>
       <c r="P101" s="3" t="s">
-        <v>533</v>
+        <v>529</v>
       </c>
       <c r="Q101" s="3" t="s">
-        <v>171</v>
+        <v>90</v>
       </c>
       <c r="R101" s="3" t="s">
-        <v>530</v>
+        <v>526</v>
       </c>
       <c r="S101" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T101" s="4">
         <v>0.01</v>
       </c>
       <c r="U101" s="2">
-        <v>47072</v>
+        <v>47894</v>
       </c>
       <c r="V101" s="4">
-        <v>4.125</v>
+        <v>3.875</v>
       </c>
       <c r="W101" s="3" t="s">
-        <v>534</v>
+        <v>530</v>
       </c>
       <c r="X101" s="4">
-        <v>2055.625</v>
+        <v>8755.3472222199998</v>
       </c>
       <c r="Y101" s="4">
-        <v>2055.625</v>
+        <v>8755.3472220000003</v>
       </c>
       <c r="Z101" s="6">
-        <v>3.0569999999999998E-3</v>
+        <v>3.6340000000000001E-3</v>
       </c>
     </row>
     <row r="102" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A102" s="3" t="s">
-        <v>535</v>
+        <v>531</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>536</v>
+        <v>532</v>
       </c>
       <c r="C102" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D102" s="4">
-        <v>370000</v>
+        <v>530000</v>
       </c>
       <c r="E102" s="5">
-        <v>105.91771799999999</v>
+        <v>91.211839999999995</v>
       </c>
       <c r="F102" s="4">
-        <v>397949.16771111003</v>
+        <v>487678.94644443999</v>
       </c>
       <c r="G102" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H102" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I102" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J102" s="5">
-        <v>105.91771799999999</v>
+        <v>91.211839999999995</v>
       </c>
       <c r="K102" s="5">
         <v>1</v>
       </c>
       <c r="L102" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M102" s="4">
-        <v>397949.16771100002</v>
+        <v>487678.946444</v>
       </c>
       <c r="N102" s="4">
-        <v>397949.16771111003</v>
+        <v>487678.94644443999</v>
       </c>
       <c r="O102" s="3" t="s">
-        <v>537</v>
+        <v>533</v>
       </c>
       <c r="P102" s="3" t="s">
-        <v>538</v>
+        <v>534</v>
       </c>
       <c r="Q102" s="3" t="s">
-        <v>171</v>
+        <v>90</v>
       </c>
       <c r="R102" s="3" t="s">
-        <v>535</v>
+        <v>531</v>
       </c>
       <c r="S102" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T102" s="4">
         <v>0.01</v>
       </c>
       <c r="U102" s="2">
-        <v>48136</v>
+        <v>47596</v>
       </c>
       <c r="V102" s="4">
-        <v>7.75</v>
+        <v>2.95</v>
       </c>
       <c r="W102" s="3" t="s">
-        <v>539</v>
+        <v>535</v>
       </c>
       <c r="X102" s="4">
-        <v>6053.6111111099999</v>
+        <v>4256.1944444399996</v>
       </c>
       <c r="Y102" s="4">
-        <v>6053.6111110000002</v>
+        <v>4256.1944439999997</v>
       </c>
       <c r="Z102" s="6">
-        <v>3.1419999999999998E-3</v>
+        <v>3.7239999999999999E-3</v>
       </c>
     </row>
     <row r="103" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A103" s="3" t="s">
-        <v>540</v>
+        <v>536</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="C103" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D103" s="4">
-        <v>450000</v>
+        <v>390000</v>
       </c>
       <c r="E103" s="5">
-        <v>104.367</v>
+        <v>98.475539999999995</v>
       </c>
       <c r="F103" s="4">
-        <v>476539</v>
+        <v>387450.85600000003</v>
       </c>
       <c r="G103" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H103" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I103" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J103" s="5">
-        <v>104.367</v>
+        <v>98.475539999999995</v>
       </c>
       <c r="K103" s="5">
         <v>1</v>
       </c>
       <c r="L103" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M103" s="4">
-        <v>476539</v>
+        <v>387450.85600000003</v>
       </c>
       <c r="N103" s="4">
-        <v>476539</v>
+        <v>387450.85600000003</v>
       </c>
       <c r="O103" s="3" t="s">
-        <v>542</v>
+        <v>538</v>
       </c>
       <c r="P103" s="3" t="s">
-        <v>543</v>
+        <v>539</v>
       </c>
       <c r="Q103" s="3" t="s">
-        <v>197</v>
+        <v>179</v>
       </c>
       <c r="R103" s="3" t="s">
-        <v>540</v>
+        <v>536</v>
       </c>
       <c r="S103" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T103" s="4">
         <v>0.01</v>
       </c>
       <c r="U103" s="2">
-        <v>47422</v>
+        <v>47072</v>
       </c>
       <c r="V103" s="4">
-        <v>7.25</v>
+        <v>4.125</v>
       </c>
       <c r="W103" s="3" t="s">
-        <v>544</v>
+        <v>540</v>
       </c>
       <c r="X103" s="4">
-        <v>6887.5</v>
+        <v>3396.25</v>
       </c>
       <c r="Y103" s="4">
-        <v>6887.5</v>
+        <v>3396.25</v>
       </c>
       <c r="Z103" s="6">
-        <v>3.7620000000000002E-3</v>
+        <v>2.9580000000000001E-3</v>
       </c>
     </row>
     <row r="104" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A104" s="3" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>546</v>
+        <v>542</v>
       </c>
       <c r="C104" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D104" s="4">
-        <v>465000</v>
+        <v>470000</v>
       </c>
       <c r="E104" s="5">
-        <v>101.51197500000001</v>
+        <v>100.0531</v>
       </c>
       <c r="F104" s="4">
-        <v>479005.68375000003</v>
+        <v>478033.94500000001</v>
       </c>
       <c r="G104" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H104" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I104" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J104" s="5">
-        <v>101.51197500000001</v>
+        <v>100.0531</v>
       </c>
       <c r="K104" s="5">
         <v>1</v>
       </c>
       <c r="L104" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M104" s="4">
-        <v>479005.68375000003</v>
+        <v>478033.94500000001</v>
       </c>
       <c r="N104" s="4">
-        <v>479005.68375000003</v>
+        <v>478033.94500000001</v>
       </c>
       <c r="O104" s="3" t="s">
-        <v>547</v>
+        <v>543</v>
       </c>
       <c r="P104" s="3" t="s">
-        <v>548</v>
+        <v>544</v>
       </c>
       <c r="Q104" s="3" t="s">
-        <v>75</v>
+        <v>249</v>
       </c>
       <c r="R104" s="3" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
       <c r="S104" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T104" s="4">
         <v>0.01</v>
       </c>
       <c r="U104" s="2">
-        <v>46478</v>
+        <v>46492</v>
       </c>
       <c r="V104" s="4">
-        <v>6</v>
+        <v>5.625</v>
       </c>
       <c r="W104" s="3" t="s">
-        <v>549</v>
+        <v>545</v>
       </c>
       <c r="X104" s="4">
-        <v>6975</v>
+        <v>7784.375</v>
       </c>
       <c r="Y104" s="4">
-        <v>6975</v>
+        <v>7784.375</v>
       </c>
       <c r="Z104" s="6">
-        <v>3.7820000000000002E-3</v>
+        <v>3.65E-3</v>
       </c>
     </row>
     <row r="105" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A105" s="3" t="s">
-        <v>550</v>
+        <v>546</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>551</v>
+        <v>547</v>
       </c>
       <c r="C105" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D105" s="4">
-        <v>470000</v>
+        <v>370000</v>
       </c>
       <c r="E105" s="5">
-        <v>100.38809999999999</v>
+        <v>105.8121</v>
       </c>
       <c r="F105" s="4">
-        <v>474976.98666667001</v>
+        <v>399947.96444443997</v>
       </c>
       <c r="G105" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H105" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I105" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J105" s="5">
-        <v>100.38809999999999</v>
+        <v>105.8121</v>
       </c>
       <c r="K105" s="5">
         <v>1</v>
       </c>
       <c r="L105" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M105" s="4">
-        <v>474976.98666599998</v>
+        <v>399947.96444399998</v>
       </c>
       <c r="N105" s="4">
-        <v>474976.98666667001</v>
+        <v>399947.96444443997</v>
       </c>
       <c r="O105" s="3" t="s">
-        <v>552</v>
+        <v>548</v>
       </c>
       <c r="P105" s="3" t="s">
-        <v>553</v>
+        <v>549</v>
       </c>
       <c r="Q105" s="3" t="s">
-        <v>75</v>
+        <v>179</v>
       </c>
       <c r="R105" s="3" t="s">
-        <v>550</v>
+        <v>546</v>
       </c>
       <c r="S105" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T105" s="4">
         <v>0.01</v>
       </c>
       <c r="U105" s="2">
-        <v>46522</v>
+        <v>48136</v>
       </c>
       <c r="V105" s="4">
-        <v>5.25</v>
+        <v>7.75</v>
       </c>
       <c r="W105" s="3" t="s">
-        <v>554</v>
+        <v>550</v>
       </c>
       <c r="X105" s="4">
-        <v>3152.9166666699998</v>
+        <v>8443.1944444399996</v>
       </c>
       <c r="Y105" s="4">
-        <v>3152.9166660000001</v>
+        <v>8443.1944440000007</v>
       </c>
       <c r="Z105" s="6">
-        <v>3.7499999999999999E-3</v>
+        <v>3.0539999999999999E-3</v>
       </c>
     </row>
     <row r="106" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A106" s="3" t="s">
-        <v>555</v>
+        <v>551</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>556</v>
+        <v>552</v>
       </c>
       <c r="C106" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D106" s="4">
-        <v>350000</v>
+        <v>450000</v>
       </c>
       <c r="E106" s="5">
-        <v>99.046451000000005</v>
+        <v>104.55880000000001</v>
       </c>
       <c r="F106" s="4">
-        <v>347459.80072221998</v>
+        <v>480120.85</v>
       </c>
       <c r="G106" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H106" s="3" t="s">
-        <v>557</v>
+        <v>31</v>
       </c>
       <c r="I106" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J106" s="5">
-        <v>99.046451000000005</v>
+        <v>104.55880000000001</v>
       </c>
       <c r="K106" s="5">
         <v>1</v>
       </c>
       <c r="L106" s="3" t="s">
-        <v>558</v>
+        <v>33</v>
       </c>
       <c r="M106" s="4">
-        <v>347459.80072200001</v>
+        <v>480120.85</v>
       </c>
       <c r="N106" s="4">
-        <v>347459.80072221998</v>
+        <v>480120.85</v>
       </c>
       <c r="O106" s="3" t="s">
-        <v>559</v>
+        <v>553</v>
       </c>
       <c r="P106" s="3" t="s">
-        <v>560</v>
+        <v>554</v>
       </c>
       <c r="Q106" s="3" t="s">
-        <v>75</v>
+        <v>249</v>
       </c>
       <c r="R106" s="3" t="s">
-        <v>555</v>
+        <v>551</v>
       </c>
       <c r="S106" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T106" s="4">
         <v>0.01</v>
       </c>
       <c r="U106" s="2">
-        <v>47467</v>
+        <v>47422</v>
       </c>
       <c r="V106" s="4">
-        <v>5.125</v>
+        <v>7.25</v>
       </c>
       <c r="W106" s="3" t="s">
-        <v>561</v>
+        <v>555</v>
       </c>
       <c r="X106" s="4">
-        <v>797.22222222000005</v>
+        <v>9606.25</v>
       </c>
       <c r="Y106" s="4">
-        <v>797.22222199999999</v>
+        <v>9606.25</v>
       </c>
       <c r="Z106" s="6">
-        <v>2.7430000000000002E-3</v>
+        <v>3.666E-3</v>
       </c>
     </row>
     <row r="107" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A107" s="3" t="s">
-        <v>562</v>
+        <v>556</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>563</v>
+        <v>557</v>
       </c>
       <c r="C107" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D107" s="4">
-        <v>269000</v>
+        <v>50000</v>
       </c>
       <c r="E107" s="5">
-        <v>106.0682</v>
+        <v>103.5729</v>
       </c>
       <c r="F107" s="4">
-        <v>296021.81216666999</v>
+        <v>52864.574999999997</v>
       </c>
       <c r="G107" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H107" s="3" t="s">
-        <v>564</v>
+        <v>31</v>
       </c>
       <c r="I107" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J107" s="5">
-        <v>106.0682</v>
+        <v>103.5729</v>
       </c>
       <c r="K107" s="5">
         <v>1</v>
       </c>
       <c r="L107" s="3" t="s">
-        <v>565</v>
+        <v>33</v>
       </c>
       <c r="M107" s="4">
-        <v>296021.81216600002</v>
+        <v>52864.574999999997</v>
       </c>
       <c r="N107" s="4">
-        <v>296021.81216666999</v>
+        <v>52864.574999999997</v>
       </c>
       <c r="O107" s="3" t="s">
-        <v>566</v>
+        <v>558</v>
       </c>
       <c r="P107" s="3" t="s">
-        <v>567</v>
+        <v>559</v>
       </c>
       <c r="Q107" s="3" t="s">
-        <v>213</v>
+        <v>82</v>
       </c>
       <c r="R107" s="3" t="s">
-        <v>562</v>
+        <v>556</v>
       </c>
       <c r="S107" s="3" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="T107" s="4">
         <v>0.01</v>
       </c>
       <c r="U107" s="2">
-        <v>47314</v>
+        <v>48867</v>
       </c>
       <c r="V107" s="4">
-        <v>8.625</v>
+        <v>6.75</v>
       </c>
       <c r="W107" s="3" t="s">
-        <v>568</v>
+        <v>560</v>
       </c>
       <c r="X107" s="4">
-        <v>10698.35416667</v>
+        <v>1078.125</v>
       </c>
       <c r="Y107" s="4">
-        <v>10698.354165999999</v>
+        <v>1078.125</v>
       </c>
       <c r="Z107" s="6">
-        <v>2.3370000000000001E-3</v>
+        <v>4.0299999999999998E-4</v>
       </c>
     </row>
     <row r="108" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A108" s="3" t="s">
-        <v>569</v>
+        <v>561</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>570</v>
+        <v>562</v>
       </c>
       <c r="C108" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D108" s="4">
-        <v>400000</v>
+        <v>465000</v>
       </c>
       <c r="E108" s="5">
-        <v>89.12706</v>
+        <v>101.253562</v>
       </c>
       <c r="F108" s="4">
-        <v>360362.40666666999</v>
+        <v>480129.06329999998</v>
       </c>
       <c r="G108" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H108" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I108" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J108" s="5">
-        <v>89.12706</v>
+        <v>101.253562</v>
       </c>
       <c r="K108" s="5">
         <v>1</v>
       </c>
       <c r="L108" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M108" s="4">
-        <v>360362.40666600002</v>
+        <v>480129.06329999998</v>
       </c>
       <c r="N108" s="4">
-        <v>360362.40666666999</v>
+        <v>480129.06329999998</v>
       </c>
       <c r="O108" s="3" t="s">
-        <v>571</v>
+        <v>563</v>
       </c>
       <c r="P108" s="3" t="s">
-        <v>572</v>
+        <v>564</v>
       </c>
       <c r="Q108" s="3" t="s">
-        <v>75</v>
+        <v>90</v>
       </c>
       <c r="R108" s="3" t="s">
-        <v>569</v>
+        <v>561</v>
       </c>
       <c r="S108" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T108" s="4">
         <v>0.01</v>
       </c>
       <c r="U108" s="2">
-        <v>47224</v>
+        <v>46478</v>
       </c>
       <c r="V108" s="4">
-        <v>4.625</v>
+        <v>6</v>
       </c>
       <c r="W108" s="3" t="s">
-        <v>34</v>
+        <v>565</v>
       </c>
       <c r="X108" s="4">
-        <v>3854.1666666699998</v>
+        <v>9300</v>
       </c>
       <c r="Y108" s="4">
-        <v>3854.1666660000001</v>
+        <v>9300</v>
       </c>
       <c r="Z108" s="6">
-        <v>2.8449999999999999E-3</v>
+        <v>3.666E-3</v>
       </c>
     </row>
     <row r="109" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A109" s="3" t="s">
-        <v>573</v>
+        <v>566</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>574</v>
+        <v>567</v>
       </c>
       <c r="C109" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D109" s="4">
-        <v>2672000000</v>
+        <v>470000</v>
       </c>
       <c r="E109" s="5">
-        <v>0.63792099999999996</v>
+        <v>100.562</v>
       </c>
       <c r="F109" s="4">
-        <v>17045254.720724698</v>
+        <v>477850.56666667003</v>
       </c>
       <c r="G109" s="3" t="s">
-        <v>575</v>
+        <v>73</v>
       </c>
       <c r="H109" s="3" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="I109" s="3" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="J109" s="5">
-        <v>99.990960000000001</v>
+        <v>100.562</v>
       </c>
       <c r="K109" s="5">
-        <v>156.74497122946053</v>
+        <v>1</v>
       </c>
       <c r="L109" s="3" t="s">
-        <v>48</v>
+        <v>33</v>
       </c>
       <c r="M109" s="4">
-        <v>2671757960.79882</v>
+        <v>477850.566666</v>
       </c>
       <c r="N109" s="4">
-        <v>17045254.720724698</v>
+        <v>477850.56666667003</v>
       </c>
       <c r="O109" s="3" t="s">
-        <v>576</v>
+        <v>568</v>
       </c>
       <c r="P109" s="3" t="s">
-        <v>577</v>
+        <v>569</v>
       </c>
       <c r="Q109" s="3" t="s">
-        <v>34</v>
+        <v>90</v>
       </c>
       <c r="R109" s="3" t="s">
-        <v>573</v>
+        <v>566</v>
       </c>
       <c r="S109" s="3" t="s">
-        <v>321</v>
+        <v>65</v>
       </c>
       <c r="T109" s="4">
         <v>0.01</v>
       </c>
       <c r="U109" s="2">
-        <v>46029</v>
+        <v>46522</v>
       </c>
       <c r="V109" s="4">
-        <v>0</v>
+        <v>5.25</v>
       </c>
       <c r="W109" s="3" t="s">
-        <v>34</v>
+        <v>570</v>
       </c>
       <c r="X109" s="4">
-        <v>0</v>
+        <v>5209.1666666700003</v>
       </c>
       <c r="Y109" s="4">
-        <v>0</v>
+        <v>5209.1666660000001</v>
       </c>
       <c r="Z109" s="6">
-        <v>0.13459599999999999</v>
+        <v>3.6489999999999999E-3</v>
       </c>
     </row>
     <row r="110" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A110" s="3" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>579</v>
+        <v>572</v>
       </c>
       <c r="C110" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D110" s="4">
-        <v>1355000</v>
+        <v>350000</v>
       </c>
       <c r="E110" s="5">
-        <v>99.970982000000006</v>
+        <v>99.492189999999994</v>
       </c>
       <c r="F110" s="4">
-        <v>1363555.23399092</v>
+        <v>350464.85249999998</v>
       </c>
       <c r="G110" s="3" t="s">
-        <v>575</v>
+        <v>73</v>
       </c>
       <c r="H110" s="3" t="s">
-        <v>31</v>
+        <v>573</v>
       </c>
       <c r="I110" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J110" s="5">
-        <v>99.970982000000006</v>
+        <v>99.492189999999994</v>
       </c>
       <c r="K110" s="5">
         <v>1</v>
       </c>
       <c r="L110" s="3" t="s">
-        <v>33</v>
+        <v>574</v>
       </c>
       <c r="M110" s="4">
-        <v>1363555.2339900001</v>
+        <v>350464.85249999998</v>
       </c>
       <c r="N110" s="4">
-        <v>1363555.23399092</v>
+        <v>350464.85249999998</v>
       </c>
       <c r="O110" s="3" t="s">
-        <v>580</v>
+        <v>575</v>
       </c>
       <c r="P110" s="3" t="s">
-        <v>581</v>
+        <v>576</v>
       </c>
       <c r="Q110" s="3" t="s">
-        <v>34</v>
+        <v>90</v>
       </c>
       <c r="R110" s="3" t="s">
-        <v>578</v>
+        <v>571</v>
       </c>
       <c r="S110" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T110" s="4">
         <v>0.01</v>
       </c>
       <c r="U110" s="2">
-        <v>46418</v>
+        <v>47467</v>
       </c>
       <c r="V110" s="4">
-        <v>3.669963117</v>
+        <v>5.125</v>
       </c>
       <c r="W110" s="3" t="s">
-        <v>582</v>
+        <v>577</v>
       </c>
       <c r="X110" s="4">
-        <v>8948.4278909200002</v>
+        <v>2242.1875</v>
       </c>
       <c r="Y110" s="4">
-        <v>8948.4278900000008</v>
+        <v>2242.1875</v>
       </c>
       <c r="Z110" s="6">
-        <v>1.0767000000000001E-2</v>
+        <v>2.676E-3</v>
       </c>
     </row>
     <row r="111" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A111" s="3" t="s">
-        <v>583</v>
+        <v>578</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>584</v>
+        <v>579</v>
       </c>
       <c r="C111" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D111" s="4">
-        <v>60153000</v>
+        <v>120000</v>
       </c>
       <c r="E111" s="5">
-        <v>100.033709</v>
+        <v>101.9346</v>
       </c>
       <c r="F111" s="4">
-        <v>60576891.119516797</v>
+        <v>124129.85333333</v>
       </c>
       <c r="G111" s="3" t="s">
-        <v>575</v>
+        <v>73</v>
       </c>
       <c r="H111" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I111" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J111" s="5">
-        <v>100.033709</v>
+        <v>101.9346</v>
       </c>
       <c r="K111" s="5">
         <v>1</v>
       </c>
       <c r="L111" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M111" s="4">
-        <v>60576891.119515002</v>
+        <v>124129.85333300001</v>
       </c>
       <c r="N111" s="4">
-        <v>60576891.119516797</v>
+        <v>124129.85333333</v>
       </c>
       <c r="O111" s="3" t="s">
-        <v>585</v>
+        <v>580</v>
       </c>
       <c r="P111" s="3" t="s">
         <v>581</v>
       </c>
       <c r="Q111" s="3" t="s">
-        <v>34</v>
+        <v>179</v>
       </c>
       <c r="R111" s="3" t="s">
-        <v>583</v>
+        <v>578</v>
       </c>
       <c r="S111" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T111" s="4">
         <v>0.01</v>
       </c>
       <c r="U111" s="2">
-        <v>46507</v>
+        <v>49049</v>
       </c>
       <c r="V111" s="4">
-        <v>3.7319631169999998</v>
+        <v>7.75</v>
       </c>
       <c r="W111" s="3" t="s">
-        <v>586</v>
+        <v>582</v>
       </c>
       <c r="X111" s="4">
-        <v>403614.14474684</v>
+        <v>1808.33333333</v>
       </c>
       <c r="Y111" s="4">
-        <v>403614.144745</v>
+        <v>1808.333333</v>
       </c>
       <c r="Z111" s="6">
-        <v>0.47834100000000002</v>
+        <v>9.4700000000000003E-4</v>
       </c>
     </row>
     <row r="112" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A112" s="3" t="s">
-        <v>587</v>
+        <v>583</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>588</v>
+        <v>584</v>
       </c>
       <c r="C112" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D112" s="4">
-        <v>4575000</v>
+        <v>269000</v>
       </c>
       <c r="E112" s="5">
-        <v>100.057666</v>
+        <v>105.4233</v>
       </c>
       <c r="F112" s="4">
-        <v>4608327.6407542201</v>
+        <v>284555.39575000003</v>
       </c>
       <c r="G112" s="3" t="s">
-        <v>575</v>
+        <v>73</v>
       </c>
       <c r="H112" s="3" t="s">
-        <v>31</v>
+        <v>126</v>
       </c>
       <c r="I112" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J112" s="5">
-        <v>100.057666</v>
+        <v>105.4233</v>
       </c>
       <c r="K112" s="5">
         <v>1</v>
       </c>
       <c r="L112" s="3" t="s">
-        <v>33</v>
+        <v>127</v>
       </c>
       <c r="M112" s="4">
-        <v>4608327.6407540003</v>
+        <v>284555.39575000003</v>
       </c>
       <c r="N112" s="4">
-        <v>4608327.6407542201</v>
+        <v>284555.39575000003</v>
       </c>
       <c r="O112" s="3" t="s">
-        <v>589</v>
+        <v>585</v>
       </c>
       <c r="P112" s="3" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
       <c r="Q112" s="3" t="s">
-        <v>34</v>
+        <v>210</v>
       </c>
       <c r="R112" s="3" t="s">
-        <v>587</v>
+        <v>583</v>
       </c>
       <c r="S112" s="3" t="s">
-        <v>65</v>
+        <v>130</v>
       </c>
       <c r="T112" s="4">
         <v>0.01</v>
       </c>
       <c r="U112" s="2">
-        <v>46599</v>
+        <v>47314</v>
       </c>
       <c r="V112" s="4">
-        <v>3.7309631169999999</v>
+        <v>8.625</v>
       </c>
       <c r="W112" s="3" t="s">
-        <v>590</v>
+        <v>587</v>
       </c>
       <c r="X112" s="4">
-        <v>30689.42125422</v>
+        <v>966.71875</v>
       </c>
       <c r="Y112" s="4">
-        <v>30689.421254000001</v>
+        <v>966.71875</v>
       </c>
       <c r="Z112" s="6">
-        <v>3.6388999999999998E-2</v>
+        <v>2.173E-3</v>
       </c>
     </row>
     <row r="113" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A113" s="3" t="s">
-        <v>591</v>
+        <v>588</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>592</v>
+        <v>589</v>
       </c>
       <c r="C113" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D113" s="4">
-        <v>3180000</v>
+        <v>400000</v>
       </c>
       <c r="E113" s="5">
-        <v>100.06995999999999</v>
+        <v>91.237250000000003</v>
       </c>
       <c r="F113" s="4">
-        <v>3203744.4431512002</v>
+        <v>370344.83333333</v>
       </c>
       <c r="G113" s="3" t="s">
-        <v>575</v>
+        <v>73</v>
       </c>
       <c r="H113" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I113" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J113" s="5">
-        <v>100.06995999999999</v>
+        <v>91.237250000000003</v>
       </c>
       <c r="K113" s="5">
         <v>1</v>
       </c>
       <c r="L113" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M113" s="4">
-        <v>3203744.443151</v>
+        <v>370344.83333300002</v>
       </c>
       <c r="N113" s="4">
-        <v>3203744.4431512002</v>
+        <v>370344.83333333</v>
       </c>
       <c r="O113" s="3" t="s">
-        <v>593</v>
+        <v>590</v>
       </c>
       <c r="P113" s="3" t="s">
-        <v>581</v>
+        <v>591</v>
       </c>
       <c r="Q113" s="3" t="s">
-        <v>34</v>
+        <v>90</v>
       </c>
       <c r="R113" s="3" t="s">
-        <v>591</v>
+        <v>588</v>
       </c>
       <c r="S113" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T113" s="4">
         <v>0.01</v>
       </c>
       <c r="U113" s="2">
-        <v>46691</v>
+        <v>47224</v>
       </c>
       <c r="V113" s="4">
-        <v>3.7619631170000001</v>
+        <v>4.625</v>
       </c>
       <c r="W113" s="3" t="s">
-        <v>594</v>
+        <v>34</v>
       </c>
       <c r="X113" s="4">
-        <v>21519.715151199998</v>
+        <v>5395.8333333299997</v>
       </c>
       <c r="Y113" s="4">
-        <v>21519.715151</v>
+        <v>5395.8333329999996</v>
       </c>
       <c r="Z113" s="6">
-        <v>2.5298000000000001E-2</v>
+        <v>2.8279999999999998E-3</v>
       </c>
     </row>
     <row r="114" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A114" s="3" t="s">
+        <v>592</v>
+      </c>
+      <c r="B114" s="3" t="s">
+        <v>593</v>
+      </c>
+      <c r="C114" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="D114" s="4">
+        <v>2672000000</v>
+      </c>
+      <c r="E114" s="5">
+        <v>0.647428</v>
+      </c>
+      <c r="F114" s="4">
+        <v>17299279.056138899</v>
+      </c>
+      <c r="G114" s="3" t="s">
+        <v>594</v>
+      </c>
+      <c r="H114" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="I114" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="J114" s="5">
+        <v>99.872259999999997</v>
+      </c>
+      <c r="K114" s="5">
+        <v>154.26004541415736</v>
+      </c>
+      <c r="L114" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="M114" s="4">
+        <v>2668587572.83218</v>
+      </c>
+      <c r="N114" s="4">
+        <v>17299279.056138899</v>
+      </c>
+      <c r="O114" s="3" t="s">
         <v>595</v>
       </c>
-      <c r="B114" s="3" t="s">
+      <c r="P114" s="3" t="s">
         <v>596</v>
-      </c>
-[...40 lines deleted...]
-        <v>34</v>
       </c>
       <c r="Q114" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R114" s="3" t="s">
-        <v>34</v>
+        <v>592</v>
       </c>
       <c r="S114" s="3" t="s">
-        <v>35</v>
+        <v>339</v>
       </c>
       <c r="T114" s="4">
-        <v>1</v>
+        <v>0.01</v>
+      </c>
+      <c r="U114" s="2">
+        <v>46118</v>
+      </c>
+      <c r="V114" s="4">
+        <v>0</v>
       </c>
       <c r="W114" s="3" t="s">
         <v>34</v>
       </c>
       <c r="X114" s="4">
         <v>0</v>
       </c>
       <c r="Y114" s="4">
         <v>0</v>
       </c>
       <c r="Z114" s="6">
-        <v>-1.127E-3</v>
+        <v>0.13211300000000001</v>
       </c>
     </row>
     <row r="115" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A115" s="3" t="s">
-        <v>599</v>
+        <v>597</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="C115" s="3" t="s">
-        <v>601</v>
+        <v>72</v>
       </c>
       <c r="D115" s="4">
-        <v>31452.53</v>
+        <v>1355000</v>
       </c>
       <c r="E115" s="5">
-        <v>1</v>
+        <v>100.037066</v>
       </c>
       <c r="F115" s="4">
-        <v>31452.53</v>
+        <v>1355502.2442999999</v>
       </c>
       <c r="G115" s="3" t="s">
-        <v>602</v>
+        <v>594</v>
       </c>
       <c r="H115" s="3" t="s">
         <v>31</v>
       </c>
       <c r="I115" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J115" s="5">
-        <v>1</v>
+        <v>100.037066</v>
       </c>
       <c r="K115" s="5">
         <v>1</v>
       </c>
       <c r="L115" s="3" t="s">
         <v>33</v>
       </c>
       <c r="M115" s="4">
-        <v>31452.53</v>
+        <v>1355502.2442999999</v>
       </c>
       <c r="N115" s="4">
-        <v>31452.53</v>
+        <v>1355502.2442999999</v>
       </c>
       <c r="O115" s="3" t="s">
-        <v>34</v>
+        <v>599</v>
       </c>
       <c r="P115" s="3" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="Q115" s="3" t="s">
         <v>34</v>
       </c>
       <c r="R115" s="3" t="s">
-        <v>34</v>
+        <v>597</v>
       </c>
       <c r="S115" s="3" t="s">
         <v>65</v>
       </c>
       <c r="T115" s="4">
-        <v>1</v>
+        <v>0.01</v>
+      </c>
+      <c r="U115" s="2">
+        <v>46418</v>
+      </c>
+      <c r="V115" s="4">
+        <v>3.7310608539999999</v>
       </c>
       <c r="W115" s="3" t="s">
-        <v>34</v>
+        <v>601</v>
       </c>
       <c r="X115" s="4">
         <v>0</v>
       </c>
       <c r="Y115" s="4">
         <v>0</v>
       </c>
       <c r="Z115" s="6">
-        <v>2.4800000000000001E-4</v>
+        <v>1.0351000000000001E-2</v>
       </c>
     </row>
     <row r="116" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A116" s="3" t="s">
+        <v>602</v>
+      </c>
+      <c r="B116" s="3" t="s">
+        <v>603</v>
+      </c>
+      <c r="C116" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="D116" s="4">
+        <v>59853000</v>
+      </c>
+      <c r="E116" s="5">
+        <v>100.12536299999999</v>
+      </c>
+      <c r="F116" s="4">
+        <v>59928033.516390003</v>
+      </c>
+      <c r="G116" s="3" t="s">
+        <v>594</v>
+      </c>
+      <c r="H116" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I116" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J116" s="5">
+        <v>100.12536299999999</v>
+      </c>
+      <c r="K116" s="5">
+        <v>1</v>
+      </c>
+      <c r="L116" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M116" s="4">
+        <v>59928033.516390003</v>
+      </c>
+      <c r="N116" s="4">
+        <v>59928033.516390003</v>
+      </c>
+      <c r="O116" s="3" t="s">
         <v>604</v>
       </c>
-      <c r="B116" s="3" t="s">
+      <c r="P116" s="3" t="s">
+        <v>600</v>
+      </c>
+      <c r="Q116" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R116" s="3" t="s">
+        <v>602</v>
+      </c>
+      <c r="S116" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="T116" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U116" s="2">
+        <v>46507</v>
+      </c>
+      <c r="V116" s="4">
+        <v>3.7930608540000001</v>
+      </c>
+      <c r="W116" s="3" t="s">
         <v>605</v>
       </c>
-      <c r="F116" s="4">
-        <v>-14484898.5</v>
+      <c r="X116" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y116" s="4">
+        <v>0</v>
       </c>
       <c r="Z116" s="6">
-        <v>-0.11437901231887999</v>
+        <v>0.45766499999999999</v>
       </c>
     </row>
     <row r="117" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A117" s="3" t="s">
         <v>606</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>607</v>
       </c>
+      <c r="C117" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="D117" s="4">
+        <v>4575000</v>
+      </c>
+      <c r="E117" s="5">
+        <v>100.118931</v>
+      </c>
       <c r="F117" s="4">
-        <v>-85437000</v>
+        <v>4580441.0932499999</v>
+      </c>
+      <c r="G117" s="3" t="s">
+        <v>594</v>
+      </c>
+      <c r="H117" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I117" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J117" s="5">
+        <v>100.118931</v>
+      </c>
+      <c r="K117" s="5">
+        <v>1</v>
+      </c>
+      <c r="L117" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M117" s="4">
+        <v>4580441.0932499999</v>
+      </c>
+      <c r="N117" s="4">
+        <v>4580441.0932499999</v>
+      </c>
+      <c r="O117" s="3" t="s">
+        <v>608</v>
+      </c>
+      <c r="P117" s="3" t="s">
+        <v>600</v>
+      </c>
+      <c r="Q117" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R117" s="3" t="s">
+        <v>606</v>
+      </c>
+      <c r="S117" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="T117" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U117" s="2">
+        <v>46599</v>
+      </c>
+      <c r="V117" s="4">
+        <v>3.7920608539999998</v>
+      </c>
+      <c r="W117" s="3" t="s">
+        <v>609</v>
+      </c>
+      <c r="X117" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y117" s="4">
+        <v>0</v>
       </c>
       <c r="Z117" s="6">
-        <v>-0.67464743888181999</v>
+        <v>3.4979999999999997E-2</v>
+      </c>
+    </row>
+    <row r="118" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A118" s="3" t="s">
+        <v>610</v>
+      </c>
+      <c r="B118" s="3" t="s">
+        <v>611</v>
+      </c>
+      <c r="C118" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="D118" s="4">
+        <v>6455000</v>
+      </c>
+      <c r="E118" s="5">
+        <v>100.16954200000001</v>
+      </c>
+      <c r="F118" s="4">
+        <v>6465943.9360999996</v>
+      </c>
+      <c r="G118" s="3" t="s">
+        <v>594</v>
+      </c>
+      <c r="H118" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I118" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J118" s="5">
+        <v>100.16954200000001</v>
+      </c>
+      <c r="K118" s="5">
+        <v>1</v>
+      </c>
+      <c r="L118" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M118" s="4">
+        <v>6465943.9360999996</v>
+      </c>
+      <c r="N118" s="4">
+        <v>6465943.9360999996</v>
+      </c>
+      <c r="O118" s="3" t="s">
+        <v>612</v>
+      </c>
+      <c r="P118" s="3" t="s">
+        <v>600</v>
+      </c>
+      <c r="Q118" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R118" s="3" t="s">
+        <v>610</v>
+      </c>
+      <c r="S118" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="T118" s="4">
+        <v>0.01</v>
+      </c>
+      <c r="U118" s="2">
+        <v>46691</v>
+      </c>
+      <c r="V118" s="4">
+        <v>3.823060854</v>
+      </c>
+      <c r="W118" s="3" t="s">
+        <v>613</v>
+      </c>
+      <c r="X118" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y118" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z118" s="6">
+        <v>4.9378999999999999E-2</v>
       </c>
     </row>
     <row r="119" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A119" s="3" t="s">
-        <v>608</v>
+        <v>614</v>
+      </c>
+      <c r="B119" s="3" t="s">
+        <v>615</v>
+      </c>
+      <c r="C119" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="D119" s="4">
+        <v>-161030.89000000001</v>
+      </c>
+      <c r="E119" s="5">
+        <v>1</v>
+      </c>
+      <c r="F119" s="4">
+        <v>-161030.89000000001</v>
+      </c>
+      <c r="G119" s="3" t="s">
+        <v>617</v>
+      </c>
+      <c r="H119" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I119" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J119" s="5">
+        <v>1</v>
+      </c>
+      <c r="K119" s="5">
+        <v>1</v>
+      </c>
+      <c r="L119" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M119" s="4">
+        <v>-161030.89000000001</v>
+      </c>
+      <c r="N119" s="4">
+        <v>-161030.89000000001</v>
+      </c>
+      <c r="O119" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P119" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q119" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R119" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S119" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="T119" s="4">
+        <v>1</v>
+      </c>
+      <c r="W119" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X119" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y119" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z119" s="6">
+        <v>-1.2290000000000001E-3</v>
       </c>
     </row>
     <row r="120" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A120" s="3" t="s">
-        <v>609</v>
+        <v>618</v>
+      </c>
+      <c r="B120" s="3" t="s">
+        <v>619</v>
+      </c>
+      <c r="C120" s="3" t="s">
+        <v>620</v>
+      </c>
+      <c r="D120" s="4">
+        <v>511457.18</v>
+      </c>
+      <c r="E120" s="5">
+        <v>1</v>
+      </c>
+      <c r="F120" s="4">
+        <v>511457.18</v>
+      </c>
+      <c r="G120" s="3" t="s">
+        <v>621</v>
+      </c>
+      <c r="H120" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I120" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="J120" s="5">
+        <v>1</v>
+      </c>
+      <c r="K120" s="5">
+        <v>1</v>
+      </c>
+      <c r="L120" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M120" s="4">
+        <v>511457.18</v>
+      </c>
+      <c r="N120" s="4">
+        <v>511457.18</v>
+      </c>
+      <c r="O120" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P120" s="3" t="s">
+        <v>622</v>
+      </c>
+      <c r="Q120" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="R120" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="S120" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="T120" s="4">
+        <v>1</v>
+      </c>
+      <c r="W120" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="X120" s="4">
+        <v>0</v>
+      </c>
+      <c r="Y120" s="4">
+        <v>0</v>
+      </c>
+      <c r="Z120" s="6">
+        <v>3.9050000000000001E-3</v>
       </c>
     </row>
     <row r="121" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A121" s="3" t="s">
-        <v>610</v>
+        <v>623</v>
+      </c>
+      <c r="B121" s="3" t="s">
+        <v>624</v>
+      </c>
+      <c r="F121" s="4">
+        <v>-14469523.5</v>
+      </c>
+      <c r="Z121" s="6">
+        <v>-0.110502576887663</v>
       </c>
     </row>
     <row r="122" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A122" s="3" t="s">
-        <v>611</v>
-[...4 lines deleted...]
-        <v>612</v>
+        <v>625</v>
+      </c>
+      <c r="B122" s="3" t="s">
+        <v>626</v>
+      </c>
+      <c r="F122" s="4">
+        <v>-87214650</v>
+      </c>
+      <c r="Z122" s="6">
+        <v>-0.66605120530441897</v>
       </c>
     </row>
     <row r="124" spans="1:26" x14ac:dyDescent="0.2">
       <c r="A124" s="3" t="s">
-        <v>613</v>
+        <v>627</v>
+      </c>
+    </row>
+    <row r="125" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A125" s="3" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="126" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A126" s="3" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="127" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A127" s="3" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="128" spans="1:26" x14ac:dyDescent="0.2">
+      <c r="A128" s="3" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="129" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A129" s="3" t="s">
+        <v>632</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>December</vt:lpstr>
+      <vt:lpstr>January</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>GMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Service-PADB_PRD</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>