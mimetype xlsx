--- v0 (2025-10-16)
+++ v1 (2025-11-06)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1240271237ce4986" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/36060f7b1583406da9a1f9c3b1ef8ff3.psmdcp" Id="Rfcbbc30514294972" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R618b9987197f408e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/21c0d82dc7d64122b8164101dfd416e4.psmdcp" Id="Re9fbc6d6b26e43d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Sectors" sheetId="5" r:id="rId5"/>
     <x:sheet name="Market Cap Ranges" sheetId="6" r:id="rId6"/>
     <x:sheet name="Top Equity Holdings" sheetId="7" r:id="rId7"/>
     <x:sheet name="Characteristics" sheetId="8" r:id="rId8"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="115" uniqueCount="115">
   <x:si>