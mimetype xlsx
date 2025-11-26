--- v1 (2025-11-06)
+++ v2 (2025-11-26)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R618b9987197f408e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/21c0d82dc7d64122b8164101dfd416e4.psmdcp" Id="Re9fbc6d6b26e43d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c97b6b722244731" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a12706c496694f048ed846a50531a2ba.psmdcp" Id="R3825999f6bf04f90" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Sectors" sheetId="5" r:id="rId5"/>
     <x:sheet name="Market Cap Ranges" sheetId="6" r:id="rId6"/>
     <x:sheet name="Top Equity Holdings" sheetId="7" r:id="rId7"/>
     <x:sheet name="Characteristics" sheetId="8" r:id="rId8"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="115" uniqueCount="115">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118" uniqueCount="118">
   <x:si>
     <x:t>Risk Profile - Equity Dislocation Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 05/28/2021 to 09/30/2025</x:t>
+    <x:t>From 05/28/2021 to 10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Equity Dislocation Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Sharpe Ratio</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
@@ -118,164 +118,173 @@
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>3</x:t>
     </x:r>
   </x:si>
   <x:si>
     <x:t>[1] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[2] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>[3] Drawdown is based on the portfolio's worst performance over the period based on monthly observations.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Equity Dislocation Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (%)</x:t>
+    <x:t>As of 10/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Long</x:t>
   </x:si>
   <x:si>
     <x:t>Short</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging</x:t>
   </x:si>
   <x:si>
     <x:t>Europe ex UK (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Japan</x:t>
   </x:si>
   <x:si>
     <x:t>Other International</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>Based on equity holdings in equity and equity long/short group allocations, as applicable. Long/short exposures are shown as a % of the long/short book.</x:t>
   </x:si>
   <x:si>
     <x:t>Countries - Equity Dislocation Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Australia</x:t>
   </x:si>
   <x:si>
     <x:t>Belgium</x:t>
   </x:si>
   <x:si>
     <x:t>Brazil</x:t>
   </x:si>
   <x:si>
     <x:t>Canada</x:t>
   </x:si>
   <x:si>
+    <x:t>Chile</x:t>
+  </x:si>
+  <x:si>
     <x:t>China</x:t>
   </x:si>
   <x:si>
     <x:t>Denmark</x:t>
   </x:si>
   <x:si>
     <x:t>Finland</x:t>
   </x:si>
   <x:si>
     <x:t>France</x:t>
   </x:si>
   <x:si>
     <x:t>Germany</x:t>
   </x:si>
   <x:si>
     <x:t>Greece</x:t>
   </x:si>
   <x:si>
+    <x:t>Hong Kong</x:t>
+  </x:si>
+  <x:si>
     <x:t>Indonesia</x:t>
   </x:si>
   <x:si>
     <x:t>Israel</x:t>
   </x:si>
   <x:si>
     <x:t>Italy</x:t>
   </x:si>
   <x:si>
     <x:t>Mexico</x:t>
   </x:si>
   <x:si>
     <x:t>Netherlands</x:t>
   </x:si>
   <x:si>
     <x:t>New Zealand</x:t>
   </x:si>
   <x:si>
     <x:t>Norway</x:t>
   </x:si>
   <x:si>
     <x:t>Peru</x:t>
   </x:si>
   <x:si>
     <x:t>Poland</x:t>
   </x:si>
   <x:si>
     <x:t>Singapore</x:t>
   </x:si>
   <x:si>
     <x:t>South Africa</x:t>
   </x:si>
   <x:si>
     <x:t>South Korea</x:t>
   </x:si>
   <x:si>
     <x:t>Spain</x:t>
   </x:si>
   <x:si>
     <x:t>Sweden</x:t>
   </x:si>
   <x:si>
     <x:t>Switzerland</x:t>
   </x:si>
   <x:si>
+    <x:t>Taiwan</x:t>
+  </x:si>
+  <x:si>
     <x:t>Thailand</x:t>
   </x:si>
   <x:si>
     <x:t>Turkey</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - Equity Dislocation Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Communication Services</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Discretionary</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Staples</x:t>
   </x:si>
   <x:si>
     <x:t>Energy</x:t>
   </x:si>
   <x:si>
     <x:t>Financials</x:t>
@@ -283,189 +292,189 @@
   <x:si>
     <x:t>Health Care</x:t>
   </x:si>
   <x:si>
     <x:t>Industrials</x:t>
   </x:si>
   <x:si>
     <x:t>Information Technology</x:t>
   </x:si>
   <x:si>
     <x:t>Materials</x:t>
   </x:si>
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Equity Dislocation Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (144.8 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.0 &amp; Below)</x:t>
+    <x:t>Large (149.0 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (48.6 To 149.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.1 To 48.6)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.1 To 19.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.1 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Equity Dislocation Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Long Positions</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
-    <x:t>Intel Corp</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Samsung Electronics Co Ltd</x:t>
   </x:si>
   <x:si>
-    <x:t>Magna International Inc</x:t>
+    <x:t>Nokia Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Incyte Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>General Motors Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Synchrony Financial</x:t>
   </x:si>
   <x:si>
     <x:t>Based on equity holdings in equity and equity long/short group allocations, as applicable. Long/short exposures are shown as a % of the long/short book. Holdings are subject to change and</x:t>
   </x:si>
   <x:si>
     <x:t>should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Equity Dislocation Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025</x:t>
+    <x:t>As of 10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>10.8x</x:t>
-[...2 lines deleted...]
-    <x:t>34.2x</x:t>
+    <x:t>10.9x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31.7x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>14.0x</x:t>
-[...2 lines deleted...]
-    <x:t>58.1x</x:t>
+    <x:t>13.9x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53.8x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>1.5x</x:t>
   </x:si>
   <x:si>
-    <x:t>8.2x</x:t>
+    <x:t>8.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>7.7x</x:t>
-[...2 lines deleted...]
-    <x:t>30.3x</x:t>
+    <x:t>7.9x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.7x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Sales - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>1.3x</x:t>
-[...2 lines deleted...]
-    <x:t>6.7x</x:t>
+    <x:t>1.2x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.1x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>12.5%</x:t>
   </x:si>
   <x:si>
-    <x:t>13.0%</x:t>
+    <x:t>12.7%</x:t>
   </x:si>
   <x:si>
     <x:t>Dividend Yield - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>3.1%</x:t>
   </x:si>
   <x:si>
-    <x:t>1.1%</x:t>
+    <x:t>1.2%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>23.1 USD</x:t>
-[...2 lines deleted...]
-    <x:t>22.1 USD</x:t>
+    <x:t>23.6 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.0 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>% Long/Short</x:t>
   </x:si>
   <x:si>
-    <x:t>101.1%</x:t>
-[...2 lines deleted...]
-    <x:t>102.5%</x:t>
+    <x:t>98.4%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>96.5%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -843,59 +852,59 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-0.12</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>10.29</x:v>
+        <x:v>10.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>-12.16</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
@@ -938,1050 +947,1083 @@
       <x:c r="A1" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>11.1</x:v>
+        <x:v>12.2</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>11.2</x:v>
+        <x:v>11.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>21.1</x:v>
+        <x:v>20.8</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>19.3</x:v>
+        <x:v>18.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>8.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>9.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>5.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>45.1</x:v>
+        <x:v>43.4</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>46</x:v>
+        <x:v>43.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C38"/>
+  <x:dimension ref="A1:C41"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="15.620625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.970625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.550625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C16" s="4" t="n">
         <x:v>0.1</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
-        <x:v>19</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
+        <x:v>0.1</x:v>
+      </x:c>
+      <x:c r="C24" s="4" t="n">
         <x:v>0</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
-        <x:v>21</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
-        <x:v>22</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>45.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>46</x:v>
+        <x:v>0.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:3">
+      <x:c r="A36" s="3" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="B36" s="4" t="n">
+        <x:v>0.7</x:v>
+      </x:c>
+      <x:c r="C36" s="4" t="n">
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B37" s="4" t="n">
+        <x:v>4.2</x:v>
+      </x:c>
+      <x:c r="C37" s="4" t="n">
+        <x:v>5.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:3">
+      <x:c r="A38" s="3" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B38" s="4" t="n">
+        <x:v>43.4</x:v>
+      </x:c>
+      <x:c r="C38" s="4" t="n">
+        <x:v>43.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:3">
+      <x:c r="A40" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
-    <x:row r="38" spans="1:3">
-      <x:c r="A38" s="1" t="s">
+    <x:row r="41" spans="1:3">
+      <x:c r="A41" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="22.750625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.970625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.550625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>8.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>17.3</x:v>
+        <x:v>16.9</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>16</x:v>
+        <x:v>14.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>57</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>19.4</x:v>
+        <x:v>17.8</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>15.3</x:v>
+        <x:v>14.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>13.3</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>8.4</x:v>
+        <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>13.9</x:v>
+        <x:v>14.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>20.3</x:v>
+        <x:v>19.7</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>13.6</x:v>
+        <x:v>14.4</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>17.1</x:v>
+        <x:v>17.5</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C13"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="28.570625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.970625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.550625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>11.6</x:v>
+        <x:v>9.9</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>17.8</x:v>
+        <x:v>18.4</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>20.7</x:v>
+        <x:v>18.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>29.8</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>29.1</x:v>
+        <x:v>28.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>31</x:v>
+        <x:v>30.8</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>37.4</x:v>
+        <x:v>34.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>10.9</x:v>
+        <x:v>9.4</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B15"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="25.070625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C18"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.320625" style="0" customWidth="1"/>
     <x:col min="2" max="3" width="9.620625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>202</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
-        <x:v>235</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>