--- v2 (2025-11-26)
+++ v3 (2026-01-05)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c97b6b722244731" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a12706c496694f048ed846a50531a2ba.psmdcp" Id="R3825999f6bf04f90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85e94bec9bc24cf5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/55e70d9fb2224498ba712ee4c2c4b028.psmdcp" Id="R2685499d257a49b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Sectors" sheetId="5" r:id="rId5"/>
     <x:sheet name="Market Cap Ranges" sheetId="6" r:id="rId6"/>
     <x:sheet name="Top Equity Holdings" sheetId="7" r:id="rId7"/>
     <x:sheet name="Characteristics" sheetId="8" r:id="rId8"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118" uniqueCount="118">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119" uniqueCount="119">
   <x:si>
     <x:t>Risk Profile - Equity Dislocation Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 05/28/2021 to 10/31/2025</x:t>
+    <x:t>From 05/28/2021 to 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Equity Dislocation Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Sharpe Ratio</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
@@ -118,51 +118,51 @@
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>3</x:t>
     </x:r>
   </x:si>
   <x:si>
     <x:t>[1] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[2] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>[3] Drawdown is based on the portfolio's worst performance over the period based on monthly observations.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Equity Dislocation Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (%)</x:t>
+    <x:t>As of 11/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Long</x:t>
   </x:si>
   <x:si>
     <x:t>Short</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging</x:t>
   </x:si>
   <x:si>
     <x:t>Europe ex UK (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Japan</x:t>
   </x:si>
   <x:si>
     <x:t>Other International</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
@@ -247,234 +247,237 @@
   <x:si>
     <x:t>South Africa</x:t>
   </x:si>
   <x:si>
     <x:t>South Korea</x:t>
   </x:si>
   <x:si>
     <x:t>Spain</x:t>
   </x:si>
   <x:si>
     <x:t>Sweden</x:t>
   </x:si>
   <x:si>
     <x:t>Switzerland</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan</x:t>
   </x:si>
   <x:si>
     <x:t>Thailand</x:t>
   </x:si>
   <x:si>
     <x:t>Turkey</x:t>
   </x:si>
   <x:si>
+    <x:t>United Arab Emirates</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sectors - Equity Dislocation Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Communication Services</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Discretionary</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Staples</x:t>
   </x:si>
   <x:si>
     <x:t>Energy</x:t>
   </x:si>
   <x:si>
     <x:t>Financials</x:t>
   </x:si>
   <x:si>
     <x:t>Health Care</x:t>
   </x:si>
   <x:si>
     <x:t>Industrials</x:t>
   </x:si>
   <x:si>
     <x:t>Information Technology</x:t>
   </x:si>
   <x:si>
     <x:t>Materials</x:t>
   </x:si>
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Equity Dislocation Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (149.0 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.1 &amp; Below)</x:t>
+    <x:t>Large (145.9 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.1 To 145.9)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.4 To 49.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.0 To 19.4)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.0 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Equity Dislocation Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Long Positions</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
-    <x:t>Samsung Electronics Co Ltd</x:t>
-[...5 lines deleted...]
-    <x:t>Incyte Corp</x:t>
+    <x:t>Intel Corp</x:t>
   </x:si>
   <x:si>
     <x:t>General Motors Co</x:t>
   </x:si>
   <x:si>
-    <x:t>Synchrony Financial</x:t>
+    <x:t>Citigroup Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inpex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BT Group PLC</x:t>
   </x:si>
   <x:si>
     <x:t>Based on equity holdings in equity and equity long/short group allocations, as applicable. Long/short exposures are shown as a % of the long/short book. Holdings are subject to change and</x:t>
   </x:si>
   <x:si>
     <x:t>should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Equity Dislocation Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025</x:t>
+    <x:t>As of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>10.9x</x:t>
-[...2 lines deleted...]
-    <x:t>31.7x</x:t>
+    <x:t>10.8x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>13.9x</x:t>
-[...2 lines deleted...]
-    <x:t>53.8x</x:t>
+    <x:t>13.8x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52.9x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>1.5x</x:t>
   </x:si>
   <x:si>
-    <x:t>8.4x</x:t>
+    <x:t>8.0x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>7.9x</x:t>
-[...2 lines deleted...]
-    <x:t>28.7x</x:t>
+    <x:t>7.7x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>25.7x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Sales - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>1.2x</x:t>
   </x:si>
   <x:si>
-    <x:t>6.1x</x:t>
+    <x:t>5.8x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>12.5%</x:t>
-[...2 lines deleted...]
-    <x:t>12.7%</x:t>
+    <x:t>12.2%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14.2%</x:t>
   </x:si>
   <x:si>
     <x:t>Dividend Yield - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>3.1%</x:t>
   </x:si>
   <x:si>
     <x:t>1.2%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>23.6 USD</x:t>
-[...2 lines deleted...]
-    <x:t>22.0 USD</x:t>
+    <x:t>23.7 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.4 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>% Long/Short</x:t>
   </x:si>
   <x:si>
-    <x:t>98.4%</x:t>
-[...2 lines deleted...]
-    <x:t>96.5%</x:t>
+    <x:t>101.5%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>101.2%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -852,59 +855,59 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>0.07</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>10.3</x:v>
+        <x:v>10.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>-12.16</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
@@ -947,1083 +950,1094 @@
       <x:c r="A1" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>12.2</x:v>
+        <x:v>12.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>11.5</x:v>
+        <x:v>11.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>20.8</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>18.2</x:v>
+        <x:v>19.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>9.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>9.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>9.2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>9.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>5.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>43.4</x:v>
+        <x:v>46.3</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>43.2</x:v>
+        <x:v>46.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C41"/>
+  <x:dimension ref="A1:C42"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="15.620625" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="20.080625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.970625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.550625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="C15" s="4" t="n">
         <x:v>4.1</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>9.1</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>9.1</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
-        <x:v>21</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B38" s="4" t="n">
+        <x:v>3.9</x:v>
+      </x:c>
+      <x:c r="C38" s="4" t="n">
+        <x:v>5.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:3">
+      <x:c r="A39" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
-      <x:c r="B38" s="4" t="n">
-[...7 lines deleted...]
-      <x:c r="A40" s="3" t="s">
+      <x:c r="B39" s="4" t="n">
+        <x:v>46.3</x:v>
+      </x:c>
+      <x:c r="C39" s="4" t="n">
+        <x:v>46.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:3">
+      <x:c r="A41" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
-    <x:row r="41" spans="1:3">
-      <x:c r="A41" s="1" t="s">
+    <x:row r="42" spans="1:3">
+      <x:c r="A42" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="22.750625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.970625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.550625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>8.2</x:v>
+        <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
+        <x:v>18.3</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="n">
         <x:v>16.9</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>14.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>17.8</x:v>
+        <x:v>19.1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>14.1</x:v>
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>13.3</x:v>
+        <x:v>13.7</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>14.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>19.7</x:v>
+        <x:v>20.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>14.4</x:v>
+        <x:v>13.4</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>17.5</x:v>
+        <x:v>17.6</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C13"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="28.570625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.970625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.550625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>10.5</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>18.4</x:v>
+        <x:v>18.6</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>18.6</x:v>
+        <x:v>19.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>30</x:v>
+        <x:v>32.3</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>28.8</x:v>
+        <x:v>27.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>30.8</x:v>
+        <x:v>32.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>34.9</x:v>
+        <x:v>39.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>9.4</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B15"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="25.070625" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="17.980625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C18"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.320625" style="0" customWidth="1"/>
     <x:col min="2" max="3" width="9.620625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
-        <x:v>226</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>