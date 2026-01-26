--- v3 (2026-01-05)
+++ v4 (2026-01-26)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85e94bec9bc24cf5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/55e70d9fb2224498ba712ee4c2c4b028.psmdcp" Id="R2685499d257a49b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38b27f26a58e414f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f17254e9654546918733f9479c665c7a.psmdcp" Id="R686ecbc2e9354efe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Sectors" sheetId="5" r:id="rId5"/>
     <x:sheet name="Market Cap Ranges" sheetId="6" r:id="rId6"/>
     <x:sheet name="Top Equity Holdings" sheetId="7" r:id="rId7"/>
     <x:sheet name="Characteristics" sheetId="8" r:id="rId8"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119" uniqueCount="119">
   <x:si>
     <x:t>Risk Profile - Equity Dislocation Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 05/28/2021 to 11/30/2025</x:t>
+    <x:t>From 05/28/2021 to 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Equity Dislocation Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Sharpe Ratio</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
@@ -118,51 +118,51 @@
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>3</x:t>
     </x:r>
   </x:si>
   <x:si>
     <x:t>[1] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[2] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>[3] Drawdown is based on the portfolio's worst performance over the period based on monthly observations.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Equity Dislocation Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (%)</x:t>
+    <x:t>As of 12/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Long</x:t>
   </x:si>
   <x:si>
     <x:t>Short</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging</x:t>
   </x:si>
   <x:si>
     <x:t>Europe ex UK (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Japan</x:t>
   </x:si>
   <x:si>
     <x:t>Other International</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
@@ -295,189 +295,189 @@
   <x:si>
     <x:t>Health Care</x:t>
   </x:si>
   <x:si>
     <x:t>Industrials</x:t>
   </x:si>
   <x:si>
     <x:t>Information Technology</x:t>
   </x:si>
   <x:si>
     <x:t>Materials</x:t>
   </x:si>
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Equity Dislocation Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (145.9 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.0 &amp; Below)</x:t>
+    <x:t>Large (151.3 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.6 To 151.3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.8 To 49.6)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.1 To 19.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.1 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Equity Dislocation Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Long Positions</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
-    <x:t>Intel Corp</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>General Motors Co</x:t>
   </x:si>
   <x:si>
     <x:t>Citigroup Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Inpex Corp</x:t>
-[...2 lines deleted...]
-    <x:t>BT Group PLC</x:t>
+    <x:t>AP Moller - Maersk A/S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hewlett Packard Enterprise Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telecom Italia SpA/Milano</x:t>
   </x:si>
   <x:si>
     <x:t>Based on equity holdings in equity and equity long/short group allocations, as applicable. Long/short exposures are shown as a % of the long/short book. Holdings are subject to change and</x:t>
   </x:si>
   <x:si>
     <x:t>should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Equity Dislocation Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025</x:t>
+    <x:t>As of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>10.8x</x:t>
   </x:si>
   <x:si>
-    <x:t>30.6x</x:t>
+    <x:t>32.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>13.8x</x:t>
-[...2 lines deleted...]
-    <x:t>52.9x</x:t>
+    <x:t>14.3x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54.8x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>1.5x</x:t>
   </x:si>
   <x:si>
-    <x:t>8.0x</x:t>
+    <x:t>7.8x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>7.7x</x:t>
-[...2 lines deleted...]
-    <x:t>25.7x</x:t>
+    <x:t>8.4x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.1x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Sales - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>1.2x</x:t>
+    <x:t>1.3x</x:t>
   </x:si>
   <x:si>
     <x:t>5.8x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>12.2%</x:t>
-[...2 lines deleted...]
-    <x:t>14.2%</x:t>
+    <x:t>12.5%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13.5%</x:t>
   </x:si>
   <x:si>
     <x:t>Dividend Yield - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>3.1%</x:t>
   </x:si>
   <x:si>
     <x:t>1.2%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>23.7 USD</x:t>
-[...2 lines deleted...]
-    <x:t>20.4 USD</x:t>
+    <x:t>24.9 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.1 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>% Long/Short</x:t>
   </x:si>
   <x:si>
-    <x:t>101.5%</x:t>
-[...2 lines deleted...]
-    <x:t>101.2%</x:t>
+    <x:t>99.1%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>96.6%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -855,59 +855,59 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>0.07</x:v>
+        <x:v>0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>10.5</x:v>
+        <x:v>10.46</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>-12.16</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
@@ -950,109 +950,109 @@
       <x:c r="A1" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>12.1</x:v>
+        <x:v>12.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>11.7</x:v>
+        <x:v>11.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>20.8</x:v>
+        <x:v>20.6</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>19.4</x:v>
+        <x:v>19.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>9.2</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>8.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>46.3</x:v>
+        <x:v>44.7</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>46.1</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
@@ -1072,417 +1072,417 @@
       <x:c r="A1" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>46.3</x:v>
+        <x:v>44.7</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>46.1</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
@@ -1502,164 +1502,164 @@
       <x:c r="A1" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>8.6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>18.3</x:v>
+        <x:v>18.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>16.9</x:v>
+        <x:v>16.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>19.1</x:v>
+        <x:v>18.9</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>15</x:v>
+        <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>13.7</x:v>
+        <x:v>12.7</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>7.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>14.1</x:v>
+        <x:v>13.7</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>20.2</x:v>
+        <x:v>19.3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>13.4</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>17.6</x:v>
+        <x:v>16.8</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
@@ -1679,179 +1679,179 @@
       <x:c r="A1" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>10.5</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>18.6</x:v>
+        <x:v>17.4</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>19.4</x:v>
+        <x:v>16.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>32.3</x:v>
+        <x:v>32.9</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>27.7</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>32.6</x:v>
+        <x:v>29.5</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>39.1</x:v>
+        <x:v>35.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>7.4</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B15"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="17.980625" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="27.790625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
@@ -1979,54 +1979,54 @@
         <x:v>109</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>213</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
-        <x:v>236</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>