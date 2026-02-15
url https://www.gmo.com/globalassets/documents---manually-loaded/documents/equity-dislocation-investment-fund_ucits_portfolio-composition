--- v4 (2026-01-26)
+++ v5 (2026-02-15)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38b27f26a58e414f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f17254e9654546918733f9479c665c7a.psmdcp" Id="R686ecbc2e9354efe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fd977417810498d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6b76919d2fc04cf59bff7b3864b16653.psmdcp" Id="Rff3fa441b5844a46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Sectors" sheetId="5" r:id="rId5"/>
     <x:sheet name="Market Cap Ranges" sheetId="6" r:id="rId6"/>
     <x:sheet name="Top Equity Holdings" sheetId="7" r:id="rId7"/>
     <x:sheet name="Characteristics" sheetId="8" r:id="rId8"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119" uniqueCount="119">
   <x:si>
     <x:t>Risk Profile - Equity Dislocation Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 05/28/2021 to 12/31/2025</x:t>
+    <x:t>From 05/28/2021 to 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Equity Dislocation Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Sharpe Ratio</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
@@ -118,51 +118,51 @@
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>3</x:t>
     </x:r>
   </x:si>
   <x:si>
     <x:t>[1] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[2] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>[3] Drawdown is based on the portfolio's worst performance over the period based on monthly observations.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Equity Dislocation Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (%)</x:t>
+    <x:t>As of 01/31/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Long</x:t>
   </x:si>
   <x:si>
     <x:t>Short</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging</x:t>
   </x:si>
   <x:si>
     <x:t>Europe ex UK (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Japan</x:t>
   </x:si>
   <x:si>
     <x:t>Other International</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
@@ -295,189 +295,189 @@
   <x:si>
     <x:t>Health Care</x:t>
   </x:si>
   <x:si>
     <x:t>Industrials</x:t>
   </x:si>
   <x:si>
     <x:t>Information Technology</x:t>
   </x:si>
   <x:si>
     <x:t>Materials</x:t>
   </x:si>
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Equity Dislocation Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (151.3 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.1 &amp; Below)</x:t>
+    <x:t>Large (150.0 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (52.1 To 150.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (20.4 To 52.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.4 To 20.4)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.4 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Equity Dislocation Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Long Positions</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
+    <x:t>Samsung Electronics Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intel Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Telecom Italia SpA/Milano</x:t>
+  </x:si>
+  <x:si>
     <x:t>General Motors Co</x:t>
   </x:si>
   <x:si>
-    <x:t>Citigroup Inc</x:t>
-[...8 lines deleted...]
-    <x:t>Telecom Italia SpA/Milano</x:t>
+    <x:t>Banco Santander SA</x:t>
   </x:si>
   <x:si>
     <x:t>Based on equity holdings in equity and equity long/short group allocations, as applicable. Long/short exposures are shown as a % of the long/short book. Holdings are subject to change and</x:t>
   </x:si>
   <x:si>
     <x:t>should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Equity Dislocation Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025</x:t>
+    <x:t>As of 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>10.8x</x:t>
-[...2 lines deleted...]
-    <x:t>32.6x</x:t>
+    <x:t>11.1x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30.2x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>14.3x</x:t>
-[...2 lines deleted...]
-    <x:t>54.8x</x:t>
+    <x:t>14.4x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54.2x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>1.5x</x:t>
-[...2 lines deleted...]
-    <x:t>7.8x</x:t>
+    <x:t>1.6x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.2x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>8.4x</x:t>
-[...2 lines deleted...]
-    <x:t>26.1x</x:t>
+    <x:t>8.9x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Sales - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>1.3x</x:t>
   </x:si>
   <x:si>
-    <x:t>5.8x</x:t>
+    <x:t>5.9x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>12.5%</x:t>
-[...2 lines deleted...]
-    <x:t>13.5%</x:t>
+    <x:t>12.3%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14.1%</x:t>
   </x:si>
   <x:si>
     <x:t>Dividend Yield - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>3.1%</x:t>
+    <x:t>3.0%</x:t>
   </x:si>
   <x:si>
     <x:t>1.2%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>24.9 USD</x:t>
-[...2 lines deleted...]
-    <x:t>20.1 USD</x:t>
+    <x:t>25.1 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.5 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>% Long/Short</x:t>
   </x:si>
   <x:si>
-    <x:t>99.1%</x:t>
-[...2 lines deleted...]
-    <x:t>96.6%</x:t>
+    <x:t>96.7%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92.9%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -855,59 +855,59 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>0.12</x:v>
+        <x:v>0.19</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>10.46</x:v>
+        <x:v>10.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>-12.16</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
@@ -950,109 +950,109 @@
       <x:c r="A1" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>12.4</x:v>
+        <x:v>13.8</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>11.4</x:v>
+        <x:v>12.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>20.6</x:v>
+        <x:v>19.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>19.2</x:v>
+        <x:v>18.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>8.5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>44.7</x:v>
+        <x:v>42.8</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>44</x:v>
+        <x:v>40.7</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
@@ -1072,417 +1072,417 @@
       <x:c r="A1" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>8.5</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="C32" s="4" t="n">
         <x:v>1.7</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>44.7</x:v>
+        <x:v>42.8</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>44</x:v>
+        <x:v>40.7</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
@@ -1502,164 +1502,164 @@
       <x:c r="A1" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>8.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>18.1</x:v>
+        <x:v>18.5</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>16.4</x:v>
+        <x:v>14.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>5.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>18.9</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>14</x:v>
+        <x:v>13.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>12.7</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>13.7</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>19.3</x:v>
+        <x:v>20.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>13.4</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>16.8</x:v>
+        <x:v>14.8</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
@@ -1679,187 +1679,187 @@
       <x:c r="A1" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>11.9</x:v>
+        <x:v>10.8</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>17.4</x:v>
+        <x:v>16.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>16.1</x:v>
+        <x:v>14.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>32.9</x:v>
+        <x:v>31.4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>30</x:v>
+        <x:v>26.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>29.5</x:v>
+        <x:v>29.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>35.7</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>7.4</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>10</x:v>
+        <x:v>10.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B15"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="27.790625" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="25.070625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
@@ -1979,54 +1979,54 @@
         <x:v>109</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>212</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
-        <x:v>218</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>