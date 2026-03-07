--- v5 (2026-02-15)
+++ v6 (2026-03-07)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fd977417810498d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6b76919d2fc04cf59bff7b3864b16653.psmdcp" Id="Rff3fa441b5844a46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec90843460974829" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fff6e0e6c8854351ace32fd9b17eba98.psmdcp" Id="R76cf7a5dcb474093" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Sectors" sheetId="5" r:id="rId5"/>
     <x:sheet name="Market Cap Ranges" sheetId="6" r:id="rId6"/>
     <x:sheet name="Top Equity Holdings" sheetId="7" r:id="rId7"/>
     <x:sheet name="Characteristics" sheetId="8" r:id="rId8"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119" uniqueCount="119">
   <x:si>
     <x:t>Risk Profile - Equity Dislocation Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 05/28/2021 to 01/31/2026</x:t>
+    <x:t>From 05/28/2021 to 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Equity Dislocation Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Sharpe Ratio</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
@@ -855,59 +855,59 @@
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>0.19</x:v>
+        <x:v>0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>10.5</x:v>
+        <x:v>10.49</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="0" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>-12.16</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>