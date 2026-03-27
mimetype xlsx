--- v6 (2026-03-07)
+++ v7 (2026-03-27)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec90843460974829" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fff6e0e6c8854351ace32fd9b17eba98.psmdcp" Id="R76cf7a5dcb474093" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67eb067e72344e99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ca10b2028e9448a496928fc40b3376b9.psmdcp" Id="Racfbb8f7c21149f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Sectors" sheetId="5" r:id="rId5"/>
     <x:sheet name="Market Cap Ranges" sheetId="6" r:id="rId6"/>
     <x:sheet name="Top Equity Holdings" sheetId="7" r:id="rId7"/>
     <x:sheet name="Characteristics" sheetId="8" r:id="rId8"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119" uniqueCount="119">
   <x:si>
@@ -118,51 +118,51 @@
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>3</x:t>
     </x:r>
   </x:si>
   <x:si>
     <x:t>[1] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[2] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>[3] Drawdown is based on the portfolio's worst performance over the period based on monthly observations.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Equity Dislocation Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (%)</x:t>
+    <x:t>As of 02/28/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Long</x:t>
   </x:si>
   <x:si>
     <x:t>Short</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging</x:t>
   </x:si>
   <x:si>
     <x:t>Europe ex UK (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Japan</x:t>
   </x:si>
   <x:si>
     <x:t>Other International</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
@@ -295,189 +295,189 @@
   <x:si>
     <x:t>Health Care</x:t>
   </x:si>
   <x:si>
     <x:t>Industrials</x:t>
   </x:si>
   <x:si>
     <x:t>Information Technology</x:t>
   </x:si>
   <x:si>
     <x:t>Materials</x:t>
   </x:si>
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Equity Dislocation Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (150.0 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.4 &amp; Below)</x:t>
+    <x:t>Large (150.9 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (52.8 To 150.9)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (21.3 To 52.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.8 To 21.3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.8 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Equity Dislocation Investment Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Long Positions</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
-    <x:t>Samsung Electronics Co Ltd</x:t>
-[...2 lines deleted...]
-    <x:t>Intel Corp</x:t>
+    <x:t>Kia Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Telecom Italia SpA/Milano</x:t>
   </x:si>
   <x:si>
-    <x:t>General Motors Co</x:t>
-[...2 lines deleted...]
-    <x:t>Banco Santander SA</x:t>
+    <x:t>LG Electronics Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hyundai Mobis Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BHP Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Based on equity holdings in equity and equity long/short group allocations, as applicable. Long/short exposures are shown as a % of the long/short book. Holdings are subject to change and</x:t>
   </x:si>
   <x:si>
     <x:t>should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Equity Dislocation Investment Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026</x:t>
+    <x:t>As of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>11.1x</x:t>
-[...2 lines deleted...]
-    <x:t>30.2x</x:t>
+    <x:t>11.3x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32.3x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>14.4x</x:t>
-[...2 lines deleted...]
-    <x:t>54.2x</x:t>
+    <x:t>15.3x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>49.7x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>1.6x</x:t>
-[...2 lines deleted...]
-    <x:t>8.2x</x:t>
+    <x:t>1.7x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.9x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>8.9x</x:t>
-[...2 lines deleted...]
-    <x:t>26.4x</x:t>
+    <x:t>8.3x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.7x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Sales - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>1.3x</x:t>
-[...2 lines deleted...]
-    <x:t>5.9x</x:t>
+    <x:t>1.2x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>12.3%</x:t>
-[...2 lines deleted...]
-    <x:t>14.1%</x:t>
+    <x:t>11.0%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.0%</x:t>
   </x:si>
   <x:si>
     <x:t>Dividend Yield - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>3.0%</x:t>
-[...2 lines deleted...]
-    <x:t>1.2%</x:t>
+    <x:t>2.9%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>25.1 USD</x:t>
-[...2 lines deleted...]
-    <x:t>19.5 USD</x:t>
+    <x:t>26.5 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.6 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>% Long/Short</x:t>
   </x:si>
   <x:si>
-    <x:t>96.7%</x:t>
-[...2 lines deleted...]
-    <x:t>92.9%</x:t>
+    <x:t>104.2%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>105.0%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -950,109 +950,109 @@
       <x:c r="A1" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>13.8</x:v>
+        <x:v>15.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>12.7</x:v>
+        <x:v>13.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>19.3</x:v>
+        <x:v>20.6</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>18.1</x:v>
+        <x:v>19.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>9.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>8.2</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>9.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>42.8</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>40.7</x:v>
+        <x:v>47.7</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
@@ -1072,417 +1072,417 @@
       <x:c r="A1" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>9.2</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
+        <x:v>2.2</x:v>
+      </x:c>
+      <x:c r="C32" s="4" t="n">
         <x:v>1.8</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:3">
       <x:c r="A38" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:3">
       <x:c r="A39" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>42.8</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>40.7</x:v>
+        <x:v>47.7</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:3">
       <x:c r="A41" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:3">
       <x:c r="A42" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
@@ -1502,164 +1502,164 @@
       <x:c r="A1" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>9.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>18.5</x:v>
+        <x:v>20.8</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>14.7</x:v>
+        <x:v>16.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>17</x:v>
+        <x:v>18.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>13.4</x:v>
+        <x:v>14.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>11.9</x:v>
+        <x:v>12.4</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>8.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>13.7</x:v>
+        <x:v>14.8</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>20.1</x:v>
+        <x:v>21.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>13</x:v>
+        <x:v>13.3</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>14.8</x:v>
+        <x:v>17.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>5.9</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
@@ -1679,195 +1679,195 @@
       <x:c r="A1" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>9.9</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>16.3</x:v>
+        <x:v>16.6</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>18.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>31.4</x:v>
+        <x:v>35.3</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>26.1</x:v>
+        <x:v>30.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>29.6</x:v>
+        <x:v>33.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>38</x:v>
+        <x:v>39.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>8.8</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>10.5</x:v>
+        <x:v>12.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B15"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="25.070625" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="24.280625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1979,54 +1979,54 @@
         <x:v>109</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>210</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
-        <x:v>225</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>