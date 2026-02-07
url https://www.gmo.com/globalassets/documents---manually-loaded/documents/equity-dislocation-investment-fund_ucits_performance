--- v4 (2026-01-17)
+++ v5 (2026-02-07)
@@ -22,118 +22,121 @@
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet22.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet23.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet24.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet25.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet26.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet27.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet28.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet29.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet30.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet31.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet32.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet33.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77c9f97dd35e46d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3b1d8458debc46d6abb15ed6b147b807.psmdcp" Id="Rb787cea344a24580" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9960e2a61eef4b52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d2b58dbb18834c9ca3469fc8e35ce9cb.psmdcp" Id="R3f5ac45dc0f44bdd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="AUD Class Z_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="EUR Class D_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="EUR Class K_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="EUR Class L_Historical" sheetId="5" r:id="rId5"/>
     <x:sheet name="GBP Class K_Historical" sheetId="6" r:id="rId6"/>
     <x:sheet name="GBP Class L_Historical" sheetId="7" r:id="rId7"/>
     <x:sheet name="GBP Class Z_Historical" sheetId="8" r:id="rId8"/>
     <x:sheet name="USD Class A_Historical" sheetId="9" r:id="rId9"/>
     <x:sheet name="USD Class D_Historical" sheetId="10" r:id="rId10"/>
     <x:sheet name="USD Class K_Historical" sheetId="11" r:id="rId11"/>
     <x:sheet name="USD Class L_Historical" sheetId="12" r:id="rId12"/>
     <x:sheet name="AUD Class Z_Month-End" sheetId="13" r:id="rId13"/>
     <x:sheet name="EUR Class D_Month-End" sheetId="14" r:id="rId14"/>
     <x:sheet name="EUR Class K_Month-End" sheetId="15" r:id="rId15"/>
     <x:sheet name="EUR Class L_Month-End" sheetId="16" r:id="rId16"/>
     <x:sheet name="GBP Class K_Month-End" sheetId="17" r:id="rId17"/>
     <x:sheet name="GBP Class L_Month-End" sheetId="18" r:id="rId18"/>
     <x:sheet name="GBP Class Z_Month-End" sheetId="19" r:id="rId19"/>
     <x:sheet name="USD Class A_Month-End" sheetId="20" r:id="rId20"/>
     <x:sheet name="USD Class D_Month-End" sheetId="21" r:id="rId21"/>
     <x:sheet name="USD Class K_Month-End" sheetId="22" r:id="rId22"/>
     <x:sheet name="USD Class L_Month-End" sheetId="23" r:id="rId23"/>
     <x:sheet name="AUD Class Z_Quarter-End" sheetId="24" r:id="rId24"/>
     <x:sheet name="EUR Class D_Quarter-End" sheetId="25" r:id="rId25"/>
     <x:sheet name="EUR Class K_Quarter-End" sheetId="26" r:id="rId26"/>
     <x:sheet name="EUR Class L_Quarter-End" sheetId="27" r:id="rId27"/>
     <x:sheet name="GBP Class K_Quarter-End" sheetId="28" r:id="rId28"/>
     <x:sheet name="GBP Class L_Quarter-End" sheetId="29" r:id="rId29"/>
     <x:sheet name="GBP Class Z_Quarter-End" sheetId="30" r:id="rId30"/>
     <x:sheet name="USD Class A_Quarter-End" sheetId="31" r:id="rId31"/>
     <x:sheet name="USD Class D_Quarter-End" sheetId="32" r:id="rId32"/>
     <x:sheet name="USD Class K_Quarter-End" sheetId="33" r:id="rId33"/>
     <x:sheet name="USD Class L_Quarter-End" sheetId="34" r:id="rId34"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="165" uniqueCount="165">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="175" uniqueCount="175">
   <x:si>
     <x:t>Performance - Equity Dislocation Investment Fund | AUD Class Z</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (AUD,%)</x:t>
+    <x:t>As of 01/31/2026 (AUD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 09/30/2022</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>Bloomberg AusBond Bank Bill</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
@@ -209,123 +212,126 @@
   <x:si>
     <x:t>05/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2023</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2023</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2023</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2022</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2022</x:t>
   </x:si>
   <x:si>
+    <x:t>QTD Q1-2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>Q4-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2022</x:t>
   </x:si>
   <x:si>
-    <x:t>YTD 2025</x:t>
+    <x:t>YTD 2026</x:t>
   </x:si>
   <x:si>
     <x:t>Performance data quoted represents past performance and is not indicative of future results. The investment return and principal value of an investment will fluctuate so that an investor's</x:t>
   </x:si>
   <x:si>
     <x:t>shares, when redeemed, may be worth more or less than their original cost. Current performance data may be lower or higher than the performance data provided herein.</x:t>
   </x:si>
   <x:si>
     <x:t>UCITS HAVE NO GUARANTEED RETURN AND PAST PERFORMANCE DOES NOT GUARANTEE FUTURE PERFORMANCE.</x:t>
   </x:si>
   <x:si>
     <x:t>The Bloomberg AusBond Bank Bill Index is an independently maintained and widely published index comprised of short-term Australian bills.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Equity Dislocation Investment Fund | EUR Class D</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (EUR,%)</x:t>
+    <x:t>As of 01/31/2026 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 10/08/2021</x:t>
   </x:si>
   <x:si>
     <x:t>Barclays Benchmark Overnight EUR Cash Index</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2022</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2022</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2022</x:t>
   </x:si>
@@ -380,237 +386,261 @@
   <x:si>
     <x:t>07/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Equity Dislocation Investment Fund | EUR Class L</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 06/23/2022</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Equity Dislocation Investment Fund | GBP Class K</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (GBP,%)</x:t>
+    <x:t>As of 01/31/2026 (GBP,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Barclays Benchmark Overnight GBP Cash Index</x:t>
   </x:si>
   <x:si>
     <x:t>The Barclays GBP Cash Index is designed to reflect the performance of investing in a daily rolling money market deposit. The benchmark is calculated on a daily basis using the GBP SONIA</x:t>
   </x:si>
   <x:si>
     <x:t>Overnight Rate.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Equity Dislocation Investment Fund | GBP Class L</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 12/02/2021</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Equity Dislocation Investment Fund | GBP Class Z</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 06/30/2022</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Equity Dislocation Investment Fund | USD Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (USD,%)</x:t>
+    <x:t>As of 01/31/2026 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>FTSE 3-Mo. T-Bill</x:t>
   </x:si>
   <x:si>
     <x:t>shares, when redeemed, may be worth more or less than their original cost. Current performance data may be lower or higher than the performance data provided herein. The portfolio is</x:t>
   </x:si>
   <x:si>
     <x:t>actively-managed, is not managed relative to a benchmark and uses the Index for performance comparison purposes only and, where applicable, to compute a performance fee.</x:t>
   </x:si>
   <x:si>
     <x:t>The FTSE 3-Month Treasury Bill Index is an independently maintained and widely published index comprised of short-term U.S. Treasury bills.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Equity Dislocation Investment Fund | USD Class D</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Equity Dislocation Investment Fund | USD Class K</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Equity Dislocation Investment Fund | USD Class L</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 06/14/2021</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 12/31/2025 (AUD,%)</x:t>
+    <x:t>Month-End as of 01/31/2026 (AUD,%)</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Net) in AUD as of 12/31/2025</x:t>
+    <x:t>Average Annual Total Return (Net) in AUD as of 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Equity Dislocation Investment Fund AUD Z</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in AUD as of 12/31/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in AUD as of 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 12/31/2025 (EUR,%)</x:t>
+    <x:t>Month-End as of 01/31/2026 (EUR,%)</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Net) in EUR as of 12/31/2025</x:t>
+    <x:t>Average Annual Total Return (Net) in EUR as of 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Equity Dislocation Investment Fund EUR D</x:t>
   </x:si>
   <x:si>
     <x:t>10/08/2021</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in EUR as of 12/31/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in EUR as of 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Equity Dislocation Investment Fund EUR K</x:t>
   </x:si>
   <x:si>
     <x:t>05/10/2021</x:t>
   </x:si>
   <x:si>
     <x:t>Equity Dislocation Investment Fund EUR L</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2022</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 12/31/2025 (GBP,%)</x:t>
+    <x:t>Month-End as of 01/31/2026 (GBP,%)</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Net) in GBP as of 12/31/2025</x:t>
+    <x:t>Average Annual Total Return (Net) in GBP as of 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Equity Dislocation Investment Fund GBP K</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in GBP as of 12/31/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in GBP as of 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Equity Dislocation Investment Fund GBP L</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2021</x:t>
   </x:si>
   <x:si>
     <x:t>Equity Dislocation Investment Fund GBP Z</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 12/31/2025 (USD,%)</x:t>
+    <x:t>Month-End as of 01/31/2026 (USD,%)</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Net) in USD as of 12/31/2025</x:t>
+    <x:t>Average Annual Total Return (Net) in USD as of 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Equity Dislocation Investment Fund USD A</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in USD as of 12/31/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in USD as of 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Equity Dislocation Investment Fund USD D</x:t>
   </x:si>
   <x:si>
     <x:t>Equity Dislocation Investment Fund USD K</x:t>
   </x:si>
   <x:si>
     <x:t>Equity Dislocation Investment Fund USD L</x:t>
   </x:si>
   <x:si>
     <x:t>06/14/2021</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 12/31/2025 (AUD,%)</x:t>
   </x:si>
   <x:si>
+    <x:t>Average Annual Total Return (Net) in AUD as of 12/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in AUD as of 12/31/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>Quarter-End as of 12/31/2025 (EUR,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in EUR as of 12/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in EUR as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 12/31/2025 (GBP,%)</x:t>
   </x:si>
   <x:si>
+    <x:t>Average Annual Total Return (Net) in GBP as of 12/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in GBP as of 12/31/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 12/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in USD as of 12/31/2025</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -951,19846 +981,20319 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D76"/>
+  <x:dimension ref="A1:D79"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="26.980625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.67</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.67</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>5.67</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>5.67</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>-0.28</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.28</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>-0.28</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>-0.28</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>3.52</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>3.52</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-2.57</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-2.56</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-3.96</x:v>
+        <x:v>-2.57</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>-2.56</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>-3.96</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
         <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>3.13</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.58</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-3.83</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-3.83</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>-3.83</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>-3.83</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-2.42</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-2.42</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-3.1</x:v>
+        <x:v>-2.42</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-3.09</x:v>
+        <x:v>-2.42</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>-3.1</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>-3.09</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-1.87</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-1.86</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>-1.87</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>-1.86</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-1.85</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-1.84</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>-1.85</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>-1.84</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
         <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-2.96</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-2.95</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-0.19</x:v>
+        <x:v>-2.96</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>-2.95</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>3.95</x:v>
+        <x:v>-0.19</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>3.96</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>2.66</x:v>
+        <x:v>3.96</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
         <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-4.34</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-4.34</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>-4.34</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>-4.34</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-3.76</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-3.75</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>0.28</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>1.52</x:v>
+        <x:v>-3.76</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>1.52</x:v>
+        <x:v>-3.75</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>0.28</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>0.24</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-0.24</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-0.24</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>0.27</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>1.24</x:v>
+        <x:v>-0.24</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>1.25</x:v>
+        <x:v>-0.24</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
+        <x:v>1.24</x:v>
+      </x:c>
+      <x:c r="C45" s="4" t="n">
+        <x:v>1.25</x:v>
+      </x:c>
+      <x:c r="D45" s="4" t="n">
+        <x:v>0.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:4">
+      <x:c r="A46" s="2" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="B46" s="4" t="n">
         <x:v>0.85</x:v>
       </x:c>
-      <x:c r="C45" s="4" t="n">
+      <x:c r="C46" s="4" t="n">
         <x:v>0.86</x:v>
       </x:c>
-      <x:c r="D45" s="4" t="n">
+      <x:c r="D46" s="4" t="n">
         <x:v>0.22</x:v>
       </x:c>
     </x:row>
-    <x:row r="47" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="48" spans="1:4">
-      <x:c r="A48" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A48" s="2" t="s"/>
+      <x:c r="B48" s="3" t="s"/>
+      <x:c r="C48" s="3" t="s"/>
+      <x:c r="D48" s="3" t="s"/>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>4.87</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>4.88</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-6.24</x:v>
+        <x:v>12.64</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-6.22</x:v>
+        <x:v>12.66</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>4.02</x:v>
+        <x:v>4.87</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>0.92</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-3.28</x:v>
+        <x:v>-6.24</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-3.26</x:v>
+        <x:v>-6.22</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-3.22</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-3.2</x:v>
+        <x:v>4.04</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>1.07</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>1.43</x:v>
+        <x:v>-3.28</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>-3.26</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>1.08</x:v>
+        <x:v>1.12</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>3.47</x:v>
+        <x:v>-3.22</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>-3.2</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>1.11</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>-1.41</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>-1.39</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>1.08</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>7.41</x:v>
+        <x:v>3.47</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>7.43</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>1.08</x:v>
+        <x:v>1.09</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>-1.41</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>-1.39</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.06</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-2.01</x:v>
+        <x:v>7.41</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>7.43</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>1.08</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
+        <x:v>-0.55</x:v>
+      </x:c>
+      <x:c r="C60" s="4" t="n">
+        <x:v>-0.53</x:v>
+      </x:c>
+      <x:c r="D60" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:4">
+      <x:c r="A61" s="2" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="B61" s="4" t="n">
+        <x:v>-2.01</x:v>
+      </x:c>
+      <x:c r="C61" s="4" t="n">
+        <x:v>-1.99</x:v>
+      </x:c>
+      <x:c r="D61" s="4" t="n">
+        <x:v>0.79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:4">
+      <x:c r="A62" s="2" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="B62" s="4" t="n">
         <x:v>1.85</x:v>
       </x:c>
-      <x:c r="C60" s="4" t="n">
+      <x:c r="C62" s="4" t="n">
         <x:v>1.87</x:v>
       </x:c>
-      <x:c r="D60" s="4" t="n">
+      <x:c r="D62" s="4" t="n">
         <x:v>0.74</x:v>
       </x:c>
     </x:row>
-    <x:row r="62" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="64" spans="1:4">
-      <x:c r="A64" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A64" s="2" t="s"/>
+      <x:c r="B64" s="3" t="s"/>
+      <x:c r="C64" s="3" t="s"/>
+      <x:c r="D64" s="3" t="s"/>
     </x:row>
     <x:row r="65" spans="1:4">
-      <x:c r="A65" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A65" s="2" t="s">
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>3.19</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>3.27</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B66" s="4" t="n">
+        <x:v>15.21</x:v>
+      </x:c>
+      <x:c r="C66" s="4" t="n">
+        <x:v>15.28</x:v>
+      </x:c>
+      <x:c r="D66" s="4" t="n">
+        <x:v>3.97</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:4">
+      <x:c r="A67" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B67" s="4" t="n">
+        <x:v>-1.76</x:v>
+      </x:c>
+      <x:c r="C67" s="4" t="n">
+        <x:v>-1.7</x:v>
+      </x:c>
+      <x:c r="D67" s="4" t="n">
+        <x:v>4.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:4">
+      <x:c r="A68" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B68" s="4" t="n">
+        <x:v>3.19</x:v>
+      </x:c>
+      <x:c r="C68" s="4" t="n">
+        <x:v>3.27</x:v>
+      </x:c>
+      <x:c r="D68" s="4" t="n">
+        <x:v>3.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:4">
+      <x:c r="A69" s="2" t="n">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="B66" s="4" t="n">
+      <x:c r="B69" s="4" t="n">
         <x:v>1.85</x:v>
       </x:c>
-      <x:c r="C66" s="4" t="n">
+      <x:c r="C69" s="4" t="n">
         <x:v>1.87</x:v>
       </x:c>
-      <x:c r="D66" s="4" t="n">
+      <x:c r="D69" s="4" t="n">
         <x:v>0.74</x:v>
       </x:c>
     </x:row>
-    <x:row r="68" spans="1:4">
-[...10 lines deleted...]
-      <x:c r="A70" s="1" t="s">
+    <x:row r="71" spans="1:4">
+      <x:c r="A71" s="1" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:4">
+      <x:c r="A74" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
-    <x:row r="74" spans="1:4">
-      <x:c r="A74" s="1" t="s">
+    <x:row r="75" spans="1:4">
+      <x:c r="A75" s="1" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:4">
+      <x:c r="A77" s="1" t="s">
         <x:v>67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:4">
+      <x:c r="A78" s="2" t="s">
+        <x:v>68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:4">
+      <x:c r="A79" s="1" t="s">
+        <x:v>69</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D100"/>
+  <x:dimension ref="A1:D103"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.130625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>2.61</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
         <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.69</x:v>
+        <x:v>5.75</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.19</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.56</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.59</x:v>
+        <x:v>-0.19</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>3.59</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
         <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-2.55</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-2.53</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-3.83</x:v>
+        <x:v>-2.55</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-3.81</x:v>
+        <x:v>-2.53</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>-3.83</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>-3.81</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>3.13</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-1.52</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>-1.52</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-3.77</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-3.74</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.39</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-0.95</x:v>
+        <x:v>-3.77</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-0.93</x:v>
+        <x:v>-3.74</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-2.37</x:v>
+        <x:v>-0.95</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-2.35</x:v>
+        <x:v>-0.93</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-2.72</x:v>
+        <x:v>-2.37</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>-2.35</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>2.06</x:v>
+        <x:v>-2.72</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>2.08</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-1.41</x:v>
+        <x:v>2.06</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-1.39</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>-1.41</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>-1.39</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>2.56</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-1.76</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-1.74</x:v>
+        <x:v>2.56</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>-1.76</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>2.99</x:v>
+        <x:v>-1.74</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>2.99</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
         <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-2.89</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-2.87</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>-2.89</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>-2.87</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>-0.02</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>2.74</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
         <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>2.49</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>2.52</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-4.18</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-4.16</x:v>
+        <x:v>2.52</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>-4.18</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>-4.16</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-3.12</x:v>
+        <x:v>1.63</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-3.1</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>-3.12</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>-3.1</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>0.02</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.24</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-1.16</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>-0.02</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-1.42</x:v>
+        <x:v>-1.16</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.15</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-2.24</x:v>
+        <x:v>-1.42</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-2.22</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>4.95</x:v>
+        <x:v>-2.24</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>-2.22</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>0.07</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>4.22</x:v>
+        <x:v>4.95</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>4.22</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-1.78</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-1.74</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>9.82</x:v>
+        <x:v>-1.78</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>9.86</x:v>
+        <x:v>-1.74</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>9.82</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>4.28</x:v>
+        <x:v>9.86</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>2.58</x:v>
+        <x:v>4.28</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-1.83</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-1.78</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>0.78</x:v>
+        <x:v>-1.83</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>-1.78</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-1.06</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>-1.16</x:v>
+        <x:v>-1.06</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-5.61</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-5.57</x:v>
+        <x:v>-1.16</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>-5.61</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>-2.82</x:v>
+        <x:v>-5.57</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="64" spans="1:4">
-[...3 lines deleted...]
-      <x:c r="D64" s="3" t="s"/>
+    <x:row r="63" spans="1:4">
+      <x:c r="A63" s="2" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="B63" s="4" t="n">
+        <x:v>-2.85</x:v>
+      </x:c>
+      <x:c r="C63" s="4" t="n">
+        <x:v>-2.82</x:v>
+      </x:c>
+      <x:c r="D63" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
-      <x:c r="A65" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A65" s="2" t="s"/>
+      <x:c r="B65" s="3" t="s"/>
+      <x:c r="C65" s="3" t="s"/>
+      <x:c r="D65" s="3" t="s"/>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>5.05</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>5.12</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>-6.07</x:v>
+        <x:v>12.45</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>-6.01</x:v>
+        <x:v>12.52</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>5.05</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>3.96</x:v>
+        <x:v>5.12</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.11</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>-3.12</x:v>
+        <x:v>-6.07</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>-3.06</x:v>
+        <x:v>-6.01</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>1.09</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>3.89</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>-3</x:v>
+        <x:v>3.96</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>1.58</x:v>
+        <x:v>-3.12</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>-3.06</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>1.23</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>3.72</x:v>
+        <x:v>-3.07</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>3.79</x:v>
+        <x:v>-3</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>1.37</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>-1.11</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>1.39</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>6.88</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>6.95</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>-0.19</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>-0.12</x:v>
+        <x:v>-1.11</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>1.25</x:v>
+        <x:v>1.41</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>-1.43</x:v>
+        <x:v>6.88</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>-1.36</x:v>
+        <x:v>6.95</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>1.38</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>-0.19</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>2.52</x:v>
+        <x:v>-0.12</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>0.87</x:v>
+        <x:v>1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>-2.62</x:v>
+        <x:v>-1.43</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>-1.36</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>1.12</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>6.92</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>2.52</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>0.87</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>7.49</x:v>
+        <x:v>-2.62</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>7.62</x:v>
+        <x:v>-2.54</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>4.93</x:v>
+        <x:v>6.92</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>5.06</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>-1.53</x:v>
+        <x:v>7.49</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>7.62</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
+        <x:v>4.93</x:v>
+      </x:c>
+      <x:c r="C83" s="4" t="n">
+        <x:v>5.06</x:v>
+      </x:c>
+      <x:c r="D83" s="4" t="n">
+        <x:v>0.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:4">
+      <x:c r="A84" s="2" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B84" s="4" t="n">
+        <x:v>-1.53</x:v>
+      </x:c>
+      <x:c r="C84" s="4" t="n">
+        <x:v>-1.4</x:v>
+      </x:c>
+      <x:c r="D84" s="4" t="n">
+        <x:v>0.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:4">
+      <x:c r="A85" s="2" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B85" s="4" t="n">
         <x:v>-8.3</x:v>
       </x:c>
-      <x:c r="C83" s="4" t="n">
+      <x:c r="C85" s="4" t="n">
         <x:v>-8.23</x:v>
       </x:c>
-      <x:c r="D83" s="4" t="n">
+      <x:c r="D85" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="85" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="87" spans="1:4">
-      <x:c r="A87" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A87" s="2" t="s"/>
+      <x:c r="B87" s="3" t="s"/>
+      <x:c r="C87" s="3" t="s"/>
+      <x:c r="D87" s="3" t="s"/>
     </x:row>
     <x:row r="88" spans="1:4">
-      <x:c r="A88" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A88" s="2" t="s">
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>3.91</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>14.67</x:v>
+        <x:v>15.26</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>15.06</x:v>
+        <x:v>15.57</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B90" s="4" t="n">
+        <x:v>-1.06</x:v>
+      </x:c>
+      <x:c r="C90" s="4" t="n">
+        <x:v>-0.8</x:v>
+      </x:c>
+      <x:c r="D90" s="4" t="n">
+        <x:v>5.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:4">
+      <x:c r="A91" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B91" s="4" t="n">
+        <x:v>3.91</x:v>
+      </x:c>
+      <x:c r="C91" s="4" t="n">
+        <x:v>4.2</x:v>
+      </x:c>
+      <x:c r="D91" s="4" t="n">
+        <x:v>5.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:4">
+      <x:c r="A92" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B92" s="4" t="n">
+        <x:v>14.67</x:v>
+      </x:c>
+      <x:c r="C92" s="4" t="n">
+        <x:v>15.06</x:v>
+      </x:c>
+      <x:c r="D92" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:4">
+      <x:c r="A93" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="B90" s="4" t="n">
+      <x:c r="B93" s="4" t="n">
         <x:v>-5.25</x:v>
       </x:c>
-      <x:c r="C90" s="4" t="n">
+      <x:c r="C93" s="4" t="n">
         <x:v>-4.94</x:v>
       </x:c>
-      <x:c r="D90" s="4" t="n">
+      <x:c r="D93" s="4" t="n">
         <x:v>0.02</x:v>
       </x:c>
     </x:row>
-    <x:row r="92" spans="1:4">
-[...10 lines deleted...]
-      <x:c r="A94" s="1" t="s">
+    <x:row r="95" spans="1:4">
+      <x:c r="A95" s="1" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
       <x:c r="A96" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4">
       <x:c r="A97" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4">
-      <x:c r="A98" s="1" t="s">
+      <x:c r="A98" s="2" t="s">
+        <x:v>117</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99" spans="1:4">
+      <x:c r="A99" s="1" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:4">
       <x:c r="A100" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:4">
+      <x:c r="A101" s="1" t="s">
         <x:v>67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:4">
+      <x:c r="A102" s="2" t="s">
+        <x:v>68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:4">
+      <x:c r="A103" s="1" t="s">
+        <x:v>69</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D99"/>
+  <x:dimension ref="A1:D102"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.130625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.66</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.71</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
         <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>5.71</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>5.75</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.17</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.54</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.57</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.68</x:v>
+        <x:v>3.57</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
         <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-2.56</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-2.52</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-3.84</x:v>
+        <x:v>-2.56</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-3.8</x:v>
+        <x:v>-2.52</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>-3.84</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>-3.8</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>3.13</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-1.52</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-1.48</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.58</x:v>
+        <x:v>-1.52</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.62</x:v>
+        <x:v>-1.48</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-3.77</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-3.74</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.39</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>-3.77</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-0.93</x:v>
+        <x:v>-3.74</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-2.38</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-2.34</x:v>
+        <x:v>-0.93</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-2.75</x:v>
+        <x:v>-2.38</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-2.71</x:v>
+        <x:v>-2.34</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>2.07</x:v>
+        <x:v>-2.75</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>2.11</x:v>
+        <x:v>-2.71</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-1.41</x:v>
+        <x:v>2.11</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>-1.41</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>2.95</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>2.99</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>2.95</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>2.99</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
         <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-2.92</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-2.88</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>-2.92</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>-2.88</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>3.77</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>3.81</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>2.75</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>3.81</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>2.75</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
         <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-4.23</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-4.2</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>1.68</x:v>
+        <x:v>-4.23</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>-4.2</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-3.62</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-3.59</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>-3.62</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>1.49</x:v>
+        <x:v>-3.59</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>1.68</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.24</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-1.57</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-1.53</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-1.55</x:v>
+        <x:v>-1.57</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-1.51</x:v>
+        <x:v>-1.53</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.15</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-2.29</x:v>
+        <x:v>-1.55</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-2.26</x:v>
+        <x:v>-1.51</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>-2.29</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>4.94</x:v>
+        <x:v>-2.26</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>0.07</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>4.16</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>4.19</x:v>
+        <x:v>4.94</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-0.24</x:v>
+        <x:v>4.16</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-0.19</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>-0.24</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-1.77</x:v>
+        <x:v>-0.19</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>8.81</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>8.86</x:v>
+        <x:v>-1.77</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>8.81</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>8.86</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>2.58</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-1.85</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>-1.85</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-1.16</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-1.16</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-3.8</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-3.77</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="63" spans="1:4">
-[...3 lines deleted...]
-      <x:c r="D63" s="3" t="s"/>
+    <x:row r="62" spans="1:4">
+      <x:c r="A62" s="2" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="B62" s="4" t="n">
+        <x:v>-3.8</x:v>
+      </x:c>
+      <x:c r="C62" s="4" t="n">
+        <x:v>-3.77</x:v>
+      </x:c>
+      <x:c r="D62" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
-      <x:c r="A64" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A64" s="2" t="s"/>
+      <x:c r="B64" s="3" t="s"/>
+      <x:c r="C64" s="3" t="s"/>
+      <x:c r="D64" s="3" t="s"/>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>5.02</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>5.13</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>-6.09</x:v>
+        <x:v>12.48</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>-5.99</x:v>
+        <x:v>12.59</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>3.96</x:v>
+        <x:v>5.13</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.11</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>-3.19</x:v>
+        <x:v>-6.09</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>-3.09</x:v>
+        <x:v>-5.99</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>1.09</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>-3.09</x:v>
+        <x:v>3.86</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>-2.99</x:v>
+        <x:v>3.96</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>-3.19</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>-3.09</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>1.23</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>-3.09</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>3.74</x:v>
+        <x:v>-2.99</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>1.37</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>-1.08</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>1.39</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>7.35</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>7.47</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>-0.23</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>-0.12</x:v>
+        <x:v>-1.08</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>1.25</x:v>
+        <x:v>1.41</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>-1.82</x:v>
+        <x:v>7.35</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>7.47</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>1.38</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>-0.23</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>-0.12</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>0.87</x:v>
+        <x:v>1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>-3.19</x:v>
+        <x:v>-1.82</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>1.12</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>6.75</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>6.87</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>0.87</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>6.6</x:v>
+        <x:v>-3.19</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>6.73</x:v>
+        <x:v>-3.07</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>4.91</x:v>
+        <x:v>6.75</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>5.08</x:v>
+        <x:v>6.87</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>-1.61</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>-1.45</x:v>
+        <x:v>6.73</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
+        <x:v>4.91</x:v>
+      </x:c>
+      <x:c r="C82" s="4" t="n">
+        <x:v>5.08</x:v>
+      </x:c>
+      <x:c r="D82" s="4" t="n">
+        <x:v>0.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:4">
+      <x:c r="A83" s="2" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B83" s="4" t="n">
+        <x:v>-1.61</x:v>
+      </x:c>
+      <x:c r="C83" s="4" t="n">
+        <x:v>-1.45</x:v>
+      </x:c>
+      <x:c r="D83" s="4" t="n">
+        <x:v>0.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:4">
+      <x:c r="A84" s="2" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B84" s="4" t="n">
         <x:v>-3.8</x:v>
       </x:c>
-      <x:c r="C82" s="4" t="n">
+      <x:c r="C84" s="4" t="n">
         <x:v>-3.77</x:v>
       </x:c>
-      <x:c r="D82" s="4" t="n">
+      <x:c r="D84" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="84" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="86" spans="1:4">
-      <x:c r="A86" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A86" s="2" t="s"/>
+      <x:c r="B86" s="3" t="s"/>
+      <x:c r="C86" s="3" t="s"/>
+      <x:c r="D86" s="3" t="s"/>
     </x:row>
     <x:row r="87" spans="1:4">
-      <x:c r="A87" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A87" s="2" t="s">
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>3.91</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>4.35</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>13.24</x:v>
+        <x:v>15.21</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>13.77</x:v>
+        <x:v>15.68</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B89" s="4" t="n">
+        <x:v>-1.24</x:v>
+      </x:c>
+      <x:c r="C89" s="4" t="n">
+        <x:v>-0.83</x:v>
+      </x:c>
+      <x:c r="D89" s="4" t="n">
+        <x:v>5.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:4">
+      <x:c r="A90" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B90" s="4" t="n">
+        <x:v>3.91</x:v>
+      </x:c>
+      <x:c r="C90" s="4" t="n">
+        <x:v>4.35</x:v>
+      </x:c>
+      <x:c r="D90" s="4" t="n">
+        <x:v>5.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:4">
+      <x:c r="A91" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B91" s="4" t="n">
+        <x:v>13.24</x:v>
+      </x:c>
+      <x:c r="C91" s="4" t="n">
+        <x:v>13.77</x:v>
+      </x:c>
+      <x:c r="D91" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:4">
+      <x:c r="A92" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="B89" s="4" t="n">
+      <x:c r="B92" s="4" t="n">
         <x:v>-0.7</x:v>
       </x:c>
-      <x:c r="C89" s="4" t="n">
+      <x:c r="C92" s="4" t="n">
         <x:v>-0.35</x:v>
       </x:c>
-      <x:c r="D89" s="4" t="n">
+      <x:c r="D92" s="4" t="n">
         <x:v>0.02</x:v>
       </x:c>
     </x:row>
-    <x:row r="91" spans="1:4">
-[...10 lines deleted...]
-      <x:c r="A93" s="1" t="s">
+    <x:row r="94" spans="1:4">
+      <x:c r="A94" s="1" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
       <x:c r="A95" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
       <x:c r="A96" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4">
-      <x:c r="A97" s="1" t="s">
+      <x:c r="A97" s="2" t="s">
+        <x:v>117</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:4">
+      <x:c r="A98" s="1" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:4">
       <x:c r="A99" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:4">
+      <x:c r="A100" s="1" t="s">
         <x:v>67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:4">
+      <x:c r="A101" s="2" t="s">
+        <x:v>68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:4">
+      <x:c r="A102" s="1" t="s">
+        <x:v>69</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J29"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="38.620625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>12.64</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>15.21</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>15.21</x:v>
+        <x:v>21.78</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>5.31</x:v>
+        <x:v>6.63</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>5.48</x:v>
+        <x:v>6.62</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>3.97</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>3.97</x:v>
+        <x:v>3.89</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>4.11</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>4.02</x:v>
+        <x:v>4.01</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>3.82</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>11.74</x:v>
+        <x:v>3.82</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>11.24</x:v>
+        <x:v>3.82</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>11.24</x:v>
+        <x:v>17.89</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>2.61</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>12.66</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>15.28</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>15.28</x:v>
+        <x:v>21.86</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>5.38</x:v>
+        <x:v>6.7</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>5.55</x:v>
+        <x:v>6.69</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>3.97</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>3.97</x:v>
+        <x:v>3.89</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>4.11</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>4.02</x:v>
+        <x:v>4.01</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>3.82</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>11.75</x:v>
+        <x:v>3.82</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>11.31</x:v>
+        <x:v>3.82</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>11.31</x:v>
+        <x:v>17.97</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>2.68</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="41.550625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.58</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>11.73</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>11.68</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>11.68</x:v>
+        <x:v>18.06</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>3.91</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>5.47</x:v>
+        <x:v>6.29</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.52</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>3.19</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
         <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>11.21</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>9.35</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>9.35</x:v>
+        <x:v>15.82</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>3.22</x:v>
+        <x:v>4.05</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>12.2</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>13.6</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>13.6</x:v>
+        <x:v>20.07</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>4.41</x:v>
+        <x:v>5.71</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>8.14</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.52</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
         <x:v>3.19</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
         <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>3.85</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>11.68</x:v>
+        <x:v>3.85</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>11.27</x:v>
+        <x:v>3.85</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>11.27</x:v>
+        <x:v>17.84</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>1.22</x:v>
+        <x:v>2.52</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>5.06</x:v>
+        <x:v>5.9</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="41.550625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>11.88</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>13.05</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>13.05</x:v>
+        <x:v>18.62</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>3.91</x:v>
+        <x:v>4.95</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>4.47</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.52</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>3.19</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.27</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>11.37</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>10.73</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>10.73</x:v>
+        <x:v>16.39</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>2.47</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>11.96</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>13.35</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>13.35</x:v>
+        <x:v>18.93</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>4.19</x:v>
+        <x:v>5.23</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>4.16</x:v>
+        <x:v>4.79</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.52</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
         <x:v>3.19</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>11.44</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>11.03</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>11.03</x:v>
+        <x:v>16.7</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>2.17</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="41.550625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>12.01</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>13.04</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>13.04</x:v>
+        <x:v>18.61</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>4.95</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>3.72</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.52</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>3.19</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.78</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>3.04</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>11.49</x:v>
+        <x:v>3.04</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>10.71</x:v>
+        <x:v>3.04</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>10.71</x:v>
+        <x:v>16.37</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>0.94</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>12.12</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>13.51</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>13.51</x:v>
+        <x:v>19.1</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>5.39</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>4.16</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.52</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
         <x:v>3.19</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.78</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>3.08</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>11.6</x:v>
+        <x:v>3.08</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>11.18</x:v>
+        <x:v>3.08</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>11.18</x:v>
+        <x:v>16.86</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>0.52</x:v>
+        <x:v>1.38</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="41.590625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>12.41</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>15.4</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>15.4</x:v>
+        <x:v>21.04</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>5.58</x:v>
+        <x:v>6.63</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>5.42</x:v>
+        <x:v>6.06</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>4.21</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>4.74</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
         <x:v>3.36</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>11.41</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>11.1</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>11.1</x:v>
+        <x:v>16.83</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>2.06</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>12.48</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>15.71</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>15.71</x:v>
+        <x:v>21.35</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>5.86</x:v>
+        <x:v>6.92</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>6.39</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>4.21</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
         <x:v>4.74</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
         <x:v>3.36</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>3.08</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>11.48</x:v>
+        <x:v>3.08</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>11.4</x:v>
+        <x:v>3.08</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>11.4</x:v>
+        <x:v>17.15</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>3.03</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="41.590625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.62</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>12.41</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>15.29</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>15.29</x:v>
+        <x:v>20.93</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>5.46</x:v>
+        <x:v>6.52</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>7.63</x:v>
+        <x:v>8.33</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>4.21</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>4.74</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
         <x:v>3.82</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.27</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>11.41</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>10.98</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>10.98</x:v>
+        <x:v>16.72</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>3.81</x:v>
+        <x:v>4.51</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.66</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>12.52</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>15.76</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>15.76</x:v>
+        <x:v>21.43</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>6.97</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>8.1</x:v>
+        <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>4.21</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
         <x:v>4.74</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
         <x:v>3.82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.31</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>11.52</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>11.46</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>11.46</x:v>
+        <x:v>17.22</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>4.27</x:v>
+        <x:v>4.98</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="41.590625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>12.77</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>15.98</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>15.98</x:v>
+        <x:v>22.58</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>6.06</x:v>
+        <x:v>7.38</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>4.91</x:v>
+        <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>4.21</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>4.74</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>4.35</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.56</x:v>
+        <x:v>3.88</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>11.78</x:v>
+        <x:v>3.88</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>11.67</x:v>
+        <x:v>3.88</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>11.67</x:v>
+        <x:v>18.37</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>2.63</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>1.65</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>12.79</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>16.06</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>16.06</x:v>
+        <x:v>22.66</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>6.13</x:v>
+        <x:v>7.45</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>4.99</x:v>
+        <x:v>6.07</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>4.21</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
         <x:v>4.74</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>4.35</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>3.88</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>11.8</x:v>
+        <x:v>3.88</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>11.75</x:v>
+        <x:v>3.88</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>11.75</x:v>
+        <x:v>18.45</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="38.610625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>3.98</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>12.25</x:v>
+        <x:v>3.98</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>13.41</x:v>
+        <x:v>3.98</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>13.41</x:v>
+        <x:v>19.96</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>5.32</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.89</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>5.03</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>3.56</x:v>
+        <x:v>3.57</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>3.66</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>11.22</x:v>
+        <x:v>3.66</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>9.02</x:v>
+        <x:v>3.66</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>9.02</x:v>
+        <x:v>15.63</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>0.54</x:v>
+        <x:v>1.32</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>4.17</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>12.84</x:v>
+        <x:v>4.17</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>15.87</x:v>
+        <x:v>4.17</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>15.87</x:v>
+        <x:v>22.55</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>7.62</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>6.42</x:v>
+        <x:v>7.22</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>5.03</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>3.56</x:v>
+        <x:v>3.57</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.58</x:v>
+        <x:v>3.84</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>11.82</x:v>
+        <x:v>3.84</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>11.47</x:v>
+        <x:v>3.84</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>11.47</x:v>
+        <x:v>18.22</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>2.86</x:v>
+        <x:v>3.65</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D94"/>
+  <x:dimension ref="A1:D97"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="41.550625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.58</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>0.17</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.39</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.54</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>5.39</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>5.54</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.16</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.39</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>0.17</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>-0.39</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.16</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>0.17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-2.8</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-2.65</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-4.02</x:v>
+        <x:v>-2.8</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-3.88</x:v>
+        <x:v>-2.65</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.19</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>-4.02</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>-3.88</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.17</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-1.74</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-1.59</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>-1.74</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.55</x:v>
+        <x:v>-1.59</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.28</x:v>
+        <x:v>0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-4.03</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-3.89</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>0.28</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-1.24</x:v>
+        <x:v>-4.03</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-3.89</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-2.59</x:v>
+        <x:v>-1.24</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-2.45</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-3.31</x:v>
+        <x:v>-2.59</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-3.16</x:v>
+        <x:v>-2.45</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
         <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>2.14</x:v>
+        <x:v>-3.31</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>-3.16</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-2.06</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-1.92</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-2.06</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>-1.92</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>2.14</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-2.04</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-1.91</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>2.78</x:v>
+        <x:v>-2.04</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>2.93</x:v>
+        <x:v>-1.91</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-3.12</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-2.98</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-0.29</x:v>
+        <x:v>-3.12</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-0.15</x:v>
+        <x:v>-2.98</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>3.75</x:v>
+        <x:v>-0.29</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>-0.15</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>3.75</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>3.89</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>0.59</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>0.28</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-4.59</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-4.45</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>0.28</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>1.42</x:v>
+        <x:v>-4.59</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>-4.45</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-4.04</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-3.9</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
         <x:v>0.23</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>-4.04</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>1.43</x:v>
+        <x:v>-3.9</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>0.23</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
         <x:v>0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-0.52</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-0.37</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>0.95</x:v>
+        <x:v>-0.52</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>-0.37</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>1.42</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>0.13</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-0.39</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.06</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-1.89</x:v>
+        <x:v>-0.39</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-1.74</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-2.1</x:v>
+        <x:v>-1.89</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-1.95</x:v>
+        <x:v>-1.74</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-3.17</x:v>
+        <x:v>-2.1</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-3.03</x:v>
+        <x:v>-1.95</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
         <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>-3.17</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>-3.03</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
         <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>5.11</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
         <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-0.38</x:v>
+        <x:v>5.11</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
         <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-2.41</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>-0.38</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
         <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>10.79</x:v>
+        <x:v>-2.41</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>10.94</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
         <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>3.99</x:v>
+        <x:v>10.79</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>4.15</x:v>
+        <x:v>10.94</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
         <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>3.99</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
         <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
+        <x:v>2.43</x:v>
+      </x:c>
+      <x:c r="C57" s="4" t="n">
+        <x:v>2.59</x:v>
+      </x:c>
+      <x:c r="D57" s="4" t="n">
+        <x:v>-0.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:4">
+      <x:c r="A58" s="2" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="B58" s="4" t="n">
         <x:v>-3.4</x:v>
       </x:c>
-      <x:c r="C57" s="4" t="n">
+      <x:c r="C58" s="4" t="n">
         <x:v>-3.28</x:v>
       </x:c>
-      <x:c r="D57" s="4" t="n">
+      <x:c r="D58" s="4" t="n">
         <x:v>-0.03</x:v>
       </x:c>
     </x:row>
-    <x:row r="59" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="60" spans="1:4">
-      <x:c r="A60" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A60" s="2" t="s"/>
+      <x:c r="B60" s="3" t="s"/>
+      <x:c r="C60" s="3" t="s"/>
+      <x:c r="D60" s="3" t="s"/>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>4.09</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>4.53</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>0.51</x:v>
+        <x:v>0.17</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>-6.79</x:v>
+        <x:v>11.73</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>-6.38</x:v>
+        <x:v>12.2</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>0.52</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>4.09</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>3.47</x:v>
+        <x:v>4.53</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.51</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>-3.9</x:v>
+        <x:v>-6.79</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>-3.48</x:v>
+        <x:v>-6.38</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>-3.79</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>-3.37</x:v>
+        <x:v>3.47</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>0.87</x:v>
+        <x:v>-3.9</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>-3.48</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>0.84</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>-3.79</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>3.43</x:v>
+        <x:v>-3.37</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.97</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>-1.89</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>-1.46</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
         <x:v>1.01</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>6.77</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>7.23</x:v>
+        <x:v>3.43</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>-1.11</x:v>
+        <x:v>-1.89</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>-0.68</x:v>
+        <x:v>-1.46</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>1.01</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>-2.72</x:v>
+        <x:v>6.77</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>7.23</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>0.59</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>-1.11</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>-0.68</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>-2.72</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>-3.89</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>7.59</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>8.05</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>7.53</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>-3.89</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>-0.12</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
+        <x:v>7.59</x:v>
+      </x:c>
+      <x:c r="C76" s="4" t="n">
+        <x:v>8.05</x:v>
+      </x:c>
+      <x:c r="D76" s="4" t="n">
+        <x:v>-0.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:4">
+      <x:c r="A77" s="2" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="B77" s="4" t="n">
+        <x:v>7.53</x:v>
+      </x:c>
+      <x:c r="C77" s="4" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D77" s="4" t="n">
+        <x:v>-0.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:4">
+      <x:c r="A78" s="2" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="B78" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
-      <x:c r="C76" s="4" t="n">
+      <x:c r="C78" s="4" t="n">
         <x:v>3.34</x:v>
       </x:c>
-      <x:c r="D76" s="4" t="n">
+      <x:c r="D78" s="4" t="n">
         <x:v>-0.11</x:v>
       </x:c>
     </x:row>
-    <x:row r="78" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="80" spans="1:4">
-      <x:c r="A80" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A80" s="2" t="s"/>
+      <x:c r="B80" s="3" t="s"/>
+      <x:c r="C80" s="3" t="s"/>
+      <x:c r="D80" s="3" t="s"/>
     </x:row>
     <x:row r="81" spans="1:4">
-      <x:c r="A81" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A81" s="2" t="s">
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>0.78</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>0.17</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>12.59</x:v>
+        <x:v>11.68</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>14.56</x:v>
+        <x:v>13.6</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>2.33</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B83" s="4" t="n">
+        <x:v>-3.94</x:v>
+      </x:c>
+      <x:c r="C83" s="4" t="n">
+        <x:v>-2.27</x:v>
+      </x:c>
+      <x:c r="D83" s="4" t="n">
+        <x:v>3.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:4">
+      <x:c r="A84" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B84" s="4" t="n">
+        <x:v>0.78</x:v>
+      </x:c>
+      <x:c r="C84" s="4" t="n">
+        <x:v>2.53</x:v>
+      </x:c>
+      <x:c r="D84" s="4" t="n">
+        <x:v>3.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:4">
+      <x:c r="A85" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B85" s="4" t="n">
+        <x:v>12.59</x:v>
+      </x:c>
+      <x:c r="C85" s="4" t="n">
+        <x:v>14.56</x:v>
+      </x:c>
+      <x:c r="D85" s="4" t="n">
+        <x:v>0.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:4">
+      <x:c r="A86" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="B83" s="4" t="n">
+      <x:c r="B86" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
-      <x:c r="C83" s="4" t="n">
+      <x:c r="C86" s="4" t="n">
         <x:v>3.34</x:v>
       </x:c>
-      <x:c r="D83" s="4" t="n">
+      <x:c r="D86" s="4" t="n">
         <x:v>-0.11</x:v>
       </x:c>
     </x:row>
-    <x:row r="85" spans="1:4">
-[...10 lines deleted...]
-      <x:c r="A87" s="1" t="s">
+    <x:row r="88" spans="1:4">
+      <x:c r="A88" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
-    <x:row r="88" spans="1:4">
-[...3 lines deleted...]
-    </x:row>
     <x:row r="89" spans="1:4">
-      <x:c r="A89" s="2" t="s">
-        <x:v>89</x:v>
+      <x:c r="A89" s="1" t="s">
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
-      <x:c r="A91" s="1" t="s">
-        <x:v>64</x:v>
+      <x:c r="A91" s="2" t="s">
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
-      <x:c r="A92" s="1" t="s">
+      <x:c r="A92" s="2" t="s">
+        <x:v>91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:4">
+      <x:c r="A93" s="1" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:4">
+      <x:c r="A95" s="1" t="s">
         <x:v>67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:4">
+      <x:c r="A96" s="2" t="s">
+        <x:v>68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:4">
+      <x:c r="A97" s="1" t="s">
+        <x:v>69</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J29"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="38.660625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.78</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>12.34</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>13.95</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>13.95</x:v>
+        <x:v>20.53</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>4.52</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>7.38</x:v>
+        <x:v>8.22</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>5.03</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
         <x:v>3.91</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>11.32</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>9.56</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>9.56</x:v>
+        <x:v>16.2</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>-0.51</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>3.47</x:v>
+        <x:v>4.31</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>12.81</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>15.91</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>15.91</x:v>
+        <x:v>22.59</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>7.63</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>9.25</x:v>
+        <x:v>10.1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>5.03</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
         <x:v>3.91</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>3.85</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>11.79</x:v>
+        <x:v>3.85</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>11.51</x:v>
+        <x:v>3.85</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>11.51</x:v>
+        <x:v>18.25</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>5.34</x:v>
+        <x:v>6.19</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J29"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="38.490625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>12.45</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>15.26</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>15.26</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>6.85</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>5.59</x:v>
+        <x:v>6.23</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>5.03</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>3.56</x:v>
+        <x:v>3.57</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.26</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>11.42</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>10.87</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>10.87</x:v>
+        <x:v>16.67</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>2.67</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.61</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>12.52</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>15.57</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>15.57</x:v>
+        <x:v>21.32</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>7.14</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>5.93</x:v>
+        <x:v>6.57</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>5.03</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>3.56</x:v>
+        <x:v>3.57</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.28</x:v>
+        <x:v>3.08</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>11.49</x:v>
+        <x:v>3.08</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>11.17</x:v>
+        <x:v>3.08</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>11.17</x:v>
+        <x:v>16.99</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>2.37</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J29"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="38.230625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.66</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>12.48</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>15.21</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>15.21</x:v>
+        <x:v>20.9</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>5.74</x:v>
+        <x:v>6.76</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>6.46</x:v>
+        <x:v>7.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>5.03</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
         <x:v>3.64</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>3.02</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>11.45</x:v>
+        <x:v>3.02</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>10.81</x:v>
+        <x:v>3.02</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>10.81</x:v>
+        <x:v>16.57</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>0.71</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>3.46</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>12.59</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>15.68</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>15.68</x:v>
+        <x:v>21.4</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>6.18</x:v>
+        <x:v>7.21</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>6.95</x:v>
+        <x:v>7.59</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.33</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>5.03</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
         <x:v>3.64</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.37</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>11.57</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>11.29</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>11.29</x:v>
+        <x:v>17.06</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>3.31</x:v>
+        <x:v>3.95</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I29"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="38.620625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>12.64</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>15.21</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>15.21</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>5.31</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>5.48</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>3.97</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>3.97</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>4.11</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>4.02</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>11.74</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>11.24</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>11.24</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>1.46</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>12.66</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>15.28</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>15.28</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>5.38</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>5.55</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>3.97</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>3.97</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>4.11</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>4.02</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>11.75</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>11.31</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>11.31</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>1.27</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>1.53</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="41.550625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>11.73</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>11.68</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>11.68</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>2.63</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>5.47</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>0.52</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>2.33</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>2.33</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>3.19</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>11.21</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>9.35</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>9.35</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>-0.56</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>3.22</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>12.2</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>13.6</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>13.6</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>4.41</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>0.52</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>2.33</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>2.33</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>3.19</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>11.68</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>11.27</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>11.27</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>1.22</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>5.06</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="41.550625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>11.88</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>13.05</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>13.05</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>3.91</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>3.84</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>0.52</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>2.33</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>2.33</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>3.19</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>11.37</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>10.73</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>10.73</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>0.72</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>11.96</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>13.35</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>13.35</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>4.19</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>4.16</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>0.52</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>2.33</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>2.33</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>3.19</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>11.44</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>11.03</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>11.03</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>2.17</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="41.550625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>12.01</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>13.04</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>13.04</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>3.92</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>2.89</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>0.52</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>2.33</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>2.33</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>3.19</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>11.49</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>10.71</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>10.71</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>0.73</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>0.09</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>12.12</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>13.51</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>13.51</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>4.36</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>0.52</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>2.33</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>2.33</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>3.19</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>11.6</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>11.18</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>11.18</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>1.16</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>0.52</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="41.590625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>12.41</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>15.4</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>15.4</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>5.58</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>5.42</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>4.31</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>4.31</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>4.74</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>3.36</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>11.41</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>11.1</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>11.1</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>0.84</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>2.06</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>12.48</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>15.71</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>15.71</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>5.86</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>5.75</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>4.31</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>4.31</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>4.74</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>3.36</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>11.48</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>11.4</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>11.4</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>1.12</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="41.590625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>12.41</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>15.29</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>15.29</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>5.46</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>7.63</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>4.31</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>4.31</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>4.74</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>3.82</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>11.41</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>10.98</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>10.98</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>0.72</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>3.81</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>12.52</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>15.76</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>15.76</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>5.9</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>8.1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>4.31</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>4.31</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>4.74</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>3.82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>11.52</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>11.46</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>11.46</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>1.16</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>4.27</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet29.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="41.590625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>12.77</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>15.98</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>15.98</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>6.06</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>4.91</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>4.31</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>4.31</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>4.74</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>4.36</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>11.78</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>11.67</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>11.67</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>1.32</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>0.55</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>12.79</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>16.06</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>16.06</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>6.13</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>4.99</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>4.31</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>4.31</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>4.74</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>4.36</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>11.8</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>11.75</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>11.75</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>1.39</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D101"/>
+  <x:dimension ref="A1:D104"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="41.550625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>0.17</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.54</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.56</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.48</x:v>
+        <x:v>5.54</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>5.56</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.16</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>3.48</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>0.17</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.49</x:v>
+        <x:v>3.36</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.16</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>0.17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-2.67</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-2.65</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-3.9</x:v>
+        <x:v>-2.67</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-3.88</x:v>
+        <x:v>-2.65</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.19</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>-3.9</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>-3.88</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>2.17</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-1.61</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-1.59</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.49</x:v>
+        <x:v>-1.61</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.52</x:v>
+        <x:v>-1.59</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.28</x:v>
+        <x:v>0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-3.93</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-3.91</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>0.28</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-3.93</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-1.08</x:v>
+        <x:v>-3.91</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-2.48</x:v>
+        <x:v>-1.08</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-2.9</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-2.88</x:v>
+        <x:v>-2.48</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
         <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>1.99</x:v>
+        <x:v>-2.9</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>-2.88</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-1.57</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-1.54</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>-1.57</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>-1.54</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-1.93</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-1.91</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>-1.93</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>2.93</x:v>
+        <x:v>-1.91</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-2.96</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-2.94</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>-2.96</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>-2.94</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>3.24</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>3.24</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>0.58</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>2.63</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>2.28</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>0.28</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-4.41</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-4.38</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>0.28</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>1.49</x:v>
+        <x:v>-4.41</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>-4.38</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-3.39</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-3.37</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
         <x:v>0.23</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>-3.39</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>-3.37</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>0.23</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
         <x:v>0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-0.28</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-0.26</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>-0.28</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>-0.26</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>0.13</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-0.24</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.06</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-1.37</x:v>
+        <x:v>-0.24</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-1.34</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-1.58</x:v>
+        <x:v>-1.37</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-1.55</x:v>
+        <x:v>-1.34</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-2.4</x:v>
+        <x:v>-1.58</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-2.38</x:v>
+        <x:v>-1.55</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
         <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>4.89</x:v>
+        <x:v>-2.4</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>-2.38</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
         <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.89</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>4.13</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
         <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-0.44</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-0.41</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
         <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-1.98</x:v>
+        <x:v>-0.44</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>-0.41</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
         <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>9.86</x:v>
+        <x:v>-1.98</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>-1.94</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
         <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>9.86</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>4.13</x:v>
+        <x:v>9.9</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
         <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>2.55</x:v>
+        <x:v>4.08</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
         <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-1.89</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-1.85</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
         <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>-1.89</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>-1.85</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
         <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-1.16</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-1.12</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
         <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>-1.26</x:v>
+        <x:v>-1.16</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>-1.21</x:v>
+        <x:v>-1.12</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
         <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-5.66</x:v>
+        <x:v>-1.26</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-5.62</x:v>
+        <x:v>-1.21</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
         <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
+        <x:v>-5.66</x:v>
+      </x:c>
+      <x:c r="C62" s="4" t="n">
+        <x:v>-5.62</x:v>
+      </x:c>
+      <x:c r="D62" s="4" t="n">
+        <x:v>-0.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:4">
+      <x:c r="A63" s="2" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="B63" s="4" t="n">
         <x:v>-2.9</x:v>
       </x:c>
-      <x:c r="C62" s="4" t="n">
+      <x:c r="C63" s="4" t="n">
         <x:v>-2.87</x:v>
       </x:c>
-      <x:c r="D62" s="4" t="n">
+      <x:c r="D63" s="4" t="n">
         <x:v>-0.02</x:v>
       </x:c>
     </x:row>
-    <x:row r="64" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="65" spans="1:4">
-      <x:c r="A65" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A65" s="2" t="s"/>
+      <x:c r="B65" s="3" t="s"/>
+      <x:c r="C65" s="3" t="s"/>
+      <x:c r="D65" s="3" t="s"/>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>4.41</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>0.51</x:v>
+        <x:v>0.17</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>-6.42</x:v>
+        <x:v>11.88</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>-6.36</x:v>
+        <x:v>11.96</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>0.52</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>3.42</x:v>
+        <x:v>4.41</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.51</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>-3.57</x:v>
+        <x:v>-6.42</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>-3.51</x:v>
+        <x:v>-6.36</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>-3.45</x:v>
+        <x:v>3.42</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>-3.38</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>-3.57</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>-3.51</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>0.84</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>-3.45</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-3.38</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.97</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>-1.55</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>-1.48</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
         <x:v>1.01</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>6.54</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>6.62</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>-0.77</x:v>
+        <x:v>-1.55</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-1.48</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>1.01</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>6.54</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>-2</x:v>
+        <x:v>6.62</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>0.59</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>-0.77</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>-3.16</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>-3.08</x:v>
+        <x:v>-2</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>6.58</x:v>
+        <x:v>1.72</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>6.66</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>7.21</x:v>
+        <x:v>-3.16</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>7.33</x:v>
+        <x:v>-3.08</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>-0.12</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>4.72</x:v>
+        <x:v>6.58</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>6.66</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>-0.12</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>7.21</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>-1.57</x:v>
+        <x:v>7.33</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
         <x:v>-0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
+        <x:v>4.72</x:v>
+      </x:c>
+      <x:c r="C83" s="4" t="n">
+        <x:v>4.85</x:v>
+      </x:c>
+      <x:c r="D83" s="4" t="n">
+        <x:v>-0.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:4">
+      <x:c r="A84" s="2" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B84" s="4" t="n">
+        <x:v>-1.69</x:v>
+      </x:c>
+      <x:c r="C84" s="4" t="n">
+        <x:v>-1.57</x:v>
+      </x:c>
+      <x:c r="D84" s="4" t="n">
+        <x:v>-0.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:4">
+      <x:c r="A85" s="2" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B85" s="4" t="n">
         <x:v>-8.4</x:v>
       </x:c>
-      <x:c r="C83" s="4" t="n">
+      <x:c r="C85" s="4" t="n">
         <x:v>-8.33</x:v>
       </x:c>
-      <x:c r="D83" s="4" t="n">
+      <x:c r="D85" s="4" t="n">
         <x:v>-0.07</x:v>
       </x:c>
     </x:row>
-    <x:row r="85" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="87" spans="1:4">
-      <x:c r="A87" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A87" s="2" t="s"/>
+      <x:c r="B87" s="3" t="s"/>
+      <x:c r="C87" s="3" t="s"/>
+      <x:c r="D87" s="3" t="s"/>
     </x:row>
     <x:row r="88" spans="1:4">
-      <x:c r="A88" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A88" s="2" t="s">
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>0.17</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>12.57</x:v>
+        <x:v>13.05</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>12.94</x:v>
+        <x:v>13.35</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>2.33</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B90" s="4" t="n">
+        <x:v>-2.63</x:v>
+      </x:c>
+      <x:c r="C90" s="4" t="n">
+        <x:v>-2.38</x:v>
+      </x:c>
+      <x:c r="D90" s="4" t="n">
+        <x:v>3.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:4">
+      <x:c r="A91" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B91" s="4" t="n">
+        <x:v>1.93</x:v>
+      </x:c>
+      <x:c r="C91" s="4" t="n">
+        <x:v>2.21</x:v>
+      </x:c>
+      <x:c r="D91" s="4" t="n">
+        <x:v>3.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:4">
+      <x:c r="A92" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B92" s="4" t="n">
+        <x:v>12.57</x:v>
+      </x:c>
+      <x:c r="C92" s="4" t="n">
+        <x:v>12.94</x:v>
+      </x:c>
+      <x:c r="D92" s="4" t="n">
+        <x:v>0.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:4">
+      <x:c r="A93" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="B90" s="4" t="n">
+      <x:c r="B93" s="4" t="n">
         <x:v>-5.7</x:v>
       </x:c>
-      <x:c r="C90" s="4" t="n">
+      <x:c r="C93" s="4" t="n">
         <x:v>-5.39</x:v>
       </x:c>
-      <x:c r="D90" s="4" t="n">
+      <x:c r="D93" s="4" t="n">
         <x:v>-0.32</x:v>
       </x:c>
     </x:row>
-    <x:row r="92" spans="1:4">
-[...10 lines deleted...]
-      <x:c r="A94" s="1" t="s">
+    <x:row r="95" spans="1:4">
+      <x:c r="A95" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
-    <x:row r="95" spans="1:4">
-[...3 lines deleted...]
-    </x:row>
     <x:row r="96" spans="1:4">
-      <x:c r="A96" s="2" t="s">
-        <x:v>89</x:v>
+      <x:c r="A96" s="1" t="s">
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4">
       <x:c r="A97" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4">
-      <x:c r="A98" s="1" t="s">
-        <x:v>64</x:v>
+      <x:c r="A98" s="2" t="s">
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:4">
-      <x:c r="A99" s="1" t="s">
+      <x:c r="A99" s="2" t="s">
+        <x:v>91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:4">
+      <x:c r="A100" s="1" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:4">
       <x:c r="A101" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:4">
+      <x:c r="A102" s="1" t="s">
         <x:v>67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:4">
+      <x:c r="A103" s="2" t="s">
+        <x:v>68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:4">
+      <x:c r="A104" s="1" t="s">
+        <x:v>69</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet30.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="38.610625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>154</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>12.25</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>13.41</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>13.41</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>4.06</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>1.02</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>5.03</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>3.56</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>11.22</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>9.02</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>9.02</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>-0.98</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>0.54</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>156</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>12.84</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>15.87</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>15.87</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>6.33</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>6.42</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>1.02</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>5.03</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>3.56</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>11.82</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>11.47</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>11.47</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>2.86</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet31.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I29"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="38.660625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>154</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>12.34</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>13.95</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>13.95</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>4.52</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>7.38</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>1.02</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>5.03</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>3.91</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>11.32</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>9.56</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>9.56</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>-0.51</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>3.47</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>156</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>12.81</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>15.91</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>15.91</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>6.33</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>9.25</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>1.02</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>5.03</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>3.91</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>11.79</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>11.51</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>11.51</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>5.34</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet32.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I29"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="38.490625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>154</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>12.45</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>15.26</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>15.26</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>5.82</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>5.59</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>1.02</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>5.03</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>3.56</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>11.42</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>10.87</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>10.87</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>0.79</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>2.03</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>156</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>12.52</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>15.57</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>15.57</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>6.1</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>5.93</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>1.02</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>5.03</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>3.56</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>11.49</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>11.17</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>11.17</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>1.07</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>2.37</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet33.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I29"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="38.230625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>154</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>12.48</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>15.21</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>15.21</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>5.74</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>6.46</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>1.02</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>5.03</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>3.64</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>11.45</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>10.81</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>10.81</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>0.71</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>2.83</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>156</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>12.59</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>15.68</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>15.68</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>6.18</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>6.95</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>1.02</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>5.03</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>3.64</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>11.57</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>11.29</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>11.29</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>1.15</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>3.31</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D83"/>
+  <x:dimension ref="A1:D86"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="41.550625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>0.17</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.48</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.52</x:v>
+        <x:v>2.63</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>5.48</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.53</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.16</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>-0.45</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>3.53</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>0.17</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.34</x:v>
+        <x:v>-0.45</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.52</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.16</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>0.17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-2.73</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-2.69</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-3.91</x:v>
+        <x:v>-2.73</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-3.87</x:v>
+        <x:v>-2.69</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.19</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>-3.91</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-3.87</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.28</x:v>
+        <x:v>0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-3.99</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>0.28</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-1.08</x:v>
+        <x:v>-3.99</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-1.05</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>-1.08</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-2.46</x:v>
+        <x:v>-1.05</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-2.98</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-2.95</x:v>
+        <x:v>-2.46</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
         <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>2.05</x:v>
+        <x:v>-2.98</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>2.08</x:v>
+        <x:v>-2.95</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-1.93</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-1.9</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>-1.93</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>-1.9</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>2.92</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-2.99</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-2.96</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-2.99</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>-2.96</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>2.55</x:v>
+        <x:v>3.86</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>0.58</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>2.25</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>0.28</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-4.41</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-4.37</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>0.28</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>-4.41</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>-4.37</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-3.91</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
         <x:v>0.23</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>-3.91</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>0.23</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
         <x:v>0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-0.35</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-0.32</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>-0.35</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>-0.32</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>1.43</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>0.13</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-0.31</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-0.27</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.06</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-1.78</x:v>
+        <x:v>-0.31</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-1.74</x:v>
+        <x:v>-0.27</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-1.89</x:v>
+        <x:v>-1.78</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-1.85</x:v>
+        <x:v>-1.74</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
+        <x:v>-1.89</x:v>
+      </x:c>
+      <x:c r="C49" s="4" t="n">
+        <x:v>-1.85</x:v>
+      </x:c>
+      <x:c r="D49" s="4" t="n">
+        <x:v>-0.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:4">
+      <x:c r="A50" s="2" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="B50" s="4" t="n">
         <x:v>0.45</x:v>
       </x:c>
-      <x:c r="C49" s="4" t="n">
+      <x:c r="C50" s="4" t="n">
         <x:v>0.46</x:v>
       </x:c>
-      <x:c r="D49" s="4" t="n">
+      <x:c r="D50" s="4" t="n">
         <x:v>-0.01</x:v>
       </x:c>
     </x:row>
-    <x:row r="51" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="52" spans="1:4">
-      <x:c r="A52" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A52" s="2" t="s"/>
+      <x:c r="B52" s="3" t="s"/>
+      <x:c r="C52" s="3" t="s"/>
+      <x:c r="D52" s="3" t="s"/>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>4.39</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>0.51</x:v>
+        <x:v>0.17</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-6.48</x:v>
+        <x:v>12.01</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-6.38</x:v>
+        <x:v>12.12</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>0.52</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>4.39</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>3.48</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.51</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>-3.6</x:v>
+        <x:v>-6.48</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>-3.5</x:v>
+        <x:v>-6.38</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-3.47</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-3.37</x:v>
+        <x:v>3.48</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>-3.6</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>-3.5</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>0.84</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>-3.47</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>-3.37</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.97</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>-1.57</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>-1.46</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
         <x:v>1.01</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>7.13</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>7.24</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>-0.78</x:v>
+        <x:v>-1.57</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>-0.68</x:v>
+        <x:v>-1.46</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>1.01</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>-2.44</x:v>
+        <x:v>7.13</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>-2.33</x:v>
+        <x:v>7.24</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>0.59</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>2.07</x:v>
+        <x:v>-0.78</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>-0.68</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>-3.93</x:v>
+        <x:v>-2.44</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>-3.82</x:v>
+        <x:v>-2.33</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
+        <x:v>2.07</x:v>
+      </x:c>
+      <x:c r="C66" s="4" t="n">
+        <x:v>2.18</x:v>
+      </x:c>
+      <x:c r="D66" s="4" t="n">
+        <x:v>0.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:4">
+      <x:c r="A67" s="2" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="B67" s="4" t="n">
+        <x:v>-3.93</x:v>
+      </x:c>
+      <x:c r="C67" s="4" t="n">
+        <x:v>-3.82</x:v>
+      </x:c>
+      <x:c r="D67" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:4">
+      <x:c r="A68" s="2" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B68" s="4" t="n">
         <x:v>0.45</x:v>
       </x:c>
-      <x:c r="C66" s="4" t="n">
+      <x:c r="C68" s="4" t="n">
         <x:v>0.46</x:v>
       </x:c>
-      <x:c r="D66" s="4" t="n">
+      <x:c r="D68" s="4" t="n">
         <x:v>-0.01</x:v>
       </x:c>
     </x:row>
-    <x:row r="68" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="70" spans="1:4">
-      <x:c r="A70" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A70" s="2" t="s"/>
+      <x:c r="B70" s="3" t="s"/>
+      <x:c r="C70" s="3" t="s"/>
+      <x:c r="D70" s="3" t="s"/>
     </x:row>
     <x:row r="71" spans="1:4">
-      <x:c r="A71" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A71" s="2" t="s">
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>2.08</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>2.51</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>0.17</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B72" s="4" t="n">
+        <x:v>13.04</x:v>
+      </x:c>
+      <x:c r="C72" s="4" t="n">
+        <x:v>13.51</x:v>
+      </x:c>
+      <x:c r="D72" s="4" t="n">
+        <x:v>2.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:4">
+      <x:c r="A73" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B73" s="4" t="n">
+        <x:v>-2.73</x:v>
+      </x:c>
+      <x:c r="C73" s="4" t="n">
+        <x:v>-2.33</x:v>
+      </x:c>
+      <x:c r="D73" s="4" t="n">
+        <x:v>3.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:4">
+      <x:c r="A74" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B74" s="4" t="n">
+        <x:v>2.08</x:v>
+      </x:c>
+      <x:c r="C74" s="4" t="n">
+        <x:v>2.51</x:v>
+      </x:c>
+      <x:c r="D74" s="4" t="n">
+        <x:v>3.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:4">
+      <x:c r="A75" s="2" t="n">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="B72" s="4" t="n">
+      <x:c r="B75" s="4" t="n">
         <x:v>-1.5</x:v>
       </x:c>
-      <x:c r="C72" s="4" t="n">
+      <x:c r="C75" s="4" t="n">
         <x:v>-1.27</x:v>
       </x:c>
-      <x:c r="D72" s="4" t="n">
+      <x:c r="D75" s="4" t="n">
         <x:v>0.31</x:v>
       </x:c>
     </x:row>
-    <x:row r="74" spans="1:4">
-[...10 lines deleted...]
-      <x:c r="A76" s="1" t="s">
+    <x:row r="77" spans="1:4">
+      <x:c r="A77" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
-    <x:row r="77" spans="1:4">
-[...3 lines deleted...]
-    </x:row>
     <x:row r="78" spans="1:4">
-      <x:c r="A78" s="2" t="s">
-        <x:v>89</x:v>
+      <x:c r="A78" s="1" t="s">
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
-      <x:c r="A80" s="1" t="s">
-        <x:v>64</x:v>
+      <x:c r="A80" s="2" t="s">
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
-      <x:c r="A81" s="1" t="s">
+      <x:c r="A81" s="2" t="s">
+        <x:v>91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:4">
+      <x:c r="A82" s="1" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:4">
+      <x:c r="A84" s="1" t="s">
         <x:v>67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:4">
+      <x:c r="A85" s="2" t="s">
+        <x:v>68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:4">
+      <x:c r="A86" s="1" t="s">
+        <x:v>69</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D101"/>
+  <x:dimension ref="A1:D104"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="41.590625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.65</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>5.75</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>3.52</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
         <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-2.48</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-2.46</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-3.78</x:v>
+        <x:v>-2.48</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-3.76</x:v>
+        <x:v>-2.46</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>-3.78</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>-3.76</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-1.45</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-1.42</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>-1.45</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>-1.42</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-3.84</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-3.82</x:v>
+        <x:v>1.63</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>-3.84</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-0.94</x:v>
+        <x:v>-3.82</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-2.39</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-2.37</x:v>
+        <x:v>-0.94</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
         <x:v>0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>-2.39</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-2.72</x:v>
+        <x:v>-2.37</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>-2.74</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>2.05</x:v>
+        <x:v>-2.72</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-1.38</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-1.36</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>-1.38</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>1.08</x:v>
+        <x:v>-1.36</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>2.51</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-1.82</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>-1.82</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-2.86</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-2.84</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>-2.86</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-0.07</x:v>
+        <x:v>-2.84</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>3.53</x:v>
+        <x:v>-0.07</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>3.51</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>3.53</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>0.71</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-4.3</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-4.28</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>-4.3</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>1.62</x:v>
+        <x:v>-4.28</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.39</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-3.45</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-3.42</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>1.24</x:v>
+        <x:v>-3.45</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>-3.42</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-0.14</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-0.12</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>-0.14</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>-0.12</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>1.22</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>1.25</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>0.08</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>0.17</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-1.21</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>0.15</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-1.33</x:v>
+        <x:v>-1.21</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-1.31</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-2.37</x:v>
+        <x:v>-1.33</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-2.35</x:v>
+        <x:v>-1.31</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
         <x:v>0.09</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>4.98</x:v>
+        <x:v>-2.37</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>5.01</x:v>
+        <x:v>-2.35</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>0.08</x:v>
+        <x:v>0.09</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>5.01</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-0.15</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
         <x:v>0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-1.73</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>-0.15</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>9.82</x:v>
+        <x:v>-1.73</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>9.86</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>9.82</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>4.17</x:v>
+        <x:v>9.86</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>4.17</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-1.83</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-1.78</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>-1.83</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>-1.78</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-1.16</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-1.12</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>-1.15</x:v>
+        <x:v>-1.16</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-1.12</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-5.61</x:v>
+        <x:v>-1.15</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-5.57</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>-2.9</x:v>
+        <x:v>-5.61</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>-2.87</x:v>
+        <x:v>-5.57</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="64" spans="1:4">
-[...3 lines deleted...]
-      <x:c r="D64" s="3" t="s"/>
+    <x:row r="63" spans="1:4">
+      <x:c r="A63" s="2" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="B63" s="4" t="n">
+        <x:v>-2.9</x:v>
+      </x:c>
+      <x:c r="C63" s="4" t="n">
+        <x:v>-2.87</x:v>
+      </x:c>
+      <x:c r="D63" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
-      <x:c r="A65" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A65" s="2" t="s"/>
+      <x:c r="B65" s="3" t="s"/>
+      <x:c r="C65" s="3" t="s"/>
+      <x:c r="D65" s="3" t="s"/>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>5.04</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>5.11</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>1.03</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>-5.99</x:v>
+        <x:v>12.41</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>-5.93</x:v>
+        <x:v>12.48</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>1.08</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>3.97</x:v>
+        <x:v>5.04</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>5.11</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>1.03</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>-3.23</x:v>
+        <x:v>-5.99</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>-3.17</x:v>
+        <x:v>-5.93</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>1.22</x:v>
+        <x:v>1.08</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>-3.13</x:v>
+        <x:v>3.97</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>4.04</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>1.13</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>-3.23</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>-3.17</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>1.22</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>3.61</x:v>
+        <x:v>-3.13</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>-3.07</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>1.31</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>-1.19</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>-1.12</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.32</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>3.61</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>1.28</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>-1.19</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>-0.36</x:v>
+        <x:v>-1.12</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>-1.93</x:v>
+        <x:v>7.12</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>-1.87</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>1.28</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>2.12</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>-0.36</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>1.09</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>-2.48</x:v>
+        <x:v>-1.93</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>-2.4</x:v>
+        <x:v>-1.87</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>0.94</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>6.86</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>6.96</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>7.71</x:v>
+        <x:v>-2.48</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>7.84</x:v>
+        <x:v>-2.4</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.39</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>4.87</x:v>
+        <x:v>6.86</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>6.96</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>-1.47</x:v>
+        <x:v>7.71</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>-1.35</x:v>
+        <x:v>7.84</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
+        <x:v>4.87</x:v>
+      </x:c>
+      <x:c r="C83" s="4" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="D83" s="4" t="n">
+        <x:v>0.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:4">
+      <x:c r="A84" s="2" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B84" s="4" t="n">
+        <x:v>-1.47</x:v>
+      </x:c>
+      <x:c r="C84" s="4" t="n">
+        <x:v>-1.35</x:v>
+      </x:c>
+      <x:c r="D84" s="4" t="n">
+        <x:v>0.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:4">
+      <x:c r="A85" s="2" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B85" s="4" t="n">
         <x:v>-8.35</x:v>
       </x:c>
-      <x:c r="C83" s="4" t="n">
+      <x:c r="C85" s="4" t="n">
         <x:v>-8.28</x:v>
       </x:c>
-      <x:c r="D83" s="4" t="n">
+      <x:c r="D85" s="4" t="n">
         <x:v>0.01</x:v>
       </x:c>
     </x:row>
-    <x:row r="85" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="87" spans="1:4">
-      <x:c r="A87" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A87" s="2" t="s"/>
+      <x:c r="B87" s="3" t="s"/>
+      <x:c r="C87" s="3" t="s"/>
+      <x:c r="D87" s="3" t="s"/>
     </x:row>
     <x:row r="88" spans="1:4">
-      <x:c r="A88" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A88" s="2" t="s">
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>4.69</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>14.63</x:v>
+        <x:v>15.4</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>15.04</x:v>
+        <x:v>15.71</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>4.31</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B90" s="4" t="n">
+        <x:v>-1.34</x:v>
+      </x:c>
+      <x:c r="C90" s="4" t="n">
+        <x:v>-1.07</x:v>
+      </x:c>
+      <x:c r="D90" s="4" t="n">
+        <x:v>5.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:4">
+      <x:c r="A91" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B91" s="4" t="n">
+        <x:v>3.36</x:v>
+      </x:c>
+      <x:c r="C91" s="4" t="n">
+        <x:v>3.64</x:v>
+      </x:c>
+      <x:c r="D91" s="4" t="n">
+        <x:v>4.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:4">
+      <x:c r="A92" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B92" s="4" t="n">
+        <x:v>14.63</x:v>
+      </x:c>
+      <x:c r="C92" s="4" t="n">
+        <x:v>15.04</x:v>
+      </x:c>
+      <x:c r="D92" s="4" t="n">
+        <x:v>1.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:4">
+      <x:c r="A93" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="B90" s="4" t="n">
+      <x:c r="B93" s="4" t="n">
         <x:v>-5.3</x:v>
       </x:c>
-      <x:c r="C90" s="4" t="n">
+      <x:c r="C93" s="4" t="n">
         <x:v>-4.99</x:v>
       </x:c>
-      <x:c r="D90" s="4" t="n">
+      <x:c r="D93" s="4" t="n">
         <x:v>0.04</x:v>
       </x:c>
     </x:row>
-    <x:row r="92" spans="1:4">
-[...10 lines deleted...]
-      <x:c r="A94" s="1" t="s">
+    <x:row r="95" spans="1:4">
+      <x:c r="A95" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
-    <x:row r="95" spans="1:4">
-[...3 lines deleted...]
-    </x:row>
     <x:row r="96" spans="1:4">
-      <x:c r="A96" s="2" t="s">
-        <x:v>105</x:v>
+      <x:c r="A96" s="1" t="s">
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4">
       <x:c r="A97" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4">
-      <x:c r="A98" s="1" t="s">
-        <x:v>64</x:v>
+      <x:c r="A98" s="2" t="s">
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:4">
-      <x:c r="A99" s="1" t="s">
+      <x:c r="A99" s="2" t="s">
+        <x:v>107</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:4">
+      <x:c r="A100" s="1" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:4">
       <x:c r="A101" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:4">
+      <x:c r="A102" s="1" t="s">
         <x:v>67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:4">
+      <x:c r="A103" s="2" t="s">
+        <x:v>68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:4">
+      <x:c r="A104" s="1" t="s">
+        <x:v>69</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D92"/>
+  <x:dimension ref="A1:D95"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="41.590625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.62</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>2.66</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.71</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.74</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>5.71</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.66</x:v>
+        <x:v>5.74</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>3.66</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.53</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.56</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>3.53</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
         <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-2.52</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-2.48</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-3.78</x:v>
+        <x:v>-2.52</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-3.75</x:v>
+        <x:v>-2.48</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>-3.78</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>-3.75</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>3.13</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-1.45</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-1.42</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>-1.45</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>-1.42</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-3.84</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-3.8</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-0.99</x:v>
+        <x:v>-3.84</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>-3.8</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-2.38</x:v>
+        <x:v>-0.99</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-2.34</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
         <x:v>0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-2.78</x:v>
+        <x:v>-2.38</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-2.75</x:v>
+        <x:v>-2.34</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>-2.78</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>2.07</x:v>
+        <x:v>-2.75</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-1.42</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-1.39</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>-1.42</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>-1.39</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>1.95</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-1.77</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>-1.77</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-2.87</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-2.84</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>-2.87</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>-2.84</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>2.28</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-3.7</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-3.66</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>-3.7</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>-3.66</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.39</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-2.99</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-2.96</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>-2.99</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>-2.96</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>0.95</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>0.17</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>0.15</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-1.38</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-1.34</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>-1.38</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-2.24</x:v>
+        <x:v>-1.34</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
         <x:v>0.09</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>5.01</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>5.04</x:v>
+        <x:v>-2.24</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>0.08</x:v>
+        <x:v>0.09</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>5.01</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>4.29</x:v>
+        <x:v>5.04</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-0.23</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-0.19</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
         <x:v>0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-1.77</x:v>
+        <x:v>-0.23</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-1.73</x:v>
+        <x:v>-0.19</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>8.66</x:v>
+        <x:v>-1.77</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>-1.73</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
+        <x:v>8.66</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="n">
+        <x:v>8.7</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="n">
+        <x:v>0.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:4">
+      <x:c r="A56" s="2" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="B56" s="4" t="n">
         <x:v>1.65</x:v>
       </x:c>
-      <x:c r="C55" s="4" t="n">
+      <x:c r="C56" s="4" t="n">
         <x:v>1.69</x:v>
       </x:c>
-      <x:c r="D55" s="4" t="n">
+      <x:c r="D56" s="4" t="n">
         <x:v>0.01</x:v>
       </x:c>
     </x:row>
-    <x:row r="57" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="58" spans="1:4">
-      <x:c r="A58" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A58" s="2" t="s"/>
+      <x:c r="B58" s="3" t="s"/>
+      <x:c r="C58" s="3" t="s"/>
+      <x:c r="D58" s="3" t="s"/>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>4.98</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>5.09</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>1.03</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>-6</x:v>
+        <x:v>12.41</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>-5.9</x:v>
+        <x:v>12.52</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>1.08</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>3.93</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>4.03</x:v>
+        <x:v>5.09</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>1.03</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>-3.26</x:v>
+        <x:v>-6</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>-3.16</x:v>
+        <x:v>-5.9</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>1.22</x:v>
+        <x:v>1.08</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>-3.16</x:v>
+        <x:v>3.93</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>-3.06</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>1.13</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>-3.26</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>-3.16</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>1.22</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>3.58</x:v>
+        <x:v>-3.16</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>-3.06</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>1.31</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>-1.21</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.32</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>6.27</x:v>
+        <x:v>3.58</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>6.38</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>1.28</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>-1.21</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>-0.07</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>-1.48</x:v>
+        <x:v>6.27</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>-1.37</x:v>
+        <x:v>6.38</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>1.28</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>1.99</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>-0.07</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>1.09</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>-2.55</x:v>
+        <x:v>-1.48</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-1.37</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>0.94</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>6.97</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>7.09</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>6.49</x:v>
+        <x:v>-2.55</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>6.62</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.39</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
+        <x:v>6.97</x:v>
+      </x:c>
+      <x:c r="C74" s="4" t="n">
+        <x:v>7.09</x:v>
+      </x:c>
+      <x:c r="D74" s="4" t="n">
+        <x:v>0.22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:4">
+      <x:c r="A75" s="2" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="B75" s="4" t="n">
+        <x:v>6.49</x:v>
+      </x:c>
+      <x:c r="C75" s="4" t="n">
+        <x:v>6.62</x:v>
+      </x:c>
+      <x:c r="D75" s="4" t="n">
+        <x:v>0.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:4">
+      <x:c r="A76" s="2" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="B76" s="4" t="n">
         <x:v>1.65</x:v>
       </x:c>
-      <x:c r="C74" s="4" t="n">
+      <x:c r="C76" s="4" t="n">
         <x:v>1.69</x:v>
       </x:c>
-      <x:c r="D74" s="4" t="n">
+      <x:c r="D76" s="4" t="n">
         <x:v>0.01</x:v>
       </x:c>
     </x:row>
-    <x:row r="76" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="78" spans="1:4">
-      <x:c r="A78" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A78" s="2" t="s"/>
+      <x:c r="B78" s="3" t="s"/>
+      <x:c r="C78" s="3" t="s"/>
+      <x:c r="D78" s="3" t="s"/>
     </x:row>
     <x:row r="79" spans="1:4">
-      <x:c r="A79" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A79" s="2" t="s">
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>4.69</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>13.23</x:v>
+        <x:v>15.29</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>13.75</x:v>
+        <x:v>15.76</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>4.31</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B81" s="4" t="n">
+        <x:v>-1.47</x:v>
+      </x:c>
+      <x:c r="C81" s="4" t="n">
+        <x:v>-1.06</x:v>
+      </x:c>
+      <x:c r="D81" s="4" t="n">
+        <x:v>5.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:4">
+      <x:c r="A82" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B82" s="4" t="n">
+        <x:v>3.26</x:v>
+      </x:c>
+      <x:c r="C82" s="4" t="n">
+        <x:v>3.7</x:v>
+      </x:c>
+      <x:c r="D82" s="4" t="n">
+        <x:v>4.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:4">
+      <x:c r="A83" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B83" s="4" t="n">
+        <x:v>13.23</x:v>
+      </x:c>
+      <x:c r="C83" s="4" t="n">
+        <x:v>13.75</x:v>
+      </x:c>
+      <x:c r="D83" s="4" t="n">
+        <x:v>1.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:4">
+      <x:c r="A84" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="B81" s="4" t="n">
+      <x:c r="B84" s="4" t="n">
         <x:v>1.65</x:v>
       </x:c>
-      <x:c r="C81" s="4" t="n">
+      <x:c r="C84" s="4" t="n">
         <x:v>1.69</x:v>
       </x:c>
-      <x:c r="D81" s="4" t="n">
+      <x:c r="D84" s="4" t="n">
         <x:v>0.01</x:v>
       </x:c>
     </x:row>
-    <x:row r="83" spans="1:4">
-[...10 lines deleted...]
-      <x:c r="A85" s="1" t="s">
+    <x:row r="86" spans="1:4">
+      <x:c r="A86" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
-    <x:row r="86" spans="1:4">
-[...3 lines deleted...]
-    </x:row>
     <x:row r="87" spans="1:4">
-      <x:c r="A87" s="2" t="s">
-        <x:v>105</x:v>
+      <x:c r="A87" s="1" t="s">
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
-      <x:c r="A89" s="1" t="s">
-        <x:v>64</x:v>
+      <x:c r="A89" s="2" t="s">
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
-      <x:c r="A90" s="1" t="s">
+      <x:c r="A90" s="2" t="s">
+        <x:v>107</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:4">
+      <x:c r="A91" s="1" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:4">
+      <x:c r="A93" s="1" t="s">
         <x:v>67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:4">
+      <x:c r="A94" s="2" t="s">
+        <x:v>68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:4">
+      <x:c r="A95" s="1" t="s">
+        <x:v>69</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D81"/>
+  <x:dimension ref="A1:D84"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="41.590625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.76</x:v>
+        <x:v>2.92</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>5.75</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.63</x:v>
+        <x:v>5.76</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>-0.19</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>3.63</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>-0.19</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
         <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-2.49</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-3.77</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-3.76</x:v>
+        <x:v>-2.49</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>-3.77</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>-3.76</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-1.42</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-1.42</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>-1.42</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>-1.42</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-3.79</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-3.78</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-0.95</x:v>
+        <x:v>-3.79</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-0.94</x:v>
+        <x:v>-3.78</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-2.41</x:v>
+        <x:v>-0.95</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-2.4</x:v>
+        <x:v>-0.94</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
         <x:v>0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-3.1</x:v>
+        <x:v>-2.41</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-3.09</x:v>
+        <x:v>-2.4</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>2.49</x:v>
+        <x:v>-3.1</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>2.49</x:v>
+        <x:v>-3.09</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-1.85</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-1.85</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>-1.85</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>1.24</x:v>
+        <x:v>-1.85</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>2.25</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>2.55</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-1.78</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>-1.78</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-2.83</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-2.82</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>-2.83</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>-2.82</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>2.82</x:v>
+        <x:v>4.04</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>4.04</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>0.67</x:v>
+        <x:v>2.82</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-4.3</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-4.29</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>-4.3</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>-4.29</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.39</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-3.76</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-3.75</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>-3.76</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>-3.75</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>1.22</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>1.55</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>0.17</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-1.58</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-1.57</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>0.15</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
+        <x:v>-1.58</x:v>
+      </x:c>
+      <x:c r="C48" s="4" t="n">
+        <x:v>-1.57</x:v>
+      </x:c>
+      <x:c r="D48" s="4" t="n">
+        <x:v>0.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:4">
+      <x:c r="A49" s="2" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="B49" s="4" t="n">
         <x:v>-1.7</x:v>
       </x:c>
-      <x:c r="C48" s="4" t="n">
+      <x:c r="C49" s="4" t="n">
         <x:v>-1.69</x:v>
       </x:c>
-      <x:c r="D48" s="4" t="n">
+      <x:c r="D49" s="4" t="n">
         <x:v>0.09</x:v>
       </x:c>
     </x:row>
-    <x:row r="50" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="51" spans="1:4">
-      <x:c r="A51" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A51" s="2" t="s"/>
+      <x:c r="B51" s="3" t="s"/>
+      <x:c r="C51" s="3" t="s"/>
+      <x:c r="D51" s="3" t="s"/>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>5.11</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>5.13</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>1.03</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-5.94</x:v>
+        <x:v>12.77</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-5.92</x:v>
+        <x:v>12.79</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>1.08</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>4.02</x:v>
+        <x:v>5.11</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>5.13</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>1.03</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-3.13</x:v>
+        <x:v>-5.94</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-3.12</x:v>
+        <x:v>-5.92</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>1.22</x:v>
+        <x:v>1.08</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>-3.08</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>4.04</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>1.13</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>-3.13</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>-3.12</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>1.22</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>-3.08</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>-3.07</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>1.31</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-1.15</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-1.13</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.32</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>7.69</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>7.71</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>1.28</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-0.36</x:v>
+        <x:v>-1.15</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>-1.13</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>-1.92</x:v>
+        <x:v>7.69</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>-1.9</x:v>
+        <x:v>7.71</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>1.28</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>-0.36</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>2.55</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>1.09</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
+        <x:v>-1.92</x:v>
+      </x:c>
+      <x:c r="C64" s="4" t="n">
+        <x:v>-1.9</x:v>
+      </x:c>
+      <x:c r="D64" s="4" t="n">
+        <x:v>0.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:4">
+      <x:c r="A65" s="2" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="B65" s="4" t="n">
+        <x:v>2.53</x:v>
+      </x:c>
+      <x:c r="C65" s="4" t="n">
+        <x:v>2.55</x:v>
+      </x:c>
+      <x:c r="D65" s="4" t="n">
+        <x:v>0.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:4">
+      <x:c r="A66" s="2" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="B66" s="4" t="n">
         <x:v>-3.3</x:v>
       </x:c>
-      <x:c r="C64" s="4" t="n">
+      <x:c r="C66" s="4" t="n">
         <x:v>-3.27</x:v>
       </x:c>
-      <x:c r="D64" s="4" t="n">
+      <x:c r="D66" s="4" t="n">
         <x:v>0.39</x:v>
       </x:c>
     </x:row>
-    <x:row r="66" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="68" spans="1:4">
-      <x:c r="A68" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A68" s="2" t="s"/>
+      <x:c r="B68" s="3" t="s"/>
+      <x:c r="C68" s="3" t="s"/>
+      <x:c r="D68" s="3" t="s"/>
     </x:row>
     <x:row r="69" spans="1:4">
-      <x:c r="A69" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A69" s="2" t="s">
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>4.03</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>4.11</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>4.69</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B70" s="4" t="n">
+        <x:v>15.98</x:v>
+      </x:c>
+      <x:c r="C70" s="4" t="n">
+        <x:v>16.06</x:v>
+      </x:c>
+      <x:c r="D70" s="4" t="n">
+        <x:v>4.31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:4">
+      <x:c r="A71" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B71" s="4" t="n">
+        <x:v>-1.11</x:v>
+      </x:c>
+      <x:c r="C71" s="4" t="n">
+        <x:v>-1.05</x:v>
+      </x:c>
+      <x:c r="D71" s="4" t="n">
+        <x:v>5.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:4">
+      <x:c r="A72" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B72" s="4" t="n">
+        <x:v>4.03</x:v>
+      </x:c>
+      <x:c r="C72" s="4" t="n">
+        <x:v>4.11</x:v>
+      </x:c>
+      <x:c r="D72" s="4" t="n">
+        <x:v>4.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:4">
+      <x:c r="A73" s="2" t="n">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="B70" s="4" t="n">
+      <x:c r="B73" s="4" t="n">
         <x:v>-0.85</x:v>
       </x:c>
-      <x:c r="C70" s="4" t="n">
+      <x:c r="C73" s="4" t="n">
         <x:v>-0.8</x:v>
       </x:c>
-      <x:c r="D70" s="4" t="n">
+      <x:c r="D73" s="4" t="n">
         <x:v>1.08</x:v>
       </x:c>
     </x:row>
-    <x:row r="72" spans="1:4">
-[...10 lines deleted...]
-      <x:c r="A74" s="1" t="s">
+    <x:row r="75" spans="1:4">
+      <x:c r="A75" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
-    <x:row r="75" spans="1:4">
-[...3 lines deleted...]
-    </x:row>
     <x:row r="76" spans="1:4">
-      <x:c r="A76" s="2" t="s">
-        <x:v>105</x:v>
+      <x:c r="A76" s="1" t="s">
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
-      <x:c r="A78" s="1" t="s">
-        <x:v>64</x:v>
+      <x:c r="A78" s="2" t="s">
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
-      <x:c r="A79" s="1" t="s">
+      <x:c r="A79" s="2" t="s">
+        <x:v>107</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:4">
+      <x:c r="A80" s="1" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:4">
+      <x:c r="A82" s="1" t="s">
         <x:v>67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:4">
+      <x:c r="A83" s="2" t="s">
+        <x:v>68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:4">
+      <x:c r="A84" s="1" t="s">
+        <x:v>69</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D101"/>
+  <x:dimension ref="A1:D104"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.130625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>3.98</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>4.17</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.58</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.76</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
         <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>5.58</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>5.76</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>-0.37</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.19</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>-0.37</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.54</x:v>
+        <x:v>-0.19</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>3.36</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.69</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
         <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>0.28</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-2.52</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-4.01</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-3.83</x:v>
+        <x:v>-2.52</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>2.95</x:v>
+        <x:v>-4.01</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>-3.83</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>2.95</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-1.51</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>-1.51</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-3.9</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-3.72</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.39</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-1.13</x:v>
+        <x:v>-3.9</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-0.95</x:v>
+        <x:v>-3.72</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-2.52</x:v>
+        <x:v>-1.13</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-2.34</x:v>
+        <x:v>-0.95</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-3.21</x:v>
+        <x:v>-2.52</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-3.03</x:v>
+        <x:v>-2.34</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>-3.21</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>-3.03</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-1.93</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>-1.93</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>1.22</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>2.08</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>2.26</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-1.91</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-1.74</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>-1.91</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>-1.74</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
         <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-3.06</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-2.88</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>-3.06</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-2.88</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>4.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>2.58</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>4.01</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>0.53</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>0.71</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
         <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-4.38</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-4.2</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>-4.38</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>-4.2</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-3.86</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-3.67</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>-3.86</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>-3.67</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>0.28</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-0.28</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>1.08</x:v>
+        <x:v>-0.28</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-0.24</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.24</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>-0.24</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-1.93</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.15</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-2.99</x:v>
+        <x:v>-1.93</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-2.81</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>5.96</x:v>
+        <x:v>-2.99</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>6.14</x:v>
+        <x:v>-2.81</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>0.07</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>5.07</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>5.25</x:v>
+        <x:v>6.14</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-0.49</x:v>
+        <x:v>5.07</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>5.25</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-2.36</x:v>
+        <x:v>-0.49</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-2.19</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>10.74</x:v>
+        <x:v>-2.36</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>10.95</x:v>
+        <x:v>-2.19</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>10.74</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>4.21</x:v>
+        <x:v>10.95</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>2.39</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>4.21</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-1.95</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>0.56</x:v>
+        <x:v>-1.95</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-1.27</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>-1.31</x:v>
+        <x:v>-1.27</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>-1.11</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-5.77</x:v>
+        <x:v>-1.31</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-5.57</x:v>
+        <x:v>-1.11</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>-2.95</x:v>
+        <x:v>-5.77</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>-2.81</x:v>
+        <x:v>-5.57</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="64" spans="1:4">
-[...3 lines deleted...]
-      <x:c r="D64" s="3" t="s"/>
+    <x:row r="63" spans="1:4">
+      <x:c r="A63" s="2" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="B63" s="4" t="n">
+        <x:v>-2.95</x:v>
+      </x:c>
+      <x:c r="C63" s="4" t="n">
+        <x:v>-2.81</x:v>
+      </x:c>
+      <x:c r="D63" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
-      <x:c r="A65" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A65" s="2" t="s"/>
+      <x:c r="B65" s="3" t="s"/>
+      <x:c r="C65" s="3" t="s"/>
+      <x:c r="D65" s="3" t="s"/>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>4.53</x:v>
+        <x:v>3.98</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>5.09</x:v>
+        <x:v>4.17</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>-6.51</x:v>
+        <x:v>12.25</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>-5.99</x:v>
+        <x:v>12.84</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>4.53</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>3.94</x:v>
+        <x:v>5.09</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.11</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>-3.58</x:v>
+        <x:v>-6.51</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>-5.99</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>1.09</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>-3.54</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>-3.01</x:v>
+        <x:v>3.94</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>-3.58</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>1.69</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>1.23</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>-3.54</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>3.75</x:v>
+        <x:v>-3.01</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>1.37</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>-1.62</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>-1.08</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>1.39</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>7.07</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>7.65</x:v>
+        <x:v>3.75</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>-1.62</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>-1.08</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>1.25</x:v>
+        <x:v>1.41</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>-2.2</x:v>
+        <x:v>7.07</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>-1.67</x:v>
+        <x:v>7.65</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>1.38</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>0.87</x:v>
+        <x:v>1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>-3.82</x:v>
+        <x:v>-2.2</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>-3.27</x:v>
+        <x:v>-1.67</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>1.12</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>8.58</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>0.87</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>7.59</x:v>
+        <x:v>-3.82</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>8.19</x:v>
+        <x:v>-3.27</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>4.41</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>5.03</x:v>
+        <x:v>8.58</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>-2.02</x:v>
+        <x:v>7.59</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>-1.42</x:v>
+        <x:v>8.19</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
+        <x:v>4.41</x:v>
+      </x:c>
+      <x:c r="C83" s="4" t="n">
+        <x:v>5.03</x:v>
+      </x:c>
+      <x:c r="D83" s="4" t="n">
+        <x:v>0.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:4">
+      <x:c r="A84" s="2" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B84" s="4" t="n">
+        <x:v>-2.02</x:v>
+      </x:c>
+      <x:c r="C84" s="4" t="n">
+        <x:v>-1.42</x:v>
+      </x:c>
+      <x:c r="D84" s="4" t="n">
+        <x:v>0.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:4">
+      <x:c r="A85" s="2" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B85" s="4" t="n">
         <x:v>-8.55</x:v>
       </x:c>
-      <x:c r="C83" s="4" t="n">
+      <x:c r="C85" s="4" t="n">
         <x:v>-8.23</x:v>
       </x:c>
-      <x:c r="D83" s="4" t="n">
+      <x:c r="D85" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="85" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="87" spans="1:4">
-      <x:c r="A87" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A87" s="2" t="s"/>
+      <x:c r="B87" s="3" t="s"/>
+      <x:c r="C87" s="3" t="s"/>
+      <x:c r="D87" s="3" t="s"/>
     </x:row>
     <x:row r="88" spans="1:4">
-      <x:c r="A88" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A88" s="2" t="s">
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>3.98</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>4.58</x:v>
+        <x:v>4.17</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>14.32</x:v>
+        <x:v>13.41</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>16.86</x:v>
+        <x:v>15.87</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B90" s="4" t="n">
+        <x:v>-2.92</x:v>
+      </x:c>
+      <x:c r="C90" s="4" t="n">
+        <x:v>-0.8</x:v>
+      </x:c>
+      <x:c r="D90" s="4" t="n">
+        <x:v>5.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:4">
+      <x:c r="A91" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B91" s="4" t="n">
+        <x:v>2.34</x:v>
+      </x:c>
+      <x:c r="C91" s="4" t="n">
+        <x:v>4.58</x:v>
+      </x:c>
+      <x:c r="D91" s="4" t="n">
+        <x:v>5.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:4">
+      <x:c r="A92" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B92" s="4" t="n">
+        <x:v>14.32</x:v>
+      </x:c>
+      <x:c r="C92" s="4" t="n">
+        <x:v>16.86</x:v>
+      </x:c>
+      <x:c r="D92" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:4">
+      <x:c r="A93" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="B90" s="4" t="n">
+      <x:c r="B93" s="4" t="n">
         <x:v>-6.45</x:v>
       </x:c>
-      <x:c r="C90" s="4" t="n">
+      <x:c r="C93" s="4" t="n">
         <x:v>-4.98</x:v>
       </x:c>
-      <x:c r="D90" s="4" t="n">
+      <x:c r="D93" s="4" t="n">
         <x:v>0.02</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
       <x:c r="A95" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
-      <x:c r="A96" s="2" t="s">
+      <x:c r="A96" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4">
       <x:c r="A97" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4">
       <x:c r="A98" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:4">
-      <x:c r="A99" s="1" t="s">
+      <x:c r="A99" s="2" t="s">
+        <x:v>117</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:4">
+      <x:c r="A100" s="1" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:4">
       <x:c r="A101" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:4">
+      <x:c r="A102" s="1" t="s">
         <x:v>67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:4">
+      <x:c r="A103" s="2" t="s">
+        <x:v>68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:4">
+      <x:c r="A104" s="1" t="s">
+        <x:v>69</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D93"/>
+  <x:dimension ref="A1:D96"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.130625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.78</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.62</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>5.76</x:v>
+        <x:v>2.92</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
         <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>5.62</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>5.76</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>-0.33</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.19</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.43</x:v>
+        <x:v>-0.33</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.57</x:v>
+        <x:v>-0.19</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>3.43</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>3.57</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
         <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-2.63</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-2.48</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>-2.63</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-3.81</x:v>
+        <x:v>-2.48</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>2.98</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>-3.81</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>2.98</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>3.13</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-3.87</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-3.73</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.39</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-3.87</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-0.95</x:v>
+        <x:v>-3.73</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-2.46</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-2.32</x:v>
+        <x:v>-0.95</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-3.23</x:v>
+        <x:v>-2.46</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-3.08</x:v>
+        <x:v>-2.32</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>-3.23</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>-3.08</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-1.93</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>-1.93</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>1.24</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>2.11</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>2.25</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.11</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>2.55</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-1.88</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-1.74</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>-1.88</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>2.98</x:v>
+        <x:v>-1.74</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>2.98</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
         <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-3</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-2.86</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-3</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-0.06</x:v>
+        <x:v>-2.86</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>3.91</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>4.05</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>3.91</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>2.74</x:v>
+        <x:v>4.05</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
         <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>2.35</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>2.35</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-4.19</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>1.55</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>1.69</x:v>
+        <x:v>-4.19</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-3.82</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-3.67</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>-3.82</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>-3.67</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-0.11</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>-0.11</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-0.17</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.24</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-1.55</x:v>
+        <x:v>-0.02</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-1.88</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-1.73</x:v>
+        <x:v>-1.55</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.15</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-2.95</x:v>
+        <x:v>-1.88</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-2.81</x:v>
+        <x:v>-1.73</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>5.96</x:v>
+        <x:v>-2.95</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>-2.81</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>0.07</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>5.14</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>5.28</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-0.45</x:v>
+        <x:v>5.14</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-0.29</x:v>
+        <x:v>5.28</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-2.32</x:v>
+        <x:v>-0.45</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-2.19</x:v>
+        <x:v>-0.29</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>10.77</x:v>
+        <x:v>-2.32</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>10.92</x:v>
+        <x:v>-2.19</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>4.09</x:v>
+        <x:v>10.77</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>10.92</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>4.09</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-3.35</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-3.23</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="59" spans="1:4">
-[...3 lines deleted...]
-      <x:c r="D59" s="3" t="s"/>
+    <x:row r="58" spans="1:4">
+      <x:c r="A58" s="2" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="B58" s="4" t="n">
+        <x:v>-3.35</x:v>
+      </x:c>
+      <x:c r="C58" s="4" t="n">
+        <x:v>-3.23</x:v>
+      </x:c>
+      <x:c r="D58" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
-      <x:c r="A60" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A60" s="2" t="s"/>
+      <x:c r="B60" s="3" t="s"/>
+      <x:c r="C60" s="3" t="s"/>
+      <x:c r="D60" s="3" t="s"/>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>12.34</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>-5.98</x:v>
+        <x:v>12.81</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>3.93</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.11</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>-3.5</x:v>
+        <x:v>-6.4</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>-3.08</x:v>
+        <x:v>-5.98</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>1.09</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>-3.42</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>-3</x:v>
+        <x:v>3.93</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
+        <x:v>-3.5</x:v>
+      </x:c>
+      <x:c r="C66" s="4" t="n">
+        <x:v>-3.08</x:v>
+      </x:c>
+      <x:c r="D66" s="4" t="n">
         <x:v>1.23</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>1.39</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>-3.42</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>3.77</x:v>
+        <x:v>-3</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>1.37</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>-1.54</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>-1.11</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>1.39</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>7.25</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>-1.54</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>-1.11</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>1.25</x:v>
+        <x:v>1.41</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>-2.11</x:v>
+        <x:v>7.25</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>1.38</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>2.86</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>0.87</x:v>
+        <x:v>1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>-3.71</x:v>
+        <x:v>-2.11</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>-3.27</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>1.12</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>8.11</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>8.57</x:v>
+        <x:v>2.86</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>0.87</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>7.71</x:v>
+        <x:v>-3.71</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>8.18</x:v>
+        <x:v>-3.27</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
+        <x:v>8.11</x:v>
+      </x:c>
+      <x:c r="C76" s="4" t="n">
+        <x:v>8.57</x:v>
+      </x:c>
+      <x:c r="D76" s="4" t="n">
+        <x:v>0.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:4">
+      <x:c r="A77" s="2" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="B77" s="4" t="n">
+        <x:v>7.71</x:v>
+      </x:c>
+      <x:c r="C77" s="4" t="n">
+        <x:v>8.18</x:v>
+      </x:c>
+      <x:c r="D77" s="4" t="n">
+        <x:v>0.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:4">
+      <x:c r="A78" s="2" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="B78" s="4" t="n">
         <x:v>3.05</x:v>
       </x:c>
-      <x:c r="C76" s="4" t="n">
+      <x:c r="C78" s="4" t="n">
         <x:v>3.49</x:v>
       </x:c>
-      <x:c r="D76" s="4" t="n">
+      <x:c r="D78" s="4" t="n">
         <x:v>0.01</x:v>
       </x:c>
     </x:row>
-    <x:row r="78" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="80" spans="1:4">
-      <x:c r="A80" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A80" s="2" t="s"/>
+      <x:c r="B80" s="3" t="s"/>
+      <x:c r="C80" s="3" t="s"/>
+      <x:c r="D80" s="3" t="s"/>
     </x:row>
     <x:row r="81" spans="1:4">
-      <x:c r="A81" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A81" s="2" t="s">
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>14.85</x:v>
+        <x:v>13.95</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>16.86</x:v>
+        <x:v>15.91</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B83" s="4" t="n">
+        <x:v>-2.51</x:v>
+      </x:c>
+      <x:c r="C83" s="4" t="n">
+        <x:v>-0.82</x:v>
+      </x:c>
+      <x:c r="D83" s="4" t="n">
+        <x:v>5.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:4">
+      <x:c r="A84" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B84" s="4" t="n">
+        <x:v>2.79</x:v>
+      </x:c>
+      <x:c r="C84" s="4" t="n">
+        <x:v>4.57</x:v>
+      </x:c>
+      <x:c r="D84" s="4" t="n">
+        <x:v>5.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:4">
+      <x:c r="A85" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B85" s="4" t="n">
+        <x:v>14.85</x:v>
+      </x:c>
+      <x:c r="C85" s="4" t="n">
+        <x:v>16.86</x:v>
+      </x:c>
+      <x:c r="D85" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:4">
+      <x:c r="A86" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="B83" s="4" t="n">
+      <x:c r="B86" s="4" t="n">
         <x:v>3.05</x:v>
       </x:c>
-      <x:c r="C83" s="4" t="n">
+      <x:c r="C86" s="4" t="n">
         <x:v>3.49</x:v>
       </x:c>
-      <x:c r="D83" s="4" t="n">
+      <x:c r="D86" s="4" t="n">
         <x:v>0.01</x:v>
       </x:c>
     </x:row>
-    <x:row r="85" spans="1:4">
-[...10 lines deleted...]
-      <x:c r="A87" s="1" t="s">
+    <x:row r="88" spans="1:4">
+      <x:c r="A88" s="1" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
-      <x:c r="A91" s="1" t="s">
+      <x:c r="A91" s="2" t="s">
+        <x:v>117</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:4">
+      <x:c r="A92" s="1" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:4">
+      <x:c r="A94" s="1" t="s">
         <x:v>67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:4">
+      <x:c r="A95" s="2" t="s">
+        <x:v>68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:4">
+      <x:c r="A96" s="1" t="s">
+        <x:v>69</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>33</vt:i4>
       </vt:variant>
       <vt:variant>