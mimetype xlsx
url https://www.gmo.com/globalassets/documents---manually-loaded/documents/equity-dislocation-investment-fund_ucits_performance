--- v5 (2026-02-07)
+++ v6 (2026-02-27)
@@ -22,51 +22,51 @@
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet22.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet23.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet24.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet25.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet26.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet27.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet28.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet29.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet30.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet31.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet32.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet33.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9960e2a61eef4b52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d2b58dbb18834c9ca3469fc8e35ce9cb.psmdcp" Id="R3f5ac45dc0f44bdd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01984d365f194609" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0969d414c3c34df0ab7f61b9eb0c850c.psmdcp" Id="R3be072b7689e4458" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="AUD Class Z_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="EUR Class D_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="EUR Class K_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="EUR Class L_Historical" sheetId="5" r:id="rId5"/>
     <x:sheet name="GBP Class K_Historical" sheetId="6" r:id="rId6"/>
     <x:sheet name="GBP Class L_Historical" sheetId="7" r:id="rId7"/>
     <x:sheet name="GBP Class Z_Historical" sheetId="8" r:id="rId8"/>
     <x:sheet name="USD Class A_Historical" sheetId="9" r:id="rId9"/>
     <x:sheet name="USD Class D_Historical" sheetId="10" r:id="rId10"/>
     <x:sheet name="USD Class K_Historical" sheetId="11" r:id="rId11"/>
     <x:sheet name="USD Class L_Historical" sheetId="12" r:id="rId12"/>
     <x:sheet name="AUD Class Z_Month-End" sheetId="13" r:id="rId13"/>
     <x:sheet name="EUR Class D_Month-End" sheetId="14" r:id="rId14"/>
     <x:sheet name="EUR Class K_Month-End" sheetId="15" r:id="rId15"/>
     <x:sheet name="EUR Class L_Month-End" sheetId="16" r:id="rId16"/>
     <x:sheet name="GBP Class K_Month-End" sheetId="17" r:id="rId17"/>