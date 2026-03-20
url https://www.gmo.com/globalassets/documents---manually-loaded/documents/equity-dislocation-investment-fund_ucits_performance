--- v6 (2026-02-27)
+++ v7 (2026-03-20)
@@ -22,118 +22,121 @@
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet19.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet20.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet21.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet22.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet23.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet24.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet25.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet26.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet27.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet28.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet29.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet30.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet31.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet32.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet33.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01984d365f194609" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0969d414c3c34df0ab7f61b9eb0c850c.psmdcp" Id="R3be072b7689e4458" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R802ab7b786f64acd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f87cef18b91f4be8bb46ffdf3db48e59.psmdcp" Id="R7757399d65ab4e6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="AUD Class Z_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="EUR Class D_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="EUR Class K_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="EUR Class L_Historical" sheetId="5" r:id="rId5"/>
     <x:sheet name="GBP Class K_Historical" sheetId="6" r:id="rId6"/>
     <x:sheet name="GBP Class L_Historical" sheetId="7" r:id="rId7"/>
     <x:sheet name="GBP Class Z_Historical" sheetId="8" r:id="rId8"/>
     <x:sheet name="USD Class A_Historical" sheetId="9" r:id="rId9"/>
     <x:sheet name="USD Class D_Historical" sheetId="10" r:id="rId10"/>
     <x:sheet name="USD Class K_Historical" sheetId="11" r:id="rId11"/>
     <x:sheet name="USD Class L_Historical" sheetId="12" r:id="rId12"/>
     <x:sheet name="AUD Class Z_Month-End" sheetId="13" r:id="rId13"/>
     <x:sheet name="EUR Class D_Month-End" sheetId="14" r:id="rId14"/>
     <x:sheet name="EUR Class K_Month-End" sheetId="15" r:id="rId15"/>
     <x:sheet name="EUR Class L_Month-End" sheetId="16" r:id="rId16"/>
     <x:sheet name="GBP Class K_Month-End" sheetId="17" r:id="rId17"/>
     <x:sheet name="GBP Class L_Month-End" sheetId="18" r:id="rId18"/>
     <x:sheet name="GBP Class Z_Month-End" sheetId="19" r:id="rId19"/>
     <x:sheet name="USD Class A_Month-End" sheetId="20" r:id="rId20"/>
     <x:sheet name="USD Class D_Month-End" sheetId="21" r:id="rId21"/>
     <x:sheet name="USD Class K_Month-End" sheetId="22" r:id="rId22"/>
     <x:sheet name="USD Class L_Month-End" sheetId="23" r:id="rId23"/>
     <x:sheet name="AUD Class Z_Quarter-End" sheetId="24" r:id="rId24"/>
     <x:sheet name="EUR Class D_Quarter-End" sheetId="25" r:id="rId25"/>
     <x:sheet name="EUR Class K_Quarter-End" sheetId="26" r:id="rId26"/>
     <x:sheet name="EUR Class L_Quarter-End" sheetId="27" r:id="rId27"/>
     <x:sheet name="GBP Class K_Quarter-End" sheetId="28" r:id="rId28"/>
     <x:sheet name="GBP Class L_Quarter-End" sheetId="29" r:id="rId29"/>
     <x:sheet name="GBP Class Z_Quarter-End" sheetId="30" r:id="rId30"/>
     <x:sheet name="USD Class A_Quarter-End" sheetId="31" r:id="rId31"/>
     <x:sheet name="USD Class D_Quarter-End" sheetId="32" r:id="rId32"/>
     <x:sheet name="USD Class K_Quarter-End" sheetId="33" r:id="rId33"/>
     <x:sheet name="USD Class L_Quarter-End" sheetId="34" r:id="rId34"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="175" uniqueCount="175">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="176" uniqueCount="176">
   <x:si>
     <x:t>Performance - Equity Dislocation Investment Fund | AUD Class Z</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (AUD,%)</x:t>
+    <x:t>As of 02/28/2026 (AUD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 09/30/2022</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>Bloomberg AusBond Bank Bill</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
@@ -287,51 +290,51 @@
   <x:si>
     <x:t>UCITS HAVE NO GUARANTEED RETURN AND PAST PERFORMANCE DOES NOT GUARANTEE FUTURE PERFORMANCE.</x:t>
   </x:si>
   <x:si>
     <x:t>The Bloomberg AusBond Bank Bill Index is an independently maintained and widely published index comprised of short-term Australian bills.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Equity Dislocation Investment Fund | EUR Class D</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (EUR,%)</x:t>
+    <x:t>As of 02/28/2026 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 10/08/2021</x:t>
   </x:si>
   <x:si>
     <x:t>Barclays Benchmark Overnight EUR Cash Index</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2022</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2022</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2022</x:t>
   </x:si>
@@ -386,213 +389,213 @@
   <x:si>
     <x:t>07/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Equity Dislocation Investment Fund | EUR Class L</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 06/23/2022</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Equity Dislocation Investment Fund | GBP Class K</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (GBP,%)</x:t>
+    <x:t>As of 02/28/2026 (GBP,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Barclays Benchmark Overnight GBP Cash Index</x:t>
   </x:si>
   <x:si>
     <x:t>The Barclays GBP Cash Index is designed to reflect the performance of investing in a daily rolling money market deposit. The benchmark is calculated on a daily basis using the GBP SONIA</x:t>
   </x:si>
   <x:si>
     <x:t>Overnight Rate.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Equity Dislocation Investment Fund | GBP Class L</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 12/02/2021</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Equity Dislocation Investment Fund | GBP Class Z</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 06/30/2022</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Equity Dislocation Investment Fund | USD Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (USD,%)</x:t>
+    <x:t>As of 02/28/2026 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>FTSE 3-Mo. T-Bill</x:t>
   </x:si>
   <x:si>
     <x:t>shares, when redeemed, may be worth more or less than their original cost. Current performance data may be lower or higher than the performance data provided herein. The portfolio is</x:t>
   </x:si>
   <x:si>
     <x:t>actively-managed, is not managed relative to a benchmark and uses the Index for performance comparison purposes only and, where applicable, to compute a performance fee.</x:t>
   </x:si>
   <x:si>
     <x:t>The FTSE 3-Month Treasury Bill Index is an independently maintained and widely published index comprised of short-term U.S. Treasury bills.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Equity Dislocation Investment Fund | USD Class D</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Equity Dislocation Investment Fund | USD Class K</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Equity Dislocation Investment Fund | USD Class L</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 06/14/2021</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 01/31/2026 (AUD,%)</x:t>
+    <x:t>Month-End as of 02/28/2026 (AUD,%)</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Net) in AUD as of 01/31/2026</x:t>
+    <x:t>Average Annual Total Return (Net) in AUD as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Equity Dislocation Investment Fund AUD Z</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in AUD as of 01/31/2026</x:t>
+    <x:t>Average Annual Total Return (Gross) in AUD as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 01/31/2026 (EUR,%)</x:t>
+    <x:t>Month-End as of 02/28/2026 (EUR,%)</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Net) in EUR as of 01/31/2026</x:t>
+    <x:t>Average Annual Total Return (Net) in EUR as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Equity Dislocation Investment Fund EUR D</x:t>
   </x:si>
   <x:si>
     <x:t>10/08/2021</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in EUR as of 01/31/2026</x:t>
+    <x:t>Average Annual Total Return (Gross) in EUR as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Equity Dislocation Investment Fund EUR K</x:t>
   </x:si>
   <x:si>
     <x:t>05/10/2021</x:t>
   </x:si>
   <x:si>
     <x:t>Equity Dislocation Investment Fund EUR L</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2022</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 01/31/2026 (GBP,%)</x:t>
+    <x:t>Month-End as of 02/28/2026 (GBP,%)</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Net) in GBP as of 01/31/2026</x:t>
+    <x:t>Average Annual Total Return (Net) in GBP as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Equity Dislocation Investment Fund GBP K</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in GBP as of 01/31/2026</x:t>
+    <x:t>Average Annual Total Return (Gross) in GBP as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Equity Dislocation Investment Fund GBP L</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2021</x:t>
   </x:si>
   <x:si>
     <x:t>Equity Dislocation Investment Fund GBP Z</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 01/31/2026 (USD,%)</x:t>
+    <x:t>Month-End as of 02/28/2026 (USD,%)</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Net) in USD as of 01/31/2026</x:t>
+    <x:t>Average Annual Total Return (Net) in USD as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Equity Dislocation Investment Fund USD A</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in USD as of 01/31/2026</x:t>
+    <x:t>Average Annual Total Return (Gross) in USD as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Equity Dislocation Investment Fund USD D</x:t>
   </x:si>
   <x:si>
     <x:t>Equity Dislocation Investment Fund USD K</x:t>
   </x:si>
   <x:si>
     <x:t>Equity Dislocation Investment Fund USD L</x:t>
   </x:si>
   <x:si>
     <x:t>06/14/2021</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 12/31/2025 (AUD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in AUD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Gross) in AUD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 12/31/2025 (EUR,%)</x:t>
   </x:si>
@@ -981,20319 +984,20473 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D79"/>
+  <x:dimension ref="A1:D80"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="26.980625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>3.63</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.28</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.67</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.67</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>5.67</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>5.67</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-0.28</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.28</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>-0.28</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>-0.28</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>3.52</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>3.52</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-2.57</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-2.56</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-3.96</x:v>
+        <x:v>-2.57</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>-2.56</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>-3.96</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>3.13</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.58</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
         <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-3.83</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-3.83</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>-3.83</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-0.98</x:v>
+        <x:v>-3.83</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-2.42</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-2.42</x:v>
+        <x:v>-0.98</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-3.1</x:v>
+        <x:v>-2.42</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-3.09</x:v>
+        <x:v>-2.42</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>-3.1</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>-3.09</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-1.87</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-1.86</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>-1.87</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>-1.86</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-1.85</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-1.84</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>-1.85</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>-1.84</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
         <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-2.96</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-2.95</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-0.19</x:v>
+        <x:v>-2.96</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>-2.95</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>3.95</x:v>
+        <x:v>-0.19</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>3.96</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>3.95</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>2.66</x:v>
+        <x:v>3.96</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
         <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-4.34</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-4.34</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>-4.34</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>-4.34</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-3.76</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-3.75</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>0.28</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>1.52</x:v>
+        <x:v>-3.76</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>1.52</x:v>
+        <x:v>-3.75</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>0.28</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>0.24</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-0.24</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-0.24</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>0.27</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>1.24</x:v>
+        <x:v>-0.24</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>1.25</x:v>
+        <x:v>-0.24</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
+        <x:v>1.24</x:v>
+      </x:c>
+      <x:c r="C46" s="4" t="n">
+        <x:v>1.25</x:v>
+      </x:c>
+      <x:c r="D46" s="4" t="n">
+        <x:v>0.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:4">
+      <x:c r="A47" s="2" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B47" s="4" t="n">
         <x:v>0.85</x:v>
       </x:c>
-      <x:c r="C46" s="4" t="n">
+      <x:c r="C47" s="4" t="n">
         <x:v>0.86</x:v>
       </x:c>
-      <x:c r="D46" s="4" t="n">
+      <x:c r="D47" s="4" t="n">
         <x:v>0.22</x:v>
       </x:c>
     </x:row>
-    <x:row r="48" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="49" spans="1:4">
-      <x:c r="A49" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A49" s="2" t="s"/>
+      <x:c r="B49" s="3" t="s"/>
+      <x:c r="C49" s="3" t="s"/>
+      <x:c r="D49" s="3" t="s"/>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>12.64</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>12.66</x:v>
+        <x:v>7.91</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>4.87</x:v>
+        <x:v>12.64</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>4.88</x:v>
+        <x:v>12.66</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-6.24</x:v>
+        <x:v>4.87</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-6.22</x:v>
+        <x:v>4.88</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>0.92</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>4.02</x:v>
+        <x:v>-6.24</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>-6.22</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-3.28</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-3.26</x:v>
+        <x:v>4.04</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>1.07</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-3.22</x:v>
+        <x:v>-3.28</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-3.2</x:v>
+        <x:v>-3.26</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>1.12</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>1.43</x:v>
+        <x:v>-3.22</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>-3.2</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>1.08</x:v>
+        <x:v>1.11</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>3.47</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>1.08</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-1.41</x:v>
+        <x:v>3.47</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>-1.39</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>1.09</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>7.41</x:v>
+        <x:v>-1.41</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>7.43</x:v>
+        <x:v>-1.39</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>1.08</x:v>
+        <x:v>1.06</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>7.41</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>7.43</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.08</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-2.01</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
+        <x:v>-2.01</x:v>
+      </x:c>
+      <x:c r="C62" s="4" t="n">
+        <x:v>-1.99</x:v>
+      </x:c>
+      <x:c r="D62" s="4" t="n">
+        <x:v>0.79</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:4">
+      <x:c r="A63" s="2" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="B63" s="4" t="n">
         <x:v>1.85</x:v>
       </x:c>
-      <x:c r="C62" s="4" t="n">
+      <x:c r="C63" s="4" t="n">
         <x:v>1.87</x:v>
       </x:c>
-      <x:c r="D62" s="4" t="n">
+      <x:c r="D63" s="4" t="n">
         <x:v>0.74</x:v>
       </x:c>
     </x:row>
-    <x:row r="64" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="65" spans="1:4">
-      <x:c r="A65" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A65" s="2" t="s"/>
+      <x:c r="B65" s="3" t="s"/>
+      <x:c r="C65" s="3" t="s"/>
+      <x:c r="D65" s="3" t="s"/>
     </x:row>
     <x:row r="66" spans="1:4">
-      <x:c r="A66" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A66" s="2" t="s">
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>15.21</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>15.28</x:v>
+        <x:v>7.91</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>3.97</x:v>
+        <x:v>0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>-1.76</x:v>
+        <x:v>15.21</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>15.28</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>3.97</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>3.19</x:v>
+        <x:v>-1.76</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>3.27</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>4.47</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B69" s="4" t="n">
+        <x:v>3.19</x:v>
+      </x:c>
+      <x:c r="C69" s="4" t="n">
+        <x:v>3.27</x:v>
+      </x:c>
+      <x:c r="D69" s="4" t="n">
+        <x:v>3.89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:4">
+      <x:c r="A70" s="2" t="n">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="B69" s="4" t="n">
+      <x:c r="B70" s="4" t="n">
         <x:v>1.85</x:v>
       </x:c>
-      <x:c r="C69" s="4" t="n">
+      <x:c r="C70" s="4" t="n">
         <x:v>1.87</x:v>
       </x:c>
-      <x:c r="D69" s="4" t="n">
+      <x:c r="D70" s="4" t="n">
         <x:v>0.74</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
-      <x:c r="A74" s="2" t="s">
+      <x:c r="A74" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
-      <x:c r="A75" s="1" t="s">
+      <x:c r="A75" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
-      <x:c r="A78" s="2" t="s">
+      <x:c r="A78" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
-      <x:c r="A79" s="1" t="s">
+      <x:c r="A79" s="2" t="s">
         <x:v>69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:4">
+      <x:c r="A80" s="1" t="s">
+        <x:v>70</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <x:sheetPr>
+    <x:outlinePr summaryBelow="1" summaryRight="1"/>
+  </x:sheetPr>
+  <x:dimension ref="A1:D104"/>
+  <x:sheetViews>
+    <x:sheetView workbookViewId="0"/>
+  </x:sheetViews>
+  <x:sheetFormatPr defaultRowHeight="15"/>
+  <x:cols>
+    <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="16.130625" style="0" customWidth="1"/>
+  </x:cols>
+  <x:sheetData>
+    <x:row r="1" spans="1:4">
+      <x:c r="A1" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2" spans="1:4">
+      <x:c r="A2" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="3" spans="1:4">
+      <x:c r="A3" s="2" t="s">
+        <x:v>94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:4">
+      <x:c r="A6" s="2" t="s"/>
+      <x:c r="B6" s="3" t="s">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="C6" s="3" t="s">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="D6" s="3" t="s">
+        <x:v>115</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:4">
+      <x:c r="A7" s="2" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="B7" s="4" t="n">
+        <x:v>2.89</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="n">
+        <x:v>2.91</x:v>
+      </x:c>
+      <x:c r="D7" s="4" t="n">
+        <x:v>0.29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:4">
+      <x:c r="A8" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B8" s="4" t="n">
+        <x:v>3.38</x:v>
+      </x:c>
+      <x:c r="C8" s="4" t="n">
+        <x:v>3.4</x:v>
+      </x:c>
+      <x:c r="D8" s="4" t="n">
+        <x:v>0.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:4">
+      <x:c r="A9" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B9" s="4" t="n">
+        <x:v>2.59</x:v>
+      </x:c>
+      <x:c r="C9" s="4" t="n">
+        <x:v>2.61</x:v>
+      </x:c>
+      <x:c r="D9" s="4" t="n">
+        <x:v>0.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:4">
+      <x:c r="A10" s="2" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="B10" s="4" t="n">
+        <x:v>5.73</x:v>
+      </x:c>
+      <x:c r="C10" s="4" t="n">
+        <x:v>5.75</x:v>
+      </x:c>
+      <x:c r="D10" s="4" t="n">
+        <x:v>0.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:4">
+      <x:c r="A11" s="2" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B11" s="4" t="n">
+        <x:v>3.67</x:v>
+      </x:c>
+      <x:c r="C11" s="4" t="n">
+        <x:v>3.69</x:v>
+      </x:c>
+      <x:c r="D11" s="4" t="n">
+        <x:v>0.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:4">
+      <x:c r="A12" s="2" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="B12" s="4" t="n">
+        <x:v>-0.22</x:v>
+      </x:c>
+      <x:c r="C12" s="4" t="n">
+        <x:v>-0.19</x:v>
+      </x:c>
+      <x:c r="D12" s="4" t="n">
+        <x:v>0.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:4">
+      <x:c r="A13" s="2" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="B13" s="4" t="n">
+        <x:v>3.56</x:v>
+      </x:c>
+      <x:c r="C13" s="4" t="n">
+        <x:v>3.59</x:v>
+      </x:c>
+      <x:c r="D13" s="4" t="n">
+        <x:v>0.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:4">
+      <x:c r="A14" s="2" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="B14" s="4" t="n">
+        <x:v>1.65</x:v>
+      </x:c>
+      <x:c r="C14" s="4" t="n">
+        <x:v>1.67</x:v>
+      </x:c>
+      <x:c r="D14" s="4" t="n">
+        <x:v>0.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:4">
+      <x:c r="A15" s="2" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="B15" s="4" t="n">
+        <x:v>0.23</x:v>
+      </x:c>
+      <x:c r="C15" s="4" t="n">
+        <x:v>0.25</x:v>
+      </x:c>
+      <x:c r="D15" s="4" t="n">
+        <x:v>0.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:4">
+      <x:c r="A16" s="2" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B16" s="4" t="n">
+        <x:v>-2.55</x:v>
+      </x:c>
+      <x:c r="C16" s="4" t="n">
+        <x:v>-2.53</x:v>
+      </x:c>
+      <x:c r="D16" s="4" t="n">
+        <x:v>0.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:4">
+      <x:c r="A17" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B17" s="4" t="n">
+        <x:v>-3.83</x:v>
+      </x:c>
+      <x:c r="C17" s="4" t="n">
+        <x:v>-3.81</x:v>
+      </x:c>
+      <x:c r="D17" s="4" t="n">
+        <x:v>0.36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:4">
+      <x:c r="A18" s="2" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="B18" s="4" t="n">
+        <x:v>3.11</x:v>
+      </x:c>
+      <x:c r="C18" s="4" t="n">
+        <x:v>3.13</x:v>
+      </x:c>
+      <x:c r="D18" s="4" t="n">
+        <x:v>0.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:4">
+      <x:c r="A19" s="2" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="B19" s="4" t="n">
+        <x:v>2.32</x:v>
+      </x:c>
+      <x:c r="C19" s="4" t="n">
+        <x:v>2.34</x:v>
+      </x:c>
+      <x:c r="D19" s="4" t="n">
+        <x:v>0.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:4">
+      <x:c r="A20" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="B20" s="4" t="n">
+        <x:v>-1.52</x:v>
+      </x:c>
+      <x:c r="C20" s="4" t="n">
+        <x:v>-1.5</x:v>
+      </x:c>
+      <x:c r="D20" s="4" t="n">
+        <x:v>0.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:4">
+      <x:c r="A21" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B21" s="4" t="n">
+        <x:v>1.64</x:v>
+      </x:c>
+      <x:c r="C21" s="4" t="n">
+        <x:v>1.66</x:v>
+      </x:c>
+      <x:c r="D21" s="4" t="n">
+        <x:v>0.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:4">
+      <x:c r="A22" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B22" s="4" t="n">
+        <x:v>-3.77</x:v>
+      </x:c>
+      <x:c r="C22" s="4" t="n">
+        <x:v>-3.74</x:v>
+      </x:c>
+      <x:c r="D22" s="4" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:4">
+      <x:c r="A23" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B23" s="4" t="n">
+        <x:v>-0.95</x:v>
+      </x:c>
+      <x:c r="C23" s="4" t="n">
+        <x:v>-0.93</x:v>
+      </x:c>
+      <x:c r="D23" s="4" t="n">
+        <x:v>0.43</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:4">
+      <x:c r="A24" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="B24" s="4" t="n">
+        <x:v>-2.37</x:v>
+      </x:c>
+      <x:c r="C24" s="4" t="n">
+        <x:v>-2.35</x:v>
+      </x:c>
+      <x:c r="D24" s="4" t="n">
+        <x:v>0.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:4">
+      <x:c r="A25" s="2" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B25" s="4" t="n">
+        <x:v>-2.72</x:v>
+      </x:c>
+      <x:c r="C25" s="4" t="n">
+        <x:v>-2.7</x:v>
+      </x:c>
+      <x:c r="D25" s="4" t="n">
+        <x:v>0.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:4">
+      <x:c r="A26" s="2" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B26" s="4" t="n">
+        <x:v>2.06</x:v>
+      </x:c>
+      <x:c r="C26" s="4" t="n">
+        <x:v>2.08</x:v>
+      </x:c>
+      <x:c r="D26" s="4" t="n">
+        <x:v>0.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:4">
+      <x:c r="A27" s="2" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B27" s="4" t="n">
+        <x:v>-1.41</x:v>
+      </x:c>
+      <x:c r="C27" s="4" t="n">
+        <x:v>-1.39</x:v>
+      </x:c>
+      <x:c r="D27" s="4" t="n">
+        <x:v>0.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:4">
+      <x:c r="A28" s="2" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B28" s="4" t="n">
+        <x:v>1.09</x:v>
+      </x:c>
+      <x:c r="C28" s="4" t="n">
+        <x:v>1.11</x:v>
+      </x:c>
+      <x:c r="D28" s="4" t="n">
+        <x:v>0.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:4">
+      <x:c r="A29" s="2" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B29" s="4" t="n">
+        <x:v>1.92</x:v>
+      </x:c>
+      <x:c r="C29" s="4" t="n">
+        <x:v>1.94</x:v>
+      </x:c>
+      <x:c r="D29" s="4" t="n">
+        <x:v>0.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:4">
+      <x:c r="A30" s="2" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="B30" s="4" t="n">
+        <x:v>2.54</x:v>
+      </x:c>
+      <x:c r="C30" s="4" t="n">
+        <x:v>2.56</x:v>
+      </x:c>
+      <x:c r="D30" s="4" t="n">
+        <x:v>0.44</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:4">
+      <x:c r="A31" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B31" s="4" t="n">
+        <x:v>-1.76</x:v>
+      </x:c>
+      <x:c r="C31" s="4" t="n">
+        <x:v>-1.74</x:v>
+      </x:c>
+      <x:c r="D31" s="4" t="n">
+        <x:v>0.43</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:4">
+      <x:c r="A32" s="2" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B32" s="4" t="n">
+        <x:v>2.97</x:v>
+      </x:c>
+      <x:c r="C32" s="4" t="n">
+        <x:v>2.99</x:v>
+      </x:c>
+      <x:c r="D32" s="4" t="n">
+        <x:v>0.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:4">
+      <x:c r="A33" s="2" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B33" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="C33" s="4" t="n">
+        <x:v>1.83</x:v>
+      </x:c>
+      <x:c r="D33" s="4" t="n">
+        <x:v>0.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:4">
+      <x:c r="A34" s="2" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B34" s="4" t="n">
+        <x:v>-2.89</x:v>
+      </x:c>
+      <x:c r="C34" s="4" t="n">
+        <x:v>-2.87</x:v>
+      </x:c>
+      <x:c r="D34" s="4" t="n">
+        <x:v>0.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:4">
+      <x:c r="A35" s="2" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B35" s="4" t="n">
+        <x:v>-0.04</x:v>
+      </x:c>
+      <x:c r="C35" s="4" t="n">
+        <x:v>-0.02</x:v>
+      </x:c>
+      <x:c r="D35" s="4" t="n">
+        <x:v>0.47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:4">
+      <x:c r="A36" s="2" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B36" s="4" t="n">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="C36" s="4" t="n">
+        <x:v>3.32</x:v>
+      </x:c>
+      <x:c r="D36" s="4" t="n">
+        <x:v>0.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:4">
+      <x:c r="A37" s="2" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B37" s="4" t="n">
+        <x:v>2.74</x:v>
+      </x:c>
+      <x:c r="C37" s="4" t="n">
+        <x:v>2.76</x:v>
+      </x:c>
+      <x:c r="D37" s="4" t="n">
+        <x:v>0.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:4">
+      <x:c r="A38" s="2" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B38" s="4" t="n">
+        <x:v>0.7</x:v>
+      </x:c>
+      <x:c r="C38" s="4" t="n">
+        <x:v>0.72</x:v>
+      </x:c>
+      <x:c r="D38" s="4" t="n">
+        <x:v>0.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:4">
+      <x:c r="A39" s="2" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B39" s="4" t="n">
+        <x:v>2.49</x:v>
+      </x:c>
+      <x:c r="C39" s="4" t="n">
+        <x:v>2.52</x:v>
+      </x:c>
+      <x:c r="D39" s="4" t="n">
+        <x:v>0.43</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:4">
+      <x:c r="A40" s="2" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B40" s="4" t="n">
+        <x:v>-4.18</x:v>
+      </x:c>
+      <x:c r="C40" s="4" t="n">
+        <x:v>-4.16</x:v>
+      </x:c>
+      <x:c r="D40" s="4" t="n">
+        <x:v>0.42</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:4">
+      <x:c r="A41" s="2" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B41" s="4" t="n">
+        <x:v>1.63</x:v>
+      </x:c>
+      <x:c r="C41" s="4" t="n">
+        <x:v>1.66</x:v>
+      </x:c>
+      <x:c r="D41" s="4" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:4">
+      <x:c r="A42" s="2" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B42" s="4" t="n">
+        <x:v>-3.12</x:v>
+      </x:c>
+      <x:c r="C42" s="4" t="n">
+        <x:v>-3.1</x:v>
+      </x:c>
+      <x:c r="D42" s="4" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:4">
+      <x:c r="A43" s="2" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B43" s="4" t="n">
+        <x:v>1.33</x:v>
+      </x:c>
+      <x:c r="C43" s="4" t="n">
+        <x:v>1.35</x:v>
+      </x:c>
+      <x:c r="D43" s="4" t="n">
+        <x:v>0.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:4">
+      <x:c r="A44" s="2" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B44" s="4" t="n">
+        <x:v>0.41</x:v>
+      </x:c>
+      <x:c r="C44" s="4" t="n">
+        <x:v>0.44</x:v>
+      </x:c>
+      <x:c r="D44" s="4" t="n">
+        <x:v>0.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:4">
+      <x:c r="A45" s="2" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="B45" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C45" s="4" t="n">
+        <x:v>0.02</x:v>
+      </x:c>
+      <x:c r="D45" s="4" t="n">
+        <x:v>0.34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:4">
+      <x:c r="A46" s="2" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="B46" s="4" t="n">
+        <x:v>1.07</x:v>
+      </x:c>
+      <x:c r="C46" s="4" t="n">
+        <x:v>1.09</x:v>
+      </x:c>
+      <x:c r="D46" s="4" t="n">
+        <x:v>0.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:4">
+      <x:c r="A47" s="2" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B47" s="4" t="n">
+        <x:v>1.37</x:v>
+      </x:c>
+      <x:c r="C47" s="4" t="n">
+        <x:v>1.39</x:v>
+      </x:c>
+      <x:c r="D47" s="4" t="n">
+        <x:v>0.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:4">
+      <x:c r="A48" s="2" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="B48" s="4" t="n">
+        <x:v>-0.05</x:v>
+      </x:c>
+      <x:c r="C48" s="4" t="n">
+        <x:v>-0.02</x:v>
+      </x:c>
+      <x:c r="D48" s="4" t="n">
+        <x:v>0.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:4">
+      <x:c r="A49" s="2" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="B49" s="4" t="n">
+        <x:v>-1.16</x:v>
+      </x:c>
+      <x:c r="C49" s="4" t="n">
+        <x:v>-1.14</x:v>
+      </x:c>
+      <x:c r="D49" s="4" t="n">
+        <x:v>0.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:4">
+      <x:c r="A50" s="2" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="B50" s="4" t="n">
+        <x:v>-1.42</x:v>
+      </x:c>
+      <x:c r="C50" s="4" t="n">
+        <x:v>-1.4</x:v>
+      </x:c>
+      <x:c r="D50" s="4" t="n">
+        <x:v>0.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:4">
+      <x:c r="A51" s="2" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="B51" s="4" t="n">
+        <x:v>-2.24</x:v>
+      </x:c>
+      <x:c r="C51" s="4" t="n">
+        <x:v>-2.22</x:v>
+      </x:c>
+      <x:c r="D51" s="4" t="n">
+        <x:v>0.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:4">
+      <x:c r="A52" s="2" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="B52" s="4" t="n">
+        <x:v>4.95</x:v>
+      </x:c>
+      <x:c r="C52" s="4" t="n">
+        <x:v>4.97</x:v>
+      </x:c>
+      <x:c r="D52" s="4" t="n">
+        <x:v>0.05</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:4">
+      <x:c r="A53" s="2" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="B53" s="4" t="n">
+        <x:v>4.22</x:v>
+      </x:c>
+      <x:c r="C53" s="4" t="n">
+        <x:v>4.25</x:v>
+      </x:c>
+      <x:c r="D53" s="4" t="n">
+        <x:v>0.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:4">
+      <x:c r="A54" s="2" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="B54" s="4" t="n">
+        <x:v>-0.34</x:v>
+      </x:c>
+      <x:c r="C54" s="4" t="n">
+        <x:v>-0.3</x:v>
+      </x:c>
+      <x:c r="D54" s="4" t="n">
+        <x:v>0.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:4">
+      <x:c r="A55" s="2" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="B55" s="4" t="n">
+        <x:v>-1.78</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="n">
+        <x:v>-1.74</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="n">
+        <x:v>0.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:4">
+      <x:c r="A56" s="2" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="B56" s="4" t="n">
+        <x:v>9.82</x:v>
+      </x:c>
+      <x:c r="C56" s="4" t="n">
+        <x:v>9.86</x:v>
+      </x:c>
+      <x:c r="D56" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:4">
+      <x:c r="A57" s="2" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="B57" s="4" t="n">
+        <x:v>4.24</x:v>
+      </x:c>
+      <x:c r="C57" s="4" t="n">
+        <x:v>4.28</x:v>
+      </x:c>
+      <x:c r="D57" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:4">
+      <x:c r="A58" s="2" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="B58" s="4" t="n">
+        <x:v>2.54</x:v>
+      </x:c>
+      <x:c r="C58" s="4" t="n">
+        <x:v>2.58</x:v>
+      </x:c>
+      <x:c r="D58" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:4">
+      <x:c r="A59" s="2" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="B59" s="4" t="n">
+        <x:v>-1.83</x:v>
+      </x:c>
+      <x:c r="C59" s="4" t="n">
+        <x:v>-1.78</x:v>
+      </x:c>
+      <x:c r="D59" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:4">
+      <x:c r="A60" s="2" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="B60" s="4" t="n">
+        <x:v>0.78</x:v>
+      </x:c>
+      <x:c r="C60" s="4" t="n">
+        <x:v>0.82</x:v>
+      </x:c>
+      <x:c r="D60" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:4">
+      <x:c r="A61" s="2" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="B61" s="4" t="n">
+        <x:v>-1.1</x:v>
+      </x:c>
+      <x:c r="C61" s="4" t="n">
+        <x:v>-1.06</x:v>
+      </x:c>
+      <x:c r="D61" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:4">
+      <x:c r="A62" s="2" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="B62" s="4" t="n">
+        <x:v>-1.2</x:v>
+      </x:c>
+      <x:c r="C62" s="4" t="n">
+        <x:v>-1.16</x:v>
+      </x:c>
+      <x:c r="D62" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:4">
+      <x:c r="A63" s="2" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="B63" s="4" t="n">
+        <x:v>-5.61</x:v>
+      </x:c>
+      <x:c r="C63" s="4" t="n">
+        <x:v>-5.57</x:v>
+      </x:c>
+      <x:c r="D63" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:4">
+      <x:c r="A64" s="2" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B64" s="4" t="n">
+        <x:v>-2.85</x:v>
+      </x:c>
+      <x:c r="C64" s="4" t="n">
+        <x:v>-2.82</x:v>
+      </x:c>
+      <x:c r="D64" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="66" spans="1:4">
+      <x:c r="A66" s="2" t="s"/>
+      <x:c r="B66" s="3" t="s"/>
+      <x:c r="C66" s="3" t="s"/>
+      <x:c r="D66" s="3" t="s"/>
+    </x:row>
+    <x:row r="67" spans="1:4">
+      <x:c r="A67" s="2" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="B67" s="4" t="n">
+        <x:v>6.37</x:v>
+      </x:c>
+      <x:c r="C67" s="4" t="n">
+        <x:v>6.41</x:v>
+      </x:c>
+      <x:c r="D67" s="4" t="n">
+        <x:v>0.61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="68" spans="1:4">
+      <x:c r="A68" s="2" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B68" s="4" t="n">
+        <x:v>12.45</x:v>
+      </x:c>
+      <x:c r="C68" s="4" t="n">
+        <x:v>12.52</x:v>
+      </x:c>
+      <x:c r="D68" s="4" t="n">
+        <x:v>1.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:4">
+      <x:c r="A69" s="2" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B69" s="4" t="n">
+        <x:v>5.05</x:v>
+      </x:c>
+      <x:c r="C69" s="4" t="n">
+        <x:v>5.12</x:v>
+      </x:c>
+      <x:c r="D69" s="4" t="n">
+        <x:v>1.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="70" spans="1:4">
+      <x:c r="A70" s="2" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="B70" s="4" t="n">
+        <x:v>-6.07</x:v>
+      </x:c>
+      <x:c r="C70" s="4" t="n">
+        <x:v>-6.01</x:v>
+      </x:c>
+      <x:c r="D70" s="4" t="n">
+        <x:v>1.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:4">
+      <x:c r="A71" s="2" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="B71" s="4" t="n">
+        <x:v>3.89</x:v>
+      </x:c>
+      <x:c r="C71" s="4" t="n">
+        <x:v>3.96</x:v>
+      </x:c>
+      <x:c r="D71" s="4" t="n">
+        <x:v>1.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:4">
+      <x:c r="A72" s="2" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="B72" s="4" t="n">
+        <x:v>-3.12</x:v>
+      </x:c>
+      <x:c r="C72" s="4" t="n">
+        <x:v>-3.06</x:v>
+      </x:c>
+      <x:c r="D72" s="4" t="n">
+        <x:v>1.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:4">
+      <x:c r="A73" s="2" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="B73" s="4" t="n">
+        <x:v>-3.07</x:v>
+      </x:c>
+      <x:c r="C73" s="4" t="n">
+        <x:v>-3</x:v>
+      </x:c>
+      <x:c r="D73" s="4" t="n">
+        <x:v>1.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:4">
+      <x:c r="A74" s="2" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="B74" s="4" t="n">
+        <x:v>1.58</x:v>
+      </x:c>
+      <x:c r="C74" s="4" t="n">
+        <x:v>1.65</x:v>
+      </x:c>
+      <x:c r="D74" s="4" t="n">
+        <x:v>1.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:4">
+      <x:c r="A75" s="2" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="B75" s="4" t="n">
+        <x:v>3.72</x:v>
+      </x:c>
+      <x:c r="C75" s="4" t="n">
+        <x:v>3.79</x:v>
+      </x:c>
+      <x:c r="D75" s="4" t="n">
+        <x:v>1.35</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:4">
+      <x:c r="A76" s="2" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B76" s="4" t="n">
+        <x:v>-1.18</x:v>
+      </x:c>
+      <x:c r="C76" s="4" t="n">
+        <x:v>-1.11</x:v>
+      </x:c>
+      <x:c r="D76" s="4" t="n">
+        <x:v>1.41</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:4">
+      <x:c r="A77" s="2" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="B77" s="4" t="n">
+        <x:v>6.88</x:v>
+      </x:c>
+      <x:c r="C77" s="4" t="n">
+        <x:v>6.95</x:v>
+      </x:c>
+      <x:c r="D77" s="4" t="n">
+        <x:v>1.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:4">
+      <x:c r="A78" s="2" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="B78" s="4" t="n">
+        <x:v>-0.19</x:v>
+      </x:c>
+      <x:c r="C78" s="4" t="n">
+        <x:v>-0.12</x:v>
+      </x:c>
+      <x:c r="D78" s="4" t="n">
+        <x:v>1.25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:4">
+      <x:c r="A79" s="2" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="B79" s="4" t="n">
+        <x:v>-1.43</x:v>
+      </x:c>
+      <x:c r="C79" s="4" t="n">
+        <x:v>-1.36</x:v>
+      </x:c>
+      <x:c r="D79" s="4" t="n">
+        <x:v>1.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:4">
+      <x:c r="A80" s="2" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="B80" s="4" t="n">
+        <x:v>2.45</x:v>
+      </x:c>
+      <x:c r="C80" s="4" t="n">
+        <x:v>2.52</x:v>
+      </x:c>
+      <x:c r="D80" s="4" t="n">
+        <x:v>0.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:4">
+      <x:c r="A81" s="2" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B81" s="4" t="n">
+        <x:v>-2.62</x:v>
+      </x:c>
+      <x:c r="C81" s="4" t="n">
+        <x:v>-2.54</x:v>
+      </x:c>
+      <x:c r="D81" s="4" t="n">
+        <x:v>0.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:4">
+      <x:c r="A82" s="2" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="B82" s="4" t="n">
+        <x:v>6.92</x:v>
+      </x:c>
+      <x:c r="C82" s="4" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="D82" s="4" t="n">
+        <x:v>0.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:4">
+      <x:c r="A83" s="2" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="B83" s="4" t="n">
+        <x:v>7.49</x:v>
+      </x:c>
+      <x:c r="C83" s="4" t="n">
+        <x:v>7.62</x:v>
+      </x:c>
+      <x:c r="D83" s="4" t="n">
+        <x:v>0.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:4">
+      <x:c r="A84" s="2" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="B84" s="4" t="n">
+        <x:v>4.93</x:v>
+      </x:c>
+      <x:c r="C84" s="4" t="n">
+        <x:v>5.06</x:v>
+      </x:c>
+      <x:c r="D84" s="4" t="n">
+        <x:v>0.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:4">
+      <x:c r="A85" s="2" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B85" s="4" t="n">
+        <x:v>-1.53</x:v>
+      </x:c>
+      <x:c r="C85" s="4" t="n">
+        <x:v>-1.4</x:v>
+      </x:c>
+      <x:c r="D85" s="4" t="n">
+        <x:v>0.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:4">
+      <x:c r="A86" s="2" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="B86" s="4" t="n">
+        <x:v>-8.3</x:v>
+      </x:c>
+      <x:c r="C86" s="4" t="n">
+        <x:v>-8.23</x:v>
+      </x:c>
+      <x:c r="D86" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="88" spans="1:4">
+      <x:c r="A88" s="2" t="s"/>
+      <x:c r="B88" s="3" t="s"/>
+      <x:c r="C88" s="3" t="s"/>
+      <x:c r="D88" s="3" t="s"/>
+    </x:row>
+    <x:row r="89" spans="1:4">
+      <x:c r="A89" s="2" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="B89" s="4" t="n">
+        <x:v>6.37</x:v>
+      </x:c>
+      <x:c r="C89" s="4" t="n">
+        <x:v>6.41</x:v>
+      </x:c>
+      <x:c r="D89" s="4" t="n">
+        <x:v>0.61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="90" spans="1:4">
+      <x:c r="A90" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B90" s="4" t="n">
+        <x:v>15.26</x:v>
+      </x:c>
+      <x:c r="C90" s="4" t="n">
+        <x:v>15.57</x:v>
+      </x:c>
+      <x:c r="D90" s="4" t="n">
+        <x:v>4.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:4">
+      <x:c r="A91" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B91" s="4" t="n">
+        <x:v>-1.06</x:v>
+      </x:c>
+      <x:c r="C91" s="4" t="n">
+        <x:v>-0.8</x:v>
+      </x:c>
+      <x:c r="D91" s="4" t="n">
+        <x:v>5.45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:4">
+      <x:c r="A92" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B92" s="4" t="n">
+        <x:v>3.91</x:v>
+      </x:c>
+      <x:c r="C92" s="4" t="n">
+        <x:v>4.2</x:v>
+      </x:c>
+      <x:c r="D92" s="4" t="n">
+        <x:v>5.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:4">
+      <x:c r="A93" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B93" s="4" t="n">
+        <x:v>14.67</x:v>
+      </x:c>
+      <x:c r="C93" s="4" t="n">
+        <x:v>15.06</x:v>
+      </x:c>
+      <x:c r="D93" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:4">
+      <x:c r="A94" s="2" t="n">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="B94" s="4" t="n">
+        <x:v>-5.25</x:v>
+      </x:c>
+      <x:c r="C94" s="4" t="n">
+        <x:v>-4.94</x:v>
+      </x:c>
+      <x:c r="D94" s="4" t="n">
+        <x:v>0.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:4">
+      <x:c r="A96" s="1" t="s">
+        <x:v>62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:4">
+      <x:c r="A97" s="1" t="s">
+        <x:v>63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:4">
+      <x:c r="A98" s="1" t="s">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99" spans="1:4">
+      <x:c r="A99" s="2" t="s">
+        <x:v>118</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:4">
+      <x:c r="A100" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:4">
+      <x:c r="A101" s="1" t="s">
+        <x:v>67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:4">
+      <x:c r="A102" s="1" t="s">
+        <x:v>68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:4">
+      <x:c r="A103" s="2" t="s">
+        <x:v>69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:4">
+      <x:c r="A104" s="1" t="s">
+        <x:v>70</x:v>
+      </x:c>
+    </x:row>
+  </x:sheetData>
+  <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
+  <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
+  <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
+  <x:headerFooter/>
+  <x:tableParts count="0"/>
+</x:worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D103"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.130625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.61</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>5.71</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.69</x:v>
+        <x:v>5.75</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.19</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.56</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.59</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>3.57</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
         <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-2.55</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-2.53</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-3.83</x:v>
+        <x:v>-2.56</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-3.81</x:v>
+        <x:v>-2.52</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>-3.84</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>-3.8</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>3.13</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-1.52</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>-1.52</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>-1.48</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-3.77</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-3.74</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.39</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-0.95</x:v>
+        <x:v>-3.77</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-0.93</x:v>
+        <x:v>-3.74</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-2.37</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-2.35</x:v>
+        <x:v>-0.93</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-2.72</x:v>
+        <x:v>-2.38</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>-2.34</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>2.06</x:v>
+        <x:v>-2.75</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>2.08</x:v>
+        <x:v>-2.71</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-1.41</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-1.39</x:v>
+        <x:v>2.11</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>-1.41</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>2.56</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-1.76</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-1.74</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>2.99</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2.95</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>2.99</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
         <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-2.89</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-2.87</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>-2.92</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>-2.88</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>2.74</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>3.81</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>2.75</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
         <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>2.49</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>2.52</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-4.18</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-4.16</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>-4.23</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>-4.2</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-3.12</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-3.1</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>-3.62</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>-3.59</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>1.68</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.24</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-1.16</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-1.42</x:v>
+        <x:v>-1.57</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>-1.53</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.15</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-2.24</x:v>
+        <x:v>-1.55</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-2.22</x:v>
+        <x:v>-1.51</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>4.95</x:v>
+        <x:v>-2.29</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>-2.26</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>0.07</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>4.22</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>4.94</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>4.16</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-1.78</x:v>
+        <x:v>-0.24</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-1.74</x:v>
+        <x:v>-0.19</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>9.82</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>9.86</x:v>
+        <x:v>-1.77</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>8.81</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>4.28</x:v>
+        <x:v>8.86</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>2.58</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-1.83</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>-1.78</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>0.78</x:v>
+        <x:v>-1.85</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>0.82</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>-1.06</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-1.2</x:v>
+        <x:v>-1.16</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-1.16</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>-5.61</x:v>
+        <x:v>-1.2</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>-5.57</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>-3.8</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>-2.82</x:v>
+        <x:v>-3.77</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s"/>
       <x:c r="B65" s="3" t="s"/>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>6.42</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>12.45</x:v>
+        <x:v>12.48</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>12.52</x:v>
+        <x:v>12.59</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
         <x:v>1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>5.05</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>5.12</x:v>
+        <x:v>5.13</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
         <x:v>1.11</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>-6.07</x:v>
+        <x:v>-6.09</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>-6.01</x:v>
+        <x:v>-5.99</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
         <x:v>1.09</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>3.86</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
         <x:v>3.96</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>-3.12</x:v>
+        <x:v>-3.19</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>-3.06</x:v>
+        <x:v>-3.09</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
         <x:v>1.23</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>-3.09</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>-3</x:v>
+        <x:v>-2.99</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
         <x:v>1.37</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>1.58</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
         <x:v>1.39</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>3.72</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>3.79</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
         <x:v>1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
         <x:v>-1.18</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>-1.11</x:v>
+        <x:v>-1.08</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
         <x:v>1.41</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>6.88</x:v>
+        <x:v>7.35</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>6.95</x:v>
+        <x:v>7.47</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
         <x:v>1.38</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>-0.19</x:v>
+        <x:v>-0.23</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
         <x:v>-0.12</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
         <x:v>1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>-1.43</x:v>
+        <x:v>-1.82</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>-1.36</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
         <x:v>1.12</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>2.52</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
         <x:v>0.87</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>-2.62</x:v>
+        <x:v>-3.19</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>-2.54</x:v>
+        <x:v>-3.07</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
         <x:v>0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>6.92</x:v>
+        <x:v>6.75</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>6.87</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
         <x:v>0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>7.49</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>7.62</x:v>
+        <x:v>6.73</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
         <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>4.93</x:v>
+        <x:v>4.91</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>5.06</x:v>
+        <x:v>5.08</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
         <x:v>0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>-1.53</x:v>
+        <x:v>-1.61</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>-1.45</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
         <x:v>0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>-8.3</x:v>
+        <x:v>-3.8</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>-8.23</x:v>
+        <x:v>-3.77</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="2" t="s"/>
       <x:c r="B87" s="3" t="s"/>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>6.42</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="2" t="n">
         <x:v>2025</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>15.26</x:v>
+        <x:v>15.21</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>15.57</x:v>
+        <x:v>15.68</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>-1.06</x:v>
+        <x:v>-1.24</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>-0.83</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
         <x:v>5.45</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
         <x:v>3.91</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.35</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
         <x:v>5.26</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="2" t="n">
         <x:v>2022</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>14.67</x:v>
+        <x:v>13.24</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>15.06</x:v>
+        <x:v>13.77</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>-5.25</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>-4.94</x:v>
+        <x:v>-0.35</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
         <x:v>0.02</x:v>
-      </x:c>
-[...1261 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
       <x:c r="A95" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
       <x:c r="A96" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4">
-      <x:c r="A97" s="2" t="s">
-        <x:v>117</x:v>
+      <x:c r="A97" s="1" t="s">
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4">
-      <x:c r="A98" s="1" t="s">
-        <x:v>65</x:v>
+      <x:c r="A98" s="2" t="s">
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:4">
       <x:c r="A99" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:4">
       <x:c r="A100" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:4">
-      <x:c r="A101" s="2" t="s">
+      <x:c r="A101" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:4">
-      <x:c r="A102" s="1" t="s">
+      <x:c r="A102" s="2" t="s">
         <x:v>69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:4">
+      <x:c r="A103" s="1" t="s">
+        <x:v>70</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J29"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="38.620625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>3.63</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>21.78</x:v>
+        <x:v>23.24</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>6.63</x:v>
+        <x:v>7.37</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>6.62</x:v>
+        <x:v>7.58</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>4.14</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>4.01</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.82</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.82</x:v>
+        <x:v>7.31</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>3.82</x:v>
+        <x:v>7.31</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>17.89</x:v>
+        <x:v>19.41</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>2.51</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>2.61</x:v>
+        <x:v>3.58</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>7.91</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>7.91</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>21.86</x:v>
+        <x:v>23.32</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>6.7</x:v>
+        <x:v>7.44</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>6.69</x:v>
+        <x:v>7.66</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>4.14</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>4.01</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.82</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.82</x:v>
+        <x:v>7.32</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>3.82</x:v>
+        <x:v>7.32</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>17.97</x:v>
+        <x:v>19.49</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>2.58</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>2.68</x:v>
+        <x:v>3.65</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="41.550625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>7.35</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>7.35</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>18.06</x:v>
+        <x:v>19.56</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>3.91</x:v>
+        <x:v>4.61</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>6.29</x:v>
+        <x:v>6.97</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>3.19</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
         <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.19</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>7.02</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>7.02</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>15.82</x:v>
+        <x:v>17.39</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>4.05</x:v>
+        <x:v>4.74</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.02</x:v>
+        <x:v>3.47</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.02</x:v>
+        <x:v>7.63</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>4.02</x:v>
+        <x:v>7.63</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>20.07</x:v>
+        <x:v>21.6</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>5.71</x:v>
+        <x:v>6.41</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>8.14</x:v>
+        <x:v>8.83</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>3.19</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
         <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.85</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.85</x:v>
+        <x:v>7.31</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>3.85</x:v>
+        <x:v>7.31</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>17.84</x:v>
+        <x:v>19.43</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>2.52</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="41.550625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>6.13</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>6.13</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>18.62</x:v>
+        <x:v>19.36</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>4.95</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>4.47</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>3.19</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.06</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.06</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>3.06</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>16.39</x:v>
+        <x:v>17.19</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.25</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.25</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>3.25</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>18.93</x:v>
+        <x:v>19.67</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>5.23</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>4.79</x:v>
+        <x:v>5.33</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>3.19</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>16.7</x:v>
+        <x:v>17.5</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>3.33</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="41.550625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>6.06</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>6.06</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>18.61</x:v>
+        <x:v>19.28</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>4.95</x:v>
+        <x:v>5.43</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>3.72</x:v>
+        <x:v>4.41</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>3.19</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>2.78</x:v>
+        <x:v>2.77</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>5.74</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>5.74</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>16.37</x:v>
+        <x:v>17.11</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>1.65</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.25</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.25</x:v>
+        <x:v>6.13</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>3.25</x:v>
+        <x:v>6.13</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>19.1</x:v>
+        <x:v>19.77</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>5.39</x:v>
+        <x:v>5.87</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>4.16</x:v>
+        <x:v>4.85</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.33</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>3.19</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>2.78</x:v>
+        <x:v>2.77</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>16.86</x:v>
+        <x:v>17.6</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>2.09</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="41.590625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>2.95</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>6.42</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>6.42</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>21.04</x:v>
+        <x:v>21.76</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>6.63</x:v>
+        <x:v>7.23</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>6.06</x:v>
+        <x:v>6.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>4.21</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>4.74</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>3.37</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.06</x:v>
+        <x:v>2.67</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.06</x:v>
+        <x:v>5.83</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>3.06</x:v>
+        <x:v>5.83</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>16.83</x:v>
+        <x:v>17.62</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>1.89</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>3.23</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>21.35</x:v>
+        <x:v>22.08</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>6.92</x:v>
+        <x:v>7.52</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>6.39</x:v>
+        <x:v>6.94</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>4.21</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
         <x:v>4.74</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>3.37</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>5.87</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>5.87</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>17.15</x:v>
+        <x:v>17.94</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>3.57</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="41.590625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>6.41</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>6.41</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>20.93</x:v>
+        <x:v>21.69</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>6.52</x:v>
+        <x:v>7.11</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>8.33</x:v>
+        <x:v>8.92</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>4.21</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>4.74</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
         <x:v>3.82</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.06</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.06</x:v>
+        <x:v>5.81</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>3.06</x:v>
+        <x:v>5.81</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>16.72</x:v>
+        <x:v>17.54</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>2.37</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>4.51</x:v>
+        <x:v>5.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.41</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.41</x:v>
+        <x:v>6.48</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>3.41</x:v>
+        <x:v>6.48</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>21.43</x:v>
+        <x:v>22.19</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>6.97</x:v>
+        <x:v>7.55</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>9.38</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>4.21</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
         <x:v>4.74</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
         <x:v>3.82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.68</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>5.88</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>5.88</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>17.22</x:v>
+        <x:v>18.04</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>2.82</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>4.98</x:v>
+        <x:v>5.56</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="41.590625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>3.61</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>7.95</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>7.95</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>22.58</x:v>
+        <x:v>24.1</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>7.38</x:v>
+        <x:v>8.11</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>6.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>4.21</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>4.74</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>4.35</x:v>
+        <x:v>4.34</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.88</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.88</x:v>
+        <x:v>7.35</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>3.88</x:v>
+        <x:v>7.35</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>18.37</x:v>
+        <x:v>19.95</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>2.56</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.19</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.19</x:v>
+        <x:v>7.96</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>4.19</x:v>
+        <x:v>7.96</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>22.66</x:v>
+        <x:v>24.18</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>7.45</x:v>
+        <x:v>8.19</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>6.07</x:v>
+        <x:v>6.97</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>4.21</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
         <x:v>4.74</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>4.35</x:v>
+        <x:v>4.34</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.88</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.88</x:v>
+        <x:v>7.36</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>3.88</x:v>
+        <x:v>7.36</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>18.45</x:v>
+        <x:v>20.04</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>2.71</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>2.64</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet19.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="38.610625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.98</x:v>
+        <x:v>3.43</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.98</x:v>
+        <x:v>7.55</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>3.98</x:v>
+        <x:v>7.55</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>19.96</x:v>
+        <x:v>21.46</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>5.32</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>4.89</x:v>
+        <x:v>5.54</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>4.33</x:v>
+        <x:v>4.28</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>5.02</x:v>
+        <x:v>4.99</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
         <x:v>3.57</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.66</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.66</x:v>
+        <x:v>6.94</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>3.66</x:v>
+        <x:v>6.94</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>15.63</x:v>
+        <x:v>17.18</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>1.97</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.17</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.17</x:v>
+        <x:v>7.91</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>4.17</x:v>
+        <x:v>7.91</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>22.55</x:v>
+        <x:v>24.08</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>7.62</x:v>
+        <x:v>8.31</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>7.22</x:v>
+        <x:v>7.89</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>4.33</x:v>
+        <x:v>4.28</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>5.02</x:v>
+        <x:v>4.99</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
         <x:v>3.57</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>3.31</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>18.22</x:v>
+        <x:v>19.8</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>3.65</x:v>
+        <x:v>4.32</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D97"/>
+  <x:dimension ref="A1:D98"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="41.550625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>4.02</x:v>
+        <x:v>3.47</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.16</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.58</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>0.17</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.39</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.54</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>5.39</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>5.54</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.16</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.39</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>0.17</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>-0.39</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>3.35</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.16</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>0.17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-2.8</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-2.65</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-4.02</x:v>
+        <x:v>-2.8</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-3.88</x:v>
+        <x:v>-2.65</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>-4.02</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>-3.88</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.17</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-1.74</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.59</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>-1.74</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.55</x:v>
+        <x:v>-1.59</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.28</x:v>
+        <x:v>0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-4.03</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-3.89</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>0.28</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-1.24</x:v>
+        <x:v>-4.03</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-3.89</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-2.59</x:v>
+        <x:v>-1.24</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-2.45</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-3.31</x:v>
+        <x:v>-2.59</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-3.16</x:v>
+        <x:v>-2.45</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
         <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>2.14</x:v>
+        <x:v>-3.31</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>-3.16</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-2.06</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-1.92</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-2.06</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>-1.92</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>0.98</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>2.14</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-2.04</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-1.91</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>2.78</x:v>
+        <x:v>-2.04</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>2.93</x:v>
+        <x:v>-1.91</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-3.12</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-2.98</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-0.29</x:v>
+        <x:v>-3.12</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-0.15</x:v>
+        <x:v>-2.98</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>3.75</x:v>
+        <x:v>-0.29</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>-0.15</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>3.75</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>3.89</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>0.59</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>0.45</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>0.28</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-4.59</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-4.45</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>0.28</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>1.42</x:v>
+        <x:v>-4.59</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>-4.45</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-4.04</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-3.9</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
         <x:v>0.23</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>-4.04</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>1.43</x:v>
+        <x:v>-3.9</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>0.23</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
         <x:v>0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-0.52</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-0.37</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>0.95</x:v>
+        <x:v>-0.52</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>-0.37</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>1.42</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>0.13</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-0.39</x:v>
+        <x:v>1.27</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.06</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-1.89</x:v>
+        <x:v>-0.39</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-1.74</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-2.1</x:v>
+        <x:v>-1.89</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-1.95</x:v>
+        <x:v>-1.74</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-3.17</x:v>
+        <x:v>-2.1</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-3.03</x:v>
+        <x:v>-1.95</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
         <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>-3.17</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>-3.03</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
         <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>5.85</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>5.11</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
         <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-0.38</x:v>
+        <x:v>5.11</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
         <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-2.41</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>-0.38</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
         <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>10.79</x:v>
+        <x:v>-2.41</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>10.94</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
         <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>3.99</x:v>
+        <x:v>10.79</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>4.15</x:v>
+        <x:v>10.94</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
         <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>3.99</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>4.15</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
         <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
+        <x:v>2.43</x:v>
+      </x:c>
+      <x:c r="C58" s="4" t="n">
+        <x:v>2.59</x:v>
+      </x:c>
+      <x:c r="D58" s="4" t="n">
+        <x:v>-0.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:4">
+      <x:c r="A59" s="2" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="B59" s="4" t="n">
         <x:v>-3.4</x:v>
       </x:c>
-      <x:c r="C58" s="4" t="n">
+      <x:c r="C59" s="4" t="n">
         <x:v>-3.28</x:v>
       </x:c>
-      <x:c r="D58" s="4" t="n">
+      <x:c r="D59" s="4" t="n">
         <x:v>-0.03</x:v>
       </x:c>
     </x:row>
-    <x:row r="60" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="61" spans="1:4">
-      <x:c r="A61" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A61" s="2" t="s"/>
+      <x:c r="B61" s="3" t="s"/>
+      <x:c r="C61" s="3" t="s"/>
+      <x:c r="D61" s="3" t="s"/>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>11.73</x:v>
+        <x:v>7.35</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>12.2</x:v>
+        <x:v>7.63</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>0.52</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>4.09</x:v>
+        <x:v>11.73</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>4.53</x:v>
+        <x:v>12.2</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>0.51</x:v>
+        <x:v>0.52</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>-6.79</x:v>
+        <x:v>4.09</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>-6.38</x:v>
+        <x:v>4.53</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>0.51</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>-6.79</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>3.47</x:v>
+        <x:v>-6.38</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>-3.9</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>-3.48</x:v>
+        <x:v>3.47</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>-3.79</x:v>
+        <x:v>-3.9</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>-3.37</x:v>
+        <x:v>-3.48</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>0.84</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>0.87</x:v>
+        <x:v>-3.79</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>-3.37</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>0.97</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>3.43</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.01</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>-1.89</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>-1.46</x:v>
+        <x:v>3.43</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>6.77</x:v>
+        <x:v>-1.89</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>7.23</x:v>
+        <x:v>-1.46</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>1.01</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>-1.11</x:v>
+        <x:v>6.77</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>-0.68</x:v>
+        <x:v>7.23</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>-2.72</x:v>
+        <x:v>-1.11</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>-0.68</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>0.59</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>-2.72</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>-2.3</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>-3.89</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>7.59</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>8.05</x:v>
+        <x:v>-3.89</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>7.53</x:v>
+        <x:v>7.59</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>8.05</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>-0.12</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
+        <x:v>7.53</x:v>
+      </x:c>
+      <x:c r="C78" s="4" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="D78" s="4" t="n">
+        <x:v>-0.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:4">
+      <x:c r="A79" s="2" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="B79" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
-      <x:c r="C78" s="4" t="n">
+      <x:c r="C79" s="4" t="n">
         <x:v>3.34</x:v>
       </x:c>
-      <x:c r="D78" s="4" t="n">
+      <x:c r="D79" s="4" t="n">
         <x:v>-0.11</x:v>
       </x:c>
     </x:row>
-    <x:row r="80" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="81" spans="1:4">
-      <x:c r="A81" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A81" s="2" t="s"/>
+      <x:c r="B81" s="3" t="s"/>
+      <x:c r="C81" s="3" t="s"/>
+      <x:c r="D81" s="3" t="s"/>
     </x:row>
     <x:row r="82" spans="1:4">
-      <x:c r="A82" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A82" s="2" t="s">
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>11.68</x:v>
+        <x:v>7.35</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>13.6</x:v>
+        <x:v>7.63</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>-3.94</x:v>
+        <x:v>11.68</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>-2.27</x:v>
+        <x:v>13.6</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>2.33</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>0.78</x:v>
+        <x:v>-3.94</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>-2.27</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>3.89</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>12.59</x:v>
+        <x:v>0.78</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>14.56</x:v>
+        <x:v>2.53</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>3.37</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B86" s="4" t="n">
+        <x:v>12.59</x:v>
+      </x:c>
+      <x:c r="C86" s="4" t="n">
+        <x:v>14.56</x:v>
+      </x:c>
+      <x:c r="D86" s="4" t="n">
+        <x:v>0.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:4">
+      <x:c r="A87" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="B86" s="4" t="n">
+      <x:c r="B87" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
-      <x:c r="C86" s="4" t="n">
+      <x:c r="C87" s="4" t="n">
         <x:v>3.34</x:v>
       </x:c>
-      <x:c r="D86" s="4" t="n">
+      <x:c r="D87" s="4" t="n">
         <x:v>-0.11</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
-      <x:c r="A91" s="2" t="s">
-        <x:v>90</x:v>
+      <x:c r="A91" s="1" t="s">
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
-      <x:c r="A93" s="1" t="s">
-        <x:v>65</x:v>
+      <x:c r="A93" s="2" t="s">
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
       <x:c r="A95" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
-      <x:c r="A96" s="2" t="s">
+      <x:c r="A96" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4">
-      <x:c r="A97" s="1" t="s">
+      <x:c r="A97" s="2" t="s">
         <x:v>69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:4">
+      <x:c r="A98" s="1" t="s">
+        <x:v>70</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J29"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="38.660625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.03</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.03</x:v>
+        <x:v>7.62</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>4.03</x:v>
+        <x:v>7.62</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>20.53</x:v>
+        <x:v>22.02</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>6.49</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>8.22</x:v>
+        <x:v>8.91</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>4.33</x:v>
+        <x:v>4.28</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>5.02</x:v>
+        <x:v>4.99</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
         <x:v>3.91</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>7.01</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>7.01</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>16.2</x:v>
+        <x:v>17.74</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>3.58</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>7.91</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>7.91</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>22.59</x:v>
+        <x:v>24.1</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>7.63</x:v>
+        <x:v>8.32</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>10.1</x:v>
+        <x:v>10.8</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>4.33</x:v>
+        <x:v>4.28</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>5.02</x:v>
+        <x:v>4.99</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
         <x:v>3.91</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.85</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.85</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>3.85</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>18.25</x:v>
+        <x:v>19.82</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>2.61</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>6.19</x:v>
+        <x:v>6.89</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet21.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J29"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="38.490625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>6.37</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>6.37</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>21</x:v>
+        <x:v>21.68</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>6.85</x:v>
+        <x:v>7.4</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>6.23</x:v>
+        <x:v>6.76</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>4.33</x:v>
+        <x:v>4.28</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>5.02</x:v>
+        <x:v>4.99</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
         <x:v>3.57</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.06</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.06</x:v>
+        <x:v>5.76</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>3.06</x:v>
+        <x:v>5.76</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>16.67</x:v>
+        <x:v>17.4</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>2.67</x:v>
+        <x:v>3.19</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>6.41</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>6.41</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>21.32</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>7.14</x:v>
+        <x:v>7.68</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>6.57</x:v>
+        <x:v>7.1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>4.33</x:v>
+        <x:v>4.28</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>5.02</x:v>
+        <x:v>4.99</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
         <x:v>3.57</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>16.99</x:v>
+        <x:v>17.72</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>2.12</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.53</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet22.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J29"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="38.230625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>3.35</x:v>
+        <x:v>6.36</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>20.9</x:v>
+        <x:v>21.63</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>6.76</x:v>
+        <x:v>7.27</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>7.63</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>4.33</x:v>
+        <x:v>4.28</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>5.02</x:v>
+        <x:v>4.99</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
         <x:v>3.64</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.02</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.02</x:v>
+        <x:v>5.74</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>3.02</x:v>
+        <x:v>5.74</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>16.57</x:v>
+        <x:v>17.36</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>1.75</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>3.99</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>6.42</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>6.42</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>21.4</x:v>
+        <x:v>22.13</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>7.21</x:v>
+        <x:v>7.72</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>7.59</x:v>
+        <x:v>8.12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.29</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>4.33</x:v>
+        <x:v>4.28</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>5.02</x:v>
+        <x:v>4.99</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
         <x:v>3.64</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.06</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.06</x:v>
+        <x:v>5.81</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>3.06</x:v>
+        <x:v>5.81</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>17.06</x:v>
+        <x:v>17.86</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>2.72</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>3.95</x:v>
+        <x:v>4.48</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I29"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="38.620625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>12.64</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>15.21</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>15.21</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>5.31</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>5.48</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>3.97</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>3.97</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>4.11</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>4.02</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>11.74</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>11.24</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>11.24</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>1.46</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>12.66</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>15.28</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>15.28</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>5.38</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>5.55</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>3.97</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>3.97</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>4.11</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>4.02</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>11.75</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>11.31</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>11.31</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>1.27</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>1.53</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="41.550625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>11.73</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>11.68</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>11.68</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>2.63</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>5.47</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>0.52</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>2.33</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>2.33</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>3.19</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>11.21</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>9.35</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>9.35</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>-0.56</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>3.22</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>12.2</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>13.6</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>13.6</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>4.41</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>0.52</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>2.33</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>2.33</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>3.19</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>11.68</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>11.27</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>11.27</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>1.22</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>5.06</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="41.550625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>11.88</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>13.05</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>13.05</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>3.91</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>3.84</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>0.52</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>2.33</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>2.33</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>3.19</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>11.37</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>10.73</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>10.73</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>0.72</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>11.96</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>13.35</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>13.35</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>4.19</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>4.16</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>0.52</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>2.33</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>2.33</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>3.19</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>11.44</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>11.03</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>11.03</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>2.17</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet26.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="41.550625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>12.01</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>13.04</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>13.04</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>3.92</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>2.89</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>0.52</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>2.33</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>2.33</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>3.19</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>11.49</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>10.71</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>10.71</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>0.73</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>0.09</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>12.12</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>13.51</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>13.51</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>4.36</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>0.52</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>2.33</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>2.33</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>3.19</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>11.6</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>11.18</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>11.18</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>1.16</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>0.52</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="41.590625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>12.41</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>15.4</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>15.4</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>5.58</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>5.42</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>4.31</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>4.31</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>4.74</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>3.36</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>11.41</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>11.1</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>11.1</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>0.84</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>2.06</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>12.48</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>15.71</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>15.71</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>5.86</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>5.75</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>4.31</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>4.31</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>4.74</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>3.36</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>11.48</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>11.4</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>11.4</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>1.12</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="41.590625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>12.41</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>15.29</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>15.29</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>5.46</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>7.63</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>4.31</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>4.31</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>4.74</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>3.82</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>11.41</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>10.98</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>10.98</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>0.72</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>3.81</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>12.52</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>15.76</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>15.76</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>5.9</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>8.1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>4.31</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>4.31</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>4.74</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>3.82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>11.52</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>11.46</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>11.46</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>1.16</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>4.27</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet29.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="41.590625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>12.77</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>15.98</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>15.98</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>6.06</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>4.91</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>4.31</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>4.31</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>4.74</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>4.36</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>11.78</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>11.67</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>11.67</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>1.32</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>0.55</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>12.79</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>16.06</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>16.06</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>6.13</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>4.99</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>4.31</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>4.31</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>4.74</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>4.36</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>11.8</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>11.75</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>11.75</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>1.39</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D104"/>
+  <x:dimension ref="A1:D105"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="41.550625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.23</x:v>
+        <x:v>2.81</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>3.25</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.16</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>0.17</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.54</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.56</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.48</x:v>
+        <x:v>5.54</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>5.56</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.16</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>3.48</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.4</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>0.17</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>-0.4</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1.49</x:v>
+        <x:v>3.36</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.16</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>0.17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-2.67</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-2.65</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-3.9</x:v>
+        <x:v>-2.67</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-3.88</x:v>
+        <x:v>-2.65</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>-3.9</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>-3.88</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>2.17</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-1.61</x:v>
+        <x:v>2.17</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.59</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.49</x:v>
+        <x:v>-1.61</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.52</x:v>
+        <x:v>-1.59</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.28</x:v>
+        <x:v>0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-3.93</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-3.91</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>0.28</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-3.93</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-1.08</x:v>
+        <x:v>-3.91</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-2.48</x:v>
+        <x:v>-1.08</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-2.9</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-2.88</x:v>
+        <x:v>-2.48</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
         <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>1.99</x:v>
+        <x:v>-2.9</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>-2.88</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-1.57</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-1.54</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>-1.57</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>-1.54</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>0.94</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-1.93</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-1.91</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>-1.93</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>2.93</x:v>
+        <x:v>-1.91</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-2.96</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-2.94</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>-2.96</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>-2.94</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>3.24</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>3.24</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>0.58</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>2.63</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>2.28</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>0.28</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-4.41</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-4.38</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>0.28</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>1.49</x:v>
+        <x:v>-4.41</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>-4.38</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-3.39</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-3.37</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
         <x:v>0.23</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>-3.39</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>-3.37</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>0.23</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
         <x:v>0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-0.28</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-0.26</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>-0.28</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>-0.26</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>0.13</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-0.24</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.06</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-1.37</x:v>
+        <x:v>-0.24</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-1.34</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-1.58</x:v>
+        <x:v>-1.37</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-1.55</x:v>
+        <x:v>-1.34</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-2.4</x:v>
+        <x:v>-1.58</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-2.38</x:v>
+        <x:v>-1.55</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
         <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>4.89</x:v>
+        <x:v>-2.4</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>-2.38</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
         <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.89</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>4.13</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
         <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-0.44</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-0.41</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
         <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-1.98</x:v>
+        <x:v>-0.44</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>-0.41</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
         <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>9.86</x:v>
+        <x:v>-1.98</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>-1.94</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
         <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>9.86</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>4.13</x:v>
+        <x:v>9.9</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
         <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>2.55</x:v>
+        <x:v>4.08</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
         <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-1.89</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>-1.85</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
         <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>-1.89</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>-1.85</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
         <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>-1.16</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>-1.12</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
         <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-1.26</x:v>
+        <x:v>-1.16</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-1.21</x:v>
+        <x:v>-1.12</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
         <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>-5.66</x:v>
+        <x:v>-1.26</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>-5.62</x:v>
+        <x:v>-1.21</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
         <x:v>-0.04</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
+        <x:v>-5.66</x:v>
+      </x:c>
+      <x:c r="C63" s="4" t="n">
+        <x:v>-5.62</x:v>
+      </x:c>
+      <x:c r="D63" s="4" t="n">
+        <x:v>-0.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:4">
+      <x:c r="A64" s="2" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B64" s="4" t="n">
         <x:v>-2.9</x:v>
       </x:c>
-      <x:c r="C63" s="4" t="n">
+      <x:c r="C64" s="4" t="n">
         <x:v>-2.87</x:v>
       </x:c>
-      <x:c r="D63" s="4" t="n">
+      <x:c r="D64" s="4" t="n">
         <x:v>-0.02</x:v>
       </x:c>
     </x:row>
-    <x:row r="65" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="66" spans="1:4">
-      <x:c r="A66" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A66" s="2" t="s"/>
+      <x:c r="B66" s="3" t="s"/>
+      <x:c r="C66" s="3" t="s"/>
+      <x:c r="D66" s="3" t="s"/>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>11.88</x:v>
+        <x:v>6.13</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>11.96</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>0.52</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>4.41</x:v>
+        <x:v>11.88</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>11.96</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>0.51</x:v>
+        <x:v>0.52</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>-6.42</x:v>
+        <x:v>4.41</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>-6.36</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>0.51</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>3.42</x:v>
+        <x:v>-6.42</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>-6.36</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>-3.57</x:v>
+        <x:v>3.42</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>-3.51</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>-3.45</x:v>
+        <x:v>-3.57</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>-3.38</x:v>
+        <x:v>-3.51</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>0.84</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>-3.45</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>-3.38</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>0.97</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.01</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>-1.55</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>-1.48</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>6.54</x:v>
+        <x:v>-1.55</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>6.62</x:v>
+        <x:v>-1.48</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>1.01</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>-0.77</x:v>
+        <x:v>6.54</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>6.62</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>-0.77</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>-2</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>0.59</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>-2</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>-3.16</x:v>
+        <x:v>1.72</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>-3.08</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>6.58</x:v>
+        <x:v>-3.16</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>6.66</x:v>
+        <x:v>-3.08</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>7.21</x:v>
+        <x:v>6.58</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>7.33</x:v>
+        <x:v>6.66</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>-0.12</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>4.72</x:v>
+        <x:v>7.21</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>7.33</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
         <x:v>-0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>4.72</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>-1.57</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
         <x:v>-0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
+        <x:v>-1.69</x:v>
+      </x:c>
+      <x:c r="C85" s="4" t="n">
+        <x:v>-1.57</x:v>
+      </x:c>
+      <x:c r="D85" s="4" t="n">
+        <x:v>-0.12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:4">
+      <x:c r="A86" s="2" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="B86" s="4" t="n">
         <x:v>-8.4</x:v>
       </x:c>
-      <x:c r="C85" s="4" t="n">
+      <x:c r="C86" s="4" t="n">
         <x:v>-8.33</x:v>
       </x:c>
-      <x:c r="D85" s="4" t="n">
+      <x:c r="D86" s="4" t="n">
         <x:v>-0.07</x:v>
       </x:c>
     </x:row>
-    <x:row r="87" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="88" spans="1:4">
-      <x:c r="A88" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A88" s="2" t="s"/>
+      <x:c r="B88" s="3" t="s"/>
+      <x:c r="C88" s="3" t="s"/>
+      <x:c r="D88" s="3" t="s"/>
     </x:row>
     <x:row r="89" spans="1:4">
-      <x:c r="A89" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A89" s="2" t="s">
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>13.05</x:v>
+        <x:v>6.13</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>13.35</x:v>
+        <x:v>6.17</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="2" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>-2.63</x:v>
+        <x:v>13.05</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>-2.38</x:v>
+        <x:v>13.35</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>2.33</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>-2.63</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>-2.38</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>3.89</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>12.57</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>12.94</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>3.37</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B93" s="4" t="n">
+        <x:v>12.57</x:v>
+      </x:c>
+      <x:c r="C93" s="4" t="n">
+        <x:v>12.94</x:v>
+      </x:c>
+      <x:c r="D93" s="4" t="n">
+        <x:v>0.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:4">
+      <x:c r="A94" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="B93" s="4" t="n">
+      <x:c r="B94" s="4" t="n">
         <x:v>-5.7</x:v>
       </x:c>
-      <x:c r="C93" s="4" t="n">
+      <x:c r="C94" s="4" t="n">
         <x:v>-5.39</x:v>
       </x:c>
-      <x:c r="D93" s="4" t="n">
+      <x:c r="D94" s="4" t="n">
         <x:v>-0.32</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
       <x:c r="A96" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4">
       <x:c r="A97" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4">
-      <x:c r="A98" s="2" t="s">
-        <x:v>90</x:v>
+      <x:c r="A98" s="1" t="s">
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:4">
       <x:c r="A99" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:4">
-      <x:c r="A100" s="1" t="s">
-        <x:v>65</x:v>
+      <x:c r="A100" s="2" t="s">
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:4">
       <x:c r="A101" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:4">
       <x:c r="A102" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:4">
-      <x:c r="A103" s="2" t="s">
+      <x:c r="A103" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:4">
-      <x:c r="A104" s="1" t="s">
+      <x:c r="A104" s="2" t="s">
         <x:v>69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:4">
+      <x:c r="A105" s="1" t="s">
+        <x:v>70</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet30.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="38.610625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>12.25</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>13.41</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>13.41</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>4.06</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>1.02</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>5.03</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>3.56</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>11.22</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>9.02</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>9.02</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>-0.98</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>0.54</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>12.84</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>15.87</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>15.87</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>6.33</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>6.42</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>1.02</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>5.03</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>3.56</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>11.82</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>11.47</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>11.47</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>2.86</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet31.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I29"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="38.660625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>12.34</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>13.95</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>13.95</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>4.52</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>7.38</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>1.02</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>5.03</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>3.91</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>11.32</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>9.56</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>9.56</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>-0.51</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>3.47</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>12.81</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>15.91</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>15.91</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>6.33</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>9.25</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>1.02</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>5.03</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>3.91</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>11.79</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>11.51</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>11.51</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>5.34</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet32.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I29"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="38.490625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>12.45</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>15.26</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>15.26</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>5.82</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>5.59</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>1.02</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>5.03</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>3.56</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>11.42</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>10.87</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>10.87</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>0.79</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>2.03</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>12.52</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>15.57</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>15.57</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>6.1</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>5.93</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>1.02</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>5.03</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>3.56</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>11.49</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>11.17</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>11.17</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>1.07</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>2.37</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet33.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I29"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="38.230625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>12.48</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>15.21</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>15.21</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>5.74</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>6.46</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>1.02</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>5.03</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>3.64</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>11.45</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>10.81</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>10.81</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>0.71</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>2.83</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>12.59</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>15.68</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>15.68</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>6.18</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>6.95</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>1.02</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>5.03</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>3.64</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>11.57</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>11.29</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>11.29</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>1.15</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>3.31</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D86"/>
+  <x:dimension ref="A1:D87"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="41.550625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.21</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>3.25</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.16</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>3.25</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>0.17</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.48</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.52</x:v>
+        <x:v>2.63</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>5.48</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.53</x:v>
+        <x:v>5.52</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.16</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-0.45</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>3.53</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>0.17</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.34</x:v>
+        <x:v>-0.45</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>3.34</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1.52</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.16</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>0.17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-2.73</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-2.69</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-3.91</x:v>
+        <x:v>-2.73</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-3.87</x:v>
+        <x:v>-2.69</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.19</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>-3.91</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-3.87</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.28</x:v>
+        <x:v>0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-3.99</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>0.28</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-1.08</x:v>
+        <x:v>-3.99</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-1.05</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>-1.08</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-2.46</x:v>
+        <x:v>-1.05</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-2.98</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-2.95</x:v>
+        <x:v>-2.46</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
         <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>2.05</x:v>
+        <x:v>-2.98</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>2.08</x:v>
+        <x:v>-2.95</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>0.93</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-1.93</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-1.9</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>-1.93</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>-1.9</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>2.88</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>2.92</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-2.99</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-2.96</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-2.99</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>-2.96</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>2.55</x:v>
+        <x:v>3.86</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>0.58</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>2.25</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>0.28</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-4.41</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-4.37</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>0.28</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>-4.41</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>-4.37</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-3.91</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
         <x:v>0.23</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>-3.91</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>0.23</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
         <x:v>0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-0.35</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-0.32</x:v>
+        <x:v>0.24</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>-0.35</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>-0.32</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>0.13</x:v>
+        <x:v>0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>1.43</x:v>
+        <x:v>1.06</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>0.13</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-0.31</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-0.27</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.06</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-1.78</x:v>
+        <x:v>-0.31</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-1.74</x:v>
+        <x:v>-0.27</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-1.89</x:v>
+        <x:v>-1.78</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-1.85</x:v>
+        <x:v>-1.74</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
+        <x:v>-1.89</x:v>
+      </x:c>
+      <x:c r="C50" s="4" t="n">
+        <x:v>-1.85</x:v>
+      </x:c>
+      <x:c r="D50" s="4" t="n">
+        <x:v>-0.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:4">
+      <x:c r="A51" s="2" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="B51" s="4" t="n">
         <x:v>0.45</x:v>
       </x:c>
-      <x:c r="C50" s="4" t="n">
+      <x:c r="C51" s="4" t="n">
         <x:v>0.46</x:v>
       </x:c>
-      <x:c r="D50" s="4" t="n">
+      <x:c r="D51" s="4" t="n">
         <x:v>-0.01</x:v>
       </x:c>
     </x:row>
-    <x:row r="52" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="53" spans="1:4">
-      <x:c r="A53" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A53" s="2" t="s"/>
+      <x:c r="B53" s="3" t="s"/>
+      <x:c r="C53" s="3" t="s"/>
+      <x:c r="D53" s="3" t="s"/>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>12.01</x:v>
+        <x:v>6.06</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>12.12</x:v>
+        <x:v>6.13</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>0.52</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>4.39</x:v>
+        <x:v>12.01</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>12.12</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>0.51</x:v>
+        <x:v>0.52</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>-6.48</x:v>
+        <x:v>4.39</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>-6.38</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>0.51</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>-6.48</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>3.48</x:v>
+        <x:v>-6.38</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-3.6</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>-3.5</x:v>
+        <x:v>3.48</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-3.47</x:v>
+        <x:v>-3.6</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-3.37</x:v>
+        <x:v>-3.5</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>0.84</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>-3.47</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>-3.37</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>0.97</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>3.44</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.01</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>-1.57</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>-1.46</x:v>
+        <x:v>3.44</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>7.13</x:v>
+        <x:v>-1.57</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>7.24</x:v>
+        <x:v>-1.46</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>1.01</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>-0.78</x:v>
+        <x:v>7.13</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>-0.68</x:v>
+        <x:v>7.24</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>-2.44</x:v>
+        <x:v>-0.78</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>-2.33</x:v>
+        <x:v>-0.68</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>0.59</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>2.07</x:v>
+        <x:v>-2.44</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>-2.33</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>-3.93</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>-3.82</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
+        <x:v>-3.93</x:v>
+      </x:c>
+      <x:c r="C68" s="4" t="n">
+        <x:v>-3.82</x:v>
+      </x:c>
+      <x:c r="D68" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="69" spans="1:4">
+      <x:c r="A69" s="2" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="B69" s="4" t="n">
         <x:v>0.45</x:v>
       </x:c>
-      <x:c r="C68" s="4" t="n">
+      <x:c r="C69" s="4" t="n">
         <x:v>0.46</x:v>
       </x:c>
-      <x:c r="D68" s="4" t="n">
+      <x:c r="D69" s="4" t="n">
         <x:v>-0.01</x:v>
       </x:c>
     </x:row>
-    <x:row r="70" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="71" spans="1:4">
-      <x:c r="A71" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A71" s="2" t="s"/>
+      <x:c r="B71" s="3" t="s"/>
+      <x:c r="C71" s="3" t="s"/>
+      <x:c r="D71" s="3" t="s"/>
     </x:row>
     <x:row r="72" spans="1:4">
-      <x:c r="A72" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A72" s="2" t="s">
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>13.04</x:v>
+        <x:v>6.06</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>13.51</x:v>
+        <x:v>6.13</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>-2.73</x:v>
+        <x:v>13.04</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>-2.33</x:v>
+        <x:v>13.51</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>3.89</x:v>
+        <x:v>2.33</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>2.08</x:v>
+        <x:v>-2.73</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>2.51</x:v>
+        <x:v>-2.33</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>3.89</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B75" s="4" t="n">
+        <x:v>2.08</x:v>
+      </x:c>
+      <x:c r="C75" s="4" t="n">
+        <x:v>2.51</x:v>
+      </x:c>
+      <x:c r="D75" s="4" t="n">
+        <x:v>3.37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:4">
+      <x:c r="A76" s="2" t="n">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="B75" s="4" t="n">
+      <x:c r="B76" s="4" t="n">
         <x:v>-1.5</x:v>
       </x:c>
-      <x:c r="C75" s="4" t="n">
+      <x:c r="C76" s="4" t="n">
         <x:v>-1.27</x:v>
       </x:c>
-      <x:c r="D75" s="4" t="n">
+      <x:c r="D76" s="4" t="n">
         <x:v>0.31</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
-      <x:c r="A80" s="2" t="s">
-        <x:v>90</x:v>
+      <x:c r="A80" s="1" t="s">
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
-      <x:c r="A82" s="1" t="s">
-        <x:v>65</x:v>
+      <x:c r="A82" s="2" t="s">
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
-      <x:c r="A85" s="2" t="s">
+      <x:c r="A85" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
-      <x:c r="A86" s="1" t="s">
+      <x:c r="A86" s="2" t="s">
         <x:v>69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:4">
+      <x:c r="A87" s="1" t="s">
+        <x:v>70</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D104"/>
+  <x:dimension ref="A1:D105"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="41.590625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>2.95</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.65</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>5.75</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>3.65</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1.73</x:v>
+        <x:v>3.52</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>0.21</x:v>
+        <x:v>1.73</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
         <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-2.48</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-2.46</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-3.78</x:v>
+        <x:v>-2.48</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-3.76</x:v>
+        <x:v>-2.46</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>-3.78</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>-3.76</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-1.45</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.42</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>-1.45</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>-1.42</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-3.84</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-3.82</x:v>
+        <x:v>1.63</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>-3.84</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-0.94</x:v>
+        <x:v>-3.82</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-2.39</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-2.37</x:v>
+        <x:v>-0.94</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
         <x:v>0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-2.74</x:v>
+        <x:v>-2.39</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-2.72</x:v>
+        <x:v>-2.37</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>-2.74</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>2.05</x:v>
+        <x:v>-2.72</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-1.38</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-1.36</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>-1.38</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>1.08</x:v>
+        <x:v>-1.36</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>2.51</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-1.82</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>-1.82</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-2.86</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-2.84</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>-2.86</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-0.07</x:v>
+        <x:v>-2.84</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>3.53</x:v>
+        <x:v>-0.07</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>3.51</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>3.53</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>0.71</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-4.3</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-4.28</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>-4.3</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>1.62</x:v>
+        <x:v>-4.28</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.39</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-3.45</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-3.42</x:v>
+        <x:v>1.62</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>1.24</x:v>
+        <x:v>-3.45</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>-3.42</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-0.14</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-0.12</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>-0.14</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>-0.12</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>1.22</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>1.25</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>0.08</x:v>
+        <x:v>1.25</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>0.17</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-1.21</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>0.08</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>0.15</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-1.33</x:v>
+        <x:v>-1.21</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-1.31</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-2.37</x:v>
+        <x:v>-1.33</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-2.35</x:v>
+        <x:v>-1.31</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
         <x:v>0.09</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>4.98</x:v>
+        <x:v>-2.37</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>5.01</x:v>
+        <x:v>-2.35</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>0.08</x:v>
+        <x:v>0.09</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>5.01</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-0.15</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
         <x:v>0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-1.73</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>-0.15</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>9.82</x:v>
+        <x:v>-1.73</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>9.86</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>9.82</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>4.17</x:v>
+        <x:v>9.86</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>4.17</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-1.83</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>-1.78</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>-1.83</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>-1.78</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>-1.16</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>-1.12</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-1.15</x:v>
+        <x:v>-1.16</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-1.12</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>-5.61</x:v>
+        <x:v>-1.15</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>-5.57</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>-2.9</x:v>
+        <x:v>-5.61</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>-2.87</x:v>
+        <x:v>-5.57</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="65" spans="1:4">
-[...3 lines deleted...]
-      <x:c r="D65" s="3" t="s"/>
+    <x:row r="64" spans="1:4">
+      <x:c r="A64" s="2" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B64" s="4" t="n">
+        <x:v>-2.9</x:v>
+      </x:c>
+      <x:c r="C64" s="4" t="n">
+        <x:v>-2.87</x:v>
+      </x:c>
+      <x:c r="D64" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
-      <x:c r="A66" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A66" s="2" t="s"/>
+      <x:c r="B66" s="3" t="s"/>
+      <x:c r="C66" s="3" t="s"/>
+      <x:c r="D66" s="3" t="s"/>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>12.41</x:v>
+        <x:v>6.42</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>12.48</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>5.04</x:v>
+        <x:v>12.41</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>5.11</x:v>
+        <x:v>12.48</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>1.03</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>-5.99</x:v>
+        <x:v>5.04</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>-5.93</x:v>
+        <x:v>5.11</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>1.08</x:v>
+        <x:v>1.03</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>3.97</x:v>
+        <x:v>-5.99</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>-5.93</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>1.08</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>-3.23</x:v>
+        <x:v>3.97</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>-3.17</x:v>
+        <x:v>4.04</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>1.22</x:v>
+        <x:v>1.13</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>-3.13</x:v>
+        <x:v>-3.23</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>-3.17</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>1.22</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>-3.13</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>-3.07</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>1.31</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>3.61</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>1.32</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>-1.19</x:v>
+        <x:v>3.61</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>-1.12</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>-1.19</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>-1.12</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>1.28</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>7.12</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>-0.36</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>1.28</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>-1.93</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>-1.87</x:v>
+        <x:v>-0.36</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>1.09</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>2.12</x:v>
+        <x:v>-1.93</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>-1.87</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>0.94</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>-2.48</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>-2.4</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>6.86</x:v>
+        <x:v>-2.48</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>6.96</x:v>
+        <x:v>-2.4</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>0.39</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>7.71</x:v>
+        <x:v>6.86</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>7.84</x:v>
+        <x:v>6.96</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>4.87</x:v>
+        <x:v>7.71</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>7.84</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>-1.47</x:v>
+        <x:v>4.87</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>-1.35</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>-8.35</x:v>
+        <x:v>-1.47</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>-8.28</x:v>
+        <x:v>-1.35</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
         <x:v>0.01</x:v>
       </x:c>
     </x:row>
-    <x:row r="87" spans="1:4">
-[...3 lines deleted...]
-      <x:c r="D87" s="3" t="s"/>
+    <x:row r="86" spans="1:4">
+      <x:c r="A86" s="2" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="B86" s="4" t="n">
+        <x:v>-8.35</x:v>
+      </x:c>
+      <x:c r="C86" s="4" t="n">
+        <x:v>-8.28</x:v>
+      </x:c>
+      <x:c r="D86" s="4" t="n">
+        <x:v>0.01</x:v>
+      </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
-      <x:c r="A88" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A88" s="2" t="s"/>
+      <x:c r="B88" s="3" t="s"/>
+      <x:c r="C88" s="3" t="s"/>
+      <x:c r="D88" s="3" t="s"/>
     </x:row>
     <x:row r="89" spans="1:4">
-      <x:c r="A89" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A89" s="2" t="s">
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>15.4</x:v>
+        <x:v>6.42</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>15.71</x:v>
+        <x:v>6.46</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="2" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>-1.34</x:v>
+        <x:v>15.4</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>15.71</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>5.23</x:v>
+        <x:v>4.31</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>-1.34</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>4.69</x:v>
+        <x:v>5.23</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>14.63</x:v>
+        <x:v>3.36</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>15.04</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>4.69</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B93" s="4" t="n">
+        <x:v>14.63</x:v>
+      </x:c>
+      <x:c r="C93" s="4" t="n">
+        <x:v>15.04</x:v>
+      </x:c>
+      <x:c r="D93" s="4" t="n">
+        <x:v>1.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:4">
+      <x:c r="A94" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="B93" s="4" t="n">
+      <x:c r="B94" s="4" t="n">
         <x:v>-5.3</x:v>
       </x:c>
-      <x:c r="C93" s="4" t="n">
+      <x:c r="C94" s="4" t="n">
         <x:v>-4.99</x:v>
       </x:c>
-      <x:c r="D93" s="4" t="n">
+      <x:c r="D94" s="4" t="n">
         <x:v>0.04</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
       <x:c r="A96" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4">
       <x:c r="A97" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4">
-      <x:c r="A98" s="2" t="s">
-        <x:v>106</x:v>
+      <x:c r="A98" s="1" t="s">
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:4">
       <x:c r="A99" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:4">
-      <x:c r="A100" s="1" t="s">
-        <x:v>65</x:v>
+      <x:c r="A100" s="2" t="s">
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:4">
       <x:c r="A101" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:4">
       <x:c r="A102" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:4">
-      <x:c r="A103" s="2" t="s">
+      <x:c r="A103" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:4">
-      <x:c r="A104" s="1" t="s">
+      <x:c r="A104" s="2" t="s">
         <x:v>69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:4">
+      <x:c r="A105" s="1" t="s">
+        <x:v>70</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D95"/>
+  <x:dimension ref="A1:D96"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="41.590625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.37</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>3.41</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.62</x:v>
+        <x:v>3.37</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.66</x:v>
+        <x:v>3.41</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.71</x:v>
+        <x:v>2.62</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.74</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>5.71</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.66</x:v>
+        <x:v>5.74</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>3.66</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.53</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.56</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>3.53</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>3.56</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
         <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-2.52</x:v>
+        <x:v>0.22</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-2.48</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-3.78</x:v>
+        <x:v>-2.52</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-3.75</x:v>
+        <x:v>-2.48</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>3.09</x:v>
+        <x:v>-3.78</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>-3.75</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>3.13</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-1.45</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.42</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>-1.45</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>-1.42</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-3.84</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-3.8</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-0.99</x:v>
+        <x:v>-3.84</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>-3.8</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-2.38</x:v>
+        <x:v>-0.99</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-2.34</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
         <x:v>0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-2.78</x:v>
+        <x:v>-2.38</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-2.75</x:v>
+        <x:v>-2.34</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>-2.78</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>2.07</x:v>
+        <x:v>-2.75</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-1.42</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-1.39</x:v>
+        <x:v>2.07</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>-1.42</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>-1.39</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>1.95</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-1.77</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>-1.8</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>-1.77</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-2.87</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-2.84</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>-2.87</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>-2.84</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>2.28</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>0.65</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>0.62</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>0.65</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-3.7</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-3.66</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>-3.7</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>-3.66</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.39</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-2.99</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-2.96</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>-2.99</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>-2.96</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>0.34</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>0.95</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>0.95</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>0.04</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>0.17</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-1.18</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>0.04</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>0.15</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-1.38</x:v>
+        <x:v>-1.18</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-1.34</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>-1.38</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-2.24</x:v>
+        <x:v>-1.34</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
         <x:v>0.09</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>5.01</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>5.04</x:v>
+        <x:v>-2.24</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>0.08</x:v>
+        <x:v>0.09</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>5.01</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>4.29</x:v>
+        <x:v>5.04</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-0.23</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-0.19</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
         <x:v>0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-1.77</x:v>
+        <x:v>-0.23</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-1.73</x:v>
+        <x:v>-0.19</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>8.66</x:v>
+        <x:v>-1.77</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>-1.73</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
+        <x:v>8.66</x:v>
+      </x:c>
+      <x:c r="C56" s="4" t="n">
+        <x:v>8.7</x:v>
+      </x:c>
+      <x:c r="D56" s="4" t="n">
+        <x:v>0.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:4">
+      <x:c r="A57" s="2" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="B57" s="4" t="n">
         <x:v>1.65</x:v>
       </x:c>
-      <x:c r="C56" s="4" t="n">
+      <x:c r="C57" s="4" t="n">
         <x:v>1.69</x:v>
       </x:c>
-      <x:c r="D56" s="4" t="n">
+      <x:c r="D57" s="4" t="n">
         <x:v>0.01</x:v>
       </x:c>
     </x:row>
-    <x:row r="58" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="59" spans="1:4">
-      <x:c r="A59" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A59" s="2" t="s"/>
+      <x:c r="B59" s="3" t="s"/>
+      <x:c r="C59" s="3" t="s"/>
+      <x:c r="D59" s="3" t="s"/>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>12.41</x:v>
+        <x:v>6.41</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>12.52</x:v>
+        <x:v>6.48</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>4.98</x:v>
+        <x:v>12.41</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>5.09</x:v>
+        <x:v>12.52</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>1.03</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>-6</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>-5.9</x:v>
+        <x:v>5.09</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>1.08</x:v>
+        <x:v>1.03</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>3.93</x:v>
+        <x:v>-6</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>4.03</x:v>
+        <x:v>-5.9</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>1.08</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>-3.26</x:v>
+        <x:v>3.93</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>-3.16</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>1.22</x:v>
+        <x:v>1.13</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
+        <x:v>-3.26</x:v>
+      </x:c>
+      <x:c r="C65" s="4" t="n">
         <x:v>-3.16</x:v>
       </x:c>
-      <x:c r="C65" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>1.22</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>-3.16</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>-3.06</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>1.31</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>3.58</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>1.32</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>-1.21</x:v>
+        <x:v>3.58</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>6.27</x:v>
+        <x:v>-1.21</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>6.38</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>1.28</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>6.27</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>-0.07</x:v>
+        <x:v>6.38</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>1.28</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>-1.48</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>-1.37</x:v>
+        <x:v>-0.07</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>1.09</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>1.99</x:v>
+        <x:v>-1.48</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>-1.37</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>0.94</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>-2.55</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>6.97</x:v>
+        <x:v>-2.55</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>7.09</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>0.22</x:v>
+        <x:v>0.39</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>6.49</x:v>
+        <x:v>6.97</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>6.62</x:v>
+        <x:v>7.09</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
+        <x:v>6.49</x:v>
+      </x:c>
+      <x:c r="C76" s="4" t="n">
+        <x:v>6.62</x:v>
+      </x:c>
+      <x:c r="D76" s="4" t="n">
+        <x:v>0.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:4">
+      <x:c r="A77" s="2" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="B77" s="4" t="n">
         <x:v>1.65</x:v>
       </x:c>
-      <x:c r="C76" s="4" t="n">
+      <x:c r="C77" s="4" t="n">
         <x:v>1.69</x:v>
       </x:c>
-      <x:c r="D76" s="4" t="n">
+      <x:c r="D77" s="4" t="n">
         <x:v>0.01</x:v>
       </x:c>
     </x:row>
-    <x:row r="78" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="79" spans="1:4">
-      <x:c r="A79" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A79" s="2" t="s"/>
+      <x:c r="B79" s="3" t="s"/>
+      <x:c r="C79" s="3" t="s"/>
+      <x:c r="D79" s="3" t="s"/>
     </x:row>
     <x:row r="80" spans="1:4">
-      <x:c r="A80" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A80" s="2" t="s">
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>15.29</x:v>
+        <x:v>6.41</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>15.76</x:v>
+        <x:v>6.48</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>-1.47</x:v>
+        <x:v>15.29</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>-1.06</x:v>
+        <x:v>15.76</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>5.23</x:v>
+        <x:v>4.31</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>3.26</x:v>
+        <x:v>-1.47</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>-1.06</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>4.69</x:v>
+        <x:v>5.23</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>13.23</x:v>
+        <x:v>3.26</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>13.75</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>4.69</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B84" s="4" t="n">
+        <x:v>13.23</x:v>
+      </x:c>
+      <x:c r="C84" s="4" t="n">
+        <x:v>13.75</x:v>
+      </x:c>
+      <x:c r="D84" s="4" t="n">
+        <x:v>1.4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:4">
+      <x:c r="A85" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="B84" s="4" t="n">
+      <x:c r="B85" s="4" t="n">
         <x:v>1.65</x:v>
       </x:c>
-      <x:c r="C84" s="4" t="n">
+      <x:c r="C85" s="4" t="n">
         <x:v>1.69</x:v>
       </x:c>
-      <x:c r="D84" s="4" t="n">
+      <x:c r="D85" s="4" t="n">
         <x:v>0.01</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
-      <x:c r="A89" s="2" t="s">
-        <x:v>106</x:v>
+      <x:c r="A89" s="1" t="s">
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
-      <x:c r="A91" s="1" t="s">
-        <x:v>65</x:v>
+      <x:c r="A91" s="2" t="s">
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
-      <x:c r="A94" s="2" t="s">
+      <x:c r="A94" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
-      <x:c r="A95" s="1" t="s">
+      <x:c r="A95" s="2" t="s">
         <x:v>69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:4">
+      <x:c r="A96" s="1" t="s">
+        <x:v>70</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D84"/>
+  <x:dimension ref="A1:D85"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="41.590625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>3.61</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>4.19</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>4.19</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.76</x:v>
+        <x:v>2.92</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.62</x:v>
+        <x:v>5.75</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.63</x:v>
+        <x:v>5.76</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-0.19</x:v>
+        <x:v>3.62</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>3.63</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>-0.19</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.55</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>3.55</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
         <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-2.5</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-2.49</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-3.77</x:v>
+        <x:v>-2.5</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-3.76</x:v>
+        <x:v>-2.49</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>-3.77</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>-3.76</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-1.42</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.42</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>-1.42</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>-1.42</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-3.79</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-3.78</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-0.95</x:v>
+        <x:v>-3.79</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-0.94</x:v>
+        <x:v>-3.78</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-2.41</x:v>
+        <x:v>-0.95</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-2.4</x:v>
+        <x:v>-0.94</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
         <x:v>0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-3.1</x:v>
+        <x:v>-2.41</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-3.09</x:v>
+        <x:v>-2.4</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>2.49</x:v>
+        <x:v>-3.1</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>2.49</x:v>
+        <x:v>-3.09</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-1.85</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-1.85</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>-1.85</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>1.24</x:v>
+        <x:v>-1.85</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>2.25</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>2.55</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-1.78</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>-1.78</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-2.83</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-2.82</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>-2.83</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>-2.82</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>2.82</x:v>
+        <x:v>4.04</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>4.04</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>0.67</x:v>
+        <x:v>2.82</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-4.3</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-4.29</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>-4.3</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>1.65</x:v>
+        <x:v>-4.29</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.39</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-3.76</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-3.75</x:v>
+        <x:v>1.65</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>-3.76</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>-3.75</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>1.22</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>1.55</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>0.17</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-1.58</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-1.57</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>0.15</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
+        <x:v>-1.58</x:v>
+      </x:c>
+      <x:c r="C49" s="4" t="n">
+        <x:v>-1.57</x:v>
+      </x:c>
+      <x:c r="D49" s="4" t="n">
+        <x:v>0.14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:4">
+      <x:c r="A50" s="2" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="B50" s="4" t="n">
         <x:v>-1.7</x:v>
       </x:c>
-      <x:c r="C49" s="4" t="n">
+      <x:c r="C50" s="4" t="n">
         <x:v>-1.69</x:v>
       </x:c>
-      <x:c r="D49" s="4" t="n">
+      <x:c r="D50" s="4" t="n">
         <x:v>0.09</x:v>
       </x:c>
     </x:row>
-    <x:row r="51" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="52" spans="1:4">
-      <x:c r="A52" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A52" s="2" t="s"/>
+      <x:c r="B52" s="3" t="s"/>
+      <x:c r="C52" s="3" t="s"/>
+      <x:c r="D52" s="3" t="s"/>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>12.77</x:v>
+        <x:v>7.95</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>12.79</x:v>
+        <x:v>7.96</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>5.11</x:v>
+        <x:v>12.77</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>5.13</x:v>
+        <x:v>12.79</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>1.03</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-5.94</x:v>
+        <x:v>5.11</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-5.92</x:v>
+        <x:v>5.13</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>1.08</x:v>
+        <x:v>1.03</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>4.02</x:v>
+        <x:v>-5.94</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>-5.92</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>1.08</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-3.13</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-3.12</x:v>
+        <x:v>4.04</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>1.22</x:v>
+        <x:v>1.13</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-3.08</x:v>
+        <x:v>-3.13</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>-3.12</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>1.22</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>1.59</x:v>
+        <x:v>-3.08</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>-3.07</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>1.31</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>1.59</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>1.32</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-1.15</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-1.13</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>7.69</x:v>
+        <x:v>-1.15</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>7.71</x:v>
+        <x:v>-1.13</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>1.28</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>-0.36</x:v>
+        <x:v>7.69</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>7.71</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>1.28</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>-1.92</x:v>
+        <x:v>-0.36</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>-1.9</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>0.94</x:v>
+        <x:v>1.09</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>2.53</x:v>
+        <x:v>-1.92</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>2.55</x:v>
+        <x:v>-1.9</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>0.94</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
+        <x:v>2.53</x:v>
+      </x:c>
+      <x:c r="C66" s="4" t="n">
+        <x:v>2.55</x:v>
+      </x:c>
+      <x:c r="D66" s="4" t="n">
+        <x:v>0.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="67" spans="1:4">
+      <x:c r="A67" s="2" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="B67" s="4" t="n">
         <x:v>-3.3</x:v>
       </x:c>
-      <x:c r="C66" s="4" t="n">
+      <x:c r="C67" s="4" t="n">
         <x:v>-3.27</x:v>
       </x:c>
-      <x:c r="D66" s="4" t="n">
+      <x:c r="D67" s="4" t="n">
         <x:v>0.39</x:v>
       </x:c>
     </x:row>
-    <x:row r="68" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="69" spans="1:4">
-      <x:c r="A69" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A69" s="2" t="s"/>
+      <x:c r="B69" s="3" t="s"/>
+      <x:c r="C69" s="3" t="s"/>
+      <x:c r="D69" s="3" t="s"/>
     </x:row>
     <x:row r="70" spans="1:4">
-      <x:c r="A70" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A70" s="2" t="s">
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>15.98</x:v>
+        <x:v>7.95</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>16.06</x:v>
+        <x:v>7.96</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>-1.11</x:v>
+        <x:v>15.98</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>-1.05</x:v>
+        <x:v>16.06</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>5.23</x:v>
+        <x:v>4.31</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>4.03</x:v>
+        <x:v>-1.11</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>4.11</x:v>
+        <x:v>-1.05</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>4.69</x:v>
+        <x:v>5.23</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B73" s="4" t="n">
+        <x:v>4.03</x:v>
+      </x:c>
+      <x:c r="C73" s="4" t="n">
+        <x:v>4.11</x:v>
+      </x:c>
+      <x:c r="D73" s="4" t="n">
+        <x:v>4.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:4">
+      <x:c r="A74" s="2" t="n">
         <x:v>2022</x:v>
       </x:c>
-      <x:c r="B73" s="4" t="n">
+      <x:c r="B74" s="4" t="n">
         <x:v>-0.85</x:v>
       </x:c>
-      <x:c r="C73" s="4" t="n">
+      <x:c r="C74" s="4" t="n">
         <x:v>-0.8</x:v>
       </x:c>
-      <x:c r="D73" s="4" t="n">
+      <x:c r="D74" s="4" t="n">
         <x:v>1.08</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
-      <x:c r="A78" s="2" t="s">
-        <x:v>106</x:v>
+      <x:c r="A78" s="1" t="s">
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
-      <x:c r="A80" s="1" t="s">
-        <x:v>65</x:v>
+      <x:c r="A80" s="2" t="s">
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
-      <x:c r="A83" s="2" t="s">
+      <x:c r="A83" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
-      <x:c r="A84" s="1" t="s">
+      <x:c r="A84" s="2" t="s">
         <x:v>69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:4">
+      <x:c r="A85" s="1" t="s">
+        <x:v>70</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D104"/>
+  <x:dimension ref="A1:D105"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.130625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.98</x:v>
+        <x:v>3.43</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>4.17</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>3.98</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.91</x:v>
+        <x:v>4.17</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.58</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.76</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>5.58</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>5.76</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-0.37</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.19</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.36</x:v>
+        <x:v>-0.37</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.54</x:v>
+        <x:v>-0.19</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>3.36</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1.69</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
         <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>0.28</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-2.7</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-2.52</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-4.01</x:v>
+        <x:v>-2.7</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-3.83</x:v>
+        <x:v>-2.52</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>2.95</x:v>
+        <x:v>-4.01</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>-3.83</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>2.15</x:v>
+        <x:v>2.95</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>2.15</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.51</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>-1.51</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-3.9</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-3.72</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.39</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-1.13</x:v>
+        <x:v>-3.9</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-0.95</x:v>
+        <x:v>-3.72</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-2.52</x:v>
+        <x:v>-1.13</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-2.34</x:v>
+        <x:v>-0.95</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-3.21</x:v>
+        <x:v>-2.52</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-3.03</x:v>
+        <x:v>-2.34</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>-3.21</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>-3.03</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-1.93</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>2.41</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>-1.93</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>1.22</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>2.08</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>2.26</x:v>
+        <x:v>1.22</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-1.91</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-1.74</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>-1.91</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>-1.74</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
         <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-3.06</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-2.88</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>-3.06</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-2.88</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>4.01</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>2.58</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>4.01</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>0.53</x:v>
+        <x:v>2.58</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>0.71</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
         <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-4.38</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-4.2</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>-4.38</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>-4.2</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-3.86</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-3.67</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>-3.86</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>-3.67</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>0.28</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-0.28</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>0.46</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>1.08</x:v>
+        <x:v>-0.28</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-0.24</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.24</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>-0.24</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-1.93</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.15</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-2.99</x:v>
+        <x:v>-1.93</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-2.81</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>5.96</x:v>
+        <x:v>-2.99</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>6.14</x:v>
+        <x:v>-2.81</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>0.07</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>5.07</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>5.25</x:v>
+        <x:v>6.14</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-0.49</x:v>
+        <x:v>5.07</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>5.25</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-2.36</x:v>
+        <x:v>-0.49</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-2.19</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>10.74</x:v>
+        <x:v>-2.36</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>10.95</x:v>
+        <x:v>-2.19</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>10.74</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>4.21</x:v>
+        <x:v>10.95</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>2.39</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>4.21</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-1.95</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>-1.75</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>0.56</x:v>
+        <x:v>-1.95</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>-1.75</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>-1.27</x:v>
+        <x:v>0.56</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>-1.07</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-1.31</x:v>
+        <x:v>-1.27</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-1.11</x:v>
+        <x:v>-1.07</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>-5.77</x:v>
+        <x:v>-1.31</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>-5.57</x:v>
+        <x:v>-1.11</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>-2.95</x:v>
+        <x:v>-5.77</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>-2.81</x:v>
+        <x:v>-5.57</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="65" spans="1:4">
-[...3 lines deleted...]
-      <x:c r="D65" s="3" t="s"/>
+    <x:row r="64" spans="1:4">
+      <x:c r="A64" s="2" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B64" s="4" t="n">
+        <x:v>-2.95</x:v>
+      </x:c>
+      <x:c r="C64" s="4" t="n">
+        <x:v>-2.81</x:v>
+      </x:c>
+      <x:c r="D64" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
-      <x:c r="A66" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A66" s="2" t="s"/>
+      <x:c r="B66" s="3" t="s"/>
+      <x:c r="C66" s="3" t="s"/>
+      <x:c r="D66" s="3" t="s"/>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>12.25</x:v>
+        <x:v>7.55</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>12.84</x:v>
+        <x:v>7.91</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>4.53</x:v>
+        <x:v>12.25</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>5.09</x:v>
+        <x:v>12.84</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>-6.51</x:v>
+        <x:v>4.53</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>-5.99</x:v>
+        <x:v>5.09</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>1.11</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>-6.51</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>3.94</x:v>
+        <x:v>-5.99</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.09</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>-3.58</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>3.94</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>-3.54</x:v>
+        <x:v>-3.58</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>-3.01</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>1.23</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>-3.54</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>1.69</x:v>
+        <x:v>-3.01</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>1.37</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>3.75</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>1.39</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>-1.62</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>-1.08</x:v>
+        <x:v>3.75</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>7.07</x:v>
+        <x:v>-1.62</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>7.65</x:v>
+        <x:v>-1.08</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>1.41</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>7.07</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>7.65</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>1.25</x:v>
+        <x:v>1.38</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>-2.2</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>-1.67</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>-2.2</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>-1.67</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>0.87</x:v>
+        <x:v>1.12</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>-3.82</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>-3.27</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>0.87</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>-3.82</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>8.58</x:v>
+        <x:v>-3.27</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>7.59</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>8.19</x:v>
+        <x:v>8.58</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>4.41</x:v>
+        <x:v>7.59</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>5.03</x:v>
+        <x:v>8.19</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>-2.02</x:v>
+        <x:v>4.41</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>-1.42</x:v>
+        <x:v>5.03</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
         <x:v>0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
+        <x:v>-2.02</x:v>
+      </x:c>
+      <x:c r="C85" s="4" t="n">
+        <x:v>-1.42</x:v>
+      </x:c>
+      <x:c r="D85" s="4" t="n">
+        <x:v>0.01</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:4">
+      <x:c r="A86" s="2" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="B86" s="4" t="n">
         <x:v>-8.55</x:v>
       </x:c>
-      <x:c r="C85" s="4" t="n">
+      <x:c r="C86" s="4" t="n">
         <x:v>-8.23</x:v>
       </x:c>
-      <x:c r="D85" s="4" t="n">
+      <x:c r="D86" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="87" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="88" spans="1:4">
-      <x:c r="A88" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A88" s="2" t="s"/>
+      <x:c r="B88" s="3" t="s"/>
+      <x:c r="C88" s="3" t="s"/>
+      <x:c r="D88" s="3" t="s"/>
     </x:row>
     <x:row r="89" spans="1:4">
-      <x:c r="A89" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A89" s="2" t="s">
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>13.41</x:v>
+        <x:v>7.55</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>15.87</x:v>
+        <x:v>7.91</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="2" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>-2.92</x:v>
+        <x:v>13.41</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>-0.8</x:v>
+        <x:v>15.87</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>5.45</x:v>
+        <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>-2.92</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>4.58</x:v>
+        <x:v>-0.8</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>5.45</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>14.32</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>16.86</x:v>
+        <x:v>4.58</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>5.26</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B93" s="4" t="n">
+        <x:v>14.32</x:v>
+      </x:c>
+      <x:c r="C93" s="4" t="n">
+        <x:v>16.86</x:v>
+      </x:c>
+      <x:c r="D93" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:4">
+      <x:c r="A94" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="B93" s="4" t="n">
+      <x:c r="B94" s="4" t="n">
         <x:v>-6.45</x:v>
       </x:c>
-      <x:c r="C93" s="4" t="n">
+      <x:c r="C94" s="4" t="n">
         <x:v>-4.98</x:v>
       </x:c>
-      <x:c r="D93" s="4" t="n">
+      <x:c r="D94" s="4" t="n">
         <x:v>0.02</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
       <x:c r="A96" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4">
       <x:c r="A97" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4">
       <x:c r="A98" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:4">
-      <x:c r="A99" s="2" t="s">
-        <x:v>117</x:v>
+      <x:c r="A99" s="1" t="s">
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:4">
-      <x:c r="A100" s="1" t="s">
-        <x:v>65</x:v>
+      <x:c r="A100" s="2" t="s">
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:4">
       <x:c r="A101" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:4">
       <x:c r="A102" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:4">
-      <x:c r="A103" s="2" t="s">
+      <x:c r="A103" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:4">
-      <x:c r="A104" s="1" t="s">
+      <x:c r="A104" s="2" t="s">
         <x:v>69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:4">
+      <x:c r="A105" s="1" t="s">
+        <x:v>70</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D96"/>
+  <x:dimension ref="A1:D97"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="16.130625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.03</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>4.18</x:v>
+        <x:v>3.58</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.78</x:v>
+        <x:v>4.03</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>4.18</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.62</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.76</x:v>
+        <x:v>2.92</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>5.62</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>5.76</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-0.33</x:v>
+        <x:v>3.49</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.19</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.43</x:v>
+        <x:v>-0.33</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.57</x:v>
+        <x:v>-0.19</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>3.43</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>3.57</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
         <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-2.63</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-2.48</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>-2.63</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-3.81</x:v>
+        <x:v>-2.48</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>2.98</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.13</x:v>
+        <x:v>-3.81</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>2.98</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>3.13</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-3.87</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-3.73</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.39</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>-3.87</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-0.95</x:v>
+        <x:v>-3.73</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-2.46</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-2.32</x:v>
+        <x:v>-0.95</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-3.23</x:v>
+        <x:v>-2.46</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-3.08</x:v>
+        <x:v>-2.32</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>-3.23</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>-3.08</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-1.93</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-1.79</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>-1.93</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>1.24</x:v>
+        <x:v>-1.79</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>2.11</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>2.25</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.11</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>2.55</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-1.88</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-1.74</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>-1.88</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>2.98</x:v>
+        <x:v>-1.74</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>1.71</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>2.98</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
         <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-3</x:v>
+        <x:v>1.71</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-2.86</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-0.2</x:v>
+        <x:v>-3</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-0.06</x:v>
+        <x:v>-2.86</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>3.91</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>4.05</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>3.91</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>2.74</x:v>
+        <x:v>4.05</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
         <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>2.35</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>2.35</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-4.19</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>1.55</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>1.69</x:v>
+        <x:v>-4.19</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-3.82</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-3.67</x:v>
+        <x:v>1.69</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>-3.82</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>-3.67</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-0.11</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.37</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>-0.11</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>1.29</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-0.17</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.24</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-1.55</x:v>
+        <x:v>-0.02</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-1.88</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-1.73</x:v>
+        <x:v>-1.55</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.15</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-2.95</x:v>
+        <x:v>-1.88</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-2.81</x:v>
+        <x:v>-1.73</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>5.96</x:v>
+        <x:v>-2.95</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>-2.81</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>0.07</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>5.14</x:v>
+        <x:v>5.96</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>5.28</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.05</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-0.45</x:v>
+        <x:v>5.14</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-0.29</x:v>
+        <x:v>5.28</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-2.32</x:v>
+        <x:v>-0.45</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-2.19</x:v>
+        <x:v>-0.29</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>10.77</x:v>
+        <x:v>-2.32</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>10.92</x:v>
+        <x:v>-2.19</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>4.09</x:v>
+        <x:v>10.77</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>10.92</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>2.43</x:v>
+        <x:v>4.09</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-3.35</x:v>
+        <x:v>2.43</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>-3.23</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="60" spans="1:4">
-[...3 lines deleted...]
-      <x:c r="D60" s="3" t="s"/>
+    <x:row r="59" spans="1:4">
+      <x:c r="A59" s="2" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="B59" s="4" t="n">
+        <x:v>-3.35</x:v>
+      </x:c>
+      <x:c r="C59" s="4" t="n">
+        <x:v>-3.23</x:v>
+      </x:c>
+      <x:c r="D59" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
-      <x:c r="A61" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A61" s="2" t="s"/>
+      <x:c r="B61" s="3" t="s"/>
+      <x:c r="C61" s="3" t="s"/>
+      <x:c r="D61" s="3" t="s"/>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>12.34</x:v>
+        <x:v>7.62</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>12.81</x:v>
+        <x:v>7.91</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>12.34</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>12.81</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>-5.98</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>1.11</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>-6.4</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>3.93</x:v>
+        <x:v>-5.98</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.09</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>-3.5</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>-3.08</x:v>
+        <x:v>3.93</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>-3.42</x:v>
+        <x:v>-3.5</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>-3</x:v>
+        <x:v>-3.08</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>1.23</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>-3.42</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>1.66</x:v>
+        <x:v>-3</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>1.37</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>3.77</x:v>
+        <x:v>1.66</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>1.39</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>-1.54</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>-1.11</x:v>
+        <x:v>3.77</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>1.41</x:v>
+        <x:v>1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>7.25</x:v>
+        <x:v>-1.54</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>-1.11</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>1.41</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>7.25</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>1.25</x:v>
+        <x:v>1.38</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>-2.11</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>-2.11</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>2.86</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>0.87</x:v>
+        <x:v>1.12</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>-3.71</x:v>
+        <x:v>2.42</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>-3.27</x:v>
+        <x:v>2.86</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>0.45</x:v>
+        <x:v>0.87</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>8.11</x:v>
+        <x:v>-3.71</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>8.57</x:v>
+        <x:v>-3.27</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>7.71</x:v>
+        <x:v>8.11</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>8.18</x:v>
+        <x:v>8.57</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
+        <x:v>7.71</x:v>
+      </x:c>
+      <x:c r="C78" s="4" t="n">
+        <x:v>8.18</x:v>
+      </x:c>
+      <x:c r="D78" s="4" t="n">
+        <x:v>0.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:4">
+      <x:c r="A79" s="2" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="B79" s="4" t="n">
         <x:v>3.05</x:v>
       </x:c>
-      <x:c r="C78" s="4" t="n">
+      <x:c r="C79" s="4" t="n">
         <x:v>3.49</x:v>
       </x:c>
-      <x:c r="D78" s="4" t="n">
+      <x:c r="D79" s="4" t="n">
         <x:v>0.01</x:v>
       </x:c>
     </x:row>
-    <x:row r="80" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="81" spans="1:4">
-      <x:c r="A81" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A81" s="2" t="s"/>
+      <x:c r="B81" s="3" t="s"/>
+      <x:c r="C81" s="3" t="s"/>
+      <x:c r="D81" s="3" t="s"/>
     </x:row>
     <x:row r="82" spans="1:4">
-      <x:c r="A82" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A82" s="2" t="s">
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>13.95</x:v>
+        <x:v>7.62</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>15.91</x:v>
+        <x:v>7.91</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>-2.51</x:v>
+        <x:v>13.95</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>15.91</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>5.45</x:v>
+        <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>-2.51</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>5.45</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>14.85</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>16.86</x:v>
+        <x:v>4.57</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>5.26</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B86" s="4" t="n">
+        <x:v>14.85</x:v>
+      </x:c>
+      <x:c r="C86" s="4" t="n">
+        <x:v>16.86</x:v>
+      </x:c>
+      <x:c r="D86" s="4" t="n">
+        <x:v>1.5</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:4">
+      <x:c r="A87" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="B86" s="4" t="n">
+      <x:c r="B87" s="4" t="n">
         <x:v>3.05</x:v>
       </x:c>
-      <x:c r="C86" s="4" t="n">
+      <x:c r="C87" s="4" t="n">
         <x:v>3.49</x:v>
       </x:c>
-      <x:c r="D86" s="4" t="n">
+      <x:c r="D87" s="4" t="n">
         <x:v>0.01</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
-      <x:c r="A91" s="2" t="s">
-        <x:v>117</x:v>
+      <x:c r="A91" s="1" t="s">
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
-      <x:c r="A92" s="1" t="s">
-        <x:v>65</x:v>
+      <x:c r="A92" s="2" t="s">
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
-      <x:c r="A95" s="2" t="s">
+      <x:c r="A95" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
-      <x:c r="A96" s="1" t="s">
+      <x:c r="A96" s="2" t="s">
         <x:v>69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:4">
+      <x:c r="A97" s="1" t="s">
+        <x:v>70</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>33</vt:i4>
       </vt:variant>
       <vt:variant>