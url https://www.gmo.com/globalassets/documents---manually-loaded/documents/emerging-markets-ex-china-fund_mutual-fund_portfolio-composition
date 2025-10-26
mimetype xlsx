--- v0 (2025-10-06)
+++ v1 (2025-10-26)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfce55c186fd74856" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1daeae161e7a46f1b96be325076d66b9.psmdcp" Id="Red0c8c7d2dfe43a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R872970fd7ca94361" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/24ab72da01474b6a8b093e09958ca5e6.psmdcp" Id="Rbd198a4c6dbc4957" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="151" uniqueCount="151">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="152" uniqueCount="152">
   <x:si>
     <x:t>Risk Profile - Emerging Markets ex-China Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 10/29/2021 to 08/31/2025</x:t>
+    <x:t>From 10/29/2021 to 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Markets ex-China Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI Emerging Markets ex-China</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -182,51 +182,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI Emerging Markets ex China Index is an independently maintained and widely published index which captures large and mid cap representation within Emerging Markets (EM) countries,</x:t>
   </x:si>
   <x:si>
     <x:t>excluding China. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Emerging Markets ex-China Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025 (%)</x:t>
+    <x:t>As of 09/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>East Asia (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Europe (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Latin/South America (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Mideast/Africa (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>South Asia (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Countries - Emerging Markets ex-China Fund</x:t>
   </x:si>
@@ -434,186 +434,189 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Emerging Markets ex-China Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (134.8 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (5.8 &amp; Below)</x:t>
+    <x:t>Large (144.8 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.2 To 144.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.0 To 49.2)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.0 To 19.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.0 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Emerging Markets ex-China Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
   </x:si>
   <x:si>
+    <x:t>Samsung Electronics Co Ltd</x:t>
+  </x:si>
+  <x:si>
     <x:t>Hyundai Mobis Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>OTP Bank Nyrt</x:t>
   </x:si>
   <x:si>
-    <x:t>Samsung Electronics Co Ltd</x:t>
+    <x:t>Astra International Tbk PT</x:t>
   </x:si>
   <x:si>
     <x:t>Evergreen Marine Corp Taiwan Ltd</x:t>
   </x:si>
   <x:si>
-    <x:t>Astra International Tbk PT</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>MediaTek Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>Woori Financial Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asustek Computer Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Kia Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>KT&amp;G Corp</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Emerging Markets ex-China Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025</x:t>
+    <x:t>As of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>10.0x</x:t>
-[...2 lines deleted...]
-    <x:t>17.9x</x:t>
+    <x:t>10.3x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>20.1x</x:t>
+    <x:t>10.6x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.7x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>1.3x</x:t>
   </x:si>
   <x:si>
     <x:t>2.1x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>7.1x</x:t>
-[...2 lines deleted...]
-    <x:t>13.2x</x:t>
+    <x:t>7.5x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13.9x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>16.5%</x:t>
-[...2 lines deleted...]
-    <x:t>17.9%</x:t>
+    <x:t>16.9%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.5%</x:t>
   </x:si>
   <x:si>
     <x:t>Debt/Equity - Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.3x</x:t>
   </x:si>
   <x:si>
-    <x:t>0.5x</x:t>
+    <x:t>0.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>9.4 USD</x:t>
-[...2 lines deleted...]
-    <x:t>17.3 USD</x:t>
+    <x:t>8.8 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19.0 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>69.0%</x:t>
+    <x:t>69.2%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -995,98 +998,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-3.79</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>1.05</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.81</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>-0.19</x:v>
+        <x:v>-0.14</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.02</x:v>
+        <x:v>0.11</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>18.59</x:v>
+        <x:v>18.49</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>15.88</x:v>
+        <x:v>15.95</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1141,109 +1144,109 @@
       <x:c r="A1" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>47.5</x:v>
+        <x:v>48.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>43.3</x:v>
+        <x:v>44.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>8.8</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>10.4</x:v>
+        <x:v>10.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>14</x:v>
+        <x:v>14.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>30.9</x:v>
+        <x:v>30.3</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>28.4</x:v>
+        <x:v>26.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1268,326 +1271,326 @@
       <x:c r="A1" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>16</x:v>
+        <x:v>15.7</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>23.3</x:v>
+        <x:v>22.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>8.8</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>5.1</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>16.8</x:v>
+        <x:v>15.9</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>15.3</x:v>
+        <x:v>15.9</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>30.7</x:v>
+        <x:v>32.4</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>27.4</x:v>
+        <x:v>28.2</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
@@ -1620,329 +1623,329 @@
       <x:c r="A1" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>8.8</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>16.3</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>23.3</x:v>
+        <x:v>22.1</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>16.8</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>15.3</x:v>
+        <x:v>15.9</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>30.7</x:v>
+        <x:v>32.5</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>27.4</x:v>
+        <x:v>28.2</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>5.1</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
@@ -1975,161 +1978,161 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>24.8</x:v>
+        <x:v>23.8</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>26</x:v>
+        <x:v>25.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>12.7</x:v>
+        <x:v>12.4</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>26.2</x:v>
+        <x:v>28.5</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>31.3</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.8</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
@@ -2174,98 +2177,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>16.3</x:v>
+        <x:v>17.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>19.1</x:v>
+        <x:v>20.6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>13</x:v>
+        <x:v>13.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>9.4</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>16.4</x:v>
+        <x:v>15.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>31</x:v>
+        <x:v>29.4</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>31.7</x:v>
+        <x:v>30.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>38.8</x:v>
+        <x:v>40.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>19.8</x:v>
+        <x:v>19.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -2294,183 +2297,183 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>13.2</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>37</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -2506,128 +2509,128 @@
         <x:v>127</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>198</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>