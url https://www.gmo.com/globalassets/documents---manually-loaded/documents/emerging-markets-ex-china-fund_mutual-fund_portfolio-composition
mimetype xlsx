--- v1 (2025-10-26)
+++ v2 (2025-11-17)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R872970fd7ca94361" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/24ab72da01474b6a8b093e09958ca5e6.psmdcp" Id="Rbd198a4c6dbc4957" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87acf1a3a4094d1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5743f081cc714f23bccc1d71f3d4e562.psmdcp" Id="R65ce53f9b4474788" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="152" uniqueCount="152">
   <x:si>
     <x:t>Risk Profile - Emerging Markets ex-China Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 10/29/2021 to 09/30/2025</x:t>
+    <x:t>From 10/29/2021 to 10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Markets ex-China Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI Emerging Markets ex-China</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -182,51 +182,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI Emerging Markets ex China Index is an independently maintained and widely published index which captures large and mid cap representation within Emerging Markets (EM) countries,</x:t>
   </x:si>
   <x:si>
     <x:t>excluding China. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Emerging Markets ex-China Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (%)</x:t>
+    <x:t>As of 10/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>East Asia (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Europe (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Latin/South America (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Mideast/Africa (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>South Asia (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Countries - Emerging Markets ex-China Fund</x:t>
   </x:si>
@@ -434,189 +434,189 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Emerging Markets ex-China Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (144.8 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.0 &amp; Below)</x:t>
+    <x:t>Large (149.0 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (48.6 To 149.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.1 To 48.6)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.1 To 19.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.1 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Emerging Markets ex-China Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Samsung Electronics Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Hyundai Mobis Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>OTP Bank Nyrt</x:t>
   </x:si>
   <x:si>
     <x:t>Astra International Tbk PT</x:t>
   </x:si>
   <x:si>
     <x:t>Evergreen Marine Corp Taiwan Ltd</x:t>
   </x:si>
   <x:si>
-    <x:t>MediaTek Inc</x:t>
-[...2 lines deleted...]
-    <x:t>Woori Financial Group Inc</x:t>
+    <x:t>Hon Hai Precision Industry Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hindalco Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kia Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Asustek Computer Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Kia Corp</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Emerging Markets ex-China Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025</x:t>
+    <x:t>As of 10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>10.3x</x:t>
-[...2 lines deleted...]
-    <x:t>17.6x</x:t>
+    <x:t>9.8x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.0x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>10.6x</x:t>
-[...2 lines deleted...]
-    <x:t>20.7x</x:t>
+    <x:t>10.1x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.9x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>1.3x</x:t>
-[...2 lines deleted...]
-    <x:t>2.1x</x:t>
+    <x:t>1.4x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.3x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>7.5x</x:t>
-[...2 lines deleted...]
-    <x:t>13.9x</x:t>
+    <x:t>8.0x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.9x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>16.9%</x:t>
+    <x:t>16.4%</x:t>
   </x:si>
   <x:si>
     <x:t>18.5%</x:t>
   </x:si>
   <x:si>
     <x:t>Debt/Equity - Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.3x</x:t>
   </x:si>
   <x:si>
     <x:t>0.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>8.8 USD</x:t>
-[...2 lines deleted...]
-    <x:t>19.0 USD</x:t>
+    <x:t>9.2 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.8 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>69.2%</x:t>
+    <x:t>69.0%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -998,98 +998,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>-4.85</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>1.04</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.81</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>-0.14</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.11</x:v>
+        <x:v>0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
         <x:v>18.49</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>15.95</x:v>
+        <x:v>16.19</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1144,109 +1144,109 @@
       <x:c r="A1" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>48.3</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>44.7</x:v>
+        <x:v>47.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>9.5</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>10.5</x:v>
+        <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>14.2</x:v>
+        <x:v>13.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>30.3</x:v>
+        <x:v>28.8</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>26.9</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1271,326 +1271,326 @@
       <x:c r="A1" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>15.7</x:v>
+        <x:v>14.1</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>22.1</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>15.9</x:v>
+        <x:v>14.8</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>15.9</x:v>
+        <x:v>18.1</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>32.4</x:v>
+        <x:v>33.2</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>28.2</x:v>
+        <x:v>28.8</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
@@ -1623,329 +1623,329 @@
       <x:c r="A1" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>5.6</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>8.8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>16</x:v>
+        <x:v>14.2</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>22.1</x:v>
+        <x:v>21.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>16</x:v>
+        <x:v>14.8</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>15.9</x:v>
+        <x:v>18.1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>3.2</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>32.5</x:v>
+        <x:v>33.2</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>28.2</x:v>
+        <x:v>28.8</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>4.7</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:3">
       <x:c r="A33" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
@@ -1975,164 +1975,164 @@
       <x:c r="A1" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>8.2</x:v>
+        <x:v>8.5</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
+        <x:v>21.9</x:v>
+      </x:c>
+      <x:c r="C10" s="4" t="n">
         <x:v>23.8</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>25.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>12.4</x:v>
+        <x:v>11.7</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>28.5</x:v>
+        <x:v>30.9</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>33</x:v>
+        <x:v>35.9</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>7.3</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
@@ -2177,98 +2177,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>17.4</x:v>
+        <x:v>19.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>20.6</x:v>
+        <x:v>25.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>13.7</x:v>
+        <x:v>11.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>9.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>15.8</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>29.4</x:v>
+        <x:v>30.2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>30.3</x:v>
+        <x:v>28.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>40.3</x:v>
+        <x:v>36.9</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>19.6</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -2297,183 +2297,183 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>14</x:v>
+        <x:v>15.2</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -2575,51 +2575,51 @@
         <x:v>143</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>193</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>18</x:v>
       </x:c>