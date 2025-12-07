--- v2 (2025-11-17)
+++ v3 (2025-12-07)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87acf1a3a4094d1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5743f081cc714f23bccc1d71f3d4e562.psmdcp" Id="R65ce53f9b4474788" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9ee1ce162ee4190" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aa68ee296b734bfd9da18ab9f2903157.psmdcp" Id="R12ea876c942743b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="152" uniqueCount="152">
   <x:si>
     <x:t>Risk Profile - Emerging Markets ex-China Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 10/29/2021 to 10/31/2025</x:t>
+    <x:t>From 10/29/2021 to 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Markets ex-China Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI Emerging Markets ex-China</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -998,98 +998,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-4.85</x:v>
+        <x:v>-4.49</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>1.03</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.81</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>-0.06</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.22</x:v>
+        <x:v>0.17</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>18.49</x:v>
+        <x:v>18.32</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>16.19</x:v>
+        <x:v>16.09</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>