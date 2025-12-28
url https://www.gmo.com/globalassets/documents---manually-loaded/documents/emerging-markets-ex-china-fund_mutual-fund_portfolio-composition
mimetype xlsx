--- v3 (2025-12-07)
+++ v4 (2025-12-28)
@@ -1,72 +1,72 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9ee1ce162ee4190" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aa68ee296b734bfd9da18ab9f2903157.psmdcp" Id="R12ea876c942743b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R971dde778c814baf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/28a2043477174eaabb652aef3bb8eac1.psmdcp" Id="Ra10c59b7f8b1455b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="152" uniqueCount="152">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="155" uniqueCount="155">
   <x:si>
     <x:t>Risk Profile - Emerging Markets ex-China Fund</x:t>
   </x:si>
   <x:si>
     <x:t>From 10/29/2021 to 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Markets ex-China Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI Emerging Markets ex-China</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
@@ -182,59 +182,62 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI Emerging Markets ex China Index is an independently maintained and widely published index which captures large and mid cap representation within Emerging Markets (EM) countries,</x:t>
   </x:si>
   <x:si>
     <x:t>excluding China. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Emerging Markets ex-China Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (%)</x:t>
+    <x:t>As of 11/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
+    <x:t>Developed</x:t>
+  </x:si>
+  <x:si>
     <x:t>East Asia (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Europe (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Latin/South America (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Mideast/Africa (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>South Asia (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Countries - Emerging Markets ex-China Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Brazil</x:t>
   </x:si>
   <x:si>
     <x:t>Chile</x:t>
@@ -284,86 +287,92 @@
   <x:si>
     <x:t>Russian Federation</x:t>
   </x:si>
   <x:si>
     <x:t>Saudi Arabia</x:t>
   </x:si>
   <x:si>
     <x:t>South Africa</x:t>
   </x:si>
   <x:si>
     <x:t>South Korea</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan</x:t>
   </x:si>
   <x:si>
     <x:t>Thailand</x:t>
   </x:si>
   <x:si>
     <x:t>Turkey</x:t>
   </x:si>
   <x:si>
     <x:t>United Arab Emirates</x:t>
   </x:si>
   <x:si>
+    <x:t>United Kingdom</x:t>
+  </x:si>
+  <x:si>
     <x:t>Viet Nam</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
     <x:t>This portfolio continues to hold de minimis Russian exposure as a result of past positioning and ongoing illiquidity. GMO has suspended net new purchases of Russian securities firm-wide.</x:t>
   </x:si>
   <x:si>
     <x:t>Currencies - Emerging Markets ex-China Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>AED</x:t>
   </x:si>
   <x:si>
     <x:t>BRL</x:t>
   </x:si>
   <x:si>
     <x:t>CLP</x:t>
   </x:si>
   <x:si>
     <x:t>COP</x:t>
   </x:si>
   <x:si>
     <x:t>CZK</x:t>
   </x:si>
   <x:si>
     <x:t>EGP</x:t>
   </x:si>
   <x:si>
     <x:t>EUR</x:t>
   </x:si>
   <x:si>
+    <x:t>GBP</x:t>
+  </x:si>
+  <x:si>
     <x:t>HUF</x:t>
   </x:si>
   <x:si>
     <x:t>IDR</x:t>
   </x:si>
   <x:si>
     <x:t>INR</x:t>
   </x:si>
   <x:si>
     <x:t>KRW</x:t>
   </x:si>
   <x:si>
     <x:t>KWD</x:t>
   </x:si>
   <x:si>
     <x:t>MXN</x:t>
   </x:si>
   <x:si>
     <x:t>MYR</x:t>
   </x:si>
   <x:si>
     <x:t>PEN</x:t>
   </x:si>
   <x:si>
     <x:t>PHP</x:t>
@@ -434,189 +443,189 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Emerging Markets ex-China Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (149.0 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.1 &amp; Below)</x:t>
+    <x:t>Large (145.9 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.1 To 145.9)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.4 To 49.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.0 To 19.4)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.0 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Emerging Markets ex-China Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Samsung Electronics Co Ltd</x:t>
   </x:si>
   <x:si>
+    <x:t>Astra International Tbk PT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OTP Bank Nyrt</x:t>
+  </x:si>
+  <x:si>
     <x:t>Hyundai Mobis Co Ltd</x:t>
   </x:si>
   <x:si>
-    <x:t>OTP Bank Nyrt</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Evergreen Marine Corp Taiwan Ltd</x:t>
   </x:si>
   <x:si>
+    <x:t>Banco Bradesco SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hindalco Industries Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Krung Thai Bank PCL</x:t>
+  </x:si>
+  <x:si>
     <x:t>Hon Hai Precision Industry Co Ltd</x:t>
   </x:si>
   <x:si>
-    <x:t>Hindalco Industries Ltd</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Emerging Markets ex-China Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025</x:t>
+    <x:t>As of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>9.8x</x:t>
-[...2 lines deleted...]
-    <x:t>18.0x</x:t>
+    <x:t>9.6x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.9x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>10.1x</x:t>
-[...2 lines deleted...]
-    <x:t>21.9x</x:t>
+    <x:t>10.3x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.0x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>1.4x</x:t>
   </x:si>
   <x:si>
     <x:t>2.3x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>8.0x</x:t>
-[...2 lines deleted...]
-    <x:t>12.9x</x:t>
+    <x:t>8.2x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13.7x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>16.4%</x:t>
-[...2 lines deleted...]
-    <x:t>18.5%</x:t>
+    <x:t>15.1%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.4%</x:t>
   </x:si>
   <x:si>
     <x:t>Debt/Equity - Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.3x</x:t>
   </x:si>
   <x:si>
     <x:t>0.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>9.2 USD</x:t>
-[...2 lines deleted...]
-    <x:t>22.8 USD</x:t>
+    <x:t>9.5 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20.8 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>69.0%</x:t>
+    <x:t>68.8%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -1107,1530 +1116,1563 @@
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C15"/>
+  <x:dimension ref="A1:C16"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="29.060625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="30.550625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="30.700625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>48</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>47.4</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>46.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>45.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>10.8</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>13.3</x:v>
+        <x:v>10.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>28.8</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>26</x:v>
-[...4 lines deleted...]
-        <x:v>17</x:v>
+        <x:v>13.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:3">
+      <x:c r="A12" s="3" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="B12" s="4" t="n">
+        <x:v>29.1</x:v>
+      </x:c>
+      <x:c r="C12" s="4" t="n">
+        <x:v>26.9</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
+        <x:v>17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:3">
+      <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
-    <x:row r="15" spans="1:3">
-      <x:c r="A15" s="1" t="s">
+    <x:row r="16" spans="1:3">
+      <x:c r="A16" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C36"/>
+  <x:dimension ref="A1:C37"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.080625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="30.550625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="30.700625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>14.1</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>21.4</x:v>
+        <x:v>22.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>8.9</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>14.8</x:v>
+        <x:v>15.4</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>18.1</x:v>
+        <x:v>17.1</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>33.2</x:v>
+        <x:v>30.7</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>28.8</x:v>
+        <x:v>28.2</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="33" spans="1:3">
-[...1 lines deleted...]
-        <x:v>57</x:v>
+    <x:row r="32" spans="1:3">
+      <x:c r="A32" s="3" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="B32" s="4" t="n">
+        <x:v>2.6</x:v>
+      </x:c>
+      <x:c r="C32" s="4" t="n">
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
-        <x:v>17</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
+        <x:v>17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:3">
+      <x:c r="A36" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
-    <x:row r="36" spans="1:3">
-      <x:c r="A36" s="1" t="s">
+    <x:row r="37" spans="1:3">
+      <x:c r="A37" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C36"/>
+  <x:dimension ref="A1:C37"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="9.610625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="30.550625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="30.700625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>14.2</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>21.4</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>14.8</x:v>
+        <x:v>14.5</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>18.1</x:v>
+        <x:v>22.2</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>15.4</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>17.1</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>33.2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>28.8</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>30.7</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>28.2</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>4.7</x:v>
-[...4 lines deleted...]
-        <x:v>57</x:v>
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:3">
+      <x:c r="A32" s="3" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="B32" s="4" t="n">
+        <x:v>0.4</x:v>
+      </x:c>
+      <x:c r="C32" s="4" t="n">
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
-        <x:v>17</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
+        <x:v>17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:3">
+      <x:c r="A36" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
-    <x:row r="36" spans="1:3">
-      <x:c r="A36" s="1" t="s">
+    <x:row r="37" spans="1:3">
+      <x:c r="A37" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C24"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="22.750625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="30.550625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="30.700625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>9.5</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>5.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>4.4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>21.9</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>23.8</x:v>
+        <x:v>24.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>11.7</x:v>
+        <x:v>10.4</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>30.9</x:v>
+        <x:v>30.1</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>35.9</x:v>
+        <x:v>34.3</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>7.3</x:v>
+        <x:v>7.8</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C14"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="28.570625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="30.550625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="30.700625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>19.4</x:v>
+        <x:v>20.2</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>25.3</x:v>
+        <x:v>23.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>11.4</x:v>
+        <x:v>10.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>9.6</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>16.9</x:v>
+        <x:v>17.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>30.2</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>28.5</x:v>
+        <x:v>29.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>36.9</x:v>
+        <x:v>35.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>18</x:v>
+        <x:v>18.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.250625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.250625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.260625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>15.2</x:v>
+        <x:v>15.4</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
-        <x:v>115</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>50</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>89</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C18"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.320625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="30.550625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="30.700625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>136</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
-        <x:v>138</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
-        <x:v>147</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>148</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>149</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>179</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>612</x:v>
+        <x:v>608</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>150</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>