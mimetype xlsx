--- v4 (2025-12-28)
+++ v5 (2026-01-19)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R971dde778c814baf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/28a2043477174eaabb652aef3bb8eac1.psmdcp" Id="Ra10c59b7f8b1455b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R659d53d8ba514d66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4f3a7bfb96cd426ca9a94d6251ffe367.psmdcp" Id="R241058de2e794076" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="155" uniqueCount="155">
   <x:si>
     <x:t>Risk Profile - Emerging Markets ex-China Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 10/29/2021 to 11/30/2025</x:t>
+    <x:t>From 10/29/2021 to 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Markets ex-China Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI Emerging Markets ex-China</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -182,51 +182,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI Emerging Markets ex China Index is an independently maintained and widely published index which captures large and mid cap representation within Emerging Markets (EM) countries,</x:t>
   </x:si>
   <x:si>
     <x:t>excluding China. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Emerging Markets ex-China Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (%)</x:t>
+    <x:t>As of 12/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Developed</x:t>
   </x:si>
   <x:si>
     <x:t>East Asia (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Europe (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Latin/South America (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Mideast/Africa (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>South Asia (Emerging)</x:t>
   </x:si>
@@ -443,189 +443,189 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Emerging Markets ex-China Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (145.9 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.0 &amp; Below)</x:t>
+    <x:t>Large (151.3 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.6 To 151.3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.8 To 49.6)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.1 To 19.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.1 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Emerging Markets ex-China Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Samsung Electronics Co Ltd</x:t>
   </x:si>
   <x:si>
+    <x:t>Hyundai Mobis Co Ltd</x:t>
+  </x:si>
+  <x:si>
     <x:t>Astra International Tbk PT</x:t>
   </x:si>
   <x:si>
     <x:t>OTP Bank Nyrt</x:t>
   </x:si>
   <x:si>
-    <x:t>Hyundai Mobis Co Ltd</x:t>
+    <x:t>Phison Electronics Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Evergreen Marine Corp Taiwan Ltd</x:t>
   </x:si>
   <x:si>
-    <x:t>Banco Bradesco SA</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Hindalco Industries Ltd</x:t>
   </x:si>
   <x:si>
+    <x:t>Cemex SAB de CV</x:t>
+  </x:si>
+  <x:si>
     <x:t>Krung Thai Bank PCL</x:t>
   </x:si>
   <x:si>
-    <x:t>Hon Hai Precision Industry Co Ltd</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Emerging Markets ex-China Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025</x:t>
+    <x:t>As of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>9.6x</x:t>
-[...2 lines deleted...]
-    <x:t>17.9x</x:t>
+    <x:t>9.8x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17.2x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>10.3x</x:t>
-[...2 lines deleted...]
-    <x:t>21.0x</x:t>
+    <x:t>10.6x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>24.1x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>1.4x</x:t>
   </x:si>
   <x:si>
-    <x:t>2.3x</x:t>
+    <x:t>2.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>8.2x</x:t>
-[...2 lines deleted...]
-    <x:t>13.7x</x:t>
+    <x:t>8.9x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13.8x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>15.1%</x:t>
   </x:si>
   <x:si>
-    <x:t>18.4%</x:t>
+    <x:t>18.3%</x:t>
   </x:si>
   <x:si>
     <x:t>Debt/Equity - Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>0.3x</x:t>
   </x:si>
   <x:si>
     <x:t>0.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>9.5 USD</x:t>
-[...2 lines deleted...]
-    <x:t>20.8 USD</x:t>
+    <x:t>10.2 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.3 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>68.8%</x:t>
+    <x:t>66.3%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -1007,98 +1007,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-4.49</x:v>
+        <x:v>-4.41</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
-        <x:v>1.02</x:v>
+        <x:v>1.03</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
         <x:v>0.81</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.24</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>18.32</x:v>
+        <x:v>18.28</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>16.09</x:v>
+        <x:v>16.05</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1153,120 +1153,120 @@
       <x:c r="A1" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>46.1</x:v>
+        <x:v>48.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>45.8</x:v>
+        <x:v>47.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>10.6</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>10.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>13.2</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>29.1</x:v>
+        <x:v>30.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>26.9</x:v>
+        <x:v>25.8</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1291,337 +1291,337 @@
       <x:c r="A1" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>14.4</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>22.2</x:v>
+        <x:v>21.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>8.6</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>15.4</x:v>
+        <x:v>17.9</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>17.1</x:v>
+        <x:v>18.4</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>30.7</x:v>
+        <x:v>30.8</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>28.2</x:v>
+        <x:v>28.5</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
@@ -1654,340 +1654,340 @@
       <x:c r="A1" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>8.6</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>14.5</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>22.2</x:v>
+        <x:v>21.1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>15.4</x:v>
+        <x:v>17.9</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>17.1</x:v>
+        <x:v>18.4</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>30.7</x:v>
+        <x:v>30.9</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>28.2</x:v>
+        <x:v>28.5</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
@@ -2017,164 +2017,164 @@
       <x:c r="A1" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>9.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>5.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.9</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>4.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>23</x:v>
+        <x:v>22.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>24.5</x:v>
+        <x:v>23.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>10.4</x:v>
+        <x:v>9.4</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>7.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>30.1</x:v>
+        <x:v>32.7</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>34.3</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
@@ -2219,98 +2219,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>20.2</x:v>
+        <x:v>23.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>23.9</x:v>
+        <x:v>25.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>10.7</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>17.8</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>32</x:v>
+        <x:v>33.3</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>29.1</x:v>
+        <x:v>28.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>35.3</x:v>
+        <x:v>32.7</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>18.5</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -2339,183 +2339,183 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>15.4</x:v>
+        <x:v>16.2</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>51</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -2617,51 +2617,51 @@
         <x:v>146</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>608</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>18</x:v>
       </x:c>