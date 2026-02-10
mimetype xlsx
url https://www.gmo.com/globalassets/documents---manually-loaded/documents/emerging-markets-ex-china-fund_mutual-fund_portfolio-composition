--- v5 (2026-01-19)
+++ v6 (2026-02-10)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R659d53d8ba514d66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4f3a7bfb96cd426ca9a94d6251ffe367.psmdcp" Id="R241058de2e794076" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb38b4151d5084aa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/46028ae2e93f403490a71a9693a86347.psmdcp" Id="R2a54d4a92bfa45f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="155" uniqueCount="155">
   <x:si>
     <x:t>Risk Profile - Emerging Markets ex-China Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 10/29/2021 to 12/31/2025</x:t>
+    <x:t>From 10/29/2021 to 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Markets ex-China Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI Emerging Markets ex-China</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -182,51 +182,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI Emerging Markets ex China Index is an independently maintained and widely published index which captures large and mid cap representation within Emerging Markets (EM) countries,</x:t>
   </x:si>
   <x:si>
     <x:t>excluding China. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Emerging Markets ex-China Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (%)</x:t>
+    <x:t>As of 01/31/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Developed</x:t>
   </x:si>
   <x:si>
     <x:t>East Asia (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Europe (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Latin/South America (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Mideast/Africa (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>South Asia (Emerging)</x:t>
   </x:si>
@@ -443,189 +443,189 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Emerging Markets ex-China Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (151.3 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.1 &amp; Below)</x:t>
+    <x:t>Large (150.0 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (52.1 To 150.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (20.4 To 52.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.4 To 20.4)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.4 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Emerging Markets ex-China Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Samsung Electronics Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Hyundai Mobis Co Ltd</x:t>
   </x:si>
   <x:si>
+    <x:t>OTP Bank Nyrt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phison Electronics Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Evergreen Marine Corp Taiwan Ltd</x:t>
+  </x:si>
+  <x:si>
     <x:t>Astra International Tbk PT</x:t>
   </x:si>
   <x:si>
-    <x:t>OTP Bank Nyrt</x:t>
-[...5 lines deleted...]
-    <x:t>Evergreen Marine Corp Taiwan Ltd</x:t>
+    <x:t>Banco Bradesco SA</x:t>
   </x:si>
   <x:si>
     <x:t>Hindalco Industries Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Cemex SAB de CV</x:t>
   </x:si>
   <x:si>
-    <x:t>Krung Thai Bank PCL</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Emerging Markets ex-China Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025</x:t>
+    <x:t>As of 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>9.8x</x:t>
   </x:si>
   <x:si>
-    <x:t>17.2x</x:t>
+    <x:t>16.9x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>10.6x</x:t>
-[...2 lines deleted...]
-    <x:t>24.1x</x:t>
+    <x:t>13.0x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>1.4x</x:t>
-[...2 lines deleted...]
-    <x:t>2.4x</x:t>
+    <x:t>1.6x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.7x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>8.9x</x:t>
-[...2 lines deleted...]
-    <x:t>13.8x</x:t>
+    <x:t>9.2x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>15.1%</x:t>
-[...2 lines deleted...]
-    <x:t>18.3%</x:t>
+    <x:t>14.2%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.5%</x:t>
   </x:si>
   <x:si>
     <x:t>Debt/Equity - Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>0.3x</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>0.4x</x:t>
   </x:si>
   <x:si>
+    <x:t>0.5x</x:t>
+  </x:si>
+  <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>10.2 USD</x:t>
-[...2 lines deleted...]
-    <x:t>23.3 USD</x:t>
+    <x:t>14.1 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.0 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>66.3%</x:t>
+    <x:t>62.9%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -1007,98 +1007,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-4.41</x:v>
+        <x:v>-4.43</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>1.03</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.81</x:v>
+        <x:v>0.82</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.24</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>18.28</x:v>
+        <x:v>18.77</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>16.05</x:v>
+        <x:v>16.56</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1164,109 +1164,109 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>48.7</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>47.4</x:v>
+        <x:v>50.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
+        <x:v>12.5</x:v>
+      </x:c>
+      <x:c r="C10" s="4" t="n">
         <x:v>10.6</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>10.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>13.2</x:v>
+        <x:v>12.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>30.1</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>25.8</x:v>
+        <x:v>22.5</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1291,315 +1291,315 @@
       <x:c r="A1" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>14.4</x:v>
+        <x:v>12.1</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>21.1</x:v>
+        <x:v>18.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>17.9</x:v>
+        <x:v>20.3</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>18.4</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>30.8</x:v>
+        <x:v>31.6</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>28.5</x:v>
+        <x:v>28.7</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>0</x:v>
@@ -1654,340 +1654,340 @@
       <x:c r="A1" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
+        <x:v>7.7</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="n">
         <x:v>6.3</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>8.6</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>14.5</x:v>
+        <x:v>12.2</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>21.1</x:v>
+        <x:v>18.2</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>17.9</x:v>
+        <x:v>20.3</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>18.4</x:v>
+        <x:v>21.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
         <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>30.9</x:v>
+        <x:v>31.7</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>28.5</x:v>
+        <x:v>28.7</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-3.9</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
@@ -2017,164 +2017,164 @@
       <x:c r="A1" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>22.3</x:v>
+        <x:v>23.7</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>23.9</x:v>
+        <x:v>22.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>9.4</x:v>
+        <x:v>9.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>32.7</x:v>
+        <x:v>35.4</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>36</x:v>
+        <x:v>38.5</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>7.6</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
         <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
@@ -2219,98 +2219,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>23.1</x:v>
+        <x:v>25.5</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>25.8</x:v>
+        <x:v>28.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>11</x:v>
+        <x:v>10.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>11.4</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>17</x:v>
+        <x:v>17.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>33.3</x:v>
+        <x:v>24.8</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>28.3</x:v>
+        <x:v>26.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>32.7</x:v>
+        <x:v>34.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>18</x:v>
+        <x:v>16.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -2339,183 +2339,183 @@
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>16.2</x:v>
+        <x:v>17.2</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>53</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -2617,54 +2617,54 @@
         <x:v>146</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>176</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>608</x:v>
+        <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="1" t="s">