--- v6 (2026-02-10)
+++ v7 (2026-03-03)
@@ -1,47 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb38b4151d5084aa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/46028ae2e93f403490a71a9693a86347.psmdcp" Id="R2a54d4a92bfa45f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R766d82b8586147b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d52292ef03264e059f0eb49fc972197e.psmdcp" Id="Rc28713f5c62f4b86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="155" uniqueCount="155">