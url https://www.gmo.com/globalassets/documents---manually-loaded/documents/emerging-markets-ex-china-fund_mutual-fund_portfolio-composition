--- v7 (2026-03-03)
+++ v8 (2026-03-23)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R766d82b8586147b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d52292ef03264e059f0eb49fc972197e.psmdcp" Id="Rc28713f5c62f4b86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdce3839a6a05436b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eba5e015777f44b1b8676d8ac0e1491e.psmdcp" Id="Re294dcab85ea48d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Risk Profile" sheetId="2" r:id="rId2"/>
     <x:sheet name="Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="155" uniqueCount="155">
   <x:si>
     <x:t>Risk Profile - Emerging Markets ex-China Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>From 10/29/2021 to 01/31/2026</x:t>
+    <x:t>From 10/29/2021 to 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Risk</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Markets ex-China Fund</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI Emerging Markets ex-China</x:t>
   </x:si>
   <x:si>
     <x:r>
       <x:rPr>
         <x:vertAlign val="baseline"/>
         <x:sz val="11"/>
         <x:color rgb="FF000000"/>
         <x:rFont val="Calibri"/>
         <x:family val="2"/>
       </x:rPr>
       <x:t>Alpha (Jensen's)</x:t>
     </x:r>
     <x:r>
       <x:rPr>
         <x:vertAlign val="superscript"/>
         <x:sz val="11"/>
@@ -182,51 +182,51 @@
   <x:si>
     <x:t>[3] R-Squared is a measure of how well a portfolio tracks the market.</x:t>
   </x:si>
   <x:si>
     <x:t>[4] Sharpe Ratio is the return over the risk free rate per unit of risk.</x:t>
   </x:si>
   <x:si>
     <x:t>[5] Std Deviation is a measure of the volatility of a portfolio.</x:t>
   </x:si>
   <x:si>
     <x:t>Risk profile data is net of fees.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI Emerging Markets ex China Index is an independently maintained and widely published index which captures large and mid cap representation within Emerging Markets (EM) countries,</x:t>
   </x:si>
   <x:si>
     <x:t>excluding China. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Regions - Emerging Markets ex-China Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (%)</x:t>
+    <x:t>As of 02/28/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Developed</x:t>
   </x:si>
   <x:si>
     <x:t>East Asia (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Europe (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Latin/South America (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>Mideast/Africa (Emerging)</x:t>
   </x:si>
   <x:si>
     <x:t>South Asia (Emerging)</x:t>
   </x:si>
@@ -290,50 +290,53 @@
   <x:si>
     <x:t>Saudi Arabia</x:t>
   </x:si>
   <x:si>
     <x:t>South Africa</x:t>
   </x:si>
   <x:si>
     <x:t>South Korea</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan</x:t>
   </x:si>
   <x:si>
     <x:t>Thailand</x:t>
   </x:si>
   <x:si>
     <x:t>Turkey</x:t>
   </x:si>
   <x:si>
     <x:t>United Arab Emirates</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
+    <x:t>United States</x:t>
+  </x:si>
+  <x:si>
     <x:t>Viet Nam</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
     <x:t>This portfolio continues to hold de minimis Russian exposure as a result of past positioning and ongoing illiquidity. GMO has suspended net new purchases of Russian securities firm-wide.</x:t>
   </x:si>
   <x:si>
     <x:t>Currencies - Emerging Markets ex-China Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>AED</x:t>
   </x:si>
   <x:si>
     <x:t>BRL</x:t>
   </x:si>
   <x:si>
     <x:t>CLP</x:t>
   </x:si>
   <x:si>
     <x:t>COP</x:t>
@@ -443,189 +446,186 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Emerging Markets ex-China Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (150.0 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.4 &amp; Below)</x:t>
+    <x:t>Large (150.9 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (52.8 To 150.9)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (21.3 To 52.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.8 To 21.3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.8 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Emerging Markets ex-China Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Samsung Electronics Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Hyundai Mobis Co Ltd</x:t>
   </x:si>
   <x:si>
+    <x:t>Kia Corp</x:t>
+  </x:si>
+  <x:si>
     <x:t>OTP Bank Nyrt</x:t>
   </x:si>
   <x:si>
-    <x:t>Phison Electronics Corp</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Evergreen Marine Corp Taiwan Ltd</x:t>
   </x:si>
   <x:si>
+    <x:t>Vale SA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Krung Thai Bank PCL</x:t>
+  </x:si>
+  <x:si>
     <x:t>Astra International Tbk PT</x:t>
   </x:si>
   <x:si>
-    <x:t>Banco Bradesco SA</x:t>
-[...5 lines deleted...]
-    <x:t>Cemex SAB de CV</x:t>
+    <x:t>Hyundai Glovis Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Emerging Markets ex-China Fund</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026</x:t>
+    <x:t>As of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Forecast 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>9.8x</x:t>
-[...2 lines deleted...]
-    <x:t>16.9x</x:t>
+    <x:t>10.2x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>13.0x</x:t>
-[...2 lines deleted...]
-    <x:t>23.6x</x:t>
+    <x:t>12.6x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>1.6x</x:t>
   </x:si>
   <x:si>
-    <x:t>2.7x</x:t>
+    <x:t>2.9x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Cash Flow - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>9.2x</x:t>
-[...2 lines deleted...]
-    <x:t>14.4x</x:t>
+    <x:t>9.3x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.8x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>14.2%</x:t>
-[...2 lines deleted...]
-    <x:t>18.5%</x:t>
+    <x:t>14.1%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18.6%</x:t>
   </x:si>
   <x:si>
     <x:t>Debt/Equity - Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>0.4x</x:t>
-[...2 lines deleted...]
-    <x:t>0.5x</x:t>
+    <x:t>0.3x</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>14.1 USD</x:t>
-[...2 lines deleted...]
-    <x:t>27.0 USD</x:t>
+    <x:t>17.0 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29.9 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Active Share</x:t>
   </x:si>
   <x:si>
-    <x:t>62.9%</x:t>
+    <x:t>63.9%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="3">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
     <x:numFmt numFmtId="166" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -1007,98 +1007,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="n">
-        <x:v>-4.43</x:v>
+        <x:v>-4.54</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="0" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="2" t="n">
         <x:v>1.03</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="0" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="2" t="n">
-        <x:v>0.82</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="2" t="n">
-        <x:v>0.11</x:v>
+        <x:v>0.21</x:v>
       </x:c>
       <x:c r="C9" s="2" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>18.77</x:v>
+        <x:v>19.04</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>16.56</x:v>
+        <x:v>16.91</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>15</x:v>
@@ -1153,1515 +1153,1526 @@
       <x:c r="A1" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>50.5</x:v>
+        <x:v>53.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>12.5</x:v>
+        <x:v>12.1</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>4.9</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>12.9</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>24</x:v>
+        <x:v>22.3</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>22.5</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C37"/>
+  <x:dimension ref="A1:C38"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.080625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="30.550625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="30.700625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>12.1</x:v>
+        <x:v>10.4</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>18.2</x:v>
+        <x:v>16.8</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>20.3</x:v>
+        <x:v>22.6</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>21.3</x:v>
+        <x:v>23.7</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>31.6</x:v>
+        <x:v>31.4</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>28.7</x:v>
+        <x:v>29.5</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="34" spans="1:3">
-      <x:c r="A34" s="3" t="s">
+    <x:row r="33" spans="1:3">
+      <x:c r="A33" s="3" t="s">
         <x:v>59</x:v>
+      </x:c>
+      <x:c r="B33" s="4" t="n">
+        <x:v>0.7</x:v>
+      </x:c>
+      <x:c r="C33" s="4" t="n">
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
-        <x:v>17</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
+        <x:v>17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:3">
+      <x:c r="A37" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
-    <x:row r="37" spans="1:3">
-      <x:c r="A37" s="1" t="s">
+    <x:row r="38" spans="1:3">
+      <x:c r="A38" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C37"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="9.610625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="30.550625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="30.700625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>8.6</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>12.2</x:v>
+        <x:v>10.5</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>18.2</x:v>
+        <x:v>16.8</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>20.3</x:v>
+        <x:v>22.7</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>21.3</x:v>
+        <x:v>23.7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="3" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="3" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:3">
       <x:c r="A26" s="3" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:3">
       <x:c r="A27" s="3" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:3">
       <x:c r="A28" s="3" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:3">
       <x:c r="A29" s="3" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>31.7</x:v>
+        <x:v>31.4</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>28.7</x:v>
+        <x:v>29.5</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:3">
       <x:c r="A30" s="3" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-3.9</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:3">
       <x:c r="A31" s="3" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:3">
       <x:c r="A32" s="3" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:3">
       <x:c r="A34" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:3">
       <x:c r="A35" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:3">
       <x:c r="A36" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:3">
       <x:c r="A37" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C24"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="22.750625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="30.550625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="30.700625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>10.1</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>23.7</x:v>
+        <x:v>22.6</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>22.9</x:v>
+        <x:v>21.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>9.1</x:v>
+        <x:v>9.6</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>35.4</x:v>
+        <x:v>35.3</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>38.5</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
+        <x:v>9.1</x:v>
+      </x:c>
+      <x:c r="C14" s="4" t="n">
         <x:v>7.8</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C14"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="28.570625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="30.550625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="30.700625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>25.5</x:v>
+        <x:v>26.4</x:v>
       </x:c>
       <x:c r="C6" s="4" t="n">
-        <x:v>28.5</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>10.1</x:v>
+        <x:v>8.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>11.4</x:v>
+        <x:v>17.3</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>17.9</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>24.8</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>26.7</x:v>
+        <x:v>24.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>34.2</x:v>
+        <x:v>31.3</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>16.7</x:v>
+        <x:v>15.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.250625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="12.250625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.260625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="3" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B6" s="4" t="n">
-        <x:v>17.2</x:v>
+        <x:v>17.8</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
         <x:v>7.5</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="3" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>38</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>52</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="D10" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D14" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
-        <x:v>43</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C18"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="35.320625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="30.550625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="30.700625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="3" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="3" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="3" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="3" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="3" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>163</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>607</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="3" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="3" t="s">
         <x:v>18</x:v>
       </x:c>