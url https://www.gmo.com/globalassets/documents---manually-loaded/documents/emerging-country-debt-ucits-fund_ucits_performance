--- v0 (2025-10-06)
+++ v1 (2025-10-26)
@@ -7,105 +7,108 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2ef7f5973484ef4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5903d438844642a7b4a3d06b8e0b00e4.psmdcp" Id="R7434daed7c2c4ff9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R292d48eae28b4d1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ddbbfd4f818c414e80aae06a318b9141.psmdcp" Id="R72462d155fc5464e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="CHF Class G_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="EUR Class H_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="USD Class A_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="USD Class F_Historical" sheetId="5" r:id="rId5"/>
     <x:sheet name="USD Class G_Historical" sheetId="6" r:id="rId6"/>
     <x:sheet name="USD Class Z_Historical" sheetId="7" r:id="rId7"/>
     <x:sheet name="CHF Class G_Month-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="EUR Class H_Month-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="USD Class A_Month-End" sheetId="10" r:id="rId10"/>
     <x:sheet name="USD Class F_Month-End" sheetId="11" r:id="rId11"/>
     <x:sheet name="USD Class G_Month-End" sheetId="12" r:id="rId12"/>
     <x:sheet name="USD Class Z_Month-End" sheetId="13" r:id="rId13"/>
     <x:sheet name="CHF Class G_Quarter-End" sheetId="14" r:id="rId14"/>
     <x:sheet name="EUR Class H_Quarter-End" sheetId="15" r:id="rId15"/>
     <x:sheet name="USD Class A_Quarter-End" sheetId="16" r:id="rId16"/>
     <x:sheet name="USD Class F_Quarter-End" sheetId="17" r:id="rId17"/>
     <x:sheet name="USD Class G_Quarter-End" sheetId="18" r:id="rId18"/>
     <x:sheet name="USD Class Z_Quarter-End" sheetId="19" r:id="rId19"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="158" uniqueCount="158">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="153" uniqueCount="153">
   <x:si>
     <x:t>Performance - Emerging Country Debt UCITS Fund | CHF Class G</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025 (CHF,%)</x:t>
+    <x:t>As of 09/30/2025 (CHF,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 05/28/2020</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>J.P. Morgan EMBI Global Diversified (in USD)</x:t>
   </x:si>
   <x:si>
+    <x:t>09/30/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2025</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2024</x:t>
@@ -254,51 +257,51 @@
   <x:si>
     <x:t>12/31/2020</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2020</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2020</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2020</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2020</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2020</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2020</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2020</x:t>
   </x:si>
   <x:si>
-    <x:t>QTD Q3-2025</x:t>
+    <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2023</x:t>
   </x:si>
@@ -350,216 +353,198 @@
   <x:si>
     <x:t>shares, when redeemed, may be worth more or less than their original cost. Current performance data may be lower or higher than the performance data provided herein.</x:t>
   </x:si>
   <x:si>
     <x:t>UCITS HAVE NO GUARANTEED RETURN AND PAST PERFORMANCE DOES NOT GUARANTEE FUTURE PERFORMANCE.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Emerging Country Debt UCITS Fund | EUR Class H</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025 (EUR,%)</x:t>
+    <x:t>As of 09/30/2025 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 08/20/2024</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Emerging Country Debt UCITS Fund | USD Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025 (USD,%)</x:t>
+    <x:t>As of 09/30/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 05/10/2024</x:t>
   </x:si>
   <x:si>
     <x:t>J.P. Morgan EMBI Global Diversified</x:t>
   </x:si>
   <x:si>
     <x:t>The J.P. Morgan EMBI (Emerging Markets Bond) Global Diversified Index is an independently maintained and widely published uniquely weighted U.S. dollar-denominated emerging markets</x:t>
   </x:si>
   <x:si>
     <x:t>sovereign index comprised of Brady bonds, Eurobonds, traded loans, and market debt instruments issued by sovereign and quasi-sovereign entities.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Emerging Country Debt UCITS Fund | USD Class F</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 04/01/2020</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2020</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Emerging Country Debt UCITS Fund | USD Class G</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 12/14/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Emerging Country Debt UCITS Fund | USD Class Z</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 08/31/2025 (CHF,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in CHF as of 08/31/2025</x:t>
+    <x:t>Month-End as of 09/30/2025 (CHF,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in CHF as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Country Debt UCITS Fund CHG</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2020</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in CHF as of 08/31/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in CHF as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 08/31/2025 (EUR,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in EUR as of 08/31/2025</x:t>
+    <x:t>Month-End as of 09/30/2025 (EUR,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in EUR as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Country Debt UCITS Fund EUH</x:t>
   </x:si>
   <x:si>
     <x:t>08/20/2024</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in EUR as of 08/31/2025</x:t>
-[...5 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in USD as of 08/31/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in EUR as of 09/30/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 09/30/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Country Debt UCITS Fund USA</x:t>
   </x:si>
   <x:si>
     <x:t>05/10/2024</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in USD as of 08/31/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in USD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Country Debt UCITS Fund USF</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2020</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Country Debt UCITS Fund USG</x:t>
   </x:si>
   <x:si>
     <x:t>12/14/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Country Debt UCITS Fund USZ</x:t>
   </x:si>
   <x:si>
-    <x:t>Quarter-End as of 06/30/2025 (CHF,%)</x:t>
-[...23 lines deleted...]
-    <x:t>Average Annual Total Return (Gross) in USD as of 06/30/2025</x:t>
+    <x:t>Quarter-End as of 09/30/2025 (CHF,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 09/30/2025 (EUR,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -900,9718 +885,9802 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D111"/>
+  <x:dimension ref="A1:D112"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="39.680625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.58</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.88</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.02</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>3.02</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-0.73</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>1.12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>-0.73</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1.17</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>1.57</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-1.05</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>-1.05</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>1.19</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>1.55</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>1.85</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>1.87</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.28</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-1.26</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-1.21</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-2.08</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>-1.26</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-1.21</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.09</x:v>
+        <x:v>-2.08</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>2.09</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>4.86</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>4.73</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>5.88</x:v>
+        <x:v>4.86</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>5.93</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>5.66</x:v>
+        <x:v>4.73</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-0.94</x:v>
+        <x:v>5.88</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-0.89</x:v>
+        <x:v>5.93</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-1.35</x:v>
+        <x:v>5.66</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-3.63</x:v>
+        <x:v>-0.94</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-3.58</x:v>
+        <x:v>-0.89</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>-1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-2.19</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-2.14</x:v>
+        <x:v>-3.58</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-2.19</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>2.68</x:v>
+        <x:v>-2.14</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>3.27</x:v>
+        <x:v>2.63</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>2.68</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.91</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>3.27</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-0.49</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-0.17</x:v>
+        <x:v>-0.49</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>0.53</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-3.04</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-2.98</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-2.21</x:v>
+        <x:v>0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>-3.04</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>3.93</x:v>
+        <x:v>-2.98</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>-2.21</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>0.67</x:v>
+        <x:v>3.93</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>3.17</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>7.85</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>7.14</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>7.85</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>0.58</x:v>
+        <x:v>7.14</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-6.34</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-6.36</x:v>
+        <x:v>0.58</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-6.4</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-0.84</x:v>
+        <x:v>-6.34</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-0.95</x:v>
+        <x:v>-6.36</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>-0.84</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-0.95</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-8.16</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-8.1</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-6.21</x:v>
+        <x:v>2.89</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>-8.16</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-0.15</x:v>
+        <x:v>-8.1</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>-6.21</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-5.65</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-5.59</x:v>
+        <x:v>-0.15</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-5.59</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>-5.65</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>-5.59</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-5.59</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-6.68</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-6.63</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-6.55</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-3.23</x:v>
+        <x:v>-6.68</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-3.18</x:v>
+        <x:v>-6.63</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>-6.55</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>-3.23</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>-3.18</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-2.49</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-2.44</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-1.84</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>-2.49</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>-2.44</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>-1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-2.51</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-2.46</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>-2.51</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>1.24</x:v>
+        <x:v>-2.46</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>0.73</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>2.86</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>1.06</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>2.86</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>2.92</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>2.22</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-2.48</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>-2.55</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>-2.48</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>-1.09</x:v>
+        <x:v>-2.55</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>-1.09</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>5.33</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>5.38</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>-0.75</x:v>
+        <x:v>5.33</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>-0.69</x:v>
+        <x:v>5.38</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>3.86</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>-2.33</x:v>
+        <x:v>-0.75</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>-0.69</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>0.74</x:v>
+        <x:v>-2.33</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>4.02</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>4.56</x:v>
+        <x:v>4.08</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>3.71</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
+        <x:v>4.5</x:v>
+      </x:c>
+      <x:c r="C70" s="4" t="n">
+        <x:v>4.56</x:v>
+      </x:c>
+      <x:c r="D70" s="4" t="n">
+        <x:v>3.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="71" spans="1:4">
+      <x:c r="A71" s="2" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="B71" s="4" t="n">
         <x:v>-1.58</x:v>
       </x:c>
-      <x:c r="C70" s="4" t="n">
+      <x:c r="C71" s="4" t="n">
         <x:v>-1.57</x:v>
       </x:c>
-      <x:c r="D70" s="4" t="n">
+      <x:c r="D71" s="4" t="n">
         <x:v>-0.17</x:v>
       </x:c>
     </x:row>
-    <x:row r="72" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="73" spans="1:4">
-      <x:c r="A73" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A73" s="2" t="s"/>
+      <x:c r="B73" s="3" t="s"/>
+      <x:c r="C73" s="3" t="s"/>
+      <x:c r="D73" s="3" t="s"/>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>5.35</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>4.75</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>4.06</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>-0.23</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>-0.07</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>4.99</x:v>
+        <x:v>-0.23</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>-0.07</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>-1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>4.99</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>6.15</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>4.13</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>4.29</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>9.98</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>10.16</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>9.16</x:v>
+        <x:v>2.04</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>-3.27</x:v>
+        <x:v>9.98</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>-3.11</x:v>
+        <x:v>10.16</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>-2.23</x:v>
+        <x:v>9.16</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>-3.27</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>-3.11</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>-2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>0.83</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>2.19</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>9.31</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>9.49</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>8.11</x:v>
+        <x:v>1.86</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>-5.21</x:v>
+        <x:v>9.31</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>-5.05</x:v>
+        <x:v>9.49</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>-4.57</x:v>
+        <x:v>8.11</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>-13.53</x:v>
+        <x:v>-5.21</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>-13.38</x:v>
+        <x:v>-5.05</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>-11.43</x:v>
+        <x:v>-4.57</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>-9.43</x:v>
+        <x:v>-13.53</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>-9.27</x:v>
+        <x:v>-13.38</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>-10.02</x:v>
+        <x:v>-11.43</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>-0.93</x:v>
+        <x:v>-9.43</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>-0.77</x:v>
+        <x:v>-9.27</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>-0.44</x:v>
+        <x:v>-10.02</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>-1.01</x:v>
+        <x:v>-0.93</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>-0.77</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>-1.01</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>5.01</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>-5.58</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>-5.42</x:v>
+        <x:v>5.01</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>-4.54</x:v>
+        <x:v>4.06</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>7.39</x:v>
+        <x:v>-5.58</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>7.57</x:v>
+        <x:v>-5.42</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>-4.54</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>2.35</x:v>
+        <x:v>7.39</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>2.51</x:v>
+        <x:v>7.57</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="4" t="n">
+        <x:v>2.35</x:v>
+      </x:c>
+      <x:c r="C94" s="4" t="n">
+        <x:v>2.51</x:v>
+      </x:c>
+      <x:c r="D94" s="4" t="n">
+        <x:v>2.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="95" spans="1:4">
+      <x:c r="A95" s="2" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B95" s="4" t="n">
         <x:v>2.86</x:v>
       </x:c>
-      <x:c r="C94" s="4" t="n">
+      <x:c r="C95" s="4" t="n">
         <x:v>2.92</x:v>
       </x:c>
-      <x:c r="D94" s="4" t="n">
+      <x:c r="D95" s="4" t="n">
         <x:v>3.34</x:v>
       </x:c>
     </x:row>
-    <x:row r="96" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="97" spans="1:4">
-      <x:c r="A97" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A97" s="2" t="s"/>
+      <x:c r="B97" s="3" t="s"/>
+      <x:c r="C97" s="3" t="s"/>
+      <x:c r="D97" s="3" t="s"/>
     </x:row>
     <x:row r="98" spans="1:4">
-      <x:c r="A98" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A98" s="2" t="s">
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B98" s="4" t="n">
-        <x:v>8.97</x:v>
+        <x:v>11.52</x:v>
       </x:c>
       <x:c r="C98" s="4" t="n">
-        <x:v>9.65</x:v>
+        <x:v>12.03</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>6.54</x:v>
+        <x:v>10.66</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:4">
       <x:c r="A99" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B99" s="4" t="n">
-        <x:v>9.73</x:v>
+        <x:v>8.97</x:v>
       </x:c>
       <x:c r="C99" s="4" t="n">
-        <x:v>10.45</x:v>
+        <x:v>9.65</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>11.09</x:v>
+        <x:v>6.54</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:4">
       <x:c r="A100" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B100" s="4" t="n">
-        <x:v>-18.85</x:v>
+        <x:v>9.73</x:v>
       </x:c>
       <x:c r="C100" s="4" t="n">
-        <x:v>-18.3</x:v>
+        <x:v>10.45</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>-17.78</x:v>
+        <x:v>11.09</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:4">
       <x:c r="A101" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B101" s="4" t="n">
-        <x:v>-2.92</x:v>
+        <x:v>-18.85</x:v>
       </x:c>
       <x:c r="C101" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>-18.3</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>-17.78</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:4">
       <x:c r="A102" s="2" t="n">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="B102" s="4" t="n">
+        <x:v>-2.92</x:v>
+      </x:c>
+      <x:c r="C102" s="4" t="n">
+        <x:v>-2.28</x:v>
+      </x:c>
+      <x:c r="D102" s="4" t="n">
+        <x:v>-1.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:4">
+      <x:c r="A103" s="2" t="n">
         <x:v>2020</x:v>
       </x:c>
-      <x:c r="B102" s="4" t="n">
+      <x:c r="B103" s="4" t="n">
         <x:v>13.05</x:v>
       </x:c>
-      <x:c r="C102" s="4" t="n">
+      <x:c r="C103" s="4" t="n">
         <x:v>13.49</x:v>
       </x:c>
-      <x:c r="D102" s="4" t="n">
+      <x:c r="D103" s="4" t="n">
         <x:v>11.86</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:4">
       <x:c r="A105" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:4">
       <x:c r="A106" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:4">
       <x:c r="A107" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:4">
       <x:c r="A108" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:4">
       <x:c r="A109" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:4">
-      <x:c r="A110" s="2" t="s">
+      <x:c r="A110" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:4">
-      <x:c r="A111" s="1" t="s">
+      <x:c r="A111" s="2" t="s">
         <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="112" spans="1:4">
+      <x:c r="A112" s="1" t="s">
+        <x:v>101</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.250625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.34</x:v>
+        <x:v>6.45</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>13.06</x:v>
+        <x:v>15.36</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>16.38</x:v>
+        <x:v>16.48</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>15.43</x:v>
+        <x:v>18.67</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>6.09</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>8.14</x:v>
+        <x:v>8.41</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>8.73</x:v>
+        <x:v>10.66</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>8.59</x:v>
+        <x:v>8.52</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>9.21</x:v>
+        <x:v>12.29</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>2.27</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>4.62</x:v>
+        <x:v>4.89</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.25</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.42</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>4.34</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>7.96</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>6.22</x:v>
+        <x:v>6.38</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>3.82</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
         <x:v>3.52</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.99</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.38</x:v>
+        <x:v>6.52</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>13.25</x:v>
+        <x:v>15.58</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>16.67</x:v>
+        <x:v>16.77</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>15.73</x:v>
+        <x:v>18.97</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>6.39</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>8.71</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>8.73</x:v>
+        <x:v>10.66</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>8.59</x:v>
+        <x:v>8.52</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>9.21</x:v>
+        <x:v>12.29</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>2.27</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>4.62</x:v>
+        <x:v>4.89</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>4.53</x:v>
+        <x:v>4.91</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>8.09</x:v>
+        <x:v>8.26</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>6.52</x:v>
+        <x:v>6.68</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>3.94</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
         <x:v>3.82</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.620625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.32</x:v>
+        <x:v>6.42</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>12.93</x:v>
+        <x:v>15.2</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>16.13</x:v>
+        <x:v>16.22</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>16.15</x:v>
+        <x:v>16.64</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>8.73</x:v>
+        <x:v>10.66</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>8.59</x:v>
+        <x:v>8.52</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>9.53</x:v>
+        <x:v>10.15</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.34</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>4.21</x:v>
+        <x:v>4.54</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>7.54</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>6.62</x:v>
+        <x:v>6.49</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.02</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.41</x:v>
+        <x:v>6.55</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>13.31</x:v>
+        <x:v>15.63</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>16.71</x:v>
+        <x:v>16.8</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>16.73</x:v>
+        <x:v>17.23</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>8.73</x:v>
+        <x:v>10.66</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>8.59</x:v>
+        <x:v>8.52</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>9.53</x:v>
+        <x:v>10.15</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.49</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>4.58</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>8.29</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>7.2</x:v>
+        <x:v>7.08</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.290625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.36</x:v>
+        <x:v>6.49</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>13.21</x:v>
+        <x:v>15.52</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>16.58</x:v>
+        <x:v>16.67</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>15.63</x:v>
+        <x:v>18.86</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>6.29</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>8.34</x:v>
+        <x:v>8.61</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>8.73</x:v>
+        <x:v>10.66</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>8.59</x:v>
+        <x:v>8.52</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>9.21</x:v>
+        <x:v>12.29</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>2.27</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>4.62</x:v>
+        <x:v>4.89</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>4.86</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>8.16</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>6.42</x:v>
+        <x:v>6.57</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>3.84</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
         <x:v>3.72</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.99</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.37</x:v>
+        <x:v>6.51</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>13.26</x:v>
+        <x:v>15.58</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>16.67</x:v>
+        <x:v>16.75</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>15.73</x:v>
+        <x:v>18.97</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>8.44</x:v>
+        <x:v>8.71</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>8.73</x:v>
+        <x:v>10.66</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>8.59</x:v>
+        <x:v>8.52</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>9.21</x:v>
+        <x:v>12.29</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>2.27</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>4.62</x:v>
+        <x:v>4.89</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>4.53</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>8.08</x:v>
+        <x:v>8.24</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>6.52</x:v>
+        <x:v>6.68</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>3.94</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
         <x:v>3.83</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I28"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="39.680625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="5.170625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>150</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>6.01</x:v>
+        <x:v>11.52</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>11.05</x:v>
+        <x:v>11.26</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>9.51</x:v>
+        <x:v>13.38</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>1.88</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>3.27</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>5.64</x:v>
+        <x:v>10.66</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>9.97</x:v>
+        <x:v>8.52</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>8.85</x:v>
+        <x:v>12.29</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>2.27</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>3.19</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>1.08</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>151</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>5.35</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>6.34</x:v>
+        <x:v>12.03</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>11.73</x:v>
+        <x:v>11.95</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>10.21</x:v>
+        <x:v>14.1</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>2.55</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>3.94</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>5.64</x:v>
+        <x:v>10.66</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>9.97</x:v>
+        <x:v>8.52</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>8.85</x:v>
+        <x:v>12.29</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>2.27</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>2.42</x:v>
+        <x:v>3.19</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.69</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>3.43</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
+        <x:v>0.84</x:v>
+      </x:c>
+      <x:c r="H19" s="3" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="I19" s="4" t="n">
         <x:v>0.75</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>0.66</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I28"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="39.680625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="5.170625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>153</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.38</x:v>
+        <x:v>5.65</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>7.08</x:v>
-[...2 lines deleted...]
-        <x:v>130</x:v>
+        <x:v>13.13</x:v>
+      </x:c>
+      <x:c r="E9" s="4" t="n">
+        <x:v>13.58</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>9.65</x:v>
+        <x:v>14.15</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>5.64</x:v>
-[...2 lines deleted...]
-        <x:v>130</x:v>
+        <x:v>10.66</x:v>
+      </x:c>
+      <x:c r="E10" s="4" t="n">
+        <x:v>8.52</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>5.78</x:v>
+        <x:v>9.67</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.44</x:v>
-[...2 lines deleted...]
-        <x:v>130</x:v>
+        <x:v>2.47</x:v>
+      </x:c>
+      <x:c r="E11" s="4" t="n">
+        <x:v>5.06</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>4.48</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>154</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>4.59</x:v>
+        <x:v>5.87</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>7.51</x:v>
-[...2 lines deleted...]
-        <x:v>130</x:v>
+        <x:v>13.82</x:v>
+      </x:c>
+      <x:c r="E17" s="4" t="n">
+        <x:v>14.5</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>10.42</x:v>
+        <x:v>15.08</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>5.64</x:v>
-[...2 lines deleted...]
-        <x:v>130</x:v>
+        <x:v>10.66</x:v>
+      </x:c>
+      <x:c r="E18" s="4" t="n">
+        <x:v>8.52</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>5.78</x:v>
+        <x:v>9.67</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.87</x:v>
-[...2 lines deleted...]
-        <x:v>130</x:v>
+        <x:v>3.16</x:v>
+      </x:c>
+      <x:c r="E19" s="4" t="n">
+        <x:v>5.99</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>4.64</x:v>
+        <x:v>5.41</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.560625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="5.170625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>156</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>6.32</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>8.09</x:v>
+        <x:v>14.92</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>15.61</x:v>
+        <x:v>15.84</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>14.13</x:v>
+        <x:v>16.46</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>5.64</x:v>
+        <x:v>10.66</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>9.97</x:v>
+        <x:v>8.52</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>9.47</x:v>
+        <x:v>11.35</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>5.64</x:v>
+        <x:v>7.32</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>4.66</x:v>
+        <x:v>5.11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>157</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>5.18</x:v>
+        <x:v>6.54</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>8.52</x:v>
+        <x:v>15.62</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>16.56</x:v>
+        <x:v>16.78</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>15.07</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>5.64</x:v>
+        <x:v>10.66</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>9.97</x:v>
+        <x:v>8.52</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>9.47</x:v>
+        <x:v>11.35</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>4.96</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>6.59</x:v>
+        <x:v>8.27</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>5.59</x:v>
+        <x:v>6.06</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.250625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="5.170625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>156</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.13</x:v>
+        <x:v>6.45</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>8.36</x:v>
+        <x:v>15.36</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>16.24</x:v>
+        <x:v>16.48</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>14.51</x:v>
+        <x:v>18.67</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>5.35</x:v>
+        <x:v>6.09</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>7.54</x:v>
+        <x:v>8.41</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>5.64</x:v>
+        <x:v>10.66</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>9.97</x:v>
+        <x:v>8.52</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>8.85</x:v>
+        <x:v>12.29</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>2.27</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.89</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.72</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>6.27</x:v>
+        <x:v>7.96</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>5.65</x:v>
+        <x:v>6.38</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>3.56</x:v>
+        <x:v>3.82</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>3.34</x:v>
+        <x:v>3.52</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>157</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>6.52</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>8.5</x:v>
+        <x:v>15.58</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>16.53</x:v>
+        <x:v>16.77</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>14.81</x:v>
+        <x:v>18.97</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>5.65</x:v>
+        <x:v>6.39</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>7.84</x:v>
+        <x:v>8.71</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>5.64</x:v>
+        <x:v>10.66</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>9.97</x:v>
+        <x:v>8.52</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>8.85</x:v>
+        <x:v>12.29</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>2.27</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.89</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.88</x:v>
+        <x:v>1.77</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.86</x:v>
+        <x:v>4.91</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>6.56</x:v>
+        <x:v>8.26</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>5.95</x:v>
+        <x:v>6.68</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>4.12</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>3.82</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.620625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="5.170625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>156</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.04</x:v>
+        <x:v>6.42</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>8.26</x:v>
+        <x:v>15.2</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>15.96</x:v>
+        <x:v>16.22</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>14.89</x:v>
+        <x:v>16.64</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>5.64</x:v>
+        <x:v>10.66</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>9.97</x:v>
+        <x:v>8.52</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>8.59</x:v>
+        <x:v>10.15</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>1.67</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.61</x:v>
+        <x:v>4.54</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>5.99</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6.49</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>157</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>5.17</x:v>
+        <x:v>6.55</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>8.52</x:v>
+        <x:v>15.63</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>16.54</x:v>
+        <x:v>16.8</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>15.46</x:v>
+        <x:v>17.23</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>5.64</x:v>
+        <x:v>10.66</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>9.97</x:v>
+        <x:v>8.52</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>8.59</x:v>
+        <x:v>10.15</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.88</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>6.57</x:v>
+        <x:v>8.29</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>6.88</x:v>
+        <x:v>7.08</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.290625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="5.170625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>156</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.16</x:v>
+        <x:v>6.49</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>8.47</x:v>
+        <x:v>15.52</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>16.46</x:v>
+        <x:v>16.67</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>14.71</x:v>
+        <x:v>18.86</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>5.55</x:v>
+        <x:v>6.29</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>7.74</x:v>
+        <x:v>8.61</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>5.64</x:v>
+        <x:v>10.66</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>9.97</x:v>
+        <x:v>8.52</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>8.85</x:v>
+        <x:v>12.29</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>2.27</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.89</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>4.86</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>6.49</x:v>
+        <x:v>8.16</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>5.85</x:v>
+        <x:v>6.57</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>3.76</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>3.54</x:v>
+        <x:v>3.72</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>157</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>5.18</x:v>
+        <x:v>6.51</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>8.51</x:v>
+        <x:v>15.58</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>16.55</x:v>
+        <x:v>16.75</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>14.81</x:v>
+        <x:v>18.97</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>5.66</x:v>
+        <x:v>6.4</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>7.85</x:v>
+        <x:v>8.71</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>5.64</x:v>
+        <x:v>10.66</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>9.97</x:v>
+        <x:v>8.52</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>8.85</x:v>
+        <x:v>12.29</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>2.27</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.89</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.87</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>6.58</x:v>
+        <x:v>8.24</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>5.96</x:v>
+        <x:v>6.68</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>3.65</x:v>
+        <x:v>3.83</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D39"/>
+  <x:dimension ref="A1:D40"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="39.680625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.05</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.12</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.22</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>3.22</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-0.52</x:v>
+        <x:v>1.72</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.46</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>1.12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-0.52</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-1.43</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>-1.43</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.78</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>1.57</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-0.75</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-0.75</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>1.19</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="C19" s="4" t="n">
+        <x:v>1.86</x:v>
+      </x:c>
+      <x:c r="D19" s="4" t="n">
+        <x:v>1.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:4">
+      <x:c r="A20" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="B20" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
-      <x:c r="C19" s="4" t="n">
+      <x:c r="C20" s="4" t="n">
         <x:v>0.22</x:v>
       </x:c>
-      <x:c r="D19" s="4" t="n">
+      <x:c r="D20" s="4" t="n">
         <x:v>0.26</x:v>
       </x:c>
     </x:row>
-    <x:row r="21" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="22" spans="1:4">
-      <x:c r="A22" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A22" s="2" t="s"/>
+      <x:c r="B22" s="3" t="s"/>
+      <x:c r="C22" s="3" t="s"/>
+      <x:c r="D22" s="3" t="s"/>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>4.38</x:v>
+        <x:v>5.65</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>4.59</x:v>
+        <x:v>5.87</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>4.75</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>4.38</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>4.59</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
+        <x:v>0.39</x:v>
+      </x:c>
+      <x:c r="C26" s="4" t="n">
+        <x:v>0.6</x:v>
+      </x:c>
+      <x:c r="D26" s="4" t="n">
+        <x:v>-1.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:4">
+      <x:c r="A27" s="2" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="B27" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="C26" s="4" t="n">
+      <x:c r="C27" s="4" t="n">
         <x:v>2.09</x:v>
       </x:c>
-      <x:c r="D26" s="4" t="n">
+      <x:c r="D27" s="4" t="n">
         <x:v>2.11</x:v>
       </x:c>
     </x:row>
-    <x:row r="28" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="29" spans="1:4">
-      <x:c r="A29" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A29" s="2" t="s"/>
+      <x:c r="B29" s="3" t="s"/>
+      <x:c r="C29" s="3" t="s"/>
+      <x:c r="D29" s="3" t="s"/>
     </x:row>
     <x:row r="30" spans="1:4">
-      <x:c r="A30" s="2" t="n">
+      <x:c r="A30" s="2" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="B30" s="4" t="n">
+        <x:v>13.13</x:v>
+      </x:c>
+      <x:c r="C30" s="4" t="n">
+        <x:v>13.82</x:v>
+      </x:c>
+      <x:c r="D30" s="4" t="n">
+        <x:v>10.66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:4">
+      <x:c r="A31" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B30" s="4" t="n">
+      <x:c r="B31" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
-      <x:c r="C30" s="4" t="n">
+      <x:c r="C31" s="4" t="n">
         <x:v>2.71</x:v>
       </x:c>
-      <x:c r="D30" s="4" t="n">
+      <x:c r="D31" s="4" t="n">
         <x:v>0.13</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
-      <x:c r="A38" s="2" t="s">
+      <x:c r="A38" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
-      <x:c r="A39" s="1" t="s">
+      <x:c r="A39" s="2" t="s">
         <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:4">
+      <x:c r="A40" s="1" t="s">
+        <x:v>101</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D45"/>
+  <x:dimension ref="A1:D46"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="32.290625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.28</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.45</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.95</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.02</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-0.41</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>1.12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-1.34</x:v>
+        <x:v>-0.41</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-1.27</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>-1.34</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>-1.27</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.93</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>1.57</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>1.19</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>1.85</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.89</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>1.87</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
+        <x:v>0.3</x:v>
+      </x:c>
+      <x:c r="C22" s="4" t="n">
+        <x:v>0.37</x:v>
+      </x:c>
+      <x:c r="D22" s="4" t="n">
+        <x:v>0.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:4">
+      <x:c r="A23" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B23" s="4" t="n">
         <x:v>0.25</x:v>
       </x:c>
-      <x:c r="C22" s="4" t="n">
+      <x:c r="C23" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
-      <x:c r="D22" s="4" t="n">
+      <x:c r="D23" s="4" t="n">
         <x:v>0.19</x:v>
       </x:c>
     </x:row>
-    <x:row r="24" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="25" spans="1:4">
-      <x:c r="A25" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A25" s="2" t="s"/>
+      <x:c r="B25" s="3" t="s"/>
+      <x:c r="C25" s="3" t="s"/>
+      <x:c r="D25" s="3" t="s"/>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>6.32</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>5.18</x:v>
+        <x:v>6.54</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>4.75</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>2.98</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>2.98</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>6.12</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>-1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
+        <x:v>6.12</x:v>
+      </x:c>
+      <x:c r="C30" s="4" t="n">
+        <x:v>6.33</x:v>
+      </x:c>
+      <x:c r="D30" s="4" t="n">
+        <x:v>6.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:4">
+      <x:c r="A31" s="2" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="B31" s="4" t="n">
         <x:v>0.55</x:v>
       </x:c>
-      <x:c r="C30" s="4" t="n">
+      <x:c r="C31" s="4" t="n">
         <x:v>0.66</x:v>
       </x:c>
-      <x:c r="D30" s="4" t="n">
+      <x:c r="D31" s="4" t="n">
         <x:v>0.81</x:v>
       </x:c>
     </x:row>
-    <x:row r="32" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="33" spans="1:4">
-      <x:c r="A33" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A33" s="2" t="s"/>
+      <x:c r="B33" s="3" t="s"/>
+      <x:c r="C33" s="3" t="s"/>
+      <x:c r="D33" s="3" t="s"/>
     </x:row>
     <x:row r="34" spans="1:4">
-      <x:c r="A34" s="2" t="n">
+      <x:c r="A34" s="2" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="B34" s="4" t="n">
+        <x:v>14.92</x:v>
+      </x:c>
+      <x:c r="C34" s="4" t="n">
+        <x:v>15.62</x:v>
+      </x:c>
+      <x:c r="D34" s="4" t="n">
+        <x:v>10.66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:4">
+      <x:c r="A35" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B34" s="4" t="n">
+      <x:c r="B35" s="4" t="n">
         <x:v>7.55</x:v>
       </x:c>
-      <x:c r="C34" s="4" t="n">
+      <x:c r="C35" s="4" t="n">
         <x:v>8.12</x:v>
       </x:c>
-      <x:c r="D34" s="4" t="n">
+      <x:c r="D35" s="4" t="n">
         <x:v>4.94</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
-      <x:c r="A39" s="2" t="s">
-        <x:v>108</x:v>
+      <x:c r="A39" s="1" t="s">
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
-      <x:c r="A41" s="1" t="s">
-        <x:v>96</x:v>
+      <x:c r="A41" s="2" t="s">
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
-      <x:c r="A44" s="2" t="s">
+      <x:c r="A44" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
-      <x:c r="A45" s="1" t="s">
+      <x:c r="A45" s="2" t="s">
         <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:4">
+      <x:c r="A46" s="1" t="s">
+        <x:v>101</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D114"/>
+  <x:dimension ref="A1:D115"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="32.290625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1.99</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.43</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.45</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>3.43</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-0.32</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>1.12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-1.35</x:v>
+        <x:v>-0.32</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-1.32</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>-1.35</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1.49</x:v>
+        <x:v>-1.32</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>2.98</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>1.57</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>2.98</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.34</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>1.19</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>2.26</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.28</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>1.85</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>1.87</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-0.86</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-2.08</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>-0.86</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.09</x:v>
+        <x:v>-2.08</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>2.09</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-0.23</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>5.28</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>5.31</x:v>
+        <x:v>-0.23</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>4.73</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>5.28</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>6.35</x:v>
+        <x:v>5.31</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>5.66</x:v>
+        <x:v>4.73</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>6.33</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-0.59</x:v>
+        <x:v>6.35</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-1.35</x:v>
+        <x:v>5.66</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-3.27</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-3.25</x:v>
+        <x:v>-0.59</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>-1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-1.78</x:v>
+        <x:v>-3.27</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-1.76</x:v>
+        <x:v>-3.25</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>-1.78</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>-1.76</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>3.73</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.91</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-0.19</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-0.17</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-0.19</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>0.53</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-2.69</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-2.67</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-2.21</x:v>
+        <x:v>0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>-2.69</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>4.29</x:v>
+        <x:v>-2.67</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>-2.21</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>3.17</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>8.27</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>7.14</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>8.27</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>0.58</x:v>
+        <x:v>7.14</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-6.09</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-6.07</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-6.36</x:v>
+        <x:v>0.58</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-6.09</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>-6.07</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-0.95</x:v>
+        <x:v>-6.36</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>2.49</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-0.95</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-7.89</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-7.86</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-6.21</x:v>
+        <x:v>2.89</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>-7.89</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>-7.86</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>-6.21</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-5.53</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-5.5</x:v>
+        <x:v>-0.02</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-5.59</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>0.54</x:v>
+        <x:v>-5.53</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>-5.5</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-5.59</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-6.58</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-6.55</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-6.55</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>-6.58</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-3.02</x:v>
+        <x:v>-6.55</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>-6.55</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>-3.02</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-2.46</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-2.44</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-1.84</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>-2.46</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>-2.44</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>-1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-2.4</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-2.38</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>-2.4</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>1.34</x:v>
+        <x:v>-2.38</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>1.42</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>0.73</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>2.99</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>3.02</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>1.06</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>-1.37</x:v>
+        <x:v>2.99</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>-1.34</x:v>
+        <x:v>3.02</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>2.22</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-2.32</x:v>
+        <x:v>-1.37</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-2.29</x:v>
+        <x:v>-1.34</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>-2.55</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-2.32</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>-1.57</x:v>
+        <x:v>-2.29</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>-1.09</x:v>
+        <x:v>-2.55</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>2.95</x:v>
+        <x:v>-1.57</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>-1.09</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>5.42</x:v>
+        <x:v>2.92</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>5.45</x:v>
+        <x:v>2.95</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>5.42</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>5.45</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>3.86</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>-2.19</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>-2.17</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>-2.19</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>-2.17</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>4.21</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>4.69</x:v>
+        <x:v>4.21</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>3.71</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>6.63</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>6.66</x:v>
+        <x:v>4.71</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>6.07</x:v>
+        <x:v>3.51</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
+        <x:v>6.63</x:v>
+      </x:c>
+      <x:c r="C71" s="4" t="n">
+        <x:v>6.66</x:v>
+      </x:c>
+      <x:c r="D71" s="4" t="n">
+        <x:v>6.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:4">
+      <x:c r="A72" s="2" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="B72" s="4" t="n">
         <x:v>1.05</x:v>
       </x:c>
-      <x:c r="C71" s="4" t="n">
+      <x:c r="C72" s="4" t="n">
         <x:v>1.07</x:v>
       </x:c>
-      <x:c r="D71" s="4" t="n">
+      <x:c r="D72" s="4" t="n">
         <x:v>3.42</x:v>
       </x:c>
     </x:row>
-    <x:row r="73" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="74" spans="1:4">
-      <x:c r="A74" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A74" s="2" t="s"/>
+      <x:c r="B74" s="3" t="s"/>
+      <x:c r="C74" s="3" t="s"/>
+      <x:c r="D74" s="3" t="s"/>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>5.13</x:v>
+        <x:v>6.45</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>6.52</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>4.75</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>5.13</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>3.07</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>6.23</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>-1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>6.15</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>5.21</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>11.26</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>11.33</x:v>
+        <x:v>5.21</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>9.16</x:v>
+        <x:v>2.04</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>-2.2</x:v>
+        <x:v>11.26</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>-2.14</x:v>
+        <x:v>11.33</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>-2.23</x:v>
+        <x:v>9.16</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>3.61</x:v>
+        <x:v>-2.2</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>-2.14</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>-2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>3.61</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>2.19</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>10.72</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>10.81</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>8.11</x:v>
+        <x:v>1.86</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>-4.36</x:v>
+        <x:v>10.72</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>-4.28</x:v>
+        <x:v>10.81</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>-4.57</x:v>
+        <x:v>8.11</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>-13.02</x:v>
+        <x:v>-4.36</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>-12.95</x:v>
+        <x:v>-4.28</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>-11.43</x:v>
+        <x:v>-4.57</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>-8.94</x:v>
+        <x:v>-13.02</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>-8.86</x:v>
+        <x:v>-12.95</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>-10.02</x:v>
+        <x:v>-11.43</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>-0.65</x:v>
+        <x:v>-8.94</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>-8.86</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>-0.44</x:v>
+        <x:v>-10.02</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>-0.68</x:v>
+        <x:v>-0.65</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>5.23</x:v>
+        <x:v>-0.68</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>5.31</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>-5.2</x:v>
+        <x:v>5.23</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>-5.12</x:v>
+        <x:v>5.31</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>-4.54</x:v>
+        <x:v>4.06</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>7.85</x:v>
+        <x:v>-5.2</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>7.93</x:v>
+        <x:v>-5.12</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>-4.54</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B94" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>7.85</x:v>
       </x:c>
       <x:c r="C94" s="4" t="n">
-        <x:v>2.87</x:v>
+        <x:v>7.93</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
       <x:c r="A95" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B95" s="4" t="n">
+        <x:v>2.79</x:v>
+      </x:c>
+      <x:c r="C95" s="4" t="n">
+        <x:v>2.87</x:v>
+      </x:c>
+      <x:c r="D95" s="4" t="n">
+        <x:v>2.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:4">
+      <x:c r="A96" s="2" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B96" s="4" t="n">
         <x:v>12.8</x:v>
       </x:c>
-      <x:c r="C95" s="4" t="n">
+      <x:c r="C96" s="4" t="n">
         <x:v>12.88</x:v>
       </x:c>
-      <x:c r="D95" s="4" t="n">
+      <x:c r="D96" s="4" t="n">
         <x:v>13.55</x:v>
       </x:c>
     </x:row>
-    <x:row r="97" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="98" spans="1:4">
-      <x:c r="A98" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A98" s="2" t="s"/>
+      <x:c r="B98" s="3" t="s"/>
+      <x:c r="C98" s="3" t="s"/>
+      <x:c r="D98" s="3" t="s"/>
     </x:row>
     <x:row r="99" spans="1:4">
-      <x:c r="A99" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A99" s="2" t="s">
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B99" s="4" t="n">
-        <x:v>13.96</x:v>
+        <x:v>15.36</x:v>
       </x:c>
       <x:c r="C99" s="4" t="n">
-        <x:v>14.25</x:v>
+        <x:v>15.58</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>6.54</x:v>
+        <x:v>10.66</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:4">
       <x:c r="A100" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B100" s="4" t="n">
-        <x:v>14.82</x:v>
+        <x:v>13.96</x:v>
       </x:c>
       <x:c r="C100" s="4" t="n">
-        <x:v>15.1</x:v>
+        <x:v>14.25</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>11.09</x:v>
+        <x:v>6.54</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:4">
       <x:c r="A101" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B101" s="4" t="n">
-        <x:v>-16.13</x:v>
+        <x:v>14.82</x:v>
       </x:c>
       <x:c r="C101" s="4" t="n">
-        <x:v>-15.85</x:v>
+        <x:v>15.1</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>-17.78</x:v>
+        <x:v>11.09</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:4">
       <x:c r="A102" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B102" s="4" t="n">
-        <x:v>-1.56</x:v>
+        <x:v>-16.13</x:v>
       </x:c>
       <x:c r="C102" s="4" t="n">
-        <x:v>-1.25</x:v>
+        <x:v>-15.85</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>-17.78</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:4">
       <x:c r="A103" s="2" t="n">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="B103" s="4" t="n">
+        <x:v>-1.56</x:v>
+      </x:c>
+      <x:c r="C103" s="4" t="n">
+        <x:v>-1.25</x:v>
+      </x:c>
+      <x:c r="D103" s="4" t="n">
+        <x:v>-1.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:4">
+      <x:c r="A104" s="2" t="n">
         <x:v>2020</x:v>
       </x:c>
-      <x:c r="B103" s="4" t="n">
+      <x:c r="B104" s="4" t="n">
         <x:v>25.05</x:v>
       </x:c>
-      <x:c r="C103" s="4" t="n">
+      <x:c r="C104" s="4" t="n">
         <x:v>25.33</x:v>
       </x:c>
-      <x:c r="D103" s="4" t="n">
+      <x:c r="D104" s="4" t="n">
         <x:v>22.92</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:4">
       <x:c r="A106" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:4">
       <x:c r="A107" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:4">
-      <x:c r="A108" s="2" t="s">
-        <x:v>108</x:v>
+      <x:c r="A108" s="1" t="s">
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:4">
       <x:c r="A109" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:4">
-      <x:c r="A110" s="1" t="s">
-        <x:v>96</x:v>
+      <x:c r="A110" s="2" t="s">
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:4">
       <x:c r="A111" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:4">
       <x:c r="A112" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:4">
-      <x:c r="A113" s="2" t="s">
+      <x:c r="A113" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:4">
-      <x:c r="A114" s="1" t="s">
+      <x:c r="A114" s="2" t="s">
         <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="115" spans="1:4">
+      <x:c r="A115" s="1" t="s">
+        <x:v>101</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D53"/>
+  <x:dimension ref="A1:D54"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="32.290625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>2.02</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.42</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.42</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-0.38</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>1.12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-1.34</x:v>
+        <x:v>-0.38</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>-1.34</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>1.57</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-0.69</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-0.65</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>-0.69</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>-0.65</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>1.19</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>2.25</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>1.85</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>1.87</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-0.86</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-2.08</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>-0.86</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.09</x:v>
+        <x:v>-2.08</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>2.14</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>2.09</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
+        <x:v>-0.25</x:v>
+      </x:c>
+      <x:c r="C27" s="4" t="n">
+        <x:v>-0.21</x:v>
+      </x:c>
+      <x:c r="D27" s="4" t="n">
+        <x:v>-1.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:4">
+      <x:c r="A28" s="2" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B28" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
-      <x:c r="C27" s="4" t="n">
+      <x:c r="C28" s="4" t="n">
         <x:v>0.72</x:v>
       </x:c>
-      <x:c r="D27" s="4" t="n">
+      <x:c r="D28" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
-    <x:row r="29" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="30" spans="1:4">
-      <x:c r="A30" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A30" s="2" t="s"/>
+      <x:c r="B30" s="3" t="s"/>
+      <x:c r="C30" s="3" t="s"/>
+      <x:c r="D30" s="3" t="s"/>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>5.04</x:v>
+        <x:v>6.42</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>5.17</x:v>
+        <x:v>6.55</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>4.75</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>3.06</x:v>
+        <x:v>5.04</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>5.17</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>6.18</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>6.31</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>-1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>6.18</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>6.31</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>6.15</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>5.06</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
+        <x:v>5.06</x:v>
+      </x:c>
+      <x:c r="C37" s="4" t="n">
+        <x:v>5.19</x:v>
+      </x:c>
+      <x:c r="D37" s="4" t="n">
+        <x:v>2.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:4">
+      <x:c r="A38" s="2" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="B38" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
-      <x:c r="C37" s="4" t="n">
+      <x:c r="C38" s="4" t="n">
         <x:v>0.72</x:v>
       </x:c>
-      <x:c r="D37" s="4" t="n">
+      <x:c r="D38" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
-    <x:row r="39" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="40" spans="1:4">
-      <x:c r="A40" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A40" s="2" t="s"/>
+      <x:c r="B40" s="3" t="s"/>
+      <x:c r="C40" s="3" t="s"/>
+      <x:c r="D40" s="3" t="s"/>
     </x:row>
     <x:row r="41" spans="1:4">
-      <x:c r="A41" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A41" s="2" t="s">
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>13.65</x:v>
+        <x:v>15.2</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>14.22</x:v>
+        <x:v>15.63</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>6.54</x:v>
+        <x:v>10.66</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B42" s="4" t="n">
+        <x:v>13.65</x:v>
+      </x:c>
+      <x:c r="C42" s="4" t="n">
+        <x:v>14.22</x:v>
+      </x:c>
+      <x:c r="D42" s="4" t="n">
+        <x:v>6.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:4">
+      <x:c r="A43" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B42" s="4" t="n">
+      <x:c r="B43" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
-      <x:c r="C42" s="4" t="n">
+      <x:c r="C43" s="4" t="n">
         <x:v>0.72</x:v>
       </x:c>
-      <x:c r="D42" s="4" t="n">
+      <x:c r="D43" s="4" t="n">
         <x:v>0.9</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
-      <x:c r="A47" s="2" t="s">
-        <x:v>108</x:v>
+      <x:c r="A47" s="1" t="s">
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
-      <x:c r="A49" s="1" t="s">
-        <x:v>96</x:v>
+      <x:c r="A49" s="2" t="s">
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
-      <x:c r="A52" s="2" t="s">
+      <x:c r="A52" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
-      <x:c r="A53" s="1" t="s">
+      <x:c r="A53" s="2" t="s">
         <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:4">
+      <x:c r="A54" s="1" t="s">
+        <x:v>101</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D114"/>
+  <x:dimension ref="A1:D115"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="32.290625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1.99</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.47</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>3.47</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-0.36</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.35</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>1.12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-0.36</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-1.29</x:v>
+        <x:v>-0.35</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>-1.29</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>1.57</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-0.62</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>-0.62</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>1.19</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>2.28</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>1.85</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>1.87</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-0.87</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-2.08</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>-0.87</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.09</x:v>
+        <x:v>-2.08</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>2.09</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-0.17</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>5.25</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>4.73</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>5.25</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>6.34</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>5.66</x:v>
+        <x:v>4.73</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>6.33</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>6.34</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-1.35</x:v>
+        <x:v>5.66</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-3.25</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-3.24</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>-1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-1.82</x:v>
+        <x:v>-3.25</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-1.81</x:v>
+        <x:v>-3.24</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>-1.82</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>-1.81</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>3.74</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>3.75</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.91</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-0.19</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>3.75</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>-0.19</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>0.53</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-2.68</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-2.67</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-2.21</x:v>
+        <x:v>0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>-2.68</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>-2.67</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>-2.21</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>1.17</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>3.17</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>8.34</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>8.35</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>7.14</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>8.34</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>1.08</x:v>
+        <x:v>8.35</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>0.58</x:v>
+        <x:v>7.14</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-6.06</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-6.05</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-6.36</x:v>
+        <x:v>0.58</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>-6.06</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>-6.05</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-0.95</x:v>
+        <x:v>-6.36</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-0.95</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-7.9</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-7.89</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-6.21</x:v>
+        <x:v>2.89</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-7.9</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>-7.89</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>-6.21</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-5.51</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-5.5</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-5.59</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>0.58</x:v>
+        <x:v>-5.51</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>0.59</x:v>
+        <x:v>-5.5</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-5.59</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-6.56</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-6.55</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-6.55</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-3.08</x:v>
+        <x:v>-6.56</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>-6.55</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>-6.55</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>-3.08</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>1.95</x:v>
+        <x:v>-3.07</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-2.45</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-2.45</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-1.84</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-2.45</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>-2.45</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>-1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-2.4</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-2.39</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>-2.4</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>-2.39</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>0.48</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>0.49</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>0.73</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>1.06</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>-1.37</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>-1.36</x:v>
+        <x:v>3.04</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>2.22</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-2.27</x:v>
+        <x:v>-1.37</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-2.26</x:v>
+        <x:v>-1.36</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>-2.55</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-2.27</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>-1.59</x:v>
+        <x:v>-2.26</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>-1.09</x:v>
+        <x:v>-2.55</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>-1.59</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>-1.09</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>5.42</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>5.42</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>5.42</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>5.42</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>3.86</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>-2.19</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>-2.18</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>-2.19</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>0.86</x:v>
+        <x:v>-2.18</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>4.68</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>4.69</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>3.71</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>6.63</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>6.64</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>6.07</x:v>
+        <x:v>3.51</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
+        <x:v>6.63</x:v>
+      </x:c>
+      <x:c r="C71" s="4" t="n">
+        <x:v>6.64</x:v>
+      </x:c>
+      <x:c r="D71" s="4" t="n">
+        <x:v>6.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:4">
+      <x:c r="A72" s="2" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="B72" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
-      <x:c r="C71" s="4" t="n">
+      <x:c r="C72" s="4" t="n">
         <x:v>1.11</x:v>
       </x:c>
-      <x:c r="D71" s="4" t="n">
+      <x:c r="D72" s="4" t="n">
         <x:v>3.42</x:v>
       </x:c>
     </x:row>
-    <x:row r="73" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="74" spans="1:4">
-      <x:c r="A74" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A74" s="2" t="s"/>
+      <x:c r="B74" s="3" t="s"/>
+      <x:c r="C74" s="3" t="s"/>
+      <x:c r="D74" s="3" t="s"/>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>5.16</x:v>
+        <x:v>6.49</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>5.18</x:v>
+        <x:v>6.51</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>4.75</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>5.16</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>6.32</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>-1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>6.32</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>6.15</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>5.24</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>5.24</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>11.31</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>9.16</x:v>
+        <x:v>2.04</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>-2.19</x:v>
+        <x:v>11.28</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>-2.17</x:v>
+        <x:v>11.31</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>-2.23</x:v>
+        <x:v>9.16</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>3.69</x:v>
+        <x:v>-2.19</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>3.72</x:v>
+        <x:v>-2.17</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>-2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>2.19</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>10.77</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>8.11</x:v>
+        <x:v>1.86</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>-4.29</x:v>
+        <x:v>10.77</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>-4.26</x:v>
+        <x:v>10.8</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>-4.57</x:v>
+        <x:v>8.11</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>-12.97</x:v>
+        <x:v>-4.29</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>-12.94</x:v>
+        <x:v>-4.26</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>-11.43</x:v>
+        <x:v>-4.57</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>-8.9</x:v>
+        <x:v>-12.97</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>-8.88</x:v>
+        <x:v>-12.94</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>-10.02</x:v>
+        <x:v>-11.43</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>-8.9</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>-8.88</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>-0.44</x:v>
+        <x:v>-10.02</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>5.29</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>-5.15</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>-5.12</x:v>
+        <x:v>5.29</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>-4.54</x:v>
+        <x:v>4.06</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>7.93</x:v>
+        <x:v>-5.15</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>7.96</x:v>
+        <x:v>-5.12</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>-4.54</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B94" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>7.93</x:v>
       </x:c>
       <x:c r="C94" s="4" t="n">
-        <x:v>2.86</x:v>
+        <x:v>7.96</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
       <x:c r="A95" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B95" s="4" t="n">
+        <x:v>2.84</x:v>
+      </x:c>
+      <x:c r="C95" s="4" t="n">
+        <x:v>2.86</x:v>
+      </x:c>
+      <x:c r="D95" s="4" t="n">
+        <x:v>2.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:4">
+      <x:c r="A96" s="2" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="B96" s="4" t="n">
         <x:v>12.85</x:v>
       </x:c>
-      <x:c r="C95" s="4" t="n">
+      <x:c r="C96" s="4" t="n">
         <x:v>12.88</x:v>
       </x:c>
-      <x:c r="D95" s="4" t="n">
+      <x:c r="D96" s="4" t="n">
         <x:v>13.55</x:v>
       </x:c>
     </x:row>
-    <x:row r="97" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="98" spans="1:4">
-      <x:c r="A98" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A98" s="2" t="s"/>
+      <x:c r="B98" s="3" t="s"/>
+      <x:c r="C98" s="3" t="s"/>
+      <x:c r="D98" s="3" t="s"/>
     </x:row>
     <x:row r="99" spans="1:4">
-      <x:c r="A99" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A99" s="2" t="s">
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B99" s="4" t="n">
-        <x:v>14.2</x:v>
+        <x:v>15.52</x:v>
       </x:c>
       <x:c r="C99" s="4" t="n">
-        <x:v>14.29</x:v>
+        <x:v>15.58</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>6.54</x:v>
+        <x:v>10.66</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:4">
       <x:c r="A100" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B100" s="4" t="n">
-        <x:v>14.93</x:v>
+        <x:v>14.2</x:v>
       </x:c>
       <x:c r="C100" s="4" t="n">
-        <x:v>15.05</x:v>
+        <x:v>14.29</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>11.09</x:v>
+        <x:v>6.54</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:4">
       <x:c r="A101" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B101" s="4" t="n">
-        <x:v>-15.94</x:v>
+        <x:v>14.93</x:v>
       </x:c>
       <x:c r="C101" s="4" t="n">
-        <x:v>-15.84</x:v>
+        <x:v>15.05</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>-17.78</x:v>
+        <x:v>11.09</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:4">
       <x:c r="A102" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B102" s="4" t="n">
-        <x:v>-1.36</x:v>
+        <x:v>-15.94</x:v>
       </x:c>
       <x:c r="C102" s="4" t="n">
-        <x:v>-1.25</x:v>
+        <x:v>-15.84</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>-17.78</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:4">
       <x:c r="A103" s="2" t="n">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="B103" s="4" t="n">
+        <x:v>-1.36</x:v>
+      </x:c>
+      <x:c r="C103" s="4" t="n">
+        <x:v>-1.25</x:v>
+      </x:c>
+      <x:c r="D103" s="4" t="n">
+        <x:v>-1.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:4">
+      <x:c r="A104" s="2" t="n">
         <x:v>2020</x:v>
       </x:c>
-      <x:c r="B103" s="4" t="n">
+      <x:c r="B104" s="4" t="n">
         <x:v>25.25</x:v>
       </x:c>
-      <x:c r="C103" s="4" t="n">
+      <x:c r="C104" s="4" t="n">
         <x:v>25.35</x:v>
       </x:c>
-      <x:c r="D103" s="4" t="n">
+      <x:c r="D104" s="4" t="n">
         <x:v>22.92</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:4">
       <x:c r="A106" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:4">
       <x:c r="A107" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:4">
-      <x:c r="A108" s="2" t="s">
-        <x:v>108</x:v>
+      <x:c r="A108" s="1" t="s">
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:4">
       <x:c r="A109" s="2" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:4">
-      <x:c r="A110" s="1" t="s">
-        <x:v>96</x:v>
+      <x:c r="A110" s="2" t="s">
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:4">
       <x:c r="A111" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:4">
       <x:c r="A112" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:4">
-      <x:c r="A113" s="2" t="s">
+      <x:c r="A113" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:4">
-      <x:c r="A114" s="1" t="s">
+      <x:c r="A114" s="2" t="s">
         <x:v>100</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="115" spans="1:4">
+      <x:c r="A115" s="1" t="s">
+        <x:v>101</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J28"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="39.680625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.58</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.49</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>9.71</x:v>
+        <x:v>11.52</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>11.15</x:v>
+        <x:v>11.26</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>10.31</x:v>
+        <x:v>13.38</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.27</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>8.73</x:v>
+        <x:v>10.66</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>8.59</x:v>
+        <x:v>8.52</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>9.21</x:v>
+        <x:v>12.29</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>2.27</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.19</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>-0.14</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>2.74</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.59</x:v>
+        <x:v>5.35</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>10.16</x:v>
+        <x:v>12.03</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>11.84</x:v>
+        <x:v>11.95</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>11.01</x:v>
+        <x:v>14.1</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>3.11</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>3.94</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>8.73</x:v>
+        <x:v>10.66</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>8.59</x:v>
+        <x:v>8.52</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>9.21</x:v>
+        <x:v>12.29</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>2.27</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.19</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>1.43</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>3.25</x:v>
+        <x:v>3.43</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>0.75</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J28"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="39.680625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>5.65</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>11.18</x:v>
+        <x:v>13.13</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>13.62</x:v>
+        <x:v>13.58</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>13.43</x:v>
+        <x:v>14.15</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>8.73</x:v>
+        <x:v>10.66</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>8.59</x:v>
+        <x:v>8.52</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>8.61</x:v>
+        <x:v>9.67</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>-0.02</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.91</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>5.04</x:v>
+        <x:v>5.06</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>4.82</x:v>
+        <x:v>4.48</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.97</x:v>
+        <x:v>5.87</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>11.78</x:v>
+        <x:v>13.82</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>14.55</x:v>
+        <x:v>14.5</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>14.35</x:v>
+        <x:v>15.08</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>8.73</x:v>
+        <x:v>10.66</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>8.59</x:v>
+        <x:v>8.52</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>8.61</x:v>
+        <x:v>9.67</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.18</x:v>
+        <x:v>0.05</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>3.05</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>5.96</x:v>
+        <x:v>5.99</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>5.75</x:v>
+        <x:v>5.41</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.560625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>6.32</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>12.69</x:v>
+        <x:v>14.92</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>15.7</x:v>
+        <x:v>15.84</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>15.83</x:v>
+        <x:v>16.46</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>8.73</x:v>
+        <x:v>10.66</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>8.59</x:v>
+        <x:v>8.52</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>11.35</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>0.2</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.34</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>3.97</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>7.12</x:v>
+        <x:v>7.32</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>5.23</x:v>
+        <x:v>5.11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>6.54</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>13.3</x:v>
+        <x:v>15.62</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>16.64</x:v>
+        <x:v>16.78</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>16.77</x:v>
+        <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>4.75</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>8.73</x:v>
+        <x:v>10.66</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>8.59</x:v>
+        <x:v>8.52</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>11.35</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.27</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>4.57</x:v>
+        <x:v>4.96</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>8.06</x:v>
+        <x:v>8.27</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>6.17</x:v>
+        <x:v>6.06</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>18</vt:i4>
       </vt:variant>
       <vt:variant>