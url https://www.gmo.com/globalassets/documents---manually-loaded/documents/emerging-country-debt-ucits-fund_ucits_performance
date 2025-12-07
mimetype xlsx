--- v1 (2025-10-26)
+++ v2 (2025-12-07)
@@ -7,105 +7,111 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R292d48eae28b4d1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ddbbfd4f818c414e80aae06a318b9141.psmdcp" Id="R72462d155fc5464e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f399b53a08a4cb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bedafee5fb9a45a9a572ea26d0b6cadd.psmdcp" Id="Rffd3871ad6bf4420" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="CHF Class G_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="EUR Class H_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="USD Class A_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="USD Class F_Historical" sheetId="5" r:id="rId5"/>
     <x:sheet name="USD Class G_Historical" sheetId="6" r:id="rId6"/>
     <x:sheet name="USD Class Z_Historical" sheetId="7" r:id="rId7"/>
     <x:sheet name="CHF Class G_Month-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="EUR Class H_Month-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="USD Class A_Month-End" sheetId="10" r:id="rId10"/>
     <x:sheet name="USD Class F_Month-End" sheetId="11" r:id="rId11"/>
     <x:sheet name="USD Class G_Month-End" sheetId="12" r:id="rId12"/>
     <x:sheet name="USD Class Z_Month-End" sheetId="13" r:id="rId13"/>
     <x:sheet name="CHF Class G_Quarter-End" sheetId="14" r:id="rId14"/>
     <x:sheet name="EUR Class H_Quarter-End" sheetId="15" r:id="rId15"/>
     <x:sheet name="USD Class A_Quarter-End" sheetId="16" r:id="rId16"/>
     <x:sheet name="USD Class F_Quarter-End" sheetId="17" r:id="rId17"/>
     <x:sheet name="USD Class G_Quarter-End" sheetId="18" r:id="rId18"/>
     <x:sheet name="USD Class Z_Quarter-End" sheetId="19" r:id="rId19"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="153" uniqueCount="153">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="162" uniqueCount="162">
   <x:si>
     <x:t>Performance - Emerging Country Debt UCITS Fund | CHF Class G</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (CHF,%)</x:t>
+    <x:t>As of 11/30/2025 (CHF,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 05/28/2020</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>J.P. Morgan EMBI Global Diversified (in USD)</x:t>
   </x:si>
   <x:si>
+    <x:t>11/30/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/31/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2025</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2025</x:t>
@@ -257,50 +263,53 @@
   <x:si>
     <x:t>12/31/2020</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2020</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2020</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2020</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2020</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2020</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2020</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2020</x:t>
   </x:si>
   <x:si>
+    <x:t>QTD Q4-2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2023</x:t>
@@ -353,198 +362,216 @@
   <x:si>
     <x:t>shares, when redeemed, may be worth more or less than their original cost. Current performance data may be lower or higher than the performance data provided herein.</x:t>
   </x:si>
   <x:si>
     <x:t>UCITS HAVE NO GUARANTEED RETURN AND PAST PERFORMANCE DOES NOT GUARANTEE FUTURE PERFORMANCE.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Emerging Country Debt UCITS Fund | EUR Class H</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (EUR,%)</x:t>
+    <x:t>As of 11/30/2025 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 08/20/2024</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Emerging Country Debt UCITS Fund | USD Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 09/30/2025 (USD,%)</x:t>
+    <x:t>As of 11/30/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 05/10/2024</x:t>
   </x:si>
   <x:si>
     <x:t>J.P. Morgan EMBI Global Diversified</x:t>
   </x:si>
   <x:si>
     <x:t>The J.P. Morgan EMBI (Emerging Markets Bond) Global Diversified Index is an independently maintained and widely published uniquely weighted U.S. dollar-denominated emerging markets</x:t>
   </x:si>
   <x:si>
     <x:t>sovereign index comprised of Brady bonds, Eurobonds, traded loans, and market debt instruments issued by sovereign and quasi-sovereign entities.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Emerging Country Debt UCITS Fund | USD Class F</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 04/01/2020</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2020</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Emerging Country Debt UCITS Fund | USD Class G</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 12/14/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Emerging Country Debt UCITS Fund | USD Class Z</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 09/30/2025 (CHF,%)</x:t>
+    <x:t>Month-End as of 11/30/2025 (CHF,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in CHF as of 11/30/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Since Inception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emerging Country Debt UCITS Fund CHG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/28/2020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>N/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Value Added</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in CHF as of 11/30/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 11/30/2025 (EUR,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in EUR as of 11/30/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emerging Country Debt UCITS Fund EUH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/20/2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in EUR as of 11/30/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 11/30/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 11/30/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emerging Country Debt UCITS Fund USA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/10/2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in USD as of 11/30/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emerging Country Debt UCITS Fund USF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emerging Country Debt UCITS Fund USG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/14/2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emerging Country Debt UCITS Fund USZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 09/30/2025 (CHF,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in CHF as of 09/30/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in CHF as of 09/30/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
-[...2 lines deleted...]
-    <x:t>Month-End as of 09/30/2025 (EUR,%)</x:t>
+    <x:t>Quarter-End as of 09/30/2025 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in EUR as of 09/30/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Emerging Country Debt UCITS Fund EUH</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in EUR as of 09/30/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 09/30/2025 (USD,%)</x:t>
+    <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in USD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Emerging Country Debt UCITS Fund USA</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in USD as of 09/30/2025</x:t>
-  </x:si>
-[...22 lines deleted...]
-    <x:t>Quarter-End as of 09/30/2025 (USD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -885,9802 +912,10054 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D112"/>
+  <x:dimension ref="A1:D115"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="39.680625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.58</x:v>
+        <x:v>3.24</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>2.13</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.88</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.02</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-0.73</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>3.02</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>1.12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>-0.73</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.17</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-1.05</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>1.57</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>-1.05</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.55</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>1.19</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>1.85</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.28</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.87</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-1.26</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-1.21</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-2.08</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>2.09</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>-1.26</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>-1.21</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-2.08</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>2.09</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>4.86</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>4.73</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>5.88</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>5.93</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>5.66</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-0.94</x:v>
+        <x:v>4.86</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-0.89</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-1.35</x:v>
+        <x:v>4.73</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-3.63</x:v>
+        <x:v>5.88</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-3.58</x:v>
+        <x:v>5.93</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>5.66</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-2.19</x:v>
+        <x:v>-0.94</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-2.14</x:v>
+        <x:v>-0.89</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>2.68</x:v>
+        <x:v>-3.58</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>3.27</x:v>
+        <x:v>-2.19</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>-2.14</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>2.63</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-0.49</x:v>
+        <x:v>2.68</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>1.91</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>3.27</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-0.17</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>0.53</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-0.49</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-3.04</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-2.98</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-2.21</x:v>
+        <x:v>0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>3.93</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>-3.04</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>0.67</x:v>
+        <x:v>-2.98</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>-2.21</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>7.85</x:v>
+        <x:v>3.93</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>7.14</x:v>
+        <x:v>3.17</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>0.58</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-6.34</x:v>
+        <x:v>7.85</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-6.36</x:v>
+        <x:v>7.14</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-0.84</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-0.95</x:v>
+        <x:v>0.58</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>-6.4</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>-6.34</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-6.36</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-8.16</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-8.1</x:v>
+        <x:v>-0.84</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-6.21</x:v>
+        <x:v>-0.95</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-0.15</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>2.89</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-5.65</x:v>
+        <x:v>-8.16</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-5.59</x:v>
+        <x:v>-8.1</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-5.59</x:v>
+        <x:v>-6.21</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>-0.15</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-6.68</x:v>
+        <x:v>-5.65</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-6.63</x:v>
+        <x:v>-5.59</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-6.55</x:v>
+        <x:v>-5.59</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-3.23</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-3.18</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>-6.68</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>-6.63</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>-6.55</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-2.49</x:v>
+        <x:v>-3.23</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-2.44</x:v>
+        <x:v>-3.18</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-1.84</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-2.51</x:v>
+        <x:v>-2.49</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-2.46</x:v>
+        <x:v>-2.44</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>-1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>1.24</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>-2.51</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>-2.46</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>2.86</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>0.73</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>1.06</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>-2.48</x:v>
+        <x:v>2.86</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>2.92</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>-2.55</x:v>
+        <x:v>2.22</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>-1.09</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>-2.48</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>-2.55</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>5.33</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>5.38</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>-1.09</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>-0.75</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>-0.69</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>-2.33</x:v>
+        <x:v>5.33</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>5.38</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>3.86</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>0.74</x:v>
+        <x:v>-0.75</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>-0.69</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>4.02</x:v>
+        <x:v>-2.33</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>4.56</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
+        <x:v>4.02</x:v>
+      </x:c>
+      <x:c r="C71" s="4" t="n">
+        <x:v>4.08</x:v>
+      </x:c>
+      <x:c r="D71" s="4" t="n">
+        <x:v>3.71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:4">
+      <x:c r="A72" s="2" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B72" s="4" t="n">
+        <x:v>4.5</x:v>
+      </x:c>
+      <x:c r="C72" s="4" t="n">
+        <x:v>4.56</x:v>
+      </x:c>
+      <x:c r="D72" s="4" t="n">
+        <x:v>3.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:4">
+      <x:c r="A73" s="2" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B73" s="4" t="n">
         <x:v>-1.58</x:v>
       </x:c>
-      <x:c r="C71" s="4" t="n">
+      <x:c r="C73" s="4" t="n">
         <x:v>-1.57</x:v>
       </x:c>
-      <x:c r="D71" s="4" t="n">
+      <x:c r="D73" s="4" t="n">
         <x:v>-0.17</x:v>
       </x:c>
     </x:row>
-    <x:row r="73" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="75" spans="1:4">
-      <x:c r="A75" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A75" s="2" t="s"/>
+      <x:c r="B75" s="3" t="s"/>
+      <x:c r="C75" s="3" t="s"/>
+      <x:c r="D75" s="3" t="s"/>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>2.55</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>-0.23</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>-0.07</x:v>
+        <x:v>5.35</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>4.75</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>4.99</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>4.06</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>4.13</x:v>
+        <x:v>-0.23</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>4.29</x:v>
+        <x:v>-0.07</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>-1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>9.98</x:v>
+        <x:v>4.99</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>10.16</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>9.16</x:v>
+        <x:v>6.15</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>-3.27</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>-3.11</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>-2.23</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>2.04</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>9.98</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>0.83</x:v>
+        <x:v>10.16</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>9.16</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>9.31</x:v>
+        <x:v>-3.27</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>9.49</x:v>
+        <x:v>-3.11</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>8.11</x:v>
+        <x:v>-2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>-5.21</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>-5.05</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>-4.57</x:v>
+        <x:v>2.19</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>-13.53</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>-13.38</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>-11.43</x:v>
+        <x:v>1.86</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>-9.43</x:v>
+        <x:v>9.31</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>-9.27</x:v>
+        <x:v>9.49</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>-10.02</x:v>
+        <x:v>8.11</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>-0.93</x:v>
+        <x:v>-5.21</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>-0.77</x:v>
+        <x:v>-5.05</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>-0.44</x:v>
+        <x:v>-4.57</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>-1.01</x:v>
+        <x:v>-13.53</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>-13.38</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-11.43</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>-9.43</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>5.01</x:v>
+        <x:v>-9.27</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>-10.02</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>-5.58</x:v>
+        <x:v>-0.93</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>-5.42</x:v>
+        <x:v>-0.77</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>-4.54</x:v>
+        <x:v>-0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>7.39</x:v>
+        <x:v>-1.01</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>7.57</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="4" t="n">
-        <x:v>2.35</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="C94" s="4" t="n">
-        <x:v>2.51</x:v>
+        <x:v>5.01</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>4.06</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
       <x:c r="A95" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="4" t="n">
-        <x:v>2.86</x:v>
+        <x:v>-5.58</x:v>
       </x:c>
       <x:c r="C95" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>-5.42</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>3.34</x:v>
+        <x:v>-4.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:4">
+      <x:c r="A96" s="2" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="B96" s="4" t="n">
+        <x:v>7.39</x:v>
+      </x:c>
+      <x:c r="C96" s="4" t="n">
+        <x:v>7.57</x:v>
+      </x:c>
+      <x:c r="D96" s="4" t="n">
+        <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4">
-      <x:c r="A97" s="2" t="s"/>
-[...2 lines deleted...]
-      <x:c r="D97" s="3" t="s"/>
+      <x:c r="A97" s="2" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="B97" s="4" t="n">
+        <x:v>2.35</x:v>
+      </x:c>
+      <x:c r="C97" s="4" t="n">
+        <x:v>2.51</x:v>
+      </x:c>
+      <x:c r="D97" s="4" t="n">
+        <x:v>2.32</x:v>
+      </x:c>
     </x:row>
     <x:row r="98" spans="1:4">
       <x:c r="A98" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="4" t="n">
-        <x:v>11.52</x:v>
+        <x:v>2.86</x:v>
       </x:c>
       <x:c r="C98" s="4" t="n">
-        <x:v>12.03</x:v>
+        <x:v>2.92</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>10.66</x:v>
-[...13 lines deleted...]
-        <x:v>6.54</x:v>
+        <x:v>3.34</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:4">
-      <x:c r="A100" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A100" s="2" t="s"/>
+      <x:c r="B100" s="3" t="s"/>
+      <x:c r="C100" s="3" t="s"/>
+      <x:c r="D100" s="3" t="s"/>
     </x:row>
     <x:row r="101" spans="1:4">
-      <x:c r="A101" s="2" t="n">
-        <x:v>2022</x:v>
+      <x:c r="A101" s="2" t="s">
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B101" s="4" t="n">
-        <x:v>-18.85</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="C101" s="4" t="n">
-        <x:v>-18.3</x:v>
+        <x:v>16.66</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>-17.78</x:v>
+        <x:v>13.48</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:4">
       <x:c r="A102" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B102" s="4" t="n">
-        <x:v>-2.92</x:v>
+        <x:v>8.97</x:v>
       </x:c>
       <x:c r="C102" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>9.65</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>6.54</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:4">
       <x:c r="A103" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B103" s="4" t="n">
+        <x:v>9.73</x:v>
+      </x:c>
+      <x:c r="C103" s="4" t="n">
+        <x:v>10.45</x:v>
+      </x:c>
+      <x:c r="D103" s="4" t="n">
+        <x:v>11.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:4">
+      <x:c r="A104" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B104" s="4" t="n">
+        <x:v>-18.85</x:v>
+      </x:c>
+      <x:c r="C104" s="4" t="n">
+        <x:v>-18.3</x:v>
+      </x:c>
+      <x:c r="D104" s="4" t="n">
+        <x:v>-17.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:4">
+      <x:c r="A105" s="2" t="n">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="B105" s="4" t="n">
+        <x:v>-2.92</x:v>
+      </x:c>
+      <x:c r="C105" s="4" t="n">
+        <x:v>-2.28</x:v>
+      </x:c>
+      <x:c r="D105" s="4" t="n">
+        <x:v>-1.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:4">
+      <x:c r="A106" s="2" t="n">
         <x:v>2020</x:v>
       </x:c>
-      <x:c r="B103" s="4" t="n">
+      <x:c r="B106" s="4" t="n">
         <x:v>13.05</x:v>
       </x:c>
-      <x:c r="C103" s="4" t="n">
+      <x:c r="C106" s="4" t="n">
         <x:v>13.49</x:v>
       </x:c>
-      <x:c r="D103" s="4" t="n">
+      <x:c r="D106" s="4" t="n">
         <x:v>11.86</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:4">
       <x:c r="A108" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:4">
       <x:c r="A109" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:4">
       <x:c r="A110" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:4">
-      <x:c r="A111" s="2" t="s">
+      <x:c r="A111" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:4">
       <x:c r="A112" s="1" t="s">
         <x:v>101</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="113" spans="1:4">
+      <x:c r="A113" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="114" spans="1:4">
+      <x:c r="A114" s="2" t="s">
+        <x:v>103</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="115" spans="1:4">
+      <x:c r="A115" s="1" t="s">
+        <x:v>104</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.250625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>146</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>4.91</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>15.36</x:v>
+        <x:v>21.02</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>16.48</x:v>
+        <x:v>20.22</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>18.67</x:v>
+        <x:v>16.99</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>6.09</x:v>
+        <x:v>6.12</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>8.41</x:v>
+        <x:v>9.07</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>10.66</x:v>
+        <x:v>13.48</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>8.52</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>12.29</x:v>
+        <x:v>10.45</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>2.27</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>4.89</x:v>
+        <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.25</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>2.36</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>7.54</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>7.96</x:v>
+        <x:v>8.32</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>6.38</x:v>
+        <x:v>6.54</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>3.82</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>3.86</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>144</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>146</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.05</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>6.52</x:v>
+        <x:v>4.95</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>15.58</x:v>
+        <x:v>21.3</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>16.77</x:v>
+        <x:v>20.52</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>18.97</x:v>
+        <x:v>17.28</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>6.39</x:v>
+        <x:v>6.41</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>8.71</x:v>
+        <x:v>9.37</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>10.66</x:v>
+        <x:v>13.48</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>8.52</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>12.29</x:v>
+        <x:v>10.45</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>2.27</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>4.89</x:v>
+        <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>4.91</x:v>
+        <x:v>7.82</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>8.26</x:v>
+        <x:v>8.63</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>6.68</x:v>
+        <x:v>6.84</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>3.82</x:v>
+        <x:v>4.17</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.620625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>148</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>6.42</x:v>
+        <x:v>4.82</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>15.2</x:v>
+        <x:v>20.75</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>16.22</x:v>
+        <x:v>19.91</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>16.64</x:v>
+        <x:v>17.92</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
+        <x:v>13.48</x:v>
+      </x:c>
+      <x:c r="F10" s="4" t="n">
+        <x:v>11.9</x:v>
+      </x:c>
+      <x:c r="G10" s="3" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="H10" s="3" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="I10" s="3" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="J10" s="4" t="n">
         <x:v>10.66</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>10.15</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>2.27</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>4.54</x:v>
+        <x:v>7.27</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>8.02</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>6.49</x:v>
+        <x:v>7.26</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>144</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>148</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.05</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>6.55</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>15.63</x:v>
+        <x:v>21.3</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>16.8</x:v>
+        <x:v>20.51</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>17.23</x:v>
+        <x:v>18.51</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
+        <x:v>13.48</x:v>
+      </x:c>
+      <x:c r="F18" s="4" t="n">
+        <x:v>11.9</x:v>
+      </x:c>
+      <x:c r="G18" s="3" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="H18" s="3" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="I18" s="3" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="J18" s="4" t="n">
         <x:v>10.66</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>10.15</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2.35</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>7.82</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>8.29</x:v>
+        <x:v>8.62</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>7.08</x:v>
+        <x:v>7.85</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.290625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="B9" s="2" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="B9" s="2" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>6.49</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>15.52</x:v>
+        <x:v>21.2</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>16.67</x:v>
+        <x:v>20.45</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>18.86</x:v>
+        <x:v>17.18</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>6.29</x:v>
+        <x:v>6.31</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>8.61</x:v>
+        <x:v>9.27</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>10.66</x:v>
+        <x:v>13.48</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>8.52</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>12.29</x:v>
+        <x:v>10.45</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>2.27</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>4.89</x:v>
+        <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>2.37</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>4.86</x:v>
+        <x:v>7.72</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>8.16</x:v>
+        <x:v>8.56</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>6.57</x:v>
+        <x:v>6.73</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>4.02</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>3.72</x:v>
+        <x:v>4.06</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>144</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="B17" s="2" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="B17" s="2" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.05</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>6.51</x:v>
+        <x:v>4.94</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>15.58</x:v>
+        <x:v>21.28</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>16.75</x:v>
+        <x:v>20.54</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>18.97</x:v>
+        <x:v>17.28</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>6.42</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>8.71</x:v>
+        <x:v>9.37</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>10.66</x:v>
+        <x:v>13.48</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>8.52</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>12.29</x:v>
+        <x:v>10.45</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>2.27</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>4.89</x:v>
+        <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>8.24</x:v>
+        <x:v>8.64</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>6.68</x:v>
+        <x:v>6.83</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>4.13</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>4.17</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I28"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="39.680625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>5.19</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>11.52</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>11.26</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>13.38</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>2.44</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>3.27</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>4.75</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>10.66</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>8.52</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>12.29</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>2.27</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>3.19</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>0.44</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>0.86</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>2.74</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>1.09</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
         <x:v>0.17</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>5.35</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>12.03</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>11.95</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>14.1</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
         <x:v>3.11</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>3.94</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>4.75</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>10.66</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>8.52</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>12.29</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
         <x:v>2.27</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>3.19</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>0.6</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>1.37</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>3.43</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>1.81</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
         <x:v>0.84</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>0.75</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I28"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="39.680625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>5.65</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>13.13</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>13.58</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>14.15</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>4.75</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>10.66</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>8.52</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>9.67</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>2.47</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>5.06</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>4.48</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>139</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>5.87</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>13.82</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>14.5</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>15.08</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>4.75</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>10.66</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>8.52</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>9.67</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>1.12</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>3.16</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>5.99</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>5.41</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.560625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>6.32</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>14.92</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>15.84</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>16.46</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>4.75</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>10.66</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>8.52</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>11.35</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>1.57</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>4.26</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>7.32</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>5.11</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>144</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>6.54</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>15.62</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>16.78</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>17.4</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>4.75</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>10.66</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>8.52</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>11.35</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>1.79</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>4.96</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>8.27</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>6.06</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.250625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>146</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>6.45</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>15.36</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>16.48</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>18.67</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>6.09</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>8.41</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>4.75</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>10.66</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>8.52</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>12.29</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>2.27</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>4.89</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>7.96</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>6.38</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
         <x:v>3.82</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>3.52</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>144</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>146</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>6.52</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>15.58</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>16.77</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>18.97</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
         <x:v>6.39</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>8.71</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>4.75</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>10.66</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>8.52</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>12.29</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
         <x:v>2.27</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>4.89</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>1.77</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>4.91</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>8.26</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>6.68</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
         <x:v>4.12</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>3.82</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.620625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>148</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>6.42</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>15.2</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>16.22</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>16.64</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>4.75</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>10.66</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>8.52</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>10.15</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>1.67</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>4.54</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>7.7</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>6.49</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>144</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>148</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>6.55</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>15.63</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>16.8</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>17.23</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>4.75</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>10.66</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>8.52</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>10.15</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>4.97</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>8.29</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>7.08</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.290625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="B9" s="2" t="s">
         <x:v>149</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>146</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>6.49</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>15.52</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>16.67</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>18.86</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>6.29</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>8.61</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>4.75</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>10.66</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>8.52</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>12.29</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>2.27</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>4.89</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>1.74</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>4.86</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>8.16</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>6.57</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
         <x:v>4.02</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>3.72</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>144</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="B17" s="2" t="s">
         <x:v>149</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>146</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>6.51</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>15.58</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>16.75</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>18.97</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
         <x:v>6.4</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>8.71</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>4.75</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>10.66</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>8.52</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>12.29</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
         <x:v>2.27</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>4.89</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>1.76</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>4.92</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>8.24</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>6.68</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
         <x:v>4.13</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>3.83</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D40"/>
+  <x:dimension ref="A1:D43"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="39.680625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>3.52</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>2.13</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.05</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.12</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.22</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-0.52</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-0.46</x:v>
+        <x:v>3.22</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>1.72</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-1.43</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>1.12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>-0.52</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.78</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>-1.43</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-0.75</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>1.57</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>-0.75</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>1.19</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
+        <x:v>0.1</x:v>
+      </x:c>
+      <x:c r="C20" s="4" t="n">
+        <x:v>0.17</x:v>
+      </x:c>
+      <x:c r="D20" s="4" t="n">
+        <x:v>-1.72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:4">
+      <x:c r="A21" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B21" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="C21" s="4" t="n">
+        <x:v>1.86</x:v>
+      </x:c>
+      <x:c r="D21" s="4" t="n">
+        <x:v>1.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:4">
+      <x:c r="A22" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B22" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
-      <x:c r="C20" s="4" t="n">
+      <x:c r="C22" s="4" t="n">
         <x:v>0.22</x:v>
       </x:c>
-      <x:c r="D20" s="4" t="n">
+      <x:c r="D22" s="4" t="n">
         <x:v>0.26</x:v>
       </x:c>
     </x:row>
-    <x:row r="22" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="24" spans="1:4">
-      <x:c r="A24" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A24" s="2" t="s"/>
+      <x:c r="B24" s="3" t="s"/>
+      <x:c r="C24" s="3" t="s"/>
+      <x:c r="D24" s="3" t="s"/>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>4.54</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>2.55</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>5.65</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>5.87</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>4.75</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>4.38</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>2.09</x:v>
+        <x:v>4.59</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>2.11</x:v>
+        <x:v>3.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:4">
+      <x:c r="A28" s="2" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="B28" s="4" t="n">
+        <x:v>2.59</x:v>
+      </x:c>
+      <x:c r="C28" s="4" t="n">
+        <x:v>2.79</x:v>
+      </x:c>
+      <x:c r="D28" s="4" t="n">
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
-      <x:c r="A29" s="2" t="s"/>
-[...2 lines deleted...]
-      <x:c r="D29" s="3" t="s"/>
+      <x:c r="A29" s="2" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="B29" s="4" t="n">
+        <x:v>0.39</x:v>
+      </x:c>
+      <x:c r="C29" s="4" t="n">
+        <x:v>0.6</x:v>
+      </x:c>
+      <x:c r="D29" s="4" t="n">
+        <x:v>-1.94</x:v>
+      </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>13.13</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>13.82</x:v>
+        <x:v>2.09</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>10.66</x:v>
-[...3 lines deleted...]
-      <x:c r="A31" s="2" t="n">
+        <x:v>2.11</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:4">
+      <x:c r="A32" s="2" t="s"/>
+      <x:c r="B32" s="3" t="s"/>
+      <x:c r="C32" s="3" t="s"/>
+      <x:c r="D32" s="3" t="s"/>
+    </x:row>
+    <x:row r="33" spans="1:4">
+      <x:c r="A33" s="2" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="B33" s="4" t="n">
+        <x:v>18.12</x:v>
+      </x:c>
+      <x:c r="C33" s="4" t="n">
+        <x:v>18.99</x:v>
+      </x:c>
+      <x:c r="D33" s="4" t="n">
+        <x:v>13.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:4">
+      <x:c r="A34" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B31" s="4" t="n">
+      <x:c r="B34" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
-      <x:c r="C31" s="4" t="n">
+      <x:c r="C34" s="4" t="n">
         <x:v>2.71</x:v>
       </x:c>
-      <x:c r="D31" s="4" t="n">
+      <x:c r="D34" s="4" t="n">
         <x:v>0.13</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
-      <x:c r="A39" s="2" t="s">
+      <x:c r="A39" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="1" t="s">
         <x:v>101</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:4">
+      <x:c r="A41" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:4">
+      <x:c r="A42" s="2" t="s">
+        <x:v>103</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:4">
+      <x:c r="A43" s="1" t="s">
+        <x:v>104</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D46"/>
+  <x:dimension ref="A1:D49"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="32.290625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>2.05</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>2.13</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.28</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.45</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.95</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.02</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-0.41</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-1.34</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-1.27</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>1.12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>-0.41</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.93</x:v>
+        <x:v>-1.34</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>-1.27</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>1.57</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>1.19</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.89</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>1.85</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
+        <x:v>1.89</x:v>
+      </x:c>
+      <x:c r="C23" s="4" t="n">
+        <x:v>1.96</x:v>
+      </x:c>
+      <x:c r="D23" s="4" t="n">
+        <x:v>1.87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:4">
+      <x:c r="A24" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="B24" s="4" t="n">
+        <x:v>0.3</x:v>
+      </x:c>
+      <x:c r="C24" s="4" t="n">
+        <x:v>0.37</x:v>
+      </x:c>
+      <x:c r="D24" s="4" t="n">
+        <x:v>0.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:4">
+      <x:c r="A25" s="2" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B25" s="4" t="n">
         <x:v>0.25</x:v>
       </x:c>
-      <x:c r="C23" s="4" t="n">
+      <x:c r="C25" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
-      <x:c r="D23" s="4" t="n">
+      <x:c r="D25" s="4" t="n">
         <x:v>0.19</x:v>
       </x:c>
     </x:row>
-    <x:row r="25" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="27" spans="1:4">
-      <x:c r="A27" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A27" s="2" t="s"/>
+      <x:c r="B27" s="3" t="s"/>
+      <x:c r="C27" s="3" t="s"/>
+      <x:c r="D27" s="3" t="s"/>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>2.98</x:v>
+        <x:v>4.77</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>4.91</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>2.55</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>6.32</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>6.54</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>4.75</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>6.12</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>0.55</x:v>
+        <x:v>2.98</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>2.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:4">
+      <x:c r="A32" s="2" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="B32" s="4" t="n">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="C32" s="4" t="n">
+        <x:v>1.01</x:v>
+      </x:c>
+      <x:c r="D32" s="4" t="n">
+        <x:v>-1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
-      <x:c r="A33" s="2" t="s"/>
-[...2 lines deleted...]
-      <x:c r="D33" s="3" t="s"/>
+      <x:c r="A33" s="2" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="B33" s="4" t="n">
+        <x:v>6.12</x:v>
+      </x:c>
+      <x:c r="C33" s="4" t="n">
+        <x:v>6.33</x:v>
+      </x:c>
+      <x:c r="D33" s="4" t="n">
+        <x:v>6.15</x:v>
+      </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>14.92</x:v>
+        <x:v>0.55</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>15.62</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>10.66</x:v>
-[...3 lines deleted...]
-      <x:c r="A35" s="2" t="n">
+        <x:v>0.81</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:4">
+      <x:c r="A36" s="2" t="s"/>
+      <x:c r="B36" s="3" t="s"/>
+      <x:c r="C36" s="3" t="s"/>
+      <x:c r="D36" s="3" t="s"/>
+    </x:row>
+    <x:row r="37" spans="1:4">
+      <x:c r="A37" s="2" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="B37" s="4" t="n">
+        <x:v>20.41</x:v>
+      </x:c>
+      <x:c r="C37" s="4" t="n">
+        <x:v>21.3</x:v>
+      </x:c>
+      <x:c r="D37" s="4" t="n">
+        <x:v>13.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:4">
+      <x:c r="A38" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B35" s="4" t="n">
+      <x:c r="B38" s="4" t="n">
         <x:v>7.55</x:v>
       </x:c>
-      <x:c r="C35" s="4" t="n">
+      <x:c r="C38" s="4" t="n">
         <x:v>8.12</x:v>
       </x:c>
-      <x:c r="D35" s="4" t="n">
+      <x:c r="D38" s="4" t="n">
         <x:v>4.94</x:v>
       </x:c>
     </x:row>
-    <x:row r="37" spans="1:4">
-[...13 lines deleted...]
-    </x:row>
     <x:row r="40" spans="1:4">
-      <x:c r="A40" s="2" t="s">
-        <x:v>109</x:v>
+      <x:c r="A40" s="1" t="s">
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
-      <x:c r="A41" s="2" t="s">
-        <x:v>110</x:v>
+      <x:c r="A41" s="1" t="s">
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
-      <x:c r="A43" s="1" t="s">
-        <x:v>98</x:v>
+      <x:c r="A43" s="2" t="s">
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
-      <x:c r="A44" s="1" t="s">
-        <x:v>99</x:v>
+      <x:c r="A44" s="2" t="s">
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
-      <x:c r="A45" s="2" t="s">
+      <x:c r="A45" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="1" t="s">
         <x:v>101</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:4">
+      <x:c r="A47" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:4">
+      <x:c r="A48" s="2" t="s">
+        <x:v>103</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:4">
+      <x:c r="A49" s="1" t="s">
+        <x:v>104</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D115"/>
+  <x:dimension ref="A1:D118"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="32.290625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>2.05</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.99</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>2.13</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.43</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.45</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-0.32</x:v>
+        <x:v>3.43</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-1.35</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-1.32</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>1.12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>-0.32</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.49</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>-1.35</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>2.98</x:v>
+        <x:v>-1.32</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>1.57</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1.34</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>2.98</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>1.19</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>2.26</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>2.28</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>1.85</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.87</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-0.86</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-2.08</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>2.09</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>-0.86</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-2.08</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-0.23</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>2.09</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>5.28</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>5.31</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>4.73</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>6.35</x:v>
+        <x:v>-0.23</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>5.66</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>5.28</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-0.59</x:v>
+        <x:v>5.31</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-1.35</x:v>
+        <x:v>4.73</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-3.27</x:v>
+        <x:v>6.33</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-3.25</x:v>
+        <x:v>6.35</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>5.66</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-1.78</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-1.76</x:v>
+        <x:v>-0.59</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>-3.27</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>-3.25</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>-1.78</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>3.73</x:v>
+        <x:v>-1.76</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-0.19</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-0.17</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>1.91</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>0.53</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>-0.19</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-2.69</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-2.67</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-2.21</x:v>
+        <x:v>0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>4.29</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>-2.69</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>-2.67</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>-2.21</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>8.27</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>7.14</x:v>
+        <x:v>3.17</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
         <x:v>1.13</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
         <x:v>1.15</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>0.58</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-6.09</x:v>
+        <x:v>8.27</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-6.07</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-6.36</x:v>
+        <x:v>7.14</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-0.95</x:v>
+        <x:v>0.58</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>-6.09</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>2.49</x:v>
+        <x:v>-6.07</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-6.36</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-7.89</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-7.86</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-6.21</x:v>
+        <x:v>-0.95</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>2.89</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-5.53</x:v>
+        <x:v>-7.89</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-5.5</x:v>
+        <x:v>-7.86</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-5.59</x:v>
+        <x:v>-6.21</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>0.54</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>-0.02</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-6.58</x:v>
+        <x:v>-5.53</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-6.55</x:v>
+        <x:v>-5.5</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-6.55</x:v>
+        <x:v>-5.59</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-3.02</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>-6.58</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>-6.55</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>-6.55</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-2.46</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-2.44</x:v>
+        <x:v>-3.02</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-1.84</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-2.4</x:v>
+        <x:v>-2.46</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-2.38</x:v>
+        <x:v>-2.44</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>-1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>1.34</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>-2.4</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>-2.38</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>1.42</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>2.99</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>3.02</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>0.73</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-1.37</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-1.34</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>1.06</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>-2.32</x:v>
+        <x:v>2.99</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>-2.29</x:v>
+        <x:v>3.02</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>-2.55</x:v>
+        <x:v>2.22</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-1.37</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>-1.57</x:v>
+        <x:v>-1.34</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>-1.09</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>-2.32</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>2.95</x:v>
+        <x:v>-2.29</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>-2.55</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>5.42</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>5.45</x:v>
+        <x:v>-1.57</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>-1.09</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>2.92</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>2.95</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>-2.19</x:v>
+        <x:v>5.42</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>-2.17</x:v>
+        <x:v>5.45</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>3.86</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>4.21</x:v>
+        <x:v>-2.19</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>-2.17</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>4.69</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>6.63</x:v>
+        <x:v>4.21</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>6.66</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>6.07</x:v>
+        <x:v>3.71</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
+        <x:v>4.69</x:v>
+      </x:c>
+      <x:c r="C72" s="4" t="n">
+        <x:v>4.71</x:v>
+      </x:c>
+      <x:c r="D72" s="4" t="n">
+        <x:v>3.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:4">
+      <x:c r="A73" s="2" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B73" s="4" t="n">
+        <x:v>6.63</x:v>
+      </x:c>
+      <x:c r="C73" s="4" t="n">
+        <x:v>6.66</x:v>
+      </x:c>
+      <x:c r="D73" s="4" t="n">
+        <x:v>6.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:4">
+      <x:c r="A74" s="2" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="B74" s="4" t="n">
         <x:v>1.05</x:v>
       </x:c>
-      <x:c r="C72" s="4" t="n">
+      <x:c r="C74" s="4" t="n">
         <x:v>1.07</x:v>
       </x:c>
-      <x:c r="D72" s="4" t="n">
+      <x:c r="D74" s="4" t="n">
         <x:v>3.42</x:v>
       </x:c>
     </x:row>
-    <x:row r="74" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="76" spans="1:4">
-      <x:c r="A76" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A76" s="2" t="s"/>
+      <x:c r="B76" s="3" t="s"/>
+      <x:c r="C76" s="3" t="s"/>
+      <x:c r="D76" s="3" t="s"/>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>4.91</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>4.95</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>2.55</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>6.45</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>6.52</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>4.75</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>6.23</x:v>
+        <x:v>5.13</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>3.07</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>5.21</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>-1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>11.26</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>11.33</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>9.16</x:v>
+        <x:v>6.15</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>-2.2</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>-2.14</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>-2.23</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>3.61</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>5.21</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>2.04</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>11.26</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>11.33</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>9.16</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>10.72</x:v>
+        <x:v>-2.2</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>10.81</x:v>
+        <x:v>-2.14</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>8.11</x:v>
+        <x:v>-2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>-4.36</x:v>
+        <x:v>3.61</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>-4.28</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>-4.57</x:v>
+        <x:v>2.19</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>-13.02</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>-12.95</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>-11.43</x:v>
+        <x:v>1.86</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>-8.94</x:v>
+        <x:v>10.72</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>-8.86</x:v>
+        <x:v>10.81</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>-10.02</x:v>
+        <x:v>8.11</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>-0.65</x:v>
+        <x:v>-4.36</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>-4.28</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>-0.44</x:v>
+        <x:v>-4.57</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>-0.68</x:v>
+        <x:v>-13.02</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-12.95</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-11.43</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>5.23</x:v>
+        <x:v>-8.94</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>5.31</x:v>
+        <x:v>-8.86</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>-10.02</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>-5.2</x:v>
+        <x:v>-0.65</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>-5.12</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>-4.54</x:v>
+        <x:v>-0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B94" s="4" t="n">
-        <x:v>7.85</x:v>
+        <x:v>-0.68</x:v>
       </x:c>
       <x:c r="C94" s="4" t="n">
-        <x:v>7.93</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
       <x:c r="A95" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B95" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>5.23</x:v>
       </x:c>
       <x:c r="C95" s="4" t="n">
-        <x:v>2.87</x:v>
+        <x:v>5.31</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>4.06</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
       <x:c r="A96" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B96" s="4" t="n">
-        <x:v>12.8</x:v>
+        <x:v>-5.2</x:v>
       </x:c>
       <x:c r="C96" s="4" t="n">
-        <x:v>12.88</x:v>
+        <x:v>-5.12</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>13.55</x:v>
+        <x:v>-4.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:4">
+      <x:c r="A97" s="2" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="B97" s="4" t="n">
+        <x:v>7.85</x:v>
+      </x:c>
+      <x:c r="C97" s="4" t="n">
+        <x:v>7.93</x:v>
+      </x:c>
+      <x:c r="D97" s="4" t="n">
+        <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4">
-      <x:c r="A98" s="2" t="s"/>
-[...2 lines deleted...]
-      <x:c r="D98" s="3" t="s"/>
+      <x:c r="A98" s="2" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="B98" s="4" t="n">
+        <x:v>2.79</x:v>
+      </x:c>
+      <x:c r="C98" s="4" t="n">
+        <x:v>2.87</x:v>
+      </x:c>
+      <x:c r="D98" s="4" t="n">
+        <x:v>2.32</x:v>
+      </x:c>
     </x:row>
     <x:row r="99" spans="1:4">
       <x:c r="A99" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B99" s="4" t="n">
-        <x:v>15.36</x:v>
+        <x:v>12.8</x:v>
       </x:c>
       <x:c r="C99" s="4" t="n">
-        <x:v>15.58</x:v>
+        <x:v>12.88</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>10.66</x:v>
-[...13 lines deleted...]
-        <x:v>6.54</x:v>
+        <x:v>13.55</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:4">
-      <x:c r="A101" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A101" s="2" t="s"/>
+      <x:c r="B101" s="3" t="s"/>
+      <x:c r="C101" s="3" t="s"/>
+      <x:c r="D101" s="3" t="s"/>
     </x:row>
     <x:row r="102" spans="1:4">
-      <x:c r="A102" s="2" t="n">
-        <x:v>2022</x:v>
+      <x:c r="A102" s="2" t="s">
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B102" s="4" t="n">
-        <x:v>-16.13</x:v>
+        <x:v>21.02</x:v>
       </x:c>
       <x:c r="C102" s="4" t="n">
-        <x:v>-15.85</x:v>
+        <x:v>21.3</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>-17.78</x:v>
+        <x:v>13.48</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:4">
       <x:c r="A103" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B103" s="4" t="n">
-        <x:v>-1.56</x:v>
+        <x:v>13.96</x:v>
       </x:c>
       <x:c r="C103" s="4" t="n">
-        <x:v>-1.25</x:v>
+        <x:v>14.25</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>6.54</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:4">
       <x:c r="A104" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B104" s="4" t="n">
+        <x:v>14.82</x:v>
+      </x:c>
+      <x:c r="C104" s="4" t="n">
+        <x:v>15.1</x:v>
+      </x:c>
+      <x:c r="D104" s="4" t="n">
+        <x:v>11.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:4">
+      <x:c r="A105" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B105" s="4" t="n">
+        <x:v>-16.13</x:v>
+      </x:c>
+      <x:c r="C105" s="4" t="n">
+        <x:v>-15.85</x:v>
+      </x:c>
+      <x:c r="D105" s="4" t="n">
+        <x:v>-17.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:4">
+      <x:c r="A106" s="2" t="n">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="B106" s="4" t="n">
+        <x:v>-1.56</x:v>
+      </x:c>
+      <x:c r="C106" s="4" t="n">
+        <x:v>-1.25</x:v>
+      </x:c>
+      <x:c r="D106" s="4" t="n">
+        <x:v>-1.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107" spans="1:4">
+      <x:c r="A107" s="2" t="n">
         <x:v>2020</x:v>
       </x:c>
-      <x:c r="B104" s="4" t="n">
+      <x:c r="B107" s="4" t="n">
         <x:v>25.05</x:v>
       </x:c>
-      <x:c r="C104" s="4" t="n">
+      <x:c r="C107" s="4" t="n">
         <x:v>25.33</x:v>
       </x:c>
-      <x:c r="D104" s="4" t="n">
+      <x:c r="D107" s="4" t="n">
         <x:v>22.92</x:v>
       </x:c>
     </x:row>
-    <x:row r="106" spans="1:4">
-[...13 lines deleted...]
-    </x:row>
     <x:row r="109" spans="1:4">
-      <x:c r="A109" s="2" t="s">
-        <x:v>109</x:v>
+      <x:c r="A109" s="1" t="s">
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:4">
-      <x:c r="A110" s="2" t="s">
-        <x:v>110</x:v>
+      <x:c r="A110" s="1" t="s">
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:4">
       <x:c r="A111" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:4">
-      <x:c r="A112" s="1" t="s">
-        <x:v>98</x:v>
+      <x:c r="A112" s="2" t="s">
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:4">
-      <x:c r="A113" s="1" t="s">
-        <x:v>99</x:v>
+      <x:c r="A113" s="2" t="s">
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:4">
-      <x:c r="A114" s="2" t="s">
+      <x:c r="A114" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:4">
       <x:c r="A115" s="1" t="s">
         <x:v>101</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="116" spans="1:4">
+      <x:c r="A116" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="117" spans="1:4">
+      <x:c r="A117" s="2" t="s">
+        <x:v>103</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:4">
+      <x:c r="A118" s="1" t="s">
+        <x:v>104</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D54"/>
+  <x:dimension ref="A1:D57"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="32.290625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>2.05</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>2.02</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>2.13</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.42</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-0.38</x:v>
+        <x:v>3.42</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-1.34</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>1.12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>-0.38</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>-1.34</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-0.69</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-0.65</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>1.57</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>-0.69</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>-0.65</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>1.19</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>2.25</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>1.85</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.87</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-0.86</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-2.08</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>2.09</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>2.14</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>-0.86</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-2.08</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>2.09</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
+        <x:v>2.14</x:v>
+      </x:c>
+      <x:c r="C28" s="4" t="n">
+        <x:v>2.18</x:v>
+      </x:c>
+      <x:c r="D28" s="4" t="n">
+        <x:v>0.98</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:4">
+      <x:c r="A29" s="2" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B29" s="4" t="n">
+        <x:v>-0.25</x:v>
+      </x:c>
+      <x:c r="C29" s="4" t="n">
+        <x:v>-0.21</x:v>
+      </x:c>
+      <x:c r="D29" s="4" t="n">
+        <x:v>-1.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:4">
+      <x:c r="A30" s="2" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="B30" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
-      <x:c r="C28" s="4" t="n">
+      <x:c r="C30" s="4" t="n">
         <x:v>0.72</x:v>
       </x:c>
-      <x:c r="D28" s="4" t="n">
+      <x:c r="D30" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
-    <x:row r="30" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="32" spans="1:4">
-      <x:c r="A32" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A32" s="2" t="s"/>
+      <x:c r="B32" s="3" t="s"/>
+      <x:c r="C32" s="3" t="s"/>
+      <x:c r="D32" s="3" t="s"/>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>3.06</x:v>
+        <x:v>4.82</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>2.55</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>6.42</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>6.55</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>4.75</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>6.18</x:v>
+        <x:v>5.04</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>6.31</x:v>
+        <x:v>5.17</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>5.06</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>-1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>0.7</x:v>
+        <x:v>6.18</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>6.31</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>6.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:4">
+      <x:c r="A39" s="2" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="B39" s="4" t="n">
+        <x:v>0.99</x:v>
+      </x:c>
+      <x:c r="C39" s="4" t="n">
+        <x:v>1.12</x:v>
+      </x:c>
+      <x:c r="D39" s="4" t="n">
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
-      <x:c r="A40" s="2" t="s"/>
-[...2 lines deleted...]
-      <x:c r="D40" s="3" t="s"/>
+      <x:c r="A40" s="2" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="B40" s="4" t="n">
+        <x:v>5.06</x:v>
+      </x:c>
+      <x:c r="C40" s="4" t="n">
+        <x:v>5.19</x:v>
+      </x:c>
+      <x:c r="D40" s="4" t="n">
+        <x:v>2.04</x:v>
+      </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>15.2</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>15.63</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>10.66</x:v>
-[...3 lines deleted...]
-      <x:c r="A42" s="2" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:4">
+      <x:c r="A43" s="2" t="s"/>
+      <x:c r="B43" s="3" t="s"/>
+      <x:c r="C43" s="3" t="s"/>
+      <x:c r="D43" s="3" t="s"/>
+    </x:row>
+    <x:row r="44" spans="1:4">
+      <x:c r="A44" s="2" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="B44" s="4" t="n">
+        <x:v>20.75</x:v>
+      </x:c>
+      <x:c r="C44" s="4" t="n">
+        <x:v>21.3</x:v>
+      </x:c>
+      <x:c r="D44" s="4" t="n">
+        <x:v>13.48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:4">
+      <x:c r="A45" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B42" s="4" t="n">
+      <x:c r="B45" s="4" t="n">
         <x:v>13.65</x:v>
       </x:c>
-      <x:c r="C42" s="4" t="n">
+      <x:c r="C45" s="4" t="n">
         <x:v>14.22</x:v>
       </x:c>
-      <x:c r="D42" s="4" t="n">
+      <x:c r="D45" s="4" t="n">
         <x:v>6.54</x:v>
       </x:c>
     </x:row>
-    <x:row r="43" spans="1:4">
-      <x:c r="A43" s="2" t="n">
+    <x:row r="46" spans="1:4">
+      <x:c r="A46" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B43" s="4" t="n">
+      <x:c r="B46" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
-      <x:c r="C43" s="4" t="n">
+      <x:c r="C46" s="4" t="n">
         <x:v>0.72</x:v>
       </x:c>
-      <x:c r="D43" s="4" t="n">
+      <x:c r="D46" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
-    <x:row r="45" spans="1:4">
-[...13 lines deleted...]
-    </x:row>
     <x:row r="48" spans="1:4">
-      <x:c r="A48" s="2" t="s">
-        <x:v>109</x:v>
+      <x:c r="A48" s="1" t="s">
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
-      <x:c r="A49" s="2" t="s">
-        <x:v>110</x:v>
+      <x:c r="A49" s="1" t="s">
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
-      <x:c r="A51" s="1" t="s">
-        <x:v>98</x:v>
+      <x:c r="A51" s="2" t="s">
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
-      <x:c r="A52" s="1" t="s">
-        <x:v>99</x:v>
+      <x:c r="A52" s="2" t="s">
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
-      <x:c r="A53" s="2" t="s">
+      <x:c r="A53" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="1" t="s">
         <x:v>101</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:4">
+      <x:c r="A55" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:4">
+      <x:c r="A56" s="2" t="s">
+        <x:v>103</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:4">
+      <x:c r="A57" s="1" t="s">
+        <x:v>104</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D115"/>
+  <x:dimension ref="A1:D118"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="32.290625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>2.05</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.99</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>2.13</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.47</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-0.36</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-0.35</x:v>
+        <x:v>3.47</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-1.29</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>1.12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>-0.36</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>-0.35</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>-1.29</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-0.62</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>1.57</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>-0.62</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>1.19</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>2.28</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>1.85</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.87</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-0.87</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-2.08</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>2.09</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>-0.87</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-2.08</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-0.17</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>2.09</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>5.25</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>4.73</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>6.34</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>5.66</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>5.25</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-1.35</x:v>
+        <x:v>4.73</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-3.25</x:v>
+        <x:v>6.33</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-3.24</x:v>
+        <x:v>6.34</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>5.66</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-1.82</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-1.81</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>-3.25</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>-3.24</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>3.74</x:v>
+        <x:v>-1.82</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>3.75</x:v>
+        <x:v>-1.81</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-0.19</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>1.91</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>3.75</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>0.53</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>-0.19</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-2.68</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-2.67</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-2.21</x:v>
+        <x:v>0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>1.17</x:v>
+        <x:v>-2.68</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>-2.67</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>-2.21</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>8.34</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>8.35</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>7.14</x:v>
+        <x:v>3.17</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>1.08</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>0.58</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-6.06</x:v>
+        <x:v>8.34</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-6.05</x:v>
+        <x:v>8.35</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-6.36</x:v>
+        <x:v>7.14</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-0.95</x:v>
+        <x:v>0.58</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>-6.06</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>-6.05</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-6.36</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-7.9</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-7.89</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-6.21</x:v>
+        <x:v>-0.95</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>2.89</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-5.51</x:v>
+        <x:v>-7.9</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-5.5</x:v>
+        <x:v>-7.89</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-5.59</x:v>
+        <x:v>-6.21</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>0.58</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>0.59</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-6.56</x:v>
+        <x:v>-5.51</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-6.55</x:v>
+        <x:v>-5.5</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-6.55</x:v>
+        <x:v>-5.59</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-3.08</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>-6.56</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>1.95</x:v>
+        <x:v>-6.55</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>-6.55</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-2.45</x:v>
+        <x:v>-3.08</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-2.45</x:v>
+        <x:v>-3.07</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-1.84</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-2.4</x:v>
+        <x:v>-2.45</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-2.39</x:v>
+        <x:v>-2.45</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>-1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>0.48</x:v>
+        <x:v>-2.4</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>0.49</x:v>
+        <x:v>-2.39</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>0.73</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-1.37</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-1.36</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>1.06</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>-2.27</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>-2.26</x:v>
+        <x:v>3.04</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>-2.55</x:v>
+        <x:v>2.22</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-1.37</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>-1.59</x:v>
+        <x:v>-1.36</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>-1.09</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>-2.27</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>-2.26</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>-2.55</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>5.42</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>5.42</x:v>
+        <x:v>-1.59</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>-1.09</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>-2.19</x:v>
+        <x:v>5.42</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>-2.18</x:v>
+        <x:v>5.42</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>3.86</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>0.86</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>-2.19</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>-2.18</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>4.68</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>4.69</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>6.63</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>6.64</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>6.07</x:v>
+        <x:v>3.71</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
+        <x:v>4.68</x:v>
+      </x:c>
+      <x:c r="C72" s="4" t="n">
+        <x:v>4.69</x:v>
+      </x:c>
+      <x:c r="D72" s="4" t="n">
+        <x:v>3.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:4">
+      <x:c r="A73" s="2" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B73" s="4" t="n">
+        <x:v>6.63</x:v>
+      </x:c>
+      <x:c r="C73" s="4" t="n">
+        <x:v>6.64</x:v>
+      </x:c>
+      <x:c r="D73" s="4" t="n">
+        <x:v>6.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:4">
+      <x:c r="A74" s="2" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="B74" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
-      <x:c r="C72" s="4" t="n">
+      <x:c r="C74" s="4" t="n">
         <x:v>1.11</x:v>
       </x:c>
-      <x:c r="D72" s="4" t="n">
+      <x:c r="D74" s="4" t="n">
         <x:v>3.42</x:v>
       </x:c>
     </x:row>
-    <x:row r="74" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="76" spans="1:4">
-      <x:c r="A76" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A76" s="2" t="s"/>
+      <x:c r="B76" s="3" t="s"/>
+      <x:c r="C76" s="3" t="s"/>
+      <x:c r="D76" s="3" t="s"/>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>4.94</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>2.55</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>6.49</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>6.51</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>4.75</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>5.16</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>6.32</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>5.24</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>-1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>11.31</x:v>
+        <x:v>6.32</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>9.16</x:v>
+        <x:v>6.15</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>-2.19</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>-2.17</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>-2.23</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>3.69</x:v>
+        <x:v>5.24</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>3.72</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>2.04</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>11.28</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>11.31</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>9.16</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>10.77</x:v>
+        <x:v>-2.19</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>-2.17</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>8.11</x:v>
+        <x:v>-2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>-4.29</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>-4.26</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>-4.57</x:v>
+        <x:v>2.19</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>-12.97</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>-12.94</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>-11.43</x:v>
+        <x:v>1.86</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>-8.9</x:v>
+        <x:v>10.77</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>-8.88</x:v>
+        <x:v>10.8</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>-10.02</x:v>
+        <x:v>8.11</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>-4.29</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>-4.26</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>-0.44</x:v>
+        <x:v>-4.57</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>-12.97</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>-12.94</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-11.43</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>-8.9</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>5.29</x:v>
+        <x:v>-8.88</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>-10.02</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>-5.15</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>-5.12</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>-4.54</x:v>
+        <x:v>-0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B94" s="4" t="n">
-        <x:v>7.93</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
       <x:c r="C94" s="4" t="n">
-        <x:v>7.96</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
       <x:c r="A95" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B95" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="C95" s="4" t="n">
-        <x:v>2.86</x:v>
+        <x:v>5.29</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>4.06</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
       <x:c r="A96" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B96" s="4" t="n">
-        <x:v>12.85</x:v>
+        <x:v>-5.15</x:v>
       </x:c>
       <x:c r="C96" s="4" t="n">
-        <x:v>12.88</x:v>
+        <x:v>-5.12</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>13.55</x:v>
+        <x:v>-4.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:4">
+      <x:c r="A97" s="2" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="B97" s="4" t="n">
+        <x:v>7.93</x:v>
+      </x:c>
+      <x:c r="C97" s="4" t="n">
+        <x:v>7.96</x:v>
+      </x:c>
+      <x:c r="D97" s="4" t="n">
+        <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4">
-      <x:c r="A98" s="2" t="s"/>
-[...2 lines deleted...]
-      <x:c r="D98" s="3" t="s"/>
+      <x:c r="A98" s="2" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="B98" s="4" t="n">
+        <x:v>2.84</x:v>
+      </x:c>
+      <x:c r="C98" s="4" t="n">
+        <x:v>2.86</x:v>
+      </x:c>
+      <x:c r="D98" s="4" t="n">
+        <x:v>2.32</x:v>
+      </x:c>
     </x:row>
     <x:row r="99" spans="1:4">
       <x:c r="A99" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B99" s="4" t="n">
-        <x:v>15.52</x:v>
+        <x:v>12.85</x:v>
       </x:c>
       <x:c r="C99" s="4" t="n">
-        <x:v>15.58</x:v>
+        <x:v>12.88</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>10.66</x:v>
-[...13 lines deleted...]
-        <x:v>6.54</x:v>
+        <x:v>13.55</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:4">
-      <x:c r="A101" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A101" s="2" t="s"/>
+      <x:c r="B101" s="3" t="s"/>
+      <x:c r="C101" s="3" t="s"/>
+      <x:c r="D101" s="3" t="s"/>
     </x:row>
     <x:row r="102" spans="1:4">
-      <x:c r="A102" s="2" t="n">
-        <x:v>2022</x:v>
+      <x:c r="A102" s="2" t="s">
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B102" s="4" t="n">
-        <x:v>-15.94</x:v>
+        <x:v>21.2</x:v>
       </x:c>
       <x:c r="C102" s="4" t="n">
-        <x:v>-15.84</x:v>
+        <x:v>21.28</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>-17.78</x:v>
+        <x:v>13.48</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:4">
       <x:c r="A103" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B103" s="4" t="n">
-        <x:v>-1.36</x:v>
+        <x:v>14.2</x:v>
       </x:c>
       <x:c r="C103" s="4" t="n">
-        <x:v>-1.25</x:v>
+        <x:v>14.29</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>6.54</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:4">
       <x:c r="A104" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B104" s="4" t="n">
+        <x:v>14.93</x:v>
+      </x:c>
+      <x:c r="C104" s="4" t="n">
+        <x:v>15.05</x:v>
+      </x:c>
+      <x:c r="D104" s="4" t="n">
+        <x:v>11.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:4">
+      <x:c r="A105" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B105" s="4" t="n">
+        <x:v>-15.94</x:v>
+      </x:c>
+      <x:c r="C105" s="4" t="n">
+        <x:v>-15.84</x:v>
+      </x:c>
+      <x:c r="D105" s="4" t="n">
+        <x:v>-17.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:4">
+      <x:c r="A106" s="2" t="n">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="B106" s="4" t="n">
+        <x:v>-1.36</x:v>
+      </x:c>
+      <x:c r="C106" s="4" t="n">
+        <x:v>-1.25</x:v>
+      </x:c>
+      <x:c r="D106" s="4" t="n">
+        <x:v>-1.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107" spans="1:4">
+      <x:c r="A107" s="2" t="n">
         <x:v>2020</x:v>
       </x:c>
-      <x:c r="B104" s="4" t="n">
+      <x:c r="B107" s="4" t="n">
         <x:v>25.25</x:v>
       </x:c>
-      <x:c r="C104" s="4" t="n">
+      <x:c r="C107" s="4" t="n">
         <x:v>25.35</x:v>
       </x:c>
-      <x:c r="D104" s="4" t="n">
+      <x:c r="D107" s="4" t="n">
         <x:v>22.92</x:v>
       </x:c>
     </x:row>
-    <x:row r="106" spans="1:4">
-[...13 lines deleted...]
-    </x:row>
     <x:row r="109" spans="1:4">
-      <x:c r="A109" s="2" t="s">
-        <x:v>109</x:v>
+      <x:c r="A109" s="1" t="s">
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:4">
-      <x:c r="A110" s="2" t="s">
-        <x:v>110</x:v>
+      <x:c r="A110" s="1" t="s">
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:4">
       <x:c r="A111" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:4">
-      <x:c r="A112" s="1" t="s">
-        <x:v>98</x:v>
+      <x:c r="A112" s="2" t="s">
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:4">
-      <x:c r="A113" s="1" t="s">
-        <x:v>99</x:v>
+      <x:c r="A113" s="2" t="s">
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:4">
-      <x:c r="A114" s="2" t="s">
+      <x:c r="A114" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:4">
       <x:c r="A115" s="1" t="s">
         <x:v>101</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="116" spans="1:4">
+      <x:c r="A116" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="117" spans="1:4">
+      <x:c r="A117" s="2" t="s">
+        <x:v>103</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:4">
+      <x:c r="A118" s="1" t="s">
+        <x:v>104</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J28"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="39.680625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>11.52</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>11.26</x:v>
+        <x:v>14.73</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>13.38</x:v>
+        <x:v>11.75</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>3.27</x:v>
+        <x:v>3.91</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>10.66</x:v>
+        <x:v>13.48</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>8.52</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>12.29</x:v>
+        <x:v>10.45</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>2.27</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>3.19</x:v>
+        <x:v>3.57</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.14</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>0.86</x:v>
+        <x:v>2.52</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>2.74</x:v>
+        <x:v>2.83</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>0.08</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5.35</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>12.03</x:v>
+        <x:v>16.66</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>11.95</x:v>
+        <x:v>15.44</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>14.1</x:v>
+        <x:v>12.46</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>3.94</x:v>
+        <x:v>4.59</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>10.66</x:v>
+        <x:v>13.48</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>8.52</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>12.29</x:v>
+        <x:v>10.45</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>2.27</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>3.19</x:v>
+        <x:v>3.57</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>3.43</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J28"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="39.680625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>5.65</x:v>
+        <x:v>4.4</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>13.13</x:v>
+        <x:v>18.12</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>13.58</x:v>
+        <x:v>17.14</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>14.15</x:v>
+        <x:v>16.04</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>10.66</x:v>
+        <x:v>13.48</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>8.52</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>9.67</x:v>
+        <x:v>10.51</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>0.5</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>4.63</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>5.06</x:v>
+        <x:v>5.25</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>5.53</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>139</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5.87</x:v>
+        <x:v>4.54</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>13.82</x:v>
+        <x:v>18.99</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>14.5</x:v>
+        <x:v>18.1</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>15.08</x:v>
+        <x:v>16.99</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>10.66</x:v>
+        <x:v>13.48</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>8.52</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>9.67</x:v>
+        <x:v>10.51</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.05</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>5.51</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>5.99</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>5.41</x:v>
+        <x:v>6.47</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.560625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>6.32</x:v>
+        <x:v>4.77</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>14.92</x:v>
+        <x:v>20.41</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>15.84</x:v>
+        <x:v>19.52</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>16.46</x:v>
+        <x:v>18.05</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>10.66</x:v>
+        <x:v>13.48</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>8.52</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>11.35</x:v>
+        <x:v>11.87</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>6.93</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>7.32</x:v>
+        <x:v>7.62</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>5.11</x:v>
+        <x:v>6.18</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>144</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>121</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>122</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>123</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.05</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>6.54</x:v>
+        <x:v>4.91</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>15.62</x:v>
+        <x:v>21.3</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>16.78</x:v>
+        <x:v>20.49</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>17.4</x:v>
+        <x:v>19.01</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>10.66</x:v>
+        <x:v>13.48</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>8.52</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>11.35</x:v>
+        <x:v>11.87</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.27</x:v>
+        <x:v>0.75</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>2.37</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>4.96</x:v>
+        <x:v>7.82</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>8.27</x:v>
+        <x:v>8.59</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>6.06</x:v>
+        <x:v>7.15</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>18</vt:i4>
       </vt:variant>
       <vt:variant>