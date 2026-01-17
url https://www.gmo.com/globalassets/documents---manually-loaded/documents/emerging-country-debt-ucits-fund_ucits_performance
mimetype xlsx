--- v2 (2025-12-07)
+++ v3 (2026-01-17)
@@ -7,105 +7,108 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f399b53a08a4cb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bedafee5fb9a45a9a572ea26d0b6cadd.psmdcp" Id="Rffd3871ad6bf4420" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cf211a952c54aa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/04b9d4348e1641adbe1b068374957b60.psmdcp" Id="Red2733fbfff6491c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="CHF Class G_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="EUR Class H_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="USD Class A_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="USD Class F_Historical" sheetId="5" r:id="rId5"/>
     <x:sheet name="USD Class G_Historical" sheetId="6" r:id="rId6"/>
     <x:sheet name="USD Class Z_Historical" sheetId="7" r:id="rId7"/>
     <x:sheet name="CHF Class G_Month-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="EUR Class H_Month-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="USD Class A_Month-End" sheetId="10" r:id="rId10"/>
     <x:sheet name="USD Class F_Month-End" sheetId="11" r:id="rId11"/>
     <x:sheet name="USD Class G_Month-End" sheetId="12" r:id="rId12"/>
     <x:sheet name="USD Class Z_Month-End" sheetId="13" r:id="rId13"/>
     <x:sheet name="CHF Class G_Quarter-End" sheetId="14" r:id="rId14"/>
     <x:sheet name="EUR Class H_Quarter-End" sheetId="15" r:id="rId15"/>
     <x:sheet name="USD Class A_Quarter-End" sheetId="16" r:id="rId16"/>
     <x:sheet name="USD Class F_Quarter-End" sheetId="17" r:id="rId17"/>
     <x:sheet name="USD Class G_Quarter-End" sheetId="18" r:id="rId18"/>
     <x:sheet name="USD Class Z_Quarter-End" sheetId="19" r:id="rId19"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="162" uniqueCount="162">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="157" uniqueCount="157">
   <x:si>
     <x:t>Performance - Emerging Country Debt UCITS Fund | CHF Class G</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (CHF,%)</x:t>
+    <x:t>As of 12/31/2025 (CHF,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 05/28/2020</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>J.P. Morgan EMBI Global Diversified (in USD)</x:t>
   </x:si>
   <x:si>
+    <x:t>12/31/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
@@ -263,51 +266,51 @@
   <x:si>
     <x:t>12/31/2020</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2020</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2020</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2020</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2020</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2020</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2020</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2020</x:t>
   </x:si>
   <x:si>
-    <x:t>QTD Q4-2025</x:t>
+    <x:t>Q4-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2023</x:t>
   </x:si>
@@ -362,216 +365,198 @@
   <x:si>
     <x:t>shares, when redeemed, may be worth more or less than their original cost. Current performance data may be lower or higher than the performance data provided herein.</x:t>
   </x:si>
   <x:si>
     <x:t>UCITS HAVE NO GUARANTEED RETURN AND PAST PERFORMANCE DOES NOT GUARANTEE FUTURE PERFORMANCE.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Emerging Country Debt UCITS Fund | EUR Class H</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (EUR,%)</x:t>
+    <x:t>As of 12/31/2025 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 08/20/2024</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Emerging Country Debt UCITS Fund | USD Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (USD,%)</x:t>
+    <x:t>As of 12/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 05/10/2024</x:t>
   </x:si>
   <x:si>
     <x:t>J.P. Morgan EMBI Global Diversified</x:t>
   </x:si>
   <x:si>
     <x:t>The J.P. Morgan EMBI (Emerging Markets Bond) Global Diversified Index is an independently maintained and widely published uniquely weighted U.S. dollar-denominated emerging markets</x:t>
   </x:si>
   <x:si>
     <x:t>sovereign index comprised of Brady bonds, Eurobonds, traded loans, and market debt instruments issued by sovereign and quasi-sovereign entities.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Emerging Country Debt UCITS Fund | USD Class F</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 04/01/2020</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2020</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Emerging Country Debt UCITS Fund | USD Class G</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 12/14/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Emerging Country Debt UCITS Fund | USD Class Z</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 11/30/2025 (CHF,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in CHF as of 11/30/2025</x:t>
+    <x:t>Month-End as of 12/31/2025 (CHF,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in CHF as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Country Debt UCITS Fund CHG</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2020</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in CHF as of 11/30/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in CHF as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 11/30/2025 (EUR,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in EUR as of 11/30/2025</x:t>
+    <x:t>Month-End as of 12/31/2025 (EUR,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in EUR as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Country Debt UCITS Fund EUH</x:t>
   </x:si>
   <x:si>
     <x:t>08/20/2024</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in EUR as of 11/30/2025</x:t>
-[...5 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in USD as of 11/30/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in EUR as of 12/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 12/31/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Country Debt UCITS Fund USA</x:t>
   </x:si>
   <x:si>
     <x:t>05/10/2024</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in USD as of 11/30/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Country Debt UCITS Fund USF</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2020</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Country Debt UCITS Fund USG</x:t>
   </x:si>
   <x:si>
     <x:t>12/14/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Country Debt UCITS Fund USZ</x:t>
   </x:si>
   <x:si>
-    <x:t>Quarter-End as of 09/30/2025 (CHF,%)</x:t>
-[...23 lines deleted...]
-    <x:t>Average Annual Total Return (Gross) in USD as of 09/30/2025</x:t>
+    <x:t>Quarter-End as of 12/31/2025 (CHF,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 12/31/2025 (EUR,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -912,10054 +897,10138 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D115"/>
+  <x:dimension ref="A1:D116"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="39.680625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.24</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>3.24</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>2.13</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.58</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.88</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.02</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>3.02</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-0.73</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>1.12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>-0.73</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1.17</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>1.57</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-1.05</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>-1.05</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>1.19</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.55</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>1.85</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>1.87</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.28</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-1.26</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-1.21</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-2.08</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>-1.26</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-1.21</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>2.09</x:v>
+        <x:v>-2.08</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>2.09</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>4.86</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>4.73</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>5.88</x:v>
+        <x:v>4.86</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>5.93</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>5.66</x:v>
+        <x:v>4.73</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-0.94</x:v>
+        <x:v>5.88</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-0.89</x:v>
+        <x:v>5.93</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-1.35</x:v>
+        <x:v>5.66</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-3.63</x:v>
+        <x:v>-0.94</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-3.58</x:v>
+        <x:v>-0.89</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>-1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-2.19</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-2.14</x:v>
+        <x:v>-3.58</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-2.19</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>2.68</x:v>
+        <x:v>-2.14</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>3.27</x:v>
+        <x:v>2.63</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>2.68</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.91</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>3.27</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-0.49</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-0.17</x:v>
+        <x:v>-0.49</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>0.53</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-3.04</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-2.98</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-2.21</x:v>
+        <x:v>0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>-3.04</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>3.93</x:v>
+        <x:v>-2.98</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>-2.21</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>0.67</x:v>
+        <x:v>3.93</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>3.17</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>7.85</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>7.14</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>7.85</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>0.58</x:v>
+        <x:v>7.14</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-6.34</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-6.36</x:v>
+        <x:v>0.58</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-6.4</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-0.84</x:v>
+        <x:v>-6.34</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-0.95</x:v>
+        <x:v>-6.36</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>-0.84</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-0.95</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-8.16</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-8.1</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-6.21</x:v>
+        <x:v>2.89</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>-8.16</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-0.15</x:v>
+        <x:v>-8.1</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>-6.21</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-5.65</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-5.59</x:v>
+        <x:v>-0.15</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-5.59</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>-5.65</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>-5.59</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-5.59</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-6.68</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-6.63</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-6.55</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-3.23</x:v>
+        <x:v>-6.68</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-3.18</x:v>
+        <x:v>-6.63</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>-6.55</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>-3.23</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>-3.18</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-2.49</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-2.44</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-1.84</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>-2.49</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>-2.44</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>-1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-2.51</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-2.46</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>-2.51</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>1.24</x:v>
+        <x:v>-2.46</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>0.73</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>2.86</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>1.06</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>2.86</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>2.92</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>2.22</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>-2.48</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>-2.55</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>-2.48</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>-1.09</x:v>
+        <x:v>-2.55</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>-1.09</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>5.33</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>5.38</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>-0.75</x:v>
+        <x:v>5.33</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>-0.69</x:v>
+        <x:v>5.38</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>3.86</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>-2.33</x:v>
+        <x:v>-0.75</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>-0.69</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>0.74</x:v>
+        <x:v>-2.33</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>4.02</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>4.56</x:v>
+        <x:v>4.08</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>3.71</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
+        <x:v>4.5</x:v>
+      </x:c>
+      <x:c r="C73" s="4" t="n">
+        <x:v>4.56</x:v>
+      </x:c>
+      <x:c r="D73" s="4" t="n">
+        <x:v>3.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:4">
+      <x:c r="A74" s="2" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="B74" s="4" t="n">
         <x:v>-1.58</x:v>
       </x:c>
-      <x:c r="C73" s="4" t="n">
+      <x:c r="C74" s="4" t="n">
         <x:v>-1.57</x:v>
       </x:c>
-      <x:c r="D73" s="4" t="n">
+      <x:c r="D74" s="4" t="n">
         <x:v>-0.17</x:v>
       </x:c>
     </x:row>
-    <x:row r="75" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="76" spans="1:4">
-      <x:c r="A76" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A76" s="2" t="s"/>
+      <x:c r="B76" s="3" t="s"/>
+      <x:c r="C76" s="3" t="s"/>
+      <x:c r="D76" s="3" t="s"/>
     </x:row>
     <x:row r="77" spans="1:4">
       <x:c r="A77" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>5.35</x:v>
+        <x:v>4.64</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>5.35</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>4.75</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>4.06</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>-0.23</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>-0.07</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>4.99</x:v>
+        <x:v>-0.23</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>-0.07</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>-1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>4.99</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>6.15</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>4.13</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>4.29</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>9.98</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>10.16</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>9.16</x:v>
+        <x:v>2.04</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>-3.27</x:v>
+        <x:v>9.98</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>-3.11</x:v>
+        <x:v>10.16</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>-2.23</x:v>
+        <x:v>9.16</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>-3.27</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>-3.11</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>-2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>0.83</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>2.19</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>9.31</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>9.49</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>8.11</x:v>
+        <x:v>1.86</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>-5.21</x:v>
+        <x:v>9.31</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>-5.05</x:v>
+        <x:v>9.49</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>-4.57</x:v>
+        <x:v>8.11</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>-13.53</x:v>
+        <x:v>-5.21</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>-13.38</x:v>
+        <x:v>-5.05</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>-11.43</x:v>
+        <x:v>-4.57</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>-9.43</x:v>
+        <x:v>-13.53</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>-9.27</x:v>
+        <x:v>-13.38</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>-10.02</x:v>
+        <x:v>-11.43</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>-0.93</x:v>
+        <x:v>-9.43</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>-0.77</x:v>
+        <x:v>-9.27</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>-0.44</x:v>
+        <x:v>-10.02</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>-1.01</x:v>
+        <x:v>-0.93</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>-0.77</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>-1.01</x:v>
       </x:c>
       <x:c r="C94" s="4" t="n">
-        <x:v>5.01</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
       <x:c r="A95" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="4" t="n">
-        <x:v>-5.58</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="C95" s="4" t="n">
-        <x:v>-5.42</x:v>
+        <x:v>5.01</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>-4.54</x:v>
+        <x:v>4.06</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
       <x:c r="A96" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="4" t="n">
-        <x:v>7.39</x:v>
+        <x:v>-5.58</x:v>
       </x:c>
       <x:c r="C96" s="4" t="n">
-        <x:v>7.57</x:v>
+        <x:v>-5.42</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>-4.54</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4">
       <x:c r="A97" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="4" t="n">
-        <x:v>2.35</x:v>
+        <x:v>7.39</x:v>
       </x:c>
       <x:c r="C97" s="4" t="n">
-        <x:v>2.51</x:v>
+        <x:v>7.57</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4">
       <x:c r="A98" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="4" t="n">
+        <x:v>2.35</x:v>
+      </x:c>
+      <x:c r="C98" s="4" t="n">
+        <x:v>2.51</x:v>
+      </x:c>
+      <x:c r="D98" s="4" t="n">
+        <x:v>2.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99" spans="1:4">
+      <x:c r="A99" s="2" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="B99" s="4" t="n">
         <x:v>2.86</x:v>
       </x:c>
-      <x:c r="C98" s="4" t="n">
+      <x:c r="C99" s="4" t="n">
         <x:v>2.92</x:v>
       </x:c>
-      <x:c r="D98" s="4" t="n">
+      <x:c r="D99" s="4" t="n">
         <x:v>3.34</x:v>
       </x:c>
     </x:row>
-    <x:row r="100" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="101" spans="1:4">
-      <x:c r="A101" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A101" s="2" t="s"/>
+      <x:c r="B101" s="3" t="s"/>
+      <x:c r="C101" s="3" t="s"/>
+      <x:c r="D101" s="3" t="s"/>
     </x:row>
     <x:row r="102" spans="1:4">
-      <x:c r="A102" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A102" s="2" t="s">
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B102" s="4" t="n">
-        <x:v>8.97</x:v>
+        <x:v>16.51</x:v>
       </x:c>
       <x:c r="C102" s="4" t="n">
-        <x:v>9.65</x:v>
+        <x:v>17.23</x:v>
       </x:c>
       <x:c r="D102" s="4" t="n">
-        <x:v>6.54</x:v>
+        <x:v>14.3</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:4">
       <x:c r="A103" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B103" s="4" t="n">
-        <x:v>9.73</x:v>
+        <x:v>8.97</x:v>
       </x:c>
       <x:c r="C103" s="4" t="n">
-        <x:v>10.45</x:v>
+        <x:v>9.65</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>11.09</x:v>
+        <x:v>6.54</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:4">
       <x:c r="A104" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B104" s="4" t="n">
-        <x:v>-18.85</x:v>
+        <x:v>9.73</x:v>
       </x:c>
       <x:c r="C104" s="4" t="n">
-        <x:v>-18.3</x:v>
+        <x:v>10.45</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>-17.78</x:v>
+        <x:v>11.09</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:4">
       <x:c r="A105" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B105" s="4" t="n">
-        <x:v>-2.92</x:v>
+        <x:v>-18.85</x:v>
       </x:c>
       <x:c r="C105" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>-18.3</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>-17.78</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:4">
       <x:c r="A106" s="2" t="n">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="B106" s="4" t="n">
+        <x:v>-2.92</x:v>
+      </x:c>
+      <x:c r="C106" s="4" t="n">
+        <x:v>-2.28</x:v>
+      </x:c>
+      <x:c r="D106" s="4" t="n">
+        <x:v>-1.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107" spans="1:4">
+      <x:c r="A107" s="2" t="n">
         <x:v>2020</x:v>
       </x:c>
-      <x:c r="B106" s="4" t="n">
+      <x:c r="B107" s="4" t="n">
         <x:v>13.05</x:v>
       </x:c>
-      <x:c r="C106" s="4" t="n">
+      <x:c r="C107" s="4" t="n">
         <x:v>13.49</x:v>
       </x:c>
-      <x:c r="D106" s="4" t="n">
+      <x:c r="D107" s="4" t="n">
         <x:v>11.86</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:4">
       <x:c r="A109" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:4">
       <x:c r="A110" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:4">
       <x:c r="A111" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:4">
       <x:c r="A112" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:4">
       <x:c r="A113" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:4">
-      <x:c r="A114" s="2" t="s">
+      <x:c r="A114" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:4">
-      <x:c r="A115" s="1" t="s">
+      <x:c r="A115" s="2" t="s">
         <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="116" spans="1:4">
+      <x:c r="A116" s="1" t="s">
+        <x:v>105</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.250625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.14</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.91</x:v>
+        <x:v>5.81</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>21.02</x:v>
+        <x:v>22.06</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>20.22</x:v>
+        <x:v>22.06</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>16.99</x:v>
+        <x:v>16.89</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>6.12</x:v>
+        <x:v>5.69</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>9.07</x:v>
+        <x:v>9.09</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.55</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>13.48</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>11.9</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>10.45</x:v>
+        <x:v>10.59</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>2.02</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.26</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.36</x:v>
+        <x:v>2.52</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>7.54</x:v>
+        <x:v>7.76</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>8.32</x:v>
+        <x:v>7.76</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>6.54</x:v>
+        <x:v>6.29</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>3.91</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>3.83</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.17</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.95</x:v>
+        <x:v>5.87</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>21.3</x:v>
+        <x:v>22.37</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>20.52</x:v>
+        <x:v>22.37</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>17.28</x:v>
+        <x:v>17.18</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>6.41</x:v>
+        <x:v>5.98</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>9.37</x:v>
+        <x:v>9.39</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.55</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>13.48</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>11.9</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>10.45</x:v>
+        <x:v>10.59</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>2.02</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.26</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>7.82</x:v>
+        <x:v>8.07</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>8.63</x:v>
+        <x:v>8.07</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>6.84</x:v>
+        <x:v>6.58</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>4.17</x:v>
+        <x:v>4.14</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.620625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.82</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>20.75</x:v>
+        <x:v>21.8</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>19.91</x:v>
+        <x:v>21.8</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>17.92</x:v>
+        <x:v>17.61</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.55</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>13.48</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>11.9</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>10.66</x:v>
+        <x:v>10.58</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.27</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>7.27</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>8.02</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>7.26</x:v>
+        <x:v>7.03</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5.86</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>21.3</x:v>
+        <x:v>22.41</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>20.51</x:v>
+        <x:v>22.41</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>18.51</x:v>
+        <x:v>18.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.55</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>13.48</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>11.9</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>10.66</x:v>
+        <x:v>10.58</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.35</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>7.82</x:v>
+        <x:v>8.11</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>8.62</x:v>
+        <x:v>8.11</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>7.85</x:v>
+        <x:v>7.62</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.290625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>5.87</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>21.2</x:v>
+        <x:v>22.3</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>20.45</x:v>
+        <x:v>22.3</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>17.18</x:v>
+        <x:v>17.08</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>6.31</x:v>
+        <x:v>5.89</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>9.27</x:v>
+        <x:v>9.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.55</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>13.48</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>11.9</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>10.45</x:v>
+        <x:v>10.59</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>2.02</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.26</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.37</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>7.72</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>8.56</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>6.73</x:v>
+        <x:v>6.49</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>4.29</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.17</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.94</x:v>
+        <x:v>5.89</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>21.28</x:v>
+        <x:v>22.39</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>20.54</x:v>
+        <x:v>22.39</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>17.28</x:v>
+        <x:v>17.18</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>6.42</x:v>
+        <x:v>5.99</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>9.37</x:v>
+        <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.55</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>13.48</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>11.9</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>10.45</x:v>
+        <x:v>10.59</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>2.02</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.26</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.39</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>8.09</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>8.64</x:v>
+        <x:v>8.09</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>6.83</x:v>
+        <x:v>6.59</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.21</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>4.17</x:v>
+        <x:v>4.14</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I28"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="39.680625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>154</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>11.52</x:v>
+        <x:v>16.51</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>11.26</x:v>
+        <x:v>16.51</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>13.38</x:v>
+        <x:v>11.69</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>3.27</x:v>
+        <x:v>3.93</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>10.66</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>8.52</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>12.29</x:v>
+        <x:v>10.59</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>2.27</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>3.19</x:v>
+        <x:v>3.65</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.86</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>2.74</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>1.09</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>0.08</x:v>
+        <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>155</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>5.35</x:v>
+        <x:v>4.64</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>12.03</x:v>
+        <x:v>17.23</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>11.95</x:v>
+        <x:v>17.23</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>14.1</x:v>
+        <x:v>12.39</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>3.11</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>3.94</x:v>
+        <x:v>4.61</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>10.66</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>8.52</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>12.29</x:v>
+        <x:v>10.59</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>2.27</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>3.19</x:v>
+        <x:v>3.65</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>3.43</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I28"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="39.680625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>157</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.65</x:v>
+        <x:v>5.09</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>13.13</x:v>
+        <x:v>18.9</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>13.58</x:v>
+        <x:v>18.9</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>14.15</x:v>
+        <x:v>15.53</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>10.66</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>8.52</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>9.67</x:v>
+        <x:v>10.41</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>5.06</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>5.12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>158</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>5.87</x:v>
+        <x:v>5.31</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>13.82</x:v>
+        <x:v>19.86</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>14.5</x:v>
+        <x:v>19.86</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>15.08</x:v>
+        <x:v>16.47</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>10.66</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>8.52</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>9.67</x:v>
+        <x:v>10.41</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>5.56</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>5.99</x:v>
+        <x:v>5.56</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>5.41</x:v>
+        <x:v>6.06</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.560625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>160</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>6.32</x:v>
+        <x:v>5.62</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>14.92</x:v>
+        <x:v>21.39</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>15.84</x:v>
+        <x:v>21.39</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>16.46</x:v>
+        <x:v>17.62</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>10.66</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>8.52</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>11.35</x:v>
+        <x:v>11.71</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>7.09</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>7.32</x:v>
+        <x:v>7.09</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>5.11</x:v>
+        <x:v>5.91</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>161</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>6.54</x:v>
+        <x:v>5.84</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>15.62</x:v>
+        <x:v>22.37</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>16.78</x:v>
+        <x:v>22.37</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>17.4</x:v>
+        <x:v>18.58</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>10.66</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>8.52</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>11.35</x:v>
+        <x:v>11.71</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.96</x:v>
+        <x:v>8.07</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>8.27</x:v>
+        <x:v>8.07</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>6.06</x:v>
+        <x:v>6.87</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.250625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>160</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>5.81</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>15.36</x:v>
+        <x:v>22.06</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>16.48</x:v>
+        <x:v>22.06</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>18.67</x:v>
+        <x:v>16.89</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>6.09</x:v>
+        <x:v>5.69</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>8.41</x:v>
+        <x:v>9.09</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>10.66</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>8.52</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>12.29</x:v>
+        <x:v>10.59</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>2.27</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>4.89</x:v>
+        <x:v>5.26</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>2.52</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.7</x:v>
+        <x:v>7.76</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>7.96</x:v>
+        <x:v>7.76</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>6.38</x:v>
+        <x:v>6.29</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>3.82</x:v>
+        <x:v>3.91</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>3.83</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>161</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>6.52</x:v>
+        <x:v>5.87</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>15.58</x:v>
+        <x:v>22.37</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>16.77</x:v>
+        <x:v>22.37</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>18.97</x:v>
+        <x:v>17.18</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>6.39</x:v>
+        <x:v>5.98</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>8.71</x:v>
+        <x:v>9.39</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>10.66</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>8.52</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>12.29</x:v>
+        <x:v>10.59</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>2.27</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>4.89</x:v>
+        <x:v>5.26</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.77</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.91</x:v>
+        <x:v>8.07</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>8.26</x:v>
+        <x:v>8.07</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>6.68</x:v>
+        <x:v>6.58</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>4.12</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>3.82</x:v>
+        <x:v>4.14</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.620625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>160</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>6.42</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>15.2</x:v>
+        <x:v>21.8</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>16.22</x:v>
+        <x:v>21.8</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>16.64</x:v>
+        <x:v>17.61</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>10.66</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>8.52</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>10.15</x:v>
+        <x:v>10.58</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.67</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.54</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>6.49</x:v>
+        <x:v>7.03</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>161</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>6.55</x:v>
+        <x:v>5.86</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>15.63</x:v>
+        <x:v>22.41</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>16.8</x:v>
+        <x:v>22.41</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>17.23</x:v>
+        <x:v>18.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>10.66</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>8.52</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>10.15</x:v>
+        <x:v>10.58</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2.57</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>8.11</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>8.29</x:v>
+        <x:v>8.11</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>7.08</x:v>
+        <x:v>7.62</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.290625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>160</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>6.49</x:v>
+        <x:v>5.87</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>15.52</x:v>
+        <x:v>22.3</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>16.67</x:v>
+        <x:v>22.3</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>18.86</x:v>
+        <x:v>17.08</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>6.29</x:v>
+        <x:v>5.89</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
-        <x:v>8.61</x:v>
+        <x:v>9.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>10.66</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>8.52</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>12.29</x:v>
+        <x:v>10.59</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>2.27</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>4.89</x:v>
+        <x:v>5.26</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4.86</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>8.16</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>6.57</x:v>
+        <x:v>6.49</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>4.02</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>3.72</x:v>
+        <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>161</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>6.51</x:v>
+        <x:v>5.89</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>15.58</x:v>
+        <x:v>22.39</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>16.75</x:v>
+        <x:v>22.39</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>18.97</x:v>
+        <x:v>17.18</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>6.4</x:v>
+        <x:v>5.99</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
-        <x:v>8.71</x:v>
+        <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>10.66</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>8.52</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>12.29</x:v>
+        <x:v>10.59</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>2.27</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>4.89</x:v>
+        <x:v>5.26</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>8.09</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>8.24</x:v>
+        <x:v>8.09</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>6.68</x:v>
+        <x:v>6.59</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>4.13</x:v>
+        <x:v>4.21</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>4.14</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D43"/>
+  <x:dimension ref="A1:D44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="39.680625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.45</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>3.52</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>2.13</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.05</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.12</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.22</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>3.22</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-0.52</x:v>
+        <x:v>1.72</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-0.46</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>1.12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-0.52</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-1.43</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>-1.43</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>2.78</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>1.57</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.75</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-0.75</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>1.19</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="C22" s="4" t="n">
+        <x:v>1.86</x:v>
+      </x:c>
+      <x:c r="D22" s="4" t="n">
+        <x:v>1.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:4">
+      <x:c r="A23" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B23" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
-      <x:c r="C22" s="4" t="n">
+      <x:c r="C23" s="4" t="n">
         <x:v>0.22</x:v>
       </x:c>
-      <x:c r="D22" s="4" t="n">
+      <x:c r="D23" s="4" t="n">
         <x:v>0.26</x:v>
       </x:c>
     </x:row>
-    <x:row r="24" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="25" spans="1:4">
-      <x:c r="A25" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A25" s="2" t="s"/>
+      <x:c r="B25" s="3" t="s"/>
+      <x:c r="C25" s="3" t="s"/>
+      <x:c r="D25" s="3" t="s"/>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>5.65</x:v>
+        <x:v>5.09</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>5.87</x:v>
+        <x:v>5.31</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>4.38</x:v>
+        <x:v>5.65</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>4.59</x:v>
+        <x:v>5.87</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>4.75</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>4.38</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>4.59</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
+        <x:v>0.39</x:v>
+      </x:c>
+      <x:c r="C30" s="4" t="n">
+        <x:v>0.6</x:v>
+      </x:c>
+      <x:c r="D30" s="4" t="n">
+        <x:v>-1.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:4">
+      <x:c r="A31" s="2" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="B31" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="C30" s="4" t="n">
+      <x:c r="C31" s="4" t="n">
         <x:v>2.09</x:v>
       </x:c>
-      <x:c r="D30" s="4" t="n">
+      <x:c r="D31" s="4" t="n">
         <x:v>2.11</x:v>
       </x:c>
     </x:row>
-    <x:row r="32" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="33" spans="1:4">
-      <x:c r="A33" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A33" s="2" t="s"/>
+      <x:c r="B33" s="3" t="s"/>
+      <x:c r="C33" s="3" t="s"/>
+      <x:c r="D33" s="3" t="s"/>
     </x:row>
     <x:row r="34" spans="1:4">
-      <x:c r="A34" s="2" t="n">
+      <x:c r="A34" s="2" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="B34" s="4" t="n">
+        <x:v>18.9</x:v>
+      </x:c>
+      <x:c r="C34" s="4" t="n">
+        <x:v>19.86</x:v>
+      </x:c>
+      <x:c r="D34" s="4" t="n">
+        <x:v>14.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:4">
+      <x:c r="A35" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B34" s="4" t="n">
+      <x:c r="B35" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
-      <x:c r="C34" s="4" t="n">
+      <x:c r="C35" s="4" t="n">
         <x:v>2.71</x:v>
       </x:c>
-      <x:c r="D34" s="4" t="n">
+      <x:c r="D35" s="4" t="n">
         <x:v>0.13</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
-      <x:c r="A42" s="2" t="s">
+      <x:c r="A42" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
-      <x:c r="A43" s="1" t="s">
+      <x:c r="A43" s="2" t="s">
         <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:4">
+      <x:c r="A44" s="1" t="s">
+        <x:v>105</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D49"/>
+  <x:dimension ref="A1:D50"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="32.290625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.05</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>2.13</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.28</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.45</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.95</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>2.02</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-0.41</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>1.12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-1.34</x:v>
+        <x:v>-0.41</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-1.27</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>-1.34</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>-1.27</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>2.93</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>1.57</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>1.19</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>1.85</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.89</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>1.87</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
+        <x:v>0.3</x:v>
+      </x:c>
+      <x:c r="C25" s="4" t="n">
+        <x:v>0.37</x:v>
+      </x:c>
+      <x:c r="D25" s="4" t="n">
+        <x:v>0.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:4">
+      <x:c r="A26" s="2" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B26" s="4" t="n">
         <x:v>0.25</x:v>
       </x:c>
-      <x:c r="C25" s="4" t="n">
+      <x:c r="C26" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
-      <x:c r="D25" s="4" t="n">
+      <x:c r="D26" s="4" t="n">
         <x:v>0.19</x:v>
       </x:c>
     </x:row>
-    <x:row r="27" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="28" spans="1:4">
-      <x:c r="A28" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A28" s="2" t="s"/>
+      <x:c r="B28" s="3" t="s"/>
+      <x:c r="C28" s="3" t="s"/>
+      <x:c r="D28" s="3" t="s"/>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>6.32</x:v>
+        <x:v>5.62</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>6.54</x:v>
+        <x:v>5.84</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>6.32</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>5.18</x:v>
+        <x:v>6.54</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>4.75</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>2.98</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>2.98</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>6.12</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>-1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
+        <x:v>6.12</x:v>
+      </x:c>
+      <x:c r="C34" s="4" t="n">
+        <x:v>6.33</x:v>
+      </x:c>
+      <x:c r="D34" s="4" t="n">
+        <x:v>6.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:4">
+      <x:c r="A35" s="2" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="B35" s="4" t="n">
         <x:v>0.55</x:v>
       </x:c>
-      <x:c r="C34" s="4" t="n">
+      <x:c r="C35" s="4" t="n">
         <x:v>0.66</x:v>
       </x:c>
-      <x:c r="D34" s="4" t="n">
+      <x:c r="D35" s="4" t="n">
         <x:v>0.81</x:v>
       </x:c>
     </x:row>
-    <x:row r="36" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="37" spans="1:4">
-      <x:c r="A37" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A37" s="2" t="s"/>
+      <x:c r="B37" s="3" t="s"/>
+      <x:c r="C37" s="3" t="s"/>
+      <x:c r="D37" s="3" t="s"/>
     </x:row>
     <x:row r="38" spans="1:4">
-      <x:c r="A38" s="2" t="n">
+      <x:c r="A38" s="2" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="B38" s="4" t="n">
+        <x:v>21.39</x:v>
+      </x:c>
+      <x:c r="C38" s="4" t="n">
+        <x:v>22.37</x:v>
+      </x:c>
+      <x:c r="D38" s="4" t="n">
+        <x:v>14.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:4">
+      <x:c r="A39" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B38" s="4" t="n">
+      <x:c r="B39" s="4" t="n">
         <x:v>7.55</x:v>
       </x:c>
-      <x:c r="C38" s="4" t="n">
+      <x:c r="C39" s="4" t="n">
         <x:v>8.12</x:v>
       </x:c>
-      <x:c r="D38" s="4" t="n">
+      <x:c r="D39" s="4" t="n">
         <x:v>4.94</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
-      <x:c r="A43" s="2" t="s">
-        <x:v>112</x:v>
+      <x:c r="A43" s="1" t="s">
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
-      <x:c r="A45" s="1" t="s">
-        <x:v>100</x:v>
+      <x:c r="A45" s="2" t="s">
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
-      <x:c r="A48" s="2" t="s">
+      <x:c r="A48" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
-      <x:c r="A49" s="1" t="s">
+      <x:c r="A49" s="2" t="s">
         <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:4">
+      <x:c r="A50" s="1" t="s">
+        <x:v>105</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D118"/>
+  <x:dimension ref="A1:D119"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="32.290625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.14</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1.17</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.72</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>3.74</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.05</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>2.13</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.99</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.43</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.45</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>3.43</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-0.32</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>1.12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-1.35</x:v>
+        <x:v>-0.32</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-1.32</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>-1.35</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1.49</x:v>
+        <x:v>-1.32</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>2.98</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>1.57</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>2.98</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.34</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>1.19</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>2.26</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>2.28</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>1.85</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>1.87</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-0.86</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-2.08</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>-0.86</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>2.09</x:v>
+        <x:v>-2.08</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>2.09</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-0.23</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>5.28</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>5.31</x:v>
+        <x:v>-0.23</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>4.73</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>5.28</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>6.35</x:v>
+        <x:v>5.31</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>5.66</x:v>
+        <x:v>4.73</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>6.33</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-0.59</x:v>
+        <x:v>6.35</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-1.35</x:v>
+        <x:v>5.66</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-3.27</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-3.25</x:v>
+        <x:v>-0.59</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>-1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-1.78</x:v>
+        <x:v>-3.27</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-1.76</x:v>
+        <x:v>-3.25</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>-1.78</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>-1.76</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>3.73</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.91</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-0.19</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-0.17</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-0.19</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>0.53</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-2.69</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-2.67</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-2.21</x:v>
+        <x:v>0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>-2.69</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>4.29</x:v>
+        <x:v>-2.67</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>-2.21</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>3.17</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>8.27</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>7.14</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>8.27</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>0.58</x:v>
+        <x:v>7.14</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-6.09</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-6.07</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-6.36</x:v>
+        <x:v>0.58</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-6.09</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>-6.07</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-0.95</x:v>
+        <x:v>-6.36</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>2.49</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-0.95</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-7.89</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-7.86</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-6.21</x:v>
+        <x:v>2.89</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>-7.89</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>-7.86</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>-6.21</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-5.53</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-5.5</x:v>
+        <x:v>-0.02</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-5.59</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>0.54</x:v>
+        <x:v>-5.53</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>-5.5</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-5.59</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-6.58</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-6.55</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-6.55</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>-6.58</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-3.02</x:v>
+        <x:v>-6.55</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>-6.55</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>-3.02</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-2.46</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-2.44</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-1.84</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>-2.46</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>-2.44</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>-1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-2.4</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-2.38</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>-2.4</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>1.34</x:v>
+        <x:v>-2.38</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>1.42</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>0.73</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>2.99</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>3.02</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>1.06</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>-1.37</x:v>
+        <x:v>2.99</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>-1.34</x:v>
+        <x:v>3.02</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>2.22</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>-2.32</x:v>
+        <x:v>-1.37</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>-2.29</x:v>
+        <x:v>-1.34</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>-2.55</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-2.32</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>-1.57</x:v>
+        <x:v>-2.29</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>-1.09</x:v>
+        <x:v>-2.55</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>2.95</x:v>
+        <x:v>-1.57</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>-1.09</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>5.42</x:v>
+        <x:v>2.92</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>5.45</x:v>
+        <x:v>2.95</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>5.42</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>5.45</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>3.86</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>-2.19</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>-2.17</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>-2.19</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>-2.17</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>4.21</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>4.69</x:v>
+        <x:v>4.21</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>3.71</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>6.63</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>6.66</x:v>
+        <x:v>4.71</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>6.07</x:v>
+        <x:v>3.51</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
+        <x:v>6.63</x:v>
+      </x:c>
+      <x:c r="C74" s="4" t="n">
+        <x:v>6.66</x:v>
+      </x:c>
+      <x:c r="D74" s="4" t="n">
+        <x:v>6.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:4">
+      <x:c r="A75" s="2" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="B75" s="4" t="n">
         <x:v>1.05</x:v>
       </x:c>
-      <x:c r="C74" s="4" t="n">
+      <x:c r="C75" s="4" t="n">
         <x:v>1.07</x:v>
       </x:c>
-      <x:c r="D74" s="4" t="n">
+      <x:c r="D75" s="4" t="n">
         <x:v>3.42</x:v>
       </x:c>
     </x:row>
-    <x:row r="76" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="77" spans="1:4">
-      <x:c r="A77" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A77" s="2" t="s"/>
+      <x:c r="B77" s="3" t="s"/>
+      <x:c r="C77" s="3" t="s"/>
+      <x:c r="D77" s="3" t="s"/>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>5.81</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>6.52</x:v>
+        <x:v>5.87</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>5.13</x:v>
+        <x:v>6.45</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>6.52</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>4.75</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>5.13</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>3.07</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>6.23</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>-1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>6.15</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>5.21</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>11.26</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>11.33</x:v>
+        <x:v>5.21</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>9.16</x:v>
+        <x:v>2.04</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>-2.2</x:v>
+        <x:v>11.26</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>-2.14</x:v>
+        <x:v>11.33</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>-2.23</x:v>
+        <x:v>9.16</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>3.61</x:v>
+        <x:v>-2.2</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>-2.14</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>-2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>3.61</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>2.19</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>10.72</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>10.81</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>8.11</x:v>
+        <x:v>1.86</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>-4.36</x:v>
+        <x:v>10.72</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>-4.28</x:v>
+        <x:v>10.81</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>-4.57</x:v>
+        <x:v>8.11</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>-13.02</x:v>
+        <x:v>-4.36</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>-12.95</x:v>
+        <x:v>-4.28</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>-11.43</x:v>
+        <x:v>-4.57</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>-8.94</x:v>
+        <x:v>-13.02</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>-8.86</x:v>
+        <x:v>-12.95</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>-10.02</x:v>
+        <x:v>-11.43</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>-0.65</x:v>
+        <x:v>-8.94</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>-8.86</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>-0.44</x:v>
+        <x:v>-10.02</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B94" s="4" t="n">
-        <x:v>-0.68</x:v>
+        <x:v>-0.65</x:v>
       </x:c>
       <x:c r="C94" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
       <x:c r="A95" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B95" s="4" t="n">
-        <x:v>5.23</x:v>
+        <x:v>-0.68</x:v>
       </x:c>
       <x:c r="C95" s="4" t="n">
-        <x:v>5.31</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
       <x:c r="A96" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B96" s="4" t="n">
-        <x:v>-5.2</x:v>
+        <x:v>5.23</x:v>
       </x:c>
       <x:c r="C96" s="4" t="n">
-        <x:v>-5.12</x:v>
+        <x:v>5.31</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>-4.54</x:v>
+        <x:v>4.06</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4">
       <x:c r="A97" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B97" s="4" t="n">
-        <x:v>7.85</x:v>
+        <x:v>-5.2</x:v>
       </x:c>
       <x:c r="C97" s="4" t="n">
-        <x:v>7.93</x:v>
+        <x:v>-5.12</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>-4.54</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4">
       <x:c r="A98" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B98" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>7.85</x:v>
       </x:c>
       <x:c r="C98" s="4" t="n">
-        <x:v>2.87</x:v>
+        <x:v>7.93</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:4">
       <x:c r="A99" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B99" s="4" t="n">
+        <x:v>2.79</x:v>
+      </x:c>
+      <x:c r="C99" s="4" t="n">
+        <x:v>2.87</x:v>
+      </x:c>
+      <x:c r="D99" s="4" t="n">
+        <x:v>2.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:4">
+      <x:c r="A100" s="2" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="B100" s="4" t="n">
         <x:v>12.8</x:v>
       </x:c>
-      <x:c r="C99" s="4" t="n">
+      <x:c r="C100" s="4" t="n">
         <x:v>12.88</x:v>
       </x:c>
-      <x:c r="D99" s="4" t="n">
+      <x:c r="D100" s="4" t="n">
         <x:v>13.55</x:v>
       </x:c>
     </x:row>
-    <x:row r="101" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="102" spans="1:4">
-      <x:c r="A102" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A102" s="2" t="s"/>
+      <x:c r="B102" s="3" t="s"/>
+      <x:c r="C102" s="3" t="s"/>
+      <x:c r="D102" s="3" t="s"/>
     </x:row>
     <x:row r="103" spans="1:4">
-      <x:c r="A103" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A103" s="2" t="s">
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B103" s="4" t="n">
-        <x:v>13.96</x:v>
+        <x:v>22.06</x:v>
       </x:c>
       <x:c r="C103" s="4" t="n">
-        <x:v>14.25</x:v>
+        <x:v>22.37</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>6.54</x:v>
+        <x:v>14.3</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:4">
       <x:c r="A104" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B104" s="4" t="n">
-        <x:v>14.82</x:v>
+        <x:v>13.96</x:v>
       </x:c>
       <x:c r="C104" s="4" t="n">
-        <x:v>15.1</x:v>
+        <x:v>14.25</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>11.09</x:v>
+        <x:v>6.54</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:4">
       <x:c r="A105" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B105" s="4" t="n">
-        <x:v>-16.13</x:v>
+        <x:v>14.82</x:v>
       </x:c>
       <x:c r="C105" s="4" t="n">
-        <x:v>-15.85</x:v>
+        <x:v>15.1</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>-17.78</x:v>
+        <x:v>11.09</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:4">
       <x:c r="A106" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B106" s="4" t="n">
-        <x:v>-1.56</x:v>
+        <x:v>-16.13</x:v>
       </x:c>
       <x:c r="C106" s="4" t="n">
-        <x:v>-1.25</x:v>
+        <x:v>-15.85</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>-17.78</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:4">
       <x:c r="A107" s="2" t="n">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="B107" s="4" t="n">
+        <x:v>-1.56</x:v>
+      </x:c>
+      <x:c r="C107" s="4" t="n">
+        <x:v>-1.25</x:v>
+      </x:c>
+      <x:c r="D107" s="4" t="n">
+        <x:v>-1.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:4">
+      <x:c r="A108" s="2" t="n">
         <x:v>2020</x:v>
       </x:c>
-      <x:c r="B107" s="4" t="n">
+      <x:c r="B108" s="4" t="n">
         <x:v>25.05</x:v>
       </x:c>
-      <x:c r="C107" s="4" t="n">
+      <x:c r="C108" s="4" t="n">
         <x:v>25.33</x:v>
       </x:c>
-      <x:c r="D107" s="4" t="n">
+      <x:c r="D108" s="4" t="n">
         <x:v>22.92</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:4">
       <x:c r="A110" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:4">
       <x:c r="A111" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:4">
-      <x:c r="A112" s="2" t="s">
-        <x:v>112</x:v>
+      <x:c r="A112" s="1" t="s">
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:4">
       <x:c r="A113" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:4">
-      <x:c r="A114" s="1" t="s">
-        <x:v>100</x:v>
+      <x:c r="A114" s="2" t="s">
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:4">
       <x:c r="A115" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:4">
       <x:c r="A116" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:4">
-      <x:c r="A117" s="2" t="s">
+      <x:c r="A117" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:4">
-      <x:c r="A118" s="1" t="s">
+      <x:c r="A118" s="2" t="s">
         <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="119" spans="1:4">
+      <x:c r="A119" s="1" t="s">
+        <x:v>105</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D57"/>
+  <x:dimension ref="A1:D58"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="32.290625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.05</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>2.13</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.02</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.42</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.42</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-0.38</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>1.12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-1.34</x:v>
+        <x:v>-0.38</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>-1.34</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>1.57</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-0.69</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.65</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>-0.69</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>-0.65</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>1.19</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>2.25</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>1.85</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>1.87</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-0.86</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-2.08</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>-0.86</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>2.09</x:v>
+        <x:v>-2.08</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>2.14</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>2.09</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
+        <x:v>-0.25</x:v>
+      </x:c>
+      <x:c r="C30" s="4" t="n">
+        <x:v>-0.21</x:v>
+      </x:c>
+      <x:c r="D30" s="4" t="n">
+        <x:v>-1.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:4">
+      <x:c r="A31" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B31" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
-      <x:c r="C30" s="4" t="n">
+      <x:c r="C31" s="4" t="n">
         <x:v>0.72</x:v>
       </x:c>
-      <x:c r="D30" s="4" t="n">
+      <x:c r="D31" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
-    <x:row r="32" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="33" spans="1:4">
-      <x:c r="A33" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A33" s="2" t="s"/>
+      <x:c r="B33" s="3" t="s"/>
+      <x:c r="C33" s="3" t="s"/>
+      <x:c r="D33" s="3" t="s"/>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>6.42</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>6.55</x:v>
+        <x:v>5.86</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>5.04</x:v>
+        <x:v>6.42</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>5.17</x:v>
+        <x:v>6.55</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>4.75</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>3.06</x:v>
+        <x:v>5.04</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>5.17</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>6.18</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>6.31</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>-1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>6.18</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>6.31</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>6.15</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>5.06</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
+        <x:v>5.06</x:v>
+      </x:c>
+      <x:c r="C41" s="4" t="n">
+        <x:v>5.19</x:v>
+      </x:c>
+      <x:c r="D41" s="4" t="n">
+        <x:v>2.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:4">
+      <x:c r="A42" s="2" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="B42" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
-      <x:c r="C41" s="4" t="n">
+      <x:c r="C42" s="4" t="n">
         <x:v>0.72</x:v>
       </x:c>
-      <x:c r="D41" s="4" t="n">
+      <x:c r="D42" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
-    <x:row r="43" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="44" spans="1:4">
-      <x:c r="A44" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A44" s="2" t="s"/>
+      <x:c r="B44" s="3" t="s"/>
+      <x:c r="C44" s="3" t="s"/>
+      <x:c r="D44" s="3" t="s"/>
     </x:row>
     <x:row r="45" spans="1:4">
-      <x:c r="A45" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A45" s="2" t="s">
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>13.65</x:v>
+        <x:v>21.8</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>14.22</x:v>
+        <x:v>22.41</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>6.54</x:v>
+        <x:v>14.3</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B46" s="4" t="n">
+        <x:v>13.65</x:v>
+      </x:c>
+      <x:c r="C46" s="4" t="n">
+        <x:v>14.22</x:v>
+      </x:c>
+      <x:c r="D46" s="4" t="n">
+        <x:v>6.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:4">
+      <x:c r="A47" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B46" s="4" t="n">
+      <x:c r="B47" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
-      <x:c r="C46" s="4" t="n">
+      <x:c r="C47" s="4" t="n">
         <x:v>0.72</x:v>
       </x:c>
-      <x:c r="D46" s="4" t="n">
+      <x:c r="D47" s="4" t="n">
         <x:v>0.9</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
-      <x:c r="A51" s="2" t="s">
-        <x:v>112</x:v>
+      <x:c r="A51" s="1" t="s">
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
-      <x:c r="A53" s="1" t="s">
-        <x:v>100</x:v>
+      <x:c r="A53" s="2" t="s">
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
-      <x:c r="A56" s="2" t="s">
+      <x:c r="A56" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
-      <x:c r="A57" s="1" t="s">
+      <x:c r="A57" s="2" t="s">
         <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:4">
+      <x:c r="A58" s="1" t="s">
+        <x:v>105</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D118"/>
+  <x:dimension ref="A1:D119"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="32.290625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1.17</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.72</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>3.72</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>2.05</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>2.13</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.99</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>3.47</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>3.47</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-0.36</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-0.35</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>1.12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-0.36</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-1.29</x:v>
+        <x:v>-0.35</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>-1.29</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>1.57</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-0.62</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>-0.62</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>1.19</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>2.28</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>1.85</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>1.87</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-0.87</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-2.08</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>-0.87</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>2.09</x:v>
+        <x:v>-2.08</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>2.09</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-0.17</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>5.25</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>4.73</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>5.25</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>6.34</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>5.66</x:v>
+        <x:v>4.73</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>6.33</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>6.34</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-1.35</x:v>
+        <x:v>5.66</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-3.25</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-3.24</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>-1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-1.82</x:v>
+        <x:v>-3.25</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-1.81</x:v>
+        <x:v>-3.24</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>-1.82</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>-1.81</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>3.74</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>3.75</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.91</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-0.19</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>3.75</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>-0.19</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>0.53</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-2.68</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-2.67</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-2.21</x:v>
+        <x:v>0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>-2.68</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>-2.67</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>-2.21</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>1.17</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>3.17</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>8.34</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>8.35</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>7.14</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>8.34</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>1.08</x:v>
+        <x:v>8.35</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>0.58</x:v>
+        <x:v>7.14</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-6.06</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-6.05</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-6.36</x:v>
+        <x:v>0.58</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>-6.06</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>-6.05</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-0.95</x:v>
+        <x:v>-6.36</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-0.95</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-7.9</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-7.89</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-6.21</x:v>
+        <x:v>2.89</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-7.9</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>-7.89</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>-6.21</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-5.51</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-5.5</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-5.59</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>0.58</x:v>
+        <x:v>-5.51</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>0.59</x:v>
+        <x:v>-5.5</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-5.59</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-6.56</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-6.55</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-6.55</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-3.08</x:v>
+        <x:v>-6.56</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>-6.55</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>-6.55</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>-3.08</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>1.95</x:v>
+        <x:v>-3.07</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-2.45</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-2.45</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-1.84</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-2.45</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>-2.45</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>-1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-2.4</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-2.39</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>-2.4</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>-2.39</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>0.48</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>0.49</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>0.73</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>1.06</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>-1.37</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>-1.36</x:v>
+        <x:v>3.04</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>2.22</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>-2.27</x:v>
+        <x:v>-1.37</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>-2.26</x:v>
+        <x:v>-1.36</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>-2.55</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-2.27</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>-1.59</x:v>
+        <x:v>-2.26</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>-1.09</x:v>
+        <x:v>-2.55</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>-1.59</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>-1.09</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>5.42</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>5.42</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>5.42</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>5.42</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>3.86</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>-2.19</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>-2.18</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>-2.19</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>0.86</x:v>
+        <x:v>-2.18</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>4.68</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>4.69</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>3.71</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>6.63</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>6.64</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>6.07</x:v>
+        <x:v>3.51</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
+        <x:v>6.63</x:v>
+      </x:c>
+      <x:c r="C74" s="4" t="n">
+        <x:v>6.64</x:v>
+      </x:c>
+      <x:c r="D74" s="4" t="n">
+        <x:v>6.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:4">
+      <x:c r="A75" s="2" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="B75" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
-      <x:c r="C74" s="4" t="n">
+      <x:c r="C75" s="4" t="n">
         <x:v>1.11</x:v>
       </x:c>
-      <x:c r="D74" s="4" t="n">
+      <x:c r="D75" s="4" t="n">
         <x:v>3.42</x:v>
       </x:c>
     </x:row>
-    <x:row r="76" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="77" spans="1:4">
-      <x:c r="A77" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A77" s="2" t="s"/>
+      <x:c r="B77" s="3" t="s"/>
+      <x:c r="C77" s="3" t="s"/>
+      <x:c r="D77" s="3" t="s"/>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>6.49</x:v>
+        <x:v>5.87</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>6.51</x:v>
+        <x:v>5.89</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>5.16</x:v>
+        <x:v>6.49</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>5.18</x:v>
+        <x:v>6.51</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>4.75</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>5.16</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>6.32</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>-1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>6.32</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>6.15</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>5.24</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>5.24</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>11.31</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>9.16</x:v>
+        <x:v>2.04</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>-2.19</x:v>
+        <x:v>11.28</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>-2.17</x:v>
+        <x:v>11.31</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>-2.23</x:v>
+        <x:v>9.16</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>3.69</x:v>
+        <x:v>-2.19</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>3.72</x:v>
+        <x:v>-2.17</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>-2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>2.19</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>10.77</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>8.11</x:v>
+        <x:v>1.86</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>-4.29</x:v>
+        <x:v>10.77</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>-4.26</x:v>
+        <x:v>10.8</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>-4.57</x:v>
+        <x:v>8.11</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>-12.97</x:v>
+        <x:v>-4.29</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>-12.94</x:v>
+        <x:v>-4.26</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>-11.43</x:v>
+        <x:v>-4.57</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>-8.9</x:v>
+        <x:v>-12.97</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>-8.88</x:v>
+        <x:v>-12.94</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>-10.02</x:v>
+        <x:v>-11.43</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>-8.9</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>-8.88</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>-0.44</x:v>
+        <x:v>-10.02</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B94" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="C94" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
       <x:c r="A95" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B95" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
       <x:c r="C95" s="4" t="n">
-        <x:v>5.29</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
       <x:c r="A96" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B96" s="4" t="n">
-        <x:v>-5.15</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="C96" s="4" t="n">
-        <x:v>-5.12</x:v>
+        <x:v>5.29</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>-4.54</x:v>
+        <x:v>4.06</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4">
       <x:c r="A97" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B97" s="4" t="n">
-        <x:v>7.93</x:v>
+        <x:v>-5.15</x:v>
       </x:c>
       <x:c r="C97" s="4" t="n">
-        <x:v>7.96</x:v>
+        <x:v>-5.12</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>-4.54</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4">
       <x:c r="A98" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B98" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>7.93</x:v>
       </x:c>
       <x:c r="C98" s="4" t="n">
-        <x:v>2.86</x:v>
+        <x:v>7.96</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:4">
       <x:c r="A99" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B99" s="4" t="n">
+        <x:v>2.84</x:v>
+      </x:c>
+      <x:c r="C99" s="4" t="n">
+        <x:v>2.86</x:v>
+      </x:c>
+      <x:c r="D99" s="4" t="n">
+        <x:v>2.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:4">
+      <x:c r="A100" s="2" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="B100" s="4" t="n">
         <x:v>12.85</x:v>
       </x:c>
-      <x:c r="C99" s="4" t="n">
+      <x:c r="C100" s="4" t="n">
         <x:v>12.88</x:v>
       </x:c>
-      <x:c r="D99" s="4" t="n">
+      <x:c r="D100" s="4" t="n">
         <x:v>13.55</x:v>
       </x:c>
     </x:row>
-    <x:row r="101" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="102" spans="1:4">
-      <x:c r="A102" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A102" s="2" t="s"/>
+      <x:c r="B102" s="3" t="s"/>
+      <x:c r="C102" s="3" t="s"/>
+      <x:c r="D102" s="3" t="s"/>
     </x:row>
     <x:row r="103" spans="1:4">
-      <x:c r="A103" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A103" s="2" t="s">
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B103" s="4" t="n">
-        <x:v>14.2</x:v>
+        <x:v>22.3</x:v>
       </x:c>
       <x:c r="C103" s="4" t="n">
-        <x:v>14.29</x:v>
+        <x:v>22.39</x:v>
       </x:c>
       <x:c r="D103" s="4" t="n">
-        <x:v>6.54</x:v>
+        <x:v>14.3</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:4">
       <x:c r="A104" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B104" s="4" t="n">
-        <x:v>14.93</x:v>
+        <x:v>14.2</x:v>
       </x:c>
       <x:c r="C104" s="4" t="n">
-        <x:v>15.05</x:v>
+        <x:v>14.29</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>11.09</x:v>
+        <x:v>6.54</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:4">
       <x:c r="A105" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B105" s="4" t="n">
-        <x:v>-15.94</x:v>
+        <x:v>14.93</x:v>
       </x:c>
       <x:c r="C105" s="4" t="n">
-        <x:v>-15.84</x:v>
+        <x:v>15.05</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>-17.78</x:v>
+        <x:v>11.09</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:4">
       <x:c r="A106" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B106" s="4" t="n">
-        <x:v>-1.36</x:v>
+        <x:v>-15.94</x:v>
       </x:c>
       <x:c r="C106" s="4" t="n">
-        <x:v>-1.25</x:v>
+        <x:v>-15.84</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>-17.78</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:4">
       <x:c r="A107" s="2" t="n">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="B107" s="4" t="n">
+        <x:v>-1.36</x:v>
+      </x:c>
+      <x:c r="C107" s="4" t="n">
+        <x:v>-1.25</x:v>
+      </x:c>
+      <x:c r="D107" s="4" t="n">
+        <x:v>-1.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:4">
+      <x:c r="A108" s="2" t="n">
         <x:v>2020</x:v>
       </x:c>
-      <x:c r="B107" s="4" t="n">
+      <x:c r="B108" s="4" t="n">
         <x:v>25.25</x:v>
       </x:c>
-      <x:c r="C107" s="4" t="n">
+      <x:c r="C108" s="4" t="n">
         <x:v>25.35</x:v>
       </x:c>
-      <x:c r="D107" s="4" t="n">
+      <x:c r="D108" s="4" t="n">
         <x:v>22.92</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:4">
       <x:c r="A110" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:4">
       <x:c r="A111" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:4">
-      <x:c r="A112" s="2" t="s">
-        <x:v>112</x:v>
+      <x:c r="A112" s="1" t="s">
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:4">
       <x:c r="A113" s="2" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:4">
-      <x:c r="A114" s="1" t="s">
-        <x:v>100</x:v>
+      <x:c r="A114" s="2" t="s">
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:4">
       <x:c r="A115" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:4">
       <x:c r="A116" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:4">
-      <x:c r="A117" s="2" t="s">
+      <x:c r="A117" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:4">
-      <x:c r="A118" s="1" t="s">
+      <x:c r="A118" s="2" t="s">
         <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="119" spans="1:4">
+      <x:c r="A119" s="1" t="s">
+        <x:v>105</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J28"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="39.680625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.02</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>16</x:v>
+        <x:v>16.51</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>14.73</x:v>
+        <x:v>16.51</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>11.75</x:v>
+        <x:v>11.69</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>3.91</x:v>
+        <x:v>3.93</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.55</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>13.48</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>11.9</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>10.45</x:v>
+        <x:v>10.59</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>2.02</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>3.57</x:v>
+        <x:v>3.65</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>-0.28</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>2.52</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>2.83</x:v>
+        <x:v>2.21</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.13</x:v>
+        <x:v>4.64</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>16.66</x:v>
+        <x:v>17.23</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>15.44</x:v>
+        <x:v>17.23</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>12.46</x:v>
+        <x:v>12.39</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.54</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>4.59</x:v>
+        <x:v>4.61</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.55</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>13.48</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>11.9</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>10.45</x:v>
+        <x:v>10.59</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>2.02</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>3.57</x:v>
+        <x:v>3.65</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>-0.23</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.58</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>3.54</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J28"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="39.680625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.4</x:v>
+        <x:v>5.09</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>18.12</x:v>
+        <x:v>18.9</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>17.14</x:v>
+        <x:v>18.9</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>16.04</x:v>
+        <x:v>15.53</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.55</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>13.48</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>11.9</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>10.51</x:v>
+        <x:v>10.41</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>4.63</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>5.25</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>5.53</x:v>
+        <x:v>5.12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.54</x:v>
+        <x:v>5.31</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>18.99</x:v>
+        <x:v>19.86</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>18.1</x:v>
+        <x:v>19.86</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>16.99</x:v>
+        <x:v>16.47</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.55</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>13.48</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>11.9</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>10.51</x:v>
+        <x:v>10.41</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.99</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>5.51</x:v>
+        <x:v>5.56</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>5.56</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>6.47</x:v>
+        <x:v>6.06</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.560625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>4.77</x:v>
+        <x:v>5.62</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>20.41</x:v>
+        <x:v>21.39</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>19.52</x:v>
+        <x:v>21.39</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>18.05</x:v>
+        <x:v>17.62</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.55</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>13.48</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>11.9</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>11.87</x:v>
+        <x:v>11.71</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>6.93</x:v>
+        <x:v>7.09</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>7.62</x:v>
+        <x:v>7.09</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>6.18</x:v>
+        <x:v>5.91</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.91</x:v>
+        <x:v>5.84</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>21.3</x:v>
+        <x:v>22.37</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>20.49</x:v>
+        <x:v>22.37</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>19.01</x:v>
+        <x:v>18.58</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.55</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>13.48</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>11.9</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>11.87</x:v>
+        <x:v>11.71</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.75</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.37</x:v>
+        <x:v>2.55</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>7.82</x:v>
+        <x:v>8.07</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>8.59</x:v>
+        <x:v>8.07</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>7.15</x:v>
+        <x:v>6.87</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>18</vt:i4>
       </vt:variant>
       <vt:variant>