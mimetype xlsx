--- v3 (2026-01-17)
+++ v4 (2026-02-07)
@@ -7,105 +7,108 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cf211a952c54aa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/04b9d4348e1641adbe1b068374957b60.psmdcp" Id="Red2733fbfff6491c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf32f1983cdc4cc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ef8b965f3ca34347b02cd9cfb183d2ee.psmdcp" Id="R5938a114c4664568" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="CHF Class G_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="EUR Class H_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="USD Class A_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="USD Class F_Historical" sheetId="5" r:id="rId5"/>
     <x:sheet name="USD Class G_Historical" sheetId="6" r:id="rId6"/>
     <x:sheet name="USD Class Z_Historical" sheetId="7" r:id="rId7"/>
     <x:sheet name="CHF Class G_Month-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="EUR Class H_Month-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="USD Class A_Month-End" sheetId="10" r:id="rId10"/>
     <x:sheet name="USD Class F_Month-End" sheetId="11" r:id="rId11"/>
     <x:sheet name="USD Class G_Month-End" sheetId="12" r:id="rId12"/>
     <x:sheet name="USD Class Z_Month-End" sheetId="13" r:id="rId13"/>
     <x:sheet name="CHF Class G_Quarter-End" sheetId="14" r:id="rId14"/>
     <x:sheet name="EUR Class H_Quarter-End" sheetId="15" r:id="rId15"/>
     <x:sheet name="USD Class A_Quarter-End" sheetId="16" r:id="rId16"/>
     <x:sheet name="USD Class F_Quarter-End" sheetId="17" r:id="rId17"/>
     <x:sheet name="USD Class G_Quarter-End" sheetId="18" r:id="rId18"/>
     <x:sheet name="USD Class Z_Quarter-End" sheetId="19" r:id="rId19"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="157" uniqueCount="157">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="165" uniqueCount="165">
   <x:si>
     <x:t>Performance - Emerging Country Debt UCITS Fund | CHF Class G</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (CHF,%)</x:t>
+    <x:t>As of 01/31/2026 (CHF,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 05/28/2020</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>J.P. Morgan EMBI Global Diversified (in USD)</x:t>
   </x:si>
   <x:si>
+    <x:t>01/31/2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
@@ -266,50 +269,53 @@
   <x:si>
     <x:t>12/31/2020</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2020</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2020</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2020</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2020</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2020</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2020</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2020</x:t>
   </x:si>
   <x:si>
+    <x:t>QTD Q1-2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>Q4-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2023</x:t>
@@ -335,228 +341,246 @@
   <x:si>
     <x:t>Q1-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2021</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2020</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2020</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2020</x:t>
   </x:si>
   <x:si>
-    <x:t>YTD 2025</x:t>
+    <x:t>YTD 2026</x:t>
   </x:si>
   <x:si>
     <x:t>Performance data quoted represents past performance and is not indicative of future results. The investment return and principal value of an investment will fluctuate so that an investor's</x:t>
   </x:si>
   <x:si>
     <x:t>shares, when redeemed, may be worth more or less than their original cost. Current performance data may be lower or higher than the performance data provided herein.</x:t>
   </x:si>
   <x:si>
     <x:t>UCITS HAVE NO GUARANTEED RETURN AND PAST PERFORMANCE DOES NOT GUARANTEE FUTURE PERFORMANCE.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Emerging Country Debt UCITS Fund | EUR Class H</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (EUR,%)</x:t>
+    <x:t>As of 01/31/2026 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 08/20/2024</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Emerging Country Debt UCITS Fund | USD Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (USD,%)</x:t>
+    <x:t>As of 01/31/2026 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 05/10/2024</x:t>
   </x:si>
   <x:si>
     <x:t>J.P. Morgan EMBI Global Diversified</x:t>
   </x:si>
   <x:si>
     <x:t>The J.P. Morgan EMBI (Emerging Markets Bond) Global Diversified Index is an independently maintained and widely published uniquely weighted U.S. dollar-denominated emerging markets</x:t>
   </x:si>
   <x:si>
     <x:t>sovereign index comprised of Brady bonds, Eurobonds, traded loans, and market debt instruments issued by sovereign and quasi-sovereign entities.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Emerging Country Debt UCITS Fund | USD Class F</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 04/01/2020</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2020</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Emerging Country Debt UCITS Fund | USD Class G</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 12/14/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Emerging Country Debt UCITS Fund | USD Class Z</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 12/31/2025 (CHF,%)</x:t>
+    <x:t>Month-End as of 01/31/2026 (CHF,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in CHF as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Since Inception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emerging Country Debt UCITS Fund CHG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/28/2020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>N/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Value Added</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in CHF as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 01/31/2026 (EUR,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in EUR as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emerging Country Debt UCITS Fund EUH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/20/2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in EUR as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 01/31/2026 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emerging Country Debt UCITS Fund USA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/10/2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in USD as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emerging Country Debt UCITS Fund USF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emerging Country Debt UCITS Fund USG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/14/2023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emerging Country Debt UCITS Fund USZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 12/31/2025 (CHF,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in CHF as of 12/31/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in CHF as of 12/31/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
-[...2 lines deleted...]
-    <x:t>Month-End as of 12/31/2025 (EUR,%)</x:t>
+    <x:t>Quarter-End as of 12/31/2025 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in EUR as of 12/31/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Emerging Country Debt UCITS Fund EUH</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in EUR as of 12/31/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 12/31/2025 (USD,%)</x:t>
+    <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Emerging Country Debt UCITS Fund USA</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in USD as of 12/31/2025</x:t>
-  </x:si>
-[...22 lines deleted...]
-    <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -897,10138 +921,10390 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D116"/>
+  <x:dimension ref="A1:D119"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="39.680625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>0.49</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.24</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>3.24</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>2.13</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.58</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.88</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>3.02</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>3.02</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-0.73</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>1.12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>-0.73</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.17</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>1.57</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-1.05</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>-1.05</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>1.19</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>1.55</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>1.85</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>1.87</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>1.28</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-1.26</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-1.21</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-2.08</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>-1.26</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-1.21</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>2.09</x:v>
+        <x:v>-2.08</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>2.09</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>4.86</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>4.73</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>5.88</x:v>
+        <x:v>4.86</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>5.93</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>5.66</x:v>
+        <x:v>4.73</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-0.94</x:v>
+        <x:v>5.88</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-0.89</x:v>
+        <x:v>5.93</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-1.35</x:v>
+        <x:v>5.66</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-3.63</x:v>
+        <x:v>-0.94</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-3.58</x:v>
+        <x:v>-0.89</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>-1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-2.19</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-2.14</x:v>
+        <x:v>-3.58</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-2.19</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>2.68</x:v>
+        <x:v>-2.14</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>3.27</x:v>
+        <x:v>2.63</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>2.68</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.91</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>3.27</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-0.49</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-0.17</x:v>
+        <x:v>-0.49</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.53</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-3.04</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-2.98</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-2.21</x:v>
+        <x:v>0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>-3.04</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>3.93</x:v>
+        <x:v>-2.98</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>-2.21</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>0.67</x:v>
+        <x:v>3.93</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>3.17</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>7.85</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>7.14</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>7.85</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>0.58</x:v>
+        <x:v>7.14</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-6.34</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-6.36</x:v>
+        <x:v>0.58</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-6.4</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-0.84</x:v>
+        <x:v>-6.34</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-0.95</x:v>
+        <x:v>-6.36</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>-0.84</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-0.95</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-8.16</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-8.1</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-6.21</x:v>
+        <x:v>2.89</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>-8.16</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-0.15</x:v>
+        <x:v>-8.1</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>-6.21</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-5.65</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-5.59</x:v>
+        <x:v>-0.15</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-5.59</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>-5.65</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>-5.59</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-5.59</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-6.68</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-6.63</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-6.55</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-3.23</x:v>
+        <x:v>-6.68</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-3.18</x:v>
+        <x:v>-6.63</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>-6.55</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>-3.23</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>-3.18</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>-2.49</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>-2.44</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>-1.84</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>-2.49</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>-2.44</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>-1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-2.51</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>-2.46</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>-2.51</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>1.24</x:v>
+        <x:v>-2.46</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>0.73</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>2.86</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>1.06</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>2.86</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>2.92</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>2.22</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>-2.48</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>-2.55</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>-2.48</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>-1.09</x:v>
+        <x:v>-2.55</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>-1.09</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>5.33</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>5.38</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>-0.75</x:v>
+        <x:v>5.33</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>-0.69</x:v>
+        <x:v>5.38</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>3.86</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>-2.33</x:v>
+        <x:v>-0.75</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>-0.69</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>0.74</x:v>
+        <x:v>-2.33</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>4.02</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>4.56</x:v>
+        <x:v>4.08</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>3.71</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
+        <x:v>4.5</x:v>
+      </x:c>
+      <x:c r="C74" s="4" t="n">
+        <x:v>4.56</x:v>
+      </x:c>
+      <x:c r="D74" s="4" t="n">
+        <x:v>3.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:4">
+      <x:c r="A75" s="2" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="B75" s="4" t="n">
         <x:v>-1.58</x:v>
       </x:c>
-      <x:c r="C74" s="4" t="n">
+      <x:c r="C75" s="4" t="n">
         <x:v>-1.57</x:v>
       </x:c>
-      <x:c r="D74" s="4" t="n">
+      <x:c r="D75" s="4" t="n">
         <x:v>-0.17</x:v>
       </x:c>
     </x:row>
-    <x:row r="76" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="77" spans="1:4">
-      <x:c r="A77" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A77" s="2" t="s"/>
+      <x:c r="B77" s="3" t="s"/>
+      <x:c r="C77" s="3" t="s"/>
+      <x:c r="D77" s="3" t="s"/>
     </x:row>
     <x:row r="78" spans="1:4">
       <x:c r="A78" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>5.35</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>4.64</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>5.35</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>4.75</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>-0.23</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>-0.07</x:v>
+        <x:v>4.06</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>4.99</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>-0.23</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>-0.07</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>-1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>4.13</x:v>
+        <x:v>4.99</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>4.29</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>6.15</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>9.98</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>10.16</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>9.16</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>-3.27</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>-3.11</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>-2.23</x:v>
+        <x:v>2.04</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>9.98</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>10.16</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>9.16</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>-3.27</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>0.83</x:v>
+        <x:v>-3.11</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>-2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>9.31</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>9.49</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>8.11</x:v>
+        <x:v>2.19</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>-5.21</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>-5.05</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>-4.57</x:v>
+        <x:v>1.86</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>-13.53</x:v>
+        <x:v>9.31</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>-13.38</x:v>
+        <x:v>9.49</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>-11.43</x:v>
+        <x:v>8.11</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>-9.43</x:v>
+        <x:v>-5.21</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>-9.27</x:v>
+        <x:v>-5.05</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>-10.02</x:v>
+        <x:v>-4.57</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>-0.93</x:v>
+        <x:v>-13.53</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>-0.77</x:v>
+        <x:v>-13.38</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>-0.44</x:v>
+        <x:v>-11.43</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="4" t="n">
-        <x:v>-1.01</x:v>
+        <x:v>-9.43</x:v>
       </x:c>
       <x:c r="C94" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>-9.27</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-10.02</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
       <x:c r="A95" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>-0.93</x:v>
       </x:c>
       <x:c r="C95" s="4" t="n">
-        <x:v>5.01</x:v>
+        <x:v>-0.77</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>-0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
       <x:c r="A96" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="4" t="n">
-        <x:v>-5.58</x:v>
+        <x:v>-1.01</x:v>
       </x:c>
       <x:c r="C96" s="4" t="n">
-        <x:v>-5.42</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>-4.54</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4">
       <x:c r="A97" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="4" t="n">
-        <x:v>7.39</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="C97" s="4" t="n">
-        <x:v>7.57</x:v>
+        <x:v>5.01</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>4.06</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4">
       <x:c r="A98" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="4" t="n">
-        <x:v>2.35</x:v>
+        <x:v>-5.58</x:v>
       </x:c>
       <x:c r="C98" s="4" t="n">
-        <x:v>2.51</x:v>
+        <x:v>-5.42</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>-4.54</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:4">
       <x:c r="A99" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="4" t="n">
+        <x:v>7.39</x:v>
+      </x:c>
+      <x:c r="C99" s="4" t="n">
+        <x:v>7.57</x:v>
+      </x:c>
+      <x:c r="D99" s="4" t="n">
+        <x:v>5.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:4">
+      <x:c r="A100" s="2" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="B100" s="4" t="n">
+        <x:v>2.35</x:v>
+      </x:c>
+      <x:c r="C100" s="4" t="n">
+        <x:v>2.51</x:v>
+      </x:c>
+      <x:c r="D100" s="4" t="n">
+        <x:v>2.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:4">
+      <x:c r="A101" s="2" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="B101" s="4" t="n">
         <x:v>2.86</x:v>
       </x:c>
-      <x:c r="C99" s="4" t="n">
+      <x:c r="C101" s="4" t="n">
         <x:v>2.92</x:v>
       </x:c>
-      <x:c r="D99" s="4" t="n">
+      <x:c r="D101" s="4" t="n">
         <x:v>3.34</x:v>
       </x:c>
     </x:row>
-    <x:row r="101" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="103" spans="1:4">
-      <x:c r="A103" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A103" s="2" t="s"/>
+      <x:c r="B103" s="3" t="s"/>
+      <x:c r="C103" s="3" t="s"/>
+      <x:c r="D103" s="3" t="s"/>
     </x:row>
     <x:row r="104" spans="1:4">
-      <x:c r="A104" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A104" s="2" t="s">
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B104" s="4" t="n">
-        <x:v>9.73</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="C104" s="4" t="n">
-        <x:v>10.45</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="D104" s="4" t="n">
-        <x:v>11.09</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:4">
       <x:c r="A105" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B105" s="4" t="n">
-        <x:v>-18.85</x:v>
+        <x:v>16.51</x:v>
       </x:c>
       <x:c r="C105" s="4" t="n">
-        <x:v>-18.3</x:v>
+        <x:v>17.23</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>-17.78</x:v>
+        <x:v>14.3</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:4">
       <x:c r="A106" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B106" s="4" t="n">
-        <x:v>-2.92</x:v>
+        <x:v>8.97</x:v>
       </x:c>
       <x:c r="C106" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>9.65</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>6.54</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:4">
       <x:c r="A107" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B107" s="4" t="n">
+        <x:v>9.73</x:v>
+      </x:c>
+      <x:c r="C107" s="4" t="n">
+        <x:v>10.45</x:v>
+      </x:c>
+      <x:c r="D107" s="4" t="n">
+        <x:v>11.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:4">
+      <x:c r="A108" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B108" s="4" t="n">
+        <x:v>-18.85</x:v>
+      </x:c>
+      <x:c r="C108" s="4" t="n">
+        <x:v>-18.3</x:v>
+      </x:c>
+      <x:c r="D108" s="4" t="n">
+        <x:v>-17.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109" spans="1:4">
+      <x:c r="A109" s="2" t="n">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="B109" s="4" t="n">
+        <x:v>-2.92</x:v>
+      </x:c>
+      <x:c r="C109" s="4" t="n">
+        <x:v>-2.28</x:v>
+      </x:c>
+      <x:c r="D109" s="4" t="n">
+        <x:v>-1.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="110" spans="1:4">
+      <x:c r="A110" s="2" t="n">
         <x:v>2020</x:v>
       </x:c>
-      <x:c r="B107" s="4" t="n">
+      <x:c r="B110" s="4" t="n">
         <x:v>13.05</x:v>
       </x:c>
-      <x:c r="C107" s="4" t="n">
+      <x:c r="C110" s="4" t="n">
         <x:v>13.49</x:v>
       </x:c>
-      <x:c r="D107" s="4" t="n">
+      <x:c r="D110" s="4" t="n">
         <x:v>11.86</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:4">
       <x:c r="A112" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:4">
       <x:c r="A113" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:4">
       <x:c r="A114" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="115" spans="1:4">
+      <x:c r="A115" s="1" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:4">
       <x:c r="A116" s="1" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="117" spans="1:4">
+      <x:c r="A117" s="1" t="s">
         <x:v>105</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:4">
+      <x:c r="A118" s="2" t="s">
+        <x:v>106</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="119" spans="1:4">
+      <x:c r="A119" s="1" t="s">
+        <x:v>107</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.250625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.86</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>5.81</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>22.06</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>22.06</x:v>
+        <x:v>22.93</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>16.89</x:v>
+        <x:v>16.68</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>5.69</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>9.09</x:v>
+        <x:v>9.63</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>13.45</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>10.59</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>3.02</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.52</x:v>
+        <x:v>3.02</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>7.76</x:v>
+        <x:v>3.02</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>7.76</x:v>
+        <x:v>9.49</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>6.29</x:v>
+        <x:v>6.98</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>3.91</x:v>
+        <x:v>4.66</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>4.33</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5.87</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>22.37</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>22.37</x:v>
+        <x:v>23.24</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>17.18</x:v>
+        <x:v>16.97</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>5.98</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>9.39</x:v>
+        <x:v>9.94</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>13.45</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>10.59</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>3.04</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>3.04</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>8.07</x:v>
+        <x:v>3.04</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>8.07</x:v>
+        <x:v>9.8</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>6.58</x:v>
+        <x:v>7.27</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.96</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>4.14</x:v>
+        <x:v>4.64</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.620625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.87</x:v>
+        <x:v>3.66</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>3.66</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>21.8</x:v>
+        <x:v>3.66</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>21.8</x:v>
+        <x:v>22.61</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>17.61</x:v>
+        <x:v>18.84</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>13.45</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>10.58</x:v>
+        <x:v>10.49</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>2.98</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>2.98</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>2.98</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>9.17</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>7.03</x:v>
+        <x:v>8.35</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.91</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5.86</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>22.41</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>22.41</x:v>
+        <x:v>23.23</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>18.2</x:v>
+        <x:v>19.43</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>13.45</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>10.58</x:v>
+        <x:v>10.49</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>3.02</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.57</x:v>
+        <x:v>3.02</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>8.11</x:v>
+        <x:v>3.02</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>8.11</x:v>
+        <x:v>9.78</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>7.62</x:v>
+        <x:v>8.94</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.290625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.91</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>5.87</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>22.3</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>22.3</x:v>
+        <x:v>23.11</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>17.08</x:v>
+        <x:v>16.88</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>5.89</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>9.3</x:v>
+        <x:v>9.83</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>13.45</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>10.59</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>8</x:v>
+        <x:v>9.67</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>6.49</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.86</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>4.04</x:v>
+        <x:v>4.53</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.91</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5.89</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>22.39</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>22.39</x:v>
+        <x:v>23.2</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>17.18</x:v>
+        <x:v>16.97</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>5.99</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>9.4</x:v>
+        <x:v>9.94</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>13.45</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>10.59</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.19</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.61</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>8.09</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>8.09</x:v>
+        <x:v>9.75</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>6.59</x:v>
+        <x:v>7.28</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>4.21</x:v>
+        <x:v>4.96</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>4.14</x:v>
+        <x:v>4.64</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I28"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="39.680625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>4.48</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>16.51</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>16.51</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>11.69</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>1.88</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>3.93</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>3.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>10.59</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>1.78</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>3.65</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>1.19</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>2.21</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>2.21</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>1.09</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>4.64</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>17.23</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>17.23</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>12.39</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
         <x:v>2.54</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>4.61</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>3.29</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>10.59</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
         <x:v>1.78</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>3.65</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>1.35</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>2.93</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>2.93</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
         <x:v>0.76</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I28"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="39.680625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>5.09</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>18.9</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>18.9</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>15.53</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>3.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>10.41</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>1.81</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>5.12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>5.31</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>19.86</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>19.86</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>16.47</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>3.29</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>10.41</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>2.02</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>5.56</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>5.56</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>6.06</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.560625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>5.62</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>21.39</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>21.39</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>17.62</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>3.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>11.71</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>2.34</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>7.09</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>7.09</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>5.91</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>148</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>5.84</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>22.37</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>22.37</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>18.58</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>3.29</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>11.71</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>2.55</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>8.07</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>8.07</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>6.87</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.250625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>5.81</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>22.06</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>22.06</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>16.89</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>5.69</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>9.09</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>3.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>10.59</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>1.78</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>5.26</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>2.52</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>7.76</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>7.76</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>6.29</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
         <x:v>3.91</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>3.83</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>148</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>5.87</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>22.37</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>22.37</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>17.18</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
         <x:v>5.98</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>9.39</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>3.29</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>10.59</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
         <x:v>1.78</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>5.26</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>2.59</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>8.07</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>8.07</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>6.58</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>4.14</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.620625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>5.73</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>21.8</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>21.8</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>17.61</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>3.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>10.58</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>2.44</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>7.5</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>7.5</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>7.03</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>148</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>5.86</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>22.41</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>22.41</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>18.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>3.29</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>10.58</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>2.57</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>8.11</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>8.11</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>7.62</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.290625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>5.87</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>22.3</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>22.3</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>17.08</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>5.89</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>9.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>3.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>10.59</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>1.78</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>5.26</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>2.59</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>6.49</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>148</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>5.89</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>22.39</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>22.39</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>17.18</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
         <x:v>5.99</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>3.29</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>10.59</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
         <x:v>1.78</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>5.26</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>2.61</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>8.09</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>8.09</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>6.59</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
         <x:v>4.21</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>4.14</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D44"/>
+  <x:dimension ref="A1:D47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="39.680625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>3.52</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.45</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>3.52</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>2.13</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.05</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>2.12</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>3.22</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>3.22</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-0.52</x:v>
+        <x:v>1.72</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-0.46</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>1.12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-0.52</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-1.43</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>-1.43</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>2.78</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>1.57</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.75</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-0.75</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>1.19</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="C23" s="4" t="n">
+        <x:v>1.86</x:v>
+      </x:c>
+      <x:c r="D23" s="4" t="n">
+        <x:v>1.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:4">
+      <x:c r="A24" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="B24" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
-      <x:c r="C23" s="4" t="n">
+      <x:c r="C24" s="4" t="n">
         <x:v>0.22</x:v>
       </x:c>
-      <x:c r="D23" s="4" t="n">
+      <x:c r="D24" s="4" t="n">
         <x:v>0.26</x:v>
       </x:c>
     </x:row>
-    <x:row r="25" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="26" spans="1:4">
-      <x:c r="A26" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A26" s="2" t="s"/>
+      <x:c r="B26" s="3" t="s"/>
+      <x:c r="C26" s="3" t="s"/>
+      <x:c r="D26" s="3" t="s"/>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>5.65</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>5.87</x:v>
+        <x:v>3.52</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>4.38</x:v>
+        <x:v>5.09</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>4.59</x:v>
+        <x:v>5.31</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>5.65</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>5.87</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>4.75</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>4.38</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>4.59</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
+        <x:v>2.59</x:v>
+      </x:c>
+      <x:c r="C31" s="4" t="n">
+        <x:v>2.79</x:v>
+      </x:c>
+      <x:c r="D31" s="4" t="n">
+        <x:v>2.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:4">
+      <x:c r="A32" s="2" t="s">
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="B32" s="4" t="n">
+        <x:v>0.39</x:v>
+      </x:c>
+      <x:c r="C32" s="4" t="n">
+        <x:v>0.6</x:v>
+      </x:c>
+      <x:c r="D32" s="4" t="n">
+        <x:v>-1.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:4">
+      <x:c r="A33" s="2" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="B33" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="C31" s="4" t="n">
+      <x:c r="C33" s="4" t="n">
         <x:v>2.09</x:v>
       </x:c>
-      <x:c r="D31" s="4" t="n">
+      <x:c r="D33" s="4" t="n">
         <x:v>2.11</x:v>
       </x:c>
     </x:row>
-    <x:row r="33" spans="1:4">
-[...9 lines deleted...]
-      <x:c r="B34" s="4" t="n">
+    <x:row r="35" spans="1:4">
+      <x:c r="A35" s="2" t="s"/>
+      <x:c r="B35" s="3" t="s"/>
+      <x:c r="C35" s="3" t="s"/>
+      <x:c r="D35" s="3" t="s"/>
+    </x:row>
+    <x:row r="36" spans="1:4">
+      <x:c r="A36" s="2" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B36" s="4" t="n">
+        <x:v>3.45</x:v>
+      </x:c>
+      <x:c r="C36" s="4" t="n">
+        <x:v>3.52</x:v>
+      </x:c>
+      <x:c r="D36" s="4" t="n">
+        <x:v>0.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:4">
+      <x:c r="A37" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B37" s="4" t="n">
         <x:v>18.9</x:v>
       </x:c>
-      <x:c r="C34" s="4" t="n">
+      <x:c r="C37" s="4" t="n">
         <x:v>19.86</x:v>
       </x:c>
-      <x:c r="D34" s="4" t="n">
+      <x:c r="D37" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
     </x:row>
-    <x:row r="35" spans="1:4">
-      <x:c r="A35" s="2" t="n">
+    <x:row r="38" spans="1:4">
+      <x:c r="A38" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B35" s="4" t="n">
+      <x:c r="B38" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
-      <x:c r="C35" s="4" t="n">
+      <x:c r="C38" s="4" t="n">
         <x:v>2.71</x:v>
       </x:c>
-      <x:c r="D35" s="4" t="n">
+      <x:c r="D38" s="4" t="n">
         <x:v>0.13</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:4">
+      <x:c r="A43" s="1" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="1" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:4">
+      <x:c r="A45" s="1" t="s">
         <x:v>105</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:4">
+      <x:c r="A46" s="2" t="s">
+        <x:v>106</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:4">
+      <x:c r="A47" s="1" t="s">
+        <x:v>107</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D50"/>
+  <x:dimension ref="A1:D53"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="32.290625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.05</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>2.13</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.28</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>3.45</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.95</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>2.02</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-0.41</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>1.12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-1.34</x:v>
+        <x:v>-0.41</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-1.27</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>-1.34</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>-1.27</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>2.93</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>1.57</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>1.19</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>1.85</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>1.89</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>1.87</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
+        <x:v>0.3</x:v>
+      </x:c>
+      <x:c r="C26" s="4" t="n">
+        <x:v>0.37</x:v>
+      </x:c>
+      <x:c r="D26" s="4" t="n">
+        <x:v>0.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:4">
+      <x:c r="A27" s="2" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B27" s="4" t="n">
         <x:v>0.25</x:v>
       </x:c>
-      <x:c r="C26" s="4" t="n">
+      <x:c r="C27" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
-      <x:c r="D26" s="4" t="n">
+      <x:c r="D27" s="4" t="n">
         <x:v>0.19</x:v>
       </x:c>
     </x:row>
-    <x:row r="28" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="29" spans="1:4">
-      <x:c r="A29" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A29" s="2" t="s"/>
+      <x:c r="B29" s="3" t="s"/>
+      <x:c r="C29" s="3" t="s"/>
+      <x:c r="D29" s="3" t="s"/>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>6.32</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>6.54</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>5.62</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>5.18</x:v>
+        <x:v>5.84</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>2.98</x:v>
+        <x:v>6.32</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>6.54</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>4.75</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>6.12</x:v>
+        <x:v>2.98</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
+        <x:v>0.8</x:v>
+      </x:c>
+      <x:c r="C35" s="4" t="n">
+        <x:v>1.01</x:v>
+      </x:c>
+      <x:c r="D35" s="4" t="n">
+        <x:v>-1.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:4">
+      <x:c r="A36" s="2" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="B36" s="4" t="n">
+        <x:v>6.12</x:v>
+      </x:c>
+      <x:c r="C36" s="4" t="n">
+        <x:v>6.33</x:v>
+      </x:c>
+      <x:c r="D36" s="4" t="n">
+        <x:v>6.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:4">
+      <x:c r="A37" s="2" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="B37" s="4" t="n">
         <x:v>0.55</x:v>
       </x:c>
-      <x:c r="C35" s="4" t="n">
+      <x:c r="C37" s="4" t="n">
         <x:v>0.66</x:v>
       </x:c>
-      <x:c r="D35" s="4" t="n">
+      <x:c r="D37" s="4" t="n">
         <x:v>0.81</x:v>
       </x:c>
     </x:row>
-    <x:row r="37" spans="1:4">
-[...9 lines deleted...]
-      <x:c r="B38" s="4" t="n">
+    <x:row r="39" spans="1:4">
+      <x:c r="A39" s="2" t="s"/>
+      <x:c r="B39" s="3" t="s"/>
+      <x:c r="C39" s="3" t="s"/>
+      <x:c r="D39" s="3" t="s"/>
+    </x:row>
+    <x:row r="40" spans="1:4">
+      <x:c r="A40" s="2" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B40" s="4" t="n">
+        <x:v>3.64</x:v>
+      </x:c>
+      <x:c r="C40" s="4" t="n">
+        <x:v>3.71</x:v>
+      </x:c>
+      <x:c r="D40" s="4" t="n">
+        <x:v>0.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:4">
+      <x:c r="A41" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B41" s="4" t="n">
         <x:v>21.39</x:v>
       </x:c>
-      <x:c r="C38" s="4" t="n">
+      <x:c r="C41" s="4" t="n">
         <x:v>22.37</x:v>
       </x:c>
-      <x:c r="D38" s="4" t="n">
+      <x:c r="D41" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
     </x:row>
-    <x:row r="39" spans="1:4">
-      <x:c r="A39" s="2" t="n">
+    <x:row r="42" spans="1:4">
+      <x:c r="A42" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B39" s="4" t="n">
+      <x:c r="B42" s="4" t="n">
         <x:v>7.55</x:v>
       </x:c>
-      <x:c r="C39" s="4" t="n">
+      <x:c r="C42" s="4" t="n">
         <x:v>8.12</x:v>
       </x:c>
-      <x:c r="D39" s="4" t="n">
+      <x:c r="D42" s="4" t="n">
         <x:v>4.94</x:v>
       </x:c>
     </x:row>
-    <x:row r="41" spans="1:4">
-[...10 lines deleted...]
-      <x:c r="A43" s="1" t="s">
+    <x:row r="44" spans="1:4">
+      <x:c r="A44" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
-    <x:row r="44" spans="1:4">
-[...3 lines deleted...]
-    </x:row>
     <x:row r="45" spans="1:4">
-      <x:c r="A45" s="2" t="s">
-        <x:v>114</x:v>
+      <x:c r="A45" s="1" t="s">
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
-      <x:c r="A47" s="1" t="s">
-        <x:v>102</x:v>
+      <x:c r="A47" s="2" t="s">
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
-      <x:c r="A48" s="1" t="s">
+      <x:c r="A48" s="2" t="s">
+        <x:v>116</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:4">
+      <x:c r="A49" s="1" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="1" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:4">
+      <x:c r="A51" s="1" t="s">
         <x:v>105</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:4">
+      <x:c r="A52" s="2" t="s">
+        <x:v>106</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:4">
+      <x:c r="A53" s="1" t="s">
+        <x:v>107</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D119"/>
+  <x:dimension ref="A1:D122"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="32.290625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.86</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.14</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.17</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.72</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.74</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.05</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>2.13</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.99</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>3.43</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>3.45</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>3.43</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-0.32</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>1.12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-1.35</x:v>
+        <x:v>-0.32</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-1.32</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>-1.35</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.49</x:v>
+        <x:v>-1.32</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>2.98</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>1.57</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>2.98</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.34</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>1.19</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>2.26</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>2.28</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>1.85</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>1.87</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-0.86</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-2.08</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>-0.86</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>2.09</x:v>
+        <x:v>-2.08</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>2.09</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-0.23</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>5.28</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>5.31</x:v>
+        <x:v>-0.23</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>4.73</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>5.28</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>6.35</x:v>
+        <x:v>5.31</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>5.66</x:v>
+        <x:v>4.73</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>6.33</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-0.59</x:v>
+        <x:v>6.35</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-1.35</x:v>
+        <x:v>5.66</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-3.27</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-3.25</x:v>
+        <x:v>-0.59</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>-1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-1.78</x:v>
+        <x:v>-3.27</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-1.76</x:v>
+        <x:v>-3.25</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>-1.78</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>-1.76</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>3.73</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.91</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-0.19</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-0.17</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-0.19</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.53</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-2.69</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-2.67</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-2.21</x:v>
+        <x:v>0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>-2.69</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>4.29</x:v>
+        <x:v>-2.67</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>-2.21</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>3.17</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>8.27</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>7.14</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>8.27</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>0.58</x:v>
+        <x:v>7.14</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-6.09</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-6.07</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-6.36</x:v>
+        <x:v>0.58</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-6.09</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>-6.07</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-0.95</x:v>
+        <x:v>-6.36</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>2.49</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-0.95</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-7.89</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-7.86</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-6.21</x:v>
+        <x:v>2.89</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>-7.89</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>-7.86</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>-6.21</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-5.53</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-5.5</x:v>
+        <x:v>-0.02</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-5.59</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>0.54</x:v>
+        <x:v>-5.53</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>-5.5</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-5.59</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-6.58</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-6.55</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-6.55</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>-6.58</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-3.02</x:v>
+        <x:v>-6.55</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>-6.55</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>-3.02</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>-2.46</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>-2.44</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>-1.84</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>-2.46</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>-2.44</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>-1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-2.4</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>-2.38</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>-2.4</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>1.34</x:v>
+        <x:v>-2.38</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>1.42</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>0.73</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>2.99</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>3.02</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>1.06</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>-1.37</x:v>
+        <x:v>2.99</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>-1.34</x:v>
+        <x:v>3.02</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>2.22</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>-2.32</x:v>
+        <x:v>-1.37</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>-2.29</x:v>
+        <x:v>-1.34</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>-2.55</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-2.32</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>-1.57</x:v>
+        <x:v>-2.29</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>-1.09</x:v>
+        <x:v>-2.55</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>2.95</x:v>
+        <x:v>-1.57</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>-1.09</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>5.42</x:v>
+        <x:v>2.92</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>5.45</x:v>
+        <x:v>2.95</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>5.42</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>5.45</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>3.86</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>-2.19</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>-2.17</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>-2.19</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>-2.17</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>4.21</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>4.69</x:v>
+        <x:v>4.21</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>3.71</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>6.63</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>6.66</x:v>
+        <x:v>4.71</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>6.07</x:v>
+        <x:v>3.51</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
-        <x:v>117</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
+        <x:v>6.63</x:v>
+      </x:c>
+      <x:c r="C75" s="4" t="n">
+        <x:v>6.66</x:v>
+      </x:c>
+      <x:c r="D75" s="4" t="n">
+        <x:v>6.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:4">
+      <x:c r="A76" s="2" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="B76" s="4" t="n">
         <x:v>1.05</x:v>
       </x:c>
-      <x:c r="C75" s="4" t="n">
+      <x:c r="C76" s="4" t="n">
         <x:v>1.07</x:v>
       </x:c>
-      <x:c r="D75" s="4" t="n">
+      <x:c r="D76" s="4" t="n">
         <x:v>3.42</x:v>
       </x:c>
     </x:row>
-    <x:row r="77" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="78" spans="1:4">
-      <x:c r="A78" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A78" s="2" t="s"/>
+      <x:c r="B78" s="3" t="s"/>
+      <x:c r="C78" s="3" t="s"/>
+      <x:c r="D78" s="3" t="s"/>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>6.52</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>5.13</x:v>
+        <x:v>5.81</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.87</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>6.45</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>6.52</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>4.75</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>5.13</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>6.23</x:v>
+        <x:v>3.07</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
+        <x:v>0.97</x:v>
+      </x:c>
+      <x:c r="C84" s="4" t="n">
         <x:v>1.04</x:v>
       </x:c>
-      <x:c r="C84" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>-1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>5.21</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>6.15</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>11.26</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>11.33</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>9.16</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>-2.2</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>-2.14</x:v>
+        <x:v>5.21</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>-2.23</x:v>
+        <x:v>2.04</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>3.61</x:v>
+        <x:v>11.26</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>11.33</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>9.16</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>-2.2</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>-2.14</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>-2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>10.72</x:v>
+        <x:v>3.61</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>10.81</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>8.11</x:v>
+        <x:v>2.19</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>-4.36</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>-4.28</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>-4.57</x:v>
+        <x:v>1.86</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>-13.02</x:v>
+        <x:v>10.72</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>-12.95</x:v>
+        <x:v>10.81</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>-11.43</x:v>
+        <x:v>8.11</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>-8.94</x:v>
+        <x:v>-4.36</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>-8.86</x:v>
+        <x:v>-4.28</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>-10.02</x:v>
+        <x:v>-4.57</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B94" s="4" t="n">
-        <x:v>-0.65</x:v>
+        <x:v>-13.02</x:v>
       </x:c>
       <x:c r="C94" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>-12.95</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>-0.44</x:v>
+        <x:v>-11.43</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
       <x:c r="A95" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B95" s="4" t="n">
-        <x:v>-0.68</x:v>
+        <x:v>-8.94</x:v>
       </x:c>
       <x:c r="C95" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-8.86</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-10.02</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
       <x:c r="A96" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B96" s="4" t="n">
-        <x:v>5.23</x:v>
+        <x:v>-0.65</x:v>
       </x:c>
       <x:c r="C96" s="4" t="n">
-        <x:v>5.31</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>-0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4">
       <x:c r="A97" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B97" s="4" t="n">
-        <x:v>-5.2</x:v>
+        <x:v>-0.68</x:v>
       </x:c>
       <x:c r="C97" s="4" t="n">
-        <x:v>-5.12</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>-4.54</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4">
       <x:c r="A98" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B98" s="4" t="n">
-        <x:v>7.85</x:v>
+        <x:v>5.23</x:v>
       </x:c>
       <x:c r="C98" s="4" t="n">
-        <x:v>7.93</x:v>
+        <x:v>5.31</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>4.06</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:4">
       <x:c r="A99" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B99" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>-5.2</x:v>
       </x:c>
       <x:c r="C99" s="4" t="n">
-        <x:v>2.87</x:v>
+        <x:v>-5.12</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>-4.54</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:4">
       <x:c r="A100" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B100" s="4" t="n">
+        <x:v>7.85</x:v>
+      </x:c>
+      <x:c r="C100" s="4" t="n">
+        <x:v>7.93</x:v>
+      </x:c>
+      <x:c r="D100" s="4" t="n">
+        <x:v>5.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:4">
+      <x:c r="A101" s="2" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="B101" s="4" t="n">
+        <x:v>2.79</x:v>
+      </x:c>
+      <x:c r="C101" s="4" t="n">
+        <x:v>2.87</x:v>
+      </x:c>
+      <x:c r="D101" s="4" t="n">
+        <x:v>2.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:4">
+      <x:c r="A102" s="2" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="B102" s="4" t="n">
         <x:v>12.8</x:v>
       </x:c>
-      <x:c r="C100" s="4" t="n">
+      <x:c r="C102" s="4" t="n">
         <x:v>12.88</x:v>
       </x:c>
-      <x:c r="D100" s="4" t="n">
+      <x:c r="D102" s="4" t="n">
         <x:v>13.55</x:v>
       </x:c>
     </x:row>
-    <x:row r="102" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="104" spans="1:4">
-      <x:c r="A104" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A104" s="2" t="s"/>
+      <x:c r="B104" s="3" t="s"/>
+      <x:c r="C104" s="3" t="s"/>
+      <x:c r="D104" s="3" t="s"/>
     </x:row>
     <x:row r="105" spans="1:4">
-      <x:c r="A105" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A105" s="2" t="s">
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B105" s="4" t="n">
-        <x:v>14.82</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C105" s="4" t="n">
-        <x:v>15.1</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>11.09</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:4">
       <x:c r="A106" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B106" s="4" t="n">
-        <x:v>-16.13</x:v>
+        <x:v>22.06</x:v>
       </x:c>
       <x:c r="C106" s="4" t="n">
-        <x:v>-15.85</x:v>
+        <x:v>22.37</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>-17.78</x:v>
+        <x:v>14.3</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:4">
       <x:c r="A107" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B107" s="4" t="n">
-        <x:v>-1.56</x:v>
+        <x:v>13.96</x:v>
       </x:c>
       <x:c r="C107" s="4" t="n">
-        <x:v>-1.25</x:v>
+        <x:v>14.25</x:v>
       </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>6.54</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:4">
       <x:c r="A108" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B108" s="4" t="n">
+        <x:v>14.82</x:v>
+      </x:c>
+      <x:c r="C108" s="4" t="n">
+        <x:v>15.1</x:v>
+      </x:c>
+      <x:c r="D108" s="4" t="n">
+        <x:v>11.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109" spans="1:4">
+      <x:c r="A109" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B109" s="4" t="n">
+        <x:v>-16.13</x:v>
+      </x:c>
+      <x:c r="C109" s="4" t="n">
+        <x:v>-15.85</x:v>
+      </x:c>
+      <x:c r="D109" s="4" t="n">
+        <x:v>-17.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="110" spans="1:4">
+      <x:c r="A110" s="2" t="n">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="B110" s="4" t="n">
+        <x:v>-1.56</x:v>
+      </x:c>
+      <x:c r="C110" s="4" t="n">
+        <x:v>-1.25</x:v>
+      </x:c>
+      <x:c r="D110" s="4" t="n">
+        <x:v>-1.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="111" spans="1:4">
+      <x:c r="A111" s="2" t="n">
         <x:v>2020</x:v>
       </x:c>
-      <x:c r="B108" s="4" t="n">
+      <x:c r="B111" s="4" t="n">
         <x:v>25.05</x:v>
       </x:c>
-      <x:c r="C108" s="4" t="n">
+      <x:c r="C111" s="4" t="n">
         <x:v>25.33</x:v>
       </x:c>
-      <x:c r="D108" s="4" t="n">
+      <x:c r="D111" s="4" t="n">
         <x:v>22.92</x:v>
       </x:c>
     </x:row>
-    <x:row r="110" spans="1:4">
-[...10 lines deleted...]
-      <x:c r="A112" s="1" t="s">
+    <x:row r="113" spans="1:4">
+      <x:c r="A113" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
-    <x:row r="113" spans="1:4">
-[...3 lines deleted...]
-    </x:row>
     <x:row r="114" spans="1:4">
-      <x:c r="A114" s="2" t="s">
-        <x:v>114</x:v>
+      <x:c r="A114" s="1" t="s">
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:4">
       <x:c r="A115" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:4">
-      <x:c r="A116" s="1" t="s">
-        <x:v>102</x:v>
+      <x:c r="A116" s="2" t="s">
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:4">
-      <x:c r="A117" s="1" t="s">
+      <x:c r="A117" s="2" t="s">
+        <x:v>116</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:4">
+      <x:c r="A118" s="1" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:4">
       <x:c r="A119" s="1" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="120" spans="1:4">
+      <x:c r="A120" s="1" t="s">
         <x:v>105</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="121" spans="1:4">
+      <x:c r="A121" s="2" t="s">
+        <x:v>106</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="122" spans="1:4">
+      <x:c r="A122" s="1" t="s">
+        <x:v>107</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D58"/>
+  <x:dimension ref="A1:D61"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="32.290625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.87</x:v>
+        <x:v>3.66</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>0.91</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.05</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>2.13</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.02</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>3.42</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.42</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-0.38</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>1.12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-1.34</x:v>
+        <x:v>-0.38</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>-1.34</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>1.57</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-0.69</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.65</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>-0.69</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>-0.65</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>1.19</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>2.25</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>1.85</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>1.87</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-0.86</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-2.08</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>-0.86</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>2.09</x:v>
+        <x:v>-2.08</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>2.14</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>2.09</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
+        <x:v>-0.25</x:v>
+      </x:c>
+      <x:c r="C31" s="4" t="n">
+        <x:v>-0.21</x:v>
+      </x:c>
+      <x:c r="D31" s="4" t="n">
+        <x:v>-1.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:4">
+      <x:c r="A32" s="2" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B32" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
-      <x:c r="C31" s="4" t="n">
+      <x:c r="C32" s="4" t="n">
         <x:v>0.72</x:v>
       </x:c>
-      <x:c r="D31" s="4" t="n">
+      <x:c r="D32" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
-    <x:row r="33" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="34" spans="1:4">
-      <x:c r="A34" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A34" s="2" t="s"/>
+      <x:c r="B34" s="3" t="s"/>
+      <x:c r="C34" s="3" t="s"/>
+      <x:c r="D34" s="3" t="s"/>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>6.42</x:v>
+        <x:v>3.66</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>6.55</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>5.04</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>5.17</x:v>
+        <x:v>5.86</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>3.06</x:v>
+        <x:v>6.42</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>6.55</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>4.75</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>5.04</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>5.17</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>6.18</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>6.31</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>-1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>5.06</x:v>
+        <x:v>6.18</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>6.31</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>6.15</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
+        <x:v>0.99</x:v>
+      </x:c>
+      <x:c r="C42" s="4" t="n">
+        <x:v>1.12</x:v>
+      </x:c>
+      <x:c r="D42" s="4" t="n">
+        <x:v>0.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:4">
+      <x:c r="A43" s="2" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="B43" s="4" t="n">
+        <x:v>5.06</x:v>
+      </x:c>
+      <x:c r="C43" s="4" t="n">
+        <x:v>5.19</x:v>
+      </x:c>
+      <x:c r="D43" s="4" t="n">
+        <x:v>2.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:4">
+      <x:c r="A44" s="2" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="B44" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
-      <x:c r="C42" s="4" t="n">
+      <x:c r="C44" s="4" t="n">
         <x:v>0.72</x:v>
       </x:c>
-      <x:c r="D42" s="4" t="n">
+      <x:c r="D44" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
-    <x:row r="44" spans="1:4">
-[...9 lines deleted...]
-      <x:c r="B45" s="4" t="n">
+    <x:row r="46" spans="1:4">
+      <x:c r="A46" s="2" t="s"/>
+      <x:c r="B46" s="3" t="s"/>
+      <x:c r="C46" s="3" t="s"/>
+      <x:c r="D46" s="3" t="s"/>
+    </x:row>
+    <x:row r="47" spans="1:4">
+      <x:c r="A47" s="2" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B47" s="4" t="n">
+        <x:v>3.66</x:v>
+      </x:c>
+      <x:c r="C47" s="4" t="n">
+        <x:v>3.7</x:v>
+      </x:c>
+      <x:c r="D47" s="4" t="n">
+        <x:v>0.68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:4">
+      <x:c r="A48" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B48" s="4" t="n">
         <x:v>21.8</x:v>
       </x:c>
-      <x:c r="C45" s="4" t="n">
+      <x:c r="C48" s="4" t="n">
         <x:v>22.41</x:v>
       </x:c>
-      <x:c r="D45" s="4" t="n">
+      <x:c r="D48" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
     </x:row>
-    <x:row r="46" spans="1:4">
-      <x:c r="A46" s="2" t="n">
+    <x:row r="49" spans="1:4">
+      <x:c r="A49" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B46" s="4" t="n">
+      <x:c r="B49" s="4" t="n">
         <x:v>13.65</x:v>
       </x:c>
-      <x:c r="C46" s="4" t="n">
+      <x:c r="C49" s="4" t="n">
         <x:v>14.22</x:v>
       </x:c>
-      <x:c r="D46" s="4" t="n">
+      <x:c r="D49" s="4" t="n">
         <x:v>6.54</x:v>
       </x:c>
     </x:row>
-    <x:row r="47" spans="1:4">
-      <x:c r="A47" s="2" t="n">
+    <x:row r="50" spans="1:4">
+      <x:c r="A50" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B47" s="4" t="n">
+      <x:c r="B50" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
-      <x:c r="C47" s="4" t="n">
+      <x:c r="C50" s="4" t="n">
         <x:v>0.72</x:v>
       </x:c>
-      <x:c r="D47" s="4" t="n">
+      <x:c r="D50" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
-    <x:row r="49" spans="1:4">
-[...10 lines deleted...]
-      <x:c r="A51" s="1" t="s">
+    <x:row r="52" spans="1:4">
+      <x:c r="A52" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
-    <x:row r="52" spans="1:4">
-[...3 lines deleted...]
-    </x:row>
     <x:row r="53" spans="1:4">
-      <x:c r="A53" s="2" t="s">
-        <x:v>114</x:v>
+      <x:c r="A53" s="1" t="s">
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
-      <x:c r="A55" s="1" t="s">
-        <x:v>102</x:v>
+      <x:c r="A55" s="2" t="s">
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
-      <x:c r="A56" s="1" t="s">
+      <x:c r="A56" s="2" t="s">
+        <x:v>116</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:4">
+      <x:c r="A57" s="1" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="1" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:4">
+      <x:c r="A59" s="1" t="s">
         <x:v>105</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:4">
+      <x:c r="A60" s="2" t="s">
+        <x:v>106</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:4">
+      <x:c r="A61" s="1" t="s">
+        <x:v>107</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D119"/>
+  <x:dimension ref="A1:D122"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="32.290625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.91</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>0.91</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.17</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>3.72</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.72</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>2.05</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>2.13</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.99</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>3.47</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>3.47</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-0.36</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-0.35</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>1.12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-0.36</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-1.29</x:v>
+        <x:v>-0.35</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>-1.29</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>1.57</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-0.62</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>-0.62</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>1.19</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>2.28</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>1.85</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>1.87</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-0.87</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-2.08</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>-0.87</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>2.09</x:v>
+        <x:v>-2.08</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>2.09</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-0.17</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>5.25</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>4.73</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>5.25</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>6.34</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>5.66</x:v>
+        <x:v>4.73</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>6.33</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>6.34</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-1.35</x:v>
+        <x:v>5.66</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-3.25</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-3.24</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>-1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-1.82</x:v>
+        <x:v>-3.25</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-1.81</x:v>
+        <x:v>-3.24</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>-1.82</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>-1.81</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>3.74</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>3.75</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.91</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-0.19</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>3.75</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>-0.19</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>0.53</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-2.68</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-2.67</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-2.21</x:v>
+        <x:v>0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>-2.68</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>-2.67</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>-2.21</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>1.17</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>3.17</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>8.34</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>8.35</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>7.14</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>8.34</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>1.08</x:v>
+        <x:v>8.35</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>0.58</x:v>
+        <x:v>7.14</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-6.06</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-6.05</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-6.36</x:v>
+        <x:v>0.58</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>-6.06</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>-6.05</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-0.95</x:v>
+        <x:v>-6.36</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-0.95</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-7.9</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-7.89</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-6.21</x:v>
+        <x:v>2.89</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-7.9</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>-7.89</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>-6.21</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-5.51</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-5.5</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-5.59</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>0.58</x:v>
+        <x:v>-5.51</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>0.59</x:v>
+        <x:v>-5.5</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-5.59</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-6.56</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-6.55</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-6.55</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-3.08</x:v>
+        <x:v>-6.56</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>-6.55</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>-6.55</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>-3.08</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>1.95</x:v>
+        <x:v>-3.07</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>-2.45</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>-2.45</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>-1.84</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-2.45</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>-2.45</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>-1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-2.4</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>-2.39</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>-2.4</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>-2.39</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>0.48</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>0.49</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>0.73</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>1.06</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>-1.37</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>-1.36</x:v>
+        <x:v>3.04</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>2.22</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>-2.27</x:v>
+        <x:v>-1.37</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>-2.26</x:v>
+        <x:v>-1.36</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>-2.55</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-2.27</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>-1.59</x:v>
+        <x:v>-2.26</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>-1.09</x:v>
+        <x:v>-2.55</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>-1.59</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>-1.09</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>5.42</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>5.42</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>5.42</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>5.42</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>3.86</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>-2.19</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>-2.18</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>-2.19</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>0.86</x:v>
+        <x:v>-2.18</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>4.68</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>4.69</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>3.71</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>6.63</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>6.64</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>6.07</x:v>
+        <x:v>3.51</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
-        <x:v>117</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
+        <x:v>6.63</x:v>
+      </x:c>
+      <x:c r="C75" s="4" t="n">
+        <x:v>6.64</x:v>
+      </x:c>
+      <x:c r="D75" s="4" t="n">
+        <x:v>6.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:4">
+      <x:c r="A76" s="2" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="B76" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
-      <x:c r="C75" s="4" t="n">
+      <x:c r="C76" s="4" t="n">
         <x:v>1.11</x:v>
       </x:c>
-      <x:c r="D75" s="4" t="n">
+      <x:c r="D76" s="4" t="n">
         <x:v>3.42</x:v>
       </x:c>
     </x:row>
-    <x:row r="77" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="78" spans="1:4">
-      <x:c r="A78" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A78" s="2" t="s"/>
+      <x:c r="B78" s="3" t="s"/>
+      <x:c r="C78" s="3" t="s"/>
+      <x:c r="D78" s="3" t="s"/>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>6.49</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>6.51</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>5.16</x:v>
+        <x:v>5.87</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>5.18</x:v>
+        <x:v>5.89</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>6.49</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>6.51</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>4.75</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>5.16</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>6.32</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>-1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>5.24</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>6.32</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>6.15</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>11.31</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>9.16</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>-2.19</x:v>
+        <x:v>5.24</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>-2.17</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>-2.23</x:v>
+        <x:v>2.04</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>3.69</x:v>
+        <x:v>11.28</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>3.72</x:v>
+        <x:v>11.31</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>9.16</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>-2.19</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>-2.17</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>-2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>10.77</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>8.11</x:v>
+        <x:v>2.19</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>-4.29</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>-4.26</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>-4.57</x:v>
+        <x:v>1.86</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>-12.97</x:v>
+        <x:v>10.77</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>-12.94</x:v>
+        <x:v>10.8</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>-11.43</x:v>
+        <x:v>8.11</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>-8.9</x:v>
+        <x:v>-4.29</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>-8.88</x:v>
+        <x:v>-4.26</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>-10.02</x:v>
+        <x:v>-4.57</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B94" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>-12.97</x:v>
       </x:c>
       <x:c r="C94" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>-12.94</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>-0.44</x:v>
+        <x:v>-11.43</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
       <x:c r="A95" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B95" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>-8.9</x:v>
       </x:c>
       <x:c r="C95" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>-8.88</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-10.02</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
       <x:c r="A96" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B96" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="C96" s="4" t="n">
-        <x:v>5.29</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>-0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4">
       <x:c r="A97" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B97" s="4" t="n">
-        <x:v>-5.15</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
       <x:c r="C97" s="4" t="n">
-        <x:v>-5.12</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>-4.54</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4">
       <x:c r="A98" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B98" s="4" t="n">
-        <x:v>7.93</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="C98" s="4" t="n">
-        <x:v>7.96</x:v>
+        <x:v>5.29</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>4.06</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:4">
       <x:c r="A99" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B99" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>-5.15</x:v>
       </x:c>
       <x:c r="C99" s="4" t="n">
-        <x:v>2.86</x:v>
+        <x:v>-5.12</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>-4.54</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:4">
       <x:c r="A100" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B100" s="4" t="n">
+        <x:v>7.93</x:v>
+      </x:c>
+      <x:c r="C100" s="4" t="n">
+        <x:v>7.96</x:v>
+      </x:c>
+      <x:c r="D100" s="4" t="n">
+        <x:v>5.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:4">
+      <x:c r="A101" s="2" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="B101" s="4" t="n">
+        <x:v>2.84</x:v>
+      </x:c>
+      <x:c r="C101" s="4" t="n">
+        <x:v>2.86</x:v>
+      </x:c>
+      <x:c r="D101" s="4" t="n">
+        <x:v>2.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:4">
+      <x:c r="A102" s="2" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="B102" s="4" t="n">
         <x:v>12.85</x:v>
       </x:c>
-      <x:c r="C100" s="4" t="n">
+      <x:c r="C102" s="4" t="n">
         <x:v>12.88</x:v>
       </x:c>
-      <x:c r="D100" s="4" t="n">
+      <x:c r="D102" s="4" t="n">
         <x:v>13.55</x:v>
       </x:c>
     </x:row>
-    <x:row r="102" spans="1:4">
-[...18 lines deleted...]
-    </x:row>
     <x:row r="104" spans="1:4">
-      <x:c r="A104" s="2" t="n">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A104" s="2" t="s"/>
+      <x:c r="B104" s="3" t="s"/>
+      <x:c r="C104" s="3" t="s"/>
+      <x:c r="D104" s="3" t="s"/>
     </x:row>
     <x:row r="105" spans="1:4">
-      <x:c r="A105" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A105" s="2" t="s">
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B105" s="4" t="n">
-        <x:v>14.93</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="C105" s="4" t="n">
-        <x:v>15.05</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>11.09</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:4">
       <x:c r="A106" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B106" s="4" t="n">
-        <x:v>-15.94</x:v>
+        <x:v>22.3</x:v>
       </x:c>
       <x:c r="C106" s="4" t="n">
-        <x:v>-15.84</x:v>
+        <x:v>22.39</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>-17.78</x:v>
+        <x:v>14.3</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:4">
       <x:c r="A107" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B107" s="4" t="n">
-        <x:v>-1.36</x:v>
+        <x:v>14.2</x:v>
       </x:c>
       <x:c r="C107" s="4" t="n">
-        <x:v>-1.25</x:v>
+        <x:v>14.29</x:v>
       </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>6.54</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:4">
       <x:c r="A108" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B108" s="4" t="n">
+        <x:v>14.93</x:v>
+      </x:c>
+      <x:c r="C108" s="4" t="n">
+        <x:v>15.05</x:v>
+      </x:c>
+      <x:c r="D108" s="4" t="n">
+        <x:v>11.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109" spans="1:4">
+      <x:c r="A109" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B109" s="4" t="n">
+        <x:v>-15.94</x:v>
+      </x:c>
+      <x:c r="C109" s="4" t="n">
+        <x:v>-15.84</x:v>
+      </x:c>
+      <x:c r="D109" s="4" t="n">
+        <x:v>-17.78</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="110" spans="1:4">
+      <x:c r="A110" s="2" t="n">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="B110" s="4" t="n">
+        <x:v>-1.36</x:v>
+      </x:c>
+      <x:c r="C110" s="4" t="n">
+        <x:v>-1.25</x:v>
+      </x:c>
+      <x:c r="D110" s="4" t="n">
+        <x:v>-1.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="111" spans="1:4">
+      <x:c r="A111" s="2" t="n">
         <x:v>2020</x:v>
       </x:c>
-      <x:c r="B108" s="4" t="n">
+      <x:c r="B111" s="4" t="n">
         <x:v>25.25</x:v>
       </x:c>
-      <x:c r="C108" s="4" t="n">
+      <x:c r="C111" s="4" t="n">
         <x:v>25.35</x:v>
       </x:c>
-      <x:c r="D108" s="4" t="n">
+      <x:c r="D111" s="4" t="n">
         <x:v>22.92</x:v>
       </x:c>
     </x:row>
-    <x:row r="110" spans="1:4">
-[...10 lines deleted...]
-      <x:c r="A112" s="1" t="s">
+    <x:row r="113" spans="1:4">
+      <x:c r="A113" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
-    <x:row r="113" spans="1:4">
-[...3 lines deleted...]
-    </x:row>
     <x:row r="114" spans="1:4">
-      <x:c r="A114" s="2" t="s">
-        <x:v>114</x:v>
+      <x:c r="A114" s="1" t="s">
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:4">
       <x:c r="A115" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:4">
-      <x:c r="A116" s="1" t="s">
-        <x:v>102</x:v>
+      <x:c r="A116" s="2" t="s">
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:4">
-      <x:c r="A117" s="1" t="s">
+      <x:c r="A117" s="2" t="s">
+        <x:v>116</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="118" spans="1:4">
+      <x:c r="A118" s="1" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:4">
       <x:c r="A119" s="1" t="s">
+        <x:v>104</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="120" spans="1:4">
+      <x:c r="A120" s="1" t="s">
         <x:v>105</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="121" spans="1:4">
+      <x:c r="A121" s="2" t="s">
+        <x:v>106</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="122" spans="1:4">
+      <x:c r="A122" s="1" t="s">
+        <x:v>107</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J28"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="39.680625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
+        <x:v>3.33</x:v>
+      </x:c>
+      <x:c r="E9" s="4" t="n">
+        <x:v>3.33</x:v>
+      </x:c>
+      <x:c r="F9" s="4" t="n">
+        <x:v>17.31</x:v>
+      </x:c>
+      <x:c r="G9" s="4" t="n">
+        <x:v>11.49</x:v>
+      </x:c>
+      <x:c r="H9" s="4" t="n">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="I9" s="3" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="J9" s="4" t="n">
         <x:v>4.48</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>3.93</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>13.45</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>10.59</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>3.65</x:v>
+        <x:v>3.71</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.28</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>2.65</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>2.21</x:v>
+        <x:v>3.86</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>0.29</x:v>
+        <x:v>0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.49</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>4.64</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>17.23</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>17.23</x:v>
+        <x:v>18.03</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>12.39</x:v>
+        <x:v>12.2</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>2.54</x:v>
+        <x:v>3.57</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>4.61</x:v>
+        <x:v>5.15</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>13.45</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>10.59</x:v>
+        <x:v>9.7</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>3.65</x:v>
+        <x:v>3.71</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.23</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>2.93</x:v>
+        <x:v>2.71</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>2.93</x:v>
+        <x:v>4.58</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J28"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="39.680625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>5.09</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>18.9</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>18.9</x:v>
+        <x:v>19.67</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>15.53</x:v>
+        <x:v>17.27</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>13.45</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>10.28</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.06</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>4.6</x:v>
+        <x:v>6.22</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>5.12</x:v>
+        <x:v>6.98</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>3.52</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5.31</x:v>
+        <x:v>3.52</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>19.86</x:v>
+        <x:v>3.52</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>19.86</x:v>
+        <x:v>20.64</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>16.47</x:v>
+        <x:v>18.22</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>13.45</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>10.41</x:v>
+        <x:v>10.28</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.02</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>5.56</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>5.56</x:v>
+        <x:v>7.19</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>6.06</x:v>
+        <x:v>7.94</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.560625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>5.62</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>21.39</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>21.39</x:v>
+        <x:v>22.22</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>17.62</x:v>
+        <x:v>19.12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>13.45</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>11.71</x:v>
+        <x:v>11.54</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.09</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>7.09</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>7.09</x:v>
+        <x:v>8.78</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>5.91</x:v>
+        <x:v>7.59</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5.84</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>22.37</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>22.37</x:v>
+        <x:v>23.21</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>18.58</x:v>
+        <x:v>20.09</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>0.68</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>13.45</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>11.71</x:v>
+        <x:v>11.54</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.16</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.55</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>8.07</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>8.07</x:v>
+        <x:v>9.77</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>6.87</x:v>
+        <x:v>8.56</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>18</vt:i4>
       </vt:variant>
       <vt:variant>