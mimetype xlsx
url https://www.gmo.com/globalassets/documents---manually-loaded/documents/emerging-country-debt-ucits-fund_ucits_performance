--- v4 (2026-02-07)
+++ v5 (2026-02-27)
@@ -7,51 +7,51 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf32f1983cdc4cc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ef8b965f3ca34347b02cd9cfb183d2ee.psmdcp" Id="R5938a114c4664568" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb33cc59e2706455a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dd7b045076724233b7782db614d4679b.psmdcp" Id="Rd8503a98246b4054" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="CHF Class G_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="EUR Class H_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="USD Class A_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="USD Class F_Historical" sheetId="5" r:id="rId5"/>
     <x:sheet name="USD Class G_Historical" sheetId="6" r:id="rId6"/>
     <x:sheet name="USD Class Z_Historical" sheetId="7" r:id="rId7"/>
     <x:sheet name="CHF Class G_Month-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="EUR Class H_Month-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="USD Class A_Month-End" sheetId="10" r:id="rId10"/>
     <x:sheet name="USD Class F_Month-End" sheetId="11" r:id="rId11"/>
     <x:sheet name="USD Class G_Month-End" sheetId="12" r:id="rId12"/>
     <x:sheet name="USD Class Z_Month-End" sheetId="13" r:id="rId13"/>
     <x:sheet name="CHF Class G_Quarter-End" sheetId="14" r:id="rId14"/>
     <x:sheet name="EUR Class H_Quarter-End" sheetId="15" r:id="rId15"/>
     <x:sheet name="USD Class A_Quarter-End" sheetId="16" r:id="rId16"/>
     <x:sheet name="USD Class F_Quarter-End" sheetId="17" r:id="rId17"/>