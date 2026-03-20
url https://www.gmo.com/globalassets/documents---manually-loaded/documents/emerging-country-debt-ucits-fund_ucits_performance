--- v5 (2026-02-27)
+++ v6 (2026-03-20)
@@ -7,105 +7,108 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet18.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb33cc59e2706455a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dd7b045076724233b7782db614d4679b.psmdcp" Id="Rd8503a98246b4054" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8685b45311d4725" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5f9453d0e4394fd7a570d3765223a050.psmdcp" Id="R7f189aa2cf854b7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="CHF Class G_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="EUR Class H_Historical" sheetId="3" r:id="rId3"/>
     <x:sheet name="USD Class A_Historical" sheetId="4" r:id="rId4"/>
     <x:sheet name="USD Class F_Historical" sheetId="5" r:id="rId5"/>
     <x:sheet name="USD Class G_Historical" sheetId="6" r:id="rId6"/>
     <x:sheet name="USD Class Z_Historical" sheetId="7" r:id="rId7"/>
     <x:sheet name="CHF Class G_Month-End" sheetId="8" r:id="rId8"/>
     <x:sheet name="EUR Class H_Month-End" sheetId="9" r:id="rId9"/>
     <x:sheet name="USD Class A_Month-End" sheetId="10" r:id="rId10"/>
     <x:sheet name="USD Class F_Month-End" sheetId="11" r:id="rId11"/>
     <x:sheet name="USD Class G_Month-End" sheetId="12" r:id="rId12"/>
     <x:sheet name="USD Class Z_Month-End" sheetId="13" r:id="rId13"/>
     <x:sheet name="CHF Class G_Quarter-End" sheetId="14" r:id="rId14"/>
     <x:sheet name="EUR Class H_Quarter-End" sheetId="15" r:id="rId15"/>
     <x:sheet name="USD Class A_Quarter-End" sheetId="16" r:id="rId16"/>
     <x:sheet name="USD Class F_Quarter-End" sheetId="17" r:id="rId17"/>
     <x:sheet name="USD Class G_Quarter-End" sheetId="18" r:id="rId18"/>
     <x:sheet name="USD Class Z_Quarter-End" sheetId="19" r:id="rId19"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="165" uniqueCount="165">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="166" uniqueCount="166">
   <x:si>
     <x:t>Performance - Emerging Country Debt UCITS Fund | CHF Class G</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (CHF,%)</x:t>
+    <x:t>As of 02/28/2026 (CHF,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 05/28/2020</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>J.P. Morgan EMBI Global Diversified (in USD)</x:t>
   </x:si>
   <x:si>
+    <x:t>02/28/2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
@@ -371,174 +374,174 @@
   <x:si>
     <x:t>shares, when redeemed, may be worth more or less than their original cost. Current performance data may be lower or higher than the performance data provided herein.</x:t>
   </x:si>
   <x:si>
     <x:t>UCITS HAVE NO GUARANTEED RETURN AND PAST PERFORMANCE DOES NOT GUARANTEE FUTURE PERFORMANCE.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Emerging Country Debt UCITS Fund | EUR Class H</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (EUR,%)</x:t>
+    <x:t>As of 02/28/2026 (EUR,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 08/20/2024</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Emerging Country Debt UCITS Fund | USD Class A</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (USD,%)</x:t>
+    <x:t>As of 02/28/2026 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 05/10/2024</x:t>
   </x:si>
   <x:si>
     <x:t>J.P. Morgan EMBI Global Diversified</x:t>
   </x:si>
   <x:si>
     <x:t>The J.P. Morgan EMBI (Emerging Markets Bond) Global Diversified Index is an independently maintained and widely published uniquely weighted U.S. dollar-denominated emerging markets</x:t>
   </x:si>
   <x:si>
     <x:t>sovereign index comprised of Brady bonds, Eurobonds, traded loans, and market debt instruments issued by sovereign and quasi-sovereign entities.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Emerging Country Debt UCITS Fund | USD Class F</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 04/01/2020</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2020</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Emerging Country Debt UCITS Fund | USD Class G</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 12/14/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Performance - Emerging Country Debt UCITS Fund | USD Class Z</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 01/31/2026 (CHF,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in CHF as of 01/31/2026</x:t>
+    <x:t>Month-End as of 02/28/2026 (CHF,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in CHF as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Country Debt UCITS Fund CHG</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2020</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in CHF as of 01/31/2026</x:t>
+    <x:t>Average Annual Total Return (Gross) in CHF as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 01/31/2026 (EUR,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in EUR as of 01/31/2026</x:t>
+    <x:t>Month-End as of 02/28/2026 (EUR,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in EUR as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Country Debt UCITS Fund EUH</x:t>
   </x:si>
   <x:si>
     <x:t>08/20/2024</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in EUR as of 01/31/2026</x:t>
-[...5 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in USD as of 01/31/2026</x:t>
+    <x:t>Average Annual Total Return (Gross) in EUR as of 02/28/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Month-End as of 02/28/2026 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Country Debt UCITS Fund USA</x:t>
   </x:si>
   <x:si>
     <x:t>05/10/2024</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in USD as of 01/31/2026</x:t>
+    <x:t>Average Annual Total Return (Gross) in USD as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Country Debt UCITS Fund USF</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2020</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Country Debt UCITS Fund USG</x:t>
   </x:si>
   <x:si>
     <x:t>12/14/2023</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Country Debt UCITS Fund USZ</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 12/31/2025 (CHF,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in CHF as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Gross) in CHF as of 12/31/2025</x:t>
   </x:si>
@@ -921,10390 +924,10474 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D119"/>
+  <x:dimension ref="A1:D120"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="39.680625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>1.39</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.49</x:v>
+        <x:v>3.39</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.24</x:v>
+        <x:v>0.76</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>3.24</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>3.29</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>2.13</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.58</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>1.88</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1.92</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>1.88</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.02</x:v>
+        <x:v>1.92</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.64</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>3.02</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-0.73</x:v>
+        <x:v>1.64</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>1.12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-1.69</x:v>
+        <x:v>-0.73</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>-1.69</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.17</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.69</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>1.57</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-1.1</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-1.05</x:v>
+        <x:v>2.69</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>-1.1</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>-1.05</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-0.09</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>1.19</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.55</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>1.55</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>1.85</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>1.45</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>1.45</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>1.87</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>1.23</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>1.28</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-1.26</x:v>
+        <x:v>1.23</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-1.21</x:v>
+        <x:v>1.28</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-2.08</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>-1.26</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-1.21</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>2.09</x:v>
+        <x:v>-2.08</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>2.84</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>2.09</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-0.5</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>4.86</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>4.92</x:v>
+        <x:v>-0.5</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>4.73</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>5.88</x:v>
+        <x:v>4.86</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>5.93</x:v>
+        <x:v>4.92</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>5.66</x:v>
+        <x:v>4.73</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-0.94</x:v>
+        <x:v>5.88</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-0.89</x:v>
+        <x:v>5.93</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-1.35</x:v>
+        <x:v>5.66</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-3.63</x:v>
+        <x:v>-0.94</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-3.58</x:v>
+        <x:v>-0.89</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>-1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-2.19</x:v>
+        <x:v>-3.63</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-2.14</x:v>
+        <x:v>-3.58</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-2.19</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>2.68</x:v>
+        <x:v>-2.14</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>3.27</x:v>
+        <x:v>2.63</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>2.68</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.91</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>3.27</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-0.49</x:v>
+        <x:v>3.32</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-0.17</x:v>
+        <x:v>-0.49</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>0.53</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-3.04</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-2.98</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-2.21</x:v>
+        <x:v>0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>3.87</x:v>
+        <x:v>-3.04</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>3.93</x:v>
+        <x:v>-2.98</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>-2.21</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>3.87</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>0.67</x:v>
+        <x:v>3.93</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>3.17</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>0.61</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>7.85</x:v>
+        <x:v>0.67</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>7.14</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>0.84</x:v>
+        <x:v>7.85</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>0.58</x:v>
+        <x:v>7.14</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-6.4</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-6.34</x:v>
+        <x:v>0.84</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-6.36</x:v>
+        <x:v>0.58</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-6.4</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-0.84</x:v>
+        <x:v>-6.34</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-0.95</x:v>
+        <x:v>-6.36</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>-0.84</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-0.95</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-8.16</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-8.1</x:v>
+        <x:v>2.23</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-6.21</x:v>
+        <x:v>2.89</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>-8.16</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-0.15</x:v>
+        <x:v>-8.1</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>-6.21</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-5.65</x:v>
+        <x:v>-0.21</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-5.59</x:v>
+        <x:v>-0.15</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-5.59</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>-5.65</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>0.36</x:v>
+        <x:v>-5.59</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-5.59</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-6.68</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-6.63</x:v>
+        <x:v>0.36</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-6.55</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-3.23</x:v>
+        <x:v>-6.68</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-3.18</x:v>
+        <x:v>-6.63</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>-6.55</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>-3.23</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>-3.18</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-2.49</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-2.44</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>-1.84</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-0.13</x:v>
+        <x:v>-2.49</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>-0.08</x:v>
+        <x:v>-2.44</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>-1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-2.51</x:v>
+        <x:v>-0.13</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-2.46</x:v>
+        <x:v>-0.08</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>-2.51</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>1.24</x:v>
+        <x:v>-2.46</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>0.35</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>0.35</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>0.41</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>1.26</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>0.73</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>2.86</x:v>
+        <x:v>1.26</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>1.06</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>2.86</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>-1.44</x:v>
+        <x:v>2.92</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>2.22</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>-2.48</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>-2.43</x:v>
+        <x:v>-1.44</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>-2.55</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>-2.48</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>-1.64</x:v>
+        <x:v>-2.43</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>-1.09</x:v>
+        <x:v>-2.55</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>-1.64</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>-1.09</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>5.33</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>5.38</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>-0.75</x:v>
+        <x:v>5.33</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>-0.69</x:v>
+        <x:v>5.38</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>3.86</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>-2.33</x:v>
+        <x:v>-0.75</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>-0.69</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>0.74</x:v>
+        <x:v>-2.33</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>-2.28</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>4.02</x:v>
+        <x:v>0.74</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>4.08</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.02</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>4.56</x:v>
+        <x:v>4.08</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>3.71</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
+        <x:v>4.5</x:v>
+      </x:c>
+      <x:c r="C75" s="4" t="n">
+        <x:v>4.56</x:v>
+      </x:c>
+      <x:c r="D75" s="4" t="n">
+        <x:v>3.51</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:4">
+      <x:c r="A76" s="2" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="B76" s="4" t="n">
         <x:v>-1.58</x:v>
       </x:c>
-      <x:c r="C75" s="4" t="n">
+      <x:c r="C76" s="4" t="n">
         <x:v>-1.57</x:v>
       </x:c>
-      <x:c r="D75" s="4" t="n">
+      <x:c r="D76" s="4" t="n">
         <x:v>-0.17</x:v>
       </x:c>
     </x:row>
-    <x:row r="77" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="78" spans="1:4">
-      <x:c r="A78" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A78" s="2" t="s"/>
+      <x:c r="B78" s="3" t="s"/>
+      <x:c r="C78" s="3" t="s"/>
+      <x:c r="D78" s="3" t="s"/>
     </x:row>
     <x:row r="79" spans="1:4">
       <x:c r="A79" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>4.57</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>4.64</x:v>
+        <x:v>4.67</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>2.08</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>4.48</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>5.35</x:v>
+        <x:v>4.64</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>5.35</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>4.75</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>4.06</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>-0.23</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>-0.07</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>4.99</x:v>
+        <x:v>-0.23</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>-0.07</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>-1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>-0.1</x:v>
+        <x:v>4.99</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>0.06</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>6.15</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>4.13</x:v>
+        <x:v>-0.1</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>4.29</x:v>
+        <x:v>0.06</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>9.98</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>10.16</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>9.16</x:v>
+        <x:v>2.04</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>-3.27</x:v>
+        <x:v>9.98</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>-3.11</x:v>
+        <x:v>10.16</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>-2.23</x:v>
+        <x:v>9.16</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>-3.27</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>2.64</x:v>
+        <x:v>-3.11</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>-2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>2.47</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>0.83</x:v>
+        <x:v>2.64</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>2.19</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>9.31</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>9.49</x:v>
+        <x:v>0.83</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>8.11</x:v>
+        <x:v>1.86</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>-5.21</x:v>
+        <x:v>9.31</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>-5.05</x:v>
+        <x:v>9.49</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>-4.57</x:v>
+        <x:v>8.11</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>-13.53</x:v>
+        <x:v>-5.21</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>-13.38</x:v>
+        <x:v>-5.05</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>-11.43</x:v>
+        <x:v>-4.57</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="4" t="n">
-        <x:v>-9.43</x:v>
+        <x:v>-13.53</x:v>
       </x:c>
       <x:c r="C94" s="4" t="n">
-        <x:v>-9.27</x:v>
+        <x:v>-13.38</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>-10.02</x:v>
+        <x:v>-11.43</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
       <x:c r="A95" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="4" t="n">
-        <x:v>-0.93</x:v>
+        <x:v>-9.43</x:v>
       </x:c>
       <x:c r="C95" s="4" t="n">
-        <x:v>-0.77</x:v>
+        <x:v>-9.27</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>-0.44</x:v>
+        <x:v>-10.02</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
       <x:c r="A96" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="4" t="n">
-        <x:v>-1.01</x:v>
+        <x:v>-0.93</x:v>
       </x:c>
       <x:c r="C96" s="4" t="n">
-        <x:v>-0.85</x:v>
+        <x:v>-0.77</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4">
       <x:c r="A97" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="4" t="n">
-        <x:v>4.85</x:v>
+        <x:v>-1.01</x:v>
       </x:c>
       <x:c r="C97" s="4" t="n">
-        <x:v>5.01</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4">
       <x:c r="A98" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="4" t="n">
-        <x:v>-5.58</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="C98" s="4" t="n">
-        <x:v>-5.42</x:v>
+        <x:v>5.01</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>-4.54</x:v>
+        <x:v>4.06</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:4">
       <x:c r="A99" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="4" t="n">
-        <x:v>7.39</x:v>
+        <x:v>-5.58</x:v>
       </x:c>
       <x:c r="C99" s="4" t="n">
-        <x:v>7.57</x:v>
+        <x:v>-5.42</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>-4.54</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:4">
       <x:c r="A100" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="4" t="n">
-        <x:v>2.35</x:v>
+        <x:v>7.39</x:v>
       </x:c>
       <x:c r="C100" s="4" t="n">
-        <x:v>2.51</x:v>
+        <x:v>7.57</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:4">
       <x:c r="A101" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="4" t="n">
+        <x:v>2.35</x:v>
+      </x:c>
+      <x:c r="C101" s="4" t="n">
+        <x:v>2.51</x:v>
+      </x:c>
+      <x:c r="D101" s="4" t="n">
+        <x:v>2.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:4">
+      <x:c r="A102" s="2" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B102" s="4" t="n">
         <x:v>2.86</x:v>
       </x:c>
-      <x:c r="C101" s="4" t="n">
+      <x:c r="C102" s="4" t="n">
         <x:v>2.92</x:v>
       </x:c>
-      <x:c r="D101" s="4" t="n">
+      <x:c r="D102" s="4" t="n">
         <x:v>3.34</x:v>
       </x:c>
     </x:row>
-    <x:row r="103" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="104" spans="1:4">
-      <x:c r="A104" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A104" s="2" t="s"/>
+      <x:c r="B104" s="3" t="s"/>
+      <x:c r="C104" s="3" t="s"/>
+      <x:c r="D104" s="3" t="s"/>
     </x:row>
     <x:row r="105" spans="1:4">
-      <x:c r="A105" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A105" s="2" t="s">
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B105" s="4" t="n">
-        <x:v>16.51</x:v>
+        <x:v>4.57</x:v>
       </x:c>
       <x:c r="C105" s="4" t="n">
-        <x:v>17.23</x:v>
+        <x:v>4.67</x:v>
       </x:c>
       <x:c r="D105" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>2.08</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:4">
       <x:c r="A106" s="2" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B106" s="4" t="n">
-        <x:v>8.97</x:v>
+        <x:v>16.51</x:v>
       </x:c>
       <x:c r="C106" s="4" t="n">
-        <x:v>9.65</x:v>
+        <x:v>17.23</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>6.54</x:v>
+        <x:v>14.3</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:4">
       <x:c r="A107" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B107" s="4" t="n">
-        <x:v>9.73</x:v>
+        <x:v>8.97</x:v>
       </x:c>
       <x:c r="C107" s="4" t="n">
-        <x:v>10.45</x:v>
+        <x:v>9.65</x:v>
       </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>11.09</x:v>
+        <x:v>6.54</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:4">
       <x:c r="A108" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B108" s="4" t="n">
-        <x:v>-18.85</x:v>
+        <x:v>9.73</x:v>
       </x:c>
       <x:c r="C108" s="4" t="n">
-        <x:v>-18.3</x:v>
+        <x:v>10.45</x:v>
       </x:c>
       <x:c r="D108" s="4" t="n">
-        <x:v>-17.78</x:v>
+        <x:v>11.09</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:4">
       <x:c r="A109" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B109" s="4" t="n">
-        <x:v>-2.92</x:v>
+        <x:v>-18.85</x:v>
       </x:c>
       <x:c r="C109" s="4" t="n">
-        <x:v>-2.28</x:v>
+        <x:v>-18.3</x:v>
       </x:c>
       <x:c r="D109" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>-17.78</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:4">
       <x:c r="A110" s="2" t="n">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="B110" s="4" t="n">
+        <x:v>-2.92</x:v>
+      </x:c>
+      <x:c r="C110" s="4" t="n">
+        <x:v>-2.28</x:v>
+      </x:c>
+      <x:c r="D110" s="4" t="n">
+        <x:v>-1.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="111" spans="1:4">
+      <x:c r="A111" s="2" t="n">
         <x:v>2020</x:v>
       </x:c>
-      <x:c r="B110" s="4" t="n">
+      <x:c r="B111" s="4" t="n">
         <x:v>13.05</x:v>
       </x:c>
-      <x:c r="C110" s="4" t="n">
+      <x:c r="C111" s="4" t="n">
         <x:v>13.49</x:v>
       </x:c>
-      <x:c r="D110" s="4" t="n">
+      <x:c r="D111" s="4" t="n">
         <x:v>11.86</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:4">
       <x:c r="A113" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:4">
       <x:c r="A114" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:4">
       <x:c r="A115" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:4">
       <x:c r="A116" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:4">
       <x:c r="A117" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:4">
-      <x:c r="A118" s="2" t="s">
+      <x:c r="A118" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:4">
-      <x:c r="A119" s="1" t="s">
+      <x:c r="A119" s="2" t="s">
         <x:v>107</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="120" spans="1:4">
+      <x:c r="A120" s="1" t="s">
+        <x:v>108</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.250625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>5.25</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>5.25</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>22.93</x:v>
+        <x:v>22.95</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>16.68</x:v>
+        <x:v>18.32</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>6.8</x:v>
+        <x:v>7.62</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>9.63</x:v>
+        <x:v>9.78</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>13.45</x:v>
+        <x:v>13.24</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>11.03</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>2.14</x:v>
+        <x:v>2.95</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.48</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.02</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.02</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>3.02</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>9.49</x:v>
+        <x:v>9.71</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>6.98</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>4.66</x:v>
+        <x:v>4.67</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>4.33</x:v>
+        <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.72</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.72</x:v>
+        <x:v>5.29</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>3.72</x:v>
+        <x:v>5.29</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>23.24</x:v>
+        <x:v>23.26</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>16.97</x:v>
+        <x:v>18.62</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>7.92</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>9.94</x:v>
+        <x:v>10.08</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>13.45</x:v>
+        <x:v>13.24</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>11.03</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>2.14</x:v>
+        <x:v>2.95</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.48</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>9.8</x:v>
+        <x:v>10.02</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>7.27</x:v>
+        <x:v>7.59</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>4.96</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>4.64</x:v>
+        <x:v>4.61</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.620625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.66</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.66</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>3.66</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>22.61</x:v>
+        <x:v>22.67</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>18.84</x:v>
+        <x:v>18.92</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>13.45</x:v>
+        <x:v>13.24</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>10.49</x:v>
+        <x:v>10.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.98</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.98</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>2.98</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>9.17</x:v>
+        <x:v>9.43</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>8.35</x:v>
+        <x:v>8.13</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>5.28</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>5.28</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>23.23</x:v>
+        <x:v>23.28</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>19.43</x:v>
+        <x:v>19.52</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>13.45</x:v>
+        <x:v>13.24</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>10.49</x:v>
+        <x:v>10.8</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.02</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.02</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>3.02</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>9.78</x:v>
+        <x:v>10.04</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>8.94</x:v>
+        <x:v>8.72</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.290625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.69</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.69</x:v>
+        <x:v>5.25</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>3.69</x:v>
+        <x:v>5.25</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>23.11</x:v>
+        <x:v>23.17</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>16.88</x:v>
+        <x:v>18.53</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>7.81</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>9.83</x:v>
+        <x:v>9.98</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>13.45</x:v>
+        <x:v>13.24</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>11.03</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>2.14</x:v>
+        <x:v>2.95</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.48</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>9.67</x:v>
+        <x:v>9.92</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
         <x:v>4.86</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>4.53</x:v>
+        <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>23.2</x:v>
+        <x:v>23.25</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>16.97</x:v>
+        <x:v>18.63</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>7.1</x:v>
+        <x:v>7.92</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>9.94</x:v>
+        <x:v>10.08</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>13.45</x:v>
+        <x:v>13.24</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>11.03</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>2.14</x:v>
+        <x:v>2.95</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.48</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>0.12</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>9.75</x:v>
+        <x:v>10.01</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>7.28</x:v>
+        <x:v>7.6</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
         <x:v>4.96</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>4.64</x:v>
+        <x:v>4.61</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I28"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="39.680625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>4.48</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>16.51</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>16.51</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>11.69</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>1.88</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>3.93</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>3.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>10.59</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>1.78</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>3.65</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>1.19</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>2.21</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>2.21</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>1.09</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
         <x:v>0.1</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>4.64</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>17.23</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>17.23</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>12.39</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
         <x:v>2.54</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>4.61</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>3.29</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>10.59</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
         <x:v>1.78</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>3.65</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>1.35</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>2.93</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>2.93</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
         <x:v>0.76</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I28"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="39.680625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>5.09</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>18.9</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>18.9</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>15.53</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>3.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>10.41</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>1.81</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>5.12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>5.31</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>19.86</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>19.86</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>16.47</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>3.29</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>10.41</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>2.02</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>5.56</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>5.56</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>6.06</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.560625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>5.62</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>21.39</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>21.39</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>17.62</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>3.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>11.71</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>2.34</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>7.09</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>7.09</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>5.91</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>5.84</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>22.37</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>22.37</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>18.58</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>3.29</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>11.71</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>2.55</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>8.07</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>8.07</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>6.87</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.250625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>5.81</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>22.06</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>22.06</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>16.89</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>5.69</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>9.09</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>3.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>10.59</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>1.78</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>5.26</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>2.52</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>7.76</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>7.76</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>6.29</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
         <x:v>3.91</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>3.83</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>5.87</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>22.37</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>22.37</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>17.18</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
         <x:v>5.98</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>9.39</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>3.29</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>10.59</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
         <x:v>1.78</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>5.26</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>2.59</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>8.07</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>8.07</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>6.58</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>4.14</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.620625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>5.73</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>21.8</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>21.8</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>17.61</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>3.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>10.58</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>2.44</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>7.5</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>7.5</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>7.03</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>5.86</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>22.41</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>22.41</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>18.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>3.29</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>10.58</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>2.57</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>8.11</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>8.11</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>7.62</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.290625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
         <x:v>5.87</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>22.3</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>22.3</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
         <x:v>17.08</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
         <x:v>5.89</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>9.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
         <x:v>3.29</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>10.59</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
         <x:v>1.78</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>5.26</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>2.59</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>6.49</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
         <x:v>4.1</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>4.04</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="2" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
         <x:v>5.89</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
         <x:v>22.39</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>22.39</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
         <x:v>17.18</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
         <x:v>5.99</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I17" s="4" t="n">
         <x:v>9.4</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
         <x:v>3.29</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>14.3</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
         <x:v>10.59</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
         <x:v>1.78</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
         <x:v>5.26</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
         <x:v>2.61</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>8.09</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>8.09</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>6.59</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
         <x:v>4.21</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>4.14</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9">
       <x:c r="A22" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D47"/>
+  <x:dimension ref="A1:D48"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="39.680625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.45</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>1.39</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.66</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>3.52</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.92</x:v>
+        <x:v>0.66</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>0.73</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.45</x:v>
+        <x:v>0.92</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.76</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>3.52</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>2.13</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.74</x:v>
+        <x:v>1.76</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.05</x:v>
+        <x:v>1.74</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>2.12</x:v>
+        <x:v>1.81</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.22</x:v>
+        <x:v>2.12</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.72</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.79</x:v>
+        <x:v>3.22</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-0.52</x:v>
+        <x:v>1.72</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-0.46</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>1.12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-0.52</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-1.43</x:v>
+        <x:v>-0.46</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>-1.43</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>2.78</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.85</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>1.57</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>2.78</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-0.75</x:v>
+        <x:v>2.85</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-0.75</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>1.19</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
+        <x:v>1.8</x:v>
+      </x:c>
+      <x:c r="C24" s="4" t="n">
+        <x:v>1.86</x:v>
+      </x:c>
+      <x:c r="D24" s="4" t="n">
+        <x:v>1.85</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:4">
+      <x:c r="A25" s="2" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B25" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
-      <x:c r="C24" s="4" t="n">
+      <x:c r="C25" s="4" t="n">
         <x:v>0.22</x:v>
       </x:c>
-      <x:c r="D24" s="4" t="n">
+      <x:c r="D25" s="4" t="n">
         <x:v>0.26</x:v>
       </x:c>
     </x:row>
-    <x:row r="26" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="27" spans="1:4">
-      <x:c r="A27" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A27" s="2" t="s"/>
+      <x:c r="B27" s="3" t="s"/>
+      <x:c r="C27" s="3" t="s"/>
+      <x:c r="D27" s="3" t="s"/>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>5.09</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>5.31</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>2.08</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>5.65</x:v>
+        <x:v>5.09</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>5.87</x:v>
+        <x:v>5.31</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>4.38</x:v>
+        <x:v>5.65</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>4.59</x:v>
+        <x:v>5.87</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>4.75</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>4.38</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>4.59</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>2.79</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
+        <x:v>0.39</x:v>
+      </x:c>
+      <x:c r="C33" s="4" t="n">
+        <x:v>0.6</x:v>
+      </x:c>
+      <x:c r="D33" s="4" t="n">
+        <x:v>-1.94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:4">
+      <x:c r="A34" s="2" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="B34" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="C33" s="4" t="n">
+      <x:c r="C34" s="4" t="n">
         <x:v>2.09</x:v>
       </x:c>
-      <x:c r="D33" s="4" t="n">
+      <x:c r="D34" s="4" t="n">
         <x:v>2.11</x:v>
       </x:c>
     </x:row>
-    <x:row r="35" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="36" spans="1:4">
-      <x:c r="A36" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A36" s="2" t="s"/>
+      <x:c r="B36" s="3" t="s"/>
+      <x:c r="C36" s="3" t="s"/>
+      <x:c r="D36" s="3" t="s"/>
     </x:row>
     <x:row r="37" spans="1:4">
-      <x:c r="A37" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A37" s="2" t="s">
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>18.9</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>19.86</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>2.08</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B38" s="4" t="n">
+        <x:v>18.9</x:v>
+      </x:c>
+      <x:c r="C38" s="4" t="n">
+        <x:v>19.86</x:v>
+      </x:c>
+      <x:c r="D38" s="4" t="n">
+        <x:v>14.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:4">
+      <x:c r="A39" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B38" s="4" t="n">
+      <x:c r="B39" s="4" t="n">
         <x:v>2.4</x:v>
       </x:c>
-      <x:c r="C38" s="4" t="n">
+      <x:c r="C39" s="4" t="n">
         <x:v>2.71</x:v>
       </x:c>
-      <x:c r="D38" s="4" t="n">
+      <x:c r="D39" s="4" t="n">
         <x:v>0.13</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
-      <x:c r="A46" s="2" t="s">
+      <x:c r="A46" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
-      <x:c r="A47" s="1" t="s">
+      <x:c r="A47" s="2" t="s">
         <x:v>107</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:4">
+      <x:c r="A48" s="1" t="s">
+        <x:v>108</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D53"/>
+  <x:dimension ref="A1:D54"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="32.290625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>1.39</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.81</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>0.81</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.05</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>2.13</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.28</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.45</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.95</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>2.02</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-0.41</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>1.12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-1.34</x:v>
+        <x:v>-0.41</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-1.27</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>-1.34</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>-1.27</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>2.93</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>1.57</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-0.74</x:v>
+        <x:v>2.93</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>-0.74</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>1.19</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>1.85</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>1.89</x:v>
+        <x:v>2.24</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>1.89</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>0.37</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>1.87</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
+        <x:v>0.3</x:v>
+      </x:c>
+      <x:c r="C27" s="4" t="n">
+        <x:v>0.37</x:v>
+      </x:c>
+      <x:c r="D27" s="4" t="n">
+        <x:v>0.62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:4">
+      <x:c r="A28" s="2" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B28" s="4" t="n">
         <x:v>0.25</x:v>
       </x:c>
-      <x:c r="C27" s="4" t="n">
+      <x:c r="C28" s="4" t="n">
         <x:v>0.3</x:v>
       </x:c>
-      <x:c r="D27" s="4" t="n">
+      <x:c r="D28" s="4" t="n">
         <x:v>0.19</x:v>
       </x:c>
     </x:row>
-    <x:row r="29" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="30" spans="1:4">
-      <x:c r="A30" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A30" s="2" t="s"/>
+      <x:c r="B30" s="3" t="s"/>
+      <x:c r="C30" s="3" t="s"/>
+      <x:c r="D30" s="3" t="s"/>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>5.62</x:v>
+        <x:v>5.17</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>5.84</x:v>
+        <x:v>5.31</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>2.08</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>6.32</x:v>
+        <x:v>5.62</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>6.54</x:v>
+        <x:v>5.84</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>4.97</x:v>
+        <x:v>6.32</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>5.18</x:v>
+        <x:v>6.54</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>4.75</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>2.98</x:v>
+        <x:v>4.97</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>2.98</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>6.12</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>-1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
+        <x:v>6.12</x:v>
+      </x:c>
+      <x:c r="C37" s="4" t="n">
+        <x:v>6.33</x:v>
+      </x:c>
+      <x:c r="D37" s="4" t="n">
+        <x:v>6.15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:4">
+      <x:c r="A38" s="2" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="B38" s="4" t="n">
         <x:v>0.55</x:v>
       </x:c>
-      <x:c r="C37" s="4" t="n">
+      <x:c r="C38" s="4" t="n">
         <x:v>0.66</x:v>
       </x:c>
-      <x:c r="D37" s="4" t="n">
+      <x:c r="D38" s="4" t="n">
         <x:v>0.81</x:v>
       </x:c>
     </x:row>
-    <x:row r="39" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="40" spans="1:4">
-      <x:c r="A40" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A40" s="2" t="s"/>
+      <x:c r="B40" s="3" t="s"/>
+      <x:c r="C40" s="3" t="s"/>
+      <x:c r="D40" s="3" t="s"/>
     </x:row>
     <x:row r="41" spans="1:4">
-      <x:c r="A41" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A41" s="2" t="s">
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>21.39</x:v>
+        <x:v>5.17</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>22.37</x:v>
+        <x:v>5.31</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>2.08</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B42" s="4" t="n">
+        <x:v>21.39</x:v>
+      </x:c>
+      <x:c r="C42" s="4" t="n">
+        <x:v>22.37</x:v>
+      </x:c>
+      <x:c r="D42" s="4" t="n">
+        <x:v>14.3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:4">
+      <x:c r="A43" s="2" t="n">
         <x:v>2024</x:v>
       </x:c>
-      <x:c r="B42" s="4" t="n">
+      <x:c r="B43" s="4" t="n">
         <x:v>7.55</x:v>
       </x:c>
-      <x:c r="C42" s="4" t="n">
+      <x:c r="C43" s="4" t="n">
         <x:v>8.12</x:v>
       </x:c>
-      <x:c r="D42" s="4" t="n">
+      <x:c r="D43" s="4" t="n">
         <x:v>4.94</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
-      <x:c r="A47" s="2" t="s">
-        <x:v>115</x:v>
+      <x:c r="A47" s="1" t="s">
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
-      <x:c r="A49" s="1" t="s">
-        <x:v>103</x:v>
+      <x:c r="A49" s="2" t="s">
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
-      <x:c r="A52" s="2" t="s">
+      <x:c r="A52" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
-      <x:c r="A53" s="1" t="s">
+      <x:c r="A53" s="2" t="s">
         <x:v>107</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:4">
+      <x:c r="A54" s="1" t="s">
+        <x:v>108</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D122"/>
+  <x:dimension ref="A1:D123"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="32.290625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>3.72</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>1.39</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.86</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.14</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.17</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.72</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.74</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.03</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.05</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>2.13</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>2.03</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.99</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.43</x:v>
+        <x:v>2.32</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.45</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>3.43</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>3.45</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-0.32</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>1.12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-1.35</x:v>
+        <x:v>-0.32</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-1.32</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>-1.35</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.49</x:v>
+        <x:v>-1.32</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.98</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>1.57</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-0.66</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>2.98</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.34</x:v>
+        <x:v>-0.66</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0.32</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>1.19</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>0.32</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>2.26</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>2.28</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>1.85</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>2.26</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>1.87</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>1.54</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-0.86</x:v>
+        <x:v>1.56</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-2.08</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>-0.86</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>2.09</x:v>
+        <x:v>-2.08</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>2.09</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-0.23</x:v>
+        <x:v>2.22</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>5.28</x:v>
+        <x:v>-0.25</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>5.31</x:v>
+        <x:v>-0.23</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>4.73</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>5.28</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>6.35</x:v>
+        <x:v>5.31</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>5.66</x:v>
+        <x:v>4.73</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>6.33</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-0.59</x:v>
+        <x:v>6.35</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-1.35</x:v>
+        <x:v>5.66</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-3.27</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-3.25</x:v>
+        <x:v>-0.59</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>-1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-1.78</x:v>
+        <x:v>-3.27</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-1.76</x:v>
+        <x:v>-3.25</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>2.94</x:v>
+        <x:v>-1.78</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>-1.76</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>2.94</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>3.73</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.91</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-0.19</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-0.17</x:v>
+        <x:v>3.73</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>0.1</x:v>
+        <x:v>-0.19</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>0.53</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.1</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.11</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-2.69</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-2.67</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-2.21</x:v>
+        <x:v>0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>-2.69</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>4.29</x:v>
+        <x:v>-2.67</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>-2.21</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>4.29</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>3.17</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>8.27</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>8.3</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>7.14</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>8.27</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>1.15</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>0.58</x:v>
+        <x:v>7.14</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-6.09</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-6.07</x:v>
+        <x:v>1.15</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-6.36</x:v>
+        <x:v>0.58</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-6.09</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>-6.07</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-0.95</x:v>
+        <x:v>-6.36</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>2.49</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-0.95</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-7.89</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-7.86</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-6.21</x:v>
+        <x:v>2.89</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>-7.89</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-0.02</x:v>
+        <x:v>-7.86</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>-6.21</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-5.53</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-5.5</x:v>
+        <x:v>-0.02</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-5.59</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>0.54</x:v>
+        <x:v>-5.53</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>-5.5</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-5.59</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-6.58</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-6.55</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-6.55</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-3.05</x:v>
+        <x:v>-6.58</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-3.02</x:v>
+        <x:v>-6.55</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>-6.55</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>-3.05</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>-3.02</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-2.46</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-2.44</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>-1.84</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-0.04</x:v>
+        <x:v>-2.46</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>-0.01</x:v>
+        <x:v>-2.44</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>-1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-2.4</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-2.38</x:v>
+        <x:v>-0.01</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>-2.4</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>1.34</x:v>
+        <x:v>-2.38</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>0.44</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>0.47</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>0.44</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>0.79</x:v>
+        <x:v>0.47</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>1.42</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>0.73</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>2.99</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>3.02</x:v>
+        <x:v>1.42</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>1.06</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>-1.37</x:v>
+        <x:v>2.99</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>-1.34</x:v>
+        <x:v>3.02</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>2.22</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>-2.32</x:v>
+        <x:v>-1.37</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>-2.29</x:v>
+        <x:v>-1.34</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>-2.55</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-2.32</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>-1.57</x:v>
+        <x:v>-2.29</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>-1.09</x:v>
+        <x:v>-2.55</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>2.92</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>2.95</x:v>
+        <x:v>-1.57</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>-1.09</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>5.42</x:v>
+        <x:v>2.92</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>5.45</x:v>
+        <x:v>2.95</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>5.42</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>-0.58</x:v>
+        <x:v>5.45</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>3.86</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>-2.19</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>-2.17</x:v>
+        <x:v>-0.58</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>-2.19</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>-2.17</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>4.21</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>4.69</x:v>
+        <x:v>4.21</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>4.71</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>3.71</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>6.63</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>6.66</x:v>
+        <x:v>4.71</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>6.07</x:v>
+        <x:v>3.51</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
+        <x:v>6.63</x:v>
+      </x:c>
+      <x:c r="C76" s="4" t="n">
+        <x:v>6.66</x:v>
+      </x:c>
+      <x:c r="D76" s="4" t="n">
+        <x:v>6.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:4">
+      <x:c r="A77" s="2" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="B77" s="4" t="n">
         <x:v>1.05</x:v>
       </x:c>
-      <x:c r="C76" s="4" t="n">
+      <x:c r="C77" s="4" t="n">
         <x:v>1.07</x:v>
       </x:c>
-      <x:c r="D76" s="4" t="n">
+      <x:c r="D77" s="4" t="n">
         <x:v>3.42</x:v>
       </x:c>
     </x:row>
-    <x:row r="78" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="79" spans="1:4">
-      <x:c r="A79" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A79" s="2" t="s"/>
+      <x:c r="B79" s="3" t="s"/>
+      <x:c r="C79" s="3" t="s"/>
+      <x:c r="D79" s="3" t="s"/>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>5.81</x:v>
+        <x:v>5.25</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>5.87</x:v>
+        <x:v>5.29</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>2.08</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>6.45</x:v>
+        <x:v>5.81</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>6.52</x:v>
+        <x:v>5.87</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>5.13</x:v>
+        <x:v>6.45</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>6.52</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>4.75</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>3.07</x:v>
+        <x:v>5.13</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>0.97</x:v>
+        <x:v>3.07</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>6.23</x:v>
+        <x:v>0.97</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>-1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>1.04</x:v>
+        <x:v>6.23</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>1.11</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>6.15</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>1.04</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>5.21</x:v>
+        <x:v>1.11</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>11.26</x:v>
+        <x:v>5.15</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>11.33</x:v>
+        <x:v>5.21</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>9.16</x:v>
+        <x:v>2.04</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>-2.2</x:v>
+        <x:v>11.26</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>-2.14</x:v>
+        <x:v>11.33</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>-2.23</x:v>
+        <x:v>9.16</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>3.61</x:v>
+        <x:v>-2.2</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>3.67</x:v>
+        <x:v>-2.14</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>-2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>3.61</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>2.19</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>10.72</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>10.81</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>8.11</x:v>
+        <x:v>1.86</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>-4.36</x:v>
+        <x:v>10.72</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>-4.28</x:v>
+        <x:v>10.81</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>-4.57</x:v>
+        <x:v>8.11</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B94" s="4" t="n">
-        <x:v>-13.02</x:v>
+        <x:v>-4.36</x:v>
       </x:c>
       <x:c r="C94" s="4" t="n">
-        <x:v>-12.95</x:v>
+        <x:v>-4.28</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>-11.43</x:v>
+        <x:v>-4.57</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
       <x:c r="A95" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B95" s="4" t="n">
-        <x:v>-8.94</x:v>
+        <x:v>-13.02</x:v>
       </x:c>
       <x:c r="C95" s="4" t="n">
-        <x:v>-8.86</x:v>
+        <x:v>-12.95</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>-10.02</x:v>
+        <x:v>-11.43</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
       <x:c r="A96" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B96" s="4" t="n">
-        <x:v>-0.65</x:v>
+        <x:v>-8.94</x:v>
       </x:c>
       <x:c r="C96" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>-8.86</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>-0.44</x:v>
+        <x:v>-10.02</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4">
       <x:c r="A97" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B97" s="4" t="n">
-        <x:v>-0.68</x:v>
+        <x:v>-0.65</x:v>
       </x:c>
       <x:c r="C97" s="4" t="n">
-        <x:v>-0.6</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4">
       <x:c r="A98" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B98" s="4" t="n">
-        <x:v>5.23</x:v>
+        <x:v>-0.68</x:v>
       </x:c>
       <x:c r="C98" s="4" t="n">
-        <x:v>5.31</x:v>
+        <x:v>-0.6</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:4">
       <x:c r="A99" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B99" s="4" t="n">
-        <x:v>-5.2</x:v>
+        <x:v>5.23</x:v>
       </x:c>
       <x:c r="C99" s="4" t="n">
-        <x:v>-5.12</x:v>
+        <x:v>5.31</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>-4.54</x:v>
+        <x:v>4.06</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:4">
       <x:c r="A100" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B100" s="4" t="n">
-        <x:v>7.85</x:v>
+        <x:v>-5.2</x:v>
       </x:c>
       <x:c r="C100" s="4" t="n">
-        <x:v>7.93</x:v>
+        <x:v>-5.12</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>-4.54</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:4">
       <x:c r="A101" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B101" s="4" t="n">
-        <x:v>2.79</x:v>
+        <x:v>7.85</x:v>
       </x:c>
       <x:c r="C101" s="4" t="n">
-        <x:v>2.87</x:v>
+        <x:v>7.93</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:4">
       <x:c r="A102" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B102" s="4" t="n">
+        <x:v>2.79</x:v>
+      </x:c>
+      <x:c r="C102" s="4" t="n">
+        <x:v>2.87</x:v>
+      </x:c>
+      <x:c r="D102" s="4" t="n">
+        <x:v>2.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:4">
+      <x:c r="A103" s="2" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B103" s="4" t="n">
         <x:v>12.8</x:v>
       </x:c>
-      <x:c r="C102" s="4" t="n">
+      <x:c r="C103" s="4" t="n">
         <x:v>12.88</x:v>
       </x:c>
-      <x:c r="D102" s="4" t="n">
+      <x:c r="D103" s="4" t="n">
         <x:v>13.55</x:v>
       </x:c>
     </x:row>
-    <x:row r="104" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="105" spans="1:4">
-      <x:c r="A105" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A105" s="2" t="s"/>
+      <x:c r="B105" s="3" t="s"/>
+      <x:c r="C105" s="3" t="s"/>
+      <x:c r="D105" s="3" t="s"/>
     </x:row>
     <x:row r="106" spans="1:4">
-      <x:c r="A106" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A106" s="2" t="s">
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B106" s="4" t="n">
-        <x:v>22.06</x:v>
+        <x:v>5.25</x:v>
       </x:c>
       <x:c r="C106" s="4" t="n">
-        <x:v>22.37</x:v>
+        <x:v>5.29</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>2.08</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:4">
       <x:c r="A107" s="2" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B107" s="4" t="n">
-        <x:v>13.96</x:v>
+        <x:v>22.06</x:v>
       </x:c>
       <x:c r="C107" s="4" t="n">
-        <x:v>14.25</x:v>
+        <x:v>22.37</x:v>
       </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>6.54</x:v>
+        <x:v>14.3</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:4">
       <x:c r="A108" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B108" s="4" t="n">
-        <x:v>14.82</x:v>
+        <x:v>13.96</x:v>
       </x:c>
       <x:c r="C108" s="4" t="n">
-        <x:v>15.1</x:v>
+        <x:v>14.25</x:v>
       </x:c>
       <x:c r="D108" s="4" t="n">
-        <x:v>11.09</x:v>
+        <x:v>6.54</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:4">
       <x:c r="A109" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B109" s="4" t="n">
-        <x:v>-16.13</x:v>
+        <x:v>14.82</x:v>
       </x:c>
       <x:c r="C109" s="4" t="n">
-        <x:v>-15.85</x:v>
+        <x:v>15.1</x:v>
       </x:c>
       <x:c r="D109" s="4" t="n">
-        <x:v>-17.78</x:v>
+        <x:v>11.09</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:4">
       <x:c r="A110" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B110" s="4" t="n">
-        <x:v>-1.56</x:v>
+        <x:v>-16.13</x:v>
       </x:c>
       <x:c r="C110" s="4" t="n">
-        <x:v>-1.25</x:v>
+        <x:v>-15.85</x:v>
       </x:c>
       <x:c r="D110" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>-17.78</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:4">
       <x:c r="A111" s="2" t="n">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="B111" s="4" t="n">
+        <x:v>-1.56</x:v>
+      </x:c>
+      <x:c r="C111" s="4" t="n">
+        <x:v>-1.25</x:v>
+      </x:c>
+      <x:c r="D111" s="4" t="n">
+        <x:v>-1.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="112" spans="1:4">
+      <x:c r="A112" s="2" t="n">
         <x:v>2020</x:v>
       </x:c>
-      <x:c r="B111" s="4" t="n">
+      <x:c r="B112" s="4" t="n">
         <x:v>25.05</x:v>
       </x:c>
-      <x:c r="C111" s="4" t="n">
+      <x:c r="C112" s="4" t="n">
         <x:v>25.33</x:v>
       </x:c>
-      <x:c r="D111" s="4" t="n">
+      <x:c r="D112" s="4" t="n">
         <x:v>22.92</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:4">
       <x:c r="A114" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:4">
       <x:c r="A115" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:4">
-      <x:c r="A116" s="2" t="s">
-        <x:v>115</x:v>
+      <x:c r="A116" s="1" t="s">
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:4">
       <x:c r="A117" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:4">
-      <x:c r="A118" s="1" t="s">
-        <x:v>103</x:v>
+      <x:c r="A118" s="2" t="s">
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:4">
       <x:c r="A119" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:4">
       <x:c r="A120" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:4">
-      <x:c r="A121" s="2" t="s">
+      <x:c r="A121" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:4">
-      <x:c r="A122" s="1" t="s">
+      <x:c r="A122" s="2" t="s">
         <x:v>107</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="123" spans="1:4">
+      <x:c r="A123" s="1" t="s">
+        <x:v>108</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D61"/>
+  <x:dimension ref="A1:D62"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="32.290625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.66</x:v>
+        <x:v>1.49</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>1.39</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.87</x:v>
+        <x:v>3.66</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.91</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>0.87</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.68</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.05</x:v>
+        <x:v>3.68</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>2.13</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>2.02</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>2.34</x:v>
+        <x:v>2.02</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.42</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>2.34</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>3.42</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-0.38</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>1.12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-1.34</x:v>
+        <x:v>-0.38</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>-1.34</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.48</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>1.57</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-0.69</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-0.65</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>-0.69</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.36</x:v>
+        <x:v>-0.65</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.26</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>1.19</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>0.26</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>2.25</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>1.85</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>2.25</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>1.87</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>1.91</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>1.87</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>1.53</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>0.42</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>1.53</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-0.86</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-2.08</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>-0.86</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>2.09</x:v>
+        <x:v>-2.08</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>2.14</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>2.09</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-0.25</x:v>
+        <x:v>2.14</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-0.21</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
+        <x:v>-0.25</x:v>
+      </x:c>
+      <x:c r="C32" s="4" t="n">
+        <x:v>-0.21</x:v>
+      </x:c>
+      <x:c r="D32" s="4" t="n">
+        <x:v>-1.02</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:4">
+      <x:c r="A33" s="2" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B33" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
-      <x:c r="C32" s="4" t="n">
+      <x:c r="C33" s="4" t="n">
         <x:v>0.72</x:v>
       </x:c>
-      <x:c r="D32" s="4" t="n">
+      <x:c r="D33" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
-    <x:row r="34" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="35" spans="1:4">
-      <x:c r="A35" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A35" s="2" t="s"/>
+      <x:c r="B35" s="3" t="s"/>
+      <x:c r="C35" s="3" t="s"/>
+      <x:c r="D35" s="3" t="s"/>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>5.86</x:v>
+        <x:v>5.28</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>2.08</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>6.42</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>6.55</x:v>
+        <x:v>5.86</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>5.04</x:v>
+        <x:v>6.42</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>5.17</x:v>
+        <x:v>6.55</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>4.75</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>3.06</x:v>
+        <x:v>5.04</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>3.18</x:v>
+        <x:v>5.17</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>3.06</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>1.01</x:v>
+        <x:v>3.18</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>6.18</x:v>
+        <x:v>0.88</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>6.31</x:v>
+        <x:v>1.01</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>-1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>0.99</x:v>
+        <x:v>6.18</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>6.31</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>6.15</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>5.06</x:v>
+        <x:v>0.99</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>1.12</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
+        <x:v>5.06</x:v>
+      </x:c>
+      <x:c r="C44" s="4" t="n">
+        <x:v>5.19</x:v>
+      </x:c>
+      <x:c r="D44" s="4" t="n">
+        <x:v>2.04</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:4">
+      <x:c r="A45" s="2" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="B45" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
-      <x:c r="C44" s="4" t="n">
+      <x:c r="C45" s="4" t="n">
         <x:v>0.72</x:v>
       </x:c>
-      <x:c r="D44" s="4" t="n">
+      <x:c r="D45" s="4" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
-    <x:row r="46" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="47" spans="1:4">
-      <x:c r="A47" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A47" s="2" t="s"/>
+      <x:c r="B47" s="3" t="s"/>
+      <x:c r="C47" s="3" t="s"/>
+      <x:c r="D47" s="3" t="s"/>
     </x:row>
     <x:row r="48" spans="1:4">
-      <x:c r="A48" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A48" s="2" t="s">
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>21.8</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>22.41</x:v>
+        <x:v>5.28</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>2.08</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>13.65</x:v>
+        <x:v>21.8</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>14.22</x:v>
+        <x:v>22.41</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>6.54</x:v>
+        <x:v>14.3</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B50" s="4" t="n">
+        <x:v>13.65</x:v>
+      </x:c>
+      <x:c r="C50" s="4" t="n">
+        <x:v>14.22</x:v>
+      </x:c>
+      <x:c r="D50" s="4" t="n">
+        <x:v>6.54</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:4">
+      <x:c r="A51" s="2" t="n">
         <x:v>2023</x:v>
       </x:c>
-      <x:c r="B50" s="4" t="n">
+      <x:c r="B51" s="4" t="n">
         <x:v>0.7</x:v>
       </x:c>
-      <x:c r="C50" s="4" t="n">
+      <x:c r="C51" s="4" t="n">
         <x:v>0.72</x:v>
       </x:c>
-      <x:c r="D50" s="4" t="n">
+      <x:c r="D51" s="4" t="n">
         <x:v>0.9</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
-      <x:c r="A55" s="2" t="s">
-        <x:v>115</x:v>
+      <x:c r="A55" s="1" t="s">
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
-      <x:c r="A57" s="1" t="s">
-        <x:v>103</x:v>
+      <x:c r="A57" s="2" t="s">
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
-      <x:c r="A60" s="2" t="s">
+      <x:c r="A60" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
-      <x:c r="A61" s="1" t="s">
+      <x:c r="A61" s="2" t="s">
         <x:v>107</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:4">
+      <x:c r="A62" s="1" t="s">
+        <x:v>108</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D122"/>
+  <x:dimension ref="A1:D123"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="32.290625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>3.69</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>1.39</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.91</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.91</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.17</x:v>
+        <x:v>0.91</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.41</x:v>
+        <x:v>0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>3.72</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>3.72</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.13</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.05</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>2.13</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>1.98</x:v>
+        <x:v>2.04</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>1.99</x:v>
+        <x:v>2.05</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>1.63</x:v>
+        <x:v>1.78</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>1.98</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>1.99</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>1.27</x:v>
+        <x:v>1.63</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>3.46</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>3.47</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>2.41</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>3.46</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>2.01</x:v>
+        <x:v>3.47</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>2.41</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-0.36</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-0.35</x:v>
+        <x:v>2.01</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-0.22</x:v>
+        <x:v>1.12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-1.3</x:v>
+        <x:v>-0.36</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-1.29</x:v>
+        <x:v>-0.35</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-0.76</x:v>
+        <x:v>-0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>-1.3</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>-1.29</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>-0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>1.46</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.01</x:v>
+        <x:v>1.47</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>1.57</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-0.62</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>3.01</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-1.4</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:4">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>-0.62</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>1.33</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>-1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:4">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0.31</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>1.19</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>1.96</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>1.97</x:v>
+        <x:v>0.31</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>2.28</x:v>
+        <x:v>1.96</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>2.29</x:v>
+        <x:v>1.97</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>1.85</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>1.93</x:v>
+        <x:v>2.28</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>2.29</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>1.87</x:v>
+        <x:v>2.32</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>1.93</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>0.62</x:v>
+        <x:v>1.87</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>1.57</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-0.88</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-0.87</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-2.08</x:v>
+        <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>-0.88</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>-0.87</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>2.09</x:v>
+        <x:v>-2.08</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>2.18</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>2.09</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
       <x:c r="A31" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-0.17</x:v>
+        <x:v>2.18</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-0.16</x:v>
+        <x:v>2.19</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-1.02</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:4">
       <x:c r="A32" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>5.25</x:v>
+        <x:v>-0.17</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>-0.16</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>4.73</x:v>
+        <x:v>-1.02</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:4">
       <x:c r="A33" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>6.33</x:v>
+        <x:v>5.25</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>6.34</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>5.66</x:v>
+        <x:v>4.73</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:4">
       <x:c r="A34" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>6.33</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>6.34</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-1.35</x:v>
+        <x:v>5.66</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:4">
       <x:c r="A35" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-3.25</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-3.24</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-2.6</x:v>
+        <x:v>-1.35</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:4">
       <x:c r="A36" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-1.82</x:v>
+        <x:v>-3.25</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-1.81</x:v>
+        <x:v>-3.24</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>-1.5</x:v>
+        <x:v>-2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:4">
       <x:c r="A37" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>-1.82</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>-1.81</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>1.91</x:v>
+        <x:v>-1.5</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:4">
       <x:c r="A38" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>3.74</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>3.75</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>2.23</x:v>
+        <x:v>1.91</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:4">
       <x:c r="A39" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-0.19</x:v>
+        <x:v>3.74</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-0.18</x:v>
+        <x:v>3.75</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-0.57</x:v>
+        <x:v>2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:4">
       <x:c r="A40" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>0.14</x:v>
+        <x:v>-0.19</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>0.15</x:v>
+        <x:v>-0.18</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>0.53</x:v>
+        <x:v>-0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:4">
       <x:c r="A41" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>0.39</x:v>
+        <x:v>0.15</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>0.96</x:v>
+        <x:v>0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:4">
       <x:c r="A42" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-2.68</x:v>
+        <x:v>0.38</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-2.67</x:v>
+        <x:v>0.39</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-2.21</x:v>
+        <x:v>0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:4">
       <x:c r="A43" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>4.24</x:v>
+        <x:v>-2.68</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>-2.67</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>-2.21</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:4">
       <x:c r="A44" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>1.17</x:v>
+        <x:v>4.24</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>0.33</x:v>
+        <x:v>3.17</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:4">
       <x:c r="A45" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>8.34</x:v>
+        <x:v>1.17</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>8.35</x:v>
+        <x:v>1.18</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>7.14</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:4">
       <x:c r="A46" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>8.34</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>1.08</x:v>
+        <x:v>8.35</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>0.58</x:v>
+        <x:v>7.14</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:4">
       <x:c r="A47" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-6.06</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-6.05</x:v>
+        <x:v>1.08</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-6.36</x:v>
+        <x:v>0.58</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:4">
       <x:c r="A48" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>-6.06</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>-6.05</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-0.95</x:v>
+        <x:v>-6.36</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:4">
       <x:c r="A49" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>2.45</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>2.46</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-0.95</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:4">
       <x:c r="A50" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-7.9</x:v>
+        <x:v>2.45</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-7.89</x:v>
+        <x:v>2.46</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-6.21</x:v>
+        <x:v>2.89</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:4">
       <x:c r="A51" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-7.9</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>-7.89</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>0.03</x:v>
+        <x:v>-6.21</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:4">
       <x:c r="A52" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-5.51</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-5.5</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-5.59</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>0.58</x:v>
+        <x:v>-5.51</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>0.59</x:v>
+        <x:v>-5.5</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>-5.59</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:4">
       <x:c r="A54" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-6.56</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-6.55</x:v>
+        <x:v>0.59</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-6.55</x:v>
+        <x:v>-0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:4">
       <x:c r="A55" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-3.08</x:v>
+        <x:v>-6.56</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>-6.55</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-2.85</x:v>
+        <x:v>-6.55</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>1.94</x:v>
+        <x:v>-3.08</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>1.95</x:v>
+        <x:v>-3.07</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>-2.85</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:4">
       <x:c r="A57" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-2.45</x:v>
+        <x:v>1.94</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-2.45</x:v>
+        <x:v>1.95</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>-1.84</x:v>
+        <x:v>1.4</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:4">
       <x:c r="A58" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>-2.45</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>0.01</x:v>
+        <x:v>-2.45</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>0.02</x:v>
+        <x:v>-1.84</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-2.4</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-2.39</x:v>
+        <x:v>0.01</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>-2.07</x:v>
+        <x:v>0.02</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:4">
       <x:c r="A60" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>-2.4</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>-2.39</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>0.98</x:v>
+        <x:v>-2.07</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:4">
       <x:c r="A61" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>0.48</x:v>
+        <x:v>1.31</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>0.49</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>0.98</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>0.48</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>0.77</x:v>
+        <x:v>0.49</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>0.73</x:v>
+        <x:v>0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:4">
       <x:c r="A63" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>1.39</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>0.77</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>1.06</x:v>
+        <x:v>0.73</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:4">
       <x:c r="A64" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>3.04</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>2.22</x:v>
+        <x:v>1.06</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>-1.37</x:v>
+        <x:v>3.03</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>-1.36</x:v>
+        <x:v>3.04</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>-0.96</x:v>
+        <x:v>2.22</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>-2.27</x:v>
+        <x:v>-1.37</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>-2.26</x:v>
+        <x:v>-1.36</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>-2.55</x:v>
+        <x:v>-0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>-1.6</x:v>
+        <x:v>-2.27</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>-1.59</x:v>
+        <x:v>-2.26</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>-1.09</x:v>
+        <x:v>-2.55</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>-1.6</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>2.97</x:v>
+        <x:v>-1.59</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>-1.09</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>5.42</x:v>
+        <x:v>2.96</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>5.42</x:v>
+        <x:v>2.97</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>5.42</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>-0.55</x:v>
+        <x:v>5.42</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>-0.03</x:v>
+        <x:v>3.86</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:4">
       <x:c r="A71" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>-2.19</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>-2.18</x:v>
+        <x:v>-0.55</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>-1.72</x:v>
+        <x:v>-0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:4">
       <x:c r="A72" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>0.85</x:v>
+        <x:v>-2.19</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>0.86</x:v>
+        <x:v>-2.18</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>0.38</x:v>
+        <x:v>-1.72</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:4">
       <x:c r="A73" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>4.25</x:v>
+        <x:v>0.85</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>0.86</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:4">
       <x:c r="A74" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>4.68</x:v>
+        <x:v>4.25</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>4.69</x:v>
+        <x:v>4.26</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>3.51</x:v>
+        <x:v>3.71</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>6.63</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>6.64</x:v>
+        <x:v>4.69</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>6.07</x:v>
+        <x:v>3.51</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:4">
       <x:c r="A76" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
+        <x:v>6.63</x:v>
+      </x:c>
+      <x:c r="C76" s="4" t="n">
+        <x:v>6.64</x:v>
+      </x:c>
+      <x:c r="D76" s="4" t="n">
+        <x:v>6.07</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:4">
+      <x:c r="A77" s="2" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="B77" s="4" t="n">
         <x:v>1.1</x:v>
       </x:c>
-      <x:c r="C76" s="4" t="n">
+      <x:c r="C77" s="4" t="n">
         <x:v>1.11</x:v>
       </x:c>
-      <x:c r="D76" s="4" t="n">
+      <x:c r="D77" s="4" t="n">
         <x:v>3.42</x:v>
       </x:c>
     </x:row>
-    <x:row r="78" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="79" spans="1:4">
-      <x:c r="A79" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A79" s="2" t="s"/>
+      <x:c r="B79" s="3" t="s"/>
+      <x:c r="C79" s="3" t="s"/>
+      <x:c r="D79" s="3" t="s"/>
     </x:row>
     <x:row r="80" spans="1:4">
       <x:c r="A80" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>5.87</x:v>
+        <x:v>5.25</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>5.89</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>3.29</x:v>
+        <x:v>2.08</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:4">
       <x:c r="A81" s="2" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>6.49</x:v>
+        <x:v>5.87</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>6.51</x:v>
+        <x:v>5.89</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>4.75</x:v>
+        <x:v>3.29</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:4">
       <x:c r="A82" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>5.16</x:v>
+        <x:v>6.49</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>5.18</x:v>
+        <x:v>6.51</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>3.32</x:v>
+        <x:v>4.75</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:4">
       <x:c r="A83" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>3.15</x:v>
+        <x:v>5.16</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>5.18</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>2.24</x:v>
+        <x:v>3.32</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:4">
       <x:c r="A84" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>3.15</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>2.24</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:4">
       <x:c r="A85" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>6.32</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>6.15</x:v>
+        <x:v>-1.94</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B86" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="C86" s="4" t="n">
-        <x:v>1.09</x:v>
+        <x:v>6.32</x:v>
       </x:c>
       <x:c r="D86" s="4" t="n">
-        <x:v>0.3</x:v>
+        <x:v>6.15</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:4">
       <x:c r="A87" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B87" s="4" t="n">
-        <x:v>5.24</x:v>
+        <x:v>1.07</x:v>
       </x:c>
       <x:c r="C87" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>1.09</x:v>
       </x:c>
       <x:c r="D87" s="4" t="n">
-        <x:v>2.04</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:4">
       <x:c r="A88" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B88" s="4" t="n">
-        <x:v>11.28</x:v>
+        <x:v>5.24</x:v>
       </x:c>
       <x:c r="C88" s="4" t="n">
-        <x:v>11.31</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="D88" s="4" t="n">
-        <x:v>9.16</x:v>
+        <x:v>2.04</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:4">
       <x:c r="A89" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B89" s="4" t="n">
-        <x:v>-2.19</x:v>
+        <x:v>11.28</x:v>
       </x:c>
       <x:c r="C89" s="4" t="n">
-        <x:v>-2.17</x:v>
+        <x:v>11.31</x:v>
       </x:c>
       <x:c r="D89" s="4" t="n">
-        <x:v>-2.23</x:v>
+        <x:v>9.16</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:4">
       <x:c r="A90" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B90" s="4" t="n">
-        <x:v>3.69</x:v>
+        <x:v>-2.19</x:v>
       </x:c>
       <x:c r="C90" s="4" t="n">
-        <x:v>3.72</x:v>
+        <x:v>-2.17</x:v>
       </x:c>
       <x:c r="D90" s="4" t="n">
-        <x:v>2.19</x:v>
+        <x:v>-2.23</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:4">
       <x:c r="A91" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B91" s="4" t="n">
-        <x:v>1.83</x:v>
+        <x:v>3.69</x:v>
       </x:c>
       <x:c r="C91" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>3.72</x:v>
       </x:c>
       <x:c r="D91" s="4" t="n">
-        <x:v>1.86</x:v>
+        <x:v>2.19</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:4">
       <x:c r="A92" s="2" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B92" s="4" t="n">
-        <x:v>10.77</x:v>
+        <x:v>1.83</x:v>
       </x:c>
       <x:c r="C92" s="4" t="n">
-        <x:v>10.8</x:v>
+        <x:v>1.86</x:v>
       </x:c>
       <x:c r="D92" s="4" t="n">
-        <x:v>8.11</x:v>
+        <x:v>1.86</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:4">
       <x:c r="A93" s="2" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B93" s="4" t="n">
-        <x:v>-4.29</x:v>
+        <x:v>10.77</x:v>
       </x:c>
       <x:c r="C93" s="4" t="n">
-        <x:v>-4.26</x:v>
+        <x:v>10.8</x:v>
       </x:c>
       <x:c r="D93" s="4" t="n">
-        <x:v>-4.57</x:v>
+        <x:v>8.11</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:4">
       <x:c r="A94" s="2" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B94" s="4" t="n">
-        <x:v>-12.97</x:v>
+        <x:v>-4.29</x:v>
       </x:c>
       <x:c r="C94" s="4" t="n">
-        <x:v>-12.94</x:v>
+        <x:v>-4.26</x:v>
       </x:c>
       <x:c r="D94" s="4" t="n">
-        <x:v>-11.43</x:v>
+        <x:v>-4.57</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:4">
       <x:c r="A95" s="2" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B95" s="4" t="n">
-        <x:v>-8.9</x:v>
+        <x:v>-12.97</x:v>
       </x:c>
       <x:c r="C95" s="4" t="n">
-        <x:v>-8.88</x:v>
+        <x:v>-12.94</x:v>
       </x:c>
       <x:c r="D95" s="4" t="n">
-        <x:v>-10.02</x:v>
+        <x:v>-11.43</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:4">
       <x:c r="A96" s="2" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B96" s="4" t="n">
-        <x:v>-0.56</x:v>
+        <x:v>-8.9</x:v>
       </x:c>
       <x:c r="C96" s="4" t="n">
-        <x:v>-0.54</x:v>
+        <x:v>-8.88</x:v>
       </x:c>
       <x:c r="D96" s="4" t="n">
-        <x:v>-0.44</x:v>
+        <x:v>-10.02</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:4">
       <x:c r="A97" s="2" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B97" s="4" t="n">
-        <x:v>-0.64</x:v>
+        <x:v>-0.56</x:v>
       </x:c>
       <x:c r="C97" s="4" t="n">
-        <x:v>-0.61</x:v>
+        <x:v>-0.54</x:v>
       </x:c>
       <x:c r="D97" s="4" t="n">
-        <x:v>-0.7</x:v>
+        <x:v>-0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:4">
       <x:c r="A98" s="2" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B98" s="4" t="n">
-        <x:v>5.26</x:v>
+        <x:v>-0.64</x:v>
       </x:c>
       <x:c r="C98" s="4" t="n">
-        <x:v>5.29</x:v>
+        <x:v>-0.61</x:v>
       </x:c>
       <x:c r="D98" s="4" t="n">
-        <x:v>4.06</x:v>
+        <x:v>-0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:4">
       <x:c r="A99" s="2" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B99" s="4" t="n">
-        <x:v>-5.15</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="C99" s="4" t="n">
-        <x:v>-5.12</x:v>
+        <x:v>5.29</x:v>
       </x:c>
       <x:c r="D99" s="4" t="n">
-        <x:v>-4.54</x:v>
+        <x:v>4.06</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:4">
       <x:c r="A100" s="2" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B100" s="4" t="n">
-        <x:v>7.93</x:v>
+        <x:v>-5.15</x:v>
       </x:c>
       <x:c r="C100" s="4" t="n">
-        <x:v>7.96</x:v>
+        <x:v>-5.12</x:v>
       </x:c>
       <x:c r="D100" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>-4.54</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:4">
       <x:c r="A101" s="2" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B101" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>7.93</x:v>
       </x:c>
       <x:c r="C101" s="4" t="n">
-        <x:v>2.86</x:v>
+        <x:v>7.96</x:v>
       </x:c>
       <x:c r="D101" s="4" t="n">
-        <x:v>2.32</x:v>
+        <x:v>5.8</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:4">
       <x:c r="A102" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B102" s="4" t="n">
+        <x:v>2.84</x:v>
+      </x:c>
+      <x:c r="C102" s="4" t="n">
+        <x:v>2.86</x:v>
+      </x:c>
+      <x:c r="D102" s="4" t="n">
+        <x:v>2.32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:4">
+      <x:c r="A103" s="2" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="B103" s="4" t="n">
         <x:v>12.85</x:v>
       </x:c>
-      <x:c r="C102" s="4" t="n">
+      <x:c r="C103" s="4" t="n">
         <x:v>12.88</x:v>
       </x:c>
-      <x:c r="D102" s="4" t="n">
+      <x:c r="D103" s="4" t="n">
         <x:v>13.55</x:v>
       </x:c>
     </x:row>
-    <x:row r="104" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="105" spans="1:4">
-      <x:c r="A105" s="2" t="s">
-[...10 lines deleted...]
-      </x:c>
+      <x:c r="A105" s="2" t="s"/>
+      <x:c r="B105" s="3" t="s"/>
+      <x:c r="C105" s="3" t="s"/>
+      <x:c r="D105" s="3" t="s"/>
     </x:row>
     <x:row r="106" spans="1:4">
-      <x:c r="A106" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A106" s="2" t="s">
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B106" s="4" t="n">
-        <x:v>22.3</x:v>
+        <x:v>5.25</x:v>
       </x:c>
       <x:c r="C106" s="4" t="n">
-        <x:v>22.39</x:v>
+        <x:v>5.26</x:v>
       </x:c>
       <x:c r="D106" s="4" t="n">
-        <x:v>14.3</x:v>
+        <x:v>2.08</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:4">
       <x:c r="A107" s="2" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B107" s="4" t="n">
-        <x:v>14.2</x:v>
+        <x:v>22.3</x:v>
       </x:c>
       <x:c r="C107" s="4" t="n">
-        <x:v>14.29</x:v>
+        <x:v>22.39</x:v>
       </x:c>
       <x:c r="D107" s="4" t="n">
-        <x:v>6.54</x:v>
+        <x:v>14.3</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:4">
       <x:c r="A108" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B108" s="4" t="n">
-        <x:v>14.93</x:v>
+        <x:v>14.2</x:v>
       </x:c>
       <x:c r="C108" s="4" t="n">
-        <x:v>15.05</x:v>
+        <x:v>14.29</x:v>
       </x:c>
       <x:c r="D108" s="4" t="n">
-        <x:v>11.09</x:v>
+        <x:v>6.54</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:4">
       <x:c r="A109" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B109" s="4" t="n">
-        <x:v>-15.94</x:v>
+        <x:v>14.93</x:v>
       </x:c>
       <x:c r="C109" s="4" t="n">
-        <x:v>-15.84</x:v>
+        <x:v>15.05</x:v>
       </x:c>
       <x:c r="D109" s="4" t="n">
-        <x:v>-17.78</x:v>
+        <x:v>11.09</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:4">
       <x:c r="A110" s="2" t="n">
-        <x:v>2021</x:v>
+        <x:v>2022</x:v>
       </x:c>
       <x:c r="B110" s="4" t="n">
-        <x:v>-1.36</x:v>
+        <x:v>-15.94</x:v>
       </x:c>
       <x:c r="C110" s="4" t="n">
-        <x:v>-1.25</x:v>
+        <x:v>-15.84</x:v>
       </x:c>
       <x:c r="D110" s="4" t="n">
-        <x:v>-1.8</x:v>
+        <x:v>-17.78</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:4">
       <x:c r="A111" s="2" t="n">
+        <x:v>2021</x:v>
+      </x:c>
+      <x:c r="B111" s="4" t="n">
+        <x:v>-1.36</x:v>
+      </x:c>
+      <x:c r="C111" s="4" t="n">
+        <x:v>-1.25</x:v>
+      </x:c>
+      <x:c r="D111" s="4" t="n">
+        <x:v>-1.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="112" spans="1:4">
+      <x:c r="A112" s="2" t="n">
         <x:v>2020</x:v>
       </x:c>
-      <x:c r="B111" s="4" t="n">
+      <x:c r="B112" s="4" t="n">
         <x:v>25.25</x:v>
       </x:c>
-      <x:c r="C111" s="4" t="n">
+      <x:c r="C112" s="4" t="n">
         <x:v>25.35</x:v>
       </x:c>
-      <x:c r="D111" s="4" t="n">
+      <x:c r="D112" s="4" t="n">
         <x:v>22.92</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:4">
       <x:c r="A114" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:4">
       <x:c r="A115" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:4">
-      <x:c r="A116" s="2" t="s">
-        <x:v>115</x:v>
+      <x:c r="A116" s="1" t="s">
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:4">
       <x:c r="A117" s="2" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:4">
-      <x:c r="A118" s="1" t="s">
-        <x:v>103</x:v>
+      <x:c r="A118" s="2" t="s">
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:4">
       <x:c r="A119" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:4">
       <x:c r="A120" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:4">
-      <x:c r="A121" s="2" t="s">
+      <x:c r="A121" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:4">
-      <x:c r="A122" s="1" t="s">
+      <x:c r="A122" s="2" t="s">
         <x:v>107</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="123" spans="1:4">
+      <x:c r="A123" s="1" t="s">
+        <x:v>108</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J28"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="39.680625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>4.57</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>3.33</x:v>
+        <x:v>4.57</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>17.31</x:v>
+        <x:v>17.38</x:v>
       </x:c>
       <x:c r="G9" s="4" t="n">
-        <x:v>11.49</x:v>
+        <x:v>13.09</x:v>
       </x:c>
       <x:c r="H9" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.67</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>4.48</x:v>
+        <x:v>4.63</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>13.45</x:v>
+        <x:v>13.24</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>11.03</x:v>
       </x:c>
       <x:c r="H10" s="4" t="n">
-        <x:v>2.14</x:v>
+        <x:v>2.95</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>3.91</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>-0.2</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>2.65</x:v>
+        <x:v>2.49</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>4.14</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2.06</x:v>
       </x:c>
       <x:c r="H11" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>0.71</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>4.67</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>3.39</x:v>
+        <x:v>4.67</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>18.03</x:v>
+        <x:v>18.1</x:v>
       </x:c>
       <x:c r="G17" s="4" t="n">
-        <x:v>12.2</x:v>
+        <x:v>13.8</x:v>
       </x:c>
       <x:c r="H17" s="4" t="n">
-        <x:v>3.57</x:v>
+        <x:v>4.34</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>5.15</x:v>
+        <x:v>5.31</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>13.45</x:v>
+        <x:v>13.24</x:v>
       </x:c>
       <x:c r="G18" s="4" t="n">
-        <x:v>9.7</x:v>
+        <x:v>11.03</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>2.14</x:v>
+        <x:v>2.95</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>3.91</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.71</x:v>
+        <x:v>-0.15</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.71</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>2.71</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>4.58</x:v>
+        <x:v>4.86</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.77</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>1.43</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>1.39</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J28"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="39.680625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.45</x:v>
+        <x:v>1.35</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.45</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>3.45</x:v>
+        <x:v>4.85</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>19.67</x:v>
+        <x:v>19.69</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>17.27</x:v>
+        <x:v>17.36</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>13.45</x:v>
+        <x:v>13.24</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>10.28</x:v>
+        <x:v>10.74</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.77</x:v>
+        <x:v>-0.04</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>2.77</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>2.77</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>6.22</x:v>
+        <x:v>6.45</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>6.98</x:v>
+        <x:v>6.62</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>1.41</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>3.52</x:v>
+        <x:v>4.98</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>20.64</x:v>
+        <x:v>20.66</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>18.22</x:v>
+        <x:v>18.32</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>13.45</x:v>
+        <x:v>13.24</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>10.28</x:v>
+        <x:v>10.74</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>0.03</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>2.84</x:v>
+        <x:v>2.91</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>7.19</x:v>
+        <x:v>7.42</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>7.94</x:v>
+        <x:v>7.58</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.560625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>5.17</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>5.17</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>22.22</x:v>
+        <x:v>22.32</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>19.12</x:v>
+        <x:v>19.21</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>13.45</x:v>
+        <x:v>13.24</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>11.54</x:v>
+        <x:v>11.87</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>0.09</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>2.96</x:v>
+        <x:v>3.09</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>8.78</x:v>
+        <x:v>9.07</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>7.59</x:v>
+        <x:v>7.34</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>1.54</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>5.31</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>5.31</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>23.21</x:v>
+        <x:v>23.31</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>20.09</x:v>
+        <x:v>20.18</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>2.08</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>13.45</x:v>
+        <x:v>13.24</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>11.54</x:v>
+        <x:v>11.87</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>0.16</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>3.03</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>9.77</x:v>
+        <x:v>10.07</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>8.56</x:v>
+        <x:v>8.31</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>18</vt:i4>
       </vt:variant>
       <vt:variant>