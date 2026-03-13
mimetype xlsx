--- v0 (2026-02-21)
+++ v1 (2026-03-13)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R502be13737084d2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9a5d373335774dd4937ba51700bd9a17.psmdcp" Id="R3632a076a99948d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24a281e218d94717" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ba41fbf8ea6c4daba96a1fa9afd9949f.psmdcp" Id="R967daccb64114ee1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Countries" sheetId="2" r:id="rId2"/>
     <x:sheet name="Credit Ratings" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sectors" sheetId="4" r:id="rId4"/>
     <x:sheet name="Characteristics" sheetId="5" r:id="rId5"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="141" uniqueCount="141">
   <x:si>
     <x:t>Countries - Emerging Country Debt Shares Fund</x:t>
   </x:si>
   <x:si>
@@ -313,63 +313,63 @@
   <x:si>
     <x:t>Credit Ratings - Emerging Country Debt Shares Fund</x:t>
   </x:si>
   <x:si>
     <x:t>Credit Rating</x:t>
   </x:si>
   <x:si>
     <x:t>AAA</x:t>
   </x:si>
   <x:si>
     <x:t>AA</x:t>
   </x:si>
   <x:si>
     <x:t>A</x:t>
   </x:si>
   <x:si>
     <x:t>BBB</x:t>
   </x:si>
   <x:si>
     <x:t>BB</x:t>
   </x:si>
   <x:si>
     <x:t>B</x:t>
   </x:si>
   <x:si>
+    <x:t>CCC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>D</x:t>
+  </x:si>
+  <x:si>
     <x:t>NR</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>C</x:t>
   </x:si>
   <x:si>
     <x:t>The credit ratings above may encompass emerging debt, developed rates, credit, and asset-backed exposures. Ratings for the emerging debt and developed rates exposures are derived by taking</x:t>
   </x:si>
   <x:si>
     <x:t>the lowest issue level rating between Standard and Poor's &amp; Moody's scores and rolling these up into the portfolio's overall quality brackets. Ratings for the credit exposures are derived</x:t>
   </x:si>
   <x:si>
     <x:t>by using the middle issue level rating from Standard &amp; Poor’s, Moody’s, and Fitch. Ratings for the asset-backed exposures are derived by using the lowest rating among rating agencies at</x:t>
   </x:si>
   <x:si>
     <x:t>the issue level. Final credit ratings are expressed based upon Standard and Poor's ratings scale. Standard &amp; Poor's rates securities from AAA (highest quality) to C (lowest quality), and D</x:t>
   </x:si>
   <x:si>
     <x:t>to indicate securities in default; some securities are not rated and are included in the NR category. BB and below are considered below investment grade securities.</x:t>
   </x:si>
   <x:si>
     <x:t>By accessing the credit ratings in this file (“Ratings”), you acknowledge and agree: (1) the Ratings are not intended for distribution to any party that is not a Wholesale Client as</x:t>
   </x:si>
   <x:si>
     <x:t>defined in Chapter 7 of the Corporations Act of 2001 (Australia); and (2) you will not distribute the Ratings to any third party.</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright 2026, S&amp;P Global Market Intelligence. Reproduction of any information, data or material, including ratings (“Content”) in any form is prohibited except with the prior written</x:t>
   </x:si>
@@ -1894,98 +1894,98 @@
         <x:v>97</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>23.1</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
         <x:v>24.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>15.3</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>16.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>11.6</x:v>
+        <x:v>20.9</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>0.7</x:v>
+        <x:v>8.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>1.5</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>20.9</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
-        <x:v>8.1</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="2" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>2.8</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="2" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>0.4</x:v>
+        <x:v>11.6</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="2" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="2" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="2" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="2" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="2" t="s">
         <x:v>108</x:v>