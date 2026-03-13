--- v0 (2026-02-16)
+++ v1 (2026-03-13)
@@ -1,79 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65dbdef41d0a4b74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c08d618ce3e34426b18ab04f91c937a9.psmdcp" Id="R0c101ae9779943a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8536870918e4926" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/44896f337da246e1bf69ccadec5861cb.psmdcp" Id="R9c79f2e467e34994" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class I_Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Share Class I_Month-End" sheetId="3" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="44">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
   <x:si>
     <x:t>Performance - Emerging Country Debt Shares Fund | Share Class I</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (USD,%)</x:t>
+    <x:t>As of 02/28/2026 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 01/13/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>J.P. Morgan EMBI Global Diversified</x:t>
   </x:si>
   <x:si>
+    <x:t>02/28/2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>QTD Q1-2026</x:t>
   </x:si>
   <x:si>
     <x:t>YTD 2026</x:t>
   </x:si>
   <x:si>
     <x:t>Gross Expense Ratio is equal to the Funds Total Annual Operating Expenses set forth in the Funds most recent prospectus dated June 30, 2025.</x:t>
   </x:si>
   <x:si>
     <x:t>Net Expense Ratio reflects the reduction of expenses from fee reimbursements. The fee reimbursements will continue until at least June 30, 2026. Elimination of this reimbursement will</x:t>
   </x:si>
   <x:si>
     <x:t>result in higher fees and lower performance.</x:t>
   </x:si>
   <x:si>
     <x:t>Gross Expense Ratio</x:t>
   </x:si>
   <x:si>
     <x:t>1.63%</x:t>
   </x:si>
   <x:si>
     <x:t>Net Expense Ratio</x:t>
@@ -90,99 +93,99 @@
   <x:si>
     <x:t>The J.P. Morgan EMBI (Emerging Markets Bond) Global Diversified Index is an independently maintained and widely published uniquely weighted U.S. dollar-denominated emerging markets</x:t>
   </x:si>
   <x:si>
     <x:t>sovereign index comprised of Brady bonds, Eurobonds, traded loans, and market debt instruments issued by sovereign and quasi-sovereign entities.</x:t>
   </x:si>
   <x:si>
     <x:t>To obtain performance information to the most recent month-end, visit www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>An investor should consider the fund's investment objectives, risks, charges and expenses before investing. This and other important information can be found in the funds prospectus. To</x:t>
   </x:si>
   <x:si>
     <x:t>obtain a prospectus please visit www.gmo.com. Read the prospectus carefully before investing.</x:t>
   </x:si>
   <x:si>
     <x:t>GMO Trust mutual funds are distributed by Funds Distributor LLC. GMO and Funds Distributor LLC are not affiliated.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 01/31/2026 (USD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in USD as of 01/31/2026</x:t>
+    <x:t>Month-End as of 02/28/2026 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in USD as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Net of all fees and expenses after reimbursement by the Manager, but not transaction costs, if any. If certain expenses were not reimbursed, performance would be lower.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Country Debt Shares Fund-I</x:t>
   </x:si>
   <x:si>
     <x:t>01/13/2026</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in USD as of 01/31/2026</x:t>
+    <x:t>Average Annual Total Return (Gross) in USD as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Gross of fees, expenses and transaction costs, if any. If these fees, expenses and costs were included, performance would be lower.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
@@ -526,607 +529,621 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D31"/>
+  <x:dimension ref="A1:D32"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="4.940625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="32.290625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
+        <x:v>1.52</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="n">
+        <x:v>1.57</x:v>
+      </x:c>
+      <x:c r="D7" s="4" t="n">
+        <x:v>1.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:4">
+      <x:c r="A8" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="B8" s="4" t="n">
         <x:v>1.75</x:v>
       </x:c>
-      <x:c r="C7" s="4" t="n">
+      <x:c r="C8" s="4" t="n">
         <x:v>1.78</x:v>
       </x:c>
-      <x:c r="D7" s="4" t="n">
+      <x:c r="D8" s="4" t="n">
         <x:v>0.61</x:v>
       </x:c>
     </x:row>
-    <x:row r="9" spans="1:4">
-[...4 lines deleted...]
-    </x:row>
     <x:row r="10" spans="1:4">
-      <x:c r="A10" s="2" t="s">
-[...16 lines deleted...]
-      <x:c r="D12" s="3" t="s"/>
+      <x:c r="A10" s="2" t="s"/>
+      <x:c r="B10" s="3" t="s"/>
+      <x:c r="C10" s="3" t="s"/>
+      <x:c r="D10" s="3" t="s"/>
+    </x:row>
+    <x:row r="11" spans="1:4">
+      <x:c r="A11" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="B11" s="4" t="n">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="C11" s="4" t="n">
+        <x:v>3.38</x:v>
+      </x:c>
+      <x:c r="D11" s="4" t="n">
+        <x:v>2</x:v>
+      </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
-      <x:c r="A13" s="2" t="s">
-[...13 lines deleted...]
-      <x:c r="A15" s="1" t="s">
+      <x:c r="A13" s="2" t="s"/>
+      <x:c r="B13" s="3" t="s"/>
+      <x:c r="C13" s="3" t="s"/>
+      <x:c r="D13" s="3" t="s"/>
+    </x:row>
+    <x:row r="14" spans="1:4">
+      <x:c r="A14" s="2" t="s">
         <x:v>9</x:v>
+      </x:c>
+      <x:c r="B14" s="4" t="n">
+        <x:v>3.3</x:v>
+      </x:c>
+      <x:c r="C14" s="4" t="n">
+        <x:v>3.38</x:v>
+      </x:c>
+      <x:c r="D14" s="4" t="n">
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:4">
       <x:c r="A16" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
-    <x:row r="19" spans="1:4">
-      <x:c r="A19" s="2" t="s">
+    <x:row r="18" spans="1:4">
+      <x:c r="A18" s="1" t="s">
         <x:v>12</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:4">
       <x:c r="A20" s="2" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="B20" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
-      <x:c r="B20" s="2" t="s">
+    </x:row>
+    <x:row r="21" spans="1:4">
+      <x:c r="A21" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A22" s="1" t="s">
+      <x:c r="B21" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:4">
       <x:c r="A23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:4">
-      <x:c r="A24" s="2" t="s">
+      <x:c r="A24" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:4">
       <x:c r="A25" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:4">
-      <x:c r="A26" s="1" t="s">
+      <x:c r="A26" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:4">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:4">
       <x:c r="A28" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:4">
-      <x:c r="A29" s="2" t="s">
+      <x:c r="A29" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:4">
       <x:c r="A30" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:4">
-      <x:c r="A31" s="1" t="s">
+      <x:c r="A31" s="2" t="s">
         <x:v>25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:4">
+      <x:c r="A32" s="1" t="s">
+        <x:v>26</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J37"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="34.380625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="D8" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J8" s="3" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.75</x:v>
+        <x:v>1.52</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.75</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>1.75</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>1.75</x:v>
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s"/>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F10" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.14</x:v>
+        <x:v>0.14</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1.14</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>1.14</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="F11" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>1.14</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="2" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="D16" s="3" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="E16" s="3" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="F16" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H16" s="3" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="I16" s="3" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="J16" s="3" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>1.57</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>3.38</x:v>
       </x:c>
       <x:c r="F17" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H17" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="I17" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J17" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>3.38</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s"/>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>1.39</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>0.61</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s"/>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>0.19</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="F19" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>1.18</x:v>
+        <x:v>1.38</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="A22" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="2" t="s">
-        <x:v>12</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="B25" s="2" t="s">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="2" t="s">
-        <x:v>14</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="B26" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="2" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="2" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>