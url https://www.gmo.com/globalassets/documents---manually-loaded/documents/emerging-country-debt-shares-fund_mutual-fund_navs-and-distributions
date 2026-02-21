--- v0 (2026-01-31)
+++ v1 (2026-02-21)
@@ -1,69 +1,108 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5999ed06554e4405" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/28274e44b07c42b49b0413b7278f547c.psmdcp" Id="R6b9a0c234fdf4d58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dbfdbc93aad4dd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8990f1d7925e499eb22fa5c502c2686d.psmdcp" Id="Re012738f03a0460c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class I" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="23">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="36">
   <x:si>
     <x:t>Emerging Country Debt Shares Fund in USD | Share Class I</x:t>
   </x:si>
   <x:si>
     <x:t>NAVs Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/19/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/18/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/17/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/13/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/12/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/11/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/10/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/09/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/06/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/05/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/04/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t>01/30/2026</x:t>
   </x:si>
   <x:si>
     <x:t>01/29/2026</x:t>
   </x:si>
   <x:si>
     <x:t>01/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>01/27/2026</x:t>
   </x:si>
   <x:si>
     <x:t>01/26/2026</x:t>
   </x:si>
   <x:si>
     <x:t>01/23/2026</x:t>
   </x:si>
   <x:si>
     <x:t>01/22/2026</x:t>
   </x:si>
   <x:si>
     <x:t>01/21/2026</x:t>
   </x:si>
@@ -462,210 +501,314 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:B24"/>
+  <x:dimension ref="A1:B37"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.730625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:2">
       <x:c r="A3" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:2">
       <x:c r="A4" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>20.35</x:v>
+        <x:v>20.74</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>20.79</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>20.78</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>20.35</x:v>
+        <x:v>20.74</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>20.26</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.61</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>20.1</x:v>
+        <x:v>20.54</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>20.49</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>20.09</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>20.06</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>20.03</x:v>
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>20.38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:2">
+      <x:c r="A18" s="2" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="B18" s="3" t="n">
+        <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="B19" s="3" t="n">
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="B20" s="3" t="n">
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="2" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B21" s="3" t="n">
+        <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="2" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B22" s="3" t="n">
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B23" s="3" t="n">
+        <x:v>20.26</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
-      <x:c r="A24" s="1" t="s">
-        <x:v>22</x:v>
+      <x:c r="A24" s="2" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="B24" s="3" t="n">
+        <x:v>20.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:2">
+      <x:c r="A25" s="2" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B25" s="3" t="n">
+        <x:v>20.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:2">
+      <x:c r="A26" s="2" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B26" s="3" t="n">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:2">
+      <x:c r="A27" s="2" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="B27" s="3" t="n">
+        <x:v>20.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:2">
+      <x:c r="A28" s="2" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="B28" s="3" t="n">
+        <x:v>20.06</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:2">
+      <x:c r="A29" s="2" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B29" s="3" t="n">
+        <x:v>20.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:2">
+      <x:c r="A30" s="2" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="B30" s="3" t="n">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:2">
+      <x:c r="A32" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:2">
+      <x:c r="A33" s="2" t="s">
+        <x:v>31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:2">
+      <x:c r="A34" s="2" t="s">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:2">
+      <x:c r="A35" s="2" t="s">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:2">
+      <x:c r="A36" s="2" t="s">
+        <x:v>34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:2">
+      <x:c r="A37" s="1" t="s">
+        <x:v>35</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>