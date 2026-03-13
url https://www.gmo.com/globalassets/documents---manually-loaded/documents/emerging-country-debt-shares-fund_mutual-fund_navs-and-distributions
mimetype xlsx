--- v1 (2026-02-21)
+++ v2 (2026-03-13)
@@ -1,69 +1,114 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dbfdbc93aad4dd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8990f1d7925e499eb22fa5c502c2686d.psmdcp" Id="Re012738f03a0460c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdeea92b81dc1467b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dcc19eb5607d4069a05771176aab4954.psmdcp" Id="R8a8f3acb6fe2480e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Share Class I" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="36">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="51" uniqueCount="51">
   <x:si>
     <x:t>Emerging Country Debt Shares Fund in USD | Share Class I</x:t>
   </x:si>
   <x:si>
     <x:t>NAVs Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Date</x:t>
   </x:si>
   <x:si>
     <x:t>NAV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/12/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/11/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/10/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/06/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/05/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/04/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/02/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/27/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/26/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/25/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/24/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/23/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/20/2026</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2026</x:t>
   </x:si>
   <x:si>
     <x:t>02/18/2026</x:t>
   </x:si>
   <x:si>
     <x:t>02/17/2026</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2026</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2026</x:t>
   </x:si>
   <x:si>
     <x:t>02/11/2026</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2026</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026</x:t>
   </x:si>
@@ -501,314 +546,434 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:B37"/>
+  <x:dimension ref="A1:B52"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="5.730625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:2">
       <x:c r="A3" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:2">
       <x:c r="A4" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>20.74</x:v>
+        <x:v>20.39</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>20.79</x:v>
+        <x:v>20.48</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>20.78</x:v>
+        <x:v>20.52</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>20.74</x:v>
+        <x:v>20.33</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>20.67</x:v>
+        <x:v>20.43</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>20.64</x:v>
+        <x:v>20.56</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>20.61</x:v>
+        <x:v>20.58</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>20.54</x:v>
+        <x:v>20.42</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>20.49</x:v>
+        <x:v>20.57</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>20.66</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>20.46</x:v>
+        <x:v>20.72</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>20.41</x:v>
+        <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>20.38</x:v>
+        <x:v>20.73</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>20.35</x:v>
+        <x:v>20.74</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>20.74</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
-        <x:v>20.34</x:v>
+        <x:v>20.74</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>20.35</x:v>
+        <x:v>20.79</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
-        <x:v>20.33</x:v>
+        <x:v>20.78</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>20.26</x:v>
+        <x:v>20.74</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
-        <x:v>20.21</x:v>
+        <x:v>20.67</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>20.1</x:v>
+        <x:v>20.64</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>20.61</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>20.09</x:v>
+        <x:v>20.54</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>20.06</x:v>
+        <x:v>20.49</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
-        <x:v>20.03</x:v>
+        <x:v>20.46</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>20.46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:2">
+      <x:c r="A31" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B31" s="3" t="n">
+        <x:v>20.41</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="2" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B32" s="3" t="n">
+        <x:v>20.38</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B33" s="3" t="n">
+        <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B34" s="3" t="n">
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="2" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B35" s="3" t="n">
+        <x:v>20.34</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B36" s="3" t="n">
+        <x:v>20.35</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
-      <x:c r="A37" s="1" t="s">
-        <x:v>35</x:v>
+      <x:c r="A37" s="2" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B37" s="3" t="n">
+        <x:v>20.33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:2">
+      <x:c r="A38" s="2" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B38" s="3" t="n">
+        <x:v>20.26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:2">
+      <x:c r="A39" s="2" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="B39" s="3" t="n">
+        <x:v>20.21</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:2">
+      <x:c r="A40" s="2" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="B40" s="3" t="n">
+        <x:v>20.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:2">
+      <x:c r="A41" s="2" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B41" s="3" t="n">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:2">
+      <x:c r="A42" s="2" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B42" s="3" t="n">
+        <x:v>20.09</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:2">
+      <x:c r="A43" s="2" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B43" s="3" t="n">
+        <x:v>20.06</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:2">
+      <x:c r="A44" s="2" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B44" s="3" t="n">
+        <x:v>20.03</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:2">
+      <x:c r="A45" s="2" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="B45" s="3" t="n">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:2">
+      <x:c r="A47" s="2" t="s">
+        <x:v>45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:2">
+      <x:c r="A48" s="2" t="s">
+        <x:v>46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:2">
+      <x:c r="A49" s="2" t="s">
+        <x:v>47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:2">
+      <x:c r="A50" s="2" t="s">
+        <x:v>48</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:2">
+      <x:c r="A51" s="2" t="s">
+        <x:v>49</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:2">
+      <x:c r="A52" s="1" t="s">
+        <x:v>50</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>