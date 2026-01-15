--- v0 (2025-12-22)
+++ v1 (2026-01-15)
@@ -1,116 +1,175 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4984834958d44aff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/834e3b8d9ba7496585731b5e9206345f.psmdcp" Id="R9534a44b98e84f02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62a561fca19847d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e3a2ea88e1734506b0923886ca21ac71.psmdcp" Id="R6907e7b344e646ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
-    <x:sheet name="Equity - Regions" sheetId="2" r:id="rId2"/>
-[...5 lines deleted...]
-    <x:sheet name="Equity - Characteristics" sheetId="8" r:id="rId8"/>
+    <x:sheet name="Portfolio Allocation" sheetId="2" r:id="rId2"/>
+    <x:sheet name="Equity - Regions" sheetId="3" r:id="rId3"/>
+    <x:sheet name="Equity - Countries" sheetId="4" r:id="rId4"/>
+    <x:sheet name="Equity - Currencies" sheetId="5" r:id="rId5"/>
+    <x:sheet name="Equity - Sectors" sheetId="6" r:id="rId6"/>
+    <x:sheet name="Equity - Market Cap Ranges" sheetId="7" r:id="rId7"/>
+    <x:sheet name="Equity - Top Equity Holdings" sheetId="8" r:id="rId8"/>
+    <x:sheet name="Equity - Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="154">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="173" uniqueCount="173">
+  <x:si>
+    <x:t>Portfolio Allocation - Dynamic Allocation ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>As of 12/31/2025 (%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asset Class</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asset Class Strategy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Exposure</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EQUITY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US Quality</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Quality</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Opportunistic Value</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Japan Fundamental Value</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Broad</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US Opportunistic Value</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Small</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Domestic Resilience</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emerging Markets</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emerging ex-China</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FIXED INCOME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Long-Term Municipals</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intermediate-Term Treasuries</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Short-Term Treasuries</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
+  </x:si>
   <x:si>
     <x:t>Equity - Regions - Dynamic Allocation ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (%)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Dynamic Allocation ETF</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging</x:t>
   </x:si>
   <x:si>
     <x:t>Europe ex UK (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Japan</x:t>
   </x:si>
   <x:si>
     <x:t>Other International</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI ACWI (All Country World) Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed and</x:t>
   </x:si>
   <x:si>
     <x:t>emerging markets. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>Please visit https://www.gmo.com/americas/benchmark-disclaimers/ to review the complete benchmark disclaimer notice.</x:t>
   </x:si>
   <x:si>
-    <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Equity - Countries - Dynamic Allocation ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Australia</x:t>
   </x:si>
   <x:si>
     <x:t>Austria</x:t>
   </x:si>
   <x:si>
     <x:t>Belgium</x:t>
   </x:si>
   <x:si>
     <x:t>Brazil</x:t>
   </x:si>
   <x:si>
     <x:t>Canada</x:t>
   </x:si>
   <x:si>
     <x:t>Chile</x:t>
   </x:si>
   <x:si>
     <x:t>China</x:t>
@@ -379,153 +438,153 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Equity - Market Cap Ranges - Dynamic Allocation ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (145.9 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.0 &amp; Below)</x:t>
+    <x:t>Large (151.3 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.6 To 151.3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.8 To 49.6)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.1 To 19.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.1 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Equity - Top Equity Holdings - Dynamic Allocation ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Johnson &amp; Johnson</x:t>
   </x:si>
   <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>Broadcom Inc</x:t>
+    <x:t>Lam Research Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Sapporo Hokuyo Holdings Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Lam Research Corp</x:t>
+    <x:t>Roche Holding AG</x:t>
   </x:si>
   <x:si>
     <x:t>Novartis AG</x:t>
   </x:si>
   <x:si>
-    <x:t>Apple Inc</x:t>
+    <x:t>Samsung Electronics Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Equity - Characteristics - Dynamic Allocation ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025</x:t>
+    <x:t>As of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>19.8x</x:t>
-[...2 lines deleted...]
-    <x:t>30.2x</x:t>
+    <x:t>19.9x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30.3x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>2.0x</x:t>
-[...2 lines deleted...]
-    <x:t>3.5x</x:t>
+    <x:t>2.1x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.6x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>15.7%</x:t>
-[...2 lines deleted...]
-    <x:t>22.1%</x:t>
+    <x:t>15.8%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22.0%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>61.1 USD</x:t>
-[...2 lines deleted...]
-    <x:t>155.1 USD</x:t>
+    <x:t>67.6 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>160.3 USD</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -571,51 +630,51 @@
   </x:cellStyleXfs>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId12" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet5.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet6.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet7.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet8.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId13" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -862,1609 +921,1794 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
+  <x:dimension ref="A1:C22"/>
+  <x:sheetViews>
+    <x:sheetView workbookViewId="0"/>
+  </x:sheetViews>
+  <x:sheetFormatPr defaultRowHeight="15"/>
+  <x:cols>
+    <x:col min="1" max="1" width="14.400625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="30.380625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="9.830625" style="0" customWidth="1"/>
+  </x:cols>
+  <x:sheetData>
+    <x:row r="1" spans="1:3">
+      <x:c r="A1" s="1" t="s">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2" spans="1:3">
+      <x:c r="A2" s="1" t="s">
+        <x:v>1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:3">
+      <x:c r="A5" s="1" t="s">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B5" s="1" t="s">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="C5" s="1" t="s">
+        <x:v>4</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:3">
+      <x:c r="A6" s="2" t="s">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="B6" s="2" t="s"/>
+      <x:c r="C6" s="2" t="s"/>
+    </x:row>
+    <x:row r="7" spans="1:3">
+      <x:c r="A7" s="2" t="s"/>
+      <x:c r="B7" s="2" t="s">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="C7" s="3" t="n">
+        <x:v>10.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:3">
+      <x:c r="A8" s="2" t="s"/>
+      <x:c r="B8" s="2" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="n">
+        <x:v>5.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:3">
+      <x:c r="A9" s="2" t="s"/>
+      <x:c r="B9" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="C9" s="3" t="n">
+        <x:v>9.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:3">
+      <x:c r="A10" s="2" t="s"/>
+      <x:c r="B10" s="2" t="s">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="C10" s="3" t="n">
+        <x:v>4.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:3">
+      <x:c r="A11" s="2" t="s"/>
+      <x:c r="B11" s="2" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="C11" s="3" t="n">
+        <x:v>6.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:3">
+      <x:c r="A12" s="2" t="s"/>
+      <x:c r="B12" s="2" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="C12" s="3" t="n">
+        <x:v>9.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:3">
+      <x:c r="A13" s="2" t="s"/>
+      <x:c r="B13" s="2" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="C13" s="3" t="n">
+        <x:v>2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:3">
+      <x:c r="A14" s="2" t="s"/>
+      <x:c r="B14" s="2" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="C14" s="3" t="n">
+        <x:v>2.9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:3">
+      <x:c r="A15" s="2" t="s"/>
+      <x:c r="B15" s="2" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="C15" s="3" t="n">
+        <x:v>6.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:3">
+      <x:c r="A16" s="2" t="s"/>
+      <x:c r="B16" s="2" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="n">
+        <x:v>4.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:3">
+      <x:c r="A17" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B17" s="2" t="s"/>
+      <x:c r="C17" s="2" t="s"/>
+    </x:row>
+    <x:row r="18" spans="1:3">
+      <x:c r="A18" s="2" t="s"/>
+      <x:c r="B18" s="2" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C18" s="3" t="n">
+        <x:v>7.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:3">
+      <x:c r="A19" s="2" t="s"/>
+      <x:c r="B19" s="2" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="C19" s="3" t="n">
+        <x:v>29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:3">
+      <x:c r="A20" s="2" t="s"/>
+      <x:c r="B20" s="2" t="s">
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="C20" s="3" t="n">
+        <x:v>3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:3">
+      <x:c r="A22" s="1" t="s">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+  </x:sheetData>
+  <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
+  <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
+  <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
+  <x:headerFooter/>
+  <x:tableParts count="0"/>
+</x:worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <x:sheetPr>
+    <x:outlinePr summaryBelow="1" summaryRight="1"/>
+  </x:sheetPr>
   <x:dimension ref="A1:C16"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.170625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.640625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>0</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>2</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>3</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
-        <x:v>4</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
-        <x:v>5</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>16.8</x:v>
+        <x:v>17.7</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>10.8</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
-        <x:v>6</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>18.9</x:v>
+        <x:v>19.1</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>11.2</x:v>
+        <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
-        <x:v>7</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>14.3</x:v>
+        <x:v>13.9</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
-        <x:v>8</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
-        <x:v>9</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>4.4</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
-        <x:v>10</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>38.4</x:v>
+        <x:v>37.9</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>64.6</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
-        <x:v>11</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
-        <x:v>12</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="2" t="s">
-        <x:v>13</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B54"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.080625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.200625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>3</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2" t="s">
-        <x:v>19</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2" t="s">
-        <x:v>20</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2" t="s">
-        <x:v>22</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2" t="s">
-        <x:v>23</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="2" t="s">
-        <x:v>24</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="2" t="s">
-        <x:v>26</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="2" t="s">
-        <x:v>27</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="2" t="s">
-        <x:v>28</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="2" t="s">
-        <x:v>29</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>4.7</x:v>
+        <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="2" t="s">
-        <x:v>30</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="2" t="s">
-        <x:v>33</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
         <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="2" t="s">
-        <x:v>35</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="2" t="s">
-        <x:v>36</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="2" t="s">
-        <x:v>37</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="2" t="s">
-        <x:v>38</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="2" t="s">
-        <x:v>7</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>14.4</x:v>
+        <x:v>13.9</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="2" t="s">
-        <x:v>40</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="2" t="s">
-        <x:v>41</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="2" t="s">
-        <x:v>42</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="2" t="s">
-        <x:v>43</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="2" t="s">
-        <x:v>45</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="2" t="s">
-        <x:v>46</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:2">
       <x:c r="A46" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:2">
       <x:c r="A48" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:2">
       <x:c r="A49" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:2">
       <x:c r="A50" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:2">
       <x:c r="A51" s="2" t="s">
-        <x:v>9</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
         <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:2">
       <x:c r="A52" s="2" t="s">
-        <x:v>10</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
-        <x:v>38.4</x:v>
+        <x:v>37.9</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:2">
       <x:c r="A54" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="9.610625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.200625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>3</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
         <x:v>13.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
         <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
         <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
-        <x:v>14.4</x:v>
+        <x:v>13.9</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
-        <x:v>38.4</x:v>
+        <x:v>37.9</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C25"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="22.750625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.640625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>3</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
-        <x:v>4</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>6.7</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>9</x:v>
+        <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>10.8</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>10.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>4.9</x:v>
+        <x:v>4.7</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>19</x:v>
+        <x:v>19.2</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>17.1</x:v>
+        <x:v>17.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>12.9</x:v>
+        <x:v>12.8</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>9.2</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>14.4</x:v>
+        <x:v>14.2</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>10.5</x:v>
+        <x:v>10.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>15.8</x:v>
+        <x:v>16.4</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>27.3</x:v>
+        <x:v>27.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="2" t="s">
-        <x:v>11</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="2" t="s">
-        <x:v>12</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="2" t="s">
-        <x:v>13</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C15"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="28.570625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.640625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>3</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
-        <x:v>4</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>31.8</x:v>
+        <x:v>32.7</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>51.5</x:v>
+        <x:v>51.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
-        <x:v>120</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>22.7</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>22.3</x:v>
+        <x:v>22.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>17.4</x:v>
+        <x:v>16.8</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>14.5</x:v>
+        <x:v>14.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>16</x:v>
+        <x:v>15.7</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>9.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>12.1</x:v>
+        <x:v>12.2</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
-        <x:v>11</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
-        <x:v>12</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
-        <x:v>13</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.250625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.320625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.260625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D6" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
-        <x:v>10</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D7" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
-        <x:v>10</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D8" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
-        <x:v>10</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D9" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>1</x:v>
+        <x:v>0.9</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
-        <x:v>10</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D10" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
-        <x:v>10</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D11" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
-        <x:v>7</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="D12" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
-        <x:v>10</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D13" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D14" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C15" s="2" t="s">
-        <x:v>10</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D15" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
-        <x:v>137</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C14"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.380625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.640625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>3</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
-        <x:v>4</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="B6" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
-        <x:v>144</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
-        <x:v>145</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B7" s="2" t="s">
-        <x:v>146</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
-        <x:v>148</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="B8" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
-        <x:v>150</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
-        <x:v>151</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>152</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
-        <x:v>153</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
-        <x:v>11</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
-        <x:v>12</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
-        <x:v>13</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7</vt:i4>
+        <vt:i4>8</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>14</vt:i4>
+        <vt:i4>16</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:TitlesOfParts>
-    <vt:vector baseType="lpstr" size="21">
+    <vt:vector baseType="lpstr" size="24">
+      <vt:lpstr>Portfolio Allocation</vt:lpstr>
       <vt:lpstr>Equity - Regions</vt:lpstr>
       <vt:lpstr>Equity - Countries</vt:lpstr>
       <vt:lpstr>Equity - Currencies</vt:lpstr>
       <vt:lpstr>Equity - Sectors</vt:lpstr>
       <vt:lpstr>Equity - Market Cap Ranges</vt:lpstr>
       <vt:lpstr>Equity - Top Equity Holdings</vt:lpstr>
       <vt:lpstr>Equity - Characteristics</vt:lpstr>
+      <vt:lpstr>Portfolio Allocation!Print_Area</vt:lpstr>
+      <vt:lpstr>Portfolio Allocation!Print_Titles</vt:lpstr>
       <vt:lpstr>Equity - Regions!Print_Area</vt:lpstr>
       <vt:lpstr>Equity - Regions!Print_Titles</vt:lpstr>
       <vt:lpstr>Equity - Countries!Print_Area</vt:lpstr>
       <vt:lpstr>Equity - Countries!Print_Titles</vt:lpstr>
       <vt:lpstr>Equity - Currencies!Print_Area</vt:lpstr>
       <vt:lpstr>Equity - Currencies!Print_Titles</vt:lpstr>
       <vt:lpstr>Equity - Sectors!Print_Area</vt:lpstr>
       <vt:lpstr>Equity - Sectors!Print_Titles</vt:lpstr>
       <vt:lpstr>Equity - Market Cap Ranges!Print_Area</vt:lpstr>
       <vt:lpstr>Equity - Market Cap Ranges!Print_Titles</vt:lpstr>
       <vt:lpstr>Equity - Top Equity Holdings!Print_Area</vt:lpstr>
       <vt:lpstr>Equity - Top Equity Holdings!Print_Titles</vt:lpstr>
       <vt:lpstr>Equity - Characteristics!Print_Area</vt:lpstr>
       <vt:lpstr>Equity - Characteristics!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
 </ap:Properties>
 </file>