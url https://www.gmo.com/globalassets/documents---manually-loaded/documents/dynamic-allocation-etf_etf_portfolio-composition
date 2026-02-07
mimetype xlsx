--- v1 (2026-01-15)
+++ v2 (2026-02-07)
@@ -1,137 +1,140 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62a561fca19847d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e3a2ea88e1734506b0923886ca21ac71.psmdcp" Id="R6907e7b344e646ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R248353a351414fee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eed902eebc2b425890f88b5773d3dbdb.psmdcp" Id="Rc0773374496d42f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Portfolio Allocation" sheetId="2" r:id="rId2"/>
     <x:sheet name="Equity - Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Equity - Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Equity - Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Equity - Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Equity - Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Equity - Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Equity - Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="173" uniqueCount="173">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="174" uniqueCount="174">
   <x:si>
     <x:t>Portfolio Allocation - Dynamic Allocation ETF</x:t>
   </x:si>
   <x:si>
+    <x:t>As of 01/31/2026 (%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asset Class</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Asset Class Strategy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Exposure</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EQUITY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US Quality</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Quality</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Opportunistic Value</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Japan Fundamental Value</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Broad</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US Opportunistic Value</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Small</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Domestic Resilience</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emerging Markets</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Emerging ex-China</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FIXED INCOME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Long-Term Municipals</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intermediate-Term Treasuries</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Short-Term Treasuries</x:t>
+  </x:si>
+  <x:si>
+    <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equity - Regions - Dynamic Allocation ETF</x:t>
+  </x:si>
+  <x:si>
     <x:t>As of 12/31/2025 (%)</x:t>
-  </x:si>
-[...58 lines deleted...]
-    <x:t>Equity - Regions - Dynamic Allocation ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Dynamic Allocation ETF</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging</x:t>
   </x:si>
   <x:si>
     <x:t>Europe ex UK (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Japan</x:t>
   </x:si>
   <x:si>
     <x:t>Other International</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
@@ -966,1707 +969,1707 @@
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="s"/>
       <x:c r="C6" s="2" t="s"/>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s"/>
       <x:c r="B7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>10.1</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s"/>
       <x:c r="B9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>9.9</x:v>
+        <x:v>10.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s"/>
       <x:c r="B10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s"/>
       <x:c r="B11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>6.1</x:v>
+        <x:v>6.2</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s"/>
       <x:c r="B12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
         <x:v>9.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s"/>
       <x:c r="B13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s"/>
       <x:c r="B14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="2" t="s"/>
       <x:c r="B15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>6.2</x:v>
+        <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.2</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s"/>
       <x:c r="C17" s="2" t="s"/>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="2" t="s"/>
       <x:c r="B18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C18" s="3" t="n">
-        <x:v>7.6</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="2" t="s"/>
       <x:c r="B19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
-        <x:v>29</x:v>
+        <x:v>31.1</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="2" t="s"/>
       <x:c r="B20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C20" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C16"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.170625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.640625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>17.7</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>19.1</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>13.9</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>4.5</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
         <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>37.9</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="2" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B54"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.080625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.200625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="2" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="2" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="2" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
         <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
         <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="2" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
         <x:v>13.9</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
         <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:2">
       <x:c r="A46" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
         <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
         <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:2">
       <x:c r="A48" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:2">
       <x:c r="A49" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:2">
       <x:c r="A50" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:2">
       <x:c r="A51" s="2" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
         <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:2">
       <x:c r="A52" s="2" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
         <x:v>37.9</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:2">
       <x:c r="A54" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="9.610625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.200625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
         <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
         <x:v>13.3</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
         <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
         <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
         <x:v>13.9</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
         <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="2" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
         <x:v>37.9</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C25"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="22.750625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.640625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>6.6</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>10.8</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>10.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>5.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>4.7</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>19.2</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
         <x:v>17.6</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>12.8</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
         <x:v>14.2</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
         <x:v>10.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>16.4</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>27.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
         <x:v>5.6</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
         <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
         <x:v>2.5</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="2" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C15"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="28.570625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.640625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>32.7</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>51.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>22.7</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>22.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>16.8</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>14.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>15.7</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>9.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>12.2</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.250625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.320625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.260625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>1</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D6" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="D7" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="D8" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="D9" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>0.9</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="D10" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="D11" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="D12" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D13" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D14" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C15" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="D15" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C14"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.380625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.640625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="B6" s="2" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="B7" s="2" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="B8" s="2" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>