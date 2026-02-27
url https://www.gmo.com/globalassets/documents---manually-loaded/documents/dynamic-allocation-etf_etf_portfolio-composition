--- v2 (2026-02-07)
+++ v3 (2026-02-27)
@@ -1,72 +1,72 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R248353a351414fee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eed902eebc2b425890f88b5773d3dbdb.psmdcp" Id="Rc0773374496d42f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71f067d3e65c4693" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/93eb92e932b1482fa515b77f492c5d3f.psmdcp" Id="Rf3d404d6ebd649c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Portfolio Allocation" sheetId="2" r:id="rId2"/>
     <x:sheet name="Equity - Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Equity - Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Equity - Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Equity - Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Equity - Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Equity - Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Equity - Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="174" uniqueCount="174">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="173" uniqueCount="173">
   <x:si>
     <x:t>Portfolio Allocation - Dynamic Allocation ETF</x:t>
   </x:si>
   <x:si>
     <x:t>As of 01/31/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class Strategy</x:t>
   </x:si>
   <x:si>
     <x:t>Exposure</x:t>
   </x:si>
   <x:si>
     <x:t>EQUITY</x:t>
   </x:si>
   <x:si>
     <x:t>US Quality</x:t>
   </x:si>
   <x:si>
     <x:t>International Quality</x:t>
   </x:si>
   <x:si>
@@ -90,53 +90,50 @@
   <x:si>
     <x:t>Emerging Markets</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging ex-China</x:t>
   </x:si>
   <x:si>
     <x:t>FIXED INCOME</x:t>
   </x:si>
   <x:si>
     <x:t>Long-Term Municipals</x:t>
   </x:si>
   <x:si>
     <x:t>Intermediate-Term Treasuries</x:t>
   </x:si>
   <x:si>
     <x:t>Short-Term Treasuries</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Equity - Regions - Dynamic Allocation ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (%)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Dynamic Allocation ETF</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging</x:t>
   </x:si>
   <x:si>
     <x:t>Europe ex UK (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Japan</x:t>
   </x:si>
   <x:si>
     <x:t>Other International</x:t>
   </x:si>
   <x:si>
     <x:t>United Kingdom</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
@@ -441,153 +438,153 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Equity - Market Cap Ranges - Dynamic Allocation ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (151.3 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.1 &amp; Below)</x:t>
+    <x:t>Large (150.0 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (52.1 To 150.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (20.4 To 52.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.4 To 20.4)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.4 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Equity - Top Equity Holdings - Dynamic Allocation ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>Meta Platforms Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Johnson &amp; Johnson</x:t>
   </x:si>
   <x:si>
-    <x:t>Meta Platforms Inc</x:t>
+    <x:t>Samsung Electronics Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Lam Research Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>Sapporo Hokuyo Holdings Inc</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Roche Holding AG</x:t>
   </x:si>
   <x:si>
     <x:t>Novartis AG</x:t>
   </x:si>
   <x:si>
-    <x:t>Samsung Electronics Co Ltd</x:t>
+    <x:t>Merck &amp; Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Equity - Characteristics - Dynamic Allocation ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025</x:t>
+    <x:t>As of 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>19.9x</x:t>
-[...2 lines deleted...]
-    <x:t>30.3x</x:t>
+    <x:t>20.7x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29.5x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>2.1x</x:t>
-[...2 lines deleted...]
-    <x:t>3.6x</x:t>
+    <x:t>2.2x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.7x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>15.8%</x:t>
   </x:si>
   <x:si>
-    <x:t>22.0%</x:t>
+    <x:t>22.1%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>67.6 USD</x:t>
-[...2 lines deleted...]
-    <x:t>160.3 USD</x:t>
+    <x:t>70.4 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>159.8 USD</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -1124,1552 +1121,1552 @@
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C16"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.170625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.640625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B5" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
-      <x:c r="B5" s="1" t="s">
+      <x:c r="C5" s="1" t="s">
         <x:v>24</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>17.7</x:v>
+        <x:v>17.3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>11</x:v>
+        <x:v>11.6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
-        <x:v>27</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>19.1</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>11.6</x:v>
+        <x:v>11.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
-        <x:v>28</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>13.9</x:v>
+        <x:v>14.2</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.6</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
         <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>37.9</x:v>
+        <x:v>37.7</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>64</x:v>
+        <x:v>62.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B54"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.080625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.200625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2" t="s">
-        <x:v>37</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2" t="s">
-        <x:v>40</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2" t="s">
-        <x:v>41</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2" t="s">
-        <x:v>42</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2" t="s">
-        <x:v>43</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="2" t="s">
-        <x:v>45</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="2" t="s">
-        <x:v>46</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
         <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="2" t="s">
-        <x:v>28</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>13.9</x:v>
+        <x:v>14.2</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
-        <x:v>2.6</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:2">
       <x:c r="A46" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
         <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:2">
       <x:c r="A48" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:2">
       <x:c r="A49" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:2">
       <x:c r="A50" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:2">
       <x:c r="A51" s="2" t="s">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:2">
       <x:c r="A52" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
-        <x:v>37.9</x:v>
+        <x:v>37.8</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:2">
       <x:c r="A54" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="9.610625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.200625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>2.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.4</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>13.3</x:v>
+        <x:v>13.2</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>3.1</x:v>
+        <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
-        <x:v>13.9</x:v>
+        <x:v>14.3</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>2.7</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="2" t="s">
-        <x:v>117</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
         <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
-        <x:v>37.9</x:v>
+        <x:v>37.7</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="2" t="s">
-        <x:v>119</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C25"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="22.750625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.640625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="C5" s="1" t="s">
         <x:v>24</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>6.6</x:v>
+        <x:v>6.8</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>8.8</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>10.8</x:v>
+        <x:v>10.4</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>10.2</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>7</x:v>
+        <x:v>7.2</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>4.7</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>19.2</x:v>
+        <x:v>18.9</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>17.6</x:v>
+        <x:v>17.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>12.8</x:v>
+        <x:v>12.6</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>9</x:v>
+        <x:v>8.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>14.2</x:v>
+        <x:v>14.6</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>10.6</x:v>
+        <x:v>11.1</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>16.4</x:v>
+        <x:v>16.1</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>27.2</x:v>
+        <x:v>26.7</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>1.8</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="2" t="s">
-        <x:v>136</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="2" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C15"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="28.570625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.640625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="C5" s="1" t="s">
         <x:v>24</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
-        <x:v>139</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>32.7</x:v>
+        <x:v>32.8</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>51.4</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>22.7</x:v>
+        <x:v>21.7</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>22.2</x:v>
+        <x:v>22.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>16.8</x:v>
+        <x:v>18.9</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>14.7</x:v>
+        <x:v>14.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>15.7</x:v>
+        <x:v>14.6</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>9.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
-        <x:v>143</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>12.2</x:v>
+        <x:v>11.9</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
         <x:v>2.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.250625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.320625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.260625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="B5" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="B5" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C5" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D6" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
-        <x:v>148</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D7" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D8" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>1</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D9" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
-        <x:v>151</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="D10" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D11" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
-        <x:v>153</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
-        <x:v>154</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D13" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
-        <x:v>155</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D14" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
-        <x:v>156</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="C15" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D15" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
-        <x:v>157</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
-        <x:v>158</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C14"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.380625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.640625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="C5" s="1" t="s">
         <x:v>24</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="B6" s="2" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="B6" s="2" t="s">
+      <x:c r="C6" s="2" t="s">
         <x:v>163</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="B7" s="2" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="B7" s="2" t="s">
+      <x:c r="C7" s="2" t="s">
         <x:v>166</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="B8" s="2" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="B8" s="2" t="s">
+      <x:c r="C8" s="2" t="s">
         <x:v>169</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="B9" s="2" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="B9" s="2" t="s">
+      <x:c r="C9" s="2" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
-        <x:v>33</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>