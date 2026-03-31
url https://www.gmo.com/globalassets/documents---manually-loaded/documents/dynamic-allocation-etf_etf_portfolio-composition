--- v3 (2026-02-27)
+++ v4 (2026-03-31)
@@ -1,77 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71f067d3e65c4693" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/93eb92e932b1482fa515b77f492c5d3f.psmdcp" Id="Rf3d404d6ebd649c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2ac4419a52845c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b3f29c625f464f74a6cc15084979eec4.psmdcp" Id="R2ad451f436a849da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Portfolio Allocation" sheetId="2" r:id="rId2"/>
     <x:sheet name="Equity - Regions" sheetId="3" r:id="rId3"/>
     <x:sheet name="Equity - Countries" sheetId="4" r:id="rId4"/>
     <x:sheet name="Equity - Currencies" sheetId="5" r:id="rId5"/>
     <x:sheet name="Equity - Sectors" sheetId="6" r:id="rId6"/>
     <x:sheet name="Equity - Market Cap Ranges" sheetId="7" r:id="rId7"/>
     <x:sheet name="Equity - Top Equity Holdings" sheetId="8" r:id="rId8"/>
     <x:sheet name="Equity - Characteristics" sheetId="9" r:id="rId9"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="173" uniqueCount="173">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="175" uniqueCount="175">
   <x:si>
     <x:t>Portfolio Allocation - Dynamic Allocation ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (%)</x:t>
+    <x:t>As of 02/28/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class Strategy</x:t>
   </x:si>
   <x:si>
     <x:t>Exposure</x:t>
   </x:si>
   <x:si>
     <x:t>EQUITY</x:t>
   </x:si>
   <x:si>
     <x:t>US Quality</x:t>
   </x:si>
   <x:si>
     <x:t>International Quality</x:t>
   </x:si>
   <x:si>
     <x:t>International Opportunistic Value</x:t>
   </x:si>
   <x:si>
     <x:t>Japan Fundamental Value</x:t>
   </x:si>
@@ -84,50 +84,56 @@
   <x:si>
     <x:t>International Small</x:t>
   </x:si>
   <x:si>
     <x:t>Domestic Resilience</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging Markets</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging ex-China</x:t>
   </x:si>
   <x:si>
     <x:t>FIXED INCOME</x:t>
   </x:si>
   <x:si>
     <x:t>Long-Term Municipals</x:t>
   </x:si>
   <x:si>
     <x:t>Intermediate-Term Treasuries</x:t>
   </x:si>
   <x:si>
     <x:t>Short-Term Treasuries</x:t>
   </x:si>
   <x:si>
+    <x:t>CASH/CASH PLUS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash &amp; Equivalents</x:t>
+  </x:si>
+  <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Equity - Regions - Dynamic Allocation ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Dynamic Allocation ETF</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI</x:t>
   </x:si>
   <x:si>
     <x:t>Emerging</x:t>
   </x:si>
   <x:si>
     <x:t>Europe ex UK (Developed)</x:t>
   </x:si>
   <x:si>
     <x:t>Japan</x:t>
   </x:si>
   <x:si>
     <x:t>Other International</x:t>
@@ -438,153 +444,153 @@
   <x:si>
     <x:t>Real Estate</x:t>
   </x:si>
   <x:si>
     <x:t>Utilities</x:t>
   </x:si>
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Equity - Market Cap Ranges - Dynamic Allocation ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (150.0 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.4 &amp; Below)</x:t>
+    <x:t>Large (150.9 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (52.8 To 150.9)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (21.3 To 52.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.8 To 21.3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.8 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Equity - Top Equity Holdings - Dynamic Allocation ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Taiwan Semiconductor Manufacturing Co Ltd</x:t>
   </x:si>
   <x:si>
+    <x:t>Johnson &amp; Johnson</x:t>
+  </x:si>
+  <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>Samsung Electronics Co Ltd</x:t>
+  </x:si>
+  <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Johnson &amp; Johnson</x:t>
-[...2 lines deleted...]
-    <x:t>Samsung Electronics Co Ltd</x:t>
+    <x:t>Novartis AG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Roche Holding AG</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>Lam Research Corp</x:t>
-[...5 lines deleted...]
-    <x:t>Novartis AG</x:t>
+    <x:t>Procter &amp; Gamble Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>Merck &amp; Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Equity - Characteristics - Dynamic Allocation ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026</x:t>
+    <x:t>As of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>20.7x</x:t>
-[...2 lines deleted...]
-    <x:t>29.5x</x:t>
+    <x:t>22.2x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.8x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>2.2x</x:t>
+    <x:t>2.3x</x:t>
   </x:si>
   <x:si>
     <x:t>3.7x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>15.8%</x:t>
-[...2 lines deleted...]
-    <x:t>22.1%</x:t>
+    <x:t>15.1%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21.5%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>70.4 USD</x:t>
-[...2 lines deleted...]
-    <x:t>159.8 USD</x:t>
+    <x:t>73.2 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>150.9 USD</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -921,1757 +927,1773 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C22"/>
+  <x:dimension ref="A1:C24"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="14.400625" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="16.590625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="30.380625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="9.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="2" t="s"/>
       <x:c r="C6" s="2" t="s"/>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s"/>
       <x:c r="B7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>10</x:v>
+        <x:v>9.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s"/>
       <x:c r="B8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s"/>
       <x:c r="B9" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>10.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s"/>
       <x:c r="B10" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s"/>
       <x:c r="B11" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>6.2</x:v>
+        <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s"/>
       <x:c r="B12" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>9.9</x:v>
+        <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s"/>
       <x:c r="B13" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s"/>
       <x:c r="B14" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="2" t="s"/>
       <x:c r="B15" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>6</x:v>
+        <x:v>6.1</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="2" t="s"/>
       <x:c r="B16" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.1</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:3">
       <x:c r="A17" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B17" s="2" t="s"/>
       <x:c r="C17" s="2" t="s"/>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="2" t="s"/>
       <x:c r="B18" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C18" s="3" t="n">
-        <x:v>5</x:v>
+        <x:v>4.9</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="2" t="s"/>
       <x:c r="B19" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
-        <x:v>31.1</x:v>
+        <x:v>31.7</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="2" t="s"/>
       <x:c r="B20" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C20" s="3" t="n">
-        <x:v>2.9</x:v>
-      </x:c>
+        <x:v>2.8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:3">
+      <x:c r="A21" s="2" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B21" s="2" t="s"/>
+      <x:c r="C21" s="2" t="s"/>
     </x:row>
     <x:row r="22" spans="1:3">
-      <x:c r="A22" s="1" t="s">
-        <x:v>20</x:v>
+      <x:c r="A22" s="2" t="s"/>
+      <x:c r="B22" s="2" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C22" s="3" t="n">
+        <x:v>0.6</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:3">
+      <x:c r="A24" s="1" t="s">
+        <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C16"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="24.170625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.640625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>17.3</x:v>
+        <x:v>17.5</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>11.6</x:v>
+        <x:v>12.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
-        <x:v>26</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>19.1</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>11.7</x:v>
+        <x:v>11.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>14.2</x:v>
+        <x:v>14.7</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>5</x:v>
+        <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.6</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>4.6</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>37.7</x:v>
+        <x:v>37.1</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>62.9</x:v>
+        <x:v>61.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="2" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B54"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="20.080625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.200625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="2" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="2" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="2" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
         <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
         <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
         <x:v>2.9</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="2" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>14.2</x:v>
+        <x:v>14.7</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.2</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:2">
       <x:c r="A43" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B43" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B44" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:2">
       <x:c r="A45" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B45" s="3" t="n">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:2">
       <x:c r="A46" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B46" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:2">
       <x:c r="A47" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B47" s="3" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:2">
       <x:c r="A48" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B48" s="3" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:2">
       <x:c r="A49" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B49" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:2">
       <x:c r="A50" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="B50" s="3" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:2">
       <x:c r="A51" s="2" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B51" s="3" t="n">
         <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:2">
       <x:c r="A52" s="2" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B52" s="3" t="n">
-        <x:v>37.8</x:v>
+        <x:v>37.2</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:2">
       <x:c r="A54" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:B44"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="9.610625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.200625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2">
       <x:c r="A1" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:2">
       <x:c r="A5" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:2">
       <x:c r="A6" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:2">
       <x:c r="A7" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:2">
       <x:c r="A8" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:2">
       <x:c r="A9" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:2">
       <x:c r="A10" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>3.3</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:2">
       <x:c r="A11" s="2" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:2">
       <x:c r="A12" s="2" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:2">
       <x:c r="A13" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:2">
       <x:c r="A14" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:2">
       <x:c r="A15" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>0.7</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:2">
       <x:c r="A16" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:2">
       <x:c r="A17" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>13.2</x:v>
+        <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:2">
       <x:c r="A18" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
         <x:v>4.6</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:2">
       <x:c r="A19" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:2">
       <x:c r="A20" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:2">
       <x:c r="A21" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:2">
       <x:c r="A22" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:2">
       <x:c r="A23" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:2">
       <x:c r="A24" s="2" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="B24" s="3" t="n">
-        <x:v>14.3</x:v>
+        <x:v>14.8</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:2">
       <x:c r="A25" s="2" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>3.5</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:2">
       <x:c r="A26" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:2">
       <x:c r="A27" s="2" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
         <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:2">
       <x:c r="A28" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>0.3</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:2">
       <x:c r="A29" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
         <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:2">
       <x:c r="A30" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B30" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:2">
       <x:c r="A31" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B31" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:2">
       <x:c r="A32" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="B32" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:2">
       <x:c r="A33" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="B33" s="3" t="n">
         <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:2">
       <x:c r="A34" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B34" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:2">
       <x:c r="A35" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B35" s="3" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:2">
       <x:c r="A36" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="B36" s="3" t="n">
         <x:v>1.3</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:2">
       <x:c r="A37" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="B37" s="3" t="n">
-        <x:v>0.4</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:2">
       <x:c r="A38" s="2" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B38" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:2">
       <x:c r="A39" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="B39" s="3" t="n">
         <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:2">
       <x:c r="A40" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="B40" s="3" t="n">
-        <x:v>4.5</x:v>
+        <x:v>4.8</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:2">
       <x:c r="A41" s="2" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="B41" s="3" t="n">
-        <x:v>37.7</x:v>
+        <x:v>37.1</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:2">
       <x:c r="A42" s="2" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B42" s="3" t="n">
         <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:2">
       <x:c r="A44" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C25"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="22.750625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.640625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>6.8</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>9</x:v>
+        <x:v>8.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>10.4</x:v>
+        <x:v>10.3</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>10</x:v>
+        <x:v>9.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>7.2</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>18.9</x:v>
+        <x:v>18.1</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>17.3</x:v>
+        <x:v>16.9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>12.6</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>8.9</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>14.6</x:v>
+        <x:v>14.7</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>11.1</x:v>
+        <x:v>11.7</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>16.1</x:v>
+        <x:v>16.3</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>26.7</x:v>
+        <x:v>26.1</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4.2</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="2" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
         <x:v>1.6</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="2" t="s">
-        <x:v>131</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="2" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="2" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="2" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="2" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="2" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:3">
       <x:c r="A25" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C15"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="28.570625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.640625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>32.8</x:v>
+        <x:v>33.3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>51</x:v>
+        <x:v>49.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>21.7</x:v>
+        <x:v>21.3</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>22.3</x:v>
+        <x:v>22.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>18.9</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>14.8</x:v>
+        <x:v>15.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
-        <x:v>141</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>14.6</x:v>
+        <x:v>14.3</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>9.1</x:v>
+        <x:v>9.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
-        <x:v>142</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>11.9</x:v>
+        <x:v>12.1</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.250625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.320625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="22.260625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D6" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="D7" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>1.1</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="D8" s="2" t="s">
-        <x:v>121</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
-        <x:v>30</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D9" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>0.8</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="D10" s="2" t="s">
-        <x:v>128</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>0.8</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
-        <x:v>30</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D11" s="2" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
-        <x:v>30</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="D12" s="2" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="D13" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
         <x:v>0.7</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="D14" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="C15" s="2" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="D15" s="2" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C14"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="31.380625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.640625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="B6" s="2" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="B7" s="2" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
-        <x:v>166</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="B8" s="2" t="s">
-        <x:v>168</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
-        <x:v>169</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
-        <x:v>31</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
       <vt:variant>