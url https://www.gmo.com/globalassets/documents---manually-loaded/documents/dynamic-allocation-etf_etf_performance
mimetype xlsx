--- v0 (2025-12-16)
+++ v1 (2026-01-07)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ccdf3a3efad4e93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/293c9831539940ce9cd68ca57365e576.psmdcp" Id="R1cbdbf86c9424c6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd28a53af158f438e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a9168ec7c1c84016995767a7a5c8b292.psmdcp" Id="Rdec742aeb3b04b2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Month-End" sheetId="3" r:id="rId3"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="31">
   <x:si>
     <x:t>Performance - Dynamic Allocation ETF</x:t>
   </x:si>
   <x:si>
     <x:t>As of 11/30/2025 (USD,%)</x:t>
   </x:si>