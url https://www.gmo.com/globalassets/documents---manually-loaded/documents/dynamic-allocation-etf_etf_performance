--- v1 (2026-01-07)
+++ v2 (2026-02-07)
@@ -1,152 +1,181 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd28a53af158f438e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a9168ec7c1c84016995767a7a5c8b292.psmdcp" Id="Rdec742aeb3b04b2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R922fb6a08c094393" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a782e1655e214b3fa90d0b3fe8101250.psmdcp" Id="R16eb69e11eb747ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Month-End" sheetId="3" r:id="rId3"/>
+    <x:sheet name="Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="31">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Performance - Dynamic Allocation ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (USD,%)</x:t>
+    <x:t>As of 01/31/2026 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Exchange Traded Fund Inception date: 10/13/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Market Price Inception date: 10/13/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Exchange Traded Fund, Net</x:t>
   </x:si>
   <x:si>
     <x:t>60% MSCI ACWI 40% Bloomberg U.S. Aggregate Blend (from Exchange Traded Fund inception date)</x:t>
   </x:si>
   <x:si>
     <x:t>Market Price</x:t>
   </x:si>
   <x:si>
     <x:t>60% MSCI ACWI 40% Bloomberg U.S. Aggregate Blend (from Market Price inception date)</x:t>
   </x:si>
   <x:si>
+    <x:t>01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>QTD Q4-2025</x:t>
-[...2 lines deleted...]
-    <x:t>YTD 2025</x:t>
+    <x:t>QTD Q1-2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Q4-2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YTD 2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>The 60% MSCI ACWI 40% Bloomberg U.S. Aggregate Blend is an internally maintained benchmark computed by GMO, comprised of (i) 60% MSCI ACWI (All Country World) Index (MSCI Standard Index</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Series, net of withholding tax) and (ii) 40% Bloomberg U.S. Aggregate Index. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or</x:t>
+  </x:si>
+  <x:si>
+    <x:t>approved this report, and has no liability hereunder. Please visit https://www.gmo.com/americas/benchmark-disclaimers/ to review the complete benchmark disclaimer notice.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 11/30/2025 (USD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Exchange Traded Fund, Net) in USD as of 11/30/2025</x:t>
+    <x:t>Month-End as of 01/31/2026 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Exchange Traded Fund, Net) in USD as of 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>GMO Dynamic Allocation ETF</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
     <x:t>60% MSCI ACWI 40% Bloomberg U.S. Aggregate Blend</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Market Price) in USD as of 11/30/2025</x:t>
+    <x:t>Average Annual Total Return (Market Price) in USD as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Exchange Traded Fund, Net) in USD as of 12/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Market Price) in USD as of 12/31/2025</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -196,51 +225,51 @@
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
     <x:xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme1.xml" Id="rId8" /></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -487,51 +516,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E18"/>
+  <x:dimension ref="A1:E25"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="25.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="86.230625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.760625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="77.890625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
@@ -540,458 +569,853 @@
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="2" t="s"/>
       <x:c r="B7" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E7" s="3" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1.25</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>1.82</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
+        <x:v>1.32</x:v>
+      </x:c>
+      <x:c r="C9" s="4" t="n">
+        <x:v>0.57</x:v>
+      </x:c>
+      <x:c r="D9" s="4" t="n">
+        <x:v>1.38</x:v>
+      </x:c>
+      <x:c r="E9" s="4" t="n">
+        <x:v>0.57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:5">
+      <x:c r="A10" s="2" t="s">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="B10" s="4" t="n">
+        <x:v>1.31</x:v>
+      </x:c>
+      <x:c r="C10" s="4" t="n">
+        <x:v>0.24</x:v>
+      </x:c>
+      <x:c r="D10" s="4" t="n">
+        <x:v>1.25</x:v>
+      </x:c>
+      <x:c r="E10" s="4" t="n">
+        <x:v>0.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:5">
+      <x:c r="A11" s="2" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="B11" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
-      <x:c r="C9" s="4" t="n">
+      <x:c r="C11" s="4" t="n">
         <x:v>1.57</x:v>
       </x:c>
-      <x:c r="D9" s="4" t="n">
+      <x:c r="D11" s="4" t="n">
         <x:v>1.44</x:v>
       </x:c>
-      <x:c r="E9" s="4" t="n">
+      <x:c r="E11" s="4" t="n">
         <x:v>1.57</x:v>
       </x:c>
     </x:row>
-    <x:row r="11" spans="1:5">
-[...21 lines deleted...]
-      </x:c>
+    <x:row r="13" spans="1:5">
+      <x:c r="A13" s="2" t="s"/>
+      <x:c r="B13" s="3" t="s"/>
+      <x:c r="C13" s="3" t="s"/>
+      <x:c r="D13" s="3" t="s"/>
+      <x:c r="E13" s="3" t="s"/>
     </x:row>
     <x:row r="14" spans="1:5">
-      <x:c r="A14" s="2" t="s"/>
-[...3 lines deleted...]
-      <x:c r="E14" s="3" t="s"/>
+      <x:c r="A14" s="2" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="B14" s="4" t="n">
+        <x:v>3.12</x:v>
+      </x:c>
+      <x:c r="C14" s="4" t="n">
+        <x:v>1.82</x:v>
+      </x:c>
+      <x:c r="D14" s="4" t="n">
+        <x:v>3.16</x:v>
+      </x:c>
+      <x:c r="E14" s="4" t="n">
+        <x:v>1.82</x:v>
+      </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="2" t="s">
-        <x:v>11</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>2.72</x:v>
+        <x:v>4.08</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>2.39</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>2.71</x:v>
+        <x:v>4.13</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>2.39</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
-      <x:c r="A17" s="2" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="A17" s="2" t="s"/>
+      <x:c r="B17" s="3" t="s"/>
+      <x:c r="C17" s="3" t="s"/>
+      <x:c r="D17" s="3" t="s"/>
+      <x:c r="E17" s="3" t="s"/>
     </x:row>
     <x:row r="18" spans="1:5">
-      <x:c r="A18" s="1" t="s">
-        <x:v>13</x:v>
+      <x:c r="A18" s="2" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="B18" s="4" t="n">
+        <x:v>3.12</x:v>
+      </x:c>
+      <x:c r="C18" s="4" t="n">
+        <x:v>1.82</x:v>
+      </x:c>
+      <x:c r="D18" s="4" t="n">
+        <x:v>3.16</x:v>
+      </x:c>
+      <x:c r="E18" s="4" t="n">
+        <x:v>1.82</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:5">
+      <x:c r="A19" s="2" t="n">
+        <x:v>2025</x:v>
+      </x:c>
+      <x:c r="B19" s="4" t="n">
+        <x:v>4.08</x:v>
+      </x:c>
+      <x:c r="C19" s="4" t="n">
+        <x:v>2.39</x:v>
+      </x:c>
+      <x:c r="D19" s="4" t="n">
+        <x:v>4.13</x:v>
+      </x:c>
+      <x:c r="E19" s="4" t="n">
+        <x:v>2.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:5">
+      <x:c r="A21" s="2" t="s">
+        <x:v>15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:5">
+      <x:c r="A22" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:5">
+      <x:c r="A23" s="2" t="s">
+        <x:v>17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:5">
+      <x:c r="A24" s="2" t="s">
+        <x:v>18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:5">
+      <x:c r="A25" s="1" t="s">
+        <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:J18"/>
+  <x:dimension ref="A1:J21"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="47.800625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>17</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>18</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
-        <x:v>19</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F6" s="3" t="s">
-        <x:v>20</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
-        <x:v>21</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="H6" s="3" t="s">
-        <x:v>22</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="I6" s="3" t="s">
-        <x:v>23</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="J6" s="3" t="s">
-        <x:v>24</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:10">
       <x:c r="A7" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B7" s="2" t="s">
-        <x:v>26</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>2.72</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>2.72</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="F7" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H7" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="I7" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="J7" s="4" t="n">
-        <x:v>2.72</x:v>
+        <x:v>7.33</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s">
-        <x:v>28</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B8" s="2" t="s"/>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="J8" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>4.26</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="2" t="s">
-        <x:v>29</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s"/>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.07</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.91</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>0.91</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>0.91</x:v>
+        <x:v>3.08</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>30</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10">
       <x:c r="A12" s="2" t="s"/>
       <x:c r="B12" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>17</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>18</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E12" s="3" t="s">
-        <x:v>19</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="F12" s="3" t="s">
-        <x:v>20</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
-        <x:v>21</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>22</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="I12" s="3" t="s">
-        <x:v>23</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="J12" s="3" t="s">
-        <x:v>24</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="2" t="s">
-        <x:v>26</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>1.25</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>2.71</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>2.71</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="F13" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H13" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="I13" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="J13" s="4" t="n">
-        <x:v>2.71</x:v>
+        <x:v>7.42</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>28</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B14" s="2" t="s"/>
       <x:c r="C14" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="F14" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H14" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="I14" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="J14" s="4" t="n">
-        <x:v>1.81</x:v>
+        <x:v>4.26</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10">
       <x:c r="A15" s="2" t="s">
-        <x:v>29</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B15" s="2" t="s"/>
       <x:c r="C15" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>1.34</x:v>
       </x:c>
       <x:c r="F15" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="H15" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="I15" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="J15" s="4" t="n">
-        <x:v>0.89</x:v>
+        <x:v>3.16</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="2" t="s">
-        <x:v>12</x:v>
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
-      <x:c r="A18" s="1" t="s">
-        <x:v>13</x:v>
+      <x:c r="A18" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:10">
+      <x:c r="A19" s="2" t="s">
+        <x:v>17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:10">
+      <x:c r="A20" s="2" t="s">
+        <x:v>18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:10">
+      <x:c r="A21" s="1" t="s">
+        <x:v>19</x:v>
+      </x:c>
+    </x:row>
+  </x:sheetData>
+  <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
+  <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
+  <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
+  <x:headerFooter/>
+  <x:tableParts count="0"/>
+</x:worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <x:sheetPr>
+    <x:outlinePr summaryBelow="1" summaryRight="1"/>
+  </x:sheetPr>
+  <x:dimension ref="A1:I21"/>
+  <x:sheetViews>
+    <x:sheetView workbookViewId="0"/>
+  </x:sheetViews>
+  <x:sheetFormatPr defaultRowHeight="15"/>
+  <x:cols>
+    <x:col min="1" max="1" width="47.800625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="5.170625" style="0" customWidth="1"/>
+    <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
+    <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
+    <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
+  </x:cols>
+  <x:sheetData>
+    <x:row r="1" spans="1:9">
+      <x:c r="A1" s="1" t="s">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="2" spans="1:9">
+      <x:c r="A2" s="1" t="s">
+        <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:9">
+      <x:c r="A5" s="2" t="s">
+        <x:v>38</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:9">
+      <x:c r="A6" s="2" t="s"/>
+      <x:c r="B6" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C6" s="3" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="D6" s="3" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="E6" s="3" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="F6" s="3" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="G6" s="3" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="H6" s="3" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="I6" s="3" t="s">
+        <x:v>30</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:9">
+      <x:c r="A7" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B7" s="2" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="C7" s="4" t="n">
+        <x:v>4.08</x:v>
+      </x:c>
+      <x:c r="D7" s="4" t="n">
+        <x:v>4.08</x:v>
+      </x:c>
+      <x:c r="E7" s="3" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="F7" s="3" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="G7" s="3" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="H7" s="3" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="I7" s="4" t="n">
+        <x:v>4.08</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:9">
+      <x:c r="A8" s="2" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B8" s="2" t="s"/>
+      <x:c r="C8" s="4" t="n">
+        <x:v>2.39</x:v>
+      </x:c>
+      <x:c r="D8" s="4" t="n">
+        <x:v>2.39</x:v>
+      </x:c>
+      <x:c r="E8" s="3" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="F8" s="3" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="G8" s="3" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="H8" s="3" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="I8" s="4" t="n">
+        <x:v>2.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:9">
+      <x:c r="A9" s="2" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B9" s="2" t="s"/>
+      <x:c r="C9" s="4" t="n">
+        <x:v>1.69</x:v>
+      </x:c>
+      <x:c r="D9" s="4" t="n">
+        <x:v>1.69</x:v>
+      </x:c>
+      <x:c r="E9" s="3" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="F9" s="3" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="G9" s="3" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="H9" s="3" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="I9" s="4" t="n">
+        <x:v>1.69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:9">
+      <x:c r="A11" s="2" t="s">
+        <x:v>39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:9">
+      <x:c r="A12" s="2" t="s"/>
+      <x:c r="B12" s="2" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C12" s="3" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="D12" s="3" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="E12" s="3" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="F12" s="3" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="G12" s="3" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="H12" s="3" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="I12" s="3" t="s">
+        <x:v>30</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:9">
+      <x:c r="A13" s="1" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B13" s="2" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="C13" s="4" t="n">
+        <x:v>4.13</x:v>
+      </x:c>
+      <x:c r="D13" s="4" t="n">
+        <x:v>4.13</x:v>
+      </x:c>
+      <x:c r="E13" s="3" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="F13" s="3" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="G13" s="3" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="H13" s="3" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="I13" s="4" t="n">
+        <x:v>4.13</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:9">
+      <x:c r="A14" s="2" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B14" s="2" t="s"/>
+      <x:c r="C14" s="4" t="n">
+        <x:v>2.39</x:v>
+      </x:c>
+      <x:c r="D14" s="4" t="n">
+        <x:v>2.39</x:v>
+      </x:c>
+      <x:c r="E14" s="3" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="F14" s="3" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="G14" s="3" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="H14" s="3" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="I14" s="4" t="n">
+        <x:v>2.39</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:9">
+      <x:c r="A15" s="2" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B15" s="2" t="s"/>
+      <x:c r="C15" s="4" t="n">
+        <x:v>1.74</x:v>
+      </x:c>
+      <x:c r="D15" s="4" t="n">
+        <x:v>1.74</x:v>
+      </x:c>
+      <x:c r="E15" s="3" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="F15" s="3" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="G15" s="3" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="H15" s="3" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="I15" s="4" t="n">
+        <x:v>1.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:9">
+      <x:c r="A17" s="2" t="s">
+        <x:v>15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:9">
+      <x:c r="A18" s="2" t="s">
+        <x:v>16</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:9">
+      <x:c r="A19" s="2" t="s">
+        <x:v>17</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:9">
+      <x:c r="A20" s="2" t="s">
+        <x:v>18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:9">
+      <x:c r="A21" s="1" t="s">
+        <x:v>19</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4</vt:i4>
+        <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:TitlesOfParts>
-    <vt:vector baseType="lpstr" size="6">
+    <vt:vector baseType="lpstr" size="9">
       <vt:lpstr>Historical</vt:lpstr>
       <vt:lpstr>Month-End</vt:lpstr>
+      <vt:lpstr>Quarter-End</vt:lpstr>
       <vt:lpstr>Historical!Print_Area</vt:lpstr>
       <vt:lpstr>Historical!Print_Titles</vt:lpstr>
       <vt:lpstr>Month-End!Print_Area</vt:lpstr>
       <vt:lpstr>Month-End!Print_Titles</vt:lpstr>
+      <vt:lpstr>Quarter-End!Print_Area</vt:lpstr>
+      <vt:lpstr>Quarter-End!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
 </ap:Properties>
 </file>