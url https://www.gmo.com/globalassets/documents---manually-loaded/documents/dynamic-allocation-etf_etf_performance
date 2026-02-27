--- v2 (2026-02-07)
+++ v3 (2026-02-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R922fb6a08c094393" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a782e1655e214b3fa90d0b3fe8101250.psmdcp" Id="R16eb69e11eb747ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6e6b619e1a2414c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/764fe65fda30403aa969e29d5df92f42.psmdcp" Id="R5db527f64b82492a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Performance - Dynamic Allocation ETF</x:t>
   </x:si>
   <x:si>
     <x:t>As of 01/31/2026 (USD,%)</x:t>