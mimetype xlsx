--- v3 (2026-02-27)
+++ v4 (2026-03-31)
@@ -1,172 +1,175 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6e6b619e1a2414c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/764fe65fda30403aa969e29d5df92f42.psmdcp" Id="R5db527f64b82492a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab98f4fffb264090" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d0a3f9142d1e4c5394cb0e3093f1ca4a.psmdcp" Id="R82feabc004874f93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="41">
   <x:si>
     <x:t>Performance - Dynamic Allocation ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (USD,%)</x:t>
+    <x:t>As of 02/28/2026 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Exchange Traded Fund Inception date: 10/13/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Market Price Inception date: 10/13/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Exchange Traded Fund, Net</x:t>
   </x:si>
   <x:si>
     <x:t>60% MSCI ACWI 40% Bloomberg U.S. Aggregate Blend (from Exchange Traded Fund inception date)</x:t>
   </x:si>
   <x:si>
     <x:t>Market Price</x:t>
   </x:si>
   <x:si>
     <x:t>60% MSCI ACWI 40% Bloomberg U.S. Aggregate Blend (from Market Price inception date)</x:t>
   </x:si>
   <x:si>
+    <x:t>02/28/2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>QTD Q1-2026</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2025</x:t>
   </x:si>
   <x:si>
     <x:t>YTD 2026</x:t>
   </x:si>
   <x:si>
     <x:t>The 60% MSCI ACWI 40% Bloomberg U.S. Aggregate Blend is an internally maintained benchmark computed by GMO, comprised of (i) 60% MSCI ACWI (All Country World) Index (MSCI Standard Index</x:t>
   </x:si>
   <x:si>
     <x:t>Series, net of withholding tax) and (ii) 40% Bloomberg U.S. Aggregate Index. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or</x:t>
   </x:si>
   <x:si>
     <x:t>approved this report, and has no liability hereunder. Please visit https://www.gmo.com/americas/benchmark-disclaimers/ to review the complete benchmark disclaimer notice.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 01/31/2026 (USD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Exchange Traded Fund, Net) in USD as of 01/31/2026</x:t>
+    <x:t>Month-End as of 02/28/2026 (USD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Exchange Traded Fund, Net) in USD as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>GMO Dynamic Allocation ETF</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
     <x:t>60% MSCI ACWI 40% Bloomberg U.S. Aggregate Blend</x:t>
   </x:si>
   <x:si>
     <x:t>Value Added</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Market Price) in USD as of 01/31/2026</x:t>
+    <x:t>Average Annual Total Return (Market Price) in USD as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 12/31/2025 (USD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Exchange Traded Fund, Net) in USD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Market Price) in USD as of 12/31/2025</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -516,51 +519,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E25"/>
+  <x:dimension ref="A1:E26"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="25.200625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="86.230625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.760625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="77.890625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
@@ -569,831 +572,848 @@
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="2" t="s"/>
       <x:c r="B7" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="E7" s="3" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>3.28</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>1.43</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.32</x:v>
+        <x:v>3.12</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>1.82</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.38</x:v>
+        <x:v>3.16</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>0.57</x:v>
+        <x:v>1.82</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.31</x:v>
+        <x:v>1.32</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>0.57</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1.25</x:v>
+        <x:v>1.38</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>0.24</x:v>
+        <x:v>0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
+        <x:v>1.31</x:v>
+      </x:c>
+      <x:c r="C11" s="4" t="n">
+        <x:v>0.24</x:v>
+      </x:c>
+      <x:c r="D11" s="4" t="n">
+        <x:v>1.25</x:v>
+      </x:c>
+      <x:c r="E11" s="4" t="n">
+        <x:v>0.24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:5">
+      <x:c r="A12" s="2" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="B12" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
-      <x:c r="C11" s="4" t="n">
+      <x:c r="C12" s="4" t="n">
         <x:v>1.57</x:v>
       </x:c>
-      <x:c r="D11" s="4" t="n">
+      <x:c r="D12" s="4" t="n">
         <x:v>1.44</x:v>
       </x:c>
-      <x:c r="E11" s="4" t="n">
+      <x:c r="E12" s="4" t="n">
         <x:v>1.57</x:v>
       </x:c>
     </x:row>
-    <x:row r="13" spans="1:5">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="14" spans="1:5">
-      <x:c r="A14" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A14" s="2" t="s"/>
+      <x:c r="B14" s="3" t="s"/>
+      <x:c r="C14" s="3" t="s"/>
+      <x:c r="D14" s="3" t="s"/>
+      <x:c r="E14" s="3" t="s"/>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
+        <x:v>6.5</x:v>
+      </x:c>
+      <x:c r="C15" s="4" t="n">
+        <x:v>3.27</x:v>
+      </x:c>
+      <x:c r="D15" s="4" t="n">
+        <x:v>6.47</x:v>
+      </x:c>
+      <x:c r="E15" s="4" t="n">
+        <x:v>3.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:5">
+      <x:c r="A16" s="2" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="B16" s="4" t="n">
         <x:v>4.08</x:v>
       </x:c>
-      <x:c r="C15" s="4" t="n">
+      <x:c r="C16" s="4" t="n">
         <x:v>2.39</x:v>
       </x:c>
-      <x:c r="D15" s="4" t="n">
+      <x:c r="D16" s="4" t="n">
         <x:v>4.13</x:v>
       </x:c>
-      <x:c r="E15" s="4" t="n">
+      <x:c r="E16" s="4" t="n">
         <x:v>2.39</x:v>
       </x:c>
     </x:row>
-    <x:row r="17" spans="1:5">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="18" spans="1:5">
-      <x:c r="A18" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A18" s="2" t="s"/>
+      <x:c r="B18" s="3" t="s"/>
+      <x:c r="C18" s="3" t="s"/>
+      <x:c r="D18" s="3" t="s"/>
+      <x:c r="E18" s="3" t="s"/>
     </x:row>
     <x:row r="19" spans="1:5">
-      <x:c r="A19" s="2" t="n">
+      <x:c r="A19" s="2" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B19" s="4" t="n">
+        <x:v>6.5</x:v>
+      </x:c>
+      <x:c r="C19" s="4" t="n">
+        <x:v>3.27</x:v>
+      </x:c>
+      <x:c r="D19" s="4" t="n">
+        <x:v>6.47</x:v>
+      </x:c>
+      <x:c r="E19" s="4" t="n">
+        <x:v>3.27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:5">
+      <x:c r="A20" s="2" t="n">
         <x:v>2025</x:v>
       </x:c>
-      <x:c r="B19" s="4" t="n">
+      <x:c r="B20" s="4" t="n">
         <x:v>4.08</x:v>
       </x:c>
-      <x:c r="C19" s="4" t="n">
+      <x:c r="C20" s="4" t="n">
         <x:v>2.39</x:v>
       </x:c>
-      <x:c r="D19" s="4" t="n">
+      <x:c r="D20" s="4" t="n">
         <x:v>4.13</x:v>
       </x:c>
-      <x:c r="E19" s="4" t="n">
+      <x:c r="E20" s="4" t="n">
         <x:v>2.39</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
-      <x:c r="A25" s="1" t="s">
+      <x:c r="A25" s="2" t="s">
         <x:v>19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:5">
+      <x:c r="A26" s="1" t="s">
+        <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J21"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="47.800625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="5.170625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="2" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="F6" s="3" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="H6" s="3" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I6" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="J6" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:10">
       <x:c r="A7" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B7" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>3.28</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>3.12</x:v>
+        <x:v>6.5</x:v>
       </x:c>
       <x:c r="F7" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H7" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I7" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J7" s="4" t="n">
-        <x:v>7.33</x:v>
+        <x:v>10.85</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="A8" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B8" s="2" t="s"/>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>3.27</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>3.27</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I8" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J8" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>5.74</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="2" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s"/>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>3.23</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J9" s="4" t="n">
-        <x:v>3.08</x:v>
+        <x:v>5.11</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10">
       <x:c r="A12" s="2" t="s"/>
       <x:c r="B12" s="2" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="E12" s="3" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="F12" s="3" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="I12" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="J12" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="A13" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B13" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>3.21</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>6.47</x:v>
       </x:c>
       <x:c r="F13" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H13" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I13" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J13" s="4" t="n">
-        <x:v>7.42</x:v>
+        <x:v>10.87</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B14" s="2" t="s"/>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>3.27</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>3.27</x:v>
       </x:c>
       <x:c r="F14" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H14" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I14" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J14" s="4" t="n">
-        <x:v>4.26</x:v>
+        <x:v>5.74</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10">
       <x:c r="A15" s="2" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B15" s="2" t="s"/>
       <x:c r="C15" s="4" t="n">
-        <x:v>1.34</x:v>
+        <x:v>1.79</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>1.34</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>1.34</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="F15" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H15" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I15" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="J15" s="4" t="n">
-        <x:v>3.16</x:v>
+        <x:v>5.13</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="A17" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10">
       <x:c r="A20" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I21"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="47.800625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.170625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="2" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="F6" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H6" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I6" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9">
       <x:c r="A7" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B7" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
         <x:v>4.08</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
         <x:v>4.08</x:v>
       </x:c>
       <x:c r="E7" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="F7" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H7" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I7" s="4" t="n">
         <x:v>4.08</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9">
       <x:c r="A8" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B8" s="2" t="s"/>
       <x:c r="C8" s="4" t="n">
         <x:v>2.39</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
         <x:v>2.39</x:v>
       </x:c>
       <x:c r="E8" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="F8" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H8" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I8" s="4" t="n">
         <x:v>2.39</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="2" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s"/>
       <x:c r="C9" s="4" t="n">
         <x:v>1.69</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
         <x:v>1.69</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I9" s="4" t="n">
         <x:v>1.69</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9">
       <x:c r="A12" s="2" t="s"/>
       <x:c r="B12" s="2" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="D12" s="3" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="E12" s="3" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="F12" s="3" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="I12" s="3" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9">
       <x:c r="A13" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="B13" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
         <x:v>4.13</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
         <x:v>4.13</x:v>
       </x:c>
       <x:c r="E13" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="F13" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H13" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I13" s="4" t="n">
         <x:v>4.13</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B14" s="2" t="s"/>
       <x:c r="C14" s="4" t="n">
         <x:v>2.39</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
         <x:v>2.39</x:v>
       </x:c>
       <x:c r="E14" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="F14" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H14" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I14" s="4" t="n">
         <x:v>2.39</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9">
       <x:c r="A15" s="2" t="s">
-        <x:v>35</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B15" s="2" t="s"/>
       <x:c r="C15" s="4" t="n">
         <x:v>1.74</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
         <x:v>1.74</x:v>
       </x:c>
       <x:c r="E15" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="F15" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H15" s="3" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="I15" s="4" t="n">
         <x:v>1.74</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9">
       <x:c r="A17" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9">
       <x:c r="A20" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>