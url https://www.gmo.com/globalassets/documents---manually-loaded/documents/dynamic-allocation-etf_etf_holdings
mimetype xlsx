--- v0 (2025-10-14)
+++ v1 (2025-11-26)
@@ -1,90 +1,246 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba4cbdefc8f24ff7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5e567883b9414f09b074a2d80cab6e15.psmdcp" Id="Rfebfa01ca68e4598" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re806321f00014974" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bc00164c1fe04248a5936b0fb46253dd.psmdcp" Id="Reac01e6a4fb548ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="15" uniqueCount="15">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="67" uniqueCount="67">
   <x:si>
     <x:t>Holdings - Dynamic Allocation ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/13/2025 (%)</x:t>
+    <x:t>As of 11/25/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
-    <x:t>Trade Date Cash (USD)</x:t>
-[...2 lines deleted...]
-    <x:t>XUSD00000</x:t>
+    <x:t>GMOI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMO INTERNATIONAL VALUE ETF GMO INTERNATIONAL VALUE ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90139K407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equity</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QLTY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMO US QUALITY ETF GMO U.S. QUALITY ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90139K100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMOV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMO US VALUE ETF GMO U.S. VALUE ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90139K605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IEI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISHARES 3 7 YEAR TREASURY BOND ISHARES 3 7 YEAR TREASURY BO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>464288661</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VGIT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VANGUARD INTERMEDIATE TERM TRE VANGUARD INTERMEDIATE TERM T</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92206C706</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PZA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INVESCO NATIONAL AMT FREE MUNI INVESCO NATIONAL AMT FREE MU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46138E537</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCHR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCHWAB INTERMEDIATE TERM U.S. SCHWAB INTERMEDIATE TERM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>808524854</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SPTI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STATE STREET SPDR PORTFOLIO IN SS SPDR P INT TERM TSY ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78464A672</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IEMG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISHARES CORE MSCI EMERGING MAR ISHARES CORE MSCI EMERGING</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46434G103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDEV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISHARES CORE MSCI INTERNATIONA ISHARES CORE MSCI DEV MKTS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46435G326</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QLTI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMO INTERNATIONAL QUALITY ETF GMO INTERNATIONAL QLTY ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90139K308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EWJV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISHARES MSCI JAPAN VALUE ETF ISHARES MSCI JAPAN VALUE ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46435U374</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMXC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISHARES MSCI EMERGING MARKETS ISHARES MSCI EMR MRK EX CHNA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46434G764</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VGSH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VANGUARD SHORT TERM TREASURY E VANGUARD SHORT TERM TREASURY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92206C102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMO DOMESTIC RESILIENCE ETF GMO DOMESTIC RESILIENCE ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90139K860</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISHARES MSCI EAFE SMALL CAP ET ISHARES MSCI EAFE SMALL CAP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>464288273</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STATE STR INSTL INVT TR TREAS MMKT FD INST</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85799J9Y2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Short Term</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US DOLLAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>999USDZ92</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
     <x:t>The daily holdings report reflects trades made on the prior business day, unless indicated otherwise. Fund holdings shown are based on the information available at the time of posting, and</x:t>
   </x:si>
   <x:si>
     <x:t>may differ from the actual investments held by the relevant fund. They are not recommendations to buy or sell any security.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
@@ -437,132 +593,521 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G10"/>
+  <x:dimension ref="A1:G27"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="7.070625" style="0" customWidth="1"/>
-    <x:col min="2" max="2" width="21.100625" style="0" customWidth="1"/>
-    <x:col min="3" max="3" width="11.830625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="65.320625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="11.420625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.110625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="15.300625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.680625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.370625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="A5" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
-      <x:c r="A6" s="3" t="s"/>
+      <x:c r="A6" s="3" t="s">
+        <x:v>9</x:v>
+      </x:c>
       <x:c r="B6" s="3" t="s">
-        <x:v>9</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
+        <x:v>11</x:v>
+      </x:c>
+      <x:c r="D6" s="4" t="n">
+        <x:v>41860</x:v>
+      </x:c>
+      <x:c r="E6" s="4" t="n">
+        <x:v>10.1</x:v>
+      </x:c>
+      <x:c r="F6" s="4" t="n">
+        <x:v>1324869</x:v>
+      </x:c>
+      <x:c r="G6" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:7">
+      <x:c r="A7" s="3" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="B7" s="3" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="C7" s="3" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D7" s="4" t="n">
+        <x:v>34944</x:v>
+      </x:c>
+      <x:c r="E7" s="4" t="n">
         <x:v>10</x:v>
       </x:c>
-      <x:c r="D6" s="4" t="n">
-[...9 lines deleted...]
-        <x:v>11</x:v>
+      <x:c r="F7" s="4" t="n">
+        <x:v>1307953.9</x:v>
+      </x:c>
+      <x:c r="G7" s="3" t="s">
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B8" s="3" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C8" s="3" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="D8" s="4" t="n">
+        <x:v>49244</x:v>
+      </x:c>
+      <x:c r="E8" s="4" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="F8" s="4" t="n">
+        <x:v>1302996.2</x:v>
+      </x:c>
+      <x:c r="G8" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s">
-        <x:v>13</x:v>
+        <x:v>19</x:v>
+      </x:c>
+      <x:c r="B9" s="3" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="C9" s="3" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D9" s="4" t="n">
+        <x:v>9724</x:v>
+      </x:c>
+      <x:c r="E9" s="4" t="n">
+        <x:v>8.9</x:v>
+      </x:c>
+      <x:c r="F9" s="4" t="n">
+        <x:v>1168241.4</x:v>
+      </x:c>
+      <x:c r="G9" s="3" t="s">
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
-      <x:c r="A10" s="1" t="s">
-        <x:v>14</x:v>
+      <x:c r="A10" s="3" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="B10" s="3" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="C10" s="3" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="D10" s="4" t="n">
+        <x:v>17438</x:v>
+      </x:c>
+      <x:c r="E10" s="4" t="n">
+        <x:v>8.1</x:v>
+      </x:c>
+      <x:c r="F10" s="4" t="n">
+        <x:v>1053255.2</x:v>
+      </x:c>
+      <x:c r="G10" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:7">
+      <x:c r="A11" s="3" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="B11" s="3" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="C11" s="3" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="D11" s="4" t="n">
+        <x:v>44564</x:v>
+      </x:c>
+      <x:c r="E11" s="4" t="n">
+        <x:v>7.9</x:v>
+      </x:c>
+      <x:c r="F11" s="4" t="n">
+        <x:v>1037449.9</x:v>
+      </x:c>
+      <x:c r="G11" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:7">
+      <x:c r="A12" s="3" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B12" s="3" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="C12" s="3" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="D12" s="4" t="n">
+        <x:v>30643</x:v>
+      </x:c>
+      <x:c r="E12" s="4" t="n">
+        <x:v>5.9</x:v>
+      </x:c>
+      <x:c r="F12" s="4" t="n">
+        <x:v>774348.6</x:v>
+      </x:c>
+      <x:c r="G12" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:7">
+      <x:c r="A13" s="3" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B13" s="3" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="C13" s="3" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="D13" s="4" t="n">
+        <x:v>26637</x:v>
+      </x:c>
+      <x:c r="E13" s="4" t="n">
+        <x:v>5.9</x:v>
+      </x:c>
+      <x:c r="F13" s="4" t="n">
+        <x:v>774337.6</x:v>
+      </x:c>
+      <x:c r="G13" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:7">
+      <x:c r="A14" s="3" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B14" s="3" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="C14" s="3" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="D14" s="4" t="n">
+        <x:v>11648</x:v>
+      </x:c>
+      <x:c r="E14" s="4" t="n">
+        <x:v>5.9</x:v>
+      </x:c>
+      <x:c r="F14" s="4" t="n">
+        <x:v>771680</x:v>
+      </x:c>
+      <x:c r="G14" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:7">
+      <x:c r="A15" s="3" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B15" s="3" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="C15" s="3" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="D15" s="4" t="n">
+        <x:v>9672</x:v>
+      </x:c>
+      <x:c r="E15" s="4" t="n">
+        <x:v>5.9</x:v>
+      </x:c>
+      <x:c r="F15" s="4" t="n">
+        <x:v>769020.7</x:v>
+      </x:c>
+      <x:c r="G15" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:7">
+      <x:c r="A16" s="3" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B16" s="3" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="C16" s="3" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="D16" s="4" t="n">
+        <x:v>24960</x:v>
+      </x:c>
+      <x:c r="E16" s="4" t="n">
+        <x:v>4.8</x:v>
+      </x:c>
+      <x:c r="F16" s="4" t="n">
+        <x:v>629967.9</x:v>
+      </x:c>
+      <x:c r="G16" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:7">
+      <x:c r="A17" s="3" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B17" s="3" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="C17" s="3" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="D17" s="4" t="n">
+        <x:v>13572</x:v>
+      </x:c>
+      <x:c r="E17" s="4" t="n">
+        <x:v>4.1</x:v>
+      </x:c>
+      <x:c r="F17" s="4" t="n">
+        <x:v>536687.1</x:v>
+      </x:c>
+      <x:c r="G17" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:7">
+      <x:c r="A18" s="3" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B18" s="3" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C18" s="3" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="D18" s="4" t="n">
+        <x:v>7488</x:v>
+      </x:c>
+      <x:c r="E18" s="4" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="F18" s="4" t="n">
+        <x:v>524609.3</x:v>
+      </x:c>
+      <x:c r="G18" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:7">
+      <x:c r="A19" s="3" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="B19" s="3" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="C19" s="3" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="D19" s="4" t="n">
+        <x:v>6604</x:v>
+      </x:c>
+      <x:c r="E19" s="4" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="F19" s="4" t="n">
+        <x:v>388975.6</x:v>
+      </x:c>
+      <x:c r="G19" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:7">
+      <x:c r="A20" s="3" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="B20" s="3" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="C20" s="3" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="D20" s="4" t="n">
+        <x:v>15340</x:v>
+      </x:c>
+      <x:c r="E20" s="4" t="n">
+        <x:v>2.9</x:v>
+      </x:c>
+      <x:c r="F20" s="4" t="n">
+        <x:v>377888.6</x:v>
+      </x:c>
+      <x:c r="G20" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:7">
+      <x:c r="A21" s="3" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="B21" s="3" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="C21" s="3" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="D21" s="4" t="n">
+        <x:v>3380</x:v>
+      </x:c>
+      <x:c r="E21" s="4" t="n">
+        <x:v>1.9</x:v>
+      </x:c>
+      <x:c r="F21" s="4" t="n">
+        <x:v>253567.6</x:v>
+      </x:c>
+      <x:c r="G21" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:7">
+      <x:c r="A22" s="3" t="s"/>
+      <x:c r="B22" s="3" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="C22" s="3" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="D22" s="4" t="n">
+        <x:v>71055.5</x:v>
+      </x:c>
+      <x:c r="E22" s="4" t="n">
+        <x:v>0.5</x:v>
+      </x:c>
+      <x:c r="F22" s="4" t="n">
+        <x:v>71055.5</x:v>
+      </x:c>
+      <x:c r="G22" s="3" t="s">
+        <x:v>60</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:7">
+      <x:c r="A23" s="3" t="s"/>
+      <x:c r="B23" s="3" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="C23" s="3" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="D23" s="4" t="n">
+        <x:v>2994.6</x:v>
+      </x:c>
+      <x:c r="E23" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F23" s="4" t="n">
+        <x:v>2994.6</x:v>
+      </x:c>
+      <x:c r="G23" s="3" t="s">
+        <x:v>63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:7">
+      <x:c r="A25" s="3" t="s">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:7">
+      <x:c r="A26" s="3" t="s">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:7">
+      <x:c r="A27" s="1" t="s">
+        <x:v>66</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>