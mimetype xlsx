--- v1 (2025-11-26)
+++ v2 (2025-12-16)
@@ -1,234 +1,234 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re806321f00014974" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bc00164c1fe04248a5936b0fb46253dd.psmdcp" Id="Reac01e6a4fb548ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd594e547f1d044b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bac8daa55d564e238dc7c966f8d7544d.psmdcp" Id="R952ab72fd10d49f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="67" uniqueCount="67">
   <x:si>
     <x:t>Holdings - Dynamic Allocation ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/25/2025 (%)</x:t>
+    <x:t>As of 12/16/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>GMOI</x:t>
   </x:si>
   <x:si>
-    <x:t>GMO INTERNATIONAL VALUE ETF GMO INTERNATIONAL VALUE ETF</x:t>
+    <x:t>GMO INTERNATIONAL VALUE ETF</x:t>
   </x:si>
   <x:si>
     <x:t>90139K407</x:t>
   </x:si>
   <x:si>
     <x:t>Equity</x:t>
   </x:si>
   <x:si>
+    <x:t>GMOV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMO US VALUE ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90139K605</x:t>
+  </x:si>
+  <x:si>
     <x:t>QLTY</x:t>
   </x:si>
   <x:si>
-    <x:t>GMO US QUALITY ETF GMO U.S. QUALITY ETF</x:t>
+    <x:t>GMO US QUALITY ETF</x:t>
   </x:si>
   <x:si>
     <x:t>90139K100</x:t>
   </x:si>
   <x:si>
-    <x:t>GMOV</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>IEI</x:t>
   </x:si>
   <x:si>
-    <x:t>ISHARES 3 7 YEAR TREASURY BOND ISHARES 3 7 YEAR TREASURY BO</x:t>
+    <x:t>ISHARES 3 7 YEAR TREASURY BOND</x:t>
   </x:si>
   <x:si>
     <x:t>464288661</x:t>
   </x:si>
   <x:si>
     <x:t>VGIT</x:t>
   </x:si>
   <x:si>
-    <x:t>VANGUARD INTERMEDIATE TERM TRE VANGUARD INTERMEDIATE TERM T</x:t>
+    <x:t>VANGUARD INTERMEDIATE TERM TRE</x:t>
   </x:si>
   <x:si>
     <x:t>92206C706</x:t>
   </x:si>
   <x:si>
     <x:t>PZA</x:t>
   </x:si>
   <x:si>
-    <x:t>INVESCO NATIONAL AMT FREE MUNI INVESCO NATIONAL AMT FREE MU</x:t>
+    <x:t>INVESCO NATIONAL AMT FREE MUNI</x:t>
   </x:si>
   <x:si>
     <x:t>46138E537</x:t>
   </x:si>
   <x:si>
+    <x:t>IDEV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISHARES CORE MSCI INTERNATIONA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46435G326</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IEMG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISHARES CORE MSCI EMERGING MAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46434G103</x:t>
+  </x:si>
+  <x:si>
     <x:t>SCHR</x:t>
   </x:si>
   <x:si>
-    <x:t>SCHWAB INTERMEDIATE TERM U.S. SCHWAB INTERMEDIATE TERM US</x:t>
+    <x:t>SCHWAB INTERMEDIATE TERM U.S.</x:t>
   </x:si>
   <x:si>
     <x:t>808524854</x:t>
   </x:si>
   <x:si>
     <x:t>SPTI</x:t>
   </x:si>
   <x:si>
-    <x:t>STATE STREET SPDR PORTFOLIO IN SS SPDR P INT TERM TSY ETF</x:t>
+    <x:t>STATE STREET SPDR PORTFOLIO IN</x:t>
   </x:si>
   <x:si>
     <x:t>78464A672</x:t>
   </x:si>
   <x:si>
-    <x:t>IEMG</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>QLTI</x:t>
   </x:si>
   <x:si>
-    <x:t>GMO INTERNATIONAL QUALITY ETF GMO INTERNATIONAL QLTY ETF</x:t>
+    <x:t>GMO INTERNATIONAL QUALITY ETF</x:t>
   </x:si>
   <x:si>
     <x:t>90139K308</x:t>
   </x:si>
   <x:si>
     <x:t>EWJV</x:t>
   </x:si>
   <x:si>
-    <x:t>ISHARES MSCI JAPAN VALUE ETF ISHARES MSCI JAPAN VALUE ETF</x:t>
+    <x:t>ISHARES MSCI JAPAN VALUE ETF</x:t>
   </x:si>
   <x:si>
     <x:t>46435U374</x:t>
   </x:si>
   <x:si>
     <x:t>EMXC</x:t>
   </x:si>
   <x:si>
-    <x:t>ISHARES MSCI EMERGING MARKETS ISHARES MSCI EMR MRK EX CHNA</x:t>
+    <x:t>ISHARES MSCI EMERGING MARKETS</x:t>
   </x:si>
   <x:si>
     <x:t>46434G764</x:t>
   </x:si>
   <x:si>
+    <x:t>DRES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMO DOMESTIC RESILIENCE ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90139K860</x:t>
+  </x:si>
+  <x:si>
     <x:t>VGSH</x:t>
   </x:si>
   <x:si>
-    <x:t>VANGUARD SHORT TERM TREASURY E VANGUARD SHORT TERM TREASURY</x:t>
+    <x:t>VANGUARD SHORT TERM TREASURY E</x:t>
   </x:si>
   <x:si>
     <x:t>92206C102</x:t>
   </x:si>
   <x:si>
-    <x:t>DRES</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>SCZ</x:t>
   </x:si>
   <x:si>
-    <x:t>ISHARES MSCI EAFE SMALL CAP ET ISHARES MSCI EAFE SMALL CAP</x:t>
+    <x:t>ISHARES MSCI EAFE SMALL CAP ET</x:t>
   </x:si>
   <x:si>
     <x:t>464288273</x:t>
   </x:si>
   <x:si>
-    <x:t>STATE STR INSTL INVT TR TREAS MMKT FD INST</x:t>
+    <x:t>STATE STR INSTL INVT TR</x:t>
   </x:si>
   <x:si>
     <x:t>85799J9Y2</x:t>
   </x:si>
   <x:si>
     <x:t>Short Term</x:t>
   </x:si>
   <x:si>
     <x:t>US DOLLAR</x:t>
   </x:si>
   <x:si>
     <x:t>999USDZ92</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
     <x:t>The daily holdings report reflects trades made on the prior business day, unless indicated otherwise. Fund holdings shown are based on the information available at the time of posting, and</x:t>
   </x:si>
   <x:si>
     <x:t>may differ from the actual investments held by the relevant fund. They are not recommendations to buy or sell any security.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
@@ -600,51 +600,51 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:G27"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="7.070625" style="0" customWidth="1"/>
-    <x:col min="2" max="2" width="65.320625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="34.420625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.420625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.110625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="15.300625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.680625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.370625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="A5" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
@@ -652,444 +652,444 @@
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>41860</x:v>
+        <x:v>50715</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
-        <x:v>10.1</x:v>
+        <x:v>10.6</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>1324869</x:v>
+        <x:v>1713152.7</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>34944</x:v>
+        <x:v>59661</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>10</x:v>
+        <x:v>10.2</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>1307953.9</x:v>
+        <x:v>1661976.5</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>49244</x:v>
+        <x:v>42336</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>1302996.2</x:v>
+        <x:v>1629512.6</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>9724</x:v>
+        <x:v>11781</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>8.7</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>1168241.4</x:v>
+        <x:v>1407240.5</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>17438</x:v>
+        <x:v>21123</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>8.1</x:v>
+        <x:v>7.8</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>1053255.2</x:v>
+        <x:v>1267168.8</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>44564</x:v>
+        <x:v>53991</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>1037449.9</x:v>
+        <x:v>1250971.5</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>30643</x:v>
+        <x:v>11718</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>774348.6</x:v>
+        <x:v>977164</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>26637</x:v>
+        <x:v>14112</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>774337.6</x:v>
+        <x:v>941552.6</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>11648</x:v>
+        <x:v>37122</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>771680</x:v>
+        <x:v>932133.4</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>9672</x:v>
+        <x:v>32269</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>5.9</x:v>
+        <x:v>5.7</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>769020.7</x:v>
+        <x:v>931444.7</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>24960</x:v>
+        <x:v>30240</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>629967.9</x:v>
+        <x:v>797879.4</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>13572</x:v>
+        <x:v>16443</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>536687.1</x:v>
+        <x:v>690934.9</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>7488</x:v>
+        <x:v>9072</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>524609.3</x:v>
+        <x:v>648738.7</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>6604</x:v>
+        <x:v>18585</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>388975.6</x:v>
+        <x:v>486835.9</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>15340</x:v>
+        <x:v>8001</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>377888.6</x:v>
+        <x:v>470458.8</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>3380</x:v>
+        <x:v>4095</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>253567.6</x:v>
+        <x:v>320024.3</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s"/>
       <x:c r="B22" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>71055.5</x:v>
+        <x:v>105332.8</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>0.5</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>71055.5</x:v>
+        <x:v>105332.8</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="3" t="s"/>
       <x:c r="B23" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>2994.6</x:v>
+        <x:v>1709</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>2994.6</x:v>
+        <x:v>1709</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>