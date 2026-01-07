--- v2 (2025-12-16)
+++ v3 (2026-01-07)
@@ -1,249 +1,240 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd594e547f1d044b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bac8daa55d564e238dc7c966f8d7544d.psmdcp" Id="R952ab72fd10d49f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a80b6e84517404e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/991db5c8a2454537adc8c11b589b0358.psmdcp" Id="R37138b2b297d4e1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="67" uniqueCount="67">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="64">
   <x:si>
     <x:t>Holdings - Dynamic Allocation ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/16/2025 (%)</x:t>
+    <x:t>As of 01/07/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
+    <x:t>QLTY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMO US QUALITY ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90139K100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equity</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMOV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMO US VALUE ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90139K605</x:t>
+  </x:si>
+  <x:si>
     <x:t>GMOI</x:t>
   </x:si>
   <x:si>
     <x:t>GMO INTERNATIONAL VALUE ETF</x:t>
   </x:si>
   <x:si>
     <x:t>90139K407</x:t>
   </x:si>
   <x:si>
-    <x:t>Equity</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>IEI</x:t>
   </x:si>
   <x:si>
     <x:t>ISHARES 3 7 YEAR TREASURY BOND</x:t>
   </x:si>
   <x:si>
     <x:t>464288661</x:t>
   </x:si>
   <x:si>
     <x:t>VGIT</x:t>
   </x:si>
   <x:si>
     <x:t>VANGUARD INTERMEDIATE TERM TRE</x:t>
   </x:si>
   <x:si>
     <x:t>92206C706</x:t>
   </x:si>
   <x:si>
     <x:t>PZA</x:t>
   </x:si>
   <x:si>
     <x:t>INVESCO NATIONAL AMT FREE MUNI</x:t>
   </x:si>
   <x:si>
     <x:t>46138E537</x:t>
   </x:si>
   <x:si>
+    <x:t>IEMG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISHARES CORE MSCI EMERGING MAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46434G103</x:t>
+  </x:si>
+  <x:si>
     <x:t>IDEV</x:t>
   </x:si>
   <x:si>
     <x:t>ISHARES CORE MSCI INTERNATIONA</x:t>
   </x:si>
   <x:si>
     <x:t>46435G326</x:t>
   </x:si>
   <x:si>
-    <x:t>IEMG</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>SCHR</x:t>
   </x:si>
   <x:si>
     <x:t>SCHWAB INTERMEDIATE TERM U.S.</x:t>
   </x:si>
   <x:si>
     <x:t>808524854</x:t>
   </x:si>
   <x:si>
     <x:t>SPTI</x:t>
   </x:si>
   <x:si>
     <x:t>STATE STREET SPDR PORTFOLIO IN</x:t>
   </x:si>
   <x:si>
     <x:t>78464A672</x:t>
   </x:si>
   <x:si>
     <x:t>QLTI</x:t>
   </x:si>
   <x:si>
     <x:t>GMO INTERNATIONAL QUALITY ETF</x:t>
   </x:si>
   <x:si>
     <x:t>90139K308</x:t>
   </x:si>
   <x:si>
+    <x:t>EMXC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISHARES MSCI EMERGING MARKETS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46434G764</x:t>
+  </x:si>
+  <x:si>
     <x:t>EWJV</x:t>
   </x:si>
   <x:si>
     <x:t>ISHARES MSCI JAPAN VALUE ETF</x:t>
   </x:si>
   <x:si>
     <x:t>46435U374</x:t>
   </x:si>
   <x:si>
-    <x:t>EMXC</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>DRES</x:t>
   </x:si>
   <x:si>
     <x:t>GMO DOMESTIC RESILIENCE ETF</x:t>
   </x:si>
   <x:si>
     <x:t>90139K860</x:t>
   </x:si>
   <x:si>
     <x:t>VGSH</x:t>
   </x:si>
   <x:si>
     <x:t>VANGUARD SHORT TERM TREASURY E</x:t>
   </x:si>
   <x:si>
     <x:t>92206C102</x:t>
   </x:si>
   <x:si>
     <x:t>SCZ</x:t>
   </x:si>
   <x:si>
     <x:t>ISHARES MSCI EAFE SMALL CAP ET</x:t>
   </x:si>
   <x:si>
     <x:t>464288273</x:t>
   </x:si>
   <x:si>
     <x:t>STATE STR INSTL INVT TR</x:t>
   </x:si>
   <x:si>
     <x:t>85799J9Y2</x:t>
   </x:si>
   <x:si>
     <x:t>Short Term</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>Cash</x:t>
   </x:si>
   <x:si>
     <x:t>The daily holdings report reflects trades made on the prior business day, unless indicated otherwise. Fund holdings shown are based on the information available at the time of posting, and</x:t>
   </x:si>
   <x:si>
     <x:t>may differ from the actual investments held by the relevant fund. They are not recommendations to buy or sell any security.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -593,51 +584,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G27"/>
+  <x:dimension ref="A1:G26"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="7.070625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="34.420625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.420625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.110625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="15.300625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.680625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.370625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
@@ -652,462 +643,441 @@
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>50715</x:v>
+        <x:v>49728</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
-        <x:v>10.6</x:v>
+        <x:v>10.2</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>1713152.7</x:v>
+        <x:v>1974201.6</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>59661</x:v>
+        <x:v>68184</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>10.2</x:v>
+        <x:v>9.9</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>1661976.5</x:v>
+        <x:v>1917334.1</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>42336</x:v>
+        <x:v>56070</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>10</x:v>
+        <x:v>9.9</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>1629512.6</x:v>
+        <x:v>1913949.5</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>11781</x:v>
+        <x:v>14302</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>8.7</x:v>
+        <x:v>8.9</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>1407240.5</x:v>
+        <x:v>1709232</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>21123</x:v>
+        <x:v>25037</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>7.8</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>1267168.8</x:v>
+        <x:v>1502470.4</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>53991</x:v>
+        <x:v>61796</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>7.5</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>1250971.5</x:v>
+        <x:v>1437992.9</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>11718</x:v>
+        <x:v>17424</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>6</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>977164</x:v>
+        <x:v>1223687.5</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>14112</x:v>
+        <x:v>13959</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>941552.6</x:v>
+        <x:v>1177720.8</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>37122</x:v>
+        <x:v>44874</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>932133.4</x:v>
+        <x:v>1126337.4</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>32269</x:v>
+        <x:v>39004</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>5.7</x:v>
+        <x:v>5.8</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>931444.7</x:v>
+        <x:v>1126045.5</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>30240</x:v>
+        <x:v>36055</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>797879.4</x:v>
+        <x:v>977090.5</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>16443</x:v>
+        <x:v>10656</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>690934.9</x:v>
+        <x:v>812200.3</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>9072</x:v>
+        <x:v>19314</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>648738.7</x:v>
+        <x:v>784534.7</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>18585</x:v>
+        <x:v>21830</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>486835.9</x:v>
+        <x:v>587259.8</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>8001</x:v>
+        <x:v>9592</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>470458.8</x:v>
+        <x:v>563769.8</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>4095</x:v>
+        <x:v>4810</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>320024.3</x:v>
+        <x:v>381288.7</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s"/>
       <x:c r="B22" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>105332.8</x:v>
+        <x:v>82039.3</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>0.6</x:v>
+        <x:v>0.4</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>105332.8</x:v>
+        <x:v>82039.3</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
-    <x:row r="23" spans="1:7">
-[...1 lines deleted...]
-      <x:c r="B23" s="3" t="s">
+    <x:row r="24" spans="1:7">
+      <x:c r="A24" s="3" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
-      <x:c r="A26" s="3" t="s">
-[...5 lines deleted...]
-        <x:v>66</x:v>
+      <x:c r="A26" s="1" t="s">
+        <x:v>63</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>