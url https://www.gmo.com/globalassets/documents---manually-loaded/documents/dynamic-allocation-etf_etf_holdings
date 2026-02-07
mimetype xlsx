--- v3 (2026-01-07)
+++ v4 (2026-02-07)
@@ -1,240 +1,249 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a80b6e84517404e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/991db5c8a2454537adc8c11b589b0358.psmdcp" Id="R37138b2b297d4e1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59d3a751140f444f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fd822af68d994a11b35c2da0e7f90dbc.psmdcp" Id="R6aa26730d7814e8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="64">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="67" uniqueCount="67">
   <x:si>
     <x:t>Holdings - Dynamic Allocation ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/07/2026 (%)</x:t>
+    <x:t>As of 02/06/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
+    <x:t>GMOV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMO US VALUE ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90139K605</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equity</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMOI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMO INTERNATIONAL VALUE ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90139K407</x:t>
+  </x:si>
+  <x:si>
     <x:t>QLTY</x:t>
   </x:si>
   <x:si>
     <x:t>GMO US QUALITY ETF</x:t>
   </x:si>
   <x:si>
     <x:t>90139K100</x:t>
   </x:si>
   <x:si>
-    <x:t>Equity</x:t>
-[...17 lines deleted...]
-    <x:t>90139K407</x:t>
+    <x:t>QLTI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMO INTERNATIONAL QUALITY ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90139K308</x:t>
   </x:si>
   <x:si>
     <x:t>IEI</x:t>
   </x:si>
   <x:si>
     <x:t>ISHARES 3 7 YEAR TREASURY BOND</x:t>
   </x:si>
   <x:si>
     <x:t>464288661</x:t>
   </x:si>
   <x:si>
+    <x:t>DRES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMO DOMESTIC RESILIENCE ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90139K860</x:t>
+  </x:si>
+  <x:si>
     <x:t>VGIT</x:t>
   </x:si>
   <x:si>
     <x:t>VANGUARD INTERMEDIATE TERM TRE</x:t>
   </x:si>
   <x:si>
     <x:t>92206C706</x:t>
   </x:si>
   <x:si>
+    <x:t>SCHR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCHWAB INTERMEDIATE TERM U.S.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>808524854</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SPTI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STATE STREET SPDR PORTFOLIO IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78464A672</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDEV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISHARES CORE MSCI INTERNATIONA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46435G326</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IEMG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISHARES CORE MSCI EMERGING MAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46434G103</x:t>
+  </x:si>
+  <x:si>
     <x:t>PZA</x:t>
   </x:si>
   <x:si>
     <x:t>INVESCO NATIONAL AMT FREE MUNI</x:t>
   </x:si>
   <x:si>
     <x:t>46138E537</x:t>
   </x:si>
   <x:si>
-    <x:t>IEMG</x:t>
-[...41 lines deleted...]
-    <x:t>90139K308</x:t>
+    <x:t>EWJV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISHARES MSCI JAPAN VALUE ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46435U374</x:t>
   </x:si>
   <x:si>
     <x:t>EMXC</x:t>
   </x:si>
   <x:si>
     <x:t>ISHARES MSCI EMERGING MARKETS</x:t>
   </x:si>
   <x:si>
     <x:t>46434G764</x:t>
   </x:si>
   <x:si>
-    <x:t>EWJV</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>VGSH</x:t>
   </x:si>
   <x:si>
     <x:t>VANGUARD SHORT TERM TREASURY E</x:t>
   </x:si>
   <x:si>
     <x:t>92206C102</x:t>
   </x:si>
   <x:si>
     <x:t>SCZ</x:t>
   </x:si>
   <x:si>
     <x:t>ISHARES MSCI EAFE SMALL CAP ET</x:t>
   </x:si>
   <x:si>
     <x:t>464288273</x:t>
   </x:si>
   <x:si>
     <x:t>STATE STR INSTL INVT TR</x:t>
   </x:si>
   <x:si>
     <x:t>85799J9Y2</x:t>
   </x:si>
   <x:si>
     <x:t>Short Term</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US DOLLAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>999USDZ92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash</x:t>
   </x:si>
   <x:si>
     <x:t>The daily holdings report reflects trades made on the prior business day, unless indicated otherwise. Fund holdings shown are based on the information available at the time of posting, and</x:t>
   </x:si>
   <x:si>
     <x:t>may differ from the actual investments held by the relevant fund. They are not recommendations to buy or sell any security.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -584,51 +593,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G26"/>
+  <x:dimension ref="A1:G27"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="7.070625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="34.420625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.420625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.110625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="15.300625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.680625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.370625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
@@ -643,441 +652,462 @@
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>49728</x:v>
+        <x:v>99498</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
-        <x:v>10.2</x:v>
+        <x:v>17.4</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>1974201.6</x:v>
+        <x:v>-7052418.1</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>68184</x:v>
+        <x:v>79524</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>12.5</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>1917334.1</x:v>
+        <x:v>-5072835.9</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>56070</x:v>
+        <x:v>72576</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>1913949.5</x:v>
+        <x:v>-4467778.5</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>14302</x:v>
+        <x:v>52613</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>8.9</x:v>
+        <x:v>9.5</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>1709232</x:v>
+        <x:v>-3836071.7</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>25037</x:v>
+        <x:v>21168</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>7.8</x:v>
+        <x:v>6.2</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>1502470.4</x:v>
+        <x:v>2526612.5</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>61796</x:v>
+        <x:v>31860</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>7.5</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>1437992.9</x:v>
+        <x:v>-2265886.4</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>17424</x:v>
+        <x:v>37592</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>5.6</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>1223687.5</x:v>
+        <x:v>2252888.6</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>13959</x:v>
+        <x:v>88722</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>1177720.8</x:v>
+        <x:v>2224260.5</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>44874</x:v>
+        <x:v>66768</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>4.8</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>1126337.4</x:v>
+        <x:v>1924921.4</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>39004</x:v>
+        <x:v>20385</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>5.8</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>1126045.5</x:v>
+        <x:v>1753110</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>36055</x:v>
+        <x:v>23528</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>977090.5</x:v>
+        <x:v>1690957.4</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>10656</x:v>
+        <x:v>60792</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>812200.3</x:v>
+        <x:v>1418277.4</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>19314</x:v>
+        <x:v>27927</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>784534.7</x:v>
+        <x:v>1220409.9</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>21830</x:v>
+        <x:v>14841</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>587259.8</x:v>
+        <x:v>1182530.9</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>9592</x:v>
+        <x:v>14012</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>563769.8</x:v>
+        <x:v>823485.2</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>4810</x:v>
+        <x:v>7020</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>381288.7</x:v>
+        <x:v>572410.8</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s"/>
       <x:c r="B22" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>82039.3</x:v>
+        <x:v>145009.9</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>82039.3</x:v>
+        <x:v>145009.9</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
-    <x:row r="24" spans="1:7">
-      <x:c r="A24" s="3" t="s">
+    <x:row r="23" spans="1:7">
+      <x:c r="A23" s="3" t="s"/>
+      <x:c r="B23" s="3" t="s">
         <x:v>61</x:v>
+      </x:c>
+      <x:c r="C23" s="3" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="D23" s="4" t="n">
+        <x:v>7983.5</x:v>
+      </x:c>
+      <x:c r="E23" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F23" s="4" t="n">
+        <x:v>7983.5</x:v>
+      </x:c>
+      <x:c r="G23" s="3" t="s">
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
-      <x:c r="A26" s="1" t="s">
-        <x:v>63</x:v>
+      <x:c r="A26" s="3" t="s">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:7">
+      <x:c r="A27" s="1" t="s">
+        <x:v>66</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>