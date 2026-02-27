--- v4 (2026-02-07)
+++ v5 (2026-02-27)
@@ -1,213 +1,213 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59d3a751140f444f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/fd822af68d994a11b35c2da0e7f90dbc.psmdcp" Id="R6aa26730d7814e8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2df249a8ce14fb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b74b894de13b4eb8b349638b3d422074.psmdcp" Id="Rc29ddcc343864a22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="67" uniqueCount="67">
   <x:si>
     <x:t>Holdings - Dynamic Allocation ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 02/06/2026 (%)</x:t>
+    <x:t>As of 02/27/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
+    <x:t>GMOI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMO INTERNATIONAL VALUE ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90139K407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equity</x:t>
+  </x:si>
+  <x:si>
     <x:t>GMOV</x:t>
   </x:si>
   <x:si>
     <x:t>GMO US VALUE ETF</x:t>
   </x:si>
   <x:si>
     <x:t>90139K605</x:t>
   </x:si>
   <x:si>
-    <x:t>Equity</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>QLTY</x:t>
   </x:si>
   <x:si>
     <x:t>GMO US QUALITY ETF</x:t>
   </x:si>
   <x:si>
     <x:t>90139K100</x:t>
   </x:si>
   <x:si>
+    <x:t>IEI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISHARES 3 7 YEAR TREASURY BOND</x:t>
+  </x:si>
+  <x:si>
+    <x:t>464288661</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCHR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SCHWAB INTERMEDIATE TERM U.S.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>808524854</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VGIT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VANGUARD INTERMEDIATE TERM TRE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92206C706</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SPTI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STATE STREET SPDR PORTFOLIO IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78464A672</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDEV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISHARES CORE MSCI INTERNATIONA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46435G326</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IEMG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISHARES CORE MSCI EMERGING MAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46434G103</x:t>
+  </x:si>
+  <x:si>
     <x:t>QLTI</x:t>
   </x:si>
   <x:si>
     <x:t>GMO INTERNATIONAL QUALITY ETF</x:t>
   </x:si>
   <x:si>
     <x:t>90139K308</x:t>
   </x:si>
   <x:si>
-    <x:t>IEI</x:t>
-[...5 lines deleted...]
-    <x:t>464288661</x:t>
+    <x:t>PZA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INVESCO NATIONAL AMT FREE MUNI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46138E537</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMXC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISHARES MSCI EMERGING MARKETS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46434G764</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EWJV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISHARES MSCI JAPAN VALUE ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46435U374</x:t>
   </x:si>
   <x:si>
     <x:t>DRES</x:t>
   </x:si>
   <x:si>
     <x:t>GMO DOMESTIC RESILIENCE ETF</x:t>
   </x:si>
   <x:si>
     <x:t>90139K860</x:t>
-  </x:si>
-[...70 lines deleted...]
-    <x:t>46434G764</x:t>
   </x:si>
   <x:si>
     <x:t>VGSH</x:t>
   </x:si>
   <x:si>
     <x:t>VANGUARD SHORT TERM TREASURY E</x:t>
   </x:si>
   <x:si>
     <x:t>92206C102</x:t>
   </x:si>
   <x:si>
     <x:t>SCZ</x:t>
   </x:si>
   <x:si>
     <x:t>ISHARES MSCI EAFE SMALL CAP ET</x:t>
   </x:si>
   <x:si>
     <x:t>464288273</x:t>
   </x:si>
   <x:si>
     <x:t>STATE STR INSTL INVT TR</x:t>
   </x:si>
   <x:si>
     <x:t>85799J9Y2</x:t>
   </x:si>
@@ -652,444 +652,444 @@
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>99498</x:v>
+        <x:v>94244</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
-        <x:v>17.4</x:v>
+        <x:v>10.2</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>-7052418.1</x:v>
+        <x:v>3577502.2</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>79524</x:v>
+        <x:v>117918</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>12.5</x:v>
+        <x:v>9.9</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>-5072835.9</x:v>
+        <x:v>3447533.2</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>72576</x:v>
+        <x:v>86016</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>11</x:v>
+        <x:v>9.6</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>-4467778.5</x:v>
+        <x:v>3340001.3</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>52613</x:v>
+        <x:v>25982</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>9.5</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>-3836071.7</x:v>
+        <x:v>3127713.2</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>21168</x:v>
+        <x:v>109389</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>6.2</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>2526612.5</x:v>
+        <x:v>2769729.5</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>31860</x:v>
+        <x:v>44552</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>-2265886.4</x:v>
+        <x:v>2697623.6</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>37592</x:v>
+        <x:v>84059</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>2252888.6</x:v>
+        <x:v>2449479.3</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>88722</x:v>
+        <x:v>24165</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>6.3</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>2224260.5</x:v>
+        <x:v>2192490.5</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>66768</x:v>
+        <x:v>27888</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>4.8</x:v>
+        <x:v>6.1</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>1924921.4</x:v>
+        <x:v>2142356.2</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>20385</x:v>
+        <x:v>62353</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>1753110</x:v>
+        <x:v>1747754.6</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>23528</x:v>
+        <x:v>72052</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>1690957.4</x:v>
+        <x:v>1699706.7</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>60792</x:v>
+        <x:v>16238</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>1418277.4</x:v>
+        <x:v>1427482.6</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>27927</x:v>
+        <x:v>30556</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>1220409.9</x:v>
+        <x:v>1416270.6</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>14841</x:v>
+        <x:v>35180</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>1182530.9</x:v>
+        <x:v>1049827.5</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>14012</x:v>
+        <x:v>16612</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>823485.2</x:v>
+        <x:v>978779</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>7020</x:v>
+        <x:v>8320</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>572410.8</x:v>
+        <x:v>712608</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s"/>
       <x:c r="B22" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>145009.9</x:v>
+        <x:v>127417.2</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
         <x:v>0.4</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>145009.9</x:v>
+        <x:v>127417.2</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="3" t="s"/>
       <x:c r="B23" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>7983.5</x:v>
+        <x:v>5541.9</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>7983.5</x:v>
+        <x:v>5541.9</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>