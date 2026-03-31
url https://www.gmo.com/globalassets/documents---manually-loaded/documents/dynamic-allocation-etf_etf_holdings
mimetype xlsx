--- v5 (2026-02-27)
+++ v6 (2026-03-31)
@@ -1,63 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2df249a8ce14fb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b74b894de13b4eb8b349638b3d422074.psmdcp" Id="Rc29ddcc343864a22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b5c0a72adc74f7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/611cb8ee71ea48c7ba9f39ae12222e6b.psmdcp" Id="Re9dec5a501e944de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="67" uniqueCount="67">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="76" uniqueCount="76">
   <x:si>
     <x:t>Holdings - Dynamic Allocation ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 02/27/2026 (%)</x:t>
+    <x:t>As of 03/31/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>GMOI</x:t>
   </x:si>
@@ -103,147 +103,174 @@
   <x:si>
     <x:t>SCHWAB INTERMEDIATE TERM U.S.</x:t>
   </x:si>
   <x:si>
     <x:t>808524854</x:t>
   </x:si>
   <x:si>
     <x:t>VGIT</x:t>
   </x:si>
   <x:si>
     <x:t>VANGUARD INTERMEDIATE TERM TRE</x:t>
   </x:si>
   <x:si>
     <x:t>92206C706</x:t>
   </x:si>
   <x:si>
     <x:t>SPTI</x:t>
   </x:si>
   <x:si>
     <x:t>STATE STREET SPDR PORTFOLIO IN</x:t>
   </x:si>
   <x:si>
     <x:t>78464A672</x:t>
   </x:si>
   <x:si>
+    <x:t>PZA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INVESCO NATIONAL AMT FREE MUNI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46138E537</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VGSH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VANGUARD SHORT TERM TREASURY E</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92206C102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QLTI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMO INTERNATIONAL QUALITY ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90139K308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EWJV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISHARES MSCI JAPAN VALUE ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46435U374</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VXUS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VANGUARD TOTAL INTERNATIONAL S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>921909768</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMO DOMESTIC RESILIENCE ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90139K860</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IEMG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISHARES CORE MSCI EMERGING MAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46434G103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMXC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISHARES MSCI EMERGING MARKETS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46434G764</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VWO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VANGUARD FTSE EMERGING MARKETS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>922042858</x:t>
+  </x:si>
+  <x:si>
     <x:t>IDEV</x:t>
   </x:si>
   <x:si>
     <x:t>ISHARES CORE MSCI INTERNATIONA</x:t>
   </x:si>
   <x:si>
     <x:t>46435G326</x:t>
   </x:si>
   <x:si>
-    <x:t>IEMG</x:t>
-[...59 lines deleted...]
-    <x:t>92206C102</x:t>
+    <x:t>VSS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VANGUARD FTSE ALL WORLD EX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>922042718</x:t>
   </x:si>
   <x:si>
     <x:t>SCZ</x:t>
   </x:si>
   <x:si>
     <x:t>ISHARES MSCI EAFE SMALL CAP ET</x:t>
   </x:si>
   <x:si>
     <x:t>464288273</x:t>
   </x:si>
   <x:si>
+    <x:t>VPL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VANGUARD FTSE PACIFIC ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>922042866</x:t>
+  </x:si>
+  <x:si>
     <x:t>STATE STR INSTL INVT TR</x:t>
   </x:si>
   <x:si>
     <x:t>85799J9Y2</x:t>
   </x:si>
   <x:si>
     <x:t>Short Term</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>Cash</x:t>
   </x:si>
   <x:si>
     <x:t>The daily holdings report reflects trades made on the prior business day, unless indicated otherwise. Fund holdings shown are based on the information available at the time of posting, and</x:t>
   </x:si>
   <x:si>
     <x:t>may differ from the actual investments held by the relevant fund. They are not recommendations to buy or sell any security.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -593,51 +620,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G27"/>
+  <x:dimension ref="A1:G30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="7.070625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="34.420625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.420625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.110625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="15.300625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.680625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.370625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
@@ -652,462 +679,533 @@
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>94244</x:v>
+        <x:v>97924</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
         <x:v>10.2</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>3577502.2</x:v>
+        <x:v>3457696.4</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>117918</x:v>
+        <x:v>122523</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>9.9</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>3447533.2</x:v>
+        <x:v>3411040.3</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>86016</x:v>
+        <x:v>94480</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>9.6</x:v>
+        <x:v>9.8</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>3340001.3</x:v>
+        <x:v>3332309.6</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>25982</x:v>
+        <x:v>26997</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>9</x:v>
+        <x:v>9.4</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>3127713.2</x:v>
+        <x:v>3197254.7</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>109389</x:v>
+        <x:v>113664</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>7.9</x:v>
+        <x:v>8.3</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>2769729.5</x:v>
+        <x:v>2825687</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>44552</x:v>
+        <x:v>46292</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>2697623.6</x:v>
+        <x:v>2751133.6</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>84059</x:v>
+        <x:v>87344</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>7</x:v>
+        <x:v>7.3</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>2449479.3</x:v>
+        <x:v>2498911.8</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>24165</x:v>
+        <x:v>74867</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>6.3</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>2192490.5</x:v>
+        <x:v>1713705.6</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>27888</x:v>
+        <x:v>29247</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>6.1</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>2142356.2</x:v>
+        <x:v>1710657</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>62353</x:v>
+        <x:v>69046</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>4.9</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>1747754.6</x:v>
+        <x:v>1681960.6</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>72052</x:v>
+        <x:v>31751</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>4.9</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>1699706.7</x:v>
+        <x:v>1309093.7</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>16238</x:v>
+        <x:v>13456</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>1427482.6</x:v>
+        <x:v>1004221.3</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>30556</x:v>
+        <x:v>36555</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>1416270.6</x:v>
+        <x:v>994296</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>35180</x:v>
+        <x:v>12244</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>1049827.5</x:v>
+        <x:v>824266.1</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>16612</x:v>
+        <x:v>10817</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>978779</x:v>
+        <x:v>817116.2</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>8320</x:v>
+        <x:v>12635</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>712608</x:v>
+        <x:v>662326.7</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
-      <x:c r="A22" s="3" t="s"/>
+      <x:c r="A22" s="3" t="s">
+        <x:v>58</x:v>
+      </x:c>
       <x:c r="B22" s="3" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>127417.2</x:v>
+        <x:v>6236</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>0.4</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>127417.2</x:v>
+        <x:v>505178.4</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
-        <x:v>60</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
-      <x:c r="A23" s="3" t="s"/>
+      <x:c r="A23" s="3" t="s">
+        <x:v>61</x:v>
+      </x:c>
       <x:c r="B23" s="3" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>5541.9</x:v>
+        <x:v>3480</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>0</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>5541.9</x:v>
+        <x:v>492280.8</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
-        <x:v>63</x:v>
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:7">
+      <x:c r="A24" s="3" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="B24" s="3" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="C24" s="3" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="D24" s="4" t="n">
+        <x:v>4446</x:v>
+      </x:c>
+      <x:c r="E24" s="4" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F24" s="4" t="n">
+        <x:v>338251.7</x:v>
+      </x:c>
+      <x:c r="G24" s="3" t="s">
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s">
-        <x:v>64</x:v>
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="B25" s="3" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="C25" s="3" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="D25" s="4" t="n">
+        <x:v>3495</x:v>
+      </x:c>
+      <x:c r="E25" s="4" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F25" s="4" t="n">
+        <x:v>329963</x:v>
+      </x:c>
+      <x:c r="G25" s="3" t="s">
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
-      <x:c r="A26" s="3" t="s">
-[...5 lines deleted...]
-        <x:v>66</x:v>
+      <x:c r="A26" s="3" t="s"/>
+      <x:c r="B26" s="3" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="C26" s="3" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="D26" s="4" t="n">
+        <x:v>161532.9</x:v>
+      </x:c>
+      <x:c r="E26" s="4" t="n">
+        <x:v>0.5</x:v>
+      </x:c>
+      <x:c r="F26" s="4" t="n">
+        <x:v>161532.9</x:v>
+      </x:c>
+      <x:c r="G26" s="3" t="s">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="28" spans="1:7">
+      <x:c r="A28" s="3" t="s">
+        <x:v>73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:7">
+      <x:c r="A29" s="3" t="s">
+        <x:v>74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:7">
+      <x:c r="A30" s="1" t="s">
+        <x:v>75</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>