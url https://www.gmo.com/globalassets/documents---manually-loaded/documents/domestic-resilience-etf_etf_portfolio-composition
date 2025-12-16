--- v0 (2025-11-26)
+++ v1 (2025-12-16)
@@ -1,95 +1,101 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R746ab5d5ce7c48dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b88a108871ce469591431c559249e5a1.psmdcp" Id="R669a31d56fec47c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf631dc7e7c94b2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bfeefd4602d842a989484cd6469b976e.psmdcp" Id="R77f036e1d38c4205" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Regions" sheetId="2" r:id="rId2"/>
     <x:sheet name="Countries" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sectors" sheetId="4" r:id="rId4"/>
     <x:sheet name="Industry Groups" sheetId="5" r:id="rId5"/>
     <x:sheet name="Market Cap Ranges" sheetId="6" r:id="rId6"/>
     <x:sheet name="Top Equity Holdings" sheetId="7" r:id="rId7"/>
     <x:sheet name="Characteristics" sheetId="8" r:id="rId8"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="75">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="77" uniqueCount="77">
   <x:si>
     <x:t>Regions - Domestic Resilience ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (%)</x:t>
+    <x:t>As of 11/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Domestic Resilience ETF</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI USA Mid Cap (Gross)</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Rest of World</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
+    <x:t>The MSCI USA Mid Cap (Gross) Index is an independently maintained and widely published index comprised of mid cap segments of the US market. MSCI data may not be reproduced or used for any</x:t>
+  </x:si>
+  <x:si>
+    <x:t>other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
+  </x:si>
+  <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
     <x:t>Countries - Domestic Resilience ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Country</x:t>
   </x:si>
   <x:si>
     <x:t>Canada</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Sectors - Domestic Resilience ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Sector</x:t>
   </x:si>
   <x:si>
     <x:t>Communication Services</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer Discretionary</x:t>
@@ -133,162 +139,162 @@
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Industry Groups - Domestic Resilience ETF</x:t>
   </x:si>
   <x:si>
     <x:t>IndustryGroup</x:t>
   </x:si>
   <x:si>
     <x:t>Capital Goods</x:t>
   </x:si>
   <x:si>
     <x:t>Commercial &amp; Professional Services</x:t>
   </x:si>
   <x:si>
     <x:t>Transportation</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Domestic Resilience ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Medium - Large (48.6 To 149.0)</x:t>
-[...8 lines deleted...]
-    <x:t>Small (6.1 &amp; Below)</x:t>
+    <x:t>Medium - Large (49.1 To 145.9)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.4 To 49.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.0 To 19.4)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.0 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Domestic Resilience ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Union Pacific Corp</x:t>
   </x:si>
   <x:si>
     <x:t>CSX Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Knight-Swift Transportation Holdings Inc</x:t>
   </x:si>
   <x:si>
+    <x:t>Nucor Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Martin Marietta Materials Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vulcan Materials Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Clean Harbors Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Northrop Grumman Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>Martin Marietta Materials Inc</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Carlisle Cos Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Vulcan Materials Co</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>WESCO International Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Domestic Resilience ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025</x:t>
+    <x:t>As of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>24.7x</x:t>
-[...2 lines deleted...]
-    <x:t>27.0x</x:t>
+    <x:t>23.0x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.8x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
     <x:t>3.1x</x:t>
   </x:si>
   <x:si>
-    <x:t>3.2x</x:t>
+    <x:t>3.3x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>15.9%</x:t>
-[...2 lines deleted...]
-    <x:t>13.7%</x:t>
+    <x:t>16.2%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14.1%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>22.1 USD</x:t>
-[...2 lines deleted...]
-    <x:t>26.0 USD</x:t>
+    <x:t>22.9 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.7 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Net Debt/EBITDA - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>1.7x</x:t>
   </x:si>
   <x:si>
-    <x:t>1.4x</x:t>
+    <x:t>1.5x</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -625,917 +631,977 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C10"/>
+  <x:dimension ref="A1:C12"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.160625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.690625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="24.770625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>97.3</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
-      <x:c r="A10" s="1" t="s">
+      <x:c r="A10" s="2" t="s">
         <x:v>8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:3">
+      <x:c r="A11" s="2" t="s">
+        <x:v>9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:3">
+      <x:c r="A12" s="1" t="s">
+        <x:v>10</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C10"/>
+  <x:dimension ref="A1:C12"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="13.320625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.690625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="24.770625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
-        <x:v>11</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>97.3</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.3</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
-      <x:c r="A10" s="1" t="s">
+      <x:c r="A10" s="2" t="s">
         <x:v>8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:3">
+      <x:c r="A11" s="2" t="s">
+        <x:v>9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:3">
+      <x:c r="A12" s="1" t="s">
+        <x:v>10</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C22"/>
+  <x:dimension ref="A1:C24"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="22.750625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.690625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="24.770625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.8</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>8.3</x:v>
+        <x:v>8.5</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>5.1</x:v>
+        <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>7.7</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
-        <x:v>19</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>14</x:v>
+        <x:v>14.1</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
-        <x:v>20</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>11.8</x:v>
+        <x:v>11.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>74.9</x:v>
+        <x:v>73.8</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>17.4</x:v>
+        <x:v>17.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
-        <x:v>22</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>15.6</x:v>
+        <x:v>15.2</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
-        <x:v>23</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>17.4</x:v>
+        <x:v>18.1</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="2" t="s">
-        <x:v>24</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>6.8</x:v>
+        <x:v>6.5</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
-        <x:v>8.7</x:v>
+        <x:v>7.7</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="2" t="s">
-        <x:v>26</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="2" t="s">
-        <x:v>27</x:v>
+        <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="2" t="s">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="2" t="s">
-        <x:v>29</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
-      <x:c r="A22" s="1" t="s">
+      <x:c r="A22" s="2" t="s">
         <x:v>8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:3">
+      <x:c r="A23" s="2" t="s">
+        <x:v>9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:3">
+      <x:c r="A24" s="1" t="s">
+        <x:v>10</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C12"/>
+  <x:dimension ref="A1:C14"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="32.200625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.690625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="24.770625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>47.2</x:v>
+        <x:v>46.2</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>51.5</x:v>
+        <x:v>51.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>6.7</x:v>
+        <x:v>6.6</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>10.4</x:v>
+        <x:v>11.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>7.7</x:v>
+        <x:v>8.1</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>11.8</x:v>
+        <x:v>12.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
-        <x:v>23</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>17.4</x:v>
+        <x:v>18.1</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>21.1</x:v>
+        <x:v>20.3</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>21.1</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
-      <x:c r="A12" s="1" t="s">
+      <x:c r="A12" s="2" t="s">
         <x:v>8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:3">
+      <x:c r="A13" s="2" t="s">
+        <x:v>9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:3">
+      <x:c r="A14" s="1" t="s">
+        <x:v>10</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C11"/>
+  <x:dimension ref="A1:C13"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="28.570625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.690625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="24.770625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
-        <x:v>37</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>27</x:v>
+        <x:v>26.8</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>10</x:v>
+        <x:v>9.1</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
-        <x:v>38</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>24</x:v>
+        <x:v>24.8</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>64</x:v>
+        <x:v>65.7</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>39.9</x:v>
+        <x:v>39.5</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>25.7</x:v>
+        <x:v>25.1</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
+        <x:v>8.9</x:v>
+      </x:c>
+      <x:c r="C9" s="3" t="n">
+        <x:v>0.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:3">
+      <x:c r="A11" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:3">
+      <x:c r="A12" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
-      <x:c r="C9" s="3" t="n">
-[...5 lines deleted...]
-        <x:v>8</x:v>
+    </x:row>
+    <x:row r="13" spans="1:3">
+      <x:c r="A13" s="1" t="s">
+        <x:v>10</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.240625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.320625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
-        <x:v>10</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D6" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
-        <x:v>45</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D7" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D8" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D9" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D10" s="2" t="s">
-        <x:v>23</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D11" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D12" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D13" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D14" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C15" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D15" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
-        <x:v>8</x:v>
+        <x:v>10</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C13"/>
+  <x:dimension ref="A1:C15"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="33.830625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.690625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="24.770625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B6" s="2" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B7" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B8" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>302</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
-      <x:c r="A13" s="1" t="s">
+      <x:c r="A13" s="2" t="s">
         <x:v>8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:3">
+      <x:c r="A14" s="2" t="s">
+        <x:v>9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:3">
+      <x:c r="A15" s="1" t="s">
+        <x:v>10</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
       <vt:variant>