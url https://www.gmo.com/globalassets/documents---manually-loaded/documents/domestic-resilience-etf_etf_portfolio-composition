--- v1 (2025-12-16)
+++ v2 (2026-01-07)
@@ -1,70 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf631dc7e7c94b2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bfeefd4602d842a989484cd6469b976e.psmdcp" Id="R77f036e1d38c4205" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02da886d292348d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bcfc7007aeff43c78e7fe2e63b271843.psmdcp" Id="Rec9a49dd5f954994" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Regions" sheetId="2" r:id="rId2"/>
     <x:sheet name="Countries" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sectors" sheetId="4" r:id="rId4"/>
     <x:sheet name="Industry Groups" sheetId="5" r:id="rId5"/>
     <x:sheet name="Market Cap Ranges" sheetId="6" r:id="rId6"/>
     <x:sheet name="Top Equity Holdings" sheetId="7" r:id="rId7"/>
     <x:sheet name="Characteristics" sheetId="8" r:id="rId8"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="77" uniqueCount="77">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="78">
   <x:si>
     <x:t>Regions - Domestic Resilience ETF</x:t>
   </x:si>
   <x:si>
     <x:t>As of 11/30/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Domestic Resilience ETF</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI USA Mid Cap (Gross)</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Rest of World</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
@@ -137,50 +137,53 @@
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Industry Groups - Domestic Resilience ETF</x:t>
   </x:si>
   <x:si>
     <x:t>IndustryGroup</x:t>
   </x:si>
   <x:si>
     <x:t>Capital Goods</x:t>
   </x:si>
   <x:si>
     <x:t>Commercial &amp; Professional Services</x:t>
   </x:si>
   <x:si>
     <x:t>Transportation</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Domestic Resilience ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Large (145.9 &amp; Above)</x:t>
   </x:si>
   <x:si>
     <x:t>Medium - Large (49.1 To 145.9)</x:t>
   </x:si>
   <x:si>
     <x:t>Medium (19.4 To 49.1)</x:t>
   </x:si>
   <x:si>
     <x:t>Small - Medium (6.0 To 19.4)</x:t>
   </x:si>
   <x:si>
     <x:t>Small (6.0 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Domestic Resilience ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Union Pacific Corp</x:t>
   </x:si>
@@ -1137,456 +1140,467 @@
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C13"/>
+  <x:dimension ref="A1:C14"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="28.570625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.690625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="24.770625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>26.8</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>9.1</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>24.8</x:v>
+        <x:v>26.8</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>65.7</x:v>
+        <x:v>9.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>39.5</x:v>
+        <x:v>24.8</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>25.1</x:v>
+        <x:v>65.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
+        <x:v>39.5</x:v>
+      </x:c>
+      <x:c r="C9" s="3" t="n">
+        <x:v>25.1</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:3">
+      <x:c r="A10" s="2" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B10" s="3" t="n">
         <x:v>8.9</x:v>
       </x:c>
-      <x:c r="C9" s="3" t="n">
+      <x:c r="C10" s="3" t="n">
         <x:v>0.1</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:3">
+      <x:c r="A13" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row r="13" spans="1:3">
-      <x:c r="A13" s="1" t="s">
+    <x:row r="14" spans="1:3">
+      <x:c r="A14" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="36.240625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.320625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D6" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D7" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D8" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D9" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D10" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D11" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D12" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D13" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D14" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
         <x:v>3.7</x:v>
       </x:c>
       <x:c r="C15" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D15" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C15"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="33.830625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.690625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="24.770625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B6" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B7" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B8" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
         <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>