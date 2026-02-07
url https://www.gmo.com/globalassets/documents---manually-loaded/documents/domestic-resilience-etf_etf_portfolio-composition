--- v2 (2026-01-07)
+++ v3 (2026-02-07)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02da886d292348d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bcfc7007aeff43c78e7fe2e63b271843.psmdcp" Id="Rec9a49dd5f954994" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1fb41f6a58a4db4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a7a1bcc20fb7487ea59c26dc17bfddeb.psmdcp" Id="R39239a4d541d4e2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Regions" sheetId="2" r:id="rId2"/>
     <x:sheet name="Countries" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sectors" sheetId="4" r:id="rId4"/>
     <x:sheet name="Industry Groups" sheetId="5" r:id="rId5"/>
     <x:sheet name="Market Cap Ranges" sheetId="6" r:id="rId6"/>
     <x:sheet name="Top Equity Holdings" sheetId="7" r:id="rId7"/>
     <x:sheet name="Characteristics" sheetId="8" r:id="rId8"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="78">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="77" uniqueCount="77">
   <x:si>
     <x:t>Regions - Domestic Resilience ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (%)</x:t>
+    <x:t>As of 12/31/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Domestic Resilience ETF</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI USA Mid Cap (Gross)</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Rest of World</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI USA Mid Cap (Gross) Index is an independently maintained and widely published index comprised of mid cap segments of the US market. MSCI data may not be reproduced or used for any</x:t>
   </x:si>
   <x:si>
     <x:t>other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
@@ -139,153 +139,150 @@
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Industry Groups - Domestic Resilience ETF</x:t>
   </x:si>
   <x:si>
     <x:t>IndustryGroup</x:t>
   </x:si>
   <x:si>
     <x:t>Capital Goods</x:t>
   </x:si>
   <x:si>
     <x:t>Commercial &amp; Professional Services</x:t>
   </x:si>
   <x:si>
     <x:t>Transportation</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Domestic Resilience ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (145.9 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.0 &amp; Below)</x:t>
+    <x:t>Large (151.3 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (49.6 To 151.3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (19.8 To 49.6)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.1 To 19.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.1 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Domestic Resilience ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Union Pacific Corp</x:t>
   </x:si>
   <x:si>
     <x:t>CSX Corp</x:t>
   </x:si>
   <x:si>
+    <x:t>Clean Harbors Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Martin Marietta Materials Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northrop Grumman Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Carlisle Cos Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vulcan Materials Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WillScot Holdings Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jacobs Solutions Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Knight-Swift Transportation Holdings Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Nucor Corp</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Domestic Resilience ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025</x:t>
+    <x:t>As of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>23.0x</x:t>
-[...2 lines deleted...]
-    <x:t>26.8x</x:t>
+    <x:t>23.6x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.2x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>3.1x</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>3.3x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>16.2%</x:t>
+    <x:t>18.5%</x:t>
   </x:si>
   <x:si>
     <x:t>14.1%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>22.9 USD</x:t>
-[...2 lines deleted...]
-    <x:t>26.7 USD</x:t>
+    <x:t>23.6 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26.8 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Net Debt/EBITDA - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>1.7x</x:t>
   </x:si>
   <x:si>
     <x:t>1.5x</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
@@ -671,73 +668,73 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>0.3</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>97.3</x:v>
+        <x:v>95.6</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -765,73 +762,73 @@
       <x:c r="A1" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>97.3</x:v>
+        <x:v>95.6</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>0.3</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -862,161 +859,161 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>3.8</x:v>
+        <x:v>4.3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>8.5</x:v>
+        <x:v>8.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>6.3</x:v>
+        <x:v>5.9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>8.1</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3.1</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>14.1</x:v>
+        <x:v>14.5</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>11.9</x:v>
+        <x:v>11.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>73.8</x:v>
+        <x:v>76.1</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>17.6</x:v>
+        <x:v>17.7</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>15.2</x:v>
+        <x:v>15.3</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>18.1</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
         <x:v>5.3</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>6.5</x:v>
+        <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
-        <x:v>7.7</x:v>
+        <x:v>7.4</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="2" t="s">
         <x:v>8</x:v>
@@ -1061,98 +1058,98 @@
       <x:c r="A1" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>46.2</x:v>
+        <x:v>47.6</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>51.1</x:v>
+        <x:v>50.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>6.6</x:v>
+        <x:v>7.1</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>11.4</x:v>
+        <x:v>11.3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>8.1</x:v>
+        <x:v>7.9</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>12.2</x:v>
+        <x:v>11.8</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>18.1</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>20.3</x:v>
+        <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>21.1</x:v>
+        <x:v>21.5</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>5</x:v>
+        <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1188,87 +1185,87 @@
         <x:v>38</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>26.8</x:v>
+        <x:v>25.7</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>9.1</x:v>
+        <x:v>7.1</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>24.8</x:v>
+        <x:v>25.9</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>65.7</x:v>
+        <x:v>67.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>39.5</x:v>
+        <x:v>39.4</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>25.1</x:v>
+        <x:v>25.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>8.9</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.2</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
@@ -1311,163 +1308,163 @@
         <x:v>12</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>5.5</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D6" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D7" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D8" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D9" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D10" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D11" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D12" s="2" t="s">
-        <x:v>23</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D13" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D14" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="C15" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D15" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
@@ -1512,95 +1509,95 @@
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B6" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B7" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="B8" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="B8" s="2" t="s">
+      <x:c r="C8" s="2" t="s">
         <x:v>69</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="B9" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="B9" s="2" t="s">
+      <x:c r="C9" s="2" t="s">
         <x:v>72</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>303</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="B11" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="B11" s="2" t="s">
+      <x:c r="C11" s="2" t="s">
         <x:v>76</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>