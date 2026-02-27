--- v3 (2026-02-07)
+++ v4 (2026-02-27)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1fb41f6a58a4db4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a7a1bcc20fb7487ea59c26dc17bfddeb.psmdcp" Id="R39239a4d541d4e2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5eaa1741a1424406" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8f301235aeed4909b1e5c4cc310a76f9.psmdcp" Id="R6945c672698349df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Regions" sheetId="2" r:id="rId2"/>
     <x:sheet name="Countries" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sectors" sheetId="4" r:id="rId4"/>
     <x:sheet name="Industry Groups" sheetId="5" r:id="rId5"/>
     <x:sheet name="Market Cap Ranges" sheetId="6" r:id="rId6"/>
     <x:sheet name="Top Equity Holdings" sheetId="7" r:id="rId7"/>
     <x:sheet name="Characteristics" sheetId="8" r:id="rId8"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="77" uniqueCount="77">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="78">
   <x:si>
     <x:t>Regions - Domestic Resilience ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (%)</x:t>
+    <x:t>As of 01/31/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Domestic Resilience ETF</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI USA Mid Cap (Gross)</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Rest of World</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI USA Mid Cap (Gross) Index is an independently maintained and widely published index comprised of mid cap segments of the US market. MSCI data may not be reproduced or used for any</x:t>
   </x:si>
   <x:si>
     <x:t>other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
@@ -139,162 +139,165 @@
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Industry Groups - Domestic Resilience ETF</x:t>
   </x:si>
   <x:si>
     <x:t>IndustryGroup</x:t>
   </x:si>
   <x:si>
     <x:t>Capital Goods</x:t>
   </x:si>
   <x:si>
     <x:t>Commercial &amp; Professional Services</x:t>
   </x:si>
   <x:si>
     <x:t>Transportation</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Domestic Resilience ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (151.3 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.1 &amp; Below)</x:t>
+    <x:t>Large (150.0 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (52.1 To 150.0)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (20.4 To 52.1)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.4 To 20.4)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.4 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Domestic Resilience ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Union Pacific Corp</x:t>
   </x:si>
   <x:si>
+    <x:t>Northrop Grumman Corp</x:t>
+  </x:si>
+  <x:si>
     <x:t>CSX Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Clean Harbors Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Martin Marietta Materials Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Northrop Grumman Corp</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Carlisle Cos Inc</x:t>
   </x:si>
   <x:si>
     <x:t>Vulcan Materials Co</x:t>
   </x:si>
   <x:si>
     <x:t>WillScot Holdings Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>Jacobs Solutions Inc</x:t>
-[...2 lines deleted...]
-    <x:t>Knight-Swift Transportation Holdings Inc</x:t>
+    <x:t>Nucor Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lockheed Martin Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Domestic Resilience ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025</x:t>
+    <x:t>As of 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>23.6x</x:t>
-[...2 lines deleted...]
-    <x:t>27.2x</x:t>
+    <x:t>24.8x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.1x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
+    <x:t>3.5x</x:t>
+  </x:si>
+  <x:si>
     <x:t>3.3x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>18.5%</x:t>
   </x:si>
   <x:si>
-    <x:t>14.1%</x:t>
+    <x:t>14.3%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>23.6 USD</x:t>
-[...2 lines deleted...]
-    <x:t>26.8 USD</x:t>
+    <x:t>25.1 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27.5 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Net Debt/EBITDA - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
     <x:t>1.7x</x:t>
   </x:si>
   <x:si>
-    <x:t>1.5x</x:t>
+    <x:t>1.4x</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -668,73 +671,73 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>95.6</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -762,73 +765,73 @@
       <x:c r="A1" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>95.6</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -859,150 +862,150 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>4.3</x:v>
+        <x:v>3.9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>8.8</x:v>
+        <x:v>8.4</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>5.9</x:v>
+        <x:v>6.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>7.9</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.4</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>14.5</x:v>
+        <x:v>14.2</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>11.3</x:v>
+        <x:v>10.9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>76.1</x:v>
+        <x:v>76.6</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>17.7</x:v>
+        <x:v>18.4</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>15.3</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>16</x:v>
+        <x:v>15.5</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5.6</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>6.4</x:v>
+        <x:v>6.3</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
         <x:v>7.4</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="2" t="s">
@@ -1058,95 +1061,95 @@
       <x:c r="A1" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>47.6</x:v>
+        <x:v>48.8</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>50.9</x:v>
+        <x:v>51.4</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>7.1</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>11.3</x:v>
+        <x:v>10.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>7.9</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>11.8</x:v>
+        <x:v>12.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>16</x:v>
+        <x:v>15.5</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>20.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>21.5</x:v>
+        <x:v>20.8</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
         <x:v>5.4</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -1185,286 +1188,286 @@
         <x:v>38</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>25.7</x:v>
+        <x:v>24.3</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>7.1</x:v>
+        <x:v>7.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>25.9</x:v>
+        <x:v>28.9</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>67.5</x:v>
+        <x:v>64.5</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>39.4</x:v>
+        <x:v>37.7</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>25.2</x:v>
+        <x:v>27.5</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>9</x:v>
+        <x:v>9.1</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>0.2</x:v>
+        <x:v>0.1</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="36.240625" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="27.100625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.320625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D6" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>4.3</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D7" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>4</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D8" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>4</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D9" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D10" s="2" t="s">
-        <x:v>23</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D11" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D12" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>3.4</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D13" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
         <x:v>3.1</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D14" s="2" t="s">
-        <x:v>23</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="C15" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D15" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
@@ -1509,95 +1512,95 @@
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B6" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B7" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B8" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
-        <x:v>302</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>