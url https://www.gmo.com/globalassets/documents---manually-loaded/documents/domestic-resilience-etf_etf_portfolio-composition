--- v4 (2026-02-27)
+++ v5 (2026-03-31)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5eaa1741a1424406" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8f301235aeed4909b1e5c4cc310a76f9.psmdcp" Id="R6945c672698349df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5b8422d178c4d99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/33933bc0f8214017af9b50665371621c.psmdcp" Id="Rd83f505272434c7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Regions" sheetId="2" r:id="rId2"/>
     <x:sheet name="Countries" sheetId="3" r:id="rId3"/>
     <x:sheet name="Sectors" sheetId="4" r:id="rId4"/>
     <x:sheet name="Industry Groups" sheetId="5" r:id="rId5"/>
     <x:sheet name="Market Cap Ranges" sheetId="6" r:id="rId6"/>
     <x:sheet name="Top Equity Holdings" sheetId="7" r:id="rId7"/>
     <x:sheet name="Characteristics" sheetId="8" r:id="rId8"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="78">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="79" uniqueCount="79">
   <x:si>
     <x:t>Regions - Domestic Resilience ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (%)</x:t>
+    <x:t>As of 02/28/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Region</x:t>
   </x:si>
   <x:si>
     <x:t>Domestic Resilience ETF</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI USA Mid Cap (Gross)</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Equivalents</x:t>
   </x:si>
   <x:si>
     <x:t>Rest of World</x:t>
   </x:si>
   <x:si>
     <x:t>United States</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI USA Mid Cap (Gross) Index is an independently maintained and widely published index comprised of mid cap segments of the US market. MSCI data may not be reproduced or used for any</x:t>
   </x:si>
   <x:si>
     <x:t>other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
@@ -130,174 +130,177 @@
   <x:si>
     <x:t>The Global Industry Classification Standard (GICS) is the exclusive intellectual property of MSCI Inc. (MSCI) and Standard &amp; Poor's, a division of The McGraw-Hill Companies, Inc. (S&amp;P).</x:t>
   </x:si>
   <x:si>
     <x:t>Neither MSCI, S&amp;P, nor any third party makes any representations or warranties, express or implied, with respect to GICS or the results to be obtained by the use thereof, and expressly</x:t>
   </x:si>
   <x:si>
     <x:t>disclaim all warranties, including of merchantability and fitness for a particular purpose. Neither MSCI, S&amp;P, nor any third party shall have any liability for any damages of any kind</x:t>
   </x:si>
   <x:si>
     <x:t>relating to the use of GICS.</x:t>
   </x:si>
   <x:si>
     <x:t>Industry Groups - Domestic Resilience ETF</x:t>
   </x:si>
   <x:si>
     <x:t>IndustryGroup</x:t>
   </x:si>
   <x:si>
     <x:t>Capital Goods</x:t>
   </x:si>
   <x:si>
     <x:t>Commercial &amp; Professional Services</x:t>
   </x:si>
   <x:si>
+    <x:t>Software &amp; Services</x:t>
+  </x:si>
+  <x:si>
     <x:t>Transportation</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Ranges - Domestic Resilience ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap Band ($Billions)</x:t>
   </x:si>
   <x:si>
-    <x:t>Large (150.0 &amp; Above)</x:t>
-[...11 lines deleted...]
-    <x:t>Small (6.4 &amp; Below)</x:t>
+    <x:t>Large (150.9 &amp; Above)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium - Large (52.8 To 150.9)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Medium (21.3 To 52.8)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small - Medium (6.8 To 21.3)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Small (6.8 &amp; Below)</x:t>
   </x:si>
   <x:si>
     <x:t>Top Equity Holdings - Domestic Resilience ETF</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>% of Equity</x:t>
   </x:si>
   <x:si>
     <x:t>Union Pacific Corp</x:t>
   </x:si>
   <x:si>
+    <x:t>CSX Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Clean Harbors Inc</x:t>
+  </x:si>
+  <x:si>
     <x:t>Northrop Grumman Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>CSX Corp</x:t>
-[...2 lines deleted...]
-    <x:t>Clean Harbors Inc</x:t>
+    <x:t>Carlisle Cos Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ConocoPhillips</x:t>
   </x:si>
   <x:si>
     <x:t>Martin Marietta Materials Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>Carlisle Cos Inc</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Vulcan Materials Co</x:t>
   </x:si>
   <x:si>
     <x:t>WillScot Holdings Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>Nucor Corp</x:t>
-[...2 lines deleted...]
-    <x:t>Lockheed Martin Corp</x:t>
+    <x:t>EQT Corp</x:t>
   </x:si>
   <x:si>
     <x:t>Portfolio holdings are percent of equity. Where applicable, the top holdings are derived by looking through to the underlying funds in which the asset allocation funds invest and, where</x:t>
   </x:si>
   <x:si>
     <x:t>appropriate, individual security positions are aggregated. They are subject to change and should not be considered a recommendation to buy individual securities.</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristics - Domestic Resilience ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026</x:t>
+    <x:t>As of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Characteristic</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Earnings - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>24.8x</x:t>
-[...2 lines deleted...]
-    <x:t>27.1x</x:t>
+    <x:t>27.7x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.8x</x:t>
   </x:si>
   <x:si>
     <x:t>Price/Book - Hist 1 Yr Wtd Avg</x:t>
   </x:si>
   <x:si>
-    <x:t>3.5x</x:t>
-[...2 lines deleted...]
-    <x:t>3.3x</x:t>
+    <x:t>3.7x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.4x</x:t>
   </x:si>
   <x:si>
     <x:t>Return on Equity - Hist 1 Yr Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>18.5%</x:t>
-[...2 lines deleted...]
-    <x:t>14.3%</x:t>
+    <x:t>14.7%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13.7%</x:t>
   </x:si>
   <x:si>
     <x:t>Market Cap - Wtd Mdn Bil USD</x:t>
   </x:si>
   <x:si>
-    <x:t>25.1 USD</x:t>
-[...2 lines deleted...]
-    <x:t>27.5 USD</x:t>
+    <x:t>27.0 USD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28.8 USD</x:t>
   </x:si>
   <x:si>
     <x:t>Number of Equity Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>Net Debt/EBITDA - Hist 1 Yr Wtd Mdn</x:t>
   </x:si>
   <x:si>
-    <x:t>1.7x</x:t>
-[...2 lines deleted...]
-    <x:t>1.4x</x:t>
+    <x:t>1.8x</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.5x</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -671,73 +674,73 @@
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>96</x:v>
+        <x:v>95.8</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -765,73 +768,73 @@
       <x:c r="A1" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>96</x:v>
+        <x:v>95.8</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
@@ -862,161 +865,161 @@
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>8.4</x:v>
+        <x:v>8.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>6.2</x:v>
+        <x:v>6.4</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>7.9</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>14.2</x:v>
+        <x:v>13.4</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>10.9</x:v>
+        <x:v>10.6</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>76.6</x:v>
+        <x:v>74.3</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>18.4</x:v>
+        <x:v>18.9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>15.3</x:v>
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>15.5</x:v>
+        <x:v>14.6</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.9</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>6.3</x:v>
+        <x:v>6.2</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:3">
       <x:c r="A16" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
-        <x:v>7.4</x:v>
+        <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:3">
       <x:c r="A18" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:3">
       <x:c r="A19" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:3">
       <x:c r="A20" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:3">
       <x:c r="A21" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:3">
       <x:c r="A22" s="2" t="s">
         <x:v>8</x:v>
@@ -1024,583 +1027,594 @@
     </x:row>
     <x:row r="23" spans="1:3">
       <x:c r="A23" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:3">
       <x:c r="A24" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:C14"/>
+  <x:dimension ref="A1:C15"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="32.200625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.690625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="24.770625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>48.8</x:v>
+        <x:v>46.9</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>51.4</x:v>
+        <x:v>44.5</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>7</x:v>
+        <x:v>6.9</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>10.2</x:v>
+        <x:v>7.9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>7.9</x:v>
+        <x:v>9.3</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>12.4</x:v>
+        <x:v>11.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>15.5</x:v>
+        <x:v>14.6</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>20.5</x:v>
+        <x:v>17.7</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>20.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>5.4</x:v>
-[...4 lines deleted...]
-        <x:v>8</x:v>
+        <x:v>14.2</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:3">
+      <x:c r="A11" s="2" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B11" s="3" t="n">
+        <x:v>20.5</x:v>
+      </x:c>
+      <x:c r="C11" s="3" t="n">
+        <x:v>4.5</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
+        <x:v>8</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:3">
+      <x:c r="A14" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
-    <x:row r="14" spans="1:3">
-      <x:c r="A14" s="1" t="s">
+    <x:row r="15" spans="1:3">
+      <x:c r="A15" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C14"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="28.570625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.690625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="24.770625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>24.3</x:v>
+        <x:v>21.7</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>7.8</x:v>
+        <x:v>9.8</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>28.9</x:v>
+        <x:v>26.3</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>64.5</x:v>
+        <x:v>61.7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>37.7</x:v>
+        <x:v>38.7</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>27.5</x:v>
+        <x:v>28.2</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>9.1</x:v>
+        <x:v>8.2</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>0.1</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:3">
       <x:c r="A12" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:D19"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="27.100625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.610625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.320625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="10.710625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:4">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:4">
       <x:c r="A5" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:4">
       <x:c r="A6" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
-        <x:v>5.2</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D6" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:4">
       <x:c r="A7" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D7" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:4">
       <x:c r="A8" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D8" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:4">
       <x:c r="A9" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>4.1</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D9" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:4">
       <x:c r="A10" s="2" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="C10" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D10" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:4">
       <x:c r="A11" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D11" s="2" t="s">
-        <x:v>23</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:4">
       <x:c r="A12" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="C12" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D12" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:4">
       <x:c r="A13" s="2" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="C13" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D13" s="2" t="s">
-        <x:v>23</x:v>
+        <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:4">
       <x:c r="A14" s="2" t="s">
-        <x:v>55</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="C14" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D14" s="2" t="s">
-        <x:v>25</x:v>
+        <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:4">
       <x:c r="A15" s="2" t="s">
-        <x:v>56</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C15" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D15" s="2" t="s">
-        <x:v>23</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:4">
       <x:c r="A17" s="2" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:4">
       <x:c r="A18" s="2" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:4">
       <x:c r="A19" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:C15"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="33.830625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="22.690625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="24.770625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:3">
       <x:c r="A1" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:3">
       <x:c r="A2" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:3">
       <x:c r="A5" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:3">
       <x:c r="A6" s="2" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="B6" s="2" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C6" s="2" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:3">
       <x:c r="A7" s="2" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B7" s="2" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C7" s="2" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:3">
       <x:c r="A8" s="2" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B8" s="2" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C8" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:3">
       <x:c r="A9" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C9" s="2" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:3">
       <x:c r="A10" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B10" s="2" t="n">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C10" s="2" t="n">
         <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:3">
       <x:c r="A11" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C11" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:3">
       <x:c r="A13" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:3">
       <x:c r="A14" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:3">
       <x:c r="A15" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>