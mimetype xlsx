--- v0 (2025-10-03)
+++ v1 (2025-10-29)
@@ -1,411 +1,411 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddc510dc90ac41ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/58a845c004a44a42b335cfb3ae914a46.psmdcp" Id="R9361a200dc234f51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R534dd715e6574a96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ea79e8c510694f1ca2d97ab521a5011c.psmdcp" Id="R51f5428701e2443a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="121" uniqueCount="121">
   <x:si>
     <x:t>Holdings - Domestic Resilience ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/02/2025 (%)</x:t>
+    <x:t>As of 10/29/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>UNP</x:t>
   </x:si>
   <x:si>
     <x:t>UNION PACIFIC CORP COMMON STOCK USD2.5</x:t>
   </x:si>
   <x:si>
     <x:t>907818108</x:t>
   </x:si>
   <x:si>
     <x:t>Equity</x:t>
   </x:si>
   <x:si>
     <x:t>CSX</x:t>
   </x:si>
   <x:si>
     <x:t>CSX CORP COMMON STOCK USD1.0</x:t>
   </x:si>
   <x:si>
     <x:t>126408103</x:t>
   </x:si>
   <x:si>
+    <x:t>CLH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLEAN HARBORS INC COMMON STOCK USD.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>184496107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CSL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARLISLE COS INC COMMON STOCK USD1.0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>142339100</x:t>
+  </x:si>
+  <x:si>
     <x:t>NOC</x:t>
   </x:si>
   <x:si>
     <x:t>NORTHROP GRUMMAN CORP COMMON STOCK USD1.0</x:t>
   </x:si>
   <x:si>
     <x:t>666807102</x:t>
   </x:si>
   <x:si>
+    <x:t>MLM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARTIN MARIETTA MATERIALS COMMON STOCK USD.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>573284106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KNX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KNIGHT SWIFT TRANSPORTATION COMMON STOCK USD.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>499049104</x:t>
+  </x:si>
+  <x:si>
     <x:t>VMC</x:t>
   </x:si>
   <x:si>
     <x:t>VULCAN MATERIALS CO COMMON STOCK USD1.0</x:t>
   </x:si>
   <x:si>
     <x:t>929160109</x:t>
   </x:si>
   <x:si>
-    <x:t>CSL</x:t>
-[...23 lines deleted...]
-    <x:t>184496107</x:t>
+    <x:t>NUE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NUCOR CORP COMMON STOCK USD.4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>670346105</x:t>
   </x:si>
   <x:si>
     <x:t>WSC</x:t>
   </x:si>
   <x:si>
     <x:t>WILLSCOT HOLDINGS CORP COMMON STOCK USD.0001</x:t>
   </x:si>
   <x:si>
     <x:t>971378104</x:t>
   </x:si>
   <x:si>
-    <x:t>KNX</x:t>
-[...14 lines deleted...]
-    <x:t>670346105</x:t>
+    <x:t>FLR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FLUOR CORP COMMON STOCK USD.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>343412102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STLD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STEEL DYNAMICS INC COMMON STOCK USD.005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>858119100</x:t>
   </x:si>
   <x:si>
     <x:t>J</x:t>
   </x:si>
   <x:si>
     <x:t>JACOBS SOLUTIONS INC COMMON STOCK</x:t>
   </x:si>
   <x:si>
     <x:t>46982L108</x:t>
   </x:si>
   <x:si>
-    <x:t>STLD</x:t>
-[...14 lines deleted...]
-    <x:t>343412102</x:t>
+    <x:t>WCC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WESCO INTERNATIONAL INC COMMON STOCK USD.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>95082P105</x:t>
   </x:si>
   <x:si>
     <x:t>AIT</x:t>
   </x:si>
   <x:si>
     <x:t>APPLIED INDUSTRIAL TECH INC COMMON STOCK</x:t>
   </x:si>
   <x:si>
     <x:t>03820C105</x:t>
   </x:si>
   <x:si>
-    <x:t>WCC</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>EXP</x:t>
   </x:si>
   <x:si>
     <x:t>EAGLE MATERIALS INC COMMON STOCK USD.01</x:t>
   </x:si>
   <x:si>
     <x:t>26969P108</x:t>
   </x:si>
   <x:si>
+    <x:t>MYRG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYR GROUP INC/DELAWARE COMMON STOCK USD.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55405W104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EOG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EOG RESOURCES INC COMMON STOCK USD.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26875P101</x:t>
+  </x:si>
+  <x:si>
     <x:t>COP</x:t>
   </x:si>
   <x:si>
     <x:t>CONOCOPHILLIPS COMMON STOCK USD.01</x:t>
   </x:si>
   <x:si>
     <x:t>20825C104</x:t>
   </x:si>
   <x:si>
-    <x:t>EOG</x:t>
-[...5 lines deleted...]
-    <x:t>26875P101</x:t>
+    <x:t>ROK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROCKWELL AUTOMATION INC COMMON STOCK USD1.0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>773903109</x:t>
   </x:si>
   <x:si>
     <x:t>LMT</x:t>
   </x:si>
   <x:si>
     <x:t>LOCKHEED MARTIN CORP COMMON STOCK USD1.0</x:t>
   </x:si>
   <x:si>
     <x:t>539830109</x:t>
   </x:si>
   <x:si>
-    <x:t>MYRG</x:t>
-[...5 lines deleted...]
-    <x:t>55405W104</x:t>
+    <x:t>ACA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARCOSA INC COMMON STOCK USD.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>039653100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TFII</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TFI INTERNATIONAL INC COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87241L109</x:t>
   </x:si>
   <x:si>
     <x:t>EQT</x:t>
   </x:si>
   <x:si>
     <x:t>EQT CORP COMMON STOCK</x:t>
   </x:si>
   <x:si>
     <x:t>26884L109</x:t>
   </x:si>
   <x:si>
-    <x:t>ROK</x:t>
-[...23 lines deleted...]
-    <x:t>039653100</x:t>
+    <x:t>HUBB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUBBELL INC COMMON STOCK USD.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>443510607</x:t>
   </x:si>
   <x:si>
     <x:t>AYI</x:t>
   </x:si>
   <x:si>
     <x:t>ACUITY INC COMMON STOCK USD.01</x:t>
   </x:si>
   <x:si>
     <x:t>00508Y102</x:t>
   </x:si>
   <x:si>
-    <x:t>HUBB</x:t>
-[...5 lines deleted...]
-    <x:t>443510607</x:t>
+    <x:t>FERG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FERGUSON ENTERPRISES INC COMMON STOCK USD.0001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31488V107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RRX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REGAL REXNORD CORP COMMON STOCK USD.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>758750103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ODFL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OLD DOMINION FREIGHT LINE COMMON STOCK USD.1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>679580100</x:t>
   </x:si>
   <x:si>
     <x:t>LHX</x:t>
   </x:si>
   <x:si>
     <x:t>L3HARRIS TECHNOLOGIES INC COMMON STOCK USD1.0</x:t>
   </x:si>
   <x:si>
     <x:t>502431109</x:t>
   </x:si>
   <x:si>
-    <x:t>ODFL</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>SAIA</x:t>
   </x:si>
   <x:si>
     <x:t>SAIA INC COMMON STOCK USD.001</x:t>
   </x:si>
   <x:si>
     <x:t>78709Y105</x:t>
   </x:si>
   <x:si>
-    <x:t>FERG</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>URI</x:t>
   </x:si>
   <x:si>
     <x:t>UNITED RENTALS INC COMMON STOCK USD.01</x:t>
   </x:si>
   <x:si>
     <x:t>911363109</x:t>
   </x:si>
   <x:si>
     <x:t>HII</x:t>
   </x:si>
   <x:si>
     <x:t>HUNTINGTON INGALLS INDUSTRIE COMMON STOCK USD.01</x:t>
   </x:si>
   <x:si>
     <x:t>446413106</x:t>
   </x:si>
   <x:si>
     <x:t>ALLE</x:t>
   </x:si>
   <x:si>
     <x:t>ALLEGION PLC COMMON STOCK USD.01</x:t>
   </x:si>
   <x:si>
     <x:t>G0176J109</x:t>
   </x:si>
   <x:si>
     <x:t>CHRW</x:t>
   </x:si>
   <x:si>
     <x:t>C.H. ROBINSON WORLDWIDE INC COMMON STOCK USD.1</x:t>
   </x:si>
   <x:si>
     <x:t>12541W209</x:t>
   </x:si>
   <x:si>
-    <x:t>US DOLLAR</x:t>
-[...5 lines deleted...]
-    <x:t>Cash</x:t>
+    <x:t>STATE STR INSTL INVT TR TREAS MMKT FD INST</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85799J9Y2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Short Term</x:t>
   </x:si>
   <x:si>
     <x:t>The daily holdings report reflects trades made on the prior business day, unless indicated otherwise. Fund holdings shown are based on the information available at the time of posting, and</x:t>
   </x:si>
   <x:si>
     <x:t>may differ from the actual investments held by the relevant fund. They are not recommendations to buy or sell any security.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -814,860 +814,860 @@
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>299</x:v>
+        <x:v>6239</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
-        <x:v>5.6</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>70187.3</x:v>
+        <x:v>1357544</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>1507</x:v>
+        <x:v>31306</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>52745</x:v>
+        <x:v>1116998.1</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>85</x:v>
+        <x:v>4472</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>51460.7</x:v>
+        <x:v>1100961.7</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>165</x:v>
+        <x:v>3120</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>49770.6</x:v>
+        <x:v>1062328.8</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>150</x:v>
+        <x:v>1768</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>49731</x:v>
+        <x:v>1052048.4</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>80</x:v>
+        <x:v>1664</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>49604.8</x:v>
+        <x:v>1026421.8</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>215</x:v>
+        <x:v>22984</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>49037.2</x:v>
+        <x:v>1005779.8</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>2095</x:v>
+        <x:v>3432</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>44288.3</x:v>
+        <x:v>1004168.9</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>1105</x:v>
+        <x:v>6552</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>43028.7</x:v>
+        <x:v>995838.5</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>315</x:v>
+        <x:v>43576</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>42647.9</x:v>
+        <x:v>980460</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>255</x:v>
+        <x:v>18304</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>38885</x:v>
+        <x:v>915383</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>270</x:v>
+        <x:v>5616</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>38070</x:v>
+        <x:v>904569.1</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>880</x:v>
+        <x:v>5304</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>37716.8</x:v>
+        <x:v>839676.2</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>145</x:v>
+        <x:v>3640</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>37407.1</x:v>
+        <x:v>803602.8</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>175</x:v>
+        <x:v>3016</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>37220.8</x:v>
+        <x:v>778218.5</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>160</x:v>
+        <x:v>3328</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>36958.4</x:v>
+        <x:v>767569.9</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>380</x:v>
+        <x:v>3328</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>36274.8</x:v>
+        <x:v>726502.4</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>315</x:v>
+        <x:v>6552</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>35050.1</x:v>
+        <x:v>693856.8</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>65</x:v>
+        <x:v>7904</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>32435</x:v>
+        <x:v>685988.2</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>160</x:v>
+        <x:v>1872</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>32320</x:v>
+        <x:v>677626.6</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>570</x:v>
+        <x:v>1352</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>32011.2</x:v>
+        <x:v>656761</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>90</x:v>
+        <x:v>6968</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>31438.8</x:v>
+        <x:v>652344.2</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>350</x:v>
+        <x:v>7280</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>31073</x:v>
+        <x:v>641076.8</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>335</x:v>
+        <x:v>11856</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>31044.5</x:v>
+        <x:v>618646.1</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>75</x:v>
+        <x:v>1248</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>27225</x:v>
+        <x:v>568264.3</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>60</x:v>
+        <x:v>1560</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>25828.2</x:v>
+        <x:v>566280</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>85</x:v>
+        <x:v>2288</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>25540</x:v>
+        <x:v>565570.7</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>180</x:v>
+        <x:v>3640</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>25063.2</x:v>
+        <x:v>526744.4</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>175</x:v>
+        <x:v>3744</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>25056.5</x:v>
+        <x:v>509521</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>85</x:v>
+        <x:v>1768</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>24979.8</x:v>
+        <x:v>508087.8</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>110</x:v>
+        <x:v>1768</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>24803.9</x:v>
+        <x:v>502695.4</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>25</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>24073</x:v>
+        <x:v>455348.4</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>70</x:v>
+        <x:v>1456</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.7</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>20020.7</x:v>
+        <x:v>435547.8</x:v>
       </x:c>
       <x:c r="G38" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B39" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>105</x:v>
+        <x:v>2184</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>18556.7</x:v>
+        <x:v>369270.7</x:v>
       </x:c>
       <x:c r="G39" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B40" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>95</x:v>
+        <x:v>1976</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>12602.7</x:v>
+        <x:v>253066.3</x:v>
       </x:c>
       <x:c r="G40" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="3" t="s"/>
       <x:c r="B41" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>2766.9</x:v>
+        <x:v>51674.4</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>2766.9</x:v>
+        <x:v>51674.4</x:v>
       </x:c>
       <x:c r="G41" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>