--- v1 (2025-10-29)
+++ v2 (2025-11-19)
@@ -1,384 +1,384 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R534dd715e6574a96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ea79e8c510694f1ca2d97ab521a5011c.psmdcp" Id="R51f5428701e2443a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radcd5b2e9e204fe4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5351ba7a5d8d4be4b10e01d5b8508b27.psmdcp" Id="Ra59c187e9af14c21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="121" uniqueCount="121">
   <x:si>
     <x:t>Holdings - Domestic Resilience ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/29/2025 (%)</x:t>
+    <x:t>As of 11/18/2025 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>UNP</x:t>
   </x:si>
   <x:si>
     <x:t>UNION PACIFIC CORP COMMON STOCK USD2.5</x:t>
   </x:si>
   <x:si>
     <x:t>907818108</x:t>
   </x:si>
   <x:si>
     <x:t>Equity</x:t>
   </x:si>
   <x:si>
     <x:t>CSX</x:t>
   </x:si>
   <x:si>
     <x:t>CSX CORP COMMON STOCK USD1.0</x:t>
   </x:si>
   <x:si>
     <x:t>126408103</x:t>
   </x:si>
   <x:si>
+    <x:t>NOC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NORTHROP GRUMMAN CORP COMMON STOCK USD1.0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>666807102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MLM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARTIN MARIETTA MATERIALS COMMON STOCK USD.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>573284106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NUE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NUCOR CORP COMMON STOCK USD.4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>670346105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KNX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KNIGHT SWIFT TRANSPORTATION COMMON STOCK USD.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>499049104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VMC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VULCAN MATERIALS CO COMMON STOCK USD1.0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>929160109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CSL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARLISLE COS INC COMMON STOCK USD1.0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>142339100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WCC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WESCO INTERNATIONAL INC COMMON STOCK USD.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>95082P105</x:t>
+  </x:si>
+  <x:si>
     <x:t>CLH</x:t>
   </x:si>
   <x:si>
     <x:t>CLEAN HARBORS INC COMMON STOCK USD.01</x:t>
   </x:si>
   <x:si>
     <x:t>184496107</x:t>
   </x:si>
   <x:si>
-    <x:t>CSL</x:t>
-[...50 lines deleted...]
-    <x:t>670346105</x:t>
+    <x:t>STLD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STEEL DYNAMICS INC COMMON STOCK USD.005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>858119100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>J</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JACOBS SOLUTIONS INC COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46982L108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FLR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FLUOR CORP COMMON STOCK USD.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>343412102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYRG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYR GROUP INC/DELAWARE COMMON STOCK USD.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55405W104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APPLIED INDUSTRIAL TECH INC COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03820C105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EOG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EOG RESOURCES INC COMMON STOCK USD.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26875P101</x:t>
   </x:si>
   <x:si>
     <x:t>WSC</x:t>
   </x:si>
   <x:si>
     <x:t>WILLSCOT HOLDINGS CORP COMMON STOCK USD.0001</x:t>
   </x:si>
   <x:si>
     <x:t>971378104</x:t>
   </x:si>
   <x:si>
-    <x:t>FLR</x:t>
-[...41 lines deleted...]
-    <x:t>03820C105</x:t>
+    <x:t>COP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CONOCOPHILLIPS COMMON STOCK USD.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20825C104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EQT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EQT CORP COMMON STOCK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26884L109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROCKWELL AUTOMATION INC COMMON STOCK USD1.0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>773903109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARCOSA INC COMMON STOCK USD.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>039653100</x:t>
   </x:si>
   <x:si>
     <x:t>EXP</x:t>
   </x:si>
   <x:si>
     <x:t>EAGLE MATERIALS INC COMMON STOCK USD.01</x:t>
   </x:si>
   <x:si>
     <x:t>26969P108</x:t>
   </x:si>
   <x:si>
-    <x:t>MYRG</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>LMT</x:t>
   </x:si>
   <x:si>
     <x:t>LOCKHEED MARTIN CORP COMMON STOCK USD1.0</x:t>
   </x:si>
   <x:si>
     <x:t>539830109</x:t>
   </x:si>
   <x:si>
-    <x:t>ACA</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>TFII</x:t>
   </x:si>
   <x:si>
     <x:t>TFI INTERNATIONAL INC COMMON STOCK</x:t>
   </x:si>
   <x:si>
     <x:t>87241L109</x:t>
   </x:si>
   <x:si>
-    <x:t>EQT</x:t>
-[...5 lines deleted...]
-    <x:t>26884L109</x:t>
+    <x:t>FERG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FERGUSON ENTERPRISES INC COMMON STOCK USD.0001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31488V107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AYI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACUITY INC COMMON STOCK USD.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00508Y102</x:t>
   </x:si>
   <x:si>
     <x:t>HUBB</x:t>
   </x:si>
   <x:si>
     <x:t>HUBBELL INC COMMON STOCK USD.01</x:t>
   </x:si>
   <x:si>
     <x:t>443510607</x:t>
   </x:si>
   <x:si>
-    <x:t>AYI</x:t>
-[...14 lines deleted...]
-    <x:t>31488V107</x:t>
+    <x:t>LHX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L3HARRIS TECHNOLOGIES INC COMMON STOCK USD1.0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>502431109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ODFL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OLD DOMINION FREIGHT LINE COMMON STOCK USD.1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>679580100</x:t>
   </x:si>
   <x:si>
     <x:t>RRX</x:t>
   </x:si>
   <x:si>
     <x:t>REGAL REXNORD CORP COMMON STOCK USD.01</x:t>
   </x:si>
   <x:si>
     <x:t>758750103</x:t>
   </x:si>
   <x:si>
-    <x:t>ODFL</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>SAIA</x:t>
   </x:si>
   <x:si>
     <x:t>SAIA INC COMMON STOCK USD.001</x:t>
   </x:si>
   <x:si>
     <x:t>78709Y105</x:t>
   </x:si>
   <x:si>
+    <x:t>HII</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUNTINGTON INGALLS INDUSTRIE COMMON STOCK USD.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>446413106</x:t>
+  </x:si>
+  <x:si>
     <x:t>URI</x:t>
   </x:si>
   <x:si>
     <x:t>UNITED RENTALS INC COMMON STOCK USD.01</x:t>
   </x:si>
   <x:si>
     <x:t>911363109</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>446413106</x:t>
   </x:si>
   <x:si>
     <x:t>ALLE</x:t>
   </x:si>
   <x:si>
     <x:t>ALLEGION PLC COMMON STOCK USD.01</x:t>
   </x:si>
   <x:si>
     <x:t>G0176J109</x:t>
   </x:si>
   <x:si>
     <x:t>CHRW</x:t>
   </x:si>
   <x:si>
     <x:t>C.H. ROBINSON WORLDWIDE INC COMMON STOCK USD.1</x:t>
   </x:si>
   <x:si>
     <x:t>12541W209</x:t>
   </x:si>
   <x:si>
     <x:t>STATE STR INSTL INVT TR TREAS MMKT FD INST</x:t>
   </x:si>
   <x:si>
     <x:t>85799J9Y2</x:t>
   </x:si>
@@ -814,860 +814,860 @@
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>6239</x:v>
+        <x:v>6419</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>5.5</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>1357544</x:v>
+        <x:v>1418599</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>31306</x:v>
+        <x:v>32209</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>1116998.1</x:v>
+        <x:v>1095428.1</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>4472</x:v>
+        <x:v>1819</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>1100961.7</x:v>
+        <x:v>1024151.6</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3120</x:v>
+        <x:v>1712</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>1062328.8</x:v>
+        <x:v>1010028.6</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1768</x:v>
+        <x:v>6741</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>1052048.4</x:v>
+        <x:v>1002184.5</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1664</x:v>
+        <x:v>23647</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>1026421.8</x:v>
+        <x:v>989627</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>22984</x:v>
+        <x:v>3531</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>1005779.8</x:v>
+        <x:v>988962.5</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>3432</x:v>
+        <x:v>3210</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>1004168.9</x:v>
+        <x:v>963513.6</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>6552</x:v>
+        <x:v>3745</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>995838.5</x:v>
+        <x:v>928160.8</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>43576</x:v>
+        <x:v>4601</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>980460</x:v>
+        <x:v>928159.7</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>18304</x:v>
+        <x:v>5778</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
         <x:v>3.5</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>915383</x:v>
+        <x:v>895994.5</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5616</x:v>
+        <x:v>5457</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.2</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>904569.1</x:v>
+        <x:v>821769.6</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>5304</x:v>
+        <x:v>18832</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>839676.2</x:v>
+        <x:v>774371.8</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3640</x:v>
+        <x:v>3424</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>803602.8</x:v>
+        <x:v>754033.3</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>3016</x:v>
+        <x:v>3103</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>778218.5</x:v>
+        <x:v>746674.9</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>3328</x:v>
+        <x:v>6741</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>767569.9</x:v>
+        <x:v>738004.7</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>3328</x:v>
+        <x:v>44833</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>726502.4</x:v>
+        <x:v>728984.6</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>6552</x:v>
+        <x:v>8132</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>693856.8</x:v>
+        <x:v>721471</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>7904</x:v>
+        <x:v>12198</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>685988.2</x:v>
+        <x:v>720169.9</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>1872</x:v>
+        <x:v>1926</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>677626.6</x:v>
+        <x:v>712812.6</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>1352</x:v>
+        <x:v>7169</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>656761</x:v>
+        <x:v>701486.7</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>6968</x:v>
+        <x:v>3424</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>652344.2</x:v>
+        <x:v>681410.2</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>7280</x:v>
+        <x:v>1391</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>641076.8</x:v>
+        <x:v>654855</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>11856</x:v>
+        <x:v>7490</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>618646.1</x:v>
+        <x:v>631556.8</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>1248</x:v>
+        <x:v>2354</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>568264.3</x:v>
+        <x:v>554814.3</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>1560</x:v>
+        <x:v>1605</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>566280</x:v>
+        <x:v>549857</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>2288</x:v>
+        <x:v>1284</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>565570.7</x:v>
+        <x:v>540011.9</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>3640</x:v>
+        <x:v>1819</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>526744.4</x:v>
+        <x:v>523308.1</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>3744</x:v>
+        <x:v>3852</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>509521</x:v>
+        <x:v>500336.3</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>1768</x:v>
+        <x:v>3745</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>508087.8</x:v>
+        <x:v>485277.1</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>1768</x:v>
+        <x:v>1819</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>502695.4</x:v>
+        <x:v>477141.9</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>520</x:v>
+        <x:v>1498</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>455348.4</x:v>
+        <x:v>463990.5</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>1456</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
         <x:v>1.7</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>435547.8</x:v>
+        <x:v>431536.4</x:v>
       </x:c>
       <x:c r="G38" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B39" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>2184</x:v>
+        <x:v>2247</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
         <x:v>1.4</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>369270.7</x:v>
+        <x:v>359452.6</x:v>
       </x:c>
       <x:c r="G39" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B40" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>1976</x:v>
+        <x:v>2033</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.2</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>253066.3</x:v>
+        <x:v>310317.1</x:v>
       </x:c>
       <x:c r="G40" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="3" t="s"/>
       <x:c r="B41" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>51674.4</x:v>
+        <x:v>53723.3</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
         <x:v>0.2</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>51674.4</x:v>
+        <x:v>53723.3</x:v>
       </x:c>
       <x:c r="G41" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
       <x:c r="A44" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
       <x:c r="A45" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>