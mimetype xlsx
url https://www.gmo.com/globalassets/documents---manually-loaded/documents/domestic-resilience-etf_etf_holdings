--- v2 (2025-11-19)
+++ v3 (2026-01-05)
@@ -1,411 +1,447 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radcd5b2e9e204fe4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5351ba7a5d8d4be4b10e01d5b8508b27.psmdcp" Id="Ra59c187e9af14c21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8059c3f4c4324942" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/36ecc178bba44977a4846b68f6a9965e.psmdcp" Id="R782fd4c4cb8b4c89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="121" uniqueCount="121">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="133" uniqueCount="133">
   <x:si>
     <x:t>Holdings - Domestic Resilience ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/18/2025 (%)</x:t>
+    <x:t>As of 01/05/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>UNP</x:t>
   </x:si>
   <x:si>
-    <x:t>UNION PACIFIC CORP COMMON STOCK USD2.5</x:t>
+    <x:t>Union Pacific Corp</x:t>
   </x:si>
   <x:si>
     <x:t>907818108</x:t>
   </x:si>
   <x:si>
     <x:t>Equity</x:t>
   </x:si>
   <x:si>
     <x:t>CSX</x:t>
   </x:si>
   <x:si>
-    <x:t>CSX CORP COMMON STOCK USD1.0</x:t>
+    <x:t>Csx Corp</x:t>
   </x:si>
   <x:si>
     <x:t>126408103</x:t>
   </x:si>
   <x:si>
+    <x:t>CLH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Clean Harbors Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>184496107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MLM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Martin Marietta Materials</x:t>
+  </x:si>
+  <x:si>
+    <x:t>573284106</x:t>
+  </x:si>
+  <x:si>
     <x:t>NOC</x:t>
   </x:si>
   <x:si>
-    <x:t>NORTHROP GRUMMAN CORP COMMON STOCK USD1.0</x:t>
+    <x:t>Northrop Grumman Corp</x:t>
   </x:si>
   <x:si>
     <x:t>666807102</x:t>
   </x:si>
   <x:si>
-    <x:t>MLM</x:t>
-[...5 lines deleted...]
-    <x:t>573284106</x:t>
+    <x:t>CSL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Carlisle Cos Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>142339100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VMC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vulcan Materials Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>929160109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WSC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WillScot Holdings Corporation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>971378104</x:t>
   </x:si>
   <x:si>
     <x:t>NUE</x:t>
   </x:si>
   <x:si>
-    <x:t>NUCOR CORP COMMON STOCK USD.4</x:t>
+    <x:t>Nucor Corp</x:t>
   </x:si>
   <x:si>
     <x:t>670346105</x:t>
   </x:si>
   <x:si>
+    <x:t>J</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jacobs Solutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46982L108</x:t>
+  </x:si>
+  <x:si>
     <x:t>KNX</x:t>
   </x:si>
   <x:si>
-    <x:t>KNIGHT SWIFT TRANSPORTATION COMMON STOCK USD.01</x:t>
+    <x:t>Knight-Swift Transportation</x:t>
   </x:si>
   <x:si>
     <x:t>499049104</x:t>
   </x:si>
   <x:si>
-    <x:t>VMC</x:t>
-[...14 lines deleted...]
-    <x:t>142339100</x:t>
+    <x:t>AIT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applied Industrial Tech Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03820C105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TFII</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tfi International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87241L109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conocophillips</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20825C104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FLR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fluor Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>343412102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYRG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Myr Group Inc/Delaware</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55405W104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rockwell Automation Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>773903109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arcosa Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>039653100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STLD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Steel Dynamics Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>858119100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eagle Materials Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26969P108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EOG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eog Resources Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26875P101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lockheed Martin Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>539830109</x:t>
   </x:si>
   <x:si>
     <x:t>WCC</x:t>
   </x:si>
   <x:si>
-    <x:t>WESCO INTERNATIONAL INC COMMON STOCK USD.01</x:t>
+    <x:t>Wesco International Inc</x:t>
   </x:si>
   <x:si>
     <x:t>95082P105</x:t>
   </x:si>
   <x:si>
-    <x:t>CLH</x:t>
-[...79 lines deleted...]
-  <x:si>
     <x:t>EQT</x:t>
   </x:si>
   <x:si>
-    <x:t>EQT CORP COMMON STOCK</x:t>
+    <x:t>Eqt Corp</x:t>
   </x:si>
   <x:si>
     <x:t>26884L109</x:t>
   </x:si>
   <x:si>
-    <x:t>ROK</x:t>
-[...41 lines deleted...]
-    <x:t>87241L109</x:t>
+    <x:t>SAIA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAIA INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78709Y105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ODFL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Old Dominion Freight Line</x:t>
+  </x:si>
+  <x:si>
+    <x:t>679580100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AYI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Acuity Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00508Y102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUBB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hubbell Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>443510607</x:t>
+  </x:si>
+  <x:si>
+    <x:t>URI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Rentals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>911363109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LHX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L3harris Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>502431109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RRX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regal Rexnord Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>758750103</x:t>
   </x:si>
   <x:si>
     <x:t>FERG</x:t>
   </x:si>
   <x:si>
-    <x:t>FERGUSON ENTERPRISES INC COMMON STOCK USD.0001</x:t>
+    <x:t>Ferguson Enterprises Inc</x:t>
   </x:si>
   <x:si>
     <x:t>31488V107</x:t>
   </x:si>
   <x:si>
-    <x:t>AYI</x:t>
-[...52 lines deleted...]
-  <x:si>
     <x:t>HII</x:t>
   </x:si>
   <x:si>
-    <x:t>HUNTINGTON INGALLS INDUSTRIE COMMON STOCK USD.01</x:t>
+    <x:t>Huntington Ingalls Industrie</x:t>
   </x:si>
   <x:si>
     <x:t>446413106</x:t>
   </x:si>
   <x:si>
-    <x:t>URI</x:t>
-[...5 lines deleted...]
-    <x:t>911363109</x:t>
+    <x:t>TRIXX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Str Instl Invt Tr Treas Mmkt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRSYEKQM0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>N/A</x:t>
   </x:si>
   <x:si>
     <x:t>ALLE</x:t>
   </x:si>
   <x:si>
-    <x:t>ALLEGION PLC COMMON STOCK USD.01</x:t>
-[...2 lines deleted...]
-    <x:t>G0176J109</x:t>
+    <x:t>Allegion Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBFRT3W74</x:t>
   </x:si>
   <x:si>
     <x:t>CHRW</x:t>
   </x:si>
   <x:si>
-    <x:t>C.H. ROBINSON WORLDWIDE INC COMMON STOCK USD.1</x:t>
+    <x:t>C.h. Robinson Worldwide Inc</x:t>
   </x:si>
   <x:si>
     <x:t>12541W209</x:t>
   </x:si>
   <x:si>
-    <x:t>STATE STR INSTL INVT TR TREAS MMKT FD INST</x:t>
-[...5 lines deleted...]
-    <x:t>Short Term</x:t>
+    <x:t>ACM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aecom</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00766T100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FAST</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fastenal Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>311900104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trade Date Cash (USD)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XUSD00000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACCRUED EXPENSES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRWA0JXZ8</x:t>
   </x:si>
   <x:si>
     <x:t>The daily holdings report reflects trades made on the prior business day, unless indicated otherwise. Fund holdings shown are based on the information available at the time of posting, and</x:t>
   </x:si>
   <x:si>
     <x:t>may differ from the actual investments held by the relevant fund. They are not recommendations to buy or sell any security.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -755,937 +791,1027 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G45"/>
+  <x:dimension ref="A1:G49"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="7.070625" style="0" customWidth="1"/>
-    <x:col min="2" max="2" width="52.630625" style="0" customWidth="1"/>
-    <x:col min="3" max="3" width="11.400625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="29.880625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="12.480625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.110625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="15.300625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.680625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.370625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="A5" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>6419</x:v>
+        <x:v>6899</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
-        <x:v>5.5</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>1418599</x:v>
+        <x:v>1599947.1</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>32209</x:v>
+        <x:v>34617</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
         <x:v>4.2</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>1095428.1</x:v>
+        <x:v>1255558.6</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>1819</x:v>
+        <x:v>4945</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>1024151.6</x:v>
+        <x:v>1203810.8</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1712</x:v>
+        <x:v>1840</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>3.9</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>1010028.6</x:v>
+        <x:v>1167369.6</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>6741</x:v>
+        <x:v>1955</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.8</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>1002184.5</x:v>
+        <x:v>1144965.3</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>23647</x:v>
+        <x:v>3450</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>989627</x:v>
+        <x:v>1133221.5</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>3531</x:v>
+        <x:v>3795</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>988962.5</x:v>
+        <x:v>1110606.8</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>3210</x:v>
+        <x:v>52637</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>963513.6</x:v>
+        <x:v>1024842.4</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>3745</x:v>
+        <x:v>5413</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>928160.8</x:v>
+        <x:v>916962.2</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>4601</x:v>
+        <x:v>6758</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>3.6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>928159.7</x:v>
+        <x:v>914695.3</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>5778</x:v>
+        <x:v>16889</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>895994.5</x:v>
+        <x:v>882112.5</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>5457</x:v>
+        <x:v>3335</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>3.2</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>821769.6</x:v>
+        <x:v>865866.1</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>18832</x:v>
+        <x:v>8050</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>774371.8</x:v>
+        <x:v>857969</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3424</x:v>
+        <x:v>8740</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>754033.3</x:v>
+        <x:v>845158</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>3103</x:v>
+        <x:v>20240</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>746674.9</x:v>
+        <x:v>844008</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>6741</x:v>
+        <x:v>3680</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>738004.7</x:v>
+        <x:v>834329.6</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>44833</x:v>
+        <x:v>2070</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>728984.6</x:v>
+        <x:v>824998.5</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>8132</x:v>
+        <x:v>7705</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>721471</x:v>
+        <x:v>822817</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>12198</x:v>
+        <x:v>4452</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>720169.9</x:v>
+        <x:v>783819.1</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>1926</x:v>
+        <x:v>3680</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>712812.6</x:v>
+        <x:v>778136</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>7169</x:v>
+        <x:v>7245</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>701486.7</x:v>
+        <x:v>777171.2</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>3424</x:v>
+        <x:v>1495</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>681410.2</x:v>
+        <x:v>743119.7</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>1391</x:v>
+        <x:v>2863</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>654855</x:v>
+        <x:v>721819.6</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>7490</x:v>
+        <x:v>13110</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>631556.8</x:v>
+        <x:v>700860.6</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>2354</x:v>
+        <x:v>1955</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>554814.3</x:v>
+        <x:v>659167.4</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>1605</x:v>
+        <x:v>4140</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>549857</x:v>
+        <x:v>659046.6</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>1284</x:v>
+        <x:v>1725</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>540011.9</x:v>
+        <x:v>643994.3</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>1819</x:v>
+        <x:v>1380</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>523308.1</x:v>
+        <x:v>638981.4</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>3852</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>500336.3</x:v>
+        <x:v>610133.3</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>3745</x:v>
+        <x:v>1955</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>485277.1</x:v>
+        <x:v>595258.4</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>1819</x:v>
+        <x:v>4025</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>477141.9</x:v>
+        <x:v>588052.5</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>1498</x:v>
+        <x:v>2530</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>463990.5</x:v>
+        <x:v>569300.6</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>535</x:v>
+        <x:v>1610</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>1.7</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>431536.4</x:v>
+        <x:v>563097.5</x:v>
       </x:c>
       <x:c r="G38" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B39" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>2247</x:v>
+        <x:v>473777</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>359452.6</x:v>
+        <x:v>473777</x:v>
       </x:c>
       <x:c r="G39" s="3" t="s">
-        <x:v>12</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="B40" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>2033</x:v>
+        <x:v>2415</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
+        <x:v>1.3</x:v>
+      </x:c>
+      <x:c r="F40" s="4" t="n">
+        <x:v>388597.7</x:v>
+      </x:c>
+      <x:c r="G40" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:7">
+      <x:c r="A41" s="3" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="B41" s="3" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="C41" s="3" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="D41" s="4" t="n">
+        <x:v>2185</x:v>
+      </x:c>
+      <x:c r="E41" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
-      <x:c r="F40" s="4" t="n">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>53723.3</x:v>
+        <x:v>357728.2</x:v>
       </x:c>
       <x:c r="G41" s="3" t="s">
-        <x:v>117</x:v>
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:7">
+      <x:c r="A42" s="3" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="B42" s="3" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C42" s="3" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="D42" s="4" t="n">
+        <x:v>3062</x:v>
+      </x:c>
+      <x:c r="E42" s="4" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F42" s="4" t="n">
+        <x:v>295176.8</x:v>
+      </x:c>
+      <x:c r="G42" s="3" t="s">
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="3" t="s">
-        <x:v>118</x:v>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="B43" s="3" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="C43" s="3" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="D43" s="4" t="n">
+        <x:v>7203</x:v>
+      </x:c>
+      <x:c r="E43" s="4" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F43" s="4" t="n">
+        <x:v>291289.3</x:v>
+      </x:c>
+      <x:c r="G43" s="3" t="s">
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
-      <x:c r="A44" s="3" t="s">
-        <x:v>119</x:v>
+      <x:c r="A44" s="3" t="s"/>
+      <x:c r="B44" s="3" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="C44" s="3" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="D44" s="4" t="n">
+        <x:v>14358.4</x:v>
+      </x:c>
+      <x:c r="E44" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F44" s="4" t="n">
+        <x:v>14358.4</x:v>
+      </x:c>
+      <x:c r="G44" s="3" t="s">
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:7">
-      <x:c r="A45" s="1" t="s">
-        <x:v>120</x:v>
+      <x:c r="A45" s="3" t="s"/>
+      <x:c r="B45" s="3" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="C45" s="3" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="D45" s="4" t="n">
+        <x:v>-12374.7</x:v>
+      </x:c>
+      <x:c r="E45" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F45" s="4" t="n">
+        <x:v>-12374.7</x:v>
+      </x:c>
+      <x:c r="G45" s="3" t="s">
+        <x:v>127</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:7">
+      <x:c r="A47" s="3" t="s">
+        <x:v>130</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:7">
+      <x:c r="A48" s="3" t="s">
+        <x:v>131</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:7">
+      <x:c r="A49" s="1" t="s">
+        <x:v>132</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>