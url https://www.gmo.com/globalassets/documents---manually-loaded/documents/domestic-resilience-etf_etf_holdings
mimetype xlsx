--- v3 (2026-01-05)
+++ v4 (2026-01-27)
@@ -1,447 +1,429 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8059c3f4c4324942" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/36ecc178bba44977a4846b68f6a9965e.psmdcp" Id="R782fd4c4cb8b4c89" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53367d7f72fd4181" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cf3d1be2334347ec88a62375138b9aec.psmdcp" Id="R170cfd82f90c4c9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="133" uniqueCount="133">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="127" uniqueCount="127">
   <x:si>
     <x:t>Holdings - Domestic Resilience ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/05/2026 (%)</x:t>
+    <x:t>As of 01/26/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>UNP</x:t>
   </x:si>
   <x:si>
-    <x:t>Union Pacific Corp</x:t>
+    <x:t>UNION PACIFIC CORP</x:t>
   </x:si>
   <x:si>
     <x:t>907818108</x:t>
   </x:si>
   <x:si>
     <x:t>Equity</x:t>
   </x:si>
   <x:si>
+    <x:t>NOC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NORTHROP GRUMMAN CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>666807102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLEAN HARBORS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>184496107</x:t>
+  </x:si>
+  <x:si>
     <x:t>CSX</x:t>
   </x:si>
   <x:si>
-    <x:t>Csx Corp</x:t>
+    <x:t>CSX CORP</x:t>
   </x:si>
   <x:si>
     <x:t>126408103</x:t>
   </x:si>
   <x:si>
-    <x:t>CLH</x:t>
-[...5 lines deleted...]
-    <x:t>184496107</x:t>
+    <x:t>CSL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARLISLE COS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>142339100</x:t>
   </x:si>
   <x:si>
     <x:t>MLM</x:t>
   </x:si>
   <x:si>
-    <x:t>Martin Marietta Materials</x:t>
+    <x:t>MARTIN MARIETTA MATERIALS</x:t>
   </x:si>
   <x:si>
     <x:t>573284106</x:t>
   </x:si>
   <x:si>
-    <x:t>NOC</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>VMC</x:t>
   </x:si>
   <x:si>
-    <x:t>Vulcan Materials Co</x:t>
+    <x:t>VULCAN MATERIALS CO</x:t>
   </x:si>
   <x:si>
     <x:t>929160109</x:t>
   </x:si>
   <x:si>
     <x:t>WSC</x:t>
   </x:si>
   <x:si>
-    <x:t>WillScot Holdings Corporation</x:t>
+    <x:t>WILLSCOT HOLDINGS CORP</x:t>
   </x:si>
   <x:si>
     <x:t>971378104</x:t>
   </x:si>
   <x:si>
     <x:t>NUE</x:t>
   </x:si>
   <x:si>
-    <x:t>Nucor Corp</x:t>
+    <x:t>NUCOR CORP</x:t>
   </x:si>
   <x:si>
     <x:t>670346105</x:t>
   </x:si>
   <x:si>
+    <x:t>KNX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KNIGHT SWIFT TRANSPORTATION</x:t>
+  </x:si>
+  <x:si>
+    <x:t>499049104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APPLIED INDUSTRIAL TECH INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03820C105</x:t>
+  </x:si>
+  <x:si>
     <x:t>J</x:t>
   </x:si>
   <x:si>
-    <x:t>Jacobs Solutions Inc</x:t>
+    <x:t>JACOBS SOLUTIONS INC</x:t>
   </x:si>
   <x:si>
     <x:t>46982L108</x:t>
   </x:si>
   <x:si>
-    <x:t>KNX</x:t>
-[...14 lines deleted...]
-    <x:t>03820C105</x:t>
+    <x:t>FLR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FLUOR CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>343412102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYRG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYR GROUP INC/DELAWARE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55405W104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LOCKHEED MARTIN CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>539830109</x:t>
   </x:si>
   <x:si>
     <x:t>TFII</x:t>
   </x:si>
   <x:si>
-    <x:t>Tfi International Inc</x:t>
+    <x:t>TFI INTERNATIONAL INC</x:t>
   </x:si>
   <x:si>
     <x:t>87241L109</x:t>
   </x:si>
   <x:si>
+    <x:t>ACA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARCOSA INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>039653100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROCKWELL AUTOMATION INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>773903109</x:t>
+  </x:si>
+  <x:si>
     <x:t>COP</x:t>
   </x:si>
   <x:si>
-    <x:t>Conocophillips</x:t>
+    <x:t>CONOCOPHILLIPS</x:t>
   </x:si>
   <x:si>
     <x:t>20825C104</x:t>
   </x:si>
   <x:si>
-    <x:t>FLR</x:t>
-[...32 lines deleted...]
-    <x:t>039653100</x:t>
+    <x:t>EXP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EAGLE MATERIALS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26969P108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WCC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WESCO INTERNATIONAL INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>95082P105</x:t>
   </x:si>
   <x:si>
     <x:t>STLD</x:t>
   </x:si>
   <x:si>
-    <x:t>Steel Dynamics Inc</x:t>
+    <x:t>STEEL DYNAMICS INC</x:t>
   </x:si>
   <x:si>
     <x:t>858119100</x:t>
   </x:si>
   <x:si>
-    <x:t>EXP</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>EOG</x:t>
   </x:si>
   <x:si>
-    <x:t>Eog Resources Inc</x:t>
+    <x:t>EOG RESOURCES INC</x:t>
   </x:si>
   <x:si>
     <x:t>26875P101</x:t>
   </x:si>
   <x:si>
-    <x:t>LMT</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>EQT</x:t>
   </x:si>
   <x:si>
-    <x:t>Eqt Corp</x:t>
+    <x:t>EQT CORP</x:t>
   </x:si>
   <x:si>
     <x:t>26884L109</x:t>
   </x:si>
   <x:si>
+    <x:t>ODFL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OLD DOMINION FREIGHT LINE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>679580100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LHX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L3HARRIS TECHNOLOGIES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>502431109</x:t>
+  </x:si>
+  <x:si>
     <x:t>SAIA</x:t>
   </x:si>
   <x:si>
     <x:t>SAIA INC</x:t>
   </x:si>
   <x:si>
     <x:t>78709Y105</x:t>
   </x:si>
   <x:si>
-    <x:t>ODFL</x:t>
-[...5 lines deleted...]
-    <x:t>679580100</x:t>
+    <x:t>HII</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUNTINGTON INGALLS INDUSTRIE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>446413106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUBB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUBBELL INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>443510607</x:t>
+  </x:si>
+  <x:si>
+    <x:t>URI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNITED RENTALS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>911363109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FERG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FERGUSON ENTERPRISES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31488V107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RRX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REGAL REXNORD CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>758750103</x:t>
   </x:si>
   <x:si>
     <x:t>AYI</x:t>
   </x:si>
   <x:si>
-    <x:t>Acuity Inc</x:t>
+    <x:t>ACUITY INC</x:t>
   </x:si>
   <x:si>
     <x:t>00508Y102</x:t>
   </x:si>
   <x:si>
-    <x:t>HUBB</x:t>
-[...64 lines deleted...]
-  <x:si>
     <x:t>ALLE</x:t>
   </x:si>
   <x:si>
-    <x:t>Allegion Plc</x:t>
-[...2 lines deleted...]
-    <x:t>SBFRT3W74</x:t>
+    <x:t>ALLEGION PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G0176J109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STATE STR INSTL INVT TR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>85799J9Y2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Short Term</x:t>
   </x:si>
   <x:si>
     <x:t>CHRW</x:t>
   </x:si>
   <x:si>
-    <x:t>C.h. Robinson Worldwide Inc</x:t>
+    <x:t>C.H. ROBINSON WORLDWIDE INC</x:t>
   </x:si>
   <x:si>
     <x:t>12541W209</x:t>
   </x:si>
   <x:si>
+    <x:t>FAST</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FASTENAL CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>311900104</x:t>
+  </x:si>
+  <x:si>
     <x:t>ACM</x:t>
   </x:si>
   <x:si>
-    <x:t>Aecom</x:t>
+    <x:t>AECOM</x:t>
   </x:si>
   <x:si>
     <x:t>00766T100</x:t>
-  </x:si>
-[...22 lines deleted...]
-    <x:t>BRWA0JXZ8</x:t>
   </x:si>
   <x:si>
     <x:t>The daily holdings report reflects trades made on the prior business day, unless indicated otherwise. Fund holdings shown are based on the information available at the time of posting, and</x:t>
   </x:si>
   <x:si>
     <x:t>may differ from the actual investments held by the relevant fund. They are not recommendations to buy or sell any security.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -791,1027 +773,983 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G49"/>
+  <x:dimension ref="A1:G47"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="7.070625" style="0" customWidth="1"/>
-    <x:col min="2" max="2" width="29.880625" style="0" customWidth="1"/>
-    <x:col min="3" max="3" width="12.480625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="30.560625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="11.400625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.110625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="15.300625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.680625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.370625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
       <x:c r="A5" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C5" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>6899</x:v>
+        <x:v>7019</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
-        <x:v>5.3</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>1599947.1</x:v>
+        <x:v>1611913.4</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>34617</x:v>
+        <x:v>1989</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>4.1</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>1255558.6</x:v>
+        <x:v>1338497.6</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>4945</x:v>
+        <x:v>5031</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>1203810.8</x:v>
+        <x:v>1305594.8</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>1840</x:v>
+        <x:v>35219</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>1167369.6</x:v>
+        <x:v>1290424.2</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>1955</x:v>
+        <x:v>3510</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>1144965.3</x:v>
+        <x:v>1225516.5</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3450</x:v>
+        <x:v>1872</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>3.8</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>1133221.5</x:v>
+        <x:v>1215826.6</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>3795</x:v>
+        <x:v>3861</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>3.7</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>1110606.8</x:v>
+        <x:v>1158570.3</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>52637</x:v>
+        <x:v>53553</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>3.4</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>1024842.4</x:v>
+        <x:v>1131039.4</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>5413</x:v>
+        <x:v>5507</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>916962.2</x:v>
+        <x:v>1000346.6</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>6758</x:v>
+        <x:v>17183</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>914695.3</x:v>
+        <x:v>978571.9</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>16889</x:v>
+        <x:v>3393</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>882112.5</x:v>
+        <x:v>950515</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3335</x:v>
+        <x:v>6876</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>865866.1</x:v>
+        <x:v>948131.6</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>8050</x:v>
+        <x:v>20592</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>857969</x:v>
+        <x:v>938583.4</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>8740</x:v>
+        <x:v>3744</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>845158</x:v>
+        <x:v>915782.4</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>20240</x:v>
+        <x:v>1521</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>844008</x:v>
+        <x:v>898637.2</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>3680</x:v>
+        <x:v>8190</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>834329.6</x:v>
+        <x:v>894839.4</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>2070</x:v>
+        <x:v>7839</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>824998.5</x:v>
+        <x:v>889726.5</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>7705</x:v>
+        <x:v>2106</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
         <x:v>2.7</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>822817</x:v>
+        <x:v>879971</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>4452</x:v>
+        <x:v>8892</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>783819.1</x:v>
+        <x:v>874528.2</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>3680</x:v>
+        <x:v>3744</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>778136</x:v>
+        <x:v>837682.6</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>7245</x:v>
+        <x:v>2913</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>777171.2</x:v>
+        <x:v>834312.3</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>1495</x:v>
+        <x:v>4530</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>743119.7</x:v>
+        <x:v>821379.6</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>2863</x:v>
+        <x:v>7371</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>721819.6</x:v>
+        <x:v>798500.4</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>13110</x:v>
+        <x:v>13338</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>700860.6</x:v>
+        <x:v>740525.8</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>1955</x:v>
+        <x:v>4212</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>659167.4</x:v>
+        <x:v>734151.6</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>4140</x:v>
+        <x:v>1989</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>659046.6</x:v>
+        <x:v>705558</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>1725</x:v>
+        <x:v>1989</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>643994.3</x:v>
+        <x:v>698755.6</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>1380</x:v>
+        <x:v>1638</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>638981.4</x:v>
+        <x:v>685634</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>722</x:v>
+        <x:v>1404</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>610133.3</x:v>
+        <x:v>681684.1</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>1955</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>595258.4</x:v>
+        <x:v>674568</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>4025</x:v>
+        <x:v>2574</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>588052.5</x:v>
+        <x:v>653847.5</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>2530</x:v>
+        <x:v>4095</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>569300.6</x:v>
+        <x:v>639147.6</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>1610</x:v>
+        <x:v>1998</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
         <x:v>1.9</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>563097.5</x:v>
+        <x:v>629869.5</x:v>
       </x:c>
       <x:c r="G38" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B39" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>473777</x:v>
+        <x:v>2457</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.3</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>473777</x:v>
+        <x:v>409827.6</x:v>
       </x:c>
       <x:c r="G39" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:7">
+      <x:c r="A40" s="3" t="s"/>
+      <x:c r="B40" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A40" s="3" t="s">
+      <x:c r="C40" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="B40" s="3" t="s">
+      <x:c r="D40" s="4" t="n">
+        <x:v>402883</x:v>
+      </x:c>
+      <x:c r="E40" s="4" t="n">
+        <x:v>1.2</x:v>
+      </x:c>
+      <x:c r="F40" s="4" t="n">
+        <x:v>402883</x:v>
+      </x:c>
+      <x:c r="G40" s="3" t="s">
         <x:v>114</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="3" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="B41" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="B41" s="3" t="s">
+      <x:c r="C41" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="C41" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>2185</x:v>
+        <x:v>2223</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>357728.2</x:v>
+        <x:v>392715.2</x:v>
       </x:c>
       <x:c r="G41" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="3" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="B42" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="B42" s="3" t="s">
+      <x:c r="C42" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="C42" s="3" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>3062</x:v>
+        <x:v>7329</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>295176.8</x:v>
+        <x:v>321669.8</x:v>
       </x:c>
       <x:c r="G42" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="3" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="B43" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="B43" s="3" t="s">
+      <x:c r="C43" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="C43" s="3" t="s">
+      <x:c r="D43" s="4" t="n">
+        <x:v>3116</x:v>
+      </x:c>
+      <x:c r="E43" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="F43" s="4" t="n">
+        <x:v>302501.3</x:v>
+      </x:c>
+      <x:c r="G43" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:7">
+      <x:c r="A45" s="3" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="D43" s="4" t="n">
-[...14 lines deleted...]
-      <x:c r="B44" s="3" t="s">
+    </x:row>
+    <x:row r="46" spans="1:7">
+      <x:c r="A46" s="3" t="s">
         <x:v>125</x:v>
       </x:c>
-      <x:c r="C44" s="3" t="s">
+    </x:row>
+    <x:row r="47" spans="1:7">
+      <x:c r="A47" s="1" t="s">
         <x:v>126</x:v>
-      </x:c>
-[...46 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>