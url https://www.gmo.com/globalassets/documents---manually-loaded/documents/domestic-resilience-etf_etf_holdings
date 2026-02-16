--- v4 (2026-01-27)
+++ v5 (2026-02-16)
@@ -1,377 +1,377 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53367d7f72fd4181" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cf3d1be2334347ec88a62375138b9aec.psmdcp" Id="R170cfd82f90c4c9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ed40dce7efa4f22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9006036f78ce462fb76f661a2f29d0d1.psmdcp" Id="R98e179576fb24ac8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="127" uniqueCount="127">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="130" uniqueCount="130">
   <x:si>
     <x:t>Holdings - Domestic Resilience ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/26/2026 (%)</x:t>
+    <x:t>As of 02/13/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>UNP</x:t>
   </x:si>
   <x:si>
     <x:t>UNION PACIFIC CORP</x:t>
   </x:si>
   <x:si>
     <x:t>907818108</x:t>
   </x:si>
   <x:si>
     <x:t>Equity</x:t>
   </x:si>
   <x:si>
+    <x:t>CSL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARLISLE COS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>142339100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CSX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CSX CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>126408103</x:t>
+  </x:si>
+  <x:si>
     <x:t>NOC</x:t>
   </x:si>
   <x:si>
     <x:t>NORTHROP GRUMMAN CORP</x:t>
   </x:si>
   <x:si>
     <x:t>666807102</x:t>
   </x:si>
   <x:si>
     <x:t>CLH</x:t>
   </x:si>
   <x:si>
     <x:t>CLEAN HARBORS INC</x:t>
   </x:si>
   <x:si>
     <x:t>184496107</x:t>
   </x:si>
   <x:si>
-    <x:t>CSX</x:t>
-[...14 lines deleted...]
-    <x:t>142339100</x:t>
+    <x:t>VMC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VULCAN MATERIALS CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>929160109</x:t>
   </x:si>
   <x:si>
     <x:t>MLM</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIN MARIETTA MATERIALS</x:t>
   </x:si>
   <x:si>
     <x:t>573284106</x:t>
   </x:si>
   <x:si>
-    <x:t>VMC</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>WSC</x:t>
   </x:si>
   <x:si>
     <x:t>WILLSCOT HOLDINGS CORP</x:t>
   </x:si>
   <x:si>
     <x:t>971378104</x:t>
   </x:si>
   <x:si>
     <x:t>NUE</x:t>
   </x:si>
   <x:si>
     <x:t>NUCOR CORP</x:t>
   </x:si>
   <x:si>
     <x:t>670346105</x:t>
   </x:si>
   <x:si>
     <x:t>KNX</x:t>
   </x:si>
   <x:si>
     <x:t>KNIGHT SWIFT TRANSPORTATION</x:t>
   </x:si>
   <x:si>
     <x:t>499049104</x:t>
   </x:si>
   <x:si>
+    <x:t>MYRG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MYR GROUP INC/DELAWARE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>55405W104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARCOSA INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>039653100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CONOCOPHILLIPS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20825C104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LMT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LOCKHEED MARTIN CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>539830109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TFII</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TFI INTERNATIONAL INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87241L109</x:t>
+  </x:si>
+  <x:si>
     <x:t>AIT</x:t>
   </x:si>
   <x:si>
     <x:t>APPLIED INDUSTRIAL TECH INC</x:t>
   </x:si>
   <x:si>
     <x:t>03820C105</x:t>
   </x:si>
   <x:si>
+    <x:t>FLR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FLUOR CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>343412102</x:t>
+  </x:si>
+  <x:si>
     <x:t>J</x:t>
   </x:si>
   <x:si>
     <x:t>JACOBS SOLUTIONS INC</x:t>
   </x:si>
   <x:si>
     <x:t>46982L108</x:t>
   </x:si>
   <x:si>
-    <x:t>FLR</x:t>
-[...41 lines deleted...]
-    <x:t>039653100</x:t>
+    <x:t>STLD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STEEL DYNAMICS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>858119100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RRX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REGAL REXNORD CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>758750103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EXP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EAGLE MATERIALS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26969P108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EOG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EOG RESOURCES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26875P101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WCC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WESCO INTERNATIONAL INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>95082P105</x:t>
   </x:si>
   <x:si>
     <x:t>ROK</x:t>
   </x:si>
   <x:si>
     <x:t>ROCKWELL AUTOMATION INC</x:t>
   </x:si>
   <x:si>
     <x:t>773903109</x:t>
   </x:si>
   <x:si>
-    <x:t>COP</x:t>
-[...41 lines deleted...]
-    <x:t>26875P101</x:t>
+    <x:t>ODFL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OLD DOMINION FREIGHT LINE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>679580100</x:t>
   </x:si>
   <x:si>
     <x:t>EQT</x:t>
   </x:si>
   <x:si>
     <x:t>EQT CORP</x:t>
   </x:si>
   <x:si>
     <x:t>26884L109</x:t>
   </x:si>
   <x:si>
-    <x:t>ODFL</x:t>
-[...5 lines deleted...]
-    <x:t>679580100</x:t>
+    <x:t>SAIA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAIA INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78709Y105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUBB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUBBELL INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>443510607</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FERG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FERGUSON ENTERPRISES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31488V107</x:t>
   </x:si>
   <x:si>
     <x:t>LHX</x:t>
   </x:si>
   <x:si>
     <x:t>L3HARRIS TECHNOLOGIES INC</x:t>
   </x:si>
   <x:si>
     <x:t>502431109</x:t>
   </x:si>
   <x:si>
-    <x:t>SAIA</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>HII</x:t>
   </x:si>
   <x:si>
     <x:t>HUNTINGTON INGALLS INDUSTRIE</x:t>
   </x:si>
   <x:si>
     <x:t>446413106</x:t>
   </x:si>
   <x:si>
-    <x:t>HUBB</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>URI</x:t>
   </x:si>
   <x:si>
     <x:t>UNITED RENTALS INC</x:t>
   </x:si>
   <x:si>
     <x:t>911363109</x:t>
   </x:si>
   <x:si>
-    <x:t>FERG</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>AYI</x:t>
   </x:si>
   <x:si>
     <x:t>ACUITY INC</x:t>
   </x:si>
   <x:si>
     <x:t>00508Y102</x:t>
   </x:si>
   <x:si>
     <x:t>ALLE</x:t>
   </x:si>
   <x:si>
     <x:t>ALLEGION PLC</x:t>
   </x:si>
   <x:si>
     <x:t>G0176J109</x:t>
   </x:si>
   <x:si>
     <x:t>STATE STR INSTL INVT TR</x:t>
   </x:si>
   <x:si>
     <x:t>85799J9Y2</x:t>
   </x:si>
   <x:si>
     <x:t>Short Term</x:t>
@@ -380,50 +380,59 @@
     <x:t>CHRW</x:t>
   </x:si>
   <x:si>
     <x:t>C.H. ROBINSON WORLDWIDE INC</x:t>
   </x:si>
   <x:si>
     <x:t>12541W209</x:t>
   </x:si>
   <x:si>
     <x:t>FAST</x:t>
   </x:si>
   <x:si>
     <x:t>FASTENAL CO</x:t>
   </x:si>
   <x:si>
     <x:t>311900104</x:t>
   </x:si>
   <x:si>
     <x:t>ACM</x:t>
   </x:si>
   <x:si>
     <x:t>AECOM</x:t>
   </x:si>
   <x:si>
     <x:t>00766T100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>US DOLLAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>999USDZ92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash</x:t>
   </x:si>
   <x:si>
     <x:t>The daily holdings report reflects trades made on the prior business day, unless indicated otherwise. Fund holdings shown are based on the information available at the time of posting, and</x:t>
   </x:si>
   <x:si>
     <x:t>may differ from the actual investments held by the relevant fund. They are not recommendations to buy or sell any security.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.0"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
@@ -773,51 +782,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G47"/>
+  <x:dimension ref="A1:G48"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="7.070625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="30.560625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.400625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.110625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="15.300625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.680625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.370625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
@@ -832,924 +841,945 @@
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>7019</x:v>
+        <x:v>7379</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
-        <x:v>5</x:v>
+        <x:v>5.4</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>1611913.4</x:v>
+        <x:v>1931600.8</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>1989</x:v>
+        <x:v>3690</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>4.1</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>1338497.6</x:v>
+        <x:v>1537069.5</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>5031</x:v>
+        <x:v>37025</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>4.2</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>1305594.8</x:v>
+        <x:v>1506917.5</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>35219</x:v>
+        <x:v>2091</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>1290424.2</x:v>
+        <x:v>1453370.5</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3510</x:v>
+        <x:v>5289</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>1225516.5</x:v>
+        <x:v>1411687</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>1872</x:v>
+        <x:v>4059</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>3.8</x:v>
+        <x:v>3.6</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>1215826.6</x:v>
+        <x:v>1306673.3</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>3861</x:v>
+        <x:v>1968</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>1158570.3</x:v>
+        <x:v>1299017.8</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>53553</x:v>
+        <x:v>56301</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>1131039.4</x:v>
+        <x:v>1194707.2</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>5507</x:v>
+        <x:v>5789</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>3.1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>1000346.6</x:v>
+        <x:v>1093021.1</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>17183</x:v>
+        <x:v>18065</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>978571.9</x:v>
+        <x:v>1082093.5</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>3393</x:v>
+        <x:v>3936</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>950515</x:v>
+        <x:v>1054100.2</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>6876</x:v>
+        <x:v>8241</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>948131.6</x:v>
+        <x:v>1044299.5</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>20592</x:v>
+        <x:v>9348</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>938583.4</x:v>
+        <x:v>1036038.8</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3744</x:v>
+        <x:v>1599</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>915782.4</x:v>
+        <x:v>1019250.6</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>1521</x:v>
+        <x:v>8610</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>898637.2</x:v>
+        <x:v>994110.6</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>8190</x:v>
+        <x:v>3567</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>894839.4</x:v>
+        <x:v>993480.8</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>7839</x:v>
+        <x:v>21648</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>889726.5</x:v>
+        <x:v>988664.2</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>2106</x:v>
+        <x:v>7230</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>879971</x:v>
+        <x:v>950889.6</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>8892</x:v>
+        <x:v>4764</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>2.6</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>874528.2</x:v>
+        <x:v>950465.6</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>3744</x:v>
+        <x:v>4305</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>837682.6</x:v>
+        <x:v>919461.9</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>2913</x:v>
+        <x:v>3936</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
         <x:v>2.6</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>834312.3</x:v>
+        <x:v>915789.1</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>4530</x:v>
+        <x:v>7749</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>821379.6</x:v>
+        <x:v>913219.7</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>7371</x:v>
+        <x:v>3063</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
         <x:v>2.5</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>798500.4</x:v>
+        <x:v>905759.7</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>13338</x:v>
+        <x:v>2214</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>740525.8</x:v>
+        <x:v>845748</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>4212</x:v>
+        <x:v>4428</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
         <x:v>2.3</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>734151.6</x:v>
+        <x:v>821438.3</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>1989</x:v>
+        <x:v>14022</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>705558</x:v>
+        <x:v>801778</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>1989</x:v>
+        <x:v>2091</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
         <x:v>2.2</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>698755.6</x:v>
+        <x:v>792656.3</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>1638</x:v>
+        <x:v>1476</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
         <x:v>2.1</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>685634</x:v>
+        <x:v>761645.5</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>1404</x:v>
+        <x:v>2706</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>681684.1</x:v>
+        <x:v>713464</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>734</x:v>
+        <x:v>2091</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>674568</x:v>
+        <x:v>710730.9</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>2574</x:v>
+        <x:v>1722</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>653847.5</x:v>
+        <x:v>700440.7</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>4095</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>639147.6</x:v>
+        <x:v>669484.2</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>1998</x:v>
+        <x:v>2100</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>629869.5</x:v>
+        <x:v>657804</x:v>
       </x:c>
       <x:c r="G38" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B39" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>2457</x:v>
+        <x:v>2583</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
         <x:v>1.3</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>409827.6</x:v>
+        <x:v>460290.6</x:v>
       </x:c>
       <x:c r="G39" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
       <x:c r="A40" s="3" t="s"/>
       <x:c r="B40" s="3" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>402883</x:v>
+        <x:v>422870.5</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
         <x:v>1.2</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>402883</x:v>
+        <x:v>422870.5</x:v>
       </x:c>
       <x:c r="G40" s="3" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B41" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>2223</x:v>
+        <x:v>2337</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>392715.2</x:v>
+        <x:v>392101.9</x:v>
       </x:c>
       <x:c r="G41" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B42" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C42" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>7329</x:v>
+        <x:v>7707</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>321669.8</x:v>
+        <x:v>350976.8</x:v>
       </x:c>
       <x:c r="G42" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
       <x:c r="A43" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B43" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>3116</x:v>
+        <x:v>3278</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
-        <x:v>0.9</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="F43" s="4" t="n">
-        <x:v>302501.3</x:v>
+        <x:v>289709.6</x:v>
       </x:c>
       <x:c r="G43" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
-    <x:row r="45" spans="1:7">
-      <x:c r="A45" s="3" t="s">
+    <x:row r="44" spans="1:7">
+      <x:c r="A44" s="3" t="s"/>
+      <x:c r="B44" s="3" t="s">
         <x:v>124</x:v>
+      </x:c>
+      <x:c r="C44" s="3" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="D44" s="4" t="n">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="E44" s="4" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F44" s="4" t="n">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="G44" s="3" t="s">
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:7">
       <x:c r="A46" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
-      <x:c r="A47" s="1" t="s">
-        <x:v>126</x:v>
+      <x:c r="A47" s="3" t="s">
+        <x:v>128</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:7">
+      <x:c r="A48" s="1" t="s">
+        <x:v>129</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>