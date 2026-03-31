--- v5 (2026-02-16)
+++ v6 (2026-03-31)
@@ -1,429 +1,438 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ed40dce7efa4f22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9006036f78ce462fb76f661a2f29d0d1.psmdcp" Id="R98e179576fb24ac8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1944d4ad0c554e85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/da50f15e6c264022a50ccc6363da3563.psmdcp" Id="R76fe850869ac461f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Holdings" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="130" uniqueCount="130">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="133" uniqueCount="133">
   <x:si>
     <x:t>Holdings - Domestic Resilience ETF</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 02/13/2026 (%)</x:t>
+    <x:t>As of 03/31/2026 (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>CUSIP</x:t>
   </x:si>
   <x:si>
     <x:t>Shares Held</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>UNP</x:t>
   </x:si>
   <x:si>
     <x:t>UNION PACIFIC CORP</x:t>
   </x:si>
   <x:si>
     <x:t>907818108</x:t>
   </x:si>
   <x:si>
     <x:t>Equity</x:t>
   </x:si>
   <x:si>
+    <x:t>COP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CONOCOPHILLIPS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20825C104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLEAN HARBORS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>184496107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VMC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VULCAN MATERIALS CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>929160109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NORTHROP GRUMMAN CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>666807102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CSX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CSX CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>126408103</x:t>
+  </x:si>
+  <x:si>
     <x:t>CSL</x:t>
   </x:si>
   <x:si>
     <x:t>CARLISLE COS INC</x:t>
   </x:si>
   <x:si>
     <x:t>142339100</x:t>
   </x:si>
   <x:si>
-    <x:t>CSX</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>MLM</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIN MARIETTA MATERIALS</x:t>
   </x:si>
   <x:si>
     <x:t>573284106</x:t>
   </x:si>
   <x:si>
+    <x:t>KNX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KNIGHT SWIFT TRANSPORTATION</x:t>
+  </x:si>
+  <x:si>
+    <x:t>499049104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FLR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FLUOR CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>343412102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EQT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EQT CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26884L109</x:t>
+  </x:si>
+  <x:si>
     <x:t>WSC</x:t>
   </x:si>
   <x:si>
     <x:t>WILLSCOT HOLDINGS CORP</x:t>
   </x:si>
   <x:si>
     <x:t>971378104</x:t>
   </x:si>
   <x:si>
+    <x:t>J</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JACOBS SOLUTIONS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46982L108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EOG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EOG RESOURCES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26875P101</x:t>
+  </x:si>
+  <x:si>
     <x:t>NUE</x:t>
   </x:si>
   <x:si>
     <x:t>NUCOR CORP</x:t>
   </x:si>
   <x:si>
     <x:t>670346105</x:t>
   </x:si>
   <x:si>
-    <x:t>KNX</x:t>
-[...5 lines deleted...]
-    <x:t>499049104</x:t>
+    <x:t>EXP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EAGLE MATERIALS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26969P108</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APPLIED INDUSTRIAL TECH INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03820C105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AYI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACUITY INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00508Y102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TFII</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TFI INTERNATIONAL INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>87241L109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARCOSA INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>039653100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ODFL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OLD DOMINION FREIGHT LINE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>679580100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WCC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WESCO INTERNATIONAL INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>95082P105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROCKWELL AUTOMATION INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>773903109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RRX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>REGAL REXNORD CORP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>758750103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROPER TECHNOLOGIES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>776696106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>URI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNITED RENTALS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>911363109</x:t>
   </x:si>
   <x:si>
     <x:t>MYRG</x:t>
   </x:si>
   <x:si>
     <x:t>MYR GROUP INC/DELAWARE</x:t>
   </x:si>
   <x:si>
     <x:t>55405W104</x:t>
   </x:si>
   <x:si>
-    <x:t>ACA</x:t>
-[...14 lines deleted...]
-    <x:t>20825C104</x:t>
+    <x:t>HII</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUNTINGTON INGALLS INDUSTRIE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>446413106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LHX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L3HARRIS TECHNOLOGIES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>502431109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AECOM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>00766T100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUBB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUBBELL INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>443510607</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAIA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAIA INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78709Y105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FERG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FERGUSON ENTERPRISES INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31488V107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALLEGION PLC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>G0176J109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STLD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STEEL DYNAMICS INC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>858119100</x:t>
   </x:si>
   <x:si>
     <x:t>LMT</x:t>
   </x:si>
   <x:si>
     <x:t>LOCKHEED MARTIN CORP</x:t>
   </x:si>
   <x:si>
     <x:t>539830109</x:t>
   </x:si>
   <x:si>
-    <x:t>TFII</x:t>
-[...176 lines deleted...]
-    <x:t>G0176J109</x:t>
+    <x:t>FAST</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FASTENAL CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>311900104</x:t>
   </x:si>
   <x:si>
     <x:t>STATE STR INSTL INVT TR</x:t>
   </x:si>
   <x:si>
     <x:t>85799J9Y2</x:t>
   </x:si>
   <x:si>
     <x:t>Short Term</x:t>
   </x:si>
   <x:si>
     <x:t>CHRW</x:t>
   </x:si>
   <x:si>
     <x:t>C.H. ROBINSON WORLDWIDE INC</x:t>
   </x:si>
   <x:si>
     <x:t>12541W209</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>00766T100</x:t>
   </x:si>
   <x:si>
     <x:t>US DOLLAR</x:t>
   </x:si>
   <x:si>
     <x:t>999USDZ92</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
     <x:t>The daily holdings report reflects trades made on the prior business day, unless indicated otherwise. Fund holdings shown are based on the information available at the time of posting, and</x:t>
   </x:si>
   <x:si>
     <x:t>may differ from the actual investments held by the relevant fund. They are not recommendations to buy or sell any security.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
@@ -782,51 +791,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G48"/>
+  <x:dimension ref="A1:G49"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="7.070625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="30.560625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="11.400625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="12.110625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="15.300625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="13.680625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="11.370625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:7">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:7">
@@ -841,945 +850,968 @@
       </x:c>
       <x:c r="D5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F5" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="G5" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7">
       <x:c r="A6" s="3" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B6" s="3" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D6" s="4" t="n">
-        <x:v>7379</x:v>
+        <x:v>7731</x:v>
       </x:c>
       <x:c r="E6" s="4" t="n">
-        <x:v>5.4</x:v>
+        <x:v>5.3</x:v>
       </x:c>
       <x:c r="F6" s="4" t="n">
-        <x:v>1931600.8</x:v>
+        <x:v>1849487.1</x:v>
       </x:c>
       <x:c r="G6" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7">
       <x:c r="A7" s="3" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B7" s="3" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>3690</x:v>
+        <x:v>11980</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>4.5</x:v>
       </x:c>
       <x:c r="F7" s="4" t="n">
-        <x:v>1537069.5</x:v>
+        <x:v>1592022.2</x:v>
       </x:c>
       <x:c r="G7" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7">
       <x:c r="A8" s="3" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B8" s="3" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C8" s="3" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>37025</x:v>
+        <x:v>4925</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>4.2</x:v>
+        <x:v>3.9</x:v>
       </x:c>
       <x:c r="F8" s="4" t="n">
-        <x:v>1506917.5</x:v>
+        <x:v>1377818</x:v>
       </x:c>
       <x:c r="G8" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7">
       <x:c r="A9" s="3" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B9" s="3" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2091</x:v>
+        <x:v>4924</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>4</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="F9" s="4" t="n">
-        <x:v>1453370.5</x:v>
+        <x:v>1314412.6</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7">
       <x:c r="A10" s="3" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B10" s="3" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C10" s="3" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>5289</x:v>
+        <x:v>1949</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>3.9</x:v>
+        <x:v>3.7</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>1411687</x:v>
+        <x:v>1308928.9</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7">
       <x:c r="A11" s="3" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B11" s="3" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>4059</x:v>
+        <x:v>32059</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>1306673.3</x:v>
+        <x:v>1274986.4</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7">
       <x:c r="A12" s="3" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B12" s="3" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C12" s="3" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>1968</x:v>
+        <x:v>3866</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
         <x:v>3.6</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>1299017.8</x:v>
+        <x:v>1259774.8</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7">
       <x:c r="A13" s="3" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B13" s="3" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>56301</x:v>
+        <x:v>2062</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>3.3</x:v>
+        <x:v>3.4</x:v>
       </x:c>
       <x:c r="F13" s="4" t="n">
-        <x:v>1194707.2</x:v>
+        <x:v>1182701.3</x:v>
       </x:c>
       <x:c r="G13" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7">
       <x:c r="A14" s="3" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B14" s="3" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C14" s="3" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>5789</x:v>
+        <x:v>20600</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.3</x:v>
       </x:c>
       <x:c r="F14" s="4" t="n">
-        <x:v>1093021.1</x:v>
+        <x:v>1142476</x:v>
       </x:c>
       <x:c r="G14" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7">
       <x:c r="A15" s="3" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="3" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>18065</x:v>
+        <x:v>24707</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="F15" s="4" t="n">
-        <x:v>1082093.5</x:v>
+        <x:v>1081672.5</x:v>
       </x:c>
       <x:c r="G15" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7">
       <x:c r="A16" s="3" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B16" s="3" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C16" s="3" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>3936</x:v>
+        <x:v>16693</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3.1</x:v>
       </x:c>
       <x:c r="F16" s="4" t="n">
-        <x:v>1054100.2</x:v>
+        <x:v>1075696.9</x:v>
       </x:c>
       <x:c r="G16" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7">
       <x:c r="A17" s="3" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B17" s="3" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>8241</x:v>
+        <x:v>63720</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>2.9</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F17" s="4" t="n">
-        <x:v>1044299.5</x:v>
+        <x:v>1055840.4</x:v>
       </x:c>
       <x:c r="G17" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7">
       <x:c r="A18" s="3" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B18" s="3" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>9348</x:v>
+        <x:v>8260</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
         <x:v>2.9</x:v>
       </x:c>
       <x:c r="F18" s="4" t="n">
-        <x:v>1036038.8</x:v>
+        <x:v>1030848</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7">
       <x:c r="A19" s="3" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B19" s="3" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>1599</x:v>
+        <x:v>6806</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.9</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>1019250.6</x:v>
+        <x:v>1020151.3</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7">
       <x:c r="A20" s="3" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B20" s="3" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C20" s="3" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>8610</x:v>
+        <x:v>6065</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>994110.6</x:v>
+        <x:v>995812.4</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7">
       <x:c r="A21" s="3" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B21" s="3" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>3567</x:v>
+        <x:v>5402</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
         <x:v>2.8</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>993480.8</x:v>
+        <x:v>980463</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="A22" s="3" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B22" s="3" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C22" s="3" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>21648</x:v>
+        <x:v>3737</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="F22" s="4" t="n">
-        <x:v>988664.2</x:v>
+        <x:v>964183.4</x:v>
       </x:c>
       <x:c r="G22" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:7">
       <x:c r="A23" s="3" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B23" s="3" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>7230</x:v>
+        <x:v>3511</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="F23" s="4" t="n">
-        <x:v>950889.6</x:v>
+        <x:v>956466.6</x:v>
       </x:c>
       <x:c r="G23" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:7">
       <x:c r="A24" s="3" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B24" s="3" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C24" s="3" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>4764</x:v>
+        <x:v>9022</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="F24" s="4" t="n">
-        <x:v>950465.6</x:v>
+        <x:v>942889.2</x:v>
       </x:c>
       <x:c r="G24" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="3" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B25" s="3" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>4305</x:v>
+        <x:v>8635</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="F25" s="4" t="n">
-        <x:v>919461.9</x:v>
+        <x:v>881547.2</x:v>
       </x:c>
       <x:c r="G25" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:7">
       <x:c r="A26" s="3" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B26" s="3" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C26" s="3" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>3936</x:v>
+        <x:v>4640</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>2.6</x:v>
+        <x:v>2.5</x:v>
       </x:c>
       <x:c r="F26" s="4" t="n">
-        <x:v>915789.1</x:v>
+        <x:v>880440</x:v>
       </x:c>
       <x:c r="G26" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:7">
       <x:c r="A27" s="3" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B27" s="3" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>7749</x:v>
+        <x:v>3209</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="F27" s="4" t="n">
-        <x:v>913219.7</x:v>
+        <x:v>825162.3</x:v>
       </x:c>
       <x:c r="G27" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="3" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B28" s="3" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C28" s="3" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>3063</x:v>
+        <x:v>2320</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>2.5</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="F28" s="4" t="n">
-        <x:v>905759.7</x:v>
+        <x:v>808543.2</x:v>
       </x:c>
       <x:c r="G28" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:7">
       <x:c r="A29" s="3" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B29" s="3" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>2214</x:v>
+        <x:v>4511</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>2.3</x:v>
       </x:c>
       <x:c r="F29" s="4" t="n">
-        <x:v>845748</x:v>
+        <x:v>802236.2</x:v>
       </x:c>
       <x:c r="G29" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:7">
       <x:c r="A30" s="3" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B30" s="3" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C30" s="3" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>4428</x:v>
+        <x:v>2180</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>2.3</x:v>
+        <x:v>2.2</x:v>
       </x:c>
       <x:c r="F30" s="4" t="n">
-        <x:v>821438.3</x:v>
+        <x:v>767261.9</x:v>
       </x:c>
       <x:c r="G30" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="3" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B31" s="3" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>14022</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2.1</x:v>
       </x:c>
       <x:c r="F31" s="4" t="n">
-        <x:v>801778</x:v>
+        <x:v>747411.4</x:v>
       </x:c>
       <x:c r="G31" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:7">
       <x:c r="A32" s="3" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B32" s="3" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C32" s="3" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>2091</x:v>
+        <x:v>2666</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>2.2</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F32" s="4" t="n">
-        <x:v>792656.3</x:v>
+        <x:v>712088.6</x:v>
       </x:c>
       <x:c r="G32" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:7">
       <x:c r="A33" s="3" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B33" s="3" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>1476</x:v>
+        <x:v>1804</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>2.1</x:v>
+        <x:v>1.9</x:v>
       </x:c>
       <x:c r="F33" s="4" t="n">
-        <x:v>761645.5</x:v>
+        <x:v>665820.3</x:v>
       </x:c>
       <x:c r="G33" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="3" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B34" s="3" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C34" s="3" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>2706</x:v>
+        <x:v>1906</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="F34" s="4" t="n">
-        <x:v>713464</x:v>
+        <x:v>647906.6</x:v>
       </x:c>
       <x:c r="G34" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:7">
       <x:c r="A35" s="3" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B35" s="3" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>2091</x:v>
+        <x:v>7412</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="F35" s="4" t="n">
-        <x:v>710730.9</x:v>
+        <x:v>616752.5</x:v>
       </x:c>
       <x:c r="G35" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:7">
       <x:c r="A36" s="3" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B36" s="3" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C36" s="3" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>1722</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>2</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="F36" s="4" t="n">
-        <x:v>700440.7</x:v>
+        <x:v>568844.4</x:v>
       </x:c>
       <x:c r="G36" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:7">
       <x:c r="A37" s="3" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B37" s="3" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>770</x:v>
+        <x:v>1678</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>1.9</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="F37" s="4" t="n">
-        <x:v>669484.2</x:v>
+        <x:v>563824.8</x:v>
       </x:c>
       <x:c r="G37" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:7">
       <x:c r="A38" s="3" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B38" s="3" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C38" s="3" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>2100</x:v>
+        <x:v>2511</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="F38" s="4" t="n">
-        <x:v>657804</x:v>
+        <x:v>561585.2</x:v>
       </x:c>
       <x:c r="G38" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="3" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B39" s="3" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>2583</x:v>
+        <x:v>3920</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>1.3</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="F39" s="4" t="n">
-        <x:v>460290.6</x:v>
+        <x:v>560128.8</x:v>
       </x:c>
       <x:c r="G39" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:7">
-      <x:c r="A40" s="3" t="s"/>
+      <x:c r="A40" s="3" t="s">
+        <x:v>112</x:v>
+      </x:c>
       <x:c r="B40" s="3" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C40" s="3" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>422870.5</x:v>
+        <x:v>3072</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>1.2</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="F40" s="4" t="n">
-        <x:v>422870.5</x:v>
+        <x:v>526080</x:v>
       </x:c>
       <x:c r="G40" s="3" t="s">
-        <x:v>114</x:v>
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:7">
       <x:c r="A41" s="3" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B41" s="3" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>2337</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="F41" s="4" t="n">
-        <x:v>392101.9</x:v>
+        <x:v>489630.3</x:v>
       </x:c>
       <x:c r="G41" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:7">
       <x:c r="A42" s="3" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B42" s="3" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C42" s="3" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>7707</x:v>
+        <x:v>8077</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F42" s="4" t="n">
-        <x:v>350976.8</x:v>
+        <x:v>364434.2</x:v>
       </x:c>
       <x:c r="G42" s="3" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:7">
-      <x:c r="A43" s="3" t="s">
+      <x:c r="A43" s="3" t="s"/>
+      <x:c r="B43" s="3" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="B43" s="3" t="s">
+      <x:c r="C43" s="3" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="C43" s="3" t="s">
+      <x:c r="D43" s="4" t="n">
+        <x:v>347218.9</x:v>
+      </x:c>
+      <x:c r="E43" s="4" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F43" s="4" t="n">
+        <x:v>347218.9</x:v>
+      </x:c>
+      <x:c r="G43" s="3" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="D43" s="4" t="n">
-[...10 lines deleted...]
-      </x:c>
     </x:row>
     <x:row r="44" spans="1:7">
-      <x:c r="A44" s="3" t="s"/>
+      <x:c r="A44" s="3" t="s">
+        <x:v>124</x:v>
+      </x:c>
       <x:c r="B44" s="3" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C44" s="3" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>403</x:v>
+        <x:v>1902</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
+        <x:v>0.9</x:v>
+      </x:c>
+      <x:c r="F44" s="4" t="n">
+        <x:v>307971.8</x:v>
+      </x:c>
+      <x:c r="G44" s="3" t="s">
+        <x:v>12</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:7">
+      <x:c r="A45" s="3" t="s"/>
+      <x:c r="B45" s="3" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="C45" s="3" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="D45" s="4" t="n">
+        <x:v>14933.7</x:v>
+      </x:c>
+      <x:c r="E45" s="4" t="n">
         <x:v>0</x:v>
       </x:c>
-      <x:c r="F44" s="4" t="n">
-[...8 lines deleted...]
-        <x:v>127</x:v>
+      <x:c r="F45" s="4" t="n">
+        <x:v>14933.7</x:v>
+      </x:c>
+      <x:c r="G45" s="3" t="s">
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:7">
       <x:c r="A47" s="3" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:7">
-      <x:c r="A48" s="1" t="s">
-        <x:v>129</x:v>
+      <x:c r="A48" s="3" t="s">
+        <x:v>131</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:7">
+      <x:c r="A49" s="1" t="s">
+        <x:v>132</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>