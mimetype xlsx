--- v0 (2025-10-06)
+++ v1 (2025-11-26)
@@ -1,84 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91b99442f4ed4113" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/43a57d3914b34a009f358ce4cd141328.psmdcp" Id="R09046b2928a84455" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref1b07eca5e046c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d3550c2febee4f8f87a4a69b6f26d060.psmdcp" Id="Ref5648a2f9d14870" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="110" uniqueCount="110">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113" uniqueCount="113">
   <x:si>
     <x:t>Performance - Climate Change Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 08/31/2025 (AUD,%)</x:t>
+    <x:t>As of 10/31/2025 (AUD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 10/05/2021</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI</x:t>
   </x:si>
   <x:si>
     <x:t>WilderHill Clean Energy Index</x:t>
   </x:si>
   <x:si>
+    <x:t>10/31/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2025</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2024</x:t>
@@ -176,51 +182,54 @@
   <x:si>
     <x:t>05/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2022</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2022</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2021</x:t>
   </x:si>
   <x:si>
-    <x:t>QTD Q3-2025</x:t>
+    <x:t>QTD Q4-2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2023</x:t>
   </x:si>
@@ -278,114 +287,114 @@
   <x:si>
     <x:t>The Trust accepts investments from wholesale investors only. Retail investors are not able to directly invest in the Trust but may gain exposure to the Trusts by investing with certain</x:t>
   </x:si>
   <x:si>
     <x:t>investor directed portfolio services, master trusts, wrap accounts or custodians (“services”). GMO Australia Limited, GMO LLC, and their affiliates, do not guarantee the performance of the</x:t>
   </x:si>
   <x:si>
     <x:t>Trust or the repayment of an investor’s capital. This information is of a general nature only and is not advice. It does not take into account the objectives, financial situation or needs</x:t>
   </x:si>
   <x:si>
     <x:t>of any specific investor. The offer to invest in the Trust for wholesale investors is contained in the current information memorandum. A Product Disclosure Statement (“PDS”) is also</x:t>
   </x:si>
   <x:si>
     <x:t>available solely for use by retail investors gaining exposure to the Trust through a service. The information memorandum and PDS can be obtained by visiting our website www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>Investors should read the information memorandum or PDS, consider their own circumstances, and obtain their own advice before making an investment decision.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 08/31/2025 (AUD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in AUD as of 08/31/2025</x:t>
+    <x:t>Month-End as of 10/31/2025 (AUD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in AUD as of 10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Net returns are presented after the deduction of management fees and incentive fees if applicable. These returns include transaction costs, commissions and withholding taxes on foreign</x:t>
   </x:si>
   <x:si>
     <x:t>income and capital gains and include the reinvestment of dividends and other income, as applicable.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Climate Change Trust</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2021</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in AUD as of 08/31/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in AUD as of 10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Gross returns are presented gross of management fees and incentive fees if applicable. These returns include transaction costs, commissions and withholding taxes on foreign income and</x:t>
   </x:si>
   <x:si>
     <x:t>capital gains and include the reinvestment of dividends and other income, as applicable.</x:t>
   </x:si>
   <x:si>
-    <x:t>Quarter-End as of 06/30/2025 (AUD,%)</x:t>
-[...5 lines deleted...]
-    <x:t>Average Annual Total Return (Gross) in AUD as of 06/30/2025</x:t>
+    <x:t>Quarter-End as of 09/30/2025 (AUD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in AUD as of 09/30/2025</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in AUD as of 09/30/2025</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -726,2118 +735,2168 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E96"/>
+  <x:dimension ref="A1:E99"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="26.960625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>9.25</x:v>
+        <x:v>8.89</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>9.31</x:v>
+        <x:v>8.96</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>9.02</x:v>
+        <x:v>17.56</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>9.12</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>9.19</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>16.05</x:v>
+        <x:v>13.13</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>9.25</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>5.16</x:v>
+        <x:v>9.31</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.61</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>10.04</x:v>
+        <x:v>9.02</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>7.63</x:v>
+        <x:v>9.12</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>9.19</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>5.14</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>13.65</x:v>
+        <x:v>16.05</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>-3.19</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>-3.13</x:v>
+        <x:v>5.16</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-3.75</x:v>
+        <x:v>10.04</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>-4.56</x:v>
+        <x:v>7.63</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>-4.49</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-4.15</x:v>
+        <x:v>5.14</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>-10.51</x:v>
+        <x:v>13.65</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-6.95</x:v>
+        <x:v>-3.19</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-6.89</x:v>
+        <x:v>-3.13</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>-9.89</x:v>
+        <x:v>-3.75</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>-4.56</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>1.58</x:v>
+        <x:v>-4.49</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>-4.15</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>-3.42</x:v>
+        <x:v>-10.51</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-4.71</x:v>
+        <x:v>-6.95</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-4.65</x:v>
+        <x:v>-6.89</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>-1.42</x:v>
+        <x:v>-9.89</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-3.15</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-3.09</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>-3.42</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>-4.71</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-3.01</x:v>
+        <x:v>-4.65</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>3.54</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>6.19</x:v>
+        <x:v>-1.42</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>0.58</x:v>
+        <x:v>-3.15</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>-3.09</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>1.42</x:v>
+        <x:v>8.12</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-2.8</x:v>
+        <x:v>-3.07</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-2.73</x:v>
+        <x:v>-3.01</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-1.31</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-13.67</x:v>
+        <x:v>6.19</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>7.95</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>8.01</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>9.23</x:v>
+        <x:v>1.42</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-11.02</x:v>
+        <x:v>-2.8</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-10.96</x:v>
+        <x:v>-2.73</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>-1.31</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>-11.91</x:v>
+        <x:v>-13.67</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>4.59</x:v>
+        <x:v>7.95</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>4.65</x:v>
+        <x:v>8.01</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>9.81</x:v>
+        <x:v>9.23</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-4.8</x:v>
+        <x:v>-11.02</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-4.73</x:v>
+        <x:v>-10.96</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-2.79</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>-11.46</x:v>
+        <x:v>-11.91</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>5.13</x:v>
+        <x:v>4.59</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>-2.71</x:v>
+        <x:v>9.81</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>-4.8</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>-4.73</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>5.88</x:v>
+        <x:v>-2.79</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>-11.46</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-9.18</x:v>
+        <x:v>5.13</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-9.12</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>-17.77</x:v>
+        <x:v>-2.71</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>7.44</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>7.51</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>5.88</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>9.77</x:v>
+        <x:v>1.47</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>4.81</x:v>
+        <x:v>-9.18</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>4.87</x:v>
+        <x:v>-9.12</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>-17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-12.38</x:v>
+        <x:v>7.44</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-12.32</x:v>
+        <x:v>7.51</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>-1.13</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>-19.56</x:v>
+        <x:v>9.77</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-7.54</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-7.48</x:v>
+        <x:v>4.87</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>-3.8</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>-13.09</x:v>
+        <x:v>1.05</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-8.26</x:v>
+        <x:v>-12.38</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-8.2</x:v>
+        <x:v>-12.32</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>1.14</x:v>
+        <x:v>-1.13</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>-13.37</x:v>
+        <x:v>-19.56</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>3.57</x:v>
+        <x:v>-7.54</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>-7.48</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>-3.8</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>7.21</x:v>
+        <x:v>-13.09</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>4.17</x:v>
+        <x:v>-8.26</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>4.23</x:v>
+        <x:v>-8.2</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>2.87</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>-13.37</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-1.43</x:v>
+        <x:v>3.57</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-1.37</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>5.13</x:v>
+        <x:v>7.21</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-1.59</x:v>
+        <x:v>4.17</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-1.53</x:v>
+        <x:v>4.23</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>-11.37</x:v>
+        <x:v>7.18</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-0.78</x:v>
+        <x:v>-1.43</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-0.71</x:v>
+        <x:v>-1.37</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>3.79</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>5.13</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-0.48</x:v>
+        <x:v>-1.59</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>-1.53</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>-2.78</x:v>
+        <x:v>-11.37</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>8.98</x:v>
+        <x:v>-0.78</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>9.04</x:v>
+        <x:v>-0.71</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>15.23</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-9.3</x:v>
+        <x:v>-0.48</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-9.23</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>-5.13</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>-18.89</x:v>
+        <x:v>-2.78</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>7.11</x:v>
+        <x:v>8.98</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>9.04</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>-2.58</x:v>
+        <x:v>15.23</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>6.75</x:v>
+        <x:v>-9.3</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>6.82</x:v>
+        <x:v>-9.23</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>6.62</x:v>
+        <x:v>-5.13</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>-3.93</x:v>
+        <x:v>-18.89</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-7.62</x:v>
+        <x:v>7.11</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-7.56</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-3.58</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
-        <x:v>-10.14</x:v>
+        <x:v>-2.58</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>6.75</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>6.82</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-1.96</x:v>
+        <x:v>6.62</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>-3.93</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>12.33</x:v>
+        <x:v>-7.62</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>12.39</x:v>
+        <x:v>-7.56</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>-3.58</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>20.11</x:v>
+        <x:v>-10.14</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-10.91</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-10.84</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-4.47</x:v>
+        <x:v>-1.96</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>-10.41</x:v>
+        <x:v>4.46</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>5.27</x:v>
+        <x:v>12.33</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>5.34</x:v>
+        <x:v>12.39</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>5.43</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>3.31</x:v>
+        <x:v>20.11</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-8.16</x:v>
+        <x:v>-10.91</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-8.1</x:v>
+        <x:v>-10.84</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-2.79</x:v>
+        <x:v>-4.47</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>-17.56</x:v>
+        <x:v>-10.41</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>5.27</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>2.51</x:v>
+        <x:v>5.34</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-1.28</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
-        <x:v>6.28</x:v>
+        <x:v>3.31</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>-8.16</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>-8.1</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-5.42</x:v>
+        <x:v>-2.79</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>1.99</x:v>
+        <x:v>-17.56</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-4.49</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-4.42</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-1.87</x:v>
+        <x:v>-1.28</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
-        <x:v>-18.39</x:v>
+        <x:v>6.28</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-4.01</x:v>
+        <x:v>3.86</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>1.43</x:v>
+        <x:v>-5.42</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
-        <x:v>-17.75</x:v>
+        <x:v>1.99</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-1.45</x:v>
+        <x:v>-4.49</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-1.39</x:v>
+        <x:v>-4.42</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>-1.87</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>-18.39</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
+        <x:v>-4.01</x:v>
+      </x:c>
+      <x:c r="C53" s="4" t="n">
+        <x:v>-3.95</x:v>
+      </x:c>
+      <x:c r="D53" s="4" t="n">
+        <x:v>1.43</x:v>
+      </x:c>
+      <x:c r="E53" s="4" t="n">
+        <x:v>-17.75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:5">
+      <x:c r="A54" s="2" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="B54" s="4" t="n">
+        <x:v>-1.45</x:v>
+      </x:c>
+      <x:c r="C54" s="4" t="n">
+        <x:v>-1.39</x:v>
+      </x:c>
+      <x:c r="D54" s="4" t="n">
+        <x:v>3.38</x:v>
+      </x:c>
+      <x:c r="E54" s="4" t="n">
+        <x:v>1.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:5">
+      <x:c r="A55" s="2" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="B55" s="4" t="n">
         <x:v>7.42</x:v>
       </x:c>
-      <x:c r="C53" s="4" t="n">
+      <x:c r="C55" s="4" t="n">
         <x:v>7.47</x:v>
       </x:c>
-      <x:c r="D53" s="4" t="n">
+      <x:c r="D55" s="4" t="n">
         <x:v>1.74</x:v>
       </x:c>
-      <x:c r="E53" s="4" t="n">
+      <x:c r="E55" s="4" t="n">
         <x:v>16.76</x:v>
       </x:c>
     </x:row>
-    <x:row r="55" spans="1:5">
-[...22 lines deleted...]
-    </x:row>
     <x:row r="57" spans="1:5">
-      <x:c r="A57" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A57" s="2" t="s"/>
+      <x:c r="B57" s="3" t="s"/>
+      <x:c r="C57" s="3" t="s"/>
+      <x:c r="D57" s="3" t="s"/>
+      <x:c r="E57" s="3" t="s"/>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
-        <x:v>-9.85</x:v>
+        <x:v>8.89</x:v>
       </x:c>
       <x:c r="C58" s="4" t="n">
-        <x:v>-9.67</x:v>
+        <x:v>8.96</x:v>
       </x:c>
       <x:c r="D58" s="4" t="n">
-        <x:v>-1.96</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="E58" s="4" t="n">
-        <x:v>-22.12</x:v>
+        <x:v>17.56</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>-10.55</x:v>
+        <x:v>20.85</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>-10.37</x:v>
+        <x:v>21.07</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>10.94</x:v>
+        <x:v>6.42</x:v>
       </x:c>
       <x:c r="E59" s="4" t="n">
-        <x:v>13.18</x:v>
+        <x:v>43.13</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>5.53</x:v>
+        <x:v>9.51</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>9.71</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>6.05</x:v>
       </x:c>
       <x:c r="E60" s="4" t="n">
-        <x:v>-4.37</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-11.4</x:v>
+        <x:v>-9.85</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-11.23</x:v>
+        <x:v>-9.67</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>0.54</x:v>
+        <x:v>-1.96</x:v>
       </x:c>
       <x:c r="E61" s="4" t="n">
-        <x:v>-14.36</x:v>
+        <x:v>-22.12</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>-10.55</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>-1.76</x:v>
+        <x:v>-10.37</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>13.1</x:v>
+        <x:v>10.94</x:v>
       </x:c>
       <x:c r="E62" s="4" t="n">
-        <x:v>-18.83</x:v>
+        <x:v>13.18</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>-1.33</x:v>
+        <x:v>5.53</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>5.02</x:v>
+        <x:v>2.63</x:v>
       </x:c>
       <x:c r="E63" s="4" t="n">
-        <x:v>-10.77</x:v>
+        <x:v>-4.37</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>-12.15</x:v>
+        <x:v>-11.4</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>-11.97</x:v>
+        <x:v>-11.23</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>-0.37</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="E64" s="4" t="n">
-        <x:v>-19.28</x:v>
+        <x:v>-14.36</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>-1.94</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>1.24</x:v>
+        <x:v>-1.76</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>6.83</x:v>
+        <x:v>13.1</x:v>
       </x:c>
       <x:c r="E65" s="4" t="n">
-        <x:v>-0.14</x:v>
+        <x:v>-18.83</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>7.61</x:v>
+        <x:v>-1.33</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>7.81</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>8.65</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="E66" s="4" t="n">
-        <x:v>7.17</x:v>
+        <x:v>-10.77</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>-12.15</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>3.91</x:v>
+        <x:v>-11.97</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>4.07</x:v>
+        <x:v>-0.37</x:v>
       </x:c>
       <x:c r="E67" s="4" t="n">
-        <x:v>-24.09</x:v>
+        <x:v>-19.28</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>5.62</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>6.83</x:v>
       </x:c>
       <x:c r="E68" s="4" t="n">
-        <x:v>12.74</x:v>
+        <x:v>-0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>-13.87</x:v>
+        <x:v>7.61</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>-13.69</x:v>
+        <x:v>7.81</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>-7.9</x:v>
+        <x:v>8.65</x:v>
       </x:c>
       <x:c r="E69" s="4" t="n">
-        <x:v>-23.7</x:v>
+        <x:v>7.17</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>1.62</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>3.91</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>-8.37</x:v>
+        <x:v>4.07</x:v>
       </x:c>
       <x:c r="E70" s="4" t="n">
-        <x:v>-11.53</x:v>
+        <x:v>-24.09</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>1.61</x:v>
+        <x:v>5.62</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>6.68</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="E71" s="4" t="n">
-        <x:v>-2.46</x:v>
+        <x:v>12.74</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="72" spans="1:5">
+      <x:c r="A72" s="2" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="B72" s="4" t="n">
+        <x:v>-13.87</x:v>
+      </x:c>
+      <x:c r="C72" s="4" t="n">
+        <x:v>-13.69</x:v>
+      </x:c>
+      <x:c r="D72" s="4" t="n">
+        <x:v>-7.9</x:v>
+      </x:c>
+      <x:c r="E72" s="4" t="n">
+        <x:v>-23.7</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
-      <x:c r="A73" s="2" t="s"/>
-[...3 lines deleted...]
-      <x:c r="E73" s="3" t="s"/>
+      <x:c r="A73" s="2" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B73" s="4" t="n">
+        <x:v>1.62</x:v>
+      </x:c>
+      <x:c r="C73" s="4" t="n">
+        <x:v>1.82</x:v>
+      </x:c>
+      <x:c r="D73" s="4" t="n">
+        <x:v>-8.37</x:v>
+      </x:c>
+      <x:c r="E73" s="4" t="n">
+        <x:v>-11.53</x:v>
+      </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="2" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>17.7</x:v>
+        <x:v>1.61</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>18.28</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>6.68</x:v>
       </x:c>
       <x:c r="E74" s="4" t="n">
-        <x:v>18.6</x:v>
-[...16 lines deleted...]
-        <x:v>-24.76</x:v>
+        <x:v>-2.46</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
-      <x:c r="A76" s="2" t="n">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A76" s="2" t="s"/>
+      <x:c r="B76" s="3" t="s"/>
+      <x:c r="C76" s="3" t="s"/>
+      <x:c r="D76" s="3" t="s"/>
+      <x:c r="E76" s="3" t="s"/>
     </x:row>
     <x:row r="77" spans="1:5">
-      <x:c r="A77" s="2" t="n">
-        <x:v>2022</x:v>
+      <x:c r="A77" s="2" t="s">
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>-4.12</x:v>
+        <x:v>29.92</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>-3.37</x:v>
+        <x:v>30.72</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>-12.48</x:v>
+        <x:v>14.52</x:v>
       </x:c>
       <x:c r="E77" s="4" t="n">
-        <x:v>-42.23</x:v>
+        <x:v>57.73</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B78" s="4" t="n">
+        <x:v>-17.99</x:v>
+      </x:c>
+      <x:c r="C78" s="4" t="n">
+        <x:v>-17.35</x:v>
+      </x:c>
+      <x:c r="D78" s="4" t="n">
+        <x:v>29.48</x:v>
+      </x:c>
+      <x:c r="E78" s="4" t="n">
+        <x:v>-24.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:5">
+      <x:c r="A79" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B79" s="4" t="n">
+        <x:v>-5.74</x:v>
+      </x:c>
+      <x:c r="C79" s="4" t="n">
+        <x:v>-5.02</x:v>
+      </x:c>
+      <x:c r="D79" s="4" t="n">
+        <x:v>21.45</x:v>
+      </x:c>
+      <x:c r="E79" s="4" t="n">
+        <x:v>-22.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:5">
+      <x:c r="A80" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B80" s="4" t="n">
+        <x:v>-4.12</x:v>
+      </x:c>
+      <x:c r="C80" s="4" t="n">
+        <x:v>-3.37</x:v>
+      </x:c>
+      <x:c r="D80" s="4" t="n">
+        <x:v>-12.48</x:v>
+      </x:c>
+      <x:c r="E80" s="4" t="n">
+        <x:v>-42.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="81" spans="1:5">
+      <x:c r="A81" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="B78" s="4" t="n">
+      <x:c r="B81" s="4" t="n">
         <x:v>1.61</x:v>
       </x:c>
-      <x:c r="C78" s="4" t="n">
+      <x:c r="C81" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
-      <x:c r="D78" s="4" t="n">
+      <x:c r="D81" s="4" t="n">
         <x:v>6.68</x:v>
       </x:c>
-      <x:c r="E78" s="4" t="n">
+      <x:c r="E81" s="4" t="n">
         <x:v>-2.46</x:v>
       </x:c>
     </x:row>
-    <x:row r="80" spans="1:5">
-[...13 lines deleted...]
-    </x:row>
     <x:row r="83" spans="1:5">
-      <x:c r="A83" s="1" t="s">
+      <x:c r="A83" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
-      <x:c r="A84" s="2" t="s">
+      <x:c r="A84" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
-      <x:c r="A85" s="2" t="s">
+      <x:c r="A85" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
-      <x:c r="A86" s="2" t="s">
+      <x:c r="A86" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
-      <x:c r="A89" s="1" t="s">
+      <x:c r="A89" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
-      <x:c r="A90" s="1" t="s">
+      <x:c r="A90" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
-      <x:c r="A91" s="1" t="s">
+      <x:c r="A91" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
-      <x:c r="A95" s="2" t="s">
+      <x:c r="A95" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1" t="s">
         <x:v>87</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:5">
+      <x:c r="A97" s="1" t="s">
+        <x:v>88</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:5">
+      <x:c r="A98" s="2" t="s">
+        <x:v>89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99" spans="1:5">
+      <x:c r="A99" s="1" t="s">
+        <x:v>90</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="26.960625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:10">
       <x:c r="A7" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="2" t="s"/>
       <x:c r="B9" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J9" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>9.25</x:v>
+        <x:v>8.89</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>19.22</x:v>
+        <x:v>8.89</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>17.7</x:v>
+        <x:v>29.92</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>5.88</x:v>
+        <x:v>19.9</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>-4.47</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>-3.04</x:v>
+        <x:v>-0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.99</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>14.52</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>20.04</x:v>
+        <x:v>22.71</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>19.48</x:v>
+        <x:v>20.68</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>12.57</x:v>
+        <x:v>13.61</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10">
       <x:c r="A12" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B12" s="2" t="s"/>
       <x:c r="C12" s="4" t="n">
-        <x:v>9.02</x:v>
+        <x:v>17.56</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>26.52</x:v>
+        <x:v>17.56</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>18.6</x:v>
+        <x:v>57.73</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>36.13</x:v>
+        <x:v>68.11</x:v>
       </x:c>
       <x:c r="G12" s="4" t="n">
-        <x:v>-22.29</x:v>
+        <x:v>-10.25</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I12" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J12" s="4" t="n">
-        <x:v>-21.55</x:v>
+        <x:v>-15.02</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>104</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10">
       <x:c r="A15" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s"/>
       <x:c r="B18" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="D18" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="J18" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>9.31</x:v>
+        <x:v>8.96</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>19.36</x:v>
+        <x:v>8.96</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>18.28</x:v>
+        <x:v>30.72</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>6.69</x:v>
+        <x:v>20.79</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>-3.74</x:v>
+        <x:v>-0.06</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>-2.3</x:v>
+        <x:v>0.23</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10">
       <x:c r="A20" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B20" s="2" t="s"/>
       <x:c r="C20" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>3.99</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>14.52</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>20.04</x:v>
+        <x:v>22.71</x:v>
       </x:c>
       <x:c r="G20" s="4" t="n">
-        <x:v>19.48</x:v>
+        <x:v>20.68</x:v>
       </x:c>
       <x:c r="H20" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I20" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J20" s="4" t="n">
-        <x:v>12.57</x:v>
+        <x:v>13.61</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B21" s="2" t="s"/>
       <x:c r="C21" s="4" t="n">
-        <x:v>9.02</x:v>
+        <x:v>17.56</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>26.52</x:v>
+        <x:v>17.56</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>18.6</x:v>
+        <x:v>57.73</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>36.13</x:v>
+        <x:v>68.11</x:v>
       </x:c>
       <x:c r="G21" s="4" t="n">
-        <x:v>-22.29</x:v>
+        <x:v>-10.25</x:v>
       </x:c>
       <x:c r="H21" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I21" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J21" s="4" t="n">
-        <x:v>-21.55</x:v>
+        <x:v>-15.02</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="26.960625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="3" max="3" width="6.620625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="6.200625" style="0" customWidth="1"/>
+    <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9">
       <x:c r="A7" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="2" t="s"/>
       <x:c r="B9" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>9.51</x:v>
+        <x:v>20.85</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>-1.28</x:v>
+        <x:v>19.31</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>-6.81</x:v>
+        <x:v>6.72</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>-5.8</x:v>
+        <x:v>-1.47</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>-7.63</x:v>
+        <x:v>-2.65</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>6.05</x:v>
+        <x:v>6.42</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.97</x:v>
+        <x:v>10.65</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>18.38</x:v>
+        <x:v>22.75</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>19.24</x:v>
+        <x:v>21.88</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>11.99</x:v>
+        <x:v>12.94</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9">
       <x:c r="A12" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B12" s="2" t="s"/>
       <x:c r="C12" s="4" t="n">
-        <x:v>20.36</x:v>
+        <x:v>43.13</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>-6.26</x:v>
+        <x:v>34.17</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>51.85</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>-22.5</x:v>
+        <x:v>-16.09</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I12" s="4" t="n">
-        <x:v>-27.15</x:v>
+        <x:v>-18.68</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9">
       <x:c r="A15" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s"/>
       <x:c r="B18" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D18" s="3" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>9.71</x:v>
+        <x:v>21.07</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>-0.9</x:v>
+        <x:v>19.98</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-6.09</x:v>
+        <x:v>7.53</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-5.07</x:v>
+        <x:v>-0.72</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>-6.92</x:v>
+        <x:v>-1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9">
       <x:c r="A20" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B20" s="2" t="s"/>
       <x:c r="C20" s="4" t="n">
-        <x:v>6.05</x:v>
+        <x:v>6.42</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>3.97</x:v>
+        <x:v>10.65</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>18.38</x:v>
+        <x:v>22.75</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>19.24</x:v>
+        <x:v>21.88</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H20" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I20" s="4" t="n">
-        <x:v>11.99</x:v>
+        <x:v>12.94</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B21" s="2" t="s"/>
       <x:c r="C21" s="4" t="n">
-        <x:v>20.36</x:v>
+        <x:v>43.13</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-6.26</x:v>
+        <x:v>34.17</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>1.46</x:v>
+        <x:v>51.85</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>-22.5</x:v>
+        <x:v>-16.09</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H21" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I21" s="4" t="n">
-        <x:v>-27.15</x:v>
+        <x:v>-18.68</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="2" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>