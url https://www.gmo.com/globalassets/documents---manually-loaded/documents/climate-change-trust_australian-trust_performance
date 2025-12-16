--- v1 (2025-11-26)
+++ v2 (2025-12-16)
@@ -1,84 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref1b07eca5e046c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d3550c2febee4f8f87a4a69b6f26d060.psmdcp" Id="Ref5648a2f9d14870" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2ce241e4d534e69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6d98dfe29a6649b1a20ada6d1e364044.psmdcp" Id="R7a47aec23f334046" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113" uniqueCount="113">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="114" uniqueCount="114">
   <x:si>
     <x:t>Performance - Climate Change Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 10/31/2025 (AUD,%)</x:t>
+    <x:t>As of 11/30/2025 (AUD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 10/05/2021</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI</x:t>
   </x:si>
   <x:si>
     <x:t>WilderHill Clean Energy Index</x:t>
   </x:si>
   <x:si>
+    <x:t>11/30/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2025</x:t>
@@ -287,99 +290,99 @@
   <x:si>
     <x:t>The Trust accepts investments from wholesale investors only. Retail investors are not able to directly invest in the Trust but may gain exposure to the Trusts by investing with certain</x:t>
   </x:si>
   <x:si>
     <x:t>investor directed portfolio services, master trusts, wrap accounts or custodians (“services”). GMO Australia Limited, GMO LLC, and their affiliates, do not guarantee the performance of the</x:t>
   </x:si>
   <x:si>
     <x:t>Trust or the repayment of an investor’s capital. This information is of a general nature only and is not advice. It does not take into account the objectives, financial situation or needs</x:t>
   </x:si>
   <x:si>
     <x:t>of any specific investor. The offer to invest in the Trust for wholesale investors is contained in the current information memorandum. A Product Disclosure Statement (“PDS”) is also</x:t>
   </x:si>
   <x:si>
     <x:t>available solely for use by retail investors gaining exposure to the Trust through a service. The information memorandum and PDS can be obtained by visiting our website www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>Investors should read the information memorandum or PDS, consider their own circumstances, and obtain their own advice before making an investment decision.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 10/31/2025 (AUD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in AUD as of 10/31/2025</x:t>
+    <x:t>Month-End as of 11/30/2025 (AUD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in AUD as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Net returns are presented after the deduction of management fees and incentive fees if applicable. These returns include transaction costs, commissions and withholding taxes on foreign</x:t>
   </x:si>
   <x:si>
     <x:t>income and capital gains and include the reinvestment of dividends and other income, as applicable.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Climate Change Trust</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2021</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in AUD as of 10/31/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in AUD as of 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Gross returns are presented gross of management fees and incentive fees if applicable. These returns include transaction costs, commissions and withholding taxes on foreign income and</x:t>
   </x:si>
   <x:si>
     <x:t>capital gains and include the reinvestment of dividends and other income, as applicable.</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 09/30/2025 (AUD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in AUD as of 09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Gross) in AUD as of 09/30/2025</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
@@ -735,2168 +738,2185 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E99"/>
+  <x:dimension ref="A1:E100"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="26.960625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>8.89</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>8.96</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>-0.19</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>17.56</x:v>
+        <x:v>-5.76</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>8.89</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>8.96</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>13.13</x:v>
+        <x:v>17.56</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>9.25</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>9.31</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>9.02</x:v>
+        <x:v>13.13</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>9.12</x:v>
+        <x:v>9.25</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>9.19</x:v>
+        <x:v>9.31</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>16.05</x:v>
+        <x:v>9.02</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>9.12</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>5.16</x:v>
+        <x:v>9.19</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.61</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>10.04</x:v>
+        <x:v>16.05</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>7.63</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>5.16</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>5.14</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>13.65</x:v>
+        <x:v>10.04</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>-3.19</x:v>
+        <x:v>7.63</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>-3.13</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>5.14</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>-3.75</x:v>
+        <x:v>13.65</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-4.56</x:v>
+        <x:v>-3.19</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-4.49</x:v>
+        <x:v>-3.13</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-4.15</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>-10.51</x:v>
+        <x:v>-3.75</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-6.95</x:v>
+        <x:v>-4.56</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-6.89</x:v>
+        <x:v>-4.49</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>-4.15</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>-9.89</x:v>
+        <x:v>-10.51</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>-6.95</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>1.58</x:v>
+        <x:v>-6.89</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>-3.42</x:v>
+        <x:v>-9.89</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-4.71</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-4.65</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-1.42</x:v>
+        <x:v>-3.42</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-3.15</x:v>
+        <x:v>-4.71</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-3.09</x:v>
+        <x:v>-4.65</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>-1.42</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>-3.15</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-3.01</x:v>
+        <x:v>-3.09</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>3.54</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>6.19</x:v>
+        <x:v>8.12</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>0.58</x:v>
+        <x:v>-3.07</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>-3.01</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>1.42</x:v>
+        <x:v>6.19</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-2.8</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-2.73</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>-1.31</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>-13.67</x:v>
+        <x:v>1.42</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>7.95</x:v>
+        <x:v>-2.8</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>8.01</x:v>
+        <x:v>-2.73</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>-1.31</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>9.23</x:v>
+        <x:v>-13.67</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-11.02</x:v>
+        <x:v>7.95</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-10.96</x:v>
+        <x:v>8.01</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>-11.91</x:v>
+        <x:v>9.23</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>4.59</x:v>
+        <x:v>-11.02</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>4.65</x:v>
+        <x:v>-10.96</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>9.81</x:v>
+        <x:v>-11.91</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-4.8</x:v>
+        <x:v>4.59</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-4.73</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>-2.79</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>-11.46</x:v>
+        <x:v>9.81</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>5.13</x:v>
+        <x:v>-4.8</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>-4.73</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-2.79</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>-2.71</x:v>
+        <x:v>-11.46</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>5.13</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>5.88</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>-2.71</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-9.18</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-9.12</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>5.88</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>-17.77</x:v>
+        <x:v>1.47</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>7.44</x:v>
+        <x:v>-9.18</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>7.51</x:v>
+        <x:v>-9.12</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>9.77</x:v>
+        <x:v>-17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>4.81</x:v>
+        <x:v>7.44</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>4.87</x:v>
+        <x:v>7.51</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>9.77</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-12.38</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-12.32</x:v>
+        <x:v>4.87</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>-1.13</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>-19.56</x:v>
+        <x:v>1.05</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-7.54</x:v>
+        <x:v>-12.38</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-7.48</x:v>
+        <x:v>-12.32</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-3.8</x:v>
+        <x:v>-1.13</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>-13.09</x:v>
+        <x:v>-19.56</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-8.26</x:v>
+        <x:v>-7.54</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-8.2</x:v>
+        <x:v>-7.48</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>1.14</x:v>
+        <x:v>-3.8</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>-13.37</x:v>
+        <x:v>-13.09</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>3.57</x:v>
+        <x:v>-8.26</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>-8.2</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>7.21</x:v>
+        <x:v>-13.37</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>4.17</x:v>
+        <x:v>3.57</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>4.23</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>2.87</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>7.21</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-1.43</x:v>
+        <x:v>4.17</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-1.37</x:v>
+        <x:v>4.23</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>5.13</x:v>
+        <x:v>7.18</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-1.59</x:v>
+        <x:v>-1.43</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-1.53</x:v>
+        <x:v>-1.37</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>-11.37</x:v>
+        <x:v>5.13</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-0.78</x:v>
+        <x:v>-1.59</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-0.71</x:v>
+        <x:v>-1.53</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>3.79</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>-11.37</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-0.48</x:v>
+        <x:v>-0.78</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>-0.71</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>-2.78</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>8.98</x:v>
+        <x:v>-0.48</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>9.04</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>15.23</x:v>
+        <x:v>-2.78</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-9.3</x:v>
+        <x:v>8.98</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-9.23</x:v>
+        <x:v>9.04</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>-5.13</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>-18.89</x:v>
+        <x:v>15.23</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>7.11</x:v>
+        <x:v>-9.3</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>-9.23</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-5.13</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
-        <x:v>-2.58</x:v>
+        <x:v>-18.89</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>6.75</x:v>
+        <x:v>7.11</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>6.82</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>6.62</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
-        <x:v>-3.93</x:v>
+        <x:v>-2.58</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-7.62</x:v>
+        <x:v>6.75</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-7.56</x:v>
+        <x:v>6.82</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-3.58</x:v>
+        <x:v>6.62</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>-10.14</x:v>
+        <x:v>-3.93</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>-7.62</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>-7.56</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-1.96</x:v>
+        <x:v>-3.58</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>-10.14</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>12.33</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>12.39</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>-1.96</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>20.11</x:v>
+        <x:v>4.46</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-10.91</x:v>
+        <x:v>12.33</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-10.84</x:v>
+        <x:v>12.39</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-4.47</x:v>
+        <x:v>5.43</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>-10.41</x:v>
+        <x:v>20.11</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>5.27</x:v>
+        <x:v>-10.91</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>5.34</x:v>
+        <x:v>-10.84</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>-4.47</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
-        <x:v>3.31</x:v>
+        <x:v>-10.41</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-8.16</x:v>
+        <x:v>5.27</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-8.1</x:v>
+        <x:v>5.34</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-2.79</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>-17.56</x:v>
+        <x:v>3.31</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>-8.16</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>2.51</x:v>
+        <x:v>-8.1</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-1.28</x:v>
+        <x:v>-2.79</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
-        <x:v>6.28</x:v>
+        <x:v>-17.56</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-5.42</x:v>
+        <x:v>-1.28</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
-        <x:v>1.99</x:v>
+        <x:v>6.28</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-4.49</x:v>
+        <x:v>3.86</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-4.42</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-1.87</x:v>
+        <x:v>-5.42</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
-        <x:v>-18.39</x:v>
+        <x:v>1.99</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-4.01</x:v>
+        <x:v>-4.49</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>-4.42</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>1.43</x:v>
+        <x:v>-1.87</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
-        <x:v>-17.75</x:v>
+        <x:v>-18.39</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-1.45</x:v>
+        <x:v>-4.01</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-1.39</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>-17.75</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
+        <x:v>-1.45</x:v>
+      </x:c>
+      <x:c r="C55" s="4" t="n">
+        <x:v>-1.39</x:v>
+      </x:c>
+      <x:c r="D55" s="4" t="n">
+        <x:v>3.38</x:v>
+      </x:c>
+      <x:c r="E55" s="4" t="n">
+        <x:v>1.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="56" spans="1:5">
+      <x:c r="A56" s="2" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B56" s="4" t="n">
         <x:v>7.42</x:v>
       </x:c>
-      <x:c r="C55" s="4" t="n">
+      <x:c r="C56" s="4" t="n">
         <x:v>7.47</x:v>
       </x:c>
-      <x:c r="D55" s="4" t="n">
+      <x:c r="D56" s="4" t="n">
         <x:v>1.74</x:v>
       </x:c>
-      <x:c r="E55" s="4" t="n">
+      <x:c r="E56" s="4" t="n">
         <x:v>16.76</x:v>
       </x:c>
     </x:row>
-    <x:row r="57" spans="1:5">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="58" spans="1:5">
-      <x:c r="A58" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A58" s="2" t="s"/>
+      <x:c r="B58" s="3" t="s"/>
+      <x:c r="C58" s="3" t="s"/>
+      <x:c r="D58" s="3" t="s"/>
+      <x:c r="E58" s="3" t="s"/>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B59" s="4" t="n">
-        <x:v>20.85</x:v>
+        <x:v>9.08</x:v>
       </x:c>
       <x:c r="C59" s="4" t="n">
-        <x:v>21.07</x:v>
+        <x:v>9.21</x:v>
       </x:c>
       <x:c r="D59" s="4" t="n">
-        <x:v>6.42</x:v>
+        <x:v>3.31</x:v>
       </x:c>
       <x:c r="E59" s="4" t="n">
-        <x:v>43.13</x:v>
+        <x:v>10.79</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>9.51</x:v>
+        <x:v>20.85</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>9.71</x:v>
+        <x:v>21.07</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>6.05</x:v>
+        <x:v>6.42</x:v>
       </x:c>
       <x:c r="E60" s="4" t="n">
-        <x:v>20.36</x:v>
+        <x:v>43.13</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>-9.85</x:v>
+        <x:v>9.51</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>-9.67</x:v>
+        <x:v>9.71</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>-1.96</x:v>
+        <x:v>6.05</x:v>
       </x:c>
       <x:c r="E61" s="4" t="n">
-        <x:v>-22.12</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>-10.55</x:v>
+        <x:v>-9.85</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>-10.37</x:v>
+        <x:v>-9.67</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>10.94</x:v>
+        <x:v>-1.96</x:v>
       </x:c>
       <x:c r="E62" s="4" t="n">
-        <x:v>13.18</x:v>
+        <x:v>-22.12</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>5.53</x:v>
+        <x:v>-10.55</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>-10.37</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>10.94</x:v>
       </x:c>
       <x:c r="E63" s="4" t="n">
-        <x:v>-4.37</x:v>
+        <x:v>13.18</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>-11.4</x:v>
+        <x:v>5.53</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>-11.23</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>0.54</x:v>
+        <x:v>2.63</x:v>
       </x:c>
       <x:c r="E64" s="4" t="n">
-        <x:v>-14.36</x:v>
+        <x:v>-4.37</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>-11.4</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>-1.76</x:v>
+        <x:v>-11.23</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>13.1</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="E65" s="4" t="n">
-        <x:v>-18.83</x:v>
+        <x:v>-14.36</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>-1.33</x:v>
+        <x:v>-1.94</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>-1.76</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>5.02</x:v>
+        <x:v>13.1</x:v>
       </x:c>
       <x:c r="E66" s="4" t="n">
-        <x:v>-10.77</x:v>
+        <x:v>-18.83</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>-12.15</x:v>
+        <x:v>-1.33</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>-11.97</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>-0.37</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="E67" s="4" t="n">
-        <x:v>-19.28</x:v>
+        <x:v>-10.77</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>-12.15</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>1.24</x:v>
+        <x:v>-11.97</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>6.83</x:v>
+        <x:v>-0.37</x:v>
       </x:c>
       <x:c r="E68" s="4" t="n">
-        <x:v>-0.14</x:v>
+        <x:v>-19.28</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>7.61</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>7.81</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>8.65</x:v>
+        <x:v>6.83</x:v>
       </x:c>
       <x:c r="E69" s="4" t="n">
-        <x:v>7.17</x:v>
+        <x:v>-0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>7.61</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>3.91</x:v>
+        <x:v>7.81</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>4.07</x:v>
+        <x:v>8.65</x:v>
       </x:c>
       <x:c r="E70" s="4" t="n">
-        <x:v>-24.09</x:v>
+        <x:v>7.17</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>5.62</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>3.91</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>4.07</x:v>
       </x:c>
       <x:c r="E71" s="4" t="n">
-        <x:v>12.74</x:v>
+        <x:v>-24.09</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>-13.87</x:v>
+        <x:v>5.62</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>-13.69</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>-7.9</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="E72" s="4" t="n">
-        <x:v>-23.7</x:v>
+        <x:v>12.74</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>1.62</x:v>
+        <x:v>-13.87</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>-13.69</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>-8.37</x:v>
+        <x:v>-7.9</x:v>
       </x:c>
       <x:c r="E73" s="4" t="n">
-        <x:v>-11.53</x:v>
+        <x:v>-23.7</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
+        <x:v>1.62</x:v>
+      </x:c>
+      <x:c r="C74" s="4" t="n">
+        <x:v>1.82</x:v>
+      </x:c>
+      <x:c r="D74" s="4" t="n">
+        <x:v>-8.37</x:v>
+      </x:c>
+      <x:c r="E74" s="4" t="n">
+        <x:v>-11.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:5">
+      <x:c r="A75" s="2" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="B75" s="4" t="n">
         <x:v>1.61</x:v>
       </x:c>
-      <x:c r="C74" s="4" t="n">
+      <x:c r="C75" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
-      <x:c r="D74" s="4" t="n">
+      <x:c r="D75" s="4" t="n">
         <x:v>6.68</x:v>
       </x:c>
-      <x:c r="E74" s="4" t="n">
+      <x:c r="E75" s="4" t="n">
         <x:v>-2.46</x:v>
       </x:c>
     </x:row>
-    <x:row r="76" spans="1:5">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="77" spans="1:5">
-      <x:c r="A77" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A77" s="2" t="s"/>
+      <x:c r="B77" s="3" t="s"/>
+      <x:c r="C77" s="3" t="s"/>
+      <x:c r="D77" s="3" t="s"/>
+      <x:c r="E77" s="3" t="s"/>
     </x:row>
     <x:row r="78" spans="1:5">
-      <x:c r="A78" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A78" s="2" t="s">
+        <x:v>74</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
-        <x:v>-17.99</x:v>
+        <x:v>30.14</x:v>
       </x:c>
       <x:c r="C78" s="4" t="n">
-        <x:v>-17.35</x:v>
+        <x:v>31.03</x:v>
       </x:c>
       <x:c r="D78" s="4" t="n">
-        <x:v>29.48</x:v>
+        <x:v>14.31</x:v>
       </x:c>
       <x:c r="E78" s="4" t="n">
-        <x:v>-24.76</x:v>
+        <x:v>48.64</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>-5.74</x:v>
+        <x:v>-17.99</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>-5.02</x:v>
+        <x:v>-17.35</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>21.45</x:v>
+        <x:v>29.48</x:v>
       </x:c>
       <x:c r="E79" s="4" t="n">
-        <x:v>-22.92</x:v>
+        <x:v>-24.76</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>-4.12</x:v>
+        <x:v>-5.74</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>-3.37</x:v>
+        <x:v>-5.02</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>-12.48</x:v>
+        <x:v>21.45</x:v>
       </x:c>
       <x:c r="E80" s="4" t="n">
-        <x:v>-42.23</x:v>
+        <x:v>-22.92</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B81" s="4" t="n">
+        <x:v>-4.12</x:v>
+      </x:c>
+      <x:c r="C81" s="4" t="n">
+        <x:v>-3.37</x:v>
+      </x:c>
+      <x:c r="D81" s="4" t="n">
+        <x:v>-12.48</x:v>
+      </x:c>
+      <x:c r="E81" s="4" t="n">
+        <x:v>-42.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="82" spans="1:5">
+      <x:c r="A82" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="B81" s="4" t="n">
+      <x:c r="B82" s="4" t="n">
         <x:v>1.61</x:v>
       </x:c>
-      <x:c r="C81" s="4" t="n">
+      <x:c r="C82" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
-      <x:c r="D81" s="4" t="n">
+      <x:c r="D82" s="4" t="n">
         <x:v>6.68</x:v>
       </x:c>
-      <x:c r="E81" s="4" t="n">
+      <x:c r="E82" s="4" t="n">
         <x:v>-2.46</x:v>
       </x:c>
     </x:row>
-    <x:row r="83" spans="1:5">
-[...3 lines deleted...]
-    </x:row>
     <x:row r="84" spans="1:5">
-      <x:c r="A84" s="1" t="s">
+      <x:c r="A84" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
-      <x:c r="A87" s="2" t="s">
+      <x:c r="A87" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
-      <x:c r="A92" s="1" t="s">
+      <x:c r="A92" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
-      <x:c r="A98" s="2" t="s">
+      <x:c r="A98" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
-      <x:c r="A99" s="1" t="s">
+      <x:c r="A99" s="2" t="s">
         <x:v>90</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:5">
+      <x:c r="A100" s="1" t="s">
+        <x:v>91</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="26.960625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:10">
       <x:c r="A7" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="2" t="s"/>
       <x:c r="B9" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J9" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>8.89</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>8.89</x:v>
+        <x:v>9.08</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>29.92</x:v>
+        <x:v>30.14</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>19.9</x:v>
+        <x:v>24.01</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>-3.01</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>-0.53</x:v>
+        <x:v>-0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>-0.19</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.31</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>14.52</x:v>
+        <x:v>14.31</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>22.71</x:v>
+        <x:v>17.42</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>20.68</x:v>
+        <x:v>19.47</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>13.61</x:v>
+        <x:v>13.28</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10">
       <x:c r="A12" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B12" s="2" t="s"/>
       <x:c r="C12" s="4" t="n">
-        <x:v>17.56</x:v>
+        <x:v>-5.76</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>17.56</x:v>
+        <x:v>10.79</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>57.73</x:v>
+        <x:v>48.64</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>68.11</x:v>
+        <x:v>46.53</x:v>
       </x:c>
       <x:c r="G12" s="4" t="n">
-        <x:v>-10.25</x:v>
+        <x:v>-11.24</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I12" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J12" s="4" t="n">
-        <x:v>-15.02</x:v>
+        <x:v>-15.96</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10">
       <x:c r="A15" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s"/>
       <x:c r="B18" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D18" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="J18" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>8.96</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>8.96</x:v>
+        <x:v>9.21</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>30.72</x:v>
+        <x:v>31.03</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>20.79</x:v>
+        <x:v>24.94</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>-0.06</x:v>
+        <x:v>-2.27</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>0.28</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10">
       <x:c r="A20" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B20" s="2" t="s"/>
       <x:c r="C20" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>-0.19</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>3.31</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>14.52</x:v>
+        <x:v>14.31</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>22.71</x:v>
+        <x:v>17.42</x:v>
       </x:c>
       <x:c r="G20" s="4" t="n">
-        <x:v>20.68</x:v>
+        <x:v>19.47</x:v>
       </x:c>
       <x:c r="H20" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I20" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J20" s="4" t="n">
-        <x:v>13.61</x:v>
+        <x:v>13.28</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B21" s="2" t="s"/>
       <x:c r="C21" s="4" t="n">
-        <x:v>17.56</x:v>
+        <x:v>-5.76</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>17.56</x:v>
+        <x:v>10.79</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>57.73</x:v>
+        <x:v>48.64</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>68.11</x:v>
+        <x:v>46.53</x:v>
       </x:c>
       <x:c r="G21" s="4" t="n">
-        <x:v>-10.25</x:v>
+        <x:v>-11.24</x:v>
       </x:c>
       <x:c r="H21" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I21" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J21" s="4" t="n">
-        <x:v>-15.02</x:v>
+        <x:v>-15.96</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="26.960625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9">
       <x:c r="A7" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="2" t="s"/>
       <x:c r="B9" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>20.85</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>19.31</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>6.72</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>-1.47</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>-2.65</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>6.42</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>10.65</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>22.75</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>21.88</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>12.94</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9">
       <x:c r="A12" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B12" s="2" t="s"/>
       <x:c r="C12" s="4" t="n">
         <x:v>43.13</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
         <x:v>34.17</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
         <x:v>51.85</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
         <x:v>-16.09</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I12" s="4" t="n">
         <x:v>-18.68</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9">
       <x:c r="A15" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s"/>
       <x:c r="B18" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D18" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>21.07</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>19.98</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>7.53</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>-0.72</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>-1.9</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9">
       <x:c r="A20" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B20" s="2" t="s"/>
       <x:c r="C20" s="4" t="n">
         <x:v>6.42</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
         <x:v>10.65</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
         <x:v>22.75</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
         <x:v>21.88</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H20" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I20" s="4" t="n">
         <x:v>12.94</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B21" s="2" t="s"/>
       <x:c r="C21" s="4" t="n">
         <x:v>43.13</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
         <x:v>34.17</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
         <x:v>51.85</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
         <x:v>-16.09</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H21" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I21" s="4" t="n">
         <x:v>-18.68</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>