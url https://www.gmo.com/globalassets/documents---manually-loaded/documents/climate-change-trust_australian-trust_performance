--- v2 (2025-12-16)
+++ v3 (2026-01-07)
@@ -1,84 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2ce241e4d534e69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6d98dfe29a6649b1a20ada6d1e364044.psmdcp" Id="R7a47aec23f334046" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa9cbbbb0c7e4d4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/172bc28807184238907e22e7f8381aae.psmdcp" Id="R7190cbcfb4184e4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="114" uniqueCount="114">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113" uniqueCount="113">
   <x:si>
     <x:t>Performance - Climate Change Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 11/30/2025 (AUD,%)</x:t>
+    <x:t>As of 12/31/2025 (AUD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 10/05/2021</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI</x:t>
   </x:si>
   <x:si>
     <x:t>WilderHill Clean Energy Index</x:t>
   </x:si>
   <x:si>
+    <x:t>12/31/2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2025</x:t>
@@ -185,51 +188,51 @@
   <x:si>
     <x:t>05/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2022</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2022</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2021</x:t>
   </x:si>
   <x:si>
-    <x:t>QTD Q4-2025</x:t>
+    <x:t>Q4-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2023</x:t>
   </x:si>
@@ -290,114 +293,108 @@
   <x:si>
     <x:t>The Trust accepts investments from wholesale investors only. Retail investors are not able to directly invest in the Trust but may gain exposure to the Trusts by investing with certain</x:t>
   </x:si>
   <x:si>
     <x:t>investor directed portfolio services, master trusts, wrap accounts or custodians (“services”). GMO Australia Limited, GMO LLC, and their affiliates, do not guarantee the performance of the</x:t>
   </x:si>
   <x:si>
     <x:t>Trust or the repayment of an investor’s capital. This information is of a general nature only and is not advice. It does not take into account the objectives, financial situation or needs</x:t>
   </x:si>
   <x:si>
     <x:t>of any specific investor. The offer to invest in the Trust for wholesale investors is contained in the current information memorandum. A Product Disclosure Statement (“PDS”) is also</x:t>
   </x:si>
   <x:si>
     <x:t>available solely for use by retail investors gaining exposure to the Trust through a service. The information memorandum and PDS can be obtained by visiting our website www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>Investors should read the information memorandum or PDS, consider their own circumstances, and obtain their own advice before making an investment decision.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 11/30/2025 (AUD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in AUD as of 11/30/2025</x:t>
+    <x:t>Month-End as of 12/31/2025 (AUD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in AUD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Net returns are presented after the deduction of management fees and incentive fees if applicable. These returns include transaction costs, commissions and withholding taxes on foreign</x:t>
   </x:si>
   <x:si>
     <x:t>income and capital gains and include the reinvestment of dividends and other income, as applicable.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Climate Change Trust</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2021</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in AUD as of 11/30/2025</x:t>
+    <x:t>Average Annual Total Return (Gross) in AUD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Gross returns are presented gross of management fees and incentive fees if applicable. These returns include transaction costs, commissions and withholding taxes on foreign income and</x:t>
   </x:si>
   <x:si>
     <x:t>capital gains and include the reinvestment of dividends and other income, as applicable.</x:t>
   </x:si>
   <x:si>
-    <x:t>Quarter-End as of 09/30/2025 (AUD,%)</x:t>
-[...5 lines deleted...]
-    <x:t>Average Annual Total Return (Gross) in AUD as of 09/30/2025</x:t>
+    <x:t>Quarter-End as of 12/31/2025 (AUD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -738,2185 +735,2204 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E100"/>
+  <x:dimension ref="A1:E101"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="26.960625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>-0.73</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-0.19</x:v>
+        <x:v>-0.63</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>-5.76</x:v>
+        <x:v>-4.43</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>8.89</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>8.96</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>-0.19</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>17.56</x:v>
+        <x:v>-5.76</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>8.89</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>8.96</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>13.13</x:v>
+        <x:v>17.56</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>9.25</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>9.31</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>9.02</x:v>
+        <x:v>13.13</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>9.12</x:v>
+        <x:v>9.25</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>9.19</x:v>
+        <x:v>9.31</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>16.05</x:v>
+        <x:v>9.02</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>9.12</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>5.16</x:v>
+        <x:v>9.19</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>2.61</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>10.04</x:v>
+        <x:v>16.05</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>7.63</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>5.16</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>5.14</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>13.65</x:v>
+        <x:v>10.04</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>-3.19</x:v>
+        <x:v>7.63</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>-3.13</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>5.14</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>-3.75</x:v>
+        <x:v>13.65</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-4.56</x:v>
+        <x:v>-3.19</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-4.49</x:v>
+        <x:v>-3.13</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-4.15</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>-10.51</x:v>
+        <x:v>-3.75</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-6.95</x:v>
+        <x:v>-4.56</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-6.89</x:v>
+        <x:v>-4.49</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>-4.15</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>-9.89</x:v>
+        <x:v>-10.51</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>-6.95</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>1.58</x:v>
+        <x:v>-6.89</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-3.42</x:v>
+        <x:v>-9.89</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-4.71</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-4.65</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>-1.42</x:v>
+        <x:v>-3.42</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-3.15</x:v>
+        <x:v>-4.71</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-3.09</x:v>
+        <x:v>-4.65</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>-1.42</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>-3.15</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-3.01</x:v>
+        <x:v>-3.09</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>3.54</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>6.19</x:v>
+        <x:v>8.12</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>0.58</x:v>
+        <x:v>-3.07</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>-3.01</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>1.42</x:v>
+        <x:v>6.19</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-2.8</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-2.73</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>-1.31</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>-13.67</x:v>
+        <x:v>1.42</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>7.95</x:v>
+        <x:v>-2.8</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>8.01</x:v>
+        <x:v>-2.73</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>-1.31</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>9.23</x:v>
+        <x:v>-13.67</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-11.02</x:v>
+        <x:v>7.95</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-10.96</x:v>
+        <x:v>8.01</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>-11.91</x:v>
+        <x:v>9.23</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>4.59</x:v>
+        <x:v>-11.02</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>4.65</x:v>
+        <x:v>-10.96</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>9.81</x:v>
+        <x:v>-11.91</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-4.8</x:v>
+        <x:v>4.59</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-4.73</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>-2.79</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>-11.46</x:v>
+        <x:v>9.81</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>5.13</x:v>
+        <x:v>-4.8</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>-4.73</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-2.79</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>-2.71</x:v>
+        <x:v>-11.46</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>5.13</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>5.88</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>-2.71</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>-9.18</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>-9.12</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>5.88</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>-17.77</x:v>
+        <x:v>1.47</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>7.44</x:v>
+        <x:v>-9.18</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>7.51</x:v>
+        <x:v>-9.12</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>9.77</x:v>
+        <x:v>-17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>4.81</x:v>
+        <x:v>7.44</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>4.87</x:v>
+        <x:v>7.51</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>9.77</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>-12.38</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>-12.32</x:v>
+        <x:v>4.87</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>-1.13</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>-19.56</x:v>
+        <x:v>1.05</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-7.54</x:v>
+        <x:v>-12.38</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-7.48</x:v>
+        <x:v>-12.32</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-3.8</x:v>
+        <x:v>-1.13</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>-13.09</x:v>
+        <x:v>-19.56</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-8.26</x:v>
+        <x:v>-7.54</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-8.2</x:v>
+        <x:v>-7.48</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>1.14</x:v>
+        <x:v>-3.8</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>-13.37</x:v>
+        <x:v>-13.09</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>3.57</x:v>
+        <x:v>-8.26</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>-8.2</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>7.21</x:v>
+        <x:v>-13.37</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>4.17</x:v>
+        <x:v>3.57</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>4.23</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>2.87</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>7.21</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>-1.43</x:v>
+        <x:v>4.17</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>-1.37</x:v>
+        <x:v>4.23</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>5.13</x:v>
+        <x:v>7.18</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-1.59</x:v>
+        <x:v>-1.43</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-1.53</x:v>
+        <x:v>-1.37</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>-11.37</x:v>
+        <x:v>5.13</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-0.78</x:v>
+        <x:v>-1.59</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-0.71</x:v>
+        <x:v>-1.53</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>3.79</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>-11.37</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-0.48</x:v>
+        <x:v>-0.78</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>-0.71</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>-2.78</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>8.98</x:v>
+        <x:v>-0.48</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>9.04</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>15.23</x:v>
+        <x:v>-2.78</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-9.3</x:v>
+        <x:v>8.98</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-9.23</x:v>
+        <x:v>9.04</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>-5.13</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
-        <x:v>-18.89</x:v>
+        <x:v>15.23</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>7.11</x:v>
+        <x:v>-9.3</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>-9.23</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-5.13</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
-        <x:v>-2.58</x:v>
+        <x:v>-18.89</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>6.75</x:v>
+        <x:v>7.11</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>6.82</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>6.62</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>-3.93</x:v>
+        <x:v>-2.58</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>-7.62</x:v>
+        <x:v>6.75</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>-7.56</x:v>
+        <x:v>6.82</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>-3.58</x:v>
+        <x:v>6.62</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>-10.14</x:v>
+        <x:v>-3.93</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>-7.62</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>-7.56</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-1.96</x:v>
+        <x:v>-3.58</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>-10.14</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>12.33</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>12.39</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>-1.96</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>20.11</x:v>
+        <x:v>4.46</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>-10.91</x:v>
+        <x:v>12.33</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>-10.84</x:v>
+        <x:v>12.39</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-4.47</x:v>
+        <x:v>5.43</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
-        <x:v>-10.41</x:v>
+        <x:v>20.11</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>5.27</x:v>
+        <x:v>-10.91</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>5.34</x:v>
+        <x:v>-10.84</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>-4.47</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>3.31</x:v>
+        <x:v>-10.41</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-8.16</x:v>
+        <x:v>5.27</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-8.1</x:v>
+        <x:v>5.34</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-2.79</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
-        <x:v>-17.56</x:v>
+        <x:v>3.31</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>-8.16</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>2.51</x:v>
+        <x:v>-8.1</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-1.28</x:v>
+        <x:v>-2.79</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
-        <x:v>6.28</x:v>
+        <x:v>-17.56</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-5.42</x:v>
+        <x:v>-1.28</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
-        <x:v>1.99</x:v>
+        <x:v>6.28</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>-4.49</x:v>
+        <x:v>3.86</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>-4.42</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-1.87</x:v>
+        <x:v>-5.42</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
-        <x:v>-18.39</x:v>
+        <x:v>1.99</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-4.01</x:v>
+        <x:v>-4.49</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>-4.42</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>1.43</x:v>
+        <x:v>-1.87</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
-        <x:v>-17.75</x:v>
+        <x:v>-18.39</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-1.45</x:v>
+        <x:v>-4.01</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-1.39</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="E55" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>-17.75</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
+        <x:v>-1.45</x:v>
+      </x:c>
+      <x:c r="C56" s="4" t="n">
+        <x:v>-1.39</x:v>
+      </x:c>
+      <x:c r="D56" s="4" t="n">
+        <x:v>3.38</x:v>
+      </x:c>
+      <x:c r="E56" s="4" t="n">
+        <x:v>1.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:5">
+      <x:c r="A57" s="2" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="B57" s="4" t="n">
         <x:v>7.42</x:v>
       </x:c>
-      <x:c r="C56" s="4" t="n">
+      <x:c r="C57" s="4" t="n">
         <x:v>7.47</x:v>
       </x:c>
-      <x:c r="D56" s="4" t="n">
+      <x:c r="D57" s="4" t="n">
         <x:v>1.74</x:v>
       </x:c>
-      <x:c r="E56" s="4" t="n">
+      <x:c r="E57" s="4" t="n">
         <x:v>16.76</x:v>
       </x:c>
     </x:row>
-    <x:row r="58" spans="1:5">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="59" spans="1:5">
-      <x:c r="A59" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A59" s="2" t="s"/>
+      <x:c r="B59" s="3" t="s"/>
+      <x:c r="C59" s="3" t="s"/>
+      <x:c r="D59" s="3" t="s"/>
+      <x:c r="E59" s="3" t="s"/>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B60" s="4" t="n">
-        <x:v>20.85</x:v>
+        <x:v>8.28</x:v>
       </x:c>
       <x:c r="C60" s="4" t="n">
-        <x:v>21.07</x:v>
+        <x:v>8.48</x:v>
       </x:c>
       <x:c r="D60" s="4" t="n">
-        <x:v>6.42</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="E60" s="4" t="n">
-        <x:v>43.13</x:v>
+        <x:v>5.88</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>9.51</x:v>
+        <x:v>20.85</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>9.71</x:v>
+        <x:v>21.07</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>6.05</x:v>
+        <x:v>6.42</x:v>
       </x:c>
       <x:c r="E61" s="4" t="n">
-        <x:v>20.36</x:v>
+        <x:v>43.13</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>-9.85</x:v>
+        <x:v>9.51</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>-9.67</x:v>
+        <x:v>9.71</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>-1.96</x:v>
+        <x:v>6.05</x:v>
       </x:c>
       <x:c r="E62" s="4" t="n">
-        <x:v>-22.12</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>-10.55</x:v>
+        <x:v>-9.85</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>-10.37</x:v>
+        <x:v>-9.67</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>10.94</x:v>
+        <x:v>-1.96</x:v>
       </x:c>
       <x:c r="E63" s="4" t="n">
-        <x:v>13.18</x:v>
+        <x:v>-22.12</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>5.53</x:v>
+        <x:v>-10.55</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>-10.37</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>10.94</x:v>
       </x:c>
       <x:c r="E64" s="4" t="n">
-        <x:v>-4.37</x:v>
+        <x:v>13.18</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>-11.4</x:v>
+        <x:v>5.53</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>-11.23</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>0.54</x:v>
+        <x:v>2.63</x:v>
       </x:c>
       <x:c r="E65" s="4" t="n">
-        <x:v>-14.36</x:v>
+        <x:v>-4.37</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>-11.4</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>-1.76</x:v>
+        <x:v>-11.23</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>13.1</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="E66" s="4" t="n">
-        <x:v>-18.83</x:v>
+        <x:v>-14.36</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>-1.33</x:v>
+        <x:v>-1.94</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>-1.76</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>5.02</x:v>
+        <x:v>13.1</x:v>
       </x:c>
       <x:c r="E67" s="4" t="n">
-        <x:v>-10.77</x:v>
+        <x:v>-18.83</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>-12.15</x:v>
+        <x:v>-1.33</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>-11.97</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>-0.37</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="E68" s="4" t="n">
-        <x:v>-19.28</x:v>
+        <x:v>-10.77</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>-12.15</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>1.24</x:v>
+        <x:v>-11.97</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>6.83</x:v>
+        <x:v>-0.37</x:v>
       </x:c>
       <x:c r="E69" s="4" t="n">
-        <x:v>-0.14</x:v>
+        <x:v>-19.28</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>7.61</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>7.81</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>8.65</x:v>
+        <x:v>6.83</x:v>
       </x:c>
       <x:c r="E70" s="4" t="n">
-        <x:v>7.17</x:v>
+        <x:v>-0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>7.61</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>3.91</x:v>
+        <x:v>7.81</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>4.07</x:v>
+        <x:v>8.65</x:v>
       </x:c>
       <x:c r="E71" s="4" t="n">
-        <x:v>-24.09</x:v>
+        <x:v>7.17</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>5.62</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>3.91</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>4.07</x:v>
       </x:c>
       <x:c r="E72" s="4" t="n">
-        <x:v>12.74</x:v>
+        <x:v>-24.09</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>-13.87</x:v>
+        <x:v>5.62</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>-13.69</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>-7.9</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="E73" s="4" t="n">
-        <x:v>-23.7</x:v>
+        <x:v>12.74</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>1.62</x:v>
+        <x:v>-13.87</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>-13.69</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>-8.37</x:v>
+        <x:v>-7.9</x:v>
       </x:c>
       <x:c r="E74" s="4" t="n">
-        <x:v>-11.53</x:v>
+        <x:v>-23.7</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
+        <x:v>1.62</x:v>
+      </x:c>
+      <x:c r="C75" s="4" t="n">
+        <x:v>1.82</x:v>
+      </x:c>
+      <x:c r="D75" s="4" t="n">
+        <x:v>-8.37</x:v>
+      </x:c>
+      <x:c r="E75" s="4" t="n">
+        <x:v>-11.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:5">
+      <x:c r="A76" s="2" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="B76" s="4" t="n">
         <x:v>1.61</x:v>
       </x:c>
-      <x:c r="C75" s="4" t="n">
+      <x:c r="C76" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
-      <x:c r="D75" s="4" t="n">
+      <x:c r="D76" s="4" t="n">
         <x:v>6.68</x:v>
       </x:c>
-      <x:c r="E75" s="4" t="n">
+      <x:c r="E76" s="4" t="n">
         <x:v>-2.46</x:v>
       </x:c>
     </x:row>
-    <x:row r="77" spans="1:5">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="78" spans="1:5">
-      <x:c r="A78" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A78" s="2" t="s"/>
+      <x:c r="B78" s="3" t="s"/>
+      <x:c r="C78" s="3" t="s"/>
+      <x:c r="D78" s="3" t="s"/>
+      <x:c r="E78" s="3" t="s"/>
     </x:row>
     <x:row r="79" spans="1:5">
-      <x:c r="A79" s="2" t="n">
-        <x:v>2024</x:v>
+      <x:c r="A79" s="2" t="s">
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B79" s="4" t="n">
-        <x:v>-17.99</x:v>
+        <x:v>29.19</x:v>
       </x:c>
       <x:c r="C79" s="4" t="n">
-        <x:v>-17.35</x:v>
+        <x:v>30.15</x:v>
       </x:c>
       <x:c r="D79" s="4" t="n">
-        <x:v>29.48</x:v>
+        <x:v>13.59</x:v>
       </x:c>
       <x:c r="E79" s="4" t="n">
-        <x:v>-24.76</x:v>
+        <x:v>42.06</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B80" s="4" t="n">
-        <x:v>-5.74</x:v>
+        <x:v>-17.99</x:v>
       </x:c>
       <x:c r="C80" s="4" t="n">
-        <x:v>-5.02</x:v>
+        <x:v>-17.35</x:v>
       </x:c>
       <x:c r="D80" s="4" t="n">
-        <x:v>21.45</x:v>
+        <x:v>29.48</x:v>
       </x:c>
       <x:c r="E80" s="4" t="n">
-        <x:v>-22.92</x:v>
+        <x:v>-24.76</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>-4.12</x:v>
+        <x:v>-5.74</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>-3.37</x:v>
+        <x:v>-5.02</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>-12.48</x:v>
+        <x:v>21.45</x:v>
       </x:c>
       <x:c r="E81" s="4" t="n">
-        <x:v>-42.23</x:v>
+        <x:v>-22.92</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B82" s="4" t="n">
+        <x:v>-4.12</x:v>
+      </x:c>
+      <x:c r="C82" s="4" t="n">
+        <x:v>-3.37</x:v>
+      </x:c>
+      <x:c r="D82" s="4" t="n">
+        <x:v>-12.48</x:v>
+      </x:c>
+      <x:c r="E82" s="4" t="n">
+        <x:v>-42.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="83" spans="1:5">
+      <x:c r="A83" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="B82" s="4" t="n">
+      <x:c r="B83" s="4" t="n">
         <x:v>1.61</x:v>
       </x:c>
-      <x:c r="C82" s="4" t="n">
+      <x:c r="C83" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
-      <x:c r="D82" s="4" t="n">
+      <x:c r="D83" s="4" t="n">
         <x:v>6.68</x:v>
       </x:c>
-      <x:c r="E82" s="4" t="n">
+      <x:c r="E83" s="4" t="n">
         <x:v>-2.46</x:v>
       </x:c>
     </x:row>
-    <x:row r="84" spans="1:5">
-[...3 lines deleted...]
-    </x:row>
     <x:row r="85" spans="1:5">
-      <x:c r="A85" s="1" t="s">
+      <x:c r="A85" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
-      <x:c r="A88" s="2" t="s">
+      <x:c r="A88" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="2" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="2" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="2" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
-      <x:c r="A93" s="1" t="s">
+      <x:c r="A93" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
-      <x:c r="A99" s="2" t="s">
+      <x:c r="A99" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
-      <x:c r="A100" s="1" t="s">
+      <x:c r="A100" s="2" t="s">
         <x:v>91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:5">
+      <x:c r="A101" s="1" t="s">
+        <x:v>92</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="26.960625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
-    <x:col min="4" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:10">
       <x:c r="A7" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="2" t="s"/>
       <x:c r="B9" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J9" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>-0.73</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>9.08</x:v>
+        <x:v>8.28</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>30.14</x:v>
+        <x:v>29.19</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>24.01</x:v>
+        <x:v>29.19</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>-3.01</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>-0.48</x:v>
+        <x:v>-0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.19</x:v>
+        <x:v>-0.63</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>3.31</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>14.31</x:v>
+        <x:v>13.59</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>17.42</x:v>
+        <x:v>13.59</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>19.47</x:v>
+        <x:v>21.33</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>13.28</x:v>
+        <x:v>12.83</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10">
       <x:c r="A12" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B12" s="2" t="s"/>
       <x:c r="C12" s="4" t="n">
-        <x:v>-5.76</x:v>
+        <x:v>-4.43</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>10.79</x:v>
+        <x:v>5.88</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>48.64</x:v>
+        <x:v>42.06</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>46.53</x:v>
+        <x:v>42.06</x:v>
       </x:c>
       <x:c r="G12" s="4" t="n">
-        <x:v>-11.24</x:v>
+        <x:v>-6.25</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I12" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J12" s="4" t="n">
-        <x:v>-15.96</x:v>
+        <x:v>-16.56</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10">
       <x:c r="A15" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s"/>
       <x:c r="B18" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D18" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J18" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>9.21</x:v>
+        <x:v>8.48</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>31.03</x:v>
+        <x:v>30.15</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>24.94</x:v>
+        <x:v>30.15</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>-2.27</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>0.28</x:v>
+        <x:v>0.11</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10">
       <x:c r="A20" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B20" s="2" t="s"/>
       <x:c r="C20" s="4" t="n">
-        <x:v>-0.19</x:v>
+        <x:v>-0.63</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>3.31</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>14.31</x:v>
+        <x:v>13.59</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>17.42</x:v>
+        <x:v>13.59</x:v>
       </x:c>
       <x:c r="G20" s="4" t="n">
-        <x:v>19.47</x:v>
+        <x:v>21.33</x:v>
       </x:c>
       <x:c r="H20" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I20" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J20" s="4" t="n">
-        <x:v>13.28</x:v>
+        <x:v>12.83</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B21" s="2" t="s"/>
       <x:c r="C21" s="4" t="n">
-        <x:v>-5.76</x:v>
+        <x:v>-4.43</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>10.79</x:v>
+        <x:v>5.88</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>48.64</x:v>
+        <x:v>42.06</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>46.53</x:v>
+        <x:v>42.06</x:v>
       </x:c>
       <x:c r="G21" s="4" t="n">
-        <x:v>-11.24</x:v>
+        <x:v>-6.25</x:v>
       </x:c>
       <x:c r="H21" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I21" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="J21" s="4" t="n">
-        <x:v>-15.96</x:v>
+        <x:v>-16.56</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="26.960625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
-    <x:col min="3" max="4" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9">
       <x:c r="A7" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="2" t="s"/>
       <x:c r="B9" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>20.85</x:v>
+        <x:v>8.28</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>19.31</x:v>
+        <x:v>29.19</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>6.72</x:v>
+        <x:v>29.19</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>-1.47</x:v>
+        <x:v>-0.05</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
-        <x:v>-2.65</x:v>
+        <x:v>-0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>6.42</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>10.65</x:v>
+        <x:v>13.59</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>22.75</x:v>
+        <x:v>13.59</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>21.88</x:v>
+        <x:v>21.33</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
-        <x:v>12.94</x:v>
+        <x:v>12.83</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9">
       <x:c r="A12" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B12" s="2" t="s"/>
       <x:c r="C12" s="4" t="n">
-        <x:v>43.13</x:v>
+        <x:v>5.88</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>34.17</x:v>
+        <x:v>42.06</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>51.85</x:v>
+        <x:v>42.06</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>-16.09</x:v>
+        <x:v>-6.25</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I12" s="4" t="n">
-        <x:v>-18.68</x:v>
+        <x:v>-16.56</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9">
       <x:c r="A15" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s"/>
       <x:c r="B18" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="D18" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>21.07</x:v>
+        <x:v>8.48</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>19.98</x:v>
+        <x:v>30.15</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>7.53</x:v>
+        <x:v>30.15</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>-0.72</x:v>
+        <x:v>0.72</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>-1.9</x:v>
+        <x:v>0.11</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9">
       <x:c r="A20" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B20" s="2" t="s"/>
       <x:c r="C20" s="4" t="n">
-        <x:v>6.42</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>10.65</x:v>
+        <x:v>13.59</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>22.75</x:v>
+        <x:v>13.59</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>21.88</x:v>
+        <x:v>21.33</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H20" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I20" s="4" t="n">
-        <x:v>12.94</x:v>
+        <x:v>12.83</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B21" s="2" t="s"/>
       <x:c r="C21" s="4" t="n">
-        <x:v>43.13</x:v>
+        <x:v>5.88</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>34.17</x:v>
+        <x:v>42.06</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>51.85</x:v>
+        <x:v>42.06</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>-16.09</x:v>
+        <x:v>-6.25</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H21" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I21" s="4" t="n">
-        <x:v>-18.68</x:v>
+        <x:v>-16.56</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="2" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>