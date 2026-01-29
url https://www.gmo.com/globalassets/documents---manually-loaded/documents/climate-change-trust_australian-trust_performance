--- v3 (2026-01-07)
+++ v4 (2026-01-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa9cbbbb0c7e4d4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/172bc28807184238907e22e7f8381aae.psmdcp" Id="R7190cbcfb4184e4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71992ffd34b1415d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0bdb29bbedea46919758a7ae7a795916.psmdcp" Id="R8c0764eff14645fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113" uniqueCount="113">
   <x:si>
     <x:t>Performance - Climate Change Trust</x:t>
   </x:si>
   <x:si>
     <x:t>As of 12/31/2025 (AUD,%)</x:t>