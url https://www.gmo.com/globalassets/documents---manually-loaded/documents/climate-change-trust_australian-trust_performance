--- v4 (2026-01-29)
+++ v5 (2026-02-18)
@@ -1,84 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71992ffd34b1415d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0bdb29bbedea46919758a7ae7a795916.psmdcp" Id="R8c0764eff14645fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b2dece1ec8e403e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f9f4520c8a4340869d0461c5d7933795.psmdcp" Id="Rcd991d8c99de4a41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113" uniqueCount="113">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="117" uniqueCount="117">
   <x:si>
     <x:t>Performance - Climate Change Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 12/31/2025 (AUD,%)</x:t>
+    <x:t>As of 01/31/2026 (AUD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 10/05/2021</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI</x:t>
   </x:si>
   <x:si>
     <x:t>WilderHill Clean Energy Index</x:t>
   </x:si>
   <x:si>
+    <x:t>01/31/2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2025</x:t>
@@ -188,50 +191,53 @@
   <x:si>
     <x:t>05/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2022</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2022</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2022</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2021</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2021</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2021</x:t>
   </x:si>
   <x:si>
+    <x:t>QTD Q1-2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>Q4-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2025</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2024</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2023</x:t>
@@ -239,51 +245,51 @@
   <x:si>
     <x:t>Q3-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2023</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q3-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q2-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q1-2022</x:t>
   </x:si>
   <x:si>
     <x:t>Q4-2021</x:t>
   </x:si>
   <x:si>
-    <x:t>YTD 2025</x:t>
+    <x:t>YTD 2026</x:t>
   </x:si>
   <x:si>
     <x:t>The GMO Climate Change Trust ARSN 696 030 896(“the Trust”) is issued by GMO Australia Limited ABN 30 071 502 639, AFS Licence No. 236 656.</x:t>
   </x:si>
   <x:si>
     <x:t>Performance data quoted represents past performance and is not indicative of future results. The investment return and principal value of an investment will fluctuate so that an investor's</x:t>
   </x:si>
   <x:si>
     <x:t>shares, when redeemed, may be worth more or less than their original cost. Current performance data may be lower or higher than the performance data provided herein. The portfolio is</x:t>
   </x:si>
   <x:si>
     <x:t>actively-managed, is not managed relative to a benchmark and uses an index for performance comparison purposes only and, where applicable, to compute a performance fee.</x:t>
   </x:si>
   <x:si>
     <x:t>The MSCI ACWI (All Country World) Index (MSCI Standard Index Series, net of withholding tax) is an independently maintained and widely published index comprised of global developed and</x:t>
   </x:si>
   <x:si>
     <x:t>emerging markets. MSCI data may not be reproduced or used for any other purpose. MSCI provides no warranties, has not prepared or approved this report, and has no liability hereunder.</x:t>
   </x:si>
   <x:si>
     <x:t>Please visit https://www.gmo.com/americas/benchmark-disclaimers/ to review the complete benchmark disclaimer notice.</x:t>
   </x:si>
   <x:si>
     <x:t>The WilderShares Clean Energy Index is an independently maintained and widely published index. Stocks and sectors in the Index are based on significance for clean energy, technological</x:t>
   </x:si>
@@ -293,108 +299,114 @@
   <x:si>
     <x:t>The Trust accepts investments from wholesale investors only. Retail investors are not able to directly invest in the Trust but may gain exposure to the Trusts by investing with certain</x:t>
   </x:si>
   <x:si>
     <x:t>investor directed portfolio services, master trusts, wrap accounts or custodians (“services”). GMO Australia Limited, GMO LLC, and their affiliates, do not guarantee the performance of the</x:t>
   </x:si>
   <x:si>
     <x:t>Trust or the repayment of an investor’s capital. This information is of a general nature only and is not advice. It does not take into account the objectives, financial situation or needs</x:t>
   </x:si>
   <x:si>
     <x:t>of any specific investor. The offer to invest in the Trust for wholesale investors is contained in the current information memorandum. A Product Disclosure Statement (“PDS”) is also</x:t>
   </x:si>
   <x:si>
     <x:t>available solely for use by retail investors gaining exposure to the Trust through a service. The information memorandum and PDS can be obtained by visiting our website www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>Investors should read the information memorandum or PDS, consider their own circumstances, and obtain their own advice before making an investment decision.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 12/31/2025 (AUD,%)</x:t>
+    <x:t>Month-End as of 01/31/2026 (AUD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in AUD as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Net returns are presented after the deduction of management fees and incentive fees if applicable. These returns include transaction costs, commissions and withholding taxes on foreign</x:t>
+  </x:si>
+  <x:si>
+    <x:t>income and capital gains and include the reinvestment of dividends and other income, as applicable.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YTD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10-Year</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Since Inception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Climate Change Trust</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/05/2021</x:t>
+  </x:si>
+  <x:si>
+    <x:t>N/A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Gross) in AUD as of 01/31/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gross returns are presented gross of management fees and incentive fees if applicable. These returns include transaction costs, commissions and withholding taxes on foreign income and</x:t>
+  </x:si>
+  <x:si>
+    <x:t>capital gains and include the reinvestment of dividends and other income, as applicable.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quarter-End as of 12/31/2025 (AUD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in AUD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
-    <x:t>Net returns are presented after the deduction of management fees and incentive fees if applicable. These returns include transaction costs, commissions and withholding taxes on foreign</x:t>
-[...40 lines deleted...]
-  <x:si>
     <x:t>Average Annual Total Return (Gross) in AUD as of 12/31/2025</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>Quarter-End as of 12/31/2025 (AUD,%)</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
   <x:fonts count="2">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
@@ -735,2204 +747,2255 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E101"/>
+  <x:dimension ref="A1:E104"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="26.960625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>-0.73</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>4.74</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-0.63</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>-4.43</x:v>
+        <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>-0.73</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>-0.19</x:v>
+        <x:v>-0.63</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>-5.76</x:v>
+        <x:v>-4.43</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>8.89</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>8.96</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>-0.19</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>17.56</x:v>
+        <x:v>-5.76</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>8.89</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>8.96</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>13.13</x:v>
+        <x:v>17.56</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>9.25</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>9.31</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>9.02</x:v>
+        <x:v>13.13</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>9.12</x:v>
+        <x:v>9.25</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>9.19</x:v>
+        <x:v>9.31</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>16.05</x:v>
+        <x:v>9.02</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>9.12</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>5.16</x:v>
+        <x:v>9.19</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>2.61</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>10.04</x:v>
+        <x:v>16.05</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>7.63</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>5.16</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>5.14</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>13.65</x:v>
+        <x:v>10.04</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>-3.19</x:v>
+        <x:v>7.63</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>-3.13</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>5.14</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>-3.75</x:v>
+        <x:v>13.65</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-4.56</x:v>
+        <x:v>-3.19</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-4.49</x:v>
+        <x:v>-3.13</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-4.15</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>-10.51</x:v>
+        <x:v>-3.75</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-6.95</x:v>
+        <x:v>-4.56</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-6.89</x:v>
+        <x:v>-4.49</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>-4.15</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-9.89</x:v>
+        <x:v>-10.51</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>-6.95</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>1.58</x:v>
+        <x:v>-6.89</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>-3.42</x:v>
+        <x:v>-9.89</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>-4.71</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-4.65</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-1.42</x:v>
+        <x:v>-3.42</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-3.15</x:v>
+        <x:v>-4.71</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-3.09</x:v>
+        <x:v>-4.65</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>-1.42</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>-3.15</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-3.01</x:v>
+        <x:v>-3.09</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>3.54</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>6.19</x:v>
+        <x:v>8.12</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>0.58</x:v>
+        <x:v>-3.07</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>-3.01</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>1.42</x:v>
+        <x:v>6.19</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>-2.8</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>-2.73</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>-1.31</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>-13.67</x:v>
+        <x:v>1.42</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>7.95</x:v>
+        <x:v>-2.8</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>8.01</x:v>
+        <x:v>-2.73</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>-1.31</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>9.23</x:v>
+        <x:v>-13.67</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>-11.02</x:v>
+        <x:v>7.95</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>-10.96</x:v>
+        <x:v>8.01</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>-11.91</x:v>
+        <x:v>9.23</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>4.59</x:v>
+        <x:v>-11.02</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>4.65</x:v>
+        <x:v>-10.96</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>9.81</x:v>
+        <x:v>-11.91</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>-4.8</x:v>
+        <x:v>4.59</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>-4.73</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>-2.79</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>-11.46</x:v>
+        <x:v>9.81</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>5.13</x:v>
+        <x:v>-4.8</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>-4.73</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-2.79</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>-2.71</x:v>
+        <x:v>-11.46</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>5.13</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>5.88</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>-2.71</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>-9.18</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>-9.12</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>5.88</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>-17.77</x:v>
+        <x:v>1.47</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>7.44</x:v>
+        <x:v>-9.18</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>7.51</x:v>
+        <x:v>-9.12</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>9.77</x:v>
+        <x:v>-17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>4.81</x:v>
+        <x:v>7.44</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>4.87</x:v>
+        <x:v>7.51</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>9.77</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>-12.38</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>-12.32</x:v>
+        <x:v>4.87</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>-1.13</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>-19.56</x:v>
+        <x:v>1.05</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-7.54</x:v>
+        <x:v>-12.38</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-7.48</x:v>
+        <x:v>-12.32</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-3.8</x:v>
+        <x:v>-1.13</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>-13.09</x:v>
+        <x:v>-19.56</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-8.26</x:v>
+        <x:v>-7.54</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-8.2</x:v>
+        <x:v>-7.48</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>1.14</x:v>
+        <x:v>-3.8</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>-13.37</x:v>
+        <x:v>-13.09</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>3.57</x:v>
+        <x:v>-8.26</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>-8.2</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>7.21</x:v>
+        <x:v>-13.37</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>4.17</x:v>
+        <x:v>3.57</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>4.23</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>2.87</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>7.21</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>-1.43</x:v>
+        <x:v>4.17</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>-1.37</x:v>
+        <x:v>4.23</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>5.13</x:v>
+        <x:v>7.18</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-1.59</x:v>
+        <x:v>-1.43</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-1.53</x:v>
+        <x:v>-1.37</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>-11.37</x:v>
+        <x:v>5.13</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-0.78</x:v>
+        <x:v>-1.59</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-0.71</x:v>
+        <x:v>-1.53</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>3.79</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>-11.37</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-0.48</x:v>
+        <x:v>-0.78</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>-0.71</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>-2.78</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>8.98</x:v>
+        <x:v>-0.48</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>9.04</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
-        <x:v>15.23</x:v>
+        <x:v>-2.78</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>-9.3</x:v>
+        <x:v>8.98</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>-9.23</x:v>
+        <x:v>9.04</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>-5.13</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
-        <x:v>-18.89</x:v>
+        <x:v>15.23</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>7.11</x:v>
+        <x:v>-9.3</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>-9.23</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-5.13</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>-2.58</x:v>
+        <x:v>-18.89</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>6.75</x:v>
+        <x:v>7.11</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>6.82</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>6.62</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>-3.93</x:v>
+        <x:v>-2.58</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>-7.62</x:v>
+        <x:v>6.75</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>-7.56</x:v>
+        <x:v>6.82</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>-3.58</x:v>
+        <x:v>6.62</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>-10.14</x:v>
+        <x:v>-3.93</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>-7.62</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>-7.56</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-1.96</x:v>
+        <x:v>-3.58</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>-10.14</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>12.33</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>12.39</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>-1.96</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
-        <x:v>20.11</x:v>
+        <x:v>4.46</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>-10.91</x:v>
+        <x:v>12.33</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>-10.84</x:v>
+        <x:v>12.39</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>-4.47</x:v>
+        <x:v>5.43</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>-10.41</x:v>
+        <x:v>20.11</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>5.27</x:v>
+        <x:v>-10.91</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>5.34</x:v>
+        <x:v>-10.84</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>-4.47</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
-        <x:v>3.31</x:v>
+        <x:v>-10.41</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>-8.16</x:v>
+        <x:v>5.27</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>-8.1</x:v>
+        <x:v>5.34</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-2.79</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
-        <x:v>-17.56</x:v>
+        <x:v>3.31</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>-8.16</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>2.51</x:v>
+        <x:v>-8.1</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-1.28</x:v>
+        <x:v>-2.79</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
-        <x:v>6.28</x:v>
+        <x:v>-17.56</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-5.42</x:v>
+        <x:v>-1.28</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
-        <x:v>1.99</x:v>
+        <x:v>6.28</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>-4.49</x:v>
+        <x:v>3.86</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>-4.42</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-1.87</x:v>
+        <x:v>-5.42</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
-        <x:v>-18.39</x:v>
+        <x:v>1.99</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-4.01</x:v>
+        <x:v>-4.49</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>-4.42</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>1.43</x:v>
+        <x:v>-1.87</x:v>
       </x:c>
       <x:c r="E55" s="4" t="n">
-        <x:v>-17.75</x:v>
+        <x:v>-18.39</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>-1.45</x:v>
+        <x:v>-4.01</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>-1.39</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="E56" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>-17.75</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
+        <x:v>-1.45</x:v>
+      </x:c>
+      <x:c r="C57" s="4" t="n">
+        <x:v>-1.39</x:v>
+      </x:c>
+      <x:c r="D57" s="4" t="n">
+        <x:v>3.38</x:v>
+      </x:c>
+      <x:c r="E57" s="4" t="n">
+        <x:v>1.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="58" spans="1:5">
+      <x:c r="A58" s="2" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="B58" s="4" t="n">
         <x:v>7.42</x:v>
       </x:c>
-      <x:c r="C57" s="4" t="n">
+      <x:c r="C58" s="4" t="n">
         <x:v>7.47</x:v>
       </x:c>
-      <x:c r="D57" s="4" t="n">
+      <x:c r="D58" s="4" t="n">
         <x:v>1.74</x:v>
       </x:c>
-      <x:c r="E57" s="4" t="n">
+      <x:c r="E58" s="4" t="n">
         <x:v>16.76</x:v>
       </x:c>
     </x:row>
-    <x:row r="59" spans="1:5">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="60" spans="1:5">
-      <x:c r="A60" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A60" s="2" t="s"/>
+      <x:c r="B60" s="3" t="s"/>
+      <x:c r="C60" s="3" t="s"/>
+      <x:c r="D60" s="3" t="s"/>
+      <x:c r="E60" s="3" t="s"/>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="2" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B61" s="4" t="n">
-        <x:v>20.85</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="C61" s="4" t="n">
-        <x:v>21.07</x:v>
+        <x:v>4.74</x:v>
       </x:c>
       <x:c r="D61" s="4" t="n">
-        <x:v>6.42</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
       <x:c r="E61" s="4" t="n">
-        <x:v>43.13</x:v>
+        <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>9.51</x:v>
+        <x:v>8.28</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>9.71</x:v>
+        <x:v>8.48</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>6.05</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="E62" s="4" t="n">
-        <x:v>20.36</x:v>
+        <x:v>5.88</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>-9.85</x:v>
+        <x:v>20.85</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>-9.67</x:v>
+        <x:v>21.07</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>-1.96</x:v>
+        <x:v>6.42</x:v>
       </x:c>
       <x:c r="E63" s="4" t="n">
-        <x:v>-22.12</x:v>
+        <x:v>43.13</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>-10.55</x:v>
+        <x:v>9.51</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>-10.37</x:v>
+        <x:v>9.71</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>10.94</x:v>
+        <x:v>6.05</x:v>
       </x:c>
       <x:c r="E64" s="4" t="n">
-        <x:v>13.18</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>5.53</x:v>
+        <x:v>-9.85</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>-9.67</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>-1.96</x:v>
       </x:c>
       <x:c r="E65" s="4" t="n">
-        <x:v>-4.37</x:v>
+        <x:v>-22.12</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>-11.4</x:v>
+        <x:v>-10.55</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>-11.23</x:v>
+        <x:v>-10.37</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>0.54</x:v>
+        <x:v>10.94</x:v>
       </x:c>
       <x:c r="E66" s="4" t="n">
-        <x:v>-14.36</x:v>
+        <x:v>13.18</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>5.53</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>-1.76</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>13.1</x:v>
+        <x:v>2.63</x:v>
       </x:c>
       <x:c r="E67" s="4" t="n">
-        <x:v>-18.83</x:v>
+        <x:v>-4.37</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>-1.33</x:v>
+        <x:v>-11.4</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>-11.23</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>5.02</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="E68" s="4" t="n">
-        <x:v>-10.77</x:v>
+        <x:v>-14.36</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>-12.15</x:v>
+        <x:v>-1.94</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>-11.97</x:v>
+        <x:v>-1.76</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>-0.37</x:v>
+        <x:v>13.1</x:v>
       </x:c>
       <x:c r="E69" s="4" t="n">
-        <x:v>-19.28</x:v>
+        <x:v>-18.83</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>-1.33</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>1.24</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>6.83</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="E70" s="4" t="n">
-        <x:v>-0.14</x:v>
+        <x:v>-10.77</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>7.61</x:v>
+        <x:v>-12.15</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>7.81</x:v>
+        <x:v>-11.97</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>8.65</x:v>
+        <x:v>-0.37</x:v>
       </x:c>
       <x:c r="E71" s="4" t="n">
-        <x:v>7.17</x:v>
+        <x:v>-19.28</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>3.91</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>4.07</x:v>
+        <x:v>6.83</x:v>
       </x:c>
       <x:c r="E72" s="4" t="n">
-        <x:v>-24.09</x:v>
+        <x:v>-0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>5.62</x:v>
+        <x:v>7.61</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>7.81</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>8.65</x:v>
       </x:c>
       <x:c r="E73" s="4" t="n">
-        <x:v>12.74</x:v>
+        <x:v>7.17</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>-13.87</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>-13.69</x:v>
+        <x:v>3.91</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>-7.9</x:v>
+        <x:v>4.07</x:v>
       </x:c>
       <x:c r="E74" s="4" t="n">
-        <x:v>-23.7</x:v>
+        <x:v>-24.09</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>1.62</x:v>
+        <x:v>5.62</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>-8.37</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="E75" s="4" t="n">
-        <x:v>-11.53</x:v>
+        <x:v>12.74</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
+        <x:v>-13.87</x:v>
+      </x:c>
+      <x:c r="C76" s="4" t="n">
+        <x:v>-13.69</x:v>
+      </x:c>
+      <x:c r="D76" s="4" t="n">
+        <x:v>-7.9</x:v>
+      </x:c>
+      <x:c r="E76" s="4" t="n">
+        <x:v>-23.7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:5">
+      <x:c r="A77" s="2" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="B77" s="4" t="n">
+        <x:v>1.62</x:v>
+      </x:c>
+      <x:c r="C77" s="4" t="n">
+        <x:v>1.82</x:v>
+      </x:c>
+      <x:c r="D77" s="4" t="n">
+        <x:v>-8.37</x:v>
+      </x:c>
+      <x:c r="E77" s="4" t="n">
+        <x:v>-11.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:5">
+      <x:c r="A78" s="2" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="B78" s="4" t="n">
         <x:v>1.61</x:v>
       </x:c>
-      <x:c r="C76" s="4" t="n">
+      <x:c r="C78" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
-      <x:c r="D76" s="4" t="n">
+      <x:c r="D78" s="4" t="n">
         <x:v>6.68</x:v>
       </x:c>
-      <x:c r="E76" s="4" t="n">
+      <x:c r="E78" s="4" t="n">
         <x:v>-2.46</x:v>
       </x:c>
     </x:row>
-    <x:row r="78" spans="1:5">
-[...22 lines deleted...]
-    </x:row>
     <x:row r="80" spans="1:5">
-      <x:c r="A80" s="2" t="n">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A80" s="2" t="s"/>
+      <x:c r="B80" s="3" t="s"/>
+      <x:c r="C80" s="3" t="s"/>
+      <x:c r="D80" s="3" t="s"/>
+      <x:c r="E80" s="3" t="s"/>
     </x:row>
     <x:row r="81" spans="1:5">
-      <x:c r="A81" s="2" t="n">
-        <x:v>2023</x:v>
+      <x:c r="A81" s="2" t="s">
+        <x:v>77</x:v>
       </x:c>
       <x:c r="B81" s="4" t="n">
-        <x:v>-5.74</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="C81" s="4" t="n">
-        <x:v>-5.02</x:v>
+        <x:v>4.74</x:v>
       </x:c>
       <x:c r="D81" s="4" t="n">
-        <x:v>21.45</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
       <x:c r="E81" s="4" t="n">
-        <x:v>-22.92</x:v>
+        <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>-4.12</x:v>
+        <x:v>29.19</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>-3.37</x:v>
+        <x:v>30.15</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>-12.48</x:v>
+        <x:v>13.59</x:v>
       </x:c>
       <x:c r="E82" s="4" t="n">
-        <x:v>-42.23</x:v>
+        <x:v>42.06</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="2" t="n">
+        <x:v>2024</x:v>
+      </x:c>
+      <x:c r="B83" s="4" t="n">
+        <x:v>-17.99</x:v>
+      </x:c>
+      <x:c r="C83" s="4" t="n">
+        <x:v>-17.35</x:v>
+      </x:c>
+      <x:c r="D83" s="4" t="n">
+        <x:v>29.48</x:v>
+      </x:c>
+      <x:c r="E83" s="4" t="n">
+        <x:v>-24.76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="84" spans="1:5">
+      <x:c r="A84" s="2" t="n">
+        <x:v>2023</x:v>
+      </x:c>
+      <x:c r="B84" s="4" t="n">
+        <x:v>-5.74</x:v>
+      </x:c>
+      <x:c r="C84" s="4" t="n">
+        <x:v>-5.02</x:v>
+      </x:c>
+      <x:c r="D84" s="4" t="n">
+        <x:v>21.45</x:v>
+      </x:c>
+      <x:c r="E84" s="4" t="n">
+        <x:v>-22.92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="85" spans="1:5">
+      <x:c r="A85" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B85" s="4" t="n">
+        <x:v>-4.12</x:v>
+      </x:c>
+      <x:c r="C85" s="4" t="n">
+        <x:v>-3.37</x:v>
+      </x:c>
+      <x:c r="D85" s="4" t="n">
+        <x:v>-12.48</x:v>
+      </x:c>
+      <x:c r="E85" s="4" t="n">
+        <x:v>-42.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="86" spans="1:5">
+      <x:c r="A86" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="B83" s="4" t="n">
+      <x:c r="B86" s="4" t="n">
         <x:v>1.61</x:v>
       </x:c>
-      <x:c r="C83" s="4" t="n">
+      <x:c r="C86" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
-      <x:c r="D83" s="4" t="n">
+      <x:c r="D86" s="4" t="n">
         <x:v>6.68</x:v>
       </x:c>
-      <x:c r="E83" s="4" t="n">
+      <x:c r="E86" s="4" t="n">
         <x:v>-2.46</x:v>
       </x:c>
     </x:row>
-    <x:row r="85" spans="1:5">
-[...10 lines deleted...]
-      <x:c r="A87" s="1" t="s">
+    <x:row r="88" spans="1:5">
+      <x:c r="A88" s="2" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
-    <x:row r="88" spans="1:5">
-      <x:c r="A88" s="1" t="s">
+    <x:row r="89" spans="1:5">
+      <x:c r="A89" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
-    <x:row r="89" spans="1:5">
-      <x:c r="A89" s="2" t="s">
+    <x:row r="90" spans="1:5">
+      <x:c r="A90" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
-    <x:row r="90" spans="1:5">
-      <x:c r="A90" s="2" t="s">
+    <x:row r="91" spans="1:5">
+      <x:c r="A91" s="1" t="s">
         <x:v>81</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
       <x:c r="A92" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="2" t="s">
+        <x:v>83</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:5">
+      <x:c r="A94" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
-    <x:row r="94" spans="1:5">
-      <x:c r="A94" s="1" t="s">
+    <x:row r="95" spans="1:5">
+      <x:c r="A95" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
-    <x:row r="95" spans="1:5">
-      <x:c r="A95" s="1" t="s">
+    <x:row r="96" spans="1:5">
+      <x:c r="A96" s="2" t="s">
         <x:v>86</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
       <x:c r="A97" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:5">
+      <x:c r="A100" s="1" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...3 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1" t="s">
+        <x:v>91</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:5">
+      <x:c r="A102" s="1" t="s">
         <x:v>92</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:5">
+      <x:c r="A103" s="2" t="s">
+        <x:v>93</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:5">
+      <x:c r="A104" s="1" t="s">
+        <x:v>94</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="26.960625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
-    <x:col min="5" max="5" width="6.620625" style="0" customWidth="1"/>
+    <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:10">
       <x:c r="A7" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="2" t="s"/>
       <x:c r="B9" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J9" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>-0.73</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>8.28</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>29.19</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>29.19</x:v>
+        <x:v>33.21</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>-0.05</x:v>
+        <x:v>-1.38</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>-0.65</x:v>
+        <x:v>0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-0.63</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.66</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>13.59</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>13.59</x:v>
+        <x:v>8.51</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>21.33</x:v>
+        <x:v>19.28</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>12.83</x:v>
+        <x:v>12.04</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10">
       <x:c r="A12" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B12" s="2" t="s"/>
       <x:c r="C12" s="4" t="n">
-        <x:v>-4.43</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>5.88</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>42.06</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>42.06</x:v>
+        <x:v>54.75</x:v>
       </x:c>
       <x:c r="G12" s="4" t="n">
-        <x:v>-6.25</x:v>
+        <x:v>-9.05</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I12" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J12" s="4" t="n">
-        <x:v>-16.56</x:v>
+        <x:v>-15.27</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10">
       <x:c r="A15" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s"/>
       <x:c r="B18" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D18" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J18" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>4.74</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>8.48</x:v>
+        <x:v>4.74</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>30.15</x:v>
+        <x:v>4.74</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>30.15</x:v>
+        <x:v>34.2</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>0.72</x:v>
+        <x:v>-0.63</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>0.11</x:v>
+        <x:v>1.19</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10">
       <x:c r="A20" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B20" s="2" t="s"/>
       <x:c r="C20" s="4" t="n">
-        <x:v>-0.63</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>2.66</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>13.59</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>13.59</x:v>
+        <x:v>8.51</x:v>
       </x:c>
       <x:c r="G20" s="4" t="n">
-        <x:v>21.33</x:v>
+        <x:v>19.28</x:v>
       </x:c>
       <x:c r="H20" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I20" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J20" s="4" t="n">
-        <x:v>12.83</x:v>
+        <x:v>12.04</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B21" s="2" t="s"/>
       <x:c r="C21" s="4" t="n">
-        <x:v>-4.43</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>5.88</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>42.06</x:v>
+        <x:v>5.2</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>42.06</x:v>
+        <x:v>54.75</x:v>
       </x:c>
       <x:c r="G21" s="4" t="n">
-        <x:v>-6.25</x:v>
+        <x:v>-9.05</x:v>
       </x:c>
       <x:c r="H21" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I21" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J21" s="4" t="n">
-        <x:v>-16.56</x:v>
+        <x:v>-15.27</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="26.960625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>94</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9">
       <x:c r="A7" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="2" t="s"/>
       <x:c r="B9" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>8.28</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>29.19</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>29.19</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>-0.05</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>-0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>2.66</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>13.59</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>13.59</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>21.33</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>12.83</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9">
       <x:c r="A12" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B12" s="2" t="s"/>
       <x:c r="C12" s="4" t="n">
         <x:v>5.88</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
         <x:v>42.06</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
         <x:v>42.06</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
         <x:v>-6.25</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I12" s="4" t="n">
         <x:v>-16.56</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9">
       <x:c r="A15" s="2" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s"/>
       <x:c r="B18" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D18" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>8.48</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>30.15</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>30.15</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>0.72</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>0.11</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9">
       <x:c r="A20" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B20" s="2" t="s"/>
       <x:c r="C20" s="4" t="n">
         <x:v>2.66</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
         <x:v>13.59</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
         <x:v>13.59</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
         <x:v>21.33</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H20" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I20" s="4" t="n">
         <x:v>12.83</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B21" s="2" t="s"/>
       <x:c r="C21" s="4" t="n">
         <x:v>5.88</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
         <x:v>42.06</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
         <x:v>42.06</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
         <x:v>-6.25</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H21" s="3" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I21" s="4" t="n">
         <x:v>-16.56</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="2" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>