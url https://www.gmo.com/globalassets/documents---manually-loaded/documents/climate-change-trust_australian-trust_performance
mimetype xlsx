--- v5 (2026-02-18)
+++ v6 (2026-03-10)
@@ -1,84 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b2dece1ec8e403e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f9f4520c8a4340869d0461c5d7933795.psmdcp" Id="Rcd991d8c99de4a41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R933d812a0b8d49f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/44f3246a9e1c4697920cb22974261364.psmdcp" Id="Rb591c7f4ca1744ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="117" uniqueCount="117">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118" uniqueCount="118">
   <x:si>
     <x:t>Performance - Climate Change Trust</x:t>
   </x:si>
   <x:si>
-    <x:t>As of 01/31/2026 (AUD,%)</x:t>
+    <x:t>As of 02/28/2026 (AUD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Inception date: 10/05/2021</x:t>
   </x:si>
   <x:si>
     <x:t>Net</x:t>
   </x:si>
   <x:si>
     <x:t>Gross</x:t>
   </x:si>
   <x:si>
     <x:t>MSCI ACWI</x:t>
   </x:si>
   <x:si>
     <x:t>WilderHill Clean Energy Index</x:t>
   </x:si>
   <x:si>
+    <x:t>02/28/2026</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2025</x:t>
@@ -299,99 +302,99 @@
   <x:si>
     <x:t>The Trust accepts investments from wholesale investors only. Retail investors are not able to directly invest in the Trust but may gain exposure to the Trusts by investing with certain</x:t>
   </x:si>
   <x:si>
     <x:t>investor directed portfolio services, master trusts, wrap accounts or custodians (“services”). GMO Australia Limited, GMO LLC, and their affiliates, do not guarantee the performance of the</x:t>
   </x:si>
   <x:si>
     <x:t>Trust or the repayment of an investor’s capital. This information is of a general nature only and is not advice. It does not take into account the objectives, financial situation or needs</x:t>
   </x:si>
   <x:si>
     <x:t>of any specific investor. The offer to invest in the Trust for wholesale investors is contained in the current information memorandum. A Product Disclosure Statement (“PDS”) is also</x:t>
   </x:si>
   <x:si>
     <x:t>available solely for use by retail investors gaining exposure to the Trust through a service. The information memorandum and PDS can be obtained by visiting our website www.gmo.com.</x:t>
   </x:si>
   <x:si>
     <x:t>Investors should read the information memorandum or PDS, consider their own circumstances, and obtain their own advice before making an investment decision.</x:t>
   </x:si>
   <x:si>
     <x:t>Returns shown for periods greater than one year are on an annualized basis.</x:t>
   </x:si>
   <x:si>
     <x:t>This spreadsheet is intended to be used in electronic format only and is not intended to be printed.</x:t>
   </x:si>
   <x:si>
-    <x:t>Month-End as of 01/31/2026 (AUD,%)</x:t>
-[...2 lines deleted...]
-    <x:t>Average Annual Total Return (Net) in AUD as of 01/31/2026</x:t>
+    <x:t>Month-End as of 02/28/2026 (AUD,%)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Average Annual Total Return (Net) in AUD as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Net returns are presented after the deduction of management fees and incentive fees if applicable. These returns include transaction costs, commissions and withholding taxes on foreign</x:t>
   </x:si>
   <x:si>
     <x:t>income and capital gains and include the reinvestment of dividends and other income, as applicable.</x:t>
   </x:si>
   <x:si>
     <x:t>Inception</x:t>
   </x:si>
   <x:si>
     <x:t>MTD</x:t>
   </x:si>
   <x:si>
     <x:t>QTD</x:t>
   </x:si>
   <x:si>
     <x:t>YTD</x:t>
   </x:si>
   <x:si>
     <x:t>1-Year</x:t>
   </x:si>
   <x:si>
     <x:t>3-Year</x:t>
   </x:si>
   <x:si>
     <x:t>5-Year</x:t>
   </x:si>
   <x:si>
     <x:t>10-Year</x:t>
   </x:si>
   <x:si>
     <x:t>Since Inception</x:t>
   </x:si>
   <x:si>
     <x:t>Climate Change Trust</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2021</x:t>
   </x:si>
   <x:si>
     <x:t>N/A</x:t>
   </x:si>
   <x:si>
-    <x:t>Average Annual Total Return (Gross) in AUD as of 01/31/2026</x:t>
+    <x:t>Average Annual Total Return (Gross) in AUD as of 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t>Gross returns are presented gross of management fees and incentive fees if applicable. These returns include transaction costs, commissions and withholding taxes on foreign income and</x:t>
   </x:si>
   <x:si>
     <x:t>capital gains and include the reinvestment of dividends and other income, as applicable.</x:t>
   </x:si>
   <x:si>
     <x:t>Quarter-End as of 12/31/2025 (AUD,%)</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Net) in AUD as of 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t>Average Annual Total Return (Gross) in AUD as of 12/31/2025</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="0" formatCode=""/>
     <x:numFmt numFmtId="165" formatCode="#0.00"/>
   </x:numFmts>
@@ -747,2255 +750,2272 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E104"/>
+  <x:dimension ref="A1:E105"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="11.950625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.260625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.640625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.430625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="26.960625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="1" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="2" t="s"/>
       <x:c r="B6" s="3" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="C6" s="3" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D6" s="3" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E6" s="3" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B7" s="4" t="n">
-        <x:v>4.68</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="C7" s="4" t="n">
-        <x:v>4.74</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D7" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
       <x:c r="E7" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>-5.51</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B8" s="4" t="n">
-        <x:v>-0.73</x:v>
+        <x:v>4.68</x:v>
       </x:c>
       <x:c r="C8" s="4" t="n">
-        <x:v>-0.67</x:v>
+        <x:v>4.74</x:v>
       </x:c>
       <x:c r="D8" s="4" t="n">
-        <x:v>-0.63</x:v>
+        <x:v>-1.99</x:v>
       </x:c>
       <x:c r="E8" s="4" t="n">
-        <x:v>-4.43</x:v>
+        <x:v>5.2</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B9" s="4" t="n">
-        <x:v>0.17</x:v>
+        <x:v>-0.73</x:v>
       </x:c>
       <x:c r="C9" s="4" t="n">
-        <x:v>0.23</x:v>
+        <x:v>-0.67</x:v>
       </x:c>
       <x:c r="D9" s="4" t="n">
-        <x:v>-0.19</x:v>
+        <x:v>-0.63</x:v>
       </x:c>
       <x:c r="E9" s="4" t="n">
-        <x:v>-5.76</x:v>
+        <x:v>-4.43</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B10" s="4" t="n">
-        <x:v>8.89</x:v>
+        <x:v>0.17</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>8.96</x:v>
+        <x:v>0.23</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>3.5</x:v>
+        <x:v>-0.19</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>17.56</x:v>
+        <x:v>-5.76</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B11" s="4" t="n">
-        <x:v>1.37</x:v>
+        <x:v>8.89</x:v>
       </x:c>
       <x:c r="C11" s="4" t="n">
-        <x:v>1.44</x:v>
+        <x:v>8.96</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>2.33</x:v>
+        <x:v>3.5</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>13.13</x:v>
+        <x:v>17.56</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B12" s="4" t="n">
-        <x:v>9.25</x:v>
+        <x:v>1.37</x:v>
       </x:c>
       <x:c r="C12" s="4" t="n">
-        <x:v>9.31</x:v>
+        <x:v>1.44</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>0.8</x:v>
+        <x:v>2.33</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>9.02</x:v>
+        <x:v>13.13</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B13" s="4" t="n">
-        <x:v>9.12</x:v>
+        <x:v>9.25</x:v>
       </x:c>
       <x:c r="C13" s="4" t="n">
-        <x:v>9.19</x:v>
+        <x:v>9.31</x:v>
       </x:c>
       <x:c r="D13" s="4" t="n">
-        <x:v>3.17</x:v>
+        <x:v>0.8</x:v>
       </x:c>
       <x:c r="E13" s="4" t="n">
-        <x:v>16.05</x:v>
+        <x:v>9.02</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B14" s="4" t="n">
-        <x:v>5.1</x:v>
+        <x:v>9.12</x:v>
       </x:c>
       <x:c r="C14" s="4" t="n">
-        <x:v>5.16</x:v>
+        <x:v>9.19</x:v>
       </x:c>
       <x:c r="D14" s="4" t="n">
-        <x:v>2.61</x:v>
+        <x:v>3.17</x:v>
       </x:c>
       <x:c r="E14" s="4" t="n">
-        <x:v>10.04</x:v>
+        <x:v>16.05</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B15" s="4" t="n">
-        <x:v>7.63</x:v>
+        <x:v>5.1</x:v>
       </x:c>
       <x:c r="C15" s="4" t="n">
-        <x:v>7.7</x:v>
+        <x:v>5.16</x:v>
       </x:c>
       <x:c r="D15" s="4" t="n">
-        <x:v>5.14</x:v>
+        <x:v>2.61</x:v>
       </x:c>
       <x:c r="E15" s="4" t="n">
-        <x:v>13.65</x:v>
+        <x:v>10.04</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B16" s="4" t="n">
-        <x:v>-3.19</x:v>
+        <x:v>7.63</x:v>
       </x:c>
       <x:c r="C16" s="4" t="n">
-        <x:v>-3.13</x:v>
+        <x:v>7.7</x:v>
       </x:c>
       <x:c r="D16" s="4" t="n">
-        <x:v>-1.7</x:v>
+        <x:v>5.14</x:v>
       </x:c>
       <x:c r="E16" s="4" t="n">
-        <x:v>-3.75</x:v>
+        <x:v>13.65</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B17" s="4" t="n">
-        <x:v>-4.56</x:v>
+        <x:v>-3.19</x:v>
       </x:c>
       <x:c r="C17" s="4" t="n">
-        <x:v>-4.49</x:v>
+        <x:v>-3.13</x:v>
       </x:c>
       <x:c r="D17" s="4" t="n">
-        <x:v>-4.15</x:v>
+        <x:v>-1.7</x:v>
       </x:c>
       <x:c r="E17" s="4" t="n">
-        <x:v>-10.51</x:v>
+        <x:v>-3.75</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B18" s="4" t="n">
-        <x:v>-6.95</x:v>
+        <x:v>-4.56</x:v>
       </x:c>
       <x:c r="C18" s="4" t="n">
-        <x:v>-6.89</x:v>
+        <x:v>-4.49</x:v>
       </x:c>
       <x:c r="D18" s="4" t="n">
-        <x:v>-0.3</x:v>
+        <x:v>-4.15</x:v>
       </x:c>
       <x:c r="E18" s="4" t="n">
-        <x:v>-9.89</x:v>
+        <x:v>-10.51</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B19" s="4" t="n">
-        <x:v>1.51</x:v>
+        <x:v>-6.95</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>1.58</x:v>
+        <x:v>-6.89</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>2.59</x:v>
+        <x:v>-0.3</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>-3.42</x:v>
+        <x:v>-9.89</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B20" s="4" t="n">
-        <x:v>-4.71</x:v>
+        <x:v>1.51</x:v>
       </x:c>
       <x:c r="C20" s="4" t="n">
-        <x:v>-4.65</x:v>
+        <x:v>1.58</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>2.73</x:v>
+        <x:v>2.59</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>-1.42</x:v>
+        <x:v>-3.42</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="4" t="n">
-        <x:v>-3.15</x:v>
+        <x:v>-4.71</x:v>
       </x:c>
       <x:c r="C21" s="4" t="n">
-        <x:v>-3.09</x:v>
+        <x:v>-4.65</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>4.31</x:v>
+        <x:v>2.73</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>8.12</x:v>
+        <x:v>-1.42</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B22" s="4" t="n">
-        <x:v>-3.07</x:v>
+        <x:v>-3.15</x:v>
       </x:c>
       <x:c r="C22" s="4" t="n">
-        <x:v>-3.01</x:v>
+        <x:v>-3.09</x:v>
       </x:c>
       <x:c r="D22" s="4" t="n">
-        <x:v>3.54</x:v>
+        <x:v>4.31</x:v>
       </x:c>
       <x:c r="E22" s="4" t="n">
-        <x:v>6.19</x:v>
+        <x:v>8.12</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B23" s="4" t="n">
-        <x:v>0.58</x:v>
+        <x:v>-3.07</x:v>
       </x:c>
       <x:c r="C23" s="4" t="n">
-        <x:v>0.64</x:v>
+        <x:v>-3.01</x:v>
       </x:c>
       <x:c r="D23" s="4" t="n">
-        <x:v>0.07</x:v>
+        <x:v>3.54</x:v>
       </x:c>
       <x:c r="E23" s="4" t="n">
-        <x:v>1.42</x:v>
+        <x:v>6.19</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B24" s="4" t="n">
-        <x:v>-2.8</x:v>
+        <x:v>0.58</x:v>
       </x:c>
       <x:c r="C24" s="4" t="n">
-        <x:v>-2.73</x:v>
+        <x:v>0.64</x:v>
       </x:c>
       <x:c r="D24" s="4" t="n">
-        <x:v>-1.31</x:v>
+        <x:v>0.07</x:v>
       </x:c>
       <x:c r="E24" s="4" t="n">
-        <x:v>-13.67</x:v>
+        <x:v>1.42</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B25" s="4" t="n">
-        <x:v>7.95</x:v>
+        <x:v>-2.8</x:v>
       </x:c>
       <x:c r="C25" s="4" t="n">
-        <x:v>8.01</x:v>
+        <x:v>-2.73</x:v>
       </x:c>
       <x:c r="D25" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>-1.31</x:v>
       </x:c>
       <x:c r="E25" s="4" t="n">
-        <x:v>9.23</x:v>
+        <x:v>-13.67</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B26" s="4" t="n">
-        <x:v>-11.02</x:v>
+        <x:v>7.95</x:v>
       </x:c>
       <x:c r="C26" s="4" t="n">
-        <x:v>-10.96</x:v>
+        <x:v>8.01</x:v>
       </x:c>
       <x:c r="D26" s="4" t="n">
-        <x:v>1.8</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="E26" s="4" t="n">
-        <x:v>-11.91</x:v>
+        <x:v>9.23</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B27" s="4" t="n">
-        <x:v>4.59</x:v>
+        <x:v>-11.02</x:v>
       </x:c>
       <x:c r="C27" s="4" t="n">
-        <x:v>4.65</x:v>
+        <x:v>-10.96</x:v>
       </x:c>
       <x:c r="D27" s="4" t="n">
-        <x:v>1.6</x:v>
+        <x:v>1.8</x:v>
       </x:c>
       <x:c r="E27" s="4" t="n">
-        <x:v>9.81</x:v>
+        <x:v>-11.91</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B28" s="4" t="n">
-        <x:v>-4.8</x:v>
+        <x:v>4.59</x:v>
       </x:c>
       <x:c r="C28" s="4" t="n">
-        <x:v>-4.73</x:v>
+        <x:v>4.65</x:v>
       </x:c>
       <x:c r="D28" s="4" t="n">
-        <x:v>-2.79</x:v>
+        <x:v>1.6</x:v>
       </x:c>
       <x:c r="E28" s="4" t="n">
-        <x:v>-11.46</x:v>
+        <x:v>9.81</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B29" s="4" t="n">
-        <x:v>5.13</x:v>
+        <x:v>-4.8</x:v>
       </x:c>
       <x:c r="C29" s="4" t="n">
-        <x:v>5.19</x:v>
+        <x:v>-4.73</x:v>
       </x:c>
       <x:c r="D29" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-2.79</x:v>
       </x:c>
       <x:c r="E29" s="4" t="n">
-        <x:v>-2.71</x:v>
+        <x:v>-11.46</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B30" s="4" t="n">
-        <x:v>2.7</x:v>
+        <x:v>5.13</x:v>
       </x:c>
       <x:c r="C30" s="4" t="n">
-        <x:v>2.76</x:v>
+        <x:v>5.19</x:v>
       </x:c>
       <x:c r="D30" s="4" t="n">
-        <x:v>5.88</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="E30" s="4" t="n">
-        <x:v>1.47</x:v>
+        <x:v>-2.71</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B31" s="4" t="n">
-        <x:v>-9.18</x:v>
+        <x:v>2.7</x:v>
       </x:c>
       <x:c r="C31" s="4" t="n">
-        <x:v>-9.12</x:v>
+        <x:v>2.76</x:v>
       </x:c>
       <x:c r="D31" s="4" t="n">
-        <x:v>3.83</x:v>
+        <x:v>5.88</x:v>
       </x:c>
       <x:c r="E31" s="4" t="n">
-        <x:v>-17.77</x:v>
+        <x:v>1.47</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B32" s="4" t="n">
-        <x:v>7.44</x:v>
+        <x:v>-9.18</x:v>
       </x:c>
       <x:c r="C32" s="4" t="n">
-        <x:v>7.51</x:v>
+        <x:v>-9.12</x:v>
       </x:c>
       <x:c r="D32" s="4" t="n">
-        <x:v>1.84</x:v>
+        <x:v>3.83</x:v>
       </x:c>
       <x:c r="E32" s="4" t="n">
-        <x:v>9.77</x:v>
+        <x:v>-17.77</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="4" t="n">
-        <x:v>4.81</x:v>
+        <x:v>7.44</x:v>
       </x:c>
       <x:c r="C33" s="4" t="n">
-        <x:v>4.87</x:v>
+        <x:v>7.51</x:v>
       </x:c>
       <x:c r="D33" s="4" t="n">
-        <x:v>4.3</x:v>
+        <x:v>1.84</x:v>
       </x:c>
       <x:c r="E33" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>9.77</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B34" s="4" t="n">
-        <x:v>-12.38</x:v>
+        <x:v>4.81</x:v>
       </x:c>
       <x:c r="C34" s="4" t="n">
-        <x:v>-12.32</x:v>
+        <x:v>4.87</x:v>
       </x:c>
       <x:c r="D34" s="4" t="n">
-        <x:v>-1.13</x:v>
+        <x:v>4.3</x:v>
       </x:c>
       <x:c r="E34" s="4" t="n">
-        <x:v>-19.56</x:v>
+        <x:v>1.05</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B35" s="4" t="n">
-        <x:v>-7.54</x:v>
+        <x:v>-12.38</x:v>
       </x:c>
       <x:c r="C35" s="4" t="n">
-        <x:v>-7.48</x:v>
+        <x:v>-12.32</x:v>
       </x:c>
       <x:c r="D35" s="4" t="n">
-        <x:v>-3.8</x:v>
+        <x:v>-1.13</x:v>
       </x:c>
       <x:c r="E35" s="4" t="n">
-        <x:v>-13.09</x:v>
+        <x:v>-19.56</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B36" s="4" t="n">
-        <x:v>-8.26</x:v>
+        <x:v>-7.54</x:v>
       </x:c>
       <x:c r="C36" s="4" t="n">
-        <x:v>-8.2</x:v>
+        <x:v>-7.48</x:v>
       </x:c>
       <x:c r="D36" s="4" t="n">
-        <x:v>1.14</x:v>
+        <x:v>-3.8</x:v>
       </x:c>
       <x:c r="E36" s="4" t="n">
-        <x:v>-13.37</x:v>
+        <x:v>-13.09</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B37" s="4" t="n">
-        <x:v>3.57</x:v>
+        <x:v>-8.26</x:v>
       </x:c>
       <x:c r="C37" s="4" t="n">
-        <x:v>3.64</x:v>
+        <x:v>-8.2</x:v>
       </x:c>
       <x:c r="D37" s="4" t="n">
-        <x:v>2.4</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="E37" s="4" t="n">
-        <x:v>7.21</x:v>
+        <x:v>-13.37</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B38" s="4" t="n">
-        <x:v>4.17</x:v>
+        <x:v>3.57</x:v>
       </x:c>
       <x:c r="C38" s="4" t="n">
-        <x:v>4.23</x:v>
+        <x:v>3.64</x:v>
       </x:c>
       <x:c r="D38" s="4" t="n">
-        <x:v>2.87</x:v>
+        <x:v>2.4</x:v>
       </x:c>
       <x:c r="E38" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>7.21</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B39" s="4" t="n">
-        <x:v>-1.43</x:v>
+        <x:v>4.17</x:v>
       </x:c>
       <x:c r="C39" s="4" t="n">
-        <x:v>-1.37</x:v>
+        <x:v>4.23</x:v>
       </x:c>
       <x:c r="D39" s="4" t="n">
-        <x:v>1.02</x:v>
+        <x:v>2.87</x:v>
       </x:c>
       <x:c r="E39" s="4" t="n">
-        <x:v>5.13</x:v>
+        <x:v>7.18</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B40" s="4" t="n">
-        <x:v>-1.59</x:v>
+        <x:v>-1.43</x:v>
       </x:c>
       <x:c r="C40" s="4" t="n">
-        <x:v>-1.53</x:v>
+        <x:v>-1.37</x:v>
       </x:c>
       <x:c r="D40" s="4" t="n">
-        <x:v>2.8</x:v>
+        <x:v>1.02</x:v>
       </x:c>
       <x:c r="E40" s="4" t="n">
-        <x:v>-11.37</x:v>
+        <x:v>5.13</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B41" s="4" t="n">
-        <x:v>-0.78</x:v>
+        <x:v>-1.59</x:v>
       </x:c>
       <x:c r="C41" s="4" t="n">
-        <x:v>-0.71</x:v>
+        <x:v>-1.53</x:v>
       </x:c>
       <x:c r="D41" s="4" t="n">
-        <x:v>3.79</x:v>
+        <x:v>2.8</x:v>
       </x:c>
       <x:c r="E41" s="4" t="n">
-        <x:v>-4.33</x:v>
+        <x:v>-11.37</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B42" s="4" t="n">
-        <x:v>-0.48</x:v>
+        <x:v>-0.78</x:v>
       </x:c>
       <x:c r="C42" s="4" t="n">
-        <x:v>-0.42</x:v>
+        <x:v>-0.71</x:v>
       </x:c>
       <x:c r="D42" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>3.79</x:v>
       </x:c>
       <x:c r="E42" s="4" t="n">
-        <x:v>-2.78</x:v>
+        <x:v>-4.33</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B43" s="4" t="n">
-        <x:v>8.98</x:v>
+        <x:v>-0.48</x:v>
       </x:c>
       <x:c r="C43" s="4" t="n">
-        <x:v>9.04</x:v>
+        <x:v>-0.42</x:v>
       </x:c>
       <x:c r="D43" s="4" t="n">
-        <x:v>3.14</x:v>
+        <x:v>1.5</x:v>
       </x:c>
       <x:c r="E43" s="4" t="n">
-        <x:v>15.23</x:v>
+        <x:v>-2.78</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B44" s="4" t="n">
-        <x:v>-9.3</x:v>
+        <x:v>8.98</x:v>
       </x:c>
       <x:c r="C44" s="4" t="n">
-        <x:v>-9.23</x:v>
+        <x:v>9.04</x:v>
       </x:c>
       <x:c r="D44" s="4" t="n">
-        <x:v>-5.13</x:v>
+        <x:v>3.14</x:v>
       </x:c>
       <x:c r="E44" s="4" t="n">
-        <x:v>-18.89</x:v>
+        <x:v>15.23</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="2" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B45" s="4" t="n">
-        <x:v>7.11</x:v>
+        <x:v>-9.3</x:v>
       </x:c>
       <x:c r="C45" s="4" t="n">
-        <x:v>7.18</x:v>
+        <x:v>-9.23</x:v>
       </x:c>
       <x:c r="D45" s="4" t="n">
-        <x:v>2.89</x:v>
+        <x:v>-5.13</x:v>
       </x:c>
       <x:c r="E45" s="4" t="n">
-        <x:v>-2.58</x:v>
+        <x:v>-18.89</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="2" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B46" s="4" t="n">
-        <x:v>6.75</x:v>
+        <x:v>7.11</x:v>
       </x:c>
       <x:c r="C46" s="4" t="n">
-        <x:v>6.82</x:v>
+        <x:v>7.18</x:v>
       </x:c>
       <x:c r="D46" s="4" t="n">
-        <x:v>6.62</x:v>
+        <x:v>2.89</x:v>
       </x:c>
       <x:c r="E46" s="4" t="n">
-        <x:v>-3.93</x:v>
+        <x:v>-2.58</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="2" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B47" s="4" t="n">
-        <x:v>-7.62</x:v>
+        <x:v>6.75</x:v>
       </x:c>
       <x:c r="C47" s="4" t="n">
-        <x:v>-7.56</x:v>
+        <x:v>6.82</x:v>
       </x:c>
       <x:c r="D47" s="4" t="n">
-        <x:v>-3.58</x:v>
+        <x:v>6.62</x:v>
       </x:c>
       <x:c r="E47" s="4" t="n">
-        <x:v>-10.14</x:v>
+        <x:v>-3.93</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="2" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B48" s="4" t="n">
-        <x:v>1.78</x:v>
+        <x:v>-7.62</x:v>
       </x:c>
       <x:c r="C48" s="4" t="n">
-        <x:v>1.85</x:v>
+        <x:v>-7.56</x:v>
       </x:c>
       <x:c r="D48" s="4" t="n">
-        <x:v>-1.96</x:v>
+        <x:v>-3.58</x:v>
       </x:c>
       <x:c r="E48" s="4" t="n">
-        <x:v>4.46</x:v>
+        <x:v>-10.14</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="2" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B49" s="4" t="n">
-        <x:v>12.33</x:v>
+        <x:v>1.78</x:v>
       </x:c>
       <x:c r="C49" s="4" t="n">
-        <x:v>12.39</x:v>
+        <x:v>1.85</x:v>
       </x:c>
       <x:c r="D49" s="4" t="n">
-        <x:v>5.43</x:v>
+        <x:v>-1.96</x:v>
       </x:c>
       <x:c r="E49" s="4" t="n">
-        <x:v>20.11</x:v>
+        <x:v>4.46</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="2" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B50" s="4" t="n">
-        <x:v>-10.91</x:v>
+        <x:v>12.33</x:v>
       </x:c>
       <x:c r="C50" s="4" t="n">
-        <x:v>-10.84</x:v>
+        <x:v>12.39</x:v>
       </x:c>
       <x:c r="D50" s="4" t="n">
-        <x:v>-4.47</x:v>
+        <x:v>5.43</x:v>
       </x:c>
       <x:c r="E50" s="4" t="n">
-        <x:v>-10.41</x:v>
+        <x:v>20.11</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="2" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B51" s="4" t="n">
-        <x:v>5.27</x:v>
+        <x:v>-10.91</x:v>
       </x:c>
       <x:c r="C51" s="4" t="n">
-        <x:v>5.34</x:v>
+        <x:v>-10.84</x:v>
       </x:c>
       <x:c r="D51" s="4" t="n">
-        <x:v>-0.82</x:v>
+        <x:v>-4.47</x:v>
       </x:c>
       <x:c r="E51" s="4" t="n">
-        <x:v>3.31</x:v>
+        <x:v>-10.41</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="2" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B52" s="4" t="n">
-        <x:v>-8.16</x:v>
+        <x:v>5.27</x:v>
       </x:c>
       <x:c r="C52" s="4" t="n">
-        <x:v>-8.1</x:v>
+        <x:v>5.34</x:v>
       </x:c>
       <x:c r="D52" s="4" t="n">
-        <x:v>-2.79</x:v>
+        <x:v>-0.82</x:v>
       </x:c>
       <x:c r="E52" s="4" t="n">
-        <x:v>-17.56</x:v>
+        <x:v>3.31</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B53" s="4" t="n">
-        <x:v>2.44</x:v>
+        <x:v>-8.16</x:v>
       </x:c>
       <x:c r="C53" s="4" t="n">
-        <x:v>2.51</x:v>
+        <x:v>-8.1</x:v>
       </x:c>
       <x:c r="D53" s="4" t="n">
-        <x:v>-1.28</x:v>
+        <x:v>-2.79</x:v>
       </x:c>
       <x:c r="E53" s="4" t="n">
-        <x:v>6.28</x:v>
+        <x:v>-17.56</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="2" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B54" s="4" t="n">
-        <x:v>3.86</x:v>
+        <x:v>2.44</x:v>
       </x:c>
       <x:c r="C54" s="4" t="n">
-        <x:v>3.92</x:v>
+        <x:v>2.51</x:v>
       </x:c>
       <x:c r="D54" s="4" t="n">
-        <x:v>-5.42</x:v>
+        <x:v>-1.28</x:v>
       </x:c>
       <x:c r="E54" s="4" t="n">
-        <x:v>1.99</x:v>
+        <x:v>6.28</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="2" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B55" s="4" t="n">
-        <x:v>-4.49</x:v>
+        <x:v>3.86</x:v>
       </x:c>
       <x:c r="C55" s="4" t="n">
-        <x:v>-4.42</x:v>
+        <x:v>3.92</x:v>
       </x:c>
       <x:c r="D55" s="4" t="n">
-        <x:v>-1.87</x:v>
+        <x:v>-5.42</x:v>
       </x:c>
       <x:c r="E55" s="4" t="n">
-        <x:v>-18.39</x:v>
+        <x:v>1.99</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="2" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B56" s="4" t="n">
-        <x:v>-4.01</x:v>
+        <x:v>-4.49</x:v>
       </x:c>
       <x:c r="C56" s="4" t="n">
-        <x:v>-3.95</x:v>
+        <x:v>-4.42</x:v>
       </x:c>
       <x:c r="D56" s="4" t="n">
-        <x:v>1.43</x:v>
+        <x:v>-1.87</x:v>
       </x:c>
       <x:c r="E56" s="4" t="n">
-        <x:v>-17.75</x:v>
+        <x:v>-18.39</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="2" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B57" s="4" t="n">
-        <x:v>-1.45</x:v>
+        <x:v>-4.01</x:v>
       </x:c>
       <x:c r="C57" s="4" t="n">
-        <x:v>-1.39</x:v>
+        <x:v>-3.95</x:v>
       </x:c>
       <x:c r="D57" s="4" t="n">
-        <x:v>3.38</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="E57" s="4" t="n">
-        <x:v>1.56</x:v>
+        <x:v>-17.75</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="2" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B58" s="4" t="n">
+        <x:v>-1.45</x:v>
+      </x:c>
+      <x:c r="C58" s="4" t="n">
+        <x:v>-1.39</x:v>
+      </x:c>
+      <x:c r="D58" s="4" t="n">
+        <x:v>3.38</x:v>
+      </x:c>
+      <x:c r="E58" s="4" t="n">
+        <x:v>1.56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:5">
+      <x:c r="A59" s="2" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="B59" s="4" t="n">
         <x:v>7.42</x:v>
       </x:c>
-      <x:c r="C58" s="4" t="n">
+      <x:c r="C59" s="4" t="n">
         <x:v>7.47</x:v>
       </x:c>
-      <x:c r="D58" s="4" t="n">
+      <x:c r="D59" s="4" t="n">
         <x:v>1.74</x:v>
       </x:c>
-      <x:c r="E58" s="4" t="n">
+      <x:c r="E59" s="4" t="n">
         <x:v>16.76</x:v>
       </x:c>
     </x:row>
-    <x:row r="60" spans="1:5">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="61" spans="1:5">
-      <x:c r="A61" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A61" s="2" t="s"/>
+      <x:c r="B61" s="3" t="s"/>
+      <x:c r="C61" s="3" t="s"/>
+      <x:c r="D61" s="3" t="s"/>
+      <x:c r="E61" s="3" t="s"/>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="2" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B62" s="4" t="n">
-        <x:v>8.28</x:v>
+        <x:v>5.86</x:v>
       </x:c>
       <x:c r="C62" s="4" t="n">
-        <x:v>8.48</x:v>
+        <x:v>5.98</x:v>
       </x:c>
       <x:c r="D62" s="4" t="n">
-        <x:v>2.66</x:v>
+        <x:v>-2.41</x:v>
       </x:c>
       <x:c r="E62" s="4" t="n">
-        <x:v>5.88</x:v>
+        <x:v>-0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="2" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B63" s="4" t="n">
-        <x:v>20.85</x:v>
+        <x:v>8.28</x:v>
       </x:c>
       <x:c r="C63" s="4" t="n">
-        <x:v>21.07</x:v>
+        <x:v>8.48</x:v>
       </x:c>
       <x:c r="D63" s="4" t="n">
-        <x:v>6.42</x:v>
+        <x:v>2.66</x:v>
       </x:c>
       <x:c r="E63" s="4" t="n">
-        <x:v>43.13</x:v>
+        <x:v>5.88</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="2" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B64" s="4" t="n">
-        <x:v>9.51</x:v>
+        <x:v>20.85</x:v>
       </x:c>
       <x:c r="C64" s="4" t="n">
-        <x:v>9.71</x:v>
+        <x:v>21.07</x:v>
       </x:c>
       <x:c r="D64" s="4" t="n">
-        <x:v>6.05</x:v>
+        <x:v>6.42</x:v>
       </x:c>
       <x:c r="E64" s="4" t="n">
-        <x:v>20.36</x:v>
+        <x:v>43.13</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="2" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B65" s="4" t="n">
-        <x:v>-9.85</x:v>
+        <x:v>9.51</x:v>
       </x:c>
       <x:c r="C65" s="4" t="n">
-        <x:v>-9.67</x:v>
+        <x:v>9.71</x:v>
       </x:c>
       <x:c r="D65" s="4" t="n">
-        <x:v>-1.96</x:v>
+        <x:v>6.05</x:v>
       </x:c>
       <x:c r="E65" s="4" t="n">
-        <x:v>-22.12</x:v>
+        <x:v>20.36</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="2" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B66" s="4" t="n">
-        <x:v>-10.55</x:v>
+        <x:v>-9.85</x:v>
       </x:c>
       <x:c r="C66" s="4" t="n">
-        <x:v>-10.37</x:v>
+        <x:v>-9.67</x:v>
       </x:c>
       <x:c r="D66" s="4" t="n">
-        <x:v>10.94</x:v>
+        <x:v>-1.96</x:v>
       </x:c>
       <x:c r="E66" s="4" t="n">
-        <x:v>13.18</x:v>
+        <x:v>-22.12</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="2" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B67" s="4" t="n">
-        <x:v>5.53</x:v>
+        <x:v>-10.55</x:v>
       </x:c>
       <x:c r="C67" s="4" t="n">
-        <x:v>5.73</x:v>
+        <x:v>-10.37</x:v>
       </x:c>
       <x:c r="D67" s="4" t="n">
-        <x:v>2.63</x:v>
+        <x:v>10.94</x:v>
       </x:c>
       <x:c r="E67" s="4" t="n">
-        <x:v>-4.37</x:v>
+        <x:v>13.18</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="2" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B68" s="4" t="n">
-        <x:v>-11.4</x:v>
+        <x:v>5.53</x:v>
       </x:c>
       <x:c r="C68" s="4" t="n">
-        <x:v>-11.23</x:v>
+        <x:v>5.73</x:v>
       </x:c>
       <x:c r="D68" s="4" t="n">
-        <x:v>0.54</x:v>
+        <x:v>2.63</x:v>
       </x:c>
       <x:c r="E68" s="4" t="n">
-        <x:v>-14.36</x:v>
+        <x:v>-4.37</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="2" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B69" s="4" t="n">
-        <x:v>-1.94</x:v>
+        <x:v>-11.4</x:v>
       </x:c>
       <x:c r="C69" s="4" t="n">
-        <x:v>-1.76</x:v>
+        <x:v>-11.23</x:v>
       </x:c>
       <x:c r="D69" s="4" t="n">
-        <x:v>13.1</x:v>
+        <x:v>0.54</x:v>
       </x:c>
       <x:c r="E69" s="4" t="n">
-        <x:v>-18.83</x:v>
+        <x:v>-14.36</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="2" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B70" s="4" t="n">
-        <x:v>-1.33</x:v>
+        <x:v>-1.94</x:v>
       </x:c>
       <x:c r="C70" s="4" t="n">
-        <x:v>-1.14</x:v>
+        <x:v>-1.76</x:v>
       </x:c>
       <x:c r="D70" s="4" t="n">
-        <x:v>5.02</x:v>
+        <x:v>13.1</x:v>
       </x:c>
       <x:c r="E70" s="4" t="n">
-        <x:v>-10.77</x:v>
+        <x:v>-18.83</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="2" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B71" s="4" t="n">
-        <x:v>-12.15</x:v>
+        <x:v>-1.33</x:v>
       </x:c>
       <x:c r="C71" s="4" t="n">
-        <x:v>-11.97</x:v>
+        <x:v>-1.14</x:v>
       </x:c>
       <x:c r="D71" s="4" t="n">
-        <x:v>-0.37</x:v>
+        <x:v>5.02</x:v>
       </x:c>
       <x:c r="E71" s="4" t="n">
-        <x:v>-19.28</x:v>
+        <x:v>-10.77</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="2" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B72" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>-12.15</x:v>
       </x:c>
       <x:c r="C72" s="4" t="n">
-        <x:v>1.24</x:v>
+        <x:v>-11.97</x:v>
       </x:c>
       <x:c r="D72" s="4" t="n">
-        <x:v>6.83</x:v>
+        <x:v>-0.37</x:v>
       </x:c>
       <x:c r="E72" s="4" t="n">
-        <x:v>-0.14</x:v>
+        <x:v>-19.28</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="2" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B73" s="4" t="n">
-        <x:v>7.61</x:v>
+        <x:v>1.05</x:v>
       </x:c>
       <x:c r="C73" s="4" t="n">
-        <x:v>7.81</x:v>
+        <x:v>1.24</x:v>
       </x:c>
       <x:c r="D73" s="4" t="n">
-        <x:v>8.65</x:v>
+        <x:v>6.83</x:v>
       </x:c>
       <x:c r="E73" s="4" t="n">
-        <x:v>7.17</x:v>
+        <x:v>-0.14</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="2" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B74" s="4" t="n">
-        <x:v>3.71</x:v>
+        <x:v>7.61</x:v>
       </x:c>
       <x:c r="C74" s="4" t="n">
-        <x:v>3.91</x:v>
+        <x:v>7.81</x:v>
       </x:c>
       <x:c r="D74" s="4" t="n">
-        <x:v>4.07</x:v>
+        <x:v>8.65</x:v>
       </x:c>
       <x:c r="E74" s="4" t="n">
-        <x:v>-24.09</x:v>
+        <x:v>7.17</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="2" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B75" s="4" t="n">
-        <x:v>5.62</x:v>
+        <x:v>3.71</x:v>
       </x:c>
       <x:c r="C75" s="4" t="n">
-        <x:v>5.82</x:v>
+        <x:v>3.91</x:v>
       </x:c>
       <x:c r="D75" s="4" t="n">
-        <x:v>-0.34</x:v>
+        <x:v>4.07</x:v>
       </x:c>
       <x:c r="E75" s="4" t="n">
-        <x:v>12.74</x:v>
+        <x:v>-24.09</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="2" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B76" s="4" t="n">
-        <x:v>-13.87</x:v>
+        <x:v>5.62</x:v>
       </x:c>
       <x:c r="C76" s="4" t="n">
-        <x:v>-13.69</x:v>
+        <x:v>5.82</x:v>
       </x:c>
       <x:c r="D76" s="4" t="n">
-        <x:v>-7.9</x:v>
+        <x:v>-0.34</x:v>
       </x:c>
       <x:c r="E76" s="4" t="n">
-        <x:v>-23.7</x:v>
+        <x:v>12.74</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="2" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B77" s="4" t="n">
-        <x:v>1.62</x:v>
+        <x:v>-13.87</x:v>
       </x:c>
       <x:c r="C77" s="4" t="n">
-        <x:v>1.82</x:v>
+        <x:v>-13.69</x:v>
       </x:c>
       <x:c r="D77" s="4" t="n">
-        <x:v>-8.37</x:v>
+        <x:v>-7.9</x:v>
       </x:c>
       <x:c r="E77" s="4" t="n">
-        <x:v>-11.53</x:v>
+        <x:v>-23.7</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="2" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B78" s="4" t="n">
+        <x:v>1.62</x:v>
+      </x:c>
+      <x:c r="C78" s="4" t="n">
+        <x:v>1.82</x:v>
+      </x:c>
+      <x:c r="D78" s="4" t="n">
+        <x:v>-8.37</x:v>
+      </x:c>
+      <x:c r="E78" s="4" t="n">
+        <x:v>-11.53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:5">
+      <x:c r="A79" s="2" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="B79" s="4" t="n">
         <x:v>1.61</x:v>
       </x:c>
-      <x:c r="C78" s="4" t="n">
+      <x:c r="C79" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
-      <x:c r="D78" s="4" t="n">
+      <x:c r="D79" s="4" t="n">
         <x:v>6.68</x:v>
       </x:c>
-      <x:c r="E78" s="4" t="n">
+      <x:c r="E79" s="4" t="n">
         <x:v>-2.46</x:v>
       </x:c>
     </x:row>
-    <x:row r="80" spans="1:5">
-[...5 lines deleted...]
-    </x:row>
     <x:row r="81" spans="1:5">
-      <x:c r="A81" s="2" t="s">
-[...13 lines deleted...]
-      </x:c>
+      <x:c r="A81" s="2" t="s"/>
+      <x:c r="B81" s="3" t="s"/>
+      <x:c r="C81" s="3" t="s"/>
+      <x:c r="D81" s="3" t="s"/>
+      <x:c r="E81" s="3" t="s"/>
     </x:row>
     <x:row r="82" spans="1:5">
-      <x:c r="A82" s="2" t="n">
-        <x:v>2025</x:v>
+      <x:c r="A82" s="2" t="s">
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B82" s="4" t="n">
-        <x:v>29.19</x:v>
+        <x:v>5.86</x:v>
       </x:c>
       <x:c r="C82" s="4" t="n">
-        <x:v>30.15</x:v>
+        <x:v>5.98</x:v>
       </x:c>
       <x:c r="D82" s="4" t="n">
-        <x:v>13.59</x:v>
+        <x:v>-2.41</x:v>
       </x:c>
       <x:c r="E82" s="4" t="n">
-        <x:v>42.06</x:v>
+        <x:v>-0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="2" t="n">
-        <x:v>2024</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="B83" s="4" t="n">
-        <x:v>-17.99</x:v>
+        <x:v>29.19</x:v>
       </x:c>
       <x:c r="C83" s="4" t="n">
-        <x:v>-17.35</x:v>
+        <x:v>30.15</x:v>
       </x:c>
       <x:c r="D83" s="4" t="n">
-        <x:v>29.48</x:v>
+        <x:v>13.59</x:v>
       </x:c>
       <x:c r="E83" s="4" t="n">
-        <x:v>-24.76</x:v>
+        <x:v>42.06</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="2" t="n">
-        <x:v>2023</x:v>
+        <x:v>2024</x:v>
       </x:c>
       <x:c r="B84" s="4" t="n">
-        <x:v>-5.74</x:v>
+        <x:v>-17.99</x:v>
       </x:c>
       <x:c r="C84" s="4" t="n">
-        <x:v>-5.02</x:v>
+        <x:v>-17.35</x:v>
       </x:c>
       <x:c r="D84" s="4" t="n">
-        <x:v>21.45</x:v>
+        <x:v>29.48</x:v>
       </x:c>
       <x:c r="E84" s="4" t="n">
-        <x:v>-22.92</x:v>
+        <x:v>-24.76</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="2" t="n">
-        <x:v>2022</x:v>
+        <x:v>2023</x:v>
       </x:c>
       <x:c r="B85" s="4" t="n">
-        <x:v>-4.12</x:v>
+        <x:v>-5.74</x:v>
       </x:c>
       <x:c r="C85" s="4" t="n">
-        <x:v>-3.37</x:v>
+        <x:v>-5.02</x:v>
       </x:c>
       <x:c r="D85" s="4" t="n">
-        <x:v>-12.48</x:v>
+        <x:v>21.45</x:v>
       </x:c>
       <x:c r="E85" s="4" t="n">
-        <x:v>-42.23</x:v>
+        <x:v>-22.92</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="2" t="n">
+        <x:v>2022</x:v>
+      </x:c>
+      <x:c r="B86" s="4" t="n">
+        <x:v>-4.12</x:v>
+      </x:c>
+      <x:c r="C86" s="4" t="n">
+        <x:v>-3.37</x:v>
+      </x:c>
+      <x:c r="D86" s="4" t="n">
+        <x:v>-12.48</x:v>
+      </x:c>
+      <x:c r="E86" s="4" t="n">
+        <x:v>-42.23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:5">
+      <x:c r="A87" s="2" t="n">
         <x:v>2021</x:v>
       </x:c>
-      <x:c r="B86" s="4" t="n">
+      <x:c r="B87" s="4" t="n">
         <x:v>1.61</x:v>
       </x:c>
-      <x:c r="C86" s="4" t="n">
+      <x:c r="C87" s="4" t="n">
         <x:v>1.8</x:v>
       </x:c>
-      <x:c r="D86" s="4" t="n">
+      <x:c r="D87" s="4" t="n">
         <x:v>6.68</x:v>
       </x:c>
-      <x:c r="E86" s="4" t="n">
+      <x:c r="E87" s="4" t="n">
         <x:v>-2.46</x:v>
       </x:c>
     </x:row>
-    <x:row r="88" spans="1:5">
-[...3 lines deleted...]
-    </x:row>
     <x:row r="89" spans="1:5">
-      <x:c r="A89" s="1" t="s">
+      <x:c r="A89" s="2" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:5">
       <x:c r="A91" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:5">
-      <x:c r="A92" s="2" t="s">
+      <x:c r="A92" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:5">
       <x:c r="A93" s="2" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:5">
       <x:c r="A94" s="2" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:5">
       <x:c r="A95" s="2" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:5">
       <x:c r="A96" s="2" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:5">
-      <x:c r="A97" s="1" t="s">
+      <x:c r="A97" s="2" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:5">
       <x:c r="A98" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:5">
       <x:c r="A99" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:5">
       <x:c r="A100" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:5">
       <x:c r="A101" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:5">
       <x:c r="A102" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:5">
-      <x:c r="A103" s="2" t="s">
+      <x:c r="A103" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:5">
-      <x:c r="A104" s="1" t="s">
+      <x:c r="A104" s="2" t="s">
         <x:v>94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:5">
+      <x:c r="A105" s="1" t="s">
+        <x:v>95</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:J39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="26.960625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.940625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="5.560625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.200625" style="0" customWidth="1"/>
     <x:col min="6" max="8" width="7.340625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="8.400625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:10">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:10">
       <x:c r="A2" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="A5" s="2" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="A6" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:10">
       <x:c r="A7" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="A9" s="2" t="s"/>
       <x:c r="B9" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J9" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="A10" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
-        <x:v>4.68</x:v>
+        <x:v>1.13</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
-        <x:v>4.68</x:v>
+        <x:v>5.86</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
-        <x:v>4.68</x:v>
+        <x:v>5.86</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
-        <x:v>33.21</x:v>
+        <x:v>44.78</x:v>
       </x:c>
       <x:c r="G10" s="4" t="n">
-        <x:v>-1.38</x:v>
+        <x:v>-0.85</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I10" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J10" s="4" t="n">
-        <x:v>0.42</x:v>
+        <x:v>0.67</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:10">
       <x:c r="A11" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>-2.41</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>-2.41</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
-        <x:v>8.51</x:v>
+        <x:v>8.37</x:v>
       </x:c>
       <x:c r="G11" s="4" t="n">
-        <x:v>19.28</x:v>
+        <x:v>18.52</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I11" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J11" s="4" t="n">
-        <x:v>12.04</x:v>
+        <x:v>11.7</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10">
       <x:c r="A12" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B12" s="2" t="s"/>
       <x:c r="C12" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>-5.51</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>-0.59</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>-0.59</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
-        <x:v>54.75</x:v>
+        <x:v>62.28</x:v>
       </x:c>
       <x:c r="G12" s="4" t="n">
-        <x:v>-9.05</x:v>
+        <x:v>-9.91</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I12" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J12" s="4" t="n">
-        <x:v>-15.27</x:v>
+        <x:v>-16.12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="A14" s="2" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10">
       <x:c r="A15" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="A16" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="A18" s="2" t="s"/>
       <x:c r="B18" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="D18" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="J18" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="A19" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
-        <x:v>4.74</x:v>
+        <x:v>1.19</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
-        <x:v>4.74</x:v>
+        <x:v>5.98</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
-        <x:v>4.74</x:v>
+        <x:v>5.98</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
-        <x:v>34.2</x:v>
+        <x:v>45.85</x:v>
       </x:c>
       <x:c r="G19" s="4" t="n">
-        <x:v>-0.63</x:v>
+        <x:v>-0.09</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I19" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>1.19</x:v>
+        <x:v>1.44</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10">
       <x:c r="A20" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B20" s="2" t="s"/>
       <x:c r="C20" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>-0.43</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>-2.41</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
-        <x:v>-1.99</x:v>
+        <x:v>-2.41</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
-        <x:v>8.51</x:v>
+        <x:v>8.37</x:v>
       </x:c>
       <x:c r="G20" s="4" t="n">
-        <x:v>19.28</x:v>
+        <x:v>18.52</x:v>
       </x:c>
       <x:c r="H20" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I20" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J20" s="4" t="n">
-        <x:v>12.04</x:v>
+        <x:v>11.7</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:10">
       <x:c r="A21" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B21" s="2" t="s"/>
       <x:c r="C21" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>-5.51</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>-0.59</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
-        <x:v>5.2</x:v>
+        <x:v>-0.59</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
-        <x:v>54.75</x:v>
+        <x:v>62.28</x:v>
       </x:c>
       <x:c r="G21" s="4" t="n">
-        <x:v>-9.05</x:v>
+        <x:v>-9.91</x:v>
       </x:c>
       <x:c r="H21" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I21" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J21" s="4" t="n">
-        <x:v>-15.27</x:v>
+        <x:v>-16.12</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="A23" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="A24" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="A25" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:10">
       <x:c r="A26" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="A27" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="A28" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="A29" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="A30" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="A31" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="A32" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="A33" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="A34" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="A35" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="A36" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="A37" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:10">
       <x:c r="A38" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
   <x:dimension ref="A1:I39"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="26.960625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="11.950625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="5.560625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.620625" style="0" customWidth="1"/>
     <x:col min="5" max="7" width="7.340625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="8.400625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="14.830625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:9">
       <x:c r="A2" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9">
       <x:c r="A5" s="2" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9">
       <x:c r="A6" s="2" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9">
       <x:c r="A7" s="2" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9">
       <x:c r="A9" s="2" t="s"/>
       <x:c r="B9" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E9" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F9" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G9" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H9" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I9" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9">
       <x:c r="A10" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B10" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C10" s="4" t="n">
         <x:v>8.28</x:v>
       </x:c>
       <x:c r="D10" s="4" t="n">
         <x:v>29.19</x:v>
       </x:c>
       <x:c r="E10" s="4" t="n">
         <x:v>29.19</x:v>
       </x:c>
       <x:c r="F10" s="4" t="n">
         <x:v>-0.05</x:v>
       </x:c>
       <x:c r="G10" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H10" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I10" s="4" t="n">
         <x:v>-0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9">
       <x:c r="A11" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B11" s="2" t="s"/>
       <x:c r="C11" s="4" t="n">
         <x:v>2.66</x:v>
       </x:c>
       <x:c r="D11" s="4" t="n">
         <x:v>13.59</x:v>
       </x:c>
       <x:c r="E11" s="4" t="n">
         <x:v>13.59</x:v>
       </x:c>
       <x:c r="F11" s="4" t="n">
         <x:v>21.33</x:v>
       </x:c>
       <x:c r="G11" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H11" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I11" s="4" t="n">
         <x:v>12.83</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9">
       <x:c r="A12" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B12" s="2" t="s"/>
       <x:c r="C12" s="4" t="n">
         <x:v>5.88</x:v>
       </x:c>
       <x:c r="D12" s="4" t="n">
         <x:v>42.06</x:v>
       </x:c>
       <x:c r="E12" s="4" t="n">
         <x:v>42.06</x:v>
       </x:c>
       <x:c r="F12" s="4" t="n">
         <x:v>-6.25</x:v>
       </x:c>
       <x:c r="G12" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H12" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I12" s="4" t="n">
         <x:v>-16.56</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9">
       <x:c r="A14" s="2" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9">
       <x:c r="A15" s="2" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9">
       <x:c r="A16" s="2" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9">
       <x:c r="A18" s="2" t="s"/>
       <x:c r="B18" s="2" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C18" s="3" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D18" s="3" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E18" s="3" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="F18" s="3" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="G18" s="3" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H18" s="3" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="I18" s="3" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9">
       <x:c r="A19" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C19" s="4" t="n">
         <x:v>8.48</x:v>
       </x:c>
       <x:c r="D19" s="4" t="n">
         <x:v>30.15</x:v>
       </x:c>
       <x:c r="E19" s="4" t="n">
         <x:v>30.15</x:v>
       </x:c>
       <x:c r="F19" s="4" t="n">
         <x:v>0.72</x:v>
       </x:c>
       <x:c r="G19" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H19" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
         <x:v>0.11</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9">
       <x:c r="A20" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B20" s="2" t="s"/>
       <x:c r="C20" s="4" t="n">
         <x:v>2.66</x:v>
       </x:c>
       <x:c r="D20" s="4" t="n">
         <x:v>13.59</x:v>
       </x:c>
       <x:c r="E20" s="4" t="n">
         <x:v>13.59</x:v>
       </x:c>
       <x:c r="F20" s="4" t="n">
         <x:v>21.33</x:v>
       </x:c>
       <x:c r="G20" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H20" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I20" s="4" t="n">
         <x:v>12.83</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9">
       <x:c r="A21" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B21" s="2" t="s"/>
       <x:c r="C21" s="4" t="n">
         <x:v>5.88</x:v>
       </x:c>
       <x:c r="D21" s="4" t="n">
         <x:v>42.06</x:v>
       </x:c>
       <x:c r="E21" s="4" t="n">
         <x:v>42.06</x:v>
       </x:c>
       <x:c r="F21" s="4" t="n">
         <x:v>-6.25</x:v>
       </x:c>
       <x:c r="G21" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="H21" s="3" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I21" s="4" t="n">
         <x:v>-16.56</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9">
       <x:c r="A23" s="2" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9">
       <x:c r="A24" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9">
       <x:c r="A25" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9">
       <x:c r="A26" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9">
       <x:c r="A27" s="2" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9">
       <x:c r="A28" s="2" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9">
       <x:c r="A29" s="2" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9">
       <x:c r="A30" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9">
       <x:c r="A31" s="2" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9">
       <x:c r="A32" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9">
       <x:c r="A33" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9">
       <x:c r="A34" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9">
       <x:c r="A35" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9">
       <x:c r="A36" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9">
       <x:c r="A37" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9">
       <x:c r="A38" s="2" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9">
       <x:c r="A39" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>