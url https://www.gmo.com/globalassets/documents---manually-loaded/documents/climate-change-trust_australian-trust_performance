--- v6 (2026-03-10)
+++ v7 (2026-03-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R933d812a0b8d49f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/44f3246a9e1c4697920cb22974261364.psmdcp" Id="Rb591c7f4ca1744ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e9b4f4c1c0e4317" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9010500da6724cc696b6587d67ac28d6.psmdcp" Id="R1da0f56f08e441c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Historical" sheetId="2" r:id="rId2"/>
     <x:sheet name="Month-End" sheetId="3" r:id="rId3"/>
     <x:sheet name="Quarter-End" sheetId="4" r:id="rId4"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118" uniqueCount="118">
   <x:si>
     <x:t>Performance - Climate Change Trust</x:t>
   </x:si>
   <x:si>
     <x:t>As of 02/28/2026 (AUD,%)</x:t>